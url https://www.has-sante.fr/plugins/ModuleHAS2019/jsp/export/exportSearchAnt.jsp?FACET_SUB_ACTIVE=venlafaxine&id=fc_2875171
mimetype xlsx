--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,253 +1,664 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="294" uniqueCount="179">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Schwannomatoses non-NF2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWN. Il a été élaboré par le Centre constitutif labellisé des schwannomatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598549/fr/schwannomatoses-non-nf2</t>
+  </si>
+  <si>
+    <t>p_3598549</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Malformation de Chiari</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de malformation de Chiari. Il a été élaboré par Centre de référence C-MAVEM Chiari, syringomyélie et malformations vertébromédullaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280005/fr/malformation-de-chiari</t>
+  </si>
+  <si>
+    <t>p_3280005</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Bulimia nervosa and binge eating disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications évolutives d'un épisode dépressif caractérisé de l'adulte. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607702/fr/prise-en-charge-des-complications-evolutives-d-un-episode-depressif-caracterise-de-l-adulte-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_607702</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Traitement de la dépression : quelle place pour la tianeptine (Stablon®) ?</t>
+  </si>
+  <si>
+    <t>Les antidépresseurs sont à réserver aux seules dépressions caractérisées d’intensité modérée à sévère ; ils doivent toujours être associés à une prise en charge globale et à une psychothérapie.</t>
+  </si>
+  <si>
+    <t>20/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1637734/fr/traitement-de-la-depression-quelle-place-pour-la-tianeptine-stablon</t>
+  </si>
+  <si>
+    <t>c_1637734</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’agomélatine (Valdoxan®) dans le traitement de la dépression ?</t>
+  </si>
+  <si>
+    <t>Valdoxan® (agomélatine) est un antidépresseur appar tenant à une nouvelle classe pharmacologique : il est à la fois agoniste des récepteurs de la mélatonine et antagoniste des récepteurs 5HT2C de la sérotonine. Valdoxan® est indiqué dans le traitement des épisodes dépressifs majeurs (c’est-à-dire caractérisés) chez l’adulte. Comme tout antidépresseur, si la dépression est d’intensité légère, il n’est à utiliser qu’en deuxième intention, après échec d’une psychothérapie.</t>
+  </si>
+  <si>
+    <t>05/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439921/fr/quelle-place-pour-l-agomelatine-valdoxan-dans-le-traitement-de-la-depression</t>
+  </si>
+  <si>
+    <t>r_1439921</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2008</t>
+  </si>
+  <si>
+    <t>17/09/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_692477/fr/commission-de-la-transparence-reunion-du-17-septembre-2008</t>
+  </si>
+  <si>
+    <t>c_692477</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - réunion du 28 février 2007</t>
+  </si>
+  <si>
+    <t>28/02/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594280/fr/commission-de-la-transparence-reunion-du-28-fevrier-2007</t>
+  </si>
+  <si>
+    <t>c_594280</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2025 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3636256</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>VENLAFAXINE BIPHAR (chlorhydrate de venlafaxine/ venlafaxine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>29/08/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983141/fr/venlafaxine-biphar-chlorhydrate-de-venlafaxine/-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983141</t>
+  </si>
+  <si>
+    <t>chlorhydrate de venlafaxine,venlafaxine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736007/fr/venlafaxine-abbott-chlorhydrate-de-venlafaxine/-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853354/fr/venlafaxine-arrow-generiques-chlorhydrate-de-venlafaxine/-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864733/fr/venlafaxine-arrow-generiques-chlorhydrate-de-venlafaxine/-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867484/fr/venlafaxine-biphar-chlorhydrate-de-venlafaxine/-venlafaxine-chlorhydrate-de</t>
   </si>
   <si>
     <t>EFFEXOR (venlafaxine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>07/05/2017 11:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983576/en/effexor-venlafaxine-chlorhydrate-de</t>
+    <t>05/07/2017 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983576/fr/effexor-venlafaxine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983576</t>
   </si>
   <si>
     <t>venlafaxine (chlorhydrate de)</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399422/en/effexor-lp-37-5-mg-gelule-a-liberation-prolongee-boite-de-30</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2778102/en/effexor-lp-venlafaxine-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_399422/fr/effexor-lp-37-5-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399940/fr/effexor-lp-75-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400004/fr/effexor-25-mg-comprime-boite-de-30-effexor-50-mg-comprime-boite-de-30-effexor-l-p-37-5-mg-gelule-a-liberation-prolongee-boite-de-30-effexor-l-p-75-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400186/fr/effexor-l-p-37-5-mg-gelule-a-liberation-prolongee-boite-de-30-effexor-l-p-75-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545044/fr/effexor-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703358/fr/effexor-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670240/fr/effexor-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778102/fr/effexor-lp-venlafaxine-chlorhydrate-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -261,240 +672,1025 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D4" t="s">
+        <v>77</v>
+      </c>
+      <c r="E4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>79</v>
+      </c>
+      <c r="H4" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D5" t="s">
+        <v>83</v>
+      </c>
+      <c r="E5" t="s">
+        <v>84</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>85</v>
+      </c>
+      <c r="H5" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>87</v>
+      </c>
+      <c r="C6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D6" t="s">
+        <v>89</v>
+      </c>
+      <c r="E6" t="s">
+        <v>90</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>91</v>
+      </c>
+      <c r="H6" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>93</v>
+      </c>
+      <c r="C7" t="s">
+        <v>94</v>
+      </c>
+      <c r="D7" t="s">
+        <v>95</v>
+      </c>
+      <c r="E7" t="s">
+        <v>96</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>97</v>
+      </c>
+      <c r="H7" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>99</v>
+      </c>
+      <c r="C8" t="s">
+        <v>100</v>
+      </c>
+      <c r="D8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E8" t="s">
+        <v>102</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>103</v>
+      </c>
+      <c r="H8" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>105</v>
+      </c>
+      <c r="C9" t="s">
+        <v>106</v>
+      </c>
+      <c r="D9" t="s">
+        <v>107</v>
+      </c>
+      <c r="E9" t="s">
+        <v>108</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>109</v>
+      </c>
+      <c r="H9" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" t="s">
+        <v>111</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>112</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>113</v>
+      </c>
+      <c r="H10" t="s">
+        <v>114</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C3" t="s">
+        <v>122</v>
+      </c>
+      <c r="D3" t="s">
+        <v>123</v>
+      </c>
+      <c r="E3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>125</v>
+      </c>
+      <c r="H3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D4" t="s">
+        <v>129</v>
+      </c>
+      <c r="E4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>131</v>
+      </c>
+      <c r="H4" t="s">
+        <v>132</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>137</v>
+      </c>
+      <c r="H2" t="s">
+        <v>138</v>
+      </c>
+      <c r="I2" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>142</v>
+      </c>
+      <c r="H3" t="s">
+        <v>143</v>
+      </c>
+      <c r="I3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>144</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>145</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>146</v>
       </c>
       <c r="D2" t="s">
-        <v>18</v>
+        <v>147</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>149</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R2"/>
+  <dimension ref="A1:R3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>28</v>
+        <v>151</v>
       </c>
       <c r="J1" t="s">
-        <v>29</v>
+        <v>152</v>
       </c>
       <c r="K1" t="s">
-        <v>30</v>
+        <v>153</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>154</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>155</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>156</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>157</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>158</v>
       </c>
       <c r="I2" t="s">
-        <v>36</v>
+        <v>159</v>
       </c>
       <c r="J2" t="s">
-        <v>37</v>
+        <v>160</v>
       </c>
       <c r="K2" t="s">
-        <v>38</v>
+        <v>161</v>
       </c>
       <c r="L2" t="s">
-        <v>39</v>
+        <v>162</v>
       </c>
       <c r="M2" t="s">
-        <v>40</v>
+        <v>163</v>
       </c>
       <c r="N2" t="s">
-        <v>41</v>
-[...11 lines deleted...]
-        <v>45</v>
+        <v>164</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>167</v>
+      </c>
+      <c r="H3" t="s">
+        <v>168</v>
+      </c>
+      <c r="I3" t="s">
+        <v>169</v>
+      </c>
+      <c r="J3" t="s">
+        <v>170</v>
+      </c>
+      <c r="K3" t="s">
+        <v>171</v>
+      </c>
+      <c r="L3" t="s">
+        <v>172</v>
+      </c>
+      <c r="M3" t="s">
+        <v>173</v>
+      </c>
+      <c r="N3" t="s">
+        <v>174</v>
+      </c>
+      <c r="O3" t="s">
+        <v>175</v>
+      </c>
+      <c r="P3" t="s">
+        <v>176</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>177</v>
+      </c>
+      <c r="R3" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>