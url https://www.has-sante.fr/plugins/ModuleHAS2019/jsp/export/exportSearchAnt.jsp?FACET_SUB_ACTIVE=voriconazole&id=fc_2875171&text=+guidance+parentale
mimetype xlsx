--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -44,114 +44,114 @@
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
     <t>Malformations lymphatiques kystiques (MLK)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2021 00:00:00</t>
   </si>
   <si>
     <t>09/03/2021 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
   </si>
   <si>
     <t>p_3241227</t>
   </si>
   <si>
     <t>Neutropénies chroniques</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
   </si>
   <si>
     <t>p_3522408</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
   </si>
   <si>
     <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>29/07/2025 17:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
   </si>
   <si>
     <t>p_3637474</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -269,77 +269,77 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">