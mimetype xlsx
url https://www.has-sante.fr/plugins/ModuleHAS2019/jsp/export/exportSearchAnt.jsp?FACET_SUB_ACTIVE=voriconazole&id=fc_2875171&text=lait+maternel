--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/11/2025 00:00:00</t>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Fièvre Méditerranéenne Familiale (FMF)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
   </si>
   <si>
     <t>p_3390303</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>