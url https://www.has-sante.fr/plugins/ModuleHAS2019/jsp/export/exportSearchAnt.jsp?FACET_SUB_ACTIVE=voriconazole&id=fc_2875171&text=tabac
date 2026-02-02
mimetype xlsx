--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,149 +1,260 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="50">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -153,52 +264,294 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+      <c r="I2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>