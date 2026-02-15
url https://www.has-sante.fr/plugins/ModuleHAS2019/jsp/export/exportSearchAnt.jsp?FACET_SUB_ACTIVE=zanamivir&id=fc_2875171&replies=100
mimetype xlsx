--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,278 +1,209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Severe valvular and congenital heart diseases in adults</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long term condition] scheme, severe valvular heart disease.</t>
+  </si>
+  <si>
+    <t>10/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/17/2023 14:24:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/09/2017 16:31:00</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984641/fr/relenza-zanamivir</t>
+    <t>https://www.has-sante.fr/jcms/c_679234/en/severe-valvular-and-congenital-heart-diseases-in-adults</t>
+  </si>
+  <si>
+    <t>c_679234</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>RELENZA</t>
+  </si>
+  <si>
+    <t>07/01/2020 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984641/en/relenza</t>
   </si>
   <si>
     <t>pprd_2984641</t>
   </si>
   <si>
     <t>zanamivir</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_614500/fr/relenza-zanamivir</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3181206/fr/dectova-zanamivir</t>
+    <t>https://www.has-sante.fr/jcms/c_614500/en/relenza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782536/en/relenza-zanamivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191475/en/relenza-zanamivir</t>
+  </si>
+  <si>
+    <t>DECTOVA</t>
+  </si>
+  <si>
+    <t>04/24/2020 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181206/en/dectova</t>
   </si>
   <si>
     <t>p_3181206</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3181098/fr/dectova-zanamivir</t>
+    <t>https://www.has-sante.fr/jcms/p_3181098/en/dectova-zanamivir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -282,373 +213,177 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...194 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="H3" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="I3" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="J3" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="K3" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>