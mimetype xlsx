--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,95 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Grossesse et VIH : désir d’enfant, soins de la femme enceinte et prévention de la transmission mère-enfant</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH).</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>31/05/2024 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518878/fr/grossesse-et-vih-desir-d-enfant-soins-de-la-femme-enceinte-et-prevention-de-la-transmission-mere-enfant</t>
+  </si>
+  <si>
+    <t>p_3518878</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +122,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>