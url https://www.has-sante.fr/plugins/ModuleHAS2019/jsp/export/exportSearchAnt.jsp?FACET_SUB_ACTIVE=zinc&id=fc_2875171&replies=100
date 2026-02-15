--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,6211 +1,1208 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1172" uniqueCount="721">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ATEMPERO</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/11/2022 00:00:00</t>
-[...527 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Consultation diététique réalisée par un diététicien</t>
-[...2 lines deleted...]
-    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>02/01/2006 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Comment mieux informer les femmes enceintes ?</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
-[...731 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>07/09/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
+    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>TThe aim was to assess the benefits of placing a provisional crown during the interval between tooth preparation and placement of the definitive crown. This assessment was conducted at the request of the National health insurance that wishes to provide coverage for these provisional crowns in the case of restorations. Provisional crown placement is a long-standing routine practice in dental surgery</t>
+  </si>
+  <si>
+    <t>02/27/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Dosage de la vitamine C dans le sang</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>La compression médicale dans les affections veineuses chroniques et limitées - Fiche BUTS</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Évaluation des dispositifs de compression médicale à usage individuel – Utilisation en pathologies vasculaires</t>
-[...272 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399347/fr/tracutil-solution-a-diluer-pour-perfusion-ampoule-de-10ml-boite-de-5</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>JUNIMIN (gluconate de manganèse/ gluconate de cuivre/ gluconate de zinc/ séléni...)</t>
   </si>
   <si>
-    <t>18/10/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983543/fr/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
+    <t>10/18/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983543/en/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
   </si>
   <si>
     <t>pprd_2983543</t>
   </si>
   <si>
     <t>gluconate de manganèse,gluconate de cuivre,gluconate de zinc,sélénite de sodium,iodure de potassium</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788653/fr/junimin-cuivre-iode-manganese-selenium-zinc-oligo-elements</t>
-[...152 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399193/fr/nonan-solution-pour-perfusion-iv-flacon-unitaire-de-50ml-rempli-a-40ml-boite-de-1</t>
+    <t>https://www.has-sante.fr/jcms/c_2788653/en/junimin-copper-iodine-manganese-selenium-zinc-trace-elements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J18"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...519 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>653</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>654</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>655</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>656</v>
-[...17 lines deleted...]
-        <v>662</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>663</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>664</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>665</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>666</v>
-[...8 lines deleted...]
-        <v>669</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>670</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>671</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>672</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>673</v>
-[...17 lines deleted...]
-        <v>679</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>680</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>681</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>682</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>683</v>
-[...11 lines deleted...]
-        <v>686</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>687</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E6" t="s">
-        <v>688</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>689</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>690</v>
-[...14 lines deleted...]
-        <v>694</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>695</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>696</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>697</v>
+        <v>51</v>
       </c>
       <c r="H7" t="s">
-        <v>698</v>
-[...8 lines deleted...]
-        <v>701</v>
+        <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>702</v>
+        <v>53</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="E8" t="s">
-        <v>703</v>
+        <v>56</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>704</v>
+        <v>57</v>
       </c>
       <c r="H8" t="s">
-        <v>705</v>
-[...8 lines deleted...]
-        <v>707</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>708</v>
+        <v>59</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
-        <v>709</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>710</v>
+        <v>63</v>
       </c>
       <c r="H9" t="s">
-        <v>711</v>
-[...8 lines deleted...]
-        <v>714</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>652</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>715</v>
+        <v>65</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E10" t="s">
-        <v>716</v>
+        <v>68</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>717</v>
+        <v>69</v>
       </c>
       <c r="H10" t="s">
-        <v>718</v>
-[...8 lines deleted...]
-        <v>720</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>81</v>
+      </c>
+      <c r="H12" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>113</v>
+        <v>83</v>
       </c>
       <c r="B2" t="s">
-        <v>114</v>
+        <v>84</v>
       </c>
       <c r="C2" t="s">
-        <v>115</v>
+        <v>85</v>
       </c>
       <c r="D2" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="E2" t="s">
-        <v>117</v>
+        <v>87</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="H2" t="s">
-        <v>119</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D4" t="s">
+        <v>97</v>
+      </c>
+      <c r="E4" t="s">
+        <v>98</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>99</v>
+      </c>
+      <c r="H4" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C5" t="s">
+        <v>102</v>
+      </c>
+      <c r="D5" t="s">
+        <v>103</v>
+      </c>
+      <c r="E5" t="s">
+        <v>104</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>105</v>
+      </c>
+      <c r="H5" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B6" t="s">
+        <v>107</v>
+      </c>
+      <c r="C6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D6" t="s">
+        <v>109</v>
+      </c>
+      <c r="E6" t="s">
+        <v>110</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>111</v>
+      </c>
+      <c r="H6" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B7" t="s">
         <v>113</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C7" t="s">
+        <v>114</v>
+      </c>
+      <c r="D7" t="s">
+        <v>115</v>
+      </c>
+      <c r="E7" t="s">
+        <v>116</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>117</v>
+      </c>
+      <c r="H7" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B8" t="s">
+        <v>119</v>
+      </c>
+      <c r="C8" t="s">
         <v>120</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D8" t="s">
         <v>121</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E8" t="s">
         <v>122</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>123</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H8" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>125</v>
+      </c>
+      <c r="J1" t="s">
+        <v>126</v>
+      </c>
+      <c r="K1" t="s">
+        <v>127</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C2" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>129</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>130</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>131</v>
       </c>
       <c r="H2" t="s">
         <v>132</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="I2" t="s">
         <v>133</v>
       </c>
-      <c r="C3" t="s">
+      <c r="J2" t="s">
         <v>134</v>
       </c>
-      <c r="D3" t="s">
+      <c r="K2" t="s">
         <v>135</v>
       </c>
-      <c r="E3" t="s">
-[...686 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...2086 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>