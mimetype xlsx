--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -176,50 +176,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
   </si>
   <si>
     <t>p_3587144</t>
   </si>
   <si>
     <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
   </si>
   <si>
     <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
   </si>
   <si>
     <t>20/01/2016 00:00:00</t>
   </si>
   <si>
     <t>30/03/2016 09:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
   </si>
   <si>
     <t>c_2010309</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
   </si>
   <si>
     <t>28/01/2009 00:00:00</t>
   </si>
   <si>
     <t>06/04/2009 13:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
   </si>
   <si>
     <t>c_765713</t>
   </si>
   <si>
     <t>Comment mieux informer les femmes enceintes ?</t>
   </si>
   <si>
     <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
@@ -489,65 +504,50 @@
     <t>18/10/2019 00:00:00</t>
   </si>
   <si>
     <t>18/10/2019 11:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
   </si>
   <si>
     <t>p_3113839</t>
   </si>
   <si>
     <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Déficits rares en protéines de la coagulation</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/08/2021 15:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
   </si>
   <si>
     <t>p_3282399</t>
   </si>
   <si>
     <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
   </si>
   <si>
     <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
   </si>
   <si>
     <t>08/02/2024 00:00:00</t>
   </si>
@@ -988,112 +988,112 @@
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
         <v>51</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>53</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
         <v>55</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>58</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>64</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>65</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
         <v>68</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>71</v>
       </c>
       <c r="H12" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="s">
         <v>74</v>
       </c>
       <c r="D13" t="s">
@@ -1118,242 +1118,242 @@
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="s">
         <v>79</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>80</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>81</v>
       </c>
       <c r="H14" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>83</v>
       </c>
       <c r="C15" t="s">
         <v>84</v>
       </c>
       <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
         <v>85</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
         <v>86</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B16" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" t="s">
         <v>89</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>92</v>
       </c>
       <c r="H16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
         <v>94</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>95</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
         <v>96</v>
       </c>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>97</v>
       </c>
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>25</v>
+        <v>99</v>
       </c>
       <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
         <v>101</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>102</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>103</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>104</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
         <v>107</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>108</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>109</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
         <v>110</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
         <v>113</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>115</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>116</v>
       </c>
       <c r="H20" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>118</v>
       </c>
       <c r="C21" t="s">
         <v>119</v>
       </c>
       <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
         <v>120</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
         <v>121</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
         <v>124</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>126</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>127</v>
       </c>
       <c r="H22" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>129</v>
       </c>
       <c r="C23" t="s">
         <v>130</v>
       </c>
       <c r="D23" t="s">
@@ -1413,103 +1413,103 @@
       </c>
       <c r="E25" t="s">
         <v>141</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
         <v>142</v>
       </c>
       <c r="H25" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>144</v>
       </c>
       <c r="C26" t="s">
         <v>145</v>
       </c>
       <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
         <v>146</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
         <v>147</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
+        <v>149</v>
+      </c>
+      <c r="C27" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>151</v>
       </c>
       <c r="E27" t="s">
         <v>152</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>153</v>
       </c>
       <c r="H27" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>155</v>
       </c>
       <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>157</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>158</v>
       </c>
       <c r="H28" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>160</v>
       </c>
       <c r="C29" t="s">
         <v>161</v>
       </c>
       <c r="D29" t="s">
@@ -1728,51 +1728,51 @@
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>203</v>
       </c>
       <c r="H37" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>205</v>
       </c>
       <c r="C38" t="s">
         <v>206</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>207</v>
       </c>
       <c r="H38" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>209</v>
       </c>
       <c r="C39" t="s">
         <v>210</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
@@ -1806,51 +1806,51 @@
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
         <v>216</v>
       </c>
       <c r="H40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>218</v>
       </c>
       <c r="C41" t="s">
         <v>219</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
         <v>220</v>
       </c>
       <c r="H41" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>222</v>
       </c>
       <c r="B42" t="s">
         <v>223</v>
       </c>
       <c r="C42" t="s">
         <v>224</v>
       </c>
       <c r="D42" t="s">
         <v>225</v>
       </c>
       <c r="E42" t="s">