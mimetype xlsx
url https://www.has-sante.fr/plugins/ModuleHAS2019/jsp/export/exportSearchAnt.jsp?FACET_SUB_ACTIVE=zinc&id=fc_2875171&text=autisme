--- v0 (2025-11-17)
+++ v1 (2026-02-16)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="143">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Syndrome MYT1L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome MYT1L. Il a été élaboré par le Centre de Référence constitutif « Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/02/2026 08:34:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840763/fr/syndrome-myt1l</t>
+  </si>
+  <si>
+    <t>p_3840763</t>
+  </si>
+  <si>
     <t>Syndrome de Phelan-McDermid</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
   </si>
   <si>
     <t>p_3294989</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
@@ -473,51 +488,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -559,86 +574,86 @@
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
@@ -727,282 +742,282 @@
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>50</v>
       </c>
       <c r="H9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>59</v>
       </c>
       <c r="H11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>62</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>63</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>64</v>
       </c>
       <c r="H12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>66</v>
       </c>
       <c r="C13" t="s">
         <v>67</v>
       </c>
       <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>68</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>69</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
         <v>72</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>74</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>75</v>
       </c>
       <c r="H14" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>77</v>
       </c>
       <c r="C15" t="s">
         <v>78</v>
       </c>
       <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
         <v>79</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
         <v>80</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
         <v>83</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>84</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D17" t="s">
-        <v>89</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>90</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" t="s">
         <v>93</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>94</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>95</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>96</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B19" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" t="s">
         <v>99</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>101</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>102</v>
       </c>
       <c r="H19" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>104</v>
       </c>
       <c r="C20" t="s">
         <v>105</v>
       </c>
       <c r="D20" t="s">
@@ -1079,93 +1094,119 @@
       </c>
       <c r="B23" t="s">
         <v>119</v>
       </c>
       <c r="C23" t="s">
         <v>120</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>121</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
         <v>122</v>
       </c>
       <c r="H23" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
         <v>124</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>125</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
         <v>126</v>
       </c>
-      <c r="D24" t="s">
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
         <v>127</v>
       </c>
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>129</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
         <v>131</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>132</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>133</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>134</v>
       </c>
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>135</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
         <v>136</v>
       </c>
-      <c r="H25" t="s">
+      <c r="B26" t="s">
         <v>137</v>
+      </c>
+      <c r="C26" t="s">
+        <v>138</v>
+      </c>
+      <c r="D26" t="s">
+        <v>139</v>
+      </c>
+      <c r="E26" t="s">
+        <v>140</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>141</v>
+      </c>
+      <c r="H26" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>