--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,749 +9,281 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>01/05/2002 17:51:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...113 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Maladie de Wilson</t>
-[...173 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
-[...35 lines deleted...]
-    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>02/01/2006 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Déficits du cycle de l’urée</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+  </si>
+  <si>
+    <t>c_272207</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
-[...122 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>La Cystinurie</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H38"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -776,968 +308,214 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
-[...21 lines deleted...]
-      <c r="G10" t="s">
         <v>59</v>
-      </c>
-[...729 lines deleted...]
-        <v>215</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>