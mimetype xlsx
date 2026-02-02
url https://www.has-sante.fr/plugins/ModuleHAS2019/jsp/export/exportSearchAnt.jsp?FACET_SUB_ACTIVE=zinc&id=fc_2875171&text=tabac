--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,606 +1,2388 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="264">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ATEMPERO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394153/fr/atempero</t>
+  </si>
+  <si>
+    <t>p_3394153</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins  médicales spéciales</t>
+  </si>
+  <si>
+    <t>NUTRISENS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Cancer de la prostate : identification des facteurs de risque et pertinence d’un dépistage par dosage de l’antigène spécifique de la prostate (PSA) de populations d’hommes à haut risque ?</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence d’un dépistage du cancer de la prostate par dosage du PSA ciblé sur des populations d’ hommes considérés comme à « haut risque » de survenue de ce cancer.</t>
+  </si>
+  <si>
+    <t>01/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2012 00:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238318/fr/cancer-de-la-prostate-identification-des-facteurs-de-risque-et-pertinence-d-un-depistage-par-dosage-de-l-antigene-specifique-de-la-prostate-psa-de-populations-d-hommes-a-haut-risque</t>
+  </si>
+  <si>
+    <t>c_1238318</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Consultation diététique réalisée par un diététicien</t>
+  </si>
+  <si>
+    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
+  </si>
+  <si>
+    <t>c_459541</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...113 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="E11" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="H11" t="s">
-        <v>70</v>
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>90</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>91</v>
+      </c>
+      <c r="H12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>96</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>97</v>
+      </c>
+      <c r="H13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>102</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>103</v>
+      </c>
+      <c r="H14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E15" t="s">
+        <v>108</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>109</v>
+      </c>
+      <c r="H15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>112</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>114</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>115</v>
+      </c>
+      <c r="H16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>120</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>121</v>
+      </c>
+      <c r="H17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>124</v>
+      </c>
+      <c r="D18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" t="s">
+        <v>125</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" t="s">
+        <v>129</v>
+      </c>
+      <c r="D19" t="s">
+        <v>130</v>
+      </c>
+      <c r="E19" t="s">
+        <v>131</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>132</v>
+      </c>
+      <c r="H19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C2" t="s">
+        <v>136</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>138</v>
+      </c>
+      <c r="H2" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>143</v>
+      </c>
+      <c r="H3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C4" t="s">
+        <v>146</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>147</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>148</v>
+      </c>
+      <c r="H4" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>134</v>
+      </c>
+      <c r="B5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C5" t="s">
+        <v>151</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>152</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>153</v>
+      </c>
+      <c r="H5" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>134</v>
+      </c>
+      <c r="B6" t="s">
+        <v>155</v>
+      </c>
+      <c r="C6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>158</v>
+      </c>
+      <c r="H6" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>134</v>
+      </c>
+      <c r="B7" t="s">
+        <v>160</v>
+      </c>
+      <c r="C7" t="s">
+        <v>161</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>162</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>163</v>
+      </c>
+      <c r="H7" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>134</v>
+      </c>
+      <c r="B8" t="s">
+        <v>165</v>
+      </c>
+      <c r="C8" t="s">
+        <v>166</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>167</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>168</v>
+      </c>
+      <c r="H8" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>134</v>
+      </c>
+      <c r="B9" t="s">
+        <v>170</v>
+      </c>
+      <c r="C9" t="s">
+        <v>171</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>172</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>173</v>
+      </c>
+      <c r="H9" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>134</v>
+      </c>
+      <c r="B10" t="s">
+        <v>175</v>
+      </c>
+      <c r="C10" t="s">
+        <v>176</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>177</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>178</v>
+      </c>
+      <c r="H10" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>134</v>
+      </c>
+      <c r="B11" t="s">
+        <v>180</v>
+      </c>
+      <c r="C11" t="s">
+        <v>181</v>
+      </c>
+      <c r="D11" t="s">
+        <v>182</v>
+      </c>
+      <c r="E11" t="s">
+        <v>183</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>184</v>
+      </c>
+      <c r="H11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>134</v>
+      </c>
+      <c r="B12" t="s">
+        <v>186</v>
+      </c>
+      <c r="C12" t="s">
+        <v>187</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>188</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>189</v>
+      </c>
+      <c r="H12" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>134</v>
+      </c>
+      <c r="B13" t="s">
+        <v>191</v>
+      </c>
+      <c r="C13" t="s">
+        <v>192</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>193</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>194</v>
+      </c>
+      <c r="H13" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>134</v>
+      </c>
+      <c r="B14" t="s">
+        <v>196</v>
+      </c>
+      <c r="C14" t="s">
+        <v>197</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>198</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>199</v>
+      </c>
+      <c r="H14" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>134</v>
+      </c>
+      <c r="B15" t="s">
+        <v>201</v>
+      </c>
+      <c r="C15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>203</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>204</v>
+      </c>
+      <c r="H15" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>134</v>
+      </c>
+      <c r="B16" t="s">
+        <v>206</v>
+      </c>
+      <c r="C16" t="s">
+        <v>207</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>203</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>208</v>
+      </c>
+      <c r="H16" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>210</v>
+      </c>
+      <c r="C17" t="s">
+        <v>211</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>212</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>213</v>
+      </c>
+      <c r="H17" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>215</v>
+      </c>
+      <c r="C18" t="s">
+        <v>216</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>217</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>218</v>
+      </c>
+      <c r="H18" t="s">
+        <v>219</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>220</v>
+      </c>
+      <c r="B2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>224</v>
+      </c>
+      <c r="H2" t="s">
+        <v>225</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>226</v>
+      </c>
+      <c r="B2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C2" t="s">
+        <v>228</v>
+      </c>
+      <c r="D2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>230</v>
+      </c>
+      <c r="H2" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C3" t="s">
+        <v>233</v>
+      </c>
+      <c r="D3" t="s">
+        <v>234</v>
+      </c>
+      <c r="E3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>236</v>
+      </c>
+      <c r="H3" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>226</v>
+      </c>
+      <c r="B4" t="s">
+        <v>238</v>
+      </c>
+      <c r="C4" t="s">
+        <v>239</v>
+      </c>
+      <c r="D4" t="s">
+        <v>240</v>
+      </c>
+      <c r="E4" t="s">
+        <v>241</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>242</v>
+      </c>
+      <c r="H4" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>226</v>
+      </c>
+      <c r="B5" t="s">
+        <v>244</v>
+      </c>
+      <c r="C5" t="s">
+        <v>245</v>
+      </c>
+      <c r="D5" t="s">
+        <v>246</v>
+      </c>
+      <c r="E5" t="s">
+        <v>247</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>248</v>
+      </c>
+      <c r="H5" t="s">
+        <v>249</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>251</v>
+      </c>
+      <c r="B2" t="s">
+        <v>252</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>254</v>
+      </c>
+      <c r="H2" t="s">
+        <v>255</v>
+      </c>
+      <c r="I2" t="s">
+        <v>256</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>257</v>
+      </c>
+      <c r="B2" t="s">
+        <v>258</v>
+      </c>
+      <c r="C2" t="s">
+        <v>259</v>
+      </c>
+      <c r="D2" t="s">
+        <v>260</v>
+      </c>
+      <c r="E2" t="s">
+        <v>261</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>262</v>
+      </c>
+      <c r="H2" t="s">
+        <v>263</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>