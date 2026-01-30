--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,149 +9,425 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="108">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Syndrome de White-Sutton</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite, aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de White-Sutton. Il a été élaboré par le centre de référence anomalies du développement et syndromes malformatifs de l’Interrégion Est, filière AnDDI-Rares, le centre de référence déficience intellectuelle de causes rares et le centre de compétence maladies rares à expressions psychiatriques, filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350160/fr/syndrome-de-white-sutton</t>
+  </si>
+  <si>
+    <t>p_3350160</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndrome de Mowat-Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Mowat-Wilson. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290026/fr/syndrome-de-mowat-wilson</t>
+  </si>
+  <si>
+    <t>p_3290026</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Syndrome Borjeson Forssman Lehmann</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Borjeson Forssman Lehmann. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300863/fr/syndrome-borjeson-forssman-lehmann</t>
+  </si>
+  <si>
+    <t>p_3300863</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Syndrome WAGR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome WAGR.Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283424/fr/syndrome-wagr</t>
+  </si>
+  <si>
+    <t>p_3283424</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Syndrome Trichorhinophalangien (TRPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome Trichorhinophalangien (TRPS). Il a été élaboré par le CRMR Anomalies du Développement et Syndromes Malformatifs et CRMR Maladies rares du métabolisme du calcium et du phosphore à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289837/fr/syndrome-trichorhinophalangien-trps</t>
+  </si>
+  <si>
+    <t>p_3289837</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -163,45 +439,513 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" t="s">
+        <v>82</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>84</v>
+      </c>
+      <c r="H16" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>88</v>
+      </c>
+      <c r="E17" t="s">
+        <v>89</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>90</v>
+      </c>
+      <c r="H17" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" t="s">
+        <v>93</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>95</v>
+      </c>
+      <c r="H18" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>97</v>
+      </c>
+      <c r="C19" t="s">
+        <v>98</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>99</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>100</v>
+      </c>
+      <c r="H19" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C20" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" t="s">
+        <v>104</v>
+      </c>
+      <c r="E20" t="s">
+        <v>105</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>106</v>
+      </c>
+      <c r="H20" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>