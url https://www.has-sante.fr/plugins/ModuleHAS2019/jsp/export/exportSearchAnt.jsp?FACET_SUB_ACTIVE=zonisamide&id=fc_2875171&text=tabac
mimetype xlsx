--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,149 +9,200 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/12/2019 11:28:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +216,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>