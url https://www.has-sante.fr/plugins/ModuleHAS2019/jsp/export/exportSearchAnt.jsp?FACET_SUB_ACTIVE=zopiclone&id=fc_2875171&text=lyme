--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...5 lines deleted...]
-    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes atteintes de sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
   </si>
   <si>
     <t>02/02/2006 00:00:00</t>
   </si>
   <si>
     <t>02/02/2006 15:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
   </si>
   <si>
     <t>c_409014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>