--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,157 +1,286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Communiqué de presse" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/29/2015 05:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
+  </si>
+  <si>
+    <t>Proposer des stratégies pour faciliter l’arrêt des benzodiazépines (BZD) et médicaments apparentés à l’ensemble des médecins amenés à renouveler une prescription de ces médicaments chez un patient âgé de plus de 65 ans.</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601509/fr/modalites-d-arret-des-benzodiazepines-et-medicaments-apparentes-chez-le-patient-age</t>
+  </si>
+  <si>
+    <t>c_601509</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Arrêt des benzodiazépines et médicaments apparentés : démarche du médecin traitant en ambulatoire</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo concerne la démarche du médecin traitant lors de l’arrêt des benzodiazépines (BZD) et médicaments apparentés en ambulatoire. Elle a pour objectif d’aider à réduire les prescriptions au long cours de BZD dans l'anxiété et l'insomnie, du fait d'un rapport bénéfice/risque défavorable. Au-delà de 28 jours, l’efficacité est incertaine, les risques d’effets délétères augmentent (somnolence diurne, troubles de la mémoire, démence, chutes, accidents, etc.) ainsi que celui de dépendance. Elle est dans la continuité des travaux déjà engagés par la HAS depuis 2012 en partenariat avec la DGS (Direction générale de la santé) et l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) pour lutter contre la surconsommation et le mésusage des BZD.</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/fr/arret-des-benzodiazepines-et-medicaments-apparentes-demarche-du-medecin-traitant-en-ambulatoire</t>
   </si>
   <si>
     <t>c_2038262</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Améliorer la prescription des psychotropes chez la personne âgée</t>
+  </si>
+  <si>
+    <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) constitue un problème de santé majeur et complexe, particulièrement chez les personnes âgées. Afin d’améliorer les pratiques de prescription et l’usage des psychotropes, la HAS a réuni des professionnels de santé et des institutionnels, en étroite collaboration avec le ministère de la Santé, de la Jeunesse et des Sports. Les travaux conduits depuis 2006 ont permis d’établir un état des lieux des situations cliniques de prescription des psychotropes chez la personne âgée et de proposer un ensemble d’actions concertées pour les deux années à venir.</t>
+  </si>
+  <si>
+    <t>07/11/2007 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601523/fr/ameliorer-la-prescription-des-psychotropes-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_601523</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>IMOVANE (zopiclone)</t>
+  </si>
+  <si>
+    <t>09/01/2023 14:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984422/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>pprd_2984422</t>
+  </si>
+  <si>
+    <t>zopiclone</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399556/fr/imovane-7-5-mg-comprime-pellicule-secable-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399817/fr/imovane-3-75-mg-comprime-pellicule-boites-de-5-14-et-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545500/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973818/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758665/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558820/fr/imovane-zopiclone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402390/fr/imovane-zopiclone-troubles-severes-du-sommeil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +294,289 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+      <c r="J1" t="s">
+        <v>41</v>
+      </c>
+      <c r="K1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>48</v>
+      </c>
+      <c r="J2" t="s">
+        <v>49</v>
+      </c>
+      <c r="K2" t="s">
+        <v>50</v>
+      </c>
+      <c r="L2" t="s">
+        <v>51</v>
+      </c>
+      <c r="M2" t="s">
+        <v>52</v>
+      </c>
+      <c r="N2" t="s">
+        <v>53</v>
+      </c>
+      <c r="O2" t="s">
+        <v>54</v>
+      </c>
+      <c r="P2" t="s">
+        <v>55</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>