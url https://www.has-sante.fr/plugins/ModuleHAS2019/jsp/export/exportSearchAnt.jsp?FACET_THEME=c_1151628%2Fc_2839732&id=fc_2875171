--- v0 (2025-12-31)
+++ v1 (2026-02-16)
@@ -9,149 +9,872 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="257">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/18/2024 16:02:00</t>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 2 – Accompagner la personne dans l'élaboration de son projet d'habitat</t>
+  </si>
+  <si>
+    <t>Après la publication du volet 1 de la RBPP en janvier 2024 (volet socle), la HAS publie un deuxième volet consacré à l’accompagnement de la personne dans l’élaboration de son projet d’habitat.</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750698/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-2-accompagner-la-personne-dans-l-elaboration-de-son-projet-d-habitat</t>
+  </si>
+  <si>
+    <t>p_3750698</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Structuration du Projet Personnalisé d’Accompagnement en vue de sa numérisation – Note de cadrage</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2025 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604128/fr/structuration-du-projet-personnalise-d-accompagnement-en-vue-de-sa-numerisation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3604128</t>
+  </si>
+  <si>
+    <t>L’accompagnement au développement de l’autodétermination et du pouvoir d’agir des personnes en ESSMS – Note de cadrage</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/03/2025 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598052/fr/l-accompagnement-au-developpement-de-l-autodetermination-et-du-pouvoir-d-agir-des-personnes-en-essms-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3598052</t>
+  </si>
+  <si>
+    <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
+  </si>
+  <si>
+    <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2025 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3590098</t>
+  </si>
+  <si>
+    <t>La pair-aidance dans les organisations sanitaires, sociales et médico-sociales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Dans un contexte de recours accru à la pair-aidance dans le champ sanitaire, médico-social et social, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur cette modalité d’intervention qui s’insère dans les parcours de soin et d’accompagnement des personnes. Cette initiative vise à offrir des repères généraux permettant de structurer et harmoniser les pratiques liées à la pair-aidance.</t>
+  </si>
+  <si>
+    <t>20/01/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578946/fr/la-pair-aidance-dans-les-organisations-sanitaires-sociales-et-medico-sociales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3578946</t>
+  </si>
+  <si>
+    <t>Outil d’identification du besoin d’actualisation d’une recommandation de bonnes pratiques professionnelles (RBPP) pour les secteurs social et médico-social</t>
+  </si>
+  <si>
+    <t>Les évolutions des secteurs social et médico-social peuvent impacter le contenu d’une recommandation et nécessiter d’actualiser tout ou partie de cette dernière. Les professionnels doivent disposer de recommandations fiables sur lesquelles s’appuyer, d’où la nécessité de veiller à ce qu’elles soient à jour. Dans cette perspective, la HAS a élaboré un outil d’identification du besoin d’actualisation d’une recommandation ciblée à destination des acteurs du champ social et médico-social d’une part et des équipes HAS d’autre part.</t>
+  </si>
+  <si>
+    <t>08/11/2024 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555216/fr/outil-d-identification-du-besoin-d-actualisation-d-une-recommandation-de-bonnes-pratiques-professionnelles-rbpp-pour-les-secteurs-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3555216</t>
+  </si>
+  <si>
+    <t>Accompagnement médico-psycho-social des femmes, des parents et de leur enfant, en situation de vulnérabilité, pendant la grossesse et en postnatal</t>
+  </si>
+  <si>
+    <t>Objectifs : Identifier les situations de vulnérabilité des couples mère-enfant et du conjoint, et leurs conséquences Favoriser le repérage, durant la grossesse, de situations de vulnérabilité Informer les professionnels, sur les acteurs et les outils d’accompagnement des couples mère-enfant au cours de la grossesse et en post partum Proposer des modalités d’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité Favoriser une meilleure coordination des professionnels pour l’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité</t>
+  </si>
+  <si>
+    <t>11/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271226/fr/accompagnement-medico-psycho-social-des-femmes-des-parents-et-de-leur-enfant-en-situation-de-vulnerabilite-pendant-la-grossesse-et-en-postnatal</t>
+  </si>
+  <si>
+    <t>p_3271226</t>
+  </si>
+  <si>
+    <t>L'accompagnement vers et dans l’habitat par les professionnels des ESSMS Volet 1 – Socle transversal</t>
+  </si>
+  <si>
+    <t>L’habitat est une composante essentielle à la dignité de la personne humaine et à sa santé globale, qui permet d’assurer des besoins primaires (se protéger de l’extérieur, dormir, se nourrir, se laver...) et des besoins sociaux (vivre en couple, fonder une famille, recevoir ses amis...). Chaque individu aspire à occuper un lieu défini, à aménager une « entité spatiale qui lui appartient et qui participe à la construction de son identité ». Néanmoins, on constate que bon nombre des personnes logées ou hébergées n’ont pas la possibilité de disposer d’un véritable « chez-soi »</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2024 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491702/fr/l-accompagnement-vers-et-dans-l-habitat-par-les-professionnels-des-essms-volet-1-socle-transversal</t>
+  </si>
+  <si>
+    <t>p_3491702</t>
+  </si>
+  <si>
+    <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
   </si>
   <si>
     <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages (RdRD) dans les établissements et services sociaux et médico-sociaux (ESSMS)</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent à l’ensemble des professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’à leurs partenaires, en particulier les acteurs de l’addictologie, ainsi qu’aux personnes accompagnées et à leur entourage.</t>
+  </si>
+  <si>
+    <t>29/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2023 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218478/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-rdrd-dans-les-etablissements-et-services-sociaux-et-medico-sociaux-essms</t>
+  </si>
+  <si>
+    <t>p_3218478</t>
+  </si>
+  <si>
+    <t>Vie affective et sexuelle dans le cadre de l’accompagnement des ESSMS – Note de cadrage</t>
+  </si>
+  <si>
+    <t>La vie affective et sexuelle reste un sujet tabou dans certains ESSMS, avec des pratiques professionnelles très variées. Souvent abordée sous l’angle des risques, cette thématique devrait pourtant s’inscrire dans une approche positive, conformément à la définition de la santé sexuelle de l’OMS (2002), qui la considère comme une source d’épanouissement. Fondée sur le consentement et les droits humains, la sexualité est un aspect central de la vie qu’il est légitime d’intégrer à l’accompagnement social et médico-social.</t>
+  </si>
+  <si>
+    <t>31/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2022 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400386/fr/vie-affective-et-sexuelle-dans-le-cadre-de-l-accompagnement-des-essms-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3400386</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent - Programme pluriannuel de travail - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Recueillir le point de vue des personnes concernées est une condition essentielle et un enjeu majeur en termes d’amélioration de l’accompagnement par les établissements et services sociaux et médico-sociaux (ESSMS).</t>
+  </si>
+  <si>
+    <t>23/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/12/2022 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394677/fr/soutenir-les-etablissements-et-services-sociaux-et-medico-sociaux-dans-le-recueil-du-point-de-vue-des-personnes-qu-ils-accompagnent-programme-pluriannuel-de-travail-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3394677</t>
+  </si>
+  <si>
+    <t>La participation des personnes concernées à l’élaboration des recommandations de bonnes pratiques professionnelles pour le secteur social et médico-social</t>
+  </si>
+  <si>
+    <t>La Commission de l'évaluation et de l'amélioration de la qualité des établissements et services sociaux et médico-sociaux (CSMS) adapte ses méthodes pour produire des contributions permettant d’éclairer les pratiques en temps de crise. Une méthode a été définie en sept étapes. Elle privilégie la collaboration des acteurs (HAS, professionnels, associations).</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2022 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381211/fr/la-participation-des-personnes-concernees-a-l-elaboration-des-recommandations-de-bonnes-pratiques-professionnelles-pour-le-secteur-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3381211</t>
+  </si>
+  <si>
+    <t>Accompagner vers et dans l’habitat – Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’habitat est une notion à la croisée de plusieurs disciplines : architecture, urbanisme, sociologie, géographie, économie, psychologie… Dans son acception la plus large, l’habitat définit le milieu de vie des individus, comprenant des espaces physiques (le logement et l’environnement dans lequel il s’intègre) en tant que support des activités humaines et des relations sociales.</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2022 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316224/fr/accompagner-vers-et-dans-l-habitat-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3316224</t>
+  </si>
+  <si>
+    <t>Lits halte soins santé (Lhss), Lits d’accueil médicalisés (Lam) et Appartements de coordination thérapeutique (Act) : l’accompagnement des personnes et la continuité des parcours</t>
+  </si>
+  <si>
+    <t>La recommandation propose aux professionnels des principes, postures et techniques d’accompagnement soutenant l’autodétermination de la personne dans la définition et la mise en œuvre de son projet : bienveillance, non-jugement, respect de sa temporalité, recherche de son consentement éclairé, adoption d’une communication claire et adaptée, prise en compte de ses priorités et ressources. Elle propose également des éléments d’organisation permettant et facilitant la délivrance d’un accompagnement au plus près des besoins des personnes ...</t>
+  </si>
+  <si>
+    <t>08/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2021 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229978/fr/lits-halte-soins-sante-lhss-lits-d-accueil-medicalises-lam-et-appartements-de-coordination-therapeutique-act-l-accompagnement-des-personnes-et-la-continuite-des-parcours</t>
+  </si>
+  <si>
+    <t>p_3229978</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Rattrapage vaccinal en situation de statut vaccinal incomplet, inconnu, ou incomplètement connu - En population générale et chez les migrants primo-arrivants</t>
+  </si>
+  <si>
+    <t>Objectifs des recommandations : Préciser les modalités pratiques du rattrapage vaccinal ainsi que la place de sérologies dans ces circonstances. Préciser les changements structurels et les moyens nécessaires pour favoriser la mise en œuvre du rattrapage vaccinal afin de faire progresser la couverture vaccinale de la population sur le territoire français et de réduire le risque épidémique.</t>
+  </si>
+  <si>
+    <t>11/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2020 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867210/fr/rattrapage-vaccinal-en-situation-de-statut-vaccinal-incomplet-inconnu-ou-incompletement-connu-en-population-generale-et-chez-les-migrants-primo-arrivants</t>
+  </si>
+  <si>
+    <t>c_2867210</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement en Centre d’hébergement et de réinsertion sociale (CHRS) des victimes et des auteurs de violences au sein du couple</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles portent sur le repérage et l’accompagnement en CHRS des victimes et des auteurs de violences au sein du couple, et la formation des professionnels du secteur de l’hébergement.</t>
+  </si>
+  <si>
+    <t>14/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2018 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872955/fr/reperage-et-accompagnement-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs-des-victimes-et-des-auteurs-de-violences-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>c_2872955</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale chez les personnes dont le statut vaccinal est inconnu ou incomplètement connu en population générale et en populations particulières - Feuille de route</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) publie une feuille de route visant à l’élaboration d’une recommandation vaccinale pour définir la conduite à tenir vis-à-vis du rattrapage des vaccinations des personnes dont le statut vaccinal est inconnu ou incomplètement connu en population générale et en populations particulières incluant notamment une analyse du bien-fondé de l’usage des sérologies, l’identification des publics susceptibles d’en bénéficier et les acteurs compétents. La HAS et la Société de pathologie infectieuse de langue française (SPILF) s’associent pour l’élaboration d’une recommandation conjointe sur le rattrapage des vaccinations chez les personnes migrantes.</t>
+  </si>
+  <si>
+    <t>17/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2018 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860345/fr/recommandation-vaccinale-chez-les-personnes-dont-le-statut-vaccinal-est-inconnu-ou-incompletement-connu-en-population-generale-et-en-populations-particulieres-feuille-de-route</t>
+  </si>
+  <si>
+    <t>c_2860345</t>
+  </si>
+  <si>
+    <t>La personnalisation de l’accompagnement des personnes accueillies dans les centres d’accueil pour demandeurs d’asile (Cada)</t>
+  </si>
+  <si>
+    <t>Les recommandations couvrent l’accompagnement des demandeurs d’asile de leur entrée en Cada jusqu’à leur sortie. Elles s’adressent aux professionnels intervenant au sein des Cada et chargés de l’accompagnement des demandeurs d’asile, tel que défini par la loi. Ce document peut constituer un support d’échanges et de réflexion avec les associations d’usagers, les demandeurs d’asile, leurs proches, les partenaires et les bénévoles.</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836176/fr/la-personnalisation-de-l-accompagnement-des-personnes-accueillies-dans-les-centres-d-accueil-pour-demandeurs-d-asile-cada</t>
+  </si>
+  <si>
+    <t>c_2836176</t>
+  </si>
+  <si>
+    <t>Accompagner l’accès aux droits dans les établissements ou services de l’inclusion sociale relevant de l’article L312-1 du code de l’action sociale et des familles</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de mettre en évidence les conditions et pratiques d’accompagnement qui facilitent et étayent l’accès aux droits des personnes accueillies.Elle s’adresse aux établissements/services relevant de l’inclusion sociale.</t>
+  </si>
+  <si>
+    <t>13/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836381/fr/accompagner-l-acces-aux-droits-dans-les-etablissements-ou-services-de-l-inclusion-sociale-relevant-de-l-article-l312-1-du-code-de-l-action-sociale-et-des-familles</t>
+  </si>
+  <si>
+    <t>c_2836381</t>
+  </si>
+  <si>
+    <t>Expression et participation des usagers des établissements relevant du secteur de l’inclusion sociale</t>
+  </si>
+  <si>
+    <t>« Les recommandations de l’Anesm ne constituent pas une liste exhaustive d’exigences mais un outil de dialogue, de responsabilité, destiné à une mise en œuvre adaptée selon les besoins et le contexte. » Didier Charlanne, directeur de l’Anesm.</t>
+  </si>
+  <si>
+    <t>01/04/2008 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835072/fr/expression-et-participation-des-usagers-des-etablissements-relevant-du-secteur-de-l-inclusion-sociale</t>
+  </si>
+  <si>
+    <t>c_2835072</t>
+  </si>
+  <si>
+    <t>Ouverture de l’établissement à et sur son environnement</t>
+  </si>
+  <si>
+    <t>L’objectif de la recommandation consiste à définir les conditions et les bénéfices de l’ouverture des établissements à et sur leur environnement, en les précisant au regard des types d’établissement concernés et des situations spécifiques des usagers accueillis ou accompagnés.</t>
+  </si>
+  <si>
+    <t>01/12/2008 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835189/fr/ouverture-de-l-etablissement-a-et-sur-son-environnement</t>
+  </si>
+  <si>
+    <t>c_2835189</t>
+  </si>
+  <si>
+    <t>La prise en compte de la santé physique et psychique des personnes accueillies dans les centres d’hébergement et de réinsertion sociale</t>
+  </si>
+  <si>
+    <t>Ces recommandations intègrent la dimension santé dans la démarche d’accompagnement global, en ne la traitant pas « à part », mais au contraire comme faisant pleinement partie du projet personnalisé dans une approche participative visant l’autonomie des personnes. La question de la santé dans les établissements sociaux renvoie alors à celle du positionnement des intervenants sociaux quant aux parcours de soins des personnes accueillies. Les recommandations donneront ainsi des pistes de réflexion et d’action.</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835291/fr/la-prise-en-compte-de-la-sante-physique-et-psychique-des-personnes-accueillies-dans-les-centres-d-hebergement-et-de-reinsertion-sociale</t>
+  </si>
+  <si>
+    <t>c_2835291</t>
+  </si>
+  <si>
+    <t>La participation des usagers dans les établissements médico-sociaux relevant de l’addictologie</t>
+  </si>
+  <si>
+    <t>Cette recommandation vise à promouvoir la participation des usagers au fonctionnement de l’établissement, en apportant des réponses aux deux principales questions que posent les professionnels : Pourquoi encourager les usagers à participer au fonctionnement de l’établissement ? Comment s’y prendre pour amorcer puis pérenniser leur participation au fonctionnement de l’établissement ? Les structures concernées par la recommandation sont les établissements spécialisés en addictologie, c’est-à-dire : les centres de soin, d’accompagnement et de prévention en addictologie (Csapa) ; les centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (Caarud) ; les communautés thérapeutiques</t>
+  </si>
+  <si>
+    <t>05/04/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835358/fr/la-participation-des-usagers-dans-les-etablissements-medico-sociaux-relevant-de-l-addictologie</t>
+  </si>
+  <si>
+    <t>c_2835358</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement des situations de ruptures dans les parcours des personnes accueillies en centre d’hébergement et de réinsertion sociale (CHRS)</t>
+  </si>
+  <si>
+    <t>Le document aborde les risques relatifs aux modifications de santé, relationnelles, économiques et spatiales dans lesquelles la personne évolue. Il envisage ces risques alors même que le projet personnalisé est élaboré et en cours de réalisation. La rupture d’un projet implique souvent, tant pour la personne elle-même que pour les professionnels de l’accompagnement, un questionnement quant aux causes de la rupture et aux conséquences sur le devenir de la personne.</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835658/fr/reperage-et-accompagnement-des-situations-de-ruptures-dans-les-parcours-des-personnes-accueillies-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs</t>
+  </si>
+  <si>
+    <t>c_2835658</t>
+  </si>
+  <si>
+    <t>L’accompagnement des mineurs non accompagnés dits "Mineurs isolés étrangers (MNA)"</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été élaborées dans un contexte de forte augmentation du nombre de mineurs non accompagnés (MNA) accueillis au sein du dispositif français de protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>07/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
+  </si>
+  <si>
+    <t>c_2833668</t>
+  </si>
+  <si>
+    <t>L’accompagnement des enfants ayant des difficultés psychologiques perturbant gravement les processus de socialisation</t>
+  </si>
+  <si>
+    <t>Ces recommandations donnent des pistes de réflexion et d’action concernant la compréhension des difficultés psychologiques de ces mineurs, perturbant gravement les processus de socialisation, le repérage précoce et une meilleure évaluation des besoins et des ressources de l’enfant et de sa famille afin de prévenir les difficultés de socialisation qui se répercutent sur le projet de vie du mineur. Elles concernent également la prévention des risques de rupture par le mineur lui-même ou par l’usure des familles ou des travailleurs sociaux et l’inclusion de façon systémique de l’environnement du mineur : famille, école, quartier, médecin généraliste, pairs.</t>
+  </si>
+  <si>
+    <t>19/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2017 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833677/fr/l-accompagnement-des-enfants-ayant-des-difficultes-psychologiques-perturbant-gravement-les-processus-de-socialisation</t>
+  </si>
+  <si>
+    <t>c_2833677</t>
+  </si>
+  <si>
+    <t>La réduction des risques et des dommages dans les Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD)</t>
+  </si>
+  <si>
+    <t>Ces recommandations identifient les bonnes pratiques professionnelles concourant à la prévention des risques et la réduction des dommages sanitaires et sociaux afin de préserver ou d’améliorer l’état de santé et les conditions de vie des personnes usagères de drogues, le recours à l’expertise et la participation des personnes usagères de drogues dans la construction des interventions et des parcours d’accompagnement proposés par le Centres d’accueil et d’accompagnement à la réduction des risques pour usagers de drogues (CAARUD) et l’implantation de celui-ci dans son territoire d’intervention et le développement d’un environnement partenarial facilitateur.</t>
+  </si>
+  <si>
+    <t>07/09/2017 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833717/fr/la-reduction-des-risques-et-des-dommages-dans-les-centres-d-accueil-et-d-accompagnement-a-la-reduction-des-risques-pour-usagers-de-drogues-caarud</t>
+  </si>
+  <si>
+    <t>c_2833717</t>
+  </si>
+  <si>
+    <t>Comment améliorer le parcours de santé d'un enfant avec troubles spécifiques du langage et des apprentissages</t>
+  </si>
+  <si>
+    <t>Les troubles spécifiques du langage et des apprentissages appelés communément « troubles dys » (dysphasie, dyspraxie, dyslexie, dysorthographie, dyscalculie, troubles d’attention avec ou sans hyperactivité ) sont fréquents et durables. Ils sont la conséquence d’anomalies dans le développement cognitif de l’enfant. Le parcours de soins et le parcours de scolarisation des enfants porteurs de ces troubles sont imbriqués et doivent être coordonnés.</t>
+  </si>
+  <si>
+    <t>31/01/2018 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2822893/fr/comment-ameliorer-le-parcours-de-sante-d-un-enfant-avec-troubles-specifiques-du-langage-et-des-apprentissages</t>
+  </si>
+  <si>
+    <t>c_2822893</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>FALC - Mon avis est important - Il aide à améliorer ce que je vis</t>
+  </si>
+  <si>
+    <t>Vous êtes accompagné(e) par un service ou un établissement social ou médico-social ? Donner votre avis est important. votre avis permettra d'améliorer la qualité de votre accompagnement. Ce document en FALC est fait pour vous.</t>
+  </si>
+  <si>
+    <t>03/12/2025 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3768119/fr/falc-mon-avis-est-important-il-aide-a-ameliorer-ce-que-je-vis</t>
+  </si>
+  <si>
+    <t>p_3768119</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Changer de regard sur la vie intime, affective et sexuelle des personnes en ESSMS pour mieux les accompagner</t>
+  </si>
+  <si>
+    <t>Composante de la dignité humaine, la vie intime, affective et sexuelle doit être respectée. Elle concerne l'intimité, les émotions, les sentiments, les relations ou encore la vie sexuelle ou l’absence de vie sexuelle. Certaines personnes souhaitent être accompagnées parce qu’elles ont besoin d’information ou de soutien. Il en va de leur épanouissement personnel et social et donc de leur santé. Chez les personnes vulnérables, comme les mineurs et majeurs en situation de précarité, de handicap ou encore les personnes âgées en perte d’autonomie, cet accompagnement se révèle particulièrement nécessaire. Plusieurs difficultés sont rencontrées au sein des établissements et services sociaux et médico-sociaux (ESSMS) : le sujet est nié voire tabou, les professionnels sont souvent isolés et manquent de formation pour l’aborder, la vie en collectivité introduit des contraintes... La Haute Autorité de santé (HAS) publie un premier volet de recommandations définissant la vie intime, affective et sexuelle et posant des repères juridiques, éthiques et organisationnels à destination des professionnels, des personnes accompagnées et de leur entourage.</t>
+  </si>
+  <si>
+    <t>12/02/2025 14:30:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590141/fr/changer-de-regard-sur-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-pour-mieux-les-accompagner</t>
+  </si>
+  <si>
+    <t>p_3590141</t>
+  </si>
+  <si>
+    <t>Maltraitances institutionnelles et intrafamiliales : mieux repérer les situations à risque et accompagner les victimes adultes</t>
+  </si>
+  <si>
+    <t>La lutte contre la maltraitance, qu'elle soit familiale ou institutionnelle, constitue un enjeu majeur pour la Haute Autorité de santé (HAS). Elle publie deux guides sur ce sujet, afin de permettre à un large panel de professionnels de mieux repérer les situations à risque et d'accompagner les adultes qui en sont victimes.</t>
+  </si>
+  <si>
+    <t>25/10/2024 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552867/fr/maltraitances-institutionnelles-et-intrafamiliales-mieux-reperer-les-situations-a-risque-et-accompagner-les-victimes-adultes</t>
+  </si>
+  <si>
+    <t>p_3552867</t>
+  </si>
+  <si>
+    <t>Repérer et accompagner les femmes en situation de vulnérabilité pendant et après une grossesse</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la politique des 1000 premiers jours de l’enfant, qui vise à permettre la mise en place d’environnements favorables au développement de chaque enfant, la HAS a étudié le cas particulier des femmes qui, avant, pendant ou après leur grossesse, sont en situation de vulnérabilité. Ces situations peuvent en effet s’avérer lourdes de conséquences pour la santé de l’enfant et de la mère. Ainsi, la HAS publie des recommandations assorties de 6 fiches pratiques en vue d’encourager le repérage précoce et de favoriser la coordination des professionnels pour accompagner les personnes concernées.</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494113/fr/reperer-et-accompagner-les-femmes-en-situation-de-vulnerabilite-pendant-et-apres-une-grossesse</t>
+  </si>
+  <si>
+    <t>p_3494113</t>
+  </si>
+  <si>
+    <t>Accompagner les personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Veiller à ce que les personnes en situation de grande précarité et présentant des troubles psychiques aient accès à un parcours de santé, d’insertion sociale et de vie citoyenne : c'est tout l'objet des recommandations de bonnes pratiques publiées aujourd'hui par la Haute Autorité de santé. La HAS souligne l'importance d’aller à la rencontre de ces personnes sur leurs lieux de vie, de leur offrir un accompagnement global et d’intervenir le plus précocement possible. Les recommandations s'adressent à la fois aux équipes intervenant auprès des personnes concernées et aux pouvoirs publics appelés à les soutenir en organisant la coordination des acteurs (santé, social, logement etc.) sur les territoires et en offrant des réponses à la hauteur des besoins.</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488843/fr/accompagner-les-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
+  </si>
+  <si>
+    <t>p_3488843</t>
+  </si>
+  <si>
+    <t>Addictions : des recommandations pour outiller les professionnels des structures sociales et médico-sociales</t>
+  </si>
+  <si>
+    <t>Tout professionnel du secteur social et médico-social doit être prêt à accompagner les personnes rencontrant des difficultés liées à une consommation de substances psychoactives licites ou illicites et/ou à un usage de jeux (argent et de hasard, vidéo). A cet effet, la Haute Autorité de santé publie aujourd’hui des recommandations pour aider les professionnels de ces structures à entreprendre une démarche de prévention des addictions et de réduction des risques et des dommages. Elles sont déclinées pour le secteur du handicap, des personnes âgées, de l’inclusion sociale et de la protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>25/01/2023 11:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405749/fr/addictions-des-recommandations-pour-outiller-les-professionnels-des-structures-sociales-et-medico-sociales</t>
+  </si>
+  <si>
+    <t>p_3405749</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Rapport « Sexe, genre et santé » : et après ?</t>
+  </si>
+  <si>
+    <t>Dans son rapport d’analyse prospective « Sexe, genre et santé » publié en décembre 2020, la HAS appelait à une prise de conscience collective afin de considérer les questions de sexe et de genre de manière globale et nuancée pour mieux soigner et accompagner les personnes et ne pas aggraver les inégalités en santé. Pour cela, elle formulait 10 propositions destinées aux acteurs des secteurs sanitaire, social et médico-social et aux pouvoirs publics. Elle s’engageait également pour une meilleure inclusion de ces questions dans ses actions. Elle dresse aujourd’hui un premier bilan.</t>
+  </si>
+  <si>
+    <t>22/06/2022 10:44:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344521/fr/rapport-sexe-genre-et-sante-et-apres</t>
+  </si>
+  <si>
+    <t>p_3344521</t>
+  </si>
+  <si>
+    <t>Proposer un rattrapage vaccinal adapté à chaque situation</t>
+  </si>
+  <si>
+    <t>Quel vaccin proposer à une personne qui n’est pas à jour de ses vaccinations, qui n’a plus de carnet de vaccination ou qui ignore quels vaccins elle a reçus ? Pour répondre à ces questions, la Haute Autorité de santé a élaboré en partenariat avec la Société de pathologie infectieuse de langue française une recommandation sur le rattrapage vaccinal. L’objectif est de faire progresser la couverture vaccinale de la population afin de réduire les risques d’épidémie.</t>
+  </si>
+  <si>
+    <t>29/01/2020 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148870/fr/proposer-un-rattrapage-vaccinal-adapte-a-chaque-situation</t>
+  </si>
+  <si>
+    <t>p_3148870</t>
+  </si>
+  <si>
+    <t>Quel rattrapage proposer en cas de statut vaccinal inconnu ou incomplet ? La HAS met en consultation publique un projet de recommandation.</t>
+  </si>
+  <si>
+    <t>La HAS soumet à consultation publique le projet de recommandation élaborée en partenariat avec la Société de pathologie infectieuse de langue française sur le rattrapage vaccinal des personnes dont le statut vaccinal est incomplet, inconnu ou incomplètement connu. L’objectif est d’évaluer la lisibilité, l’acceptabilité et l’applicabilité de ces recommandations afin de favoriser leur mise en œuvre ultérieure.</t>
+  </si>
+  <si>
+    <t>12/06/2019 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/prd1_2989799/fr/quel-rattrapage-proposer-en-cas-de-statut-vaccinal-inconnu-ou-incomplet-la-has-met-en-consultation-publique-un-projet-de-recommandation</t>
+  </si>
+  <si>
+    <t>prd1_2989799</t>
+  </si>
+  <si>
+    <t>Faire face aux violences conjugales en centre d’hébergement</t>
+  </si>
+  <si>
+    <t>Le point sur la prise en charge des femmes victimes de violences au sein du couple en centre d’hébergement et de réinsertion sociale (CHRS), dispositif de mise en sécurité et de protection de ces victimes.</t>
+  </si>
+  <si>
+    <t>05/11/2018 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974177/fr/faire-face-aux-violences-conjugales-en-centre-d-hebergement</t>
+  </si>
+  <si>
+    <t>pprd_2974177</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n 2024.0289/DC/SEAP du 17 octobre 2024 du collège de la HAS portant adoption de trois rapports d’évaluation technologique relatifs à la prise en charge implanto-prothétique de l’édentement</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>17/10/2024 14:56:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550806/fr/decision-n-2024-0289/dc/seap-du-17-octobre-2024-du-college-de-la-has-portant-adoption-de-trois-rapports-d-evaluation-technologique-relatifs-a-la-prise-en-charge-implanto-prothetique-de-l-edentement</t>
+  </si>
+  <si>
+    <t>p_3550806</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0065/AC/SEAP du 17 octobre 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0065/AC/SEAP du 17 octobre 2024 du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550813/fr/avis-n2024-0065/ac/seap-du-17-octobre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-des-actes-lies-a-la-prise-en-charge-implanto-prothetique-de-l-edentement-complet-ou-unitaire</t>
+  </si>
+  <si>
+    <t>p_3550813</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -163,45 +886,1163 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>68</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>74</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>84</v>
+      </c>
+      <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>87</v>
+      </c>
+      <c r="E15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>89</v>
+      </c>
+      <c r="H15" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>84</v>
+      </c>
+      <c r="B16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" t="s">
+        <v>92</v>
+      </c>
+      <c r="D16" t="s">
+        <v>93</v>
+      </c>
+      <c r="E16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>95</v>
+      </c>
+      <c r="H16" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>101</v>
+      </c>
+      <c r="H17" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" t="s">
+        <v>105</v>
+      </c>
+      <c r="E18" t="s">
+        <v>106</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>107</v>
+      </c>
+      <c r="H18" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
+        <v>112</v>
+      </c>
+      <c r="E19" t="s">
+        <v>113</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C20" t="s">
+        <v>117</v>
+      </c>
+      <c r="D20" t="s">
+        <v>118</v>
+      </c>
+      <c r="E20" t="s">
+        <v>119</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>120</v>
+      </c>
+      <c r="H20" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
+        <v>123</v>
+      </c>
+      <c r="D21" t="s">
+        <v>124</v>
+      </c>
+      <c r="E21" t="s">
+        <v>125</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>126</v>
+      </c>
+      <c r="H21" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
+        <v>130</v>
+      </c>
+      <c r="D22" t="s">
+        <v>131</v>
+      </c>
+      <c r="E22" t="s">
+        <v>132</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>133</v>
+      </c>
+      <c r="H22" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>136</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>137</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>138</v>
+      </c>
+      <c r="H23" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>140</v>
+      </c>
+      <c r="C24" t="s">
+        <v>141</v>
+      </c>
+      <c r="D24" t="s">
+        <v>142</v>
+      </c>
+      <c r="E24" t="s">
+        <v>142</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>143</v>
+      </c>
+      <c r="H24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>146</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>147</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>148</v>
+      </c>
+      <c r="H25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>150</v>
+      </c>
+      <c r="C26" t="s">
+        <v>151</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>152</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>153</v>
+      </c>
+      <c r="H26" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" t="s">
+        <v>156</v>
+      </c>
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
+      <c r="E27" t="s">
+        <v>157</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>158</v>
+      </c>
+      <c r="H27" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>161</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>162</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>163</v>
+      </c>
+      <c r="H28" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>166</v>
+      </c>
+      <c r="D29" t="s">
+        <v>167</v>
+      </c>
+      <c r="E29" t="s">
+        <v>168</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>169</v>
+      </c>
+      <c r="H29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" t="s">
+        <v>172</v>
+      </c>
+      <c r="D30" t="s">
+        <v>173</v>
+      </c>
+      <c r="E30" t="s">
+        <v>174</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>175</v>
+      </c>
+      <c r="H30" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" t="s">
+        <v>179</v>
+      </c>
+      <c r="E31" t="s">
+        <v>180</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>181</v>
+      </c>
+      <c r="H31" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" t="s">
+        <v>184</v>
+      </c>
+      <c r="D32" t="s">
+        <v>173</v>
+      </c>
+      <c r="E32" t="s">
+        <v>185</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>186</v>
+      </c>
+      <c r="H32" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>23</v>
+      </c>
+      <c r="B33" t="s">
+        <v>188</v>
+      </c>
+      <c r="C33" t="s">
+        <v>189</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>190</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>191</v>
+      </c>
+      <c r="H33" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" t="s">
+        <v>194</v>
+      </c>
+      <c r="C34" t="s">
+        <v>195</v>
+      </c>
+      <c r="D34" t="s">
+        <v>29</v>
+      </c>
+      <c r="E34" t="s">
+        <v>196</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>197</v>
+      </c>
+      <c r="H34" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>199</v>
+      </c>
+      <c r="B35" t="s">
+        <v>200</v>
+      </c>
+      <c r="C35" t="s">
+        <v>201</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>202</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>203</v>
+      </c>
+      <c r="H35" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>199</v>
+      </c>
+      <c r="B36" t="s">
+        <v>205</v>
+      </c>
+      <c r="C36" t="s">
+        <v>206</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>207</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>208</v>
+      </c>
+      <c r="H36" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>199</v>
+      </c>
+      <c r="B37" t="s">
+        <v>210</v>
+      </c>
+      <c r="C37" t="s">
+        <v>211</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>212</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>213</v>
+      </c>
+      <c r="H37" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>199</v>
+      </c>
+      <c r="B38" t="s">
+        <v>215</v>
+      </c>
+      <c r="C38" t="s">
+        <v>216</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>217</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>218</v>
+      </c>
+      <c r="H38" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>199</v>
+      </c>
+      <c r="B39" t="s">
+        <v>220</v>
+      </c>
+      <c r="C39" t="s">
+        <v>221</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>222</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>223</v>
+      </c>
+      <c r="H39" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>225</v>
+      </c>
+      <c r="B40" t="s">
+        <v>226</v>
+      </c>
+      <c r="C40" t="s">
+        <v>227</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>228</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>229</v>
+      </c>
+      <c r="H40" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>199</v>
+      </c>
+      <c r="B41" t="s">
+        <v>231</v>
+      </c>
+      <c r="C41" t="s">
+        <v>232</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>233</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>234</v>
+      </c>
+      <c r="H41" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>199</v>
+      </c>
+      <c r="B42" t="s">
+        <v>236</v>
+      </c>
+      <c r="C42" t="s">
+        <v>237</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>238</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>239</v>
+      </c>
+      <c r="H42" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>225</v>
+      </c>
+      <c r="B43" t="s">
+        <v>241</v>
+      </c>
+      <c r="C43" t="s">
+        <v>242</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>243</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>244</v>
+      </c>
+      <c r="H43" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>246</v>
+      </c>
+      <c r="B44" t="s">
+        <v>247</v>
+      </c>
+      <c r="C44" t="s">
+        <v>248</v>
+      </c>
+      <c r="D44" t="s">
+        <v>249</v>
+      </c>
+      <c r="E44" t="s">
+        <v>250</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>251</v>
+      </c>
+      <c r="H44" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>246</v>
+      </c>
+      <c r="B45" t="s">
+        <v>253</v>
+      </c>
+      <c r="C45" t="s">
+        <v>254</v>
+      </c>
+      <c r="D45" t="s">
+        <v>249</v>
+      </c>
+      <c r="E45" t="s">
+        <v>250</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>255</v>
+      </c>
+      <c r="H45" t="s">
+        <v>256</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>