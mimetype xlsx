--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -1,8119 +1,1963 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...12 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Tool to improve professi" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...12 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4206" uniqueCount="2657">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="894" uniqueCount="614">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>08/07/2020 10:03:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Irreversible secondary or degenerative parkinsonian syndromes</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/15/2021 09:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3193048/fr/services-d-aide-et-de-soins-a-domicile-accompagnement-des-personnes-atteintes-de-maladie-neurodegenerative</t>
-[...1034 lines deleted...]
-    <t>c_2030383</t>
+    <t>https://www.has-sante.fr/jcms/c_546220/en/irreversible-secondary-or-degenerative-parkinsonian-syndromes</t>
+  </si>
+  <si>
+    <t>c_546220</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
+  </si>
+  <si>
+    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+  </si>
+  <si>
+    <t>12/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+  </si>
+  <si>
+    <t>c_271996</t>
+  </si>
+  <si>
+    <t>Physiotherapy - Preserving motor function in frail elderly people living at home</t>
+  </si>
+  <si>
+    <t>To establish : 1. which functional capacity assessements should be performed in frail elderly people 2. appropriate physiotherapy treatment</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272431/en/physiotherapy-preserving-motor-function-in-frail-elderly-people-living-at-home</t>
+  </si>
+  <si>
+    <t>c_272431</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+  </si>
+  <si>
+    <t>p_3536003</t>
+  </si>
+  <si>
+    <t>Anaesthesia techniques for lens surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The French Association of Health Insurance Funds (L’Union nationale des caisses d’assurance maladie - UNCAM) has asked the HAS to deliver an opinion on the state-of-the-art of anaesthesia practices for all types of cataract surgery. In view of the general context of this assessment, two main questions were selected: question no. 1: define the indications and the non-indications of each of the anaesthesia techniques for cataract surgery; question no. 2: determine the practice requirements and the environment necessary for anaesthetic management of cataract</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2020 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067004/en/anaesthesia-techniques-for-lens-surgery-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3067004</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>How to reduce unplanned hospitalisations of the nursing home residents</t>
+  </si>
+  <si>
+    <t>Avoidable and/or inappropriate hospitalizations for nursing home residents oare frequently associated with negative impact, causing functional and cognitive decline. The prevention of these hospitalizations requires several complementary approaches: firstly, chronic diseases and geriatric syndromes can be managed optimally by the general practitioner, and secondly, risk prevention policies and alternatives to hospitalization must be implemented into the nursing home.</t>
+  </si>
+  <si>
+    <t>07/27/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049096/en/how-to-reduce-unplanned-hospitalisations-of-the-nursing-home-residents</t>
+  </si>
+  <si>
+    <t>c_2049096</t>
+  </si>
+  <si>
+    <t>Managing elderly persons with multiple illnesses in primary care</t>
+  </si>
+  <si>
+    <t>This guide proposes a comprehensive approach centred around caring for the elderly and their multiple diseases. It concerns both patients with loss of autonomy and those without. With increasing life expectancy, the prevalence of chronic illnesses is also increasing on a regular basis. From the age of 75 years, it is very common for people to be suffering from at least two chronic illnesses. Added to the risks of multimorbidity are those associated with polypharmacy and the multiplicity of prescribers.</t>
+  </si>
+  <si>
+    <t>06/04/2015 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028194/en/managing-elderly-persons-with-multiple-illnesses-in-primary-care</t>
+  </si>
+  <si>
+    <t>c_2028194</t>
+  </si>
+  <si>
+    <t>Improving the quality and security of drug prescriptions in the elderly</t>
+  </si>
+  <si>
+    <t>The objective of this quick reference guide is to define key action plans as well as coordination of care to reduce hospitalizations related to drug prescriptions in elderly • Identify patients at risk of drug-related problems • Review patient disease, co-morbidities and treatments to optimize the drug prescription plan • Provide discharge document including changes in drug prescription plan • Secure patient drug management through use of therapeutic educational programs and / or nursing support Key words: Problems related drugs; Prevent readmissions in elderly ; optimize drug-prescription</t>
+  </si>
+  <si>
+    <t>10/28/2014 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1771468/en/improving-the-quality-and-security-of-drug-prescriptions-in-the-elderly</t>
+  </si>
+  <si>
+    <t>c_1771468</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
+  </si>
+  <si>
+    <t>07/11/2025 17:46:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635682/en/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
+  </si>
+  <si>
+    <t>p_3635682</t>
+  </si>
+  <si>
+    <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635500/en/qdenga-dengue-tetravalent-vaccine-live-attenuated-dengue-tetravalent-vaccine</t>
+  </si>
+  <si>
+    <t>ELIQUIS</t>
+  </si>
+  <si>
+    <t>06/13/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
+  </si>
+  <si>
+    <t>pprd_2983394</t>
+  </si>
+  <si>
+    <t>apixaban</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
+  </si>
+  <si>
+    <t>FLUAD (vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:30:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986107/en/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>pprd_2986107</t>
+  </si>
+  <si>
+    <t>vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398937/en/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606844/en/fluad-trivalent-influenza-vaccine-surface-antigen-inactivated-adjuvanted-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>EFLUELDA</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:27:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191986/en/efluelda</t>
+  </si>
+  <si>
+    <t>p_3191986</t>
+  </si>
+  <si>
+    <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191303/en/efluelda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-trivalent-influenza-vaccine-split-virion-inactivated-prevention-of-influenza</t>
+  </si>
+  <si>
+    <t>PREVENAR 20 (vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20)</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605531/en/prevenar-20-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-ou-vpc20</t>
+  </si>
+  <si>
+    <t>p_3605531</t>
+  </si>
+  <si>
+    <t>vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605182/en/prevenar-20-pneumococcal-polysaccharide-conjugate-vaccine-20-valent-adsorbed-pneumococcal-infections</t>
+  </si>
+  <si>
+    <t>BEOVU (brolucizumab)</t>
+  </si>
+  <si>
+    <t>04/10/2025 16:45:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225094/en/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>p_3225094</t>
+  </si>
+  <si>
+    <t>brolucizumab</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224952/en/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375404/en/beovu-brolucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456142/en/beovu-brolucizumab-age-related-macular-degeneration-amd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601437/en/beovu-brolucizumab-degenerescence-maculaire-liee-a-l-age-dmla-oedeme-maculaire-diabetique-omd</t>
+  </si>
+  <si>
+    <t>MUTAGRIP - VAXIGRIP (virus grippal, inactivé, fragmenté)</t>
+  </si>
+  <si>
+    <t>03/11/2025 16:56:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985174/en/mutagrip-vaxigrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>pprd_2985174</t>
+  </si>
+  <si>
+    <t>virus grippal, inactivé, fragmenté</t>
+  </si>
+  <si>
+    <t>SANOFI PASTEUR MSD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399695/en/mutagrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555637/en/mutagrip-/-vaxigrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056137/en/mutagrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594958/en/vaxigrip-trivalent-influenza-vaccine-split-virion-inactivated-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>VABYSMO (faricimab)</t>
+  </si>
+  <si>
+    <t>03/05/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415991/en/vabysmo-faricimab</t>
+  </si>
+  <si>
+    <t>p_3415991</t>
+  </si>
+  <si>
+    <t>faricimab</t>
+  </si>
+  <si>
+    <t>ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413296/en/vabysmo-faricimab-neovascular-wet-retrofoveal-age-related-macular-degeneration-amd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413299/en/vabysmo-faricimab-diabetic-macular-oedema-dme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577021/en/vabysmo-faricimab-macular-oedema-secondary-to-branch-retinal-vein-occlusion-brvo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594384/en/vabysmo-faricimab-retrofoveal-age-related-macular-degeneration-diabetic-macular-oedema-macular-oedema-secondary-to-branch-retinal</t>
+  </si>
+  <si>
+    <t>MRESVIA (Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié))</t>
+  </si>
+  <si>
+    <t>11/21/2024 15:27:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3559480/en/mresvia-vaccin-du-virus-respiratoire-syncytial-a-arnm-a-nucleoside-modifie</t>
+  </si>
+  <si>
+    <t>p_3559480</t>
+  </si>
+  <si>
+    <t>Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié)</t>
+  </si>
+  <si>
+    <t>MODERNA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558030/en/mresvia-respiratory-syncytial-virus-rsv-mrna-vaccine-nucleoside-modified-respiratory-syncytial-virus</t>
+  </si>
+  <si>
+    <t>ABRYSVO (vaccin du virus respiratoire syncytial (bivalent, recombinant))</t>
+  </si>
+  <si>
+    <t>09/06/2024 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535788/en/abrysvo-vaccin-du-virus-respiratoire-syncytial-bivalent-recombinant</t>
+  </si>
+  <si>
+    <t>p_3535788</t>
+  </si>
+  <si>
+    <t>vaccin du virus respiratoire syncytial (bivalent, recombinant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535401/en/abrysvo-respiratory-syncytial-virus-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538272/en/abrysvo-respiratory-syncytial-virus-rsv-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>AREXVY (Vaccin du Virus Respiratoire Syncytial (VRS) (recombinant, avec adjuvant))</t>
+  </si>
+  <si>
+    <t>09/06/2024 09:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538675/en/arexvy-vaccin-du-virus-respiratoire-syncytial-vrs-recombinant-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>p_3538675</t>
+  </si>
+  <si>
+    <t>Vaccin du Virus Respiratoire Syncytial (VRS) (recombinant, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538266/en/arexvy-respiratory-syncytial-virus-rsv-vaccine-recombinant-adjuvanted-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>SHINGRIX (Vaccin zona (recombinant, avec adjuvant))</t>
+  </si>
+  <si>
+    <t>04/29/2024 11:39:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511440/en/shingrix-vaccin-zona-recombinant-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>p_3511440</t>
+  </si>
+  <si>
+    <t>Vaccin zona (recombinant, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511387/en/shingrix-adjuvanted-recombinant-herpes-zoster-vaccine-zoster-vaccine</t>
+  </si>
+  <si>
+    <t>LOVENOX (énoxaparine sodique)</t>
+  </si>
+  <si>
+    <t>03/04/2024 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984320/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984320</t>
+  </si>
+  <si>
+    <t>énoxaparine sodique</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>OSTENIL 3 seringues</t>
-[...2663 lines deleted...]
-    <t>lécanémab</t>
+    <t>https://www.has-sante.fr/jcms/c_398992/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399299/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399300/en/lovenox-2-000-ui-anti-xa/0-2-ml-solution-injectable-en-seringue-preremplie-boite-de-2-lovenox-4-000-ui-anti-xa/0-4-ml-solution-injectable-en-seringue-preremplie-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399501/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400320/en/lovenox-6-000-ui-anti-xa-/-8-000-ui-anti-xa-/-10-000-ui-anti-xa-/-30-000-ui-anti-xa-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657248/en/lovenox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900503/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572188/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181101/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352216/en/lovenox-enoxaparine-sodique-tvp/ep-chez-les-patients-atteints-d-un-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498568/en/lovenox-enoxaparine-sodique-traitement-antithrombotique</t>
+  </si>
+  <si>
+    <t>SCYOVA (foslévodopa/foscarbidopa)</t>
+  </si>
+  <si>
+    <t>02/02/2024 16:05:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492781/en/scyova-foslevodopa/foscarbidopa</t>
+  </si>
+  <si>
+    <t>p_3492781</t>
+  </si>
+  <si>
+    <t>foslévodopa,foscarbidopa</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492656/en/scyova-foslevodopa/foscarbidopa-parkinson-s-disease</t>
+  </si>
+  <si>
+    <t>KYNMOBI (chlorhydrate d'apomorphine)</t>
+  </si>
+  <si>
+    <t>02/02/2024 16:04:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492797/en/kynmobi-chlorhydrate-d-apomorphine</t>
+  </si>
+  <si>
+    <t>p_3492797</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'apomorphine</t>
+  </si>
+  <si>
+    <t>PHARMABLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492683/en/kynmobi-apomorphine-hydrochloride-parkinson-s-disease</t>
+  </si>
+  <si>
+    <t>PRADAXA</t>
+  </si>
+  <si>
+    <t>01/10/2024 08:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983140/en/pradaxa</t>
+  </si>
+  <si>
+    <t>pprd_2983140</t>
+  </si>
+  <si>
+    <t>dabigatran</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698139/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740793/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221597/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008301/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572151/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735608/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826822/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867487/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199398/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478094/en/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>MANTADIX (amantadine (chlorhydrate d’))</t>
+  </si>
+  <si>
+    <t>09/08/2023 11:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984919/en/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984919</t>
+  </si>
+  <si>
+    <t>amantadine (chlorhydrate d’)</t>
+  </si>
+  <si>
+    <t>LABORATOIRE X.O</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474411/en/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599740/en/mantadix-amantadine-dopaminergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280908/en/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280905/en/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459838/en/mantadix-chlorhydrate-d-amantadine-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>INFLUVAC TETRA (vaccin grippal quadrivalent, inactivé, à antigènes de surface)</t>
+  </si>
+  <si>
+    <t>05/30/2023 17:57:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983440/en/influvac-tetra-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>pprd_2983440</t>
+  </si>
+  <si>
+    <t>vaccin grippal quadrivalent, inactivé, à antigènes de surface</t>
+  </si>
+  <si>
+    <t>VIATRIS MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532201/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056125/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344389/en/influvac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615540/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638599/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727463/en/influvac-enfant-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789493/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818508/en/influvac-tetra-tetravalent-vaccine-against-seasonal-influenza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084029/en/influvac-tetra-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313606/en/influvac-tetra-grippe-pediatrique-6-mois-antigenes-de-surface-de-virus-de-la-grippe-inactive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443743/en/influvac-tetra-antigenes-de-surface-de-virus-de-la-grippe-inactive-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>NEURACEQ (florbétabène (18F))</t>
+  </si>
+  <si>
+    <t>04/25/2023 17:41:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982906/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>pprd_2982906</t>
+  </si>
+  <si>
+    <t>florbétabène (18F)</t>
+  </si>
+  <si>
+    <t>CURIUM PET FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899212/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427910/en/neuraceq-florbetaben-18f-alzheimer-s-disease</t>
+  </si>
+  <si>
+    <t>LECIGIMON (lévodopa/ carbidopa/ entacapone)</t>
+  </si>
+  <si>
+    <t>01/09/2023 14:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330861/en/lecigimon-levodopa/-carbidopa/-entacapone</t>
+  </si>
+  <si>
+    <t>p_3330861</t>
+  </si>
+  <si>
+    <t>lévodopa,carbidopa,entacapone</t>
+  </si>
+  <si>
+    <t>EG LABO - LABORATOIRES EUROGENERIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330854/en/lecigimon-levodopa/-carbidopa/-entacapone-maladie-de-parkinson-a-un-stade-avance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402036/en/lecigimon-levodopa-/-carbidopa-/-entacapone-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>XARELTO</t>
+  </si>
+  <si>
+    <t>10/25/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982992/en/xarelto</t>
+  </si>
+  <si>
+    <t>pprd_2982992</t>
+  </si>
+  <si>
+    <t>rivaroxaban</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748418/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241652/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241674/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615053/en/xarelto-rivaroxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008295/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633894/en/xarelto-rivaroxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772419/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826828/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888447/en/xarelto-10-mg-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114491/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212998/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272782/en/xarelto-rivaroxaban-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287831/en/xarelto-1-mg/ml-rivaroxaban-evenements-thromboemboliques-veineux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375779/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381113/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>FLUAD TETRA, vaccin antigrippal</t>
+  </si>
+  <si>
+    <t>09/02/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314222/en/fluad-tetra-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>p_3314222</t>
+  </si>
+  <si>
+    <t>antigènes de surface du virus de la grippe, inactivé, souche A/Cambodia/e0826360/2020 (H3N2) - souche analogue (A/Cambodia/e0826360/2020 IVR-224),antigènes de surface du virus de la grippe, inactivé, souche A/Victoria/2570/2019 (H1N1)pdm09 - souche analogue (A/Victoria/2570/2019 IVR-215),antigènes de surface du virus de la grippe, inactivé, souche B/Phuket/3073/2013 - souche analogue (B/Phuket/3073/2013 BVR-1B),antigènes de surface du virus de la grippe, inactivé, souche B/Washington/02/2019 - souche analogue (B/Victoria/705/2018 BVR-11)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313597/en/fluad-tetra-antigenes-de-surface-du-virus-de-la-grippe-inactive-prevention-de-la-grippe-65-ans-et</t>
+  </si>
+  <si>
+    <t>VIZAMYL (flutémétamol, 18F)</t>
+  </si>
+  <si>
+    <t>07/18/2022 10:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983672/en/vizamyl-flutemetamol-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983672</t>
+  </si>
+  <si>
+    <t>flutémétamol (18F)</t>
+  </si>
+  <si>
+    <t>GE HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2753721/en/vizamyl-flutemetamol-18f-diagnostic-product-for-the-central-nervous-system</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352209/en/vizamyl-flutemetamol-18f-produit-diagnostique-de-la-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>LUCENTIS</t>
+  </si>
+  <si>
+    <t>10/19/2021 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983091/en/lucentis</t>
+  </si>
+  <si>
+    <t>pprd_2983091</t>
+  </si>
+  <si>
+    <t>ranibizumab</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057441/en/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532619/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072231/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215843/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339922/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720127/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013203/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027889/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043750/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585429/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831672/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876136/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165902/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202870/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292169/en/lucentis-10-mg/ml-ranibizumab-omd</t>
+  </si>
+  <si>
+    <t>XULTOPHY (insuline degludec/liraglutide), antidiabétique</t>
+  </si>
+  <si>
+    <t>08/26/2021 15:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983447/en/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>pprd_2983447</t>
+  </si>
+  <si>
+    <t>insuline dégludec,liraglutide,insuline degludec</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607357/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756350/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818001/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282755/en/xultophy-insuline-degludec-/-liraglutide</t>
+  </si>
+  <si>
+    <t>PREVENAR 13</t>
+  </si>
+  <si>
+    <t>07/22/2020 08:56:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982717/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>pprd_2982717</t>
+  </si>
+  <si>
+    <t>Vaccin pneumococcique polyosidique conjugué 13-valent</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474554/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737003/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766281/en/prevenar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939182/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638937/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720512/en/prevenar-13-vaccin-anti-pneumococcique-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973611/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973623/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195261/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>THALIDOMIDE CELGENE (thalidomide)</t>
+  </si>
+  <si>
+    <t>04/23/2020 12:01:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985295/en/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>pprd_2985295</t>
+  </si>
+  <si>
+    <t>thalidomide</t>
+  </si>
+  <si>
+    <t>PHARMION / CELGENE / ACCORD HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684162/en/thalidomide-pharmion</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923682/en/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120569/en/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180078/en/thalidomide-accord-thalidomide</t>
+  </si>
+  <si>
+    <t>NAFTILUX (naftidrofuryl (hydrogénooxalate de))</t>
+  </si>
+  <si>
+    <t>05/17/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982894/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982894</t>
+  </si>
+  <si>
+    <t>naftidrofuryl (hydrogénooxalate de)</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449333/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618052/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198187/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900186/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>MIMPARA (cinacalcet (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/28/2018 07:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983169/en/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983169</t>
+  </si>
+  <si>
+    <t>cinacalcet (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400628/en/mimpara-30-mg-mimpara-60-mg-mimpara-90-mg-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750917/en/mimpara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743362/en/mimpara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655926/en/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863580/en/mimpara-cinacalcet-anti-parathyroid-agent</t>
+  </si>
+  <si>
+    <t>EXELON (Rivastigmine (hydrogénotartrate))</t>
+  </si>
+  <si>
+    <t>05/25/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983276/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>pprd_2983276</t>
+  </si>
+  <si>
+    <t>Rivastigmine (hydrogénotartrate)</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398931/en/exelon-1-5-mg-gelule-exelon-3-mg-gelule-exelon-4-5-mg-gelule-exelon-6-mg-gelule-boites-de-28-et-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400006/en/exelon-2-mg/ml-solution-buvable-flacon-de-50-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593209/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468391/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619531/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117849/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714286/en/exelon-13-3-mg/24-h-dispositif-transdermique-rivastigmine-anticholinesterasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681008/en/exelon-rivastigmine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851265/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>EBIXA (mémantine chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983277/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983277</t>
+  </si>
+  <si>
+    <t>mémantine chlorhydrate</t>
+  </si>
+  <si>
+    <t>LUNDBECK SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399676/en/ebixa-10mg-comprime-pellicule-boite-de-56-boite-de-112-ebixa-10mg/g-solution-buvable-flacon-de-50g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593206/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012347/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725214/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593201/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117850/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681003/en/ebixa-memantine-non-competitive-nmda-receptor-antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851260/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>ARICEPT (donépézil (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983281/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983281</t>
+  </si>
+  <si>
+    <t>donépézil (chlorhydrate)</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3644185/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
-[...1166 lines deleted...]
-    <t>apomorphine</t>
+    <t>https://www.has-sante.fr/jcms/c_593193/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022283/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117852/en/aricept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681001/en/aricept-donepezil-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851228/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>MOBIC (méloxicam)</t>
+  </si>
+  <si>
+    <t>03/12/2018 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983358/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>pprd_2983358</t>
+  </si>
+  <si>
+    <t>méloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399440/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399843/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532236/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332062/en/mobic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758339/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831901/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>ZINPLAVA (bezlotoxumab), anticorps monoclonal anti-toxine B de Clostridium difficile</t>
+  </si>
+  <si>
+    <t>09/07/2017 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983535/en/zinplava-bezlotoxumab-anticorps-monoclonal-anti-toxine-b-de-clostridium-difficile</t>
+  </si>
+  <si>
+    <t>pprd_2983535</t>
+  </si>
+  <si>
+    <t>bezlotoxumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792203/en/zinplava-bezlotoxumab-anti-toxin-b-monoclonal-antibody-of-clostridium-difficile</t>
+  </si>
+  <si>
+    <t>IMMUGRIP (virus grippal inactivé fragmenté)</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983541/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>pprd_2983541</t>
+  </si>
+  <si>
+    <t>virus grippal inactivé fragmenté</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399635/en/immugrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622526/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056140/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367961/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344398/en/immugrip</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615537/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790350/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>LEPONEX (clozapine)</t>
+  </si>
+  <si>
+    <t>03/09/2017 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983695/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>pprd_2983695</t>
+  </si>
+  <si>
+    <t>clozapine</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517525/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241650/en/leponex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716223/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749470/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>ONBREZ BREEZHALER - HIROBRIZ BREEZHALER - OSLIF BREEZHALER (indacatérol (maléate d'))</t>
+  </si>
+  <si>
+    <t>02/21/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983730/en/onbrez-breezhaler-hirobriz-breezhaler-oslif-breezhaler-indacaterol-maleate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983730</t>
+  </si>
+  <si>
+    <t>indacatérol (maléate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019687/en/onbrez-breezhaler-oslif-breezhaler-hirobriz-breezhaler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746195/en/onbrez-breezhaler-indacaterol-maleate-d</t>
+  </si>
+  <si>
+    <t>ZAVEDOS (idarubicine), anthracycline</t>
+  </si>
+  <si>
+    <t>05/11/2017 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983748/en/zavedos-idarubicine-anthracycline</t>
+  </si>
+  <si>
+    <t>pprd_2983748</t>
+  </si>
+  <si>
+    <t>-,idarubicine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401011/en/zavedos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047009/en/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656343/en/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743227/en/zavedos-idarubicin-anthracycline</t>
+  </si>
+  <si>
+    <t>REMINYL (galantamine bromhydrate)</t>
+  </si>
+  <si>
+    <t>01/25/2017 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983883/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983883</t>
+  </si>
+  <si>
+    <t>galantamine bromhydrate</t>
+  </si>
+  <si>
+    <t>JANSSEN CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400337/en/reminyl-l-p-8-mg-16-mg-24-mg-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593217/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117851/en/reminyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681026/en/reminyl-galantamine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>CETORNAN (ornithine (oxoglurate d'))</t>
+  </si>
+  <si>
+    <t>07/20/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984048/en/cetornan-ornithine-oxoglurate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984048</t>
+  </si>
+  <si>
+    <t>ornithine (oxoglurate d')</t>
+  </si>
+  <si>
+    <t>CHIESI SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400298/en/cetornan-5-g-poudre-pour-solution-buvable-et-solution-enterale-en-sachet-10-sachet-s-papier-aluminium-polyethylene-de-5-g-code-cip-330-278-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939180/en/cetornan-ornithine-oxoglurate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572469/en/cetornan-5-g-ornithine-treatment-of-liver-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656340/en/cetornan-ornithine-oxoglurate-d</t>
+  </si>
+  <si>
+    <t>OPTRUMA (raloxifène (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/30/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984157/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984157</t>
+  </si>
+  <si>
+    <t>raloxifène (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460193/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335883/en/optruma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620159/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>RISPERDAL - RISPERDALCONSTA - RISPERDALORO (rispéridone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984165/en/risperdal-risperdalconsta-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>pprd_2984165</t>
+  </si>
+  <si>
+    <t>rispéridone</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399101/en/risperdal-0-1-pour-cent-1-mg/ml-solution-buvable-flacons-de-60-et-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399342/en/risperdal-1-mg-comprime-risperdal-2-mg-comprime-boites-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400148/en/risperdal-0-5-mg-risperdal-1-mg-risperdal-1-mg/ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400989/en/risperdal-1-mg-comprime-pellicule-b/60-risperdal-2-mg-comprime-pellicule-b/60-risperdal-4-mg-comprime-pellicule-b/60-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml-60ml-et-120ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969961/en/risperdal-risperdaloro-risperdalconsta-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241693/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728502/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619974/en/risperdal-risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957062/en/risperdalconsta-l-p</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400016/en/risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400339/en/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
+  </si>
+  <si>
+    <t>CYTOTEC (N/R/ misoprostol)</t>
+  </si>
+  <si>
+    <t>03/14/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984328/en/cytotec-n/r/-misoprostol</t>
+  </si>
+  <si>
+    <t>pprd_2984328</t>
+  </si>
+  <si>
+    <t>misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400778/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121561/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572133/en/cytotec-misoprostol-prostaglandin</t>
+  </si>
+  <si>
+    <t>XADAGO (safinamide)</t>
+  </si>
+  <si>
+    <t>04/18/2016 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984345/en/xadago-safinamide</t>
+  </si>
+  <si>
+    <t>pprd_2984345</t>
+  </si>
+  <si>
+    <t>safinamide (mésilate de)</t>
+  </si>
+  <si>
+    <t>ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569071/en/xadago-safinamide-antiparkinsonian</t>
+  </si>
+  <si>
+    <t>NEUPRO (rotigotine)</t>
+  </si>
+  <si>
+    <t>07/17/2015 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984470/en/neupro-rotigotine</t>
+  </si>
+  <si>
+    <t>pprd_2984470</t>
+  </si>
+  <si>
+    <t>rotigotine</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666769/en/neupro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490343/en/neupro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648987/en/neupro-rotigotine-agoniste-dopaminergique-non-ergote-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046981/en/neupro-rotigotine</t>
+  </si>
+  <si>
+    <t>REQUIP (ropinirole (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/15/2015 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984517/en/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984517</t>
+  </si>
+  <si>
+    <t>ropinirole (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400672/en/requip-0-25-mg-requip-0-50-mg-requip-1-mg-requip-2-mg-requip-5-mg-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944543/en/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773263/en/requip</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038289/en/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>SIFROL (pramipexole (dichlorhydrate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984524/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984524</t>
+  </si>
+  <si>
+    <t>pramipexole (dichlorhydrate de) monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400017/en/sifrol-0-125-mg-comprime-boite-de-30-sifrol-0-25-mg-comprime-boite-de-30-sifrol-0-5-mg-comprime-boite-de-30-sifrol-1-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517621/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912566/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058652/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356136/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038119/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>MACUGEN (pégaptanib sodique)</t>
+  </si>
+  <si>
+    <t>04/03/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984857/en/macugen-pegaptanib-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984857</t>
+  </si>
+  <si>
+    <t>pégaptanib sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468470/en/macugen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714255/en/macugen-pegaptanib-anticorps-monoclonal-anti-vegf</t>
+  </si>
+  <si>
+    <t>HYDRAPERF (sodium (chlorure de)/ glucose monohydraté)</t>
+  </si>
+  <si>
+    <t>11/22/2013 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984909/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984909</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de),glucose monohydraté</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398822/fr/apokinon-10-mg/ml-solution-injectable-s-c-boites-de-10-et-50-ampoule-bouteille-de-5-ml</t>
-[...1958 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1600979/fr/osteocal-calcium-carbonate-de-/-cholecalciferol-concentrat-de-forme-pulveru</t>
+    <t>https://www.has-sante.fr/jcms/c_1615551/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
   </si>
   <si>
     <t>NEVANAC (népafénac)</t>
   </si>
   <si>
-    <t>21/05/2013 15:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984945/fr/nevanac-nepafenac</t>
+    <t>05/21/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984945/en/nevanac-nepafenac</t>
   </si>
   <si>
     <t>pprd_2984945</t>
   </si>
   <si>
     <t>népafénac</t>
   </si>
   <si>
     <t>ALCON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1018493/fr/nevanac-nepafenac</t>
-[...605 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1121553/fr/hydergine-dihydroergotoxine-mesilate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1018493/en/nevanac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361960/en/nevanac</t>
   </si>
   <si>
     <t>INTANZA (virus grippal, fragmenté, inactivé)</t>
   </si>
   <si>
-    <t>21/09/2011 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985122/fr/intanza-virus-grippal-fragmente-inactive</t>
+    <t>09/21/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985122/en/intanza-virus-grippal-fragmente-inactive</t>
   </si>
   <si>
     <t>pprd_2985122</t>
   </si>
   <si>
     <t>virus grippal, fragmenté, inactivé</t>
   </si>
   <si>
     <t>Laboratoire SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1106814/fr/intanza-virus-grippal-fragmente-inactive</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056134/fr/previgrip-virus-grippal-inactive-fragmente</t>
+    <t>https://www.has-sante.fr/jcms/c_1106814/en/intanza</t>
   </si>
   <si>
     <t>CELANCE (pergolide (mesilate de))</t>
   </si>
   <si>
-    <t>17/07/2012 14:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985177/fr/celance-pergolide-mesilate-de</t>
+    <t>07/17/2012 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985177/en/celance-pergolide-mesilate-de</t>
   </si>
   <si>
     <t>pprd_2985177</t>
   </si>
   <si>
     <t>pergolide (mesilate de)</t>
   </si>
   <si>
     <t>Laboratoire LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401012/fr/celance-0-05mg-0-25mg-1mg-comprime-secable-boite-de-30-pergolide-mesilate-de</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399430/fr/iskedyl-solution-buvable-flacon-flacon-de-70-ml-iskedyl-solution-buvable-flacon-flacon-de-140-ml</t>
+    <t>https://www.has-sante.fr/jcms/c_401012/en/celance-0-05mg-0-25mg-1mg-comprime-secable-boite-de-30-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400297/en/celance-0-05-mg-comprime-secable-3-film-s-thermosoude-s-aluminium-de-10-comprime-s-code-cip-338-081-3-celance-0-25-mg-comprime-secable-3-film-s-thermosoude-s-aluminium-de-10-comprime-s-code-cip-338-084-2-celance-1-mg-comprime-secable-film-s-thermosoude-s-aluminium-de-30-comprime-s-code-cip-338-086-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055252/en/celance-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019639/en/celance</t>
   </si>
   <si>
     <t>MEZAVANT (mésalazine)</t>
   </si>
   <si>
-    <t>04/06/2012 17:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985241/fr/mezavant-mesalazine</t>
+    <t>06/04/2012 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985241/en/mezavant-mesalazine</t>
   </si>
   <si>
     <t>pprd_2985241</t>
   </si>
   <si>
     <t>mésalazine</t>
   </si>
   <si>
     <t>Laboratoire SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_996902/fr/mezavant-mesalazine</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_994257/fr/medronate-draximage-acide-medronique</t>
+    <t>https://www.has-sante.fr/jcms/c_996902/en/mezavant</t>
   </si>
   <si>
     <t>XILANIK (kétoprofène/ oméprazole)</t>
   </si>
   <si>
     <t>05/05/2010 11:20:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985278/fr/xilanik-ketoprofene/-omeprazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985278/en/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>pprd_2985278</t>
   </si>
   <si>
     <t>kétoprofène,oméprazole</t>
   </si>
   <si>
     <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954784/fr/xilanik-ketoprofene/-omeprazole</t>
-[...263 lines deleted...]
-    <t>c_702884</t>
+    <t>https://www.has-sante.fr/jcms/c_954784/en/xilanik</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -8127,13585 +1971,2867 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...8182 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2764 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>473</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>474</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>475</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>476</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>477</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>478</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>479</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>473</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>480</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>481</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>482</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>483</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>484</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>485</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>473</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>486</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>487</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>488</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>489</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>490</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>491</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>473</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>492</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>493</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>494</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>495</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>496</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>497</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>498</v>
+        <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>499</v>
+        <v>42</v>
       </c>
       <c r="C2" t="s">
-        <v>500</v>
+        <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="E2" t="s">
-        <v>501</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>502</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>503</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>498</v>
+        <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>504</v>
+        <v>48</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E3" t="s">
-        <v>505</v>
+        <v>51</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>506</v>
+        <v>52</v>
       </c>
       <c r="H3" t="s">
-        <v>507</v>
-[...623 lines deleted...]
-        <v>623</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>624</v>
+        <v>54</v>
       </c>
       <c r="B2" t="s">
-        <v>625</v>
+        <v>55</v>
       </c>
       <c r="C2" t="s">
-        <v>626</v>
+        <v>56</v>
       </c>
       <c r="D2" t="s">
-        <v>627</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>628</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>629</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>630</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>624</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>631</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
-        <v>632</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
-        <v>633</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>634</v>
+        <v>62</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>635</v>
+        <v>63</v>
       </c>
       <c r="H3" t="s">
-        <v>636</v>
+        <v>64</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>624</v>
+        <v>54</v>
       </c>
       <c r="B4" t="s">
-        <v>637</v>
+        <v>65</v>
       </c>
       <c r="C4" t="s">
-        <v>638</v>
+        <v>66</v>
       </c>
       <c r="D4" t="s">
-        <v>639</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>640</v>
+        <v>67</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>641</v>
+        <v>68</v>
       </c>
       <c r="H4" t="s">
-        <v>642</v>
-[...181 lines deleted...]
-        <v>684</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:Y55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J1" t="s">
+        <v>71</v>
+      </c>
+      <c r="K1" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B2" t="s">
-        <v>686</v>
+        <v>74</v>
       </c>
       <c r="C2" t="s">
-        <v>687</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>688</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>689</v>
+        <v>75</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>690</v>
+        <v>76</v>
       </c>
       <c r="H2" t="s">
-        <v>691</v>
+        <v>77</v>
+      </c>
+      <c r="I2" t="s">
+        <v>78</v>
+      </c>
+      <c r="J2" t="s">
+        <v>79</v>
+      </c>
+      <c r="K2" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
-        <v>692</v>
+        <v>81</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>693</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>694</v>
+        <v>82</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>695</v>
+        <v>83</v>
       </c>
       <c r="H3" t="s">
-        <v>696</v>
+        <v>84</v>
+      </c>
+      <c r="I3" t="s">
+        <v>85</v>
+      </c>
+      <c r="J3" t="s">
+        <v>86</v>
+      </c>
+      <c r="K3" t="s">
+        <v>87</v>
+      </c>
+      <c r="L3" t="s">
+        <v>88</v>
+      </c>
+      <c r="M3" t="s">
+        <v>89</v>
+      </c>
+      <c r="N3" t="s">
+        <v>90</v>
+      </c>
+      <c r="O3" t="s">
+        <v>91</v>
+      </c>
+      <c r="P3" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>93</v>
+      </c>
+      <c r="R3" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
-        <v>697</v>
+        <v>95</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>698</v>
+        <v>96</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>699</v>
+        <v>97</v>
       </c>
       <c r="H4" t="s">
-        <v>700</v>
+        <v>98</v>
+      </c>
+      <c r="I4" t="s">
+        <v>99</v>
+      </c>
+      <c r="J4" t="s">
+        <v>100</v>
+      </c>
+      <c r="K4" t="s">
+        <v>101</v>
+      </c>
+      <c r="L4" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
-        <v>701</v>
+        <v>103</v>
       </c>
       <c r="C5" t="s">
-        <v>702</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>703</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>704</v>
+        <v>104</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>705</v>
+        <v>105</v>
       </c>
       <c r="H5" t="s">
-        <v>706</v>
+        <v>106</v>
+      </c>
+      <c r="I5" t="s">
+        <v>107</v>
+      </c>
+      <c r="J5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K5" t="s">
+        <v>109</v>
+      </c>
+      <c r="L5" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B6" t="s">
-        <v>707</v>
+        <v>111</v>
       </c>
       <c r="C6" t="s">
-        <v>708</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>709</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>710</v>
+        <v>112</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>711</v>
+        <v>113</v>
       </c>
       <c r="H6" t="s">
-        <v>712</v>
+        <v>114</v>
+      </c>
+      <c r="I6" t="s">
+        <v>115</v>
+      </c>
+      <c r="J6" t="s">
+        <v>116</v>
+      </c>
+      <c r="K6" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B7" t="s">
-        <v>713</v>
+        <v>118</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>714</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>715</v>
+        <v>119</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>716</v>
+        <v>120</v>
       </c>
       <c r="H7" t="s">
-        <v>717</v>
+        <v>121</v>
+      </c>
+      <c r="I7" t="s">
+        <v>122</v>
+      </c>
+      <c r="J7" t="s">
+        <v>123</v>
+      </c>
+      <c r="K7" t="s">
+        <v>124</v>
+      </c>
+      <c r="L7" t="s">
+        <v>125</v>
+      </c>
+      <c r="M7" t="s">
+        <v>126</v>
+      </c>
+      <c r="N7" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>718</v>
+        <v>128</v>
       </c>
       <c r="C8" t="s">
-        <v>719</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>720</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>721</v>
+        <v>129</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>722</v>
+        <v>130</v>
       </c>
       <c r="H8" t="s">
-        <v>723</v>
+        <v>131</v>
+      </c>
+      <c r="I8" t="s">
+        <v>132</v>
+      </c>
+      <c r="J8" t="s">
+        <v>133</v>
+      </c>
+      <c r="K8" t="s">
+        <v>134</v>
+      </c>
+      <c r="L8" t="s">
+        <v>135</v>
+      </c>
+      <c r="M8" t="s">
+        <v>136</v>
+      </c>
+      <c r="N8" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>724</v>
+        <v>138</v>
       </c>
       <c r="C9" t="s">
-        <v>725</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>482</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>726</v>
+        <v>139</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>727</v>
+        <v>140</v>
       </c>
       <c r="H9" t="s">
-        <v>728</v>
+        <v>141</v>
+      </c>
+      <c r="I9" t="s">
+        <v>142</v>
+      </c>
+      <c r="J9" t="s">
+        <v>143</v>
+      </c>
+      <c r="K9" t="s">
+        <v>144</v>
+      </c>
+      <c r="L9" t="s">
+        <v>145</v>
+      </c>
+      <c r="M9" t="s">
+        <v>146</v>
+      </c>
+      <c r="N9" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>729</v>
+        <v>148</v>
       </c>
       <c r="C10" t="s">
-        <v>730</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>731</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>732</v>
+        <v>149</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>733</v>
+        <v>150</v>
       </c>
       <c r="H10" t="s">
-        <v>734</v>
+        <v>151</v>
+      </c>
+      <c r="I10" t="s">
+        <v>152</v>
+      </c>
+      <c r="J10" t="s">
+        <v>153</v>
+      </c>
+      <c r="K10" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>735</v>
+        <v>155</v>
       </c>
       <c r="C11" t="s">
-        <v>736</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>737</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>738</v>
+        <v>156</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>739</v>
+        <v>157</v>
       </c>
       <c r="H11" t="s">
-        <v>740</v>
+        <v>158</v>
+      </c>
+      <c r="I11" t="s">
+        <v>159</v>
+      </c>
+      <c r="J11" t="s">
+        <v>116</v>
+      </c>
+      <c r="K11" t="s">
+        <v>160</v>
+      </c>
+      <c r="L11" t="s">
+        <v>161</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B12" t="s">
-        <v>741</v>
+        <v>162</v>
       </c>
       <c r="C12" t="s">
-        <v>742</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>743</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>744</v>
+        <v>163</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>745</v>
+        <v>164</v>
       </c>
       <c r="H12" t="s">
-        <v>746</v>
+        <v>165</v>
+      </c>
+      <c r="I12" t="s">
+        <v>166</v>
+      </c>
+      <c r="J12" t="s">
+        <v>167</v>
+      </c>
+      <c r="K12" t="s">
+        <v>168</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B13" t="s">
-        <v>747</v>
+        <v>169</v>
       </c>
       <c r="C13" t="s">
-        <v>748</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>749</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>750</v>
+        <v>170</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>751</v>
+        <v>171</v>
       </c>
       <c r="H13" t="s">
-        <v>752</v>
+        <v>172</v>
+      </c>
+      <c r="I13" t="s">
+        <v>173</v>
+      </c>
+      <c r="J13" t="s">
+        <v>167</v>
+      </c>
+      <c r="K13" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B14" t="s">
-        <v>753</v>
+        <v>175</v>
       </c>
       <c r="C14" t="s">
-        <v>754</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>755</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>756</v>
+        <v>176</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>757</v>
+        <v>177</v>
       </c>
       <c r="H14" t="s">
-        <v>758</v>
+        <v>178</v>
+      </c>
+      <c r="I14" t="s">
+        <v>179</v>
+      </c>
+      <c r="J14" t="s">
+        <v>180</v>
+      </c>
+      <c r="K14" t="s">
+        <v>181</v>
+      </c>
+      <c r="L14" t="s">
+        <v>182</v>
+      </c>
+      <c r="M14" t="s">
+        <v>183</v>
+      </c>
+      <c r="N14" t="s">
+        <v>184</v>
+      </c>
+      <c r="O14" t="s">
+        <v>185</v>
+      </c>
+      <c r="P14" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>187</v>
+      </c>
+      <c r="R14" t="s">
+        <v>188</v>
+      </c>
+      <c r="S14" t="s">
+        <v>189</v>
+      </c>
+      <c r="T14" t="s">
+        <v>190</v>
+      </c>
+      <c r="U14" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B15" t="s">
-        <v>759</v>
+        <v>192</v>
       </c>
       <c r="C15" t="s">
-        <v>760</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>761</v>
+        <v>193</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>762</v>
+        <v>194</v>
       </c>
       <c r="H15" t="s">
-        <v>763</v>
+        <v>195</v>
+      </c>
+      <c r="I15" t="s">
+        <v>196</v>
+      </c>
+      <c r="J15" t="s">
+        <v>197</v>
+      </c>
+      <c r="K15" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
-        <v>764</v>
+        <v>199</v>
       </c>
       <c r="C16" t="s">
-        <v>765</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>766</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>767</v>
+        <v>200</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>768</v>
+        <v>201</v>
       </c>
       <c r="H16" t="s">
-        <v>769</v>
+        <v>202</v>
+      </c>
+      <c r="I16" t="s">
+        <v>203</v>
+      </c>
+      <c r="J16" t="s">
+        <v>204</v>
+      </c>
+      <c r="K16" t="s">
+        <v>205</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B17" t="s">
-        <v>770</v>
+        <v>206</v>
       </c>
       <c r="C17" t="s">
-        <v>771</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>772</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>773</v>
+        <v>207</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>774</v>
+        <v>208</v>
       </c>
       <c r="H17" t="s">
-        <v>775</v>
+        <v>209</v>
+      </c>
+      <c r="I17" t="s">
+        <v>210</v>
+      </c>
+      <c r="J17" t="s">
+        <v>211</v>
+      </c>
+      <c r="K17" t="s">
+        <v>212</v>
+      </c>
+      <c r="L17" t="s">
+        <v>213</v>
+      </c>
+      <c r="M17" t="s">
+        <v>214</v>
+      </c>
+      <c r="N17" t="s">
+        <v>215</v>
+      </c>
+      <c r="O17" t="s">
+        <v>216</v>
+      </c>
+      <c r="P17" t="s">
+        <v>217</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>218</v>
+      </c>
+      <c r="R17" t="s">
+        <v>219</v>
+      </c>
+      <c r="S17" t="s">
+        <v>220</v>
+      </c>
+      <c r="T17" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B18" t="s">
-        <v>776</v>
+        <v>222</v>
       </c>
       <c r="C18" t="s">
-        <v>777</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>778</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>779</v>
+        <v>223</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>780</v>
+        <v>224</v>
       </c>
       <c r="H18" t="s">
-        <v>781</v>
+        <v>225</v>
+      </c>
+      <c r="I18" t="s">
+        <v>226</v>
+      </c>
+      <c r="J18" t="s">
+        <v>227</v>
+      </c>
+      <c r="K18" t="s">
+        <v>228</v>
+      </c>
+      <c r="L18" t="s">
+        <v>229</v>
+      </c>
+      <c r="M18" t="s">
+        <v>230</v>
+      </c>
+      <c r="N18" t="s">
+        <v>231</v>
+      </c>
+      <c r="O18" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B19" t="s">
-        <v>782</v>
+        <v>233</v>
       </c>
       <c r="C19" t="s">
-        <v>783</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>785</v>
+        <v>234</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>786</v>
+        <v>235</v>
       </c>
       <c r="H19" t="s">
-        <v>787</v>
+        <v>236</v>
+      </c>
+      <c r="I19" t="s">
+        <v>237</v>
+      </c>
+      <c r="J19" t="s">
+        <v>238</v>
+      </c>
+      <c r="K19" t="s">
+        <v>239</v>
+      </c>
+      <c r="L19" t="s">
+        <v>240</v>
+      </c>
+      <c r="M19" t="s">
+        <v>241</v>
+      </c>
+      <c r="N19" t="s">
+        <v>242</v>
+      </c>
+      <c r="O19" t="s">
+        <v>243</v>
+      </c>
+      <c r="P19" t="s">
+        <v>244</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>245</v>
+      </c>
+      <c r="R19" t="s">
+        <v>246</v>
+      </c>
+      <c r="S19" t="s">
+        <v>247</v>
+      </c>
+      <c r="T19" t="s">
+        <v>248</v>
+      </c>
+      <c r="U19" t="s">
+        <v>249</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B20" t="s">
-        <v>788</v>
+        <v>250</v>
       </c>
       <c r="C20" t="s">
-        <v>783</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>784</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>789</v>
+        <v>251</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>790</v>
+        <v>252</v>
       </c>
       <c r="H20" t="s">
-        <v>791</v>
+        <v>253</v>
+      </c>
+      <c r="I20" t="s">
+        <v>254</v>
+      </c>
+      <c r="J20" t="s">
+        <v>255</v>
+      </c>
+      <c r="K20" t="s">
+        <v>256</v>
+      </c>
+      <c r="L20" t="s">
+        <v>257</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B21" t="s">
-        <v>792</v>
+        <v>258</v>
       </c>
       <c r="C21" t="s">
-        <v>793</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>794</v>
+        <v>259</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>795</v>
+        <v>260</v>
       </c>
       <c r="H21" t="s">
-        <v>796</v>
+        <v>261</v>
+      </c>
+      <c r="I21" t="s">
+        <v>262</v>
+      </c>
+      <c r="J21" t="s">
+        <v>263</v>
+      </c>
+      <c r="K21" t="s">
+        <v>264</v>
+      </c>
+      <c r="L21" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B22" t="s">
-        <v>797</v>
+        <v>266</v>
       </c>
       <c r="C22" t="s">
-        <v>798</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>799</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>800</v>
+        <v>267</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>801</v>
+        <v>268</v>
       </c>
       <c r="H22" t="s">
-        <v>802</v>
+        <v>269</v>
+      </c>
+      <c r="I22" t="s">
+        <v>270</v>
+      </c>
+      <c r="J22" t="s">
+        <v>271</v>
+      </c>
+      <c r="K22" t="s">
+        <v>272</v>
+      </c>
+      <c r="L22" t="s">
+        <v>273</v>
+      </c>
+      <c r="M22" t="s">
+        <v>274</v>
+      </c>
+      <c r="N22" t="s">
+        <v>275</v>
+      </c>
+      <c r="O22" t="s">
+        <v>276</v>
+      </c>
+      <c r="P22" t="s">
+        <v>277</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>278</v>
+      </c>
+      <c r="R22" t="s">
+        <v>279</v>
+      </c>
+      <c r="S22" t="s">
+        <v>280</v>
+      </c>
+      <c r="T22" t="s">
+        <v>281</v>
+      </c>
+      <c r="U22" t="s">
+        <v>282</v>
+      </c>
+      <c r="V22" t="s">
+        <v>283</v>
+      </c>
+      <c r="W22" t="s">
+        <v>284</v>
+      </c>
+      <c r="X22" t="s">
+        <v>285</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>286</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B23" t="s">
-        <v>803</v>
+        <v>287</v>
       </c>
       <c r="C23" t="s">
-        <v>804</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>805</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>806</v>
+        <v>288</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>807</v>
+        <v>289</v>
       </c>
       <c r="H23" t="s">
-        <v>808</v>
+        <v>290</v>
+      </c>
+      <c r="I23" t="s">
+        <v>291</v>
+      </c>
+      <c r="J23" t="s">
+        <v>13</v>
+      </c>
+      <c r="K23" t="s">
+        <v>292</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B24" t="s">
-        <v>809</v>
+        <v>293</v>
       </c>
       <c r="C24" t="s">
-        <v>810</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>811</v>
+        <v>294</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>812</v>
+        <v>295</v>
       </c>
       <c r="H24" t="s">
-        <v>813</v>
+        <v>296</v>
+      </c>
+      <c r="I24" t="s">
+        <v>297</v>
+      </c>
+      <c r="J24" t="s">
+        <v>298</v>
+      </c>
+      <c r="K24" t="s">
+        <v>299</v>
+      </c>
+      <c r="L24" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B25" t="s">
-        <v>814</v>
+        <v>301</v>
       </c>
       <c r="C25" t="s">
-        <v>815</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>816</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>817</v>
+        <v>302</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>818</v>
+        <v>303</v>
       </c>
       <c r="H25" t="s">
-        <v>819</v>
+        <v>304</v>
+      </c>
+      <c r="I25" t="s">
+        <v>305</v>
+      </c>
+      <c r="J25" t="s">
+        <v>306</v>
+      </c>
+      <c r="K25" t="s">
+        <v>307</v>
+      </c>
+      <c r="L25" t="s">
+        <v>308</v>
+      </c>
+      <c r="M25" t="s">
+        <v>309</v>
+      </c>
+      <c r="N25" t="s">
+        <v>310</v>
+      </c>
+      <c r="O25" t="s">
+        <v>311</v>
+      </c>
+      <c r="P25" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>313</v>
+      </c>
+      <c r="R25" t="s">
+        <v>314</v>
+      </c>
+      <c r="S25" t="s">
+        <v>315</v>
+      </c>
+      <c r="T25" t="s">
+        <v>316</v>
+      </c>
+      <c r="U25" t="s">
+        <v>317</v>
+      </c>
+      <c r="V25" t="s">
+        <v>318</v>
+      </c>
+      <c r="W25" t="s">
+        <v>319</v>
+      </c>
+      <c r="X25" t="s">
+        <v>320</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B26" t="s">
-        <v>820</v>
+        <v>322</v>
       </c>
       <c r="C26" t="s">
-        <v>821</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>816</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>822</v>
+        <v>323</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>823</v>
+        <v>324</v>
       </c>
       <c r="H26" t="s">
-        <v>824</v>
+        <v>325</v>
+      </c>
+      <c r="I26" t="s">
+        <v>326</v>
+      </c>
+      <c r="J26" t="s">
+        <v>327</v>
+      </c>
+      <c r="K26" t="s">
+        <v>328</v>
+      </c>
+      <c r="L26" t="s">
+        <v>329</v>
+      </c>
+      <c r="M26" t="s">
+        <v>330</v>
+      </c>
+      <c r="N26" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B27" t="s">
-        <v>825</v>
+        <v>332</v>
       </c>
       <c r="C27" t="s">
-        <v>826</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>772</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>827</v>
+        <v>333</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>828</v>
+        <v>334</v>
       </c>
       <c r="H27" t="s">
-        <v>829</v>
+        <v>335</v>
+      </c>
+      <c r="I27" t="s">
+        <v>336</v>
+      </c>
+      <c r="J27" t="s">
+        <v>337</v>
+      </c>
+      <c r="K27" t="s">
+        <v>338</v>
+      </c>
+      <c r="L27" t="s">
+        <v>339</v>
+      </c>
+      <c r="M27" t="s">
+        <v>340</v>
+      </c>
+      <c r="N27" t="s">
+        <v>341</v>
+      </c>
+      <c r="O27" t="s">
+        <v>342</v>
+      </c>
+      <c r="P27" t="s">
+        <v>343</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>344</v>
+      </c>
+      <c r="R27" t="s">
+        <v>345</v>
+      </c>
+      <c r="S27" t="s">
+        <v>346</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B28" t="s">
-        <v>830</v>
+        <v>347</v>
       </c>
       <c r="C28" t="s">
-        <v>831</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>772</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>832</v>
+        <v>348</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>833</v>
+        <v>349</v>
       </c>
       <c r="H28" t="s">
-        <v>834</v>
+        <v>350</v>
+      </c>
+      <c r="I28" t="s">
+        <v>351</v>
+      </c>
+      <c r="J28" t="s">
+        <v>352</v>
+      </c>
+      <c r="K28" t="s">
+        <v>353</v>
+      </c>
+      <c r="L28" t="s">
+        <v>354</v>
+      </c>
+      <c r="M28" t="s">
+        <v>355</v>
+      </c>
+      <c r="N28" t="s">
+        <v>356</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B29" t="s">
-        <v>835</v>
+        <v>357</v>
       </c>
       <c r="C29" t="s">
-        <v>771</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
-        <v>772</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>836</v>
+        <v>358</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>837</v>
+        <v>359</v>
       </c>
       <c r="H29" t="s">
-        <v>838</v>
+        <v>360</v>
+      </c>
+      <c r="I29" t="s">
+        <v>361</v>
+      </c>
+      <c r="J29" t="s">
+        <v>362</v>
+      </c>
+      <c r="K29" t="s">
+        <v>363</v>
+      </c>
+      <c r="L29" t="s">
+        <v>364</v>
+      </c>
+      <c r="M29" t="s">
+        <v>365</v>
+      </c>
+      <c r="N29" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B30" t="s">
-        <v>839</v>
+        <v>367</v>
       </c>
       <c r="C30" t="s">
-        <v>840</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>841</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>842</v>
+        <v>368</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>843</v>
+        <v>369</v>
       </c>
       <c r="H30" t="s">
-        <v>844</v>
+        <v>370</v>
+      </c>
+      <c r="I30" t="s">
+        <v>371</v>
+      </c>
+      <c r="J30" t="s">
+        <v>372</v>
+      </c>
+      <c r="K30" t="s">
+        <v>373</v>
+      </c>
+      <c r="L30" t="s">
+        <v>374</v>
+      </c>
+      <c r="M30" t="s">
+        <v>375</v>
+      </c>
+      <c r="N30" t="s">
+        <v>376</v>
+      </c>
+      <c r="O30" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B31" t="s">
-        <v>845</v>
+        <v>378</v>
       </c>
       <c r="C31" t="s">
-        <v>846</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>847</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>848</v>
+        <v>379</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>849</v>
+        <v>380</v>
       </c>
       <c r="H31" t="s">
-        <v>850</v>
+        <v>381</v>
+      </c>
+      <c r="I31" t="s">
+        <v>382</v>
+      </c>
+      <c r="J31" t="s">
+        <v>383</v>
+      </c>
+      <c r="K31" t="s">
+        <v>384</v>
+      </c>
+      <c r="L31" t="s">
+        <v>385</v>
+      </c>
+      <c r="M31" t="s">
+        <v>386</v>
+      </c>
+      <c r="N31" t="s">
+        <v>387</v>
+      </c>
+      <c r="O31" t="s">
+        <v>388</v>
+      </c>
+      <c r="P31" t="s">
+        <v>389</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>390</v>
+      </c>
+      <c r="R31" t="s">
+        <v>391</v>
+      </c>
+      <c r="S31" t="s">
+        <v>392</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B32" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="C32" t="s">
-        <v>852</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>853</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>854</v>
+        <v>379</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>855</v>
+        <v>394</v>
       </c>
       <c r="H32" t="s">
-        <v>856</v>
+        <v>395</v>
+      </c>
+      <c r="I32" t="s">
+        <v>396</v>
+      </c>
+      <c r="J32" t="s">
+        <v>397</v>
+      </c>
+      <c r="K32" t="s">
+        <v>398</v>
+      </c>
+      <c r="L32" t="s">
+        <v>399</v>
+      </c>
+      <c r="M32" t="s">
+        <v>400</v>
+      </c>
+      <c r="N32" t="s">
+        <v>401</v>
+      </c>
+      <c r="O32" t="s">
+        <v>402</v>
+      </c>
+      <c r="P32" t="s">
+        <v>403</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>404</v>
+      </c>
+      <c r="R32" t="s">
+        <v>405</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B33" t="s">
-        <v>857</v>
+        <v>406</v>
       </c>
       <c r="C33" t="s">
-        <v>858</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>859</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>860</v>
+        <v>379</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>861</v>
+        <v>407</v>
       </c>
       <c r="H33" t="s">
-        <v>862</v>
+        <v>408</v>
+      </c>
+      <c r="I33" t="s">
+        <v>409</v>
+      </c>
+      <c r="J33" t="s">
+        <v>410</v>
+      </c>
+      <c r="K33" t="s">
+        <v>411</v>
+      </c>
+      <c r="L33" t="s">
+        <v>412</v>
+      </c>
+      <c r="M33" t="s">
+        <v>413</v>
+      </c>
+      <c r="N33" t="s">
+        <v>414</v>
+      </c>
+      <c r="O33" t="s">
+        <v>415</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>863</v>
+        <v>416</v>
       </c>
       <c r="C34" t="s">
-        <v>864</v>
+        <v>13</v>
       </c>
       <c r="D34" t="s">
-        <v>865</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>866</v>
+        <v>417</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>867</v>
+        <v>418</v>
       </c>
       <c r="H34" t="s">
-        <v>868</v>
+        <v>419</v>
+      </c>
+      <c r="I34" t="s">
+        <v>420</v>
+      </c>
+      <c r="J34" t="s">
+        <v>211</v>
+      </c>
+      <c r="K34" t="s">
+        <v>421</v>
+      </c>
+      <c r="L34" t="s">
+        <v>422</v>
+      </c>
+      <c r="M34" t="s">
+        <v>423</v>
+      </c>
+      <c r="N34" t="s">
+        <v>424</v>
+      </c>
+      <c r="O34" t="s">
+        <v>425</v>
+      </c>
+      <c r="P34" t="s">
+        <v>426</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>869</v>
+        <v>427</v>
       </c>
       <c r="C35" t="s">
-        <v>870</v>
+        <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>871</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>872</v>
+        <v>428</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>873</v>
+        <v>429</v>
       </c>
       <c r="H35" t="s">
-        <v>874</v>
+        <v>430</v>
+      </c>
+      <c r="I35" t="s">
+        <v>431</v>
+      </c>
+      <c r="J35" t="s">
+        <v>432</v>
+      </c>
+      <c r="K35" t="s">
+        <v>433</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B36" t="s">
-        <v>875</v>
+        <v>434</v>
       </c>
       <c r="C36" t="s">
-        <v>876</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>877</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>878</v>
+        <v>435</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>879</v>
+        <v>436</v>
       </c>
       <c r="H36" t="s">
-        <v>880</v>
+        <v>437</v>
+      </c>
+      <c r="I36" t="s">
+        <v>438</v>
+      </c>
+      <c r="J36" t="s">
+        <v>439</v>
+      </c>
+      <c r="K36" t="s">
+        <v>440</v>
+      </c>
+      <c r="L36" t="s">
+        <v>441</v>
+      </c>
+      <c r="M36" t="s">
+        <v>442</v>
+      </c>
+      <c r="N36" t="s">
+        <v>443</v>
+      </c>
+      <c r="O36" t="s">
+        <v>444</v>
+      </c>
+      <c r="P36" t="s">
+        <v>445</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>446</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B37" t="s">
-        <v>881</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
-        <v>882</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>883</v>
+        <v>448</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>884</v>
+        <v>449</v>
       </c>
       <c r="H37" t="s">
-        <v>885</v>
+        <v>450</v>
+      </c>
+      <c r="I37" t="s">
+        <v>451</v>
+      </c>
+      <c r="J37" t="s">
+        <v>452</v>
+      </c>
+      <c r="K37" t="s">
+        <v>453</v>
+      </c>
+      <c r="L37" t="s">
+        <v>454</v>
+      </c>
+      <c r="M37" t="s">
+        <v>455</v>
+      </c>
+      <c r="N37" t="s">
+        <v>456</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
-        <v>886</v>
+        <v>457</v>
       </c>
       <c r="C38" t="s">
-        <v>887</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>865</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>888</v>
+        <v>458</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>889</v>
+        <v>459</v>
       </c>
       <c r="H38" t="s">
-        <v>890</v>
+        <v>460</v>
+      </c>
+      <c r="I38" t="s">
+        <v>461</v>
+      </c>
+      <c r="J38" t="s">
+        <v>306</v>
+      </c>
+      <c r="K38" t="s">
+        <v>462</v>
+      </c>
+      <c r="L38" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B39" t="s">
-        <v>891</v>
+        <v>464</v>
       </c>
       <c r="C39" t="s">
-        <v>892</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
-        <v>893</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>894</v>
+        <v>465</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>895</v>
+        <v>466</v>
       </c>
       <c r="H39" t="s">
-        <v>896</v>
+        <v>467</v>
+      </c>
+      <c r="I39" t="s">
+        <v>468</v>
+      </c>
+      <c r="J39" t="s">
+        <v>337</v>
+      </c>
+      <c r="K39" t="s">
+        <v>469</v>
+      </c>
+      <c r="L39" t="s">
+        <v>470</v>
+      </c>
+      <c r="M39" t="s">
+        <v>471</v>
+      </c>
+      <c r="N39" t="s">
+        <v>472</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B40" t="s">
-        <v>609</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
-        <v>897</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>898</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>899</v>
+        <v>474</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>900</v>
+        <v>475</v>
       </c>
       <c r="H40" t="s">
-        <v>901</v>
+        <v>476</v>
+      </c>
+      <c r="I40" t="s">
+        <v>477</v>
+      </c>
+      <c r="J40" t="s">
+        <v>478</v>
+      </c>
+      <c r="K40" t="s">
+        <v>479</v>
+      </c>
+      <c r="L40" t="s">
+        <v>480</v>
+      </c>
+      <c r="M40" t="s">
+        <v>481</v>
+      </c>
+      <c r="N40" t="s">
+        <v>482</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B41" t="s">
-        <v>902</v>
+        <v>483</v>
       </c>
       <c r="C41" t="s">
-        <v>903</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>904</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>905</v>
+        <v>484</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>906</v>
+        <v>485</v>
       </c>
       <c r="H41" t="s">
-        <v>907</v>
+        <v>486</v>
+      </c>
+      <c r="I41" t="s">
+        <v>487</v>
+      </c>
+      <c r="J41" t="s">
+        <v>488</v>
+      </c>
+      <c r="K41" t="s">
+        <v>489</v>
+      </c>
+      <c r="L41" t="s">
+        <v>490</v>
+      </c>
+      <c r="M41" t="s">
+        <v>491</v>
+      </c>
+      <c r="N41" t="s">
+        <v>492</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B42" t="s">
-        <v>908</v>
+        <v>493</v>
       </c>
       <c r="C42" t="s">
-        <v>909</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>910</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>911</v>
+        <v>494</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>912</v>
+        <v>495</v>
       </c>
       <c r="H42" t="s">
-        <v>913</v>
+        <v>496</v>
+      </c>
+      <c r="I42" t="s">
+        <v>497</v>
+      </c>
+      <c r="J42" t="s">
+        <v>439</v>
+      </c>
+      <c r="K42" t="s">
+        <v>498</v>
+      </c>
+      <c r="L42" t="s">
+        <v>499</v>
+      </c>
+      <c r="M42" t="s">
+        <v>500</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B43" t="s">
-        <v>914</v>
+        <v>501</v>
       </c>
       <c r="C43" t="s">
-        <v>915</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>916</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>917</v>
+        <v>494</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>918</v>
+        <v>502</v>
       </c>
       <c r="H43" t="s">
-        <v>919</v>
+        <v>503</v>
+      </c>
+      <c r="I43" t="s">
+        <v>504</v>
+      </c>
+      <c r="J43" t="s">
+        <v>505</v>
+      </c>
+      <c r="K43" t="s">
+        <v>506</v>
+      </c>
+      <c r="L43" t="s">
+        <v>507</v>
+      </c>
+      <c r="M43" t="s">
+        <v>508</v>
+      </c>
+      <c r="N43" t="s">
+        <v>509</v>
+      </c>
+      <c r="O43" t="s">
+        <v>510</v>
+      </c>
+      <c r="P43" t="s">
+        <v>511</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>512</v>
+      </c>
+      <c r="R43" t="s">
+        <v>513</v>
+      </c>
+      <c r="S43" t="s">
+        <v>514</v>
+      </c>
+      <c r="T43" t="s">
+        <v>515</v>
+      </c>
+      <c r="U43" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B44" t="s">
-        <v>920</v>
+        <v>517</v>
       </c>
       <c r="C44" t="s">
-        <v>921</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>922</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>923</v>
+        <v>518</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>924</v>
+        <v>519</v>
       </c>
       <c r="H44" t="s">
-        <v>925</v>
+        <v>520</v>
+      </c>
+      <c r="I44" t="s">
+        <v>521</v>
+      </c>
+      <c r="J44" t="s">
+        <v>116</v>
+      </c>
+      <c r="K44" t="s">
+        <v>522</v>
+      </c>
+      <c r="L44" t="s">
+        <v>523</v>
+      </c>
+      <c r="M44" t="s">
+        <v>524</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B45" t="s">
-        <v>926</v>
+        <v>525</v>
       </c>
       <c r="C45" t="s">
-        <v>927</v>
+        <v>13</v>
       </c>
       <c r="D45" t="s">
-        <v>928</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>929</v>
+        <v>526</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>930</v>
+        <v>527</v>
       </c>
       <c r="H45" t="s">
-        <v>931</v>
+        <v>528</v>
+      </c>
+      <c r="I45" t="s">
+        <v>529</v>
+      </c>
+      <c r="J45" t="s">
+        <v>530</v>
+      </c>
+      <c r="K45" t="s">
+        <v>531</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>685</v>
+        <v>73</v>
       </c>
       <c r="B46" t="s">
-        <v>932</v>
+        <v>532</v>
       </c>
       <c r="C46" t="s">
-        <v>933</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
-        <v>934</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>935</v>
+        <v>533</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>936</v>
+        <v>534</v>
       </c>
       <c r="H46" t="s">
-        <v>937</v>
+        <v>535</v>
+      </c>
+      <c r="I46" t="s">
+        <v>536</v>
+      </c>
+      <c r="J46" t="s">
+        <v>537</v>
+      </c>
+      <c r="K46" t="s">
+        <v>538</v>
+      </c>
+      <c r="L46" t="s">
+        <v>539</v>
+      </c>
+      <c r="M46" t="s">
+        <v>540</v>
+      </c>
+      <c r="N46" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>73</v>
+      </c>
+      <c r="B47" t="s">
+        <v>542</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>543</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>544</v>
+      </c>
+      <c r="H47" t="s">
+        <v>545</v>
+      </c>
+      <c r="I47" t="s">
+        <v>546</v>
+      </c>
+      <c r="J47" t="s">
+        <v>167</v>
+      </c>
+      <c r="K47" t="s">
+        <v>547</v>
+      </c>
+      <c r="L47" t="s">
+        <v>548</v>
+      </c>
+      <c r="M47" t="s">
+        <v>549</v>
+      </c>
+      <c r="N47" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>73</v>
+      </c>
+      <c r="B48" t="s">
+        <v>551</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>543</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>552</v>
+      </c>
+      <c r="H48" t="s">
+        <v>553</v>
+      </c>
+      <c r="I48" t="s">
+        <v>554</v>
+      </c>
+      <c r="J48" t="s">
+        <v>211</v>
+      </c>
+      <c r="K48" t="s">
+        <v>555</v>
+      </c>
+      <c r="L48" t="s">
+        <v>556</v>
+      </c>
+      <c r="M48" t="s">
+        <v>557</v>
+      </c>
+      <c r="N48" t="s">
+        <v>558</v>
+      </c>
+      <c r="O48" t="s">
+        <v>559</v>
+      </c>
+      <c r="P48" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>73</v>
+      </c>
+      <c r="B49" t="s">
+        <v>561</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>562</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>563</v>
+      </c>
+      <c r="H49" t="s">
+        <v>564</v>
+      </c>
+      <c r="I49" t="s">
+        <v>565</v>
+      </c>
+      <c r="J49" t="s">
+        <v>116</v>
+      </c>
+      <c r="K49" t="s">
+        <v>566</v>
+      </c>
+      <c r="L49" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>73</v>
+      </c>
+      <c r="B50" t="s">
+        <v>568</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>569</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>570</v>
+      </c>
+      <c r="H50" t="s">
+        <v>571</v>
+      </c>
+      <c r="I50" t="s">
+        <v>572</v>
+      </c>
+      <c r="J50" t="s">
+        <v>573</v>
+      </c>
+      <c r="K50" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>73</v>
+      </c>
+      <c r="B51" t="s">
+        <v>575</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>576</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>577</v>
+      </c>
+      <c r="H51" t="s">
+        <v>578</v>
+      </c>
+      <c r="I51" t="s">
+        <v>579</v>
+      </c>
+      <c r="J51" t="s">
+        <v>580</v>
+      </c>
+      <c r="K51" t="s">
+        <v>581</v>
+      </c>
+      <c r="L51" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B52" t="s">
+        <v>583</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>584</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>585</v>
+      </c>
+      <c r="H52" t="s">
+        <v>586</v>
+      </c>
+      <c r="I52" t="s">
+        <v>587</v>
+      </c>
+      <c r="J52" t="s">
+        <v>588</v>
+      </c>
+      <c r="K52" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>73</v>
+      </c>
+      <c r="B53" t="s">
+        <v>590</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>591</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>592</v>
+      </c>
+      <c r="H53" t="s">
+        <v>593</v>
+      </c>
+      <c r="I53" t="s">
+        <v>594</v>
+      </c>
+      <c r="J53" t="s">
+        <v>595</v>
+      </c>
+      <c r="K53" t="s">
+        <v>596</v>
+      </c>
+      <c r="L53" t="s">
+        <v>597</v>
+      </c>
+      <c r="M53" t="s">
+        <v>598</v>
+      </c>
+      <c r="N53" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>73</v>
+      </c>
+      <c r="B54" t="s">
+        <v>600</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>601</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>602</v>
+      </c>
+      <c r="H54" t="s">
+        <v>603</v>
+      </c>
+      <c r="I54" t="s">
+        <v>604</v>
+      </c>
+      <c r="J54" t="s">
+        <v>605</v>
+      </c>
+      <c r="K54" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>73</v>
+      </c>
+      <c r="B55" t="s">
+        <v>607</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>608</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>609</v>
+      </c>
+      <c r="H55" t="s">
+        <v>610</v>
+      </c>
+      <c r="I55" t="s">
+        <v>611</v>
+      </c>
+      <c r="J55" t="s">
+        <v>612</v>
+      </c>
+      <c r="K55" t="s">
+        <v>613</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...221 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>