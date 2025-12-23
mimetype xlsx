--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -9,89 +9,89 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="61">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Parcours de transition des personnes transgenres - Note de cadrage</t>
   </si>
   <si>
     <t>L’objectif de ce travail est d’élaborer des recommandations dans le but d’améliorer l’accompagnement et la prise en charge des personnes transgenres.</t>
   </si>
   <si>
     <t>07/09/2022 00:00:00</t>
   </si>
   <si>
     <t>16/09/2022 15:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3367504/fr/parcours-de-transition-des-personnes-transgenres-note-de-cadrage</t>
   </si>
@@ -141,53 +141,50 @@
     <t>c_894315</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Parcours de transition des personnes transgenres : la HAS réaffirme la nécessité de protéger les experts</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) avait saisi le Conseil d’Etat d’un pourvoi en cassation contre un jugement du tribunal administratif de Montreuil lui enjoignant, à la demande d’une association, de communiquer la liste des membres du groupe de travail participant à l’élaboration des recommandations sur la transition de genre, et qui ont été récemment publiées. Après avoir accordé à la HAS un sursis à exécution, le Conseil d’Etat rejette finalement le pourvoi. La HAS prend acte de cette décision qui souligne toutefois que les textes actuels, sur lesquels le juge s’est fondé, ne garantissent pas suffisamment la protection des experts participant à l’expertise en santé. Attachée à la protection des experts et au principe d’indépendance de l’expertise, la HAS appelle à une évolution législative.</t>
   </si>
   <si>
     <t>29/07/2025 17:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639305/fr/parcours-de-transition-des-personnes-transgenres-la-has-reaffirme-la-necessite-de-proteger-les-experts</t>
   </si>
   <si>
     <t>p_3639305</t>
   </si>
   <si>
     <t>Transition de genre : la HAS publie les premières recommandations sur la prise en charge médicale de l’adulte</t>
   </si>
   <si>
     <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé (HAS) publie le premier volet de ses recommandations portant sur l’accompagnement et la prise en charge médicale des personnes trans souhaitant s’engager dans une démarche de transition de genre. Ce premier volet est consacré aux personnes âgées de 18 ans et plus. Destinées aux professionnels de santé, ces recommandations visent à homogénéiser les pratiques et garantir une prise en charge sécurisée et de qualité. Elles insistent notamment sur l’accueil, l’écoute et l’information des personnes concernées en vue d’une décision éclairée. La HAS élaborera dans un second temps des recommandations de bonnes pratiques concernant les mineurs.</t>
-  </si>
-[...1 lines deleted...]
-    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636602/fr/transition-de-genre-la-has-publie-les-premieres-recommandations-sur-la-prise-en-charge-medicale-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636602</t>
   </si>
   <si>
     <t>Parcours de transition des personnes transgenres : poursuivre le travail au-delà des polémiques déplacées</t>
   </si>
   <si>
     <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé (HAS) élabore actuellement les premières recommandations sur le parcours de transition des personnes transgenres. Après avoir pris connaissance d’un article de presse dévoilant un document de travail, elle rappelle les fondements de sa méthode. Elle réaffirme aussi avec fermeté la nécessité de préserver la sérénité des travaux, et dénonce la divulgation de ce document confidentiel qui ne constitue nullement une recommandation. Celle-ci sera publiée au premier semestre 2025, à l’issue de son processus d’élaboration et de validation rigoureux.</t>
   </si>
   <si>
     <t>13/12/2024 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3572698/fr/parcours-de-transition-des-personnes-transgenres-poursuivre-le-travail-au-dela-des-polemiques-deplacees</t>
   </si>
   <si>
     <t>p_3572698</t>
   </si>
   <si>
     <t>Parcours de transition des personnes transgenres : la HAS dépose un pourvoi en cassation</t>
   </si>
@@ -421,133 +418,133 @@
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>40</v>
       </c>
       <c r="H6" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>49</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
         <v>52</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>54</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>36</v>
       </c>
       <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>59</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>