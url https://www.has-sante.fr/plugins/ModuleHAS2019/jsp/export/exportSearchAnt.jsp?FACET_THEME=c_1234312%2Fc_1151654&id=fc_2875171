--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,5572 +1,460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...10 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2946" uniqueCount="1809">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="117">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>19/06/2025 10:00:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Cooperation between the HAS and users</t>
+  </si>
+  <si>
+    <t>Cooperation between the HAS and users Methods for the involvement of the public, patients and their associations in the HAS work</t>
+  </si>
+  <si>
+    <t>11/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2022 11:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3602447/fr/experience-patient-et-savoir-experientiel-deux-notions-a-clarifier-pour-developper-l-engagement-ou-la-participation</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290414/fr/cooperation-entre-la-has-et-les-usagers</t>
+    <t>https://www.has-sante.fr/jcms/p_3290414/en/cooperation-between-the-has-and-users</t>
   </si>
   <si>
     <t>p_3290414</t>
   </si>
   <si>
-    <t>La participation des personnes concernées à l’élaboration des recommandations pour le secteur social et médico-social</t>
-[...185 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_430286/fr/elaboration-d-un-document-ecrit-d-information-a-l-intention-des-patients-et-des-usagers-du-systeme-de-sante</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Supporting and encouraging public engagement in social and health care organisations</t>
+  </si>
+  <si>
+    <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
+  </si>
+  <si>
+    <t>09/22/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Management of female genital mutilation by primary healthcare professionals</t>
+  </si>
+  <si>
+    <t>This best practice guideline is concerned with improving the treatment and management of children, teenage girls, and women who have undergone or at a risk of undergoing female genital mutilation. Its objectives are as follows: to foster primary healthcare professionals’ knowledge of female genital mutilation; to prevent the occurrence of female genital mutilation through improved information delivered by healthcare professionals to women, young girls and parents; to foster improved management of children, young girls, and women who have been subjected to genital mutilation.</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2020 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150640/en/management-of-female-genital-mutilation-by-primary-healthcare-professionals</t>
+  </si>
+  <si>
+    <t>p_3150640</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Seclusion and mechanical restraint in general psychiatry</t>
+  </si>
+  <si>
+    <t>This good practice guideline aims to determine the place of seclusion and restraint in general psychiatry. The objective is to enable Healthcare professionals who could use these last resort measures to improve and harmonize their practices, by meeting clinical, ethical, legal, and organizational requirements. The main goal is the improvement of the safety and the quality of patient care.</t>
+  </si>
+  <si>
+    <t>02/22/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2017 04:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055362/en/seclusion-and-mechanical-restraint-in-general-psychiatry</t>
+  </si>
+  <si>
+    <t>c_2055362</t>
+  </si>
+  <si>
+    <t>Preparing for birth and parenthood</t>
+  </si>
+  <si>
+    <t>These guidelines advocate an earlier start to preparation for birth and parenthood, and a broader approach to parent support and to improving the skills of women and their partners in health matters. Their aim is to help health professionals 1. prepare couples for the birth of their child and taking the baby home, through educational sessions suited to the needs and expectations of the parents-to-be 2. support couples, especially those who are vulnerable, in order to avoid parent-child relationship problems 3. provide information and key points on parenting: building family relationships ; the material, educational and emotional needs of the growing child 4. encourage better coordination among the relevant professionals and with the pregnant woman, from the antenatal to the postnatal period</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>09/27/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272500/en/preparing-for-birth-and-parenthood</t>
+  </si>
+  <si>
+    <t>c_272500</t>
+  </si>
+  <si>
+    <t>How to produce an information brochure for patients and healthcare system users</t>
+  </si>
+  <si>
+    <t>Written information should be part of a coherent communication strategy aimed at facilitating patients’ involvement in making decisions about their own care. The brochures should give relevant, clear, and concise information which can facilitate communication with patients. They can supplement any other information and advice given, thus helping patients make decisions about their health. Specialty societies and professional organisations wishing to provide patients and users with an information brochure based on available professional guidelines, which is an adjunct to verbal information, should find this guide useful. This guide updated in June 2008 is based on a critical review of the literature on producing information brochures for patients/users and on feedback obtained on ANAES brochures based on professional practice guidelines. A quick reference guide is also available.</t>
+  </si>
+  <si>
+    <t>06/15/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2009 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_430286/en/how-to-produce-an-information-brochure-for-patients-and-healthcare-system-users</t>
   </si>
   <si>
     <t>c_430286</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...2279 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Le dossier du patient en masso-kinésithérapie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272084/fr/le-dossier-du-patient-en-masso-kinesitherapie</t>
+    <t>Patients records in physiotherapy</t>
+  </si>
+  <si>
+    <t>These guidelines describe what a physiotherapy patient record should contain.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272084/en/patients-records-in-physiotherapy</t>
   </si>
   <si>
     <t>c_272084</t>
   </si>
   <si>
-    <t>Le dossier du patient en ergothérapie</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272395/fr/intervention-du-medecin-aupres-des-personnes-en-garde-a-vue</t>
+    <t>Doctors' attendance on detainees in police custody</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : 1. What is the doctor's mandate, what is its scope and which doctor is mandated? 2. Where is a detainee examined? Under what conditions? What is the outcome? 3. How may custody conditions affect doctors' attendance and cooperation? 4. What are the features specific to medical management of detainees? 5. What should the medical certificate and record</t>
+  </si>
+  <si>
+    <t>01/18/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272395/en/doctors-attendance-on-detainees-in-police-custody</t>
   </si>
   <si>
     <t>c_272395</t>
   </si>
   <si>
-    <t>Modalités de prise de décision concernant l’indication en urgence d’une hospitalisation sans consentement d’une personne présentant des troubles mentaux</t>
-[...692 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Documents for Patients</t>
+  </si>
+  <si>
+    <t>Research and treatment of Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
+  </si>
+  <si>
+    <t>03/13/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/26/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
   </si>
   <si>
     <t>c_2911396</t>
   </si>
   <si>
-    <t>Dépistage de la trisomie 21</t>
-[...560 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3190738/fr/point-d-avancement-du-plan-medicaments-la-has-dresse-un-premier-bilan-positif</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
+    <t>Committee for Public Involvement and Participation</t>
+  </si>
+  <si>
+    <t>The mission of the Committee for Public Involvement and Participation is to promote the participation and engagement of patients and social supported persons in the work carried out by the HAS (French National Authority for Health) and the three health system sectors: health, social and medico-social care. It is made up of equal numbers of individuals chosen primarily for their experiential knowledge as users of healthcare, social or medico-social facilities, or for their professional or academic expertise in the field of health engagement or citizen participation.</t>
+  </si>
+  <si>
+    <t>05/13/2025 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891593/en/committee-for-public-involvement-and-participation</t>
+  </si>
+  <si>
+    <t>c_2891593</t>
+  </si>
+  <si>
+    <t>Quality of care as perceived by patients – PROMs and PREMs indicators</t>
+  </si>
+  <si>
+    <t>Three types of measures are used to assess quality of care as perceived by patients, using different tools: Patient-Reported Outcome Measures (PROMs) for care outcomes, Patient-Reported Experience Measures (PREMs) for the care experience and patient satisfaction questionnaires to assess meeting of their expectations. Based on research published in the literature and numerous illustrations, this report describes the theoretical foundations and methodological approaches, accompanied by practical cases, as well as the challenges relative to quality of care that could be met by proficiency in the use of these solutions. In particular, the aim is to improve communication between patients and professionals, personalise care and more effectively monitor patients' health.</t>
+  </si>
+  <si>
+    <t>03/15/2022 12:46:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324079/en/quality-of-care-as-perceived-by-patients-proms-and-prems-indicators</t>
+  </si>
+  <si>
+    <t>p_3324079</t>
+  </si>
+  <si>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>The HAS medication action plan: a first positive assessment is drawn</t>
+  </si>
+  <si>
+    <t>Following the launch of the action plan for the evaluation of innovative medicines last January, the French National Authority for Health presents the plan’s initial advancements. Despite the COVID-19 health crisis, positive feedback has already been noted, such as improved monitoring with shorter review times, opportunity recognition of breakthrough innovations, reassessments carried out quickly to resolve uncertainty, increased use of assessment procedures by manufacturers, and continued support for inclusion of patient perspectives. Responsiveness and agility in evaluation procedures guarantee rapid and secure access to therapies that bring hope, thereby meeting patient needs. Such achievements deserve to be sustained over time.</t>
+  </si>
+  <si>
+    <t>06/19/2020 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190738/en/the-has-medication-action-plan-a-first-positive-assessment-is-drawn</t>
   </si>
   <si>
     <t>p_3190738</t>
   </si>
   <si>
-    <t>Fin du confinement : 5 propositions pour redonner leur place aux usagers</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3150677/fr/mutilations-sexuelles-feminines-y-penser-pour-identifier-les-situations-a-risques-et-proteger-les-femmes-mineures-et-majeures</t>
+    <t>Taking a look at female genital mutilation: risk assessment and safeguarding</t>
+  </si>
+  <si>
+    <t>Condemned by law, female genital mutilation remains nonetheless a reality and prevalent in France, the second-most affected European country following the United Kingdom. To take action and respond to this largely unknown issue amongst the French people and health professionals, the French National Authority for Health (HAS) has recently drawn up a set of recommendations aimed at preventing this harmful practice and improving the care of the victims involved.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150677/en/taking-a-look-at-female-genital-mutilation-risk-assessment-and-safeguarding</t>
   </si>
   <si>
     <t>p_3150677</t>
-  </si>
-[...1408 lines deleted...]
-    <t>c_1293689</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5582,9731 +470,483 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="E9" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C12" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D12" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="H12" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C13" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E13" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="H13" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>84</v>
       </c>
       <c r="B14" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="D14" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="E14" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="H14" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="C15" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="D15" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="H15" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C16" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="D16" t="s">
-        <v>93</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="H16" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="B17" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="D17" t="s">
-        <v>99</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="H17" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>107</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C18" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="D18" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="H18" t="s">
-        <v>108</v>
-[...481 lines deleted...]
-        <v>1319</v>
+        <v>112</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1237</v>
+        <v>107</v>
       </c>
       <c r="B19" t="s">
-        <v>1320</v>
+        <v>113</v>
       </c>
       <c r="C19" t="s">
-        <v>1321</v>
+        <v>114</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1322</v>
+        <v>26</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1323</v>
+        <v>115</v>
       </c>
       <c r="H19" t="s">
-        <v>1324</v>
-[...2853 lines deleted...]
-      <c r="I1" t="s">
         <v>116</v>
-      </c>
-[...5909 lines deleted...]
-        <v>1236</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>