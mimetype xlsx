--- v0 (2025-11-07)
+++ v1 (2026-02-11)
@@ -9,100 +9,124 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="392" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="392" uniqueCount="246">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Hospital mortality indicators: foreign experience, literature teachings and guidelines to support public decision-making and the development of indicators in France</t>
+  </si>
+  <si>
+    <t>This operational document is made up of 3 parts : a review of the mortality indicators currently used in five countries (United Kingdom, United States, Canada, Australia and Germany) to compare healthcare institutions; a review of the international literature in order to discuss the advantages and drawbacks of the different mortality indicators: purpose of the indicator, scope, source data, adjustment models, links with other quality indicators (process, structure) and side-effects of their use ; HAS recommendations to guide public decision-making and the development of hospital mortality indicators that allow the comparison of healthcare institutions in France.</t>
+  </si>
+  <si>
+    <t>07/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2017 12:20:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800716/en/hospital-mortality-indicators-foreign-experience-literature-teachings-and-guidelines-to-support-public-decision-making-and-the-development-of-indicators-in-france</t>
+  </si>
+  <si>
+    <t>c_2800716</t>
+  </si>
+  <si>
     <t>Tool to improve professional practice</t>
   </si>
   <si>
-    <t>Generative IA</t>
+    <t>Initial key guiding principles for the use of generative AI in healthcare</t>
+  </si>
+  <si>
+    <t>Generative AI systems can be a lever for improvement to promote quality in the healthcare system. The French National Authority for Health (HAS) has published this educational guide aimed at health, social and medico-social sector professionals in order to support them in their initial adoption of generative AI and promote its proper use.</t>
+  </si>
+  <si>
+    <t>10/30/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703115/en/initial-key-guiding-principles-for-the-use-of-generative-ai-in-healthcare</t>
+  </si>
+  <si>
+    <t>p_3703115</t>
+  </si>
+  <si>
+    <t>Digital medical devices for professional use</t>
   </si>
   <si>
     <t>Numerous digital solutions are used in routine care today. However, their utility or relevance in relation to the existing arsenal has not always been fully determined. In particular, this is the case for certain digital solutions for professional use, which do not fall within the existing evaluation frameworks for public funding cover. Consequently, healthcare professionals often use digital med-ical devices (DMDs) as part of a medical procedure without being fully informed about their performance or limitations or, conversely, are reluctant to use them. Hence, it is necessary to reflect on the specificities of the assessment of DMDs for professional use and, beyond that, on possible assessment approaches to inform the choices of healthcare professionals and decision-making bodies responsible for purchasing equipment.</t>
   </si>
   <si>
-    <t/>
-[...13 lines deleted...]
-  <si>
     <t>06/29/2023 17:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363066/en/digital-medical-devices-for-professional-use</t>
   </si>
   <si>
     <t>p_3363066</t>
   </si>
   <si>
     <t>Operating room rescheduling. A practice that requires careful consideration</t>
   </si>
   <si>
     <t>Rescheduling, or changing the date of a procedure, is part of the daily routine of operating rooms. However, it is not a trivial act. Indeed, such rescheduling can sometimes be the cause of adverse events, potentially leading to significant consequences. In its patient safety solution "Operating room rescheduling. A practice that requires careful consideration", the HAS propose a series of actions to implement in order to reduce the risks that may arise when rescheduling.</t>
   </si>
   <si>
     <t>07/22/2025 18:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576094/en/operating-room-rescheduling-a-practice-that-requires-careful-consideration</t>
   </si>
   <si>
     <t>p_3576094</t>
   </si>
   <si>
     <t>Guide for the assessment of healthcare simulation infrastructures</t>
@@ -414,71 +438,50 @@
     <t>Focus on patient safety -  "High-alert medications. Underestimating the risk is risky."</t>
   </si>
   <si>
     <t>07/02/2021 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3275489/en/focus-on-patient-safety-high-alert-medications-underestimating-the-risk-is-risky</t>
   </si>
   <si>
     <t>p_3275489</t>
   </si>
   <si>
     <t>Focus on patient safety - "Surgical safety. A quick check is better than a big shock!"</t>
   </si>
   <si>
     <t>Despite the great lengths medical teams go to to improve the safety of surgical practices, mistakes are still being made.</t>
   </si>
   <si>
     <t>06/18/2021 09:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3270447/en/focus-on-patient-safety-surgical-safety-a-quick-check-is-better-than-a-big-shock</t>
   </si>
   <si>
     <t>p_3270447</t>
-  </si>
-[...19 lines deleted...]
-    <t>c_2800716</t>
   </si>
   <si>
     <t>Supporting and encouraging public engagement in social and health care organisations</t>
   </si>
   <si>
     <t>This HAS guideline promotes the involvement of people cared or supported in all its forms as an integral part of the quality of health and social care. These recommendations aim to promote participatory approaches in all sectors: health, social and medico-social care. This first guideline, which offers a base of knowledge and a glossary [in French], will be followed by operational work.</t>
   </si>
   <si>
     <t>09/22/2020 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
   </si>
   <si>
     <t>p_3201812</t>
   </si>
   <si>
     <t>"No Go" in the operating theatre. How to reinforce the safety barriers ?</t>
   </si>
   <si>
     <t>In surgery, “No Go” refers to the immediate interruption of a surgical procedure between the moment when the patient enters the operating theatre and the skin incision. This Patient Safety Solution is intended to avoid or manage the occurrence of a "No Go" in the operating theatre. It lists the existing systems and tools available for risk management, emphasising the importance of correctly running through the check-list.</t>
   </si>
   <si>
     <t>11/29/2018 15:03:00</t>
   </si>
@@ -843,1274 +846,1274 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="H9" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C10" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H10" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C11" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="H12" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="H13" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C14" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="H14" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="H15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C16" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="H16" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C17" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H17" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H18" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="H19" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B20" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C20" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="H20" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B21" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C21" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="H21" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B22" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C22" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="H22" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B23" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C23" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="H23" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B24" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C24" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="H24" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B25" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="H25" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B26" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="H26" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B27" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C27" t="s">
-        <v>53</v>
+        <v>130</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="H27" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B28" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C28" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="H28" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="B29" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C29" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D29" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H29" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B30" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C30" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H30" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B31" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C31" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H31" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B32" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C32" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H32" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B33" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C33" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H33" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B34" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C34" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H34" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B35" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C35" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H35" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B36" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C36" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H36" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B37" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C37" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H37" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B38" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C38" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H38" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B39" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C39" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H39" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B40" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C40" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H40" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B41" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C41" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D41" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E41" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H41" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B42" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C42" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D42" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E42" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H42" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B43" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C43" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D43" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E43" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H43" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B44" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C44" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H44" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B45" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C45" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H45" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B46" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C46" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H46" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B47" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C47" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H47" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B48" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C48" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H48" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B49" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C49" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H49" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>