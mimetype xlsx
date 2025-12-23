--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,58946 +1,7404 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Tool to improve professi" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12309" uniqueCount="6468">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1378" uniqueCount="960">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur l'Accident Vasculaire Cérébral (AVC)</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>RELAY - 14 september 2010 (2708) -Opinion</t>
+  </si>
+  <si>
+    <t>Thoracic aortic stent-graft</t>
+  </si>
+  <si>
+    <t>09/14/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2012 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>28/10/2025 10:20:00</t>
-[...8303 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_977149/fr/relay-14-septembre-2010-2708-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_977149/en/relay-14-september-2010-2708-opinion</t>
   </si>
   <si>
     <t>c_977149</t>
   </si>
   <si>
     <t>ABS – Bolton Medical</t>
   </si>
   <si>
-    <t>POWERLINK - 21 février 2012 (4134) avis</t>
-[...1856 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3468279/fr/flash-securite-patient-catheter-veineux-central-et-embolie-gazeuse-il-suffit-d-une-bulle-et-tout-bascule</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+  </si>
+  <si>
+    <t>r_1497591</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Stroke: early management</t>
+  </si>
+  <si>
+    <t>- Identify relevant information for the general public in order to improve recognition of warning signs and increase awareness of the need for urgent treatment ; - Optimise the initial prehospital and hospital care pathway of patients with suspected stroke and improve management for the largest possible number of stroke patients ; - Reduce the frequency and severity of the functional disorders associated with stroke through early multiprofessional management, implemented as quickly as possible in a stroke unit (SU), or failing this, in a hospital with an organised care pathway for patients with suspected stroke, in coordination with a SU ; - Improve the practices of the SAMU-Centre 15 dispatching physician, emergency physicians and all professionals involved in the early management of stroke (including TIAs).</t>
+  </si>
+  <si>
+    <t>10/23/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/28/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830203/en/stroke-early-management</t>
+  </si>
+  <si>
+    <t>c_830203</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+  </si>
+  <si>
+    <t>c_272368</t>
+  </si>
+  <si>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+  </si>
+  <si>
+    <t>c_459541</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Ultrasound-guided transcutaneous venous occlusion of the small saphenous vein - INAHTA BRIEF</t>
+  </si>
+  <si>
+    <t>The aim of this assessment was to assess the benefit-risk balance of the radiofrequency (RF) small saphenous vein (SSV) occlusion procedure, which had not previously been assessed by the French National Authority for Health (HAS), and to define its role among previously assessed techniques approved for cover. The ultimate aim was to assess whether it should be covered by National Health Insurance</t>
+  </si>
+  <si>
+    <t>06/15/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/20/2023 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447378/en/ultrasound-guided-transcutaneous-venous-occlusion-of-the-small-saphenous-vein-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3447378</t>
+  </si>
+  <si>
+    <t>Assessment of chiropodist-podiatrist consultations for preventing foot lesions in diabetic patients with a grade 1 podiatric risk - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to update an initial review conducted by HAS in 2007, with a view to an indication extension of chiropody-podiatry prevention consultations for diabetic subjects presenting with a grade 1 podiatric risk (isolated sensitive neuropathy). These consultations are not currently covered by French National Health Insurance; as such, the purpose of this report is to: • assess the impact of chiropodist-podiatrist prevention consultations on the morbidity of diabetic subjects with a grade 1 foot ulceration risk; • define the content, frequency and duration of chiropodist-podiatrist prevention consultations for diabetic subjects with grade 1 foot ulceration risk</t>
+  </si>
+  <si>
+    <t>12/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2018 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860579/en/assessment-of-chiropodist-podiatrist-consultations-for-preventing-foot-lesions-in-diabetic-patients-with-a-grade-1-podiatric-risk-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2860579</t>
+  </si>
+  <si>
+    <t>Organisation of the early management of acute ischaemic stroke using mechanical thrombectomy</t>
+  </si>
+  <si>
+    <t>Ischaemic stroke (IS) is an acute condition which, according to the World Health Organization (WHO), represents the second leading cause of mortality worldwide, and the third cause of mortality in developed countries.</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2018 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757616/en/organisation-of-the-early-management-of-acute-ischaemic-stroke-using-mechanical-thrombectomy</t>
+  </si>
+  <si>
+    <t>c_2757616</t>
+  </si>
+  <si>
+    <t>Endovascular thrombectomy of intracranial arteries - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of mechanical thrombectomy (MT) for the treatment of Acute Ischaemic Stroke (AIS)</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/23/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624413/en/endovascular-thrombectomy-of-intracranial-arteries-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2624413</t>
+  </si>
+  <si>
+    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of worldwide supply shortage of technetium-99m (Tc-99m), a radioactive element needed to perform lung perfusion scintigraphy in case of suspected non-massive pulmonary embolism (PE), the Ministry of Health (DGS) asked HAS to determine if, in the event of complete shortage of this isotope, one (or more) test(s) could replace it without risk to the pregnant woman. Currently, Tc-99m lung perfusion scintigraphy is the medical imaging test of choice in pregnant women initially without signs of shock or hypotension (especially if the triage chest x-ray is normal) when this test is readily accessible for the clinician. Offering good diagnostic performances, lung perfusion scintigraphy is not very radiating for the mother and foetus. The objective of this assessment was not to question the current standard strategy in this situation or to establish good practice guidelines</t>
+  </si>
+  <si>
+    <t>02/17/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2620035</t>
+  </si>
+  <si>
+    <t>Assessment of spinal cord stimulation - March 2014</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of spinal cord stimulation to support reimbursement decision by the French National Insurance Funds (FNIF). Systematic literature review was performed. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committee for validation.</t>
+  </si>
+  <si>
+    <t>03/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/27/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/en/assessment-of-spinal-cord-stimulation-march-2014</t>
+  </si>
+  <si>
+    <t>c_1351767</t>
+  </si>
+  <si>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objectives of the re-assessment of bypass implants were to: * determine the indications for bypass implants; * assess their actual benefit in each indication; * define their role in treatment; * identify which technical specifications influence their actual benefit, in order to avoid coding errors and clarify which devices should be included under generic descriptions; * suggest an updated nomenclature; * estimate the target population; * define CNEDIMTS’ expectations for studies submitted during applications for inclusion under brand name; * define the terms of use and terms of prescribing envisaged for inclusion of products in the LPPR.</t>
+  </si>
+  <si>
+    <t>04/23/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/23/2013 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528391/en/assessment-of-elbow-joint-implants</t>
+  </si>
+  <si>
+    <t>c_1528391</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Focus on patient safety « Central venous catheter and air embolism ... One bubble is all it takes »</t>
+  </si>
+  <si>
+    <t>HAS shares feedback relating to the occurrence of air embolism during the management of central venous catheters.</t>
+  </si>
+  <si>
+    <t>10/31/2023 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468279/en/focus-on-patient-safety-central-venous-catheter-and-air-embolism-one-bubble-is-all-it-takes</t>
   </si>
   <si>
     <t>p_3468279</t>
   </si>
   <si>
-    <t>SAM de la HAS sur le TAREG (valsartan) 3 mg/mL, solution buvable : alerter sur le risque d’erreur de dose lié au dispositif d’administration</t>
-[...1598 lines deleted...]
-    <t>acide acétylsalicylique</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>TAKHZYRO (lanadélumab)</t>
+  </si>
+  <si>
+    <t>12/12/2025 08:34:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982720/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>pprd_2982720</t>
+  </si>
+  <si>
+    <t>lanadélumab</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973363/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201790/en/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495394/en/takhzyro-lanadelumab-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498741/en/takhzyro-lanadelumab-hereditary-angioedema</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785142/en/takhzyro-lanadelumab-angioedeme-hereditaire-aoh-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>ADEMPAS</t>
+  </si>
+  <si>
+    <t>11/21/2025 09:08:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984706/en/adempas</t>
+  </si>
+  <si>
+    <t>pprd_2984706</t>
+  </si>
+  <si>
+    <t>riociguat</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761611/en/adempas-riociguat-antihypertensive-for-pulmonary-arterial-hypertension</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210936/en/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222368/en/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500927/en/adempas-riociguat-pah-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526093/en/adempas-riociguat-hypertension-arterielle-pulmonaire-htap-et-hypertension-pulmonaire-thromboembolique-chronique-htp-tec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741668/en/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>ELIQUIS</t>
+  </si>
+  <si>
+    <t>06/13/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
+  </si>
+  <si>
+    <t>pprd_2983394</t>
+  </si>
+  <si>
+    <t>apixaban</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
+  </si>
+  <si>
+    <t>QUILOGA (rosuvastatine/ézétimibe)</t>
+  </si>
+  <si>
+    <t>04/24/2025 15:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603116/en/quiloga-rosuvastatine/ezetimibe</t>
+  </si>
+  <si>
+    <t>p_3603116</t>
+  </si>
+  <si>
+    <t>rosuvastatine,ézétimibe</t>
   </si>
   <si>
     <t>ZENTIVA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3702260/fr/asared-acide-acetylsalicylique-maladies-cardio-vasculaires-et-cerebrovasculaires</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3602981/fr/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
+    <t>https://www.has-sante.fr/jcms/p_3602981/en/quiloga-rosuvastatin/ezetimibe-hypercholesterolaemia</t>
   </si>
   <si>
     <t>NILEMDO (acide bempédoïque)</t>
   </si>
   <si>
-    <t>06/03/2025 18:07:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594534/fr/nilemdo-acide-bempedoique</t>
+    <t>03/06/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594534/en/nilemdo-acide-bempedoique</t>
   </si>
   <si>
     <t>p_3594534</t>
   </si>
   <si>
     <t>acide bempédoïque</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3594378/fr/nilemdo-acide-bempedoique-dyslipidemie</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3586231/fr/adzynma-adamts13r-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
+    <t>https://www.has-sante.fr/jcms/p_3594378/en/nilemdo-bempedoic-acid-dyslipidaemia</t>
   </si>
   <si>
     <t>TRIPLIXAM (périndopril/indapamide/amlodipine)</t>
   </si>
   <si>
-    <t>07/11/2024 11:23:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984594/fr/triplixam-perindopril/indapamide/amlodipine</t>
+    <t>11/07/2024 11:23:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984594/en/triplixam-perindopril/indapamide/amlodipine</t>
   </si>
   <si>
     <t>pprd_2984594</t>
   </si>
   <si>
     <t>périndopril,indapamide,amlodipine</t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2022063/fr/triplixam-perindopril/-indapamide/-amlodipine</t>
-[...8 lines deleted...]
-    <t>REVERPLEG (argipressine (arginine vasopressine))</t>
+    <t>https://www.has-sante.fr/jcms/c_2022063/en/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107626/en/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555010/en/triplixam-perindopril/-indapamide/amlodipine-essential-hypertension</t>
+  </si>
+  <si>
+    <t>REVERPLEG (argipressine (acétate d'))</t>
   </si>
   <si>
     <t>10/10/2024 10:00:42</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2982833/fr/reverpleg-argipressine-arginine-vasopressine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2982833/en/reverpleg-argipressine-acetate-d</t>
   </si>
   <si>
     <t>pprd_2982833</t>
   </si>
   <si>
     <t>argipressine (arginine vasopressine)</t>
   </si>
   <si>
     <t>AOP ORPHAN PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2909816/fr/reverpleg-argipressine-acetate-d</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982795/fr/roactemra-tocilizumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2909816/en/reverpleg-argipressine-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546940/en/reverpleg-argipressin-catecholamine-refractory-hypotension-following-septic-shock</t>
+  </si>
+  <si>
+    <t>ROACTEMRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
   </si>
   <si>
     <t>pprd_2982795</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_854116/fr/roactemra-tocilizumab</t>
-[...158 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983646/fr/praluent-alirocumab</t>
+    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/en/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/en/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/en/roactemra-tocilizumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/en/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/en/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/en/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/en/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>PRALUENT</t>
+  </si>
+  <si>
+    <t>06/18/2024 09:12:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983646/en/praluent</t>
   </si>
   <si>
     <t>pprd_2983646</t>
   </si>
   <si>
     <t>alirocumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2757882/fr/praluent-alirocumab</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983059/fr/repatha-evolocumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2757882/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629896/en/praluent-alirocumab-lipid-lowering-agent-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081881/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238105/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313574/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521987/en/praluent-alirocumab-children-and-adolescents-aged-8-years-and-over-with-heterozygous-familial-hypercholesterolaemia-hfhe</t>
+  </si>
+  <si>
+    <t>REPATHA</t>
+  </si>
+  <si>
+    <t>04/18/2024 10:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983059/en/repatha</t>
   </si>
   <si>
     <t>pprd_2983059</t>
   </si>
   <si>
     <t>évolocumab</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2586918/fr/repatha-evolocumab-anti-pcsk9</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982739/fr/clairyg-immunoglobuline-humaine-normale</t>
+    <t>https://www.has-sante.fr/jcms/c_2586918/en/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879791/en/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869374/en/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313603/en/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338762/en/repatha-evolocumab-hypercholesterolemie-familiale-heterozygote-hfhe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506440/en/repatha-evolocumab-hypercholesterolaemia</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale/ immunoglobuline humaine normale (plas...)</t>
+  </si>
+  <si>
+    <t>03/06/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
   </si>
   <si>
     <t>pprd_2982739</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale</t>
   </si>
   <si>
     <t>LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928130/fr/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498741/fr/takhzyro-lanadelumab-angiooedeme-hereditaire</t>
+    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/en/clairyg-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/en/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>LOVENOX (énoxaparine sodique)</t>
   </si>
   <si>
-    <t>04/03/2024 09:10:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984320/fr/lovenox-enoxaparine-sodique</t>
+    <t>03/04/2024 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984320/en/lovenox-enoxaparine-sodique</t>
   </si>
   <si>
     <t>pprd_2984320</t>
   </si>
   <si>
     <t>énoxaparine sodique</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398992/fr/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498568/fr/lovenox-enoxaparine-sodique-traitement-antithrombotique</t>
+    <t>https://www.has-sante.fr/jcms/c_398992/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399299/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399300/en/lovenox-2-000-ui-anti-xa/0-2-ml-solution-injectable-en-seringue-preremplie-boite-de-2-lovenox-4-000-ui-anti-xa/0-4-ml-solution-injectable-en-seringue-preremplie-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399501/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400320/en/lovenox-6-000-ui-anti-xa-/-8-000-ui-anti-xa-/-10-000-ui-anti-xa-/-30-000-ui-anti-xa-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657248/en/lovenox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900503/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572188/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181101/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352216/en/lovenox-enoxaparine-sodique-tvp/ep-chez-les-patients-atteints-d-un-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498568/en/lovenox-enoxaparine-sodique-traitement-antithrombotique</t>
   </si>
   <si>
     <t>DOTAREM (acide gadotérique)</t>
   </si>
   <si>
-    <t>22/02/2024 18:33:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983120/fr/dotarem-acide-gadoterique</t>
+    <t>02/22/2024 18:33:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983120/en/dotarem-acide-gadoterique</t>
   </si>
   <si>
     <t>pprd_2983120</t>
   </si>
   <si>
     <t>acide gadotérique</t>
   </si>
   <si>
     <t>GUERBET FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400090/fr/dotarem-0-5-mmol/ml-seringues-pre-remplies-de-15-20-ml-boite-de-1</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3497041/fr/dotarem-acide-gadoterique-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
+    <t>https://www.has-sante.fr/jcms/c_400090/en/dotarem-0-5-mmol/ml-seringues-pre-remplies-de-15-20-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743951/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716262/en/dotarem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716253/en/dotarem-acide-gadoterique-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778239/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013192/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798540/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869895/en/gadolinium-based-contrast-agent-dotarem-gadoteric-acid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186479/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189746/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264404/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497041/en/dotarem-acide-gadoterique-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
   </si>
   <si>
     <t>GIAPREZA (acétate d’angiotensine II)</t>
   </si>
   <si>
-    <t>01/02/2024 16:22:24</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3492148/fr/giapreza-acetate-d-angiotensine-ii</t>
+    <t>02/01/2024 16:22:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492148/en/giapreza-acetate-d-angiotensine-ii</t>
   </si>
   <si>
     <t>p_3492148</t>
   </si>
   <si>
     <t>acétate d’angiotensine II</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3491848/fr/giapreza-acetate-d-angiotensine-ii-hypotension-refractaire-dans-les-chocs-distributifs</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983140/fr/pradaxa-dabigatran</t>
+    <t>https://www.has-sante.fr/jcms/p_3491848/en/giapreza-2-5-mg/ml-angiotensin-ii-refractory-hypotension-distributive-shocks</t>
+  </si>
+  <si>
+    <t>PRADAXA</t>
+  </si>
+  <si>
+    <t>01/10/2024 08:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983140/en/pradaxa</t>
   </si>
   <si>
     <t>pprd_2983140</t>
   </si>
   <si>
     <t>dabigatran</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_698139/fr/pradaxa-dabigatran</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3478094/fr/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+    <t>https://www.has-sante.fr/jcms/c_698139/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740793/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221597/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008301/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572151/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735608/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826822/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867487/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199398/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478094/en/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
   </si>
   <si>
     <t>FRAGMINE (daltéparine sodique)</t>
   </si>
   <si>
-    <t>18/12/2023 11:56:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984830/fr/fragmine-dalteparine-sodique</t>
+    <t>12/18/2023 11:56:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984830/en/fragmine-dalteparine-sodique</t>
   </si>
   <si>
     <t>pprd_2984830</t>
   </si>
   <si>
     <t>daltéparine sodique</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399426/fr/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
-[...56 lines deleted...]
-    <t>nimodipine</t>
+    <t>https://www.has-sante.fr/jcms/c_399426/en/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399427/en/fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-10-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-iv-en-seringue-pre-remplie-boites-de-10-fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400624/en/fragmine-5-000-ui-anti-xa-/0-2-ml-solution-injectable-pour-voie-s-c-et-i-v-en-seringue-pre-remplie-verre-boite-de-2-cip-330-107-3-boite-de-6-cip-335-298-1-boite-de-10-cip-556-085-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623568/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968494/en/fragmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721870/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468556/en/fragmine-dalteparine-sodique-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478082/en/fragmine-dalteparine-sodique-maladie-thromboembolique-veineuse-mtev</t>
+  </si>
+  <si>
+    <t>CEPROTIN (protéine C humaine)</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986060/en/ceprotin-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2986060</t>
+  </si>
+  <si>
+    <t>protéine C humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399216/en/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456312/en/ceprotin-human-protein-c-severe-congenital-protein-c-deficiency</t>
+  </si>
+  <si>
+    <t>ARIXTRA (fondaparinux)</t>
+  </si>
+  <si>
+    <t>07/13/2023 17:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983673/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>pprd_2983673</t>
+  </si>
+  <si>
+    <t>fondaparinux sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399720/en/arixtra-2-5mg/0-5ml-solution-injectable-en-seringue-pre-remplie-boite-de-10-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400001/en/arixtra-1-5-mg/0-3-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-boite-de-7-et-boite-de-10-arixtra-2-5-mg/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-et-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400614/en/arixtra-2-5-mg/0-2-ml-en-seringue-pre-remplie-boite-de-2-cip-359-225-4-boite-de-7-cip-359-226-0-boite-de-10-cip-563-619-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400615/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619527/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538427/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900506/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698057/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698093/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944528/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075811/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599725/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599731/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599719/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599716/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599722/en/arixtra-5-mg-7-5-mg-et-10-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583335/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752872/en/arixtra-1-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419173/en/arixtra-fondaparinux-sodique-antithrombotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451972/en/arixtra-fondaparinux-superficial-vein-thrombosis-svt</t>
+  </si>
+  <si>
+    <t>XEOMIN (N/R/ neurotoxine de Clostridium Botulinum de type A (150 kD), sans pro...)</t>
+  </si>
+  <si>
+    <t>06/29/2023 12:44:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983927/en/xeomin-n/r/-neurotoxine-de-clostridium-botulinum-de-type-a-150-kd-sans-pro</t>
+  </si>
+  <si>
+    <t>pprd_2983927</t>
+  </si>
+  <si>
+    <t>neurotoxine de clostridium botulinum de type A</t>
+  </si>
+  <si>
+    <t>MERZ PHARMA FRANCE S.AS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657773/en/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036534/en/xeomin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256025/en/xeomin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676759/en/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330893/en/xeomin-toxine-botulinique-type-a-sialorrhee-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448222/en/xeomin-clostridium-botulinum-neurotoxin-type-a-spasticity-of-the-upper-limb</t>
+  </si>
+  <si>
+    <t>MABTHERA</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+  </si>
+  <si>
+    <t>pprd_2983658</t>
+  </si>
+  <si>
+    <t>rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/en/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/en/mabthera-rituximab-monoclonal-antibodies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/en/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/en/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/en/mabthera-rituximab-moderate-to-severe-pemphigus-vulgaris-pv-in-adults</t>
+  </si>
+  <si>
+    <t>DUOPLAVIN (clopidogrel (hydrogénosulfate de)/ acétylsalicylique (acide))</t>
+  </si>
+  <si>
+    <t>03/17/2023 16:35:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984338/en/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>pprd_2984338</t>
+  </si>
+  <si>
+    <t>clopidogrel (hydrogénosulfate de),acétylsalicylique (acide)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971029/en/duoplavin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569098/en/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420589/en/duoplavin-clopidogrel/acide-acetylsalicylique-antithrombotique</t>
+  </si>
+  <si>
+    <t>ALTEIS (olmesartan medoxomil)</t>
+  </si>
+  <si>
+    <t>02/06/2023 09:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984304/en/alteis-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>pprd_2984304</t>
+  </si>
+  <si>
+    <t>olmesartan medoxomil</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399955/en/alteis-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793454/en/alteis-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036419/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-alteis-olmesartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579410/en/alteis-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409800/en/alteis-olmesartan-essential-hypertension-in-adults</t>
+  </si>
+  <si>
+    <t>INNOHEP (tinzaparine sodique)</t>
+  </si>
+  <si>
+    <t>12/22/2022 11:05:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982755/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2982755</t>
+  </si>
+  <si>
+    <t>tinzaparine sodique</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398974/en/innohep-2-500-ui-anti-xa/0-25-ml-seringue-preremplie-innohep-3-500-ui-anti-xa/0-35-ml-seringue-preremplie-innohep-4-500-ui-anti-xa/0-45-ml-seringue-preremplie-boite-2-6-et-10-innohep-20000-ui-anti-xa/2-ml-flacon-boite-1-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400095/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912570/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765200/en/innohep</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572172/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899631/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967181/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396881/en/innohep-tinzaparine-sodique-heparine-de-bas-poids-moleculaire</t>
+  </si>
+  <si>
+    <t>VOLIBRIS (ambrisentan), antihypertenseur</t>
+  </si>
+  <si>
+    <t>11/23/2022 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983683/en/volibris-ambrisentan-antihypertenseur</t>
+  </si>
+  <si>
+    <t>pprd_2983683</t>
+  </si>
+  <si>
+    <t>ambrisentan</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684166/en/volibris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024121/en/volibris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751870/en/volibris-ambrisentan-antihypertensive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389416/en/volibris-ambrisentan-hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>XARELTO</t>
+  </si>
+  <si>
+    <t>10/25/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982992/en/xarelto</t>
+  </si>
+  <si>
+    <t>pprd_2982992</t>
+  </si>
+  <si>
+    <t>rivaroxaban</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400272/fr/nimotop-30-mg-comprime-pellicule-boite-de-90</t>
-[...500 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3381113/fr/xarelto-rivaroxaban</t>
+    <t>https://www.has-sante.fr/jcms/c_748418/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241652/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241674/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615053/en/xarelto-rivaroxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008295/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633894/en/xarelto-rivaroxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772419/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826828/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888447/en/xarelto-10-mg-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114491/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212998/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272782/en/xarelto-rivaroxaban-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287831/en/xarelto-1-mg/ml-rivaroxaban-evenements-thromboemboliques-veineux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375779/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381113/en/xarelto-rivaroxaban</t>
   </si>
   <si>
     <t>FLUCORTAC (fludrocortisone (acétate de))</t>
   </si>
   <si>
-    <t>13/10/2022 09:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983307/fr/flucortac-fludrocortisone-acetate-de</t>
+    <t>10/13/2022 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983307/en/flucortac-fludrocortisone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983307</t>
   </si>
   <si>
     <t>fludrocortisone (acétate de)</t>
   </si>
   <si>
     <t>HAC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2671828/fr/flucortac-fludrocortisone-acetate-de</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983666/fr/octagam-immunoglobuline-humaine-normale</t>
+    <t>https://www.has-sante.fr/jcms/c_2671828/en/flucortac-fludrocortisone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847936/en/flucortac-fludrocortisone-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375776/en/flucortac-acetate-de-fludrocortisone</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983666</t>
   </si>
   <si>
     <t>OCTAPHARMA  SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1048924/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
-[...26 lines deleted...]
-    <t>p_3330969</t>
+    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/en/octagam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/en/octagam-50-mg/ml-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/en/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>PLAVIX (clopidogrel (hydrogénosulfate de))</t>
+  </si>
+  <si>
+    <t>08/05/2021 09:31:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984205/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984205</t>
+  </si>
+  <si>
+    <t>clopidogrel (hydrogénosulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399453/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399755/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-sous-plaquettes-thermoformees-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642387/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545415/en/plavix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610158/en/plavix-clopidogrel-platelet-aggregation-inhibiting-drug</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280947/en/plavix-clopidogrel</t>
+  </si>
+  <si>
+    <t>KARDEGIC (acetylsalicylate de DL-lysine)</t>
+  </si>
+  <si>
+    <t>04/30/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983750/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+  </si>
+  <si>
+    <t>pprd_2983750</t>
+  </si>
+  <si>
+    <t>acetylsalicylate de DL-lysine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399270/en/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461070/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104031/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742062/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262649/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+  </si>
+  <si>
+    <t>RUCONEST (conestat alpha)</t>
+  </si>
+  <si>
+    <t>03/31/2021 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982871/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>pprd_2982871</t>
+  </si>
+  <si>
+    <t>conestat alpha</t>
+  </si>
+  <si>
+    <t>PHARMING GROUP NV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036554/en/ruconest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873713/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873722/en/ruconest-conestat-alpha-hereditary-angioedema-medicines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905739/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258709/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>TAREG</t>
+  </si>
+  <si>
+    <t>05/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984130/en/tareg</t>
+  </si>
+  <si>
+    <t>pprd_2984130</t>
+  </si>
+  <si>
+    <t>valsartan</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400990/en/tareg-40-mg-comprime-secableb/28-369-584-7-b/30-371-380-6-b/56-369-585-3-b/90-371-381-2-tareg-80-mg-comprime-pelliculeb/28-356-902-5-b/30-371-385-8-b/56-356-903-1-b/90-371-386-4-tareg-160-mg-comprime-pelliculeb/28-356-906-0-b/30-371-390-1-b/56-356-907-7-b/90-371-391-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997503/en/tareg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996888/en/tareg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058656/en/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046778/en/tareg-oral-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046796/en/tareg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626282/en/tareg-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182805/en/tareg</t>
+  </si>
+  <si>
+    <t>CRESTOR (rosuvastatine calcique)</t>
+  </si>
+  <si>
+    <t>04/02/2020 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982817/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2982817</t>
+  </si>
+  <si>
+    <t>rosuvastatine calcique</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399899/en/crestor-10-mg-comprime-pellicule-boite-de-28-et-boite-de-50-crestor-20-mg-comprime-pellicule-boite-de-28-et-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400156/en/crestor-10-mg-comprime-pellicule-boite-de-28-et-boite-de-50-crestor-20-mg-comprime-pellicule-boite-de-28-et-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400702/en/crestor-5-mg-comprime-pellicule-boite-de-28-boite-de-50-boite-de-84-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794885/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996905/en/crestor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1020699/en/crestor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735631/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761180/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011666/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912397/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913804/en/crestor-rosuvastatine-calcique</t>
+  </si>
+  <si>
+    <t>EZETROL (ézétimibe)</t>
+  </si>
+  <si>
+    <t>12/09/2019 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983653/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>pprd_2983653</t>
+  </si>
+  <si>
+    <t>ézétimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399904/en/ezetrol-10-mg-comprimes-sous-plaquettes-pelables-unidoses-boite-de-28-et-boite-de-50-ezetrol-10-mg-comprimes-sous-plaquettes-thermoformees-boite-de-28-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813333/en/ezetrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025250/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580468/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629878/en/ezetrol-ezetimibe-cholesterol-lowering-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756458/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122523/en/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>PRAXILENE (naftidrofuryl)</t>
+  </si>
+  <si>
+    <t>10/11/2019 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984542/en/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>pprd_2984542</t>
+  </si>
+  <si>
+    <t>naftidrofuryl</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400064/en/praxilene-100-mg-gelules-boite-de-20-praxilene-200-mg-comprimes-pellicules-boites-de-20-et-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400723/en/praxilene-100-mg-gelule-boite-de-20-code-cip-332-879-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451709/en/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944577/en/praxilene-gevatran-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031578/en/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112654/en/praxilene-naftidrofuryl</t>
+  </si>
+  <si>
+    <t>BRILIQUE (ticagrelor)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983309/en/brilique-ticagrelor</t>
+  </si>
+  <si>
+    <t>pprd_2983309</t>
+  </si>
+  <si>
+    <t>ticagrelor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172422/en/brilique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744502/en/brilique-60-mg-ticagrelor-platelet-aggregation-inhibiting-drug</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800626/en/brilique-ticagrelor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847928/en/brilique-ticagrelor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098274/en/brilique-ticagrelor</t>
+  </si>
+  <si>
+    <t>FRAXODI - FRAXIPARINE (nadroparine calcique)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984073/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2984073</t>
   </si>
   <si>
     <t>nadroparine calcique</t>
   </si>
   <si>
-    <t>Viatris Santé</t>
-[...35 lines deleted...]
-    <t>p_3288503</t>
+    <t>ASPEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399294/en/fraxodi-11-400-ui-anti-xa/0-6-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-15-200-ui-anti-xa/0-8-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-19-000-ui-anti-xa/1-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455423/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241658/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642068/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903180/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773281/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642080/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399496/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>PREVISCAN (fluindione)</t>
+  </si>
+  <si>
+    <t>03/14/2019 12:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982832/en/previscan-fluindione</t>
+  </si>
+  <si>
+    <t>pprd_2982832</t>
+  </si>
+  <si>
+    <t>fluindione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399281/en/previscan-20mg-comprimes-secables-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456500/en/previscan-fluindione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1080268/en/previscan-fluindione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826823/en/previscan-20-mg-fluindione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909822/en/previscan-fluindione</t>
+  </si>
+  <si>
+    <t>NAFTILUX (naftidrofuryl (hydrogénooxalate de))</t>
+  </si>
+  <si>
+    <t>05/17/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982894/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982894</t>
+  </si>
+  <si>
+    <t>naftidrofuryl (hydrogénooxalate de)</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449333/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618052/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198187/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900186/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>BERINERT (inhibiteur de C1 estérase humaine/ inhibiteur de la C1 estérase humain...)</t>
+  </si>
+  <si>
+    <t>02/08/2019 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983098/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>pprd_2983098</t>
+  </si>
+  <si>
+    <t>inhibiteur de C1 estérase humaine,inhibiteur de la C1 estérase humain,inhibiteur de la C1 estérase humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
+  </si>
+  <si>
+    <t>CSL BEHRING SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827708/en/berinert</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570586/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873719/en/berinert-human-c1-esterase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728839/en/berinert</t>
+  </si>
+  <si>
+    <t>FIRAZYR (icatibant (acétate d'))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983101/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983101</t>
+  </si>
+  <si>
+    <t>icatibant (acétate d')</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724460/en/firazyr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192693/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869234/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873704/en/firazyr-icatibant</t>
+  </si>
+  <si>
+    <t>CINRYZE (inhibiteur de la C1 estérase humaine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983102/en/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2983102</t>
+  </si>
+  <si>
+    <t>inhibiteur de la C1 estérase humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264432/en/cinryze</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814681/en/cinryze-c1-esterase-inhibitor-human-antifibrinolytic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873701/en/cinryze-human-c1-esterase-inhibitor</t>
+  </si>
+  <si>
+    <t>MULTIHANCE (diméglumine (gadobénate de))</t>
+  </si>
+  <si>
+    <t>01/17/2019 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983117/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983117</t>
+  </si>
+  <si>
+    <t>diméglumine (gadobénate de)</t>
+  </si>
+  <si>
+    <t>BRACCO IMAGING FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399155/en/multihance-0-5-mmol/ml-solution-injectable-iv-flacons-de-5-ml-10-ml-15-ml-et-20-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538092/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810805/en/multihance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234480/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648993/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779498/en/multihance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635801/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869904/en/multihance-gadobenic-acid-paramagnetic-contrast-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869916/en/gadolinium-based-contrast-agent-multihance-gadobenic-acid</t>
+  </si>
+  <si>
+    <t>SPASMAG (levure saccharomyces cerevisae/ magnésium (sulfate de) heptahydraté)</t>
+  </si>
+  <si>
+    <t>08/31/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983130/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983130</t>
+  </si>
+  <si>
+    <t>levure saccharomyces cerevisae,magnésium (sulfate de) heptahydraté</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642478/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676887/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739497/en/spasmag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367951/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808598/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868647/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400554/en/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+  </si>
+  <si>
+    <t>NOYADA (captopril)</t>
+  </si>
+  <si>
+    <t>03/30/2018 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983340/en/noyada-captopril</t>
+  </si>
+  <si>
+    <t>pprd_2983340</t>
+  </si>
+  <si>
+    <t>captopril</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839032/en/noyada-captopril-converting-enzyme-inhibitors</t>
+  </si>
+  <si>
+    <t>LIXIANA (édoxaban (tosilate d') monohydraté)</t>
+  </si>
+  <si>
+    <t>02/09/2018 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983395/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983395</t>
+  </si>
+  <si>
+    <t>édoxaban (tosilate d') monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658504/en/lixiana-edoxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658576/en/lixiana-edoxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826827/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>UPTRAVI (selexipag)</t>
+  </si>
+  <si>
+    <t>04/12/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983481/en/uptravi-selexipag</t>
+  </si>
+  <si>
+    <t>pprd_2983481</t>
+  </si>
+  <si>
+    <t>selexipag</t>
+  </si>
+  <si>
+    <t>ACTELION PHARMACEUTICALS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803897/en/uptravi-selexipag-antithrombotic</t>
+  </si>
+  <si>
+    <t>PRITOR (telmisartan)</t>
+  </si>
+  <si>
+    <t>08/02/2017 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983556/en/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>pprd_2983556</t>
+  </si>
+  <si>
+    <t>telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399117/en/pritor-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399456/en/pritor-40-mg-comprime-b/28-pritor-80-mg-comprime-b/28-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399511/en/pritor-plus-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538683/en/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538705/en/pritor-plus-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710760/en/pritor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788588/en/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>MICARDIS - MICARDISPLUS (hydrochlorothiazide/ telmisartan)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983560/en/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>pprd_2983560</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398997/en/micardis-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399439/en/micardis-40mg-comprime-b/28-micardis-80mg-comprime-b/28-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523351/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710757/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788567/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777965/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322498/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532214/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>EXFORGE (amlodipine (bésilate d')/ hydrochlorothiazide/ valsartan)</t>
+  </si>
+  <si>
+    <t>07/07/2017 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983573/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>pprd_2983573</t>
+  </si>
+  <si>
+    <t>amlodipine (bésilate d'),hydrochlorothiazide,valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517644/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944504/en/exforge-hct</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250041/en/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670237/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779157/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>RASILEZ - RASILEZ HCT (aliskiren (hémifumarate d')/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>03/13/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983775/en/rasilez-rasilez-hct-aliskiren-hemifumarate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2983775</t>
+  </si>
+  <si>
+    <t>aliskiren (hémifumarate d'),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642565/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810823/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528341/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719374/en/rasilez-hct</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719386/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733615/en/rasilez-aliskiren-rasilez-hct-aliskiren/hydrochlorothiazide-renin-inhibitor-alone-or-in-combination-with-a-diuretic</t>
+  </si>
+  <si>
+    <t>ALPRESS LP (prazosine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/25/2016 12:07:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983837/en/alpress-lp-prazosine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983837</t>
+  </si>
+  <si>
+    <t>prazosine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399313/en/alpress-prazosine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622329/en/alpress-prazosine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1283977/en/alpress</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765931/en/alpress-immediate-release-prazosin-alpha-blocker</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725179/en/alpress-lp-prazosine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>NISIS (valsartan)</t>
+  </si>
+  <si>
+    <t>08/03/2016 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984007/en/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>pprd_2984007</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400983/en/nisis-40-mg-comprime-pellicule-secable-b/28-373-599-5-b/30-372-292-3-b/56-373-602-6-b/90-372-295-2-nisis-80-mg-comprime-pellicule-b/28-356-939-6-b/30-372-290-0-b/56-356-940-4-b/90-371-511-3-nisis-160-mg-comprime-pellicule-b/28-356-946-2-b/30-371-494-1-b/56-356-947-9-b/90-371-496-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997504/en/nisis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999443/en/nisis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046805/en/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658603/en/nisis-valsartan</t>
+  </si>
+  <si>
+    <t>COOLMETEC (hydrochlorothiazide/ olmésartan médoxomil)</t>
+  </si>
+  <si>
+    <t>08/02/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984019/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>pprd_2984019</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,olmésartan médoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400968/en/coolmetec-20-mg/12-5mg-comprimes-pellicules-b/30-code-cip-372-210-7-b/50-code-cip-567-668-2-b/90-code-cip-372-211-3-coolmetec-20-mg/25mg-comprimes-pellicules-b/30-code-cip-372-213-6-b/50-code-cip-567-669-9-b/90-code-cip-372-214-2-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962466/en/coolmetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019667/en/coolmetec-gamme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036404/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-coolmetec-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579425/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658552/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>ALTEISDUO (olmésartan médoxomil/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>08/02/2016 16:40:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984023/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984023</t>
+  </si>
+  <si>
+    <t>olmésartan médoxomil,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400962/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962483/en/alteisduo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024734/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036407/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-alteisduo-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579413/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658537/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>KENZEN (candésartan cilexetil)</t>
+  </si>
+  <si>
+    <t>08/03/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984025/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>pprd_2984025</t>
+  </si>
+  <si>
+    <t>candésartan cilexetil</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398977/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400790/en/kenzen-4mg-8mg-16mg-32mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443486/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146553/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658528/en/kenzen-candesartan-cilexetil</t>
+  </si>
+  <si>
+    <t>CHOLIB (fénofibrate/ simvastatine)</t>
+  </si>
+  <si>
+    <t>05/04/2016 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984116/en/cholib-fenofibrate/-simvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2984116</t>
+  </si>
+  <si>
+    <t>fénofibrate,simvastatine</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782514/en/cholib-fenofibrate/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629884/en/cholib-simvastatin-fenofibrate-statin-in-combination-with-other-lipid-lowering-agent</t>
+  </si>
+  <si>
+    <t>ACTILYSE (alteplase)</t>
+  </si>
+  <si>
+    <t>04/06/2016 10:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984148/en/actilyse-alteplase</t>
+  </si>
+  <si>
+    <t>pprd_2984148</t>
+  </si>
+  <si>
+    <t>alteplase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399844/en/actilyse-alteplase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866792/en/actilyse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277894/en/actilyse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621686/en/actilyse-alteplase</t>
+  </si>
+  <si>
+    <t>KENGREXAL (cangrélor tétrasodique)</t>
+  </si>
+  <si>
+    <t>09/09/2016 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984160/en/kengrexal-cangrelor-tetrasodique</t>
+  </si>
+  <si>
+    <t>pprd_2984160</t>
+  </si>
+  <si>
+    <t>cangrélor tétrasodique</t>
+  </si>
+  <si>
+    <t>THE MEDECINES COMPANY FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620141/en/kengrexal-cangrelor-platelet-aggregation-inhibitor-for-injection</t>
+  </si>
+  <si>
+    <t>ZOCOR (simvastatine)</t>
+  </si>
+  <si>
+    <t>01/25/2016 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984252/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2984252</t>
   </si>
   <si>
     <t>simvastatine</t>
   </si>
   <si>
-    <t>MYLAN SAS</t>
-[...1394 lines deleted...]
-    <t>périndopril arginine,bisoprolol (fumarate de)</t>
+    <t>https://www.has-sante.fr/jcms/c_399024/en/zocor-20-mg-comprime-enrobe-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399207/en/zocor-40-mg-comprime-pellicule-boite-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399884/en/zocor-20-mg-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400887/en/zocor-10-mg-comprime-enrobe-b/28-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401039/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025878/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651878/en/zocor-simvastatine-inhibiteur-de-l-hmg-coa-reductase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588559/en/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>OPSUMIT</t>
+  </si>
+  <si>
+    <t>04/04/2016 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984283/en/opsumit</t>
+  </si>
+  <si>
+    <t>pprd_2984283</t>
+  </si>
+  <si>
+    <t>macitentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769783/en/opsumit-macitentan-endothelin-receptor-antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583127/en/opsumit-macitentan-endothelin-receptor-antagonist</t>
+  </si>
+  <si>
+    <t>SEVIKAR (olmésartan médoxomil/ amlodipine (bésilate d'))</t>
+  </si>
+  <si>
+    <t>12/14/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984294/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984294</t>
+  </si>
+  <si>
+    <t>olmésartan médoxomil,amlodipine (bésilate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749803/en/sevikar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716205/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036431/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-sevikar-olmesartan/amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579449/en/sevikar-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>ZONTIVITY (vorapaxar), antiagrégant plaquettaire</t>
+  </si>
+  <si>
+    <t>12/10/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984295/en/zontivity-vorapaxar-antiagregant-plaquettaire</t>
+  </si>
+  <si>
+    <t>pprd_2984295</t>
+  </si>
+  <si>
+    <t>vorapaxar (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579446/en/zontivity-vorapaxar-platelet-aggregation-inhibitor</t>
+  </si>
+  <si>
+    <t>OLMETEC (olmesartan medoxomil)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984301/en/olmetec-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>pprd_2984301</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399969/en/olmetec-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793472/en/olmetec-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036416/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-olmetec-olmesartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579422/en/olmetec-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>AXELER (olmésartan médoxomil/ amlodipine (bésilate d'))</t>
+  </si>
+  <si>
+    <t>12/14/2015 12:22:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984306/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984306</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749764/en/axeler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716199/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036425/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-axeler-olmesartan/amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579401/en/axeler-olmesartan-medoxomil/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>IMUREL (azathioprine)</t>
+  </si>
+  <si>
+    <t>10/21/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>pprd_2984367</t>
+  </si>
+  <si>
+    <t>azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+  </si>
+  <si>
+    <t>ZANEXTRA (enalapril/ lercanidipine/ chlorhydrate de lercanidipine/ maléate d'éna...)</t>
+  </si>
+  <si>
+    <t>07/17/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984480/en/zanextra-enalapril/-lercanidipine/-chlorhydrate-de-lercanidipine/-maleate-d-ena</t>
+  </si>
+  <si>
+    <t>pprd_2984480</t>
+  </si>
+  <si>
+    <t>enalapril,lercanidipine,chlorhydrate de lercanidipine,maléate d'énalapril</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_744021/en/zanextra-10-mg/10-mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710097/en/zanextra-enalapril/-lercanidipine/-chlorhydrate-de-lercanidipine/-maleate-d-enalapril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044640/en/zanextra-enalapril/-lercanidipine/-chlorhydrate-de-lercanidipine/-maleate-d-enalapril</t>
+  </si>
+  <si>
+    <t>LERCAPRESS (énalapril (maléate d')/ lercanidipine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>07/07/2015 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984485/en/lercapress-enalapril-maleate-d-/-lercanidipine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984485</t>
+  </si>
+  <si>
+    <t>énalapril (maléate d'),lercanidipine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_744011/en/lercapress-10-mg/10-mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710101/en/lercapress-enalapril-maleate-d-/-lercanidipine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043741/en/lercapress-enalapril-maleate-d-/-lercanidipine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>MINIPRESS (prazosine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>04/27/2015 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984565/en/minipress-prazosine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984565</t>
+  </si>
+  <si>
+    <t>LAPHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_670550/en/minipress-prazosine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072213/en/minipress-prazosine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775573/en/minipress-prolonged-release-prazosin-alpha-blocker</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027371/en/minipress-prazosine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ROTOP-nanoHSA (nanocolloïdes d’albumine humaine marquée au 99mTc)</t>
+  </si>
+  <si>
+    <t>06/01/2015 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984572/en/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
+  </si>
+  <si>
+    <t>pprd_2984572</t>
+  </si>
+  <si>
+    <t>nanocolloïdes d’albumine humaine marquée au 99mTc</t>
+  </si>
+  <si>
+    <t>CIS BIO INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025598/en/rotop-nanohsa-99mtc-labelled-human-albumin-nanocolloid-radiopharmaceutical-agent</t>
+  </si>
+  <si>
+    <t>TEMERITDUO (hydrochlorothiazide/ nébivolol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>04/01/2015 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984590/en/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984590</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,nébivolol (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874833/en/temeritduo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022090/en/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>OMACOR (oméga-3 (esters éthyliques d'acides) ((POISSON)))</t>
+  </si>
+  <si>
+    <t>11/14/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984674/en/omacor-omega-3-esters-ethyliques-d-acides-poisson</t>
+  </si>
+  <si>
+    <t>pprd_2984674</t>
+  </si>
+  <si>
+    <t>oméga-3 (esters éthyliques d'acides) ((POISSON))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874855/en/omacor-omega-3-esters-ethyliques-d-acides-poisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670229/en/omacor-acides-gras-omega-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747979/en/omacor-omega-3-esters-ethyliques-d-acides-poisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774141/en/omacor-omega-3-esters-ethyliques-d-acides-poisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399447/en/omacor-capsule-boite-de-28</t>
+  </si>
+  <si>
+    <t>KETUM (N/R/ kétoprofène)</t>
+  </si>
+  <si>
+    <t>11/12/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984691/en/ketum-n/r/-ketoprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984691</t>
+  </si>
+  <si>
+    <t>kétoprofène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399189/en/ketum-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559720/en/ketum-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517922/en/ketum</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769335/en/ketum-ketoprofene</t>
+  </si>
+  <si>
+    <t>VELETRI (époprosténol), prostacycline</t>
+  </si>
+  <si>
+    <t>12/12/2014 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984708/en/veletri-epoprostenol-prostacycline</t>
+  </si>
+  <si>
+    <t>pprd_2984708</t>
+  </si>
+  <si>
+    <t>époprosténol sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761605/en/veletri</t>
+  </si>
+  <si>
+    <t>COVERAM (amlodipine (bésilate d')/ périndopril arginine)</t>
+  </si>
+  <si>
+    <t>06/26/2014 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984749/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
+  </si>
+  <si>
+    <t>pprd_2984749</t>
+  </si>
+  <si>
+    <t>amlodipine (bésilate d'),périndopril arginine</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2676787/fr/cosimprel-perindopril-arginine/-bisoprolol-fumarate-de</t>
-[...3275 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1702121/fr/coversyl-perindopril-arginine</t>
+    <t>https://www.has-sante.fr/jcms/c_840942/en/coveram</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750090/en/coveram-amlodipine-besilate-d-/-perindopril-arginine</t>
   </si>
   <si>
     <t>CLEVIPREX (clévidipine)</t>
   </si>
   <si>
-    <t>16/12/2013 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984898/fr/cleviprex-clevidipine</t>
+    <t>12/16/2013 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984898/en/cleviprex-clevidipine</t>
   </si>
   <si>
     <t>pprd_2984898</t>
   </si>
   <si>
     <t>clévidipine</t>
   </si>
   <si>
     <t>THE MEDICINES COMPANY FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1638080/fr/cleviprex-clevidipine-inhibiteur-calcique</t>
-[...758 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985125/fr/vastarel-trimetazidine-dichlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_1638080/en/cleviprex-clevidipine-inhibiteur-calcique</t>
+  </si>
+  <si>
+    <t>VASTAREL (N/R/ trimétazidine (dichlorhydrate))</t>
+  </si>
+  <si>
+    <t>10/05/2011 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985125/en/vastarel-n/r/-trimetazidine-dichlorhydrate</t>
   </si>
   <si>
     <t>pprd_2985125</t>
   </si>
   <si>
     <t>trimétazidine (dichlorhydrate)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399519/fr/vastarel-trimetazidine-dichlorhydrate</t>
-[...137 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399430/fr/iskedyl-solution-buvable-flacon-flacon-de-70-ml-iskedyl-solution-buvable-flacon-flacon-de-140-ml</t>
+    <t>https://www.has-sante.fr/jcms/c_399519/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451903/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523327/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618927/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104024/en/vastarel</t>
   </si>
   <si>
     <t>FONZYLANE (buflomédil (chlorhydrate de))</t>
   </si>
   <si>
-    <t>16/02/2011 15:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985203/fr/fonzylane-buflomedil-chlorhydrate-de</t>
+    <t>02/16/2011 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985203/en/fonzylane-buflomedil-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2985203</t>
   </si>
   <si>
     <t>buflomédil (chlorhydrate de)</t>
   </si>
   <si>
     <t>CEPHALON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399248/fr/fonzylane-150-mg-comprime-pellicule-boite-de-20</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_866795/fr/diacor-diltiazem-chlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399248/en/fonzylane-150-mg-comprime-pellicule-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399249/en/fonzylane-300-mg-comprime-pellicule-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399250/en/fonzylane-50-mg/5ml-solution-injectable-en-ampoule-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438046/en/fonzylane-buflomedil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474021/en/fonzylane-buflomedil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400054/en/fonzylane-buflomedil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1029063/en/fonzylane</t>
   </si>
   <si>
     <t>KANOKAD (complexe prothrombique humain (PPSB))</t>
   </si>
   <si>
-    <t>14/03/2011 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985345/fr/kanokad-complexe-prothrombique-humain-ppsb</t>
+    <t>03/14/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985345/en/kanokad-complexe-prothrombique-humain-ppsb</t>
   </si>
   <si>
     <t>pprd_2985345</t>
   </si>
   <si>
     <t>complexe prothrombique humain (PPSB)</t>
   </si>
   <si>
     <t>Laboratoire LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_763774/fr/kanokad-complexe-prothrombique-humain-ppsb</t>
-[...350 lines deleted...]
-    <t>r_1501300</t>
+    <t>https://www.has-sante.fr/jcms/c_763774/en/kanokad</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3732</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>3733</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>3734</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>3735</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>3736</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>3737</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>3738</v>
-[...753 lines deleted...]
-        <v>3898</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3899</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>3900</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>3901</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>3902</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>3903</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>3904</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>3905</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3899</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>3906</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>3907</v>
+        <v>34</v>
       </c>
       <c r="D3" t="s">
-        <v>3908</v>
+        <v>35</v>
       </c>
       <c r="E3" t="s">
-        <v>3909</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>3910</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>3911</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3899</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>3912</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>3913</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>3914</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>3915</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>3916</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>3917</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3899</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>3918</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>3919</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>3920</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>3921</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>3922</v>
+        <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>3923</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3899</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>3924</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>3925</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>3926</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>3927</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>3928</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>3929</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AW257"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3932</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>3933</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="E2" t="s">
-        <v>3934</v>
+        <v>61</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>3935</v>
+        <v>62</v>
       </c>
       <c r="H2" t="s">
-        <v>3936</v>
-[...8 lines deleted...]
-        <v>3939</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3932</v>
+        <v>57</v>
       </c>
       <c r="B3" t="s">
-        <v>3940</v>
+        <v>64</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="E3" t="s">
-        <v>3941</v>
+        <v>67</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>3942</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>3943</v>
-[...17 lines deleted...]
-        <v>3949</v>
+        <v>69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3932</v>
+        <v>57</v>
       </c>
       <c r="B4" t="s">
-        <v>3950</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
       <c r="E4" t="s">
-        <v>3951</v>
+        <v>73</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>3952</v>
+        <v>74</v>
       </c>
       <c r="H4" t="s">
-        <v>3953</v>
-[...29 lines deleted...]
-        <v>3963</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3932</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
-        <v>3964</v>
+        <v>76</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>78</v>
       </c>
       <c r="E5" t="s">
-        <v>3965</v>
+        <v>79</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>3966</v>
+        <v>80</v>
       </c>
       <c r="H5" t="s">
-        <v>3967</v>
-[...8 lines deleted...]
-        <v>3969</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3932</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>3970</v>
+        <v>82</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E6" t="s">
-        <v>3971</v>
+        <v>85</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>3972</v>
+        <v>86</v>
       </c>
       <c r="H6" t="s">
-        <v>3973</v>
-[...8 lines deleted...]
-        <v>3976</v>
+        <v>87</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3932</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>3977</v>
+        <v>88</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="E7" t="s">
-        <v>3978</v>
+        <v>91</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>3979</v>
+        <v>92</v>
       </c>
       <c r="H7" t="s">
-        <v>3980</v>
-[...14 lines deleted...]
-        <v>3985</v>
+        <v>93</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3932</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>3986</v>
+        <v>94</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>96</v>
       </c>
       <c r="E8" t="s">
-        <v>3987</v>
+        <v>97</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>3988</v>
+        <v>98</v>
       </c>
       <c r="H8" t="s">
-        <v>3989</v>
-[...11315 lines deleted...]
-        <v>6365</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>6366</v>
+        <v>100</v>
       </c>
       <c r="B2" t="s">
-        <v>6367</v>
+        <v>101</v>
       </c>
       <c r="C2" t="s">
-        <v>6368</v>
+        <v>102</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>6369</v>
+        <v>103</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>6370</v>
+        <v>104</v>
       </c>
       <c r="H2" t="s">
-        <v>6371</v>
-[...519 lines deleted...]
-        <v>6467</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J723"/>
+  <dimension ref="A1:AD79"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>15</v>
+        <v>106</v>
       </c>
       <c r="J1" t="s">
-        <v>16</v>
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B2" t="s">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="I2" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="J2" t="s">
-        <v>24</v>
+        <v>114</v>
+      </c>
+      <c r="K2" t="s">
+        <v>115</v>
+      </c>
+      <c r="L2" t="s">
+        <v>116</v>
+      </c>
+      <c r="M2" t="s">
+        <v>117</v>
+      </c>
+      <c r="N2" t="s">
+        <v>118</v>
+      </c>
+      <c r="O2" t="s">
+        <v>119</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B3" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>27</v>
+        <v>121</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>28</v>
+        <v>122</v>
       </c>
       <c r="H3" t="s">
-        <v>29</v>
+        <v>123</v>
       </c>
       <c r="I3" t="s">
-        <v>30</v>
+        <v>124</v>
       </c>
       <c r="J3" t="s">
-        <v>31</v>
+        <v>125</v>
+      </c>
+      <c r="K3" t="s">
+        <v>126</v>
+      </c>
+      <c r="L3" t="s">
+        <v>127</v>
+      </c>
+      <c r="M3" t="s">
+        <v>128</v>
+      </c>
+      <c r="N3" t="s">
+        <v>129</v>
+      </c>
+      <c r="O3" t="s">
+        <v>130</v>
+      </c>
+      <c r="P3" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>132</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>133</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="H4" t="s">
-        <v>35</v>
+        <v>135</v>
       </c>
       <c r="I4" t="s">
-        <v>36</v>
+        <v>136</v>
       </c>
       <c r="J4" t="s">
-        <v>37</v>
+        <v>137</v>
+      </c>
+      <c r="K4" t="s">
+        <v>138</v>
+      </c>
+      <c r="L4" t="s">
+        <v>139</v>
+      </c>
+      <c r="M4" t="s">
+        <v>140</v>
+      </c>
+      <c r="N4" t="s">
+        <v>141</v>
+      </c>
+      <c r="O4" t="s">
+        <v>142</v>
+      </c>
+      <c r="P4" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>144</v>
+      </c>
+      <c r="R4" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>146</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>147</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
+        <v>148</v>
       </c>
       <c r="H5" t="s">
-        <v>42</v>
+        <v>149</v>
       </c>
       <c r="I5" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="J5" t="s">
-        <v>44</v>
+        <v>151</v>
+      </c>
+      <c r="K5" t="s">
+        <v>152</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>153</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>40</v>
+        <v>154</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>155</v>
       </c>
       <c r="H6" t="s">
-        <v>48</v>
+        <v>156</v>
       </c>
       <c r="I6" t="s">
-        <v>49</v>
+        <v>157</v>
       </c>
       <c r="J6" t="s">
-        <v>50</v>
+        <v>158</v>
+      </c>
+      <c r="K6" t="s">
+        <v>159</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>160</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>53</v>
+        <v>161</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>54</v>
+        <v>162</v>
       </c>
       <c r="H7" t="s">
-        <v>55</v>
+        <v>163</v>
       </c>
       <c r="I7" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="J7" t="s">
-        <v>57</v>
+        <v>165</v>
+      </c>
+      <c r="K7" t="s">
+        <v>166</v>
+      </c>
+      <c r="L7" t="s">
+        <v>167</v>
+      </c>
+      <c r="M7" t="s">
+        <v>168</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>169</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>170</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>60</v>
+        <v>171</v>
       </c>
       <c r="H8" t="s">
-        <v>61</v>
+        <v>172</v>
       </c>
       <c r="I8" t="s">
-        <v>62</v>
+        <v>173</v>
       </c>
       <c r="J8" t="s">
-        <v>63</v>
+        <v>174</v>
+      </c>
+      <c r="K8" t="s">
+        <v>175</v>
+      </c>
+      <c r="L8" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>177</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>178</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>65</v>
+        <v>179</v>
       </c>
       <c r="H9" t="s">
-        <v>66</v>
+        <v>180</v>
       </c>
       <c r="I9" t="s">
-        <v>67</v>
+        <v>181</v>
       </c>
       <c r="J9" t="s">
-        <v>68</v>
+        <v>182</v>
+      </c>
+      <c r="K9" t="s">
+        <v>183</v>
+      </c>
+      <c r="L9" t="s">
+        <v>184</v>
+      </c>
+      <c r="M9" t="s">
+        <v>185</v>
+      </c>
+      <c r="N9" t="s">
+        <v>186</v>
+      </c>
+      <c r="O9" t="s">
+        <v>187</v>
+      </c>
+      <c r="P9" t="s">
+        <v>188</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>189</v>
+      </c>
+      <c r="R9" t="s">
+        <v>190</v>
+      </c>
+      <c r="S9" t="s">
+        <v>191</v>
+      </c>
+      <c r="T9" t="s">
+        <v>192</v>
+      </c>
+      <c r="U9" t="s">
+        <v>193</v>
+      </c>
+      <c r="V9" t="s">
+        <v>194</v>
+      </c>
+      <c r="W9" t="s">
+        <v>195</v>
+      </c>
+      <c r="X9" t="s">
+        <v>196</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>197</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>198</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>199</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>200</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>201</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B10" t="s">
-        <v>69</v>
+        <v>203</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>71</v>
+        <v>205</v>
       </c>
       <c r="H10" t="s">
-        <v>72</v>
+        <v>206</v>
       </c>
       <c r="I10" t="s">
-        <v>73</v>
+        <v>207</v>
       </c>
       <c r="J10" t="s">
-        <v>74</v>
+        <v>208</v>
+      </c>
+      <c r="K10" t="s">
+        <v>209</v>
+      </c>
+      <c r="L10" t="s">
+        <v>210</v>
+      </c>
+      <c r="M10" t="s">
+        <v>211</v>
+      </c>
+      <c r="N10" t="s">
+        <v>212</v>
+      </c>
+      <c r="O10" t="s">
+        <v>213</v>
+      </c>
+      <c r="P10" t="s">
+        <v>213</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>214</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B11" t="s">
-        <v>75</v>
+        <v>215</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>77</v>
+        <v>216</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>78</v>
+        <v>217</v>
       </c>
       <c r="H11" t="s">
-        <v>79</v>
+        <v>218</v>
       </c>
       <c r="I11" t="s">
-        <v>80</v>
+        <v>219</v>
       </c>
       <c r="J11" t="s">
-        <v>81</v>
+        <v>220</v>
+      </c>
+      <c r="K11" t="s">
+        <v>221</v>
+      </c>
+      <c r="L11" t="s">
+        <v>222</v>
+      </c>
+      <c r="M11" t="s">
+        <v>223</v>
+      </c>
+      <c r="N11" t="s">
+        <v>224</v>
+      </c>
+      <c r="O11" t="s">
+        <v>225</v>
+      </c>
+      <c r="P11" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B12" t="s">
-        <v>82</v>
+        <v>227</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>77</v>
+        <v>228</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>84</v>
+        <v>229</v>
       </c>
       <c r="H12" t="s">
-        <v>85</v>
+        <v>230</v>
       </c>
       <c r="I12" t="s">
-        <v>86</v>
+        <v>231</v>
       </c>
       <c r="J12" t="s">
-        <v>87</v>
+        <v>232</v>
+      </c>
+      <c r="K12" t="s">
+        <v>233</v>
+      </c>
+      <c r="L12" t="s">
+        <v>234</v>
+      </c>
+      <c r="M12" t="s">
+        <v>235</v>
+      </c>
+      <c r="N12" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>88</v>
+        <v>237</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D13" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>90</v>
+        <v>238</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>91</v>
+        <v>239</v>
       </c>
       <c r="H13" t="s">
-        <v>92</v>
+        <v>240</v>
       </c>
       <c r="I13" t="s">
-        <v>93</v>
+        <v>241</v>
       </c>
       <c r="J13" t="s">
-        <v>94</v>
+        <v>242</v>
+      </c>
+      <c r="K13" t="s">
+        <v>243</v>
+      </c>
+      <c r="L13" t="s">
+        <v>244</v>
+      </c>
+      <c r="M13" t="s">
+        <v>245</v>
+      </c>
+      <c r="N13" t="s">
+        <v>246</v>
+      </c>
+      <c r="O13" t="s">
+        <v>247</v>
+      </c>
+      <c r="P13" t="s">
+        <v>248</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>249</v>
+      </c>
+      <c r="R13" t="s">
+        <v>250</v>
+      </c>
+      <c r="S13" t="s">
+        <v>251</v>
+      </c>
+      <c r="T13" t="s">
+        <v>252</v>
+      </c>
+      <c r="U13" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B14" t="s">
-        <v>95</v>
+        <v>254</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D14" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>96</v>
+        <v>255</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>97</v>
+        <v>256</v>
       </c>
       <c r="H14" t="s">
-        <v>98</v>
+        <v>257</v>
       </c>
       <c r="I14" t="s">
-        <v>49</v>
+        <v>258</v>
       </c>
       <c r="J14" t="s">
-        <v>99</v>
+        <v>259</v>
+      </c>
+      <c r="K14" t="s">
+        <v>260</v>
+      </c>
+      <c r="L14" t="s">
+        <v>261</v>
+      </c>
+      <c r="M14" t="s">
+        <v>262</v>
+      </c>
+      <c r="N14" t="s">
+        <v>263</v>
+      </c>
+      <c r="O14" t="s">
+        <v>264</v>
+      </c>
+      <c r="P14" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>266</v>
+      </c>
+      <c r="R14" t="s">
+        <v>267</v>
+      </c>
+      <c r="S14" t="s">
+        <v>268</v>
+      </c>
+      <c r="T14" t="s">
+        <v>269</v>
+      </c>
+      <c r="U14" t="s">
+        <v>270</v>
+      </c>
+      <c r="V14" t="s">
+        <v>271</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>272</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
-        <v>101</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>96</v>
+        <v>273</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>102</v>
+        <v>274</v>
       </c>
       <c r="H15" t="s">
-        <v>103</v>
+        <v>275</v>
       </c>
       <c r="I15" t="s">
-        <v>73</v>
+        <v>276</v>
       </c>
       <c r="J15" t="s">
-        <v>74</v>
+        <v>277</v>
+      </c>
+      <c r="K15" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B16" t="s">
-        <v>104</v>
+        <v>279</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D16" t="s">
-        <v>105</v>
+        <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>106</v>
+        <v>280</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>107</v>
+        <v>281</v>
       </c>
       <c r="H16" t="s">
-        <v>108</v>
+        <v>282</v>
       </c>
       <c r="I16" t="s">
-        <v>109</v>
+        <v>283</v>
       </c>
       <c r="J16" t="s">
-        <v>94</v>
+        <v>284</v>
+      </c>
+      <c r="K16" t="s">
+        <v>285</v>
+      </c>
+      <c r="L16" t="s">
+        <v>286</v>
+      </c>
+      <c r="M16" t="s">
+        <v>287</v>
+      </c>
+      <c r="N16" t="s">
+        <v>288</v>
+      </c>
+      <c r="O16" t="s">
+        <v>289</v>
+      </c>
+      <c r="P16" t="s">
+        <v>290</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>291</v>
+      </c>
+      <c r="R16" t="s">
+        <v>292</v>
+      </c>
+      <c r="S16" t="s">
+        <v>293</v>
+      </c>
+      <c r="T16" t="s">
+        <v>294</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>295</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>111</v>
+        <v>296</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>112</v>
+        <v>297</v>
       </c>
       <c r="H17" t="s">
-        <v>113</v>
+        <v>298</v>
       </c>
       <c r="I17" t="s">
-        <v>114</v>
+        <v>299</v>
       </c>
       <c r="J17" t="s">
-        <v>99</v>
+        <v>300</v>
+      </c>
+      <c r="K17" t="s">
+        <v>301</v>
+      </c>
+      <c r="L17" t="s">
+        <v>302</v>
+      </c>
+      <c r="M17" t="s">
+        <v>303</v>
+      </c>
+      <c r="N17" t="s">
+        <v>304</v>
+      </c>
+      <c r="O17" t="s">
+        <v>305</v>
+      </c>
+      <c r="P17" t="s">
+        <v>306</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>307</v>
+      </c>
+      <c r="R17" t="s">
+        <v>308</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B18" t="s">
-        <v>115</v>
+        <v>309</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>116</v>
+        <v>310</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>117</v>
+        <v>311</v>
       </c>
       <c r="H18" t="s">
-        <v>118</v>
+        <v>312</v>
       </c>
       <c r="I18" t="s">
-        <v>119</v>
+        <v>313</v>
       </c>
       <c r="J18" t="s">
-        <v>120</v>
+        <v>114</v>
+      </c>
+      <c r="K18" t="s">
+        <v>314</v>
+      </c>
+      <c r="L18" t="s">
+        <v>315</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B19" t="s">
-        <v>121</v>
+        <v>316</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>116</v>
+        <v>317</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>122</v>
+        <v>318</v>
       </c>
       <c r="H19" t="s">
-        <v>123</v>
+        <v>319</v>
       </c>
       <c r="I19" t="s">
-        <v>43</v>
+        <v>320</v>
       </c>
       <c r="J19" t="s">
-        <v>124</v>
+        <v>277</v>
+      </c>
+      <c r="K19" t="s">
+        <v>321</v>
+      </c>
+      <c r="L19" t="s">
+        <v>322</v>
+      </c>
+      <c r="M19" t="s">
+        <v>323</v>
+      </c>
+      <c r="N19" t="s">
+        <v>324</v>
+      </c>
+      <c r="O19" t="s">
+        <v>325</v>
+      </c>
+      <c r="P19" t="s">
+        <v>326</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>327</v>
+      </c>
+      <c r="R19" t="s">
+        <v>328</v>
+      </c>
+      <c r="S19" t="s">
+        <v>329</v>
+      </c>
+      <c r="T19" t="s">
+        <v>330</v>
+      </c>
+      <c r="U19" t="s">
+        <v>331</v>
+      </c>
+      <c r="V19" t="s">
+        <v>332</v>
+      </c>
+      <c r="W19" t="s">
+        <v>333</v>
+      </c>
+      <c r="X19" t="s">
+        <v>334</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>335</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>336</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>337</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>338</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>339</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>340</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B20" t="s">
-        <v>125</v>
+        <v>341</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>116</v>
+        <v>342</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>126</v>
+        <v>343</v>
       </c>
       <c r="H20" t="s">
-        <v>127</v>
+        <v>344</v>
       </c>
       <c r="I20" t="s">
-        <v>43</v>
+        <v>345</v>
       </c>
       <c r="J20" t="s">
-        <v>124</v>
+        <v>346</v>
+      </c>
+      <c r="K20" t="s">
+        <v>347</v>
+      </c>
+      <c r="L20" t="s">
+        <v>348</v>
+      </c>
+      <c r="M20" t="s">
+        <v>349</v>
+      </c>
+      <c r="N20" t="s">
+        <v>350</v>
+      </c>
+      <c r="O20" t="s">
+        <v>351</v>
+      </c>
+      <c r="P20" t="s">
+        <v>352</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B21" t="s">
-        <v>128</v>
+        <v>353</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D21" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>116</v>
+        <v>354</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>129</v>
+        <v>355</v>
       </c>
       <c r="H21" t="s">
-        <v>130</v>
+        <v>356</v>
       </c>
       <c r="I21" t="s">
-        <v>131</v>
+        <v>357</v>
       </c>
       <c r="J21" t="s">
-        <v>132</v>
+        <v>182</v>
+      </c>
+      <c r="K21" t="s">
+        <v>358</v>
+      </c>
+      <c r="L21" t="s">
+        <v>359</v>
+      </c>
+      <c r="M21" t="s">
+        <v>360</v>
+      </c>
+      <c r="N21" t="s">
+        <v>361</v>
+      </c>
+      <c r="O21" t="s">
+        <v>362</v>
+      </c>
+      <c r="P21" t="s">
+        <v>363</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>364</v>
+      </c>
+      <c r="R21" t="s">
+        <v>365</v>
+      </c>
+      <c r="S21" t="s">
+        <v>366</v>
+      </c>
+      <c r="T21" t="s">
+        <v>367</v>
+      </c>
+      <c r="U21" t="s">
+        <v>368</v>
+      </c>
+      <c r="V21" t="s">
+        <v>369</v>
+      </c>
+      <c r="W21" t="s">
+        <v>370</v>
+      </c>
+      <c r="X21" t="s">
+        <v>371</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>372</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>373</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>374</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B22" t="s">
-        <v>133</v>
+        <v>376</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D22" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>116</v>
+        <v>377</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>134</v>
+        <v>378</v>
       </c>
       <c r="H22" t="s">
-        <v>135</v>
+        <v>379</v>
       </c>
       <c r="I22" t="s">
-        <v>136</v>
+        <v>380</v>
       </c>
       <c r="J22" t="s">
-        <v>137</v>
+        <v>242</v>
+      </c>
+      <c r="K22" t="s">
+        <v>381</v>
+      </c>
+      <c r="L22" t="s">
+        <v>382</v>
+      </c>
+      <c r="M22" t="s">
+        <v>383</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B23" t="s">
-        <v>138</v>
+        <v>384</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D23" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>116</v>
+        <v>385</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>139</v>
+        <v>386</v>
       </c>
       <c r="H23" t="s">
-        <v>140</v>
+        <v>387</v>
       </c>
       <c r="I23" t="s">
-        <v>141</v>
+        <v>388</v>
       </c>
       <c r="J23" t="s">
-        <v>99</v>
+        <v>389</v>
+      </c>
+      <c r="K23" t="s">
+        <v>390</v>
+      </c>
+      <c r="L23" t="s">
+        <v>391</v>
+      </c>
+      <c r="M23" t="s">
+        <v>392</v>
+      </c>
+      <c r="N23" t="s">
+        <v>393</v>
+      </c>
+      <c r="O23" t="s">
+        <v>394</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B24" t="s">
-        <v>142</v>
+        <v>395</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D24" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="E24" t="s">
-        <v>116</v>
+        <v>396</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>143</v>
+        <v>397</v>
       </c>
       <c r="H24" t="s">
-        <v>144</v>
+        <v>398</v>
       </c>
       <c r="I24" t="s">
-        <v>145</v>
+        <v>399</v>
       </c>
       <c r="J24" t="s">
-        <v>99</v>
+        <v>400</v>
+      </c>
+      <c r="K24" t="s">
+        <v>401</v>
+      </c>
+      <c r="L24" t="s">
+        <v>402</v>
+      </c>
+      <c r="M24" t="s">
+        <v>403</v>
+      </c>
+      <c r="N24" t="s">
+        <v>404</v>
+      </c>
+      <c r="O24" t="s">
+        <v>405</v>
+      </c>
+      <c r="P24" t="s">
+        <v>406</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>407</v>
+      </c>
+      <c r="R24" t="s">
+        <v>408</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B25" t="s">
-        <v>146</v>
+        <v>409</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D25" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="E25" t="s">
-        <v>116</v>
+        <v>410</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>147</v>
+        <v>411</v>
       </c>
       <c r="H25" t="s">
-        <v>148</v>
+        <v>412</v>
       </c>
       <c r="I25" t="s">
-        <v>136</v>
+        <v>413</v>
       </c>
       <c r="J25" t="s">
-        <v>137</v>
+        <v>414</v>
+      </c>
+      <c r="K25" t="s">
+        <v>415</v>
+      </c>
+      <c r="L25" t="s">
+        <v>416</v>
+      </c>
+      <c r="M25" t="s">
+        <v>417</v>
+      </c>
+      <c r="N25" t="s">
+        <v>418</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B26" t="s">
-        <v>149</v>
+        <v>419</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D26" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="E26" t="s">
-        <v>116</v>
+        <v>420</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>150</v>
+        <v>421</v>
       </c>
       <c r="H26" t="s">
-        <v>151</v>
+        <v>422</v>
       </c>
       <c r="I26" t="s">
-        <v>145</v>
+        <v>423</v>
       </c>
       <c r="J26" t="s">
-        <v>99</v>
+        <v>424</v>
+      </c>
+      <c r="K26" t="s">
+        <v>425</v>
+      </c>
+      <c r="L26" t="s">
+        <v>426</v>
+      </c>
+      <c r="M26" t="s">
+        <v>427</v>
+      </c>
+      <c r="N26" t="s">
+        <v>428</v>
+      </c>
+      <c r="O26" t="s">
+        <v>429</v>
+      </c>
+      <c r="P26" t="s">
+        <v>430</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>431</v>
+      </c>
+      <c r="R26" t="s">
+        <v>432</v>
+      </c>
+      <c r="S26" t="s">
+        <v>433</v>
+      </c>
+      <c r="T26" t="s">
+        <v>434</v>
+      </c>
+      <c r="U26" t="s">
+        <v>435</v>
+      </c>
+      <c r="V26" t="s">
+        <v>436</v>
+      </c>
+      <c r="W26" t="s">
+        <v>437</v>
+      </c>
+      <c r="X26" t="s">
+        <v>438</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>439</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B27" t="s">
-        <v>152</v>
+        <v>440</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="E27" t="s">
-        <v>154</v>
+        <v>441</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>155</v>
+        <v>442</v>
       </c>
       <c r="H27" t="s">
-        <v>156</v>
+        <v>443</v>
       </c>
       <c r="I27" t="s">
-        <v>62</v>
+        <v>444</v>
       </c>
       <c r="J27" t="s">
-        <v>157</v>
+        <v>445</v>
+      </c>
+      <c r="K27" t="s">
+        <v>446</v>
+      </c>
+      <c r="L27" t="s">
+        <v>447</v>
+      </c>
+      <c r="M27" t="s">
+        <v>448</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>158</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D28" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="E28" t="s">
-        <v>160</v>
+        <v>450</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G28" t="s">
-        <v>161</v>
+        <v>451</v>
       </c>
       <c r="H28" t="s">
-        <v>162</v>
+        <v>452</v>
       </c>
       <c r="I28" t="s">
-        <v>163</v>
+        <v>231</v>
       </c>
       <c r="J28" t="s">
-        <v>164</v>
+        <v>453</v>
+      </c>
+      <c r="K28" t="s">
+        <v>454</v>
+      </c>
+      <c r="L28" t="s">
+        <v>455</v>
+      </c>
+      <c r="M28" t="s">
+        <v>456</v>
+      </c>
+      <c r="N28" t="s">
+        <v>457</v>
+      </c>
+      <c r="O28" t="s">
+        <v>458</v>
+      </c>
+      <c r="P28" t="s">
+        <v>459</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B29" t="s">
-        <v>165</v>
+        <v>460</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D29" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="E29" t="s">
-        <v>160</v>
+        <v>461</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G29" t="s">
-        <v>166</v>
+        <v>462</v>
       </c>
       <c r="H29" t="s">
-        <v>167</v>
+        <v>463</v>
       </c>
       <c r="I29" t="s">
-        <v>93</v>
+        <v>464</v>
       </c>
       <c r="J29" t="s">
-        <v>168</v>
+        <v>242</v>
+      </c>
+      <c r="K29" t="s">
+        <v>465</v>
+      </c>
+      <c r="L29" t="s">
+        <v>466</v>
+      </c>
+      <c r="M29" t="s">
+        <v>467</v>
+      </c>
+      <c r="N29" t="s">
+        <v>468</v>
+      </c>
+      <c r="O29" t="s">
+        <v>469</v>
+      </c>
+      <c r="P29" t="s">
+        <v>470</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B30" t="s">
-        <v>169</v>
+        <v>471</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D30" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E30" t="s">
-        <v>160</v>
+        <v>472</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G30" t="s">
-        <v>170</v>
+        <v>473</v>
       </c>
       <c r="H30" t="s">
-        <v>171</v>
+        <v>474</v>
       </c>
       <c r="I30" t="s">
-        <v>172</v>
+        <v>475</v>
       </c>
       <c r="J30" t="s">
-        <v>157</v>
+        <v>242</v>
+      </c>
+      <c r="K30" t="s">
+        <v>476</v>
+      </c>
+      <c r="L30" t="s">
+        <v>477</v>
+      </c>
+      <c r="M30" t="s">
+        <v>478</v>
+      </c>
+      <c r="N30" t="s">
+        <v>479</v>
+      </c>
+      <c r="O30" t="s">
+        <v>480</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B31" t="s">
-        <v>173</v>
+        <v>481</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D31" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>174</v>
+        <v>482</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>175</v>
+        <v>483</v>
       </c>
       <c r="H31" t="s">
-        <v>176</v>
+        <v>484</v>
       </c>
       <c r="I31" t="s">
-        <v>43</v>
+        <v>485</v>
       </c>
       <c r="J31" t="s">
-        <v>124</v>
+        <v>486</v>
+      </c>
+      <c r="K31" t="s">
+        <v>487</v>
+      </c>
+      <c r="L31" t="s">
+        <v>488</v>
+      </c>
+      <c r="M31" t="s">
+        <v>489</v>
+      </c>
+      <c r="N31" t="s">
+        <v>490</v>
+      </c>
+      <c r="O31" t="s">
+        <v>491</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B32" t="s">
-        <v>177</v>
+        <v>492</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D32" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="E32" t="s">
-        <v>174</v>
+        <v>493</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G32" t="s">
-        <v>178</v>
+        <v>494</v>
       </c>
       <c r="H32" t="s">
-        <v>179</v>
+        <v>495</v>
       </c>
       <c r="I32" t="s">
-        <v>86</v>
+        <v>496</v>
       </c>
       <c r="J32" t="s">
-        <v>180</v>
+        <v>497</v>
+      </c>
+      <c r="K32" t="s">
+        <v>498</v>
+      </c>
+      <c r="L32" t="s">
+        <v>499</v>
+      </c>
+      <c r="M32" t="s">
+        <v>500</v>
+      </c>
+      <c r="N32" t="s">
+        <v>501</v>
+      </c>
+      <c r="O32" t="s">
+        <v>502</v>
+      </c>
+      <c r="P32" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>504</v>
+      </c>
+      <c r="R32" t="s">
+        <v>505</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B33" t="s">
-        <v>181</v>
+        <v>506</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D33" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="E33" t="s">
-        <v>174</v>
+        <v>507</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G33" t="s">
-        <v>182</v>
+        <v>508</v>
       </c>
       <c r="H33" t="s">
-        <v>183</v>
+        <v>509</v>
       </c>
       <c r="I33" t="s">
-        <v>86</v>
+        <v>510</v>
       </c>
       <c r="J33" t="s">
-        <v>180</v>
+        <v>511</v>
+      </c>
+      <c r="K33" t="s">
+        <v>512</v>
+      </c>
+      <c r="L33" t="s">
+        <v>513</v>
+      </c>
+      <c r="M33" t="s">
+        <v>514</v>
+      </c>
+      <c r="N33" t="s">
+        <v>515</v>
+      </c>
+      <c r="O33" t="s">
+        <v>516</v>
+      </c>
+      <c r="P33" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>518</v>
+      </c>
+      <c r="R33" t="s">
+        <v>519</v>
+      </c>
+      <c r="S33" t="s">
+        <v>520</v>
+      </c>
+      <c r="T33" t="s">
+        <v>521</v>
+      </c>
+      <c r="U33" t="s">
+        <v>522</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B34" t="s">
-        <v>184</v>
+        <v>523</v>
       </c>
       <c r="C34" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D34" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="E34" t="s">
-        <v>174</v>
+        <v>524</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G34" t="s">
-        <v>185</v>
+        <v>525</v>
       </c>
       <c r="H34" t="s">
-        <v>186</v>
+        <v>526</v>
       </c>
       <c r="I34" t="s">
-        <v>73</v>
+        <v>527</v>
       </c>
       <c r="J34" t="s">
-        <v>132</v>
+        <v>125</v>
+      </c>
+      <c r="K34" t="s">
+        <v>528</v>
+      </c>
+      <c r="L34" t="s">
+        <v>529</v>
+      </c>
+      <c r="M34" t="s">
+        <v>530</v>
+      </c>
+      <c r="N34" t="s">
+        <v>531</v>
+      </c>
+      <c r="O34" t="s">
+        <v>532</v>
+      </c>
+      <c r="P34" t="s">
+        <v>533</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>534</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>535</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D35" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="E35" t="s">
-        <v>174</v>
+        <v>536</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>188</v>
+        <v>537</v>
       </c>
       <c r="H35" t="s">
-        <v>189</v>
+        <v>538</v>
       </c>
       <c r="I35" t="s">
-        <v>190</v>
+        <v>539</v>
       </c>
       <c r="J35" t="s">
-        <v>168</v>
+        <v>540</v>
+      </c>
+      <c r="K35" t="s">
+        <v>541</v>
+      </c>
+      <c r="L35" t="s">
+        <v>542</v>
+      </c>
+      <c r="M35" t="s">
+        <v>543</v>
+      </c>
+      <c r="N35" t="s">
+        <v>544</v>
+      </c>
+      <c r="O35" t="s">
+        <v>545</v>
+      </c>
+      <c r="P35" t="s">
+        <v>546</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B36" t="s">
-        <v>191</v>
+        <v>547</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D36" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="E36" t="s">
-        <v>192</v>
+        <v>548</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>193</v>
+        <v>549</v>
       </c>
       <c r="H36" t="s">
-        <v>194</v>
+        <v>550</v>
       </c>
       <c r="I36" t="s">
-        <v>195</v>
+        <v>551</v>
       </c>
       <c r="J36" t="s">
-        <v>94</v>
+        <v>511</v>
+      </c>
+      <c r="K36" t="s">
+        <v>552</v>
+      </c>
+      <c r="L36" t="s">
+        <v>553</v>
+      </c>
+      <c r="M36" t="s">
+        <v>554</v>
+      </c>
+      <c r="N36" t="s">
+        <v>555</v>
+      </c>
+      <c r="O36" t="s">
+        <v>556</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B37" t="s">
-        <v>196</v>
+        <v>557</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D37" t="s">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="E37" t="s">
-        <v>198</v>
+        <v>558</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G37" t="s">
-        <v>199</v>
+        <v>559</v>
       </c>
       <c r="H37" t="s">
-        <v>200</v>
+        <v>560</v>
       </c>
       <c r="I37" t="s">
-        <v>201</v>
+        <v>561</v>
       </c>
       <c r="J37" t="s">
-        <v>202</v>
+        <v>562</v>
+      </c>
+      <c r="K37" t="s">
+        <v>563</v>
+      </c>
+      <c r="L37" t="s">
+        <v>564</v>
+      </c>
+      <c r="M37" t="s">
+        <v>565</v>
+      </c>
+      <c r="N37" t="s">
+        <v>566</v>
+      </c>
+      <c r="O37" t="s">
+        <v>567</v>
+      </c>
+      <c r="P37" t="s">
+        <v>568</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>569</v>
+      </c>
+      <c r="R37" t="s">
+        <v>570</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B38" t="s">
-        <v>203</v>
+        <v>571</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D38" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="E38" t="s">
-        <v>198</v>
+        <v>572</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G38" t="s">
-        <v>204</v>
+        <v>573</v>
       </c>
       <c r="H38" t="s">
-        <v>205</v>
+        <v>574</v>
       </c>
       <c r="I38" t="s">
-        <v>43</v>
+        <v>575</v>
       </c>
       <c r="J38" t="s">
-        <v>206</v>
+        <v>540</v>
+      </c>
+      <c r="K38" t="s">
+        <v>576</v>
+      </c>
+      <c r="L38" t="s">
+        <v>577</v>
+      </c>
+      <c r="M38" t="s">
+        <v>578</v>
+      </c>
+      <c r="N38" t="s">
+        <v>579</v>
+      </c>
+      <c r="O38" t="s">
+        <v>580</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B39" t="s">
-        <v>207</v>
+        <v>581</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D39" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="E39" t="s">
-        <v>198</v>
+        <v>582</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G39" t="s">
-        <v>208</v>
+        <v>583</v>
       </c>
       <c r="H39" t="s">
-        <v>209</v>
+        <v>584</v>
       </c>
       <c r="I39" t="s">
-        <v>210</v>
+        <v>585</v>
       </c>
       <c r="J39" t="s">
-        <v>211</v>
+        <v>586</v>
+      </c>
+      <c r="K39" t="s">
+        <v>587</v>
+      </c>
+      <c r="L39" t="s">
+        <v>588</v>
+      </c>
+      <c r="M39" t="s">
+        <v>589</v>
+      </c>
+      <c r="N39" t="s">
+        <v>590</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B40" t="s">
-        <v>212</v>
+        <v>591</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D40" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="E40" t="s">
-        <v>198</v>
+        <v>592</v>
       </c>
       <c r="F40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>213</v>
+        <v>593</v>
       </c>
       <c r="H40" t="s">
-        <v>214</v>
+        <v>594</v>
       </c>
       <c r="I40" t="s">
-        <v>62</v>
+        <v>595</v>
       </c>
       <c r="J40" t="s">
-        <v>157</v>
+        <v>596</v>
+      </c>
+      <c r="K40" t="s">
+        <v>597</v>
+      </c>
+      <c r="L40" t="s">
+        <v>598</v>
+      </c>
+      <c r="M40" t="s">
+        <v>599</v>
+      </c>
+      <c r="N40" t="s">
+        <v>600</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B41" t="s">
-        <v>215</v>
+        <v>601</v>
       </c>
       <c r="C41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D41" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="E41" t="s">
-        <v>198</v>
+        <v>592</v>
       </c>
       <c r="F41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G41" t="s">
-        <v>216</v>
+        <v>602</v>
       </c>
       <c r="H41" t="s">
-        <v>217</v>
+        <v>603</v>
       </c>
       <c r="I41" t="s">
-        <v>62</v>
+        <v>604</v>
       </c>
       <c r="J41" t="s">
-        <v>157</v>
+        <v>605</v>
+      </c>
+      <c r="K41" t="s">
+        <v>606</v>
+      </c>
+      <c r="L41" t="s">
+        <v>607</v>
+      </c>
+      <c r="M41" t="s">
+        <v>608</v>
+      </c>
+      <c r="N41" t="s">
+        <v>609</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B42" t="s">
-        <v>218</v>
+        <v>610</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D42" t="s">
-        <v>219</v>
+        <v>15</v>
       </c>
       <c r="E42" t="s">
-        <v>220</v>
+        <v>592</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G42" t="s">
-        <v>221</v>
+        <v>611</v>
       </c>
       <c r="H42" t="s">
-        <v>222</v>
+        <v>612</v>
       </c>
       <c r="I42" t="s">
-        <v>223</v>
+        <v>613</v>
       </c>
       <c r="J42" t="s">
-        <v>224</v>
+        <v>605</v>
+      </c>
+      <c r="K42" t="s">
+        <v>614</v>
+      </c>
+      <c r="L42" t="s">
+        <v>615</v>
+      </c>
+      <c r="M42" t="s">
+        <v>616</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B43" t="s">
-        <v>225</v>
+        <v>617</v>
       </c>
       <c r="C43" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D43" t="s">
-        <v>197</v>
+        <v>15</v>
       </c>
       <c r="E43" t="s">
-        <v>220</v>
+        <v>618</v>
       </c>
       <c r="F43" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G43" t="s">
-        <v>226</v>
+        <v>619</v>
       </c>
       <c r="H43" t="s">
-        <v>227</v>
+        <v>620</v>
       </c>
       <c r="I43" t="s">
-        <v>228</v>
+        <v>621</v>
       </c>
       <c r="J43" t="s">
-        <v>120</v>
+        <v>622</v>
+      </c>
+      <c r="K43" t="s">
+        <v>623</v>
+      </c>
+      <c r="L43" t="s">
+        <v>624</v>
+      </c>
+      <c r="M43" t="s">
+        <v>625</v>
+      </c>
+      <c r="N43" t="s">
+        <v>626</v>
+      </c>
+      <c r="O43" t="s">
+        <v>627</v>
+      </c>
+      <c r="P43" t="s">
+        <v>628</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>629</v>
+      </c>
+      <c r="R43" t="s">
+        <v>630</v>
+      </c>
+      <c r="S43" t="s">
+        <v>631</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B44" t="s">
-        <v>229</v>
+        <v>632</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D44" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="E44" t="s">
-        <v>230</v>
+        <v>633</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G44" t="s">
-        <v>231</v>
+        <v>634</v>
       </c>
       <c r="H44" t="s">
-        <v>232</v>
+        <v>635</v>
       </c>
       <c r="I44" t="s">
-        <v>233</v>
+        <v>636</v>
       </c>
       <c r="J44" t="s">
-        <v>234</v>
+        <v>637</v>
+      </c>
+      <c r="K44" t="s">
+        <v>638</v>
+      </c>
+      <c r="L44" t="s">
+        <v>639</v>
+      </c>
+      <c r="M44" t="s">
+        <v>640</v>
+      </c>
+      <c r="N44" t="s">
+        <v>641</v>
+      </c>
+      <c r="O44" t="s">
+        <v>642</v>
+      </c>
+      <c r="P44" t="s">
+        <v>643</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>644</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B45" t="s">
-        <v>235</v>
+        <v>645</v>
       </c>
       <c r="C45" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D45" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="E45" t="s">
-        <v>230</v>
+        <v>646</v>
       </c>
       <c r="F45" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G45" t="s">
-        <v>236</v>
+        <v>647</v>
       </c>
       <c r="H45" t="s">
-        <v>237</v>
+        <v>648</v>
       </c>
       <c r="I45" t="s">
-        <v>190</v>
+        <v>649</v>
       </c>
       <c r="J45" t="s">
-        <v>206</v>
+        <v>650</v>
+      </c>
+      <c r="K45" t="s">
+        <v>651</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B46" t="s">
-        <v>238</v>
+        <v>652</v>
       </c>
       <c r="C46" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D46" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="E46" t="s">
-        <v>230</v>
+        <v>653</v>
       </c>
       <c r="F46" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G46" t="s">
-        <v>239</v>
+        <v>654</v>
       </c>
       <c r="H46" t="s">
-        <v>240</v>
+        <v>655</v>
       </c>
       <c r="I46" t="s">
-        <v>241</v>
+        <v>656</v>
       </c>
       <c r="J46" t="s">
-        <v>211</v>
+        <v>158</v>
+      </c>
+      <c r="K46" t="s">
+        <v>657</v>
+      </c>
+      <c r="L46" t="s">
+        <v>658</v>
+      </c>
+      <c r="M46" t="s">
+        <v>659</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B47" t="s">
-        <v>242</v>
+        <v>660</v>
       </c>
       <c r="C47" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D47" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="E47" t="s">
-        <v>230</v>
+        <v>661</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G47" t="s">
-        <v>243</v>
+        <v>662</v>
       </c>
       <c r="H47" t="s">
-        <v>244</v>
+        <v>663</v>
       </c>
       <c r="I47" t="s">
-        <v>241</v>
+        <v>664</v>
       </c>
       <c r="J47" t="s">
-        <v>211</v>
+        <v>665</v>
+      </c>
+      <c r="K47" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B48" t="s">
-        <v>245</v>
+        <v>667</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D48" t="s">
-        <v>219</v>
+        <v>15</v>
       </c>
       <c r="E48" t="s">
-        <v>246</v>
+        <v>668</v>
       </c>
       <c r="F48" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G48" t="s">
-        <v>247</v>
+        <v>669</v>
       </c>
       <c r="H48" t="s">
-        <v>248</v>
+        <v>670</v>
       </c>
       <c r="I48" t="s">
-        <v>249</v>
+        <v>671</v>
       </c>
       <c r="J48" t="s">
-        <v>250</v>
+        <v>424</v>
+      </c>
+      <c r="K48" t="s">
+        <v>672</v>
+      </c>
+      <c r="L48" t="s">
+        <v>673</v>
+      </c>
+      <c r="M48" t="s">
+        <v>674</v>
+      </c>
+      <c r="N48" t="s">
+        <v>675</v>
+      </c>
+      <c r="O48" t="s">
+        <v>676</v>
+      </c>
+      <c r="P48" t="s">
+        <v>677</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>678</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B49" t="s">
-        <v>251</v>
+        <v>679</v>
       </c>
       <c r="C49" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D49" t="s">
-        <v>219</v>
+        <v>15</v>
       </c>
       <c r="E49" t="s">
-        <v>246</v>
+        <v>668</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G49" t="s">
-        <v>252</v>
+        <v>680</v>
       </c>
       <c r="H49" t="s">
-        <v>253</v>
+        <v>681</v>
       </c>
       <c r="I49" t="s">
-        <v>249</v>
+        <v>682</v>
       </c>
       <c r="J49" t="s">
-        <v>250</v>
+        <v>284</v>
+      </c>
+      <c r="K49" t="s">
+        <v>683</v>
+      </c>
+      <c r="L49" t="s">
+        <v>684</v>
+      </c>
+      <c r="M49" t="s">
+        <v>685</v>
+      </c>
+      <c r="N49" t="s">
+        <v>686</v>
+      </c>
+      <c r="O49" t="s">
+        <v>687</v>
+      </c>
+      <c r="P49" t="s">
+        <v>688</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>689</v>
+      </c>
+      <c r="R49" t="s">
+        <v>690</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B50" t="s">
-        <v>254</v>
+        <v>691</v>
       </c>
       <c r="C50" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D50" t="s">
-        <v>255</v>
+        <v>15</v>
       </c>
       <c r="E50" t="s">
-        <v>256</v>
+        <v>692</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G50" t="s">
-        <v>257</v>
+        <v>693</v>
       </c>
       <c r="H50" t="s">
-        <v>258</v>
+        <v>694</v>
       </c>
       <c r="I50" t="s">
-        <v>259</v>
+        <v>695</v>
       </c>
       <c r="J50" t="s">
-        <v>99</v>
+        <v>497</v>
+      </c>
+      <c r="K50" t="s">
+        <v>696</v>
+      </c>
+      <c r="L50" t="s">
+        <v>697</v>
+      </c>
+      <c r="M50" t="s">
+        <v>698</v>
+      </c>
+      <c r="N50" t="s">
+        <v>699</v>
+      </c>
+      <c r="O50" t="s">
+        <v>700</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B51" t="s">
-        <v>260</v>
+        <v>701</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D51" t="s">
-        <v>219</v>
+        <v>15</v>
       </c>
       <c r="E51" t="s">
-        <v>261</v>
+        <v>702</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G51" t="s">
-        <v>262</v>
+        <v>703</v>
       </c>
       <c r="H51" t="s">
-        <v>263</v>
+        <v>704</v>
       </c>
       <c r="I51" t="s">
-        <v>114</v>
+        <v>705</v>
       </c>
       <c r="J51" t="s">
-        <v>202</v>
+        <v>497</v>
+      </c>
+      <c r="K51" t="s">
+        <v>706</v>
+      </c>
+      <c r="L51" t="s">
+        <v>707</v>
+      </c>
+      <c r="M51" t="s">
+        <v>708</v>
+      </c>
+      <c r="N51" t="s">
+        <v>709</v>
+      </c>
+      <c r="O51" t="s">
+        <v>710</v>
+      </c>
+      <c r="P51" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B52" t="s">
-        <v>264</v>
+        <v>712</v>
       </c>
       <c r="C52" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D52" t="s">
-        <v>255</v>
+        <v>15</v>
       </c>
       <c r="E52" t="s">
-        <v>265</v>
+        <v>713</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G52" t="s">
-        <v>266</v>
+        <v>714</v>
       </c>
       <c r="H52" t="s">
-        <v>267</v>
+        <v>715</v>
       </c>
       <c r="I52" t="s">
-        <v>259</v>
+        <v>716</v>
       </c>
       <c r="J52" t="s">
-        <v>99</v>
+        <v>717</v>
+      </c>
+      <c r="K52" t="s">
+        <v>718</v>
+      </c>
+      <c r="L52" t="s">
+        <v>719</v>
+      </c>
+      <c r="M52" t="s">
+        <v>720</v>
+      </c>
+      <c r="N52" t="s">
+        <v>721</v>
+      </c>
+      <c r="O52" t="s">
+        <v>722</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B53" t="s">
-        <v>268</v>
+        <v>723</v>
       </c>
       <c r="C53" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D53" t="s">
-        <v>269</v>
+        <v>15</v>
       </c>
       <c r="E53" t="s">
-        <v>270</v>
+        <v>724</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G53" t="s">
-        <v>271</v>
+        <v>725</v>
       </c>
       <c r="H53" t="s">
-        <v>272</v>
+        <v>726</v>
       </c>
       <c r="I53" t="s">
-        <v>241</v>
+        <v>496</v>
       </c>
       <c r="J53" t="s">
-        <v>206</v>
+        <v>727</v>
+      </c>
+      <c r="K53" t="s">
+        <v>728</v>
+      </c>
+      <c r="L53" t="s">
+        <v>729</v>
+      </c>
+      <c r="M53" t="s">
+        <v>730</v>
+      </c>
+      <c r="N53" t="s">
+        <v>731</v>
+      </c>
+      <c r="O53" t="s">
+        <v>732</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B54" t="s">
-        <v>273</v>
+        <v>733</v>
       </c>
       <c r="C54" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D54" t="s">
-        <v>274</v>
+        <v>15</v>
       </c>
       <c r="E54" t="s">
-        <v>275</v>
+        <v>734</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G54" t="s">
-        <v>276</v>
+        <v>735</v>
       </c>
       <c r="H54" t="s">
-        <v>277</v>
+        <v>736</v>
       </c>
       <c r="I54" t="s">
-        <v>278</v>
+        <v>737</v>
       </c>
       <c r="J54" t="s">
-        <v>279</v>
+        <v>158</v>
+      </c>
+      <c r="K54" t="s">
+        <v>738</v>
+      </c>
+      <c r="L54" t="s">
+        <v>739</v>
+      </c>
+      <c r="M54" t="s">
+        <v>740</v>
+      </c>
+      <c r="N54" t="s">
+        <v>741</v>
+      </c>
+      <c r="O54" t="s">
+        <v>742</v>
+      </c>
+      <c r="P54" t="s">
+        <v>743</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B55" t="s">
-        <v>280</v>
+        <v>744</v>
       </c>
       <c r="C55" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D55" t="s">
-        <v>281</v>
+        <v>15</v>
       </c>
       <c r="E55" t="s">
-        <v>275</v>
+        <v>745</v>
       </c>
       <c r="F55" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G55" t="s">
-        <v>282</v>
+        <v>746</v>
       </c>
       <c r="H55" t="s">
-        <v>283</v>
+        <v>747</v>
       </c>
       <c r="I55" t="s">
-        <v>49</v>
+        <v>748</v>
       </c>
       <c r="J55" t="s">
-        <v>284</v>
+        <v>389</v>
+      </c>
+      <c r="K55" t="s">
+        <v>749</v>
+      </c>
+      <c r="L55" t="s">
+        <v>750</v>
+      </c>
+      <c r="M55" t="s">
+        <v>751</v>
+      </c>
+      <c r="N55" t="s">
+        <v>752</v>
+      </c>
+      <c r="O55" t="s">
+        <v>753</v>
+      </c>
+      <c r="P55" t="s">
+        <v>754</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B56" t="s">
-        <v>285</v>
+        <v>755</v>
       </c>
       <c r="C56" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D56" t="s">
-        <v>286</v>
+        <v>15</v>
       </c>
       <c r="E56" t="s">
-        <v>287</v>
+        <v>756</v>
       </c>
       <c r="F56" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G56" t="s">
-        <v>288</v>
+        <v>757</v>
       </c>
       <c r="H56" t="s">
-        <v>289</v>
+        <v>758</v>
       </c>
       <c r="I56" t="s">
-        <v>73</v>
+        <v>759</v>
       </c>
       <c r="J56" t="s">
-        <v>124</v>
+        <v>760</v>
+      </c>
+      <c r="K56" t="s">
+        <v>761</v>
+      </c>
+      <c r="L56" t="s">
+        <v>762</v>
+      </c>
+      <c r="M56" t="s">
+        <v>763</v>
+      </c>
+      <c r="N56" t="s">
+        <v>764</v>
+      </c>
+      <c r="O56" t="s">
+        <v>765</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B57" t="s">
-        <v>290</v>
+        <v>766</v>
       </c>
       <c r="C57" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D57" t="s">
-        <v>291</v>
+        <v>15</v>
       </c>
       <c r="E57" t="s">
-        <v>292</v>
+        <v>767</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G57" t="s">
-        <v>293</v>
+        <v>768</v>
       </c>
       <c r="H57" t="s">
-        <v>294</v>
+        <v>769</v>
       </c>
       <c r="I57" t="s">
-        <v>201</v>
+        <v>770</v>
       </c>
       <c r="J57" t="s">
-        <v>295</v>
+        <v>771</v>
+      </c>
+      <c r="K57" t="s">
+        <v>772</v>
+      </c>
+      <c r="L57" t="s">
+        <v>773</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B58" t="s">
-        <v>296</v>
+        <v>774</v>
       </c>
       <c r="C58" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D58" t="s">
-        <v>297</v>
+        <v>15</v>
       </c>
       <c r="E58" t="s">
-        <v>298</v>
+        <v>775</v>
       </c>
       <c r="F58" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G58" t="s">
-        <v>299</v>
+        <v>776</v>
       </c>
       <c r="H58" t="s">
-        <v>300</v>
+        <v>777</v>
       </c>
       <c r="I58" t="s">
-        <v>301</v>
+        <v>778</v>
       </c>
       <c r="J58" t="s">
-        <v>168</v>
+        <v>284</v>
+      </c>
+      <c r="K58" t="s">
+        <v>779</v>
+      </c>
+      <c r="L58" t="s">
+        <v>780</v>
+      </c>
+      <c r="M58" t="s">
+        <v>781</v>
+      </c>
+      <c r="N58" t="s">
+        <v>782</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B59" t="s">
-        <v>302</v>
+        <v>783</v>
       </c>
       <c r="C59" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D59" t="s">
-        <v>297</v>
+        <v>15</v>
       </c>
       <c r="E59" t="s">
-        <v>303</v>
+        <v>784</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G59" t="s">
-        <v>304</v>
+        <v>785</v>
       </c>
       <c r="H59" t="s">
-        <v>305</v>
+        <v>786</v>
       </c>
       <c r="I59" t="s">
-        <v>306</v>
+        <v>787</v>
       </c>
       <c r="J59" t="s">
-        <v>307</v>
+        <v>788</v>
+      </c>
+      <c r="K59" t="s">
+        <v>789</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B60" t="s">
-        <v>165</v>
+        <v>790</v>
       </c>
       <c r="C60" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D60" t="s">
-        <v>308</v>
+        <v>15</v>
       </c>
       <c r="E60" t="s">
-        <v>309</v>
+        <v>791</v>
       </c>
       <c r="F60" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G60" t="s">
-        <v>310</v>
+        <v>792</v>
       </c>
       <c r="H60" t="s">
-        <v>311</v>
+        <v>793</v>
       </c>
       <c r="I60" t="s">
-        <v>93</v>
+        <v>794</v>
       </c>
       <c r="J60" t="s">
-        <v>168</v>
+        <v>125</v>
+      </c>
+      <c r="K60" t="s">
+        <v>795</v>
+      </c>
+      <c r="L60" t="s">
+        <v>796</v>
+      </c>
+      <c r="M60" t="s">
+        <v>797</v>
+      </c>
+      <c r="N60" t="s">
+        <v>798</v>
+      </c>
+      <c r="O60" t="s">
+        <v>799</v>
+      </c>
+      <c r="P60" t="s">
+        <v>800</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>801</v>
+      </c>
+      <c r="R60" t="s">
+        <v>802</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B61" t="s">
-        <v>312</v>
+        <v>803</v>
       </c>
       <c r="C61" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D61" t="s">
-        <v>297</v>
+        <v>15</v>
       </c>
       <c r="E61" t="s">
-        <v>313</v>
+        <v>804</v>
       </c>
       <c r="F61" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G61" t="s">
-        <v>314</v>
+        <v>805</v>
       </c>
       <c r="H61" t="s">
-        <v>315</v>
+        <v>806</v>
       </c>
       <c r="I61" t="s">
-        <v>316</v>
+        <v>807</v>
       </c>
       <c r="J61" t="s">
-        <v>317</v>
+        <v>665</v>
+      </c>
+      <c r="K61" t="s">
+        <v>808</v>
+      </c>
+      <c r="L61" t="s">
+        <v>809</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B62" t="s">
-        <v>318</v>
+        <v>810</v>
       </c>
       <c r="C62" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D62" t="s">
-        <v>297</v>
+        <v>15</v>
       </c>
       <c r="E62" t="s">
-        <v>313</v>
+        <v>811</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G62" t="s">
-        <v>319</v>
+        <v>812</v>
       </c>
       <c r="H62" t="s">
-        <v>320</v>
+        <v>813</v>
       </c>
       <c r="I62" t="s">
-        <v>321</v>
+        <v>814</v>
       </c>
       <c r="J62" t="s">
-        <v>322</v>
+        <v>158</v>
+      </c>
+      <c r="K62" t="s">
+        <v>815</v>
+      </c>
+      <c r="L62" t="s">
+        <v>816</v>
+      </c>
+      <c r="M62" t="s">
+        <v>817</v>
+      </c>
+      <c r="N62" t="s">
+        <v>818</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B63" t="s">
-        <v>323</v>
+        <v>819</v>
       </c>
       <c r="C63" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D63" t="s">
-        <v>297</v>
+        <v>15</v>
       </c>
       <c r="E63" t="s">
-        <v>313</v>
+        <v>820</v>
       </c>
       <c r="F63" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G63" t="s">
-        <v>324</v>
+        <v>821</v>
       </c>
       <c r="H63" t="s">
-        <v>325</v>
+        <v>822</v>
       </c>
       <c r="I63" t="s">
-        <v>321</v>
+        <v>823</v>
       </c>
       <c r="J63" t="s">
-        <v>322</v>
+        <v>125</v>
+      </c>
+      <c r="K63" t="s">
+        <v>824</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B64" t="s">
-        <v>326</v>
+        <v>825</v>
       </c>
       <c r="C64" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D64" t="s">
-        <v>297</v>
+        <v>15</v>
       </c>
       <c r="E64" t="s">
-        <v>313</v>
+        <v>811</v>
       </c>
       <c r="F64" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G64" t="s">
-        <v>327</v>
+        <v>826</v>
       </c>
       <c r="H64" t="s">
-        <v>328</v>
+        <v>827</v>
       </c>
       <c r="I64" t="s">
-        <v>11</v>
+        <v>388</v>
       </c>
       <c r="J64" t="s">
-        <v>329</v>
+        <v>158</v>
+      </c>
+      <c r="K64" t="s">
+        <v>828</v>
+      </c>
+      <c r="L64" t="s">
+        <v>829</v>
+      </c>
+      <c r="M64" t="s">
+        <v>830</v>
+      </c>
+      <c r="N64" t="s">
+        <v>831</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B65" t="s">
-        <v>330</v>
+        <v>832</v>
       </c>
       <c r="C65" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D65" t="s">
-        <v>331</v>
+        <v>15</v>
       </c>
       <c r="E65" t="s">
-        <v>332</v>
+        <v>833</v>
       </c>
       <c r="F65" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G65" t="s">
-        <v>333</v>
+        <v>834</v>
       </c>
       <c r="H65" t="s">
-        <v>334</v>
+        <v>835</v>
       </c>
       <c r="I65" t="s">
-        <v>172</v>
+        <v>814</v>
       </c>
       <c r="J65" t="s">
-        <v>335</v>
+        <v>389</v>
+      </c>
+      <c r="K65" t="s">
+        <v>836</v>
+      </c>
+      <c r="L65" t="s">
+        <v>837</v>
+      </c>
+      <c r="M65" t="s">
+        <v>838</v>
+      </c>
+      <c r="N65" t="s">
+        <v>839</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B66" t="s">
-        <v>336</v>
+        <v>840</v>
       </c>
       <c r="C66" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D66" t="s">
-        <v>337</v>
+        <v>15</v>
       </c>
       <c r="E66" t="s">
-        <v>338</v>
+        <v>841</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G66" t="s">
-        <v>339</v>
+        <v>842</v>
       </c>
       <c r="H66" t="s">
-        <v>340</v>
+        <v>843</v>
       </c>
       <c r="I66" t="s">
-        <v>341</v>
+        <v>844</v>
       </c>
       <c r="J66" t="s">
-        <v>342</v>
+        <v>445</v>
+      </c>
+      <c r="K66" t="s">
+        <v>845</v>
+      </c>
+      <c r="L66" t="s">
+        <v>846</v>
+      </c>
+      <c r="M66" t="s">
+        <v>847</v>
+      </c>
+      <c r="N66" t="s">
+        <v>848</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B67" t="s">
-        <v>45</v>
+        <v>849</v>
       </c>
       <c r="C67" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D67" t="s">
-        <v>308</v>
+        <v>15</v>
       </c>
       <c r="E67" t="s">
-        <v>343</v>
+        <v>850</v>
       </c>
       <c r="F67" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G67" t="s">
-        <v>344</v>
+        <v>851</v>
       </c>
       <c r="H67" t="s">
-        <v>345</v>
+        <v>852</v>
       </c>
       <c r="I67" t="s">
-        <v>49</v>
+        <v>853</v>
       </c>
       <c r="J67" t="s">
-        <v>50</v>
+        <v>854</v>
+      </c>
+      <c r="K67" t="s">
+        <v>855</v>
+      </c>
+      <c r="L67" t="s">
+        <v>856</v>
+      </c>
+      <c r="M67" t="s">
+        <v>857</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B68" t="s">
-        <v>346</v>
+        <v>858</v>
       </c>
       <c r="C68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D68" t="s">
-        <v>347</v>
+        <v>15</v>
       </c>
       <c r="E68" t="s">
-        <v>348</v>
+        <v>859</v>
       </c>
       <c r="F68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G68" t="s">
-        <v>349</v>
+        <v>860</v>
       </c>
       <c r="H68" t="s">
-        <v>350</v>
+        <v>861</v>
       </c>
       <c r="I68" t="s">
-        <v>49</v>
+        <v>862</v>
       </c>
       <c r="J68" t="s">
-        <v>157</v>
+        <v>863</v>
+      </c>
+      <c r="K68" t="s">
+        <v>864</v>
+      </c>
+      <c r="L68" t="s">
+        <v>865</v>
+      </c>
+      <c r="M68" t="s">
+        <v>866</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B69" t="s">
-        <v>351</v>
+        <v>867</v>
       </c>
       <c r="C69" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D69" t="s">
-        <v>347</v>
+        <v>15</v>
       </c>
       <c r="E69" t="s">
-        <v>352</v>
+        <v>868</v>
       </c>
       <c r="F69" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G69" t="s">
-        <v>353</v>
+        <v>869</v>
       </c>
       <c r="H69" t="s">
-        <v>354</v>
+        <v>870</v>
       </c>
       <c r="I69" t="s">
-        <v>49</v>
+        <v>716</v>
       </c>
       <c r="J69" t="s">
-        <v>157</v>
+        <v>871</v>
+      </c>
+      <c r="K69" t="s">
+        <v>872</v>
+      </c>
+      <c r="L69" t="s">
+        <v>873</v>
+      </c>
+      <c r="M69" t="s">
+        <v>874</v>
+      </c>
+      <c r="N69" t="s">
+        <v>875</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B70" t="s">
-        <v>355</v>
+        <v>876</v>
       </c>
       <c r="C70" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D70" t="s">
-        <v>347</v>
+        <v>15</v>
       </c>
       <c r="E70" t="s">
-        <v>348</v>
+        <v>877</v>
       </c>
       <c r="F70" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G70" t="s">
-        <v>356</v>
+        <v>878</v>
       </c>
       <c r="H70" t="s">
-        <v>357</v>
+        <v>879</v>
       </c>
       <c r="I70" t="s">
-        <v>49</v>
+        <v>880</v>
       </c>
       <c r="J70" t="s">
-        <v>157</v>
+        <v>881</v>
+      </c>
+      <c r="K70" t="s">
+        <v>882</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B71" t="s">
-        <v>358</v>
+        <v>883</v>
       </c>
       <c r="C71" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D71" t="s">
-        <v>347</v>
+        <v>15</v>
       </c>
       <c r="E71" t="s">
-        <v>359</v>
+        <v>884</v>
       </c>
       <c r="F71" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G71" t="s">
-        <v>360</v>
+        <v>885</v>
       </c>
       <c r="H71" t="s">
-        <v>361</v>
+        <v>886</v>
       </c>
       <c r="I71" t="s">
-        <v>80</v>
+        <v>887</v>
       </c>
       <c r="J71" t="s">
-        <v>99</v>
+        <v>389</v>
+      </c>
+      <c r="K71" t="s">
+        <v>888</v>
+      </c>
+      <c r="L71" t="s">
+        <v>889</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B72" t="s">
-        <v>133</v>
+        <v>890</v>
       </c>
       <c r="C72" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D72" t="s">
-        <v>362</v>
+        <v>15</v>
       </c>
       <c r="E72" t="s">
-        <v>363</v>
+        <v>891</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G72" t="s">
-        <v>364</v>
+        <v>892</v>
       </c>
       <c r="H72" t="s">
-        <v>365</v>
+        <v>893</v>
       </c>
       <c r="I72" t="s">
-        <v>366</v>
+        <v>894</v>
       </c>
       <c r="J72" t="s">
-        <v>367</v>
+        <v>863</v>
+      </c>
+      <c r="K72" t="s">
+        <v>895</v>
+      </c>
+      <c r="L72" t="s">
+        <v>896</v>
+      </c>
+      <c r="M72" t="s">
+        <v>897</v>
+      </c>
+      <c r="N72" t="s">
+        <v>898</v>
+      </c>
+      <c r="O72" t="s">
+        <v>899</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B73" t="s">
-        <v>146</v>
+        <v>900</v>
       </c>
       <c r="C73" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D73" t="s">
-        <v>362</v>
+        <v>15</v>
       </c>
       <c r="E73" t="s">
-        <v>363</v>
+        <v>901</v>
       </c>
       <c r="F73" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G73" t="s">
-        <v>368</v>
+        <v>902</v>
       </c>
       <c r="H73" t="s">
-        <v>369</v>
+        <v>903</v>
       </c>
       <c r="I73" t="s">
-        <v>366</v>
+        <v>904</v>
       </c>
       <c r="J73" t="s">
-        <v>367</v>
+        <v>389</v>
+      </c>
+      <c r="K73" t="s">
+        <v>905</v>
+      </c>
+      <c r="L73" t="s">
+        <v>906</v>
+      </c>
+      <c r="M73" t="s">
+        <v>907</v>
+      </c>
+      <c r="N73" t="s">
+        <v>908</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B74" t="s">
-        <v>370</v>
+        <v>909</v>
       </c>
       <c r="C74" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D74" t="s">
-        <v>362</v>
+        <v>15</v>
       </c>
       <c r="E74" t="s">
-        <v>371</v>
+        <v>910</v>
       </c>
       <c r="F74" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G74" t="s">
-        <v>372</v>
+        <v>911</v>
       </c>
       <c r="H74" t="s">
-        <v>373</v>
+        <v>912</v>
       </c>
       <c r="I74" t="s">
-        <v>233</v>
+        <v>913</v>
       </c>
       <c r="J74" t="s">
-        <v>374</v>
+        <v>665</v>
+      </c>
+      <c r="K74" t="s">
+        <v>914</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B75" t="s">
-        <v>375</v>
+        <v>915</v>
       </c>
       <c r="C75" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D75" t="s">
-        <v>362</v>
+        <v>15</v>
       </c>
       <c r="E75" t="s">
-        <v>371</v>
+        <v>916</v>
       </c>
       <c r="F75" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G75" t="s">
-        <v>376</v>
+        <v>917</v>
       </c>
       <c r="H75" t="s">
-        <v>377</v>
+        <v>918</v>
       </c>
       <c r="I75" t="s">
-        <v>378</v>
+        <v>919</v>
       </c>
       <c r="J75" t="s">
-        <v>379</v>
+        <v>920</v>
+      </c>
+      <c r="K75" t="s">
+        <v>921</v>
+      </c>
+      <c r="L75" t="s">
+        <v>922</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B76" t="s">
-        <v>380</v>
+        <v>923</v>
       </c>
       <c r="C76" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D76" t="s">
-        <v>362</v>
+        <v>15</v>
       </c>
       <c r="E76" t="s">
-        <v>371</v>
+        <v>924</v>
       </c>
       <c r="F76" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G76" t="s">
-        <v>381</v>
+        <v>925</v>
       </c>
       <c r="H76" t="s">
-        <v>382</v>
+        <v>926</v>
       </c>
       <c r="I76" t="s">
-        <v>378</v>
+        <v>927</v>
       </c>
       <c r="J76" t="s">
-        <v>379</v>
+        <v>928</v>
+      </c>
+      <c r="K76" t="s">
+        <v>929</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B77" t="s">
-        <v>383</v>
+        <v>930</v>
       </c>
       <c r="C77" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D77" t="s">
-        <v>362</v>
+        <v>15</v>
       </c>
       <c r="E77" t="s">
-        <v>384</v>
+        <v>931</v>
       </c>
       <c r="F77" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G77" t="s">
-        <v>385</v>
+        <v>932</v>
       </c>
       <c r="H77" t="s">
-        <v>386</v>
+        <v>933</v>
       </c>
       <c r="I77" t="s">
-        <v>172</v>
+        <v>934</v>
       </c>
       <c r="J77" t="s">
-        <v>329</v>
+        <v>920</v>
+      </c>
+      <c r="K77" t="s">
+        <v>935</v>
+      </c>
+      <c r="L77" t="s">
+        <v>936</v>
+      </c>
+      <c r="M77" t="s">
+        <v>937</v>
+      </c>
+      <c r="N77" t="s">
+        <v>938</v>
+      </c>
+      <c r="O77" t="s">
+        <v>939</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B78" t="s">
-        <v>387</v>
+        <v>940</v>
       </c>
       <c r="C78" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D78" t="s">
-        <v>362</v>
+        <v>15</v>
       </c>
       <c r="E78" t="s">
-        <v>384</v>
+        <v>941</v>
       </c>
       <c r="F78" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G78" t="s">
-        <v>388</v>
+        <v>942</v>
       </c>
       <c r="H78" t="s">
-        <v>389</v>
+        <v>943</v>
       </c>
       <c r="I78" t="s">
-        <v>80</v>
+        <v>944</v>
       </c>
       <c r="J78" t="s">
-        <v>390</v>
+        <v>945</v>
+      </c>
+      <c r="K78" t="s">
+        <v>946</v>
+      </c>
+      <c r="L78" t="s">
+        <v>947</v>
+      </c>
+      <c r="M78" t="s">
+        <v>948</v>
+      </c>
+      <c r="N78" t="s">
+        <v>949</v>
+      </c>
+      <c r="O78" t="s">
+        <v>950</v>
+      </c>
+      <c r="P78" t="s">
+        <v>951</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>952</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="B79" t="s">
-        <v>391</v>
+        <v>953</v>
       </c>
       <c r="C79" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D79" t="s">
-        <v>392</v>
+        <v>15</v>
       </c>
       <c r="E79" t="s">
-        <v>393</v>
+        <v>954</v>
       </c>
       <c r="F79" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G79" t="s">
-        <v>394</v>
+        <v>955</v>
       </c>
       <c r="H79" t="s">
-        <v>395</v>
+        <v>956</v>
       </c>
       <c r="I79" t="s">
-        <v>49</v>
+        <v>957</v>
       </c>
       <c r="J79" t="s">
-        <v>396</v>
-[...3803 lines deleted...]
-      <c r="I198" t="s">
         <v>958</v>
       </c>
-      <c r="J198" t="s">
+      <c r="K79" t="s">
         <v>959</v>
       </c>
     </row>
-    <row r="199">
-[...16798 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
-[...2983 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>