--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -54,51 +54,51 @@
     <sheet name="Export Medicament" r:id="rId17" sheetId="15"/>
     <sheet name="Export Article HAS" r:id="rId18" sheetId="16"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Dossier'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="15" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4760" uniqueCount="2954">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4784" uniqueCount="2971">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1557,50 +1557,101 @@
     <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
   </si>
   <si>
     <t>c_540874</t>
   </si>
   <si>
     <t>Rapport de synthèse sur le dépistage et le diagnostic du diabète gestationnel</t>
   </si>
   <si>
     <t>Le diabète gestationnel est un trouble de la tolérance glucidique conduisant à une hyperglycémie de sévérité variable pendant la grossesse.</t>
   </si>
   <si>
     <t>01/07/2005 00:00:00</t>
   </si>
   <si>
     <t>01/07/2005 17:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272475/fr/rapport-de-synthese-sur-le-depistage-et-le-diagnostic-du-diabete-gestationnel</t>
   </si>
   <si>
     <t>c_272475</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Désordres hypertensifs de la femme enceinte : prévention, dépistage et prise en charge - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est l’élaboration : De recommandations à destination des professionnels dans le but d’améliorer la prévention, le dépistage et la prise en charge des femmes présentant un DHG. De fiche(s) d’information à destination des femmes ayant présenté un DHG.</t>
+  </si>
+  <si>
+    <t>03/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2025 08:47:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700376/fr/label-desordres-hypertensifs-de-la-femme-enceinte-prevention-depistage-et-prise-en-charge-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3700376</t>
+  </si>
+  <si>
+    <t>Dépistage systématique du cytomégalovirus au premier trimestre de grossesse :  prise en charge et suivi - Note de cadrage</t>
+  </si>
+  <si>
+    <t>19/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:42:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3748990/fr/depistage-systematique-du-cytomegalovirus-au-premier-trimestre-de-grossesse-prise-en-charge-et-suivi-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3748990</t>
+  </si>
+  <si>
+    <t>Prise en charge de la femme en période de péri-ménopause/ménopause en soins de premier recours – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs sont les suivants : Améliorer l’information des femmes et des professionnels de santé de premier recours : Pour une meilleure connaissance des symptômes évocateurs de la périménopause et des possibilités d’accompagnement et d’une prise en charge thérapeutique personnalisée Pour une meilleure évaluation des besoins (variables d’une femme à une autre) et prise en considération de l’impact possible sur la vie quotidienne, sur la santé (bouffées vaso-motrices, ostéoporose, syndrome génito-urinaire, troubles cognitifs …) Améliorer la prise en charge des femmes par les professionnels de santé : accompagnement, accès aux traitements en fonction des besoins exprimés Mettre à disposition des professionnels de santé et des femmes des outils pour aborder régulièrement cette question aux âges de la péri-ménopause/ménopause Préciser les conditions pour lesquelles un recours à un médecin spécialiste de 2ème ou 3ème recours doit être envisagé</t>
+  </si>
+  <si>
+    <t>06/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 12:14:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737819/fr/prise-en-charge-de-la-femme-en-periode-de-peri-menopause/menopause-en-soins-de-premier-recours-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737819</t>
   </si>
   <si>
     <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
   </si>
   <si>
     <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
   </si>
   <si>
     <t>23/07/2025 00:00:00</t>
   </si>
   <si>
     <t>01/08/2025 12:01:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639420/fr/surveillance-medico-professionnelle-des-travailleurs-exposes-aux-toxiques-pour-la-reproduction-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3639420</t>
   </si>
   <si>
     <t>Santé préconceptionnelle - Note de cadrage</t>
   </si>
   <si>
     <t>11/06/2025 00:00:00</t>
   </si>
@@ -9058,51 +9109,51 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H59"/>
+  <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -9231,12291 +9282,12369 @@
       </c>
       <c r="E6" t="s">
         <v>526</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>527</v>
       </c>
       <c r="H6" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>500</v>
       </c>
       <c r="B7" t="s">
         <v>529</v>
       </c>
       <c r="C7" t="s">
         <v>530</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>531</v>
       </c>
       <c r="E7" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H7" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>500</v>
       </c>
       <c r="B8" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C8" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D8" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E8" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="H8" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>500</v>
       </c>
       <c r="B9" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C9" t="s">
-        <v>541</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>542</v>
       </c>
       <c r="E9" t="s">
         <v>543</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>544</v>
       </c>
       <c r="H9" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>500</v>
       </c>
       <c r="B10" t="s">
         <v>546</v>
       </c>
       <c r="C10" t="s">
         <v>547</v>
       </c>
       <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>548</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>549</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>500</v>
       </c>
       <c r="B11" t="s">
+        <v>551</v>
+      </c>
+      <c r="C11" t="s">
         <v>552</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>553</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>554</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>555</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>500</v>
       </c>
       <c r="B12" t="s">
+        <v>557</v>
+      </c>
+      <c r="C12" t="s">
         <v>558</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>559</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>560</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>561</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>500</v>
       </c>
       <c r="B13" t="s">
+        <v>563</v>
+      </c>
+      <c r="C13" t="s">
         <v>564</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>565</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>566</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>567</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>500</v>
       </c>
       <c r="B14" t="s">
+        <v>569</v>
+      </c>
+      <c r="C14" t="s">
         <v>570</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>571</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>572</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>573</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>500</v>
       </c>
       <c r="B15" t="s">
+        <v>575</v>
+      </c>
+      <c r="C15" t="s">
         <v>576</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>577</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>578</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
         <v>579</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>500</v>
       </c>
       <c r="B16" t="s">
+        <v>581</v>
+      </c>
+      <c r="C16" t="s">
         <v>582</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>583</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>584</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
         <v>585</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>500</v>
       </c>
       <c r="B17" t="s">
+        <v>587</v>
+      </c>
+      <c r="C17" t="s">
         <v>588</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>589</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>590</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>591</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>500</v>
       </c>
       <c r="B18" t="s">
+        <v>593</v>
+      </c>
+      <c r="C18" t="s">
         <v>594</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>595</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>596</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>597</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>500</v>
       </c>
       <c r="B19" t="s">
+        <v>599</v>
+      </c>
+      <c r="C19" t="s">
         <v>600</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>601</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="H19" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>500</v>
       </c>
       <c r="B20" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C20" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D20" t="s">
-        <v>596</v>
+        <v>607</v>
       </c>
       <c r="E20" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="H20" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>500</v>
       </c>
       <c r="B21" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C21" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D21" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="E21" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="H21" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>500</v>
       </c>
       <c r="B22" t="s">
+        <v>617</v>
+      </c>
+      <c r="C22" t="s">
+        <v>618</v>
+      </c>
+      <c r="D22" t="s">
         <v>613</v>
       </c>
-      <c r="C22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>597</v>
+        <v>614</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="H22" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>500</v>
       </c>
       <c r="B23" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="C23" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="D23" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="E23" t="s">
-        <v>606</v>
+        <v>623</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="H23" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>500</v>
       </c>
       <c r="B24" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="C24" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="D24" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="E24" t="s">
-        <v>606</v>
+        <v>623</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="H24" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>500</v>
       </c>
       <c r="B25" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="C25" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D25" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="E25" t="s">
-        <v>597</v>
+        <v>614</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="H25" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>500</v>
       </c>
       <c r="B26" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="C26" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
       <c r="D26" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="E26" t="s">
-        <v>597</v>
+        <v>623</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="H26" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>500</v>
       </c>
       <c r="B27" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="C27" t="s">
-        <v>605</v>
+        <v>638</v>
       </c>
       <c r="D27" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="E27" t="s">
-        <v>606</v>
+        <v>623</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="H27" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>500</v>
       </c>
       <c r="B28" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="C28" t="s">
-        <v>605</v>
+        <v>642</v>
       </c>
       <c r="D28" t="s">
-        <v>596</v>
+        <v>613</v>
       </c>
       <c r="E28" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="H28" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>500</v>
       </c>
       <c r="B29" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
       <c r="C29" t="s">
-        <v>638</v>
+        <v>627</v>
       </c>
       <c r="D29" t="s">
-        <v>639</v>
+        <v>613</v>
       </c>
       <c r="E29" t="s">
-        <v>640</v>
+        <v>614</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="H29" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>500</v>
       </c>
       <c r="B30" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="C30" t="s">
-        <v>644</v>
+        <v>622</v>
       </c>
       <c r="D30" t="s">
-        <v>645</v>
+        <v>613</v>
       </c>
       <c r="E30" t="s">
-        <v>646</v>
+        <v>623</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="H30" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>500</v>
       </c>
       <c r="B31" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C31" t="s">
-        <v>650</v>
+        <v>622</v>
       </c>
       <c r="D31" t="s">
-        <v>645</v>
+        <v>613</v>
       </c>
       <c r="E31" t="s">
-        <v>651</v>
+        <v>623</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>652</v>
       </c>
       <c r="H31" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>500</v>
       </c>
       <c r="B32" t="s">
         <v>654</v>
       </c>
       <c r="C32" t="s">
         <v>655</v>
       </c>
       <c r="D32" t="s">
         <v>656</v>
       </c>
       <c r="E32" t="s">
         <v>657</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>658</v>
       </c>
       <c r="H32" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>500</v>
       </c>
       <c r="B33" t="s">
         <v>660</v>
       </c>
       <c r="C33" t="s">
         <v>661</v>
       </c>
       <c r="D33" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="E33" t="s">
-        <v>549</v>
+        <v>663</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="H33" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>500</v>
       </c>
       <c r="B34" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C34" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D34" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="E34" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="H34" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>500</v>
       </c>
       <c r="B35" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C35" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D35" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="E35" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="H35" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>500</v>
       </c>
       <c r="B36" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C36" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="D36" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="E36" t="s">
-        <v>678</v>
+        <v>566</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>679</v>
       </c>
       <c r="H36" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>500</v>
       </c>
       <c r="B37" t="s">
         <v>681</v>
       </c>
       <c r="C37" t="s">
         <v>682</v>
       </c>
       <c r="D37" t="s">
+        <v>673</v>
+      </c>
+      <c r="E37" t="s">
         <v>683</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
         <v>684</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>685</v>
-      </c>
-[...1 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>500</v>
       </c>
       <c r="B38" t="s">
+        <v>686</v>
+      </c>
+      <c r="C38" t="s">
         <v>687</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>688</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>689</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
         <v>690</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>500</v>
       </c>
       <c r="B39" t="s">
+        <v>692</v>
+      </c>
+      <c r="C39" t="s">
         <v>693</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>694</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>695</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
         <v>696</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>500</v>
       </c>
       <c r="B40" t="s">
+        <v>698</v>
+      </c>
+      <c r="C40" t="s">
         <v>699</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>701</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
         <v>702</v>
       </c>
       <c r="H40" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>500</v>
       </c>
       <c r="B41" t="s">
         <v>704</v>
       </c>
       <c r="C41" t="s">
         <v>705</v>
       </c>
       <c r="D41" t="s">
         <v>706</v>
       </c>
       <c r="E41" t="s">
         <v>707</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
         <v>708</v>
       </c>
       <c r="H41" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>500</v>
       </c>
       <c r="B42" t="s">
-        <v>380</v>
+        <v>710</v>
       </c>
       <c r="C42" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D42" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="E42" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="H42" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>500</v>
       </c>
       <c r="B43" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C43" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D43" t="s">
-        <v>717</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>718</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
         <v>719</v>
       </c>
       <c r="H43" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>500</v>
       </c>
       <c r="B44" t="s">
         <v>721</v>
       </c>
       <c r="C44" t="s">
         <v>722</v>
       </c>
       <c r="D44" t="s">
         <v>723</v>
       </c>
       <c r="E44" t="s">
         <v>724</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
         <v>725</v>
       </c>
       <c r="H44" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>500</v>
       </c>
       <c r="B45" t="s">
+        <v>380</v>
+      </c>
+      <c r="C45" t="s">
         <v>727</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>728</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>729</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
         <v>730</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>500</v>
       </c>
       <c r="B46" t="s">
+        <v>732</v>
+      </c>
+      <c r="C46" t="s">
         <v>733</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>734</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>735</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
         <v>736</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>500</v>
       </c>
       <c r="B47" t="s">
+        <v>738</v>
+      </c>
+      <c r="C47" t="s">
         <v>739</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>740</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>741</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
         <v>742</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>743</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>500</v>
       </c>
       <c r="B48" t="s">
+        <v>744</v>
+      </c>
+      <c r="C48" t="s">
         <v>745</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>746</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>747</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
         <v>748</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>500</v>
       </c>
       <c r="B49" t="s">
+        <v>750</v>
+      </c>
+      <c r="C49" t="s">
         <v>751</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>752</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>753</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
         <v>754</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>500</v>
       </c>
       <c r="B50" t="s">
+        <v>756</v>
+      </c>
+      <c r="C50" t="s">
         <v>757</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
       <c r="E50" t="s">
         <v>759</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
         <v>760</v>
       </c>
       <c r="H50" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>500</v>
       </c>
       <c r="B51" t="s">
         <v>762</v>
       </c>
       <c r="C51" t="s">
         <v>763</v>
       </c>
       <c r="D51" t="s">
         <v>764</v>
       </c>
       <c r="E51" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="H51" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>500</v>
       </c>
       <c r="B52" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C52" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D52" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="E52" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="H52" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>500</v>
       </c>
       <c r="B53" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C53" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D53" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="E53" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="H53" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>500</v>
       </c>
       <c r="B54" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C54" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D54" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="E54" t="s">
         <v>781</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
         <v>782</v>
       </c>
       <c r="H54" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>500</v>
       </c>
       <c r="B55" t="s">
         <v>784</v>
       </c>
       <c r="C55" t="s">
         <v>785</v>
       </c>
       <c r="D55" t="s">
         <v>786</v>
       </c>
       <c r="E55" t="s">
+        <v>786</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
         <v>787</v>
       </c>
-      <c r="F55" t="s">
-[...2 lines deleted...]
-      <c r="G55" t="s">
+      <c r="H55" t="s">
         <v>788</v>
-      </c>
-[...1 lines deleted...]
-        <v>789</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>500</v>
       </c>
       <c r="B56" t="s">
+        <v>789</v>
+      </c>
+      <c r="C56" t="s">
         <v>790</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>791</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
         <v>792</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
         <v>793</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="H56" t="s">
         <v>794</v>
-      </c>
-[...1 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>500</v>
       </c>
       <c r="B57" t="s">
+        <v>795</v>
+      </c>
+      <c r="C57" t="s">
         <v>796</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>797</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E57" t="s">
         <v>798</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
         <v>799</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>500</v>
       </c>
       <c r="B58" t="s">
+        <v>801</v>
+      </c>
+      <c r="C58" t="s">
         <v>802</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>803</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>804</v>
       </c>
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
         <v>805</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>500</v>
       </c>
       <c r="B59" t="s">
+        <v>807</v>
+      </c>
+      <c r="C59" t="s">
         <v>808</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>809</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>810</v>
       </c>
-      <c r="E59" t="s">
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
         <v>811</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="H59" t="s">
         <v>812</v>
       </c>
-      <c r="H59" t="s">
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>500</v>
+      </c>
+      <c r="B60" t="s">
         <v>813</v>
+      </c>
+      <c r="C60" t="s">
+        <v>814</v>
+      </c>
+      <c r="D60" t="s">
+        <v>815</v>
+      </c>
+      <c r="E60" t="s">
+        <v>816</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>817</v>
+      </c>
+      <c r="H60" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>500</v>
+      </c>
+      <c r="B61" t="s">
+        <v>819</v>
+      </c>
+      <c r="C61" t="s">
+        <v>820</v>
+      </c>
+      <c r="D61" t="s">
+        <v>821</v>
+      </c>
+      <c r="E61" t="s">
+        <v>822</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>823</v>
+      </c>
+      <c r="H61" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>500</v>
+      </c>
+      <c r="B62" t="s">
+        <v>825</v>
+      </c>
+      <c r="C62" t="s">
+        <v>826</v>
+      </c>
+      <c r="D62" t="s">
+        <v>827</v>
+      </c>
+      <c r="E62" t="s">
+        <v>828</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>829</v>
+      </c>
+      <c r="H62" t="s">
+        <v>830</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B2" t="s">
-        <v>815</v>
+        <v>832</v>
       </c>
       <c r="C2" t="s">
-        <v>816</v>
+        <v>833</v>
       </c>
       <c r="D2" t="s">
-        <v>817</v>
+        <v>834</v>
       </c>
       <c r="E2" t="s">
-        <v>818</v>
+        <v>835</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>819</v>
+        <v>836</v>
       </c>
       <c r="H2" t="s">
-        <v>820</v>
+        <v>837</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B3" t="s">
-        <v>821</v>
+        <v>838</v>
       </c>
       <c r="C3" t="s">
-        <v>822</v>
+        <v>839</v>
       </c>
       <c r="D3" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="E3" t="s">
-        <v>824</v>
+        <v>841</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>825</v>
+        <v>842</v>
       </c>
       <c r="H3" t="s">
-        <v>826</v>
+        <v>843</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B4" t="s">
-        <v>827</v>
+        <v>844</v>
       </c>
       <c r="C4" t="s">
-        <v>828</v>
+        <v>845</v>
       </c>
       <c r="D4" t="s">
-        <v>829</v>
+        <v>846</v>
       </c>
       <c r="E4" t="s">
-        <v>830</v>
+        <v>847</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>831</v>
+        <v>848</v>
       </c>
       <c r="H4" t="s">
-        <v>832</v>
+        <v>849</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B5" t="s">
-        <v>833</v>
+        <v>850</v>
       </c>
       <c r="C5" t="s">
-        <v>834</v>
+        <v>851</v>
       </c>
       <c r="D5" t="s">
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="E5" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>837</v>
+        <v>854</v>
       </c>
       <c r="H5" t="s">
-        <v>838</v>
+        <v>855</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B6" t="s">
-        <v>839</v>
+        <v>856</v>
       </c>
       <c r="C6" t="s">
-        <v>840</v>
+        <v>857</v>
       </c>
       <c r="D6" t="s">
-        <v>841</v>
+        <v>858</v>
       </c>
       <c r="E6" t="s">
-        <v>842</v>
+        <v>859</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>843</v>
+        <v>860</v>
       </c>
       <c r="H6" t="s">
-        <v>844</v>
+        <v>861</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B7" t="s">
-        <v>845</v>
+        <v>862</v>
       </c>
       <c r="C7" t="s">
-        <v>846</v>
+        <v>863</v>
       </c>
       <c r="D7" t="s">
-        <v>847</v>
+        <v>864</v>
       </c>
       <c r="E7" t="s">
-        <v>848</v>
+        <v>865</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>849</v>
+        <v>866</v>
       </c>
       <c r="H7" t="s">
-        <v>850</v>
+        <v>867</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B8" t="s">
-        <v>851</v>
+        <v>868</v>
       </c>
       <c r="C8" t="s">
-        <v>852</v>
+        <v>869</v>
       </c>
       <c r="D8" t="s">
-        <v>853</v>
+        <v>870</v>
       </c>
       <c r="E8" t="s">
-        <v>854</v>
+        <v>871</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>855</v>
+        <v>872</v>
       </c>
       <c r="H8" t="s">
-        <v>856</v>
+        <v>873</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B9" t="s">
-        <v>857</v>
+        <v>874</v>
       </c>
       <c r="C9" t="s">
-        <v>858</v>
+        <v>875</v>
       </c>
       <c r="D9" t="s">
-        <v>859</v>
+        <v>876</v>
       </c>
       <c r="E9" t="s">
-        <v>860</v>
+        <v>877</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>861</v>
+        <v>878</v>
       </c>
       <c r="H9" t="s">
-        <v>862</v>
+        <v>879</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B10" t="s">
-        <v>863</v>
+        <v>880</v>
       </c>
       <c r="C10" t="s">
-        <v>864</v>
+        <v>881</v>
       </c>
       <c r="D10" t="s">
-        <v>865</v>
+        <v>882</v>
       </c>
       <c r="E10" t="s">
-        <v>866</v>
+        <v>883</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>867</v>
+        <v>884</v>
       </c>
       <c r="H10" t="s">
-        <v>868</v>
+        <v>885</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B11" t="s">
-        <v>869</v>
+        <v>886</v>
       </c>
       <c r="C11" t="s">
-        <v>870</v>
+        <v>887</v>
       </c>
       <c r="D11" t="s">
-        <v>683</v>
+        <v>700</v>
       </c>
       <c r="E11" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>872</v>
+        <v>889</v>
       </c>
       <c r="H11" t="s">
-        <v>873</v>
+        <v>890</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B12" t="s">
-        <v>874</v>
+        <v>891</v>
       </c>
       <c r="C12" t="s">
-        <v>875</v>
+        <v>892</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>876</v>
+        <v>893</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>877</v>
+        <v>894</v>
       </c>
       <c r="H12" t="s">
-        <v>878</v>
+        <v>895</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B13" t="s">
-        <v>879</v>
+        <v>896</v>
       </c>
       <c r="C13" t="s">
-        <v>880</v>
+        <v>897</v>
       </c>
       <c r="D13" t="s">
-        <v>881</v>
+        <v>898</v>
       </c>
       <c r="E13" t="s">
-        <v>882</v>
+        <v>899</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>883</v>
+        <v>900</v>
       </c>
       <c r="H13" t="s">
-        <v>884</v>
+        <v>901</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B14" t="s">
-        <v>885</v>
+        <v>902</v>
       </c>
       <c r="C14" t="s">
-        <v>886</v>
+        <v>903</v>
       </c>
       <c r="D14" t="s">
-        <v>887</v>
+        <v>904</v>
       </c>
       <c r="E14" t="s">
-        <v>888</v>
+        <v>905</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>889</v>
+        <v>906</v>
       </c>
       <c r="H14" t="s">
-        <v>890</v>
+        <v>907</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="B15" t="s">
-        <v>891</v>
+        <v>908</v>
       </c>
       <c r="C15" t="s">
-        <v>892</v>
+        <v>909</v>
       </c>
       <c r="D15" t="s">
-        <v>893</v>
+        <v>910</v>
       </c>
       <c r="E15" t="s">
-        <v>894</v>
+        <v>911</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>895</v>
+        <v>912</v>
       </c>
       <c r="H15" t="s">
-        <v>896</v>
+        <v>913</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B2" t="s">
-        <v>898</v>
+        <v>915</v>
       </c>
       <c r="C2" t="s">
-        <v>899</v>
+        <v>916</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>449</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>900</v>
+        <v>917</v>
       </c>
       <c r="H2" t="s">
-        <v>901</v>
+        <v>918</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B3" t="s">
-        <v>902</v>
+        <v>919</v>
       </c>
       <c r="C3" t="s">
-        <v>903</v>
+        <v>920</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>904</v>
+        <v>921</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>905</v>
+        <v>922</v>
       </c>
       <c r="H3" t="s">
-        <v>906</v>
+        <v>923</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B4" t="s">
-        <v>907</v>
+        <v>924</v>
       </c>
       <c r="C4" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>909</v>
+        <v>926</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>910</v>
+        <v>927</v>
       </c>
       <c r="H4" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B5" t="s">
-        <v>912</v>
+        <v>929</v>
       </c>
       <c r="C5" t="s">
-        <v>913</v>
+        <v>930</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>915</v>
+        <v>932</v>
       </c>
       <c r="H5" t="s">
-        <v>916</v>
+        <v>933</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B6" t="s">
-        <v>917</v>
+        <v>934</v>
       </c>
       <c r="C6" t="s">
-        <v>918</v>
+        <v>935</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>919</v>
+        <v>936</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>920</v>
+        <v>937</v>
       </c>
       <c r="H6" t="s">
-        <v>921</v>
+        <v>938</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B7" t="s">
-        <v>922</v>
+        <v>939</v>
       </c>
       <c r="C7" t="s">
-        <v>923</v>
+        <v>940</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>924</v>
+        <v>941</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>925</v>
+        <v>942</v>
       </c>
       <c r="H7" t="s">
-        <v>926</v>
+        <v>943</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B8" t="s">
-        <v>927</v>
+        <v>944</v>
       </c>
       <c r="C8" t="s">
-        <v>928</v>
+        <v>945</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>929</v>
+        <v>946</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>930</v>
+        <v>947</v>
       </c>
       <c r="H8" t="s">
-        <v>931</v>
+        <v>948</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B9" t="s">
-        <v>932</v>
+        <v>949</v>
       </c>
       <c r="C9" t="s">
-        <v>933</v>
+        <v>950</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>573</v>
+        <v>590</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>934</v>
+        <v>951</v>
       </c>
       <c r="H9" t="s">
-        <v>935</v>
+        <v>952</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B10" t="s">
-        <v>936</v>
+        <v>953</v>
       </c>
       <c r="C10" t="s">
-        <v>937</v>
+        <v>954</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>938</v>
+        <v>955</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>939</v>
+        <v>956</v>
       </c>
       <c r="H10" t="s">
-        <v>940</v>
+        <v>957</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B11" t="s">
-        <v>941</v>
+        <v>958</v>
       </c>
       <c r="C11" t="s">
-        <v>942</v>
+        <v>959</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>943</v>
+        <v>960</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>944</v>
+        <v>961</v>
       </c>
       <c r="H11" t="s">
-        <v>945</v>
+        <v>962</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B12" t="s">
-        <v>946</v>
+        <v>963</v>
       </c>
       <c r="C12" t="s">
-        <v>947</v>
+        <v>964</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>358</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>948</v>
+        <v>965</v>
       </c>
       <c r="H12" t="s">
-        <v>949</v>
+        <v>966</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B13" t="s">
-        <v>950</v>
+        <v>967</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>349</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="H13" t="s">
-        <v>952</v>
+        <v>969</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B14" t="s">
-        <v>953</v>
+        <v>970</v>
       </c>
       <c r="C14" t="s">
-        <v>954</v>
+        <v>971</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>955</v>
+        <v>972</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>956</v>
+        <v>973</v>
       </c>
       <c r="H14" t="s">
-        <v>957</v>
+        <v>974</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B15" t="s">
-        <v>958</v>
+        <v>975</v>
       </c>
       <c r="C15" t="s">
-        <v>959</v>
+        <v>976</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>549</v>
+        <v>566</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>960</v>
+        <v>977</v>
       </c>
       <c r="H15" t="s">
-        <v>961</v>
+        <v>978</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B16" t="s">
-        <v>962</v>
+        <v>979</v>
       </c>
       <c r="C16" t="s">
-        <v>963</v>
+        <v>980</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>657</v>
+        <v>674</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>964</v>
+        <v>981</v>
       </c>
       <c r="H16" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B17" t="s">
-        <v>966</v>
+        <v>983</v>
       </c>
       <c r="C17" t="s">
-        <v>967</v>
+        <v>984</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>968</v>
+        <v>985</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>969</v>
+        <v>986</v>
       </c>
       <c r="H17" t="s">
-        <v>970</v>
+        <v>987</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B18" t="s">
-        <v>971</v>
+        <v>988</v>
       </c>
       <c r="C18" t="s">
-        <v>972</v>
+        <v>989</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>973</v>
+        <v>990</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>974</v>
+        <v>991</v>
       </c>
       <c r="H18" t="s">
-        <v>975</v>
+        <v>992</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B19" t="s">
-        <v>976</v>
+        <v>993</v>
       </c>
       <c r="C19" t="s">
-        <v>977</v>
+        <v>994</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>978</v>
+        <v>995</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>979</v>
+        <v>996</v>
       </c>
       <c r="H19" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B20" t="s">
-        <v>981</v>
+        <v>998</v>
       </c>
       <c r="C20" t="s">
-        <v>982</v>
+        <v>999</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>983</v>
+        <v>1000</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>984</v>
+        <v>1001</v>
       </c>
       <c r="H20" t="s">
-        <v>985</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B21" t="s">
-        <v>986</v>
+        <v>1003</v>
       </c>
       <c r="C21" t="s">
-        <v>987</v>
+        <v>1004</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>983</v>
+        <v>1000</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>988</v>
+        <v>1005</v>
       </c>
       <c r="H21" t="s">
-        <v>989</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B22" t="s">
-        <v>990</v>
+        <v>1007</v>
       </c>
       <c r="C22" t="s">
-        <v>991</v>
+        <v>1008</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>992</v>
+        <v>1009</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>993</v>
+        <v>1010</v>
       </c>
       <c r="H22" t="s">
-        <v>994</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B23" t="s">
-        <v>995</v>
+        <v>1012</v>
       </c>
       <c r="C23" t="s">
-        <v>996</v>
+        <v>1013</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>997</v>
+        <v>1014</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>998</v>
+        <v>1015</v>
       </c>
       <c r="H23" t="s">
-        <v>999</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B24" t="s">
-        <v>1000</v>
+        <v>1017</v>
       </c>
       <c r="C24" t="s">
-        <v>1001</v>
+        <v>1018</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>1002</v>
+        <v>1019</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1003</v>
+        <v>1020</v>
       </c>
       <c r="H24" t="s">
-        <v>1004</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B25" t="s">
-        <v>1005</v>
+        <v>1022</v>
       </c>
       <c r="C25" t="s">
-        <v>1006</v>
+        <v>1023</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>1007</v>
+        <v>1024</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1008</v>
+        <v>1025</v>
       </c>
       <c r="H25" t="s">
-        <v>1009</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B26" t="s">
-        <v>1010</v>
+        <v>1027</v>
       </c>
       <c r="C26" t="s">
-        <v>1011</v>
+        <v>1028</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>684</v>
+        <v>701</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1012</v>
+        <v>1029</v>
       </c>
       <c r="H26" t="s">
-        <v>1013</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B27" t="s">
-        <v>1014</v>
+        <v>1031</v>
       </c>
       <c r="C27" t="s">
-        <v>1015</v>
+        <v>1032</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1016</v>
+        <v>1033</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1017</v>
+        <v>1034</v>
       </c>
       <c r="H27" t="s">
-        <v>1018</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B28" t="s">
-        <v>1019</v>
+        <v>1036</v>
       </c>
       <c r="C28" t="s">
-        <v>1020</v>
+        <v>1037</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1021</v>
+        <v>1038</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1022</v>
+        <v>1039</v>
       </c>
       <c r="H28" t="s">
-        <v>1023</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B29" t="s">
-        <v>1024</v>
+        <v>1041</v>
       </c>
       <c r="C29" t="s">
-        <v>1025</v>
+        <v>1042</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>1026</v>
+        <v>1043</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1027</v>
+        <v>1044</v>
       </c>
       <c r="H29" t="s">
-        <v>1028</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B30" t="s">
-        <v>1029</v>
+        <v>1046</v>
       </c>
       <c r="C30" t="s">
-        <v>1030</v>
+        <v>1047</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>473</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1031</v>
+        <v>1048</v>
       </c>
       <c r="H30" t="s">
-        <v>1032</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B31" t="s">
-        <v>1033</v>
+        <v>1050</v>
       </c>
       <c r="C31" t="s">
-        <v>1034</v>
+        <v>1051</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1036</v>
+        <v>1053</v>
       </c>
       <c r="H31" t="s">
-        <v>1037</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B32" t="s">
-        <v>1038</v>
+        <v>1055</v>
       </c>
       <c r="C32" t="s">
-        <v>1039</v>
+        <v>1056</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>1040</v>
+        <v>1057</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1041</v>
+        <v>1058</v>
       </c>
       <c r="H32" t="s">
-        <v>1042</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B33" t="s">
-        <v>1043</v>
+        <v>1060</v>
       </c>
       <c r="C33" t="s">
-        <v>1044</v>
+        <v>1061</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>1045</v>
+        <v>1062</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1046</v>
+        <v>1063</v>
       </c>
       <c r="H33" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B34" t="s">
-        <v>1048</v>
+        <v>1065</v>
       </c>
       <c r="C34" t="s">
-        <v>1049</v>
+        <v>1066</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>1050</v>
+        <v>1067</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1051</v>
+        <v>1068</v>
       </c>
       <c r="H34" t="s">
-        <v>1052</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B35" t="s">
-        <v>1053</v>
+        <v>1070</v>
       </c>
       <c r="C35" t="s">
-        <v>1054</v>
+        <v>1071</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>1055</v>
+        <v>1072</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1056</v>
+        <v>1073</v>
       </c>
       <c r="H35" t="s">
-        <v>1057</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B36" t="s">
-        <v>1058</v>
+        <v>1075</v>
       </c>
       <c r="C36" t="s">
-        <v>1059</v>
+        <v>1076</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>1060</v>
+        <v>1077</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1061</v>
+        <v>1078</v>
       </c>
       <c r="H36" t="s">
-        <v>1062</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B37" t="s">
-        <v>1063</v>
+        <v>1080</v>
       </c>
       <c r="C37" t="s">
-        <v>1064</v>
+        <v>1081</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>485</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1065</v>
+        <v>1082</v>
       </c>
       <c r="H37" t="s">
-        <v>1066</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B38" t="s">
-        <v>1067</v>
+        <v>1084</v>
       </c>
       <c r="C38" t="s">
-        <v>1068</v>
+        <v>1085</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>1069</v>
+        <v>1086</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1070</v>
+        <v>1087</v>
       </c>
       <c r="H38" t="s">
-        <v>1071</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B39" t="s">
-        <v>1072</v>
+        <v>1089</v>
       </c>
       <c r="C39" t="s">
-        <v>1073</v>
+        <v>1090</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>1074</v>
+        <v>1091</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1075</v>
+        <v>1092</v>
       </c>
       <c r="H39" t="s">
-        <v>1076</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B40" t="s">
-        <v>1077</v>
+        <v>1094</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>491</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1078</v>
+        <v>1095</v>
       </c>
       <c r="H40" t="s">
-        <v>1079</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B41" t="s">
-        <v>1080</v>
+        <v>1097</v>
       </c>
       <c r="C41" t="s">
-        <v>1081</v>
+        <v>1098</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>1082</v>
+        <v>1099</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1083</v>
+        <v>1100</v>
       </c>
       <c r="H41" t="s">
-        <v>1084</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B42" t="s">
         <v>380</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>1085</v>
+        <v>1102</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1086</v>
+        <v>1103</v>
       </c>
       <c r="H42" t="s">
-        <v>1087</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="B43" t="s">
-        <v>1088</v>
+        <v>1105</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>1089</v>
+        <v>1106</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1090</v>
+        <v>1107</v>
       </c>
       <c r="H43" t="s">
-        <v>1091</v>
+        <v>1108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B2" t="s">
-        <v>1093</v>
+        <v>1110</v>
       </c>
       <c r="C2" t="s">
-        <v>1094</v>
+        <v>1111</v>
       </c>
       <c r="D2" t="s">
-        <v>1095</v>
+        <v>1112</v>
       </c>
       <c r="E2" t="s">
-        <v>1096</v>
+        <v>1113</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1097</v>
+        <v>1114</v>
       </c>
       <c r="H2" t="s">
-        <v>1098</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B3" t="s">
-        <v>1099</v>
+        <v>1116</v>
       </c>
       <c r="C3" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
       <c r="D3" t="s">
-        <v>1101</v>
+        <v>1118</v>
       </c>
       <c r="E3" t="s">
-        <v>1102</v>
+        <v>1119</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1103</v>
+        <v>1120</v>
       </c>
       <c r="H3" t="s">
-        <v>1104</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B4" t="s">
-        <v>1105</v>
+        <v>1122</v>
       </c>
       <c r="C4" t="s">
-        <v>1106</v>
+        <v>1123</v>
       </c>
       <c r="D4" t="s">
-        <v>1107</v>
+        <v>1124</v>
       </c>
       <c r="E4" t="s">
-        <v>1108</v>
+        <v>1125</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1109</v>
+        <v>1126</v>
       </c>
       <c r="H4" t="s">
-        <v>1110</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B5" t="s">
-        <v>1111</v>
+        <v>1128</v>
       </c>
       <c r="C5" t="s">
-        <v>1112</v>
+        <v>1129</v>
       </c>
       <c r="D5" t="s">
-        <v>1113</v>
+        <v>1130</v>
       </c>
       <c r="E5" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1115</v>
+        <v>1132</v>
       </c>
       <c r="H5" t="s">
-        <v>1116</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B6" t="s">
-        <v>1117</v>
+        <v>1134</v>
       </c>
       <c r="C6" t="s">
-        <v>1118</v>
+        <v>1135</v>
       </c>
       <c r="D6" t="s">
-        <v>1113</v>
+        <v>1130</v>
       </c>
       <c r="E6" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1119</v>
+        <v>1136</v>
       </c>
       <c r="H6" t="s">
-        <v>1120</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B7" t="s">
-        <v>1121</v>
+        <v>1138</v>
       </c>
       <c r="C7" t="s">
-        <v>1122</v>
+        <v>1139</v>
       </c>
       <c r="D7" t="s">
-        <v>1123</v>
+        <v>1140</v>
       </c>
       <c r="E7" t="s">
-        <v>1124</v>
+        <v>1141</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1125</v>
+        <v>1142</v>
       </c>
       <c r="H7" t="s">
-        <v>1126</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B8" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="C8" t="s">
-        <v>1128</v>
+        <v>1145</v>
       </c>
       <c r="D8" t="s">
-        <v>1129</v>
+        <v>1146</v>
       </c>
       <c r="E8" t="s">
-        <v>1130</v>
+        <v>1147</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1131</v>
+        <v>1148</v>
       </c>
       <c r="H8" t="s">
-        <v>1132</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B9" t="s">
-        <v>1133</v>
+        <v>1150</v>
       </c>
       <c r="C9" t="s">
-        <v>1134</v>
+        <v>1151</v>
       </c>
       <c r="D9" t="s">
-        <v>1135</v>
+        <v>1152</v>
       </c>
       <c r="E9" t="s">
-        <v>1136</v>
+        <v>1153</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1137</v>
+        <v>1154</v>
       </c>
       <c r="H9" t="s">
-        <v>1138</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B10" t="s">
-        <v>1139</v>
+        <v>1156</v>
       </c>
       <c r="C10" t="s">
-        <v>1140</v>
+        <v>1157</v>
       </c>
       <c r="D10" t="s">
-        <v>1141</v>
+        <v>1158</v>
       </c>
       <c r="E10" t="s">
-        <v>1142</v>
+        <v>1159</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1143</v>
+        <v>1160</v>
       </c>
       <c r="H10" t="s">
-        <v>1144</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B11" t="s">
-        <v>1145</v>
+        <v>1162</v>
       </c>
       <c r="C11" t="s">
-        <v>1146</v>
+        <v>1163</v>
       </c>
       <c r="D11" t="s">
-        <v>1147</v>
+        <v>1164</v>
       </c>
       <c r="E11" t="s">
-        <v>1148</v>
+        <v>1165</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1149</v>
+        <v>1166</v>
       </c>
       <c r="H11" t="s">
-        <v>1150</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="B12" t="s">
-        <v>1151</v>
+        <v>1168</v>
       </c>
       <c r="C12" t="s">
-        <v>1152</v>
+        <v>1169</v>
       </c>
       <c r="D12" t="s">
-        <v>1153</v>
+        <v>1170</v>
       </c>
       <c r="E12" t="s">
-        <v>1154</v>
+        <v>1171</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1155</v>
+        <v>1172</v>
       </c>
       <c r="H12" t="s">
-        <v>1156</v>
+        <v>1173</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1157</v>
+        <v>1174</v>
       </c>
       <c r="B2" t="s">
-        <v>1158</v>
+        <v>1175</v>
       </c>
       <c r="C2" t="s">
-        <v>1159</v>
+        <v>1176</v>
       </c>
       <c r="D2" t="s">
-        <v>1160</v>
+        <v>1177</v>
       </c>
       <c r="E2" t="s">
-        <v>1161</v>
+        <v>1178</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1162</v>
+        <v>1179</v>
       </c>
       <c r="H2" t="s">
-        <v>1163</v>
+        <v>1180</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AW184"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="J1" t="s">
         <v>28</v>
       </c>
       <c r="K1" t="s">
-        <v>1165</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B2" t="s">
-        <v>1167</v>
+        <v>1184</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1169</v>
+        <v>1186</v>
       </c>
       <c r="H2" t="s">
-        <v>1170</v>
+        <v>1187</v>
       </c>
       <c r="I2" t="s">
-        <v>1171</v>
+        <v>1188</v>
       </c>
       <c r="J2" t="s">
-        <v>1172</v>
+        <v>1189</v>
       </c>
       <c r="K2" t="s">
-        <v>1173</v>
+        <v>1190</v>
       </c>
       <c r="L2" t="s">
-        <v>1174</v>
+        <v>1191</v>
       </c>
       <c r="M2" t="s">
-        <v>1175</v>
+        <v>1192</v>
       </c>
       <c r="N2" t="s">
-        <v>1176</v>
+        <v>1193</v>
       </c>
       <c r="O2" t="s">
-        <v>1177</v>
+        <v>1194</v>
       </c>
       <c r="P2" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B3" t="s">
-        <v>1179</v>
+        <v>1196</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1180</v>
+        <v>1197</v>
       </c>
       <c r="H3" t="s">
-        <v>1181</v>
+        <v>1198</v>
       </c>
       <c r="I3" t="s">
-        <v>1182</v>
+        <v>1199</v>
       </c>
       <c r="J3" t="s">
-        <v>1183</v>
+        <v>1200</v>
       </c>
       <c r="K3" t="s">
-        <v>1184</v>
+        <v>1201</v>
       </c>
       <c r="L3" t="s">
-        <v>1185</v>
+        <v>1202</v>
       </c>
       <c r="M3" t="s">
-        <v>1186</v>
+        <v>1203</v>
       </c>
       <c r="N3" t="s">
-        <v>1187</v>
+        <v>1204</v>
       </c>
       <c r="O3" t="s">
-        <v>1188</v>
+        <v>1205</v>
       </c>
       <c r="P3" t="s">
-        <v>1189</v>
+        <v>1206</v>
       </c>
       <c r="Q3" t="s">
-        <v>1190</v>
+        <v>1207</v>
       </c>
       <c r="R3" t="s">
-        <v>1191</v>
+        <v>1208</v>
       </c>
       <c r="S3" t="s">
-        <v>1192</v>
+        <v>1209</v>
       </c>
       <c r="T3" t="s">
-        <v>1193</v>
+        <v>1210</v>
       </c>
       <c r="U3" t="s">
-        <v>1194</v>
+        <v>1211</v>
       </c>
       <c r="V3" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B4" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1214</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1216</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1217</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1218</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1219</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1220</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1221</v>
+      </c>
+      <c r="P4" t="s">
         <v>1195</v>
-      </c>
-[...40 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B5" t="s">
-        <v>1205</v>
+        <v>1222</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1206</v>
+        <v>1223</v>
       </c>
       <c r="H5" t="s">
-        <v>1207</v>
+        <v>1224</v>
       </c>
       <c r="I5" t="s">
-        <v>1208</v>
+        <v>1225</v>
       </c>
       <c r="J5" t="s">
-        <v>1209</v>
+        <v>1226</v>
       </c>
       <c r="K5" t="s">
-        <v>1210</v>
+        <v>1227</v>
       </c>
       <c r="L5" t="s">
-        <v>1211</v>
+        <v>1228</v>
       </c>
       <c r="M5" t="s">
-        <v>1212</v>
+        <v>1229</v>
       </c>
       <c r="N5" t="s">
-        <v>1213</v>
+        <v>1230</v>
       </c>
       <c r="O5" t="s">
-        <v>1214</v>
+        <v>1231</v>
       </c>
       <c r="P5" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B6" t="s">
-        <v>1215</v>
+        <v>1232</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1216</v>
+        <v>1233</v>
       </c>
       <c r="H6" t="s">
-        <v>1217</v>
+        <v>1234</v>
       </c>
       <c r="I6" t="s">
-        <v>1218</v>
+        <v>1235</v>
       </c>
       <c r="J6" t="s">
-        <v>1219</v>
+        <v>1236</v>
       </c>
       <c r="K6" t="s">
-        <v>1220</v>
+        <v>1237</v>
       </c>
       <c r="L6" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="M6" t="s">
-        <v>1222</v>
+        <v>1239</v>
       </c>
       <c r="N6" t="s">
-        <v>1223</v>
+        <v>1240</v>
       </c>
       <c r="O6" t="s">
-        <v>1224</v>
+        <v>1241</v>
       </c>
       <c r="P6" t="s">
-        <v>1225</v>
+        <v>1242</v>
       </c>
       <c r="Q6" t="s">
-        <v>1226</v>
+        <v>1243</v>
       </c>
       <c r="R6" t="s">
-        <v>1227</v>
+        <v>1244</v>
       </c>
       <c r="S6" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B7" t="s">
-        <v>1228</v>
+        <v>1245</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1229</v>
+        <v>1246</v>
       </c>
       <c r="H7" t="s">
-        <v>1230</v>
+        <v>1247</v>
       </c>
       <c r="I7" t="s">
-        <v>1231</v>
+        <v>1248</v>
       </c>
       <c r="J7" t="s">
-        <v>1183</v>
+        <v>1200</v>
       </c>
       <c r="K7" t="s">
-        <v>1232</v>
+        <v>1249</v>
       </c>
       <c r="L7" t="s">
-        <v>1233</v>
+        <v>1250</v>
       </c>
       <c r="M7" t="s">
-        <v>1234</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B8" t="s">
-        <v>1235</v>
+        <v>1252</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1236</v>
+        <v>1253</v>
       </c>
       <c r="H8" t="s">
-        <v>1237</v>
+        <v>1254</v>
       </c>
       <c r="I8" t="s">
-        <v>1238</v>
+        <v>1255</v>
       </c>
       <c r="J8" t="s">
-        <v>1239</v>
+        <v>1256</v>
       </c>
       <c r="K8" t="s">
-        <v>1240</v>
+        <v>1257</v>
       </c>
       <c r="L8" t="s">
-        <v>1241</v>
+        <v>1258</v>
       </c>
       <c r="M8" t="s">
-        <v>1242</v>
+        <v>1259</v>
       </c>
       <c r="N8" t="s">
-        <v>1243</v>
+        <v>1260</v>
       </c>
       <c r="O8" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B9" t="s">
-        <v>1244</v>
+        <v>1261</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
       <c r="H9" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
       <c r="I9" t="s">
-        <v>1198</v>
+        <v>1215</v>
       </c>
       <c r="J9" t="s">
-        <v>1183</v>
+        <v>1200</v>
       </c>
       <c r="K9" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="L9" t="s">
-        <v>1248</v>
+        <v>1265</v>
       </c>
       <c r="M9" t="s">
-        <v>1249</v>
+        <v>1266</v>
       </c>
       <c r="N9" t="s">
-        <v>1250</v>
+        <v>1267</v>
       </c>
       <c r="O9" t="s">
-        <v>1251</v>
+        <v>1268</v>
       </c>
       <c r="P9" t="s">
-        <v>1252</v>
+        <v>1269</v>
       </c>
       <c r="Q9" t="s">
-        <v>1253</v>
+        <v>1270</v>
       </c>
       <c r="R9" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B10" t="s">
-        <v>1254</v>
+        <v>1271</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1255</v>
+        <v>1272</v>
       </c>
       <c r="H10" t="s">
-        <v>1256</v>
+        <v>1273</v>
       </c>
       <c r="I10" t="s">
-        <v>1257</v>
+        <v>1274</v>
       </c>
       <c r="J10" t="s">
-        <v>1183</v>
+        <v>1200</v>
       </c>
       <c r="K10" t="s">
-        <v>1258</v>
+        <v>1275</v>
       </c>
       <c r="L10" t="s">
-        <v>1259</v>
+        <v>1276</v>
       </c>
       <c r="M10" t="s">
-        <v>1260</v>
+        <v>1277</v>
       </c>
       <c r="N10" t="s">
-        <v>1261</v>
+        <v>1278</v>
       </c>
       <c r="O10" t="s">
-        <v>1262</v>
+        <v>1279</v>
       </c>
       <c r="P10" t="s">
-        <v>1263</v>
+        <v>1280</v>
       </c>
       <c r="Q10" t="s">
-        <v>1264</v>
+        <v>1281</v>
       </c>
       <c r="R10" t="s">
-        <v>1265</v>
+        <v>1282</v>
       </c>
       <c r="S10" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B11" t="s">
-        <v>1266</v>
+        <v>1283</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1267</v>
+        <v>1284</v>
       </c>
       <c r="H11" t="s">
-        <v>1268</v>
+        <v>1285</v>
       </c>
       <c r="I11" t="s">
-        <v>1269</v>
+        <v>1286</v>
       </c>
       <c r="J11" t="s">
         <v>214</v>
       </c>
       <c r="K11" t="s">
-        <v>1270</v>
+        <v>1287</v>
       </c>
       <c r="L11" t="s">
-        <v>1271</v>
+        <v>1288</v>
       </c>
       <c r="M11" t="s">
-        <v>1272</v>
+        <v>1289</v>
       </c>
       <c r="N11" t="s">
-        <v>1273</v>
+        <v>1290</v>
       </c>
       <c r="O11" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B12" t="s">
-        <v>1274</v>
+        <v>1291</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1275</v>
+        <v>1292</v>
       </c>
       <c r="H12" t="s">
-        <v>1276</v>
+        <v>1293</v>
       </c>
       <c r="I12" t="s">
-        <v>1277</v>
+        <v>1294</v>
       </c>
       <c r="J12" t="s">
-        <v>1209</v>
+        <v>1226</v>
       </c>
       <c r="K12" t="s">
-        <v>1278</v>
+        <v>1295</v>
       </c>
       <c r="L12" t="s">
-        <v>1279</v>
+        <v>1296</v>
       </c>
       <c r="M12" t="s">
-        <v>1280</v>
+        <v>1297</v>
       </c>
       <c r="N12" t="s">
-        <v>1281</v>
+        <v>1298</v>
       </c>
       <c r="O12" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B13" t="s">
-        <v>1282</v>
+        <v>1299</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1283</v>
+        <v>1300</v>
       </c>
       <c r="H13" t="s">
-        <v>1284</v>
+        <v>1301</v>
       </c>
       <c r="I13" t="s">
-        <v>1198</v>
+        <v>1215</v>
       </c>
       <c r="J13" t="s">
-        <v>1285</v>
+        <v>1302</v>
       </c>
       <c r="K13" t="s">
-        <v>1286</v>
+        <v>1303</v>
       </c>
       <c r="L13" t="s">
-        <v>1287</v>
+        <v>1304</v>
       </c>
       <c r="M13" t="s">
-        <v>1288</v>
+        <v>1305</v>
       </c>
       <c r="N13" t="s">
-        <v>1289</v>
+        <v>1306</v>
       </c>
       <c r="O13" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B14" t="s">
-        <v>1290</v>
+        <v>1307</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1291</v>
+        <v>1308</v>
       </c>
       <c r="H14" t="s">
-        <v>1292</v>
+        <v>1309</v>
       </c>
       <c r="I14" t="s">
-        <v>1293</v>
+        <v>1310</v>
       </c>
       <c r="J14" t="s">
-        <v>1294</v>
+        <v>1311</v>
       </c>
       <c r="K14" t="s">
-        <v>1295</v>
+        <v>1312</v>
       </c>
       <c r="L14" t="s">
-        <v>1296</v>
+        <v>1313</v>
       </c>
       <c r="M14" t="s">
-        <v>1297</v>
+        <v>1314</v>
       </c>
       <c r="N14" t="s">
-        <v>1298</v>
+        <v>1315</v>
       </c>
       <c r="O14" t="s">
-        <v>1299</v>
+        <v>1316</v>
       </c>
       <c r="P14" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B15" t="s">
-        <v>1300</v>
+        <v>1317</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1301</v>
+        <v>1318</v>
       </c>
       <c r="H15" t="s">
-        <v>1302</v>
+        <v>1319</v>
       </c>
       <c r="I15" t="s">
-        <v>1303</v>
+        <v>1320</v>
       </c>
       <c r="J15" t="s">
-        <v>1304</v>
+        <v>1321</v>
       </c>
       <c r="K15" t="s">
-        <v>1305</v>
+        <v>1322</v>
       </c>
       <c r="L15" t="s">
-        <v>1306</v>
+        <v>1323</v>
       </c>
       <c r="M15" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B16" t="s">
-        <v>1307</v>
+        <v>1324</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>1308</v>
+        <v>1325</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1309</v>
+        <v>1326</v>
       </c>
       <c r="H16" t="s">
-        <v>1310</v>
+        <v>1327</v>
       </c>
       <c r="I16" t="s">
-        <v>1311</v>
+        <v>1328</v>
       </c>
       <c r="J16" t="s">
-        <v>1312</v>
+        <v>1329</v>
       </c>
       <c r="K16" t="s">
-        <v>1313</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B17" t="s">
-        <v>1314</v>
+        <v>1331</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1315</v>
+        <v>1332</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1316</v>
+        <v>1333</v>
       </c>
       <c r="H17" t="s">
-        <v>1317</v>
+        <v>1334</v>
       </c>
       <c r="I17" t="s">
-        <v>1318</v>
+        <v>1335</v>
       </c>
       <c r="J17" t="s">
-        <v>1319</v>
+        <v>1336</v>
       </c>
       <c r="K17" t="s">
-        <v>1320</v>
+        <v>1337</v>
       </c>
       <c r="L17" t="s">
-        <v>1321</v>
+        <v>1338</v>
       </c>
       <c r="M17" t="s">
-        <v>1322</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B18" t="s">
-        <v>1323</v>
+        <v>1340</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>1324</v>
+        <v>1341</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1325</v>
+        <v>1342</v>
       </c>
       <c r="H18" t="s">
-        <v>1326</v>
+        <v>1343</v>
       </c>
       <c r="I18" t="s">
-        <v>1327</v>
+        <v>1344</v>
       </c>
       <c r="J18" t="s">
-        <v>1328</v>
+        <v>1345</v>
       </c>
       <c r="K18" t="s">
-        <v>1329</v>
+        <v>1346</v>
       </c>
       <c r="L18" t="s">
-        <v>1330</v>
+        <v>1347</v>
       </c>
       <c r="M18" t="s">
-        <v>1331</v>
+        <v>1348</v>
       </c>
       <c r="N18" t="s">
-        <v>1332</v>
+        <v>1349</v>
       </c>
       <c r="O18" t="s">
-        <v>1333</v>
+        <v>1350</v>
       </c>
       <c r="P18" t="s">
-        <v>1334</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B19" t="s">
-        <v>1335</v>
+        <v>1352</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>1336</v>
+        <v>1353</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1337</v>
+        <v>1354</v>
       </c>
       <c r="H19" t="s">
-        <v>1338</v>
+        <v>1355</v>
       </c>
       <c r="I19" t="s">
-        <v>1339</v>
+        <v>1356</v>
       </c>
       <c r="J19" t="s">
-        <v>1340</v>
+        <v>1357</v>
       </c>
       <c r="K19" t="s">
-        <v>1341</v>
+        <v>1358</v>
       </c>
       <c r="L19" t="s">
-        <v>1342</v>
+        <v>1359</v>
       </c>
       <c r="M19" t="s">
-        <v>1343</v>
+        <v>1360</v>
       </c>
       <c r="N19" t="s">
-        <v>1344</v>
+        <v>1361</v>
       </c>
       <c r="O19" t="s">
-        <v>1345</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B20" t="s">
-        <v>1346</v>
+        <v>1363</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>1347</v>
+        <v>1364</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1348</v>
+        <v>1365</v>
       </c>
       <c r="H20" t="s">
-        <v>1349</v>
+        <v>1366</v>
       </c>
       <c r="I20" t="s">
-        <v>1350</v>
+        <v>1367</v>
       </c>
       <c r="J20" t="s">
-        <v>1351</v>
+        <v>1368</v>
       </c>
       <c r="K20" t="s">
-        <v>1352</v>
+        <v>1369</v>
       </c>
       <c r="L20" t="s">
-        <v>1353</v>
+        <v>1370</v>
       </c>
       <c r="M20" t="s">
-        <v>1354</v>
+        <v>1371</v>
       </c>
       <c r="N20" t="s">
-        <v>1355</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B21" t="s">
-        <v>1356</v>
+        <v>1373</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>1357</v>
+        <v>1374</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1358</v>
+        <v>1375</v>
       </c>
       <c r="H21" t="s">
-        <v>1359</v>
+        <v>1376</v>
       </c>
       <c r="I21" t="s">
-        <v>1360</v>
+        <v>1377</v>
       </c>
       <c r="J21" t="s">
-        <v>1361</v>
+        <v>1378</v>
       </c>
       <c r="K21" t="s">
-        <v>1362</v>
+        <v>1379</v>
       </c>
       <c r="L21" t="s">
-        <v>1363</v>
+        <v>1380</v>
       </c>
       <c r="M21" t="s">
-        <v>1364</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B22" t="s">
-        <v>1365</v>
+        <v>1382</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>1366</v>
+        <v>1383</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1367</v>
+        <v>1384</v>
       </c>
       <c r="H22" t="s">
-        <v>1368</v>
+        <v>1385</v>
       </c>
       <c r="I22" t="s">
-        <v>1369</v>
+        <v>1386</v>
       </c>
       <c r="J22" t="s">
-        <v>1370</v>
+        <v>1387</v>
       </c>
       <c r="K22" t="s">
-        <v>1371</v>
+        <v>1388</v>
       </c>
       <c r="L22" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="M22" t="s">
-        <v>1373</v>
+        <v>1390</v>
       </c>
       <c r="N22" t="s">
-        <v>1374</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B23" t="s">
-        <v>1375</v>
+        <v>1392</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>1376</v>
+        <v>1393</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1377</v>
+        <v>1394</v>
       </c>
       <c r="H23" t="s">
-        <v>1378</v>
+        <v>1395</v>
       </c>
       <c r="I23" t="s">
-        <v>1379</v>
+        <v>1396</v>
       </c>
       <c r="J23" t="s">
-        <v>1183</v>
+        <v>1200</v>
       </c>
       <c r="K23" t="s">
-        <v>1380</v>
+        <v>1397</v>
       </c>
       <c r="L23" t="s">
-        <v>1381</v>
+        <v>1398</v>
       </c>
       <c r="M23" t="s">
-        <v>1382</v>
+        <v>1399</v>
       </c>
       <c r="N23" t="s">
-        <v>1383</v>
+        <v>1400</v>
       </c>
       <c r="O23" t="s">
-        <v>1384</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B24" t="s">
-        <v>1385</v>
+        <v>1402</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>1386</v>
+        <v>1403</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1387</v>
+        <v>1404</v>
       </c>
       <c r="H24" t="s">
-        <v>1388</v>
+        <v>1405</v>
       </c>
       <c r="I24" t="s">
-        <v>1389</v>
+        <v>1406</v>
       </c>
       <c r="J24" t="s">
-        <v>1285</v>
+        <v>1302</v>
       </c>
       <c r="K24" t="s">
-        <v>1390</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B25" t="s">
-        <v>1391</v>
+        <v>1408</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>1392</v>
+        <v>1409</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1393</v>
+        <v>1410</v>
       </c>
       <c r="H25" t="s">
-        <v>1394</v>
+        <v>1411</v>
       </c>
       <c r="I25" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
       <c r="J25" t="s">
-        <v>1396</v>
+        <v>1413</v>
       </c>
       <c r="K25" t="s">
-        <v>1397</v>
+        <v>1414</v>
       </c>
       <c r="L25" t="s">
-        <v>1398</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B26" t="s">
-        <v>1399</v>
+        <v>1416</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1401</v>
+        <v>1418</v>
       </c>
       <c r="H26" t="s">
-        <v>1402</v>
+        <v>1419</v>
       </c>
       <c r="I26" t="s">
-        <v>1403</v>
+        <v>1420</v>
       </c>
       <c r="J26" t="s">
-        <v>1404</v>
+        <v>1421</v>
       </c>
       <c r="K26" t="s">
-        <v>1405</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B27" t="s">
-        <v>1406</v>
+        <v>1423</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1407</v>
+        <v>1424</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1408</v>
+        <v>1425</v>
       </c>
       <c r="H27" t="s">
-        <v>1409</v>
+        <v>1426</v>
       </c>
       <c r="I27" t="s">
-        <v>1410</v>
+        <v>1427</v>
       </c>
       <c r="J27" t="s">
-        <v>1411</v>
+        <v>1428</v>
       </c>
       <c r="K27" t="s">
-        <v>1412</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B28" t="s">
-        <v>1413</v>
+        <v>1430</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1414</v>
+        <v>1431</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1415</v>
+        <v>1432</v>
       </c>
       <c r="H28" t="s">
-        <v>1416</v>
+        <v>1433</v>
       </c>
       <c r="I28" t="s">
-        <v>1417</v>
+        <v>1434</v>
       </c>
       <c r="J28" t="s">
-        <v>1304</v>
+        <v>1321</v>
       </c>
       <c r="K28" t="s">
-        <v>1418</v>
+        <v>1435</v>
       </c>
       <c r="L28" t="s">
-        <v>1419</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B29" t="s">
-        <v>1420</v>
+        <v>1437</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>1421</v>
+        <v>1438</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1422</v>
+        <v>1439</v>
       </c>
       <c r="H29" t="s">
-        <v>1423</v>
+        <v>1440</v>
       </c>
       <c r="I29" t="s">
-        <v>1424</v>
+        <v>1441</v>
       </c>
       <c r="J29" t="s">
-        <v>1425</v>
+        <v>1442</v>
       </c>
       <c r="K29" t="s">
-        <v>1426</v>
+        <v>1443</v>
       </c>
       <c r="L29" t="s">
-        <v>1427</v>
+        <v>1444</v>
       </c>
       <c r="M29" t="s">
-        <v>1428</v>
+        <v>1445</v>
       </c>
       <c r="N29" t="s">
-        <v>1428</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B30" t="s">
-        <v>1429</v>
+        <v>1446</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>1430</v>
+        <v>1447</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1431</v>
+        <v>1448</v>
       </c>
       <c r="H30" t="s">
-        <v>1432</v>
+        <v>1449</v>
       </c>
       <c r="I30" t="s">
-        <v>1433</v>
+        <v>1450</v>
       </c>
       <c r="J30" t="s">
-        <v>1361</v>
+        <v>1378</v>
       </c>
       <c r="K30" t="s">
-        <v>1434</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B31" t="s">
-        <v>1435</v>
+        <v>1452</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>1436</v>
+        <v>1453</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1437</v>
+        <v>1454</v>
       </c>
       <c r="H31" t="s">
-        <v>1438</v>
+        <v>1455</v>
       </c>
       <c r="I31" t="s">
-        <v>1439</v>
+        <v>1456</v>
       </c>
       <c r="J31" t="s">
         <v>214</v>
       </c>
       <c r="K31" t="s">
-        <v>1440</v>
+        <v>1457</v>
       </c>
       <c r="L31" t="s">
-        <v>1441</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B32" t="s">
-        <v>1442</v>
+        <v>1459</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>1443</v>
+        <v>1460</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1444</v>
+        <v>1461</v>
       </c>
       <c r="H32" t="s">
-        <v>1445</v>
+        <v>1462</v>
       </c>
       <c r="I32" t="s">
-        <v>1446</v>
+        <v>1463</v>
       </c>
       <c r="J32" t="s">
-        <v>1361</v>
+        <v>1378</v>
       </c>
       <c r="K32" t="s">
-        <v>1447</v>
+        <v>1464</v>
       </c>
       <c r="L32" t="s">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="M32" t="s">
-        <v>1449</v>
+        <v>1466</v>
       </c>
       <c r="N32" t="s">
-        <v>1450</v>
+        <v>1467</v>
       </c>
       <c r="O32" t="s">
-        <v>1451</v>
+        <v>1468</v>
       </c>
       <c r="P32" t="s">
-        <v>1452</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B33" t="s">
-        <v>1453</v>
+        <v>1470</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>1454</v>
+        <v>1471</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1455</v>
+        <v>1472</v>
       </c>
       <c r="H33" t="s">
-        <v>1456</v>
+        <v>1473</v>
       </c>
       <c r="I33" t="s">
-        <v>1457</v>
+        <v>1474</v>
       </c>
       <c r="J33" t="s">
-        <v>1370</v>
+        <v>1387</v>
       </c>
       <c r="K33" t="s">
-        <v>1458</v>
+        <v>1475</v>
       </c>
       <c r="L33" t="s">
-        <v>1459</v>
+        <v>1476</v>
       </c>
       <c r="M33" t="s">
-        <v>1460</v>
+        <v>1477</v>
       </c>
       <c r="N33" t="s">
-        <v>1461</v>
+        <v>1478</v>
       </c>
       <c r="O33" t="s">
-        <v>1462</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B34" t="s">
-        <v>1463</v>
+        <v>1480</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>1464</v>
+        <v>1481</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1465</v>
+        <v>1482</v>
       </c>
       <c r="H34" t="s">
-        <v>1466</v>
+        <v>1483</v>
       </c>
       <c r="I34" t="s">
-        <v>1467</v>
+        <v>1484</v>
       </c>
       <c r="J34" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="K34" t="s">
-        <v>1469</v>
+        <v>1486</v>
       </c>
       <c r="L34" t="s">
-        <v>1470</v>
+        <v>1487</v>
       </c>
       <c r="M34" t="s">
-        <v>1471</v>
+        <v>1488</v>
       </c>
       <c r="N34" t="s">
-        <v>1472</v>
+        <v>1489</v>
       </c>
       <c r="O34" t="s">
-        <v>1473</v>
+        <v>1490</v>
       </c>
       <c r="P34" t="s">
-        <v>1474</v>
+        <v>1491</v>
       </c>
       <c r="Q34" t="s">
-        <v>1475</v>
+        <v>1492</v>
       </c>
       <c r="R34" t="s">
-        <v>1476</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B35" t="s">
-        <v>1477</v>
+        <v>1494</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>1478</v>
+        <v>1495</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1479</v>
+        <v>1496</v>
       </c>
       <c r="H35" t="s">
-        <v>1480</v>
+        <v>1497</v>
       </c>
       <c r="I35" t="s">
-        <v>1481</v>
+        <v>1498</v>
       </c>
       <c r="J35" t="s">
-        <v>1482</v>
+        <v>1499</v>
       </c>
       <c r="K35" t="s">
-        <v>1483</v>
+        <v>1500</v>
       </c>
       <c r="L35" t="s">
-        <v>1484</v>
+        <v>1501</v>
       </c>
       <c r="M35" t="s">
-        <v>1485</v>
+        <v>1502</v>
       </c>
       <c r="N35" t="s">
-        <v>1486</v>
+        <v>1503</v>
       </c>
       <c r="O35" t="s">
-        <v>1487</v>
+        <v>1504</v>
       </c>
       <c r="P35" t="s">
-        <v>1488</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B36" t="s">
-        <v>1489</v>
+        <v>1506</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>1490</v>
+        <v>1507</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1491</v>
+        <v>1508</v>
       </c>
       <c r="H36" t="s">
-        <v>1492</v>
+        <v>1509</v>
       </c>
       <c r="I36" t="s">
-        <v>1493</v>
+        <v>1510</v>
       </c>
       <c r="J36" t="s">
-        <v>1319</v>
+        <v>1336</v>
       </c>
       <c r="K36" t="s">
-        <v>1494</v>
+        <v>1511</v>
       </c>
       <c r="L36" t="s">
-        <v>1495</v>
+        <v>1512</v>
       </c>
       <c r="M36" t="s">
-        <v>1496</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B37" t="s">
-        <v>1497</v>
+        <v>1514</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>1498</v>
+        <v>1515</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1499</v>
+        <v>1516</v>
       </c>
       <c r="H37" t="s">
-        <v>1500</v>
+        <v>1517</v>
       </c>
       <c r="I37" t="s">
-        <v>1501</v>
+        <v>1518</v>
       </c>
       <c r="J37" t="s">
-        <v>1502</v>
+        <v>1519</v>
       </c>
       <c r="K37" t="s">
-        <v>1503</v>
+        <v>1520</v>
       </c>
       <c r="L37" t="s">
-        <v>1504</v>
+        <v>1521</v>
       </c>
       <c r="M37" t="s">
-        <v>1505</v>
+        <v>1522</v>
       </c>
       <c r="N37" t="s">
-        <v>1506</v>
+        <v>1523</v>
       </c>
       <c r="O37" t="s">
-        <v>1507</v>
+        <v>1524</v>
       </c>
       <c r="P37" t="s">
-        <v>1508</v>
+        <v>1525</v>
       </c>
       <c r="Q37" t="s">
-        <v>1509</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B38" t="s">
-        <v>1510</v>
+        <v>1527</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>1511</v>
+        <v>1528</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1512</v>
+        <v>1529</v>
       </c>
       <c r="H38" t="s">
-        <v>1513</v>
+        <v>1530</v>
       </c>
       <c r="I38" t="s">
-        <v>1514</v>
+        <v>1531</v>
       </c>
       <c r="J38" t="s">
-        <v>1515</v>
+        <v>1532</v>
       </c>
       <c r="K38" t="s">
-        <v>1516</v>
+        <v>1533</v>
       </c>
       <c r="L38" t="s">
-        <v>1517</v>
+        <v>1534</v>
       </c>
       <c r="M38" t="s">
-        <v>1518</v>
+        <v>1535</v>
       </c>
       <c r="N38" t="s">
-        <v>1519</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B39" t="s">
-        <v>1520</v>
+        <v>1537</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>1521</v>
+        <v>1538</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1522</v>
+        <v>1539</v>
       </c>
       <c r="H39" t="s">
-        <v>1523</v>
+        <v>1540</v>
       </c>
       <c r="I39" t="s">
-        <v>1524</v>
+        <v>1541</v>
       </c>
       <c r="J39" t="s">
-        <v>1340</v>
+        <v>1357</v>
       </c>
       <c r="K39" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
       <c r="L39" t="s">
-        <v>1343</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B40" t="s">
-        <v>1526</v>
+        <v>1543</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>1521</v>
+        <v>1538</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1527</v>
+        <v>1544</v>
       </c>
       <c r="H40" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I40" t="s">
-        <v>1339</v>
+        <v>1356</v>
       </c>
       <c r="J40" t="s">
-        <v>1340</v>
+        <v>1357</v>
       </c>
       <c r="K40" t="s">
-        <v>1529</v>
+        <v>1546</v>
       </c>
       <c r="L40" t="s">
-        <v>1530</v>
+        <v>1547</v>
       </c>
       <c r="M40" t="s">
-        <v>1343</v>
+        <v>1360</v>
       </c>
       <c r="N40" t="s">
-        <v>1344</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B41" t="s">
-        <v>1531</v>
+        <v>1548</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>1532</v>
+        <v>1549</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1533</v>
+        <v>1550</v>
       </c>
       <c r="H41" t="s">
-        <v>1534</v>
+        <v>1551</v>
       </c>
       <c r="I41" t="s">
-        <v>1535</v>
+        <v>1552</v>
       </c>
       <c r="J41" t="s">
-        <v>1536</v>
+        <v>1553</v>
       </c>
       <c r="K41" t="s">
-        <v>1537</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B42" t="s">
-        <v>1538</v>
+        <v>1555</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>1539</v>
+        <v>1556</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1540</v>
+        <v>1557</v>
       </c>
       <c r="H42" t="s">
-        <v>1541</v>
+        <v>1558</v>
       </c>
       <c r="I42" t="s">
-        <v>1208</v>
+        <v>1225</v>
       </c>
       <c r="J42" t="s">
-        <v>1542</v>
+        <v>1559</v>
       </c>
       <c r="K42" t="s">
-        <v>1543</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B43" t="s">
-        <v>1544</v>
+        <v>1561</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>1545</v>
+        <v>1562</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1546</v>
+        <v>1563</v>
       </c>
       <c r="H43" t="s">
-        <v>1547</v>
+        <v>1564</v>
       </c>
       <c r="I43" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="J43" t="s">
-        <v>1549</v>
+        <v>1566</v>
       </c>
       <c r="K43" t="s">
-        <v>1550</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B44" t="s">
-        <v>1551</v>
+        <v>1568</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>1552</v>
+        <v>1569</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1553</v>
+        <v>1570</v>
       </c>
       <c r="H44" t="s">
-        <v>1554</v>
+        <v>1571</v>
       </c>
       <c r="I44" t="s">
-        <v>1555</v>
+        <v>1572</v>
       </c>
       <c r="J44" t="s">
-        <v>1556</v>
+        <v>1573</v>
       </c>
       <c r="K44" t="s">
-        <v>1557</v>
+        <v>1574</v>
       </c>
       <c r="L44" t="s">
-        <v>1558</v>
+        <v>1575</v>
       </c>
       <c r="M44" t="s">
-        <v>1559</v>
+        <v>1576</v>
       </c>
       <c r="N44" t="s">
-        <v>1560</v>
+        <v>1577</v>
       </c>
       <c r="O44" t="s">
-        <v>1561</v>
+        <v>1578</v>
       </c>
       <c r="P44" t="s">
-        <v>1562</v>
+        <v>1579</v>
       </c>
       <c r="Q44" t="s">
-        <v>1563</v>
+        <v>1580</v>
       </c>
       <c r="R44" t="s">
-        <v>1564</v>
+        <v>1581</v>
       </c>
       <c r="S44" t="s">
-        <v>1565</v>
+        <v>1582</v>
       </c>
       <c r="T44" t="s">
-        <v>1566</v>
+        <v>1583</v>
       </c>
       <c r="U44" t="s">
-        <v>1567</v>
+        <v>1584</v>
       </c>
       <c r="V44" t="s">
-        <v>1561</v>
+        <v>1578</v>
       </c>
       <c r="W44" t="s">
-        <v>1558</v>
+        <v>1575</v>
       </c>
       <c r="X44" t="s">
-        <v>1557</v>
+        <v>1574</v>
       </c>
       <c r="Y44" t="s">
-        <v>1568</v>
+        <v>1585</v>
       </c>
       <c r="Z44" t="s">
-        <v>1569</v>
+        <v>1586</v>
       </c>
       <c r="AA44" t="s">
-        <v>1570</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B45" t="s">
-        <v>1571</v>
+        <v>1588</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>1572</v>
+        <v>1589</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1573</v>
+        <v>1590</v>
       </c>
       <c r="H45" t="s">
-        <v>1574</v>
+        <v>1591</v>
       </c>
       <c r="I45" t="s">
-        <v>1575</v>
+        <v>1592</v>
       </c>
       <c r="J45" t="s">
-        <v>1576</v>
+        <v>1593</v>
       </c>
       <c r="K45" t="s">
-        <v>1577</v>
+        <v>1594</v>
       </c>
       <c r="L45" t="s">
-        <v>1578</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B46" t="s">
-        <v>1579</v>
+        <v>1596</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>1580</v>
+        <v>1597</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1581</v>
+        <v>1598</v>
       </c>
       <c r="H46" t="s">
-        <v>1582</v>
+        <v>1599</v>
       </c>
       <c r="I46" t="s">
-        <v>1583</v>
+        <v>1600</v>
       </c>
       <c r="J46" t="s">
-        <v>1584</v>
+        <v>1601</v>
       </c>
       <c r="K46" t="s">
-        <v>1585</v>
+        <v>1602</v>
       </c>
       <c r="L46" t="s">
-        <v>1586</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B47" t="s">
-        <v>1587</v>
+        <v>1604</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>1588</v>
+        <v>1605</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1589</v>
+        <v>1606</v>
       </c>
       <c r="H47" t="s">
-        <v>1590</v>
+        <v>1607</v>
       </c>
       <c r="I47" t="s">
-        <v>1591</v>
+        <v>1608</v>
       </c>
       <c r="J47" t="s">
-        <v>1592</v>
+        <v>1609</v>
       </c>
       <c r="K47" t="s">
-        <v>1593</v>
+        <v>1610</v>
       </c>
       <c r="L47" t="s">
-        <v>1594</v>
+        <v>1611</v>
       </c>
       <c r="M47" t="s">
-        <v>1595</v>
+        <v>1612</v>
       </c>
       <c r="N47" t="s">
-        <v>1596</v>
+        <v>1613</v>
       </c>
       <c r="O47" t="s">
-        <v>1597</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B48" t="s">
-        <v>1598</v>
+        <v>1615</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>1599</v>
+        <v>1616</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1600</v>
+        <v>1617</v>
       </c>
       <c r="H48" t="s">
-        <v>1601</v>
+        <v>1618</v>
       </c>
       <c r="I48" t="s">
-        <v>1293</v>
+        <v>1310</v>
       </c>
       <c r="J48" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
       <c r="K48" t="s">
-        <v>1603</v>
+        <v>1620</v>
       </c>
       <c r="L48" t="s">
-        <v>1604</v>
+        <v>1621</v>
       </c>
       <c r="M48" t="s">
-        <v>1605</v>
+        <v>1622</v>
       </c>
       <c r="N48" t="s">
-        <v>1606</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B49" t="s">
-        <v>1607</v>
+        <v>1624</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>1608</v>
+        <v>1625</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1609</v>
+        <v>1626</v>
       </c>
       <c r="H49" t="s">
-        <v>1610</v>
+        <v>1627</v>
       </c>
       <c r="I49" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="J49" t="s">
-        <v>1361</v>
+        <v>1378</v>
       </c>
       <c r="K49" t="s">
-        <v>1611</v>
+        <v>1628</v>
       </c>
       <c r="L49" t="s">
-        <v>1612</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B50" t="s">
-        <v>1613</v>
+        <v>1630</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>1614</v>
+        <v>1631</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1615</v>
+        <v>1632</v>
       </c>
       <c r="H50" t="s">
-        <v>1616</v>
+        <v>1633</v>
       </c>
       <c r="I50" t="s">
-        <v>1617</v>
+        <v>1634</v>
       </c>
       <c r="J50" t="s">
-        <v>1618</v>
+        <v>1635</v>
       </c>
       <c r="K50" t="s">
-        <v>1619</v>
+        <v>1636</v>
       </c>
       <c r="L50" t="s">
-        <v>1620</v>
+        <v>1637</v>
       </c>
       <c r="M50" t="s">
-        <v>1621</v>
+        <v>1638</v>
       </c>
       <c r="N50" t="s">
-        <v>1622</v>
+        <v>1639</v>
       </c>
       <c r="O50" t="s">
-        <v>1623</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B51" t="s">
-        <v>1624</v>
+        <v>1641</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>1625</v>
+        <v>1642</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1626</v>
+        <v>1643</v>
       </c>
       <c r="H51" t="s">
-        <v>1627</v>
+        <v>1644</v>
       </c>
       <c r="I51" t="s">
-        <v>1403</v>
+        <v>1420</v>
       </c>
       <c r="J51" t="s">
-        <v>1618</v>
+        <v>1635</v>
       </c>
       <c r="K51" t="s">
-        <v>1628</v>
+        <v>1645</v>
       </c>
       <c r="L51" t="s">
-        <v>1629</v>
+        <v>1646</v>
       </c>
       <c r="M51" t="s">
-        <v>1630</v>
+        <v>1647</v>
       </c>
       <c r="N51" t="s">
-        <v>1631</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B52" t="s">
-        <v>1632</v>
+        <v>1649</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>1633</v>
+        <v>1650</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1634</v>
+        <v>1651</v>
       </c>
       <c r="H52" t="s">
-        <v>1635</v>
+        <v>1652</v>
       </c>
       <c r="I52" t="s">
-        <v>1636</v>
+        <v>1653</v>
       </c>
       <c r="J52" t="s">
-        <v>1637</v>
+        <v>1654</v>
       </c>
       <c r="K52" t="s">
-        <v>1638</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B53" t="s">
-        <v>1639</v>
+        <v>1656</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>1640</v>
+        <v>1657</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1641</v>
+        <v>1658</v>
       </c>
       <c r="H53" t="s">
-        <v>1642</v>
+        <v>1659</v>
       </c>
       <c r="I53" t="s">
-        <v>1643</v>
+        <v>1660</v>
       </c>
       <c r="J53" t="s">
-        <v>1644</v>
+        <v>1661</v>
       </c>
       <c r="K53" t="s">
-        <v>1645</v>
+        <v>1662</v>
       </c>
       <c r="L53" t="s">
-        <v>1646</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B54" t="s">
-        <v>1647</v>
+        <v>1664</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>1648</v>
+        <v>1665</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1649</v>
+        <v>1666</v>
       </c>
       <c r="H54" t="s">
-        <v>1650</v>
+        <v>1667</v>
       </c>
       <c r="I54" t="s">
-        <v>1651</v>
+        <v>1668</v>
       </c>
       <c r="J54" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
       <c r="K54" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="L54" t="s">
-        <v>1654</v>
+        <v>1671</v>
       </c>
       <c r="M54" t="s">
-        <v>1655</v>
+        <v>1672</v>
       </c>
       <c r="N54" t="s">
-        <v>1656</v>
+        <v>1673</v>
       </c>
       <c r="O54" t="s">
-        <v>1657</v>
+        <v>1674</v>
       </c>
       <c r="P54" t="s">
-        <v>1658</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B55" t="s">
-        <v>1659</v>
+        <v>1676</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>1660</v>
+        <v>1677</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1661</v>
+        <v>1678</v>
       </c>
       <c r="H55" t="s">
-        <v>1662</v>
+        <v>1679</v>
       </c>
       <c r="I55" t="s">
-        <v>1663</v>
+        <v>1680</v>
       </c>
       <c r="J55" t="s">
-        <v>1664</v>
+        <v>1681</v>
       </c>
       <c r="K55" t="s">
-        <v>1665</v>
+        <v>1682</v>
       </c>
       <c r="L55" t="s">
-        <v>1666</v>
+        <v>1683</v>
       </c>
       <c r="M55" t="s">
-        <v>1667</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B56" t="s">
-        <v>1668</v>
+        <v>1685</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>1669</v>
+        <v>1686</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1670</v>
+        <v>1687</v>
       </c>
       <c r="H56" t="s">
-        <v>1671</v>
+        <v>1688</v>
       </c>
       <c r="I56" t="s">
-        <v>1672</v>
+        <v>1689</v>
       </c>
       <c r="J56" t="s">
-        <v>1673</v>
+        <v>1690</v>
       </c>
       <c r="K56" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="L56" t="s">
-        <v>1675</v>
+        <v>1692</v>
       </c>
       <c r="M56" t="s">
-        <v>1676</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B57" t="s">
-        <v>1677</v>
+        <v>1694</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>1678</v>
+        <v>1695</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="H57" t="s">
-        <v>1680</v>
+        <v>1697</v>
       </c>
       <c r="I57" t="s">
-        <v>1681</v>
+        <v>1698</v>
       </c>
       <c r="J57" t="s">
-        <v>1682</v>
+        <v>1699</v>
       </c>
       <c r="K57" t="s">
-        <v>1683</v>
+        <v>1700</v>
       </c>
       <c r="L57" t="s">
-        <v>1684</v>
+        <v>1701</v>
       </c>
       <c r="M57" t="s">
-        <v>1685</v>
+        <v>1702</v>
       </c>
       <c r="N57" t="s">
-        <v>1686</v>
+        <v>1703</v>
       </c>
       <c r="O57" t="s">
-        <v>1687</v>
+        <v>1704</v>
       </c>
       <c r="P57" t="s">
-        <v>1688</v>
+        <v>1705</v>
       </c>
       <c r="Q57" t="s">
-        <v>1689</v>
+        <v>1706</v>
       </c>
       <c r="R57" t="s">
-        <v>1690</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B58" t="s">
-        <v>1691</v>
+        <v>1708</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>1692</v>
+        <v>1709</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1693</v>
+        <v>1710</v>
       </c>
       <c r="H58" t="s">
-        <v>1694</v>
+        <v>1711</v>
       </c>
       <c r="I58" t="s">
-        <v>1672</v>
+        <v>1689</v>
       </c>
       <c r="J58" t="s">
-        <v>1370</v>
+        <v>1387</v>
       </c>
       <c r="K58" t="s">
-        <v>1695</v>
+        <v>1712</v>
       </c>
       <c r="L58" t="s">
-        <v>1696</v>
+        <v>1713</v>
       </c>
       <c r="M58" t="s">
-        <v>1697</v>
+        <v>1714</v>
       </c>
       <c r="N58" t="s">
-        <v>1698</v>
+        <v>1715</v>
       </c>
       <c r="O58" t="s">
-        <v>1699</v>
+        <v>1716</v>
       </c>
       <c r="P58" t="s">
-        <v>1700</v>
+        <v>1717</v>
       </c>
       <c r="Q58" t="s">
-        <v>1701</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B59" t="s">
-        <v>1702</v>
+        <v>1719</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>1703</v>
+        <v>1720</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1704</v>
+        <v>1721</v>
       </c>
       <c r="H59" t="s">
-        <v>1705</v>
+        <v>1722</v>
       </c>
       <c r="I59" t="s">
-        <v>1706</v>
+        <v>1723</v>
       </c>
       <c r="J59" t="s">
-        <v>1707</v>
+        <v>1724</v>
       </c>
       <c r="K59" t="s">
-        <v>1708</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B60" t="s">
-        <v>1709</v>
+        <v>1726</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>1710</v>
+        <v>1727</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1711</v>
+        <v>1728</v>
       </c>
       <c r="H60" t="s">
-        <v>1712</v>
+        <v>1729</v>
       </c>
       <c r="I60" t="s">
-        <v>1713</v>
+        <v>1730</v>
       </c>
       <c r="J60" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
       <c r="K60" t="s">
-        <v>1714</v>
+        <v>1731</v>
       </c>
       <c r="L60" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="M60" t="s">
-        <v>1716</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B61" t="s">
-        <v>1717</v>
+        <v>1734</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>1718</v>
+        <v>1735</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="H61" t="s">
-        <v>1720</v>
+        <v>1737</v>
       </c>
       <c r="I61" t="s">
-        <v>1721</v>
+        <v>1738</v>
       </c>
       <c r="J61" t="s">
-        <v>1584</v>
+        <v>1601</v>
       </c>
       <c r="K61" t="s">
-        <v>1722</v>
+        <v>1739</v>
       </c>
       <c r="L61" t="s">
-        <v>1723</v>
+        <v>1740</v>
       </c>
       <c r="M61" t="s">
-        <v>1724</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B62" t="s">
-        <v>1725</v>
+        <v>1742</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>1726</v>
+        <v>1743</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1727</v>
+        <v>1744</v>
       </c>
       <c r="H62" t="s">
-        <v>1728</v>
+        <v>1745</v>
       </c>
       <c r="I62" t="s">
-        <v>1729</v>
+        <v>1746</v>
       </c>
       <c r="J62" t="s">
-        <v>1730</v>
+        <v>1747</v>
       </c>
       <c r="K62" t="s">
-        <v>1731</v>
+        <v>1748</v>
       </c>
       <c r="L62" t="s">
-        <v>1732</v>
+        <v>1749</v>
       </c>
       <c r="M62" t="s">
-        <v>1733</v>
+        <v>1750</v>
       </c>
       <c r="N62" t="s">
-        <v>1734</v>
+        <v>1751</v>
       </c>
       <c r="O62" t="s">
-        <v>1735</v>
+        <v>1752</v>
       </c>
       <c r="P62" t="s">
-        <v>1736</v>
+        <v>1753</v>
       </c>
       <c r="Q62" t="s">
-        <v>1737</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B63" t="s">
-        <v>1738</v>
+        <v>1755</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>1739</v>
+        <v>1756</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1740</v>
+        <v>1757</v>
       </c>
       <c r="H63" t="s">
-        <v>1741</v>
+        <v>1758</v>
       </c>
       <c r="I63" t="s">
-        <v>1524</v>
+        <v>1541</v>
       </c>
       <c r="J63" t="s">
-        <v>1742</v>
+        <v>1759</v>
       </c>
       <c r="K63" t="s">
-        <v>1743</v>
+        <v>1760</v>
       </c>
       <c r="L63" t="s">
-        <v>1744</v>
+        <v>1761</v>
       </c>
       <c r="M63" t="s">
-        <v>1745</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B64" t="s">
-        <v>1746</v>
+        <v>1763</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>1747</v>
+        <v>1764</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1748</v>
+        <v>1765</v>
       </c>
       <c r="H64" t="s">
-        <v>1749</v>
+        <v>1766</v>
       </c>
       <c r="I64" t="s">
-        <v>1750</v>
+        <v>1767</v>
       </c>
       <c r="J64" t="s">
-        <v>1751</v>
+        <v>1768</v>
       </c>
       <c r="K64" t="s">
-        <v>1752</v>
+        <v>1769</v>
       </c>
       <c r="L64" t="s">
-        <v>1753</v>
+        <v>1770</v>
       </c>
       <c r="M64" t="s">
-        <v>1754</v>
+        <v>1771</v>
       </c>
       <c r="N64" t="s">
-        <v>1755</v>
+        <v>1772</v>
       </c>
       <c r="O64" t="s">
-        <v>1756</v>
+        <v>1773</v>
       </c>
       <c r="P64" t="s">
-        <v>1757</v>
+        <v>1774</v>
       </c>
       <c r="Q64" t="s">
-        <v>1758</v>
+        <v>1775</v>
       </c>
       <c r="R64" t="s">
-        <v>1759</v>
+        <v>1776</v>
       </c>
       <c r="S64" t="s">
-        <v>1760</v>
+        <v>1777</v>
       </c>
       <c r="T64" t="s">
-        <v>1761</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B65" t="s">
-        <v>1762</v>
+        <v>1779</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>1763</v>
+        <v>1780</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1764</v>
+        <v>1781</v>
       </c>
       <c r="H65" t="s">
-        <v>1765</v>
+        <v>1782</v>
       </c>
       <c r="I65" t="s">
-        <v>1766</v>
+        <v>1783</v>
       </c>
       <c r="J65" t="s">
-        <v>1767</v>
+        <v>1784</v>
       </c>
       <c r="K65" t="s">
-        <v>1768</v>
+        <v>1785</v>
       </c>
       <c r="L65" t="s">
-        <v>1769</v>
+        <v>1786</v>
       </c>
       <c r="M65" t="s">
-        <v>1770</v>
+        <v>1787</v>
       </c>
       <c r="N65" t="s">
-        <v>1771</v>
+        <v>1788</v>
       </c>
       <c r="O65" t="s">
-        <v>1772</v>
+        <v>1789</v>
       </c>
       <c r="P65" t="s">
-        <v>1773</v>
+        <v>1790</v>
       </c>
       <c r="Q65" t="s">
-        <v>1774</v>
+        <v>1791</v>
       </c>
       <c r="R65" t="s">
-        <v>1775</v>
+        <v>1792</v>
       </c>
       <c r="S65" t="s">
-        <v>1776</v>
+        <v>1793</v>
       </c>
       <c r="T65" t="s">
-        <v>1777</v>
+        <v>1794</v>
       </c>
       <c r="U65" t="s">
-        <v>1778</v>
+        <v>1795</v>
       </c>
       <c r="V65" t="s">
-        <v>1779</v>
+        <v>1796</v>
       </c>
       <c r="W65" t="s">
-        <v>1780</v>
+        <v>1797</v>
       </c>
       <c r="X65" t="s">
-        <v>1781</v>
+        <v>1798</v>
       </c>
       <c r="Y65" t="s">
-        <v>1782</v>
+        <v>1799</v>
       </c>
       <c r="Z65" t="s">
-        <v>1783</v>
+        <v>1800</v>
       </c>
       <c r="AA65" t="s">
-        <v>1784</v>
+        <v>1801</v>
       </c>
       <c r="AB65" t="s">
-        <v>1785</v>
+        <v>1802</v>
       </c>
       <c r="AC65" t="s">
-        <v>1786</v>
+        <v>1803</v>
       </c>
       <c r="AD65" t="s">
-        <v>1787</v>
+        <v>1804</v>
       </c>
       <c r="AE65" t="s">
-        <v>1788</v>
+        <v>1805</v>
       </c>
       <c r="AF65" t="s">
-        <v>1789</v>
+        <v>1806</v>
       </c>
       <c r="AG65" t="s">
-        <v>1790</v>
+        <v>1807</v>
       </c>
       <c r="AH65" t="s">
-        <v>1791</v>
+        <v>1808</v>
       </c>
       <c r="AI65" t="s">
-        <v>1792</v>
+        <v>1809</v>
       </c>
       <c r="AJ65" t="s">
-        <v>1793</v>
+        <v>1810</v>
       </c>
       <c r="AK65" t="s">
-        <v>1794</v>
+        <v>1811</v>
       </c>
       <c r="AL65" t="s">
-        <v>1795</v>
+        <v>1812</v>
       </c>
       <c r="AM65" t="s">
-        <v>1796</v>
+        <v>1813</v>
       </c>
       <c r="AN65" t="s">
-        <v>1797</v>
+        <v>1814</v>
       </c>
       <c r="AO65" t="s">
-        <v>1798</v>
+        <v>1815</v>
       </c>
       <c r="AP65" t="s">
-        <v>1799</v>
+        <v>1816</v>
       </c>
       <c r="AQ65" t="s">
-        <v>1800</v>
+        <v>1817</v>
       </c>
       <c r="AR65" t="s">
-        <v>1801</v>
+        <v>1818</v>
       </c>
       <c r="AS65" t="s">
-        <v>1802</v>
+        <v>1819</v>
       </c>
       <c r="AT65" t="s">
-        <v>1803</v>
+        <v>1820</v>
       </c>
       <c r="AU65" t="s">
-        <v>1804</v>
+        <v>1821</v>
       </c>
       <c r="AV65" t="s">
-        <v>1805</v>
+        <v>1822</v>
       </c>
       <c r="AW65" t="s">
-        <v>1806</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B66" t="s">
-        <v>1807</v>
+        <v>1824</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>1808</v>
+        <v>1825</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1809</v>
+        <v>1826</v>
       </c>
       <c r="H66" t="s">
-        <v>1810</v>
+        <v>1827</v>
       </c>
       <c r="I66" t="s">
-        <v>1811</v>
+        <v>1828</v>
       </c>
       <c r="J66" t="s">
-        <v>1812</v>
+        <v>1829</v>
       </c>
       <c r="K66" t="s">
-        <v>1813</v>
+        <v>1830</v>
       </c>
       <c r="L66" t="s">
-        <v>1814</v>
+        <v>1831</v>
       </c>
       <c r="M66" t="s">
-        <v>1815</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B67" t="s">
-        <v>1816</v>
+        <v>1833</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>1817</v>
+        <v>1834</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1818</v>
+        <v>1835</v>
       </c>
       <c r="H67" t="s">
-        <v>1819</v>
+        <v>1836</v>
       </c>
       <c r="I67" t="s">
-        <v>1820</v>
+        <v>1837</v>
       </c>
       <c r="J67" t="s">
-        <v>1821</v>
+        <v>1838</v>
       </c>
       <c r="K67" t="s">
-        <v>1822</v>
+        <v>1839</v>
       </c>
       <c r="L67" t="s">
-        <v>1823</v>
+        <v>1840</v>
       </c>
       <c r="M67" t="s">
-        <v>1824</v>
+        <v>1841</v>
       </c>
       <c r="N67" t="s">
-        <v>1825</v>
+        <v>1842</v>
       </c>
       <c r="O67" t="s">
-        <v>1826</v>
+        <v>1843</v>
       </c>
       <c r="P67" t="s">
-        <v>1827</v>
+        <v>1844</v>
       </c>
       <c r="Q67" t="s">
-        <v>1828</v>
+        <v>1845</v>
       </c>
       <c r="R67" t="s">
-        <v>1829</v>
+        <v>1846</v>
       </c>
       <c r="S67" t="s">
-        <v>1830</v>
+        <v>1847</v>
       </c>
       <c r="T67" t="s">
-        <v>1831</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B68" t="s">
-        <v>1832</v>
+        <v>1849</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>1833</v>
+        <v>1850</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1834</v>
+        <v>1851</v>
       </c>
       <c r="H68" t="s">
-        <v>1835</v>
+        <v>1852</v>
       </c>
       <c r="I68" t="s">
-        <v>1836</v>
+        <v>1853</v>
       </c>
       <c r="J68" t="s">
-        <v>1837</v>
+        <v>1854</v>
       </c>
       <c r="K68" t="s">
-        <v>1838</v>
+        <v>1855</v>
       </c>
       <c r="L68" t="s">
-        <v>1839</v>
+        <v>1856</v>
       </c>
       <c r="M68" t="s">
-        <v>1840</v>
+        <v>1857</v>
       </c>
       <c r="N68" t="s">
-        <v>1841</v>
+        <v>1858</v>
       </c>
       <c r="O68" t="s">
-        <v>1842</v>
+        <v>1859</v>
       </c>
       <c r="P68" t="s">
-        <v>1843</v>
+        <v>1860</v>
       </c>
       <c r="Q68" t="s">
-        <v>1844</v>
+        <v>1861</v>
       </c>
       <c r="R68" t="s">
-        <v>1845</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B69" t="s">
-        <v>1846</v>
+        <v>1863</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>1833</v>
+        <v>1850</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1847</v>
+        <v>1864</v>
       </c>
       <c r="H69" t="s">
-        <v>1848</v>
+        <v>1865</v>
       </c>
       <c r="I69" t="s">
-        <v>1849</v>
+        <v>1866</v>
       </c>
       <c r="J69" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
       <c r="K69" t="s">
-        <v>1851</v>
+        <v>1868</v>
       </c>
       <c r="L69" t="s">
-        <v>1852</v>
+        <v>1869</v>
       </c>
       <c r="M69" t="s">
-        <v>1853</v>
+        <v>1870</v>
       </c>
       <c r="N69" t="s">
-        <v>1854</v>
+        <v>1871</v>
       </c>
       <c r="O69" t="s">
-        <v>1855</v>
+        <v>1872</v>
       </c>
       <c r="P69" t="s">
-        <v>1856</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B70" t="s">
-        <v>1857</v>
+        <v>1874</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>1858</v>
+        <v>1875</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1859</v>
+        <v>1876</v>
       </c>
       <c r="H70" t="s">
-        <v>1860</v>
+        <v>1877</v>
       </c>
       <c r="I70" t="s">
-        <v>1861</v>
+        <v>1878</v>
       </c>
       <c r="J70" t="s">
-        <v>1370</v>
+        <v>1387</v>
       </c>
       <c r="K70" t="s">
-        <v>1862</v>
+        <v>1879</v>
       </c>
       <c r="L70" t="s">
-        <v>1863</v>
+        <v>1880</v>
       </c>
       <c r="M70" t="s">
-        <v>1864</v>
+        <v>1881</v>
       </c>
       <c r="N70" t="s">
-        <v>1865</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B71" t="s">
-        <v>1866</v>
+        <v>1883</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>1858</v>
+        <v>1875</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>1867</v>
+        <v>1884</v>
       </c>
       <c r="H71" t="s">
-        <v>1868</v>
+        <v>1885</v>
       </c>
       <c r="I71" t="s">
-        <v>1869</v>
+        <v>1886</v>
       </c>
       <c r="J71" t="s">
-        <v>1370</v>
+        <v>1387</v>
       </c>
       <c r="K71" t="s">
-        <v>1870</v>
+        <v>1887</v>
       </c>
       <c r="L71" t="s">
-        <v>1871</v>
+        <v>1888</v>
       </c>
       <c r="M71" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="N71" t="s">
-        <v>1873</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B72" t="s">
-        <v>1874</v>
+        <v>1891</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>1858</v>
+        <v>1875</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1875</v>
+        <v>1892</v>
       </c>
       <c r="H72" t="s">
-        <v>1876</v>
+        <v>1893</v>
       </c>
       <c r="I72" t="s">
-        <v>1877</v>
+        <v>1894</v>
       </c>
       <c r="J72" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="K72" t="s">
-        <v>1878</v>
+        <v>1895</v>
       </c>
       <c r="L72" t="s">
-        <v>1879</v>
+        <v>1896</v>
       </c>
       <c r="M72" t="s">
-        <v>1880</v>
+        <v>1897</v>
       </c>
       <c r="N72" t="s">
-        <v>1881</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B73" t="s">
-        <v>1882</v>
+        <v>1899</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>1883</v>
+        <v>1900</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1884</v>
+        <v>1901</v>
       </c>
       <c r="H73" t="s">
-        <v>1885</v>
+        <v>1902</v>
       </c>
       <c r="I73" t="s">
-        <v>1886</v>
+        <v>1903</v>
       </c>
       <c r="J73" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
       <c r="K73" t="s">
-        <v>1887</v>
+        <v>1904</v>
       </c>
       <c r="L73" t="s">
-        <v>1888</v>
+        <v>1905</v>
       </c>
       <c r="M73" t="s">
-        <v>1889</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B74" t="s">
-        <v>1890</v>
+        <v>1907</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>1858</v>
+        <v>1875</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1891</v>
+        <v>1908</v>
       </c>
       <c r="H74" t="s">
-        <v>1892</v>
+        <v>1909</v>
       </c>
       <c r="I74" t="s">
-        <v>1893</v>
+        <v>1910</v>
       </c>
       <c r="J74" t="s">
-        <v>1894</v>
+        <v>1911</v>
       </c>
       <c r="K74" t="s">
-        <v>1895</v>
+        <v>1912</v>
       </c>
       <c r="L74" t="s">
-        <v>1896</v>
+        <v>1913</v>
       </c>
       <c r="M74" t="s">
-        <v>1897</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B75" t="s">
-        <v>1898</v>
+        <v>1915</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>1899</v>
+        <v>1916</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>1900</v>
+        <v>1917</v>
       </c>
       <c r="H75" t="s">
-        <v>1901</v>
+        <v>1918</v>
       </c>
       <c r="I75" t="s">
-        <v>1902</v>
+        <v>1919</v>
       </c>
       <c r="J75" t="s">
-        <v>1903</v>
+        <v>1920</v>
       </c>
       <c r="K75" t="s">
-        <v>1904</v>
+        <v>1921</v>
       </c>
       <c r="L75" t="s">
-        <v>1905</v>
+        <v>1922</v>
       </c>
       <c r="M75" t="s">
-        <v>1906</v>
+        <v>1923</v>
       </c>
       <c r="N75" t="s">
-        <v>1907</v>
+        <v>1924</v>
       </c>
       <c r="O75" t="s">
-        <v>1908</v>
+        <v>1925</v>
       </c>
       <c r="P75" t="s">
-        <v>1909</v>
+        <v>1926</v>
       </c>
       <c r="Q75" t="s">
-        <v>1910</v>
+        <v>1927</v>
       </c>
       <c r="R75" t="s">
-        <v>1911</v>
+        <v>1928</v>
       </c>
       <c r="S75" t="s">
-        <v>1912</v>
+        <v>1929</v>
       </c>
       <c r="T75" t="s">
-        <v>1913</v>
+        <v>1930</v>
       </c>
       <c r="U75" t="s">
-        <v>1914</v>
+        <v>1931</v>
       </c>
       <c r="V75" t="s">
-        <v>1915</v>
+        <v>1932</v>
       </c>
       <c r="W75" t="s">
-        <v>1916</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B76" t="s">
-        <v>1917</v>
+        <v>1934</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>1918</v>
+        <v>1935</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>1919</v>
+        <v>1936</v>
       </c>
       <c r="H76" t="s">
-        <v>1920</v>
+        <v>1937</v>
       </c>
       <c r="I76" t="s">
-        <v>1921</v>
+        <v>1938</v>
       </c>
       <c r="J76" t="s">
-        <v>1922</v>
+        <v>1939</v>
       </c>
       <c r="K76" t="s">
-        <v>1923</v>
+        <v>1940</v>
       </c>
       <c r="L76" t="s">
-        <v>1924</v>
+        <v>1941</v>
       </c>
       <c r="M76" t="s">
-        <v>1925</v>
+        <v>1942</v>
       </c>
       <c r="N76" t="s">
-        <v>1926</v>
+        <v>1943</v>
       </c>
       <c r="O76" t="s">
-        <v>1927</v>
+        <v>1944</v>
       </c>
       <c r="P76" t="s">
-        <v>1928</v>
+        <v>1945</v>
       </c>
       <c r="Q76" t="s">
-        <v>1929</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B77" t="s">
-        <v>1930</v>
+        <v>1947</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>1931</v>
+        <v>1948</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1932</v>
+        <v>1949</v>
       </c>
       <c r="H77" t="s">
-        <v>1933</v>
+        <v>1950</v>
       </c>
       <c r="I77" t="s">
-        <v>1934</v>
+        <v>1951</v>
       </c>
       <c r="J77" t="s">
-        <v>1935</v>
+        <v>1952</v>
       </c>
       <c r="K77" t="s">
-        <v>1936</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B78" t="s">
-        <v>1937</v>
+        <v>1954</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>1938</v>
+        <v>1955</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1939</v>
+        <v>1956</v>
       </c>
       <c r="H78" t="s">
-        <v>1940</v>
+        <v>1957</v>
       </c>
       <c r="I78" t="s">
-        <v>1941</v>
+        <v>1958</v>
       </c>
       <c r="J78" t="s">
-        <v>1942</v>
+        <v>1959</v>
       </c>
       <c r="K78" t="s">
-        <v>1943</v>
+        <v>1960</v>
       </c>
       <c r="L78" t="s">
-        <v>1944</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B79" t="s">
-        <v>1945</v>
+        <v>1962</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>1946</v>
+        <v>1963</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1947</v>
+        <v>1964</v>
       </c>
       <c r="H79" t="s">
-        <v>1948</v>
+        <v>1965</v>
       </c>
       <c r="I79" t="s">
-        <v>1672</v>
+        <v>1689</v>
       </c>
       <c r="J79" t="s">
-        <v>1949</v>
+        <v>1966</v>
       </c>
       <c r="K79" t="s">
-        <v>1950</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B80" t="s">
-        <v>1951</v>
+        <v>1968</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>1952</v>
+        <v>1969</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>1953</v>
+        <v>1970</v>
       </c>
       <c r="H80" t="s">
-        <v>1954</v>
+        <v>1971</v>
       </c>
       <c r="I80" t="s">
-        <v>1955</v>
+        <v>1972</v>
       </c>
       <c r="J80" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
       <c r="K80" t="s">
-        <v>1957</v>
+        <v>1974</v>
       </c>
       <c r="L80" t="s">
-        <v>1958</v>
+        <v>1975</v>
       </c>
       <c r="M80" t="s">
-        <v>1959</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B81" t="s">
-        <v>1960</v>
+        <v>1977</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>1961</v>
+        <v>1978</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>1962</v>
+        <v>1979</v>
       </c>
       <c r="H81" t="s">
-        <v>1963</v>
+        <v>1980</v>
       </c>
       <c r="I81" t="s">
-        <v>1339</v>
+        <v>1356</v>
       </c>
       <c r="J81" t="s">
-        <v>1964</v>
+        <v>1981</v>
       </c>
       <c r="K81" t="s">
-        <v>1965</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B82" t="s">
-        <v>1966</v>
+        <v>1983</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>1967</v>
+        <v>1984</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>1968</v>
+        <v>1985</v>
       </c>
       <c r="H82" t="s">
-        <v>1969</v>
+        <v>1986</v>
       </c>
       <c r="I82" t="s">
-        <v>1970</v>
+        <v>1987</v>
       </c>
       <c r="J82" t="s">
-        <v>1903</v>
+        <v>1920</v>
       </c>
       <c r="K82" t="s">
-        <v>1971</v>
+        <v>1988</v>
       </c>
       <c r="L82" t="s">
-        <v>1972</v>
+        <v>1989</v>
       </c>
       <c r="M82" t="s">
-        <v>1973</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B83" t="s">
-        <v>1974</v>
+        <v>1991</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>1975</v>
+        <v>1992</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>1976</v>
+        <v>1993</v>
       </c>
       <c r="H83" t="s">
-        <v>1977</v>
+        <v>1994</v>
       </c>
       <c r="I83" t="s">
-        <v>1978</v>
+        <v>1995</v>
       </c>
       <c r="J83" t="s">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="K83" t="s">
-        <v>1980</v>
+        <v>1997</v>
       </c>
       <c r="L83" t="s">
-        <v>1981</v>
+        <v>1998</v>
       </c>
       <c r="M83" t="s">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="N83" t="s">
-        <v>1983</v>
+        <v>2000</v>
       </c>
       <c r="O83" t="s">
-        <v>1984</v>
+        <v>2001</v>
       </c>
       <c r="P83" t="s">
-        <v>1985</v>
+        <v>2002</v>
       </c>
       <c r="Q83" t="s">
-        <v>1986</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B84" t="s">
-        <v>1987</v>
+        <v>2004</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>1988</v>
+        <v>2005</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>1989</v>
+        <v>2006</v>
       </c>
       <c r="H84" t="s">
-        <v>1990</v>
+        <v>2007</v>
       </c>
       <c r="I84" t="s">
-        <v>1991</v>
+        <v>2008</v>
       </c>
       <c r="J84" t="s">
-        <v>1370</v>
+        <v>1387</v>
       </c>
       <c r="K84" t="s">
-        <v>1992</v>
+        <v>2009</v>
       </c>
       <c r="L84" t="s">
-        <v>1993</v>
+        <v>2010</v>
       </c>
       <c r="M84" t="s">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="N84" t="s">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="O84" t="s">
-        <v>1996</v>
+        <v>2013</v>
       </c>
       <c r="P84" t="s">
-        <v>1997</v>
+        <v>2014</v>
       </c>
       <c r="Q84" t="s">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="R84" t="s">
-        <v>1999</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B85" t="s">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>2002</v>
+        <v>2019</v>
       </c>
       <c r="H85" t="s">
-        <v>2003</v>
+        <v>2020</v>
       </c>
       <c r="I85" t="s">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="J85" t="s">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="K85" t="s">
-        <v>2006</v>
+        <v>2023</v>
       </c>
       <c r="L85" t="s">
-        <v>2007</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B86" t="s">
-        <v>2008</v>
+        <v>2025</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>2009</v>
+        <v>2026</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>2010</v>
+        <v>2027</v>
       </c>
       <c r="H86" t="s">
-        <v>2011</v>
+        <v>2028</v>
       </c>
       <c r="I86" t="s">
-        <v>1548</v>
+        <v>1565</v>
       </c>
       <c r="J86" t="s">
-        <v>2012</v>
+        <v>2029</v>
       </c>
       <c r="K86" t="s">
-        <v>2013</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B87" t="s">
-        <v>2014</v>
+        <v>2031</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>2015</v>
+        <v>2032</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>2016</v>
+        <v>2033</v>
       </c>
       <c r="H87" t="s">
-        <v>2017</v>
+        <v>2034</v>
       </c>
       <c r="I87" t="s">
-        <v>1869</v>
+        <v>1886</v>
       </c>
       <c r="J87" t="s">
         <v>214</v>
       </c>
       <c r="K87" t="s">
-        <v>2018</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B88" t="s">
-        <v>2019</v>
+        <v>2036</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>2020</v>
+        <v>2037</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>2021</v>
+        <v>2038</v>
       </c>
       <c r="H88" t="s">
-        <v>2022</v>
+        <v>2039</v>
       </c>
       <c r="I88" t="s">
-        <v>2023</v>
+        <v>2040</v>
       </c>
       <c r="J88" t="s">
-        <v>2024</v>
+        <v>2041</v>
       </c>
       <c r="K88" t="s">
-        <v>2025</v>
+        <v>2042</v>
       </c>
       <c r="L88" t="s">
-        <v>2026</v>
+        <v>2043</v>
       </c>
       <c r="M88" t="s">
-        <v>2027</v>
+        <v>2044</v>
       </c>
       <c r="N88" t="s">
-        <v>2028</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B89" t="s">
-        <v>2029</v>
+        <v>2046</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>2020</v>
+        <v>2037</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>2030</v>
+        <v>2047</v>
       </c>
       <c r="H89" t="s">
-        <v>2031</v>
+        <v>2048</v>
       </c>
       <c r="I89" t="s">
-        <v>2032</v>
+        <v>2049</v>
       </c>
       <c r="J89" t="s">
         <v>214</v>
       </c>
       <c r="K89" t="s">
-        <v>2033</v>
+        <v>2050</v>
       </c>
       <c r="L89" t="s">
-        <v>2034</v>
+        <v>2051</v>
       </c>
       <c r="M89" t="s">
-        <v>2035</v>
+        <v>2052</v>
       </c>
       <c r="N89" t="s">
-        <v>2036</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B90" t="s">
-        <v>2037</v>
+        <v>2054</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>2038</v>
+        <v>2055</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>2039</v>
+        <v>2056</v>
       </c>
       <c r="H90" t="s">
-        <v>2040</v>
+        <v>2057</v>
       </c>
       <c r="I90" t="s">
-        <v>2041</v>
+        <v>2058</v>
       </c>
       <c r="J90" t="s">
-        <v>2042</v>
+        <v>2059</v>
       </c>
       <c r="K90" t="s">
-        <v>2043</v>
+        <v>2060</v>
       </c>
       <c r="L90" t="s">
-        <v>2044</v>
+        <v>2061</v>
       </c>
       <c r="M90" t="s">
-        <v>2045</v>
+        <v>2062</v>
       </c>
       <c r="N90" t="s">
-        <v>2046</v>
+        <v>2063</v>
       </c>
       <c r="O90" t="s">
-        <v>2047</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B91" t="s">
-        <v>2048</v>
+        <v>2065</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>2049</v>
+        <v>2066</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>2050</v>
+        <v>2067</v>
       </c>
       <c r="H91" t="s">
-        <v>2051</v>
+        <v>2068</v>
       </c>
       <c r="I91" t="s">
-        <v>2052</v>
+        <v>2069</v>
       </c>
       <c r="J91" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
       <c r="K91" t="s">
-        <v>2053</v>
+        <v>2070</v>
       </c>
       <c r="L91" t="s">
-        <v>2054</v>
+        <v>2071</v>
       </c>
       <c r="M91" t="s">
-        <v>2055</v>
+        <v>2072</v>
       </c>
       <c r="N91" t="s">
-        <v>2056</v>
+        <v>2073</v>
       </c>
       <c r="O91" t="s">
-        <v>2057</v>
+        <v>2074</v>
       </c>
       <c r="P91" t="s">
-        <v>2058</v>
+        <v>2075</v>
       </c>
       <c r="Q91" t="s">
-        <v>2059</v>
+        <v>2076</v>
       </c>
       <c r="R91" t="s">
-        <v>2060</v>
+        <v>2077</v>
       </c>
       <c r="S91" t="s">
-        <v>2061</v>
+        <v>2078</v>
       </c>
       <c r="T91" t="s">
-        <v>2062</v>
+        <v>2079</v>
       </c>
       <c r="U91" t="s">
-        <v>2063</v>
+        <v>2080</v>
       </c>
       <c r="V91" t="s">
-        <v>2064</v>
+        <v>2081</v>
       </c>
       <c r="W91" t="s">
-        <v>2065</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B92" t="s">
-        <v>2066</v>
+        <v>2083</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>2067</v>
+        <v>2084</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>2068</v>
+        <v>2085</v>
       </c>
       <c r="H92" t="s">
-        <v>2069</v>
+        <v>2086</v>
       </c>
       <c r="I92" t="s">
-        <v>2070</v>
+        <v>2087</v>
       </c>
       <c r="J92" t="s">
-        <v>2071</v>
+        <v>2088</v>
       </c>
       <c r="K92" t="s">
-        <v>2072</v>
+        <v>2089</v>
       </c>
       <c r="L92" t="s">
-        <v>2073</v>
+        <v>2090</v>
       </c>
       <c r="M92" t="s">
-        <v>2074</v>
+        <v>2091</v>
       </c>
       <c r="N92" t="s">
-        <v>2075</v>
+        <v>2092</v>
       </c>
       <c r="O92" t="s">
-        <v>2076</v>
+        <v>2093</v>
       </c>
       <c r="P92" t="s">
-        <v>2077</v>
+        <v>2094</v>
       </c>
       <c r="Q92" t="s">
-        <v>2078</v>
+        <v>2095</v>
       </c>
       <c r="R92" t="s">
-        <v>2079</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B93" t="s">
-        <v>2080</v>
+        <v>2097</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>2081</v>
+        <v>2098</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>2082</v>
+        <v>2099</v>
       </c>
       <c r="H93" t="s">
-        <v>2083</v>
+        <v>2100</v>
       </c>
       <c r="I93" t="s">
-        <v>2084</v>
+        <v>2101</v>
       </c>
       <c r="J93" t="s">
         <v>207</v>
       </c>
       <c r="K93" t="s">
-        <v>2085</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B94" t="s">
-        <v>2086</v>
+        <v>2103</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>2087</v>
+        <v>2104</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2106</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J94" t="s">
         <v>2088</v>
       </c>
-      <c r="H94" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K94" t="s">
-        <v>2090</v>
+        <v>2107</v>
       </c>
       <c r="L94" t="s">
-        <v>2091</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B95" t="s">
-        <v>2092</v>
+        <v>2109</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>2087</v>
+        <v>2104</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>2093</v>
+        <v>2110</v>
       </c>
       <c r="H95" t="s">
-        <v>2094</v>
+        <v>2111</v>
       </c>
       <c r="I95" t="s">
-        <v>1672</v>
+        <v>1689</v>
       </c>
       <c r="J95" t="s">
         <v>207</v>
       </c>
       <c r="K95" t="s">
-        <v>2095</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B96" t="s">
-        <v>2096</v>
+        <v>2113</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>2097</v>
+        <v>2114</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>2098</v>
+        <v>2115</v>
       </c>
       <c r="H96" t="s">
-        <v>2099</v>
+        <v>2116</v>
       </c>
       <c r="I96" t="s">
-        <v>2100</v>
+        <v>2117</v>
       </c>
       <c r="J96" t="s">
-        <v>2101</v>
+        <v>2118</v>
       </c>
       <c r="K96" t="s">
-        <v>2102</v>
+        <v>2119</v>
       </c>
       <c r="L96" t="s">
-        <v>2103</v>
+        <v>2120</v>
       </c>
       <c r="M96" t="s">
-        <v>2104</v>
+        <v>2121</v>
       </c>
       <c r="N96" t="s">
-        <v>2105</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B97" t="s">
-        <v>2106</v>
+        <v>2123</v>
       </c>
       <c r="C97" t="s">
         <v>11</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>2107</v>
+        <v>2124</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>2108</v>
+        <v>2125</v>
       </c>
       <c r="H97" t="s">
-        <v>2109</v>
+        <v>2126</v>
       </c>
       <c r="I97" t="s">
-        <v>2110</v>
+        <v>2127</v>
       </c>
       <c r="J97" t="s">
         <v>214</v>
       </c>
       <c r="K97" t="s">
-        <v>2111</v>
+        <v>2128</v>
       </c>
       <c r="L97" t="s">
-        <v>2112</v>
+        <v>2129</v>
       </c>
       <c r="M97" t="s">
-        <v>2113</v>
+        <v>2130</v>
       </c>
       <c r="N97" t="s">
-        <v>2114</v>
+        <v>2131</v>
       </c>
       <c r="O97" t="s">
-        <v>2115</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B98" t="s">
-        <v>2116</v>
+        <v>2133</v>
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>2117</v>
+        <v>2134</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>2118</v>
+        <v>2135</v>
       </c>
       <c r="H98" t="s">
-        <v>2119</v>
+        <v>2136</v>
       </c>
       <c r="I98" t="s">
-        <v>2120</v>
+        <v>2137</v>
       </c>
       <c r="J98" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="K98" t="s">
-        <v>2121</v>
+        <v>2138</v>
       </c>
       <c r="L98" t="s">
-        <v>2122</v>
+        <v>2139</v>
       </c>
       <c r="M98" t="s">
-        <v>2123</v>
+        <v>2140</v>
       </c>
       <c r="N98" t="s">
-        <v>2124</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B99" t="s">
-        <v>2125</v>
+        <v>2142</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>2126</v>
+        <v>2143</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>2127</v>
+        <v>2144</v>
       </c>
       <c r="H99" t="s">
-        <v>2128</v>
+        <v>2145</v>
       </c>
       <c r="I99" t="s">
-        <v>1339</v>
+        <v>1356</v>
       </c>
       <c r="J99" t="s">
-        <v>1361</v>
+        <v>1378</v>
       </c>
       <c r="K99" t="s">
-        <v>2129</v>
+        <v>2146</v>
       </c>
       <c r="L99" t="s">
-        <v>2130</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B100" t="s">
-        <v>2131</v>
+        <v>2148</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>2132</v>
+        <v>2149</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>2133</v>
+        <v>2150</v>
       </c>
       <c r="H100" t="s">
-        <v>2134</v>
+        <v>2151</v>
       </c>
       <c r="I100" t="s">
-        <v>2135</v>
+        <v>2152</v>
       </c>
       <c r="J100" t="s">
-        <v>2136</v>
+        <v>2153</v>
       </c>
       <c r="K100" t="s">
-        <v>2137</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B101" t="s">
-        <v>2138</v>
+        <v>2155</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>2139</v>
+        <v>2156</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>2140</v>
+        <v>2157</v>
       </c>
       <c r="H101" t="s">
-        <v>2141</v>
+        <v>2158</v>
       </c>
       <c r="I101" t="s">
-        <v>2142</v>
+        <v>2159</v>
       </c>
       <c r="J101" t="s">
-        <v>2143</v>
+        <v>2160</v>
       </c>
       <c r="K101" t="s">
-        <v>2144</v>
+        <v>2161</v>
       </c>
       <c r="L101" t="s">
-        <v>2145</v>
+        <v>2162</v>
       </c>
       <c r="M101" t="s">
-        <v>2146</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B102" t="s">
-        <v>2147</v>
+        <v>2164</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>2148</v>
+        <v>2165</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>2149</v>
+        <v>2166</v>
       </c>
       <c r="H102" t="s">
-        <v>2150</v>
+        <v>2167</v>
       </c>
       <c r="I102" t="s">
-        <v>2151</v>
+        <v>2168</v>
       </c>
       <c r="J102" t="s">
-        <v>2152</v>
+        <v>2169</v>
       </c>
       <c r="K102" t="s">
-        <v>2153</v>
+        <v>2170</v>
       </c>
       <c r="L102" t="s">
-        <v>2154</v>
+        <v>2171</v>
       </c>
       <c r="M102" t="s">
-        <v>2155</v>
+        <v>2172</v>
       </c>
       <c r="N102" t="s">
-        <v>2156</v>
+        <v>2173</v>
       </c>
       <c r="O102" t="s">
-        <v>2157</v>
+        <v>2174</v>
       </c>
       <c r="P102" t="s">
-        <v>2158</v>
+        <v>2175</v>
       </c>
       <c r="Q102" t="s">
-        <v>2159</v>
+        <v>2176</v>
       </c>
       <c r="R102" t="s">
-        <v>2160</v>
+        <v>2177</v>
       </c>
       <c r="S102" t="s">
-        <v>2161</v>
+        <v>2178</v>
       </c>
       <c r="T102" t="s">
-        <v>2162</v>
+        <v>2179</v>
       </c>
       <c r="U102" t="s">
-        <v>2163</v>
+        <v>2180</v>
       </c>
       <c r="V102" t="s">
-        <v>2164</v>
+        <v>2181</v>
       </c>
       <c r="W102" t="s">
-        <v>2165</v>
+        <v>2182</v>
       </c>
       <c r="X102" t="s">
-        <v>2166</v>
+        <v>2183</v>
       </c>
       <c r="Y102" t="s">
-        <v>2167</v>
+        <v>2184</v>
       </c>
       <c r="Z102" t="s">
-        <v>2168</v>
+        <v>2185</v>
       </c>
       <c r="AA102" t="s">
-        <v>2169</v>
+        <v>2186</v>
       </c>
       <c r="AB102" t="s">
-        <v>2170</v>
+        <v>2187</v>
       </c>
       <c r="AC102" t="s">
-        <v>2171</v>
+        <v>2188</v>
       </c>
       <c r="AD102" t="s">
-        <v>2172</v>
+        <v>2189</v>
       </c>
       <c r="AE102" t="s">
-        <v>2173</v>
+        <v>2190</v>
       </c>
       <c r="AF102" t="s">
-        <v>2174</v>
+        <v>2191</v>
       </c>
       <c r="AG102" t="s">
-        <v>2175</v>
+        <v>2192</v>
       </c>
       <c r="AH102" t="s">
-        <v>2176</v>
+        <v>2193</v>
       </c>
       <c r="AI102" t="s">
-        <v>2177</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B103" t="s">
-        <v>2178</v>
+        <v>2195</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>2179</v>
+        <v>2196</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>2180</v>
+        <v>2197</v>
       </c>
       <c r="H103" t="s">
-        <v>2181</v>
+        <v>2198</v>
       </c>
       <c r="I103" t="s">
-        <v>2182</v>
+        <v>2199</v>
       </c>
       <c r="J103" t="s">
-        <v>2183</v>
+        <v>2200</v>
       </c>
       <c r="K103" t="s">
-        <v>2184</v>
+        <v>2201</v>
       </c>
       <c r="L103" t="s">
-        <v>2185</v>
+        <v>2202</v>
       </c>
       <c r="M103" t="s">
-        <v>2186</v>
+        <v>2203</v>
       </c>
       <c r="N103" t="s">
-        <v>2187</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B104" t="s">
-        <v>2188</v>
+        <v>2205</v>
       </c>
       <c r="C104" t="s">
         <v>11</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>2189</v>
+        <v>2206</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>2190</v>
+        <v>2207</v>
       </c>
       <c r="H104" t="s">
-        <v>2191</v>
+        <v>2208</v>
       </c>
       <c r="I104" t="s">
-        <v>1198</v>
+        <v>1215</v>
       </c>
       <c r="J104" t="s">
-        <v>1502</v>
+        <v>1519</v>
       </c>
       <c r="K104" t="s">
-        <v>2192</v>
+        <v>2209</v>
       </c>
       <c r="L104" t="s">
-        <v>2193</v>
+        <v>2210</v>
       </c>
       <c r="M104" t="s">
-        <v>2194</v>
+        <v>2211</v>
       </c>
       <c r="N104" t="s">
-        <v>2195</v>
+        <v>2212</v>
       </c>
       <c r="O104" t="s">
-        <v>2196</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B105" t="s">
-        <v>2197</v>
+        <v>2214</v>
       </c>
       <c r="C105" t="s">
         <v>11</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>2189</v>
+        <v>2206</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>2198</v>
+        <v>2215</v>
       </c>
       <c r="H105" t="s">
-        <v>2199</v>
+        <v>2216</v>
       </c>
       <c r="I105" t="s">
-        <v>2200</v>
+        <v>2217</v>
       </c>
       <c r="J105" t="s">
-        <v>1894</v>
+        <v>1911</v>
       </c>
       <c r="K105" t="s">
-        <v>2201</v>
+        <v>2218</v>
       </c>
       <c r="L105" t="s">
-        <v>2202</v>
+        <v>2219</v>
       </c>
       <c r="M105" t="s">
-        <v>2203</v>
+        <v>2220</v>
       </c>
       <c r="N105" t="s">
-        <v>2204</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B106" t="s">
-        <v>2205</v>
+        <v>2222</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>2206</v>
+        <v>2223</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>2207</v>
+        <v>2224</v>
       </c>
       <c r="H106" t="s">
-        <v>2208</v>
+        <v>2225</v>
       </c>
       <c r="I106" t="s">
-        <v>1970</v>
+        <v>1987</v>
       </c>
       <c r="J106" t="s">
-        <v>2209</v>
+        <v>2226</v>
       </c>
       <c r="K106" t="s">
-        <v>2210</v>
+        <v>2227</v>
       </c>
       <c r="L106" t="s">
-        <v>2211</v>
+        <v>2228</v>
       </c>
       <c r="M106" t="s">
-        <v>2212</v>
+        <v>2229</v>
       </c>
       <c r="N106" t="s">
-        <v>2213</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B107" t="s">
-        <v>2214</v>
+        <v>2231</v>
       </c>
       <c r="C107" t="s">
         <v>11</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>2215</v>
+        <v>2232</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>2216</v>
+        <v>2233</v>
       </c>
       <c r="H107" t="s">
-        <v>2217</v>
+        <v>2234</v>
       </c>
       <c r="I107" t="s">
-        <v>2218</v>
+        <v>2235</v>
       </c>
       <c r="J107" t="s">
-        <v>2219</v>
+        <v>2236</v>
       </c>
       <c r="K107" t="s">
-        <v>2220</v>
+        <v>2237</v>
       </c>
       <c r="L107" t="s">
-        <v>2221</v>
+        <v>2238</v>
       </c>
       <c r="M107" t="s">
-        <v>2222</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B108" t="s">
-        <v>2223</v>
+        <v>2240</v>
       </c>
       <c r="C108" t="s">
         <v>11</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>2224</v>
+        <v>2241</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>2225</v>
+        <v>2242</v>
       </c>
       <c r="H108" t="s">
-        <v>2226</v>
+        <v>2243</v>
       </c>
       <c r="I108" t="s">
-        <v>2227</v>
+        <v>2244</v>
       </c>
       <c r="J108" t="s">
-        <v>2228</v>
+        <v>2245</v>
       </c>
       <c r="K108" t="s">
-        <v>2229</v>
+        <v>2246</v>
       </c>
       <c r="L108" t="s">
-        <v>2230</v>
+        <v>2247</v>
       </c>
       <c r="M108" t="s">
-        <v>2231</v>
+        <v>2248</v>
       </c>
       <c r="N108" t="s">
-        <v>2232</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B109" t="s">
-        <v>2233</v>
+        <v>2250</v>
       </c>
       <c r="C109" t="s">
         <v>11</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>2234</v>
+        <v>2251</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>2235</v>
+        <v>2252</v>
       </c>
       <c r="H109" t="s">
-        <v>2236</v>
+        <v>2253</v>
       </c>
       <c r="I109" t="s">
-        <v>2237</v>
+        <v>2254</v>
       </c>
       <c r="J109" t="s">
-        <v>1542</v>
+        <v>1559</v>
       </c>
       <c r="K109" t="s">
-        <v>2238</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B110" t="s">
-        <v>2239</v>
+        <v>2256</v>
       </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>2240</v>
+        <v>2257</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>2241</v>
+        <v>2258</v>
       </c>
       <c r="H110" t="s">
-        <v>2242</v>
+        <v>2259</v>
       </c>
       <c r="I110" t="s">
-        <v>2135</v>
+        <v>2152</v>
       </c>
       <c r="J110" t="s">
-        <v>1502</v>
+        <v>1519</v>
       </c>
       <c r="K110" t="s">
-        <v>2243</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B111" t="s">
-        <v>2244</v>
+        <v>2261</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>2245</v>
+        <v>2262</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>2246</v>
+        <v>2263</v>
       </c>
       <c r="H111" t="s">
-        <v>2247</v>
+        <v>2264</v>
       </c>
       <c r="I111" t="s">
-        <v>2248</v>
+        <v>2265</v>
       </c>
       <c r="J111" t="s">
-        <v>2249</v>
+        <v>2266</v>
       </c>
       <c r="K111" t="s">
-        <v>2250</v>
+        <v>2267</v>
       </c>
       <c r="L111" t="s">
-        <v>2251</v>
+        <v>2268</v>
       </c>
       <c r="M111" t="s">
-        <v>2252</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B112" t="s">
-        <v>2253</v>
+        <v>2270</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>2254</v>
+        <v>2271</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>2255</v>
+        <v>2272</v>
       </c>
       <c r="H112" t="s">
-        <v>2256</v>
+        <v>2273</v>
       </c>
       <c r="I112" t="s">
-        <v>2257</v>
+        <v>2274</v>
       </c>
       <c r="J112" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
       <c r="K112" t="s">
-        <v>2258</v>
+        <v>2275</v>
       </c>
       <c r="L112" t="s">
-        <v>2259</v>
+        <v>2276</v>
       </c>
       <c r="M112" t="s">
-        <v>2260</v>
+        <v>2277</v>
       </c>
       <c r="N112" t="s">
-        <v>2261</v>
+        <v>2278</v>
       </c>
       <c r="O112" t="s">
-        <v>2262</v>
+        <v>2279</v>
       </c>
       <c r="P112" t="s">
-        <v>2263</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B113" t="s">
-        <v>2264</v>
+        <v>2281</v>
       </c>
       <c r="C113" t="s">
         <v>11</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>2265</v>
+        <v>2282</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>2266</v>
+        <v>2283</v>
       </c>
       <c r="H113" t="s">
-        <v>2267</v>
+        <v>2284</v>
       </c>
       <c r="I113" t="s">
-        <v>2023</v>
+        <v>2040</v>
       </c>
       <c r="J113" t="s">
-        <v>1502</v>
+        <v>1519</v>
       </c>
       <c r="K113" t="s">
-        <v>2268</v>
+        <v>2285</v>
       </c>
       <c r="L113" t="s">
-        <v>2269</v>
+        <v>2286</v>
       </c>
       <c r="M113" t="s">
-        <v>2270</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B114" t="s">
-        <v>2271</v>
+        <v>2288</v>
       </c>
       <c r="C114" t="s">
         <v>11</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>2272</v>
+        <v>2289</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>2273</v>
+        <v>2290</v>
       </c>
       <c r="H114" t="s">
-        <v>2274</v>
+        <v>2291</v>
       </c>
       <c r="I114" t="s">
-        <v>2275</v>
+        <v>2292</v>
       </c>
       <c r="J114" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
       <c r="K114" t="s">
-        <v>2276</v>
+        <v>2293</v>
       </c>
       <c r="L114" t="s">
-        <v>2277</v>
+        <v>2294</v>
       </c>
       <c r="M114" t="s">
-        <v>2278</v>
+        <v>2295</v>
       </c>
       <c r="N114" t="s">
-        <v>2279</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B115" t="s">
-        <v>2280</v>
+        <v>2297</v>
       </c>
       <c r="C115" t="s">
         <v>11</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>2281</v>
+        <v>2298</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>2282</v>
+        <v>2299</v>
       </c>
       <c r="H115" t="s">
-        <v>2283</v>
+        <v>2300</v>
       </c>
       <c r="I115" t="s">
-        <v>2284</v>
+        <v>2301</v>
       </c>
       <c r="J115" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
       <c r="K115" t="s">
-        <v>2285</v>
+        <v>2302</v>
       </c>
       <c r="L115" t="s">
-        <v>2286</v>
+        <v>2303</v>
       </c>
       <c r="M115" t="s">
-        <v>2287</v>
+        <v>2304</v>
       </c>
       <c r="N115" t="s">
-        <v>2288</v>
+        <v>2305</v>
       </c>
       <c r="O115" t="s">
-        <v>2289</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B116" t="s">
-        <v>2290</v>
+        <v>2307</v>
       </c>
       <c r="C116" t="s">
         <v>11</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>2281</v>
+        <v>2298</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>2291</v>
+        <v>2308</v>
       </c>
       <c r="H116" t="s">
-        <v>2292</v>
+        <v>2309</v>
       </c>
       <c r="I116" t="s">
-        <v>2293</v>
+        <v>2310</v>
       </c>
       <c r="J116" t="s">
-        <v>2294</v>
+        <v>2311</v>
       </c>
       <c r="K116" t="s">
-        <v>2295</v>
+        <v>2312</v>
       </c>
       <c r="L116" t="s">
-        <v>2296</v>
+        <v>2313</v>
       </c>
       <c r="M116" t="s">
-        <v>2297</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B117" t="s">
-        <v>2298</v>
+        <v>2315</v>
       </c>
       <c r="C117" t="s">
         <v>11</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>2299</v>
+        <v>2316</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>2300</v>
+        <v>2317</v>
       </c>
       <c r="H117" t="s">
-        <v>2301</v>
+        <v>2318</v>
       </c>
       <c r="I117" t="s">
-        <v>2302</v>
+        <v>2319</v>
       </c>
       <c r="J117" t="s">
-        <v>2101</v>
+        <v>2118</v>
       </c>
       <c r="K117" t="s">
-        <v>2303</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B118" t="s">
-        <v>2304</v>
+        <v>2321</v>
       </c>
       <c r="C118" t="s">
         <v>11</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>2305</v>
+        <v>2322</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>2306</v>
+        <v>2323</v>
       </c>
       <c r="H118" t="s">
-        <v>2307</v>
+        <v>2324</v>
       </c>
       <c r="I118" t="s">
-        <v>2308</v>
+        <v>2325</v>
       </c>
       <c r="J118" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
       <c r="K118" t="s">
-        <v>2309</v>
+        <v>2326</v>
       </c>
       <c r="L118" t="s">
-        <v>2310</v>
+        <v>2327</v>
       </c>
       <c r="M118" t="s">
-        <v>2311</v>
+        <v>2328</v>
       </c>
       <c r="N118" t="s">
-        <v>2312</v>
+        <v>2329</v>
       </c>
       <c r="O118" t="s">
-        <v>2313</v>
+        <v>2330</v>
       </c>
       <c r="P118" t="s">
-        <v>2314</v>
+        <v>2331</v>
       </c>
       <c r="Q118" t="s">
-        <v>2315</v>
+        <v>2332</v>
       </c>
       <c r="R118" t="s">
-        <v>2316</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B119" t="s">
-        <v>2317</v>
+        <v>2334</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>2318</v>
+        <v>2335</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>2319</v>
+        <v>2336</v>
       </c>
       <c r="H119" t="s">
-        <v>2320</v>
+        <v>2337</v>
       </c>
       <c r="I119" t="s">
-        <v>1467</v>
+        <v>1484</v>
       </c>
       <c r="J119" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
       <c r="K119" t="s">
-        <v>2321</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B120" t="s">
-        <v>2322</v>
+        <v>2339</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>2323</v>
+        <v>2340</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>2324</v>
+        <v>2341</v>
       </c>
       <c r="H120" t="s">
-        <v>2325</v>
+        <v>2342</v>
       </c>
       <c r="I120" t="s">
-        <v>2326</v>
+        <v>2343</v>
       </c>
       <c r="J120" t="s">
-        <v>2327</v>
+        <v>2344</v>
       </c>
       <c r="K120" t="s">
-        <v>2328</v>
+        <v>2345</v>
       </c>
       <c r="L120" t="s">
-        <v>2329</v>
+        <v>2346</v>
       </c>
       <c r="M120" t="s">
-        <v>2330</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B121" t="s">
-        <v>2331</v>
+        <v>2348</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>2332</v>
+        <v>2349</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>2333</v>
+        <v>2350</v>
       </c>
       <c r="H121" t="s">
-        <v>2334</v>
+        <v>2351</v>
       </c>
       <c r="I121" t="s">
-        <v>2335</v>
+        <v>2352</v>
       </c>
       <c r="J121" t="s">
-        <v>1837</v>
+        <v>1854</v>
       </c>
       <c r="K121" t="s">
-        <v>2336</v>
+        <v>2353</v>
       </c>
       <c r="L121" t="s">
-        <v>2337</v>
+        <v>2354</v>
       </c>
       <c r="M121" t="s">
-        <v>2338</v>
+        <v>2355</v>
       </c>
       <c r="N121" t="s">
-        <v>2339</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B122" t="s">
-        <v>2340</v>
+        <v>2357</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>2341</v>
+        <v>2358</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>2342</v>
+        <v>2359</v>
       </c>
       <c r="H122" t="s">
-        <v>2343</v>
+        <v>2360</v>
       </c>
       <c r="I122" t="s">
-        <v>2344</v>
+        <v>2361</v>
       </c>
       <c r="J122" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="K122" t="s">
-        <v>2345</v>
+        <v>2362</v>
       </c>
       <c r="L122" t="s">
-        <v>2346</v>
+        <v>2363</v>
       </c>
       <c r="M122" t="s">
-        <v>2347</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B123" t="s">
-        <v>2348</v>
+        <v>2365</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>2341</v>
+        <v>2358</v>
       </c>
       <c r="F123" t="s">
         <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>2349</v>
+        <v>2366</v>
       </c>
       <c r="H123" t="s">
-        <v>2350</v>
+        <v>2367</v>
       </c>
       <c r="I123" t="s">
-        <v>2351</v>
+        <v>2368</v>
       </c>
       <c r="J123" t="s">
-        <v>1894</v>
+        <v>1911</v>
       </c>
       <c r="K123" t="s">
-        <v>2352</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B124" t="s">
-        <v>2353</v>
+        <v>2370</v>
       </c>
       <c r="C124" t="s">
         <v>11</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>2354</v>
+        <v>2371</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>2355</v>
+        <v>2372</v>
       </c>
       <c r="H124" t="s">
-        <v>2356</v>
+        <v>2373</v>
       </c>
       <c r="I124" t="s">
-        <v>2357</v>
+        <v>2374</v>
       </c>
       <c r="J124" t="s">
-        <v>1894</v>
+        <v>1911</v>
       </c>
       <c r="K124" t="s">
-        <v>2358</v>
+        <v>2375</v>
       </c>
       <c r="L124" t="s">
-        <v>2359</v>
+        <v>2376</v>
       </c>
       <c r="M124" t="s">
-        <v>2360</v>
+        <v>2377</v>
       </c>
       <c r="N124" t="s">
-        <v>2361</v>
+        <v>2378</v>
       </c>
       <c r="O124" t="s">
-        <v>2362</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B125" t="s">
-        <v>2363</v>
+        <v>2380</v>
       </c>
       <c r="C125" t="s">
         <v>11</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>2364</v>
+        <v>2381</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>2365</v>
+        <v>2382</v>
       </c>
       <c r="H125" t="s">
-        <v>2366</v>
+        <v>2383</v>
       </c>
       <c r="I125" t="s">
-        <v>1672</v>
+        <v>1689</v>
       </c>
       <c r="J125" t="s">
         <v>207</v>
       </c>
       <c r="K125" t="s">
-        <v>2367</v>
+        <v>2384</v>
       </c>
       <c r="L125" t="s">
-        <v>2368</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B126" t="s">
-        <v>2369</v>
+        <v>2386</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>2370</v>
+        <v>2387</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>2371</v>
+        <v>2388</v>
       </c>
       <c r="H126" t="s">
-        <v>2372</v>
+        <v>2389</v>
       </c>
       <c r="I126" t="s">
-        <v>2373</v>
+        <v>2390</v>
       </c>
       <c r="J126" t="s">
-        <v>2374</v>
+        <v>2391</v>
       </c>
       <c r="K126" t="s">
-        <v>2375</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B127" t="s">
-        <v>2376</v>
+        <v>2393</v>
       </c>
       <c r="C127" t="s">
         <v>11</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>2377</v>
+        <v>2394</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>2378</v>
+        <v>2395</v>
       </c>
       <c r="H127" t="s">
-        <v>2379</v>
+        <v>2396</v>
       </c>
       <c r="I127" t="s">
-        <v>2380</v>
+        <v>2397</v>
       </c>
       <c r="J127" t="s">
-        <v>2381</v>
+        <v>2398</v>
       </c>
       <c r="K127" t="s">
-        <v>2382</v>
+        <v>2399</v>
       </c>
       <c r="L127" t="s">
-        <v>2383</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B128" t="s">
-        <v>2384</v>
+        <v>2401</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>2385</v>
+        <v>2402</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>2386</v>
+        <v>2403</v>
       </c>
       <c r="H128" t="s">
-        <v>2387</v>
+        <v>2404</v>
       </c>
       <c r="I128" t="s">
-        <v>1293</v>
+        <v>1310</v>
       </c>
       <c r="J128" t="s">
-        <v>2249</v>
+        <v>2266</v>
       </c>
       <c r="K128" t="s">
-        <v>2388</v>
+        <v>2405</v>
       </c>
       <c r="L128" t="s">
-        <v>2389</v>
+        <v>2406</v>
       </c>
       <c r="M128" t="s">
-        <v>2390</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B129" t="s">
-        <v>2391</v>
+        <v>2408</v>
       </c>
       <c r="C129" t="s">
         <v>11</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>2385</v>
+        <v>2402</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>2392</v>
+        <v>2409</v>
       </c>
       <c r="H129" t="s">
-        <v>2393</v>
+        <v>2410</v>
       </c>
       <c r="I129" t="s">
-        <v>1198</v>
+        <v>1215</v>
       </c>
       <c r="J129" t="s">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="K129" t="s">
-        <v>2394</v>
+        <v>2411</v>
       </c>
       <c r="L129" t="s">
-        <v>2395</v>
+        <v>2412</v>
       </c>
       <c r="M129" t="s">
-        <v>2396</v>
+        <v>2413</v>
       </c>
       <c r="N129" t="s">
-        <v>2397</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B130" t="s">
-        <v>2398</v>
+        <v>2415</v>
       </c>
       <c r="C130" t="s">
         <v>11</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>2399</v>
+        <v>2416</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>2400</v>
+        <v>2417</v>
       </c>
       <c r="H130" t="s">
-        <v>2401</v>
+        <v>2418</v>
       </c>
       <c r="I130" t="s">
-        <v>1869</v>
+        <v>1886</v>
       </c>
       <c r="J130" t="s">
-        <v>1812</v>
+        <v>1829</v>
       </c>
       <c r="K130" t="s">
-        <v>2402</v>
+        <v>2419</v>
       </c>
       <c r="L130" t="s">
-        <v>2403</v>
+        <v>2420</v>
       </c>
       <c r="M130" t="s">
-        <v>2404</v>
+        <v>2421</v>
       </c>
       <c r="N130" t="s">
-        <v>2405</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B131" t="s">
-        <v>2406</v>
+        <v>2423</v>
       </c>
       <c r="C131" t="s">
         <v>11</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>2399</v>
+        <v>2416</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>2407</v>
+        <v>2424</v>
       </c>
       <c r="H131" t="s">
-        <v>2408</v>
+        <v>2425</v>
       </c>
       <c r="I131" t="s">
-        <v>2409</v>
+        <v>2426</v>
       </c>
       <c r="J131" t="s">
-        <v>2410</v>
+        <v>2427</v>
       </c>
       <c r="K131" t="s">
-        <v>2411</v>
+        <v>2428</v>
       </c>
       <c r="L131" t="s">
-        <v>2412</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B132" t="s">
-        <v>2413</v>
+        <v>2430</v>
       </c>
       <c r="C132" t="s">
         <v>11</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>2414</v>
+        <v>2431</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>2415</v>
+        <v>2432</v>
       </c>
       <c r="H132" t="s">
-        <v>2416</v>
+        <v>2433</v>
       </c>
       <c r="I132" t="s">
-        <v>1713</v>
+        <v>1730</v>
       </c>
       <c r="J132" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="K132" t="s">
-        <v>2417</v>
+        <v>2434</v>
       </c>
       <c r="L132" t="s">
-        <v>2418</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B133" t="s">
-        <v>2419</v>
+        <v>2436</v>
       </c>
       <c r="C133" t="s">
         <v>11</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>2420</v>
+        <v>2437</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>2421</v>
+        <v>2438</v>
       </c>
       <c r="H133" t="s">
-        <v>2422</v>
+        <v>2439</v>
       </c>
       <c r="I133" t="s">
-        <v>2423</v>
+        <v>2440</v>
       </c>
       <c r="J133" t="s">
-        <v>2410</v>
+        <v>2427</v>
       </c>
       <c r="K133" t="s">
-        <v>2424</v>
+        <v>2441</v>
       </c>
       <c r="L133" t="s">
-        <v>2425</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B134" t="s">
-        <v>2426</v>
+        <v>2443</v>
       </c>
       <c r="C134" t="s">
         <v>11</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>2427</v>
+        <v>2444</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>2428</v>
+        <v>2445</v>
       </c>
       <c r="H134" t="s">
-        <v>2429</v>
+        <v>2446</v>
       </c>
       <c r="I134" t="s">
-        <v>2430</v>
+        <v>2447</v>
       </c>
       <c r="J134" t="s">
-        <v>2431</v>
+        <v>2448</v>
       </c>
       <c r="K134" t="s">
-        <v>2432</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B135" t="s">
-        <v>2433</v>
+        <v>2450</v>
       </c>
       <c r="C135" t="s">
         <v>11</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>2434</v>
+        <v>2451</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>2435</v>
+        <v>2452</v>
       </c>
       <c r="H135" t="s">
-        <v>2436</v>
+        <v>2453</v>
       </c>
       <c r="I135" t="s">
-        <v>2437</v>
+        <v>2454</v>
       </c>
       <c r="J135" t="s">
-        <v>2410</v>
+        <v>2427</v>
       </c>
       <c r="K135" t="s">
-        <v>2438</v>
+        <v>2455</v>
       </c>
       <c r="L135" t="s">
-        <v>2439</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B136" t="s">
-        <v>2440</v>
+        <v>2457</v>
       </c>
       <c r="C136" t="s">
         <v>11</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>2441</v>
+        <v>2458</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>2442</v>
+        <v>2459</v>
       </c>
       <c r="H136" t="s">
-        <v>2443</v>
+        <v>2460</v>
       </c>
       <c r="I136" t="s">
-        <v>2444</v>
+        <v>2461</v>
       </c>
       <c r="J136" t="s">
-        <v>1361</v>
+        <v>1378</v>
       </c>
       <c r="K136" t="s">
-        <v>2445</v>
+        <v>2462</v>
       </c>
       <c r="L136" t="s">
-        <v>2446</v>
+        <v>2463</v>
       </c>
       <c r="M136" t="s">
-        <v>2447</v>
+        <v>2464</v>
       </c>
       <c r="N136" t="s">
-        <v>2448</v>
+        <v>2465</v>
       </c>
       <c r="O136" t="s">
-        <v>2449</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B137" t="s">
-        <v>2450</v>
+        <v>2467</v>
       </c>
       <c r="C137" t="s">
         <v>11</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>2451</v>
+        <v>2468</v>
       </c>
       <c r="F137" t="s">
         <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>2452</v>
+        <v>2469</v>
       </c>
       <c r="H137" t="s">
-        <v>2453</v>
+        <v>2470</v>
       </c>
       <c r="I137" t="s">
-        <v>2454</v>
+        <v>2471</v>
       </c>
       <c r="J137" t="s">
-        <v>2455</v>
+        <v>2472</v>
       </c>
       <c r="K137" t="s">
-        <v>2456</v>
+        <v>2473</v>
       </c>
       <c r="L137" t="s">
-        <v>2457</v>
+        <v>2474</v>
       </c>
       <c r="M137" t="s">
-        <v>2458</v>
+        <v>2475</v>
       </c>
       <c r="N137" t="s">
-        <v>2459</v>
+        <v>2476</v>
       </c>
       <c r="O137" t="s">
-        <v>2460</v>
+        <v>2477</v>
       </c>
       <c r="P137" t="s">
-        <v>2461</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B138" t="s">
-        <v>2462</v>
+        <v>2479</v>
       </c>
       <c r="C138" t="s">
         <v>11</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>2451</v>
+        <v>2468</v>
       </c>
       <c r="F138" t="s">
         <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>2463</v>
+        <v>2480</v>
       </c>
       <c r="H138" t="s">
-        <v>2464</v>
+        <v>2481</v>
       </c>
       <c r="I138" t="s">
-        <v>1706</v>
+        <v>1723</v>
       </c>
       <c r="J138" t="s">
-        <v>1894</v>
+        <v>1911</v>
       </c>
       <c r="K138" t="s">
-        <v>2465</v>
+        <v>2482</v>
       </c>
       <c r="L138" t="s">
-        <v>2466</v>
+        <v>2483</v>
       </c>
       <c r="M138" t="s">
-        <v>2467</v>
+        <v>2484</v>
       </c>
       <c r="N138" t="s">
-        <v>2468</v>
+        <v>2485</v>
       </c>
       <c r="O138" t="s">
-        <v>2469</v>
+        <v>2486</v>
       </c>
       <c r="P138" t="s">
-        <v>2470</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B139" t="s">
-        <v>2471</v>
+        <v>2488</v>
       </c>
       <c r="C139" t="s">
         <v>11</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>2472</v>
+        <v>2489</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>2473</v>
+        <v>2490</v>
       </c>
       <c r="H139" t="s">
-        <v>2474</v>
+        <v>2491</v>
       </c>
       <c r="I139" t="s">
-        <v>1467</v>
+        <v>1484</v>
       </c>
       <c r="J139" t="s">
         <v>207</v>
       </c>
       <c r="K139" t="s">
-        <v>2475</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B140" t="s">
-        <v>2476</v>
+        <v>2493</v>
       </c>
       <c r="C140" t="s">
         <v>11</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
-        <v>2477</v>
+        <v>2494</v>
       </c>
       <c r="F140" t="s">
         <v>11</v>
       </c>
       <c r="G140" t="s">
-        <v>2478</v>
+        <v>2495</v>
       </c>
       <c r="H140" t="s">
-        <v>2479</v>
+        <v>2496</v>
       </c>
       <c r="I140" t="s">
-        <v>2237</v>
+        <v>2254</v>
       </c>
       <c r="J140" t="s">
-        <v>1502</v>
+        <v>1519</v>
       </c>
       <c r="K140" t="s">
-        <v>2480</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B141" t="s">
-        <v>2481</v>
+        <v>2498</v>
       </c>
       <c r="C141" t="s">
         <v>11</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>2477</v>
+        <v>2494</v>
       </c>
       <c r="F141" t="s">
         <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>2482</v>
+        <v>2499</v>
       </c>
       <c r="H141" t="s">
-        <v>2483</v>
+        <v>2500</v>
       </c>
       <c r="I141" t="s">
-        <v>2237</v>
+        <v>2254</v>
       </c>
       <c r="J141" t="s">
-        <v>2136</v>
+        <v>2153</v>
       </c>
       <c r="K141" t="s">
-        <v>2484</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B142" t="s">
-        <v>2485</v>
+        <v>2502</v>
       </c>
       <c r="C142" t="s">
         <v>11</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>2486</v>
+        <v>2503</v>
       </c>
       <c r="F142" t="s">
         <v>11</v>
       </c>
       <c r="G142" t="s">
-        <v>2487</v>
+        <v>2504</v>
       </c>
       <c r="H142" t="s">
-        <v>2488</v>
+        <v>2505</v>
       </c>
       <c r="I142" t="s">
-        <v>2489</v>
+        <v>2506</v>
       </c>
       <c r="J142" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="K142" t="s">
-        <v>2490</v>
+        <v>2507</v>
       </c>
       <c r="L142" t="s">
-        <v>2491</v>
+        <v>2508</v>
       </c>
       <c r="M142" t="s">
-        <v>2492</v>
+        <v>2509</v>
       </c>
       <c r="N142" t="s">
-        <v>2493</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B143" t="s">
-        <v>2494</v>
+        <v>2511</v>
       </c>
       <c r="C143" t="s">
         <v>11</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>2495</v>
+        <v>2512</v>
       </c>
       <c r="F143" t="s">
         <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>2496</v>
+        <v>2513</v>
       </c>
       <c r="H143" t="s">
-        <v>2497</v>
+        <v>2514</v>
       </c>
       <c r="I143" t="s">
-        <v>2498</v>
+        <v>2515</v>
       </c>
       <c r="J143" t="s">
-        <v>2499</v>
+        <v>2516</v>
       </c>
       <c r="K143" t="s">
-        <v>2500</v>
+        <v>2517</v>
       </c>
       <c r="L143" t="s">
-        <v>2501</v>
+        <v>2518</v>
       </c>
       <c r="M143" t="s">
-        <v>2502</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B144" t="s">
-        <v>2503</v>
+        <v>2520</v>
       </c>
       <c r="C144" t="s">
         <v>11</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>2504</v>
+        <v>2521</v>
       </c>
       <c r="F144" t="s">
         <v>11</v>
       </c>
       <c r="G144" t="s">
-        <v>2505</v>
+        <v>2522</v>
       </c>
       <c r="H144" t="s">
-        <v>2506</v>
+        <v>2523</v>
       </c>
       <c r="I144" t="s">
-        <v>1636</v>
+        <v>1653</v>
       </c>
       <c r="J144" t="s">
-        <v>2507</v>
+        <v>2524</v>
       </c>
       <c r="K144" t="s">
-        <v>2508</v>
+        <v>2525</v>
       </c>
       <c r="L144" t="s">
-        <v>2509</v>
+        <v>2526</v>
       </c>
       <c r="M144" t="s">
-        <v>2510</v>
+        <v>2527</v>
       </c>
       <c r="N144" t="s">
-        <v>2511</v>
+        <v>2528</v>
       </c>
       <c r="O144" t="s">
-        <v>2512</v>
+        <v>2529</v>
       </c>
       <c r="P144" t="s">
-        <v>2513</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B145" t="s">
-        <v>2514</v>
+        <v>2531</v>
       </c>
       <c r="C145" t="s">
         <v>11</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
-        <v>2515</v>
+        <v>2532</v>
       </c>
       <c r="F145" t="s">
         <v>11</v>
       </c>
       <c r="G145" t="s">
-        <v>2516</v>
+        <v>2533</v>
       </c>
       <c r="H145" t="s">
-        <v>2517</v>
+        <v>2534</v>
       </c>
       <c r="I145" t="s">
-        <v>2518</v>
+        <v>2535</v>
       </c>
       <c r="J145" t="s">
-        <v>2519</v>
+        <v>2536</v>
       </c>
       <c r="K145" t="s">
-        <v>2520</v>
+        <v>2537</v>
       </c>
       <c r="L145" t="s">
-        <v>2521</v>
+        <v>2538</v>
       </c>
       <c r="M145" t="s">
-        <v>2522</v>
+        <v>2539</v>
       </c>
       <c r="N145" t="s">
-        <v>2523</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B146" t="s">
-        <v>2524</v>
+        <v>2541</v>
       </c>
       <c r="C146" t="s">
         <v>11</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>2525</v>
+        <v>2542</v>
       </c>
       <c r="F146" t="s">
         <v>11</v>
       </c>
       <c r="G146" t="s">
-        <v>2526</v>
+        <v>2543</v>
       </c>
       <c r="H146" t="s">
-        <v>2527</v>
+        <v>2544</v>
       </c>
       <c r="I146" t="s">
-        <v>1198</v>
+        <v>1215</v>
       </c>
       <c r="J146" t="s">
-        <v>2374</v>
+        <v>2391</v>
       </c>
       <c r="K146" t="s">
-        <v>2528</v>
+        <v>2545</v>
       </c>
       <c r="L146" t="s">
-        <v>2529</v>
+        <v>2546</v>
       </c>
       <c r="M146" t="s">
-        <v>2530</v>
+        <v>2547</v>
       </c>
       <c r="N146" t="s">
-        <v>2531</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B147" t="s">
-        <v>2532</v>
+        <v>2549</v>
       </c>
       <c r="C147" t="s">
         <v>11</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>2533</v>
+        <v>2550</v>
       </c>
       <c r="F147" t="s">
         <v>11</v>
       </c>
       <c r="G147" t="s">
-        <v>2534</v>
+        <v>2551</v>
       </c>
       <c r="H147" t="s">
-        <v>2535</v>
+        <v>2552</v>
       </c>
       <c r="I147" t="s">
-        <v>1198</v>
+        <v>1215</v>
       </c>
       <c r="J147" t="s">
-        <v>1956</v>
+        <v>1973</v>
       </c>
       <c r="K147" t="s">
-        <v>2536</v>
+        <v>2553</v>
       </c>
       <c r="L147" t="s">
-        <v>2537</v>
+        <v>2554</v>
       </c>
       <c r="M147" t="s">
-        <v>2538</v>
+        <v>2555</v>
       </c>
       <c r="N147" t="s">
-        <v>2539</v>
+        <v>2556</v>
       </c>
       <c r="O147" t="s">
-        <v>2540</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B148" t="s">
-        <v>2541</v>
+        <v>2558</v>
       </c>
       <c r="C148" t="s">
         <v>11</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>2525</v>
+        <v>2542</v>
       </c>
       <c r="F148" t="s">
         <v>11</v>
       </c>
       <c r="G148" t="s">
-        <v>2542</v>
+        <v>2559</v>
       </c>
       <c r="H148" t="s">
-        <v>2543</v>
+        <v>2560</v>
       </c>
       <c r="I148" t="s">
-        <v>2544</v>
+        <v>2561</v>
       </c>
       <c r="J148" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
       <c r="K148" t="s">
-        <v>2545</v>
+        <v>2562</v>
       </c>
       <c r="L148" t="s">
-        <v>2546</v>
+        <v>2563</v>
       </c>
       <c r="M148" t="s">
-        <v>2547</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B149" t="s">
-        <v>2548</v>
+        <v>2565</v>
       </c>
       <c r="C149" t="s">
         <v>11</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
-        <v>2525</v>
+        <v>2542</v>
       </c>
       <c r="F149" t="s">
         <v>11</v>
       </c>
       <c r="G149" t="s">
-        <v>2549</v>
+        <v>2566</v>
       </c>
       <c r="H149" t="s">
-        <v>2550</v>
+        <v>2567</v>
       </c>
       <c r="I149" t="s">
-        <v>2551</v>
+        <v>2568</v>
       </c>
       <c r="J149" t="s">
-        <v>2374</v>
+        <v>2391</v>
       </c>
       <c r="K149" t="s">
-        <v>2552</v>
+        <v>2569</v>
       </c>
       <c r="L149" t="s">
-        <v>2553</v>
+        <v>2570</v>
       </c>
       <c r="M149" t="s">
-        <v>2554</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B150" t="s">
-        <v>2555</v>
+        <v>2572</v>
       </c>
       <c r="C150" t="s">
         <v>11</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>2525</v>
+        <v>2542</v>
       </c>
       <c r="F150" t="s">
         <v>11</v>
       </c>
       <c r="G150" t="s">
-        <v>2556</v>
+        <v>2573</v>
       </c>
       <c r="H150" t="s">
-        <v>2557</v>
+        <v>2574</v>
       </c>
       <c r="I150" t="s">
-        <v>1208</v>
+        <v>1225</v>
       </c>
       <c r="J150" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
       <c r="K150" t="s">
-        <v>2558</v>
+        <v>2575</v>
       </c>
       <c r="L150" t="s">
-        <v>2559</v>
+        <v>2576</v>
       </c>
       <c r="M150" t="s">
-        <v>2560</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B151" t="s">
-        <v>2561</v>
+        <v>2578</v>
       </c>
       <c r="C151" t="s">
         <v>11</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>2562</v>
+        <v>2579</v>
       </c>
       <c r="F151" t="s">
         <v>11</v>
       </c>
       <c r="G151" t="s">
-        <v>2563</v>
+        <v>2580</v>
       </c>
       <c r="H151" t="s">
-        <v>2564</v>
+        <v>2581</v>
       </c>
       <c r="I151" t="s">
-        <v>2237</v>
+        <v>2254</v>
       </c>
       <c r="J151" t="s">
         <v>207</v>
       </c>
       <c r="K151" t="s">
-        <v>2565</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B152" t="s">
-        <v>2566</v>
+        <v>2583</v>
       </c>
       <c r="C152" t="s">
         <v>11</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>2567</v>
+        <v>2584</v>
       </c>
       <c r="F152" t="s">
         <v>11</v>
       </c>
       <c r="G152" t="s">
-        <v>2568</v>
+        <v>2585</v>
       </c>
       <c r="H152" t="s">
-        <v>2569</v>
+        <v>2586</v>
       </c>
       <c r="I152" t="s">
-        <v>2237</v>
+        <v>2254</v>
       </c>
       <c r="J152" t="s">
-        <v>1584</v>
+        <v>1601</v>
       </c>
       <c r="K152" t="s">
-        <v>2570</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B153" t="s">
-        <v>2571</v>
+        <v>2588</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>2572</v>
+        <v>2589</v>
       </c>
       <c r="F153" t="s">
         <v>11</v>
       </c>
       <c r="G153" t="s">
-        <v>2573</v>
+        <v>2590</v>
       </c>
       <c r="H153" t="s">
-        <v>2574</v>
+        <v>2591</v>
       </c>
       <c r="I153" t="s">
-        <v>1672</v>
+        <v>1689</v>
       </c>
       <c r="J153" t="s">
-        <v>2136</v>
+        <v>2153</v>
       </c>
       <c r="K153" t="s">
-        <v>2575</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B154" t="s">
-        <v>2576</v>
+        <v>2593</v>
       </c>
       <c r="C154" t="s">
         <v>11</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>2577</v>
+        <v>2594</v>
       </c>
       <c r="F154" t="s">
         <v>11</v>
       </c>
       <c r="G154" t="s">
-        <v>2578</v>
+        <v>2595</v>
       </c>
       <c r="H154" t="s">
-        <v>2579</v>
+        <v>2596</v>
       </c>
       <c r="I154" t="s">
-        <v>1869</v>
+        <v>1886</v>
       </c>
       <c r="J154" t="s">
-        <v>2374</v>
+        <v>2391</v>
       </c>
       <c r="K154" t="s">
-        <v>2580</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B155" t="s">
-        <v>2581</v>
+        <v>2598</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>2582</v>
+        <v>2599</v>
       </c>
       <c r="F155" t="s">
         <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>2583</v>
+        <v>2600</v>
       </c>
       <c r="H155" t="s">
-        <v>2584</v>
+        <v>2601</v>
       </c>
       <c r="I155" t="s">
-        <v>2585</v>
+        <v>2602</v>
       </c>
       <c r="J155" t="s">
         <v>187</v>
       </c>
       <c r="K155" t="s">
-        <v>2586</v>
+        <v>2603</v>
       </c>
       <c r="L155" t="s">
-        <v>2587</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B156" t="s">
-        <v>2588</v>
+        <v>2605</v>
       </c>
       <c r="C156" t="s">
         <v>11</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>2589</v>
+        <v>2606</v>
       </c>
       <c r="F156" t="s">
         <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>2590</v>
+        <v>2607</v>
       </c>
       <c r="H156" t="s">
-        <v>2591</v>
+        <v>2608</v>
       </c>
       <c r="I156" t="s">
-        <v>2592</v>
+        <v>2609</v>
       </c>
       <c r="J156" t="s">
-        <v>1922</v>
+        <v>1939</v>
       </c>
       <c r="K156" t="s">
-        <v>2593</v>
+        <v>2610</v>
       </c>
       <c r="L156" t="s">
-        <v>2594</v>
+        <v>2611</v>
       </c>
       <c r="M156" t="s">
-        <v>2595</v>
+        <v>2612</v>
       </c>
       <c r="N156" t="s">
-        <v>2596</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B157" t="s">
-        <v>2597</v>
+        <v>2614</v>
       </c>
       <c r="C157" t="s">
         <v>11</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>2598</v>
+        <v>2615</v>
       </c>
       <c r="F157" t="s">
         <v>11</v>
       </c>
       <c r="G157" t="s">
-        <v>2599</v>
+        <v>2616</v>
       </c>
       <c r="H157" t="s">
-        <v>2600</v>
+        <v>2617</v>
       </c>
       <c r="I157" t="s">
-        <v>2601</v>
+        <v>2618</v>
       </c>
       <c r="J157" t="s">
-        <v>2602</v>
+        <v>2619</v>
       </c>
       <c r="K157" t="s">
-        <v>2603</v>
+        <v>2620</v>
       </c>
       <c r="L157" t="s">
-        <v>2604</v>
+        <v>2621</v>
       </c>
       <c r="M157" t="s">
-        <v>2605</v>
+        <v>2622</v>
       </c>
       <c r="N157" t="s">
-        <v>2606</v>
+        <v>2623</v>
       </c>
       <c r="O157" t="s">
-        <v>2607</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B158" t="s">
-        <v>2608</v>
+        <v>2625</v>
       </c>
       <c r="C158" t="s">
         <v>11</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>2609</v>
+        <v>2626</v>
       </c>
       <c r="F158" t="s">
         <v>11</v>
       </c>
       <c r="G158" t="s">
-        <v>2610</v>
+        <v>2627</v>
       </c>
       <c r="H158" t="s">
-        <v>2611</v>
+        <v>2628</v>
       </c>
       <c r="I158" t="s">
-        <v>2612</v>
+        <v>2629</v>
       </c>
       <c r="J158" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
       <c r="K158" t="s">
-        <v>2613</v>
+        <v>2630</v>
       </c>
       <c r="L158" t="s">
-        <v>2614</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B159" t="s">
-        <v>2615</v>
+        <v>2632</v>
       </c>
       <c r="C159" t="s">
         <v>11</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>2616</v>
+        <v>2633</v>
       </c>
       <c r="F159" t="s">
         <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>2617</v>
+        <v>2634</v>
       </c>
       <c r="H159" t="s">
-        <v>2618</v>
+        <v>2635</v>
       </c>
       <c r="I159" t="s">
-        <v>2135</v>
+        <v>2152</v>
       </c>
       <c r="J159" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
       <c r="K159" t="s">
-        <v>2619</v>
+        <v>2636</v>
       </c>
       <c r="L159" t="s">
-        <v>2620</v>
+        <v>2637</v>
       </c>
       <c r="M159" t="s">
-        <v>2621</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B160" t="s">
-        <v>2622</v>
+        <v>2639</v>
       </c>
       <c r="C160" t="s">
         <v>11</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>2623</v>
+        <v>2640</v>
       </c>
       <c r="F160" t="s">
         <v>11</v>
       </c>
       <c r="G160" t="s">
-        <v>2624</v>
+        <v>2641</v>
       </c>
       <c r="H160" t="s">
-        <v>2625</v>
+        <v>2642</v>
       </c>
       <c r="I160" t="s">
-        <v>2626</v>
+        <v>2643</v>
       </c>
       <c r="J160" t="s">
-        <v>2410</v>
+        <v>2427</v>
       </c>
       <c r="K160" t="s">
-        <v>2627</v>
+        <v>2644</v>
       </c>
       <c r="L160" t="s">
-        <v>2628</v>
+        <v>2645</v>
       </c>
       <c r="M160" t="s">
-        <v>2629</v>
+        <v>2646</v>
       </c>
       <c r="N160" t="s">
-        <v>2630</v>
+        <v>2647</v>
       </c>
       <c r="O160" t="s">
-        <v>2631</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B161" t="s">
-        <v>2632</v>
+        <v>2649</v>
       </c>
       <c r="C161" t="s">
         <v>11</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>2633</v>
+        <v>2650</v>
       </c>
       <c r="F161" t="s">
         <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>2634</v>
+        <v>2651</v>
       </c>
       <c r="H161" t="s">
-        <v>2635</v>
+        <v>2652</v>
       </c>
       <c r="I161" t="s">
-        <v>2626</v>
+        <v>2643</v>
       </c>
       <c r="J161" t="s">
-        <v>2636</v>
+        <v>2653</v>
       </c>
       <c r="K161" t="s">
-        <v>2637</v>
+        <v>2654</v>
       </c>
       <c r="L161" t="s">
-        <v>2638</v>
+        <v>2655</v>
       </c>
       <c r="M161" t="s">
-        <v>2639</v>
+        <v>2656</v>
       </c>
       <c r="N161" t="s">
-        <v>2640</v>
+        <v>2657</v>
       </c>
       <c r="O161" t="s">
-        <v>2641</v>
+        <v>2658</v>
       </c>
       <c r="P161" t="s">
-        <v>2642</v>
+        <v>2659</v>
       </c>
       <c r="Q161" t="s">
-        <v>2643</v>
+        <v>2660</v>
       </c>
       <c r="R161" t="s">
-        <v>2644</v>
+        <v>2661</v>
       </c>
       <c r="S161" t="s">
-        <v>2645</v>
+        <v>2662</v>
       </c>
       <c r="T161" t="s">
-        <v>2646</v>
+        <v>2663</v>
       </c>
       <c r="U161" t="s">
-        <v>2647</v>
+        <v>2664</v>
       </c>
       <c r="V161" t="s">
-        <v>2648</v>
+        <v>2665</v>
       </c>
       <c r="W161" t="s">
-        <v>2649</v>
+        <v>2666</v>
       </c>
       <c r="X161" t="s">
-        <v>2650</v>
+        <v>2667</v>
       </c>
       <c r="Y161" t="s">
-        <v>2637</v>
+        <v>2654</v>
       </c>
       <c r="Z161" t="s">
-        <v>2651</v>
+        <v>2668</v>
       </c>
       <c r="AA161" t="s">
-        <v>2652</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B162" t="s">
-        <v>2653</v>
+        <v>2670</v>
       </c>
       <c r="C162" t="s">
         <v>11</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>2654</v>
+        <v>2671</v>
       </c>
       <c r="F162" t="s">
         <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>2655</v>
+        <v>2672</v>
       </c>
       <c r="H162" t="s">
-        <v>2656</v>
+        <v>2673</v>
       </c>
       <c r="I162" t="s">
-        <v>2626</v>
+        <v>2643</v>
       </c>
       <c r="J162" t="s">
-        <v>2136</v>
+        <v>2153</v>
       </c>
       <c r="K162" t="s">
-        <v>2657</v>
+        <v>2674</v>
       </c>
       <c r="L162" t="s">
-        <v>2658</v>
+        <v>2675</v>
       </c>
       <c r="M162" t="s">
-        <v>2659</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B163" t="s">
-        <v>2660</v>
+        <v>2677</v>
       </c>
       <c r="C163" t="s">
         <v>11</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>2661</v>
+        <v>2678</v>
       </c>
       <c r="F163" t="s">
         <v>11</v>
       </c>
       <c r="G163" t="s">
-        <v>2662</v>
+        <v>2679</v>
       </c>
       <c r="H163" t="s">
-        <v>2663</v>
+        <v>2680</v>
       </c>
       <c r="I163" t="s">
-        <v>2626</v>
+        <v>2643</v>
       </c>
       <c r="J163" t="s">
-        <v>1949</v>
+        <v>1966</v>
       </c>
       <c r="K163" t="s">
-        <v>2664</v>
+        <v>2681</v>
       </c>
       <c r="L163" t="s">
-        <v>2665</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B164" t="s">
-        <v>2666</v>
+        <v>2683</v>
       </c>
       <c r="C164" t="s">
         <v>11</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>2667</v>
+        <v>2684</v>
       </c>
       <c r="F164" t="s">
         <v>11</v>
       </c>
       <c r="G164" t="s">
-        <v>2668</v>
+        <v>2685</v>
       </c>
       <c r="H164" t="s">
-        <v>2669</v>
+        <v>2686</v>
       </c>
       <c r="I164" t="s">
-        <v>2626</v>
+        <v>2643</v>
       </c>
       <c r="J164" t="s">
-        <v>2670</v>
+        <v>2687</v>
       </c>
       <c r="K164" t="s">
-        <v>2671</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B165" t="s">
-        <v>2672</v>
+        <v>2689</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>2667</v>
+        <v>2684</v>
       </c>
       <c r="F165" t="s">
         <v>11</v>
       </c>
       <c r="G165" t="s">
-        <v>2673</v>
+        <v>2690</v>
       </c>
       <c r="H165" t="s">
-        <v>2674</v>
+        <v>2691</v>
       </c>
       <c r="I165" t="s">
-        <v>2675</v>
+        <v>2692</v>
       </c>
       <c r="J165" t="s">
-        <v>2670</v>
+        <v>2687</v>
       </c>
       <c r="K165" t="s">
-        <v>2676</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B166" t="s">
-        <v>2677</v>
+        <v>2694</v>
       </c>
       <c r="C166" t="s">
         <v>11</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>2678</v>
+        <v>2695</v>
       </c>
       <c r="F166" t="s">
         <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>2679</v>
+        <v>2696</v>
       </c>
       <c r="H166" t="s">
-        <v>2680</v>
+        <v>2697</v>
       </c>
       <c r="I166" t="s">
-        <v>2626</v>
+        <v>2643</v>
       </c>
       <c r="J166" t="s">
-        <v>2670</v>
+        <v>2687</v>
       </c>
       <c r="K166" t="s">
-        <v>2681</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B167" t="s">
-        <v>2682</v>
+        <v>2699</v>
       </c>
       <c r="C167" t="s">
         <v>11</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>2683</v>
+        <v>2700</v>
       </c>
       <c r="F167" t="s">
         <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>2684</v>
+        <v>2701</v>
       </c>
       <c r="H167" t="s">
-        <v>2685</v>
+        <v>2702</v>
       </c>
       <c r="I167" t="s">
-        <v>1934</v>
+        <v>1951</v>
       </c>
       <c r="J167" t="s">
-        <v>2381</v>
+        <v>2398</v>
       </c>
       <c r="K167" t="s">
-        <v>2686</v>
+        <v>2703</v>
       </c>
       <c r="L167" t="s">
-        <v>2687</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B168" t="s">
-        <v>2688</v>
+        <v>2705</v>
       </c>
       <c r="C168" t="s">
         <v>11</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>2689</v>
+        <v>2706</v>
       </c>
       <c r="F168" t="s">
         <v>11</v>
       </c>
       <c r="G168" t="s">
-        <v>2690</v>
+        <v>2707</v>
       </c>
       <c r="H168" t="s">
-        <v>2691</v>
+        <v>2708</v>
       </c>
       <c r="I168" t="s">
-        <v>2626</v>
+        <v>2643</v>
       </c>
       <c r="J168" t="s">
-        <v>2374</v>
+        <v>2391</v>
       </c>
       <c r="K168" t="s">
-        <v>2692</v>
+        <v>2709</v>
       </c>
       <c r="L168" t="s">
-        <v>2693</v>
+        <v>2710</v>
       </c>
       <c r="M168" t="s">
-        <v>2694</v>
+        <v>2711</v>
       </c>
       <c r="N168" t="s">
-        <v>2695</v>
+        <v>2712</v>
       </c>
       <c r="O168" t="s">
-        <v>2696</v>
+        <v>2713</v>
       </c>
       <c r="P168" t="s">
-        <v>2697</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B169" t="s">
-        <v>2698</v>
+        <v>2715</v>
       </c>
       <c r="C169" t="s">
         <v>11</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>2683</v>
+        <v>2700</v>
       </c>
       <c r="F169" t="s">
         <v>11</v>
       </c>
       <c r="G169" t="s">
-        <v>2699</v>
+        <v>2716</v>
       </c>
       <c r="H169" t="s">
-        <v>2700</v>
+        <v>2717</v>
       </c>
       <c r="I169" t="s">
-        <v>2701</v>
+        <v>2718</v>
       </c>
       <c r="J169" t="s">
-        <v>2136</v>
+        <v>2153</v>
       </c>
       <c r="K169" t="s">
-        <v>2702</v>
+        <v>2719</v>
       </c>
       <c r="L169" t="s">
-        <v>2703</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B170" t="s">
-        <v>2704</v>
+        <v>2721</v>
       </c>
       <c r="C170" t="s">
         <v>11</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>2705</v>
+        <v>2722</v>
       </c>
       <c r="F170" t="s">
         <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>2706</v>
+        <v>2723</v>
       </c>
       <c r="H170" t="s">
-        <v>2707</v>
+        <v>2724</v>
       </c>
       <c r="I170" t="s">
-        <v>2675</v>
+        <v>2692</v>
       </c>
       <c r="J170" t="s">
-        <v>1894</v>
+        <v>1911</v>
       </c>
       <c r="K170" t="s">
-        <v>2708</v>
+        <v>2725</v>
       </c>
       <c r="L170" t="s">
-        <v>2709</v>
+        <v>2726</v>
       </c>
       <c r="M170" t="s">
-        <v>2710</v>
+        <v>2727</v>
       </c>
       <c r="N170" t="s">
-        <v>2711</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B171" t="s">
-        <v>2712</v>
+        <v>2729</v>
       </c>
       <c r="C171" t="s">
         <v>11</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>2713</v>
+        <v>2730</v>
       </c>
       <c r="F171" t="s">
         <v>11</v>
       </c>
       <c r="G171" t="s">
-        <v>2714</v>
+        <v>2731</v>
       </c>
       <c r="H171" t="s">
-        <v>2715</v>
+        <v>2732</v>
       </c>
       <c r="I171" t="s">
-        <v>1934</v>
+        <v>1951</v>
       </c>
       <c r="J171" t="s">
-        <v>2136</v>
+        <v>2153</v>
       </c>
       <c r="K171" t="s">
-        <v>2716</v>
+        <v>2733</v>
       </c>
       <c r="L171" t="s">
-        <v>2717</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B172" t="s">
-        <v>2718</v>
+        <v>2735</v>
       </c>
       <c r="C172" t="s">
         <v>11</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>2719</v>
+        <v>2736</v>
       </c>
       <c r="F172" t="s">
         <v>11</v>
       </c>
       <c r="G172" t="s">
-        <v>2720</v>
+        <v>2737</v>
       </c>
       <c r="H172" t="s">
-        <v>2721</v>
+        <v>2738</v>
       </c>
       <c r="I172" t="s">
-        <v>2722</v>
+        <v>2739</v>
       </c>
       <c r="J172" t="s">
-        <v>2723</v>
+        <v>2740</v>
       </c>
       <c r="K172" t="s">
-        <v>2724</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B173" t="s">
-        <v>2725</v>
+        <v>2742</v>
       </c>
       <c r="C173" t="s">
         <v>11</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>2726</v>
+        <v>2743</v>
       </c>
       <c r="F173" t="s">
         <v>11</v>
       </c>
       <c r="G173" t="s">
-        <v>2727</v>
+        <v>2744</v>
       </c>
       <c r="H173" t="s">
-        <v>2728</v>
+        <v>2745</v>
       </c>
       <c r="I173" t="s">
-        <v>2729</v>
+        <v>2746</v>
       </c>
       <c r="J173" t="s">
-        <v>2730</v>
+        <v>2747</v>
       </c>
       <c r="K173" t="s">
-        <v>2731</v>
+        <v>2748</v>
       </c>
       <c r="L173" t="s">
-        <v>2732</v>
+        <v>2749</v>
       </c>
       <c r="M173" t="s">
-        <v>2733</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B174" t="s">
-        <v>2734</v>
+        <v>2751</v>
       </c>
       <c r="C174" t="s">
         <v>11</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>2735</v>
+        <v>2752</v>
       </c>
       <c r="F174" t="s">
         <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>2736</v>
+        <v>2753</v>
       </c>
       <c r="H174" t="s">
-        <v>2737</v>
+        <v>2754</v>
       </c>
       <c r="I174" t="s">
-        <v>2738</v>
+        <v>2755</v>
       </c>
       <c r="J174" t="s">
-        <v>2739</v>
+        <v>2756</v>
       </c>
       <c r="K174" t="s">
-        <v>2740</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B175" t="s">
-        <v>2741</v>
+        <v>2758</v>
       </c>
       <c r="C175" t="s">
         <v>11</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>2742</v>
+        <v>2759</v>
       </c>
       <c r="F175" t="s">
         <v>11</v>
       </c>
       <c r="G175" t="s">
-        <v>2743</v>
+        <v>2760</v>
       </c>
       <c r="H175" t="s">
-        <v>2744</v>
+        <v>2761</v>
       </c>
       <c r="I175" t="s">
-        <v>2745</v>
+        <v>2762</v>
       </c>
       <c r="J175" t="s">
-        <v>2746</v>
+        <v>2763</v>
       </c>
       <c r="K175" t="s">
-        <v>2747</v>
+        <v>2764</v>
       </c>
       <c r="L175" t="s">
-        <v>2748</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B176" t="s">
-        <v>2749</v>
+        <v>2766</v>
       </c>
       <c r="C176" t="s">
         <v>11</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>2750</v>
+        <v>2767</v>
       </c>
       <c r="F176" t="s">
         <v>11</v>
       </c>
       <c r="G176" t="s">
-        <v>2751</v>
+        <v>2768</v>
       </c>
       <c r="H176" t="s">
-        <v>2752</v>
+        <v>2769</v>
       </c>
       <c r="I176" t="s">
-        <v>2753</v>
+        <v>2770</v>
       </c>
       <c r="J176" t="s">
-        <v>2754</v>
+        <v>2771</v>
       </c>
       <c r="K176" t="s">
-        <v>2755</v>
+        <v>2772</v>
       </c>
       <c r="L176" t="s">
-        <v>2756</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B177" t="s">
-        <v>2757</v>
+        <v>2774</v>
       </c>
       <c r="C177" t="s">
         <v>11</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>2758</v>
+        <v>2775</v>
       </c>
       <c r="F177" t="s">
         <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>2759</v>
+        <v>2776</v>
       </c>
       <c r="H177" t="s">
-        <v>2760</v>
+        <v>2777</v>
       </c>
       <c r="I177" t="s">
-        <v>2761</v>
+        <v>2778</v>
       </c>
       <c r="J177" t="s">
-        <v>2762</v>
+        <v>2779</v>
       </c>
       <c r="K177" t="s">
-        <v>2763</v>
+        <v>2780</v>
       </c>
       <c r="L177" t="s">
-        <v>2764</v>
+        <v>2781</v>
       </c>
       <c r="M177" t="s">
-        <v>2765</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B178" t="s">
-        <v>2766</v>
+        <v>2783</v>
       </c>
       <c r="C178" t="s">
         <v>11</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>2767</v>
+        <v>2784</v>
       </c>
       <c r="F178" t="s">
         <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>2768</v>
+        <v>2785</v>
       </c>
       <c r="H178" t="s">
-        <v>2769</v>
+        <v>2786</v>
       </c>
       <c r="I178" t="s">
-        <v>2770</v>
+        <v>2787</v>
       </c>
       <c r="J178" t="s">
-        <v>2771</v>
+        <v>2788</v>
       </c>
       <c r="K178" t="s">
-        <v>2772</v>
+        <v>2789</v>
       </c>
       <c r="L178" t="s">
-        <v>2773</v>
+        <v>2790</v>
       </c>
       <c r="M178" t="s">
-        <v>2774</v>
+        <v>2791</v>
       </c>
       <c r="N178" t="s">
-        <v>2775</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B179" t="s">
-        <v>2776</v>
+        <v>2793</v>
       </c>
       <c r="C179" t="s">
         <v>11</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>2777</v>
+        <v>2794</v>
       </c>
       <c r="F179" t="s">
         <v>11</v>
       </c>
       <c r="G179" t="s">
-        <v>2778</v>
+        <v>2795</v>
       </c>
       <c r="H179" t="s">
-        <v>2779</v>
+        <v>2796</v>
       </c>
       <c r="I179" t="s">
-        <v>2722</v>
+        <v>2739</v>
       </c>
       <c r="J179" t="s">
-        <v>2780</v>
+        <v>2797</v>
       </c>
       <c r="K179" t="s">
-        <v>2781</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B180" t="s">
-        <v>2782</v>
+        <v>2799</v>
       </c>
       <c r="C180" t="s">
         <v>11</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>2783</v>
+        <v>2800</v>
       </c>
       <c r="F180" t="s">
         <v>11</v>
       </c>
       <c r="G180" t="s">
-        <v>2784</v>
+        <v>2801</v>
       </c>
       <c r="H180" t="s">
-        <v>2785</v>
+        <v>2802</v>
       </c>
       <c r="I180" t="s">
-        <v>2293</v>
+        <v>2310</v>
       </c>
       <c r="J180" t="s">
-        <v>2786</v>
+        <v>2803</v>
       </c>
       <c r="K180" t="s">
-        <v>2787</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B181" t="s">
-        <v>2788</v>
+        <v>2805</v>
       </c>
       <c r="C181" t="s">
         <v>11</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>2789</v>
+        <v>2806</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
-        <v>2790</v>
+        <v>2807</v>
       </c>
       <c r="H181" t="s">
-        <v>2791</v>
+        <v>2808</v>
       </c>
       <c r="I181" t="s">
-        <v>2351</v>
+        <v>2368</v>
       </c>
       <c r="J181" t="s">
-        <v>2792</v>
+        <v>2809</v>
       </c>
       <c r="K181" t="s">
-        <v>2793</v>
+        <v>2810</v>
       </c>
       <c r="L181" t="s">
-        <v>2794</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B182" t="s">
-        <v>2795</v>
+        <v>2812</v>
       </c>
       <c r="C182" t="s">
         <v>11</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>2796</v>
+        <v>2813</v>
       </c>
       <c r="F182" t="s">
         <v>11</v>
       </c>
       <c r="G182" t="s">
-        <v>2797</v>
+        <v>2814</v>
       </c>
       <c r="H182" t="s">
-        <v>2798</v>
+        <v>2815</v>
       </c>
       <c r="I182" t="s">
-        <v>1208</v>
+        <v>1225</v>
       </c>
       <c r="J182" t="s">
-        <v>2799</v>
+        <v>2816</v>
       </c>
       <c r="K182" t="s">
-        <v>2800</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B183" t="s">
-        <v>2801</v>
+        <v>2818</v>
       </c>
       <c r="C183" t="s">
         <v>11</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>2802</v>
+        <v>2819</v>
       </c>
       <c r="F183" t="s">
         <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>2803</v>
+        <v>2820</v>
       </c>
       <c r="H183" t="s">
-        <v>2804</v>
+        <v>2821</v>
       </c>
       <c r="I183" t="s">
-        <v>1403</v>
+        <v>1420</v>
       </c>
       <c r="J183" t="s">
-        <v>2805</v>
+        <v>2822</v>
       </c>
       <c r="K183" t="s">
-        <v>2806</v>
+        <v>2823</v>
       </c>
       <c r="L183" t="s">
-        <v>2807</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
       <c r="B184" t="s">
-        <v>2808</v>
+        <v>2825</v>
       </c>
       <c r="C184" t="s">
         <v>11</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>2809</v>
+        <v>2826</v>
       </c>
       <c r="F184" t="s">
         <v>11</v>
       </c>
       <c r="G184" t="s">
-        <v>2810</v>
+        <v>2827</v>
       </c>
       <c r="H184" t="s">
-        <v>2811</v>
+        <v>2828</v>
       </c>
       <c r="I184" t="s">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="J184" t="s">
-        <v>2812</v>
+        <v>2829</v>
       </c>
       <c r="K184" t="s">
-        <v>2813</v>
+        <v>2830</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B2" t="s">
-        <v>2815</v>
+        <v>2832</v>
       </c>
       <c r="C2" t="s">
-        <v>2816</v>
+        <v>2833</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2817</v>
+        <v>2834</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2818</v>
+        <v>2835</v>
       </c>
       <c r="H2" t="s">
-        <v>2819</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B3" t="s">
-        <v>2820</v>
+        <v>2837</v>
       </c>
       <c r="C3" t="s">
-        <v>2821</v>
+        <v>2838</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2822</v>
+        <v>2839</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2823</v>
+        <v>2840</v>
       </c>
       <c r="H3" t="s">
-        <v>2824</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B4" t="s">
-        <v>2825</v>
+        <v>2842</v>
       </c>
       <c r="C4" t="s">
-        <v>2826</v>
+        <v>2843</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2827</v>
+        <v>2844</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2828</v>
+        <v>2845</v>
       </c>
       <c r="H4" t="s">
-        <v>2829</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B5" t="s">
-        <v>2830</v>
+        <v>2847</v>
       </c>
       <c r="C5" t="s">
-        <v>2831</v>
+        <v>2848</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2832</v>
+        <v>2849</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2833</v>
+        <v>2850</v>
       </c>
       <c r="H5" t="s">
-        <v>2834</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B6" t="s">
-        <v>2835</v>
+        <v>2852</v>
       </c>
       <c r="C6" t="s">
-        <v>2836</v>
+        <v>2853</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2837</v>
+        <v>2854</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2838</v>
+        <v>2855</v>
       </c>
       <c r="H6" t="s">
-        <v>2839</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B7" t="s">
-        <v>2840</v>
+        <v>2857</v>
       </c>
       <c r="C7" t="s">
-        <v>2841</v>
+        <v>2858</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>442</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2842</v>
+        <v>2859</v>
       </c>
       <c r="H7" t="s">
-        <v>2843</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B8" t="s">
-        <v>2844</v>
+        <v>2861</v>
       </c>
       <c r="C8" t="s">
-        <v>2845</v>
+        <v>2862</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>442</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2846</v>
+        <v>2863</v>
       </c>
       <c r="H8" t="s">
-        <v>2847</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B9" t="s">
-        <v>2848</v>
+        <v>2865</v>
       </c>
       <c r="C9" t="s">
-        <v>2849</v>
+        <v>2866</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>442</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2850</v>
+        <v>2867</v>
       </c>
       <c r="H9" t="s">
-        <v>2851</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B10" t="s">
-        <v>594</v>
+        <v>611</v>
       </c>
       <c r="C10" t="s">
-        <v>2852</v>
+        <v>2869</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>442</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2853</v>
+        <v>2870</v>
       </c>
       <c r="H10" t="s">
-        <v>2854</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B11" t="s">
-        <v>2855</v>
+        <v>2872</v>
       </c>
       <c r="C11" t="s">
-        <v>2856</v>
+        <v>2873</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>442</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2857</v>
+        <v>2874</v>
       </c>
       <c r="H11" t="s">
-        <v>2858</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B12" t="s">
-        <v>2859</v>
+        <v>2876</v>
       </c>
       <c r="C12" t="s">
-        <v>2860</v>
+        <v>2877</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>442</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2861</v>
+        <v>2878</v>
       </c>
       <c r="H12" t="s">
-        <v>2862</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B13" t="s">
-        <v>2863</v>
+        <v>2880</v>
       </c>
       <c r="C13" t="s">
-        <v>2864</v>
+        <v>2881</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2865</v>
+        <v>2882</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2866</v>
+        <v>2883</v>
       </c>
       <c r="H13" t="s">
-        <v>2867</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B14" t="s">
-        <v>2868</v>
+        <v>2885</v>
       </c>
       <c r="C14" t="s">
-        <v>2869</v>
+        <v>2886</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2870</v>
+        <v>2887</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2871</v>
+        <v>2888</v>
       </c>
       <c r="H14" t="s">
-        <v>2872</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B15" t="s">
-        <v>2873</v>
+        <v>2890</v>
       </c>
       <c r="C15" t="s">
-        <v>2874</v>
+        <v>2891</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1096</v>
+        <v>1113</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2875</v>
+        <v>2892</v>
       </c>
       <c r="H15" t="s">
-        <v>2876</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B16" t="s">
-        <v>2877</v>
+        <v>2894</v>
       </c>
       <c r="C16" t="s">
-        <v>2878</v>
+        <v>2895</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2879</v>
+        <v>2896</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2880</v>
+        <v>2897</v>
       </c>
       <c r="H16" t="s">
-        <v>2881</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B17" t="s">
-        <v>2882</v>
+        <v>2899</v>
       </c>
       <c r="C17" t="s">
-        <v>2883</v>
+        <v>2900</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2884</v>
+        <v>2901</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2885</v>
+        <v>2902</v>
       </c>
       <c r="H17" t="s">
-        <v>2886</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B18" t="s">
-        <v>2887</v>
+        <v>2904</v>
       </c>
       <c r="C18" t="s">
-        <v>2888</v>
+        <v>2905</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2889</v>
+        <v>2906</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2890</v>
+        <v>2907</v>
       </c>
       <c r="H18" t="s">
-        <v>2891</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B19" t="s">
-        <v>2892</v>
+        <v>2909</v>
       </c>
       <c r="C19" t="s">
-        <v>2893</v>
+        <v>2910</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2894</v>
+        <v>2911</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2895</v>
+        <v>2912</v>
       </c>
       <c r="H19" t="s">
-        <v>2896</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B20" t="s">
-        <v>2897</v>
+        <v>2914</v>
       </c>
       <c r="C20" t="s">
-        <v>2898</v>
+        <v>2915</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2899</v>
+        <v>2916</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2900</v>
+        <v>2917</v>
       </c>
       <c r="H20" t="s">
-        <v>2901</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B21" t="s">
-        <v>2902</v>
+        <v>2919</v>
       </c>
       <c r="C21" t="s">
-        <v>2903</v>
+        <v>2920</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2899</v>
+        <v>2916</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2904</v>
+        <v>2921</v>
       </c>
       <c r="H21" t="s">
-        <v>2905</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B22" t="s">
-        <v>2906</v>
+        <v>2923</v>
       </c>
       <c r="C22" t="s">
-        <v>2907</v>
+        <v>2924</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2899</v>
+        <v>2916</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2908</v>
+        <v>2925</v>
       </c>
       <c r="H22" t="s">
-        <v>2909</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B23" t="s">
-        <v>2910</v>
+        <v>2927</v>
       </c>
       <c r="C23" t="s">
-        <v>2911</v>
+        <v>2928</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2912</v>
+        <v>2929</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2913</v>
+        <v>2930</v>
       </c>
       <c r="H23" t="s">
-        <v>2914</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B24" t="s">
-        <v>2915</v>
+        <v>2932</v>
       </c>
       <c r="C24" t="s">
-        <v>2916</v>
+        <v>2933</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2917</v>
+        <v>2934</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2918</v>
+        <v>2935</v>
       </c>
       <c r="H24" t="s">
-        <v>2919</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B25" t="s">
-        <v>2920</v>
+        <v>2937</v>
       </c>
       <c r="C25" t="s">
-        <v>2921</v>
+        <v>2938</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2922</v>
+        <v>2939</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2923</v>
+        <v>2940</v>
       </c>
       <c r="H25" t="s">
-        <v>2924</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B26" t="s">
-        <v>2925</v>
+        <v>2942</v>
       </c>
       <c r="C26" t="s">
-        <v>2926</v>
+        <v>2943</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2927</v>
+        <v>2944</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2928</v>
+        <v>2945</v>
       </c>
       <c r="H26" t="s">
-        <v>2929</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B27" t="s">
-        <v>2930</v>
+        <v>2947</v>
       </c>
       <c r="C27" t="s">
-        <v>2931</v>
+        <v>2948</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2932</v>
+        <v>2949</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2933</v>
+        <v>2950</v>
       </c>
       <c r="H27" t="s">
-        <v>2934</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B28" t="s">
-        <v>2935</v>
+        <v>2952</v>
       </c>
       <c r="C28" t="s">
-        <v>2936</v>
+        <v>2953</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2937</v>
+        <v>2954</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2938</v>
+        <v>2955</v>
       </c>
       <c r="H28" t="s">
-        <v>2939</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B29" t="s">
-        <v>2940</v>
+        <v>2957</v>
       </c>
       <c r="C29" t="s">
-        <v>2941</v>
+        <v>2958</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2942</v>
+        <v>2959</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2943</v>
+        <v>2960</v>
       </c>
       <c r="H29" t="s">
-        <v>2944</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B30" t="s">
-        <v>2945</v>
+        <v>2962</v>
       </c>
       <c r="C30" t="s">
-        <v>2946</v>
+        <v>2963</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2947</v>
+        <v>2964</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2948</v>
+        <v>2965</v>
       </c>
       <c r="H30" t="s">
-        <v>2949</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2814</v>
+        <v>2831</v>
       </c>
       <c r="B31" t="s">
-        <v>2950</v>
+        <v>2967</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2951</v>
+        <v>2968</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2952</v>
+        <v>2969</v>
       </c>
       <c r="H31" t="s">
-        <v>2953</v>
+        <v>2970</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>