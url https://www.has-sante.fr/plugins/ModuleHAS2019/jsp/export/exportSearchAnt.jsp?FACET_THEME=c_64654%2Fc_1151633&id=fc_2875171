--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -1,24525 +1,7302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...9 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet16.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...14 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId18" sheetId="16"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...14 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="15" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4784" uniqueCount="2971">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1397" uniqueCount="904">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur la grossesse, l'accouchement et le suivi postnatal</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
+  </si>
+  <si>
+    <t>09/26/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2024 11:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/07/2024 14:49:00</t>
-[...581 lines deleted...]
-    <t>c_2856480</t>
+    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+  </si>
+  <si>
+    <t>p_3545370</t>
+  </si>
+  <si>
+    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
+  </si>
+  <si>
+    <t>c_272378</t>
+  </si>
+  <si>
+    <t>Screening and diagnosis of gestational diabetes mellitus</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
+  </si>
+  <si>
+    <t>c_272475</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+  </si>
+  <si>
+    <t>c_2722927</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+  </si>
+  <si>
+    <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Management of endometriosis</t>
+  </si>
+  <si>
+    <t>This clinical practice guidelines was developed by the French National Authority for Health (HAS) and the French College of Gynaecologists and Obstetricians (CNGOF) to update the 2006 CNGOF guideline on the management of endometriosis. The purpose of this guide is to help hospital and community based healthcare professionals offer patients the best possible information and management. This guideline deals with the diagnosis and management of peritoneal, ovarian and deep endometriosis. The management of adenomyosis is not addressed.</t>
+  </si>
+  <si>
+    <t>12/13/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/17/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
+  </si>
+  <si>
+    <t>c_2819733</t>
+  </si>
+  <si>
+    <t>Home of the newborn in the birth room</t>
+  </si>
+  <si>
+    <t>The proposed recommendations aim to improve the quality and safety of newborn care with a view to preventing and reducing child morbidity and mortality.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820763/en/home-of-the-newborn-in-the-birth-room</t>
+  </si>
+  <si>
+    <t>c_2820763</t>
+  </si>
+  <si>
+    <t>Fetal alcohol spectrum disorder : identification</t>
+  </si>
+  <si>
+    <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
+  </si>
+  <si>
+    <t>07/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Preparing for birth and parenthood</t>
+  </si>
+  <si>
+    <t>These guidelines advocate an earlier start to preparation for birth and parenthood, and a broader approach to parent support and to improving the skills of women and their partners in health matters. Their aim is to help health professionals 1. prepare couples for the birth of their child and taking the baby home, through educational sessions suited to the needs and expectations of the parents-to-be 2. support couples, especially those who are vulnerable, in order to avoid parent-child relationship problems 3. provide information and key points on parenting: building family relationships ; the material, educational and emotional needs of the growing child 4. encourage better coordination among the relevant professionals and with the pregnant woman, from the antenatal to the postnatal period</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>09/27/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272500/en/preparing-for-birth-and-parenthood</t>
+  </si>
+  <si>
+    <t>c_272500</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>Use of fundal pressure during the second stage of labour</t>
+  </si>
+  <si>
+    <t>The objective of these guidelines is to evaluate the benefits and the risks of using fundal pressure and to issue guidelines on its use. The application of fundal pressure refers to the application of pressure to the fundus of the uterus with the intention of shortening the duration of the second stage of labour. The second stage of labour is the period from complete dilatation of the cervix until natural birth. It has three successive phases: (i) engagement of the presenting part, (ii) descent and rotation, (iii) release. The following indications and specific technical procedures were excluded : - suprapubic pressure and McRoberts’ position to alleviate shoulder dystocia - fundal pressure applied during entrapment of the aftercoming head in the event of a breech presentation - fundal pressure during a caesarean section - suprapubic pressure and uterine massage during placenta expulsion.</t>
+  </si>
+  <si>
+    <t>01/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>04/19/2007 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_513170/en/use-of-fundal-pressure-during-the-second-stage-of-labour</t>
+  </si>
+  <si>
+    <t>c_513170</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+  </si>
+  <si>
+    <t>c_271973</t>
+  </si>
+  <si>
+    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
+  </si>
+  <si>
+    <t>These guidelines propose recommendations to the following questions: 1. When should pregnant women be tested for cervicovaginal infection? 2. What samples to be taken from a pregnant woman to detect cervicovaginal bacterial infection? What to do in the event of cervicovaginal bacterial infection during a normal or problem pregnancy? 3. Is there any benefit in routinely screening for group B streptococcus carriers during pregnancy and labour? If so, what method should be used, when and how? 4. What intrapartum antibiotic prophylaxis to be prescribed to prevent neonatal infection caused by group B streptococcus? 5. What tests should be carried out in the event of PROM? 6. What procedure in the vent of infection during PROM?</t>
+  </si>
+  <si>
+    <t>09/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+  </si>
+  <si>
+    <t>c_272118</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Thrombophilia and pregnancy – Preventing maternal and placental thrombosis</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. What are the risk factors for maternal venous thromboembolism?# 2. What are the risk factors for placental vascular disease?# 3. Which further investigations should be performed, and for which patients?# 4. What treatments are available? Which patients should be treated, and what form should that treatment take? What information should patients be given?</t>
+  </si>
+  <si>
+    <t>04/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
+  </si>
+  <si>
+    <t>c_272236</t>
+  </si>
+  <si>
+    <t>Postpartum reeducation</t>
+  </si>
+  <si>
+    <t>To evaluate the effectiveness of post-partum rehabilitation techniques in order to clarify the indications and the modalities of their application. The recommendations answer the following questions: 1. What are the indications for postpartum rehabilitation? 2. What are the appropriate balance sheets? 3. What are the procedures for applying rehabilitation techniques?</t>
+  </si>
+  <si>
+    <t>12/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272241/en/postpartum-reeducation</t>
+  </si>
+  <si>
+    <t>c_272241</t>
+  </si>
+  <si>
+    <t>Hormone replacement therapy at menopause</t>
+  </si>
+  <si>
+    <t>The objectives of the report are : 1. Provide guidance on hormone replacement therapy during the menopause and on the provision of information for women and health professionals 2. Draw conclusions and produce guidelines for health professionals 3. Draft key messages for women</t>
+  </si>
+  <si>
+    <t>05/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
+  </si>
+  <si>
+    <t>c_272308</t>
+  </si>
+  <si>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+  </si>
+  <si>
+    <t>c_272417</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of oocyte/embryo vitrification and warming procedures - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Haute Autorité de santé (HAS [French National Authority for Health]) has decided to assess oocyte and embryo vitrification and warming procedures in order to be able to rule on the appropriateness of including them in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749002/en/assessment-of-oocyte/embryo-vitrification-and-warming-procedures-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2749002</t>
+  </si>
+  <si>
+    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The primary aim of this discussion paper is to assess the usefulness of the anti-Müllerian hormone assay procedure (AMH) with a view to its inclusion in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2749006</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2653655</t>
+  </si>
+  <si>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2589724</t>
+  </si>
+  <si>
+    <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request of the Ministry of Health and Social Affairs, HAS has developed terms of reference that define the requirements (especially clinical and organisational) to follow to ensure quality of care and patient safety during surgical abortions performed outside of a healthcare organisation Moreover, and in accordance with the law on modernisation of our health system enacted in January 2016, HAS has established terms of reference on the methods of performing surgical abortions inside health centres, which is based on the “Terms of reference for performing surgical abortions outside of healthcare organisations” It is important to specify that the objective is not to develop good practice recommendations or to evaluate the surgical abortion technique</t>
+  </si>
+  <si>
+    <t>03/16/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2062049</t>
+  </si>
+  <si>
+    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of worldwide supply shortage of technetium-99m (Tc-99m), a radioactive element needed to perform lung perfusion scintigraphy in case of suspected non-massive pulmonary embolism (PE), the Ministry of Health (DGS) asked HAS to determine if, in the event of complete shortage of this isotope, one (or more) test(s) could replace it without risk to the pregnant woman. Currently, Tc-99m lung perfusion scintigraphy is the medical imaging test of choice in pregnant women initially without signs of shock or hypotension (especially if the triage chest x-ray is normal) when this test is readily accessible for the clinician. Offering good diagnostic performances, lung perfusion scintigraphy is not very radiating for the mother and foetus. The objective of this assessment was not to question the current standard strategy in this situation or to establish good practice guidelines</t>
+  </si>
+  <si>
+    <t>02/17/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2620035</t>
+  </si>
+  <si>
+    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Association of Health Insurance Funds (UNCAM) is applying for the inclusion on the list of procedures and services (LPS) reimbursed by the French National Health Insurance system, of several diagnostic tests relating to mother-to-child transmission of cytomegalovirus (CMV) infection in utero. These are the anti-CMV IgG avidity test and CMV viral load testing by gene amplification (PCR) in several types of sample: amniotic fluid from the mother, and urine and saliva from the neonate. UNCAM also suggests removing immunoenzymatic testing for anti-CMV IgG alone in pregnancy, and cell culture for CMV, from the LPS. The aim of this report is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of UNCAM’s application and whether they therefore support this application for the inclusion or removal of the above tests on/from the LPS</t>
+  </si>
+  <si>
+    <t>11/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2572929</t>
+  </si>
+  <si>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/13/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>DIVINA - DUOVA (médroxyprogestérone (acétate de)/ valérate d'estradiol)</t>
+  </si>
+  <si>
+    <t>10/14/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983475/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2983475</t>
+  </si>
+  <si>
+    <t>acétate de médroxyprogestérone,valérate d'estradiol</t>
+  </si>
+  <si>
+    <t>ORION PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817325/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753126/en/divina-duova</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806292/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545492/en/duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399421/en/duova-1-mg-/-2-5-mg-comprime-duova-1-mg-/-5-mg-comprime-duova-2-mg-/-5-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>FEMSEPT - FEMSEPTEVO - FEMSEPTCOMBI - ESTREVA (estradiol hémihydraté/ lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983866/en/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983866</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,lévonorgestrel</t>
+  </si>
+  <si>
+    <t>THERAMEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398935/en/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544868/en/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046823/en/femsept-femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682480/en/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753187/en/estreva-femsept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544976/en/estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399376/en/estreva-0-1-gel-transdermique-flacon-tube-de-50-g-100-doses-avec-pompe-doseuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753135/en/femseptcombi-femseptevo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544855/en/femseptcombi-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398934/en/femseptcombi-50-g/-10-g/-24-heures-dispositif-transdermique-en-sachet-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400304/en/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
+  </si>
+  <si>
+    <t>PROVAMES (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983947/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983947</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté</t>
+  </si>
+  <si>
+    <t>NORGINE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399162/en/provames-1-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544883/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058653/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753171/en/provames</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672236/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>PROGESTOGEL - UTROGESTAN (progestérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984105/en/progestogel-utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984105</t>
+  </si>
+  <si>
+    <t>progestérone</t>
+  </si>
+  <si>
+    <t>BESINS HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951417/en/progestogel-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633557/en/progestogel-utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753199/en/utrogestan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951432/en/utrogestan-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400833/en/utrogestan-100-mg-capsule-molle-orale-ou-vaginale-b/30-cip-323-275-1-utrogestan-200-mg-capsule-molle-orale-ou-vaginale-b/15-cip-348-399-6</t>
+  </si>
+  <si>
+    <t>ACTIVELLE - KLIOGEST - NOVOFEMME - TRISEQUENS (estradiol hémihydraté/ noréthistérone (acétate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984124/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984124</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,acétate de noréthistérone</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544823/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048378/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753539/en/activelle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627645/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753165/en/kliogest-novefemme-trisequens</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398979/en/kliogest-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399506/en/novofemme-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399057/en/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>DUPHASTON (dydrogestérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984207/en/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984207</t>
+  </si>
+  <si>
+    <t>dydrogestérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748315/en/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753190/en/duphaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610152/en/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>COLPRONE (médrogestone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984220/en/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>pprd_2984220</t>
+  </si>
+  <si>
+    <t>médrogestone</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748309/en/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753202/en/colprone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608651/en/colprone-medrogestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588262/en/colprone-medrogestone-gynecological</t>
+  </si>
+  <si>
+    <t>OESCLIM - OROMONE (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984292/en/oesclim-oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984292</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398948/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544874/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046772/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753177/en/oesclim-oromone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580477/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834956/en/oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400076/en/oromone-2-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>CLIMASTON (dydrogestérone/ estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984293/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2984293</t>
+  </si>
+  <si>
+    <t>dydrogestérone,estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398873/en/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398872/en/climaston-1-mg/-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400300/en/climaston-1-mg/10-mg-climaston-1-mg/5-mg-climaston-2-mg/10-mg-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544838/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048927/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752094/en/climaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753193/en/climaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580474/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>CLIMENE (valérate d'estradiol 2 mg /acétate de cyprotérone 1 mg/ cyprotérone (a...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984344/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>pprd_2984344</t>
+  </si>
+  <si>
+    <t>valérate d'estradiol,acétate de cyprotérone</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048372/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753174/en/climene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569074/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400769/en/climene-comprime-enrobe-b/21-11-blancs-et-10-roses-cip-336-043-7</t>
+  </si>
+  <si>
+    <t>OESTROGEL - OESTRODOSE - THAIS - THAISSEPT (estradiol/ estradiol hémihydraté/ oestrodose 0,06%,/ oestrogel 0,06%,/...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984426/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>pprd_2984426</t>
+  </si>
+  <si>
+    <t>estradiol,estradiol hémihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046775/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753153/en/oestrogel-oestrodose-thais-thaissept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058267/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398903/en/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
+  </si>
+  <si>
+    <t>DERMESTRIL - DERMESTRIL SEPTEM (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984501/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984501</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400704/en/dermestril-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901524/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753183/en/dermestril-dermestril-septem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040742/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>PHYSIOGINE (estriol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984633/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>pprd_2984633</t>
+  </si>
+  <si>
+    <t>estriol</t>
+  </si>
+  <si>
+    <t>ASPEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517660/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753162/en/physiogine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000743/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399510/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456145/en/physiogine-estriol-affections-vulvo-vaginales</t>
+  </si>
+  <si>
+    <t>LIVIAL (tibolone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984732/en/livial-tibolone</t>
+  </si>
+  <si>
+    <t>pprd_2984732</t>
+  </si>
+  <si>
+    <t>tibolone</t>
+  </si>
+  <si>
+    <t>ORGANON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398989/en/livial-2-5-mg-28-comprimes-sous-plaquette-thermoformee-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753542/en/livial</t>
+  </si>
+  <si>
+    <t>FERROSTRANE (férédétate de sodium)</t>
+  </si>
+  <si>
+    <t>04/02/2025 17:56:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984943/en/ferrostrane-feredetate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984943</t>
+  </si>
+  <si>
+    <t>férédétate de sodium</t>
+  </si>
+  <si>
+    <t>TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642421/en/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363125/en/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599704/en/ferrostrane-infants-sodium-feredetate-iron-deficiency-anaemia</t>
+  </si>
+  <si>
+    <t>OVITRELLE (choriogonadotropine alpha)</t>
+  </si>
+  <si>
+    <t>03/06/2025 18:12:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983734/en/ovitrelle-choriogonadotropine-alpha</t>
+  </si>
+  <si>
+    <t>pprd_2983734</t>
+  </si>
+  <si>
+    <t>choriogonadotropine alpha</t>
+  </si>
+  <si>
+    <t>MERCK SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399276/en/ovitrelle-250-g-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-et-de-1-ampoule-de-solvant-boite-de-10-flacons-et-de-10-ampoules-de-solvant-choriogonadotropine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399984/en/ovitrelle-250-g-/-0-5-ml-solution-injectable-en-seringue-preremplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763720/en/ovitrelle-choriogonadotropine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745138/en/ovitrelle-choriogonadotropine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181525/en/ovitrelle-choriogonadotropine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594405/en/ovitrelle-choriogonadotropin-alfa-assisted-reproductive-technologies</t>
+  </si>
+  <si>
+    <t>GYMISO (misoprostol)</t>
+  </si>
+  <si>
+    <t>09/09/2024 16:55:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985837/en/gymiso-misoprostol</t>
+  </si>
+  <si>
+    <t>pprd_2985837</t>
+  </si>
+  <si>
+    <t>misoprostol</t>
+  </si>
+  <si>
+    <t>NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399941/en/gymiso-200-microgrammes-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400310/en/gymiso-200-microgrammes-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285514/en/gymiso-misoone-misoprostol-/-mifegyne-mifepristone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285578/en/gymiso-misoone-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538951/en/gymiso-misoprostol-termination-of-pregnancy</t>
+  </si>
+  <si>
+    <t>REKOVELLE (follitropine delta)</t>
+  </si>
+  <si>
+    <t>05/02/2024 17:14:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983513/en/rekovelle-follitropine-delta</t>
+  </si>
+  <si>
+    <t>pprd_2983513</t>
+  </si>
+  <si>
+    <t>follitropine delta</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757182/en/rekovelle-follitropin-delta-ovulation-stimulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797164/en/rekovelle-follitropine-delta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514980/en/rekovelle-follitropin-delta-ovarian-stimulation</t>
+  </si>
+  <si>
+    <t>IBRANCE</t>
+  </si>
+  <si>
+    <t>11/09/2023 10:26:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982792/en/ibrance</t>
+  </si>
+  <si>
+    <t>pprd_2982792</t>
+  </si>
+  <si>
+    <t>palbociclib</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761877/en/ibrance-palbociclib-inhibiteur-de-proteine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964747/en/ibrance-palbociclib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447978/en/ibrance-palbociclib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470396/en/brance-palbociclib-breast-cancer</t>
+  </si>
+  <si>
+    <t>LUTENYL (nomégestrol (acétate de))</t>
+  </si>
+  <si>
+    <t>09/07/2023 15:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984200/en/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984200</t>
+  </si>
+  <si>
+    <t>nomégestrol (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400321/en/lutenyl-3-75-mg-comprime-boite-de-14-comprimes-code-cip-365-572-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748399/en/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753533/en/lutenyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610185/en/lutenyl-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459822/en/lutenyl-nomegestrol-acetate-gynaecology</t>
+  </si>
+  <si>
+    <t>CHLORMADINONE VIATRIS (acétate de chlormadinone)</t>
+  </si>
+  <si>
+    <t>09/07/2023 15:20:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459942/en/chlormadinone-viatris-acetate-de-chlormadinone</t>
+  </si>
+  <si>
+    <t>p_3459942</t>
+  </si>
+  <si>
+    <t>acétate de chlormadinone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459828/en/chlormadinone-viatris-chlormadinone-acetate-gynaecology</t>
+  </si>
+  <si>
+    <t>NOVOSEVEN (eptacog alpha activé)</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985870/en/novoseven-eptacog-alpha-active</t>
+  </si>
+  <si>
+    <t>pprd_2985870</t>
+  </si>
+  <si>
+    <t>eptacog alpha activé</t>
+  </si>
+  <si>
+    <t>NOVONORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400146/en/novoseven-1-2-mg-60-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-2-2-ml-d-eau-ppi-code-cip-559-619-6-novoseven-2-4-mg-120-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-4-3-ml-d-eau-ppi-code-cip-559-620-4-novoseven-4-8-mg-240-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-8-5-ml-d-eau-ppi-code-cip-559-621-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456306/en/novoseven-activated-eptacog-alfa-postpartum-haemorrhage</t>
+  </si>
+  <si>
+    <t>ELONVA (corifollitropine alfa)</t>
+  </si>
+  <si>
+    <t>02/03/2023 10:46:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985251/en/elonva-corifollitropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2985251</t>
+  </si>
+  <si>
+    <t>corifollitropine alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990918/en/elonva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409400/en/elonva-corifollitropine-alfa-hypogonadisme-hypogonadotrope-hh</t>
+  </si>
+  <si>
+    <t>GONADOTROPHINE CHORIONIQUE ENDO (gonadotrophine chorionique)</t>
+  </si>
+  <si>
+    <t>09/09/2022 16:47:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984478/en/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
+  </si>
+  <si>
+    <t>pprd_2984478</t>
+  </si>
+  <si>
+    <t>gonadotrophine chorionique</t>
+  </si>
+  <si>
+    <t>MSD FRANCE / IBSA Pharma S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736986/en/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044646/en/gonadotrophine-chorionique-endo-chorionic-gonadotropin-ovulation-induction</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358590/en/gonadotrophine-chorionique-ibsa-gonadotrophine-chorionique-induction-de-l-ovulation-et-assistance-medicale-a-la-procreation</t>
+  </si>
+  <si>
+    <t>NALADOR (sulprostone)</t>
+  </si>
+  <si>
+    <t>03/22/2022 17:49:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281576/en/nalador-sulprostone</t>
+  </si>
+  <si>
+    <t>p_3281576</t>
+  </si>
+  <si>
+    <t>sulprostone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322778/en/nalador-sulprostone-hemorragie-du-post-partum</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281441/en/nalador-sulprostone</t>
+  </si>
+  <si>
+    <t>TARDYFERON MEDICAMENTS A BASE DE FER SEUL (sels ferreux), antianémiques</t>
+  </si>
+  <si>
+    <t>11/02/2021 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984094/en/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+  </si>
+  <si>
+    <t>pprd_2984094</t>
+  </si>
+  <si>
+    <t>fer (sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605734/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642471/en/tardyferon-b9-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363119/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027365/en/tardyferon-b9-ferrous-sulfate-folic-acid-antianaemic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635773/en/medicinal-products-containing-iron-alone-ferrous-salts-antianaemics</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245669/en/tardyferon-preparations-antianemiques-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295759/en/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
+  </si>
+  <si>
+    <t>MISOONE</t>
+  </si>
+  <si>
+    <t>09/21/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984869/en/misoone</t>
+  </si>
+  <si>
+    <t>pprd_2984869</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701297/en/misoone-400-g-misoprostol-prostaglandine-ocytocique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190783/en/misoone</t>
+  </si>
+  <si>
+    <t>EVENITY (romosozumab)</t>
+  </si>
+  <si>
+    <t>03/18/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243950/en/evenity-romosozumab</t>
+  </si>
+  <si>
+    <t>p_3243950</t>
+  </si>
+  <si>
+    <t>romosozumab</t>
+  </si>
+  <si>
+    <t>UCB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243905/en/evenity-romosozumab</t>
+  </si>
+  <si>
+    <t>AMELGEN (progestérone)</t>
+  </si>
+  <si>
+    <t>03/11/2021 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242297/en/amelgen-progesterone</t>
+  </si>
+  <si>
+    <t>p_3242297</t>
+  </si>
+  <si>
+    <t>GEDEON RICHTER FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242186/en/amelgen-progesterone</t>
+  </si>
+  <si>
+    <t>DESOGESTREL SANDOZ (désogestrel 150 µg / éthinylestradiol 30 µg/ désogestrel 150 µg / éthi...)</t>
+  </si>
+  <si>
+    <t>02/09/2021 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983061/en/desogestrel-sandoz-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>pprd_2983061</t>
+  </si>
+  <si>
+    <t>désogestrel 150 µg / éthinylestradiol 30 µg,désogestrel 150 µg / éthinylestradiol 20 µg</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS / BIOGARAN /  SANOFI-AVENTIS FRANCE  / MYLAN SAS / CRISTERS / MEDIPHA SANTE SAS / EG LABO-LABORATOIRES EUROGENERICS / EFFIK SA  /</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918266/en/desogestrel-ethinylestradiol-biogaran-150/30-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918268/en/desogestrel-ethinylestradiol-biogaran-150/20-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995084/en/desogestrel-ethinylestradiol-quill-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995085/en/desogestrel-ethinylestradiol-elka-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794393/en/desogestrel-biogaran-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013189/en/desogestrel-mylan-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023169/en/desogestrel-eg-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041955/en/desogestrel-mithra-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565109/en/desogestrel-zentiva-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788600/en/desogestrel-cristers-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879784/en/desogestrel-sandoz-desogestrel-150-g-/-ethinylestradiol-30-g/-desogestrel-150-g-/-ethi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320857/en/desogestrel-ethinylestradiol-biogaran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335889/en/desogestrel-ethinylestradiol-zentiva-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236431/en/desogestrel-mylan-pharma-desogestrel</t>
+  </si>
+  <si>
+    <t>PROLIA</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983147/en/prolia</t>
+  </si>
+  <si>
+    <t>pprd_2983147</t>
+  </si>
+  <si>
+    <t>denosumab</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172413/en/prolia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782520/en/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792852/en/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867466/en/prolia-denosumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203277/en/prolia-opm</t>
+  </si>
+  <si>
+    <t>PABAL</t>
+  </si>
+  <si>
+    <t>06/12/2020 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985467/en/pabal</t>
+  </si>
+  <si>
+    <t>pprd_2985467</t>
+  </si>
+  <si>
+    <t>carbétocine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486964/en/pabal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188469/en/pabal</t>
+  </si>
+  <si>
+    <t>LEELOO (éthinylestradiol/ lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>03/12/2020 15:21:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984568/en/leeloo-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984568</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,lévonorgestrel</t>
+  </si>
+  <si>
+    <t>TEVA SANTE / THERAMEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_926142/en/leeloo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027356/en/leeloo-ethinylestradiol/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153506/en/leeloo-continu-levonorgestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>MIFFEE</t>
+  </si>
+  <si>
+    <t>05/13/2019 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982768/en/miffee</t>
+  </si>
+  <si>
+    <t>pprd_2982768</t>
+  </si>
+  <si>
+    <t>mifépristone</t>
+  </si>
+  <si>
+    <t>AMRING</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670209/en/miffee-mifepristone-antiprogestatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747019/en/miffee-mifepristone-progesterone-receptor-modulator</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966258/en/miffee-mifepristone</t>
+  </si>
+  <si>
+    <t>ELLAONE (ulipristal (acétate d'))</t>
+  </si>
+  <si>
+    <t>01/29/2019 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982901/en/ellaone-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2982901</t>
+  </si>
+  <si>
+    <t>ulipristal (acétate d')</t>
+  </si>
+  <si>
+    <t>HRA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918258/en/ellaone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569065/en/ellaone-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899632/en/ellaone-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>MERONEM (méropénem trihydraté)</t>
+  </si>
+  <si>
+    <t>11/30/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983003/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983003</t>
+  </si>
+  <si>
+    <t>méropénem trihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713145/en/meronem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610188/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610506/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886960/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>PERGOVERIS (follitropine alfa/ lutropine alfa)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983034/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983034</t>
+  </si>
+  <si>
+    <t>follitropine alfa,lutropine alfa</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677439/en/pergoveris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646903/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798157/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883469/en/pergoveris-follitropine-alfa/-lutropine-alfa</t>
+  </si>
+  <si>
+    <t>DECAPEPTYL (triptoréline (pamoate de))</t>
+  </si>
+  <si>
+    <t>02/20/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983106/en/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983106</t>
+  </si>
+  <si>
+    <t>triptoréline (pamoate de)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398886/en/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398885/en/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401000/en/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486302/en/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_903960/en/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054880/en/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778233/en/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570593/en/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620162/en/decapeptyl-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839035/en/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847899/en/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869377/en/decapeptyl-lp-triptoreline-pamoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872668/en/decapeptyl-lp-3-mg-triptorelin-gnrh-analogue</t>
+  </si>
+  <si>
+    <t>SPASMAG (levure saccharomyces cerevisae/ magnésium (sulfate de) heptahydraté)</t>
+  </si>
+  <si>
+    <t>08/31/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983130/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983130</t>
+  </si>
+  <si>
+    <t>levure saccharomyces cerevisae,magnésium (sulfate de) heptahydraté</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642478/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676887/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739497/en/spasmag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367951/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808598/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868647/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400554/en/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+  </si>
+  <si>
+    <t>OPTIKINZY (éthinylestradiol/ norgestimate)</t>
+  </si>
+  <si>
+    <t>01/28/2019 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983146/en/optikinzy-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>pprd_2983146</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,norgestimate</t>
+  </si>
+  <si>
+    <t>NEXMED PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867469/en/optikinzy-norgestimate/ethinylestradiol-hormone-contraceptives-for-systemic-use</t>
+  </si>
+  <si>
+    <t>SALBUMOL (salbutamol (sulfate de))</t>
+  </si>
+  <si>
+    <t>08/29/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983152/en/salbumol-salbutamol-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983152</t>
+  </si>
+  <si>
+    <t>salbutamol (sulfate de)</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779493/en/salbumol-salbutamol-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867437/en/salbumol-salbutamol-beta-2-agonist-labour-inhibitor</t>
+  </si>
+  <si>
+    <t>METHERGIN (méthylergométrine (maléate de))</t>
+  </si>
+  <si>
+    <t>11/14/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983181/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983181</t>
+  </si>
+  <si>
+    <t>méthylergométrine (maléate de)</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456383/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987201/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863006/en/methergin-methylergometrine-oxytocic</t>
+  </si>
+  <si>
+    <t>ANGUSTA (misoprostol)</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983194/en/angusta-misoprostol</t>
+  </si>
+  <si>
+    <t>pprd_2983194</t>
+  </si>
+  <si>
+    <t>PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862078/en/angusta-25-g-misoprostol-oral-route-uterotonic</t>
+  </si>
+  <si>
+    <t>KYLEENA (lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983416/en/kyleena-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983416</t>
+  </si>
+  <si>
+    <t>lévonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824470/en/kyleena-levonorgestrel-intrauterine-device-with-progestin</t>
+  </si>
+  <si>
+    <t>EVISTA (raloxifène (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/27/2017 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983472/en/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983472</t>
+  </si>
+  <si>
+    <t>raloxifène (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398930/en/evista-60-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460006/en/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335880/en/evista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806912/en/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>CLIMODIENE (valérate d'estradiol/ diénogest)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983474/en/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>pprd_2983474</t>
+  </si>
+  <si>
+    <t>valérate d'estradiol,diénogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399416/en/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574365/en/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753141/en/climodiene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806906/en/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>FEMADEXIL (chlorure de benzalkonium)</t>
+  </si>
+  <si>
+    <t>10/04/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983581/en/femadexil-chlorure-de-benzalkonium</t>
+  </si>
+  <si>
+    <t>pprd_2983581</t>
+  </si>
+  <si>
+    <t>chlorure de benzalkonium</t>
   </si>
   <si>
     <t>MAJORELLE</t>
   </si>
   <si>
-    <t>ESSURE</t>
-[...3824 lines deleted...]
-    <t>pprd_2985524</t>
+    <t>https://www.has-sante.fr/jcms/c_2775805/en/femadexil-benzalkonium-chloride-topical-contraceptive</t>
+  </si>
+  <si>
+    <t>MISODEL (misoprostol)</t>
+  </si>
+  <si>
+    <t>01/06/2017 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983766/en/misodel-misoprostol</t>
+  </si>
+  <si>
+    <t>pprd_2983766</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008308/en/misodel-misoprostol-uterotonic-prostaglandin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735297/en/misodel-misoprostol</t>
+  </si>
+  <si>
+    <t>ESTRAPATCH (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>11/07/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983884/en/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983884</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399136/en/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399789/en/estrapatch-80-g/24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544965/en/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753529/en/estrapatch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680866/en/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>INOFER (succinate ferreux)</t>
+  </si>
+  <si>
+    <t>11/17/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984093/en/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>pprd_2984093</t>
+  </si>
+  <si>
+    <t>succinate ferreux</t>
+  </si>
+  <si>
+    <t>DB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517690/en/inofer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638057/en/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635807/en/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635786/en/medicinal-products-containing-iron-alone-ferrous-salts-antianaemics</t>
+  </si>
+  <si>
+    <t>ACLASTA (acide zoledronique monohydrate)</t>
+  </si>
+  <si>
+    <t>04/06/2016 10:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984149/en/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984149</t>
+  </si>
+  <si>
+    <t>acide zoledronique monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400644/en/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623549/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798074/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016645/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874876/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621683/en/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>OPTRUMA (raloxifène (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/30/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984157/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984157</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460193/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335883/en/optruma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620159/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>LUTERAN (chlormadinone (acétate de))</t>
+  </si>
+  <si>
+    <t>03/02/2016 18:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984190/en/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984190</t>
+  </si>
+  <si>
+    <t>chlormadinone (acétate de)</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400795/en/luteran-2-mg-comprime-b/10-cip-306-331-4-luteran-5-mg-comprime-b/10-cip-306-332-0-luteran-10-mg-comprime-b/12-cip-339-433-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923058/en/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753168/en/luteran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612652/en/luteran-chlormadinone-acetate-de</t>
+  </si>
+  <si>
+    <t>SURGESTONE (promégestone)</t>
+  </si>
+  <si>
+    <t>02/19/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984196/en/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>pprd_2984196</t>
+  </si>
+  <si>
+    <t>promégestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399079/en/surgestone-0-500-mg-comprime-boites-de-10-et-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544791/en/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050835/en/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753159/en/surgestone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610503/en/surgestone-promegestone</t>
+  </si>
+  <si>
+    <t>MENOTROPHINE LG (gonadotrophine chorionique humaine)</t>
+  </si>
+  <si>
+    <t>01/29/2016 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984280/en/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2984280</t>
+  </si>
+  <si>
+    <t>gonadotrophine chorionique humaine</t>
+  </si>
+  <si>
+    <t>GENEVRIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583145/en/menotrophine-lg-gonadotrophin-ovulation-stimulant</t>
+  </si>
+  <si>
+    <t>FEMARA (létrozole)</t>
+  </si>
+  <si>
+    <t>12/22/2015 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984282/en/femara-letrozole</t>
+  </si>
+  <si>
+    <t>pprd_2984282</t>
+  </si>
+  <si>
+    <t>létrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399138/en/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400121/en/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400188/en/femara-2-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400710/en/femara-2-5-mg-comprime-pellicule-boite-de-30-comprimes-code-cip-341-474-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487065/en/femara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996914/en/femara-letrozole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583139/en/femara-letrozole-aromatase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583124/en/femara-letrozole</t>
+  </si>
+  <si>
+    <t>PROGESTERONE RETARD PHARLON (caproate d'hydroxyprogestérone)</t>
+  </si>
+  <si>
+    <t>10/02/2015 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984437/en/progesterone-retard-pharlon-caproate-d-hydroxyprogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984437</t>
+  </si>
+  <si>
+    <t>caproate d'hydroxyprogestérone</t>
+  </si>
+  <si>
+    <t>BAYER SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055323/en/progesterone-retard-pharlon-hydroxyprogesterone-caproate-progestin</t>
+  </si>
+  <si>
+    <t>DELIDOSE (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>07/07/2015 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984492/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984492</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400158/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900512/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753129/en/delidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041943/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>STEDIRIL (éthinylestradiol/ norgestrel)</t>
+  </si>
+  <si>
+    <t>06/24/2015 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984532/en/stediril-ethinylestradiol/-norgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984532</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,norgestrel</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704932/en/stediril-ethinylestradiol/-norgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035704/en/stediril-ethinylestradiol-50-g-norgestrel-500-g-hormonal-contraceptive</t>
+  </si>
+  <si>
+    <t>BEMFOLA (follitropine alfa)</t>
+  </si>
+  <si>
+    <t>03/06/2015 13:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984629/en/bemfola-follitropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2984629</t>
   </si>
   <si>
     <t>follitropine alfa</t>
   </si>
   <si>
-    <t>MERCK SERONO</t>
-[...1142 lines deleted...]
-    <t>phloroglucinol,triméthylphloroglucinol</t>
+    <t>https://www.has-sante.fr/jcms/c_2003871/en/bemfola-recombinant-follitropin-alfa-gonadotropin</t>
+  </si>
+  <si>
+    <t>PROTELOS (ranélate de strontium)</t>
+  </si>
+  <si>
+    <t>01/22/2015 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984705/en/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>pprd_2984705</t>
+  </si>
+  <si>
+    <t>ranélate de strontium</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400199/en/protelos-2g-granules-pour-suspension-buvable-boite-de-28-et-boite-de-56-sachets</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460201/en/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060122/en/protelos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761869/en/protelos-strontium-ranelate-anti-osteoporosis-agent</t>
+  </si>
+  <si>
+    <t>CLIMARA (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>07/16/2014 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984733/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984733</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398871/en/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544847/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058667/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753536/en/climara</t>
+  </si>
+  <si>
+    <t>ESTRADERM - VIVELLEDOT (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>10/21/2015 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984738/en/estraderm-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984738</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400708/en/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046793/en/estraderm-tts-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753196/en/estraderm-vivelledot</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564435/en/vivelledot-n/r/-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399598/en/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
+  </si>
+  <si>
+    <t>NAEMIS (estradiol hémihydraté/ nomégestrol (acétate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984742/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984742</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,nomégestrol (acétate de)</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_666448/fr/spasfon-lyoc-phloroglucinol/-trimethylphloroglucinol</t>
-[...125 lines deleted...]
-    <t>testosterone (undecanoate de)</t>
+    <t>https://www.has-sante.fr/jcms/c_594667/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753147/en/naemis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399641/en/naemis-comprime-boite-de-24</t>
+  </si>
+  <si>
+    <t>AVADENE (estradiol hémihydraté/ gestodène)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984743/en/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984743</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,gestodène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399479/en/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545506/en/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753144/en/avadene</t>
+  </si>
+  <si>
+    <t>MENAELLE (progestérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984744/en/menaelle-progesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984744</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399966/en/menaelle-100-mg-capsule-molle-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763747/en/menaelle-progesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753138/en/menaelle</t>
+  </si>
+  <si>
+    <t>JAYDESS (lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>01/09/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984864/en/jaydess-levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984864</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701318/en/jaydess-levonorgestrel-dispositif-intra-uterin-avec-progestatif</t>
+  </si>
+  <si>
+    <t>HARMONET - MINESSE - MINULET - TRI MINULET (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984985/en/harmonet-minesse-minulet-tri-minulet-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984985</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,gestodène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001271/en/harmonet-minulet-tri-minulet-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320879/en/harmonet-minesse-minulet-tri-minulet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399567/en/minesse-comprime-pellicule-plaquette-de-28-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399568/en/minulet-comprime-enrobe-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399554/en/harmonet-comprime-enrobe-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>GESTODENE/ETHINYLESTRADIOL TEVA et RATIOPHARM (gestodène / éthinylestradiol/ gestodène 0,075 mg / éthinylestradiol 0,...)</t>
+  </si>
+  <si>
+    <t>02/06/2013 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984986/en/gestodene/ethinylestradiol-teva-et-ratiopharm-gestodene-/-ethinylestradiol/-gestodene-0-075-mg-/-ethinylestradiol-0</t>
+  </si>
+  <si>
+    <t>pprd_2984986</t>
+  </si>
+  <si>
+    <t>ACTAVIS FRANCE/ ARROW GENERIQUES/ BIOGARAN/ EG LABO – Laboratoires EuroGenerics/ RANBAXY PHARMACIE GENERIQUES/ RATIOPHARM/ SANDOZ/ SANOFI-AVENTIS FRANCE/ TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079019/en/gestodene/ethinylestradiol-arrow-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121559/en/gestodene/ethinylestradiol-eg-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320878/en/gestodene/ethinylestradiol-teva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320858/en/gestodene/ethinylestradiol-sandoz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320860/en/gestodene/ethinylestradiol-winthrop</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320856/en/gestodene-ethinylestradiol-biogaran-perleane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320877/en/gestodene/ethinylestradiol-eg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320859/en/gestodene/ethinylestradiol-ranbaxy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320875/en/gestodene/ethinylestradiol-actavis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944552/en/gestodene-ethinylestradiol-biogaran-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019660/en/gestodene/ethinylestradiol-teva-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022284/en/gestodene-ethinylestradiol-ratiopharm-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320873/en/gestodene/ethinylestradiol-arrow-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320871/en/gestodene/ethinylestradiol-arrow</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106797/en/gestodene/ethinylestradiol-sandoz-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079025/en/gestodene-ethinylestradiol-winthrop-gestodene/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>CARLIN (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984987/en/carlin-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984987</t>
+  </si>
+  <si>
+    <t>EFFIK SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995087/en/carlin-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320876/en/carlin-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320863/en/carlin</t>
+  </si>
+  <si>
+    <t>EFEZIAL (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>02/06/2013 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984989/en/efezial-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984989</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983241/en/efezial-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320874/en/efezial</t>
+  </si>
+  <si>
+    <t>CILEST (éthinylestradiol/ norgestimate)</t>
+  </si>
+  <si>
+    <t>02/06/2013 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984993/en/cilest-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>pprd_2984993</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320866/en/cilest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399538/en/cilest-comprime-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>MELIANE / MONEVA / PHAEVA / MELODIA (éthinylestradiol/ gestodène)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984994/en/meliane-/-moneva-/-phaeva-/-melodia-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>pprd_2984994</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944531/en/meliane-moneva-phaeva-ethinylestradiol/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320865/en/meliane-moneva-phaeva-melodia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399563/en/meliane-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399564/en/melodia-comprime-pellicule-plaquette-de-24-comprimes-jaunes-et-4-comprimes-blancs-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399570/en/moneva-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399578/en/phaeva-comprime-pellicule-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>DESOBEL (éthinylestradiol/ désogestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984995/en/desobel-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984995</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,désogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900496/en/desobel-ethinylestradiol/-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320864/en/desobel</t>
+  </si>
+  <si>
+    <t>VARNOLINE CONTINU / VARNOLINE / MERCILON / CYCLEANE (désogestrel/ éthinylestradiol)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984996/en/varnoline-continu-/-varnoline-/-mercilon-/-cycleane-desogestrel/-ethinylestradiol</t>
+  </si>
+  <si>
+    <t>pprd_2984996</t>
+  </si>
+  <si>
+    <t>désogestrel,éthinylestradiol</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_893164/fr/pantestone-testosterone-undecanoate-de</t>
-[...1190 lines deleted...]
-    <t>pprd_2984208</t>
+    <t>https://www.has-sante.fr/jcms/c_817331/en/varnoline-continu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320862/en/varnoline-continu-varnoline-mercilon-cycleane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399542/en/cycleane-20-mg-comprime-plaquette-de-21-boites-de-1-et-3-cycleane-30-mg-comprime-plaquette-de-21-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399596/en/varnoline-comprime-plaquette-de-21-boites-de-1-et-3-varnoline-continu-comprime-pellicule-plaquette-de-28-boites-de-1-et-3</t>
+  </si>
+  <si>
+    <t>EFFIPREV (éthinylestradiol/ norgestimate)</t>
+  </si>
+  <si>
+    <t>04/22/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984997/en/effiprev-ethinylestradiol/-norgestimate</t>
+  </si>
+  <si>
+    <t>pprd_2984997</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320861/en/effiprev</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399788/en/effiprev-comprime-plaquette-de-21-comprimes-boite-de-1-et-boite-de-3</t>
+  </si>
+  <si>
+    <t>ABUFENE (beta-alanine)</t>
+  </si>
+  <si>
+    <t>04/06/2011 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985186/en/abufene-beta-alanine</t>
+  </si>
+  <si>
+    <t>pprd_2985186</t>
+  </si>
+  <si>
+    <t>beta-alanine</t>
+  </si>
+  <si>
+    <t>Laboratoire BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400643/en/abufene-beta-alanine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050826/en/abufene</t>
+  </si>
+  <si>
+    <t>DIDRONEL (étidronate)</t>
+  </si>
+  <si>
+    <t>09/06/2012 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985219/en/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>pprd_2985219</t>
+  </si>
+  <si>
+    <t>étidronate</t>
+  </si>
+  <si>
+    <t>Laboratoire WARNER CHILCOTT FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400780/en/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459901/en/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016649/en/didronel</t>
+  </si>
+  <si>
+    <t>BONVIVA (acide ibandronique)</t>
+  </si>
+  <si>
+    <t>07/04/2012 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985221/en/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>pprd_2985221</t>
+  </si>
+  <si>
+    <t>acide ibandronique</t>
+  </si>
+  <si>
+    <t>Laboratoire ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400998/en/bonviva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459746/en/bonviva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468572/en/bonviva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016644/en/bonviva</t>
+  </si>
+  <si>
+    <t>RHESONATIV (immunoglobuline humaine anti-D)</t>
+  </si>
+  <si>
+    <t>06/18/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985242/en/rhesonativ-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>pprd_2985242</t>
   </si>
   <si>
     <t>immunoglobuline humaine anti-D</t>
   </si>
   <si>
-    <t>CSL BEHRING SA</t>
-[...1474 lines deleted...]
-  <si>
     <t>Laboratoire OCTAPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_996900/fr/rhesonativ-immunoglobuline-humaine-anti-d</t>
-[...497 lines deleted...]
-    <t>c_1322400</t>
+    <t>https://www.has-sante.fr/jcms/c_996900/en/rhesonativ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId18" Target="worksheets/sheet16.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-        <v>19</v>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H62"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>501</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>502</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>503</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>504</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>505</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>506</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>507</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
-        <v>508</v>
+        <v>36</v>
       </c>
       <c r="E3" t="s">
-        <v>509</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>510</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>511</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>512</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>513</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>514</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>515</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>516</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>517</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>518</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>519</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>520</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>521</v>
+        <v>37</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>522</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>523</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>524</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>52</v>
       </c>
       <c r="E6" t="s">
-        <v>526</v>
+        <v>53</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>527</v>
+        <v>54</v>
       </c>
       <c r="H6" t="s">
-        <v>528</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>529</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>530</v>
+        <v>57</v>
       </c>
       <c r="D7" t="s">
-        <v>531</v>
+        <v>58</v>
       </c>
       <c r="E7" t="s">
-        <v>532</v>
+        <v>59</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>533</v>
+        <v>60</v>
       </c>
       <c r="H7" t="s">
-        <v>534</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B8" t="s">
-        <v>535</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>536</v>
+        <v>63</v>
       </c>
       <c r="D8" t="s">
-        <v>537</v>
+        <v>64</v>
       </c>
       <c r="E8" t="s">
-        <v>538</v>
+        <v>65</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>539</v>
+        <v>66</v>
       </c>
       <c r="H8" t="s">
-        <v>540</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>541</v>
+        <v>68</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>542</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
-        <v>543</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>544</v>
+        <v>72</v>
       </c>
       <c r="H9" t="s">
-        <v>545</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>546</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
-        <v>547</v>
+        <v>75</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>76</v>
       </c>
       <c r="E10" t="s">
-        <v>548</v>
+        <v>77</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>549</v>
+        <v>78</v>
       </c>
       <c r="H10" t="s">
-        <v>550</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>551</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
-        <v>552</v>
+        <v>81</v>
       </c>
       <c r="D11" t="s">
-        <v>553</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
-        <v>554</v>
+        <v>82</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>555</v>
+        <v>83</v>
       </c>
       <c r="H11" t="s">
-        <v>556</v>
+        <v>84</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>557</v>
+        <v>85</v>
       </c>
       <c r="C12" t="s">
-        <v>558</v>
+        <v>86</v>
       </c>
       <c r="D12" t="s">
-        <v>559</v>
+        <v>87</v>
       </c>
       <c r="E12" t="s">
-        <v>560</v>
+        <v>87</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>561</v>
+        <v>88</v>
       </c>
       <c r="H12" t="s">
-        <v>562</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
-        <v>563</v>
+        <v>90</v>
       </c>
       <c r="C13" t="s">
-        <v>564</v>
+        <v>91</v>
       </c>
       <c r="D13" t="s">
-        <v>565</v>
+        <v>92</v>
       </c>
       <c r="E13" t="s">
-        <v>566</v>
+        <v>93</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>567</v>
+        <v>94</v>
       </c>
       <c r="H13" t="s">
-        <v>568</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
-        <v>569</v>
+        <v>96</v>
       </c>
       <c r="C14" t="s">
-        <v>570</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
-        <v>571</v>
+        <v>98</v>
       </c>
       <c r="E14" t="s">
-        <v>572</v>
+        <v>99</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>573</v>
+        <v>100</v>
       </c>
       <c r="H14" t="s">
-        <v>574</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B15" t="s">
-        <v>575</v>
+        <v>102</v>
       </c>
       <c r="C15" t="s">
-        <v>576</v>
+        <v>103</v>
       </c>
       <c r="D15" t="s">
-        <v>577</v>
+        <v>104</v>
       </c>
       <c r="E15" t="s">
-        <v>578</v>
+        <v>105</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>579</v>
+        <v>106</v>
       </c>
       <c r="H15" t="s">
-        <v>580</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B16" t="s">
-        <v>581</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>582</v>
+        <v>109</v>
       </c>
       <c r="D16" t="s">
-        <v>583</v>
+        <v>110</v>
       </c>
       <c r="E16" t="s">
-        <v>584</v>
+        <v>111</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>585</v>
+        <v>112</v>
       </c>
       <c r="H16" t="s">
-        <v>586</v>
+        <v>113</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="B17" t="s">
-        <v>587</v>
+        <v>114</v>
       </c>
       <c r="C17" t="s">
-        <v>588</v>
+        <v>115</v>
       </c>
       <c r="D17" t="s">
-        <v>589</v>
+        <v>116</v>
       </c>
       <c r="E17" t="s">
-        <v>590</v>
+        <v>117</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>591</v>
+        <v>118</v>
       </c>
       <c r="H17" t="s">
-        <v>592</v>
-[...1169 lines deleted...]
-        <v>830</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>831</v>
+        <v>120</v>
       </c>
       <c r="B2" t="s">
-        <v>832</v>
+        <v>121</v>
       </c>
       <c r="C2" t="s">
-        <v>833</v>
+        <v>122</v>
       </c>
       <c r="D2" t="s">
-        <v>834</v>
+        <v>123</v>
       </c>
       <c r="E2" t="s">
-        <v>835</v>
+        <v>124</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>836</v>
+        <v>125</v>
       </c>
       <c r="H2" t="s">
-        <v>837</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>831</v>
+        <v>120</v>
       </c>
       <c r="B3" t="s">
-        <v>838</v>
+        <v>127</v>
       </c>
       <c r="C3" t="s">
-        <v>839</v>
+        <v>128</v>
       </c>
       <c r="D3" t="s">
-        <v>840</v>
+        <v>123</v>
       </c>
       <c r="E3" t="s">
-        <v>841</v>
+        <v>124</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>842</v>
+        <v>129</v>
       </c>
       <c r="H3" t="s">
-        <v>843</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>831</v>
+        <v>120</v>
       </c>
       <c r="B4" t="s">
-        <v>844</v>
+        <v>131</v>
       </c>
       <c r="C4" t="s">
-        <v>845</v>
+        <v>132</v>
       </c>
       <c r="D4" t="s">
-        <v>846</v>
+        <v>133</v>
       </c>
       <c r="E4" t="s">
-        <v>847</v>
+        <v>134</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>848</v>
+        <v>135</v>
       </c>
       <c r="H4" t="s">
-        <v>849</v>
+        <v>136</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>831</v>
+        <v>120</v>
       </c>
       <c r="B5" t="s">
-        <v>850</v>
+        <v>137</v>
       </c>
       <c r="C5" t="s">
-        <v>851</v>
+        <v>138</v>
       </c>
       <c r="D5" t="s">
-        <v>852</v>
+        <v>139</v>
       </c>
       <c r="E5" t="s">
-        <v>853</v>
+        <v>140</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>854</v>
+        <v>141</v>
       </c>
       <c r="H5" t="s">
-        <v>855</v>
+        <v>142</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>831</v>
+        <v>120</v>
       </c>
       <c r="B6" t="s">
-        <v>856</v>
+        <v>143</v>
       </c>
       <c r="C6" t="s">
-        <v>857</v>
+        <v>144</v>
       </c>
       <c r="D6" t="s">
-        <v>858</v>
+        <v>145</v>
       </c>
       <c r="E6" t="s">
-        <v>859</v>
+        <v>146</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>860</v>
+        <v>147</v>
       </c>
       <c r="H6" t="s">
-        <v>861</v>
+        <v>148</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>831</v>
+        <v>120</v>
       </c>
       <c r="B7" t="s">
-        <v>862</v>
+        <v>149</v>
       </c>
       <c r="C7" t="s">
-        <v>863</v>
+        <v>150</v>
       </c>
       <c r="D7" t="s">
-        <v>864</v>
+        <v>151</v>
       </c>
       <c r="E7" t="s">
-        <v>865</v>
+        <v>152</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>866</v>
+        <v>153</v>
       </c>
       <c r="H7" t="s">
-        <v>867</v>
+        <v>154</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>831</v>
+        <v>120</v>
       </c>
       <c r="B8" t="s">
-        <v>868</v>
+        <v>155</v>
       </c>
       <c r="C8" t="s">
-        <v>869</v>
+        <v>156</v>
       </c>
       <c r="D8" t="s">
-        <v>870</v>
+        <v>157</v>
       </c>
       <c r="E8" t="s">
-        <v>871</v>
+        <v>158</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>872</v>
+        <v>159</v>
       </c>
       <c r="H8" t="s">
-        <v>873</v>
-[...181 lines deleted...]
-        <v>913</v>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-[...1457 lines deleted...]
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1174</v>
+        <v>161</v>
       </c>
       <c r="B2" t="s">
-        <v>1175</v>
+        <v>162</v>
       </c>
       <c r="C2" t="s">
-        <v>1176</v>
+        <v>163</v>
       </c>
       <c r="D2" t="s">
-        <v>1177</v>
+        <v>164</v>
       </c>
       <c r="E2" t="s">
-        <v>1178</v>
+        <v>165</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1179</v>
+        <v>166</v>
       </c>
       <c r="H2" t="s">
-        <v>1180</v>
+        <v>167</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AW184"/>
+  <dimension ref="A1:AA81"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1181</v>
+        <v>168</v>
       </c>
       <c r="J1" t="s">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="K1" t="s">
-        <v>1182</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B2" t="s">
-        <v>1184</v>
+        <v>172</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1186</v>
+        <v>174</v>
       </c>
       <c r="H2" t="s">
-        <v>1187</v>
+        <v>175</v>
       </c>
       <c r="I2" t="s">
-        <v>1188</v>
+        <v>176</v>
       </c>
       <c r="J2" t="s">
-        <v>1189</v>
+        <v>177</v>
       </c>
       <c r="K2" t="s">
-        <v>1190</v>
+        <v>178</v>
       </c>
       <c r="L2" t="s">
-        <v>1191</v>
+        <v>179</v>
       </c>
       <c r="M2" t="s">
-        <v>1192</v>
+        <v>180</v>
       </c>
       <c r="N2" t="s">
-        <v>1193</v>
+        <v>181</v>
       </c>
       <c r="O2" t="s">
-        <v>1194</v>
+        <v>182</v>
       </c>
       <c r="P2" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B3" t="s">
-        <v>1196</v>
+        <v>184</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1197</v>
+        <v>185</v>
       </c>
       <c r="H3" t="s">
-        <v>1198</v>
+        <v>186</v>
       </c>
       <c r="I3" t="s">
-        <v>1199</v>
+        <v>187</v>
       </c>
       <c r="J3" t="s">
-        <v>1200</v>
+        <v>188</v>
       </c>
       <c r="K3" t="s">
-        <v>1201</v>
+        <v>189</v>
       </c>
       <c r="L3" t="s">
-        <v>1202</v>
+        <v>190</v>
       </c>
       <c r="M3" t="s">
-        <v>1203</v>
+        <v>191</v>
       </c>
       <c r="N3" t="s">
-        <v>1204</v>
+        <v>192</v>
       </c>
       <c r="O3" t="s">
-        <v>1205</v>
+        <v>193</v>
       </c>
       <c r="P3" t="s">
-        <v>1206</v>
+        <v>194</v>
       </c>
       <c r="Q3" t="s">
-        <v>1207</v>
+        <v>195</v>
       </c>
       <c r="R3" t="s">
-        <v>1208</v>
+        <v>196</v>
       </c>
       <c r="S3" t="s">
-        <v>1209</v>
+        <v>197</v>
       </c>
       <c r="T3" t="s">
-        <v>1210</v>
+        <v>198</v>
       </c>
       <c r="U3" t="s">
-        <v>1211</v>
+        <v>199</v>
       </c>
       <c r="V3" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B4" t="s">
-        <v>1212</v>
+        <v>200</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1213</v>
+        <v>201</v>
       </c>
       <c r="H4" t="s">
-        <v>1214</v>
+        <v>202</v>
       </c>
       <c r="I4" t="s">
-        <v>1215</v>
+        <v>203</v>
       </c>
       <c r="J4" t="s">
-        <v>1216</v>
+        <v>204</v>
       </c>
       <c r="K4" t="s">
-        <v>1217</v>
+        <v>205</v>
       </c>
       <c r="L4" t="s">
-        <v>1218</v>
+        <v>206</v>
       </c>
       <c r="M4" t="s">
-        <v>1219</v>
+        <v>207</v>
       </c>
       <c r="N4" t="s">
-        <v>1220</v>
+        <v>208</v>
       </c>
       <c r="O4" t="s">
-        <v>1221</v>
+        <v>209</v>
       </c>
       <c r="P4" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B5" t="s">
-        <v>1222</v>
+        <v>210</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1223</v>
+        <v>211</v>
       </c>
       <c r="H5" t="s">
-        <v>1224</v>
+        <v>212</v>
       </c>
       <c r="I5" t="s">
-        <v>1225</v>
+        <v>213</v>
       </c>
       <c r="J5" t="s">
-        <v>1226</v>
+        <v>214</v>
       </c>
       <c r="K5" t="s">
-        <v>1227</v>
+        <v>215</v>
       </c>
       <c r="L5" t="s">
-        <v>1228</v>
+        <v>216</v>
       </c>
       <c r="M5" t="s">
-        <v>1229</v>
+        <v>217</v>
       </c>
       <c r="N5" t="s">
-        <v>1230</v>
+        <v>218</v>
       </c>
       <c r="O5" t="s">
-        <v>1231</v>
+        <v>219</v>
       </c>
       <c r="P5" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B6" t="s">
-        <v>1232</v>
+        <v>220</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1233</v>
+        <v>221</v>
       </c>
       <c r="H6" t="s">
-        <v>1234</v>
+        <v>222</v>
       </c>
       <c r="I6" t="s">
-        <v>1235</v>
+        <v>223</v>
       </c>
       <c r="J6" t="s">
-        <v>1236</v>
+        <v>224</v>
       </c>
       <c r="K6" t="s">
-        <v>1237</v>
+        <v>225</v>
       </c>
       <c r="L6" t="s">
-        <v>1238</v>
+        <v>226</v>
       </c>
       <c r="M6" t="s">
-        <v>1239</v>
+        <v>227</v>
       </c>
       <c r="N6" t="s">
-        <v>1240</v>
+        <v>228</v>
       </c>
       <c r="O6" t="s">
-        <v>1241</v>
+        <v>229</v>
       </c>
       <c r="P6" t="s">
-        <v>1242</v>
+        <v>230</v>
       </c>
       <c r="Q6" t="s">
-        <v>1243</v>
+        <v>231</v>
       </c>
       <c r="R6" t="s">
-        <v>1244</v>
+        <v>232</v>
       </c>
       <c r="S6" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B7" t="s">
-        <v>1245</v>
+        <v>233</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1246</v>
+        <v>234</v>
       </c>
       <c r="H7" t="s">
-        <v>1247</v>
+        <v>235</v>
       </c>
       <c r="I7" t="s">
-        <v>1248</v>
+        <v>236</v>
       </c>
       <c r="J7" t="s">
-        <v>1200</v>
+        <v>188</v>
       </c>
       <c r="K7" t="s">
-        <v>1249</v>
+        <v>237</v>
       </c>
       <c r="L7" t="s">
-        <v>1250</v>
+        <v>238</v>
       </c>
       <c r="M7" t="s">
-        <v>1251</v>
+        <v>239</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B8" t="s">
-        <v>1252</v>
+        <v>240</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1253</v>
+        <v>241</v>
       </c>
       <c r="H8" t="s">
-        <v>1254</v>
+        <v>242</v>
       </c>
       <c r="I8" t="s">
-        <v>1255</v>
+        <v>243</v>
       </c>
       <c r="J8" t="s">
-        <v>1256</v>
+        <v>244</v>
       </c>
       <c r="K8" t="s">
-        <v>1257</v>
+        <v>245</v>
       </c>
       <c r="L8" t="s">
-        <v>1258</v>
+        <v>246</v>
       </c>
       <c r="M8" t="s">
-        <v>1259</v>
+        <v>247</v>
       </c>
       <c r="N8" t="s">
-        <v>1260</v>
+        <v>248</v>
       </c>
       <c r="O8" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B9" t="s">
-        <v>1261</v>
+        <v>249</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1262</v>
+        <v>250</v>
       </c>
       <c r="H9" t="s">
-        <v>1263</v>
+        <v>251</v>
       </c>
       <c r="I9" t="s">
-        <v>1215</v>
+        <v>203</v>
       </c>
       <c r="J9" t="s">
-        <v>1200</v>
+        <v>188</v>
       </c>
       <c r="K9" t="s">
-        <v>1264</v>
+        <v>252</v>
       </c>
       <c r="L9" t="s">
-        <v>1265</v>
+        <v>253</v>
       </c>
       <c r="M9" t="s">
-        <v>1266</v>
+        <v>254</v>
       </c>
       <c r="N9" t="s">
-        <v>1267</v>
+        <v>255</v>
       </c>
       <c r="O9" t="s">
-        <v>1268</v>
+        <v>256</v>
       </c>
       <c r="P9" t="s">
-        <v>1269</v>
+        <v>257</v>
       </c>
       <c r="Q9" t="s">
-        <v>1270</v>
+        <v>258</v>
       </c>
       <c r="R9" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B10" t="s">
-        <v>1271</v>
+        <v>259</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1272</v>
+        <v>260</v>
       </c>
       <c r="H10" t="s">
-        <v>1273</v>
+        <v>261</v>
       </c>
       <c r="I10" t="s">
-        <v>1274</v>
+        <v>262</v>
       </c>
       <c r="J10" t="s">
-        <v>1200</v>
+        <v>188</v>
       </c>
       <c r="K10" t="s">
-        <v>1275</v>
+        <v>263</v>
       </c>
       <c r="L10" t="s">
-        <v>1276</v>
+        <v>264</v>
       </c>
       <c r="M10" t="s">
-        <v>1277</v>
+        <v>265</v>
       </c>
       <c r="N10" t="s">
-        <v>1278</v>
+        <v>266</v>
       </c>
       <c r="O10" t="s">
-        <v>1279</v>
+        <v>267</v>
       </c>
       <c r="P10" t="s">
-        <v>1280</v>
+        <v>268</v>
       </c>
       <c r="Q10" t="s">
-        <v>1281</v>
+        <v>269</v>
       </c>
       <c r="R10" t="s">
-        <v>1282</v>
+        <v>270</v>
       </c>
       <c r="S10" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B11" t="s">
-        <v>1283</v>
+        <v>271</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1284</v>
+        <v>272</v>
       </c>
       <c r="H11" t="s">
-        <v>1285</v>
+        <v>273</v>
       </c>
       <c r="I11" t="s">
-        <v>1286</v>
+        <v>274</v>
       </c>
       <c r="J11" t="s">
-        <v>214</v>
+        <v>275</v>
       </c>
       <c r="K11" t="s">
-        <v>1287</v>
+        <v>276</v>
       </c>
       <c r="L11" t="s">
-        <v>1288</v>
+        <v>277</v>
       </c>
       <c r="M11" t="s">
-        <v>1289</v>
+        <v>278</v>
       </c>
       <c r="N11" t="s">
-        <v>1290</v>
+        <v>279</v>
       </c>
       <c r="O11" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B12" t="s">
-        <v>1291</v>
+        <v>280</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1292</v>
+        <v>281</v>
       </c>
       <c r="H12" t="s">
-        <v>1293</v>
+        <v>282</v>
       </c>
       <c r="I12" t="s">
-        <v>1294</v>
+        <v>283</v>
       </c>
       <c r="J12" t="s">
-        <v>1226</v>
+        <v>214</v>
       </c>
       <c r="K12" t="s">
-        <v>1295</v>
+        <v>284</v>
       </c>
       <c r="L12" t="s">
-        <v>1296</v>
+        <v>285</v>
       </c>
       <c r="M12" t="s">
-        <v>1297</v>
+        <v>286</v>
       </c>
       <c r="N12" t="s">
-        <v>1298</v>
+        <v>287</v>
       </c>
       <c r="O12" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B13" t="s">
-        <v>1299</v>
+        <v>288</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1300</v>
+        <v>289</v>
       </c>
       <c r="H13" t="s">
-        <v>1301</v>
+        <v>290</v>
       </c>
       <c r="I13" t="s">
-        <v>1215</v>
+        <v>203</v>
       </c>
       <c r="J13" t="s">
-        <v>1302</v>
+        <v>291</v>
       </c>
       <c r="K13" t="s">
-        <v>1303</v>
+        <v>292</v>
       </c>
       <c r="L13" t="s">
-        <v>1304</v>
+        <v>293</v>
       </c>
       <c r="M13" t="s">
-        <v>1305</v>
+        <v>294</v>
       </c>
       <c r="N13" t="s">
-        <v>1306</v>
+        <v>295</v>
       </c>
       <c r="O13" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B14" t="s">
-        <v>1307</v>
+        <v>296</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1308</v>
+        <v>297</v>
       </c>
       <c r="H14" t="s">
-        <v>1309</v>
+        <v>298</v>
       </c>
       <c r="I14" t="s">
-        <v>1310</v>
+        <v>299</v>
       </c>
       <c r="J14" t="s">
-        <v>1311</v>
+        <v>300</v>
       </c>
       <c r="K14" t="s">
-        <v>1312</v>
+        <v>301</v>
       </c>
       <c r="L14" t="s">
-        <v>1313</v>
+        <v>302</v>
       </c>
       <c r="M14" t="s">
-        <v>1314</v>
+        <v>303</v>
       </c>
       <c r="N14" t="s">
-        <v>1315</v>
+        <v>304</v>
       </c>
       <c r="O14" t="s">
-        <v>1316</v>
+        <v>305</v>
       </c>
       <c r="P14" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B15" t="s">
-        <v>1317</v>
+        <v>306</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1185</v>
+        <v>173</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1318</v>
+        <v>307</v>
       </c>
       <c r="H15" t="s">
-        <v>1319</v>
+        <v>308</v>
       </c>
       <c r="I15" t="s">
-        <v>1320</v>
+        <v>309</v>
       </c>
       <c r="J15" t="s">
-        <v>1321</v>
+        <v>310</v>
       </c>
       <c r="K15" t="s">
-        <v>1322</v>
+        <v>311</v>
       </c>
       <c r="L15" t="s">
-        <v>1323</v>
+        <v>312</v>
       </c>
       <c r="M15" t="s">
-        <v>1195</v>
+        <v>183</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B16" t="s">
-        <v>1324</v>
+        <v>313</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1325</v>
+        <v>314</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1326</v>
+        <v>315</v>
       </c>
       <c r="H16" t="s">
-        <v>1327</v>
+        <v>316</v>
       </c>
       <c r="I16" t="s">
-        <v>1328</v>
+        <v>317</v>
       </c>
       <c r="J16" t="s">
-        <v>1329</v>
+        <v>318</v>
       </c>
       <c r="K16" t="s">
-        <v>1330</v>
+        <v>319</v>
+      </c>
+      <c r="L16" t="s">
+        <v>320</v>
+      </c>
+      <c r="M16" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B17" t="s">
-        <v>1331</v>
+        <v>322</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1332</v>
+        <v>323</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1333</v>
+        <v>324</v>
       </c>
       <c r="H17" t="s">
-        <v>1334</v>
+        <v>325</v>
       </c>
       <c r="I17" t="s">
-        <v>1335</v>
+        <v>326</v>
       </c>
       <c r="J17" t="s">
-        <v>1336</v>
+        <v>327</v>
       </c>
       <c r="K17" t="s">
-        <v>1337</v>
+        <v>328</v>
       </c>
       <c r="L17" t="s">
-        <v>1338</v>
+        <v>329</v>
       </c>
       <c r="M17" t="s">
-        <v>1339</v>
+        <v>330</v>
+      </c>
+      <c r="N17" t="s">
+        <v>331</v>
+      </c>
+      <c r="O17" t="s">
+        <v>332</v>
+      </c>
+      <c r="P17" t="s">
+        <v>333</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B18" t="s">
-        <v>1340</v>
+        <v>334</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1341</v>
+        <v>335</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1342</v>
+        <v>336</v>
       </c>
       <c r="H18" t="s">
-        <v>1343</v>
+        <v>337</v>
       </c>
       <c r="I18" t="s">
-        <v>1344</v>
+        <v>338</v>
       </c>
       <c r="J18" t="s">
-        <v>1345</v>
+        <v>339</v>
       </c>
       <c r="K18" t="s">
-        <v>1346</v>
+        <v>340</v>
       </c>
       <c r="L18" t="s">
-        <v>1347</v>
+        <v>341</v>
       </c>
       <c r="M18" t="s">
-        <v>1348</v>
+        <v>342</v>
       </c>
       <c r="N18" t="s">
-        <v>1349</v>
+        <v>343</v>
       </c>
       <c r="O18" t="s">
-        <v>1350</v>
-[...2 lines deleted...]
-        <v>1351</v>
+        <v>344</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B19" t="s">
-        <v>1352</v>
+        <v>345</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1353</v>
+        <v>346</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1354</v>
+        <v>347</v>
       </c>
       <c r="H19" t="s">
-        <v>1355</v>
+        <v>348</v>
       </c>
       <c r="I19" t="s">
-        <v>1356</v>
+        <v>349</v>
       </c>
       <c r="J19" t="s">
-        <v>1357</v>
+        <v>350</v>
       </c>
       <c r="K19" t="s">
-        <v>1358</v>
+        <v>351</v>
       </c>
       <c r="L19" t="s">
-        <v>1359</v>
+        <v>352</v>
       </c>
       <c r="M19" t="s">
-        <v>1360</v>
-[...5 lines deleted...]
-        <v>1362</v>
+        <v>353</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B20" t="s">
-        <v>1363</v>
+        <v>354</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1364</v>
+        <v>355</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1365</v>
+        <v>356</v>
       </c>
       <c r="H20" t="s">
-        <v>1366</v>
+        <v>357</v>
       </c>
       <c r="I20" t="s">
-        <v>1367</v>
+        <v>358</v>
       </c>
       <c r="J20" t="s">
-        <v>1368</v>
+        <v>359</v>
       </c>
       <c r="K20" t="s">
-        <v>1369</v>
+        <v>360</v>
       </c>
       <c r="L20" t="s">
-        <v>1370</v>
+        <v>361</v>
       </c>
       <c r="M20" t="s">
-        <v>1371</v>
+        <v>362</v>
       </c>
       <c r="N20" t="s">
-        <v>1372</v>
+        <v>363</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B21" t="s">
-        <v>1373</v>
+        <v>364</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1374</v>
+        <v>365</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1375</v>
+        <v>366</v>
       </c>
       <c r="H21" t="s">
-        <v>1376</v>
+        <v>367</v>
       </c>
       <c r="I21" t="s">
-        <v>1377</v>
+        <v>368</v>
       </c>
       <c r="J21" t="s">
-        <v>1378</v>
+        <v>188</v>
       </c>
       <c r="K21" t="s">
-        <v>1379</v>
+        <v>369</v>
       </c>
       <c r="L21" t="s">
-        <v>1380</v>
+        <v>370</v>
       </c>
       <c r="M21" t="s">
-        <v>1381</v>
+        <v>371</v>
+      </c>
+      <c r="N21" t="s">
+        <v>372</v>
+      </c>
+      <c r="O21" t="s">
+        <v>373</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B22" t="s">
-        <v>1382</v>
+        <v>374</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1383</v>
+        <v>375</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1384</v>
+        <v>376</v>
       </c>
       <c r="H22" t="s">
-        <v>1385</v>
+        <v>377</v>
       </c>
       <c r="I22" t="s">
-        <v>1386</v>
+        <v>378</v>
       </c>
       <c r="J22" t="s">
-        <v>1387</v>
+        <v>291</v>
       </c>
       <c r="K22" t="s">
-        <v>1388</v>
-[...8 lines deleted...]
-        <v>1391</v>
+        <v>379</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B23" t="s">
-        <v>1392</v>
+        <v>380</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1393</v>
+        <v>381</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1394</v>
+        <v>382</v>
       </c>
       <c r="H23" t="s">
-        <v>1395</v>
+        <v>383</v>
       </c>
       <c r="I23" t="s">
-        <v>1396</v>
+        <v>384</v>
       </c>
       <c r="J23" t="s">
-        <v>1200</v>
+        <v>385</v>
       </c>
       <c r="K23" t="s">
-        <v>1397</v>
+        <v>386</v>
       </c>
       <c r="L23" t="s">
-        <v>1398</v>
-[...8 lines deleted...]
-        <v>1401</v>
+        <v>387</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B24" t="s">
-        <v>1402</v>
+        <v>388</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1403</v>
+        <v>389</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1404</v>
+        <v>390</v>
       </c>
       <c r="H24" t="s">
-        <v>1405</v>
+        <v>391</v>
       </c>
       <c r="I24" t="s">
-        <v>1406</v>
+        <v>392</v>
       </c>
       <c r="J24" t="s">
-        <v>1302</v>
+        <v>310</v>
       </c>
       <c r="K24" t="s">
-        <v>1407</v>
+        <v>393</v>
+      </c>
+      <c r="L24" t="s">
+        <v>394</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B25" t="s">
-        <v>1408</v>
+        <v>395</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1409</v>
+        <v>396</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1410</v>
+        <v>397</v>
       </c>
       <c r="H25" t="s">
-        <v>1411</v>
+        <v>398</v>
       </c>
       <c r="I25" t="s">
-        <v>1412</v>
+        <v>399</v>
       </c>
       <c r="J25" t="s">
-        <v>1413</v>
+        <v>400</v>
       </c>
       <c r="K25" t="s">
-        <v>1414</v>
+        <v>401</v>
       </c>
       <c r="L25" t="s">
-        <v>1415</v>
+        <v>402</v>
+      </c>
+      <c r="M25" t="s">
+        <v>403</v>
+      </c>
+      <c r="N25" t="s">
+        <v>403</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B26" t="s">
-        <v>1416</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1417</v>
+        <v>405</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1418</v>
+        <v>406</v>
       </c>
       <c r="H26" t="s">
-        <v>1419</v>
+        <v>407</v>
       </c>
       <c r="I26" t="s">
-        <v>1420</v>
+        <v>408</v>
       </c>
       <c r="J26" t="s">
-        <v>1421</v>
+        <v>275</v>
       </c>
       <c r="K26" t="s">
-        <v>1422</v>
+        <v>409</v>
+      </c>
+      <c r="L26" t="s">
+        <v>410</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B27" t="s">
-        <v>1423</v>
+        <v>411</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1424</v>
+        <v>412</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1425</v>
+        <v>413</v>
       </c>
       <c r="H27" t="s">
-        <v>1426</v>
+        <v>414</v>
       </c>
       <c r="I27" t="s">
-        <v>1427</v>
+        <v>415</v>
       </c>
       <c r="J27" t="s">
-        <v>1428</v>
+        <v>416</v>
       </c>
       <c r="K27" t="s">
-        <v>1429</v>
+        <v>417</v>
+      </c>
+      <c r="L27" t="s">
+        <v>418</v>
+      </c>
+      <c r="M27" t="s">
+        <v>419</v>
+      </c>
+      <c r="N27" t="s">
+        <v>420</v>
+      </c>
+      <c r="O27" t="s">
+        <v>421</v>
+      </c>
+      <c r="P27" t="s">
+        <v>422</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>423</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B28" t="s">
-        <v>1430</v>
+        <v>424</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1431</v>
+        <v>425</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1432</v>
+        <v>426</v>
       </c>
       <c r="H28" t="s">
-        <v>1433</v>
+        <v>427</v>
       </c>
       <c r="I28" t="s">
-        <v>1434</v>
+        <v>338</v>
       </c>
       <c r="J28" t="s">
-        <v>1321</v>
+        <v>339</v>
       </c>
       <c r="K28" t="s">
-        <v>1435</v>
+        <v>428</v>
       </c>
       <c r="L28" t="s">
-        <v>1436</v>
+        <v>429</v>
+      </c>
+      <c r="M28" t="s">
+        <v>342</v>
+      </c>
+      <c r="N28" t="s">
+        <v>343</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B29" t="s">
-        <v>1437</v>
+        <v>430</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1438</v>
+        <v>431</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1439</v>
+        <v>432</v>
       </c>
       <c r="H29" t="s">
-        <v>1440</v>
+        <v>433</v>
       </c>
       <c r="I29" t="s">
-        <v>1441</v>
+        <v>434</v>
       </c>
       <c r="J29" t="s">
-        <v>1442</v>
+        <v>435</v>
       </c>
       <c r="K29" t="s">
-        <v>1443</v>
-[...8 lines deleted...]
-        <v>1445</v>
+        <v>436</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B30" t="s">
-        <v>1446</v>
+        <v>437</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1447</v>
+        <v>438</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1448</v>
+        <v>439</v>
       </c>
       <c r="H30" t="s">
-        <v>1449</v>
+        <v>440</v>
       </c>
       <c r="I30" t="s">
-        <v>1450</v>
+        <v>213</v>
       </c>
       <c r="J30" t="s">
-        <v>1378</v>
+        <v>441</v>
       </c>
       <c r="K30" t="s">
-        <v>1451</v>
+        <v>442</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B31" t="s">
-        <v>1452</v>
+        <v>443</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1453</v>
+        <v>444</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1454</v>
+        <v>445</v>
       </c>
       <c r="H31" t="s">
-        <v>1455</v>
+        <v>446</v>
       </c>
       <c r="I31" t="s">
-        <v>1456</v>
+        <v>447</v>
       </c>
       <c r="J31" t="s">
-        <v>214</v>
+        <v>448</v>
       </c>
       <c r="K31" t="s">
-        <v>1457</v>
+        <v>449</v>
       </c>
       <c r="L31" t="s">
-        <v>1458</v>
+        <v>450</v>
+      </c>
+      <c r="M31" t="s">
+        <v>451</v>
+      </c>
+      <c r="N31" t="s">
+        <v>452</v>
+      </c>
+      <c r="O31" t="s">
+        <v>453</v>
+      </c>
+      <c r="P31" t="s">
+        <v>454</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>455</v>
+      </c>
+      <c r="R31" t="s">
+        <v>456</v>
+      </c>
+      <c r="S31" t="s">
+        <v>457</v>
+      </c>
+      <c r="T31" t="s">
+        <v>458</v>
+      </c>
+      <c r="U31" t="s">
+        <v>459</v>
+      </c>
+      <c r="V31" t="s">
+        <v>453</v>
+      </c>
+      <c r="W31" t="s">
+        <v>450</v>
+      </c>
+      <c r="X31" t="s">
+        <v>449</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>460</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>462</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B32" t="s">
-        <v>1459</v>
+        <v>463</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1460</v>
+        <v>464</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1461</v>
+        <v>465</v>
       </c>
       <c r="H32" t="s">
-        <v>1462</v>
+        <v>466</v>
       </c>
       <c r="I32" t="s">
-        <v>1463</v>
+        <v>467</v>
       </c>
       <c r="J32" t="s">
-        <v>1378</v>
+        <v>468</v>
       </c>
       <c r="K32" t="s">
-        <v>1464</v>
+        <v>469</v>
       </c>
       <c r="L32" t="s">
-        <v>1465</v>
+        <v>470</v>
       </c>
       <c r="M32" t="s">
-        <v>1466</v>
+        <v>471</v>
       </c>
       <c r="N32" t="s">
-        <v>1467</v>
+        <v>472</v>
       </c>
       <c r="O32" t="s">
-        <v>1468</v>
-[...2 lines deleted...]
-        <v>1469</v>
+        <v>473</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B33" t="s">
-        <v>1470</v>
+        <v>474</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1471</v>
+        <v>475</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1472</v>
+        <v>476</v>
       </c>
       <c r="H33" t="s">
-        <v>1473</v>
+        <v>477</v>
       </c>
       <c r="I33" t="s">
-        <v>1474</v>
+        <v>478</v>
       </c>
       <c r="J33" t="s">
-        <v>1387</v>
+        <v>350</v>
       </c>
       <c r="K33" t="s">
-        <v>1475</v>
+        <v>479</v>
       </c>
       <c r="L33" t="s">
-        <v>1476</v>
-[...8 lines deleted...]
-        <v>1479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B34" t="s">
-        <v>1480</v>
+        <v>481</v>
       </c>
       <c r="C34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1481</v>
+        <v>482</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1482</v>
+        <v>483</v>
       </c>
       <c r="H34" t="s">
-        <v>1483</v>
+        <v>484</v>
       </c>
       <c r="I34" t="s">
-        <v>1484</v>
+        <v>485</v>
       </c>
       <c r="J34" t="s">
-        <v>1485</v>
+        <v>486</v>
       </c>
       <c r="K34" t="s">
-        <v>1486</v>
+        <v>487</v>
       </c>
       <c r="L34" t="s">
-        <v>1487</v>
+        <v>488</v>
       </c>
       <c r="M34" t="s">
-        <v>1488</v>
-[...14 lines deleted...]
-        <v>1493</v>
+        <v>489</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B35" t="s">
-        <v>1494</v>
+        <v>490</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1495</v>
+        <v>491</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1496</v>
+        <v>492</v>
       </c>
       <c r="H35" t="s">
-        <v>1497</v>
+        <v>493</v>
       </c>
       <c r="I35" t="s">
-        <v>1498</v>
+        <v>494</v>
       </c>
       <c r="J35" t="s">
-        <v>1499</v>
+        <v>495</v>
       </c>
       <c r="K35" t="s">
-        <v>1500</v>
+        <v>496</v>
       </c>
       <c r="L35" t="s">
-        <v>1501</v>
+        <v>497</v>
       </c>
       <c r="M35" t="s">
-        <v>1502</v>
-[...8 lines deleted...]
-        <v>1505</v>
+        <v>498</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B36" t="s">
-        <v>1506</v>
+        <v>499</v>
       </c>
       <c r="C36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1507</v>
+        <v>500</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1508</v>
+        <v>501</v>
       </c>
       <c r="H36" t="s">
-        <v>1509</v>
+        <v>502</v>
       </c>
       <c r="I36" t="s">
-        <v>1510</v>
+        <v>503</v>
       </c>
       <c r="J36" t="s">
-        <v>1336</v>
+        <v>504</v>
       </c>
       <c r="K36" t="s">
-        <v>1511</v>
+        <v>505</v>
       </c>
       <c r="L36" t="s">
-        <v>1512</v>
+        <v>506</v>
       </c>
       <c r="M36" t="s">
-        <v>1513</v>
+        <v>507</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B37" t="s">
-        <v>1514</v>
+        <v>508</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1515</v>
+        <v>509</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1516</v>
+        <v>510</v>
       </c>
       <c r="H37" t="s">
-        <v>1517</v>
+        <v>511</v>
       </c>
       <c r="I37" t="s">
-        <v>1518</v>
+        <v>512</v>
       </c>
       <c r="J37" t="s">
-        <v>1519</v>
+        <v>359</v>
       </c>
       <c r="K37" t="s">
-        <v>1520</v>
+        <v>513</v>
       </c>
       <c r="L37" t="s">
-        <v>1521</v>
+        <v>514</v>
       </c>
       <c r="M37" t="s">
-        <v>1522</v>
+        <v>515</v>
       </c>
       <c r="N37" t="s">
-        <v>1523</v>
-[...8 lines deleted...]
-        <v>1526</v>
+        <v>516</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B38" t="s">
-        <v>1527</v>
+        <v>517</v>
       </c>
       <c r="C38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1528</v>
+        <v>509</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1529</v>
+        <v>518</v>
       </c>
       <c r="H38" t="s">
-        <v>1530</v>
+        <v>519</v>
       </c>
       <c r="I38" t="s">
-        <v>1531</v>
+        <v>520</v>
       </c>
       <c r="J38" t="s">
-        <v>1532</v>
+        <v>521</v>
       </c>
       <c r="K38" t="s">
-        <v>1533</v>
+        <v>522</v>
       </c>
       <c r="L38" t="s">
-        <v>1534</v>
+        <v>523</v>
       </c>
       <c r="M38" t="s">
-        <v>1535</v>
+        <v>524</v>
       </c>
       <c r="N38" t="s">
-        <v>1536</v>
+        <v>525</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B39" t="s">
-        <v>1537</v>
+        <v>526</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1538</v>
+        <v>527</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1539</v>
+        <v>528</v>
       </c>
       <c r="H39" t="s">
-        <v>1540</v>
+        <v>529</v>
       </c>
       <c r="I39" t="s">
-        <v>1541</v>
+        <v>530</v>
       </c>
       <c r="J39" t="s">
-        <v>1357</v>
+        <v>531</v>
       </c>
       <c r="K39" t="s">
-        <v>1542</v>
+        <v>532</v>
       </c>
       <c r="L39" t="s">
-        <v>1360</v>
+        <v>533</v>
+      </c>
+      <c r="M39" t="s">
+        <v>534</v>
+      </c>
+      <c r="N39" t="s">
+        <v>535</v>
+      </c>
+      <c r="O39" t="s">
+        <v>536</v>
+      </c>
+      <c r="P39" t="s">
+        <v>537</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>538</v>
+      </c>
+      <c r="R39" t="s">
+        <v>539</v>
+      </c>
+      <c r="S39" t="s">
+        <v>540</v>
+      </c>
+      <c r="T39" t="s">
+        <v>541</v>
+      </c>
+      <c r="U39" t="s">
+        <v>542</v>
+      </c>
+      <c r="V39" t="s">
+        <v>543</v>
+      </c>
+      <c r="W39" t="s">
+        <v>544</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B40" t="s">
-        <v>1543</v>
+        <v>545</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1538</v>
+        <v>546</v>
       </c>
       <c r="F40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1544</v>
+        <v>547</v>
       </c>
       <c r="H40" t="s">
-        <v>1545</v>
+        <v>548</v>
       </c>
       <c r="I40" t="s">
-        <v>1356</v>
+        <v>549</v>
       </c>
       <c r="J40" t="s">
-        <v>1357</v>
+        <v>550</v>
       </c>
       <c r="K40" t="s">
-        <v>1546</v>
+        <v>551</v>
       </c>
       <c r="L40" t="s">
-        <v>1547</v>
+        <v>552</v>
       </c>
       <c r="M40" t="s">
-        <v>1360</v>
+        <v>553</v>
       </c>
       <c r="N40" t="s">
-        <v>1361</v>
+        <v>554</v>
+      </c>
+      <c r="O40" t="s">
+        <v>555</v>
+      </c>
+      <c r="P40" t="s">
+        <v>556</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>557</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B41" t="s">
-        <v>1548</v>
+        <v>558</v>
       </c>
       <c r="C41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1549</v>
+        <v>559</v>
       </c>
       <c r="F41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1550</v>
+        <v>560</v>
       </c>
       <c r="H41" t="s">
-        <v>1551</v>
+        <v>561</v>
       </c>
       <c r="I41" t="s">
-        <v>1552</v>
+        <v>562</v>
       </c>
       <c r="J41" t="s">
-        <v>1553</v>
+        <v>563</v>
       </c>
       <c r="K41" t="s">
-        <v>1554</v>
+        <v>564</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
-        <v>1555</v>
+        <v>565</v>
       </c>
       <c r="C42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1556</v>
+        <v>566</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1557</v>
+        <v>567</v>
       </c>
       <c r="H42" t="s">
-        <v>1558</v>
+        <v>568</v>
       </c>
       <c r="I42" t="s">
-        <v>1225</v>
+        <v>569</v>
       </c>
       <c r="J42" t="s">
-        <v>1559</v>
+        <v>570</v>
       </c>
       <c r="K42" t="s">
-        <v>1560</v>
+        <v>571</v>
+      </c>
+      <c r="L42" t="s">
+        <v>572</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B43" t="s">
-        <v>1561</v>
+        <v>573</v>
       </c>
       <c r="C43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1562</v>
+        <v>574</v>
       </c>
       <c r="F43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1563</v>
+        <v>575</v>
       </c>
       <c r="H43" t="s">
-        <v>1564</v>
+        <v>576</v>
       </c>
       <c r="I43" t="s">
-        <v>1565</v>
+        <v>577</v>
       </c>
       <c r="J43" t="s">
-        <v>1566</v>
+        <v>578</v>
       </c>
       <c r="K43" t="s">
-        <v>1567</v>
+        <v>579</v>
+      </c>
+      <c r="L43" t="s">
+        <v>580</v>
+      </c>
+      <c r="M43" t="s">
+        <v>581</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B44" t="s">
-        <v>1568</v>
+        <v>582</v>
       </c>
       <c r="C44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1569</v>
+        <v>583</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1570</v>
+        <v>584</v>
       </c>
       <c r="H44" t="s">
-        <v>1571</v>
+        <v>585</v>
       </c>
       <c r="I44" t="s">
-        <v>1572</v>
+        <v>338</v>
       </c>
       <c r="J44" t="s">
-        <v>1573</v>
+        <v>586</v>
       </c>
       <c r="K44" t="s">
-        <v>1574</v>
-[...47 lines deleted...]
-        <v>1587</v>
+        <v>587</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B45" t="s">
-        <v>1588</v>
+        <v>588</v>
       </c>
       <c r="C45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1589</v>
+        <v>589</v>
       </c>
       <c r="F45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1590</v>
+        <v>590</v>
       </c>
       <c r="H45" t="s">
-        <v>1591</v>
+        <v>591</v>
       </c>
       <c r="I45" t="s">
-        <v>1592</v>
+        <v>592</v>
       </c>
       <c r="J45" t="s">
-        <v>1593</v>
+        <v>275</v>
       </c>
       <c r="K45" t="s">
-        <v>1594</v>
-[...2 lines deleted...]
-        <v>1595</v>
+        <v>593</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B46" t="s">
-        <v>1596</v>
+        <v>594</v>
       </c>
       <c r="C46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1597</v>
+        <v>595</v>
       </c>
       <c r="F46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1598</v>
+        <v>596</v>
       </c>
       <c r="H46" t="s">
-        <v>1599</v>
+        <v>597</v>
       </c>
       <c r="I46" t="s">
-        <v>1600</v>
+        <v>598</v>
       </c>
       <c r="J46" t="s">
-        <v>1601</v>
+        <v>599</v>
       </c>
       <c r="K46" t="s">
-        <v>1602</v>
+        <v>600</v>
       </c>
       <c r="L46" t="s">
-        <v>1603</v>
+        <v>601</v>
+      </c>
+      <c r="M46" t="s">
+        <v>602</v>
+      </c>
+      <c r="N46" t="s">
+        <v>603</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B47" t="s">
-        <v>1604</v>
+        <v>604</v>
       </c>
       <c r="C47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1605</v>
+        <v>595</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1606</v>
+        <v>605</v>
       </c>
       <c r="H47" t="s">
-        <v>1607</v>
+        <v>606</v>
       </c>
       <c r="I47" t="s">
-        <v>1608</v>
+        <v>607</v>
       </c>
       <c r="J47" t="s">
-        <v>1609</v>
+        <v>275</v>
       </c>
       <c r="K47" t="s">
-        <v>1610</v>
+        <v>608</v>
       </c>
       <c r="L47" t="s">
-        <v>1611</v>
+        <v>609</v>
       </c>
       <c r="M47" t="s">
-        <v>1612</v>
+        <v>610</v>
       </c>
       <c r="N47" t="s">
-        <v>1613</v>
-[...2 lines deleted...]
-        <v>1614</v>
+        <v>611</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B48" t="s">
-        <v>1615</v>
+        <v>612</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1616</v>
+        <v>613</v>
       </c>
       <c r="F48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1617</v>
+        <v>614</v>
       </c>
       <c r="H48" t="s">
-        <v>1618</v>
+        <v>615</v>
       </c>
       <c r="I48" t="s">
-        <v>1310</v>
+        <v>616</v>
       </c>
       <c r="J48" t="s">
-        <v>1619</v>
+        <v>617</v>
       </c>
       <c r="K48" t="s">
-        <v>1620</v>
-[...8 lines deleted...]
-        <v>1623</v>
+        <v>618</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B49" t="s">
-        <v>1624</v>
+        <v>619</v>
       </c>
       <c r="C49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1625</v>
+        <v>620</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1626</v>
+        <v>621</v>
       </c>
       <c r="H49" t="s">
-        <v>1627</v>
+        <v>622</v>
       </c>
       <c r="I49" t="s">
-        <v>1565</v>
+        <v>338</v>
       </c>
       <c r="J49" t="s">
-        <v>1378</v>
+        <v>350</v>
       </c>
       <c r="K49" t="s">
-        <v>1628</v>
+        <v>623</v>
       </c>
       <c r="L49" t="s">
-        <v>1629</v>
+        <v>624</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B50" t="s">
-        <v>1630</v>
+        <v>625</v>
       </c>
       <c r="C50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1631</v>
+        <v>626</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1632</v>
+        <v>627</v>
       </c>
       <c r="H50" t="s">
-        <v>1633</v>
+        <v>628</v>
       </c>
       <c r="I50" t="s">
-        <v>1634</v>
+        <v>203</v>
       </c>
       <c r="J50" t="s">
-        <v>1635</v>
+        <v>416</v>
       </c>
       <c r="K50" t="s">
-        <v>1636</v>
+        <v>629</v>
       </c>
       <c r="L50" t="s">
-        <v>1637</v>
+        <v>630</v>
       </c>
       <c r="M50" t="s">
-        <v>1638</v>
+        <v>631</v>
       </c>
       <c r="N50" t="s">
-        <v>1639</v>
+        <v>632</v>
       </c>
       <c r="O50" t="s">
-        <v>1640</v>
+        <v>633</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B51" t="s">
-        <v>1641</v>
+        <v>634</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1642</v>
+        <v>635</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1643</v>
+        <v>636</v>
       </c>
       <c r="H51" t="s">
-        <v>1644</v>
+        <v>637</v>
       </c>
       <c r="I51" t="s">
-        <v>1420</v>
+        <v>638</v>
       </c>
       <c r="J51" t="s">
-        <v>1635</v>
+        <v>639</v>
       </c>
       <c r="K51" t="s">
-        <v>1645</v>
+        <v>640</v>
       </c>
       <c r="L51" t="s">
-        <v>1646</v>
+        <v>641</v>
       </c>
       <c r="M51" t="s">
-        <v>1647</v>
+        <v>642</v>
       </c>
       <c r="N51" t="s">
-        <v>1648</v>
+        <v>643</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B52" t="s">
-        <v>1649</v>
+        <v>644</v>
       </c>
       <c r="C52" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1650</v>
+        <v>645</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1651</v>
+        <v>646</v>
       </c>
       <c r="H52" t="s">
-        <v>1652</v>
+        <v>647</v>
       </c>
       <c r="I52" t="s">
-        <v>1653</v>
+        <v>648</v>
       </c>
       <c r="J52" t="s">
-        <v>1654</v>
+        <v>578</v>
       </c>
       <c r="K52" t="s">
-        <v>1655</v>
+        <v>649</v>
+      </c>
+      <c r="L52" t="s">
+        <v>650</v>
+      </c>
+      <c r="M52" t="s">
+        <v>651</v>
+      </c>
+      <c r="N52" t="s">
+        <v>652</v>
+      </c>
+      <c r="O52" t="s">
+        <v>653</v>
+      </c>
+      <c r="P52" t="s">
+        <v>654</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B53" t="s">
-        <v>1656</v>
+        <v>655</v>
       </c>
       <c r="C53" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1657</v>
+        <v>656</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1658</v>
+        <v>657</v>
       </c>
       <c r="H53" t="s">
-        <v>1659</v>
+        <v>658</v>
       </c>
       <c r="I53" t="s">
-        <v>1660</v>
+        <v>598</v>
       </c>
       <c r="J53" t="s">
-        <v>1661</v>
+        <v>416</v>
       </c>
       <c r="K53" t="s">
-        <v>1662</v>
+        <v>659</v>
       </c>
       <c r="L53" t="s">
-        <v>1663</v>
+        <v>660</v>
+      </c>
+      <c r="M53" t="s">
+        <v>661</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B54" t="s">
-        <v>1664</v>
+        <v>662</v>
       </c>
       <c r="C54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1665</v>
+        <v>663</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1666</v>
+        <v>664</v>
       </c>
       <c r="H54" t="s">
-        <v>1667</v>
+        <v>665</v>
       </c>
       <c r="I54" t="s">
-        <v>1668</v>
+        <v>666</v>
       </c>
       <c r="J54" t="s">
-        <v>1669</v>
+        <v>667</v>
       </c>
       <c r="K54" t="s">
-        <v>1670</v>
+        <v>668</v>
       </c>
       <c r="L54" t="s">
-        <v>1671</v>
+        <v>669</v>
       </c>
       <c r="M54" t="s">
-        <v>1672</v>
+        <v>670</v>
       </c>
       <c r="N54" t="s">
-        <v>1673</v>
-[...5 lines deleted...]
-        <v>1675</v>
+        <v>671</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B55" t="s">
-        <v>1676</v>
+        <v>672</v>
       </c>
       <c r="C55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1677</v>
+        <v>673</v>
       </c>
       <c r="F55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1678</v>
+        <v>674</v>
       </c>
       <c r="H55" t="s">
-        <v>1679</v>
+        <v>675</v>
       </c>
       <c r="I55" t="s">
-        <v>1680</v>
+        <v>676</v>
       </c>
       <c r="J55" t="s">
-        <v>1681</v>
+        <v>667</v>
       </c>
       <c r="K55" t="s">
-        <v>1682</v>
+        <v>677</v>
       </c>
       <c r="L55" t="s">
-        <v>1683</v>
+        <v>678</v>
       </c>
       <c r="M55" t="s">
-        <v>1684</v>
+        <v>679</v>
+      </c>
+      <c r="N55" t="s">
+        <v>680</v>
+      </c>
+      <c r="O55" t="s">
+        <v>681</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B56" t="s">
-        <v>1685</v>
+        <v>682</v>
       </c>
       <c r="C56" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1686</v>
+        <v>683</v>
       </c>
       <c r="F56" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1687</v>
+        <v>684</v>
       </c>
       <c r="H56" t="s">
-        <v>1688</v>
+        <v>685</v>
       </c>
       <c r="I56" t="s">
-        <v>1689</v>
+        <v>686</v>
       </c>
       <c r="J56" t="s">
-        <v>1690</v>
+        <v>687</v>
       </c>
       <c r="K56" t="s">
-        <v>1691</v>
-[...5 lines deleted...]
-        <v>1693</v>
+        <v>688</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B57" t="s">
-        <v>1694</v>
+        <v>689</v>
       </c>
       <c r="C57" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1695</v>
+        <v>690</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1696</v>
+        <v>691</v>
       </c>
       <c r="H57" t="s">
-        <v>1697</v>
+        <v>692</v>
       </c>
       <c r="I57" t="s">
-        <v>1698</v>
+        <v>693</v>
       </c>
       <c r="J57" t="s">
-        <v>1699</v>
+        <v>578</v>
       </c>
       <c r="K57" t="s">
-        <v>1700</v>
+        <v>694</v>
       </c>
       <c r="L57" t="s">
-        <v>1701</v>
+        <v>695</v>
       </c>
       <c r="M57" t="s">
-        <v>1702</v>
+        <v>696</v>
       </c>
       <c r="N57" t="s">
-        <v>1703</v>
+        <v>697</v>
       </c>
       <c r="O57" t="s">
-        <v>1704</v>
+        <v>698</v>
       </c>
       <c r="P57" t="s">
-        <v>1705</v>
+        <v>699</v>
       </c>
       <c r="Q57" t="s">
-        <v>1706</v>
+        <v>700</v>
       </c>
       <c r="R57" t="s">
-        <v>1707</v>
+        <v>701</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B58" t="s">
-        <v>1708</v>
+        <v>702</v>
       </c>
       <c r="C58" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1709</v>
+        <v>703</v>
       </c>
       <c r="F58" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1710</v>
+        <v>704</v>
       </c>
       <c r="H58" t="s">
-        <v>1711</v>
+        <v>705</v>
       </c>
       <c r="I58" t="s">
-        <v>1689</v>
+        <v>706</v>
       </c>
       <c r="J58" t="s">
-        <v>1387</v>
+        <v>707</v>
       </c>
       <c r="K58" t="s">
-        <v>1712</v>
-[...17 lines deleted...]
-        <v>1718</v>
+        <v>708</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B59" t="s">
-        <v>1719</v>
+        <v>709</v>
       </c>
       <c r="C59" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1720</v>
+        <v>710</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1721</v>
+        <v>711</v>
       </c>
       <c r="H59" t="s">
-        <v>1722</v>
+        <v>712</v>
       </c>
       <c r="I59" t="s">
-        <v>1723</v>
+        <v>203</v>
       </c>
       <c r="J59" t="s">
-        <v>1724</v>
+        <v>713</v>
       </c>
       <c r="K59" t="s">
-        <v>1725</v>
+        <v>714</v>
+      </c>
+      <c r="L59" t="s">
+        <v>715</v>
+      </c>
+      <c r="M59" t="s">
+        <v>716</v>
+      </c>
+      <c r="N59" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B60" t="s">
-        <v>1726</v>
+        <v>718</v>
       </c>
       <c r="C60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1727</v>
+        <v>719</v>
       </c>
       <c r="F60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1728</v>
+        <v>720</v>
       </c>
       <c r="H60" t="s">
-        <v>1729</v>
+        <v>721</v>
       </c>
       <c r="I60" t="s">
-        <v>1730</v>
+        <v>722</v>
       </c>
       <c r="J60" t="s">
-        <v>1619</v>
+        <v>723</v>
       </c>
       <c r="K60" t="s">
-        <v>1731</v>
+        <v>724</v>
       </c>
       <c r="L60" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>1733</v>
+        <v>725</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B61" t="s">
-        <v>1734</v>
+        <v>726</v>
       </c>
       <c r="C61" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1735</v>
+        <v>727</v>
       </c>
       <c r="F61" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1736</v>
+        <v>728</v>
       </c>
       <c r="H61" t="s">
-        <v>1737</v>
+        <v>729</v>
       </c>
       <c r="I61" t="s">
-        <v>1738</v>
+        <v>730</v>
       </c>
       <c r="J61" t="s">
-        <v>1601</v>
+        <v>617</v>
       </c>
       <c r="K61" t="s">
-        <v>1739</v>
-[...5 lines deleted...]
-        <v>1741</v>
+        <v>731</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B62" t="s">
-        <v>1742</v>
+        <v>732</v>
       </c>
       <c r="C62" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1743</v>
+        <v>733</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1744</v>
+        <v>734</v>
       </c>
       <c r="H62" t="s">
-        <v>1745</v>
+        <v>735</v>
       </c>
       <c r="I62" t="s">
-        <v>1746</v>
+        <v>736</v>
       </c>
       <c r="J62" t="s">
-        <v>1747</v>
+        <v>737</v>
       </c>
       <c r="K62" t="s">
-        <v>1748</v>
+        <v>738</v>
       </c>
       <c r="L62" t="s">
-        <v>1749</v>
+        <v>739</v>
       </c>
       <c r="M62" t="s">
-        <v>1750</v>
+        <v>740</v>
       </c>
       <c r="N62" t="s">
-        <v>1751</v>
-[...8 lines deleted...]
-        <v>1754</v>
+        <v>741</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B63" t="s">
-        <v>1755</v>
+        <v>742</v>
       </c>
       <c r="C63" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1756</v>
+        <v>743</v>
       </c>
       <c r="F63" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1757</v>
+        <v>744</v>
       </c>
       <c r="H63" t="s">
-        <v>1758</v>
+        <v>745</v>
       </c>
       <c r="I63" t="s">
-        <v>1541</v>
+        <v>203</v>
       </c>
       <c r="J63" t="s">
-        <v>1759</v>
+        <v>707</v>
       </c>
       <c r="K63" t="s">
-        <v>1760</v>
+        <v>746</v>
       </c>
       <c r="L63" t="s">
-        <v>1761</v>
+        <v>747</v>
       </c>
       <c r="M63" t="s">
-        <v>1762</v>
+        <v>748</v>
+      </c>
+      <c r="N63" t="s">
+        <v>749</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B64" t="s">
-        <v>1763</v>
+        <v>750</v>
       </c>
       <c r="C64" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1764</v>
+        <v>751</v>
       </c>
       <c r="F64" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1765</v>
+        <v>752</v>
       </c>
       <c r="H64" t="s">
-        <v>1766</v>
+        <v>753</v>
       </c>
       <c r="I64" t="s">
-        <v>1767</v>
+        <v>203</v>
       </c>
       <c r="J64" t="s">
-        <v>1768</v>
+        <v>578</v>
       </c>
       <c r="K64" t="s">
-        <v>1769</v>
+        <v>754</v>
       </c>
       <c r="L64" t="s">
-        <v>1770</v>
+        <v>755</v>
       </c>
       <c r="M64" t="s">
-        <v>1771</v>
+        <v>756</v>
       </c>
       <c r="N64" t="s">
-        <v>1772</v>
+        <v>757</v>
       </c>
       <c r="O64" t="s">
-        <v>1773</v>
-[...14 lines deleted...]
-        <v>1778</v>
+        <v>758</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B65" t="s">
-        <v>1779</v>
+        <v>759</v>
       </c>
       <c r="C65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1780</v>
+        <v>743</v>
       </c>
       <c r="F65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1781</v>
+        <v>760</v>
       </c>
       <c r="H65" t="s">
-        <v>1782</v>
+        <v>761</v>
       </c>
       <c r="I65" t="s">
-        <v>1783</v>
+        <v>762</v>
       </c>
       <c r="J65" t="s">
-        <v>1784</v>
+        <v>763</v>
       </c>
       <c r="K65" t="s">
-        <v>1785</v>
+        <v>764</v>
       </c>
       <c r="L65" t="s">
-        <v>1786</v>
+        <v>765</v>
       </c>
       <c r="M65" t="s">
-        <v>1787</v>
-[...107 lines deleted...]
-        <v>1823</v>
+        <v>766</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B66" t="s">
-        <v>1824</v>
+        <v>767</v>
       </c>
       <c r="C66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1825</v>
+        <v>743</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1826</v>
+        <v>768</v>
       </c>
       <c r="H66" t="s">
-        <v>1827</v>
+        <v>769</v>
       </c>
       <c r="I66" t="s">
-        <v>1828</v>
+        <v>770</v>
       </c>
       <c r="J66" t="s">
-        <v>1829</v>
+        <v>707</v>
       </c>
       <c r="K66" t="s">
-        <v>1830</v>
+        <v>771</v>
       </c>
       <c r="L66" t="s">
-        <v>1831</v>
+        <v>772</v>
       </c>
       <c r="M66" t="s">
-        <v>1832</v>
+        <v>773</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B67" t="s">
-        <v>1833</v>
+        <v>774</v>
       </c>
       <c r="C67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1834</v>
+        <v>743</v>
       </c>
       <c r="F67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1835</v>
+        <v>775</v>
       </c>
       <c r="H67" t="s">
-        <v>1836</v>
+        <v>776</v>
       </c>
       <c r="I67" t="s">
-        <v>1837</v>
+        <v>213</v>
       </c>
       <c r="J67" t="s">
-        <v>1838</v>
+        <v>763</v>
       </c>
       <c r="K67" t="s">
-        <v>1839</v>
+        <v>777</v>
       </c>
       <c r="L67" t="s">
-        <v>1840</v>
+        <v>778</v>
       </c>
       <c r="M67" t="s">
-        <v>1841</v>
-[...20 lines deleted...]
-        <v>1848</v>
+        <v>779</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B68" t="s">
-        <v>1849</v>
+        <v>780</v>
       </c>
       <c r="C68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1850</v>
+        <v>781</v>
       </c>
       <c r="F68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1851</v>
+        <v>782</v>
       </c>
       <c r="H68" t="s">
-        <v>1852</v>
+        <v>783</v>
       </c>
       <c r="I68" t="s">
-        <v>1853</v>
+        <v>592</v>
       </c>
       <c r="J68" t="s">
-        <v>1854</v>
+        <v>707</v>
       </c>
       <c r="K68" t="s">
-        <v>1855</v>
-[...20 lines deleted...]
-        <v>1862</v>
+        <v>784</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B69" t="s">
-        <v>1863</v>
+        <v>785</v>
       </c>
       <c r="C69" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>1850</v>
+        <v>786</v>
       </c>
       <c r="F69" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1864</v>
+        <v>787</v>
       </c>
       <c r="H69" t="s">
-        <v>1865</v>
+        <v>788</v>
       </c>
       <c r="I69" t="s">
-        <v>1866</v>
+        <v>789</v>
       </c>
       <c r="J69" t="s">
-        <v>1867</v>
+        <v>723</v>
       </c>
       <c r="K69" t="s">
-        <v>1868</v>
+        <v>790</v>
       </c>
       <c r="L69" t="s">
-        <v>1869</v>
+        <v>791</v>
       </c>
       <c r="M69" t="s">
-        <v>1870</v>
+        <v>792</v>
       </c>
       <c r="N69" t="s">
-        <v>1871</v>
+        <v>793</v>
       </c>
       <c r="O69" t="s">
-        <v>1872</v>
-[...2 lines deleted...]
-        <v>1873</v>
+        <v>794</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B70" t="s">
-        <v>1874</v>
+        <v>795</v>
       </c>
       <c r="C70" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>1875</v>
+        <v>796</v>
       </c>
       <c r="F70" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1876</v>
+        <v>797</v>
       </c>
       <c r="H70" t="s">
-        <v>1877</v>
+        <v>798</v>
       </c>
       <c r="I70" t="s">
-        <v>1878</v>
+        <v>789</v>
       </c>
       <c r="J70" t="s">
-        <v>1387</v>
+        <v>799</v>
       </c>
       <c r="K70" t="s">
-        <v>1879</v>
+        <v>800</v>
       </c>
       <c r="L70" t="s">
-        <v>1880</v>
+        <v>801</v>
       </c>
       <c r="M70" t="s">
-        <v>1881</v>
+        <v>802</v>
       </c>
       <c r="N70" t="s">
-        <v>1882</v>
+        <v>803</v>
+      </c>
+      <c r="O70" t="s">
+        <v>804</v>
+      </c>
+      <c r="P70" t="s">
+        <v>805</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>806</v>
+      </c>
+      <c r="R70" t="s">
+        <v>807</v>
+      </c>
+      <c r="S70" t="s">
+        <v>808</v>
+      </c>
+      <c r="T70" t="s">
+        <v>809</v>
+      </c>
+      <c r="U70" t="s">
+        <v>810</v>
+      </c>
+      <c r="V70" t="s">
+        <v>811</v>
+      </c>
+      <c r="W70" t="s">
+        <v>812</v>
+      </c>
+      <c r="X70" t="s">
+        <v>813</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>800</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>814</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>815</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B71" t="s">
-        <v>1883</v>
+        <v>816</v>
       </c>
       <c r="C71" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>1875</v>
+        <v>817</v>
       </c>
       <c r="F71" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1884</v>
+        <v>818</v>
       </c>
       <c r="H71" t="s">
-        <v>1885</v>
+        <v>819</v>
       </c>
       <c r="I71" t="s">
-        <v>1886</v>
+        <v>789</v>
       </c>
       <c r="J71" t="s">
-        <v>1387</v>
+        <v>820</v>
       </c>
       <c r="K71" t="s">
-        <v>1887</v>
+        <v>821</v>
       </c>
       <c r="L71" t="s">
-        <v>1888</v>
+        <v>822</v>
       </c>
       <c r="M71" t="s">
-        <v>1889</v>
-[...2 lines deleted...]
-        <v>1890</v>
+        <v>823</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B72" t="s">
-        <v>1891</v>
+        <v>824</v>
       </c>
       <c r="C72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>1875</v>
+        <v>825</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1892</v>
+        <v>826</v>
       </c>
       <c r="H72" t="s">
-        <v>1893</v>
+        <v>827</v>
       </c>
       <c r="I72" t="s">
-        <v>1894</v>
+        <v>789</v>
       </c>
       <c r="J72" t="s">
-        <v>1485</v>
+        <v>828</v>
       </c>
       <c r="K72" t="s">
-        <v>1895</v>
+        <v>829</v>
       </c>
       <c r="L72" t="s">
-        <v>1896</v>
-[...5 lines deleted...]
-        <v>1898</v>
+        <v>830</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B73" t="s">
-        <v>1899</v>
+        <v>831</v>
       </c>
       <c r="C73" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>1900</v>
+        <v>832</v>
       </c>
       <c r="F73" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1901</v>
+        <v>833</v>
       </c>
       <c r="H73" t="s">
-        <v>1902</v>
+        <v>834</v>
       </c>
       <c r="I73" t="s">
-        <v>1903</v>
+        <v>562</v>
       </c>
       <c r="J73" t="s">
-        <v>1867</v>
+        <v>835</v>
       </c>
       <c r="K73" t="s">
-        <v>1904</v>
+        <v>836</v>
       </c>
       <c r="L73" t="s">
-        <v>1905</v>
-[...2 lines deleted...]
-        <v>1906</v>
+        <v>837</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B74" t="s">
-        <v>1907</v>
+        <v>838</v>
       </c>
       <c r="C74" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>1875</v>
+        <v>839</v>
       </c>
       <c r="F74" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1908</v>
+        <v>840</v>
       </c>
       <c r="H74" t="s">
-        <v>1909</v>
+        <v>841</v>
       </c>
       <c r="I74" t="s">
-        <v>1910</v>
+        <v>789</v>
       </c>
       <c r="J74" t="s">
-        <v>1911</v>
+        <v>707</v>
       </c>
       <c r="K74" t="s">
-        <v>1912</v>
+        <v>842</v>
       </c>
       <c r="L74" t="s">
-        <v>1913</v>
+        <v>843</v>
       </c>
       <c r="M74" t="s">
-        <v>1914</v>
+        <v>844</v>
+      </c>
+      <c r="N74" t="s">
+        <v>845</v>
+      </c>
+      <c r="O74" t="s">
+        <v>846</v>
+      </c>
+      <c r="P74" t="s">
+        <v>847</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B75" t="s">
-        <v>1915</v>
+        <v>848</v>
       </c>
       <c r="C75" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>1916</v>
+        <v>832</v>
       </c>
       <c r="F75" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1917</v>
+        <v>849</v>
       </c>
       <c r="H75" t="s">
-        <v>1918</v>
+        <v>850</v>
       </c>
       <c r="I75" t="s">
-        <v>1919</v>
+        <v>851</v>
       </c>
       <c r="J75" t="s">
-        <v>1920</v>
+        <v>820</v>
       </c>
       <c r="K75" t="s">
-        <v>1921</v>
+        <v>852</v>
       </c>
       <c r="L75" t="s">
-        <v>1922</v>
-[...32 lines deleted...]
-        <v>1933</v>
+        <v>853</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B76" t="s">
-        <v>1934</v>
+        <v>854</v>
       </c>
       <c r="C76" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>1935</v>
+        <v>855</v>
       </c>
       <c r="F76" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1936</v>
+        <v>856</v>
       </c>
       <c r="H76" t="s">
-        <v>1937</v>
+        <v>857</v>
       </c>
       <c r="I76" t="s">
-        <v>1938</v>
+        <v>858</v>
       </c>
       <c r="J76" t="s">
-        <v>1939</v>
+        <v>859</v>
       </c>
       <c r="K76" t="s">
-        <v>1940</v>
+        <v>860</v>
       </c>
       <c r="L76" t="s">
-        <v>1941</v>
+        <v>861</v>
       </c>
       <c r="M76" t="s">
-        <v>1942</v>
+        <v>862</v>
       </c>
       <c r="N76" t="s">
-        <v>1943</v>
-[...8 lines deleted...]
-        <v>1946</v>
+        <v>863</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B77" t="s">
-        <v>1947</v>
+        <v>864</v>
       </c>
       <c r="C77" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>1948</v>
+        <v>865</v>
       </c>
       <c r="F77" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1949</v>
+        <v>866</v>
       </c>
       <c r="H77" t="s">
-        <v>1950</v>
+        <v>867</v>
       </c>
       <c r="I77" t="s">
-        <v>1951</v>
+        <v>562</v>
       </c>
       <c r="J77" t="s">
-        <v>1952</v>
+        <v>820</v>
       </c>
       <c r="K77" t="s">
-        <v>1953</v>
+        <v>868</v>
+      </c>
+      <c r="L77" t="s">
+        <v>869</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B78" t="s">
-        <v>1954</v>
+        <v>870</v>
       </c>
       <c r="C78" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>1955</v>
+        <v>871</v>
       </c>
       <c r="F78" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1956</v>
+        <v>872</v>
       </c>
       <c r="H78" t="s">
-        <v>1957</v>
+        <v>873</v>
       </c>
       <c r="I78" t="s">
-        <v>1958</v>
+        <v>874</v>
       </c>
       <c r="J78" t="s">
-        <v>1959</v>
+        <v>875</v>
       </c>
       <c r="K78" t="s">
-        <v>1960</v>
+        <v>876</v>
       </c>
       <c r="L78" t="s">
-        <v>1961</v>
+        <v>877</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B79" t="s">
-        <v>1962</v>
+        <v>878</v>
       </c>
       <c r="C79" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>1963</v>
+        <v>879</v>
       </c>
       <c r="F79" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>1964</v>
+        <v>880</v>
       </c>
       <c r="H79" t="s">
-        <v>1965</v>
+        <v>881</v>
       </c>
       <c r="I79" t="s">
-        <v>1689</v>
+        <v>882</v>
       </c>
       <c r="J79" t="s">
-        <v>1966</v>
+        <v>883</v>
       </c>
       <c r="K79" t="s">
-        <v>1967</v>
+        <v>884</v>
+      </c>
+      <c r="L79" t="s">
+        <v>885</v>
+      </c>
+      <c r="M79" t="s">
+        <v>886</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B80" t="s">
-        <v>1968</v>
+        <v>887</v>
       </c>
       <c r="C80" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>1969</v>
+        <v>888</v>
       </c>
       <c r="F80" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>1970</v>
+        <v>889</v>
       </c>
       <c r="H80" t="s">
-        <v>1971</v>
+        <v>890</v>
       </c>
       <c r="I80" t="s">
-        <v>1972</v>
+        <v>891</v>
       </c>
       <c r="J80" t="s">
-        <v>1973</v>
+        <v>892</v>
       </c>
       <c r="K80" t="s">
-        <v>1974</v>
+        <v>893</v>
       </c>
       <c r="L80" t="s">
-        <v>1975</v>
+        <v>894</v>
       </c>
       <c r="M80" t="s">
-        <v>1976</v>
+        <v>895</v>
+      </c>
+      <c r="N80" t="s">
+        <v>896</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1183</v>
+        <v>171</v>
       </c>
       <c r="B81" t="s">
-        <v>1977</v>
+        <v>897</v>
       </c>
       <c r="C81" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>1978</v>
+        <v>898</v>
       </c>
       <c r="F81" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>1979</v>
+        <v>899</v>
       </c>
       <c r="H81" t="s">
-        <v>1980</v>
+        <v>900</v>
       </c>
       <c r="I81" t="s">
-        <v>1356</v>
+        <v>901</v>
       </c>
       <c r="J81" t="s">
-        <v>1981</v>
+        <v>902</v>
       </c>
       <c r="K81" t="s">
-        <v>1982</v>
-[...4345 lines deleted...]
-        <v>2830</v>
+        <v>903</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...3698 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>