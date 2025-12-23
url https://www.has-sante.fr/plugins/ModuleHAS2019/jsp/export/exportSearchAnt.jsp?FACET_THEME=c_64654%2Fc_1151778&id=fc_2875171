--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,22240 +1,4981 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Tool to improve professi" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13545" uniqueCount="7366">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2268" uniqueCount="1619">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>TRIAS 1C30-1</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>CHONDRO-GIDE - 21 december 2010 (2786) - Opinion</t>
+  </si>
+  <si>
+    <t>Collagen membrane</t>
+  </si>
+  <si>
+    <t>12/21/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2011 15:13:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>23/09/2025 00:00:00</t>
-[...32 lines deleted...]
-    <t>ADES PLUS (non cimenté)</t>
+    <t>https://www.has-sante.fr/jcms/c_1011971/en/chondro-gide-21-december-2010-2786-opinion</t>
+  </si>
+  <si>
+    <t>c_1011971</t>
+  </si>
+  <si>
+    <t>GEISTLICH PHARMA France</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+  </si>
+  <si>
+    <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
   </si>
   <si>
     <t>07/10/2025 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3700065/fr/ades-plus-non-cimente</t>
-[...1760 lines deleted...]
-    <t>Système de cyphoplastie par ballonnets</t>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+  </si>
+  <si>
+    <t>c_272462</t>
+  </si>
+  <si>
+    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
+  </si>
+  <si>
+    <t>The aim of this Memo is to provide information about : risk factors and prevention of sudden infant death syndrome definition and diagnosis of positional skull deformities risk factors for positional skull deformities potential complications of positional skull deformity primary prevention of positional skull deformities management of established positional skull deformities</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+  </si>
+  <si>
+    <t>p_3151574</t>
+  </si>
+  <si>
+    <t>Developmental dysplasia of the hip: screening</t>
+  </si>
+  <si>
+    <t>The objective of this document is to help general practitioners, paediatricians, neonatologists, maternal and infant protection doctors, orthopaedic surgeons, radiologists, obstetricians and gynaecologists, midwives, pediatric nurses, physiotherapists and osteopaths in the early detection of developmental dysplasia of the hip (DDH), in order to establish a much simpler treatment for the child.</t>
+  </si>
+  <si>
+    <t>10/16/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/08/2013 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680275/en/developmental-dysplasia-of-the-hip-screening</t>
+  </si>
+  <si>
+    <t>c_1680275</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+  </si>
+  <si>
+    <t>c_606483</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+  </si>
+  <si>
+    <t>c_271859</t>
+  </si>
+  <si>
+    <t>Physiotherapy in common neck pain and whiplash</t>
+  </si>
+  <si>
+    <t>These guidelines cover common neck pain and neck pain following whiplash. They exclude neck pain due to nerve root compression in the upper limbs, for which there is specific treatment. The topics of the guidelines are: 1. Physiotherapy assessment 2. Treatment techniques 3. Treatment strategy for common neck pain 4. Treatment strategy for whiplash</t>
+  </si>
+  <si>
+    <t>05/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272262/en/physiotherapy-in-common-neck-pain-and-whiplash</t>
+  </si>
+  <si>
+    <t>c_272262</t>
+  </si>
+  <si>
+    <t>Physiotherapy and orthopaedic treatment for isolated congenital foot deformity during the first six months of life</t>
+  </si>
+  <si>
+    <t>These guidelines concern rehabilitation of isolated congenital foot deformity during the first 6 months of life. They do not cover foot deformities with associated disease or malformation, isolated malpositioning of the toes or the rare instances of isolated congenital pes cavus.# The topics of the guidelines are :# 1. Diagnosis and referral to specialist# 2. Management options: monitoring of spontaneous resolution of deformities or treatment of deformities# 3. Choosing rehabilitation techniques# 4. Informing and involving parents</t>
+  </si>
+  <si>
+    <t>01/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272303/en/physiotherapy-and-orthopaedic-treatment-for-isolated-congenital-foot-deformity-during-the-first-six-months-of-life</t>
+  </si>
+  <si>
+    <t>c_272303</t>
+  </si>
+  <si>
+    <t>Physiotherapy - Preserving motor function in frail elderly people living at home</t>
+  </si>
+  <si>
+    <t>To establish : 1. which functional capacity assessements should be performed in frail elderly people 2. appropriate physiotherapy treatment</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272431/en/physiotherapy-preserving-motor-function-in-frail-elderly-people-living-at-home</t>
+  </si>
+  <si>
+    <t>c_272431</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3080503</t>
+  </si>
+  <si>
+    <t>Assessment of chiropodist-podiatrist consultations for preventing foot lesions in diabetic patients with a grade 1 podiatric risk - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to update an initial review conducted by HAS in 2007, with a view to an indication extension of chiropody-podiatry prevention consultations for diabetic subjects presenting with a grade 1 podiatric risk (isolated sensitive neuropathy). These consultations are not currently covered by French National Health Insurance; as such, the purpose of this report is to: • assess the impact of chiropodist-podiatrist prevention consultations on the morbidity of diabetic subjects with a grade 1 foot ulceration risk; • define the content, frequency and duration of chiropodist-podiatrist prevention consultations for diabetic subjects with grade 1 foot ulceration risk</t>
+  </si>
+  <si>
+    <t>12/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2018 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860579/en/assessment-of-chiropodist-podiatrist-consultations-for-preventing-foot-lesions-in-diabetic-patients-with-a-grade-1-podiatric-risk-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2860579</t>
+  </si>
+  <si>
+    <t>Updating of medical pathology procedures concerning the diagnosis of cysticercosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Cysticercosis is the infection of humans by the larval stage of Taenia solium, a tapeworm of the class Cestoda, that parasitises the small intestine. It is found primarily in tropical and sub-tropical regions, though it persists in some European countries. The three most commonly encountered forms of cysticercosis are: i) subcutaneous and muscular cysticercosis, ii) neurocysticercosis and iii) ocular cysticercosis. According to the WHO, 30% of cases of epilepsy worldwide could be ascribed to neurocysticercosis. This would represent between 2.56 and 8.30 million cases of neurocysticercosis per 50,000 deaths per year. Cysticercosis is difficult to diagnose due to the low specificity of the clinical signs and to the time to onset of symptoms after infection. Biological diagnosis is based primarily on the detection of antibodies in serum or cerebrospinal fluid</t>
+  </si>
+  <si>
+    <t>06/20/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2018 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823986/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-cysticercosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2823986</t>
+  </si>
+  <si>
+    <t>Reassessment of bone substitutes</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to propose an update of the terms and conditions for the reimbursement of bone substitutes listed in the LPPR.</t>
+  </si>
+  <si>
+    <t>05/28/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+  </si>
+  <si>
+    <t>c_1225008</t>
+  </si>
+  <si>
+    <t>Hip implants – November 2014</t>
+  </si>
+  <si>
+    <t>The objective of this consultation phase was to respond to the stakeholders’ comments submitted to the French National Authority for Health (Haute Autorité de santé - HAS) after the new proposed nomenclature concerning the conditions for the reimbursement of hips implants was published in the Official Gazette.</t>
+  </si>
+  <si>
+    <t>11/18/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006405/en/hip-implants-november-2014</t>
+  </si>
+  <si>
+    <t>c_2006405</t>
+  </si>
+  <si>
+    <t>Clinical utility of the measurement of vitamin D</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to precise in which clinical situation the measurement of 25(OH)D would be considered useful</t>
+  </si>
+  <si>
+    <t>10/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/30/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356838/en/clinical-utility-of-the-measurement-of-vitamin-d</t>
+  </si>
+  <si>
+    <t>c_1356838</t>
+  </si>
+  <si>
+    <t>Assessment of spinal implants (interbody cage, interspinous process spacer, spacer, lumbosacral support implant)</t>
+  </si>
+  <si>
+    <t>The aims of reassessing spinal implants are to : - determine the indications for spinal implants ; - assess their actual benefit per indication ; - define their place in therapeutic strategy ; - characterise the technical specifications which determine the actual benefit, so as to avoid classification mistakes and clarify which devices are covered by the current generic description ; - propose an updated nomenclature based on the form and composition of devices ; - estimate their target population ; - define the level of evidence required for the trials submitted with applications for inclusion under the brand name ; - define the conditions of use and prescription for inclusion of the products on the list of products and services qualifying for reimbursement (LPPR).</t>
+  </si>
+  <si>
+    <t>03/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/11/2013 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517325/en/assessment-of-spinal-implants-interbody-cage-interspinous-process-spacer-spacer-lumbosacral-support-implant</t>
+  </si>
+  <si>
+    <t>c_1517325</t>
+  </si>
+  <si>
+    <t>Summary - Tubular Orthoses and Bandages used in orthopaedics/degenerative rheumatology/traumatology</t>
+  </si>
+  <si>
+    <t>To assess the therapeutic benefit of tubular orthoses and bandages for use in orthopaedics/traumatology/rheumatology, taking account of the therapeutic effect/undesirable effect ratio of these products, their place in therapeutic strategy and their public health benefit. Finally, this assessment aims to set out guidelines on their indications with a view to reimbursement, specifying procedures for their use and prescription if appropriate.</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1318289/en/summary-tubular-orthoses-and-bandages-used-in-orthopaedics/degenerative-rheumatology/traumatology</t>
+  </si>
+  <si>
+    <t>c_1318289</t>
+  </si>
+  <si>
+    <t>Assessment of elbow joint implants</t>
+  </si>
+  <si>
+    <t>The objective of this study is to assess the value of elbow implants, taking into account the therapeutic effect/adverse effects ratio, the place in treatment strategy, and the public health benefit of these products. This assessment also aims to define each generic description medically by indications, and by methods of use and prescribing.</t>
+  </si>
+  <si>
+    <t>09/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>09/28/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/en/assessment-of-elbow-joint-implants</t>
+  </si>
+  <si>
+    <t>c_1311405</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>How should rehospitalisation of subjectfs with diabetic foot ulcer be prevented ?</t>
+  </si>
+  <si>
+    <t>The objective of this quick reference guide is to define key action plans as well as coordination of care for patients with diabetic foot ulcer at the time of hospital discharge in order to prevent related readmissions. Key words: hospital discharge, diabetic foot ulcer, integrated case management</t>
+  </si>
+  <si>
+    <t>12/19/2014 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001222/en/how-should-rehospitalisation-of-subjectfs-with-diabetic-foot-ulcer-be-prevented</t>
+  </si>
+  <si>
+    <t>c_2001222</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>RINVOQ</t>
+  </si>
+  <si>
+    <t>12/01/2025 08:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182936/en/rinvoq</t>
+  </si>
+  <si>
+    <t>p_3182936</t>
+  </si>
+  <si>
+    <t>upadacitinib</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181658/en/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266947/en/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271030/en/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302051/en/rinvoq-upadacitinib-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313562/en/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392764/en/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403971/en/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479047/en/rinvoq-upadacitinib-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482870/en/rinvoq-upadacitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482852/en/rinvoq-upadacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482861/en/rinvoq-upadacitinib-ulcerative-colitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482858/en/rinvoq-upadacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486205/en/rinvoq-upadacitinib-spondyloarthrite-axiale-non-radiographique-spaxnr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486203/en/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770750/en/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>PARACETAMOL (paracétamol)</t>
+  </si>
+  <si>
+    <t>11/06/2025 09:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982801/en/paracetamol-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2982801</t>
+  </si>
+  <si>
+    <t>paracétamol</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / ACCORD HEALTHCARE LIMITED / ACTAVIS FRANCE / ALMUS PHARMA / ARROW GÉNÉRIQUES / B.BRAUN / BASI SAS / BAYER CLASSICS / BENTA LYON / BIOGARAN / CRISTERS / EG LABO / EVOLUPHARM / G GAM / GNR Pharma / GRUNENTHAL / KRKA FRANCE / MACOPHARMA / MERCK GENERIQUES / MYLAN S.A.S / NEPENTHES / PANPHARMA / RANBAXY PHARMACIE GENERIQUES / SANDOZ / SANOFI-AVENTIS FRANCE / TEVA PHARMA SAS / TEVA SANTE / UPSA / VIATRIS SANTE / WINTHROP MEDICAMENTS / ZENTIVA FRANCE / ZYDUS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398914/en/paracetamol-bayer-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399157/en/paracetamol-merck-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399158/en/paracetamol-ratiopharm-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399277/en/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399304/en/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399337/en/paracetamol-doms-recordati-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399450/en/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399646/en/paracetamol-gnr-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400196/en/paracetamol-eg-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400634/en/paracetamol-g-gam-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460197/en/paracetamol-ratiopharm-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487081/en/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487112/en/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538052/en/paracetamol-teva-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749362/en/paracetamol-zydus-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883285/en/paracetamol-eg-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900494/en/paracetamol-mylan-paracetamol-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954795/en/paracetamol-almus-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025884/en/paracetamol-ranbaxy-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146525/en/paracetamol-grunenthal-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172431/en/paracetamol-mylan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172449/en/paracetamol-teva-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163409/en/paracetamol-biogaran-nor-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277906/en/paracetamol-sandoz-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1278882/en/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603391/en/paracetamol-ranbaxy-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719380/en/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720518/en/paracetamol-gnr-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730852/en/paracetamol-isomed-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730035/en/paracetamol-zydus-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730858/en/paracetamol-ratiopharm-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735581/en/paracetamol-panpharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758547/en/paracetamol-actavis-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773260/en/paracetamol-macopharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792850/en/paracetamol-ahcl-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023891/en/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038295/en/paracetamol-b-braun-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568272/en/paracetamol-evolugen-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569080/en/paracetamol-mylan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617859/en/paracetamol-evolugen-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627654/en/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627669/en/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628025/en/paracetamol-mylan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655962/en/paracetamol-accord-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725880/en/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736742/en/paracetamol-mylan-pharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757146/en/paracetamol-nepenthes-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761828/en/paracetamol-mylan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761831/en/paracetamol-isomed-teva-teva-sante-paralyoc-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762439/en/paracetamol-gnr-et-sandoz-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773420/en/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963361/en/paracetamol-accord-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165347/en/paracetamol-accord-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223079/en/paracetamol-sandoz-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115169/en/paracetamol-krka-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080488/en/paracetamol-cristers-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080467/en/paracetamol-cristers-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864191/en/paracetamol-cristers-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623666/en/paracetamol-cristers-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080458/en/paracetamol-almus-pharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080452/en/paracetamol-almus-pharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612052/en/tramadol/paracetamol-mylan-generiques-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027377/en/doliprane-geluprane-paracetamol-zentiva-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928127/en/doliprane-geluprane-paracetamol-winthrop-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400332/en/paracetamol-winthrop-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361544/en/paracetamol-zentiva-lab-paracetamol-traitement-symptomatique-des-douleurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3379889/en/paracetamol-arrow-lab-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3379886/en/paracetamol-arrow-lab-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455708/en/paracetamol-arrow-paracetamol-douleur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527606/en/paracetamol-evolugen-pharma-paracetamol-pain-and/or-fever</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528932/en/paracetamol-benta-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556168/en/paracetamol-viatris-sante-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555704/en/paracetamol-zydus-france-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637604/en/paracetamol-bgr-paracetamol-douleur-et/ou-fievre-chez-l-adulte-et-l-enfant-a-partir-de-27-kg-environ-8-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702490/en/paracetamol-basi-paracetamol-douleur-et/ou-fievre-chez-l-adulte-l-adolescent-et-l-enfant-pesant-plus-de-33-kg</t>
+  </si>
+  <si>
+    <t>ACTIVELLE - KLIOGEST - NOVOFEMME - TRISEQUENS (estradiol hémihydraté/ noréthistérone (acétate de))</t>
+  </si>
+  <si>
+    <t>10/14/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984124/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984124</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,acétate de noréthistérone</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544823/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048378/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753539/en/activelle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627645/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753165/en/kliogest-novefemme-trisequens</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398979/en/kliogest-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399506/en/novofemme-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399057/en/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>CLIMASTON (dydrogestérone/ estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984293/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2984293</t>
+  </si>
+  <si>
+    <t>dydrogestérone,estradiol</t>
+  </si>
+  <si>
+    <t>THERAMEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398873/en/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398872/en/climaston-1-mg/-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400300/en/climaston-1-mg/10-mg-climaston-1-mg/5-mg-climaston-2-mg/10-mg-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544838/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048927/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752094/en/climaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753193/en/climaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580474/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>CLIMENE (valérate d'estradiol 2 mg /acétate de cyprotérone 1 mg/ cyprotérone (a...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984344/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>pprd_2984344</t>
+  </si>
+  <si>
+    <t>valérate d'estradiol,acétate de cyprotérone</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048372/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753174/en/climene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569074/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400769/en/climene-comprime-enrobe-b/21-11-blancs-et-10-roses-cip-336-043-7</t>
+  </si>
+  <si>
+    <t>OESTROGEL - OESTRODOSE - THAIS - THAISSEPT (estradiol/ estradiol hémihydraté/ oestrodose 0,06%,/ oestrogel 0,06%,/...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984426/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>pprd_2984426</t>
+  </si>
+  <si>
+    <t>estradiol,estradiol hémihydraté</t>
+  </si>
+  <si>
+    <t>BESINS HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046775/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753153/en/oestrogel-oestrodose-thais-thaissept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058267/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398903/en/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
+  </si>
+  <si>
+    <t>VYVGART (efgartigimod alfa)</t>
+  </si>
+  <si>
+    <t>06/24/2025 15:31:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359145/en/vyvgart-efgartigimod-alfa</t>
+  </si>
+  <si>
+    <t>p_3359145</t>
+  </si>
+  <si>
+    <t>efgartigimod alfa</t>
+  </si>
+  <si>
+    <t>ARGENX BV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359123/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402357/en/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455583/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516768/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516792/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536075/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632389/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>NORDIMET (méthotrexate)</t>
+  </si>
+  <si>
+    <t>03/25/2025 13:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983809/en/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983809</t>
+  </si>
+  <si>
+    <t>méthotrexate</t>
+  </si>
+  <si>
+    <t>NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730809/en/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358603/en/nordimet-methotrexate-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598812/en/nordimet-methotrexate-psoriasis-en-plaque-modere</t>
+  </si>
+  <si>
+    <t>VORAXAZE (glucarpidase)</t>
+  </si>
+  <si>
+    <t>08/22/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334742/en/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>p_3334742</t>
+  </si>
+  <si>
+    <t>glucarpidase</t>
+  </si>
+  <si>
+    <t>SERB SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334621/en/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361532/en/voraxaze-glucarpidase-reduction-de-la-concentration-plasmatique-toxique-de-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425618/en/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
+  </si>
+  <si>
+    <t>ELADYNOS (abaloparatide)</t>
+  </si>
+  <si>
+    <t>01/09/2025 09:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576770/en/eladynos-abaloparatide</t>
+  </si>
+  <si>
+    <t>p_3576770</t>
+  </si>
+  <si>
+    <t>abaloparatide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574250/en/eladynos-abaloparatide-osteoporosis</t>
+  </si>
+  <si>
+    <t>ORENCIA (abatacept)</t>
+  </si>
+  <si>
+    <t>12/02/2024 14:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983388/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>pprd_2983388</t>
+  </si>
+  <si>
+    <t>abatacept</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827713/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589384/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024731/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241683/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714253/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047018/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561588/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827576/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114488/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295756/en/orencia-abatacept-epi-ascore-ora</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539075/en/orencia-abatacept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562961/en/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
+  </si>
+  <si>
+    <t>TRANSLARNA (ataluren)</t>
+  </si>
+  <si>
+    <t>11/07/2024 11:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983565/en/translarna-ataluren</t>
+  </si>
+  <si>
+    <t>pprd_2983565</t>
+  </si>
+  <si>
+    <t>ataluren</t>
+  </si>
+  <si>
+    <t>PTC THERAPEUTICS INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009663/en/translarna-ataluren-rna-interference-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779824/en/translarna-ataluren-rna-interference-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118134/en/translarna-ataluren</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554883/en/translarna-ataluren-duchenne-muscular-dystrophy</t>
+  </si>
+  <si>
+    <t>CRYSVITA</t>
+  </si>
+  <si>
+    <t>10/31/2024 16:50:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982892/en/crysvita</t>
+  </si>
+  <si>
+    <t>pprd_2982892</t>
+  </si>
+  <si>
+    <t>burosumab</t>
+  </si>
+  <si>
+    <t>KYOWA KIRIN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900188/en/crysvita-burosumab-medicament-agissant-sur-la-mineralisation-dans-le-traitement-de-l-hypophosphatemie-liee-a-l-x</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098005/en/crysvita-burosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236700/en/crysvita-burosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273465/en/crysvita-burosumab-hypophosphatemie-liee-a-l-x-pediatrie-et-adultes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359159/en/crysvita-burosumab-hypophosphatemie-liee-au-fgf23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408892/en/crysvita-burosumab-hypophosphatemie-liee-au-fgf23-chez-les-patients-ages-d-1-an-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449778/en/crysvita-burosumab-hypophosphatemie-liee-au-fgf23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490824/en/crysvita-burosumab-x-linked-hypophosphataemia-xlh</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550922/en/crysvita-burosumab-bone-disease</t>
+  </si>
+  <si>
+    <t>ILARIS</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/en/ilaris</t>
+  </si>
+  <si>
+    <t>pprd_2982751</t>
+  </si>
+  <si>
+    <t>canakinumab</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928146/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/en/ilaris-canakinumab-interleukin-1-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/en/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/en/ilaris-canakinumab-gouty-arthritis-attacks</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/en/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ROACTEMRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+  </si>
+  <si>
+    <t>pprd_2982795</t>
+  </si>
+  <si>
+    <t>tocilizumab</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/en/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/en/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/en/roactemra-tocilizumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/en/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/en/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/en/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/en/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KINERET</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+  </si>
+  <si>
+    <t>pprd_2982828</t>
+  </si>
+  <si>
+    <t>anakinra</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/en/kineret-anakinra-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/en/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/en/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/en/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CIMZIA (certolizumab pegol)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982837/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>pprd_2982837</t>
+  </si>
+  <si>
+    <t>certolizumab pegol</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937977/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716271/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758668/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774104/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583133/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583130/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671761/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741827/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800419/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813812/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908459/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908904/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363302/en/cimzia-certolizumab-pegol-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539114/en/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SIMPONI (golimumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982937/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>pprd_2982937</t>
+  </si>
+  <si>
+    <t>golimumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218114/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728499/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893489/en/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725883/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729434/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728495/en/simponi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637481/en/simponi-golimumab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3096551/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295747/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539141/en/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>HUMIRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983124/en/humira</t>
+  </si>
+  <si>
+    <t>pprd_2983124</t>
+  </si>
+  <si>
+    <t>adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400009/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400074/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400716/en/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455490/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605668/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672931/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827706/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055267/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104003/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103997/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1325255/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367936/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638939/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638941/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650026/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027353/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619541/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621680/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625986/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620021/en/humira-adalimumab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671785/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745260/en/humira-adalimumab-anti-tnf-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834708/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865442/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869247/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862987/en/humira-adalimumab-anti-tnf-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143614/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244158/en/humira-maladie-de-verneuil-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270042/en/humira-adalimumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273456/en/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402381/en/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426145/en/humira-adalimumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539111/en/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TALTZ</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
+  </si>
+  <si>
+    <t>pprd_2983313</t>
+  </si>
+  <si>
+    <t>ixékizumab</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847914/en/taltz-ixekizumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211088/en/taltz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271027/en/taltz-ixekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363293/en/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478092/en/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ENBREL (etanercept)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983439/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983439</t>
+  </si>
+  <si>
+    <t>etanercept</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399628/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399889/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399962/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400205/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400231/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713130/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245651/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670224/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049871/en/enbrel-etanercept-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046967/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671797/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819294/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076393/en/enbrel-adulte-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083830/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270036/en/enbrel-etanercept-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407525/en/enbrel-etanercept-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426154/en/enbrel-etanercept-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539105/en/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KEVZARA (sarilumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:08:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983463/en/kevzara-sarilumab</t>
+  </si>
+  <si>
+    <t>pprd_2983463</t>
+  </si>
+  <si>
+    <t>sarilumab</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810337/en/kevzara-sarilumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498124/en/kevzara-sarilumab-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539144/en/kevzara-sarilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>STELARA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
+  </si>
+  <si>
+    <t>pprd_2983689</t>
+  </si>
+  <si>
+    <t>ustekinumab</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813335/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072225/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792833/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621474/en/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621480/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751848/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196694/en/stelara-rch-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201471/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270039/en/stelara-ustekinumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426151/en/stelara-ustekinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473772/en/stelara-ustekinumab-psoriasis-en-plaques-rhumatisme-psoriasique-maladie-de-crohn-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539093/en/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>REMSIMA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983874/en/remsima</t>
+  </si>
+  <si>
+    <t>pprd_2983874</t>
+  </si>
+  <si>
+    <t>infliximab</t>
+  </si>
+  <si>
+    <t>CELLTRION HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041952/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775581/en/remsima-biosimilars-of-infliximab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682118/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191666/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213533/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272779/en/remsima-sc-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280901/en/remsima-infliximab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363308/en/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539090/en/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>COSENTYX</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984104/en/cosentyx</t>
+  </si>
+  <si>
+    <t>pprd_2984104</t>
+  </si>
+  <si>
+    <t>sécukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561555/en/cosentyx-secukinumab-anti-interleukin-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631716/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633888/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097594/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211082/en/cosentyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233061/en/cosentyx-children-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240240/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240424/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271033/en/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302584/en/cosentyx-75-mg-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305321/en/cosentyx-150-mg-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367902/en/cosentyx-secukinumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390880/en/cosentyx-secukinumab-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426148/en/cosentyx-secukinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470819/en/cosentyx-secukinumab-hidradenitis-suppurativa-hs-verneuil-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501973/en/cosentyx-secukinumab-ankylosing-spondylitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501976/en/cosentyx-secukinumab-psoriatic-arthritis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539072/en/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>DAFALGAN - EFFERALGAN - EFFERALGANMED (paracétamol)</t>
+  </si>
+  <si>
+    <t>08/01/2024 16:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983496/en/dafalgan-efferalgan-efferalganmed-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2983496</t>
+  </si>
+  <si>
+    <t>UPSA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928155/en/dafalgan-efferalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031575/en/dafalgan-efferalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801237/en/dafalgan-pediatrique-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136112/en/dafalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859521/en/efferalganmed-pediatrique-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400618/en/efferalgan-1-g-comprime-effervescent-tube-polypropylene-de-8-comprimes-cip-352-917-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400091/en/efferalgan-500-mg-vitamine-c-comprime-effervescent-boite-de-16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400462/en/efferalgan-vitamine-c-comprime-effervescent-secable-boite-de-20-code-cip-326-842-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145054/en/dafalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145057/en/dafalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169473/en/efferalganmed-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3476383/en/efferalganmed-paracetamol-douleur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515711/en/efferalganmed-pediatrique-paracetamol-mild-to-moderate-pain-and/or-fever</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535827/en/efferalgan-efferalgan-framboise-et-fraise-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS</t>
+  </si>
+  <si>
+    <t>07/01/2024 08:38:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202655/en/ultomiris</t>
+  </si>
+  <si>
+    <t>p_3202655</t>
+  </si>
+  <si>
+    <t>ravulizumab</t>
+  </si>
+  <si>
+    <t>ALEXION PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281239/en/ultomiris-300-mg/3-ml-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274202/en/ultomiris-ravulizumab-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202251/en/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341428/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358127/en/ultomiris-ravulizumab-hemoglobinurie-paroxystique-nocturne-chez-les-patients-pediatriques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419442/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433398/en/ultomiris-ravulizumab-atypical-haemolytic-uremic-syndrome-ahus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455563/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456902/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460121/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527465/en/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
+  </si>
+  <si>
+    <t>AGAMREE (vamorolone)</t>
+  </si>
+  <si>
+    <t>06/18/2024 09:04:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463669/en/agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3463669</t>
+  </si>
+  <si>
+    <t>vamorolone</t>
+  </si>
+  <si>
+    <t>SANTHERA PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463630/en/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516936/en/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523614/en/agamree-vamorolone-duchenne-muscular-dystrophy-dmd</t>
+  </si>
+  <si>
+    <t>XGEVA (denosumab)</t>
+  </si>
+  <si>
+    <t>05/24/2024 16:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984471/en/xgeva-denosumab</t>
+  </si>
+  <si>
+    <t>pprd_2984471</t>
+  </si>
+  <si>
+    <t>denosumab</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245643/en/xgeva-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046978/en/xgeva-denosumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518652/en/xgeva-denosumab-oncology</t>
+  </si>
+  <si>
+    <t>GENOTONORM (somatropine)</t>
+  </si>
+  <si>
+    <t>05/17/2024 09:19:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984428/en/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984428</t>
+  </si>
+  <si>
+    <t>somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398956/en/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399145/en/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-4mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-6mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2mg/0-25-ml-poudre-et-solvant-pour-solution-inje</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399745/en/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotono</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400036/en/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400192/en/genotonorm-5-3-mg/1-ml-genotonorm-12-mg/1-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334814/en/genotonorm-genotonorm-miniquick</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190364/en/genotonorm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2057637/en/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108936/en/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517166/en/genotonorm-somatropin-growth-disturbance</t>
+  </si>
+  <si>
+    <t>UMATROPE (somatropine)</t>
+  </si>
+  <si>
+    <t>05/17/2024 10:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984459/en/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984459</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400202/en/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574649/en/umatrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684131/en/umatrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190382/en/umatrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336447/en/umatrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048961/en/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108939/en/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517408/en/umatrope-somatropine-growth-disturbance</t>
+  </si>
+  <si>
+    <t>SOGROYA (somapacitan)</t>
+  </si>
+  <si>
+    <t>03/04/2024 09:12:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498641/en/sogroya-somapacitan</t>
+  </si>
+  <si>
+    <t>p_3498641</t>
+  </si>
+  <si>
+    <t>somapacitan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498565/en/sogroya-somapacitan-growth-hormone-deficiency</t>
+  </si>
+  <si>
+    <t>BOTOX</t>
+  </si>
+  <si>
+    <t>01/10/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
+  </si>
+  <si>
+    <t>pprd_2982764</t>
+  </si>
+  <si>
+    <t>toxine botulinique de type A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/en/botox-type-a-botulinum-toxin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/en/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>XELJANZ</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982824/en/xeljanz</t>
+  </si>
+  <si>
+    <t>pprd_2982824</t>
+  </si>
+  <si>
+    <t>tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798163/en/xeljanz-tofacitinib-anti-jak-1-and-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894923/en/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912419/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182797/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305315/en/xeljanz-11-mg-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337944/en/xeljanz-tofacitinib-arthrite-juvenile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337941/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403968/en/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482864/en/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482879/en/xeljanz-tofacitinib-ulcerative-colitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486199/en/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486201/en/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486233/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>OLUMIANT</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/en/olumiant</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/en/olumiant-baricitinib-anti-jak-1-and-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/en/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/en/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/en/olumiant-baricitinib-atopic-dermatitis-ad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/en/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>JYSELECA (filgotinib)</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:11:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242626/en/jyseleca-filgotinib</t>
+  </si>
+  <si>
+    <t>p_3242626</t>
+  </si>
+  <si>
+    <t>filgotinib</t>
+  </si>
+  <si>
+    <t>GALAPAGOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242562/en/jyseleca-filgotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343855/en/jyseleca-filgotinib-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412613/en/jyseleca-filgotinib-rectocolite-hemorragique-et-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482855/en/jyseleca-filgotinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486160/en/jyseleca-filgotinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>FRAGMINE (daltéparine sodique)</t>
+  </si>
+  <si>
+    <t>12/18/2023 11:56:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984830/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984830</t>
+  </si>
+  <si>
+    <t>daltéparine sodique</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399426/en/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399427/en/fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-10-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-iv-en-seringue-pre-remplie-boites-de-10-fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400624/en/fragmine-5-000-ui-anti-xa-/0-2-ml-solution-injectable-pour-voie-s-c-et-i-v-en-seringue-pre-remplie-verre-boite-de-2-cip-330-107-3-boite-de-6-cip-335-298-1-boite-de-10-cip-556-085-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623568/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968494/en/fragmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721870/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468556/en/fragmine-dalteparine-sodique-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478082/en/fragmine-dalteparine-sodique-maladie-thromboembolique-veineuse-mtev</t>
+  </si>
+  <si>
+    <t>OMNITROPE (somatropine)</t>
+  </si>
+  <si>
+    <t>09/07/2023 15:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984824/en/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984824</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486595/en/omnitrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190353/en/omnitrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334829/en/omnitrope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724454/en/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459847/en/omnitrope-somatropin-growth-hormone</t>
+  </si>
+  <si>
+    <t>STRENSIQ</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984147/en/strensiq</t>
+  </si>
+  <si>
+    <t>pprd_2984147</t>
+  </si>
+  <si>
+    <t>asfotase alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621689/en/strensiq-asfotase-alfa-enzyme-replacement-therapy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455973/en/strensiq-asfotase-alfa-hypophosphatasia</t>
+  </si>
+  <si>
+    <t>XEOMIN (N/R/ neurotoxine de Clostridium Botulinum de type A (150 kD), sans pro...)</t>
+  </si>
+  <si>
+    <t>06/29/2023 12:44:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983927/en/xeomin-n/r/-neurotoxine-de-clostridium-botulinum-de-type-a-150-kd-sans-pro</t>
+  </si>
+  <si>
+    <t>pprd_2983927</t>
+  </si>
+  <si>
+    <t>neurotoxine de clostridium botulinum de type A</t>
+  </si>
+  <si>
+    <t>MERZ PHARMA FRANCE S.AS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657773/en/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036534/en/xeomin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256025/en/xeomin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676759/en/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330893/en/xeomin-toxine-botulinique-type-a-sialorrhee-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448222/en/xeomin-clostridium-botulinum-neurotoxin-type-a-spasticity-of-the-upper-limb</t>
+  </si>
+  <si>
+    <t>DYSPORT</t>
+  </si>
+  <si>
+    <t>05/22/2023 09:37:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984966/en/dysport</t>
+  </si>
+  <si>
+    <t>pprd_2984966</t>
+  </si>
+  <si>
+    <t>toxine botulinique type A</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446634/en/dysport</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339917/en/dysport</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202242/en/dysport</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394941/en/dysport-300-et-500-unites-speywood-toxine-botulinique-de-type-a-incontinence-urinaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434800/en/dysport-500-unites-speywood-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>MABTHERA</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+  </si>
+  <si>
+    <t>pprd_2983658</t>
+  </si>
+  <si>
+    <t>rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/en/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/en/mabthera-rituximab-monoclonal-antibodies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/en/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/en/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/en/mabthera-rituximab-moderate-to-severe-pemphigus-vulgaris-pv-in-adults</t>
+  </si>
+  <si>
+    <t>REMICADE (infliximab)</t>
+  </si>
+  <si>
+    <t>12/16/2022 18:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983949/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983949</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399105/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400046/en/remicade-100-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-unitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401007/en/remicade-100-mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574605/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958845/en/remicade-dans-le-traitement-du-pemphigus-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763723/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329537/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517930/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743042/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671825/en/remicade-infliximab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181535/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270045/en/remicade-infliximab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280953/en/remicade-rectocolite-hemorragique-active-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396525/en/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>SPHEROX</t>
+  </si>
+  <si>
+    <t>12/01/2022 11:28:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193151/en/spherox</t>
+  </si>
+  <si>
+    <t>p_3193151</t>
+  </si>
+  <si>
+    <t>sphéroïdes de chondrocytes autologues humains associés à une matrice</t>
+  </si>
+  <si>
+    <t>CO.DON AG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192939/en/spherox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368625/en/spherox-reparation-cartilagineuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390341/en/spherox-spheroides-de-chondrocytes-autologues-humains-associes-a-une-matrice-reparation-des-lesions-chez-l-adolescent-atteint-d-osteochondrite-dissequante</t>
+  </si>
+  <si>
+    <t>SAIZEN - SAIZEN CLICKEASY (somatropine)</t>
+  </si>
+  <si>
+    <t>09/22/2022 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984968/en/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984968</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399515/en/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400946/en/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559895/en/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190350/en/saizen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336435/en/saizen-saizen-clickeasy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361553/en/saizen-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>NORDITROPINE</t>
+  </si>
+  <si>
+    <t>09/09/2022 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984245/en/norditropine</t>
+  </si>
+  <si>
+    <t>pprd_2984245</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400037/en/norditropine-1-3-mg/1-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400812/en/norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-089-1-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-093-9-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-086-2-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190361/en/norditropin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334796/en/norditropin-simplexx-and-nordiflex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598132/en/norditropine-simplexx-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108982/en/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3077006/en/norditropine-flexpro-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214282/en/norditropin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358585/en/norditropine-flexpro-somatropine</t>
+  </si>
+  <si>
+    <t>PLAQUENIL (hydroxychloroquine (sulfate d'))</t>
+  </si>
+  <si>
+    <t>03/22/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985332/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>pprd_2985332</t>
+  </si>
+  <si>
+    <t>sulfate d’hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832521/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759077/en/plaquenil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325537/en/plaquenil-hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>IBUPROFENE (ibuprofène)</t>
+  </si>
+  <si>
+    <t>02/08/2022 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189803/en/ibuprofene-ibuprofene</t>
+  </si>
+  <si>
+    <t>p_3189803</t>
+  </si>
+  <si>
+    <t>ibuprofène</t>
+  </si>
+  <si>
+    <t>RANBAXY PHARMACIE GENERIQUES / SANOFI-AVENTIS FRANCE / ACCORD HEALTHCARE FRANCE SAS / MYLAN SAS / EVOLUPHARM / ARROW GÉNÉRIQUES / B. BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725218/en/ibuprofene-rpg-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732658/en/ibuprofene-zentiva-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788644/en/ibuprofene-accord-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296239/en/ibuprofene-mylan-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797155/en/ibuprofene-mylan-enfants-et-nourrissons-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166642/en/ibuprofene-evolugen-pharma-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189752/en/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972287/en/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315461/en/ibuprofene-b-braun-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967148/en/ibuprofene-b-braun-ibuprofene</t>
+  </si>
+  <si>
+    <t>XYREM (sodium (oxybate de))</t>
+  </si>
+  <si>
+    <t>08/17/2021 10:13:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983743/en/xyrem-sodium-oxybate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983743</t>
+  </si>
+  <si>
+    <t>sodium (oxybate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401038/en/xyrem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_604928/en/xyrem-sodium-oxybate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744320/en/xyrem-sodium-oxybate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282244/en/xyrem-oxybate-de-sodium-narcolepsie-pediatrique</t>
+  </si>
+  <si>
+    <t>INFLECTRA (infliximab)</t>
+  </si>
+  <si>
+    <t>08/05/2021 09:41:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983873/en/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983873</t>
+  </si>
+  <si>
+    <t>HOSPIRA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682121/en/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775087/en/inflectra-biosimilars-of-infliximab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280960/en/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>NAMUSCLA</t>
+  </si>
+  <si>
+    <t>03/29/2021 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143419/en/namuscla</t>
+  </si>
+  <si>
+    <t>p_3143419</t>
+  </si>
+  <si>
+    <t>mexilétine</t>
+  </si>
+  <si>
+    <t>LUPIN EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135571/en/namuscla-mexiletine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3246176/en/namuscla-mexiletine</t>
+  </si>
+  <si>
+    <t>EVENITY (romosozumab)</t>
+  </si>
+  <si>
+    <t>03/18/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243950/en/evenity-romosozumab</t>
+  </si>
+  <si>
+    <t>p_3243950</t>
+  </si>
+  <si>
+    <t>romosozumab</t>
+  </si>
+  <si>
+    <t>UCB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243905/en/evenity-romosozumab</t>
+  </si>
+  <si>
+    <t>PROLIA</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983147/en/prolia</t>
+  </si>
+  <si>
+    <t>pprd_2983147</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172413/en/prolia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782520/en/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792852/en/prolia-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867466/en/prolia-denosumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203277/en/prolia-opm</t>
+  </si>
+  <si>
+    <t>MIACALCIC</t>
+  </si>
+  <si>
+    <t>10/02/2020 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984838/en/miacalcic</t>
+  </si>
+  <si>
+    <t>pprd_2984838</t>
+  </si>
+  <si>
+    <t>calcitonine de saumon</t>
+  </si>
+  <si>
+    <t>ESSENTIAL PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817340/en/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189016/en/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720119/en/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210939/en/miacalcic</t>
+  </si>
+  <si>
+    <t>INDUCTOS</t>
+  </si>
+  <si>
+    <t>06/11/2019 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982774/en/inductos</t>
+  </si>
+  <si>
+    <t>pprd_2982774</t>
+  </si>
+  <si>
+    <t>dibotermine alpha</t>
   </si>
   <si>
     <t>MEDTRONIC FRANCE S.A.S.</t>
   </si>
   <si>
-    <t>SWING PHASE LOCK 2</t>
-[...5396 lines deleted...]
-    <t>c_2737343</t>
+    <t>https://www.has-sante.fr/jcms/c_400082/en/inductos-12-mg-kit-pour-implant-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401004/en/inductos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038107/en/inductos-dibotermin-alfa-osteoinductive-protein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966040/en/inductos-dibotermine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197955/en/inductos-dibotermine-alpha</t>
+  </si>
+  <si>
+    <t>INCRELEX</t>
+  </si>
+  <si>
+    <t>07/17/2020 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983638/en/increlex</t>
+  </si>
+  <si>
+    <t>pprd_2983638</t>
+  </si>
+  <si>
+    <t>mécasermine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_668833/en/increlex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1080273/en/increlex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761840/en/increlex-mecasermin-somatropin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193753/en/increlex-mecasermine</t>
+  </si>
+  <si>
+    <t>METOJECT</t>
+  </si>
+  <si>
+    <t>03/05/2020 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982919/en/metoject</t>
+  </si>
+  <si>
+    <t>pprd_2982919</t>
+  </si>
+  <si>
+    <t>MEDAC SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401005/en/metoject-10-mg/ml-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517664/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250130/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620156/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896738/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121601/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159947/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>ADENURIC (fébuxostat)</t>
+  </si>
+  <si>
+    <t>03/04/2020 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984509/en/adenuric-febuxostat</t>
+  </si>
+  <si>
+    <t>pprd_2984509</t>
+  </si>
+  <si>
+    <t>fébuxostat</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244186/en/adenuric-febuxostat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827716/en/adenuric</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038866/en/adenuric-febuxostat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152649/en/adenuric-febuxostat</t>
+  </si>
+  <si>
+    <t>CALSYN (calcitonine de saumon)</t>
+  </si>
+  <si>
+    <t>12/24/2019 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984589/en/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>pprd_2984589</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400072/en/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400295/en/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817355/en/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918273/en/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352569/en/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022093/en/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067156/en/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>CALCITONINE PHARMY II (calcitonine de saumon)</t>
+  </si>
+  <si>
+    <t>12/24/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985072/en/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>pprd_2985072</t>
+  </si>
+  <si>
+    <t>PHARMY II/ SANDOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400293/en/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817352/en/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172455/en/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067154/en/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067164/en/calcitonine-sandoz-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172446/en/calcitonine-sandoz-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817358/en/calcitonine-sandoz-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>NUTROPINAQ (somatropine)</t>
+  </si>
+  <si>
+    <t>10/03/2019 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984604/en/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984604</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400048/en/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190370/en/nutropinaq</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334817/en/nutropinaq</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013177/en/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108930/en/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>VOLTARENE EMULGEL - VOLTARENDOLO (diclofénac de diéthylamine/ diclofénac potassique)</t>
+  </si>
+  <si>
+    <t>09/12/2019 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983863/en/voltarene-emulgel-voltarendolo-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>pprd_2983863</t>
+  </si>
+  <si>
+    <t>diclofénac de diéthylamine,diclofénac potassique</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE SANTE GRAND PUBLIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399038/en/voltarene-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399766/en/voltarene-emulgel-1-gel-flacon-pressurise-de-100-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400837/en/voltarene-emulgel-1-gel-1-tube-aluminium-verni-de-50-g-code-cip-328-869-7-voltarene-emulgel-1-gel-en-flacon-pressurise-1-flacon-pressurise-polyethylene-aluminium-de-100-ml-code-cip-358-951-3-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400957/en/voltarene-emulgel-1-gel-1-tube-de-50-g-cip-328-869-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400958/en/voltarene-25-mg-comprime-gastro-resistantb/30-cip-318-952-9-voltarene-50-mg-comprime-enrobe-gastro-resistantb/30-cip-323-511-7-voltarene-lp-100-mg-comprime-enrobe-a-liberation-prolongeeb/-15-cip-324-604-9-voltarene-100-mg-suppositoireb/-10-cip-322-143-4-voltarene-25-mg-suppositoireb/-10-cip-322-395-3-voltarene-75-mg/3-ml-solution-injectable2-ampoules-cip-324-522-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019654/en/voltarene-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728833/en/voltarene-emulgel-voltarendolo-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053374/en/voltarene-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682489/en/voltarene-emulgel-voltarendolo-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3077003/en/voltarene-emulgel-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727812/en/voltarendolo</t>
+  </si>
+  <si>
+    <t>SIGNIFOR (pasiréotide)</t>
+  </si>
+  <si>
+    <t>03/12/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982844/en/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>pprd_2982844</t>
+  </si>
+  <si>
+    <t>pasiréotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284805/en/signifor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034331/en/signifor-pasireotide-somatostatin-analogue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839029/en/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908487/en/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>SALAZOPYRINE (sulfasalazine)</t>
+  </si>
+  <si>
+    <t>05/17/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982845/en/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>pprd_2982845</t>
+  </si>
+  <si>
+    <t>sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605772/en/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908481/en/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759083/en/salazopyrine</t>
+  </si>
+  <si>
+    <t>FLECTOR (diclofénac (épolamine de))</t>
+  </si>
+  <si>
+    <t>10/26/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983081/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>pprd_2983081</t>
+  </si>
+  <si>
+    <t>diclofénac (épolamine de)</t>
+  </si>
+  <si>
+    <t>GENEVRIER SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400784/en/flector-50-mg-granules-pour-solution-buvable-en-sachet-dose-21-sachets-doses-papier-aluminium-polyethylene-de-2-g-352-642-9-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962477/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052629/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877305/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727807/en/flector</t>
+  </si>
+  <si>
+    <t>OXYCONTIN - OXYNORM - OXYNORMORO (oxycodone (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>07/17/2018 15:43:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983211/en/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983211</t>
+  </si>
+  <si>
+    <t>oxycodone (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>MUNDIPHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398915/en/oxycontin-lp-10-mg-20-mg-40-mg-80-mg-comprime-pellicule-a-liberation-prolongee-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400631/en/oxycontin-l-p-5-mg-comprime-pellicule-a-liberation-prolongee-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697309/en/oxycontin-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329543/en/oxycontin-oxynorm-oxynormoro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858741/en/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774637/en/oxycontin-oxynorm-oxynormoro-oxycodone-opioid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862569/en/oxynorm-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718933/en/oxynorm-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477459/en/oxynorm-oxycontin-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400632/en/oxynorm-10-mg/ml-solution-buvable1-flacon-en-verre-de-30-ml-avec-seringue-pour-administration-orale-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400633/en/oxynorm-10-mg/ml-solution-injectable-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399913/en/oxynorm-5-mg-gelule-oxynorm-10-mg-gelule-oxynorm-20-mg-gelule-boite-de-14-et-boite-de-28</t>
+  </si>
+  <si>
+    <t>MORPHINE RENAUDIN (morphine (chlorhydrate de)/ morphine (sulfate de))</t>
+  </si>
+  <si>
+    <t>06/20/2018 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983233/en/morphine-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983233</t>
+  </si>
+  <si>
+    <t>morphine (chlorhydrate de),morphine (sulfate de)</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399006/en/morphine-sulfate-lavoisier-sans-conservateur-500-mg/10-ml-solution-injectable-boites-de-1-et-10-ampoules-de-10-ml-morphine-sulfate-lavoisier-sans-conservateur-1-mg/1-ml-solution-injectable-boites-de-10-ampoules-de-1-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399336/en/morphine-chlorhydrate-ap-hp-sans-conservateur-50-mg/-ml-solution-injectable-boite-de-10-ampoules-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399858/en/morphine-aguettant-5-mg/ml-sirop-flacon-de-30-ml-avec-pipette-doseuse-de-2-ml-flacon-de-90-ml-avec-pipette-doseuse-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400227/en/morphine-aguettant-0-1-solution-injectable-ampoule-de-1-ml-boite-de-10-morphine-aguettant-0-01-solution-injectable-ampoule-de-5-ml-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460129/en/morphine-chlorhydrate-aguettant-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460149/en/morphine-chlorhydrate-cooper-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460153/en/morphine-sulfate-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443260/en/morphine-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_998999/en/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062722/en/morphine-chlorhydrate-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062726/en/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735575/en/morphine-lavoisier</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735610/en/morphine-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735615/en/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735629/en/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011875/en/morphine-chlorhydrate-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625585/en/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628037/en/morphine-chlorhydrate-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672239/en/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2728050/en/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853366/en/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857744/en/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>ZURAMPIC (lésinurad)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983250/en/zurampic-lesinurad</t>
+  </si>
+  <si>
+    <t>pprd_2983250</t>
+  </si>
+  <si>
+    <t>lésinurad</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854458/en/zurampic-lesinurad-uricosuric</t>
+  </si>
+  <si>
+    <t>MOBIC (méloxicam)</t>
+  </si>
+  <si>
+    <t>03/12/2018 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983358/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>pprd_2983358</t>
+  </si>
+  <si>
+    <t>méloxicam</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399440/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399843/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532236/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332062/en/mobic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758339/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831901/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>HYDROCORTANCYL (prednisolone (acétate de))</t>
+  </si>
+  <si>
+    <t>04/12/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983469/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983469</t>
+  </si>
+  <si>
+    <t>prednisolone (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724536/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710104/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766752/en/hydrocortancyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807273/en/hydrocortancyl-prednisolone-glucocorticoid</t>
+  </si>
+  <si>
+    <t>EVISTA (raloxifène (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/27/2017 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983472/en/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983472</t>
+  </si>
+  <si>
+    <t>raloxifène (chlorhydrate de)</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>GO-ON</t>
-[...5 lines deleted...]
-    <t>c_2737346</t>
+    <t>https://www.has-sante.fr/jcms/c_398930/en/evista-60-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460006/en/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335880/en/evista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806912/en/evista-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>TROLOVOL (pénicillamine)</t>
+  </si>
+  <si>
+    <t>09/06/2017 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983536/en/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>pprd_2983536</t>
+  </si>
+  <si>
+    <t>pénicillamine</t>
+  </si>
+  <si>
+    <t>EREMPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400832/en/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672245/en/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788582/en/trolovol-d-penicillamine-chelating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792082/en/trolovol-d-penicillamine-chelating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759065/en/trolovol</t>
+  </si>
+  <si>
+    <t>BENEPALI (étanercept)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983537/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983537</t>
+  </si>
+  <si>
+    <t>étanercept</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682115/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790570/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791906/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617889/en/benepali-etanercept-biosimilar-anti-tnf</t>
+  </si>
+  <si>
+    <t>NEORAL (ciclosporine)</t>
+  </si>
+  <si>
+    <t>07/07/2017 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983568</t>
+  </si>
+  <si>
+    <t>ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/en/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/en/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/en/neoral-sandimmun</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>FLIXABI (infliximab)</t>
+  </si>
+  <si>
+    <t>11/07/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983867/en/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983867</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682160/en/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655977/en/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>ANTARENE (ibuprofène/ codéine (phosphate de))</t>
+  </si>
+  <si>
+    <t>11/03/2016 13:54:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983920/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983920</t>
+  </si>
+  <si>
+    <t>ibuprofène,codéine (phosphate de)</t>
+  </si>
+  <si>
+    <t>ELERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398820/en/antarene-5-gel-tube-de-50-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523355/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951422/en/antarene-codeine-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352551/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702130/en/antarene-codeine-200-mg/30-mg-et-400-mg/60-mg-ibuprofene/codeine-association-ains-opioide-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678856/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>NIVAQUINE (chloroquine (sulfate de))</t>
+  </si>
+  <si>
+    <t>09/30/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983955/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983955</t>
+  </si>
+  <si>
+    <t>chloroquine (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468413/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323110/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671800/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759080/en/nivaquine</t>
+  </si>
+  <si>
+    <t>COLTRAMYL (thiocolchicoside)</t>
+  </si>
+  <si>
+    <t>11/03/2016 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983993/en/coltramyl-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>pprd_2983993</t>
+  </si>
+  <si>
+    <t>thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438690/en/coltramyl-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_963194/en/coltramyl-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2660960/en/coltramyl-and-thiocolchicoside-generics-muscle-relaxant</t>
+  </si>
+  <si>
+    <t>CAELYX (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/13/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984088</t>
+  </si>
+  <si>
+    <t>doxorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398845/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/en/caelyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/en/caelyx-pegylated-liposomal-doxorubicin-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/en/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/en/caelyx-pegylated-liposomal-doxorubicin-cytotoxic-agent-ovarian-cancer</t>
+  </si>
+  <si>
+    <t>SOMATULINE (lanréotide (acétate de))</t>
+  </si>
+  <si>
+    <t>06/10/2016 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984136/en/somatuline-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984136</t>
+  </si>
+  <si>
+    <t>lanréotide (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399091/en/somatuline-l-p-30-mg-poudre-et-solvant-pour-suspension-injectable-im-a-liberation-prolongee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399200/en/somatuline-l-p-60-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-seringue-de-0-3-ml-somatuline-l-p-90-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-seringue-de-0-3-ml-somatuline-l-p-120-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-seringue-de-0-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399864/en/somatuline-lp-30-mg-poudre-et-solvant-pour-suspension-injectable-im-a-liberation-prolongee-poudre-en-flacon-verre-et-2-ml-de-solvant-en-ampoule-verre-boite-de-1-avec-1-seringue-et-2-aiguilles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400217/en/somatuline-l-p-60-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-somatuline-l-p-90-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-somatuline-l-p-120-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461178/en/somatuline-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477492/en/somatuline-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019676/en/somatuline-lp-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586912/en/somatuline-lp-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625989/en/somatuline-lanreotide-somatostatin-analogue</t>
+  </si>
+  <si>
+    <t>ACLASTA (acide zoledronique monohydrate)</t>
+  </si>
+  <si>
+    <t>04/06/2016 10:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984149/en/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984149</t>
+  </si>
+  <si>
+    <t>acide zoledronique monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400644/en/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623549/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798074/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016645/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874876/en/aclasta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621683/en/aclasta-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>OPTRUMA (raloxifène (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/30/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984157/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984157</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460193/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335883/en/optruma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620159/en/optruma-raloxifene-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>VELCADE (bortézomib), inhibiteur de protéasome</t>
+  </si>
+  <si>
+    <t>08/23/2016 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984163/en/velcade-bortezomib-inhibiteur-de-proteasome</t>
+  </si>
+  <si>
+    <t>pprd_2984163</t>
+  </si>
+  <si>
+    <t>bortézomib,N/R</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400080/en/velcade-3-5-mg-poudre-pour-solution-injectable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400995/en/velcade-3-5-mg-poudre-pour-solution-injectable-1-flacon-s-en-verre-de-38-5-mg-564-957-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523441/en/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817328/en/velcade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727466/en/velcade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035135/en/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589998/en/velcade-bortezomib-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620016/en/velcade-bortezomib-proteasome-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620022/en/velcade-bortezomib-proteasome-inhibitor</t>
+  </si>
+  <si>
+    <t>ACADIONE (tiopronine)</t>
+  </si>
+  <si>
+    <t>02/19/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984215/en/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>pprd_2984215</t>
+  </si>
+  <si>
+    <t>tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400754/en/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609214/en/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759074/en/acadione</t>
+  </si>
+  <si>
+    <t>IMUREL (azathioprine)</t>
+  </si>
+  <si>
+    <t>10/21/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>pprd_2984367</t>
+  </si>
+  <si>
+    <t>azathioprine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+  </si>
+  <si>
+    <t>ZOMACTON (somatropine)</t>
+  </si>
+  <si>
+    <t>08/06/2015 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984444/en/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2984444</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399209/en/zomacton-1-3-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-zomacton-4-mg-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460289/en/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190373/en/zomacton</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336444/en/zomacton</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052647/en/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>CELEBREX (celecoxib)</t>
+  </si>
+  <si>
+    <t>06/24/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984505/en/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>pprd_2984505</t>
+  </si>
+  <si>
+    <t>celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399997/en/celebrex-100-mg-gelule-boites-de-30-et-100-celebrex-200-mg-gelule-boites-de-30-et-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537895/en/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013257/en/celebrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874882/en/celebrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215844/en/celebrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040117/en/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>QUININE LAFRAN (ascorbique (acide)/ quinine (bisulfate de) heptahydrate/ quinine (chlo...)</t>
+  </si>
+  <si>
+    <t>04/27/2015 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984559/en/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>pprd_2984559</t>
+  </si>
+  <si>
+    <t>ascorbique (acide),quinine (bisulfate de) heptahydrate,quinine (chlorhydrate de),quinine (sulfate de)</t>
+  </si>
+  <si>
+    <t>LAFRAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400821/en/quinine-vitamine-c-grand-comprime-enrobe-boite-de-24-comprimes-308-874-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468642/en/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990906/en/quinine-vitamine-c-grand-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060124/en/quinine-vitamine-c-grand</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028104/en/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>ARCOXIA (étoricoxib)</t>
+  </si>
+  <si>
+    <t>04/27/2015 10:23:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984569/en/arcoxia-etoricoxib</t>
+  </si>
+  <si>
+    <t>pprd_2984569</t>
+  </si>
+  <si>
+    <t>étoricoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798117/en/arcoxia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215841/en/arcoxia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027350/en/arcoxia-etoricoxib</t>
+  </si>
+  <si>
+    <t>HYALGAN (hyaluronate de sodium)</t>
+  </si>
+  <si>
+    <t>12/10/2014 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984644/en/hyalgan-hyaluronate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984644</t>
+  </si>
+  <si>
+    <t>hyaluronate de sodium</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400123/en/hyalgan-20-mg/2-ml-solution-injectable-par-voie-intra-articulaire-en-seringue-pre-remplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954778/en/hyalgan-hyaluronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782511/en/hyalgan</t>
+  </si>
+  <si>
+    <t>METASTRON (strontium [89 Sr] (chlorure de))</t>
+  </si>
+  <si>
+    <t>11/14/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984675/en/metastron-strontium-89-sr-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984675</t>
+  </si>
+  <si>
+    <t>strontium [89 Sr] (chlorure de)</t>
+  </si>
+  <si>
+    <t>GE HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774132/en/metastron</t>
+  </si>
+  <si>
+    <t>KETUM (N/R/ kétoprofène)</t>
+  </si>
+  <si>
+    <t>11/12/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984691/en/ketum-n/r/-ketoprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984691</t>
+  </si>
+  <si>
+    <t>kétoprofène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399189/en/ketum-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559720/en/ketum-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517922/en/ketum</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769335/en/ketum-ketoprofene</t>
+  </si>
+  <si>
+    <t>QUADRAMET (samarinium [153 Sm] lexidronam pentasodium)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984693/en/quadramet-samarinium-153-sm-lexidronam-pentasodium</t>
+  </si>
+  <si>
+    <t>pprd_2984693</t>
+  </si>
+  <si>
+    <t>samarinium [153 Sm] lexidronam pentasodium</t>
+  </si>
+  <si>
+    <t>CIS BIO INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769329/en/quadramet</t>
+  </si>
+  <si>
+    <t>ALTIM (cortivazol)</t>
+  </si>
+  <si>
+    <t>10/13/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984695/en/altim-cortivazol</t>
+  </si>
+  <si>
+    <t>pprd_2984695</t>
+  </si>
+  <si>
+    <t>cortivazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726201/en/altim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766755/en/altim</t>
+  </si>
+  <si>
+    <t>PROTELOS (ranélate de strontium)</t>
+  </si>
+  <si>
+    <t>01/22/2015 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984705/en/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>pprd_2984705</t>
+  </si>
+  <si>
+    <t>ranélate de strontium</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400199/en/protelos-2g-granules-pour-suspension-buvable-boite-de-28-et-boite-de-56-sachets</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460201/en/protelos-ranelate-de-strontium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060122/en/protelos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761869/en/protelos-strontium-ranelate-anti-osteoporosis-agent</t>
+  </si>
+  <si>
+    <t>CLIMARA (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>07/16/2014 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984733/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984733</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté</t>
+  </si>
+  <si>
+    <t>BAYER SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398871/en/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544847/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058667/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753536/en/climara</t>
+  </si>
+  <si>
+    <t>ESTRADERM - VIVELLEDOT (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>10/21/2015 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984738/en/estraderm-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984738</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400708/en/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046793/en/estraderm-tts-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753196/en/estraderm-vivelledot</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564435/en/vivelledot-n/r/-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399598/en/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
+  </si>
+  <si>
+    <t>STRUCTOFLEX (chlorhydrate de glucosamine)</t>
+  </si>
+  <si>
+    <t>05/06/2014 20:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984781/en/structoflex-chlorhydrate-de-glucosamine</t>
+  </si>
+  <si>
+    <t>pprd_2984781</t>
+  </si>
+  <si>
+    <t>chlorhydrate de glucosamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106821/en/structoflex-chlorhydrate-de-glucosamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714264/en/structoflex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739136/en/structoflex-chlorhydrate-de-glucosamine</t>
+  </si>
+  <si>
+    <t>FLEXEA (glucosamine (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>04/01/2014 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984814/en/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984814</t>
+  </si>
+  <si>
+    <t>glucosamine (chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106808/en/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727451/en/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714289/en/flexea</t>
+  </si>
+  <si>
+    <t>OSAFLEXAN (sulfate de glucosamine/ glucosamine (sulfate de))</t>
+  </si>
+  <si>
+    <t>04/01/2014 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984815/en/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984815</t>
+  </si>
+  <si>
+    <t>sulfate de glucosamine,glucosamine (sulfate de)</t>
+  </si>
+  <si>
+    <t>ROTTAPHARM SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937968/en/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727445/en/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714261/en/osaflexan</t>
+  </si>
+  <si>
+    <t>DOLENIO (glucosamine (sulfate))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984816/en/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>pprd_2984816</t>
+  </si>
+  <si>
+    <t>glucosamine (sulfate)</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918263/en/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716217/en/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727442/en/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714276/en/dolenio</t>
+  </si>
+  <si>
+    <t>VOLTARENE (diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>05/16/2014 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984817/en/voltarene-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984817</t>
+  </si>
+  <si>
+    <t>diclofénac sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726947/en/voltarene</t>
+  </si>
+  <si>
+    <t>VOLTAFLEX (glucosamine) antiarthrosique symptomatique d’action lente (AASAL)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984856/en/voltaflex-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
+  </si>
+  <si>
+    <t>pprd_2984856</t>
+  </si>
+  <si>
+    <t>glucosamine (chlorhydrate),glucosamine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>NOVARTIS SANTE FAMILIALE S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944513/en/voltaflex-glucosamine-chlorhydrate-/-glucosamine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714258/en/voltaflex</t>
+  </si>
+  <si>
+    <t>CHONDROCELECT (cellules de cartilage humain autologues)</t>
+  </si>
+  <si>
+    <t>11/22/2013 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984913/en/chondrocelect-cellules-de-cartilage-humain-autologues</t>
+  </si>
+  <si>
+    <t>pprd_2984913</t>
+  </si>
+  <si>
+    <t>cellules de cartilage humain autologues</t>
+  </si>
+  <si>
+    <t>TiGenix nv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994267/en/chondrocelect</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615035/en/chondrocelect-chondrocytes-autologues</t>
+  </si>
+  <si>
+    <t>ZONDAR (N/R/ diacerhéine/ diaceréine/ diacéréine)</t>
+  </si>
+  <si>
+    <t>07/25/2013 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984947/en/zondar-n/r/-diacerheine/-diacereine/-diacereine</t>
+  </si>
+  <si>
+    <t>pprd_2984947</t>
+  </si>
+  <si>
+    <t>diacerhéine</t>
+  </si>
+  <si>
+    <t>PHARMA 2000</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399717/en/zondar-diacerheine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400842/en/zondar-diacerheine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724621/en/zondar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106805/en/zondar-diacerheine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356140/en/zondar</t>
+  </si>
+  <si>
+    <t>CHONDROSULF (chondroïtine sulfate)</t>
+  </si>
+  <si>
+    <t>07/25/2013 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984948/en/chondrosulf-chondroitine-sulfate</t>
+  </si>
+  <si>
+    <t>pprd_2984948</t>
+  </si>
+  <si>
+    <t>chondroïtine sulfate</t>
+  </si>
+  <si>
+    <t>LABORATOIRE GENEVRIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559624/en/chondrosulf-chondroitine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724388/en/chondrosulf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106811/en/chondrosulf-chondroitine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356139/en/chondrosulf</t>
+  </si>
+  <si>
+    <t>ART 50 (diacéréine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984949/en/art-50-diacereine</t>
+  </si>
+  <si>
+    <t>pprd_2984949</t>
+  </si>
+  <si>
+    <t>diacéréine</t>
+  </si>
+  <si>
+    <t>NEGMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399721/en/art-50-gelule-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400762/en/art-50-mg-gelule-plaquette-s-thermoformee-s-pvc-aluminium-de-30-gelule-s-335-529-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724330/en/art-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106810/en/art-50-diacereine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356138/en/art-50</t>
+  </si>
+  <si>
+    <t>PIASCLEDINE (insaponifiable d’huile d’avocat/ insaponifiable d’huile de soja)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984951/en/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>pprd_2984951</t>
+  </si>
+  <si>
+    <t>insaponifiable d’huile d’avocat,insaponifiable d’huile de soja</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400942/en/piascledine-300-mg-geluleboite-de-15-gelules-321-495-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725102/en/piascledine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106850/en/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356131/en/piascledine</t>
+  </si>
+  <si>
+    <t>AXORID (oméprazole/ kétoprofène)</t>
+  </si>
+  <si>
+    <t>05/21/2013 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984972/en/axorid-omeprazole/-ketoprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984972</t>
+  </si>
+  <si>
+    <t>oméprazole,kétoprofène</t>
   </si>
   <si>
     <t>MEDA PHARMA</t>
   </si>
   <si>
-    <t>SYNVISC-ONE</t>
-[...9797 lines deleted...]
-    <t>pprd_2984516</t>
+    <t>https://www.has-sante.fr/jcms/c_1332068/en/axorid</t>
+  </si>
+  <si>
+    <t>PROXALYOC (piroxicam)</t>
+  </si>
+  <si>
+    <t>11/30/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985092/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2985092</t>
+  </si>
+  <si>
+    <t>piroxicam</t>
+  </si>
+  <si>
+    <t>Laboratoire CEPHALON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399112/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468401/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798084/en/proxalyoc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147513/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>NEXEN (nimésulide)</t>
+  </si>
+  <si>
+    <t>05/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985164/en/nexen-nimesulide</t>
+  </si>
+  <si>
+    <t>pprd_2985164</t>
+  </si>
+  <si>
+    <t>nimésulide</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400169/en/nexen-100-mg-comprime-boite-de-30-nexen-100-mg-granules-pour-solution-buvable-en-sachet-dose-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400744/en/nexen-100-mg-comprime-plaquettes-thermoformees-pvc-aluminium-de-30-comprimes-code-cip-339-285-1-nexen-100-mg-granule-pour-solution-buvable-en-sachet-30-sachets-papier-polyethylene-aluminium-p-a-m-ethylene-surlyn-de-2-g-code-cip-339-286-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024126/en/nexen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060116/en/nexen-nimesulide</t>
+  </si>
+  <si>
+    <t>IASOflu (fluorure (18F) de sodium)</t>
+  </si>
+  <si>
+    <t>03/09/2011 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985199/en/iasoflu-fluorure-18f-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985199</t>
+  </si>
+  <si>
+    <t>fluorure (18F) de sodium</t>
+  </si>
+  <si>
+    <t>Laboratoire IASON GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036283/en/iasoflu</t>
+  </si>
+  <si>
+    <t>FONZYLANE (buflomédil (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/16/2011 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985203/en/fonzylane-buflomedil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985203</t>
+  </si>
+  <si>
+    <t>buflomédil (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>CEPHALON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399248/en/fonzylane-150-mg-comprime-pellicule-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399249/en/fonzylane-300-mg-comprime-pellicule-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399250/en/fonzylane-50-mg/5ml-solution-injectable-en-ampoule-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438046/en/fonzylane-buflomedil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474021/en/fonzylane-buflomedil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400054/en/fonzylane-buflomedil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1029063/en/fonzylane</t>
+  </si>
+  <si>
+    <t>MEXILETINE (chlorhydrate de mexilétine)</t>
+  </si>
+  <si>
+    <t>01/19/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985212/en/mexiletine-chlorhydrate-de-mexiletine</t>
+  </si>
+  <si>
+    <t>pprd_2985212</t>
+  </si>
+  <si>
+    <t>chlorhydrate de mexilétine</t>
+  </si>
+  <si>
+    <t>Laboratoire AGEPS-EPHP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024114/en/mexiletine-ap-hp</t>
+  </si>
+  <si>
+    <t>DIDRONEL (étidronate)</t>
+  </si>
+  <si>
+    <t>09/06/2012 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985219/en/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>pprd_2985219</t>
+  </si>
+  <si>
+    <t>étidronate</t>
+  </si>
+  <si>
+    <t>Laboratoire WARNER CHILCOTT FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400780/en/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459901/en/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016649/en/didronel</t>
+  </si>
+  <si>
+    <t>BONVIVA (acide ibandronique)</t>
+  </si>
+  <si>
+    <t>07/04/2012 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985221/en/bonviva-acide-ibandronique</t>
+  </si>
+  <si>
+    <t>pprd_2985221</t>
   </si>
   <si>
     <t>acide ibandronique</t>
   </si>
   <si>
-    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
-[...3827 lines deleted...]
-    <t>extrait d'os total (complexe osséine-hydroxyapatite anhydre)</t>
+    <t>Laboratoire ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400998/en/bonviva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459746/en/bonviva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468572/en/bonviva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016644/en/bonviva</t>
+  </si>
+  <si>
+    <t>MEPACT (mifamurtide)</t>
+  </si>
+  <si>
+    <t>11/17/2010 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985232/en/mepact-mifamurtide</t>
+  </si>
+  <si>
+    <t>pprd_2985232</t>
+  </si>
+  <si>
+    <t>mifamurtide</t>
+  </si>
+  <si>
+    <t>Laboratoire IDM PHARMA S.A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007484/en/mepact</t>
+  </si>
+  <si>
+    <t>CISNAF (fluorure (18F) de sodium)</t>
+  </si>
+  <si>
+    <t>06/04/2012 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985253/en/cisnaf-fluorure-18f-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985253</t>
+  </si>
+  <si>
+    <t>Laboratoire CIS BIO INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990894/en/cisnaf</t>
+  </si>
+  <si>
+    <t>XILANIK (kétoprofène/ oméprazole)</t>
+  </si>
+  <si>
+    <t>05/05/2010 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985278/en/xilanik-ketoprofene/-omeprazole</t>
+  </si>
+  <si>
+    <t>pprd_2985278</t>
+  </si>
+  <si>
+    <t>kétoprofène,oméprazole</t>
   </si>
   <si>
     <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400330/fr/ossopan-600-mg-comprime-pellicule-plaquette-thermoformee-de-30-comprime-s-code-cip-323-952-3</t>
-[...788 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_893158/fr/ledertrexate-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/c_954784/en/xilanik</t>
   </si>
   <si>
     <t>ENDOSTA (glucosamine (chlorhydrate))</t>
   </si>
   <si>
-    <t>10/11/2009 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985323/fr/endosta-glucosamine-chlorhydrate</t>
+    <t>11/10/2009 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985323/en/endosta-glucosamine-chlorhydrate</t>
   </si>
   <si>
     <t>pprd_2985323</t>
   </si>
   <si>
     <t>Laboratoire EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866774/fr/endosta-glucosamine-chlorhydrate</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_817343/fr/cibacalcine-calcitonine-humaine-de-synthese</t>
+    <t>https://www.has-sante.fr/jcms/c_866774/en/endosta</t>
   </si>
   <si>
     <t>ALLOCHRYSINE (sodium (aurothiopropanolsulfonate de))</t>
   </si>
   <si>
-    <t>25/02/2015 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985597/fr/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
+    <t>02/25/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985597/en/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
   </si>
   <si>
     <t>pprd_2985597</t>
   </si>
   <si>
     <t>sodium (aurothiopropanolsulfonate de)</t>
   </si>
   <si>
     <t>PRIMIUS LAB LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400961/fr/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
-[...332 lines deleted...]
-    <t>c_993899</t>
+    <t>https://www.has-sante.fr/jcms/c_400961/en/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761608/en/allochrysine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J768"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -22245,43289 +4986,7170 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
-      </c>
-[...24510 lines deleted...]
-        <v>3513</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>4331</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>4332</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>4333</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>4334</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>4335</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>4336</v>
-[...389 lines deleted...]
-        <v>4407</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:CI278"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>4411</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>4412</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>4413</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>4414</v>
-[...236 lines deleted...]
-        <v>4491</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>4492</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E3" t="s">
-        <v>4493</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>4494</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>4495</v>
-[...32 lines deleted...]
-        <v>4506</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>4507</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>4493</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>4508</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>4509</v>
-[...32 lines deleted...]
-        <v>4506</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>4520</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>4493</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>4521</v>
+        <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>4522</v>
-[...20 lines deleted...]
-        <v>4506</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>4529</v>
+        <v>51</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>4493</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>4530</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>4531</v>
-[...20 lines deleted...]
-        <v>4506</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>4538</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>4539</v>
+        <v>58</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>4540</v>
+        <v>59</v>
       </c>
       <c r="H7" t="s">
-        <v>4541</v>
-[...35 lines deleted...]
-        <v>4553</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>4554</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>4555</v>
+        <v>58</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>4556</v>
+        <v>62</v>
       </c>
       <c r="H8" t="s">
-        <v>4557</v>
-[...20 lines deleted...]
-        <v>4564</v>
+        <v>63</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>4565</v>
+        <v>64</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="E9" t="s">
-        <v>4566</v>
+        <v>67</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>4567</v>
+        <v>68</v>
       </c>
       <c r="H9" t="s">
-        <v>4568</v>
-[...26 lines deleted...]
-        <v>4577</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>4578</v>
+        <v>70</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="E10" t="s">
-        <v>4579</v>
+        <v>73</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>4580</v>
+        <v>74</v>
       </c>
       <c r="H10" t="s">
-        <v>4581</v>
-[...17 lines deleted...]
-        <v>4587</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>4588</v>
+        <v>76</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>4589</v>
+        <v>79</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>4590</v>
+        <v>80</v>
       </c>
       <c r="H11" t="s">
-        <v>4591</v>
-[...14 lines deleted...]
-        <v>4596</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>4597</v>
+        <v>82</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="E12" t="s">
-        <v>4598</v>
+        <v>85</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>4599</v>
+        <v>86</v>
       </c>
       <c r="H12" t="s">
-        <v>4600</v>
-[...17 lines deleted...]
-        <v>4606</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>4410</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>4607</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>90</v>
       </c>
       <c r="E13" t="s">
-        <v>4608</v>
+        <v>91</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>4609</v>
+        <v>92</v>
       </c>
       <c r="H13" t="s">
-        <v>4610</v>
-[...12355 lines deleted...]
-        <v>7255</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>7256</v>
+        <v>94</v>
       </c>
       <c r="B2" t="s">
-        <v>7257</v>
+        <v>95</v>
       </c>
       <c r="C2" t="s">
-        <v>7258</v>
+        <v>96</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="E2" t="s">
-        <v>7259</v>
+        <v>98</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>7260</v>
+        <v>99</v>
       </c>
       <c r="H2" t="s">
-        <v>7261</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>7256</v>
+        <v>94</v>
       </c>
       <c r="B3" t="s">
-        <v>7262</v>
+        <v>101</v>
       </c>
       <c r="C3" t="s">
-        <v>7263</v>
+        <v>102</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>103</v>
       </c>
       <c r="E3" t="s">
-        <v>7264</v>
+        <v>104</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>7265</v>
+        <v>105</v>
       </c>
       <c r="H3" t="s">
-        <v>7266</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>7256</v>
+        <v>94</v>
       </c>
       <c r="B4" t="s">
-        <v>7267</v>
+        <v>107</v>
       </c>
       <c r="C4" t="s">
-        <v>7263</v>
+        <v>108</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>109</v>
       </c>
       <c r="E4" t="s">
-        <v>7268</v>
+        <v>110</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>7269</v>
+        <v>111</v>
       </c>
       <c r="H4" t="s">
-        <v>7270</v>
+        <v>112</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>7256</v>
+        <v>94</v>
       </c>
       <c r="B5" t="s">
-        <v>7271</v>
+        <v>113</v>
       </c>
       <c r="C5" t="s">
-        <v>7272</v>
+        <v>114</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>115</v>
       </c>
       <c r="E5" t="s">
-        <v>7273</v>
+        <v>116</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>7274</v>
+        <v>117</v>
       </c>
       <c r="H5" t="s">
-        <v>7275</v>
+        <v>118</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>7256</v>
+        <v>94</v>
       </c>
       <c r="B6" t="s">
-        <v>7276</v>
+        <v>119</v>
       </c>
       <c r="C6" t="s">
-        <v>7277</v>
+        <v>120</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>121</v>
       </c>
       <c r="E6" t="s">
-        <v>7278</v>
+        <v>122</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>7279</v>
+        <v>123</v>
       </c>
       <c r="H6" t="s">
-        <v>7280</v>
+        <v>124</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>7256</v>
+        <v>94</v>
       </c>
       <c r="B7" t="s">
-        <v>7281</v>
+        <v>125</v>
       </c>
       <c r="C7" t="s">
-        <v>7282</v>
+        <v>126</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="E7" t="s">
-        <v>7283</v>
+        <v>128</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>7284</v>
+        <v>129</v>
       </c>
       <c r="H7" t="s">
-        <v>7285</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>7256</v>
+        <v>94</v>
       </c>
       <c r="B8" t="s">
-        <v>7286</v>
+        <v>131</v>
       </c>
       <c r="C8" t="s">
-        <v>7287</v>
+        <v>132</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>133</v>
       </c>
       <c r="E8" t="s">
-        <v>7288</v>
+        <v>134</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>7289</v>
+        <v>135</v>
       </c>
       <c r="H8" t="s">
-        <v>7290</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>7256</v>
+        <v>94</v>
       </c>
       <c r="B9" t="s">
-        <v>7291</v>
+        <v>137</v>
       </c>
       <c r="C9" t="s">
-        <v>7292</v>
+        <v>138</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>139</v>
       </c>
       <c r="E9" t="s">
-        <v>7293</v>
+        <v>140</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>7294</v>
+        <v>141</v>
       </c>
       <c r="H9" t="s">
-        <v>7295</v>
+        <v>142</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>7256</v>
+        <v>94</v>
       </c>
       <c r="B10" t="s">
-        <v>7296</v>
+        <v>143</v>
       </c>
       <c r="C10" t="s">
-        <v>7297</v>
+        <v>144</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>145</v>
       </c>
       <c r="E10" t="s">
-        <v>3825</v>
+        <v>146</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>7298</v>
+        <v>147</v>
       </c>
       <c r="H10" t="s">
-        <v>7299</v>
-[...389 lines deleted...]
-        <v>7365</v>
+        <v>148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3514</v>
+        <v>149</v>
       </c>
       <c r="B2" t="s">
-        <v>3515</v>
+        <v>150</v>
       </c>
       <c r="C2" t="s">
-        <v>3516</v>
+        <v>151</v>
       </c>
       <c r="D2" t="s">
-        <v>3517</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>3518</v>
+        <v>152</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>3519</v>
+        <v>153</v>
       </c>
       <c r="H2" t="s">
-        <v>3520</v>
-[...25 lines deleted...]
-        <v>3526</v>
+        <v>154</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:CI122"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>155</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B2" t="s">
-        <v>3528</v>
+        <v>158</v>
       </c>
       <c r="C2" t="s">
-        <v>3529</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>3530</v>
+        <v>159</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>3531</v>
+        <v>160</v>
       </c>
       <c r="H2" t="s">
-        <v>3532</v>
+        <v>161</v>
+      </c>
+      <c r="I2" t="s">
+        <v>162</v>
+      </c>
+      <c r="J2" t="s">
+        <v>163</v>
+      </c>
+      <c r="K2" t="s">
+        <v>164</v>
+      </c>
+      <c r="L2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M2" t="s">
+        <v>166</v>
+      </c>
+      <c r="N2" t="s">
+        <v>167</v>
+      </c>
+      <c r="O2" t="s">
+        <v>168</v>
+      </c>
+      <c r="P2" t="s">
+        <v>169</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>170</v>
+      </c>
+      <c r="R2" t="s">
+        <v>171</v>
+      </c>
+      <c r="S2" t="s">
+        <v>172</v>
+      </c>
+      <c r="T2" t="s">
+        <v>173</v>
+      </c>
+      <c r="U2" t="s">
+        <v>174</v>
+      </c>
+      <c r="V2" t="s">
+        <v>175</v>
+      </c>
+      <c r="W2" t="s">
+        <v>176</v>
+      </c>
+      <c r="X2" t="s">
+        <v>177</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>178</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B3" t="s">
-        <v>3533</v>
+        <v>179</v>
       </c>
       <c r="C3" t="s">
-        <v>3534</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>3535</v>
+        <v>180</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>3536</v>
+        <v>181</v>
       </c>
       <c r="H3" t="s">
-        <v>3537</v>
+        <v>182</v>
+      </c>
+      <c r="I3" t="s">
+        <v>183</v>
+      </c>
+      <c r="J3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K3" t="s">
+        <v>185</v>
+      </c>
+      <c r="L3" t="s">
+        <v>186</v>
+      </c>
+      <c r="M3" t="s">
+        <v>187</v>
+      </c>
+      <c r="N3" t="s">
+        <v>188</v>
+      </c>
+      <c r="O3" t="s">
+        <v>189</v>
+      </c>
+      <c r="P3" t="s">
+        <v>190</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>191</v>
+      </c>
+      <c r="R3" t="s">
+        <v>192</v>
+      </c>
+      <c r="S3" t="s">
+        <v>193</v>
+      </c>
+      <c r="T3" t="s">
+        <v>194</v>
+      </c>
+      <c r="U3" t="s">
+        <v>195</v>
+      </c>
+      <c r="V3" t="s">
+        <v>196</v>
+      </c>
+      <c r="W3" t="s">
+        <v>197</v>
+      </c>
+      <c r="X3" t="s">
+        <v>198</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>199</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>200</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>201</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>202</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>203</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>204</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>205</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>206</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>207</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>208</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>209</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>210</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>211</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>212</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>213</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>214</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>215</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>216</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>217</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>218</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>219</v>
+      </c>
+      <c r="AT3" t="s">
+        <v>220</v>
+      </c>
+      <c r="AU3" t="s">
+        <v>221</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>222</v>
+      </c>
+      <c r="AW3" t="s">
+        <v>223</v>
+      </c>
+      <c r="AX3" t="s">
+        <v>224</v>
+      </c>
+      <c r="AY3" t="s">
+        <v>225</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>226</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>227</v>
+      </c>
+      <c r="BB3" t="s">
+        <v>228</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>229</v>
+      </c>
+      <c r="BD3" t="s">
+        <v>230</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>231</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>232</v>
+      </c>
+      <c r="BG3" t="s">
+        <v>233</v>
+      </c>
+      <c r="BH3" t="s">
+        <v>234</v>
+      </c>
+      <c r="BI3" t="s">
+        <v>235</v>
+      </c>
+      <c r="BJ3" t="s">
+        <v>236</v>
+      </c>
+      <c r="BK3" t="s">
+        <v>237</v>
+      </c>
+      <c r="BL3" t="s">
+        <v>208</v>
+      </c>
+      <c r="BM3" t="s">
+        <v>238</v>
+      </c>
+      <c r="BN3" t="s">
+        <v>239</v>
+      </c>
+      <c r="BO3" t="s">
+        <v>240</v>
+      </c>
+      <c r="BP3" t="s">
+        <v>241</v>
+      </c>
+      <c r="BQ3" t="s">
+        <v>242</v>
+      </c>
+      <c r="BR3" t="s">
+        <v>243</v>
+      </c>
+      <c r="BS3" t="s">
+        <v>244</v>
+      </c>
+      <c r="BT3" t="s">
+        <v>245</v>
+      </c>
+      <c r="BU3" t="s">
+        <v>246</v>
+      </c>
+      <c r="BV3" t="s">
+        <v>247</v>
+      </c>
+      <c r="BW3" t="s">
+        <v>248</v>
+      </c>
+      <c r="BX3" t="s">
+        <v>249</v>
+      </c>
+      <c r="BY3" t="s">
+        <v>250</v>
+      </c>
+      <c r="BZ3" t="s">
+        <v>250</v>
+      </c>
+      <c r="CA3" t="s">
+        <v>251</v>
+      </c>
+      <c r="CB3" t="s">
+        <v>252</v>
+      </c>
+      <c r="CC3" t="s">
+        <v>253</v>
+      </c>
+      <c r="CD3" t="s">
+        <v>254</v>
+      </c>
+      <c r="CE3" t="s">
+        <v>255</v>
+      </c>
+      <c r="CF3" t="s">
+        <v>256</v>
+      </c>
+      <c r="CG3" t="s">
+        <v>257</v>
+      </c>
+      <c r="CH3" t="s">
+        <v>258</v>
+      </c>
+      <c r="CI3" t="s">
+        <v>259</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B4" t="s">
-        <v>3538</v>
+        <v>260</v>
       </c>
       <c r="C4" t="s">
-        <v>3539</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>3540</v>
+        <v>261</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>3541</v>
+        <v>262</v>
       </c>
       <c r="H4" t="s">
-        <v>3542</v>
+        <v>263</v>
+      </c>
+      <c r="I4" t="s">
+        <v>264</v>
+      </c>
+      <c r="J4" t="s">
+        <v>265</v>
+      </c>
+      <c r="K4" t="s">
+        <v>266</v>
+      </c>
+      <c r="L4" t="s">
+        <v>267</v>
+      </c>
+      <c r="M4" t="s">
+        <v>268</v>
+      </c>
+      <c r="N4" t="s">
+        <v>269</v>
+      </c>
+      <c r="O4" t="s">
+        <v>270</v>
+      </c>
+      <c r="P4" t="s">
+        <v>271</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>272</v>
+      </c>
+      <c r="R4" t="s">
+        <v>273</v>
+      </c>
+      <c r="S4" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B5" t="s">
-        <v>3543</v>
+        <v>275</v>
       </c>
       <c r="C5" t="s">
-        <v>3544</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>3545</v>
+        <v>261</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>3546</v>
+        <v>276</v>
       </c>
       <c r="H5" t="s">
-        <v>3547</v>
+        <v>277</v>
+      </c>
+      <c r="I5" t="s">
+        <v>278</v>
+      </c>
+      <c r="J5" t="s">
+        <v>279</v>
+      </c>
+      <c r="K5" t="s">
+        <v>280</v>
+      </c>
+      <c r="L5" t="s">
+        <v>281</v>
+      </c>
+      <c r="M5" t="s">
+        <v>282</v>
+      </c>
+      <c r="N5" t="s">
+        <v>283</v>
+      </c>
+      <c r="O5" t="s">
+        <v>284</v>
+      </c>
+      <c r="P5" t="s">
+        <v>285</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>286</v>
+      </c>
+      <c r="R5" t="s">
+        <v>287</v>
+      </c>
+      <c r="S5" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B6" t="s">
-        <v>3548</v>
+        <v>288</v>
       </c>
       <c r="C6" t="s">
-        <v>3549</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>3550</v>
+        <v>261</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>3551</v>
+        <v>289</v>
       </c>
       <c r="H6" t="s">
-        <v>3552</v>
+        <v>290</v>
+      </c>
+      <c r="I6" t="s">
+        <v>291</v>
+      </c>
+      <c r="J6" t="s">
+        <v>292</v>
+      </c>
+      <c r="K6" t="s">
+        <v>293</v>
+      </c>
+      <c r="L6" t="s">
+        <v>294</v>
+      </c>
+      <c r="M6" t="s">
+        <v>295</v>
+      </c>
+      <c r="N6" t="s">
+        <v>296</v>
+      </c>
+      <c r="O6" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B7" t="s">
-        <v>3553</v>
+        <v>297</v>
       </c>
       <c r="C7" t="s">
-        <v>3554</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>3555</v>
+        <v>261</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>3556</v>
+        <v>298</v>
       </c>
       <c r="H7" t="s">
-        <v>3557</v>
+        <v>299</v>
+      </c>
+      <c r="I7" t="s">
+        <v>300</v>
+      </c>
+      <c r="J7" t="s">
+        <v>301</v>
+      </c>
+      <c r="K7" t="s">
+        <v>302</v>
+      </c>
+      <c r="L7" t="s">
+        <v>303</v>
+      </c>
+      <c r="M7" t="s">
+        <v>304</v>
+      </c>
+      <c r="N7" t="s">
+        <v>305</v>
+      </c>
+      <c r="O7" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B8" t="s">
-        <v>3558</v>
+        <v>306</v>
       </c>
       <c r="C8" t="s">
-        <v>3559</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>3560</v>
+        <v>307</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>3561</v>
+        <v>308</v>
       </c>
       <c r="H8" t="s">
-        <v>3562</v>
+        <v>309</v>
+      </c>
+      <c r="I8" t="s">
+        <v>310</v>
+      </c>
+      <c r="J8" t="s">
+        <v>311</v>
+      </c>
+      <c r="K8" t="s">
+        <v>312</v>
+      </c>
+      <c r="L8" t="s">
+        <v>313</v>
+      </c>
+      <c r="M8" t="s">
+        <v>314</v>
+      </c>
+      <c r="N8" t="s">
+        <v>315</v>
+      </c>
+      <c r="O8" t="s">
+        <v>316</v>
+      </c>
+      <c r="P8" t="s">
+        <v>317</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>318</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B9" t="s">
-        <v>3563</v>
+        <v>319</v>
       </c>
       <c r="C9" t="s">
-        <v>3564</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>3565</v>
+        <v>320</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>3566</v>
+        <v>321</v>
       </c>
       <c r="H9" t="s">
-        <v>3567</v>
+        <v>322</v>
+      </c>
+      <c r="I9" t="s">
+        <v>323</v>
+      </c>
+      <c r="J9" t="s">
+        <v>324</v>
+      </c>
+      <c r="K9" t="s">
+        <v>325</v>
+      </c>
+      <c r="L9" t="s">
+        <v>326</v>
+      </c>
+      <c r="M9" t="s">
+        <v>327</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B10" t="s">
-        <v>3568</v>
+        <v>328</v>
       </c>
       <c r="C10" t="s">
-        <v>3569</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>3570</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>3571</v>
+        <v>329</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>3572</v>
+        <v>330</v>
       </c>
       <c r="H10" t="s">
-        <v>3573</v>
+        <v>331</v>
+      </c>
+      <c r="I10" t="s">
+        <v>332</v>
+      </c>
+      <c r="J10" t="s">
+        <v>333</v>
+      </c>
+      <c r="K10" t="s">
+        <v>334</v>
+      </c>
+      <c r="L10" t="s">
+        <v>335</v>
+      </c>
+      <c r="M10" t="s">
+        <v>336</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B11" t="s">
-        <v>3574</v>
+        <v>337</v>
       </c>
       <c r="C11" t="s">
-        <v>3575</v>
+        <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>3576</v>
+        <v>338</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>3577</v>
+        <v>339</v>
       </c>
       <c r="H11" t="s">
-        <v>3578</v>
+        <v>340</v>
+      </c>
+      <c r="I11" t="s">
+        <v>341</v>
+      </c>
+      <c r="J11" t="s">
+        <v>279</v>
+      </c>
+      <c r="K11" t="s">
+        <v>342</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B12" t="s">
-        <v>3579</v>
+        <v>343</v>
       </c>
       <c r="C12" t="s">
-        <v>3580</v>
+        <v>15</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>3581</v>
+        <v>344</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>3582</v>
+        <v>345</v>
       </c>
       <c r="H12" t="s">
-        <v>3583</v>
+        <v>346</v>
+      </c>
+      <c r="I12" t="s">
+        <v>347</v>
+      </c>
+      <c r="J12" t="s">
+        <v>348</v>
+      </c>
+      <c r="K12" t="s">
+        <v>349</v>
+      </c>
+      <c r="L12" t="s">
+        <v>350</v>
+      </c>
+      <c r="M12" t="s">
+        <v>351</v>
+      </c>
+      <c r="N12" t="s">
+        <v>352</v>
+      </c>
+      <c r="O12" t="s">
+        <v>353</v>
+      </c>
+      <c r="P12" t="s">
+        <v>354</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>355</v>
+      </c>
+      <c r="R12" t="s">
+        <v>356</v>
+      </c>
+      <c r="S12" t="s">
+        <v>357</v>
+      </c>
+      <c r="T12" t="s">
+        <v>358</v>
+      </c>
+      <c r="U12" t="s">
+        <v>359</v>
+      </c>
+      <c r="V12" t="s">
+        <v>360</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B13" t="s">
-        <v>3584</v>
+        <v>361</v>
       </c>
       <c r="C13" t="s">
-        <v>3585</v>
+        <v>15</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>3581</v>
+        <v>362</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>3586</v>
+        <v>363</v>
       </c>
       <c r="H13" t="s">
-        <v>3587</v>
+        <v>364</v>
+      </c>
+      <c r="I13" t="s">
+        <v>365</v>
+      </c>
+      <c r="J13" t="s">
+        <v>366</v>
+      </c>
+      <c r="K13" t="s">
+        <v>367</v>
+      </c>
+      <c r="L13" t="s">
+        <v>368</v>
+      </c>
+      <c r="M13" t="s">
+        <v>369</v>
+      </c>
+      <c r="N13" t="s">
+        <v>370</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B14" t="s">
-        <v>3588</v>
+        <v>371</v>
       </c>
       <c r="C14" t="s">
-        <v>3589</v>
+        <v>15</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>3590</v>
+        <v>372</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>3591</v>
+        <v>373</v>
       </c>
       <c r="H14" t="s">
-        <v>3592</v>
+        <v>374</v>
+      </c>
+      <c r="I14" t="s">
+        <v>375</v>
+      </c>
+      <c r="J14" t="s">
+        <v>376</v>
+      </c>
+      <c r="K14" t="s">
+        <v>377</v>
+      </c>
+      <c r="L14" t="s">
+        <v>378</v>
+      </c>
+      <c r="M14" t="s">
+        <v>379</v>
+      </c>
+      <c r="N14" t="s">
+        <v>380</v>
+      </c>
+      <c r="O14" t="s">
+        <v>381</v>
+      </c>
+      <c r="P14" t="s">
+        <v>382</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>383</v>
+      </c>
+      <c r="R14" t="s">
+        <v>384</v>
+      </c>
+      <c r="S14" t="s">
+        <v>385</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B15" t="s">
-        <v>3593</v>
+        <v>386</v>
       </c>
       <c r="C15" t="s">
-        <v>3594</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>3595</v>
+        <v>387</v>
       </c>
       <c r="F15" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>3596</v>
+        <v>388</v>
       </c>
       <c r="H15" t="s">
-        <v>3597</v>
+        <v>389</v>
+      </c>
+      <c r="I15" t="s">
+        <v>390</v>
+      </c>
+      <c r="J15" t="s">
+        <v>391</v>
+      </c>
+      <c r="K15" t="s">
+        <v>392</v>
+      </c>
+      <c r="L15" t="s">
+        <v>393</v>
+      </c>
+      <c r="M15" t="s">
+        <v>394</v>
+      </c>
+      <c r="N15" t="s">
+        <v>395</v>
+      </c>
+      <c r="O15" t="s">
+        <v>396</v>
+      </c>
+      <c r="P15" t="s">
+        <v>397</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>398</v>
+      </c>
+      <c r="R15" t="s">
+        <v>399</v>
+      </c>
+      <c r="S15" t="s">
+        <v>400</v>
+      </c>
+      <c r="T15" t="s">
+        <v>401</v>
+      </c>
+      <c r="U15" t="s">
+        <v>402</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B16" t="s">
-        <v>3598</v>
+        <v>403</v>
       </c>
       <c r="C16" t="s">
-        <v>3599</v>
+        <v>15</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>3600</v>
+        <v>404</v>
       </c>
       <c r="F16" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>3601</v>
+        <v>405</v>
       </c>
       <c r="H16" t="s">
-        <v>3602</v>
+        <v>406</v>
+      </c>
+      <c r="I16" t="s">
+        <v>407</v>
+      </c>
+      <c r="J16" t="s">
+        <v>408</v>
+      </c>
+      <c r="K16" t="s">
+        <v>409</v>
+      </c>
+      <c r="L16" t="s">
+        <v>410</v>
+      </c>
+      <c r="M16" t="s">
+        <v>411</v>
+      </c>
+      <c r="N16" t="s">
+        <v>412</v>
+      </c>
+      <c r="O16" t="s">
+        <v>413</v>
+      </c>
+      <c r="P16" t="s">
+        <v>414</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>415</v>
+      </c>
+      <c r="R16" t="s">
+        <v>416</v>
+      </c>
+      <c r="S16" t="s">
+        <v>417</v>
+      </c>
+      <c r="T16" t="s">
+        <v>418</v>
+      </c>
+      <c r="U16" t="s">
+        <v>419</v>
+      </c>
+      <c r="V16" t="s">
+        <v>420</v>
+      </c>
+      <c r="W16" t="s">
+        <v>421</v>
+      </c>
+      <c r="X16" t="s">
+        <v>422</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>423</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>424</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>425</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>426</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>427</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>428</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B17" t="s">
-        <v>3603</v>
+        <v>429</v>
       </c>
       <c r="C17" t="s">
-        <v>3604</v>
+        <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>3605</v>
+        <v>430</v>
       </c>
       <c r="F17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>3606</v>
+        <v>431</v>
       </c>
       <c r="H17" t="s">
-        <v>3607</v>
+        <v>432</v>
+      </c>
+      <c r="I17" t="s">
+        <v>433</v>
+      </c>
+      <c r="J17" t="s">
+        <v>434</v>
+      </c>
+      <c r="K17" t="s">
+        <v>435</v>
+      </c>
+      <c r="L17" t="s">
+        <v>436</v>
+      </c>
+      <c r="M17" t="s">
+        <v>437</v>
+      </c>
+      <c r="N17" t="s">
+        <v>438</v>
+      </c>
+      <c r="O17" t="s">
+        <v>439</v>
+      </c>
+      <c r="P17" t="s">
+        <v>440</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>441</v>
+      </c>
+      <c r="R17" t="s">
+        <v>442</v>
+      </c>
+      <c r="S17" t="s">
+        <v>443</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B18" t="s">
-        <v>3608</v>
+        <v>444</v>
       </c>
       <c r="C18" t="s">
-        <v>3609</v>
+        <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>3605</v>
+        <v>445</v>
       </c>
       <c r="F18" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>3610</v>
+        <v>446</v>
       </c>
       <c r="H18" t="s">
-        <v>3611</v>
+        <v>447</v>
+      </c>
+      <c r="I18" t="s">
+        <v>448</v>
+      </c>
+      <c r="J18" t="s">
+        <v>449</v>
+      </c>
+      <c r="K18" t="s">
+        <v>450</v>
+      </c>
+      <c r="L18" t="s">
+        <v>451</v>
+      </c>
+      <c r="M18" t="s">
+        <v>452</v>
+      </c>
+      <c r="N18" t="s">
+        <v>453</v>
+      </c>
+      <c r="O18" t="s">
+        <v>454</v>
+      </c>
+      <c r="P18" t="s">
+        <v>455</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>456</v>
+      </c>
+      <c r="R18" t="s">
+        <v>457</v>
+      </c>
+      <c r="S18" t="s">
+        <v>458</v>
+      </c>
+      <c r="T18" t="s">
+        <v>459</v>
+      </c>
+      <c r="U18" t="s">
+        <v>460</v>
+      </c>
+      <c r="V18" t="s">
+        <v>461</v>
+      </c>
+      <c r="W18" t="s">
+        <v>462</v>
+      </c>
+      <c r="X18" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B19" t="s">
-        <v>3612</v>
+        <v>464</v>
       </c>
       <c r="C19" t="s">
-        <v>3613</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>3605</v>
+        <v>465</v>
       </c>
       <c r="F19" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>3614</v>
+        <v>466</v>
       </c>
       <c r="H19" t="s">
-        <v>3615</v>
+        <v>467</v>
+      </c>
+      <c r="I19" t="s">
+        <v>468</v>
+      </c>
+      <c r="J19" t="s">
+        <v>469</v>
+      </c>
+      <c r="K19" t="s">
+        <v>470</v>
+      </c>
+      <c r="L19" t="s">
+        <v>471</v>
+      </c>
+      <c r="M19" t="s">
+        <v>472</v>
+      </c>
+      <c r="N19" t="s">
+        <v>473</v>
+      </c>
+      <c r="O19" t="s">
+        <v>474</v>
+      </c>
+      <c r="P19" t="s">
+        <v>475</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>476</v>
+      </c>
+      <c r="R19" t="s">
+        <v>477</v>
+      </c>
+      <c r="S19" t="s">
+        <v>478</v>
+      </c>
+      <c r="T19" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B20" t="s">
-        <v>3616</v>
+        <v>480</v>
       </c>
       <c r="C20" t="s">
-        <v>3617</v>
+        <v>15</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>3605</v>
+        <v>481</v>
       </c>
       <c r="F20" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>3618</v>
+        <v>482</v>
       </c>
       <c r="H20" t="s">
-        <v>3619</v>
+        <v>483</v>
+      </c>
+      <c r="I20" t="s">
+        <v>484</v>
+      </c>
+      <c r="J20" t="s">
+        <v>163</v>
+      </c>
+      <c r="K20" t="s">
+        <v>485</v>
+      </c>
+      <c r="L20" t="s">
+        <v>486</v>
+      </c>
+      <c r="M20" t="s">
+        <v>487</v>
+      </c>
+      <c r="N20" t="s">
+        <v>488</v>
+      </c>
+      <c r="O20" t="s">
+        <v>489</v>
+      </c>
+      <c r="P20" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>491</v>
+      </c>
+      <c r="R20" t="s">
+        <v>492</v>
+      </c>
+      <c r="S20" t="s">
+        <v>493</v>
+      </c>
+      <c r="T20" t="s">
+        <v>494</v>
+      </c>
+      <c r="U20" t="s">
+        <v>495</v>
+      </c>
+      <c r="V20" t="s">
+        <v>496</v>
+      </c>
+      <c r="W20" t="s">
+        <v>497</v>
+      </c>
+      <c r="X20" t="s">
+        <v>498</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>499</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>500</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>501</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>502</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>503</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>504</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>505</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>506</v>
+      </c>
+      <c r="AG20" t="s">
+        <v>507</v>
+      </c>
+      <c r="AH20" t="s">
+        <v>508</v>
+      </c>
+      <c r="AI20" t="s">
+        <v>509</v>
+      </c>
+      <c r="AJ20" t="s">
+        <v>510</v>
+      </c>
+      <c r="AK20" t="s">
+        <v>511</v>
+      </c>
+      <c r="AL20" t="s">
+        <v>512</v>
+      </c>
+      <c r="AM20" t="s">
+        <v>513</v>
+      </c>
+      <c r="AN20" t="s">
+        <v>514</v>
+      </c>
+      <c r="AO20" t="s">
+        <v>515</v>
+      </c>
+      <c r="AP20" t="s">
+        <v>516</v>
+      </c>
+      <c r="AQ20" t="s">
+        <v>517</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B21" t="s">
-        <v>3620</v>
+        <v>518</v>
       </c>
       <c r="C21" t="s">
-        <v>3621</v>
+        <v>15</v>
       </c>
       <c r="D21" t="s">
-        <v>3622</v>
+        <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>3623</v>
+        <v>519</v>
       </c>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>3624</v>
+        <v>520</v>
       </c>
       <c r="H21" t="s">
-        <v>3625</v>
+        <v>521</v>
+      </c>
+      <c r="I21" t="s">
+        <v>522</v>
+      </c>
+      <c r="J21" t="s">
+        <v>523</v>
+      </c>
+      <c r="K21" t="s">
+        <v>524</v>
+      </c>
+      <c r="L21" t="s">
+        <v>525</v>
+      </c>
+      <c r="M21" t="s">
+        <v>526</v>
+      </c>
+      <c r="N21" t="s">
+        <v>527</v>
+      </c>
+      <c r="O21" t="s">
+        <v>528</v>
+      </c>
+      <c r="P21" t="s">
+        <v>529</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B22" t="s">
-        <v>3626</v>
+        <v>531</v>
       </c>
       <c r="C22" t="s">
-        <v>3621</v>
+        <v>15</v>
       </c>
       <c r="D22" t="s">
-        <v>3622</v>
+        <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>3627</v>
+        <v>532</v>
       </c>
       <c r="F22" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>3628</v>
+        <v>533</v>
       </c>
       <c r="H22" t="s">
-        <v>3629</v>
+        <v>534</v>
+      </c>
+      <c r="I22" t="s">
+        <v>535</v>
+      </c>
+      <c r="J22" t="s">
+        <v>536</v>
+      </c>
+      <c r="K22" t="s">
+        <v>537</v>
+      </c>
+      <c r="L22" t="s">
+        <v>538</v>
+      </c>
+      <c r="M22" t="s">
+        <v>539</v>
+      </c>
+      <c r="N22" t="s">
+        <v>540</v>
+      </c>
+      <c r="O22" t="s">
+        <v>541</v>
+      </c>
+      <c r="P22" t="s">
+        <v>542</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>543</v>
+      </c>
+      <c r="R22" t="s">
+        <v>544</v>
+      </c>
+      <c r="S22" t="s">
+        <v>545</v>
+      </c>
+      <c r="T22" t="s">
+        <v>546</v>
+      </c>
+      <c r="U22" t="s">
+        <v>547</v>
+      </c>
+      <c r="V22" t="s">
+        <v>548</v>
+      </c>
+      <c r="W22" t="s">
+        <v>549</v>
+      </c>
+      <c r="X22" t="s">
+        <v>550</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>551</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>552</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>553</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>554</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>555</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>556</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B23" t="s">
-        <v>3630</v>
+        <v>557</v>
       </c>
       <c r="C23" t="s">
-        <v>3631</v>
+        <v>15</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>3632</v>
+        <v>558</v>
       </c>
       <c r="F23" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>3633</v>
+        <v>559</v>
       </c>
       <c r="H23" t="s">
-        <v>3634</v>
+        <v>560</v>
+      </c>
+      <c r="I23" t="s">
+        <v>561</v>
+      </c>
+      <c r="J23" t="s">
+        <v>562</v>
+      </c>
+      <c r="K23" t="s">
+        <v>563</v>
+      </c>
+      <c r="L23" t="s">
+        <v>564</v>
+      </c>
+      <c r="M23" t="s">
+        <v>565</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B24" t="s">
-        <v>3635</v>
+        <v>566</v>
       </c>
       <c r="C24" t="s">
-        <v>3636</v>
+        <v>15</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" t="s">
-        <v>3637</v>
+        <v>567</v>
       </c>
       <c r="F24" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>3638</v>
+        <v>568</v>
       </c>
       <c r="H24" t="s">
-        <v>3639</v>
+        <v>569</v>
+      </c>
+      <c r="I24" t="s">
+        <v>570</v>
+      </c>
+      <c r="J24" t="s">
+        <v>571</v>
+      </c>
+      <c r="K24" t="s">
+        <v>572</v>
+      </c>
+      <c r="L24" t="s">
+        <v>573</v>
+      </c>
+      <c r="M24" t="s">
+        <v>574</v>
+      </c>
+      <c r="N24" t="s">
+        <v>575</v>
+      </c>
+      <c r="O24" t="s">
+        <v>576</v>
+      </c>
+      <c r="P24" t="s">
+        <v>577</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>578</v>
+      </c>
+      <c r="R24" t="s">
+        <v>579</v>
+      </c>
+      <c r="S24" t="s">
+        <v>580</v>
+      </c>
+      <c r="T24" t="s">
+        <v>581</v>
+      </c>
+      <c r="U24" t="s">
+        <v>582</v>
+      </c>
+      <c r="V24" t="s">
+        <v>583</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B25" t="s">
-        <v>3640</v>
+        <v>584</v>
       </c>
       <c r="C25" t="s">
-        <v>3641</v>
+        <v>15</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" t="s">
-        <v>3642</v>
+        <v>585</v>
       </c>
       <c r="F25" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>3643</v>
+        <v>586</v>
       </c>
       <c r="H25" t="s">
-        <v>3644</v>
+        <v>587</v>
+      </c>
+      <c r="I25" t="s">
+        <v>588</v>
+      </c>
+      <c r="J25" t="s">
+        <v>589</v>
+      </c>
+      <c r="K25" t="s">
+        <v>590</v>
+      </c>
+      <c r="L25" t="s">
+        <v>591</v>
+      </c>
+      <c r="M25" t="s">
+        <v>592</v>
+      </c>
+      <c r="N25" t="s">
+        <v>593</v>
+      </c>
+      <c r="O25" t="s">
+        <v>594</v>
+      </c>
+      <c r="P25" t="s">
+        <v>595</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>596</v>
+      </c>
+      <c r="R25" t="s">
+        <v>597</v>
+      </c>
+      <c r="S25" t="s">
+        <v>598</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B26" t="s">
-        <v>3645</v>
+        <v>599</v>
       </c>
       <c r="C26" t="s">
-        <v>3646</v>
+        <v>15</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" t="s">
-        <v>3647</v>
+        <v>600</v>
       </c>
       <c r="F26" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>3648</v>
+        <v>601</v>
       </c>
       <c r="H26" t="s">
-        <v>3649</v>
+        <v>602</v>
+      </c>
+      <c r="I26" t="s">
+        <v>603</v>
+      </c>
+      <c r="J26" t="s">
+        <v>391</v>
+      </c>
+      <c r="K26" t="s">
+        <v>604</v>
+      </c>
+      <c r="L26" t="s">
+        <v>605</v>
+      </c>
+      <c r="M26" t="s">
+        <v>606</v>
+      </c>
+      <c r="N26" t="s">
+        <v>607</v>
+      </c>
+      <c r="O26" t="s">
+        <v>607</v>
+      </c>
+      <c r="P26" t="s">
+        <v>608</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>609</v>
+      </c>
+      <c r="R26" t="s">
+        <v>610</v>
+      </c>
+      <c r="S26" t="s">
+        <v>611</v>
+      </c>
+      <c r="T26" t="s">
+        <v>612</v>
+      </c>
+      <c r="U26" t="s">
+        <v>613</v>
+      </c>
+      <c r="V26" t="s">
+        <v>614</v>
+      </c>
+      <c r="W26" t="s">
+        <v>615</v>
+      </c>
+      <c r="X26" t="s">
+        <v>616</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>617</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>618</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>619</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>620</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>621</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B27" t="s">
-        <v>3650</v>
+        <v>622</v>
       </c>
       <c r="C27" t="s">
-        <v>3651</v>
+        <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" t="s">
-        <v>3652</v>
+        <v>623</v>
       </c>
       <c r="F27" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>3653</v>
+        <v>624</v>
       </c>
       <c r="H27" t="s">
-        <v>3654</v>
+        <v>625</v>
+      </c>
+      <c r="I27" t="s">
+        <v>183</v>
+      </c>
+      <c r="J27" t="s">
+        <v>626</v>
+      </c>
+      <c r="K27" t="s">
+        <v>627</v>
+      </c>
+      <c r="L27" t="s">
+        <v>628</v>
+      </c>
+      <c r="M27" t="s">
+        <v>629</v>
+      </c>
+      <c r="N27" t="s">
+        <v>630</v>
+      </c>
+      <c r="O27" t="s">
+        <v>631</v>
+      </c>
+      <c r="P27" t="s">
+        <v>632</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>633</v>
+      </c>
+      <c r="R27" t="s">
+        <v>634</v>
+      </c>
+      <c r="S27" t="s">
+        <v>635</v>
+      </c>
+      <c r="T27" t="s">
+        <v>636</v>
+      </c>
+      <c r="U27" t="s">
+        <v>637</v>
+      </c>
+      <c r="V27" t="s">
+        <v>638</v>
+      </c>
+      <c r="W27" t="s">
+        <v>639</v>
+      </c>
+      <c r="X27" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B28" t="s">
-        <v>3655</v>
+        <v>641</v>
       </c>
       <c r="C28" t="s">
-        <v>3656</v>
+        <v>15</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" t="s">
-        <v>3657</v>
+        <v>642</v>
       </c>
       <c r="F28" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G28" t="s">
-        <v>3658</v>
+        <v>643</v>
       </c>
       <c r="H28" t="s">
-        <v>3659</v>
+        <v>644</v>
+      </c>
+      <c r="I28" t="s">
+        <v>645</v>
+      </c>
+      <c r="J28" t="s">
+        <v>646</v>
+      </c>
+      <c r="K28" t="s">
+        <v>647</v>
+      </c>
+      <c r="L28" t="s">
+        <v>648</v>
+      </c>
+      <c r="M28" t="s">
+        <v>649</v>
+      </c>
+      <c r="N28" t="s">
+        <v>650</v>
+      </c>
+      <c r="O28" t="s">
+        <v>651</v>
+      </c>
+      <c r="P28" t="s">
+        <v>652</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>653</v>
+      </c>
+      <c r="R28" t="s">
+        <v>654</v>
+      </c>
+      <c r="S28" t="s">
+        <v>655</v>
+      </c>
+      <c r="T28" t="s">
+        <v>656</v>
+      </c>
+      <c r="U28" t="s">
+        <v>657</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>3660</v>
+        <v>658</v>
       </c>
       <c r="C29" t="s">
-        <v>3661</v>
+        <v>15</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" t="s">
-        <v>3657</v>
+        <v>659</v>
       </c>
       <c r="F29" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G29" t="s">
-        <v>3662</v>
+        <v>660</v>
       </c>
       <c r="H29" t="s">
-        <v>3663</v>
+        <v>661</v>
+      </c>
+      <c r="I29" t="s">
+        <v>662</v>
+      </c>
+      <c r="J29" t="s">
+        <v>663</v>
+      </c>
+      <c r="K29" t="s">
+        <v>664</v>
+      </c>
+      <c r="L29" t="s">
+        <v>665</v>
+      </c>
+      <c r="M29" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B30" t="s">
-        <v>3664</v>
+        <v>667</v>
       </c>
       <c r="C30" t="s">
-        <v>3665</v>
+        <v>15</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" t="s">
-        <v>3666</v>
+        <v>668</v>
       </c>
       <c r="F30" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G30" t="s">
-        <v>3667</v>
+        <v>669</v>
       </c>
       <c r="H30" t="s">
-        <v>3668</v>
+        <v>670</v>
+      </c>
+      <c r="I30" t="s">
+        <v>671</v>
+      </c>
+      <c r="J30" t="s">
+        <v>672</v>
+      </c>
+      <c r="K30" t="s">
+        <v>673</v>
+      </c>
+      <c r="L30" t="s">
+        <v>674</v>
+      </c>
+      <c r="M30" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B31" t="s">
-        <v>3669</v>
+        <v>676</v>
       </c>
       <c r="C31" t="s">
-        <v>3670</v>
+        <v>15</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>3666</v>
+        <v>677</v>
       </c>
       <c r="F31" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>3671</v>
+        <v>678</v>
       </c>
       <c r="H31" t="s">
-        <v>3672</v>
+        <v>679</v>
+      </c>
+      <c r="I31" t="s">
+        <v>680</v>
+      </c>
+      <c r="J31" t="s">
+        <v>536</v>
+      </c>
+      <c r="K31" t="s">
+        <v>681</v>
+      </c>
+      <c r="L31" t="s">
+        <v>682</v>
+      </c>
+      <c r="M31" t="s">
+        <v>683</v>
+      </c>
+      <c r="N31" t="s">
+        <v>684</v>
+      </c>
+      <c r="O31" t="s">
+        <v>685</v>
+      </c>
+      <c r="P31" t="s">
+        <v>686</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>687</v>
+      </c>
+      <c r="R31" t="s">
+        <v>688</v>
+      </c>
+      <c r="S31" t="s">
+        <v>689</v>
+      </c>
+      <c r="T31" t="s">
+        <v>690</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B32" t="s">
-        <v>3673</v>
+        <v>691</v>
       </c>
       <c r="C32" t="s">
-        <v>3674</v>
+        <v>15</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" t="s">
-        <v>3675</v>
+        <v>692</v>
       </c>
       <c r="F32" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G32" t="s">
-        <v>3676</v>
+        <v>693</v>
       </c>
       <c r="H32" t="s">
-        <v>3677</v>
+        <v>694</v>
+      </c>
+      <c r="I32" t="s">
+        <v>680</v>
+      </c>
+      <c r="J32" t="s">
+        <v>523</v>
+      </c>
+      <c r="K32" t="s">
+        <v>695</v>
+      </c>
+      <c r="L32" t="s">
+        <v>696</v>
+      </c>
+      <c r="M32" t="s">
+        <v>697</v>
+      </c>
+      <c r="N32" t="s">
+        <v>698</v>
+      </c>
+      <c r="O32" t="s">
+        <v>699</v>
+      </c>
+      <c r="P32" t="s">
+        <v>700</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>701</v>
+      </c>
+      <c r="R32" t="s">
+        <v>702</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B33" t="s">
-        <v>3678</v>
+        <v>703</v>
       </c>
       <c r="C33" t="s">
-        <v>3679</v>
+        <v>15</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" t="s">
-        <v>3675</v>
+        <v>704</v>
       </c>
       <c r="F33" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G33" t="s">
-        <v>3680</v>
+        <v>705</v>
       </c>
       <c r="H33" t="s">
-        <v>3681</v>
+        <v>706</v>
+      </c>
+      <c r="I33" t="s">
+        <v>707</v>
+      </c>
+      <c r="J33" t="s">
+        <v>265</v>
+      </c>
+      <c r="K33" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B34" t="s">
-        <v>3682</v>
+        <v>709</v>
       </c>
       <c r="C34" t="s">
-        <v>3683</v>
+        <v>15</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" t="s">
-        <v>3684</v>
+        <v>710</v>
       </c>
       <c r="F34" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G34" t="s">
-        <v>3685</v>
+        <v>711</v>
       </c>
       <c r="H34" t="s">
-        <v>3686</v>
+        <v>712</v>
+      </c>
+      <c r="I34" t="s">
+        <v>713</v>
+      </c>
+      <c r="J34" t="s">
+        <v>163</v>
+      </c>
+      <c r="K34" t="s">
+        <v>714</v>
+      </c>
+      <c r="L34" t="s">
+        <v>715</v>
+      </c>
+      <c r="M34" t="s">
+        <v>716</v>
+      </c>
+      <c r="N34" t="s">
+        <v>717</v>
+      </c>
+      <c r="O34" t="s">
+        <v>718</v>
+      </c>
+      <c r="P34" t="s">
+        <v>719</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>720</v>
+      </c>
+      <c r="R34" t="s">
+        <v>721</v>
+      </c>
+      <c r="S34" t="s">
+        <v>722</v>
+      </c>
+      <c r="T34" t="s">
+        <v>723</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B35" t="s">
-        <v>3687</v>
+        <v>724</v>
       </c>
       <c r="C35" t="s">
-        <v>3688</v>
+        <v>15</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" t="s">
-        <v>3689</v>
+        <v>725</v>
       </c>
       <c r="F35" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>3690</v>
+        <v>726</v>
       </c>
       <c r="H35" t="s">
-        <v>3691</v>
+        <v>727</v>
+      </c>
+      <c r="I35" t="s">
+        <v>728</v>
+      </c>
+      <c r="J35" t="s">
+        <v>536</v>
+      </c>
+      <c r="K35" t="s">
+        <v>729</v>
+      </c>
+      <c r="L35" t="s">
+        <v>730</v>
+      </c>
+      <c r="M35" t="s">
+        <v>731</v>
+      </c>
+      <c r="N35" t="s">
+        <v>732</v>
+      </c>
+      <c r="O35" t="s">
+        <v>733</v>
+      </c>
+      <c r="P35" t="s">
+        <v>734</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>735</v>
+      </c>
+      <c r="R35" t="s">
+        <v>734</v>
+      </c>
+      <c r="S35" t="s">
+        <v>736</v>
+      </c>
+      <c r="T35" t="s">
+        <v>737</v>
+      </c>
+      <c r="U35" t="s">
+        <v>738</v>
+      </c>
+      <c r="V35" t="s">
+        <v>739</v>
+      </c>
+      <c r="W35" t="s">
+        <v>740</v>
+      </c>
+      <c r="X35" t="s">
+        <v>741</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B36" t="s">
-        <v>3692</v>
+        <v>742</v>
       </c>
       <c r="C36" t="s">
-        <v>3693</v>
+        <v>15</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" t="s">
-        <v>3689</v>
+        <v>743</v>
       </c>
       <c r="F36" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>3694</v>
+        <v>744</v>
       </c>
       <c r="H36" t="s">
-        <v>3695</v>
+        <v>745</v>
+      </c>
+      <c r="I36" t="s">
+        <v>746</v>
+      </c>
+      <c r="J36" t="s">
+        <v>523</v>
+      </c>
+      <c r="K36" t="s">
+        <v>747</v>
+      </c>
+      <c r="L36" t="s">
+        <v>748</v>
+      </c>
+      <c r="M36" t="s">
+        <v>749</v>
+      </c>
+      <c r="N36" t="s">
+        <v>750</v>
+      </c>
+      <c r="O36" t="s">
+        <v>751</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B37" t="s">
-        <v>3696</v>
+        <v>752</v>
       </c>
       <c r="C37" t="s">
-        <v>3697</v>
+        <v>15</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" t="s">
-        <v>3698</v>
+        <v>753</v>
       </c>
       <c r="F37" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G37" t="s">
-        <v>3699</v>
+        <v>754</v>
       </c>
       <c r="H37" t="s">
-        <v>3700</v>
+        <v>755</v>
+      </c>
+      <c r="I37" t="s">
+        <v>756</v>
+      </c>
+      <c r="J37" t="s">
+        <v>757</v>
+      </c>
+      <c r="K37" t="s">
+        <v>758</v>
+      </c>
+      <c r="L37" t="s">
+        <v>759</v>
+      </c>
+      <c r="M37" t="s">
+        <v>760</v>
+      </c>
+      <c r="N37" t="s">
+        <v>761</v>
+      </c>
+      <c r="O37" t="s">
+        <v>762</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B38" t="s">
-        <v>3701</v>
+        <v>763</v>
       </c>
       <c r="C38" t="s">
-        <v>3702</v>
+        <v>15</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" t="s">
-        <v>3703</v>
+        <v>764</v>
       </c>
       <c r="F38" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G38" t="s">
-        <v>3704</v>
+        <v>765</v>
       </c>
       <c r="H38" t="s">
-        <v>3705</v>
+        <v>766</v>
+      </c>
+      <c r="I38" t="s">
+        <v>767</v>
+      </c>
+      <c r="J38" t="s">
+        <v>768</v>
+      </c>
+      <c r="K38" t="s">
+        <v>769</v>
+      </c>
+      <c r="L38" t="s">
+        <v>770</v>
+      </c>
+      <c r="M38" t="s">
+        <v>771</v>
+      </c>
+      <c r="N38" t="s">
+        <v>772</v>
+      </c>
+      <c r="O38" t="s">
+        <v>773</v>
+      </c>
+      <c r="P38" t="s">
+        <v>774</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>775</v>
+      </c>
+      <c r="R38" t="s">
+        <v>776</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B39" t="s">
-        <v>3706</v>
+        <v>777</v>
       </c>
       <c r="C39" t="s">
-        <v>3707</v>
+        <v>15</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" t="s">
-        <v>3708</v>
+        <v>778</v>
       </c>
       <c r="F39" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G39" t="s">
-        <v>3709</v>
+        <v>779</v>
       </c>
       <c r="H39" t="s">
-        <v>3710</v>
+        <v>780</v>
+      </c>
+      <c r="I39" t="s">
+        <v>680</v>
+      </c>
+      <c r="J39" t="s">
+        <v>781</v>
+      </c>
+      <c r="K39" t="s">
+        <v>782</v>
+      </c>
+      <c r="L39" t="s">
+        <v>783</v>
+      </c>
+      <c r="M39" t="s">
+        <v>784</v>
+      </c>
+      <c r="N39" t="s">
+        <v>785</v>
+      </c>
+      <c r="O39" t="s">
+        <v>786</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
-        <v>3711</v>
+        <v>787</v>
       </c>
       <c r="C40" t="s">
-        <v>3712</v>
+        <v>15</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" t="s">
-        <v>3713</v>
+        <v>788</v>
       </c>
       <c r="F40" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>3714</v>
+        <v>789</v>
       </c>
       <c r="H40" t="s">
-        <v>3715</v>
+        <v>790</v>
+      </c>
+      <c r="I40" t="s">
+        <v>791</v>
+      </c>
+      <c r="J40" t="s">
+        <v>646</v>
+      </c>
+      <c r="K40" t="s">
+        <v>792</v>
+      </c>
+      <c r="L40" t="s">
+        <v>793</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B41" t="s">
-        <v>3716</v>
+        <v>794</v>
       </c>
       <c r="C41" t="s">
-        <v>3717</v>
+        <v>15</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" t="s">
-        <v>3718</v>
+        <v>795</v>
       </c>
       <c r="F41" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G41" t="s">
-        <v>3719</v>
+        <v>796</v>
       </c>
       <c r="H41" t="s">
-        <v>3720</v>
+        <v>797</v>
+      </c>
+      <c r="I41" t="s">
+        <v>798</v>
+      </c>
+      <c r="J41" t="s">
+        <v>799</v>
+      </c>
+      <c r="K41" t="s">
+        <v>800</v>
+      </c>
+      <c r="L41" t="s">
+        <v>801</v>
+      </c>
+      <c r="M41" t="s">
+        <v>802</v>
+      </c>
+      <c r="N41" t="s">
+        <v>803</v>
+      </c>
+      <c r="O41" t="s">
+        <v>804</v>
+      </c>
+      <c r="P41" t="s">
+        <v>805</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B42" t="s">
-        <v>3721</v>
+        <v>806</v>
       </c>
       <c r="C42" t="s">
-        <v>3722</v>
+        <v>15</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" t="s">
-        <v>3723</v>
+        <v>807</v>
       </c>
       <c r="F42" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G42" t="s">
-        <v>3724</v>
+        <v>808</v>
       </c>
       <c r="H42" t="s">
-        <v>3725</v>
+        <v>809</v>
+      </c>
+      <c r="I42" t="s">
+        <v>810</v>
+      </c>
+      <c r="J42" t="s">
+        <v>811</v>
+      </c>
+      <c r="K42" t="s">
+        <v>812</v>
+      </c>
+      <c r="L42" t="s">
+        <v>813</v>
+      </c>
+      <c r="M42" t="s">
+        <v>814</v>
+      </c>
+      <c r="N42" t="s">
+        <v>815</v>
+      </c>
+      <c r="O42" t="s">
+        <v>816</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B43" t="s">
-        <v>3726</v>
+        <v>817</v>
       </c>
       <c r="C43" t="s">
-        <v>3727</v>
+        <v>15</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" t="s">
-        <v>3728</v>
+        <v>818</v>
       </c>
       <c r="F43" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G43" t="s">
-        <v>3729</v>
+        <v>819</v>
       </c>
       <c r="H43" t="s">
-        <v>3730</v>
+        <v>820</v>
+      </c>
+      <c r="I43" t="s">
+        <v>821</v>
+      </c>
+      <c r="J43" t="s">
+        <v>408</v>
+      </c>
+      <c r="K43" t="s">
+        <v>822</v>
+      </c>
+      <c r="L43" t="s">
+        <v>823</v>
+      </c>
+      <c r="M43" t="s">
+        <v>824</v>
+      </c>
+      <c r="N43" t="s">
+        <v>825</v>
+      </c>
+      <c r="O43" t="s">
+        <v>826</v>
+      </c>
+      <c r="P43" t="s">
+        <v>827</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>828</v>
+      </c>
+      <c r="R43" t="s">
+        <v>829</v>
+      </c>
+      <c r="S43" t="s">
+        <v>830</v>
+      </c>
+      <c r="T43" t="s">
+        <v>831</v>
+      </c>
+      <c r="U43" t="s">
+        <v>832</v>
+      </c>
+      <c r="V43" t="s">
+        <v>833</v>
+      </c>
+      <c r="W43" t="s">
+        <v>834</v>
+      </c>
+      <c r="X43" t="s">
+        <v>835</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>836</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>837</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>838</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>839</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B44" t="s">
-        <v>3731</v>
+        <v>840</v>
       </c>
       <c r="C44" t="s">
-        <v>3732</v>
+        <v>15</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" t="s">
-        <v>3733</v>
+        <v>841</v>
       </c>
       <c r="F44" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G44" t="s">
-        <v>3734</v>
+        <v>842</v>
       </c>
       <c r="H44" t="s">
-        <v>3735</v>
+        <v>843</v>
+      </c>
+      <c r="I44" t="s">
+        <v>588</v>
+      </c>
+      <c r="J44" t="s">
+        <v>469</v>
+      </c>
+      <c r="K44" t="s">
+        <v>844</v>
+      </c>
+      <c r="L44" t="s">
+        <v>845</v>
+      </c>
+      <c r="M44" t="s">
+        <v>846</v>
+      </c>
+      <c r="N44" t="s">
+        <v>847</v>
+      </c>
+      <c r="O44" t="s">
+        <v>848</v>
+      </c>
+      <c r="P44" t="s">
+        <v>849</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>850</v>
+      </c>
+      <c r="R44" t="s">
+        <v>851</v>
+      </c>
+      <c r="S44" t="s">
+        <v>852</v>
+      </c>
+      <c r="T44" t="s">
+        <v>853</v>
+      </c>
+      <c r="U44" t="s">
+        <v>854</v>
+      </c>
+      <c r="V44" t="s">
+        <v>855</v>
+      </c>
+      <c r="W44" t="s">
+        <v>856</v>
+      </c>
+      <c r="X44" t="s">
+        <v>857</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B45" t="s">
-        <v>3736</v>
+        <v>858</v>
       </c>
       <c r="C45" t="s">
-        <v>3737</v>
+        <v>15</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" t="s">
-        <v>3738</v>
+        <v>859</v>
       </c>
       <c r="F45" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G45" t="s">
-        <v>3739</v>
+        <v>860</v>
       </c>
       <c r="H45" t="s">
-        <v>3740</v>
+        <v>861</v>
+      </c>
+      <c r="I45" t="s">
+        <v>862</v>
+      </c>
+      <c r="J45" t="s">
+        <v>863</v>
+      </c>
+      <c r="K45" t="s">
+        <v>864</v>
+      </c>
+      <c r="L45" t="s">
+        <v>865</v>
+      </c>
+      <c r="M45" t="s">
+        <v>866</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B46" t="s">
-        <v>3741</v>
+        <v>867</v>
       </c>
       <c r="C46" t="s">
-        <v>3621</v>
+        <v>15</v>
       </c>
       <c r="D46" t="s">
-        <v>3742</v>
+        <v>15</v>
       </c>
       <c r="E46" t="s">
-        <v>3743</v>
+        <v>868</v>
       </c>
       <c r="F46" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G46" t="s">
-        <v>3744</v>
+        <v>869</v>
       </c>
       <c r="H46" t="s">
-        <v>3745</v>
+        <v>870</v>
+      </c>
+      <c r="I46" t="s">
+        <v>680</v>
+      </c>
+      <c r="J46" t="s">
+        <v>871</v>
+      </c>
+      <c r="K46" t="s">
+        <v>872</v>
+      </c>
+      <c r="L46" t="s">
+        <v>873</v>
+      </c>
+      <c r="M46" t="s">
+        <v>874</v>
+      </c>
+      <c r="N46" t="s">
+        <v>875</v>
+      </c>
+      <c r="O46" t="s">
+        <v>876</v>
+      </c>
+      <c r="P46" t="s">
+        <v>877</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>877</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B47" t="s">
-        <v>3746</v>
+        <v>878</v>
       </c>
       <c r="C47" t="s">
-        <v>3747</v>
+        <v>15</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" t="s">
-        <v>3748</v>
+        <v>879</v>
       </c>
       <c r="F47" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G47" t="s">
-        <v>3749</v>
+        <v>880</v>
       </c>
       <c r="H47" t="s">
-        <v>3750</v>
+        <v>881</v>
+      </c>
+      <c r="I47" t="s">
+        <v>680</v>
+      </c>
+      <c r="J47" t="s">
+        <v>265</v>
+      </c>
+      <c r="K47" t="s">
+        <v>882</v>
+      </c>
+      <c r="L47" t="s">
+        <v>883</v>
+      </c>
+      <c r="M47" t="s">
+        <v>884</v>
+      </c>
+      <c r="N47" t="s">
+        <v>885</v>
+      </c>
+      <c r="O47" t="s">
+        <v>886</v>
+      </c>
+      <c r="P47" t="s">
+        <v>887</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>888</v>
+      </c>
+      <c r="R47" t="s">
+        <v>889</v>
+      </c>
+      <c r="S47" t="s">
+        <v>890</v>
+      </c>
+      <c r="T47" t="s">
+        <v>890</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B48" t="s">
-        <v>3751</v>
+        <v>891</v>
       </c>
       <c r="C48" t="s">
-        <v>3752</v>
+        <v>15</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" t="s">
-        <v>3753</v>
+        <v>892</v>
       </c>
       <c r="F48" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G48" t="s">
-        <v>3754</v>
+        <v>893</v>
       </c>
       <c r="H48" t="s">
-        <v>3755</v>
+        <v>894</v>
+      </c>
+      <c r="I48" t="s">
+        <v>895</v>
+      </c>
+      <c r="J48" t="s">
+        <v>562</v>
+      </c>
+      <c r="K48" t="s">
+        <v>896</v>
+      </c>
+      <c r="L48" t="s">
+        <v>897</v>
+      </c>
+      <c r="M48" t="s">
+        <v>898</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B49" t="s">
-        <v>3756</v>
+        <v>899</v>
       </c>
       <c r="C49" t="s">
-        <v>3757</v>
+        <v>15</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" t="s">
-        <v>3758</v>
+        <v>900</v>
       </c>
       <c r="F49" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G49" t="s">
-        <v>3759</v>
+        <v>901</v>
       </c>
       <c r="H49" t="s">
-        <v>3760</v>
+        <v>902</v>
+      </c>
+      <c r="I49" t="s">
+        <v>903</v>
+      </c>
+      <c r="J49" t="s">
+        <v>904</v>
+      </c>
+      <c r="K49" t="s">
+        <v>905</v>
+      </c>
+      <c r="L49" t="s">
+        <v>906</v>
+      </c>
+      <c r="M49" t="s">
+        <v>907</v>
+      </c>
+      <c r="N49" t="s">
+        <v>908</v>
+      </c>
+      <c r="O49" t="s">
+        <v>909</v>
+      </c>
+      <c r="P49" t="s">
+        <v>910</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>911</v>
+      </c>
+      <c r="R49" t="s">
+        <v>912</v>
+      </c>
+      <c r="S49" t="s">
+        <v>913</v>
+      </c>
+      <c r="T49" t="s">
+        <v>914</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B50" t="s">
-        <v>3761</v>
+        <v>915</v>
       </c>
       <c r="C50" t="s">
-        <v>3762</v>
+        <v>15</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" t="s">
-        <v>3763</v>
+        <v>916</v>
       </c>
       <c r="F50" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G50" t="s">
-        <v>3764</v>
+        <v>917</v>
       </c>
       <c r="H50" t="s">
-        <v>3765</v>
+        <v>918</v>
+      </c>
+      <c r="I50" t="s">
+        <v>919</v>
+      </c>
+      <c r="J50" t="s">
+        <v>449</v>
+      </c>
+      <c r="K50" t="s">
+        <v>920</v>
+      </c>
+      <c r="L50" t="s">
+        <v>921</v>
+      </c>
+      <c r="M50" t="s">
+        <v>922</v>
+      </c>
+      <c r="N50" t="s">
+        <v>923</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B51" t="s">
-        <v>3766</v>
+        <v>924</v>
       </c>
       <c r="C51" t="s">
-        <v>3767</v>
+        <v>15</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" t="s">
-        <v>3768</v>
+        <v>925</v>
       </c>
       <c r="F51" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G51" t="s">
-        <v>3769</v>
+        <v>926</v>
       </c>
       <c r="H51" t="s">
-        <v>3770</v>
+        <v>927</v>
+      </c>
+      <c r="I51" t="s">
+        <v>588</v>
+      </c>
+      <c r="J51" t="s">
+        <v>928</v>
+      </c>
+      <c r="K51" t="s">
+        <v>929</v>
+      </c>
+      <c r="L51" t="s">
+        <v>930</v>
+      </c>
+      <c r="M51" t="s">
+        <v>931</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B52" t="s">
-        <v>3771</v>
+        <v>932</v>
       </c>
       <c r="C52" t="s">
-        <v>3772</v>
+        <v>15</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" t="s">
-        <v>3773</v>
+        <v>933</v>
       </c>
       <c r="F52" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G52" t="s">
-        <v>3774</v>
+        <v>934</v>
       </c>
       <c r="H52" t="s">
-        <v>3775</v>
+        <v>935</v>
+      </c>
+      <c r="I52" t="s">
+        <v>936</v>
+      </c>
+      <c r="J52" t="s">
+        <v>937</v>
+      </c>
+      <c r="K52" t="s">
+        <v>938</v>
+      </c>
+      <c r="L52" t="s">
+        <v>939</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B53" t="s">
-        <v>3776</v>
+        <v>940</v>
       </c>
       <c r="C53" t="s">
-        <v>3777</v>
+        <v>15</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" t="s">
-        <v>3778</v>
+        <v>941</v>
       </c>
       <c r="F53" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G53" t="s">
-        <v>3779</v>
+        <v>942</v>
       </c>
       <c r="H53" t="s">
-        <v>3780</v>
+        <v>943</v>
+      </c>
+      <c r="I53" t="s">
+        <v>944</v>
+      </c>
+      <c r="J53" t="s">
+        <v>945</v>
+      </c>
+      <c r="K53" t="s">
+        <v>946</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>3527</v>
+        <v>157</v>
       </c>
       <c r="B54" t="s">
-        <v>3781</v>
+        <v>947</v>
       </c>
       <c r="C54" t="s">
-        <v>3782</v>
+        <v>15</v>
       </c>
       <c r="D54" t="s">
-        <v>3783</v>
+        <v>15</v>
       </c>
       <c r="E54" t="s">
-        <v>3784</v>
+        <v>948</v>
       </c>
       <c r="F54" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G54" t="s">
-        <v>3785</v>
+        <v>949</v>
       </c>
       <c r="H54" t="s">
-        <v>3786</v>
+        <v>950</v>
+      </c>
+      <c r="I54" t="s">
+        <v>671</v>
+      </c>
+      <c r="J54" t="s">
+        <v>672</v>
+      </c>
+      <c r="K54" t="s">
+        <v>951</v>
+      </c>
+      <c r="L54" t="s">
+        <v>952</v>
+      </c>
+      <c r="M54" t="s">
+        <v>953</v>
+      </c>
+      <c r="N54" t="s">
+        <v>954</v>
+      </c>
+      <c r="O54" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>157</v>
+      </c>
+      <c r="B55" t="s">
+        <v>956</v>
+      </c>
+      <c r="C55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" t="s">
+        <v>957</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>958</v>
+      </c>
+      <c r="H55" t="s">
+        <v>959</v>
+      </c>
+      <c r="I55" t="s">
+        <v>960</v>
+      </c>
+      <c r="J55" t="s">
+        <v>961</v>
+      </c>
+      <c r="K55" t="s">
+        <v>962</v>
+      </c>
+      <c r="L55" t="s">
+        <v>963</v>
+      </c>
+      <c r="M55" t="s">
+        <v>964</v>
+      </c>
+      <c r="N55" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>157</v>
+      </c>
+      <c r="B56" t="s">
+        <v>966</v>
+      </c>
+      <c r="C56" t="s">
+        <v>15</v>
+      </c>
+      <c r="D56" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" t="s">
+        <v>967</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>968</v>
+      </c>
+      <c r="H56" t="s">
+        <v>969</v>
+      </c>
+      <c r="I56" t="s">
+        <v>970</v>
+      </c>
+      <c r="J56" t="s">
+        <v>971</v>
+      </c>
+      <c r="K56" t="s">
+        <v>972</v>
+      </c>
+      <c r="L56" t="s">
+        <v>973</v>
+      </c>
+      <c r="M56" t="s">
+        <v>974</v>
+      </c>
+      <c r="N56" t="s">
+        <v>975</v>
+      </c>
+      <c r="O56" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>157</v>
+      </c>
+      <c r="B57" t="s">
+        <v>977</v>
+      </c>
+      <c r="C57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" t="s">
+        <v>978</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>979</v>
+      </c>
+      <c r="H57" t="s">
+        <v>980</v>
+      </c>
+      <c r="I57" t="s">
+        <v>981</v>
+      </c>
+      <c r="J57" t="s">
+        <v>811</v>
+      </c>
+      <c r="K57" t="s">
+        <v>982</v>
+      </c>
+      <c r="L57" t="s">
+        <v>983</v>
+      </c>
+      <c r="M57" t="s">
+        <v>984</v>
+      </c>
+      <c r="N57" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>157</v>
+      </c>
+      <c r="B58" t="s">
+        <v>986</v>
+      </c>
+      <c r="C58" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" t="s">
+        <v>987</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>988</v>
+      </c>
+      <c r="H58" t="s">
+        <v>989</v>
+      </c>
+      <c r="I58" t="s">
+        <v>323</v>
+      </c>
+      <c r="J58" t="s">
+        <v>990</v>
+      </c>
+      <c r="K58" t="s">
+        <v>991</v>
+      </c>
+      <c r="L58" t="s">
+        <v>992</v>
+      </c>
+      <c r="M58" t="s">
+        <v>993</v>
+      </c>
+      <c r="N58" t="s">
+        <v>994</v>
+      </c>
+      <c r="O58" t="s">
+        <v>995</v>
+      </c>
+      <c r="P58" t="s">
+        <v>996</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>157</v>
+      </c>
+      <c r="B59" t="s">
+        <v>998</v>
+      </c>
+      <c r="C59" t="s">
+        <v>15</v>
+      </c>
+      <c r="D59" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" t="s">
+        <v>999</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1002</v>
+      </c>
+      <c r="J59" t="s">
+        <v>1003</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1004</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1005</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N59" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>157</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C60" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1011</v>
+      </c>
+      <c r="I60" t="s">
+        <v>960</v>
+      </c>
+      <c r="J60" t="s">
+        <v>562</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1012</v>
+      </c>
+      <c r="L60" t="s">
+        <v>1013</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1014</v>
+      </c>
+      <c r="N60" t="s">
+        <v>1015</v>
+      </c>
+      <c r="O60" t="s">
+        <v>1016</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1017</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>157</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C61" t="s">
+        <v>15</v>
+      </c>
+      <c r="D61" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I61" t="s">
+        <v>960</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1024</v>
+      </c>
+      <c r="L61" t="s">
+        <v>1025</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1026</v>
+      </c>
+      <c r="N61" t="s">
+        <v>1027</v>
+      </c>
+      <c r="O61" t="s">
+        <v>1028</v>
+      </c>
+      <c r="P61" t="s">
+        <v>1029</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>157</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1034</v>
+      </c>
+      <c r="I62" t="s">
+        <v>680</v>
+      </c>
+      <c r="J62" t="s">
+        <v>811</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1035</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1036</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1038</v>
+      </c>
+      <c r="O62" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>157</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C63" t="s">
+        <v>15</v>
+      </c>
+      <c r="D63" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1044</v>
+      </c>
+      <c r="J63" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1046</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1047</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1049</v>
+      </c>
+      <c r="O63" t="s">
+        <v>1050</v>
+      </c>
+      <c r="P63" t="s">
+        <v>1051</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>1052</v>
+      </c>
+      <c r="R63" t="s">
+        <v>1053</v>
+      </c>
+      <c r="S63" t="s">
+        <v>1054</v>
+      </c>
+      <c r="T63" t="s">
+        <v>1055</v>
+      </c>
+      <c r="U63" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>157</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C64" t="s">
+        <v>15</v>
+      </c>
+      <c r="D64" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1060</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1061</v>
+      </c>
+      <c r="J64" t="s">
+        <v>391</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1064</v>
+      </c>
+      <c r="N64" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>157</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1069</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1070</v>
+      </c>
+      <c r="J65" t="s">
+        <v>536</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1072</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>157</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C66" t="s">
+        <v>15</v>
+      </c>
+      <c r="D66" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1077</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1078</v>
+      </c>
+      <c r="J66" t="s">
+        <v>1079</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L66" t="s">
+        <v>1081</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N66" t="s">
+        <v>1083</v>
+      </c>
+      <c r="O66" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>157</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C67" t="s">
+        <v>15</v>
+      </c>
+      <c r="D67" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1088</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1089</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1091</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1092</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1093</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1094</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1096</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>1097</v>
+      </c>
+      <c r="R67" t="s">
+        <v>1098</v>
+      </c>
+      <c r="S67" t="s">
+        <v>1099</v>
+      </c>
+      <c r="T67" t="s">
+        <v>1100</v>
+      </c>
+      <c r="U67" t="s">
+        <v>1101</v>
+      </c>
+      <c r="V67" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>157</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D68" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1106</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1107</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1109</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1110</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1111</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1112</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1114</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>1115</v>
+      </c>
+      <c r="R68" t="s">
+        <v>1116</v>
+      </c>
+      <c r="S68" t="s">
+        <v>1117</v>
+      </c>
+      <c r="T68" t="s">
+        <v>1118</v>
+      </c>
+      <c r="U68" t="s">
+        <v>1119</v>
+      </c>
+      <c r="V68" t="s">
+        <v>1120</v>
+      </c>
+      <c r="W68" t="s">
+        <v>1121</v>
+      </c>
+      <c r="X68" t="s">
+        <v>1122</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>1123</v>
+      </c>
+      <c r="Z68" t="s">
+        <v>1124</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>1125</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>1126</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>1127</v>
+      </c>
+      <c r="AD68" t="s">
+        <v>1128</v>
+      </c>
+      <c r="AE68" t="s">
+        <v>1129</v>
+      </c>
+      <c r="AF68" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>157</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C69" t="s">
+        <v>15</v>
+      </c>
+      <c r="D69" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>157</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C70" t="s">
+        <v>15</v>
+      </c>
+      <c r="D70" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1142</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1143</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1144</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1145</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1146</v>
+      </c>
+      <c r="N70" t="s">
+        <v>1147</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1148</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>157</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C71" t="s">
+        <v>15</v>
+      </c>
+      <c r="D71" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1154</v>
+      </c>
+      <c r="J71" t="s">
+        <v>562</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1156</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1157</v>
+      </c>
+      <c r="N71" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>157</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C72" t="s">
+        <v>15</v>
+      </c>
+      <c r="D72" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1163</v>
+      </c>
+      <c r="J72" t="s">
+        <v>1164</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1166</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1167</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>157</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C73" t="s">
+        <v>15</v>
+      </c>
+      <c r="D73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1173</v>
+      </c>
+      <c r="J73" t="s">
+        <v>1174</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1175</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1176</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1177</v>
+      </c>
+      <c r="N73" t="s">
+        <v>1178</v>
+      </c>
+      <c r="O73" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>157</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C74" t="s">
+        <v>15</v>
+      </c>
+      <c r="D74" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1183</v>
+      </c>
+      <c r="J74" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1185</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1186</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N74" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>157</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C75" t="s">
+        <v>15</v>
+      </c>
+      <c r="D75" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1192</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J75" t="s">
+        <v>391</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1194</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1196</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1197</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>157</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C76" t="s">
+        <v>15</v>
+      </c>
+      <c r="D76" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1202</v>
+      </c>
+      <c r="I76" t="s">
+        <v>588</v>
+      </c>
+      <c r="J76" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1203</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C77" t="s">
+        <v>15</v>
+      </c>
+      <c r="D77" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F77" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1209</v>
+      </c>
+      <c r="J77" t="s">
+        <v>1210</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1211</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1212</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1213</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1214</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1215</v>
+      </c>
+      <c r="P77" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>157</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C78" t="s">
+        <v>15</v>
+      </c>
+      <c r="D78" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F78" t="s">
+        <v>15</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1220</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1221</v>
+      </c>
+      <c r="J78" t="s">
+        <v>562</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1222</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1223</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1224</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>157</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C79" t="s">
+        <v>15</v>
+      </c>
+      <c r="D79" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1230</v>
+      </c>
+      <c r="J79" t="s">
+        <v>562</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1231</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1232</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>157</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C80" t="s">
+        <v>15</v>
+      </c>
+      <c r="D80" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F80" t="s">
+        <v>15</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1237</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J80" t="s">
+        <v>571</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1239</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1240</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1241</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1242</v>
+      </c>
+      <c r="O80" t="s">
+        <v>1243</v>
+      </c>
+      <c r="P80" t="s">
+        <v>1244</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>157</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C81" t="s">
+        <v>15</v>
+      </c>
+      <c r="D81" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F81" t="s">
+        <v>15</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1249</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1250</v>
+      </c>
+      <c r="J81" t="s">
+        <v>811</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1251</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1252</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1253</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1254</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1255</v>
+      </c>
+      <c r="P81" t="s">
+        <v>1256</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>1257</v>
+      </c>
+      <c r="R81" t="s">
+        <v>1258</v>
+      </c>
+      <c r="S81" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>157</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C82" t="s">
+        <v>15</v>
+      </c>
+      <c r="D82" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1264</v>
+      </c>
+      <c r="J82" t="s">
+        <v>391</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1266</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1267</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1268</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1269</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>157</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C83" t="s">
+        <v>15</v>
+      </c>
+      <c r="D83" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1274</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1163</v>
+      </c>
+      <c r="J83" t="s">
+        <v>1275</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1276</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1277</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>157</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C84" t="s">
+        <v>15</v>
+      </c>
+      <c r="D84" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1282</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1283</v>
+      </c>
+      <c r="J84" t="s">
+        <v>571</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1284</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1285</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N84" t="s">
+        <v>1287</v>
+      </c>
+      <c r="O84" t="s">
+        <v>1288</v>
+      </c>
+      <c r="P84" t="s">
+        <v>1289</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>1290</v>
+      </c>
+      <c r="R84" t="s">
+        <v>1291</v>
+      </c>
+      <c r="S84" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>157</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C85" t="s">
+        <v>15</v>
+      </c>
+      <c r="D85" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F85" t="s">
+        <v>15</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1297</v>
+      </c>
+      <c r="J85" t="s">
+        <v>562</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1298</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>157</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C86" t="s">
+        <v>15</v>
+      </c>
+      <c r="D86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F86" t="s">
+        <v>15</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1304</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1305</v>
+      </c>
+      <c r="J86" t="s">
+        <v>1306</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1307</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1308</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1309</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>157</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C87" t="s">
+        <v>15</v>
+      </c>
+      <c r="D87" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F87" t="s">
+        <v>15</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1314</v>
+      </c>
+      <c r="I87" t="s">
+        <v>680</v>
+      </c>
+      <c r="J87" t="s">
+        <v>1315</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1316</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1317</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1318</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1319</v>
+      </c>
+      <c r="O87" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>157</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C88" t="s">
+        <v>15</v>
+      </c>
+      <c r="D88" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F88" t="s">
+        <v>15</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1324</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1325</v>
+      </c>
+      <c r="J88" t="s">
+        <v>768</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1326</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1327</v>
+      </c>
+      <c r="M88" t="s">
+        <v>1328</v>
+      </c>
+      <c r="N88" t="s">
+        <v>1329</v>
+      </c>
+      <c r="O88" t="s">
+        <v>1330</v>
+      </c>
+      <c r="P88" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>157</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C89" t="s">
+        <v>15</v>
+      </c>
+      <c r="D89" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F89" t="s">
+        <v>15</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1337</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1338</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1339</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1340</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1341</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>157</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C90" t="s">
+        <v>15</v>
+      </c>
+      <c r="D90" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F90" t="s">
+        <v>15</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1346</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1348</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1349</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>157</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C91" t="s">
+        <v>15</v>
+      </c>
+      <c r="D91" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F91" t="s">
+        <v>15</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1357</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1358</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>157</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C92" t="s">
+        <v>15</v>
+      </c>
+      <c r="D92" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F92" t="s">
+        <v>15</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1363</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1364</v>
+      </c>
+      <c r="J92" t="s">
+        <v>1365</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>157</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C93" t="s">
+        <v>15</v>
+      </c>
+      <c r="D93" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F93" t="s">
+        <v>15</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J93" t="s">
+        <v>1003</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1372</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1374</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>157</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C94" t="s">
+        <v>15</v>
+      </c>
+      <c r="D94" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F94" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1379</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1380</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>157</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C95" t="s">
+        <v>15</v>
+      </c>
+      <c r="D95" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1386</v>
+      </c>
+      <c r="J95" t="s">
+        <v>562</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1387</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>157</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C96" t="s">
+        <v>15</v>
+      </c>
+      <c r="D96" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F96" t="s">
+        <v>15</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1393</v>
+      </c>
+      <c r="J96" t="s">
+        <v>1394</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1395</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1396</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1397</v>
+      </c>
+      <c r="N96" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>157</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C97" t="s">
+        <v>15</v>
+      </c>
+      <c r="D97" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1402</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1403</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1404</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1405</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1406</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1407</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>157</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C98" t="s">
+        <v>15</v>
+      </c>
+      <c r="D98" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1412</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1403</v>
+      </c>
+      <c r="J98" t="s">
+        <v>391</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1413</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1414</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1415</v>
+      </c>
+      <c r="N98" t="s">
+        <v>1416</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>157</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C99" t="s">
+        <v>15</v>
+      </c>
+      <c r="D99" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1421</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1422</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1275</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1423</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1424</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>157</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C100" t="s">
+        <v>15</v>
+      </c>
+      <c r="D100" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1428</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1429</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1430</v>
+      </c>
+      <c r="J100" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1431</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1432</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>157</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C101" t="s">
+        <v>15</v>
+      </c>
+      <c r="D101" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1438</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1440</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1441</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>157</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C102" t="s">
+        <v>15</v>
+      </c>
+      <c r="D102" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1446</v>
+      </c>
+      <c r="J102" t="s">
+        <v>1447</v>
+      </c>
+      <c r="K102" t="s">
+        <v>1448</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1449</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1450</v>
+      </c>
+      <c r="N102" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>157</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C103" t="s">
+        <v>15</v>
+      </c>
+      <c r="D103" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F103" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1456</v>
+      </c>
+      <c r="J103" t="s">
+        <v>391</v>
+      </c>
+      <c r="K103" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>157</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C104" t="s">
+        <v>15</v>
+      </c>
+      <c r="D104" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1460</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1461</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1462</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1463</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>157</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C105" t="s">
+        <v>15</v>
+      </c>
+      <c r="D105" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F105" t="s">
+        <v>15</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1468</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1469</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1470</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1471</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>157</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C106" t="s">
+        <v>15</v>
+      </c>
+      <c r="D106" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F106" t="s">
+        <v>15</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1476</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1477</v>
+      </c>
+      <c r="J106" t="s">
+        <v>1478</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1479</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1480</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1481</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1482</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>157</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C107" t="s">
+        <v>15</v>
+      </c>
+      <c r="D107" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F107" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1488</v>
+      </c>
+      <c r="J107" t="s">
+        <v>1489</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1490</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1491</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1492</v>
+      </c>
+      <c r="N107" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>157</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C108" t="s">
+        <v>15</v>
+      </c>
+      <c r="D108" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F108" t="s">
+        <v>15</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1496</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1497</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1498</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1499</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1500</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1501</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1502</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>157</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C109" t="s">
+        <v>15</v>
+      </c>
+      <c r="D109" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F109" t="s">
+        <v>15</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1506</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1507</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1508</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1509</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1510</v>
+      </c>
+      <c r="N109" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>157</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C110" t="s">
+        <v>15</v>
+      </c>
+      <c r="D110" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F110" t="s">
+        <v>15</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1516</v>
+      </c>
+      <c r="J110" t="s">
+        <v>1517</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>157</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C111" t="s">
+        <v>15</v>
+      </c>
+      <c r="D111" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F111" t="s">
+        <v>15</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1523</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1525</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1526</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1527</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>157</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C112" t="s">
+        <v>15</v>
+      </c>
+      <c r="D112" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F112" t="s">
+        <v>15</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1532</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J112" t="s">
+        <v>1534</v>
+      </c>
+      <c r="K112" t="s">
+        <v>1535</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1536</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1537</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>157</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C113" t="s">
+        <v>15</v>
+      </c>
+      <c r="D113" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F113" t="s">
+        <v>15</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1542</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1543</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1544</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>157</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C114" t="s">
+        <v>15</v>
+      </c>
+      <c r="D114" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F114" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1549</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1550</v>
+      </c>
+      <c r="J114" t="s">
+        <v>1551</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1552</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1553</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1554</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1555</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1556</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1557</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>157</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C115" t="s">
+        <v>15</v>
+      </c>
+      <c r="D115" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F115" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1562</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1563</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1564</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>157</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C116" t="s">
+        <v>15</v>
+      </c>
+      <c r="D116" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1569</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1570</v>
+      </c>
+      <c r="J116" t="s">
+        <v>1571</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1572</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1573</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>157</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C117" t="s">
+        <v>15</v>
+      </c>
+      <c r="D117" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F117" t="s">
+        <v>15</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1578</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1579</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1580</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1581</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1582</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1583</v>
+      </c>
+      <c r="N117" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>157</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C118" t="s">
+        <v>15</v>
+      </c>
+      <c r="D118" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F118" t="s">
+        <v>15</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1588</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1589</v>
+      </c>
+      <c r="J118" t="s">
+        <v>1590</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>157</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C119" t="s">
+        <v>15</v>
+      </c>
+      <c r="D119" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F119" t="s">
+        <v>15</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1595</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1543</v>
+      </c>
+      <c r="J119" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K119" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>157</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C120" t="s">
+        <v>15</v>
+      </c>
+      <c r="D120" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F120" t="s">
+        <v>15</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1601</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1602</v>
+      </c>
+      <c r="J120" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K120" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>157</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C121" t="s">
+        <v>15</v>
+      </c>
+      <c r="D121" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F121" t="s">
+        <v>15</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1608</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1430</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1609</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>157</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C122" t="s">
+        <v>15</v>
+      </c>
+      <c r="D122" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F122" t="s">
+        <v>15</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1614</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1615</v>
+      </c>
+      <c r="J122" t="s">
+        <v>1616</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1617</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1618</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...2891 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>