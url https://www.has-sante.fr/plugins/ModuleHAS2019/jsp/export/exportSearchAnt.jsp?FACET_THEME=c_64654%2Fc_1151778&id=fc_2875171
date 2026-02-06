--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
     <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Tool to improve professi" r:id="rId7" sheetId="5"/>
     <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2268" uniqueCount="1619">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2290" uniqueCount="1635">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -500,50 +500,164 @@
   <si>
     <t>How should rehospitalisation of subjectfs with diabetic foot ulcer be prevented ?</t>
   </si>
   <si>
     <t>The objective of this quick reference guide is to define key action plans as well as coordination of care for patients with diabetic foot ulcer at the time of hospital discharge in order to prevent related readmissions. Key words: hospital discharge, diabetic foot ulcer, integrated case management</t>
   </si>
   <si>
     <t>12/19/2014 10:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2001222/en/how-should-rehospitalisation-of-subjectfs-with-diabetic-foot-ulcer-be-prevented</t>
   </si>
   <si>
     <t>c_2001222</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>TREMFYA (guselkumab)</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>pprd_2982857</t>
+  </si>
+  <si>
+    <t>guselkumab</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877053/en/tremfya-guselkumab-interleukin-23-inhibitor-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/en/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/en/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/en/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/en/tremfya-guselkumab-active-ulcerative-colitis-uc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808971/en/tremfya-guselkumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837715/en/tremfya-pushpen-guselkumab-anti-il23</t>
+  </si>
+  <si>
+    <t>OLUMIANT</t>
+  </si>
+  <si>
+    <t>01/16/2026 16:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/en/olumiant</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/en/olumiant-baricitinib-anti-jak-1-and-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/en/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/en/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/en/olumiant-baricitinib-atopic-dermatitis-ad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/en/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807410/en/olumiant-baricitinib-dermatite-atopique-da-chez-l-enfant-de-2-ans-et-plus</t>
+  </si>
+  <si>
+    <t>ADENURIC (fébuxostat)</t>
+  </si>
+  <si>
+    <t>12/29/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984509/en/adenuric-febuxostat</t>
+  </si>
+  <si>
+    <t>pprd_2984509</t>
+  </si>
+  <si>
+    <t>fébuxostat</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244186/en/adenuric-febuxostat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827716/en/adenuric</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038866/en/adenuric-febuxostat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152649/en/adenuric-febuxostat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806599/en/adenuric-febuxostat-goutte</t>
+  </si>
+  <si>
     <t>RINVOQ</t>
   </si>
   <si>
     <t>12/01/2025 08:40:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3182936/en/rinvoq</t>
   </si>
   <si>
     <t>p_3182936</t>
   </si>
   <si>
     <t>upadacitinib</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3181658/en/rinvoq-upadacitinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3266947/en/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271030/en/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
@@ -1595,53 +1709,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3402381/en/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426145/en/humira-adalimumab-plaque-psoriasis-in-children-and-adolescents</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539111/en/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>TALTZ</t>
   </si>
   <si>
     <t>09/18/2024 09:25:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
   </si>
   <si>
     <t>pprd_2983313</t>
   </si>
   <si>
     <t>ixékizumab</t>
   </si>
   <si>
-    <t>LILLY FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2847914/en/taltz-ixekizumab-anti-interleukin-17a-immunosuppressant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3211088/en/taltz</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271027/en/taltz-ixekizumab-rhumatisme-psoriasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363293/en/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478092/en/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ENBREL (etanercept)</t>
   </si>
   <si>
     <t>09/18/2024 09:19:35</t>
@@ -1739,53 +1850,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2810337/en/kevzara-sarilumab-interleukin-6-receptor-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498124/en/kevzara-sarilumab-polyarthrite-rhumatoide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539144/en/kevzara-sarilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>STELARA</t>
   </si>
   <si>
     <t>09/18/2024 09:24:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
   </si>
   <si>
     <t>pprd_2983689</t>
   </si>
   <si>
     <t>ustekinumab</t>
   </si>
   <si>
-    <t>JANSSEN-CILAG</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_813335/en/stelara</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1072225/en/stelara</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1792833/en/stelara</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2621474/en/stelara-ustekinumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2621480/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751848/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3196694/en/stelara-rch-ustekinumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3201471/en/stelara</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3270039/en/stelara-ustekinumab-psoriasis</t>
@@ -2252,80 +2360,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337944/en/xeljanz-tofacitinib-arthrite-juvenile</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337941/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3403968/en/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482864/en/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482879/en/xeljanz-tofacitinib-ulcerative-colitis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486199/en/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486201/en/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486233/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
   </si>
   <si>
-    <t>OLUMIANT</t>
-[...28 lines deleted...]
-  <si>
     <t>JYSELECA (filgotinib)</t>
   </si>
   <si>
     <t>01/08/2024 12:11:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242626/en/jyseleca-filgotinib</t>
   </si>
   <si>
     <t>p_3242626</t>
   </si>
   <si>
     <t>filgotinib</t>
   </si>
   <si>
     <t>GALAPAGOS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242562/en/jyseleca-filgotinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3343855/en/jyseleca-filgotinib-rectocolite-hemorragique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3412613/en/jyseleca-filgotinib-rectocolite-hemorragique-et-polyarthrite-rhumatoide</t>
@@ -3018,80 +3096,50 @@
     <t>pprd_2982919</t>
   </si>
   <si>
     <t>MEDAC SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_401005/en/metoject-10-mg/ml-methotrexate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_517664/en/metoject-methotrexate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1250130/en/metoject-methotrexate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2620156/en/metoject-methotrexate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2896738/en/metoject-methotrexate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121601/en/metoject-methotrexate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3159947/en/metoject-methotrexate</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3152649/en/adenuric-febuxostat</t>
   </si>
   <si>
     <t>CALSYN (calcitonine de saumon)</t>
   </si>
   <si>
     <t>12/24/2019 08:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984589/en/calsyn-calcitonine-de-saumon</t>
   </si>
   <si>
     <t>pprd_2984589</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400072/en/calsyn-calcitonine-de-saumon</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400295/en/calsyn-calcitonine-de-saumon</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_817355/en/calsyn-calcitonine-de-saumon</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_918273/en/calsyn-calcitonine-de-saumon</t>
   </si>
@@ -5767,51 +5815,51 @@
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
         <v>152</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>153</v>
       </c>
       <c r="H2" t="s">
         <v>154</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:CI122"/>
+  <dimension ref="A1:CI123"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5855,6301 +5903,6369 @@
       <c r="H2" t="s">
         <v>161</v>
       </c>
       <c r="I2" t="s">
         <v>162</v>
       </c>
       <c r="J2" t="s">
         <v>163</v>
       </c>
       <c r="K2" t="s">
         <v>164</v>
       </c>
       <c r="L2" t="s">
         <v>165</v>
       </c>
       <c r="M2" t="s">
         <v>166</v>
       </c>
       <c r="N2" t="s">
         <v>167</v>
       </c>
       <c r="O2" t="s">
         <v>168</v>
       </c>
       <c r="P2" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q2" t="s">
         <v>169</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>170</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>171</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>172</v>
-      </c>
-[...16 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>157</v>
       </c>
       <c r="B3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>175</v>
+      </c>
+      <c r="H3" t="s">
+        <v>176</v>
+      </c>
+      <c r="I3" t="s">
+        <v>177</v>
+      </c>
+      <c r="J3" t="s">
+        <v>178</v>
+      </c>
+      <c r="K3" t="s">
         <v>179</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>180</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>181</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
         <v>182</v>
       </c>
-      <c r="I3" t="s">
+      <c r="O3" t="s">
         <v>183</v>
       </c>
-      <c r="J3" t="s">
+      <c r="P3" t="s">
         <v>184</v>
-      </c>
-[...229 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>157</v>
       </c>
       <c r="B4" t="s">
-        <v>260</v>
+        <v>185</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>261</v>
+        <v>186</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>262</v>
+        <v>187</v>
       </c>
       <c r="H4" t="s">
-        <v>263</v>
+        <v>188</v>
       </c>
       <c r="I4" t="s">
-        <v>264</v>
+        <v>189</v>
       </c>
       <c r="J4" t="s">
-        <v>265</v>
+        <v>190</v>
       </c>
       <c r="K4" t="s">
-        <v>266</v>
+        <v>191</v>
       </c>
       <c r="L4" t="s">
-        <v>267</v>
+        <v>192</v>
       </c>
       <c r="M4" t="s">
-        <v>268</v>
+        <v>193</v>
       </c>
       <c r="N4" t="s">
-        <v>269</v>
+        <v>194</v>
       </c>
       <c r="O4" t="s">
-        <v>270</v>
-[...11 lines deleted...]
-        <v>274</v>
+        <v>195</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>157</v>
       </c>
       <c r="B5" t="s">
-        <v>275</v>
+        <v>196</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>261</v>
+        <v>197</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>276</v>
+        <v>198</v>
       </c>
       <c r="H5" t="s">
-        <v>277</v>
+        <v>199</v>
       </c>
       <c r="I5" t="s">
-        <v>278</v>
+        <v>200</v>
       </c>
       <c r="J5" t="s">
-        <v>279</v>
+        <v>201</v>
       </c>
       <c r="K5" t="s">
-        <v>280</v>
+        <v>202</v>
       </c>
       <c r="L5" t="s">
-        <v>281</v>
+        <v>203</v>
       </c>
       <c r="M5" t="s">
-        <v>282</v>
+        <v>204</v>
       </c>
       <c r="N5" t="s">
-        <v>283</v>
+        <v>205</v>
       </c>
       <c r="O5" t="s">
-        <v>284</v>
+        <v>206</v>
       </c>
       <c r="P5" t="s">
-        <v>285</v>
+        <v>207</v>
       </c>
       <c r="Q5" t="s">
-        <v>286</v>
+        <v>208</v>
       </c>
       <c r="R5" t="s">
-        <v>287</v>
+        <v>209</v>
       </c>
       <c r="S5" t="s">
-        <v>274</v>
+        <v>210</v>
+      </c>
+      <c r="T5" t="s">
+        <v>211</v>
+      </c>
+      <c r="U5" t="s">
+        <v>212</v>
+      </c>
+      <c r="V5" t="s">
+        <v>213</v>
+      </c>
+      <c r="W5" t="s">
+        <v>214</v>
+      </c>
+      <c r="X5" t="s">
+        <v>215</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>157</v>
       </c>
       <c r="B6" t="s">
+        <v>217</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>218</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>219</v>
+      </c>
+      <c r="H6" t="s">
+        <v>220</v>
+      </c>
+      <c r="I6" t="s">
+        <v>221</v>
+      </c>
+      <c r="J6" t="s">
+        <v>222</v>
+      </c>
+      <c r="K6" t="s">
+        <v>223</v>
+      </c>
+      <c r="L6" t="s">
+        <v>224</v>
+      </c>
+      <c r="M6" t="s">
+        <v>225</v>
+      </c>
+      <c r="N6" t="s">
+        <v>226</v>
+      </c>
+      <c r="O6" t="s">
+        <v>227</v>
+      </c>
+      <c r="P6" t="s">
+        <v>228</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>229</v>
+      </c>
+      <c r="R6" t="s">
+        <v>230</v>
+      </c>
+      <c r="S6" t="s">
+        <v>231</v>
+      </c>
+      <c r="T6" t="s">
+        <v>232</v>
+      </c>
+      <c r="U6" t="s">
+        <v>233</v>
+      </c>
+      <c r="V6" t="s">
+        <v>234</v>
+      </c>
+      <c r="W6" t="s">
+        <v>235</v>
+      </c>
+      <c r="X6" t="s">
+        <v>236</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>237</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>238</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>239</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>240</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>241</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>242</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>243</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>244</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>245</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>246</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>247</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>248</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>249</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>250</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>251</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>252</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>253</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>254</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>255</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>256</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>257</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>258</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>259</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>260</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>261</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>262</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>263</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>264</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>265</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>266</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>267</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>268</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>269</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>270</v>
+      </c>
+      <c r="BG6" t="s">
+        <v>271</v>
+      </c>
+      <c r="BH6" t="s">
+        <v>272</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>273</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>274</v>
+      </c>
+      <c r="BK6" t="s">
+        <v>275</v>
+      </c>
+      <c r="BL6" t="s">
+        <v>246</v>
+      </c>
+      <c r="BM6" t="s">
+        <v>276</v>
+      </c>
+      <c r="BN6" t="s">
+        <v>277</v>
+      </c>
+      <c r="BO6" t="s">
+        <v>278</v>
+      </c>
+      <c r="BP6" t="s">
+        <v>279</v>
+      </c>
+      <c r="BQ6" t="s">
+        <v>280</v>
+      </c>
+      <c r="BR6" t="s">
+        <v>281</v>
+      </c>
+      <c r="BS6" t="s">
+        <v>282</v>
+      </c>
+      <c r="BT6" t="s">
+        <v>283</v>
+      </c>
+      <c r="BU6" t="s">
+        <v>284</v>
+      </c>
+      <c r="BV6" t="s">
+        <v>285</v>
+      </c>
+      <c r="BW6" t="s">
+        <v>286</v>
+      </c>
+      <c r="BX6" t="s">
+        <v>287</v>
+      </c>
+      <c r="BY6" t="s">
         <v>288</v>
       </c>
-      <c r="C6" t="s">
-[...11 lines deleted...]
-      <c r="G6" t="s">
+      <c r="BZ6" t="s">
+        <v>288</v>
+      </c>
+      <c r="CA6" t="s">
         <v>289</v>
       </c>
-      <c r="H6" t="s">
+      <c r="CB6" t="s">
         <v>290</v>
       </c>
-      <c r="I6" t="s">
+      <c r="CC6" t="s">
         <v>291</v>
       </c>
-      <c r="J6" t="s">
+      <c r="CD6" t="s">
         <v>292</v>
       </c>
-      <c r="K6" t="s">
+      <c r="CE6" t="s">
         <v>293</v>
       </c>
-      <c r="L6" t="s">
+      <c r="CF6" t="s">
         <v>294</v>
       </c>
-      <c r="M6" t="s">
+      <c r="CG6" t="s">
         <v>295</v>
       </c>
-      <c r="N6" t="s">
+      <c r="CH6" t="s">
         <v>296</v>
       </c>
-      <c r="O6" t="s">
-        <v>274</v>
+      <c r="CI6" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>157</v>
       </c>
       <c r="B7" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>261</v>
+        <v>299</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H7" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="I7" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="J7" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="K7" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="L7" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="M7" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="N7" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="O7" t="s">
-        <v>274</v>
+        <v>308</v>
+      </c>
+      <c r="P7" t="s">
+        <v>309</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>310</v>
+      </c>
+      <c r="R7" t="s">
+        <v>311</v>
+      </c>
+      <c r="S7" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>157</v>
       </c>
       <c r="B8" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="H8" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="I8" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="J8" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="K8" t="s">
+        <v>318</v>
+      </c>
+      <c r="L8" t="s">
+        <v>319</v>
+      </c>
+      <c r="M8" t="s">
+        <v>320</v>
+      </c>
+      <c r="N8" t="s">
+        <v>321</v>
+      </c>
+      <c r="O8" t="s">
+        <v>322</v>
+      </c>
+      <c r="P8" t="s">
+        <v>323</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>324</v>
+      </c>
+      <c r="R8" t="s">
+        <v>325</v>
+      </c>
+      <c r="S8" t="s">
         <v>312</v>
-      </c>
-[...16 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>157</v>
       </c>
       <c r="B9" t="s">
-        <v>319</v>
+        <v>326</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>320</v>
+        <v>299</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="H9" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="I9" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="J9" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="K9" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="L9" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="M9" t="s">
-        <v>327</v>
+        <v>333</v>
+      </c>
+      <c r="N9" t="s">
+        <v>334</v>
+      </c>
+      <c r="O9" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>157</v>
       </c>
       <c r="B10" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>329</v>
+        <v>299</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="H10" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="I10" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="J10" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="K10" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="L10" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="M10" t="s">
-        <v>336</v>
+        <v>342</v>
+      </c>
+      <c r="N10" t="s">
+        <v>343</v>
+      </c>
+      <c r="O10" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>157</v>
       </c>
       <c r="B11" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
         <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="H11" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="I11" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="J11" t="s">
-        <v>279</v>
+        <v>349</v>
       </c>
       <c r="K11" t="s">
-        <v>342</v>
+        <v>350</v>
+      </c>
+      <c r="L11" t="s">
+        <v>351</v>
+      </c>
+      <c r="M11" t="s">
+        <v>352</v>
+      </c>
+      <c r="N11" t="s">
+        <v>353</v>
+      </c>
+      <c r="O11" t="s">
+        <v>354</v>
+      </c>
+      <c r="P11" t="s">
+        <v>355</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>356</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>157</v>
       </c>
       <c r="B12" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>344</v>
+        <v>358</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>345</v>
+        <v>359</v>
       </c>
       <c r="H12" t="s">
-        <v>346</v>
+        <v>360</v>
       </c>
       <c r="I12" t="s">
-        <v>347</v>
+        <v>361</v>
       </c>
       <c r="J12" t="s">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="K12" t="s">
-        <v>349</v>
+        <v>363</v>
       </c>
       <c r="L12" t="s">
-        <v>350</v>
+        <v>364</v>
       </c>
       <c r="M12" t="s">
-        <v>351</v>
-[...26 lines deleted...]
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>157</v>
       </c>
       <c r="B13" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13" t="s">
         <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H13" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="I13" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="J13" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="K13" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="L13" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="M13" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>374</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>157</v>
       </c>
       <c r="B14" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14" t="s">
         <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="H14" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="I14" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="J14" t="s">
-        <v>376</v>
+        <v>317</v>
       </c>
       <c r="K14" t="s">
-        <v>377</v>
-[...7 lines deleted...]
-      <c r="N14" t="s">
         <v>380</v>
-      </c>
-[...13 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>157</v>
       </c>
       <c r="B15" t="s">
+        <v>381</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>382</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>383</v>
+      </c>
+      <c r="H15" t="s">
+        <v>384</v>
+      </c>
+      <c r="I15" t="s">
+        <v>385</v>
+      </c>
+      <c r="J15" t="s">
         <v>386</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="K15" t="s">
         <v>387</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="L15" t="s">
         <v>388</v>
       </c>
-      <c r="H15" t="s">
+      <c r="M15" t="s">
         <v>389</v>
       </c>
-      <c r="I15" t="s">
+      <c r="N15" t="s">
         <v>390</v>
       </c>
-      <c r="J15" t="s">
+      <c r="O15" t="s">
         <v>391</v>
       </c>
-      <c r="K15" t="s">
+      <c r="P15" t="s">
         <v>392</v>
       </c>
-      <c r="L15" t="s">
+      <c r="Q15" t="s">
         <v>393</v>
       </c>
-      <c r="M15" t="s">
+      <c r="R15" t="s">
         <v>394</v>
       </c>
-      <c r="N15" t="s">
+      <c r="S15" t="s">
         <v>395</v>
       </c>
-      <c r="O15" t="s">
+      <c r="T15" t="s">
         <v>396</v>
       </c>
-      <c r="P15" t="s">
+      <c r="U15" t="s">
         <v>397</v>
       </c>
-      <c r="Q15" t="s">
+      <c r="V15" t="s">
         <v>398</v>
-      </c>
-[...10 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>157</v>
       </c>
       <c r="B16" t="s">
+        <v>399</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>400</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>401</v>
+      </c>
+      <c r="H16" t="s">
+        <v>402</v>
+      </c>
+      <c r="I16" t="s">
         <v>403</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="J16" t="s">
         <v>404</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="K16" t="s">
         <v>405</v>
       </c>
-      <c r="H16" t="s">
+      <c r="L16" t="s">
         <v>406</v>
       </c>
-      <c r="I16" t="s">
+      <c r="M16" t="s">
         <v>407</v>
       </c>
-      <c r="J16" t="s">
+      <c r="N16" t="s">
         <v>408</v>
-      </c>
-[...58 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>157</v>
       </c>
       <c r="B17" t="s">
-        <v>429</v>
+        <v>409</v>
       </c>
       <c r="C17" t="s">
         <v>15</v>
       </c>
       <c r="D17" t="s">
         <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>430</v>
+        <v>410</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>431</v>
+        <v>411</v>
       </c>
       <c r="H17" t="s">
-        <v>432</v>
+        <v>412</v>
       </c>
       <c r="I17" t="s">
-        <v>433</v>
+        <v>413</v>
       </c>
       <c r="J17" t="s">
-        <v>434</v>
+        <v>414</v>
       </c>
       <c r="K17" t="s">
-        <v>435</v>
+        <v>415</v>
       </c>
       <c r="L17" t="s">
-        <v>436</v>
+        <v>416</v>
       </c>
       <c r="M17" t="s">
-        <v>437</v>
+        <v>417</v>
       </c>
       <c r="N17" t="s">
-        <v>438</v>
+        <v>418</v>
       </c>
       <c r="O17" t="s">
-        <v>439</v>
+        <v>419</v>
       </c>
       <c r="P17" t="s">
-        <v>440</v>
+        <v>420</v>
       </c>
       <c r="Q17" t="s">
-        <v>441</v>
+        <v>421</v>
       </c>
       <c r="R17" t="s">
-        <v>442</v>
+        <v>422</v>
       </c>
       <c r="S17" t="s">
-        <v>443</v>
+        <v>423</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>157</v>
       </c>
       <c r="B18" t="s">
-        <v>444</v>
+        <v>424</v>
       </c>
       <c r="C18" t="s">
         <v>15</v>
       </c>
       <c r="D18" t="s">
         <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>445</v>
+        <v>425</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>446</v>
+        <v>426</v>
       </c>
       <c r="H18" t="s">
-        <v>447</v>
+        <v>427</v>
       </c>
       <c r="I18" t="s">
-        <v>448</v>
+        <v>428</v>
       </c>
       <c r="J18" t="s">
-        <v>449</v>
+        <v>429</v>
       </c>
       <c r="K18" t="s">
-        <v>450</v>
+        <v>430</v>
       </c>
       <c r="L18" t="s">
-        <v>451</v>
+        <v>431</v>
       </c>
       <c r="M18" t="s">
-        <v>452</v>
+        <v>432</v>
       </c>
       <c r="N18" t="s">
-        <v>453</v>
+        <v>433</v>
       </c>
       <c r="O18" t="s">
-        <v>454</v>
+        <v>434</v>
       </c>
       <c r="P18" t="s">
-        <v>455</v>
+        <v>435</v>
       </c>
       <c r="Q18" t="s">
-        <v>456</v>
+        <v>436</v>
       </c>
       <c r="R18" t="s">
-        <v>457</v>
+        <v>437</v>
       </c>
       <c r="S18" t="s">
-        <v>458</v>
+        <v>438</v>
       </c>
       <c r="T18" t="s">
-        <v>459</v>
+        <v>439</v>
       </c>
       <c r="U18" t="s">
-        <v>460</v>
-[...8 lines deleted...]
-        <v>463</v>
+        <v>440</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>157</v>
       </c>
       <c r="B19" t="s">
+        <v>441</v>
+      </c>
+      <c r="C19" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>442</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>443</v>
+      </c>
+      <c r="H19" t="s">
+        <v>444</v>
+      </c>
+      <c r="I19" t="s">
+        <v>445</v>
+      </c>
+      <c r="J19" t="s">
+        <v>446</v>
+      </c>
+      <c r="K19" t="s">
+        <v>447</v>
+      </c>
+      <c r="L19" t="s">
+        <v>448</v>
+      </c>
+      <c r="M19" t="s">
+        <v>449</v>
+      </c>
+      <c r="N19" t="s">
+        <v>450</v>
+      </c>
+      <c r="O19" t="s">
+        <v>451</v>
+      </c>
+      <c r="P19" t="s">
+        <v>452</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>453</v>
+      </c>
+      <c r="R19" t="s">
+        <v>454</v>
+      </c>
+      <c r="S19" t="s">
+        <v>455</v>
+      </c>
+      <c r="T19" t="s">
+        <v>456</v>
+      </c>
+      <c r="U19" t="s">
+        <v>457</v>
+      </c>
+      <c r="V19" t="s">
+        <v>458</v>
+      </c>
+      <c r="W19" t="s">
+        <v>459</v>
+      </c>
+      <c r="X19" t="s">
+        <v>460</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>461</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>462</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>463</v>
+      </c>
+      <c r="AB19" t="s">
         <v>464</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="AC19" t="s">
         <v>465</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="AD19" t="s">
         <v>466</v>
-      </c>
-[...37 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>157</v>
       </c>
       <c r="B20" t="s">
+        <v>467</v>
+      </c>
+      <c r="C20" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>468</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>469</v>
+      </c>
+      <c r="H20" t="s">
+        <v>470</v>
+      </c>
+      <c r="I20" t="s">
+        <v>471</v>
+      </c>
+      <c r="J20" t="s">
+        <v>472</v>
+      </c>
+      <c r="K20" t="s">
+        <v>473</v>
+      </c>
+      <c r="L20" t="s">
+        <v>474</v>
+      </c>
+      <c r="M20" t="s">
+        <v>475</v>
+      </c>
+      <c r="N20" t="s">
+        <v>476</v>
+      </c>
+      <c r="O20" t="s">
+        <v>477</v>
+      </c>
+      <c r="P20" t="s">
+        <v>478</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>479</v>
+      </c>
+      <c r="R20" t="s">
         <v>480</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="S20" t="s">
         <v>481</v>
-      </c>
-[...112 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>157</v>
       </c>
       <c r="B21" t="s">
-        <v>518</v>
+        <v>482</v>
       </c>
       <c r="C21" t="s">
         <v>15</v>
       </c>
       <c r="D21" t="s">
         <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>519</v>
+        <v>483</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>520</v>
+        <v>484</v>
       </c>
       <c r="H21" t="s">
-        <v>521</v>
+        <v>485</v>
       </c>
       <c r="I21" t="s">
-        <v>522</v>
+        <v>486</v>
       </c>
       <c r="J21" t="s">
-        <v>523</v>
+        <v>487</v>
       </c>
       <c r="K21" t="s">
-        <v>524</v>
+        <v>488</v>
       </c>
       <c r="L21" t="s">
-        <v>525</v>
+        <v>489</v>
       </c>
       <c r="M21" t="s">
-        <v>526</v>
+        <v>490</v>
       </c>
       <c r="N21" t="s">
-        <v>527</v>
+        <v>491</v>
       </c>
       <c r="O21" t="s">
-        <v>528</v>
+        <v>492</v>
       </c>
       <c r="P21" t="s">
-        <v>529</v>
+        <v>493</v>
       </c>
       <c r="Q21" t="s">
-        <v>530</v>
+        <v>494</v>
+      </c>
+      <c r="R21" t="s">
+        <v>495</v>
+      </c>
+      <c r="S21" t="s">
+        <v>496</v>
+      </c>
+      <c r="T21" t="s">
+        <v>497</v>
+      </c>
+      <c r="U21" t="s">
+        <v>498</v>
+      </c>
+      <c r="V21" t="s">
+        <v>499</v>
+      </c>
+      <c r="W21" t="s">
+        <v>500</v>
+      </c>
+      <c r="X21" t="s">
+        <v>501</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>157</v>
       </c>
       <c r="B22" t="s">
-        <v>531</v>
+        <v>502</v>
       </c>
       <c r="C22" t="s">
         <v>15</v>
       </c>
       <c r="D22" t="s">
         <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>532</v>
+        <v>503</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>533</v>
+        <v>504</v>
       </c>
       <c r="H22" t="s">
-        <v>534</v>
+        <v>505</v>
       </c>
       <c r="I22" t="s">
-        <v>535</v>
+        <v>506</v>
       </c>
       <c r="J22" t="s">
-        <v>536</v>
+        <v>507</v>
       </c>
       <c r="K22" t="s">
-        <v>537</v>
+        <v>508</v>
       </c>
       <c r="L22" t="s">
-        <v>538</v>
+        <v>509</v>
       </c>
       <c r="M22" t="s">
-        <v>539</v>
+        <v>510</v>
       </c>
       <c r="N22" t="s">
-        <v>540</v>
+        <v>511</v>
       </c>
       <c r="O22" t="s">
-        <v>541</v>
+        <v>512</v>
       </c>
       <c r="P22" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="Q22" t="s">
-        <v>543</v>
+        <v>514</v>
       </c>
       <c r="R22" t="s">
-        <v>544</v>
+        <v>515</v>
       </c>
       <c r="S22" t="s">
-        <v>545</v>
+        <v>516</v>
       </c>
       <c r="T22" t="s">
-        <v>546</v>
-[...29 lines deleted...]
-        <v>556</v>
+        <v>517</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>157</v>
       </c>
       <c r="B23" t="s">
-        <v>557</v>
+        <v>518</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23" t="s">
         <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>558</v>
+        <v>519</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>559</v>
+        <v>520</v>
       </c>
       <c r="H23" t="s">
-        <v>560</v>
+        <v>521</v>
       </c>
       <c r="I23" t="s">
-        <v>561</v>
+        <v>522</v>
       </c>
       <c r="J23" t="s">
-        <v>562</v>
+        <v>201</v>
       </c>
       <c r="K23" t="s">
-        <v>563</v>
+        <v>523</v>
       </c>
       <c r="L23" t="s">
-        <v>564</v>
+        <v>524</v>
       </c>
       <c r="M23" t="s">
-        <v>565</v>
+        <v>525</v>
+      </c>
+      <c r="N23" t="s">
+        <v>526</v>
+      </c>
+      <c r="O23" t="s">
+        <v>527</v>
+      </c>
+      <c r="P23" t="s">
+        <v>528</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>529</v>
+      </c>
+      <c r="R23" t="s">
+        <v>530</v>
+      </c>
+      <c r="S23" t="s">
+        <v>531</v>
+      </c>
+      <c r="T23" t="s">
+        <v>532</v>
+      </c>
+      <c r="U23" t="s">
+        <v>533</v>
+      </c>
+      <c r="V23" t="s">
+        <v>534</v>
+      </c>
+      <c r="W23" t="s">
+        <v>535</v>
+      </c>
+      <c r="X23" t="s">
+        <v>536</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>537</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>538</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>539</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>540</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>541</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>542</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>543</v>
+      </c>
+      <c r="AF23" t="s">
+        <v>544</v>
+      </c>
+      <c r="AG23" t="s">
+        <v>545</v>
+      </c>
+      <c r="AH23" t="s">
+        <v>546</v>
+      </c>
+      <c r="AI23" t="s">
+        <v>547</v>
+      </c>
+      <c r="AJ23" t="s">
+        <v>548</v>
+      </c>
+      <c r="AK23" t="s">
+        <v>549</v>
+      </c>
+      <c r="AL23" t="s">
+        <v>550</v>
+      </c>
+      <c r="AM23" t="s">
+        <v>551</v>
+      </c>
+      <c r="AN23" t="s">
+        <v>552</v>
+      </c>
+      <c r="AO23" t="s">
+        <v>553</v>
+      </c>
+      <c r="AP23" t="s">
+        <v>554</v>
+      </c>
+      <c r="AQ23" t="s">
+        <v>555</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>157</v>
       </c>
       <c r="B24" t="s">
+        <v>556</v>
+      </c>
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>557</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>558</v>
+      </c>
+      <c r="H24" t="s">
+        <v>559</v>
+      </c>
+      <c r="I24" t="s">
+        <v>560</v>
+      </c>
+      <c r="J24" t="s">
+        <v>178</v>
+      </c>
+      <c r="K24" t="s">
+        <v>561</v>
+      </c>
+      <c r="L24" t="s">
+        <v>562</v>
+      </c>
+      <c r="M24" t="s">
+        <v>563</v>
+      </c>
+      <c r="N24" t="s">
+        <v>564</v>
+      </c>
+      <c r="O24" t="s">
+        <v>565</v>
+      </c>
+      <c r="P24" t="s">
         <v>566</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="Q24" t="s">
         <v>567</v>
-      </c>
-[...49 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>157</v>
       </c>
       <c r="B25" t="s">
+        <v>568</v>
+      </c>
+      <c r="C25" t="s">
+        <v>15</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>569</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>570</v>
+      </c>
+      <c r="H25" t="s">
+        <v>571</v>
+      </c>
+      <c r="I25" t="s">
+        <v>572</v>
+      </c>
+      <c r="J25" t="s">
+        <v>573</v>
+      </c>
+      <c r="K25" t="s">
+        <v>574</v>
+      </c>
+      <c r="L25" t="s">
+        <v>575</v>
+      </c>
+      <c r="M25" t="s">
+        <v>576</v>
+      </c>
+      <c r="N25" t="s">
+        <v>577</v>
+      </c>
+      <c r="O25" t="s">
+        <v>578</v>
+      </c>
+      <c r="P25" t="s">
+        <v>579</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>580</v>
+      </c>
+      <c r="R25" t="s">
+        <v>581</v>
+      </c>
+      <c r="S25" t="s">
+        <v>582</v>
+      </c>
+      <c r="T25" t="s">
+        <v>583</v>
+      </c>
+      <c r="U25" t="s">
         <v>584</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="V25" t="s">
         <v>585</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="W25" t="s">
         <v>586</v>
       </c>
-      <c r="H25" t="s">
+      <c r="X25" t="s">
         <v>587</v>
       </c>
-      <c r="I25" t="s">
+      <c r="Y25" t="s">
         <v>588</v>
       </c>
-      <c r="J25" t="s">
+      <c r="Z25" t="s">
         <v>589</v>
       </c>
-      <c r="K25" t="s">
+      <c r="AA25" t="s">
         <v>590</v>
       </c>
-      <c r="L25" t="s">
+      <c r="AB25" t="s">
         <v>591</v>
       </c>
-      <c r="M25" t="s">
+      <c r="AC25" t="s">
         <v>592</v>
       </c>
-      <c r="N25" t="s">
+      <c r="AD25" t="s">
         <v>593</v>
-      </c>
-[...13 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>157</v>
       </c>
       <c r="B26" t="s">
+        <v>594</v>
+      </c>
+      <c r="C26" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>595</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>596</v>
+      </c>
+      <c r="H26" t="s">
+        <v>597</v>
+      </c>
+      <c r="I26" t="s">
+        <v>598</v>
+      </c>
+      <c r="J26" t="s">
         <v>599</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="K26" t="s">
         <v>600</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="L26" t="s">
         <v>601</v>
       </c>
-      <c r="H26" t="s">
+      <c r="M26" t="s">
         <v>602</v>
-      </c>
-[...61 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>157</v>
       </c>
       <c r="B27" t="s">
-        <v>622</v>
+        <v>603</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27" t="s">
         <v>15</v>
       </c>
       <c r="E27" t="s">
-        <v>623</v>
+        <v>604</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>624</v>
+        <v>605</v>
       </c>
       <c r="H27" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="I27" t="s">
-        <v>183</v>
+        <v>607</v>
       </c>
       <c r="J27" t="s">
-        <v>626</v>
+        <v>163</v>
       </c>
       <c r="K27" t="s">
-        <v>627</v>
+        <v>608</v>
       </c>
       <c r="L27" t="s">
-        <v>628</v>
+        <v>609</v>
       </c>
       <c r="M27" t="s">
-        <v>629</v>
+        <v>610</v>
       </c>
       <c r="N27" t="s">
-        <v>630</v>
+        <v>611</v>
       </c>
       <c r="O27" t="s">
-        <v>631</v>
+        <v>612</v>
       </c>
       <c r="P27" t="s">
-        <v>632</v>
+        <v>613</v>
       </c>
       <c r="Q27" t="s">
-        <v>633</v>
+        <v>614</v>
       </c>
       <c r="R27" t="s">
-        <v>634</v>
+        <v>615</v>
       </c>
       <c r="S27" t="s">
-        <v>635</v>
+        <v>616</v>
       </c>
       <c r="T27" t="s">
-        <v>636</v>
+        <v>617</v>
       </c>
       <c r="U27" t="s">
-        <v>637</v>
+        <v>618</v>
       </c>
       <c r="V27" t="s">
-        <v>638</v>
-[...5 lines deleted...]
-        <v>640</v>
+        <v>619</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>157</v>
       </c>
       <c r="B28" t="s">
-        <v>641</v>
+        <v>620</v>
       </c>
       <c r="C28" t="s">
         <v>15</v>
       </c>
       <c r="D28" t="s">
         <v>15</v>
       </c>
       <c r="E28" t="s">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
-        <v>643</v>
+        <v>622</v>
       </c>
       <c r="H28" t="s">
-        <v>644</v>
+        <v>623</v>
       </c>
       <c r="I28" t="s">
-        <v>645</v>
+        <v>624</v>
       </c>
       <c r="J28" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="K28" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="L28" t="s">
-        <v>648</v>
+        <v>627</v>
       </c>
       <c r="M28" t="s">
-        <v>649</v>
+        <v>628</v>
       </c>
       <c r="N28" t="s">
-        <v>650</v>
+        <v>629</v>
       </c>
       <c r="O28" t="s">
-        <v>651</v>
+        <v>630</v>
       </c>
       <c r="P28" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
       <c r="Q28" t="s">
-        <v>653</v>
+        <v>632</v>
       </c>
       <c r="R28" t="s">
-        <v>654</v>
+        <v>633</v>
       </c>
       <c r="S28" t="s">
-        <v>655</v>
-[...5 lines deleted...]
-        <v>657</v>
+        <v>634</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>157</v>
       </c>
       <c r="B29" t="s">
-        <v>658</v>
+        <v>635</v>
       </c>
       <c r="C29" t="s">
         <v>15</v>
       </c>
       <c r="D29" t="s">
         <v>15</v>
       </c>
       <c r="E29" t="s">
-        <v>659</v>
+        <v>636</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29" t="s">
-        <v>660</v>
+        <v>637</v>
       </c>
       <c r="H29" t="s">
-        <v>661</v>
+        <v>638</v>
       </c>
       <c r="I29" t="s">
-        <v>662</v>
+        <v>639</v>
       </c>
       <c r="J29" t="s">
-        <v>663</v>
+        <v>429</v>
       </c>
       <c r="K29" t="s">
-        <v>664</v>
+        <v>640</v>
       </c>
       <c r="L29" t="s">
-        <v>665</v>
+        <v>641</v>
       </c>
       <c r="M29" t="s">
-        <v>666</v>
+        <v>642</v>
+      </c>
+      <c r="N29" t="s">
+        <v>643</v>
+      </c>
+      <c r="O29" t="s">
+        <v>643</v>
+      </c>
+      <c r="P29" t="s">
+        <v>644</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>645</v>
+      </c>
+      <c r="R29" t="s">
+        <v>646</v>
+      </c>
+      <c r="S29" t="s">
+        <v>647</v>
+      </c>
+      <c r="T29" t="s">
+        <v>648</v>
+      </c>
+      <c r="U29" t="s">
+        <v>649</v>
+      </c>
+      <c r="V29" t="s">
+        <v>650</v>
+      </c>
+      <c r="W29" t="s">
+        <v>651</v>
+      </c>
+      <c r="X29" t="s">
+        <v>652</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>653</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>654</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>655</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>656</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>657</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>157</v>
       </c>
       <c r="B30" t="s">
+        <v>658</v>
+      </c>
+      <c r="C30" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" t="s">
+        <v>659</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>660</v>
+      </c>
+      <c r="H30" t="s">
+        <v>661</v>
+      </c>
+      <c r="I30" t="s">
+        <v>221</v>
+      </c>
+      <c r="J30" t="s">
+        <v>662</v>
+      </c>
+      <c r="K30" t="s">
+        <v>663</v>
+      </c>
+      <c r="L30" t="s">
+        <v>664</v>
+      </c>
+      <c r="M30" t="s">
+        <v>665</v>
+      </c>
+      <c r="N30" t="s">
+        <v>666</v>
+      </c>
+      <c r="O30" t="s">
         <v>667</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="P30" t="s">
         <v>668</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="Q30" t="s">
         <v>669</v>
       </c>
-      <c r="H30" t="s">
+      <c r="R30" t="s">
         <v>670</v>
       </c>
-      <c r="I30" t="s">
+      <c r="S30" t="s">
         <v>671</v>
       </c>
-      <c r="J30" t="s">
+      <c r="T30" t="s">
         <v>672</v>
       </c>
-      <c r="K30" t="s">
+      <c r="U30" t="s">
         <v>673</v>
       </c>
-      <c r="L30" t="s">
+      <c r="V30" t="s">
         <v>674</v>
       </c>
-      <c r="M30" t="s">
+      <c r="W30" t="s">
         <v>675</v>
+      </c>
+      <c r="X30" t="s">
+        <v>676</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>157</v>
       </c>
       <c r="B31" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C31" t="s">
         <v>15</v>
       </c>
       <c r="D31" t="s">
         <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="H31" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="I31" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="J31" t="s">
-        <v>536</v>
+        <v>682</v>
       </c>
       <c r="K31" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="L31" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="M31" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="N31" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="O31" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="P31" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="Q31" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="R31" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="S31" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="T31" t="s">
-        <v>690</v>
+        <v>692</v>
+      </c>
+      <c r="U31" t="s">
+        <v>693</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>157</v>
       </c>
       <c r="B32" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="C32" t="s">
         <v>15</v>
       </c>
       <c r="D32" t="s">
         <v>15</v>
       </c>
       <c r="E32" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="G32" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="H32" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="I32" t="s">
-        <v>680</v>
+        <v>698</v>
       </c>
       <c r="J32" t="s">
-        <v>523</v>
+        <v>699</v>
       </c>
       <c r="K32" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="L32" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="M32" t="s">
-        <v>697</v>
-[...13 lines deleted...]
-      <c r="R32" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>157</v>
       </c>
       <c r="B33" t="s">
         <v>703</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
         <v>15</v>
       </c>
       <c r="E33" t="s">
         <v>704</v>
       </c>
       <c r="F33" t="s">
         <v>15</v>
       </c>
       <c r="G33" t="s">
         <v>705</v>
       </c>
       <c r="H33" t="s">
         <v>706</v>
       </c>
       <c r="I33" t="s">
         <v>707</v>
       </c>
       <c r="J33" t="s">
-        <v>265</v>
+        <v>708</v>
       </c>
       <c r="K33" t="s">
-        <v>708</v>
+        <v>709</v>
+      </c>
+      <c r="L33" t="s">
+        <v>710</v>
+      </c>
+      <c r="M33" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>157</v>
       </c>
       <c r="B34" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34" t="s">
         <v>15</v>
       </c>
       <c r="E34" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="H34" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="I34" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="J34" t="s">
-        <v>163</v>
+        <v>573</v>
       </c>
       <c r="K34" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="L34" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="M34" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="N34" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="O34" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="P34" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="Q34" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="R34" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="S34" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="T34" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>157</v>
       </c>
       <c r="B35" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="H35" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="I35" t="s">
-        <v>728</v>
+        <v>716</v>
       </c>
       <c r="J35" t="s">
-        <v>536</v>
+        <v>178</v>
       </c>
       <c r="K35" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="L35" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="M35" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="N35" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="O35" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="P35" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="Q35" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="R35" t="s">
-        <v>734</v>
-[...7 lines deleted...]
-      <c r="U35" t="s">
         <v>738</v>
-      </c>
-[...7 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>157</v>
       </c>
       <c r="B36" t="s">
+        <v>739</v>
+      </c>
+      <c r="C36" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" t="s">
+        <v>740</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>741</v>
+      </c>
+      <c r="H36" t="s">
         <v>742</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="I36" t="s">
         <v>743</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="J36" t="s">
+        <v>303</v>
+      </c>
+      <c r="K36" t="s">
         <v>744</v>
-      </c>
-[...22 lines deleted...]
-        <v>751</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>157</v>
       </c>
       <c r="B37" t="s">
+        <v>745</v>
+      </c>
+      <c r="C37" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" t="s">
+        <v>746</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>747</v>
+      </c>
+      <c r="H37" t="s">
+        <v>748</v>
+      </c>
+      <c r="I37" t="s">
+        <v>749</v>
+      </c>
+      <c r="J37" t="s">
+        <v>201</v>
+      </c>
+      <c r="K37" t="s">
+        <v>750</v>
+      </c>
+      <c r="L37" t="s">
+        <v>751</v>
+      </c>
+      <c r="M37" t="s">
         <v>752</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="N37" t="s">
         <v>753</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="O37" t="s">
         <v>754</v>
       </c>
-      <c r="H37" t="s">
+      <c r="P37" t="s">
         <v>755</v>
       </c>
-      <c r="I37" t="s">
+      <c r="Q37" t="s">
         <v>756</v>
       </c>
-      <c r="J37" t="s">
+      <c r="R37" t="s">
         <v>757</v>
       </c>
-      <c r="K37" t="s">
+      <c r="S37" t="s">
         <v>758</v>
       </c>
-      <c r="L37" t="s">
+      <c r="T37" t="s">
         <v>759</v>
-      </c>
-[...7 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>157</v>
       </c>
       <c r="B38" t="s">
+        <v>760</v>
+      </c>
+      <c r="C38" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" t="s">
+        <v>761</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>762</v>
+      </c>
+      <c r="H38" t="s">
         <v>763</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="I38" t="s">
         <v>764</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="J38" t="s">
+        <v>573</v>
+      </c>
+      <c r="K38" t="s">
         <v>765</v>
       </c>
-      <c r="H38" t="s">
+      <c r="L38" t="s">
         <v>766</v>
       </c>
-      <c r="I38" t="s">
+      <c r="M38" t="s">
         <v>767</v>
       </c>
-      <c r="J38" t="s">
+      <c r="N38" t="s">
         <v>768</v>
       </c>
-      <c r="K38" t="s">
+      <c r="O38" t="s">
         <v>769</v>
       </c>
-      <c r="L38" t="s">
+      <c r="P38" t="s">
         <v>770</v>
       </c>
-      <c r="M38" t="s">
+      <c r="Q38" t="s">
         <v>771</v>
       </c>
-      <c r="N38" t="s">
+      <c r="R38" t="s">
+        <v>770</v>
+      </c>
+      <c r="S38" t="s">
         <v>772</v>
       </c>
-      <c r="O38" t="s">
+      <c r="T38" t="s">
         <v>773</v>
       </c>
-      <c r="P38" t="s">
+      <c r="U38" t="s">
         <v>774</v>
       </c>
-      <c r="Q38" t="s">
+      <c r="V38" t="s">
         <v>775</v>
       </c>
-      <c r="R38" t="s">
+      <c r="W38" t="s">
         <v>776</v>
+      </c>
+      <c r="X38" t="s">
+        <v>777</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>157</v>
       </c>
       <c r="B39" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C39" t="s">
         <v>15</v>
       </c>
       <c r="D39" t="s">
         <v>15</v>
       </c>
       <c r="E39" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
       <c r="G39" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="H39" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="I39" t="s">
-        <v>680</v>
+        <v>782</v>
       </c>
       <c r="J39" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="K39" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="L39" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="M39" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="N39" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="O39" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>157</v>
       </c>
       <c r="B40" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="C40" t="s">
         <v>15</v>
       </c>
       <c r="D40" t="s">
         <v>15</v>
       </c>
       <c r="E40" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="H40" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="I40" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="J40" t="s">
-        <v>646</v>
+        <v>794</v>
       </c>
       <c r="K40" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="L40" t="s">
-        <v>793</v>
+        <v>796</v>
+      </c>
+      <c r="M40" t="s">
+        <v>797</v>
+      </c>
+      <c r="N40" t="s">
+        <v>798</v>
+      </c>
+      <c r="O40" t="s">
+        <v>799</v>
+      </c>
+      <c r="P40" t="s">
+        <v>800</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>801</v>
+      </c>
+      <c r="R40" t="s">
+        <v>802</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>157</v>
       </c>
       <c r="B41" t="s">
-        <v>794</v>
+        <v>803</v>
       </c>
       <c r="C41" t="s">
         <v>15</v>
       </c>
       <c r="D41" t="s">
         <v>15</v>
       </c>
       <c r="E41" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
       <c r="H41" t="s">
-        <v>797</v>
+        <v>806</v>
       </c>
       <c r="I41" t="s">
-        <v>798</v>
+        <v>716</v>
       </c>
       <c r="J41" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
       <c r="K41" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="L41" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="M41" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="N41" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="O41" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>812</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>157</v>
       </c>
       <c r="B42" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="C42" t="s">
         <v>15</v>
       </c>
       <c r="D42" t="s">
         <v>15</v>
       </c>
       <c r="E42" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="F42" t="s">
         <v>15</v>
       </c>
       <c r="G42" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="H42" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="I42" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="J42" t="s">
-        <v>811</v>
+        <v>682</v>
       </c>
       <c r="K42" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="L42" t="s">
-        <v>813</v>
-[...8 lines deleted...]
-        <v>816</v>
+        <v>819</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>157</v>
       </c>
       <c r="B43" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="C43" t="s">
         <v>15</v>
       </c>
       <c r="D43" t="s">
         <v>15</v>
       </c>
       <c r="E43" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="H43" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="I43" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="J43" t="s">
-        <v>408</v>
+        <v>825</v>
       </c>
       <c r="K43" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="L43" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="M43" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="N43" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="O43" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="P43" t="s">
-        <v>827</v>
-[...10 lines deleted...]
-      <c r="T43" t="s">
         <v>831</v>
-      </c>
-[...22 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>157</v>
       </c>
       <c r="B44" t="s">
+        <v>832</v>
+      </c>
+      <c r="C44" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>833</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>834</v>
+      </c>
+      <c r="H44" t="s">
+        <v>835</v>
+      </c>
+      <c r="I44" t="s">
+        <v>836</v>
+      </c>
+      <c r="J44" t="s">
+        <v>837</v>
+      </c>
+      <c r="K44" t="s">
+        <v>838</v>
+      </c>
+      <c r="L44" t="s">
+        <v>839</v>
+      </c>
+      <c r="M44" t="s">
         <v>840</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="N44" t="s">
         <v>841</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="O44" t="s">
         <v>842</v>
-      </c>
-[...49 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>157</v>
       </c>
       <c r="B45" t="s">
+        <v>843</v>
+      </c>
+      <c r="C45" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" t="s">
+        <v>844</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>845</v>
+      </c>
+      <c r="H45" t="s">
+        <v>846</v>
+      </c>
+      <c r="I45" t="s">
+        <v>847</v>
+      </c>
+      <c r="J45" t="s">
+        <v>446</v>
+      </c>
+      <c r="K45" t="s">
+        <v>848</v>
+      </c>
+      <c r="L45" t="s">
+        <v>849</v>
+      </c>
+      <c r="M45" t="s">
+        <v>850</v>
+      </c>
+      <c r="N45" t="s">
+        <v>851</v>
+      </c>
+      <c r="O45" t="s">
+        <v>852</v>
+      </c>
+      <c r="P45" t="s">
+        <v>853</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>854</v>
+      </c>
+      <c r="R45" t="s">
+        <v>855</v>
+      </c>
+      <c r="S45" t="s">
+        <v>856</v>
+      </c>
+      <c r="T45" t="s">
+        <v>857</v>
+      </c>
+      <c r="U45" t="s">
         <v>858</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="V45" t="s">
         <v>859</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="W45" t="s">
         <v>860</v>
       </c>
-      <c r="H45" t="s">
+      <c r="X45" t="s">
         <v>861</v>
       </c>
-      <c r="I45" t="s">
+      <c r="Y45" t="s">
         <v>862</v>
       </c>
-      <c r="J45" t="s">
+      <c r="Z45" t="s">
         <v>863</v>
       </c>
-      <c r="K45" t="s">
+      <c r="AA45" t="s">
         <v>864</v>
       </c>
-      <c r="L45" t="s">
+      <c r="AB45" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>157</v>
       </c>
       <c r="B46" t="s">
+        <v>866</v>
+      </c>
+      <c r="C46" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" t="s">
         <v>867</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
         <v>868</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>869</v>
       </c>
-      <c r="H46" t="s">
+      <c r="I46" t="s">
+        <v>624</v>
+      </c>
+      <c r="J46" t="s">
+        <v>507</v>
+      </c>
+      <c r="K46" t="s">
         <v>870</v>
       </c>
-      <c r="I46" t="s">
-[...2 lines deleted...]
-      <c r="J46" t="s">
+      <c r="L46" t="s">
         <v>871</v>
       </c>
-      <c r="K46" t="s">
+      <c r="M46" t="s">
         <v>872</v>
       </c>
-      <c r="L46" t="s">
+      <c r="N46" t="s">
         <v>873</v>
       </c>
-      <c r="M46" t="s">
+      <c r="O46" t="s">
         <v>874</v>
       </c>
-      <c r="N46" t="s">
+      <c r="P46" t="s">
         <v>875</v>
       </c>
-      <c r="O46" t="s">
+      <c r="Q46" t="s">
         <v>876</v>
       </c>
-      <c r="P46" t="s">
+      <c r="R46" t="s">
         <v>877</v>
       </c>
-      <c r="Q46" t="s">
-        <v>877</v>
+      <c r="S46" t="s">
+        <v>878</v>
+      </c>
+      <c r="T46" t="s">
+        <v>879</v>
+      </c>
+      <c r="U46" t="s">
+        <v>880</v>
+      </c>
+      <c r="V46" t="s">
+        <v>881</v>
+      </c>
+      <c r="W46" t="s">
+        <v>882</v>
+      </c>
+      <c r="X46" t="s">
+        <v>883</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>157</v>
       </c>
       <c r="B47" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47" t="s">
         <v>15</v>
       </c>
       <c r="E47" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="F47" t="s">
         <v>15</v>
       </c>
       <c r="G47" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="H47" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="I47" t="s">
-        <v>680</v>
+        <v>888</v>
       </c>
       <c r="J47" t="s">
-        <v>265</v>
+        <v>889</v>
       </c>
       <c r="K47" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="L47" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="M47" t="s">
-        <v>884</v>
-[...20 lines deleted...]
-        <v>890</v>
+        <v>892</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>157</v>
       </c>
       <c r="B48" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C48" t="s">
         <v>15</v>
       </c>
       <c r="D48" t="s">
         <v>15</v>
       </c>
       <c r="E48" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="F48" t="s">
         <v>15</v>
       </c>
       <c r="G48" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="H48" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="I48" t="s">
-        <v>895</v>
+        <v>716</v>
       </c>
       <c r="J48" t="s">
-        <v>562</v>
+        <v>897</v>
       </c>
       <c r="K48" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="L48" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="M48" t="s">
-        <v>898</v>
+        <v>900</v>
+      </c>
+      <c r="N48" t="s">
+        <v>901</v>
+      </c>
+      <c r="O48" t="s">
+        <v>902</v>
+      </c>
+      <c r="P48" t="s">
+        <v>903</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>903</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>157</v>
       </c>
       <c r="B49" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="C49" t="s">
         <v>15</v>
       </c>
       <c r="D49" t="s">
         <v>15</v>
       </c>
       <c r="E49" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="F49" t="s">
         <v>15</v>
       </c>
       <c r="G49" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="H49" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="I49" t="s">
-        <v>903</v>
+        <v>716</v>
       </c>
       <c r="J49" t="s">
-        <v>904</v>
+        <v>303</v>
       </c>
       <c r="K49" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="L49" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="M49" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="N49" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="O49" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="P49" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="Q49" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="R49" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="S49" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="T49" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>157</v>
       </c>
       <c r="B50" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="C50" t="s">
         <v>15</v>
       </c>
       <c r="D50" t="s">
         <v>15</v>
       </c>
       <c r="E50" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="F50" t="s">
         <v>15</v>
       </c>
       <c r="G50" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="H50" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="I50" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="J50" t="s">
-        <v>449</v>
+        <v>599</v>
       </c>
       <c r="K50" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="L50" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="M50" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>157</v>
       </c>
       <c r="B51" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51" t="s">
         <v>15</v>
       </c>
       <c r="E51" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="H51" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="I51" t="s">
-        <v>588</v>
+        <v>929</v>
       </c>
       <c r="J51" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="K51" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="L51" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="M51" t="s">
-        <v>931</v>
+        <v>933</v>
+      </c>
+      <c r="N51" t="s">
+        <v>934</v>
+      </c>
+      <c r="O51" t="s">
+        <v>935</v>
+      </c>
+      <c r="P51" t="s">
+        <v>936</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>937</v>
+      </c>
+      <c r="R51" t="s">
+        <v>938</v>
+      </c>
+      <c r="S51" t="s">
+        <v>939</v>
+      </c>
+      <c r="T51" t="s">
+        <v>940</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>157</v>
       </c>
       <c r="B52" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="C52" t="s">
         <v>15</v>
       </c>
       <c r="D52" t="s">
         <v>15</v>
       </c>
       <c r="E52" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="F52" t="s">
         <v>15</v>
       </c>
       <c r="G52" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="H52" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="I52" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="J52" t="s">
-        <v>937</v>
+        <v>487</v>
       </c>
       <c r="K52" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="L52" t="s">
-        <v>939</v>
+        <v>947</v>
+      </c>
+      <c r="M52" t="s">
+        <v>948</v>
+      </c>
+      <c r="N52" t="s">
+        <v>949</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>157</v>
       </c>
       <c r="B53" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="C53" t="s">
         <v>15</v>
       </c>
       <c r="D53" t="s">
         <v>15</v>
       </c>
       <c r="E53" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
       <c r="G53" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="H53" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="I53" t="s">
-        <v>944</v>
+        <v>624</v>
       </c>
       <c r="J53" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="K53" t="s">
-        <v>946</v>
+        <v>955</v>
+      </c>
+      <c r="L53" t="s">
+        <v>956</v>
+      </c>
+      <c r="M53" t="s">
+        <v>957</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>157</v>
       </c>
       <c r="B54" t="s">
-        <v>947</v>
+        <v>958</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54" t="s">
         <v>15</v>
       </c>
       <c r="E54" t="s">
-        <v>948</v>
+        <v>959</v>
       </c>
       <c r="F54" t="s">
         <v>15</v>
       </c>
       <c r="G54" t="s">
-        <v>949</v>
+        <v>960</v>
       </c>
       <c r="H54" t="s">
-        <v>950</v>
+        <v>961</v>
       </c>
       <c r="I54" t="s">
-        <v>671</v>
+        <v>962</v>
       </c>
       <c r="J54" t="s">
-        <v>672</v>
+        <v>963</v>
       </c>
       <c r="K54" t="s">
-        <v>951</v>
+        <v>964</v>
       </c>
       <c r="L54" t="s">
-        <v>952</v>
-[...8 lines deleted...]
-        <v>955</v>
+        <v>965</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>157</v>
       </c>
       <c r="B55" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" t="s">
         <v>15</v>
       </c>
       <c r="E55" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
       <c r="H55" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="I55" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="J55" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="K55" t="s">
-        <v>962</v>
-[...8 lines deleted...]
-        <v>965</v>
+        <v>972</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>157</v>
       </c>
       <c r="B56" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="C56" t="s">
         <v>15</v>
       </c>
       <c r="D56" t="s">
         <v>15</v>
       </c>
       <c r="E56" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="H56" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="I56" t="s">
-        <v>970</v>
+        <v>707</v>
       </c>
       <c r="J56" t="s">
-        <v>971</v>
+        <v>708</v>
       </c>
       <c r="K56" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="L56" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="M56" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="N56" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="O56" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>157</v>
       </c>
       <c r="B57" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" t="s">
         <v>15</v>
       </c>
       <c r="E57" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="F57" t="s">
         <v>15</v>
       </c>
       <c r="G57" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="H57" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="I57" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="J57" t="s">
-        <v>811</v>
+        <v>987</v>
       </c>
       <c r="K57" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="L57" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="M57" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="N57" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>157</v>
       </c>
       <c r="B58" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58" t="s">
         <v>15</v>
       </c>
       <c r="E58" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="H58" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="I58" t="s">
-        <v>323</v>
+        <v>996</v>
       </c>
       <c r="J58" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="K58" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="L58" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="M58" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="N58" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="O58" t="s">
-        <v>995</v>
-[...5 lines deleted...]
-        <v>997</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>157</v>
       </c>
       <c r="B59" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="C59" t="s">
         <v>15</v>
       </c>
       <c r="D59" t="s">
         <v>15</v>
       </c>
       <c r="E59" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="F59" t="s">
         <v>15</v>
       </c>
       <c r="G59" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="H59" t="s">
-        <v>1001</v>
+        <v>1006</v>
       </c>
       <c r="I59" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="J59" t="s">
-        <v>1003</v>
+        <v>837</v>
       </c>
       <c r="K59" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="L59" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="M59" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="N59" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>157</v>
       </c>
       <c r="B60" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="C60" t="s">
         <v>15</v>
       </c>
       <c r="D60" t="s">
         <v>15</v>
       </c>
       <c r="E60" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="F60" t="s">
         <v>15</v>
       </c>
       <c r="G60" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="H60" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="I60" t="s">
-        <v>960</v>
+        <v>361</v>
       </c>
       <c r="J60" t="s">
-        <v>562</v>
+        <v>1016</v>
       </c>
       <c r="K60" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="L60" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="M60" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="N60" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="O60" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="P60" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="Q60" t="s">
-        <v>1018</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>157</v>
       </c>
       <c r="B61" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
       <c r="E61" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="H61" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="I61" t="s">
-        <v>960</v>
+        <v>986</v>
       </c>
       <c r="J61" t="s">
-        <v>1023</v>
+        <v>599</v>
       </c>
       <c r="K61" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="L61" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="M61" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="N61" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="O61" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="P61" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="Q61" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>157</v>
       </c>
       <c r="B62" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="C62" t="s">
         <v>15</v>
       </c>
       <c r="D62" t="s">
         <v>15</v>
       </c>
       <c r="E62" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="F62" t="s">
         <v>15</v>
       </c>
       <c r="G62" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="H62" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="I62" t="s">
-        <v>680</v>
+        <v>986</v>
       </c>
       <c r="J62" t="s">
-        <v>811</v>
+        <v>1039</v>
       </c>
       <c r="K62" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="L62" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="M62" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="N62" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="O62" t="s">
-        <v>1039</v>
+        <v>1044</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1045</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>1046</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>157</v>
       </c>
       <c r="B63" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="C63" t="s">
         <v>15</v>
       </c>
       <c r="D63" t="s">
         <v>15</v>
       </c>
       <c r="E63" t="s">
-        <v>1041</v>
+        <v>1048</v>
       </c>
       <c r="F63" t="s">
         <v>15</v>
       </c>
       <c r="G63" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="H63" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="I63" t="s">
-        <v>1044</v>
+        <v>716</v>
       </c>
       <c r="J63" t="s">
-        <v>1045</v>
+        <v>837</v>
       </c>
       <c r="K63" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="L63" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="M63" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="N63" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="O63" t="s">
-        <v>1050</v>
-[...13 lines deleted...]
-      <c r="T63" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>157</v>
       </c>
       <c r="B64" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C64" t="s">
+        <v>15</v>
+      </c>
+      <c r="D64" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" t="s">
         <v>1057</v>
       </c>
-      <c r="C64" t="s">
-[...5 lines deleted...]
-      <c r="E64" t="s">
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
         <v>1058</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>1059</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>1060</v>
       </c>
-      <c r="I64" t="s">
+      <c r="J64" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="K64" t="s">
         <v>1062</v>
       </c>
       <c r="L64" t="s">
         <v>1063</v>
       </c>
       <c r="M64" t="s">
         <v>1064</v>
       </c>
       <c r="N64" t="s">
         <v>1065</v>
+      </c>
+      <c r="O64" t="s">
+        <v>1066</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1067</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>1068</v>
+      </c>
+      <c r="R64" t="s">
+        <v>1069</v>
+      </c>
+      <c r="S64" t="s">
+        <v>1070</v>
+      </c>
+      <c r="T64" t="s">
+        <v>1071</v>
+      </c>
+      <c r="U64" t="s">
+        <v>1072</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>157</v>
       </c>
       <c r="B65" t="s">
-        <v>1066</v>
+        <v>1073</v>
       </c>
       <c r="C65" t="s">
         <v>15</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
       <c r="E65" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="F65" t="s">
         <v>15</v>
       </c>
       <c r="G65" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="H65" t="s">
-        <v>1069</v>
+        <v>1076</v>
       </c>
       <c r="I65" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="J65" t="s">
-        <v>536</v>
+        <v>429</v>
       </c>
       <c r="K65" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="L65" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="M65" t="s">
-        <v>1073</v>
+        <v>1080</v>
+      </c>
+      <c r="N65" t="s">
+        <v>1081</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>157</v>
       </c>
       <c r="B66" t="s">
-        <v>1074</v>
+        <v>1082</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>15</v>
       </c>
       <c r="E66" t="s">
-        <v>1075</v>
+        <v>1083</v>
       </c>
       <c r="F66" t="s">
         <v>15</v>
       </c>
       <c r="G66" t="s">
-        <v>1076</v>
+        <v>1084</v>
       </c>
       <c r="H66" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="I66" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="J66" t="s">
-        <v>1079</v>
+        <v>573</v>
       </c>
       <c r="K66" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="L66" t="s">
-        <v>1081</v>
+        <v>1088</v>
       </c>
       <c r="M66" t="s">
-        <v>1082</v>
-[...5 lines deleted...]
-        <v>1084</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>157</v>
       </c>
       <c r="B67" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="C67" t="s">
         <v>15</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="H67" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="I67" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="J67" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="K67" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="L67" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="M67" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="N67" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="O67" t="s">
-        <v>1095</v>
-[...13 lines deleted...]
-      <c r="T67" t="s">
         <v>1100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>157</v>
       </c>
       <c r="B68" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D68" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" t="s">
         <v>1103</v>
       </c>
-      <c r="C68" t="s">
-[...5 lines deleted...]
-      <c r="E68" t="s">
+      <c r="H68" t="s">
         <v>1104</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" t="s">
+      <c r="I68" t="s">
         <v>1105</v>
       </c>
-      <c r="H68" t="s">
+      <c r="J68" t="s">
         <v>1106</v>
       </c>
-      <c r="I68" t="s">
+      <c r="K68" t="s">
         <v>1107</v>
       </c>
-      <c r="J68" t="s">
+      <c r="L68" t="s">
         <v>1108</v>
       </c>
-      <c r="K68" t="s">
+      <c r="M68" t="s">
         <v>1109</v>
       </c>
-      <c r="L68" t="s">
+      <c r="N68" t="s">
         <v>1110</v>
       </c>
-      <c r="M68" t="s">
+      <c r="O68" t="s">
         <v>1111</v>
       </c>
-      <c r="N68" t="s">
+      <c r="P68" t="s">
         <v>1112</v>
       </c>
-      <c r="O68" t="s">
+      <c r="Q68" t="s">
         <v>1113</v>
       </c>
-      <c r="P68" t="s">
+      <c r="R68" t="s">
         <v>1114</v>
       </c>
-      <c r="Q68" t="s">
+      <c r="S68" t="s">
         <v>1115</v>
       </c>
-      <c r="R68" t="s">
+      <c r="T68" t="s">
         <v>1116</v>
       </c>
-      <c r="S68" t="s">
+      <c r="U68" t="s">
         <v>1117</v>
       </c>
-      <c r="T68" t="s">
+      <c r="V68" t="s">
         <v>1118</v>
-      </c>
-[...34 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>157</v>
       </c>
       <c r="B69" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C69" t="s">
+        <v>15</v>
+      </c>
+      <c r="D69" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1122</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1123</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1124</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1125</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1126</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1127</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1128</v>
+      </c>
+      <c r="O69" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P69" t="s">
+        <v>1130</v>
+      </c>
+      <c r="Q69" t="s">
         <v>1131</v>
       </c>
-      <c r="C69" t="s">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="R69" t="s">
         <v>1132</v>
       </c>
-      <c r="F69" t="s">
-[...2 lines deleted...]
-      <c r="G69" t="s">
+      <c r="S69" t="s">
         <v>1133</v>
       </c>
-      <c r="H69" t="s">
+      <c r="T69" t="s">
         <v>1134</v>
       </c>
-      <c r="I69" t="s">
+      <c r="U69" t="s">
         <v>1135</v>
       </c>
-      <c r="J69" t="s">
+      <c r="V69" t="s">
         <v>1136</v>
       </c>
-      <c r="K69" t="s">
+      <c r="W69" t="s">
         <v>1137</v>
+      </c>
+      <c r="X69" t="s">
+        <v>1138</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>1139</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>1140</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>1141</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>1142</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>1143</v>
+      </c>
+      <c r="AD69" t="s">
+        <v>1144</v>
+      </c>
+      <c r="AE69" t="s">
+        <v>1145</v>
+      </c>
+      <c r="AF69" t="s">
+        <v>1146</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>157</v>
       </c>
       <c r="B70" t="s">
-        <v>1138</v>
+        <v>1147</v>
       </c>
       <c r="C70" t="s">
         <v>15</v>
       </c>
       <c r="D70" t="s">
         <v>15</v>
       </c>
       <c r="E70" t="s">
-        <v>1139</v>
+        <v>1148</v>
       </c>
       <c r="F70" t="s">
         <v>15</v>
       </c>
       <c r="G70" t="s">
-        <v>1140</v>
+        <v>1149</v>
       </c>
       <c r="H70" t="s">
-        <v>1141</v>
+        <v>1150</v>
       </c>
       <c r="I70" t="s">
-        <v>1142</v>
+        <v>1151</v>
       </c>
       <c r="J70" t="s">
-        <v>1143</v>
+        <v>1152</v>
       </c>
       <c r="K70" t="s">
-        <v>1144</v>
-[...14 lines deleted...]
-        <v>1149</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>157</v>
       </c>
       <c r="B71" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="C71" t="s">
         <v>15</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="H71" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="I71" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="J71" t="s">
-        <v>562</v>
+        <v>1159</v>
       </c>
       <c r="K71" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="L71" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="M71" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="N71" t="s">
-        <v>1158</v>
+        <v>1163</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1165</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>157</v>
       </c>
       <c r="B72" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="C72" t="s">
         <v>15</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="H72" t="s">
-        <v>1162</v>
+        <v>1169</v>
       </c>
       <c r="I72" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="J72" t="s">
-        <v>1164</v>
+        <v>599</v>
       </c>
       <c r="K72" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="L72" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="M72" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="N72" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>157</v>
       </c>
       <c r="B73" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="C73" t="s">
         <v>15</v>
       </c>
       <c r="D73" t="s">
         <v>15</v>
       </c>
       <c r="E73" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="F73" t="s">
         <v>15</v>
       </c>
       <c r="G73" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="H73" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="I73" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="J73" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="K73" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
       <c r="L73" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="M73" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="N73" t="s">
-        <v>1178</v>
-[...2 lines deleted...]
-        <v>1179</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>157</v>
       </c>
       <c r="B74" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="C74" t="s">
         <v>15</v>
       </c>
       <c r="D74" t="s">
         <v>15</v>
       </c>
       <c r="E74" t="s">
-        <v>1170</v>
+        <v>1186</v>
       </c>
       <c r="F74" t="s">
         <v>15</v>
       </c>
       <c r="G74" t="s">
-        <v>1181</v>
+        <v>1187</v>
       </c>
       <c r="H74" t="s">
-        <v>1182</v>
+        <v>1188</v>
       </c>
       <c r="I74" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="J74" t="s">
-        <v>1184</v>
+        <v>1190</v>
       </c>
       <c r="K74" t="s">
-        <v>1185</v>
+        <v>1191</v>
       </c>
       <c r="L74" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="M74" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
       <c r="N74" t="s">
-        <v>1188</v>
+        <v>1194</v>
+      </c>
+      <c r="O74" t="s">
+        <v>1195</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>157</v>
       </c>
       <c r="B75" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="C75" t="s">
         <v>15</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
       <c r="E75" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="H75" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="I75" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="J75" t="s">
-        <v>391</v>
+        <v>1200</v>
       </c>
       <c r="K75" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="L75" t="s">
-        <v>1195</v>
+        <v>1202</v>
       </c>
       <c r="M75" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="N75" t="s">
-        <v>1197</v>
-[...2 lines deleted...]
-        <v>1198</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>157</v>
       </c>
       <c r="B76" t="s">
-        <v>1199</v>
+        <v>1205</v>
       </c>
       <c r="C76" t="s">
         <v>15</v>
       </c>
       <c r="D76" t="s">
         <v>15</v>
       </c>
       <c r="E76" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="F76" t="s">
         <v>15</v>
       </c>
       <c r="G76" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="H76" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="I76" t="s">
-        <v>588</v>
+        <v>1209</v>
       </c>
       <c r="J76" t="s">
-        <v>1184</v>
+        <v>429</v>
       </c>
       <c r="K76" t="s">
-        <v>1203</v>
+        <v>1210</v>
       </c>
       <c r="L76" t="s">
-        <v>1204</v>
+        <v>1211</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1212</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1213</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1214</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
-        <v>1205</v>
+        <v>1215</v>
       </c>
       <c r="C77" t="s">
         <v>15</v>
       </c>
       <c r="D77" t="s">
         <v>15</v>
       </c>
       <c r="E77" t="s">
-        <v>1206</v>
+        <v>1216</v>
       </c>
       <c r="F77" t="s">
         <v>15</v>
       </c>
       <c r="G77" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="H77" t="s">
-        <v>1208</v>
+        <v>1218</v>
       </c>
       <c r="I77" t="s">
-        <v>1209</v>
+        <v>624</v>
       </c>
       <c r="J77" t="s">
-        <v>1210</v>
+        <v>1200</v>
       </c>
       <c r="K77" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
       <c r="L77" t="s">
-        <v>1212</v>
-[...11 lines deleted...]
-        <v>1216</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>157</v>
       </c>
       <c r="B78" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="C78" t="s">
         <v>15</v>
       </c>
       <c r="D78" t="s">
         <v>15</v>
       </c>
       <c r="E78" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="F78" t="s">
         <v>15</v>
       </c>
       <c r="G78" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="H78" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="I78" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="J78" t="s">
-        <v>562</v>
+        <v>1226</v>
       </c>
       <c r="K78" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="L78" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="M78" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="N78" t="s">
-        <v>1225</v>
+        <v>1230</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1231</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1232</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>157</v>
       </c>
       <c r="B79" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="C79" t="s">
         <v>15</v>
       </c>
       <c r="D79" t="s">
         <v>15</v>
       </c>
       <c r="E79" t="s">
-        <v>1227</v>
+        <v>1234</v>
       </c>
       <c r="F79" t="s">
         <v>15</v>
       </c>
       <c r="G79" t="s">
-        <v>1228</v>
+        <v>1235</v>
       </c>
       <c r="H79" t="s">
-        <v>1229</v>
+        <v>1236</v>
       </c>
       <c r="I79" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="J79" t="s">
-        <v>562</v>
+        <v>599</v>
       </c>
       <c r="K79" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
       <c r="L79" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="M79" t="s">
-        <v>1233</v>
+        <v>1240</v>
+      </c>
+      <c r="N79" t="s">
+        <v>1241</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>157</v>
       </c>
       <c r="B80" t="s">
-        <v>1234</v>
+        <v>1242</v>
       </c>
       <c r="C80" t="s">
         <v>15</v>
       </c>
       <c r="D80" t="s">
         <v>15</v>
       </c>
       <c r="E80" t="s">
-        <v>1235</v>
+        <v>1243</v>
       </c>
       <c r="F80" t="s">
         <v>15</v>
       </c>
       <c r="G80" t="s">
-        <v>1236</v>
+        <v>1244</v>
       </c>
       <c r="H80" t="s">
-        <v>1237</v>
+        <v>1245</v>
       </c>
       <c r="I80" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
       <c r="J80" t="s">
-        <v>571</v>
+        <v>599</v>
       </c>
       <c r="K80" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="L80" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
       <c r="M80" t="s">
-        <v>1241</v>
-[...11 lines deleted...]
-        <v>1245</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>157</v>
       </c>
       <c r="B81" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="C81" t="s">
         <v>15</v>
       </c>
       <c r="D81" t="s">
         <v>15</v>
       </c>
       <c r="E81" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
       <c r="F81" t="s">
         <v>15</v>
       </c>
       <c r="G81" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="H81" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="I81" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="J81" t="s">
-        <v>811</v>
+        <v>163</v>
       </c>
       <c r="K81" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="L81" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="M81" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="N81" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="O81" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="P81" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="Q81" t="s">
-        <v>1257</v>
-[...5 lines deleted...]
-        <v>1259</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>157</v>
       </c>
       <c r="B82" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C82" t="s">
         <v>15</v>
       </c>
       <c r="D82" t="s">
         <v>15</v>
       </c>
       <c r="E82" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="F82" t="s">
         <v>15</v>
       </c>
       <c r="G82" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="H82" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="I82" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="J82" t="s">
-        <v>391</v>
+        <v>837</v>
       </c>
       <c r="K82" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="L82" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="M82" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="N82" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="O82" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="P82" t="s">
-        <v>1270</v>
+        <v>1272</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>1273</v>
+      </c>
+      <c r="R82" t="s">
+        <v>1274</v>
+      </c>
+      <c r="S82" t="s">
+        <v>1275</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>157</v>
       </c>
       <c r="B83" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="C83" t="s">
         <v>15</v>
       </c>
       <c r="D83" t="s">
         <v>15</v>
       </c>
       <c r="E83" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="F83" t="s">
         <v>15</v>
       </c>
       <c r="G83" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="H83" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="I83" t="s">
-        <v>1163</v>
+        <v>1280</v>
       </c>
       <c r="J83" t="s">
-        <v>1275</v>
+        <v>429</v>
       </c>
       <c r="K83" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="L83" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="M83" t="s">
-        <v>1278</v>
+        <v>1283</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1284</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1285</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1286</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>157</v>
       </c>
       <c r="B84" t="s">
-        <v>1279</v>
+        <v>1287</v>
       </c>
       <c r="C84" t="s">
         <v>15</v>
       </c>
       <c r="D84" t="s">
         <v>15</v>
       </c>
       <c r="E84" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="F84" t="s">
         <v>15</v>
       </c>
       <c r="G84" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
       <c r="H84" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="I84" t="s">
-        <v>1283</v>
+        <v>1179</v>
       </c>
       <c r="J84" t="s">
-        <v>571</v>
+        <v>1291</v>
       </c>
       <c r="K84" t="s">
-        <v>1284</v>
+        <v>1292</v>
       </c>
       <c r="L84" t="s">
-        <v>1285</v>
+        <v>1293</v>
       </c>
       <c r="M84" t="s">
-        <v>1286</v>
-[...17 lines deleted...]
-        <v>1292</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>157</v>
       </c>
       <c r="B85" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="C85" t="s">
         <v>15</v>
       </c>
       <c r="D85" t="s">
         <v>15</v>
       </c>
       <c r="E85" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="F85" t="s">
         <v>15</v>
       </c>
       <c r="G85" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="H85" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="I85" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="J85" t="s">
-        <v>562</v>
+        <v>163</v>
       </c>
       <c r="K85" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="L85" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="M85" t="s">
-        <v>1300</v>
+        <v>1302</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1303</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1304</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1305</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>1306</v>
+      </c>
+      <c r="R85" t="s">
+        <v>1307</v>
+      </c>
+      <c r="S85" t="s">
+        <v>1308</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>157</v>
       </c>
       <c r="B86" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="C86" t="s">
         <v>15</v>
       </c>
       <c r="D86" t="s">
         <v>15</v>
       </c>
       <c r="E86" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
       <c r="F86" t="s">
         <v>15</v>
       </c>
       <c r="G86" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
       <c r="H86" t="s">
-        <v>1304</v>
+        <v>1312</v>
       </c>
       <c r="I86" t="s">
-        <v>1305</v>
+        <v>1313</v>
       </c>
       <c r="J86" t="s">
-        <v>1306</v>
+        <v>599</v>
       </c>
       <c r="K86" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="L86" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="M86" t="s">
-        <v>1309</v>
-[...2 lines deleted...]
-        <v>1310</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>157</v>
       </c>
       <c r="B87" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="C87" t="s">
         <v>15</v>
       </c>
       <c r="D87" t="s">
         <v>15</v>
       </c>
       <c r="E87" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="F87" t="s">
         <v>15</v>
       </c>
       <c r="G87" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="H87" t="s">
-        <v>1314</v>
+        <v>1320</v>
       </c>
       <c r="I87" t="s">
-        <v>680</v>
+        <v>1321</v>
       </c>
       <c r="J87" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="K87" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="L87" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="M87" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="N87" t="s">
-        <v>1319</v>
-[...2 lines deleted...]
-        <v>1320</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>157</v>
       </c>
       <c r="B88" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="C88" t="s">
         <v>15</v>
       </c>
       <c r="D88" t="s">
         <v>15</v>
       </c>
       <c r="E88" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="F88" t="s">
         <v>15</v>
       </c>
       <c r="G88" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="H88" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="I88" t="s">
-        <v>1325</v>
+        <v>716</v>
       </c>
       <c r="J88" t="s">
-        <v>768</v>
+        <v>1331</v>
       </c>
       <c r="K88" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="L88" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="M88" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="N88" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="O88" t="s">
-        <v>1330</v>
-[...2 lines deleted...]
-        <v>1331</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>157</v>
       </c>
       <c r="B89" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="C89" t="s">
         <v>15</v>
       </c>
       <c r="D89" t="s">
         <v>15</v>
       </c>
       <c r="E89" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="F89" t="s">
         <v>15</v>
       </c>
       <c r="G89" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="H89" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="I89" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="J89" t="s">
-        <v>1337</v>
+        <v>794</v>
       </c>
       <c r="K89" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="L89" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="M89" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="N89" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="O89" t="s">
-        <v>1342</v>
+        <v>1346</v>
+      </c>
+      <c r="P89" t="s">
+        <v>1347</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>157</v>
       </c>
       <c r="B90" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
       <c r="C90" t="s">
         <v>15</v>
       </c>
       <c r="D90" t="s">
         <v>15</v>
       </c>
       <c r="E90" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="F90" t="s">
         <v>15</v>
       </c>
       <c r="G90" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="H90" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="I90" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="J90" t="s">
-        <v>1136</v>
+        <v>1353</v>
       </c>
       <c r="K90" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="L90" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="M90" t="s">
-        <v>1350</v>
+        <v>1356</v>
+      </c>
+      <c r="N90" t="s">
+        <v>1357</v>
+      </c>
+      <c r="O90" t="s">
+        <v>1358</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>157</v>
       </c>
       <c r="B91" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="C91" t="s">
         <v>15</v>
       </c>
       <c r="D91" t="s">
         <v>15</v>
       </c>
       <c r="E91" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="F91" t="s">
         <v>15</v>
       </c>
       <c r="G91" t="s">
-        <v>1353</v>
+        <v>1361</v>
       </c>
       <c r="H91" t="s">
-        <v>1354</v>
+        <v>1362</v>
       </c>
       <c r="I91" t="s">
-        <v>1355</v>
+        <v>1363</v>
       </c>
       <c r="J91" t="s">
-        <v>1356</v>
+        <v>1152</v>
       </c>
       <c r="K91" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="L91" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
       <c r="M91" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>157</v>
       </c>
       <c r="B92" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="C92" t="s">
         <v>15</v>
       </c>
       <c r="D92" t="s">
         <v>15</v>
       </c>
       <c r="E92" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="F92" t="s">
         <v>15</v>
       </c>
       <c r="G92" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="H92" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="I92" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="J92" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="K92" t="s">
-        <v>1366</v>
+        <v>1373</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1374</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1375</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>157</v>
       </c>
       <c r="B93" t="s">
-        <v>1367</v>
+        <v>1376</v>
       </c>
       <c r="C93" t="s">
         <v>15</v>
       </c>
       <c r="D93" t="s">
         <v>15</v>
       </c>
       <c r="E93" t="s">
-        <v>1368</v>
+        <v>1377</v>
       </c>
       <c r="F93" t="s">
         <v>15</v>
       </c>
       <c r="G93" t="s">
-        <v>1369</v>
+        <v>1378</v>
       </c>
       <c r="H93" t="s">
-        <v>1370</v>
+        <v>1379</v>
       </c>
       <c r="I93" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="J93" t="s">
-        <v>1003</v>
+        <v>1381</v>
       </c>
       <c r="K93" t="s">
-        <v>1372</v>
-[...8 lines deleted...]
-        <v>1375</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>157</v>
       </c>
       <c r="B94" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="C94" t="s">
         <v>15</v>
       </c>
       <c r="D94" t="s">
         <v>15</v>
       </c>
       <c r="E94" t="s">
-        <v>1368</v>
+        <v>1384</v>
       </c>
       <c r="F94" t="s">
         <v>15</v>
       </c>
       <c r="G94" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="H94" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="I94" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="J94" t="s">
-        <v>1380</v>
+        <v>190</v>
       </c>
       <c r="K94" t="s">
-        <v>1381</v>
+        <v>1388</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1389</v>
+      </c>
+      <c r="M94" t="s">
+        <v>1390</v>
+      </c>
+      <c r="N94" t="s">
+        <v>1391</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>157</v>
       </c>
       <c r="B95" t="s">
-        <v>1382</v>
+        <v>1392</v>
       </c>
       <c r="C95" t="s">
         <v>15</v>
       </c>
       <c r="D95" t="s">
         <v>15</v>
       </c>
       <c r="E95" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="F95" t="s">
         <v>15</v>
       </c>
       <c r="G95" t="s">
-        <v>1384</v>
+        <v>1393</v>
       </c>
       <c r="H95" t="s">
-        <v>1385</v>
+        <v>1394</v>
       </c>
       <c r="I95" t="s">
-        <v>1386</v>
+        <v>1395</v>
       </c>
       <c r="J95" t="s">
-        <v>562</v>
+        <v>1396</v>
       </c>
       <c r="K95" t="s">
-        <v>1387</v>
-[...2 lines deleted...]
-        <v>1388</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>157</v>
       </c>
       <c r="B96" t="s">
-        <v>1389</v>
+        <v>1398</v>
       </c>
       <c r="C96" t="s">
         <v>15</v>
       </c>
       <c r="D96" t="s">
         <v>15</v>
       </c>
       <c r="E96" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="F96" t="s">
         <v>15</v>
       </c>
       <c r="G96" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="H96" t="s">
-        <v>1392</v>
+        <v>1401</v>
       </c>
       <c r="I96" t="s">
-        <v>1393</v>
+        <v>1402</v>
       </c>
       <c r="J96" t="s">
-        <v>1394</v>
+        <v>599</v>
       </c>
       <c r="K96" t="s">
-        <v>1395</v>
+        <v>1403</v>
       </c>
       <c r="L96" t="s">
-        <v>1396</v>
-[...5 lines deleted...]
-        <v>1398</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>157</v>
       </c>
       <c r="B97" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="C97" t="s">
         <v>15</v>
       </c>
       <c r="D97" t="s">
         <v>15</v>
       </c>
       <c r="E97" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="F97" t="s">
         <v>15</v>
       </c>
       <c r="G97" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="H97" t="s">
-        <v>1402</v>
+        <v>1408</v>
       </c>
       <c r="I97" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
       <c r="J97" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
       <c r="K97" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
       <c r="L97" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
       <c r="M97" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="N97" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>157</v>
       </c>
       <c r="B98" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="C98" t="s">
         <v>15</v>
       </c>
       <c r="D98" t="s">
         <v>15</v>
       </c>
       <c r="E98" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="F98" t="s">
         <v>15</v>
       </c>
       <c r="G98" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="H98" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="I98" t="s">
-        <v>1403</v>
+        <v>1419</v>
       </c>
       <c r="J98" t="s">
-        <v>391</v>
+        <v>1420</v>
       </c>
       <c r="K98" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="L98" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="M98" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="N98" t="s">
-        <v>1416</v>
-[...2 lines deleted...]
-        <v>1417</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>157</v>
       </c>
       <c r="B99" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="C99" t="s">
         <v>15</v>
       </c>
       <c r="D99" t="s">
         <v>15</v>
       </c>
       <c r="E99" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I99" t="s">
         <v>1419</v>
       </c>
-      <c r="F99" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J99" t="s">
-        <v>1275</v>
+        <v>429</v>
       </c>
       <c r="K99" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="L99" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="M99" t="s">
-        <v>1425</v>
+        <v>1431</v>
+      </c>
+      <c r="N99" t="s">
+        <v>1432</v>
+      </c>
+      <c r="O99" t="s">
+        <v>1433</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>157</v>
       </c>
       <c r="B100" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="C100" t="s">
         <v>15</v>
       </c>
       <c r="D100" t="s">
         <v>15</v>
       </c>
       <c r="E100" t="s">
-        <v>1427</v>
+        <v>1435</v>
       </c>
       <c r="F100" t="s">
         <v>15</v>
       </c>
       <c r="G100" t="s">
-        <v>1428</v>
+        <v>1436</v>
       </c>
       <c r="H100" t="s">
-        <v>1429</v>
+        <v>1437</v>
       </c>
       <c r="I100" t="s">
-        <v>1430</v>
+        <v>1438</v>
       </c>
       <c r="J100" t="s">
-        <v>1356</v>
+        <v>1291</v>
       </c>
       <c r="K100" t="s">
-        <v>1431</v>
+        <v>1439</v>
       </c>
       <c r="L100" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
       <c r="M100" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>157</v>
       </c>
       <c r="B101" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="C101" t="s">
         <v>15</v>
       </c>
       <c r="D101" t="s">
         <v>15</v>
       </c>
       <c r="E101" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="F101" t="s">
         <v>15</v>
       </c>
       <c r="G101" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="H101" t="s">
-        <v>1437</v>
+        <v>1445</v>
       </c>
       <c r="I101" t="s">
-        <v>1438</v>
+        <v>1446</v>
       </c>
       <c r="J101" t="s">
-        <v>1439</v>
+        <v>1372</v>
       </c>
       <c r="K101" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="L101" t="s">
-        <v>1441</v>
+        <v>1448</v>
       </c>
       <c r="M101" t="s">
-        <v>1442</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>157</v>
       </c>
       <c r="B102" t="s">
-        <v>1443</v>
+        <v>1450</v>
       </c>
       <c r="C102" t="s">
         <v>15</v>
       </c>
       <c r="D102" t="s">
         <v>15</v>
       </c>
       <c r="E102" t="s">
-        <v>1427</v>
+        <v>1451</v>
       </c>
       <c r="F102" t="s">
         <v>15</v>
       </c>
       <c r="G102" t="s">
-        <v>1444</v>
+        <v>1452</v>
       </c>
       <c r="H102" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
       <c r="I102" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="J102" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
       <c r="K102" t="s">
-        <v>1448</v>
+        <v>1456</v>
       </c>
       <c r="L102" t="s">
-        <v>1449</v>
+        <v>1457</v>
       </c>
       <c r="M102" t="s">
-        <v>1450</v>
-[...2 lines deleted...]
-        <v>1451</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>157</v>
       </c>
       <c r="B103" t="s">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="C103" t="s">
         <v>15</v>
       </c>
       <c r="D103" t="s">
         <v>15</v>
       </c>
       <c r="E103" t="s">
-        <v>1453</v>
+        <v>1443</v>
       </c>
       <c r="F103" t="s">
         <v>15</v>
       </c>
       <c r="G103" t="s">
-        <v>1454</v>
+        <v>1460</v>
       </c>
       <c r="H103" t="s">
-        <v>1455</v>
+        <v>1461</v>
       </c>
       <c r="I103" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
       <c r="J103" t="s">
-        <v>391</v>
+        <v>1463</v>
       </c>
       <c r="K103" t="s">
-        <v>1457</v>
+        <v>1464</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1465</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1466</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1467</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>157</v>
       </c>
       <c r="B104" t="s">
-        <v>1458</v>
+        <v>1468</v>
       </c>
       <c r="C104" t="s">
         <v>15</v>
       </c>
       <c r="D104" t="s">
         <v>15</v>
       </c>
       <c r="E104" t="s">
-        <v>1427</v>
+        <v>1469</v>
       </c>
       <c r="F104" t="s">
         <v>15</v>
       </c>
       <c r="G104" t="s">
-        <v>1459</v>
+        <v>1470</v>
       </c>
       <c r="H104" t="s">
-        <v>1460</v>
+        <v>1471</v>
       </c>
       <c r="I104" t="s">
-        <v>1461</v>
+        <v>1472</v>
       </c>
       <c r="J104" t="s">
-        <v>1462</v>
+        <v>429</v>
       </c>
       <c r="K104" t="s">
-        <v>1463</v>
-[...2 lines deleted...]
-        <v>1464</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>157</v>
       </c>
       <c r="B105" t="s">
-        <v>1465</v>
+        <v>1474</v>
       </c>
       <c r="C105" t="s">
         <v>15</v>
       </c>
       <c r="D105" t="s">
         <v>15</v>
       </c>
       <c r="E105" t="s">
-        <v>1466</v>
+        <v>1443</v>
       </c>
       <c r="F105" t="s">
         <v>15</v>
       </c>
       <c r="G105" t="s">
-        <v>1467</v>
+        <v>1475</v>
       </c>
       <c r="H105" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="I105" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="J105" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
       <c r="K105" t="s">
-        <v>1471</v>
+        <v>1479</v>
       </c>
       <c r="L105" t="s">
-        <v>1472</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>157</v>
       </c>
       <c r="B106" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
       <c r="C106" t="s">
         <v>15</v>
       </c>
       <c r="D106" t="s">
         <v>15</v>
       </c>
       <c r="E106" t="s">
-        <v>1474</v>
+        <v>1482</v>
       </c>
       <c r="F106" t="s">
         <v>15</v>
       </c>
       <c r="G106" t="s">
-        <v>1475</v>
+        <v>1483</v>
       </c>
       <c r="H106" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
       <c r="I106" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="J106" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="K106" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="L106" t="s">
-        <v>1480</v>
-[...8 lines deleted...]
-        <v>1483</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>157</v>
       </c>
       <c r="B107" t="s">
-        <v>1484</v>
+        <v>1489</v>
       </c>
       <c r="C107" t="s">
         <v>15</v>
       </c>
       <c r="D107" t="s">
         <v>15</v>
       </c>
       <c r="E107" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="F107" t="s">
         <v>15</v>
       </c>
       <c r="G107" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
       <c r="H107" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="I107" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="J107" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
       <c r="K107" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
       <c r="L107" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
       <c r="M107" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="N107" t="s">
-        <v>1493</v>
+        <v>1498</v>
+      </c>
+      <c r="O107" t="s">
+        <v>1499</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>157</v>
       </c>
       <c r="B108" t="s">
-        <v>1494</v>
+        <v>1500</v>
       </c>
       <c r="C108" t="s">
         <v>15</v>
       </c>
       <c r="D108" t="s">
         <v>15</v>
       </c>
       <c r="E108" t="s">
-        <v>1474</v>
+        <v>1501</v>
       </c>
       <c r="F108" t="s">
         <v>15</v>
       </c>
       <c r="G108" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="H108" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="I108" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="J108" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="K108" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="L108" t="s">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="M108" t="s">
-        <v>1501</v>
+        <v>1508</v>
       </c>
       <c r="N108" t="s">
-        <v>1502</v>
-[...2 lines deleted...]
-        <v>1503</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>157</v>
       </c>
       <c r="B109" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
       <c r="C109" t="s">
         <v>15</v>
       </c>
       <c r="D109" t="s">
         <v>15</v>
       </c>
       <c r="E109" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="F109" t="s">
         <v>15</v>
       </c>
       <c r="G109" t="s">
-        <v>1505</v>
+        <v>1511</v>
       </c>
       <c r="H109" t="s">
-        <v>1506</v>
+        <v>1512</v>
       </c>
       <c r="I109" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="J109" t="s">
-        <v>1356</v>
+        <v>1514</v>
       </c>
       <c r="K109" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
       <c r="L109" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="M109" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="N109" t="s">
-        <v>1511</v>
+        <v>1518</v>
+      </c>
+      <c r="O109" t="s">
+        <v>1519</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>157</v>
       </c>
       <c r="B110" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="C110" t="s">
         <v>15</v>
       </c>
       <c r="D110" t="s">
         <v>15</v>
       </c>
       <c r="E110" t="s">
-        <v>1513</v>
+        <v>1501</v>
       </c>
       <c r="F110" t="s">
         <v>15</v>
       </c>
       <c r="G110" t="s">
-        <v>1514</v>
+        <v>1521</v>
       </c>
       <c r="H110" t="s">
-        <v>1515</v>
+        <v>1522</v>
       </c>
       <c r="I110" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
       <c r="J110" t="s">
-        <v>1517</v>
+        <v>1372</v>
       </c>
       <c r="K110" t="s">
-        <v>1518</v>
+        <v>1524</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1525</v>
+      </c>
+      <c r="M110" t="s">
+        <v>1526</v>
+      </c>
+      <c r="N110" t="s">
+        <v>1527</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>157</v>
       </c>
       <c r="B111" t="s">
-        <v>1519</v>
+        <v>1528</v>
       </c>
       <c r="C111" t="s">
         <v>15</v>
       </c>
       <c r="D111" t="s">
         <v>15</v>
       </c>
       <c r="E111" t="s">
-        <v>1520</v>
+        <v>1529</v>
       </c>
       <c r="F111" t="s">
         <v>15</v>
       </c>
       <c r="G111" t="s">
-        <v>1521</v>
+        <v>1530</v>
       </c>
       <c r="H111" t="s">
-        <v>1522</v>
+        <v>1531</v>
       </c>
       <c r="I111" t="s">
-        <v>1523</v>
+        <v>1532</v>
       </c>
       <c r="J111" t="s">
-        <v>1524</v>
+        <v>1533</v>
       </c>
       <c r="K111" t="s">
-        <v>1525</v>
-[...8 lines deleted...]
-        <v>1528</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>157</v>
       </c>
       <c r="B112" t="s">
-        <v>1529</v>
+        <v>1535</v>
       </c>
       <c r="C112" t="s">
         <v>15</v>
       </c>
       <c r="D112" t="s">
         <v>15</v>
       </c>
       <c r="E112" t="s">
-        <v>1530</v>
+        <v>1536</v>
       </c>
       <c r="F112" t="s">
         <v>15</v>
       </c>
       <c r="G112" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
       <c r="H112" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="I112" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="J112" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="K112" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="L112" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="M112" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="N112" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>157</v>
       </c>
       <c r="B113" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="C113" t="s">
         <v>15</v>
       </c>
       <c r="D113" t="s">
         <v>15</v>
       </c>
       <c r="E113" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="F113" t="s">
         <v>15</v>
       </c>
       <c r="G113" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="H113" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="I113" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="J113" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="K113" t="s">
-        <v>1545</v>
+        <v>1551</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1552</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1553</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1554</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>157</v>
       </c>
       <c r="B114" t="s">
-        <v>1546</v>
+        <v>1555</v>
       </c>
       <c r="C114" t="s">
         <v>15</v>
       </c>
       <c r="D114" t="s">
         <v>15</v>
       </c>
       <c r="E114" t="s">
-        <v>1547</v>
+        <v>1556</v>
       </c>
       <c r="F114" t="s">
         <v>15</v>
       </c>
       <c r="G114" t="s">
-        <v>1548</v>
+        <v>1557</v>
       </c>
       <c r="H114" t="s">
-        <v>1549</v>
+        <v>1558</v>
       </c>
       <c r="I114" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="J114" t="s">
-        <v>1551</v>
+        <v>1560</v>
       </c>
       <c r="K114" t="s">
-        <v>1552</v>
-[...17 lines deleted...]
-        <v>1558</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>157</v>
       </c>
       <c r="B115" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="C115" t="s">
         <v>15</v>
       </c>
       <c r="D115" t="s">
         <v>15</v>
       </c>
       <c r="E115" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="F115" t="s">
         <v>15</v>
       </c>
       <c r="G115" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="H115" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="I115" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="J115" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="K115" t="s">
-        <v>1565</v>
+        <v>1568</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1569</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1570</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1571</v>
+      </c>
+      <c r="O115" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P115" t="s">
+        <v>1573</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>1574</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>157</v>
       </c>
       <c r="B116" t="s">
-        <v>1566</v>
+        <v>1575</v>
       </c>
       <c r="C116" t="s">
         <v>15</v>
       </c>
       <c r="D116" t="s">
         <v>15</v>
       </c>
       <c r="E116" t="s">
-        <v>1567</v>
+        <v>1576</v>
       </c>
       <c r="F116" t="s">
         <v>15</v>
       </c>
       <c r="G116" t="s">
-        <v>1568</v>
+        <v>1577</v>
       </c>
       <c r="H116" t="s">
-        <v>1569</v>
+        <v>1578</v>
       </c>
       <c r="I116" t="s">
-        <v>1570</v>
+        <v>1579</v>
       </c>
       <c r="J116" t="s">
-        <v>1571</v>
+        <v>1580</v>
       </c>
       <c r="K116" t="s">
-        <v>1572</v>
-[...5 lines deleted...]
-        <v>1574</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>157</v>
       </c>
       <c r="B117" t="s">
-        <v>1575</v>
+        <v>1582</v>
       </c>
       <c r="C117" t="s">
         <v>15</v>
       </c>
       <c r="D117" t="s">
         <v>15</v>
       </c>
       <c r="E117" t="s">
-        <v>1576</v>
+        <v>1583</v>
       </c>
       <c r="F117" t="s">
         <v>15</v>
       </c>
       <c r="G117" t="s">
-        <v>1577</v>
+        <v>1584</v>
       </c>
       <c r="H117" t="s">
-        <v>1578</v>
+        <v>1585</v>
       </c>
       <c r="I117" t="s">
-        <v>1579</v>
+        <v>1586</v>
       </c>
       <c r="J117" t="s">
-        <v>1580</v>
+        <v>1587</v>
       </c>
       <c r="K117" t="s">
-        <v>1581</v>
+        <v>1588</v>
       </c>
       <c r="L117" t="s">
-        <v>1582</v>
+        <v>1589</v>
       </c>
       <c r="M117" t="s">
-        <v>1583</v>
-[...2 lines deleted...]
-        <v>1584</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>157</v>
       </c>
       <c r="B118" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="C118" t="s">
         <v>15</v>
       </c>
       <c r="D118" t="s">
         <v>15</v>
       </c>
       <c r="E118" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="F118" t="s">
         <v>15</v>
       </c>
       <c r="G118" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="H118" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="I118" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="J118" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="K118" t="s">
-        <v>1591</v>
+        <v>1597</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1599</v>
+      </c>
+      <c r="N118" t="s">
+        <v>1600</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>157</v>
       </c>
       <c r="B119" t="s">
-        <v>1592</v>
+        <v>1601</v>
       </c>
       <c r="C119" t="s">
         <v>15</v>
       </c>
       <c r="D119" t="s">
         <v>15</v>
       </c>
       <c r="E119" t="s">
-        <v>1593</v>
+        <v>1602</v>
       </c>
       <c r="F119" t="s">
         <v>15</v>
       </c>
       <c r="G119" t="s">
-        <v>1594</v>
+        <v>1603</v>
       </c>
       <c r="H119" t="s">
-        <v>1595</v>
+        <v>1604</v>
       </c>
       <c r="I119" t="s">
-        <v>1543</v>
+        <v>1605</v>
       </c>
       <c r="J119" t="s">
-        <v>1596</v>
+        <v>1606</v>
       </c>
       <c r="K119" t="s">
-        <v>1597</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>157</v>
       </c>
       <c r="B120" t="s">
-        <v>1598</v>
+        <v>1608</v>
       </c>
       <c r="C120" t="s">
         <v>15</v>
       </c>
       <c r="D120" t="s">
         <v>15</v>
       </c>
       <c r="E120" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="F120" t="s">
         <v>15</v>
       </c>
       <c r="G120" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="H120" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="I120" t="s">
-        <v>1602</v>
+        <v>1559</v>
       </c>
       <c r="J120" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="K120" t="s">
-        <v>1604</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>157</v>
       </c>
       <c r="B121" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121" t="s">
         <v>15</v>
       </c>
       <c r="E121" t="s">
-        <v>1606</v>
+        <v>1615</v>
       </c>
       <c r="F121" t="s">
         <v>15</v>
       </c>
       <c r="G121" t="s">
-        <v>1607</v>
+        <v>1616</v>
       </c>
       <c r="H121" t="s">
-        <v>1608</v>
+        <v>1617</v>
       </c>
       <c r="I121" t="s">
-        <v>1430</v>
+        <v>1618</v>
       </c>
       <c r="J121" t="s">
-        <v>1609</v>
+        <v>1619</v>
       </c>
       <c r="K121" t="s">
-        <v>1610</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>157</v>
       </c>
       <c r="B122" t="s">
-        <v>1611</v>
+        <v>1621</v>
       </c>
       <c r="C122" t="s">
         <v>15</v>
       </c>
       <c r="D122" t="s">
         <v>15</v>
       </c>
       <c r="E122" t="s">
-        <v>1612</v>
+        <v>1622</v>
       </c>
       <c r="F122" t="s">
         <v>15</v>
       </c>
       <c r="G122" t="s">
-        <v>1613</v>
+        <v>1623</v>
       </c>
       <c r="H122" t="s">
-        <v>1614</v>
+        <v>1624</v>
       </c>
       <c r="I122" t="s">
-        <v>1615</v>
+        <v>1446</v>
       </c>
       <c r="J122" t="s">
-        <v>1616</v>
+        <v>1625</v>
       </c>
       <c r="K122" t="s">
-        <v>1617</v>
-[...2 lines deleted...]
-        <v>1618</v>
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>157</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C123" t="s">
+        <v>15</v>
+      </c>
+      <c r="D123" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F123" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1630</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1631</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1632</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1634</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>