--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,3518 +1,1397 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1754" uniqueCount="1127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="601" uniqueCount="429">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>18/04/2019 16:03:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2964356/fr/mettre-en-oeuvre-la-conciliation-des-traitements-medicamenteux-en-cancerologie</t>
-[...380 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Guide usagers</t>
-[...215 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Each year in France, almost 80,000 new patients receive fluoropyrimidines, a group of anticancer drugs including 5-Fluorouracil [5-FU] and its prodrug capecitabine (Xeloda®), used to treat various types of cancer (mainly digestive, breast and head and neck cancer). Fluoropyrimidines-based chemotherapies , can cause severe toxicities (incidence at around 20%), and rarely but sometimes lethal toxicity (incidence between 0.1 and 1%). Part of these toxicities may be related to deficiency in the activity of the main enzyme enabling elimination of 5-FU, called dihydropyrimidine dehydrogenase (DPD). This deficiency can be partial (around 3 to 8% of individuals) or complete (between 0.01 and 0.5% of individuals). Therefore, the summary of product characteristics of fluoropyrimidines includes a contraindication to treatment in patients with complete DPD loss, and the recommendation for dose adjustment and careful monitoring in partially deficient patients. Beginning 2018, the French agency in charge of medicinal product safety ruled in favour of routine screening for DPD deficiency before treatment with fluoropyrimidine. In the absence of a previously established consensus as to the methods of implementation of the screening (detection of variants of the DPYD gene coding for DPD and/or determination of the activity of the DPD enzyme), the Institut National du Cancer (INCa) [French National Cancer Institute] was approached by the Ministry of Health to draw up recommendations for the said methods. Also, in order to enable reimbursement of the test selected to screen for DPD deficiency for all patients by the French health insurance system, regardless of the laboratory carrying out the test (public or private), its registration on the list of reimbursable medical biology procedures is necessary. This registration decision has to be made by the national health insurance fund, but a prior opinion from the Haute Autorité de Santé (HAS) [French National Authority for Health] is required. For this reason, the HAS decided to refer the matter to itself and to work jointly with the INCa to be able to return an opinion without delay</t>
+  </si>
+  <si>
+    <t>09/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Évaluation du repérage préopératoire du site de la stomie</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Prothèses capillaires et accessoires</t>
-[...281 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639099/fr/epirubicine-viatris-chlorhydrate-d-epirubicine-cancer-de-la-vessie</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PRIALT (ziconotide (acétate de))</t>
   </si>
   <si>
-    <t>10/07/2025 15:45:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983347/fr/prialt-ziconotide-acetate-de</t>
+    <t>07/10/2025 15:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983347/en/prialt-ziconotide-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983347</t>
   </si>
   <si>
     <t>ziconotide (acétate de)</t>
   </si>
   <si>
     <t>ESTEVE PHARMACEUTICALS SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_676944/fr/prialt-ziconotide-acetate-de</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983394/fr/eliquis-apixaban</t>
+    <t>https://www.has-sante.fr/jcms/c_676944/en/prialt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835401/en/prialt-ziconotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635322/en/prialt-ziconotide-chronic-pain</t>
+  </si>
+  <si>
+    <t>ELIQUIS</t>
+  </si>
+  <si>
+    <t>06/13/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
   </si>
   <si>
     <t>pprd_2983394</t>
   </si>
   <si>
     <t>apixaban</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1215842/fr/eliquis-apixaban</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3609208/fr/eliquis-apixaban-evenements-thromboemboliques-veineux-etev-chez-les-patients-ages-de-28-jours-a-moins-de-18-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
   </si>
   <si>
     <t>PHELINUN (melphalan)</t>
   </si>
   <si>
-    <t>25/03/2025 13:53:16</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3599097/fr/phelinun-melphalan</t>
+    <t>03/25/2025 13:53:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599097/en/phelinun-melphalan</t>
   </si>
   <si>
     <t>p_3599097</t>
   </si>
   <si>
     <t>melphalan</t>
   </si>
   <si>
     <t>ADIENNE S.r.l.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3598809/fr/phelinun-melphalan-cancer-et-greffe</t>
+    <t>https://www.has-sante.fr/jcms/p_3598809/en/phelinun-melphalan-phelinun-melphalan-transplantation</t>
   </si>
   <si>
     <t>TEPADINA (thiotépa)</t>
   </si>
   <si>
-    <t>06/03/2025 18:07:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985065/fr/tepadina-thiotepa</t>
+    <t>03/06/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985065/en/tepadina-thiotepa</t>
   </si>
   <si>
     <t>pprd_2985065</t>
   </si>
   <si>
     <t>thiotépa</t>
   </si>
   <si>
     <t>ACCORD HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1189058/fr/tepadina-thiotepa</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3193895/fr/vitrakvi-larotrectinib</t>
+    <t>https://www.has-sante.fr/jcms/c_1189058/en/tepadina</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288400/en/tepadina-400mg-thiotepa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594375/en/tepadina-thiotepa-transplantation</t>
+  </si>
+  <si>
+    <t>VITRAKVI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193895/en/vitrakvi</t>
   </si>
   <si>
     <t>p_3193895</t>
   </si>
   <si>
     <t>larotrectinib</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3193768/fr/vitrakvi-larotrectinib</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982939/fr/lynparza-olaparib</t>
+    <t>https://www.has-sante.fr/jcms/p_3193768/en/vitrakvi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290908/en/vitrakvi-20-mg/ml-larotrectinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422863/en/vitrakvi-larotrectinib-fibrosarcome-infantile-et-autres-sarcomes-pediatriques-des-tissus-mous</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594390/en/vitrakvi-larotrectinib-soft-tissue-sarcoma-salivary-gland-cancer-non-medullary-thyroid-cancer</t>
+  </si>
+  <si>
+    <t>LYNPARZA</t>
+  </si>
+  <si>
+    <t>02/19/2025 14:11:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982939/en/lynparza</t>
   </si>
   <si>
     <t>pprd_2982939</t>
   </si>
   <si>
     <t>olaparib</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2038097/fr/lynparza-olaparib-inhibiteur-de-l-enzyme-parp</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982795/fr/roactemra-tocilizumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2038097/en/lynparza-olaparib-parp-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893483/en/lynparza-olaparib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135598/en/lynparza-olaparib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135574/en/lynparza-olaparib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224943/en/lynparza-pancreas-olaparib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241358/en/lynparza-cancer-de-la-prostate-metastatique-resistant-a-la-castration-olaparib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264984/en/lynparza-olaparib-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329237/en/lynparza-olaparib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264802/en/lynparza-olaparib-ovaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411344/en/lynparza-olaparib-her2-negative-high-risk-early-breast-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425523/en/lynparza-olaparib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425643/en/lynparza-olaparib-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429736/en/lynparza-olaparib-metastatic-castration-resistant-prostate-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488172/en/lynparza-olaparib-ovarian-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490354/en/lynparza-olaparib-ovarian-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590639/en/imfinzi-lynparza-durvalumab/olaparib-endometrial-cancer</t>
+  </si>
+  <si>
+    <t>ROACTEMRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
   </si>
   <si>
     <t>pprd_2982795</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_854116/fr/roactemra-tocilizumab</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539135/fr/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/en/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/en/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/en/roactemra-tocilizumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/en/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/en/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/en/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/en/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>AFINITOR (everolimus)</t>
   </si>
   <si>
-    <t>27/06/2024 08:26:35</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983561/fr/afinitor-everolimus</t>
+    <t>06/27/2024 08:26:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983561/en/afinitor-everolimus</t>
   </si>
   <si>
     <t>pprd_2983561</t>
   </si>
   <si>
     <t>everolimus</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_918262/fr/afinitor-everolimus</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3527216/fr/afinitor-everolimus-tumeurs-neuroendocrines-d-origine-pancreatique</t>
+    <t>https://www.has-sante.fr/jcms/c_918262/en/afinitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241699/en/afinitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528334/en/afinitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719413/en/afinitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055706/en/afinitor-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027898/en/afinitor-everolimus-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589175/en/afinitor-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780977/en/afinitor-everolimus-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098032/en/afinitor-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527216/en/afinitor-everolimus-neuroendocrine-tumours-of-pancreatic-origin</t>
   </si>
   <si>
     <t>XGEVA (denosumab)</t>
   </si>
   <si>
-    <t>24/05/2024 16:27:06</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984471/fr/xgeva-denosumab</t>
+    <t>05/24/2024 16:27:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984471/en/xgeva-denosumab</t>
   </si>
   <si>
     <t>pprd_2984471</t>
   </si>
   <si>
     <t>denosumab</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1245643/fr/xgeva-denosumab</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3508907/fr/folinate-de-calcium-kalceks-folinate-de-calcium-hydrate-oncologie</t>
+    <t>https://www.has-sante.fr/jcms/c_1245643/en/xgeva-denosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046978/en/xgeva-denosumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518652/en/xgeva-denosumab-oncology</t>
   </si>
   <si>
     <t>LOVENOX (énoxaparine sodique)</t>
   </si>
   <si>
-    <t>04/03/2024 09:10:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984320/fr/lovenox-enoxaparine-sodique</t>
+    <t>03/04/2024 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984320/en/lovenox-enoxaparine-sodique</t>
   </si>
   <si>
     <t>pprd_2984320</t>
   </si>
   <si>
     <t>énoxaparine sodique</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398992/fr/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3496898/fr/hydagelan-hydromorphone-douleurs</t>
+    <t>https://www.has-sante.fr/jcms/c_398992/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399299/en/lovenox-6-000-ui-anti-xa/0-6-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-8-000-ui-anti-xa/0-8-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10-lovenox-10-000-ui-anti-xa/1-ml-solution-injectable-sc-en-seringue-preremplie-boites-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399300/en/lovenox-2-000-ui-anti-xa/0-2-ml-solution-injectable-en-seringue-preremplie-boite-de-2-lovenox-4-000-ui-anti-xa/0-4-ml-solution-injectable-en-seringue-preremplie-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399501/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400320/en/lovenox-6-000-ui-anti-xa-/-8-000-ui-anti-xa-/-10-000-ui-anti-xa-/-30-000-ui-anti-xa-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657248/en/lovenox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900503/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572188/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181101/en/lovenox-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352216/en/lovenox-enoxaparine-sodique-tvp/ep-chez-les-patients-atteints-d-un-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498568/en/lovenox-enoxaparine-sodique-traitement-antithrombotique</t>
   </si>
   <si>
     <t>FRAGMINE (daltéparine sodique)</t>
   </si>
   <si>
-    <t>18/12/2023 11:56:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984830/fr/fragmine-dalteparine-sodique</t>
+    <t>12/18/2023 11:56:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984830/en/fragmine-dalteparine-sodique</t>
   </si>
   <si>
     <t>pprd_2984830</t>
   </si>
   <si>
     <t>daltéparine sodique</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399426/fr/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983566/fr/xalkori-crizotinib</t>
+    <t>https://www.has-sante.fr/jcms/c_399426/en/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399427/en/fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-10-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-iv-en-seringue-pre-remplie-boites-de-10-fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400624/en/fragmine-5-000-ui-anti-xa-/0-2-ml-solution-injectable-pour-voie-s-c-et-i-v-en-seringue-pre-remplie-verre-boite-de-2-cip-330-107-3-boite-de-6-cip-335-298-1-boite-de-10-cip-556-085-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623568/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968494/en/fragmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721870/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468556/en/fragmine-dalteparine-sodique-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478082/en/fragmine-dalteparine-sodique-maladie-thromboembolique-veineuse-mtev</t>
+  </si>
+  <si>
+    <t>XALKORI</t>
+  </si>
+  <si>
+    <t>06/09/2023 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983566/en/xalkori</t>
   </si>
   <si>
     <t>pprd_2983566</t>
   </si>
   <si>
     <t>crizotinib</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1543504/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3444785/fr/xalkori-crizotinib-lymphome-anaplasique-a-grandes-cellules-lagc</t>
+    <t>https://www.has-sante.fr/jcms/c_1543504/en/xalkori</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769263/en/xalkori-crizotinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779442/en/xalkori-crizotinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181549/en/xalkori-crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184923/en/xalkori</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359507/en/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428384/en/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442461/en/xalkori-crizotinib-inflammatory-myofibroblastic-tumour-imt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444785/en/xalkori-crizotinib-hard-capsules-lymphoma-alcl</t>
   </si>
   <si>
     <t>LONQUEX (lipegfilgrastim)</t>
   </si>
   <si>
-    <t>15/05/2023 14:07:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984757/fr/lonquex-lipegfilgrastim</t>
+    <t>05/15/2023 14:07:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984757/en/lonquex-lipegfilgrastim</t>
   </si>
   <si>
     <t>pprd_2984757</t>
   </si>
   <si>
     <t>lipegfilgrastim</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1745375/fr/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3196807/fr/polivy-polatuzumab-vedotin</t>
+    <t>https://www.has-sante.fr/jcms/c_1745375/en/lonquex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108945/en/lonquex-lipegfilgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434163/en/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
+  </si>
+  <si>
+    <t>POLIVY</t>
+  </si>
+  <si>
+    <t>01/09/2023 14:03:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196807/en/polivy</t>
   </si>
   <si>
     <t>p_3196807</t>
   </si>
   <si>
     <t>polatuzumab vedotin</t>
   </si>
   <si>
     <t>ROCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3196691/fr/polivy-polatuzumab-vedotin</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3402039/fr/polivy-polatuzumab-vedotine-lymphome-non-hodgkinien-ldgcb</t>
+    <t>https://www.has-sante.fr/jcms/p_3196691/en/polivy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402039/en/polivy-polatuzumab-vedotine-lymphome-non-hodgkinien-ldgcb</t>
   </si>
   <si>
     <t>INNOHEP (tinzaparine sodique)</t>
   </si>
   <si>
-    <t>22/12/2022 11:05:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982755/fr/innohep-tinzaparine-sodique</t>
+    <t>12/22/2022 11:05:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982755/en/innohep-tinzaparine-sodique</t>
   </si>
   <si>
     <t>pprd_2982755</t>
   </si>
   <si>
     <t>tinzaparine sodique</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398974/fr/innohep-2-500-ui-anti-xa/0-25-ml-seringue-preremplie-innohep-3-500-ui-anti-xa/0-35-ml-seringue-preremplie-innohep-4-500-ui-anti-xa/0-45-ml-seringue-preremplie-boite-2-6-et-10-innohep-20000-ui-anti-xa/2-ml-flacon-boite-1-2-et-10</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3342336/fr/zophren-ondansetron-nausees-et-vomissements-aigus</t>
+    <t>https://www.has-sante.fr/jcms/c_398974/en/innohep-2-500-ui-anti-xa/0-25-ml-seringue-preremplie-innohep-3-500-ui-anti-xa/0-35-ml-seringue-preremplie-innohep-4-500-ui-anti-xa/0-45-ml-seringue-preremplie-boite-2-6-et-10-innohep-20000-ui-anti-xa/2-ml-flacon-boite-1-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400095/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912570/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765200/en/innohep</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572172/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899631/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967181/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396881/en/innohep-tinzaparine-sodique-heparine-de-bas-poids-moleculaire</t>
   </si>
   <si>
     <t>ROZLYTREK (entrectinib)</t>
   </si>
   <si>
-    <t>26/08/2021 15:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3282865/fr/rozlytrek-entrectinib</t>
+    <t>08/26/2021 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282865/en/rozlytrek-entrectinib</t>
   </si>
   <si>
     <t>p_3282865</t>
   </si>
   <si>
     <t>entrectinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3282231/fr/rozlytrek-entrectinib-tumeurs-solides</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983659/fr/akynzeo-palonosetron-chlorhydrate-de-/-netupitant</t>
+    <t>https://www.has-sante.fr/jcms/p_3282231/en/rozlytrek-entrectinib-tumeurs-solides</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282234/en/rozlytrek-entrectinib-cpnpc</t>
+  </si>
+  <si>
+    <t>AKYNZEO</t>
+  </si>
+  <si>
+    <t>12/18/2020 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983659/en/akynzeo</t>
   </si>
   <si>
     <t>pprd_2983659</t>
   </si>
   <si>
     <t>palonosétron (chlorhydrate de),nétupitant</t>
   </si>
   <si>
     <t>VIFOR FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2755488/fr/akynzeo-palonosetron-netupitant-setron-en-association</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984838/fr/miacalcic-calcitonine-de-saumon</t>
+    <t>https://www.has-sante.fr/jcms/c_2755488/en/akynzeo-palonosetron-netupitant-combination-setron</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224928/en/akynzeo-palonosetron-chlorhydrate-de-/-netupitant</t>
+  </si>
+  <si>
+    <t>MIACALCIC</t>
+  </si>
+  <si>
+    <t>10/02/2020 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984838/en/miacalcic</t>
   </si>
   <si>
     <t>pprd_2984838</t>
   </si>
   <si>
     <t>calcitonine de saumon</t>
   </si>
   <si>
     <t>ESSENTIAL PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_817340/fr/miacalcic-calcitonine-de-saumon</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168234/fr/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
+    <t>https://www.has-sante.fr/jcms/c_817340/en/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189016/en/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720119/en/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210939/en/miacalcic</t>
+  </si>
+  <si>
+    <t>LYSAKARE</t>
+  </si>
+  <si>
+    <t>03/31/2020 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168234/en/lysakare</t>
   </si>
   <si>
     <t>p_3168234</t>
   </si>
   <si>
     <t>chlorhydrate de L-Arginine,chlorhydrate de L-Lysine</t>
   </si>
   <si>
     <t>ADVANCED ACCELERATOR APPLICATIONS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3167729/fr/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
+    <t>https://www.has-sante.fr/jcms/p_3167729/en/lysakare-chlorhydrate-de-l-arginine/-chlorhydrate-de-l-lysine</t>
   </si>
   <si>
     <t>ZORYON (méthadone)</t>
   </si>
   <si>
-    <t>24/03/2020 09:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3113701/fr/zoryon-methadone</t>
+    <t>03/24/2020 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113701/en/zoryon-methadone</t>
   </si>
   <si>
     <t>p_3113701</t>
   </si>
   <si>
     <t>méthadone</t>
   </si>
   <si>
     <t>BOUCHARA-RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3113581/fr/zoryon-methadone</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3164675/fr/etopophos-etoposide</t>
+    <t>https://www.has-sante.fr/jcms/p_3113581/en/zoryon-methadone</t>
   </si>
   <si>
     <t>MOZOBIL (plérixafor)</t>
   </si>
   <si>
-    <t>18/03/2020 17:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984625/fr/mozobil-plerixafor</t>
+    <t>03/18/2020 17:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984625/en/mozobil-plerixafor</t>
   </si>
   <si>
     <t>pprd_2984625</t>
   </si>
   <si>
     <t>plérixafor</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_903961/fr/mozobil-plerixafor</t>
-[...56 lines deleted...]
-    <t>granisétron</t>
+    <t>https://www.has-sante.fr/jcms/c_903961/en/mozobil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006720/en/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164681/en/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>XERMELO (télotristat)</t>
+  </si>
+  <si>
+    <t>03/22/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982895/en/xermelo-telotristat</t>
+  </si>
+  <si>
+    <t>pprd_2982895</t>
+  </si>
+  <si>
+    <t>telotristat (éthyle)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900185/en/xermelo-telotristat</t>
+  </si>
+  <si>
+    <t>OXYCONTIN - OXYNORM - OXYNORMORO (oxycodone (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>07/17/2018 15:43:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983211/en/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983211</t>
+  </si>
+  <si>
+    <t>oxycodone (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>MUNDIPHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398915/en/oxycontin-lp-10-mg-20-mg-40-mg-80-mg-comprime-pellicule-a-liberation-prolongee-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400631/en/oxycontin-l-p-5-mg-comprime-pellicule-a-liberation-prolongee-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697309/en/oxycontin-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329543/en/oxycontin-oxynorm-oxynormoro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858741/en/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774637/en/oxycontin-oxynorm-oxynormoro-oxycodone-opioid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862569/en/oxynorm-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718933/en/oxynorm-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477459/en/oxynorm-oxycontin-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400632/en/oxynorm-10-mg/ml-solution-buvable1-flacon-en-verre-de-30-ml-avec-seringue-pour-administration-orale-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400633/en/oxynorm-10-mg/ml-solution-injectable-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399913/en/oxynorm-5-mg-gelule-oxynorm-10-mg-gelule-oxynorm-20-mg-gelule-boite-de-14-et-boite-de-28</t>
+  </si>
+  <si>
+    <t>MORPHINE RENAUDIN (morphine (chlorhydrate de)/ morphine (sulfate de))</t>
+  </si>
+  <si>
+    <t>06/20/2018 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983233/en/morphine-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983233</t>
+  </si>
+  <si>
+    <t>morphine (chlorhydrate de),morphine (sulfate de)</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399006/en/morphine-sulfate-lavoisier-sans-conservateur-500-mg/10-ml-solution-injectable-boites-de-1-et-10-ampoules-de-10-ml-morphine-sulfate-lavoisier-sans-conservateur-1-mg/1-ml-solution-injectable-boites-de-10-ampoules-de-1-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399336/en/morphine-chlorhydrate-ap-hp-sans-conservateur-50-mg/-ml-solution-injectable-boite-de-10-ampoules-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399858/en/morphine-aguettant-5-mg/ml-sirop-flacon-de-30-ml-avec-pipette-doseuse-de-2-ml-flacon-de-90-ml-avec-pipette-doseuse-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400227/en/morphine-aguettant-0-1-solution-injectable-ampoule-de-1-ml-boite-de-10-morphine-aguettant-0-01-solution-injectable-ampoule-de-5-ml-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460129/en/morphine-chlorhydrate-aguettant-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460149/en/morphine-chlorhydrate-cooper-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460153/en/morphine-sulfate-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443260/en/morphine-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_998999/en/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062722/en/morphine-chlorhydrate-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062726/en/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735575/en/morphine-lavoisier</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735610/en/morphine-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735615/en/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735629/en/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011875/en/morphine-chlorhydrate-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625585/en/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628037/en/morphine-chlorhydrate-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672239/en/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2728050/en/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853366/en/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857744/en/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>INSTANYL (fentanyl (citrate de))</t>
+  </si>
+  <si>
+    <t>06/20/2018 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983243/en/instanyl-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983243</t>
+  </si>
+  <si>
+    <t>fentanyl (citrate de)</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918264/en/instanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022069/en/instanyl-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856015/en/instanyl-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>EPREX (époétine alfa)</t>
+  </si>
+  <si>
+    <t>05/25/2018 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983387/en/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983387</t>
+  </si>
+  <si>
+    <t>époétine alfa</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398925/en/eprex-40-000-ui/1-ml-solution-injectable-en-flacon-boites-de-1-4-et-6-eprex-1-000-ui/0-5-ml-solution-injectable-en-flacon-boite-de-6-eprex-2-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-4-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-10-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-1-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-2-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-3-000-ui/0-3-ml-seringues-preremplies-boite-de-6-eprex-4-000-ui/0-4-ml-seringues-preremplies-boite-de-6-eprex-10-000-ui/1-ml-seringues-preremplies-boite-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001256/en/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625998/en/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627633/en/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827579/en/eprex-epoetin-alfa-erythropoiesis-stimulating-agent</t>
+  </si>
+  <si>
+    <t>VARUBY (rolapitant), antiémétique antagoniste des récepteurs NK1</t>
+  </si>
+  <si>
+    <t>01/18/2018 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983492/en/varuby-rolapitant-antiemetique-antagoniste-des-recepteurs-nk1</t>
+  </si>
+  <si>
+    <t>pprd_2983492</t>
+  </si>
+  <si>
+    <t>rolapitant</t>
   </si>
   <si>
     <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400791/fr/kytril-1-mg-comprime-pellicule-b/2-cip-337-157-6-kytril-2-mg-comprime-pellicule-b/1-cip-343-015-5-kytril-3-mg/-3ml-solution-injectable-pour-voie-iv-b/1-cip-339-354-3</t>
-[...101 lines deleted...]
-    <t>pprd_2982777</t>
+    <t>https://www.has-sante.fr/jcms/c_2801854/en/varuby-rolapitant-nk1-receptor-antagonist-antiemetic</t>
+  </si>
+  <si>
+    <t>SOMAKIT TOC (gallium (68Ga) édotréotide)</t>
+  </si>
+  <si>
+    <t>11/15/2017 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983542/en/somakit-toc-gallium-68ga-edotreotide</t>
+  </si>
+  <si>
+    <t>pprd_2983542</t>
+  </si>
+  <si>
+    <t>gallium (68Ga) édotréotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788656/en/somakit-toc-68ga-edotreotide-radiopharmaceutical-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>TEKTROTYD (99mTc-EDDA/HYNIC-TOC)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983552/en/tektrotyd-99mtc-edda/hynic-toc</t>
+  </si>
+  <si>
+    <t>pprd_2983552</t>
+  </si>
+  <si>
+    <t>99mTc-EDDA/HYNIC-TOC</t>
+  </si>
+  <si>
+    <t>CIS BIO INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788603/en/tektrotyd-99mtc-edda/hynic-toc-radiopharmaceutical-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>IASOTOC (gallium (68Ga) édotréotide)</t>
+  </si>
+  <si>
+    <t>06/15/2017 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983643/en/iasotoc-gallium-68ga-edotreotide</t>
+  </si>
+  <si>
+    <t>pprd_2983643</t>
+  </si>
+  <si>
+    <t>IASON GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758096/en/iasotoc-gallium-68ga-edotreotide-diagnostic-product-for-tumour-detection</t>
+  </si>
+  <si>
+    <t>EMEND (N/R/ aprepitant/ aprépitant)</t>
+  </si>
+  <si>
+    <t>10/04/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983655/en/emend-n/r/-aprepitant/-aprepitant</t>
+  </si>
+  <si>
+    <t>pprd_2983655</t>
   </si>
   <si>
     <t>aprépitant</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2912422/fr/aprepitant-arrow-aprepitant</t>
-[...478 lines deleted...]
-  <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400005/fr/emend-80-mg-gelule-boite-de-1-boite-de-2-emend-125-mg-gelule-boite-de-1-emend-125-mg-80-mg-gelules-boite-de-1-gelule-125-mg-et-2-gelules-80-mg</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2755872/fr/emend-aprepitant-antiemetique</t>
+    <t>https://www.has-sante.fr/jcms/c_400005/en/emend-80-mg-gelule-boite-de-1-boite-de-2-emend-125-mg-gelule-boite-de-1-emend-125-mg-80-mg-gelules-boite-de-1-gelule-125-mg-et-2-gelules-80-mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400652/en/emend-aprepitant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468442/en/emend</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810802/en/emend-aprepitant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609205/en/emend-aprepitant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755869/en/emend-aprepitant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755872/en/emend-aprepitant-antiemetic</t>
   </si>
   <si>
     <t>PECFENT (fentanyl (citrate de))</t>
   </si>
   <si>
-    <t>15/12/2016 10:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983815/fr/pecfent-fentanyl-citrate-de</t>
+    <t>12/15/2016 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983815/en/pecfent-fentanyl-citrate-de</t>
   </si>
   <si>
     <t>pprd_2983815</t>
   </si>
   <si>
     <t>KYOWA KIRIN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1027709/fr/pecfent-fentanyl-citrate-de</t>
-[...41 lines deleted...]
-    <t>clodronate disodique tétrahydraté</t>
+    <t>https://www.has-sante.fr/jcms/c_1027709/en/pecfent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730785/en/pecfent-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>MOSCONTIN - SEVREDOL (morphine (sulfate de))</t>
+  </si>
+  <si>
+    <t>10/03/2016 12:33:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983968/en/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983968</t>
+  </si>
+  <si>
+    <t>morphine (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671743/en/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735585/en/moscontin-sevredol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062732/en/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460158/en/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399094/en/sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>TARGINACT (oxycodone (chlorhydrate d')/ naloxone (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>09/09/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984173/en/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984173</t>
+  </si>
+  <si>
+    <t>oxycodone (chlorhydrate d'),naloxone (chlorhydrate de) dihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189043/en/targinact</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040129/en/targinact-oxycodone/naloxone-opioid-agonist-antagonist-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617874/en/targinact-oxycodone/naloxone-opioid-analgesic-and-antagonist</t>
+  </si>
+  <si>
+    <t>ALOXI (palonosétron (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>04/14/2016 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984216/en/aloxi-palonosetron-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984216</t>
+  </si>
+  <si>
+    <t>palonosétron (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487092/en/aloxi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339953/en/aloxi-palonosetron-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609211/en/aloxi-palonosetron-injectable-antiemetic</t>
+  </si>
+  <si>
+    <t>ETHYOL (amifostine trihydratée)</t>
+  </si>
+  <si>
+    <t>12/10/2014 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984642/en/ethyol-amifostine-trihydratee</t>
+  </si>
+  <si>
+    <t>pprd_2984642</t>
+  </si>
+  <si>
+    <t>amifostine trihydratée</t>
   </si>
   <si>
     <t>BIOPROJET PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398870/fr/clastoban-400-mg-gelule-boite-de-60</t>
-[...680 lines deleted...]
-    <t>c_953580</t>
+    <t>https://www.has-sante.fr/jcms/c_1782525/en/ethyol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -3537,5703 +1416,1900 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-[...3968 lines deleted...]
-
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...556 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>112</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>113</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>116</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>117</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>118</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>120</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:AF37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J1" t="s">
+        <v>30</v>
+      </c>
+      <c r="K1" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>125</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>129</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>130</v>
+        <v>36</v>
+      </c>
+      <c r="I2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J2" t="s">
+        <v>38</v>
+      </c>
+      <c r="K2" t="s">
+        <v>39</v>
+      </c>
+      <c r="L2" t="s">
+        <v>40</v>
+      </c>
+      <c r="M2" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>131</v>
+        <v>42</v>
       </c>
       <c r="C3" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>134</v>
+        <v>43</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>135</v>
+        <v>44</v>
       </c>
       <c r="H3" t="s">
-        <v>136</v>
+        <v>45</v>
+      </c>
+      <c r="I3" t="s">
+        <v>46</v>
+      </c>
+      <c r="J3" t="s">
+        <v>47</v>
+      </c>
+      <c r="K3" t="s">
+        <v>48</v>
+      </c>
+      <c r="L3" t="s">
+        <v>49</v>
+      </c>
+      <c r="M3" t="s">
+        <v>50</v>
+      </c>
+      <c r="N3" t="s">
+        <v>51</v>
+      </c>
+      <c r="O3" t="s">
+        <v>52</v>
+      </c>
+      <c r="P3" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>54</v>
+      </c>
+      <c r="R3" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>137</v>
+        <v>56</v>
       </c>
       <c r="C4" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>139</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>140</v>
+        <v>57</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>141</v>
+        <v>58</v>
       </c>
       <c r="H4" t="s">
-        <v>142</v>
-[...209 lines deleted...]
-        <v>170</v>
+        <v>59</v>
+      </c>
+      <c r="I4" t="s">
+        <v>60</v>
+      </c>
+      <c r="J4" t="s">
+        <v>61</v>
+      </c>
+      <c r="K4" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>171</v>
+        <v>63</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>172</v>
+        <v>64</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>173</v>
+        <v>65</v>
       </c>
       <c r="H5" t="s">
-        <v>174</v>
+        <v>66</v>
+      </c>
+      <c r="I5" t="s">
+        <v>67</v>
+      </c>
+      <c r="J5" t="s">
+        <v>68</v>
+      </c>
+      <c r="K5" t="s">
+        <v>69</v>
+      </c>
+      <c r="L5" t="s">
+        <v>70</v>
+      </c>
+      <c r="M5" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>175</v>
+        <v>72</v>
       </c>
       <c r="C6" t="s">
-        <v>176</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>177</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>178</v>
+        <v>73</v>
       </c>
       <c r="H6" t="s">
-        <v>179</v>
+        <v>74</v>
+      </c>
+      <c r="I6" t="s">
+        <v>75</v>
+      </c>
+      <c r="J6" t="s">
+        <v>76</v>
+      </c>
+      <c r="K6" t="s">
+        <v>77</v>
+      </c>
+      <c r="L6" t="s">
+        <v>78</v>
+      </c>
+      <c r="M6" t="s">
+        <v>79</v>
+      </c>
+      <c r="N6" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>180</v>
+        <v>81</v>
       </c>
       <c r="C7" t="s">
-        <v>181</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>182</v>
+        <v>82</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>183</v>
+        <v>83</v>
       </c>
       <c r="H7" t="s">
-        <v>184</v>
+        <v>84</v>
+      </c>
+      <c r="I7" t="s">
+        <v>85</v>
+      </c>
+      <c r="J7" t="s">
+        <v>86</v>
+      </c>
+      <c r="K7" t="s">
+        <v>87</v>
+      </c>
+      <c r="L7" t="s">
+        <v>88</v>
+      </c>
+      <c r="M7" t="s">
+        <v>89</v>
+      </c>
+      <c r="N7" t="s">
+        <v>90</v>
+      </c>
+      <c r="O7" t="s">
+        <v>91</v>
+      </c>
+      <c r="P7" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>93</v>
+      </c>
+      <c r="R7" t="s">
+        <v>94</v>
+      </c>
+      <c r="S7" t="s">
+        <v>95</v>
+      </c>
+      <c r="T7" t="s">
+        <v>96</v>
+      </c>
+      <c r="U7" t="s">
+        <v>97</v>
+      </c>
+      <c r="V7" t="s">
+        <v>98</v>
+      </c>
+      <c r="W7" t="s">
+        <v>99</v>
+      </c>
+      <c r="X7" t="s">
+        <v>100</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
+        <v>103</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>104</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>105</v>
+      </c>
+      <c r="H8" t="s">
+        <v>106</v>
+      </c>
+      <c r="I8" t="s">
+        <v>107</v>
+      </c>
+      <c r="J8" t="s">
+        <v>108</v>
+      </c>
+      <c r="K8" t="s">
+        <v>109</v>
+      </c>
+      <c r="L8" t="s">
+        <v>110</v>
+      </c>
+      <c r="M8" t="s">
+        <v>111</v>
+      </c>
+      <c r="N8" t="s">
+        <v>112</v>
+      </c>
+      <c r="O8" t="s">
+        <v>113</v>
+      </c>
+      <c r="P8" t="s">
+        <v>114</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>115</v>
+      </c>
+      <c r="R8" t="s">
+        <v>116</v>
+      </c>
+      <c r="S8" t="s">
+        <v>117</v>
+      </c>
+      <c r="T8" t="s">
         <v>118</v>
       </c>
-      <c r="C8" t="s">
-[...237 lines deleted...]
-        <v>228</v>
+      <c r="U8" t="s">
+        <v>119</v>
+      </c>
+      <c r="V8" t="s">
+        <v>120</v>
+      </c>
+      <c r="W8" t="s">
+        <v>121</v>
+      </c>
+      <c r="X8" t="s">
+        <v>122</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>123</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>124</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>125</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>126</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>127</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>188</v>
+        <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="C9" t="s">
-        <v>230</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>231</v>
+        <v>130</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>232</v>
+        <v>131</v>
       </c>
       <c r="H9" t="s">
-        <v>233</v>
+        <v>132</v>
+      </c>
+      <c r="I9" t="s">
+        <v>133</v>
+      </c>
+      <c r="J9" t="s">
+        <v>134</v>
+      </c>
+      <c r="K9" t="s">
+        <v>135</v>
+      </c>
+      <c r="L9" t="s">
+        <v>136</v>
+      </c>
+      <c r="M9" t="s">
+        <v>137</v>
+      </c>
+      <c r="N9" t="s">
+        <v>138</v>
+      </c>
+      <c r="O9" t="s">
+        <v>139</v>
+      </c>
+      <c r="P9" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>141</v>
+      </c>
+      <c r="R9" t="s">
+        <v>142</v>
+      </c>
+      <c r="S9" t="s">
+        <v>143</v>
+      </c>
+      <c r="T9" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>188</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>234</v>
+        <v>145</v>
       </c>
       <c r="C10" t="s">
-        <v>235</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>236</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>237</v>
+        <v>146</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>238</v>
+        <v>147</v>
       </c>
       <c r="H10" t="s">
-        <v>239</v>
+        <v>148</v>
+      </c>
+      <c r="I10" t="s">
+        <v>149</v>
+      </c>
+      <c r="J10" t="s">
+        <v>150</v>
+      </c>
+      <c r="K10" t="s">
+        <v>151</v>
+      </c>
+      <c r="L10" t="s">
+        <v>152</v>
+      </c>
+      <c r="M10" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" t="s">
+        <v>154</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>155</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>156</v>
+      </c>
+      <c r="H11" t="s">
+        <v>157</v>
+      </c>
+      <c r="I11" t="s">
+        <v>158</v>
+      </c>
+      <c r="J11" t="s">
+        <v>159</v>
+      </c>
+      <c r="K11" t="s">
+        <v>160</v>
+      </c>
+      <c r="L11" t="s">
+        <v>161</v>
+      </c>
+      <c r="M11" t="s">
+        <v>162</v>
+      </c>
+      <c r="N11" t="s">
+        <v>163</v>
+      </c>
+      <c r="O11" t="s">
+        <v>164</v>
+      </c>
+      <c r="P11" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>166</v>
+      </c>
+      <c r="R11" t="s">
+        <v>167</v>
+      </c>
+      <c r="S11" t="s">
+        <v>168</v>
+      </c>
+      <c r="T11" t="s">
+        <v>169</v>
+      </c>
+      <c r="U11" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>32</v>
+      </c>
+      <c r="B12" t="s">
+        <v>171</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>172</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>173</v>
+      </c>
+      <c r="H12" t="s">
+        <v>174</v>
+      </c>
+      <c r="I12" t="s">
+        <v>175</v>
+      </c>
+      <c r="J12" t="s">
+        <v>176</v>
+      </c>
+      <c r="K12" t="s">
+        <v>177</v>
+      </c>
+      <c r="L12" t="s">
+        <v>178</v>
+      </c>
+      <c r="M12" t="s">
+        <v>179</v>
+      </c>
+      <c r="N12" t="s">
+        <v>180</v>
+      </c>
+      <c r="O12" t="s">
+        <v>181</v>
+      </c>
+      <c r="P12" t="s">
+        <v>182</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>183</v>
+      </c>
+      <c r="R12" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" t="s">
+        <v>185</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>186</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>187</v>
+      </c>
+      <c r="H13" t="s">
         <v>188</v>
       </c>
-      <c r="B11" t="s">
+      <c r="I13" t="s">
+        <v>189</v>
+      </c>
+      <c r="J13" t="s">
+        <v>190</v>
+      </c>
+      <c r="K13" t="s">
+        <v>191</v>
+      </c>
+      <c r="L13" t="s">
+        <v>192</v>
+      </c>
+      <c r="M13" t="s">
+        <v>193</v>
+      </c>
+      <c r="N13" t="s">
+        <v>194</v>
+      </c>
+      <c r="O13" t="s">
+        <v>195</v>
+      </c>
+      <c r="P13" t="s">
+        <v>196</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>197</v>
+      </c>
+      <c r="R13" t="s">
+        <v>198</v>
+      </c>
+      <c r="S13" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="s">
+        <v>200</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>201</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>202</v>
+      </c>
+      <c r="H14" t="s">
+        <v>203</v>
+      </c>
+      <c r="I14" t="s">
+        <v>204</v>
+      </c>
+      <c r="J14" t="s">
+        <v>205</v>
+      </c>
+      <c r="K14" t="s">
+        <v>206</v>
+      </c>
+      <c r="L14" t="s">
+        <v>207</v>
+      </c>
+      <c r="M14" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
+        <v>209</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>210</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>211</v>
+      </c>
+      <c r="H15" t="s">
+        <v>212</v>
+      </c>
+      <c r="I15" t="s">
+        <v>213</v>
+      </c>
+      <c r="J15" t="s">
+        <v>214</v>
+      </c>
+      <c r="K15" t="s">
+        <v>215</v>
+      </c>
+      <c r="L15" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" t="s">
+        <v>217</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>218</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>219</v>
+      </c>
+      <c r="H16" t="s">
+        <v>220</v>
+      </c>
+      <c r="I16" t="s">
+        <v>221</v>
+      </c>
+      <c r="J16" t="s">
+        <v>222</v>
+      </c>
+      <c r="K16" t="s">
+        <v>223</v>
+      </c>
+      <c r="L16" t="s">
+        <v>224</v>
+      </c>
+      <c r="M16" t="s">
+        <v>225</v>
+      </c>
+      <c r="N16" t="s">
+        <v>226</v>
+      </c>
+      <c r="O16" t="s">
+        <v>227</v>
+      </c>
+      <c r="P16" t="s">
+        <v>228</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>229</v>
+      </c>
+      <c r="R16" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" t="s">
+        <v>231</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>232</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>233</v>
+      </c>
+      <c r="H17" t="s">
+        <v>234</v>
+      </c>
+      <c r="I17" t="s">
+        <v>235</v>
+      </c>
+      <c r="J17" t="s">
+        <v>214</v>
+      </c>
+      <c r="K17" t="s">
+        <v>236</v>
+      </c>
+      <c r="L17" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" t="s">
+        <v>238</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>239</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>240</v>
       </c>
-      <c r="C11" t="s">
+      <c r="H18" t="s">
         <v>241</v>
       </c>
-      <c r="D11" t="s">
+      <c r="I18" t="s">
         <v>242</v>
       </c>
-      <c r="E11" t="s">
+      <c r="J18" t="s">
         <v>243</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="K18" t="s">
         <v>244</v>
       </c>
-      <c r="H11" t="s">
+      <c r="L18" t="s">
         <v>245</v>
       </c>
     </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>32</v>
+      </c>
+      <c r="B19" t="s">
+        <v>246</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>247</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>248</v>
+      </c>
+      <c r="H19" t="s">
+        <v>249</v>
+      </c>
+      <c r="I19" t="s">
+        <v>250</v>
+      </c>
+      <c r="J19" t="s">
+        <v>251</v>
+      </c>
+      <c r="K19" t="s">
+        <v>252</v>
+      </c>
+      <c r="L19" t="s">
+        <v>253</v>
+      </c>
+      <c r="M19" t="s">
+        <v>254</v>
+      </c>
+      <c r="N19" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" t="s">
+        <v>256</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>257</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>258</v>
+      </c>
+      <c r="H20" t="s">
+        <v>259</v>
+      </c>
+      <c r="I20" t="s">
+        <v>260</v>
+      </c>
+      <c r="J20" t="s">
+        <v>261</v>
+      </c>
+      <c r="K20" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" t="s">
+        <v>263</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>264</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>265</v>
+      </c>
+      <c r="H21" t="s">
+        <v>266</v>
+      </c>
+      <c r="I21" t="s">
+        <v>267</v>
+      </c>
+      <c r="J21" t="s">
+        <v>268</v>
+      </c>
+      <c r="K21" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" t="s">
+        <v>270</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>271</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>272</v>
+      </c>
+      <c r="H22" t="s">
+        <v>273</v>
+      </c>
+      <c r="I22" t="s">
+        <v>274</v>
+      </c>
+      <c r="J22" t="s">
+        <v>159</v>
+      </c>
+      <c r="K22" t="s">
+        <v>275</v>
+      </c>
+      <c r="L22" t="s">
+        <v>276</v>
+      </c>
+      <c r="M22" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>32</v>
+      </c>
+      <c r="B23" t="s">
+        <v>278</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>279</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>280</v>
+      </c>
+      <c r="H23" t="s">
+        <v>281</v>
+      </c>
+      <c r="I23" t="s">
+        <v>282</v>
+      </c>
+      <c r="J23" t="s">
+        <v>283</v>
+      </c>
+      <c r="K23" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>32</v>
+      </c>
+      <c r="B24" t="s">
+        <v>285</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>286</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>287</v>
+      </c>
+      <c r="H24" t="s">
+        <v>288</v>
+      </c>
+      <c r="I24" t="s">
+        <v>289</v>
+      </c>
+      <c r="J24" t="s">
+        <v>290</v>
+      </c>
+      <c r="K24" t="s">
+        <v>291</v>
+      </c>
+      <c r="L24" t="s">
+        <v>292</v>
+      </c>
+      <c r="M24" t="s">
+        <v>293</v>
+      </c>
+      <c r="N24" t="s">
+        <v>294</v>
+      </c>
+      <c r="O24" t="s">
+        <v>295</v>
+      </c>
+      <c r="P24" t="s">
+        <v>296</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>297</v>
+      </c>
+      <c r="R24" t="s">
+        <v>298</v>
+      </c>
+      <c r="S24" t="s">
+        <v>299</v>
+      </c>
+      <c r="T24" t="s">
+        <v>300</v>
+      </c>
+      <c r="U24" t="s">
+        <v>301</v>
+      </c>
+      <c r="V24" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" t="s">
+        <v>303</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>304</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>305</v>
+      </c>
+      <c r="H25" t="s">
+        <v>306</v>
+      </c>
+      <c r="I25" t="s">
+        <v>307</v>
+      </c>
+      <c r="J25" t="s">
+        <v>308</v>
+      </c>
+      <c r="K25" t="s">
+        <v>309</v>
+      </c>
+      <c r="L25" t="s">
+        <v>310</v>
+      </c>
+      <c r="M25" t="s">
+        <v>311</v>
+      </c>
+      <c r="N25" t="s">
+        <v>312</v>
+      </c>
+      <c r="O25" t="s">
+        <v>313</v>
+      </c>
+      <c r="P25" t="s">
+        <v>314</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>315</v>
+      </c>
+      <c r="R25" t="s">
+        <v>316</v>
+      </c>
+      <c r="S25" t="s">
+        <v>317</v>
+      </c>
+      <c r="T25" t="s">
+        <v>318</v>
+      </c>
+      <c r="U25" t="s">
+        <v>319</v>
+      </c>
+      <c r="V25" t="s">
+        <v>320</v>
+      </c>
+      <c r="W25" t="s">
+        <v>321</v>
+      </c>
+      <c r="X25" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>323</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>324</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>325</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>326</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>327</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>328</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>329</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>32</v>
+      </c>
+      <c r="B26" t="s">
+        <v>331</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>332</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>333</v>
+      </c>
+      <c r="H26" t="s">
+        <v>334</v>
+      </c>
+      <c r="I26" t="s">
+        <v>335</v>
+      </c>
+      <c r="J26" t="s">
+        <v>336</v>
+      </c>
+      <c r="K26" t="s">
+        <v>337</v>
+      </c>
+      <c r="L26" t="s">
+        <v>338</v>
+      </c>
+      <c r="M26" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>32</v>
+      </c>
+      <c r="B27" t="s">
+        <v>340</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>341</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>342</v>
+      </c>
+      <c r="H27" t="s">
+        <v>343</v>
+      </c>
+      <c r="I27" t="s">
+        <v>344</v>
+      </c>
+      <c r="J27" t="s">
+        <v>345</v>
+      </c>
+      <c r="K27" t="s">
+        <v>346</v>
+      </c>
+      <c r="L27" t="s">
+        <v>347</v>
+      </c>
+      <c r="M27" t="s">
+        <v>348</v>
+      </c>
+      <c r="N27" t="s">
+        <v>349</v>
+      </c>
+      <c r="O27" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>32</v>
+      </c>
+      <c r="B28" t="s">
+        <v>351</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>352</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>353</v>
+      </c>
+      <c r="H28" t="s">
+        <v>354</v>
+      </c>
+      <c r="I28" t="s">
+        <v>355</v>
+      </c>
+      <c r="J28" t="s">
+        <v>356</v>
+      </c>
+      <c r="K28" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" t="s">
+        <v>358</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>359</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>360</v>
+      </c>
+      <c r="H29" t="s">
+        <v>361</v>
+      </c>
+      <c r="I29" t="s">
+        <v>362</v>
+      </c>
+      <c r="J29" t="s">
+        <v>261</v>
+      </c>
+      <c r="K29" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" t="s">
+        <v>364</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>359</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>365</v>
+      </c>
+      <c r="H30" t="s">
+        <v>366</v>
+      </c>
+      <c r="I30" t="s">
+        <v>367</v>
+      </c>
+      <c r="J30" t="s">
+        <v>368</v>
+      </c>
+      <c r="K30" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" t="s">
+        <v>370</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>371</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>372</v>
+      </c>
+      <c r="H31" t="s">
+        <v>373</v>
+      </c>
+      <c r="I31" t="s">
+        <v>362</v>
+      </c>
+      <c r="J31" t="s">
+        <v>374</v>
+      </c>
+      <c r="K31" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" t="s">
+        <v>376</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>377</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>378</v>
+      </c>
+      <c r="H32" t="s">
+        <v>379</v>
+      </c>
+      <c r="I32" t="s">
+        <v>380</v>
+      </c>
+      <c r="J32" t="s">
+        <v>381</v>
+      </c>
+      <c r="K32" t="s">
+        <v>382</v>
+      </c>
+      <c r="L32" t="s">
+        <v>383</v>
+      </c>
+      <c r="M32" t="s">
+        <v>384</v>
+      </c>
+      <c r="N32" t="s">
+        <v>385</v>
+      </c>
+      <c r="O32" t="s">
+        <v>386</v>
+      </c>
+      <c r="P32" t="s">
+        <v>387</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>32</v>
+      </c>
+      <c r="B33" t="s">
+        <v>389</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>390</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>391</v>
+      </c>
+      <c r="H33" t="s">
+        <v>392</v>
+      </c>
+      <c r="I33" t="s">
+        <v>335</v>
+      </c>
+      <c r="J33" t="s">
+        <v>393</v>
+      </c>
+      <c r="K33" t="s">
+        <v>394</v>
+      </c>
+      <c r="L33" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" t="s">
+        <v>396</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>397</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>398</v>
+      </c>
+      <c r="H34" t="s">
+        <v>399</v>
+      </c>
+      <c r="I34" t="s">
+        <v>400</v>
+      </c>
+      <c r="J34" t="s">
+        <v>290</v>
+      </c>
+      <c r="K34" t="s">
+        <v>401</v>
+      </c>
+      <c r="L34" t="s">
+        <v>402</v>
+      </c>
+      <c r="M34" t="s">
+        <v>403</v>
+      </c>
+      <c r="N34" t="s">
+        <v>404</v>
+      </c>
+      <c r="O34" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>32</v>
+      </c>
+      <c r="B35" t="s">
+        <v>406</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>407</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>408</v>
+      </c>
+      <c r="H35" t="s">
+        <v>409</v>
+      </c>
+      <c r="I35" t="s">
+        <v>410</v>
+      </c>
+      <c r="J35" t="s">
+        <v>290</v>
+      </c>
+      <c r="K35" t="s">
+        <v>411</v>
+      </c>
+      <c r="L35" t="s">
+        <v>412</v>
+      </c>
+      <c r="M35" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>32</v>
+      </c>
+      <c r="B36" t="s">
+        <v>414</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>415</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>416</v>
+      </c>
+      <c r="H36" t="s">
+        <v>417</v>
+      </c>
+      <c r="I36" t="s">
+        <v>418</v>
+      </c>
+      <c r="J36" t="s">
+        <v>243</v>
+      </c>
+      <c r="K36" t="s">
+        <v>419</v>
+      </c>
+      <c r="L36" t="s">
+        <v>420</v>
+      </c>
+      <c r="M36" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>32</v>
+      </c>
+      <c r="B37" t="s">
+        <v>422</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>423</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>424</v>
+      </c>
+      <c r="H37" t="s">
+        <v>425</v>
+      </c>
+      <c r="I37" t="s">
+        <v>426</v>
+      </c>
+      <c r="J37" t="s">
+        <v>427</v>
+      </c>
+      <c r="K37" t="s">
+        <v>428</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...313 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>