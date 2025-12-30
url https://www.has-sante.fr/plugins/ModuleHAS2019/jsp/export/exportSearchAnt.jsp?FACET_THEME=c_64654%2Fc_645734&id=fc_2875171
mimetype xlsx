--- v0 (2025-11-07)
+++ v1 (2025-12-30)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="880" uniqueCount="593">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="606">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -545,50 +545,65 @@
   <si>
     <t>p_3390782</t>
   </si>
   <si>
     <t>Fiche bon usage des inhibiteurs de la pompe à protons (IPP)</t>
   </si>
   <si>
     <t>En instauration ou en renouvellement, un IPP n’est pas toujours pertinent Prévention de l’ulcère gastroduodénal (UGD) : associer un IPP aux anti-inflammatoires non stéroïdiens (AINS) uniquement s’il existe des facteurs de risque de complications digestives Reflux gastro-oesophagien (RGO) : le traitement initial est de 4 semaines. La poursuite du traitement est rarement justifiée, notamment chez les sujets âgés polymédiqués</t>
   </si>
   <si>
     <t>08/09/2022 00:00:00</t>
   </si>
   <si>
     <t>14/10/2022 14:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3372966/fr/fiche-bon-usage-des-inhibiteurs-de-la-pompe-a-protons-ipp</t>
   </si>
   <si>
     <t>p_3372966</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
+    <t>SAM de l'ANSM sur les spécialités à base d’amphotéricine B injectable : Risques d’erreurs médicamenteuses avec Ambisome et Fungizone</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur les risques d’erreurs médicamenteuses avec les spécialités à base d’amphotéricine B injecable : Ambisome et Fungizone ne sont pas interchangeables. Prescrire en nom de marque en sus de la DCI. Ne délivrer que la spécialité prescrite.</t>
+  </si>
+  <si>
+    <t>10/11/2025 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730126/fr/sam-de-l-ansm-sur-les-specialites-a-base-d-amphotericine-b-injectable-risques-d-erreurs-medicamenteuses-avec-ambisome-et-fungizone</t>
+  </si>
+  <si>
+    <t>p_3730126</t>
+  </si>
+  <si>
     <t>Évènements indésirables graves associés aux soins (EIGS) survenus lors de la prescription médicamenteuse</t>
   </si>
   <si>
     <t>Rapport : Analyse des déclarations des évènements indésirables graves associés aux soins (EIGS) survenus lors de la prescription médicamenteuse</t>
   </si>
   <si>
     <t>12/09/2025 11:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644100/fr/evenements-indesirables-graves-associes-aux-soins-eigs-survenus-lors-de-la-prescription-medicamenteuse</t>
   </si>
   <si>
     <t>p_3644100</t>
   </si>
   <si>
     <t>SAM de l'ANSM sur le valproate : Alerter sur la modification des conditions de prescription et de délivrance (CPD) du valproate pour les patients (adolescents et hommes), afin de limiter les risques potentiels de troubles neurodéveloppementaux pour les enfants à naitre liés à l’exposition paternelle dans les trois mois précédant la conception</t>
   </si>
   <si>
     <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) du valproate pour les patients (adolescents et hommes), afin de limiter les risques potentiels de troubles neurodéveloppementaux pour les enfants à naitre liés à l’exposition paternelle dans les trois mois précédant la conception.</t>
   </si>
   <si>
     <t>06/01/2025 16:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576102/fr/sam-de-l-ansm-sur-le-valproate-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-du-valproate-pour-les-patients-adolescents-et-hommes-afin-de-limiter-les-risques-potentiels-de-troubles-neurodeveloppementaux-pour-les-enfants-a-naitre-lies-a-l-exposition-paternelle-dans-les-trois-mois-precedant-la-conception</t>
@@ -749,50 +764,101 @@
   <si>
     <t>Flash sécurité patient – « Médicaments à risque : Sous-estimer le risque c’est risqué »</t>
   </si>
   <si>
     <t>Ce flash sécurité met en lumière, de façon généraliste, que ces erreurs mettent en cause le plus souvent, un non-respect des bonnes pratiques, un encadrement et/ou une formation insuffisantes, un environnement de travail défaillant et entrainent systématiquement des conséquences graves pour le patient.</t>
   </si>
   <si>
     <t>02/07/2021 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3275489/fr/flash-securite-patient-medicaments-a-risque-sous-estimer-le-risque-c-est-risque</t>
   </si>
   <si>
     <t>p_3275489</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>RICIMED (fragments F(ab')2 d’immunoglobuline équine anti-ricine)</t>
+  </si>
+  <si>
+    <t>19/12/2025 12:00:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806165/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine</t>
+  </si>
+  <si>
+    <t>p_3806165</t>
+  </si>
+  <si>
+    <t>fragments F(ab')2 d’immunoglobuline équine anti-ricine</t>
+  </si>
+  <si>
+    <t>FABENTECH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806133/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine-antidote-a-la-ricine</t>
+  </si>
+  <si>
+    <t>ZOKINVY (lonafarnib)</t>
+  </si>
+  <si>
+    <t>10/11/2025 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368574/fr/zokinvy-lonafarnib</t>
+  </si>
+  <si>
+    <t>p_3368574</t>
+  </si>
+  <si>
+    <t>lonafarnib</t>
+  </si>
+  <si>
+    <t>CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368156/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424350/fr/zokinvy-lonafarnib-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455546/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3736069/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
     <t>RIZMOIC (naldémédine)</t>
   </si>
   <si>
     <t>10/09/2025 11:28:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3323735/fr/rizmoic-naldemedine</t>
   </si>
   <si>
     <t>p_3323735</t>
   </si>
   <si>
     <t>naldémédine</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3323281/fr/rizmoic-naldemedine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3473438/fr/rizmoic-naldemedine-constipation-induite-par-les-opioides-cio</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643666/fr/rizmoic-naldemedine-constipation-induite-par-les-opioides</t>
@@ -1023,77 +1089,50 @@
     <t>LONQUEX (lipegfilgrastim)</t>
   </si>
   <si>
     <t>15/05/2023 14:07:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984757/fr/lonquex-lipegfilgrastim</t>
   </si>
   <si>
     <t>pprd_2984757</t>
   </si>
   <si>
     <t>lipegfilgrastim</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1745375/fr/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3108945/fr/lonquex-lipegfilgrastim</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3434163/fr/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3455546/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
   </si>
   <si>
     <t>BUVIDAL (buprénorphine)</t>
   </si>
   <si>
     <t>10/03/2023 17:32:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3217096/fr/buvidal-buprenorphine</t>
   </si>
   <si>
     <t>p_3217096</t>
   </si>
   <si>
     <t>buprénorphine</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3217092/fr/buvidal-buprenorphine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244165/fr/buvidal-buprenorphine</t>
   </si>
@@ -2816,51 +2855,51 @@
       </c>
       <c r="D3" t="s">
         <v>165</v>
       </c>
       <c r="E3" t="s">
         <v>166</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>167</v>
       </c>
       <c r="H3" t="s">
         <v>168</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3186,1637 +3225,1701 @@
       <c r="A14" t="s">
         <v>169</v>
       </c>
       <c r="B14" t="s">
         <v>230</v>
       </c>
       <c r="C14" t="s">
         <v>231</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>232</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>233</v>
       </c>
       <c r="H14" t="s">
         <v>234</v>
       </c>
     </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>169</v>
+      </c>
+      <c r="B15" t="s">
+        <v>235</v>
+      </c>
+      <c r="C15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>237</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>238</v>
+      </c>
+      <c r="H15" t="s">
+        <v>239</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AW30"/>
+  <dimension ref="A1:AW31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B2" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="H2" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="I2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="J2" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="K2" t="s">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B3" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="H3" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="I3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="J3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="K3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="L3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="M3" t="s">
-        <v>255</v>
+        <v>258</v>
+      </c>
+      <c r="N3" t="s">
+        <v>259</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B4" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="H4" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="I4" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="J4" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="K4" t="s">
-        <v>262</v>
+        <v>266</v>
+      </c>
+      <c r="L4" t="s">
+        <v>267</v>
+      </c>
+      <c r="M4" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B5" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="H5" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="I5" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="J5" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="K5" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="L5" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="M5" t="s">
-        <v>271</v>
-[...16 lines deleted...]
-      <c r="S5" t="s">
         <v>277</v>
-      </c>
-[...31 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B6" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="H6" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="I6" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="J6" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="K6" t="s">
-        <v>295</v>
-[...11 lines deleted...]
-        <v>299</v>
+        <v>284</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B7" t="s">
+        <v>285</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>286</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>287</v>
+      </c>
+      <c r="H7" t="s">
+        <v>288</v>
+      </c>
+      <c r="I7" t="s">
+        <v>289</v>
+      </c>
+      <c r="J7" t="s">
+        <v>290</v>
+      </c>
+      <c r="K7" t="s">
+        <v>291</v>
+      </c>
+      <c r="L7" t="s">
+        <v>292</v>
+      </c>
+      <c r="M7" t="s">
+        <v>293</v>
+      </c>
+      <c r="N7" t="s">
+        <v>294</v>
+      </c>
+      <c r="O7" t="s">
+        <v>295</v>
+      </c>
+      <c r="P7" t="s">
+        <v>296</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>297</v>
+      </c>
+      <c r="R7" t="s">
+        <v>298</v>
+      </c>
+      <c r="S7" t="s">
+        <v>299</v>
+      </c>
+      <c r="T7" t="s">
         <v>300</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="U7" t="s">
         <v>301</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="V7" t="s">
         <v>302</v>
       </c>
-      <c r="H7" t="s">
+      <c r="W7" t="s">
         <v>303</v>
       </c>
-      <c r="I7" t="s">
+      <c r="X7" t="s">
         <v>304</v>
       </c>
-      <c r="J7" t="s">
+      <c r="Y7" t="s">
         <v>305</v>
       </c>
-      <c r="K7" t="s">
+      <c r="Z7" t="s">
         <v>306</v>
       </c>
-      <c r="L7" t="s">
+      <c r="AA7" t="s">
         <v>307</v>
       </c>
-      <c r="M7" t="s">
+      <c r="AB7" t="s">
         <v>308</v>
       </c>
-      <c r="N7" t="s">
+      <c r="AC7" t="s">
         <v>309</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>310</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B8" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H8" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="I8" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J8" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="K8" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="L8" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="M8" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N8" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="O8" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B9" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H9" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="I9" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J9" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K9" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="L9" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="M9" t="s">
-        <v>329</v>
+        <v>330</v>
+      </c>
+      <c r="N9" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B10" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="H10" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="I10" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="J10" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="K10" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="L10" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="M10" t="s">
-        <v>338</v>
+        <v>340</v>
+      </c>
+      <c r="N10" t="s">
+        <v>341</v>
+      </c>
+      <c r="O10" t="s">
+        <v>342</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B11" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="H11" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="I11" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="J11" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="K11" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="L11" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="M11" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B12" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="H12" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="I12" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="J12" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="K12" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="L12" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="M12" t="s">
-        <v>356</v>
-[...10 lines deleted...]
-      <c r="Q12" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B13" t="s">
+        <v>361</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>362</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
         <v>363</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>364</v>
       </c>
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>365</v>
       </c>
-      <c r="I13" t="s">
+      <c r="J13" t="s">
         <v>366</v>
       </c>
-      <c r="J13" t="s">
+      <c r="K13" t="s">
         <v>367</v>
       </c>
-      <c r="K13" t="s">
+      <c r="L13" t="s">
         <v>368</v>
+      </c>
+      <c r="M13" t="s">
+        <v>369</v>
+      </c>
+      <c r="N13" t="s">
+        <v>370</v>
+      </c>
+      <c r="O13" t="s">
+        <v>371</v>
+      </c>
+      <c r="P13" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>373</v>
+      </c>
+      <c r="R13" t="s">
+        <v>374</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B14" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="H14" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="I14" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="J14" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="K14" t="s">
-        <v>375</v>
-[...8 lines deleted...]
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B15" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H15" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="I15" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="J15" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="K15" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="L15" t="s">
-        <v>386</v>
+        <v>389</v>
+      </c>
+      <c r="M15" t="s">
+        <v>390</v>
+      </c>
+      <c r="N15" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B16" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="H16" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="I16" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="J16" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="K16" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="L16" t="s">
-        <v>394</v>
-[...13 lines deleted...]
-      <c r="Q16" t="s">
         <v>399</v>
-      </c>
-[...94 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B17" t="s">
+        <v>400</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>401</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>402</v>
+      </c>
+      <c r="H17" t="s">
+        <v>403</v>
+      </c>
+      <c r="I17" t="s">
+        <v>404</v>
+      </c>
+      <c r="J17" t="s">
+        <v>405</v>
+      </c>
+      <c r="K17" t="s">
+        <v>406</v>
+      </c>
+      <c r="L17" t="s">
+        <v>407</v>
+      </c>
+      <c r="M17" t="s">
+        <v>408</v>
+      </c>
+      <c r="N17" t="s">
+        <v>409</v>
+      </c>
+      <c r="O17" t="s">
+        <v>410</v>
+      </c>
+      <c r="P17" t="s">
+        <v>411</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>412</v>
+      </c>
+      <c r="R17" t="s">
+        <v>413</v>
+      </c>
+      <c r="S17" t="s">
+        <v>414</v>
+      </c>
+      <c r="T17" t="s">
+        <v>415</v>
+      </c>
+      <c r="U17" t="s">
+        <v>416</v>
+      </c>
+      <c r="V17" t="s">
+        <v>417</v>
+      </c>
+      <c r="W17" t="s">
+        <v>418</v>
+      </c>
+      <c r="X17" t="s">
+        <v>419</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>420</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>421</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>422</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>423</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>424</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>425</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>426</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>427</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>428</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>429</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>430</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>431</v>
+      </c>
+      <c r="AK17" t="s">
         <v>432</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="AL17" t="s">
         <v>433</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="AM17" t="s">
         <v>434</v>
       </c>
-      <c r="H17" t="s">
+      <c r="AN17" t="s">
         <v>435</v>
       </c>
-      <c r="I17" t="s">
+      <c r="AO17" t="s">
         <v>436</v>
       </c>
-      <c r="J17" t="s">
+      <c r="AP17" t="s">
         <v>437</v>
       </c>
-      <c r="K17" t="s">
+      <c r="AQ17" t="s">
         <v>438</v>
       </c>
-      <c r="L17" t="s">
+      <c r="AR17" t="s">
         <v>439</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>440</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>441</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>442</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>443</v>
+      </c>
+      <c r="AW17" t="s">
+        <v>444</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B18" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="H18" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="I18" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="J18" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="K18" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="L18" t="s">
-        <v>447</v>
-[...13 lines deleted...]
-      <c r="Q18" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B19" t="s">
         <v>453</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>454</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>455</v>
       </c>
       <c r="H19" t="s">
         <v>456</v>
       </c>
       <c r="I19" t="s">
         <v>457</v>
       </c>
       <c r="J19" t="s">
         <v>458</v>
       </c>
       <c r="K19" t="s">
         <v>459</v>
       </c>
+      <c r="L19" t="s">
+        <v>460</v>
+      </c>
+      <c r="M19" t="s">
+        <v>461</v>
+      </c>
+      <c r="N19" t="s">
+        <v>462</v>
+      </c>
+      <c r="O19" t="s">
+        <v>463</v>
+      </c>
+      <c r="P19" t="s">
+        <v>464</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>465</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B20" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="H20" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="I20" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="J20" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="K20" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B21" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="H21" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="I21" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="J21" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="K21" t="s">
-        <v>473</v>
-[...11 lines deleted...]
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B22" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="H22" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="I22" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="J22" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="K22" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="L22" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="M22" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="N22" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="O22" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B23" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="H23" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="I23" t="s">
-        <v>293</v>
+        <v>495</v>
       </c>
       <c r="J23" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="K23" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="L23" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="M23" t="s">
-        <v>496</v>
+        <v>499</v>
+      </c>
+      <c r="N23" t="s">
+        <v>500</v>
+      </c>
+      <c r="O23" t="s">
+        <v>501</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B24" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>490</v>
+        <v>503</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="H24" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="I24" t="s">
-        <v>500</v>
+        <v>315</v>
       </c>
       <c r="J24" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="K24" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="L24" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="M24" t="s">
-        <v>504</v>
-[...13 lines deleted...]
-      <c r="R24" t="s">
         <v>509</v>
-      </c>
-[...49 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B25" t="s">
+        <v>510</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>503</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>511</v>
+      </c>
+      <c r="H25" t="s">
+        <v>512</v>
+      </c>
+      <c r="I25" t="s">
+        <v>513</v>
+      </c>
+      <c r="J25" t="s">
+        <v>514</v>
+      </c>
+      <c r="K25" t="s">
+        <v>515</v>
+      </c>
+      <c r="L25" t="s">
+        <v>516</v>
+      </c>
+      <c r="M25" t="s">
+        <v>517</v>
+      </c>
+      <c r="N25" t="s">
+        <v>518</v>
+      </c>
+      <c r="O25" t="s">
+        <v>519</v>
+      </c>
+      <c r="P25" t="s">
+        <v>520</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>521</v>
+      </c>
+      <c r="R25" t="s">
+        <v>522</v>
+      </c>
+      <c r="S25" t="s">
+        <v>523</v>
+      </c>
+      <c r="T25" t="s">
+        <v>524</v>
+      </c>
+      <c r="U25" t="s">
+        <v>525</v>
+      </c>
+      <c r="V25" t="s">
+        <v>526</v>
+      </c>
+      <c r="W25" t="s">
         <v>527</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="X25" t="s">
         <v>528</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="Y25" t="s">
         <v>529</v>
       </c>
-      <c r="H25" t="s">
+      <c r="Z25" t="s">
         <v>530</v>
       </c>
-      <c r="I25" t="s">
+      <c r="AA25" t="s">
         <v>531</v>
       </c>
-      <c r="J25" t="s">
-[...2 lines deleted...]
-      <c r="K25" t="s">
+      <c r="AB25" t="s">
         <v>532</v>
       </c>
-      <c r="L25" t="s">
+      <c r="AC25" t="s">
         <v>533</v>
       </c>
-      <c r="M25" t="s">
+      <c r="AD25" t="s">
         <v>534</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>535</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>536</v>
+      </c>
+      <c r="AG25" t="s">
+        <v>537</v>
+      </c>
+      <c r="AH25" t="s">
+        <v>538</v>
+      </c>
+      <c r="AI25" t="s">
+        <v>539</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B26" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="H26" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="I26" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="J26" t="s">
-        <v>465</v>
+        <v>506</v>
       </c>
       <c r="K26" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="L26" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="M26" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>547</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B27" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="H27" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="I27" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="J27" t="s">
-        <v>549</v>
+        <v>478</v>
       </c>
       <c r="K27" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="L27" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="M27" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="N27" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B28" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="H28" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="I28" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="J28" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="K28" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="L28" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="M28" t="s">
-        <v>562</v>
+        <v>565</v>
+      </c>
+      <c r="N28" t="s">
+        <v>566</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B29" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="H29" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="I29" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="J29" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="K29" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="L29" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="M29" t="s">
-        <v>571</v>
-[...8 lines deleted...]
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B30" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H30" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="I30" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="J30" t="s">
-        <v>392</v>
+        <v>581</v>
       </c>
       <c r="K30" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="L30" t="s">
-        <v>581</v>
+        <v>583</v>
+      </c>
+      <c r="M30" t="s">
+        <v>584</v>
+      </c>
+      <c r="N30" t="s">
+        <v>585</v>
+      </c>
+      <c r="O30" t="s">
+        <v>586</v>
+      </c>
+      <c r="P30" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>242</v>
+      </c>
+      <c r="B31" t="s">
+        <v>588</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>589</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>590</v>
+      </c>
+      <c r="H31" t="s">
+        <v>591</v>
+      </c>
+      <c r="I31" t="s">
+        <v>592</v>
+      </c>
+      <c r="J31" t="s">
+        <v>405</v>
+      </c>
+      <c r="K31" t="s">
+        <v>593</v>
+      </c>
+      <c r="L31" t="s">
+        <v>594</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="B2" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="C2" t="s">
-        <v>584</v>
+        <v>597</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>585</v>
+        <v>598</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>586</v>
+        <v>599</v>
       </c>
       <c r="H2" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="B3" t="s">
-        <v>588</v>
+        <v>601</v>
       </c>
       <c r="C3" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>591</v>
+        <v>604</v>
       </c>
       <c r="H3" t="s">
-        <v>592</v>
+        <v>605</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>