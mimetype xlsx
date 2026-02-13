--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="900" uniqueCount="606">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="908" uniqueCount="612">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -93,50 +93,68 @@
     <t>BALLON BIOPROTECT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>25/02/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 15:33:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602984/fr/ballon-bioprotect</t>
   </si>
   <si>
     <t>p_3602984</t>
   </si>
   <si>
     <t>Espaceur ballon biodégradable</t>
   </si>
   <si>
     <t>BIOPROTECT</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des effets indésirables des fluoroquinolones - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note contient les informations relatives au cadrage du thème « Prise en charge des effets indésirables (EI) des fluoroquinolones (FQ) » inscrit au programme de la Haute Autorité de santé (HAS). Il s’agit d’une auto-saisine de la HAS suite à la demande de France Assos Santé, association agréée au titre de la représentation des usagers du système de santé, d’élaborer des recommandations de prise en charge des victimes des EI graves liés à la prise de FQ. Cette demande portée auprès de la HAS a été examinée telle une saisine au titre du droit d’alerte figurant à l’article L. 161-37 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>07/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:37:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826266/fr/prise-en-charge-des-effets-indesirables-des-fluoroquinolones-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3826266</t>
   </si>
   <si>
     <t>Évaluation biométrologique des expositions individuelles aux agents chimiques de l'environnement - Note de cadrage</t>
   </si>
   <si>
     <t>Les objectifs de ce travail sont de déterminer : les indications et les limites de l'EBIEE les conditions et les modalités de sa mise en œuvre les modalités des restitutions individuelle et collective de ses résultats les mesures propres à assurer un suivi longitudinal et une bonne traçabilité individuelle et collective des expositions avec la création d'une base de données Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
   </si>
   <si>
     <t>15/10/2025 00:00:00</t>
   </si>
   <si>
     <t>21/10/2025 10:59:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701093/fr/evaluation-biometrologique-des-expositions-individuelles-aux-agents-chimiques-de-l-environnement-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3701093</t>
   </si>
   <si>
     <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
   </si>
   <si>
     <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
   </si>
@@ -1979,51 +1997,51 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2126,77 +2144,77 @@
       </c>
       <c r="E5" t="s">
         <v>41</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>42</v>
       </c>
       <c r="H5" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>52</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>53</v>
       </c>
       <c r="H7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>55</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="D8" t="s">
@@ -2253,77 +2271,77 @@
       </c>
       <c r="D10" t="s">
         <v>69</v>
       </c>
       <c r="E10" t="s">
         <v>70</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>71</v>
       </c>
       <c r="H10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="D11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H11" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C12" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>80</v>
       </c>
       <c r="E12" t="s">
         <v>81</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>82</v>
       </c>
       <c r="H12" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>19</v>
       </c>
       <c r="B13" t="s">
         <v>84</v>
       </c>
       <c r="C13" t="s">
@@ -2425,2501 +2443,2527 @@
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
         <v>108</v>
       </c>
       <c r="C17" t="s">
         <v>109</v>
       </c>
       <c r="D17" t="s">
         <v>110</v>
       </c>
       <c r="E17" t="s">
         <v>111</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>112</v>
       </c>
       <c r="H17" t="s">
         <v>113</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>118</v>
+      </c>
+      <c r="H18" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B2" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C2" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="H2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B3" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C3" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="H3" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B2" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C2" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E2" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="H2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B3" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C3" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="D3" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E3" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="H3" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B2" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="H2" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B3" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C3" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="H3" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B4" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C4" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H4" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C5" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="H5" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B2" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="D2" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="E2" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="H2" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B3" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="C3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="D3" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="E3" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="H3" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B2" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C2" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="H2" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B3" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="C3" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="H3" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B4" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C4" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="H4" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C5" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="H5" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B6" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C6" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="H6" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B7" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C7" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H7" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B8" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C8" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="H8" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B9" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C9" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="H9" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B10" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C10" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="H10" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B11" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C11" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="H11" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B12" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C12" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="H12" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B13" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="C13" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="H13" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B14" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C14" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="H14" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B15" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="C15" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="H15" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AW31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B2" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="H2" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="I2" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="J2" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="K2" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B3" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="H3" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="I3" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="J3" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="K3" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="L3" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="M3" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="N3" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B4" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="H4" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="I4" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="J4" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="K4" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="L4" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="M4" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B5" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="H5" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="I5" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="J5" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="K5" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="L5" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="M5" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B6" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="H6" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="I6" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="J6" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="K6" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B7" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="H7" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="I7" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="J7" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="K7" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="L7" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="M7" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="N7" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="O7" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="P7" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="Q7" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="R7" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="S7" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="T7" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="U7" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="V7" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="W7" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="X7" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="Y7" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="Z7" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="AA7" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="AB7" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="AC7" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="AD7" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B8" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="H8" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="I8" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="J8" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="K8" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="L8" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="M8" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="N8" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="O8" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B9" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="H9" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="I9" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="J9" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="K9" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="L9" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="M9" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="N9" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B10" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="H10" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="I10" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="J10" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="K10" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="L10" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="M10" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="N10" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="O10" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B11" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="H11" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="I11" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="J11" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="K11" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="L11" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="M11" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B12" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="H12" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="I12" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="J12" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="K12" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="L12" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="M12" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B13" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="H13" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="I13" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="J13" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="K13" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="L13" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="M13" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="N13" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="O13" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="P13" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="Q13" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="R13" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B14" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="H14" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="I14" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="J14" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="K14" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B15" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="H15" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I15" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J15" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="K15" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="L15" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="M15" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="N15" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B16" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="H16" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="I16" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="J16" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="K16" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="L16" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B17" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="H17" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="I17" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="J17" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="K17" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="L17" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="M17" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="N17" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="O17" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="P17" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="Q17" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="R17" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="S17" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="T17" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="U17" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="V17" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="W17" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="X17" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="Y17" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="Z17" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="AA17" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="AB17" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="AC17" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="AD17" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="AE17" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="AF17" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="AG17" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="AH17" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="AI17" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="AJ17" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="AK17" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="AL17" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="AM17" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="AN17" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="AO17" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="AP17" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="AQ17" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="AR17" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="AS17" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="AT17" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="AU17" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="AV17" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="AW17" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="H18" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="I18" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="J18" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="K18" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="L18" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B19" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="H19" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="I19" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="J19" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="K19" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="L19" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="M19" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="N19" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="O19" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="P19" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="Q19" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B20" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="H20" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="I20" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="J20" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="K20" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B21" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="H21" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="I21" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="J21" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="K21" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B22" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="H22" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="I22" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="J22" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="K22" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="L22" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="M22" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="N22" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="O22" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B23" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="H23" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="I23" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="J23" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="K23" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="L23" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="M23" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="N23" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="O23" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B24" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="H24" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="I24" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="J24" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="K24" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="L24" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="M24" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B25" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="H25" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="I25" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="J25" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="K25" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="L25" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="M25" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="N25" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="O25" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="P25" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="Q25" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="R25" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="S25" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="T25" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="U25" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="V25" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="W25" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="X25" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="Y25" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="Z25" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="AA25" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="AB25" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="AC25" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="AD25" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="AE25" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="AF25" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="AG25" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="AH25" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="AI25" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B26" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="H26" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="I26" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="J26" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="K26" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="L26" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="M26" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B27" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="H27" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="I27" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="J27" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="K27" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="L27" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="M27" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="N27" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B28" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="H28" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="I28" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="J28" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="K28" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="L28" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="M28" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="N28" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B29" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="H29" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="I29" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="J29" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="K29" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="L29" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="M29" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B30" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="H30" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="I30" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="J30" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="K30" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="L30" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="M30" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="N30" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="O30" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="P30" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="B31" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="H31" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="I31" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="J31" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="K31" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="L31" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="B2" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="C2" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="H2" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="B3" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="C3" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="H3" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>