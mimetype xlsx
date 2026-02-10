--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -1,10165 +1,34060 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1894" uniqueCount="1359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6731" uniqueCount="4153">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ETERNA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>23/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2025 12:52:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687626/fr/eterna</t>
+  </si>
+  <si>
+    <t>p_3687626</t>
+  </si>
+  <si>
+    <t>Système implantable et rechargeable de stimulation médullaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS (France)</t>
+  </si>
+  <si>
+    <t>PROCLAIM DRG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687632/fr/proclaim-drg</t>
+  </si>
+  <si>
+    <t>p_3687632</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable de stimulation du ganglion spinal</t>
+  </si>
+  <si>
+    <t>PROCLAIM XR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687638/fr/proclaim-xr</t>
+  </si>
+  <si>
+    <t>p_3687638</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable de stimulation médullaire</t>
+  </si>
+  <si>
+    <t>PROCLAIM 5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687644/fr/proclaim-5</t>
+  </si>
+  <si>
+    <t>p_3687644</t>
+  </si>
+  <si>
+    <t>PROCLAIM 7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687656/fr/proclaim-7</t>
+  </si>
+  <si>
+    <t>p_3687656</t>
+  </si>
+  <si>
+    <t>MOBIDISC</t>
+  </si>
+  <si>
+    <t>15/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2025 14:57:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638767/fr/mobidisc</t>
+  </si>
+  <si>
+    <t>p_3638767</t>
+  </si>
+  <si>
+    <t>Prothèse totale de disque lombaire</t>
+  </si>
+  <si>
+    <t>LDR MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>INFINION PRO</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/08/2025 13:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635818/fr/infinion-pro</t>
+  </si>
+  <si>
+    <t>p_3635818</t>
+  </si>
+  <si>
+    <t>Électrodes percutanées pour systèmes implantables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>PISCES-QUAD ET RESUME II</t>
+  </si>
+  <si>
+    <t>17/04/2025 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602219/fr/pisces-quad-et-resume-ii</t>
+  </si>
+  <si>
+    <t>p_3602219</t>
+  </si>
+  <si>
+    <t>Electrodes quadripolaire pour systèmes implantables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>ITREL 4</t>
+  </si>
+  <si>
+    <t>17/04/2025 16:29:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602237/fr/itrel-4</t>
+  </si>
+  <si>
+    <t>p_3602237</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable de  neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>FIBROREM</t>
+  </si>
+  <si>
+    <t>24/03/2025 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598531/fr/fibrorem</t>
+  </si>
+  <si>
+    <t>p_3598531</t>
+  </si>
+  <si>
+    <t>Bracelet de neuromodulation par émission  d’ondes millimétriques associé à son  application mobile</t>
+  </si>
+  <si>
+    <t>REMEDEE LABS</t>
+  </si>
+  <si>
+    <t>SYNCHROMED III</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2025 10:23:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577024/fr/synchromed-iii</t>
+  </si>
+  <si>
+    <t>p_3577024</t>
+  </si>
+  <si>
+    <t>Pompe implantable programmable à débit variable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE SAS.</t>
+  </si>
+  <si>
+    <t>AXOMOVE THERAPY</t>
+  </si>
+  <si>
+    <t>22/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2024 10:53:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552523/fr/axomove-therapy</t>
+  </si>
+  <si>
+    <t>p_3552523</t>
+  </si>
+  <si>
+    <t>Logiciel de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>AXOMOVE</t>
+  </si>
+  <si>
+    <t>PISCES-QUAD</t>
+  </si>
+  <si>
+    <t>10/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:07:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547441/fr/pisces-quad</t>
+  </si>
+  <si>
+    <t>p_3547441</t>
+  </si>
+  <si>
+    <t>Électrodes percutanées quadripolaires pour systèmes implantables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>SYNCHROMED II</t>
+  </si>
+  <si>
+    <t>04/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2024 10:34:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530998/fr/synchromed-ii</t>
+  </si>
+  <si>
+    <t>p_3530998</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS (France)</t>
+  </si>
+  <si>
+    <t>INCEPTIV</t>
+  </si>
+  <si>
+    <t>07/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2024 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518369/fr/inceptiv</t>
+  </si>
+  <si>
+    <t>p_3518369</t>
+  </si>
+  <si>
+    <t>09/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2024 08:39:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508883/fr/eterna</t>
+  </si>
+  <si>
+    <t>p_3508883</t>
+  </si>
+  <si>
+    <t>TRICENTRUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508901/fr/tricentrus</t>
+  </si>
+  <si>
+    <t>p_3508901</t>
+  </si>
+  <si>
+    <t>Electrode décahexapolaire pour système implantable de stimulation médullaire</t>
+  </si>
+  <si>
+    <t>SPECTRA WAVEWRITER</t>
+  </si>
+  <si>
+    <t>19/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2024 13:57:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486093/fr/spectra-wavewriter</t>
+  </si>
+  <si>
+    <t>p_3486093</t>
+  </si>
+  <si>
+    <t>INTELLIS</t>
+  </si>
+  <si>
+    <t>07/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/12/2023 15:36:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477575/fr/intellis</t>
+  </si>
+  <si>
+    <t>p_3477575</t>
+  </si>
+  <si>
+    <t>Système de stimulation médullaire implantable rechargeable</t>
+  </si>
+  <si>
+    <t>27/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2023 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451382/fr/proclaim-xr</t>
+  </si>
+  <si>
+    <t>p_3451382</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable pour stimulation médullaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451385/fr/proclaim-xr</t>
+  </si>
+  <si>
+    <t>p_3451385</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451388/fr/proclaim-drg</t>
+  </si>
+  <si>
+    <t>p_3451388</t>
+  </si>
+  <si>
+    <t>07/07/2023 16:49:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451394/fr/proclaim-7</t>
+  </si>
+  <si>
+    <t>p_3451394</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451403/fr/proclaim-5</t>
+  </si>
+  <si>
+    <t>p_3451403</t>
+  </si>
+  <si>
+    <t>GENESIS</t>
+  </si>
+  <si>
+    <t>13/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2023 13:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448456/fr/genesis</t>
+  </si>
+  <si>
+    <t>p_3448456</t>
+  </si>
+  <si>
+    <t>EON MINI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448462/fr/eon-mini</t>
+  </si>
+  <si>
+    <t>p_3448462</t>
+  </si>
+  <si>
+    <t>Système implantable rechargeable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>EON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448465/fr/eon</t>
+  </si>
+  <si>
+    <t>p_3448465</t>
+  </si>
+  <si>
+    <t>PROCLAIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448468/fr/proclaim</t>
+  </si>
+  <si>
+    <t>p_3448468</t>
+  </si>
+  <si>
+    <t>PROCLAIM ELITE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448659/fr/proclaim-elite</t>
+  </si>
+  <si>
+    <t>p_3448659</t>
+  </si>
+  <si>
+    <t>EON C</t>
+  </si>
+  <si>
+    <t>26/06/2023 12:38:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448459/fr/eon-c</t>
+  </si>
+  <si>
+    <t>p_3448459</t>
+  </si>
+  <si>
+    <t>PRODIGY MRI</t>
+  </si>
+  <si>
+    <t>16/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2023 09:10:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445331/fr/prodigy-mri</t>
+  </si>
+  <si>
+    <t>p_3445331</t>
+  </si>
+  <si>
+    <t>14/06/2023 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445334/fr/proclaim-7</t>
+  </si>
+  <si>
+    <t>p_3445334</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445343/fr/proclaim-5</t>
+  </si>
+  <si>
+    <t>p_3445343</t>
+  </si>
+  <si>
+    <t>ELECTRODES MN20450-50A ET MN20450-90A</t>
+  </si>
+  <si>
+    <t>14/06/2023 09:09:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445725/fr/electrodes-mn20450-50a-et-mn20450-90a</t>
+  </si>
+  <si>
+    <t>p_3445725</t>
+  </si>
+  <si>
+    <t>Électrodes pour système implantable de stimulation du ganglion spinal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445737/fr/proclaim-drg</t>
+  </si>
+  <si>
+    <t>p_3445737</t>
+  </si>
+  <si>
+    <t>AXIUM</t>
+  </si>
+  <si>
+    <t>02/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2023 15:46:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433912/fr/axium</t>
+  </si>
+  <si>
+    <t>p_3433912</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>PRECISION SPECTRA</t>
+  </si>
+  <si>
+    <t>24/01/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:52:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409216/fr/precision-spectra</t>
+  </si>
+  <si>
+    <t>p_3409216</t>
+  </si>
+  <si>
+    <t>Système implantable et rechargeable de  neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>LINEAR</t>
+  </si>
+  <si>
+    <t>08/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2022 10:05:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389410/fr/linear</t>
+  </si>
+  <si>
+    <t>p_3389410</t>
+  </si>
+  <si>
+    <t>COVEREDGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389413/fr/coveredge</t>
+  </si>
+  <si>
+    <t>p_3389413</t>
+  </si>
+  <si>
+    <t>Électrodes chirurgicales pour systèmes implantables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>ARTISAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389419/fr/artisan</t>
+  </si>
+  <si>
+    <t>p_3389419</t>
+  </si>
+  <si>
+    <t>AVISTA MRI</t>
+  </si>
+  <si>
+    <t>23/11/2022 08:13:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388796/fr/avista-mri</t>
+  </si>
+  <si>
+    <t>p_3388796</t>
+  </si>
+  <si>
+    <t>PRECISION MONTAGE MRI</t>
+  </si>
+  <si>
+    <t>04/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2022 08:39:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376371/fr/precision-montage-mri</t>
+  </si>
+  <si>
+    <t>p_3376371</t>
+  </si>
+  <si>
+    <t>SPECIFY SURESCAN MRI</t>
+  </si>
+  <si>
+    <t>20/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2022 16:37:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368520/fr/specify-surescan-mri</t>
+  </si>
+  <si>
+    <t>p_3368520</t>
+  </si>
+  <si>
+    <t>Électrodes chirurgicales décahexapolaires  pour systèmes implantables de  neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>VECTRIS SURESCAN MRI</t>
+  </si>
+  <si>
+    <t>23/09/2022 11:10:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368523/fr/vectris-surescan-mri</t>
+  </si>
+  <si>
+    <t>p_3368523</t>
+  </si>
+  <si>
+    <t>Électrodes percutanées octopolaires pour  systèmes implantables de neurostimulation  médullaire</t>
+  </si>
+  <si>
+    <t>VITALITENS</t>
+  </si>
+  <si>
+    <t>22/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/09/2022 12:07:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362621/fr/vitalitens</t>
+  </si>
+  <si>
+    <t>p_3362621</t>
+  </si>
+  <si>
+    <t>Appareil de neurostimulation électrique  transcutanée</t>
+  </si>
+  <si>
+    <t>SUBLIMED SAS</t>
+  </si>
+  <si>
+    <t>URGOCLEAN AG</t>
+  </si>
+  <si>
+    <t>01/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2022 14:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321323/fr/urgoclean-ag</t>
+  </si>
+  <si>
+    <t>p_3321323</t>
+  </si>
+  <si>
+    <t>Pansements absorbants à l’argent</t>
+  </si>
+  <si>
+    <t>LABORATOIRES URGO</t>
+  </si>
+  <si>
+    <t>PRECISION NOVI</t>
+  </si>
+  <si>
+    <t>08/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 11:00:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289007/fr/precision-novi</t>
+  </si>
+  <si>
+    <t>p_3289007</t>
+  </si>
+  <si>
+    <t>Système de neurostimulation médullaire implantable non rechargeable</t>
+  </si>
+  <si>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 10:54:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289343/fr/precision-novi</t>
+  </si>
+  <si>
+    <t>p_3289343</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable pour  stimulation médullaire</t>
+  </si>
+  <si>
+    <t>VANTA</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2021 13:57:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289688/fr/vanta</t>
+  </si>
+  <si>
+    <t>p_3289688</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable de  stimulation médullaire</t>
+  </si>
+  <si>
+    <t>STIMROUTER</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3276123/fr/stimrouter</t>
+  </si>
+  <si>
+    <t>p_3276123</t>
+  </si>
+  <si>
+    <t>Système de stimulation des nerfs  périphériques</t>
+  </si>
+  <si>
+    <t>BIONESS EUROPE BV</t>
+  </si>
+  <si>
+    <t>05/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:33:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236236/fr/proclaim-xr</t>
+  </si>
+  <si>
+    <t>p_3236236</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable pour stimulation  médullaire</t>
+  </si>
+  <si>
+    <t>WAVEWRITER ALPHA SYSTEM</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2020 17:36:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224410/fr/wavewriter-alpha-system</t>
+  </si>
+  <si>
+    <t>p_3224410</t>
+  </si>
+  <si>
+    <t>Système implantable rechargeable pour stimulation médullaire</t>
+  </si>
+  <si>
+    <t>WAVEWRITER ALPHA SYSTEM PRIME</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224413/fr/wavewriter-alpha-system-prime</t>
+  </si>
+  <si>
+    <t>p_3224413</t>
+  </si>
+  <si>
+    <t>LAMITRODE 88 - TRIPOLE 16 - TRIPOLE 16C - PENTA</t>
+  </si>
+  <si>
+    <t>30/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 12:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219911/fr/lamitrode-88-tripole-16-tripole-16c-penta</t>
+  </si>
+  <si>
+    <t>p_3219911</t>
+  </si>
+  <si>
+    <t>Electrodes décahexapolaires pour système implantable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>QUATTRODE - OCTRODE- LAMITRODE 44C - LAMITRODE 44 - LAMITRODE 4 - S-SERIES S-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219917/fr/quattrode-octrode-lamitrode-44c-lamitrode-44-lamitrode-4-s-series-s-8</t>
+  </si>
+  <si>
+    <t>p_3219917</t>
+  </si>
+  <si>
+    <t>Electrodes quadripolaires ou octopolaires pour système implantable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>PROCLAIM 5 (3661) ET 7 (3663)</t>
+  </si>
+  <si>
+    <t>11/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2020 18:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165688/fr/proclaim-5-3661-et-7-3663</t>
+  </si>
+  <si>
+    <t>p_3165688</t>
+  </si>
+  <si>
+    <t>Appareils de neurostimulation électrique transcutanée (TENS)</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge des dispositifs médicaux et prestations associées pour la prise en charge de la neurostimulation électrique transcutanée visée à la sous-section 2 de la section 7 du chapitre 1er du titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au journal officiel le 16 avril 2019 et faisant suite à la phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>03/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106043/fr/appareils-de-neurostimulation-electrique-transcutanee-tens</t>
+  </si>
+  <si>
+    <t>p_3106043</t>
+  </si>
+  <si>
+    <t>Neurostimulation électrique transcutanée (TENS)</t>
+  </si>
+  <si>
+    <t>SYNCHROMED II - SYNCHROMED II : télécommande MyPTM (TH90T02)</t>
+  </si>
+  <si>
+    <t>04/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067112/fr/synchromed-ii-synchromed-ii-telecommande-myptm-th90t02</t>
+  </si>
+  <si>
+    <t>p_3067112</t>
+  </si>
+  <si>
+    <t>pompe implantable programmable à débit variable</t>
+  </si>
+  <si>
+    <t>VALENTINA_D</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2019 16:52:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968525/fr/valentina-d</t>
+  </si>
+  <si>
+    <t>c_2968525</t>
+  </si>
+  <si>
+    <t>chaussures thérapeutiques de série à usage prolongé (CHUP) pour adulte</t>
+  </si>
+  <si>
+    <t>FARGEOT &amp; CIE</t>
+  </si>
+  <si>
+    <t>ORFEO_D</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968528/fr/orfeo-d</t>
+  </si>
+  <si>
+    <t>c_2968528</t>
+  </si>
+  <si>
+    <t>VELINA_D</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968531/fr/velina-d</t>
+  </si>
+  <si>
+    <t>c_2968531</t>
+  </si>
+  <si>
+    <t>OCTAVIO_D</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968534/fr/octavio-d</t>
+  </si>
+  <si>
+    <t>c_2968534</t>
+  </si>
+  <si>
+    <t>VENEZIA_D</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968537/fr/venezia-d</t>
+  </si>
+  <si>
+    <t>c_2968537</t>
+  </si>
+  <si>
+    <t>VANDA_D</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968540/fr/vanda-d</t>
+  </si>
+  <si>
+    <t>c_2968540</t>
+  </si>
+  <si>
+    <t>PRECISION (référence M365SC1110020)</t>
+  </si>
+  <si>
+    <t>29/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902362/fr/precision-reference-m365sc1110020</t>
+  </si>
+  <si>
+    <t>c_2902362</t>
+  </si>
+  <si>
+    <t>Electrode décahexapolaire pour neurostimulateur médullaire</t>
+  </si>
+  <si>
+    <t>SYNCHROMED II (référence 8709SC)</t>
+  </si>
+  <si>
+    <t>20/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2018 08:58:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2887662/fr/synchromed-ii-reference-8709sc</t>
+  </si>
+  <si>
+    <t>c_2887662</t>
+  </si>
+  <si>
+    <t>SPECTRA WaveWriter</t>
+  </si>
+  <si>
+    <t>03/12/2018 09:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885822/fr/spectra-wavewriter</t>
+  </si>
+  <si>
+    <t>c_2885822</t>
+  </si>
+  <si>
+    <t>système implantable et rechargeable de stimulation médullaire</t>
+  </si>
+  <si>
+    <t>RESTOREADVANCED SURESCAN MRI</t>
+  </si>
+  <si>
+    <t>25/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2018 12:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873262/fr/restoreadvanced-surescan-mri</t>
+  </si>
+  <si>
+    <t>c_2873262</t>
+  </si>
+  <si>
+    <t>système implantable et rechargeable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>RESTORESENSOR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873265/fr/restoresensor</t>
+  </si>
+  <si>
+    <t>c_2873265</t>
+  </si>
+  <si>
+    <t>RESTORESENSOR SURESCAN MRI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873268/fr/restoresensor-surescan-mri</t>
+  </si>
+  <si>
+    <t>c_2873268</t>
+  </si>
+  <si>
+    <t>PRIMEADVANCED SURESCAN MRI</t>
+  </si>
+  <si>
+    <t>23/11/2018 12:41:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873271/fr/primeadvanced-surescan-mri</t>
+  </si>
+  <si>
+    <t>c_2873271</t>
+  </si>
+  <si>
+    <t>système implantable non rechargeable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873274/fr/itrel-4</t>
+  </si>
+  <si>
+    <t>c_2873274</t>
+  </si>
+  <si>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2018 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882644/fr/intellis</t>
+  </si>
+  <si>
+    <t>c_2882644</t>
+  </si>
+  <si>
+    <t>neurostimulateur médullaire implantable et rechargeable</t>
+  </si>
+  <si>
+    <t>ARTISAN MRI pour neurostimulateur médullaire de la gamme PRECISION</t>
+  </si>
+  <si>
+    <t>09/11/2018 17:06:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882120/fr/artisan-mri-pour-neurostimulateur-medullaire-de-la-gamme-precision</t>
+  </si>
+  <si>
+    <t>c_2882120</t>
+  </si>
+  <si>
+    <t>électrode décahexapolaire pour système implantable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>ALOVA</t>
+  </si>
+  <si>
+    <t>22/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2018 08:58:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882046/fr/alova</t>
+  </si>
+  <si>
+    <t>c_2882046</t>
+  </si>
+  <si>
+    <t>matelas en mousse viscoélastique type à mémoire de forme</t>
+  </si>
+  <si>
+    <t>WINNCARE France</t>
+  </si>
+  <si>
+    <t>PRECISION SPECTRA associé à l'électrode INFINION CX</t>
+  </si>
+  <si>
+    <t>10/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 16:12:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863328/fr/precision-spectra-associe-a-l-electrode-infinion-cx</t>
+  </si>
+  <si>
+    <t>c_2863328</t>
+  </si>
+  <si>
+    <t>PRECISION NOVI associé à l'électrode INFINION CX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863552/fr/precision-novi-associe-a-l-electrode-infinion-cx</t>
+  </si>
+  <si>
+    <t>c_2863552</t>
+  </si>
+  <si>
+    <t>système implantable et non rechargeable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>PRECISION MONTAGE MRI associé à l'électrode INFINION CX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863555/fr/precision-montage-mri-associe-a-l-electrode-infinion-cx</t>
+  </si>
+  <si>
+    <t>c_2863555</t>
+  </si>
+  <si>
+    <t>17/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>18/05/2018 08:45:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849692/fr/proclaim-drg</t>
+  </si>
+  <si>
+    <t>c_2849692</t>
+  </si>
+  <si>
+    <t>27/04/2018 08:29:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845376/fr/precision-spectra</t>
+  </si>
+  <si>
+    <t>c_2845376</t>
+  </si>
+  <si>
+    <t>systèmes implantables et rechargeables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845379/fr/precision-montage-mri</t>
+  </si>
+  <si>
+    <t>c_2845379</t>
+  </si>
+  <si>
+    <t>PRIMEADVANCED - RESTOREADVANCED - RESTOREULTRA - RESTOREULTRA SURESCAN MRI</t>
+  </si>
+  <si>
+    <t>20/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2018 11:53:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843144/fr/primeadvanced-restoreadvanced-restoreultra-restoreultra-surescan-mri</t>
+  </si>
+  <si>
+    <t>c_2843144</t>
+  </si>
+  <si>
+    <t>PROPHYLAXE (réf. : 97307 - 97308)</t>
+  </si>
+  <si>
+    <t>Chaussures thérapeutiques de série à usage prolongé (CHUP) pour adulte</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2017 10:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794151/fr/prophylaxe-ref-97307-97308</t>
+  </si>
+  <si>
+    <t>c_2794151</t>
+  </si>
+  <si>
+    <t>Finn Comfort France</t>
+  </si>
+  <si>
+    <t>PROPHYLAXE (réf. : 96524 - 96525)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794154/fr/prophylaxe-ref-96524-96525</t>
+  </si>
+  <si>
+    <t>c_2794154</t>
+  </si>
+  <si>
+    <t>FinnOrtho</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794157/fr/finnortho</t>
+  </si>
+  <si>
+    <t>c_2794157</t>
+  </si>
+  <si>
+    <t>PROPHYLAXE (réf. 96100 - 96101 - 96102 - 96103)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794160/fr/prophylaxe-ref-96100-96101-96102-96103</t>
+  </si>
+  <si>
+    <t>c_2794160</t>
+  </si>
+  <si>
+    <t>PROPHYLAXE (réf. : 96519 - 96522)</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794396/fr/prophylaxe-ref-96519-96522</t>
+  </si>
+  <si>
+    <t>c_2794396</t>
+  </si>
+  <si>
+    <t>02/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2017 08:49:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762442/fr/axium</t>
+  </si>
+  <si>
+    <t>c_2762442</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>CLASSIC VISCO</t>
+  </si>
+  <si>
+    <t>Support d'aide à la prévention des escarres : coussin</t>
+  </si>
+  <si>
+    <t>24/05/2017 09:08:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762454/fr/classic-visco</t>
+  </si>
+  <si>
+    <t>c_2762454</t>
+  </si>
+  <si>
+    <t>INVACARE POIRIER S.A.S.</t>
+  </si>
+  <si>
+    <t>Stimulateur médullaire</t>
+  </si>
+  <si>
+    <t>18/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/05/2017 09:46:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762448/fr/prodigy-mri</t>
+  </si>
+  <si>
+    <t>c_2762448</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762457/fr/proclaim-elite</t>
+  </si>
+  <si>
+    <t>c_2762457</t>
+  </si>
+  <si>
+    <t>DUROLANE</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-oculaire</t>
+  </si>
+  <si>
+    <t>06/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 15:52:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729700/fr/durolane</t>
+  </si>
+  <si>
+    <t>c_2729700</t>
+  </si>
+  <si>
+    <t>BIOVENTUS</t>
+  </si>
+  <si>
+    <t>EUFLEXXA</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729703/fr/euflexxa</t>
+  </si>
+  <si>
+    <t>c_2729703</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>19/12/2016 10:02:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2731675/fr/classic-visco</t>
+  </si>
+  <si>
+    <t>c_2731675</t>
+  </si>
+  <si>
+    <t>ARTHRUM H 2%</t>
+  </si>
+  <si>
+    <t>23/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2016 14:53:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725209/fr/arthrum-h-2</t>
+  </si>
+  <si>
+    <t>c_2725209</t>
+  </si>
+  <si>
+    <t>LCA SA</t>
+  </si>
+  <si>
+    <t>STRUCTOVIAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725215/fr/structovial</t>
+  </si>
+  <si>
+    <t>c_2725215</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>Stimulateur médullaire Stimulateur médullaire</t>
+  </si>
+  <si>
+    <t>20/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2016 09:04:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672754/fr/precision-montage-mri</t>
+  </si>
+  <si>
+    <t>c_2672754</t>
+  </si>
+  <si>
+    <t>17/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2016 09:45:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635780/fr/restoreadvanced-surescan-mri</t>
+  </si>
+  <si>
+    <t>c_2635780</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635792/fr/restoresensor-surescan-mri</t>
+  </si>
+  <si>
+    <t>c_2635792</t>
+  </si>
+  <si>
+    <t>RESTOREULTRA SURESCAN MRI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635798/fr/restoreultra-surescan-mri</t>
+  </si>
+  <si>
+    <t>c_2635798</t>
+  </si>
+  <si>
+    <t>03/06/2016 15:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635034/fr/primeadvanced-surescan-mri</t>
+  </si>
+  <si>
+    <t>c_2635034</t>
+  </si>
+  <si>
+    <t>ALOVA Coussin ergonomique</t>
+  </si>
+  <si>
+    <t>20/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2015 16:56:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572148/fr/alova-coussin-ergonomique</t>
+  </si>
+  <si>
+    <t>c_2572148</t>
+  </si>
+  <si>
+    <t>ASKLE SANTE</t>
+  </si>
+  <si>
+    <t>ITREL 3 et électrodes SYMMIX et ON POINT</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570588/fr/itrel-3-et-electrodes-symmix-et-on-point</t>
+  </si>
+  <si>
+    <t>c_2570588</t>
+  </si>
+  <si>
+    <t>03/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571472/fr/proclaim</t>
+  </si>
+  <si>
+    <t>c_2571472</t>
+  </si>
+  <si>
+    <t>09/11/2015 17:24:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570602/fr/itrel-4</t>
+  </si>
+  <si>
+    <t>c_2570602</t>
+  </si>
+  <si>
+    <t>24/09/2015 11:01:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060001/fr/precision-novi</t>
+  </si>
+  <si>
+    <t>c_2060001</t>
+  </si>
+  <si>
+    <t>FLAMINAL Hydro</t>
+  </si>
+  <si>
+    <t>Pansement</t>
+  </si>
+  <si>
+    <t>19/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041666/fr/flaminal-hydro</t>
+  </si>
+  <si>
+    <t>c_2041666</t>
+  </si>
+  <si>
+    <t>ABBOTT PRODUCTS SAS</t>
+  </si>
+  <si>
+    <t>FLAMINAL Forte</t>
+  </si>
+  <si>
+    <t>16/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041669/fr/flaminal-forte</t>
+  </si>
+  <si>
+    <t>c_2041669</t>
+  </si>
+  <si>
+    <t>SYNVISC-ONE</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030383/fr/synvisc-one</t>
+  </si>
+  <si>
+    <t>c_2030383</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>OSTENIL 3 seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030389/fr/ostenil-3-seringues</t>
+  </si>
+  <si>
+    <t>c_2030389</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>URGOTUL DUO</t>
+  </si>
+  <si>
+    <t>Matériel pour pansement</t>
+  </si>
+  <si>
+    <t>07/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2015 10:24:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028528/fr/urgotul-duo</t>
+  </si>
+  <si>
+    <t>c_2028528</t>
+  </si>
+  <si>
+    <t>URGOTUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028531/fr/urgotul</t>
+  </si>
+  <si>
+    <t>c_2028531</t>
+  </si>
+  <si>
+    <t>PRIMEADVANCED</t>
+  </si>
+  <si>
+    <t>02/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2015 10:13:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782545/fr/primeadvanced</t>
+  </si>
+  <si>
+    <t>c_1782545</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011215/fr/precision-spectra</t>
+  </si>
+  <si>
+    <t>c_2011215</t>
+  </si>
+  <si>
+    <t>PrimeAdvanced SureScan MRI</t>
+  </si>
+  <si>
+    <t>22/01/2015 18:06:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2005591/fr/primeadvanced-surescan-mri</t>
+  </si>
+  <si>
+    <t>c_2005591</t>
+  </si>
+  <si>
+    <t>SURESCAN MRI</t>
+  </si>
+  <si>
+    <t>18/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2014 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777262/fr/surescan-mri</t>
+  </si>
+  <si>
+    <t>c_1777262</t>
+  </si>
+  <si>
+    <t>DIRECTION GENERALE DE LA SANTE</t>
+  </si>
+  <si>
+    <t>25/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2014 16:34:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727805/fr/axium</t>
+  </si>
+  <si>
+    <t>c_1727805</t>
+  </si>
+  <si>
+    <t>SPINAL MODULATION NV</t>
+  </si>
+  <si>
+    <t>Pompe implantable</t>
+  </si>
+  <si>
+    <t>31/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2014 16:05:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721651/fr/synchromed-ii</t>
+  </si>
+  <si>
+    <t>c_1721651</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715231/fr/genesis</t>
+  </si>
+  <si>
+    <t>c_1715231</t>
+  </si>
+  <si>
+    <t>RestoreSensor SureScan MRI, Système de neurostimulation médullaire implantable</t>
+  </si>
+  <si>
+    <t>08/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2013 18:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651692/fr/restoresensor-surescan-mri-systeme-de-neurostimulation-medullaire-implantable</t>
+  </si>
+  <si>
+    <t>c_1651692</t>
+  </si>
+  <si>
+    <t>EON Mini</t>
+  </si>
+  <si>
+    <t>23/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/10/2013 18:08:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1635654/fr/eon-mini</t>
+  </si>
+  <si>
+    <t>c_1635654</t>
+  </si>
+  <si>
+    <t>03/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646600/fr/eon</t>
+  </si>
+  <si>
+    <t>c_1646600</t>
+  </si>
+  <si>
+    <t>RestoreUltra SureScan MRI, Système de neurostimulation médullaire implantable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651695/fr/restoreultra-surescan-mri-systeme-de-neurostimulation-medullaire-implantable</t>
+  </si>
+  <si>
+    <t>c_1651695</t>
+  </si>
+  <si>
+    <t>RestoreAdvanced SureScan MRI, Système de neurostimulation médullaire implantable</t>
+  </si>
+  <si>
+    <t>10/10/2013 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651686/fr/restoreadvanced-surescan-mri-systeme-de-neurostimulation-medullaire-implantable</t>
+  </si>
+  <si>
+    <t>c_1651686</t>
+  </si>
+  <si>
+    <t>PrimeAdvanced SureScan MRI, Système de neurostimulation médullaire implantable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651689/fr/primeadvanced-surescan-mri-systeme-de-neurostimulation-medullaire-implantable</t>
+  </si>
+  <si>
+    <t>c_1651689</t>
+  </si>
+  <si>
+    <t>SENZA, système de neurostimulation médullaire implantable, rechargeable</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2013 17:37:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525767/fr/senza-systeme-de-neurostimulation-medullaire-implantable-rechargeable</t>
+  </si>
+  <si>
+    <t>c_1525767</t>
+  </si>
+  <si>
+    <t>NEVRO CORPORATION</t>
+  </si>
+  <si>
+    <t>22/02/2013 10:13:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361826/fr/eon-c</t>
+  </si>
+  <si>
+    <t>c_1361826</t>
+  </si>
+  <si>
+    <t>RESTORESENSOR, système de stimulation médullaire implantable rechargeable</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2013 09:42:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356009/fr/restoresensor-systeme-de-stimulation-medullaire-implantable-rechargeable</t>
+  </si>
+  <si>
+    <t>c_1356009</t>
+  </si>
+  <si>
+    <t>MEDTRONIC INC.</t>
+  </si>
+  <si>
+    <t>RESTOREADVANCED, système de stimulation médullaire implantable rechargeable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356011/fr/restoreadvanced-systeme-de-stimulation-medullaire-implantable-rechargeable</t>
+  </si>
+  <si>
+    <t>c_1356011</t>
+  </si>
+  <si>
+    <t>RESTORE ULTRA système de stimulation médullaire implantable rechargeable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356015/fr/restore-ultra-systeme-de-stimulation-medullaire-implantable-rechargeable</t>
+  </si>
+  <si>
+    <t>c_1356015</t>
+  </si>
+  <si>
+    <t>BIATAIN IBU, pansements hydrocellulaires à l'ibuprofène</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1355892/fr/biatain-ibu-pansements-hydrocellulaires-a-l-ibuprofene</t>
+  </si>
+  <si>
+    <t>c_1355892</t>
+  </si>
+  <si>
+    <t>COLOPLAST A/S</t>
+  </si>
+  <si>
+    <t>ASCENDA, Cathéter intrathécal</t>
+  </si>
+  <si>
+    <t>15/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2013 18:21:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1354883/fr/ascenda-catheter-intrathecal</t>
+  </si>
+  <si>
+    <t>c_1354883</t>
+  </si>
+  <si>
+    <t>PRECISION, système de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>Système de neurostimulation médullaire implantable rechargeable</t>
+  </si>
+  <si>
+    <t>18/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2013 09:30:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350089/fr/precision-systeme-de-neurostimulation-medullaire</t>
+  </si>
+  <si>
+    <t>c_1350089</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC CORP</t>
+  </si>
+  <si>
+    <t>PRODISC-L</t>
+  </si>
+  <si>
+    <t>Prothèse discale lombaire</t>
+  </si>
+  <si>
+    <t>11/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1341710/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>c_1341710</t>
+  </si>
+  <si>
+    <t>SYNTHES SAS</t>
+  </si>
+  <si>
+    <t>OCTENILIN</t>
+  </si>
+  <si>
+    <t>Gel pour les plaies</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2012 13:03:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336040/fr/octenilin</t>
+  </si>
+  <si>
+    <t>c_1336040</t>
+  </si>
+  <si>
+    <t>SCHULKE FRANCE SARL / schulke &amp; MAYR GmnH</t>
+  </si>
+  <si>
+    <t>Neurostimulateurs médullaires implantables pour traitement des douleurs rebelles</t>
+  </si>
+  <si>
+    <t>Neurostimulateurs rechargeables</t>
+  </si>
+  <si>
+    <t>06/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2012 16:57:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332734/fr/neurostimulateurs-medullaires-implantables-pour-traitement-des-douleurs-rebelles</t>
+  </si>
+  <si>
+    <t>c_1332734</t>
+  </si>
+  <si>
+    <t>EON -  11 septembre 2012 (4295) avis</t>
+  </si>
+  <si>
+    <t>11/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2012 17:40:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260076/fr/eon-11-septembre-2012-4295-avis</t>
+  </si>
+  <si>
+    <t>c_1260076</t>
+  </si>
+  <si>
+    <t>St Jude Medical France SAS</t>
+  </si>
+  <si>
+    <t>EFFIDIA -  25 septembre 2012 (4312) avis</t>
+  </si>
+  <si>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2012 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1297525/fr/effidia-25-septembre-2012-4312-avis</t>
+  </si>
+  <si>
+    <t>c_1297525</t>
+  </si>
+  <si>
+    <t>FIDIA FARMACEUTICI S.P.A (Italie)</t>
+  </si>
+  <si>
+    <t>IALUSET PLUS  -  25 septembre 2012 (4303) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1297533/fr/ialuset-plus-25-septembre-2012-4303-avis</t>
+  </si>
+  <si>
+    <t>c_1297533</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER SA (France)</t>
+  </si>
+  <si>
+    <t>MOBIDISC - 12 juin 2012 (4241) avis</t>
+  </si>
+  <si>
+    <t>12/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/06/2012 18:05:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253089/fr/mobidisc-12-juin-2012-4241-avis</t>
+  </si>
+  <si>
+    <t>c_1253089</t>
+  </si>
+  <si>
+    <t>SENZA -  12 juin 2012 (4130) avis</t>
+  </si>
+  <si>
+    <t>Système implantable rechargeable de neurostimulation médullaire NEUROLOGIE – Nouveau dispositif Avis défavorable au remboursement dans la prise en charge des douleurs chroniques d’origine neuropathique ou ischémique</t>
+  </si>
+  <si>
+    <t>14/06/2012 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1243593/fr/senza-12-juin-2012-4130-avis</t>
+  </si>
+  <si>
+    <t>c_1243593</t>
+  </si>
+  <si>
+    <t>Avis général sur les dispositifs médicaux et prestations associées pour le traitement de la crise d’algie vasculaire de la face (AVF) par oxygénothérapie - 17 avril 2012</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2012 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1243393/fr/avis-general-sur-les-dispositifs-medicaux-et-prestations-associees-pour-le-traitement-de-la-crise-d-algie-vasculaire-de-la-face-avf-par-oxygenotherapie-17-avril-2012</t>
+  </si>
+  <si>
+    <t>c_1243393</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>PRECISION - 24 janvier 2012 (4215) avis</t>
+  </si>
+  <si>
+    <t>24/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2012 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190992/fr/precision-24-janvier-2012-4215-avis</t>
+  </si>
+  <si>
+    <t>c_1190992</t>
+  </si>
+  <si>
+    <t>Boston Scientific SA</t>
+  </si>
+  <si>
+    <t>PRIMEADVANCED  - 10 janvier 2012 (4186) avis</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2012 11:09:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1171168/fr/primeadvanced-10-janvier-2012-4186-avis</t>
+  </si>
+  <si>
+    <t>c_1171168</t>
+  </si>
+  <si>
+    <t>MEDTRONIC SAS</t>
+  </si>
+  <si>
+    <t>RESTOREADVANCED - 10 janvier 2012 (4189) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1171176/fr/restoreadvanced-10-janvier-2012-4189-avis</t>
+  </si>
+  <si>
+    <t>c_1171176</t>
+  </si>
+  <si>
+    <t>RESTORESENSOR - 10 janvier 2012 (4188) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1171183/fr/restoresensor-10-janvier-2012-4188-avis</t>
+  </si>
+  <si>
+    <t>c_1171183</t>
+  </si>
+  <si>
+    <t>EON C - 29 novembre 2011 (3977) avis</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable de neurostimulation médullaire NEUROLOGIE – Nouveau dispositif Avis défavorable au remboursement dans la prise en charge des douleurs chroniques bilatérales et/ou étendues</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2011 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1105640/fr/eon-c-29-novembre-2011-3977-avis</t>
+  </si>
+  <si>
+    <t>c_1105640</t>
+  </si>
+  <si>
+    <t>St Jude Medical</t>
+  </si>
+  <si>
+    <t>ITREL 3 - 05 avril 2011 (3594) avis</t>
+  </si>
+  <si>
+    <t>05/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036393/fr/itrel-3-05-avril-2011-3594-avis</t>
+  </si>
+  <si>
+    <t>c_1036393</t>
+  </si>
+  <si>
+    <t>Medtronic France SAS</t>
+  </si>
+  <si>
+    <t>GENESIS - 11 janvier 2011 (3353) avis</t>
+  </si>
+  <si>
+    <t>11/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2011 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012186/fr/genesis-11-janvier-2011-3353-avis</t>
+  </si>
+  <si>
+    <t>c_1012186</t>
+  </si>
+  <si>
+    <t>PACIDOL - 09 novembre 2010 (2851) avis</t>
+  </si>
+  <si>
+    <t>Sucette réutilisable avec réservoir DOULEUR – Nouveau dispositif Avis défavorable au remboursement en raison d’un intérêt thérapeutique non établi</t>
+  </si>
+  <si>
+    <t>09/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2010 10:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_998161/fr/pacidol-09-novembre-2010-2851-avis</t>
+  </si>
+  <si>
+    <t>c_998161</t>
+  </si>
+  <si>
+    <t>BIOCODEX France</t>
+  </si>
+  <si>
+    <t>RESTORESENSOR - 12 octobre 2010 (3004) avis</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2010 14:56:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994937/fr/restoresensor-12-octobre-2010-3004-avis</t>
+  </si>
+  <si>
+    <t>c_994937</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS</t>
+  </si>
+  <si>
+    <t>PRECISION - 14 septembre 2010 (2992) avis</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2010 13:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_980575/fr/precision-14-septembre-2010-2992-avis</t>
+  </si>
+  <si>
+    <t>c_980575</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA</t>
+  </si>
+  <si>
+    <t>EON - CNEDiMTS du 23 février 2010 (2379)</t>
+  </si>
+  <si>
+    <t>Système implantable et rechargeable de neurostimulation médullaire Neurologie - Nouveau dispositif Pas d’avantage clinique démontré par rapport aux autres systèmes de neurostimulation médullaire implantables, rechargeables</t>
+  </si>
+  <si>
+    <t>23/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928441/fr/eon-cnedimts-du-23-fevrier-2010-2379</t>
+  </si>
+  <si>
+    <t>c_928441</t>
+  </si>
+  <si>
+    <t>PRECISION - CEPP du 26 mai 2009 - 2084 (Avis &amp; Fiche d'information thérapeutique)</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2010 18:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_809781/fr/precision-cepp-du-26-mai-2009-2084-avis-fiche-d-information-therapeutique</t>
+  </si>
+  <si>
+    <t>c_809781</t>
+  </si>
+  <si>
+    <t>KYPHX HV-R et KYPHOS FS</t>
+  </si>
+  <si>
+    <t>16/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2008 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_767026/fr/kyphx-hv-r-et-kyphos-fs</t>
+  </si>
+  <si>
+    <t>c_767026</t>
+  </si>
+  <si>
+    <t>KYPHON France SARL</t>
+  </si>
+  <si>
+    <t>03/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2009 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757852/fr/primeadvanced</t>
+  </si>
+  <si>
+    <t>c_757852</t>
+  </si>
+  <si>
+    <t>16/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2008 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_694063/fr/genesis</t>
+  </si>
+  <si>
+    <t>c_694063</t>
+  </si>
+  <si>
+    <t>Advanced Neurostimulation Systems France</t>
+  </si>
+  <si>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667034/fr/eon</t>
+  </si>
+  <si>
+    <t>c_667034</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL France</t>
+  </si>
+  <si>
+    <t>PRECISION</t>
+  </si>
+  <si>
+    <t>12/12/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2007 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_615939/fr/precision</t>
+  </si>
+  <si>
+    <t>c_615939</t>
+  </si>
+  <si>
+    <t>Advanced Bionics Corporation</t>
+  </si>
+  <si>
+    <t>22/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398771/fr/genesis</t>
+  </si>
+  <si>
+    <t>c_398771</t>
+  </si>
+  <si>
+    <t>Advanced Neurstimulation Systems France</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Douleur chronique : les aspects organisationnels</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est de réaliser un état des lieux sur les aspects organisationnels de la prise en charge de la douleur chronique de la population générale adulte dans les structures spécialisées.</t>
+  </si>
+  <si>
+    <t>22/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2009 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813396/fr/douleur-chronique-les-aspects-organisationnels</t>
+  </si>
+  <si>
+    <t>c_813396</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Management of endometriosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
+    <t>Syndrome fémoro-patellaire : évaluation et traitement rééducatifs - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectif : L’objectif essentiel de ce projet est d’améliorer le parcours du patient pour lequel un Syndrome Fémoro-Patellaire a été diagnostiqué, en abordant les différentes options diagnostiques et rééducatives, leur efficacité ainsi que les moyens permettant l’améliorer leur efficience.</t>
+  </si>
+  <si>
+    <t>28/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538188/fr/syndrome-femoro-patellaire-evaluation-et-traitement-reeducatifs-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3538188</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de pouvoir proposer à chaque patiente un parcours de soins homogène, coordonné et optimal de la prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>13/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/fr/prise-en-charge-de-l-endometriose</t>
   </si>
   <si>
     <t>c_2819733</t>
   </si>
   <si>
-    <t>Management of fever in children</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2674284/en/management-of-fever-in-children</t>
+    <t>Label de la HAS - Évaluation du patient atteint de cervicalgie et prise de décision thérapeutique en chiropraxie</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’aider le chiropracteur à évaluer efficacement les patients atteints de cervicalgie, pour orienter et guider leur prise de décision thérapeutique dans l’intérêt du patient. En proposant un algorithme décisionnel en rapport avec le champ d’application des chiropracteurs, elle a pour but d’améliorer le «°triage°» des cervicalgies, afin d’offrir une qualité de prise en charge optimale et sécurisante pour la population citée.</t>
+  </si>
+  <si>
+    <t>25/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2017 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803360/fr/label-de-la-has-evaluation-du-patient-atteint-de-cervicalgie-et-prise-de-decision-therapeutique-en-chiropraxie</t>
+  </si>
+  <si>
+    <t>c_2803360</t>
+  </si>
+  <si>
+    <t>Prise en charge de la fièvre chez l'enfant</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo propose un rappel de la conduite à tenir pour la prise en charge de la fièvre chez l’enfant.</t>
+  </si>
+  <si>
+    <t>05/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2674284/fr/prise-en-charge-de-la-fievre-chez-l-enfant</t>
   </si>
   <si>
     <t>c_2674284</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Lombalgie chronique de l’adulte et chirurgie</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique propose une nouvelle définition de la lombalgie chronique et évalue les techniques chirurgicales de la lombalgie chronique dégénérative de l’adulte pour en préciser les indications</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2016 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615316/fr/lombalgie-chronique-de-l-adulte-et-chirurgie</t>
+  </si>
+  <si>
+    <t>c_2615316</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Surveillance médico-professionnelle du risque lombaire pour les travailleurs exposés à des manipulations de charges</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour but : d’améliorer le repérage et l’évaluation des situations professionnelles exposant à des manipulations manuelles de charges afin de limiter et/ou contrôler l’exposition aux risques d’atteintes rachidiennes lombaires, de définir la surveillance médicale adaptée afin de dépister et limiter les atteintes rachidiennes lombaires liées à l’exposition à des manipulations manuelles de charges dans le cadre d’une stratégie de prévention intégrée, collective et individuelle, en milieu de travail.</t>
+  </si>
+  <si>
+    <t>16/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2013 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1700724/fr/label-de-la-has-surveillance-medico-professionnelle-du-risque-lombaire-pour-les-travailleurs-exposes-a-des-manipulations-de-charges</t>
+  </si>
+  <si>
+    <t>c_1700724</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Sédation pour détresse en phase terminale et dans des situations complexes</t>
+  </si>
+  <si>
+    <t>La Société française d'accompagnement et de soins palliatifs a élaboré des recommandations sur la sédation pour détresse en phase terminale dans des situations spécifiques et complexes, scindées en trois textes : recommandations chez l'adulte et spécificités au domicile et en gériatrie ; recommandations chez l'enfant en cas de détresse en soins palliatifs et en phase terminale ; recommandations dans les situations spécifiques et complexes.</t>
+  </si>
+  <si>
+    <t>02/12/2010 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003524/fr/label-de-la-has-sedation-pour-detresse-en-phase-terminale-et-dans-des-situations-complexes</t>
+  </si>
+  <si>
+    <t>c_1003524</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486036/en/assessment-of-the-endotest-saliva-test-in-complex-endometriosis-diagnosis-situations</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Amylose AA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amylose AA. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2020 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187210/fr/amylose-aa</t>
+  </si>
+  <si>
+    <t>p_3187210</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Fibromyalgie - Comprendre la maladie pour mieux vivre avec ses symptômes</t>
+  </si>
+  <si>
+    <t>Votre médecin vient de vous annoncer un diagnostic de fibromyalgie. Ce document a pour but de vous expliquer les soins et accompagnements qui peuvent être mis en place avec lui pour soulager vos douleurs, votre fatigue, améliorer votre sommeil et plus largement apprendre à vivre avec cette maladie.</t>
+  </si>
+  <si>
+    <t>30/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2025 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686005/fr/fibromyalgie-comprendre-la-maladie-pour-mieux-vivre-avec-ses-symptomes</t>
+  </si>
+  <si>
+    <t>p_3686005</t>
+  </si>
+  <si>
+    <t>Mon enfant a mal à la tête - Une imagerie du cerveau est-elle nécessaire ?</t>
+  </si>
+  <si>
+    <t>Votre enfant a mal à la tête. Vous avez consulté le médecin qui a posé des questions et a examiné votre enfant. Le plus souvent, il n’a pas prescrit d’examen auprès d’un radiologue (imagerie du cerveau : IRM ou scanner). Ce document vous explique pourquoi le médecin n’a pas prescrit d’imagerie du cerveau, et dans quels cas une imagerie est nécessaire. Il complète vos échanges avec le médecin, mais ne remplace pas ses conseils, et vous permet de prendre avec lui les décisions en lien avec la santé de votre enfant. Il concerne les enfants et les adolescents se plaignant d’un mal de tête ou dont l’entourage suspecte un mal de tête.</t>
+  </si>
+  <si>
+    <t>14/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487842/fr/mon-enfant-a-mal-a-la-tete-une-imagerie-du-cerveau-est-elle-necessaire</t>
+  </si>
+  <si>
+    <t>p_3487842</t>
+  </si>
+  <si>
+    <t>Opioïdes : prévenir le risque de surdose</t>
+  </si>
+  <si>
+    <t>Bon usage des opioïdes : la HAS publie 2 documents d’information à destination des patients pour prévenir le risque de surdose d'opioïdes. Elles visent à informer d'une part les personnes souffrant de douleurs chroniques et d'autre part les usagers de drogues à qui sont prescrits des médicaments opioïdes.</t>
+  </si>
+  <si>
+    <t>06/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2023 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425923/fr/opioides-prevenir-le-risque-de-surdose</t>
+  </si>
+  <si>
+    <t>p_3425923</t>
+  </si>
+  <si>
+    <t>Douleur au genou chez l’adulte  : quelle imagerie ?</t>
+  </si>
+  <si>
+    <t>La HAS et le Conseil national professionnel de radiologie et imagerie médicale (G4) ont élaboré un document afin d'informer les patients sur les imageries pouvant être nécessaires lors d’un premier épisode de douleur au genou.</t>
+  </si>
+  <si>
+    <t>01/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2022 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345192/fr/douleur-au-genou-chez-l-adulte-quelle-imagerie</t>
+  </si>
+  <si>
+    <t>p_3345192</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS recommande de ne plus prescrire la vitesse de sédimentation</t>
+  </si>
+  <si>
+    <t>La vitesse de sédimentation (VS) est un marqueur de l’inflammation. L’usage de ce test sanguin est ancien et de moins en moins fréquent. Prescrit majoritairement en médecine générale et en rhumatologie, il représentait en 2023 près de seize millions d’actes remboursés par l’Assurance maladie, pour un montant de douze millions d’euros. La Haute Autorité de santé (HAS) a été saisie par l’Union nationale des caisses d'assurance maladie (UNCAM) afin d’évaluer la pertinence de ce test, dans l’objectif, le cas échéant, d’envisager son déremboursement. Aujourd’hui, considérant ses inconvénients et l’existence d’autres examens plus performants en complément de l’examen clinique, la HAS recommande de ne plus le prescrire.</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738149/fr/la-has-recommande-de-ne-plus-prescrire-la-vitesse-de-sedimentation</t>
+  </si>
+  <si>
+    <t>p_3738149</t>
+  </si>
+  <si>
+    <t>Fibromyalgie : aider les personnes à mieux vivre avec la douleur</t>
+  </si>
+  <si>
+    <t>La fibromyalgie est une maladie qui se traduit principalement par des douleurs chroniques, parfois associées à d’autres symptômes comme la fatigue, des troubles du sommeil ou encore anxieux. Saisie par plusieurs associations de patients, la Haute Autorité de santé (HAS) publie la première recommandation visant à définir et améliorer le diagnostic et la prise en charge des adultes présentant une fibromyalgie. L’écoute des patients et la reconnaissance de leur souffrance sont un préalable à leur engagement dans les soins, essentiellement non médicamenteux.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634985/fr/fibromyalgie-aider-les-personnes-a-mieux-vivre-avec-la-douleur</t>
+  </si>
+  <si>
+    <t>p_3634985</t>
+  </si>
+  <si>
+    <t>La HAS émet un avis favorable à l’octroi d’un forfait innovation pour le test salivaire Endotest</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) émet un avis favorable à la prise en charge du test salivaire Endotest dans le cadre du forfait innovation. L’étude clinique menée à ce titre permettra de donner un accès précoce et sécurisé au test et de recueillir les données manquantes en vue d’une future évaluation pour une prise en charge de droit commun.</t>
+  </si>
+  <si>
+    <t>18/10/2024 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549447/fr/la-has-emet-un-avis-favorable-a-l-octroi-d-un-forfait-innovation-pour-le-test-salivaire-endotest</t>
+  </si>
+  <si>
+    <t>p_3549447</t>
+  </si>
+  <si>
+    <t>Un nouveau parcours de santé pour la personne présentant une douleur chronique</t>
+  </si>
+  <si>
+    <t>Afin d’améliorer la qualité de vie des patients souffrant de douleur chronique, la Haute Autorité de santé, en partenariat avec le Collège de médecine générale (CMG) et la Société française d'étude et de traitement de la douleur (SFETD), publie un guide sur le parcours de santé permettant d’apporter une réponse graduée et adaptée à chaque personne. L’objectif est de renforcer la prévention, d’améliorer les délais et de favoriser la coordination de l’ensemble des acteurs impliqués dans cette prise en charge. Ce parcours donne une place prépondérante à la médecine de ville, à sa collaboration avec les structures douleurs chroniques ainsi qu’à la juste mobilisation des services hospitaliers de spécialité. Le niveau de recours aux soins est déterminé par les besoins du patient.</t>
+  </si>
+  <si>
+    <t>14/02/2023 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412606/fr/un-nouveau-parcours-de-sante-pour-la-personne-presentant-une-douleur-chronique</t>
+  </si>
+  <si>
+    <t>p_3412606</t>
+  </si>
+  <si>
+    <t>Douleurs du genou : quel examen d’imagerie réaliser ?</t>
+  </si>
+  <si>
+    <t>Très fréquente en population générale, la douleur au genou – gonalgie – peut être liée à différentes pathologies (dont l’arthrose) ou à un traumatisme. Un examen d’imagerie du genou peut être nécessaire afin d’en déterminer la cause et proposer au patient un traitement adapté. Parce que le recours à l’IRM n’est pas toujours justifié, la HAS et le Conseil National Professionnel de radiologie et imagerie médicale (G4) ont élaboré des recommandations précisant quand et à quels types d’examens d’imagerie recourir en cas de gonalgie chez l’adulte. Les objectifs sont de rappeler l’importance de l’examen clinique, l’intérêt des radiographies en première intention et d’améliorer la pertinence du recours à l’IRM.</t>
+  </si>
+  <si>
+    <t>27/06/2022 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346567/fr/douleurs-du-genou-quel-examen-d-imagerie-realiser</t>
+  </si>
+  <si>
+    <t>p_3346567</t>
+  </si>
+  <si>
+    <t>Opioïdes : éviter leur banalisation pour limiter les risques</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé publie aujourd’hui les premières recommandations détaillées sur la prescription et la consommation d’opioïdes dans chacune des indications où ils sont utiles pour soulager la douleur. Alors qu’à l’étranger, notamment aux États-Unis, on déplore une crise sanitaire induite par la surconsommation de ces médicaments, l’objectif en France est de prévenir ce type de situation en favorisant leur bon usage. La HAS expose les stratégies thérapeutiques précises et encadrées qui doivent permettre d’éviter tout risque de mésusage et par conséquent d’addiction chez un patient.</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326113/fr/opioides-eviter-leur-banalisation-pour-limiter-les-risques</t>
+  </si>
+  <si>
+    <t>p_3326113</t>
+  </si>
+  <si>
+    <t>Covid-19 : repérer et déclencher la prise en charge du syndrome inflammatoire multi-systémique (PIMS) de l’enfant</t>
+  </si>
+  <si>
+    <t>Bien que la COVID-19 touche en très grande majorité des adultes, un syndrome inflammatoire multi-systémique a été observé chez des enfants dans un contexte d’infection à SARS-CoV-2. Le syndrome inflammatoire multi-systémique pédiatrique – PIMS – est une affection rare, grave et nécessitant d’être détectée précocement pour enclencher une prise en charge hospitalière. La HAS a élaboré des réponses rapides à destination des professionnels de santé, et plus particulièrement pour les médecins généralistes et les pédiatres, sur le repérage et la conduite à tenir face aux enfants présentant ce syndrome.</t>
+  </si>
+  <si>
+    <t>08/07/2021 18:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3276399/fr/covid-19-reperer-et-declencher-la-prise-en-charge-du-syndrome-inflammatoire-multi-systemique-pims-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3276399</t>
+  </si>
+  <si>
+    <t>Cervicalgies : ne pas recourir de façon systématique à l’imagerie</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé, en partenariat avec le Conseil national professionnel de radiologie et imagerie médicale (G4), précise les types d’examens d’imagerie auxquels recourir en cas de cervicalgie avec ou sans traumatisme. L’objectif de ce travail, réalisé par des experts pluriprofessionnels et des usagers, est d’améliorer la pertinence de la réalisation de ces actes, afin à la fois de ne pas méconnaitre une lésion sévère du rachis et de réduire l’exposition non justifiée à une imagerie potentiellement irradiante.</t>
+  </si>
+  <si>
+    <t>09/12/2020 17:06:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223103/fr/cervicalgies-ne-pas-recourir-de-facon-systematique-a-l-imagerie</t>
+  </si>
+  <si>
+    <t>p_3223103</t>
+  </si>
+  <si>
+    <t>Prévenir le passage à la chronicité de la lombalgie</t>
+  </si>
+  <si>
+    <t>La lombalgie est une pathologie très fréquente et le plus souvent de pronostic favorable. L’enjeu d’une meilleure prise en charge est d’adopter précocement une stratégie adaptée afin d’éviter le passage à la chronicité. Second motif de recours à un médecin généraliste, la lombalgie occasionne un trop grand recours à des actes inutiles et constitue aujourd’hui un problème de santé publique et de santé au travail. La HAS publie ce jour une recommandation sur la prise en charge des patients dans le but d’améliorer et harmoniser les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2962377/fr/prevenir-le-passage-a-la-chronicite-de-la-lombalgie</t>
+  </si>
+  <si>
+    <t>c_2962377</t>
+  </si>
+  <si>
+    <t>Endométriose : améliorer la démarche diagnostique et clarifier les modalités de traitements</t>
+  </si>
+  <si>
+    <t>L’endométriose est une maladie mal repérée, avec une prise en charge insuffisamment coordonnée, entrainant un retard diagnostic et une errance des femmes. Face à cette forte attente, la Haute Autorité de Santé (HAS) et le Collège national des gynécologues et obstétriciens français (CNGOF) ont actualisé les recommandations relatives à sa prise en charge. L’objectif est de permettre à chaque femme de bénéficier d’un parcours de soins homogène, coordonné et optimal, avec comme facteur clé l’information des patientes. Ainsi, les recommandations abordent chaque étape de la prise en charge, du diagnostic aux traitements et les situations d’infertilité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820367/fr/endometriose-ameliorer-la-demarche-diagnostique-et-clarifier-les-modalites-de-traitements</t>
+  </si>
+  <si>
+    <t>c_2820367</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l’adulte : des orientations pour la prise en charge</t>
+  </si>
+  <si>
+    <t>Saisie par le Ministère de la Santé, la Haute Autorité de Santé a réalisé un état des lieux des données disponibles concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ces travaux sont publiés aujourd’hui sous la forme d’un rapport d’orientation.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994191/fr/syndrome-fibromyalgique-de-l-adulte-des-orientations-pour-la-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_994191</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Avis défavorable de la HAS concernant une intervention cardiologique dans le traitement de la migraine</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a évalué un acte : la fermeture du foramen ovale. Le foramen ovale est un orifice de forme ovale situé entre les deux oreillettes du cœur. Cet orifice qui se ferme normalement à la naissance, reste perméable chez environ 30 % des adultes. La fermeture du foramen ovale perméable par voie veineuse transcutanée a été évaluée en juillet 2005. La HAS a rendu, pour cet acte, un avis défavorable en ce qui concerne le traitement de la migraine.</t>
+  </si>
+  <si>
+    <t>10/07/2006 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240782/fr/avis-defavorable-de-la-has-concernant-une-intervention-cardiologique-dans-le-traitement-de-la-migraine</t>
+  </si>
+  <si>
+    <t>c_240782</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Mesure directe de la pression tissulaire dans les loges musculaires des membres, par voie transcutanée</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de la mesure directe de la pression tissulaire dans les loges musculaires des membres par voie transcutanée, acte dit « manquant », utilisée pour participer au diagnostic du syndrome de loge chronique. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>18/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/12/2025 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806704/fr/mesure-directe-de-la-pression-tissulaire-dans-les-loges-musculaires-des-membres-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>p_3806704</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Médicaments à base de cannabis</t>
+  </si>
+  <si>
+    <t>L'évaluation des médicaments à base de cannabis en vue de leur éventuelle prise en charge par l'assurance maladie intervient dans un contexte où l'usage médical du cannabis a été autorisé en France depuis 2021. Les médicaments concernés doivent répondre à des spécifications précises et sont destinés à traiter des conditions médicales spécifiques en dernière intention. La HAS s'appuiera sur diverses données et contributions pour rendre son avis. Un décret ultérieur précisera les modalités d'évaluation.</t>
+  </si>
+  <si>
+    <t>29/07/2025 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638245/fr/medicaments-a-base-de-cannabis</t>
+  </si>
+  <si>
+    <t>p_3638245</t>
+  </si>
+  <si>
+    <t>Évaluation du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose</t>
+  </si>
+  <si>
+    <t>C’est une évaluation technologique portant sur le remboursement par l’Assurance Maladie d’un test biologique de diagnostic dans la salive par séquençage haut débit et qui a vocation à orienter la décision de coelioscopie dans les situations complexes d’endométriose en cas de douleurs pelviennes chroniques. La décision a conduit à une décision d’accès précoce et sécurisée au test via le financement d’une étude clinique complémentaire par le Forfait Innovation pour compléter les données manquantes identifiées au décours de l’étude de validation du fabricant</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2024 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486036/fr/evaluation-du-test-salivaire-endotest-dans-les-situations-complexes-de-diagnostic-d-endometriose</t>
   </si>
   <si>
     <t>p_3486036</t>
   </si>
   <si>
-    <t>Assessment of spinal cord stimulation - March 2014</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1351767/en/assessment-of-spinal-cord-stimulation-march-2014</t>
+    <t>Évaluation des orthèses plantaires et des coques talonnières</t>
+  </si>
+  <si>
+    <t>En s’appuyant essentiellement sur la position du groupe de travail, compte tenu du caractère parcellaire et des limites de la littérature disponible, la CNEDiMTS confirme l’intérêt des orthèses plantaires sur mesure, ainsi que celui des coques talonnières.</t>
+  </si>
+  <si>
+    <t>13/06/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849694/fr/evaluation-des-ortheses-plantaires-et-des-coques-talonnieres</t>
+  </si>
+  <si>
+    <t>c_2849694</t>
+  </si>
+  <si>
+    <t>Les médicaments des accès douloureux paroxystiques du cancer</t>
+  </si>
+  <si>
+    <t>Les accès douloureux paroxystiques (ADP) du cancer justifient l’utilisation de morphiniques d’action rapide par voie transmuqueuse. Six médicaments sont actuellement disponibles dans cette indication. Tous ont le fentanyl pour principe actif, mais les formes galéniques diffèrent.</t>
+  </si>
+  <si>
+    <t>07/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439696/fr/les-medicaments-des-acces-douloureux-paroxystiques-du-cancer</t>
+  </si>
+  <si>
+    <t>r_1439696</t>
+  </si>
+  <si>
+    <t>Évaluation des systèmes implantables de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réaliser une évaluation de l’efficacité et de la sécurité des systèmes implantables de neurostimulation médullaire destinés au traitement des douleurs chroniques et actualiser leurs indications, leur place dans la stratégie thérapeutique et les conditions de réalisation de la technique. Cette évaluation clarifie également les données cliniques minimales attendues par la Commission Nationale d’Evaluation des Dispositifs Médicaux et des Technologies de Santé (CNEDiMTS) pour toute demande de remboursement de nouveau système qui lui serait soumise.</t>
+  </si>
+  <si>
+    <t>01/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/fr/evaluation-des-systemes-implantables-de-neurostimulation-medullaire</t>
   </si>
   <si>
     <t>c_1351767</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2832000/en/how-to-implement-continuous-deep-sedation-until-death</t>
+    <t>Évaluation des appareils de neurostimulation électrique transcutanée (TENS)</t>
+  </si>
+  <si>
+    <t>Ce travail a pour objet de réévaluer les appareils TENS, afin de s’assurer du bien fondé de leur remboursement. Cette réévaluation vise notamment à : évaluer le service rendu des TENS en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de TENS ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2009 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_857722/fr/evaluation-des-appareils-de-neurostimulation-electrique-transcutanee-tens</t>
+  </si>
+  <si>
+    <t>c_857722</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0055/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:13:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:55:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738201/fr/avis-n2025-0055/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-la-modification-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-mesure-de-la-vitesse-de-sedimentation</t>
+  </si>
+  <si>
+    <t>p_3738201</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0259/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS ? »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738209/fr/decision-n2025-0259/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs</t>
+  </si>
+  <si>
+    <t>p_3738209</t>
+  </si>
+  <si>
+    <t>Décision n°2013.0020/DC/SEAP du 6 mars 2013 du collège de la HAS relative au référentiel proposé par l’UNCAM le 13 novembre 2012 et portant sur le nombre de séances de masso-kinésithérapie pour rééducation en cas de cervicalgie non spécifique sans atteinte neurologique, au-delà duquel un accord préalable du service du contrôle médical est nécessaire</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de Santé relative au référentiel proposé par l’Union nationale des caisses d’assurance maladie le 13 novembre 2012 et portant sur le nombre de séances de masso-kinésithérapie pour rééducation en cas de cervicalgie non spécifique sans atteinte neurologique, au-delà duquel un accord préalable du service du contrôle médical est nécessaire</t>
+  </si>
+  <si>
+    <t>06/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2013 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367470/fr/decision-n2013-0020/dc/seap-du-6-mars-2013-du-college-de-la-has-relative-au-referentiel-propose-par-l-uncam-le-13-novembre-2012-et-portant-sur-le-nombre-de-seances-de-masso-kinesitherapie-pour-reeducation-en-cas-de-cervicalgie-non-specifique-sans-atteinte-neurologique-au-dela-duquel-un-accord-prealable-du-service-du-controle-medical-est-necessaire</t>
+  </si>
+  <si>
+    <t>c_1367470</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur les référentiels concernant la durée d'arrêt de travail : saisine du 27 juillet 2010</t>
+  </si>
+  <si>
+    <t>Référentiels concernant la durée d’arrêt de travail dans 3 cas : * la sinusite maxillaire * l’angine * la cervicalgie non spécifique</t>
+  </si>
+  <si>
+    <t>01/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>29/08/2011 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057426/fr/avis-de-la-has-sur-les-referentiels-concernant-la-duree-d-arret-de-travail-saisine-du-27-juillet-2010</t>
+  </si>
+  <si>
+    <t>c_1057426</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur les référentiels concernant la durée d’arrêt de travail : Saisine du 22 octobre 2010</t>
+  </si>
+  <si>
+    <t>Référentiels concernant la durée d’arrêt de travail dans 4 cas : * la sciatique * la cure de hernie discale par discectomie * l’entorse du ligament collatéral médial du genou * la cholécystectomie</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057445/fr/avis-de-la-has-sur-les-referentiels-concernant-la-duree-d-arret-de-travail-saisine-du-22-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_1057445</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur les référentiels concernant la durée d’arrêt de travail : saisine du 10 novembre 2009</t>
+  </si>
+  <si>
+    <t>Référentiels concernant la durée d’arrêt de travail pour 6 pathologies ou interventions : * les pathologies anxio-dépressives mineures, * les varices suite à intervention chirurgicale, * la gastro-entérite virale, * la lombalgie commune, * le canal carpien après chirurgie, * la ligamentoplastie du croisé antérieur du genou.</t>
+  </si>
+  <si>
+    <t>01/12/2009 15:20:00</t>
+  </si>
+  <si>
+    <t>26/08/2011 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969406/fr/avis-de-la-has-sur-les-referentiels-concernant-la-duree-d-arret-de-travail-saisine-du-10-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_969406</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Dossier patient en secteur MCO (DPA MCO)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient - Médecine, chirurgie, obstétrique</t>
+  </si>
+  <si>
+    <t>10/02/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676370/fr/resultats-des-iqss-dossier-patient-en-secteur-mco-dpa-mco</t>
+  </si>
+  <si>
+    <t>c_2676370</t>
+  </si>
+  <si>
+    <t>Pertinence de la chirurgie de la lombalgie chronique de l’adulte</t>
+  </si>
+  <si>
+    <t>La constatation, d’une augmentation du taux de recours à la chirurgie du rachis ainsi qu’une hétérogénéité de ce taux de recours, selon les régions, a conduit la DGOS à demander à la HAS un référentiel d’indication des interventions du rachis. La HAS a, dans cette note de problématique, analysé les données du PMSI (donnée de médicalisation du système d’information) et a avec les professionnels concernés, décidé d’élaborer une recommandation sur la pertinence de la chirurgie de la lombalgie chronique commune de l’adulte.</t>
+  </si>
+  <si>
+    <t>24/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2014 14:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772834/fr/pertinence-de-la-chirurgie-de-la-lombalgie-chronique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1772834</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité généralisés en MCO - Campagne 2011 - Analyse descriptive des résultats agrégés et analyse des facteurs associés à la variabilité des résultats - juin 2012</t>
+  </si>
+  <si>
+    <t>En 2011, la HAS a coordonné la quatrième campagne de recueil généralisée des cinq indicateurs du dossier du patient (Qualité de la tenue du dossier patient, délai d’envoi du courrier de fin d’hospitalisation, évaluation de la douleur, dépistage des troubles nutritionnels, évaluation du risque d’escarre) impliquant les établissements ayant une activité de médecine, chirurgie et obstétrique (MCO). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2011. Il permet notamment d’analyser l’évolution des résultats sur 4 années consécutives.</t>
+  </si>
+  <si>
+    <t>21/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2012 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264516/fr/indicateurs-de-qualite-generalises-en-mco-campagne-2011-analyse-descriptive-des-resultats-agreges-et-analyse-des-facteurs-associes-a-la-variabilite-des-resultats-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1264516</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur la carbamazépine : Alerter sur la modification des conditions de prescription et de délivrance (CPD) des médicaments à base de carbamazépine pour les patientes, afin de réduire les risques malformatifs liés à l’exposition in utero</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) des médicaments à base de carbamazépine pour les patientes, afin de réduire les risques malformatifs liés à l’exposition in utero.</t>
+  </si>
+  <si>
+    <t>06/01/2025 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576148/fr/sam-de-l-ansm-sur-la-carbamazepine-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-des-medicaments-a-base-de-carbamazepine-pour-les-patientes-afin-de-reduire-les-risques-malformatifs-lies-a-l-exposition-in-utero</t>
+  </si>
+  <si>
+    <t>p_3576148</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur la codéine : modification des conditions de prescription et de délivrance (CPD), afin de réduire le risque de mésusage, d'addiction et de surdosage</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) de la codéine , afin de réduire le risque de mésusage, d'addiction et de surdosage.</t>
+  </si>
+  <si>
+    <t>17/02/2025 12:39:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589971/fr/sam-de-l-ansm-sur-la-codeine-modification-des-conditions-de-prescription-et-de-delivrance-cpd-afin-de-reduire-le-risque-de-mesusage-d-addiction-et-de-surdosage</t>
+  </si>
+  <si>
+    <t>p_3589971</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur le tramadol : modification des conditions de prescription et de délivrance (CPD), afin de réduire le risque de mésusage, d'addiction et de surdosage</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) du tramadol , afin de réduire le risque de mésusage, d'addiction et de surdosage.</t>
+  </si>
+  <si>
+    <t>14/02/2025 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590025/fr/sam-de-l-ansm-sur-le-tramadol-modification-des-conditions-de-prescription-et-de-delivrance-cpd-afin-de-reduire-le-risque-de-mesusage-d-addiction-et-de-surdosage</t>
+  </si>
+  <si>
+    <t>p_3590025</t>
+  </si>
+  <si>
+    <t>Parcours de santé d'une personne présentant une douleur chronique</t>
+  </si>
+  <si>
+    <t>En France, la douleur chronique d’intensité modérée à sévère (pertinence clinique) touchent près de 12 millions de personnes adultes, auxquelles il faut ajouter les enfants. On ignore combien de ces personnes relèveraient d’une consultation en structure spécialisée d’évaluation et de traitement de la douleur chronique (SDC), mais on estime que 70 % de ces patients ne reçoivent pas un traitement approprié et que moins de 3 % en bénéficient, sachant que le délai moyen pour une première consultation en SDC est de plus de 8 mois. La douleur chronique est une douleur qui persiste ou se reproduit pendant plus de 3 mois. L’objectif de sa prise en charge est rarement la résolution de la douleur, mais le plus souvent réadaptatif avec une réduction de la douleur à un niveau acceptable pour la personne, un maintien de ses activités du quotidien , professionnelle ou scolaire et une amélioration de sa qualité de vie. L’évaluation et la prise en charge d’une personne souffrant de douleur chronique relève du modèle biopsychosociale et nécessite la plupart du temps un exercice coordonné en équipe pluriprofessionnelle et multidisciplinaire. Le parcours de santé d’une personne présentant une douleur chronique de la HAS propose de mobiliser l’ensemble des acteurs en ville et à l’hôpital, chacun dans leur mission, selon leur compétence et responsabilité, afin d’être en mesure de proposer une évaluation et une prise en charge de qualité sur l’ensemble du territoire dans des délais médicalement et éthiquement raisonnables selon les critères internationaux. Ce parcours, centré sur les besoins de la personne, s’appuie sur les 250 SDC existantes en France, sur le développement des organisations d’exercice de soins coordonné en ville et sur les services hospitaliers de spécialité. Il propose la création d’une interface, ensemble de services de soutien (hotline, télémédecine, formations des professionnels et outils de coordination) de la SDC de proximité à destination des médecins traitants du territoire, et plus largement aux équipes de soins primaires et aux professionnels de second recours, afin qu’ils soient en mesure de prendre en charge l’essentiel des personnes souffrant d’une douleur chronique, ou d’assurer et de coordonner l’essentiel de leur parcours de santé. Ce parcours rappelle aussi l’importance de la prévention, prévention des douleurs aiguës évitables et prévention de la chronicisation des douleurs persistantes par une prise en charge dans des délais médicalement raisonnables, afin de réduire l’incidence et la prévalence des personnes présentant une douleur chronique.</t>
+  </si>
+  <si>
+    <t>24/12/2024 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218057/fr/parcours-de-sante-d-une-personne-presentant-une-douleur-chronique</t>
+  </si>
+  <si>
+    <t>p_3218057</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient « Utilisation des morphiniques. Opiacé mal utilisé, surdosage assuré »</t>
+  </si>
+  <si>
+    <t>À la suite des plans d’action successifs de lutte contre la douleur, débutés en 1998, le recours aux médicaments opioïdes antalgiques a grandement contribué à l’amélioration de la prise en charge de la douleur, quel que soit le lieu des soins (ville, établissements sanitaires, établissements médico-sociaux). En mars 2022, afin de diminuer les cas de surdoses et de dépendance physique aux opioïdes, la HAS a publié des recommandations de bonnes pratiques concernant le « bon usage des médicaments opioïdes ». En 2024, l’analyse de la base de données des événements indésirables graves associés aux soins (EIGS) a permis d’identifier 321 EIGS liés à l’administration des traitements morphiniques déclarés depuis 2017. Parmi eux, le surdosage est l’erreur médicamenteuse la plus fréquemment déclarée.</t>
+  </si>
+  <si>
+    <t>19/11/2024 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556973/fr/flash-securite-patient-utilisation-des-morphiniques-opiace-mal-utilise-surdosage-assure</t>
+  </si>
+  <si>
+    <t>p_3556973</t>
+  </si>
+  <si>
+    <t>Céphalées de l’enfant et l’adolescent : pertinence de l’imagerie</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) et le Conseil national professionnel de radiologie et imagerie médicale (G4) ont produit une fiche pertinence « Céphalées de l’enfant et l’adolescent : pertinence de l’imagerie » selon la méthode d’élaboration des fiches mémo et des fiches pertinence de la HAS.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383435/fr/cephalees-de-l-enfant-et-l-adolescent-pertinence-de-l-imagerie</t>
+  </si>
+  <si>
+    <t>p_3383435</t>
+  </si>
+  <si>
+    <t>SAM sur les contraceptifs estroprogestatifs : sécuriser la prescription</t>
+  </si>
+  <si>
+    <t>SAM pour sécuriser la prescription des contraceptifs estroprogestatifs</t>
+  </si>
+  <si>
+    <t>13/10/2023 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467842/fr/sam-sur-les-contraceptifs-estroprogestatifs-securiser-la-prescription</t>
+  </si>
+  <si>
+    <t>p_3467842</t>
+  </si>
+  <si>
+    <t>Pertinence de l’imagerie en cas de gonalgie chez l’adulte</t>
+  </si>
+  <si>
+    <t>Très fréquente en population générale, la douleur au genou – gonalgie – peut être liée à différentes pathologies (dont l’arthrose) ou à un traumatisme. Un examen d’imagerie du genou peut être nécessaire afin d’en déterminer la cause et de proposer au patient un traitement adapté. Parce que le recours à l’IRM n’est pas toujours justifié, la HAS et le Conseil national professionnel de radiologie et imagerie médicale (G4) ont élaboré des recommandations précisant quand et à quels types d’examens d’imagerie recourir en cas de gonalgie chez l’adulte.</t>
+  </si>
+  <si>
+    <t>27/06/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278662/fr/pertinence-de-l-imagerie-en-cas-de-gonalgie-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3278662</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge du syndrome inflammatoire multi-systémique pédiatrique (PIMS) post-infectieux</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une fiche Réponses rapides pour prendre en charge et orienter des enfants présentant un syndrome inflammatoire multi systémique pédiatrique ou PIMS. Elle s'adresse aux professionnels de santé, et principalement à ceux qui interviennent en premier recours.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3276724/fr/reperage-et-prise-en-charge-du-syndrome-inflammatoire-multi-systemique-pediatrique-pims-post-infectieux</t>
+  </si>
+  <si>
+    <t>p_3276724</t>
+  </si>
+  <si>
+    <t>Pertinence des actes d’imagerie cervicale chez l’adulte en cas de cervicalgie non traumatique ou après un traumatisme cervical</t>
+  </si>
+  <si>
+    <t>Les cervicalgies regroupent l’ensemble des douleurs de la région cervicale. Elles sont le plus souvent d’origine non traumatique mais elles peuvent également survenir à la suite d’un traumatisme. L’imagerie cervicale n’est indiquée que dans certains cas précis. La HAS et le Conseil national professionnel de radiologie et imagerie médicale ont produit deux fiches sur la pertinence de l’imagerie cervicale en cas de cervicalgie non traumatique ou post-traumatique, destinées aux demandeurs d’imagerie et aux radiologues.</t>
+  </si>
+  <si>
+    <t>09/12/2020 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217007/fr/pertinence-des-actes-d-imagerie-cervicale-chez-l-adulte-en-cas-de-cervicalgie-non-traumatique-ou-apres-un-traumatisme-cervical</t>
+  </si>
+  <si>
+    <t>p_3217007</t>
+  </si>
+  <si>
+    <t>Comment mettre en œuvre une sédation profonde et continue maintenue jusqu’au décès ?</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné à tous les professionnels de santé, notamment les professionnels de premier recours : il décrit les situations dans lesquelles cette sédation peut être mise en œuvre et la conduite à tenir avant de la réaliser pour vérifier que les conditions prévues par la loi sont remplies.</t>
+  </si>
+  <si>
+    <t>11/02/2020 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832000/fr/comment-mettre-en-oeuvre-une-sedation-profonde-et-continue-maintenue-jusqu-au-deces</t>
   </si>
   <si>
     <t>c_2832000</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3182936/en/rinvoq</t>
+    <t>Arrêt inopportun d'un traitement anti-épileptique</t>
+  </si>
+  <si>
+    <t>Une patiente est opérée en neurochirurgie pour une névralgie du trijumeau persistante malgré un traitement depuis 2 ans avec de la CARBAMAZEPINE. Comme l’arrêt brutal de cette molécule peut provoquer un état de mal épileptique et/ou une hyponatrémie, le neurochirurgien informe la patiente, que son traitement sera continué en post-opératoire puis diminué progressivement sur une période de deux mois.</t>
+  </si>
+  <si>
+    <t>12/10/2015 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2562212/fr/arret-inopportun-d-un-traitement-anti-epileptique</t>
+  </si>
+  <si>
+    <t>c_2562212</t>
+  </si>
+  <si>
+    <t>Évaluation du syndrome douloureux chronique en structure spécialisée</t>
+  </si>
+  <si>
+    <t>01/11/2009 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525723/fr/evaluation-du-syndrome-douloureux-chronique-en-structure-specialisee</t>
+  </si>
+  <si>
+    <t>c_1525723</t>
+  </si>
+  <si>
+    <t>Critères d’EPP en anesthésie-réanimation</t>
+  </si>
+  <si>
+    <t>27/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778854/fr/criteres-d-epp-en-anesthesie-reanimation</t>
+  </si>
+  <si>
+    <t>c_778854</t>
+  </si>
+  <si>
+    <t>Critères d’EPP pour les maladies de l’appareil locomoteur</t>
+  </si>
+  <si>
+    <t>12/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794985/fr/criteres-d-epp-pour-les-maladies-de-l-appareil-locomoteur</t>
+  </si>
+  <si>
+    <t>c_794985</t>
+  </si>
+  <si>
+    <t>Bilan kinésithérapique de la cervicalgie</t>
+  </si>
+  <si>
+    <t>Les critères d’évaluation permettent d’améliorer la pratique professionnelle</t>
+  </si>
+  <si>
+    <t>01/10/2005 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272491/fr/bilan-kinesitherapique-de-la-cervicalgie</t>
+  </si>
+  <si>
+    <t>c_272491</t>
+  </si>
+  <si>
+    <t>Dossier d'anesthésie</t>
+  </si>
+  <si>
+    <t>16/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272400/fr/dossier-d-anesthesie</t>
+  </si>
+  <si>
+    <t>c_272400</t>
+  </si>
+  <si>
+    <t>Douleur post-opératoire</t>
+  </si>
+  <si>
+    <t>01/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272488/fr/douleur-post-operatoire</t>
+  </si>
+  <si>
+    <t>c_272488</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TREMFYA (guselkumab)</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>pprd_2982857</t>
+  </si>
+  <si>
+    <t>guselkumab</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877053/fr/tremfya-guselkumab-immunosuppresseur-inhibiteur-de-l-interleukine-23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/fr/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/fr/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/fr/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/fr/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808971/fr/tremfya-guselkumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837715/fr/tremfya-pushpen-guselkumab-anti-il23</t>
+  </si>
+  <si>
+    <t>SKYRIZI (risankizumab)</t>
+  </si>
+  <si>
+    <t>23/01/2026 08:28:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>p_3117688</t>
+  </si>
+  <si>
+    <t>risankizumab</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117564/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/fr/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/fr/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/fr/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/fr/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826273/fr/skyrizi-risankizumab-recto-colite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>QUTENZA (capsaïcine)</t>
+  </si>
+  <si>
+    <t>20/01/2026 12:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983362/fr/qutenza-capsaicine</t>
+  </si>
+  <si>
+    <t>pprd_2983362</t>
+  </si>
+  <si>
+    <t>capsaïcine</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013245/fr/qutenza-capsaicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682076/fr/qutenza-capsaicine-antalgique-local-en-patch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831687/fr/qutenza-capsaicine-antalgique-local-en-patch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808978/fr/qutenza-capsaicine-douleur-neuropathique-peripherique</t>
+  </si>
+  <si>
+    <t>RINVOQ (upadacitinib)</t>
+  </si>
+  <si>
+    <t>01/12/2025 08:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182936/fr/rinvoq-upadacitinib</t>
   </si>
   <si>
     <t>p_3182936</t>
   </si>
   <si>
     <t>upadacitinib</t>
   </si>
   <si>
-    <t>ABBVIE</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3770750/en/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3181658/fr/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266947/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271030/fr/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302051/fr/rinvoq-upadacitinib-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313562/fr/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392764/fr/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403971/fr/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479047/fr/rinvoq-upadacitinib-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482870/fr/rinvoq-upadacitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482852/fr/rinvoq-upadacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482861/fr/rinvoq-upadacitinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482858/fr/rinvoq-upadacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486205/fr/rinvoq-upadacitinib-spondyloarthrite-axiale-non-radiographique-spaxnr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486203/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770750/fr/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>ASPIRINE (acide acétylsalicylique)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:09:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983991/fr/aspirine-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>pprd_2983991</t>
+  </si>
+  <si>
+    <t>acide acétylsalicylique</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BAYER HEALTHCARE SAS / BRISTOL-MYERS SQUIBB / RATIOPHARM / UPSA / 3M SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398826/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398828/fr/aspirine-upsa-tamponnee-effervescente-1000-mg-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398827/fr/aspirine-ratiopharm-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400764/fr/aspirine-upsa-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459701/fr/aspirine-ratiopharm-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459696/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455083/fr/aspirine-ph8-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971036/fr/aspirine-upsa-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084743/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727448/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047015/fr/aspirine-upsa-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661377/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338756/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195776/fr/aspirine-arrow-acide-acetylsalicylique-cardiologie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481904/fr/aspirine-arrow-acide-acetylsalicylique-maladies-cardio-vasculaires-et-cerebrovasculaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531472/fr/aspirine-arrow-acide-acetylsalicylique-maladies-cardio-vasculaires-et-cerebrovasculaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730065/fr/aspirine-arrow-acide-acetylsalicylique-maladies-cardio-vasculaires-et-cerebrovasculaires</t>
   </si>
   <si>
     <t>PARACETAMOL (paracétamol)</t>
   </si>
   <si>
-    <t>11/06/2025 09:31:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982801/en/paracetamol-paracetamol</t>
+    <t>06/11/2025 09:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982801/fr/paracetamol-paracetamol</t>
   </si>
   <si>
     <t>pprd_2982801</t>
   </si>
   <si>
     <t>paracétamol</t>
   </si>
   <si>
     <t>ACCORD HEALTHCARE FRANCE SAS / ACCORD HEALTHCARE LIMITED / ACTAVIS FRANCE / ALMUS PHARMA / ARROW GÉNÉRIQUES / B.BRAUN / BASI SAS / BAYER CLASSICS / BENTA LYON / BIOGARAN / CRISTERS / EG LABO / EVOLUPHARM / G GAM / GNR Pharma / GRUNENTHAL / KRKA FRANCE / MACOPHARMA / MERCK GENERIQUES / MYLAN S.A.S / NEPENTHES / PANPHARMA / RANBAXY PHARMACIE GENERIQUES / SANDOZ / SANOFI-AVENTIS FRANCE / TEVA PHARMA SAS / TEVA SANTE / UPSA / VIATRIS SANTE / WINTHROP MEDICAMENTS / ZENTIVA FRANCE / ZYDUS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398914/en/paracetamol-bayer-paracetamol</t>
-[...260 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643899/en/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+    <t>https://www.has-sante.fr/jcms/c_398914/fr/paracetamol-bayer-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399157/fr/paracetamol-merck-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399158/fr/paracetamol-ratiopharm-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399277/fr/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399304/fr/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399337/fr/paracetamol-doms-recordati-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399450/fr/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399646/fr/paracetamol-gnr-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400196/fr/paracetamol-eg-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400634/fr/paracetamol-g-gam-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460197/fr/paracetamol-ratiopharm-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487081/fr/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487112/fr/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538052/fr/paracetamol-teva-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749362/fr/paracetamol-zydus-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883285/fr/paracetamol-eg-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900494/fr/paracetamol-mylan-paracetamol-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954795/fr/paracetamol-almus-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025884/fr/paracetamol-ranbaxy-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146525/fr/paracetamol-grunenthal-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172431/fr/paracetamol-mylan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172449/fr/paracetamol-teva-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163409/fr/paracetamol-biogaran-nor-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277906/fr/paracetamol-sandoz-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1278882/fr/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603391/fr/paracetamol-ranbaxy-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719380/fr/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720518/fr/paracetamol-gnr-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730852/fr/paracetamol-isomed-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730035/fr/paracetamol-zydus-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730858/fr/paracetamol-ratiopharm-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735581/fr/paracetamol-panpharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758547/fr/paracetamol-actavis-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773260/fr/paracetamol-macopharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792850/fr/paracetamol-ahcl-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023891/fr/paracetamol-arrow-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038295/fr/paracetamol-b-braun-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568272/fr/paracetamol-evolugen-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569080/fr/paracetamol-mylan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617859/fr/paracetamol-evolugen-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627654/fr/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627669/fr/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628025/fr/paracetamol-mylan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655962/fr/paracetamol-accord-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725880/fr/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736742/fr/paracetamol-mylan-pharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757146/fr/paracetamol-nepenthes-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761828/fr/paracetamol-mylan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761831/fr/paracetamol-isomed-teva-teva-sante-paralyoc-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762439/fr/paracetamol-gnr-et-sandoz-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773420/fr/paracetamol-biogaran-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963361/fr/paracetamol-accord-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165347/fr/paracetamol-accord-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223079/fr/paracetamol-sandoz-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115169/fr/paracetamol-krka-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080488/fr/paracetamol-cristers-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080467/fr/paracetamol-cristers-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864191/fr/paracetamol-cristers-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623666/fr/paracetamol-cristers-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080458/fr/paracetamol-almus-pharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080452/fr/paracetamol-almus-pharma-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612052/fr/tramadol/paracetamol-mylan-generiques-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027377/fr/doliprane-geluprane-paracetamol-zentiva-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928127/fr/doliprane-geluprane-paracetamol-winthrop-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400332/fr/paracetamol-winthrop-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361544/fr/paracetamol-zentiva-lab-paracetamol-traitement-symptomatique-des-douleurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3379889/fr/paracetamol-arrow-lab-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3379886/fr/paracetamol-arrow-lab-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455708/fr/paracetamol-arrow-paracetamol-douleur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527606/fr/paracetamol-evolugen-pharma-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528932/fr/paracetamol-benta-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556168/fr/paracetamol-viatris-sante-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555704/fr/paracetamol-zydus-france-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637604/fr/paracetamol-bgr-paracetamol-douleur-et/ou-fievre-chez-l-adulte-et-l-enfant-a-partir-de-27-kg-environ-8-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702490/fr/paracetamol-basi-paracetamol-douleur-et/ou-fievre-chez-l-adulte-l-adolescent-et-l-enfant-pesant-plus-de-33-kg</t>
+  </si>
+  <si>
+    <t>TOPALGIC - MONOALGIC (tramadol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983890/fr/topalgic-monoalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983890</t>
+  </si>
+  <si>
+    <t>tramadol (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399169/fr/topalgic-l-p-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399971/fr/topalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456620/fr/topalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075796/fr/topalgic-monoalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026100/fr/topalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680656/fr/topalgic-monoalgic-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454334/fr/topalgic-tramadol-douleur-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639402/fr/topalgic-lp-tramadol-douleur-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704140/fr/topalgic-tramadol-douleur-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>FASENRA (benralizumab)</t>
+  </si>
+  <si>
+    <t>15/09/2025 08:40:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983112/fr/fasenra-benralizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983112</t>
+  </si>
+  <si>
+    <t>benralizumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872645/fr/fasenra-benralizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135589/fr/fasenra-benralizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419167/fr/fasenra-benralizumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539117/fr/fasenra-benralizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537837/fr/fasenra-benralizumab-granulomatose-eosinophilique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658361/fr/fasenra-benralizumab-granulomatose-eosinophilique-avec-polyangeite-gepa-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>RIZMOIC (naldémédine)</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:28:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323735/fr/rizmoic-naldemedine</t>
+  </si>
+  <si>
+    <t>p_3323735</t>
+  </si>
+  <si>
+    <t>naldémédine</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323281/fr/rizmoic-naldemedine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473438/fr/rizmoic-naldemedine-constipation-induite-par-les-opioides-cio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643666/fr/rizmoic-naldemedine-constipation-induite-par-les-opioides</t>
   </si>
   <si>
     <t>PRIALT (ziconotide (acétate de))</t>
   </si>
   <si>
-    <t>07/10/2025 15:45:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983347/en/prialt-ziconotide-acetate-de</t>
+    <t>10/07/2025 15:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983347/fr/prialt-ziconotide-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983347</t>
   </si>
   <si>
     <t>ziconotide (acétate de)</t>
   </si>
   <si>
     <t>ESTEVE PHARMACEUTICALS SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_676944/en/prialt</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3202599/en/ajovy</t>
+    <t>https://www.has-sante.fr/jcms/c_676944/fr/prialt-ziconotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835401/fr/prialt-ziconotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635322/fr/prialt-ziconotide-douleur-chronique</t>
+  </si>
+  <si>
+    <t>NAPROSYNE (naproxène)</t>
+  </si>
+  <si>
+    <t>24/04/2025 08:57:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984543/fr/naprosyne-naproxene</t>
+  </si>
+  <si>
+    <t>pprd_2984543</t>
+  </si>
+  <si>
+    <t>naproxène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400804/fr/naprosyne-750-mg-comprime1-flacon-s-polyethylene-de-15-comprime-s-335-365-0naprosyne-1000-mg-comprimeplaquette-s-thermoformee-s-pvc-aluminium-de-8-comprime-s-334-499-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364582/fr/naprosyne-naproxene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031569/fr/naprosyne-naproxene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602978/fr/naprosyne-naproxene-ains</t>
+  </si>
+  <si>
+    <t>AJOVY (frémanezumab)</t>
+  </si>
+  <si>
+    <t>11/04/2025 17:03:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202599/fr/ajovy-fremanezumab</t>
   </si>
   <si>
     <t>p_3202599</t>
   </si>
   <si>
     <t>frémanezumab</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3202357/en/ajovy</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3601431/en/ajovy-fremanezumab-migraine</t>
+    <t>https://www.has-sante.fr/jcms/p_3202357/fr/ajovy-fremanezumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367543/fr/ajovy-fremanezumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601431/fr/ajovy-fremanezumab-migraine</t>
   </si>
   <si>
     <t>ACUPAN (néfopam (chlorhydrate de))</t>
   </si>
   <si>
-    <t>03/05/2025 18:58:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983835/en/acupan-nefopam-chlorhydrate-de</t>
+    <t>05/03/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983835/fr/acupan-nefopam-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983835</t>
   </si>
   <si>
     <t>néfopam (chlorhydrate de)</t>
   </si>
   <si>
     <t>BIOCODEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642372/en/acupan-nefopam-chlorhydrate-de</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594399/en/acupan-nefopam-treatment-of-acute-pain</t>
+    <t>https://www.has-sante.fr/jcms/c_642372/fr/acupan-nefopam-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323128/fr/acupan-nefopam-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725534/fr/acupan-nefopam-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594399/fr/acupan-nefopam-douleur-aigue-analgesique-central-non-morphinique</t>
   </si>
   <si>
     <t>NOMANESIT (sumatriptan/naproxène)</t>
   </si>
   <si>
-    <t>01/10/2025 08:45:52</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3577142/en/nomanesit-sumatriptan/naproxene</t>
+    <t>10/01/2025 08:45:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577142/fr/nomanesit-sumatriptan/naproxene</t>
   </si>
   <si>
     <t>p_3577142</t>
   </si>
   <si>
     <t>sumatriptan,naproxène</t>
   </si>
   <si>
     <t>ORION PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3577027/en/nomanesit-sumatriptan/naproxene</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984135/en/ozurdex-dexamethasone</t>
+    <t>https://www.has-sante.fr/jcms/p_3577027/fr/nomanesit-sumatriptan/naproxene-migraine</t>
+  </si>
+  <si>
+    <t>OZURDEX (dexaméthasone)</t>
+  </si>
+  <si>
+    <t>16/12/2024 08:42:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984135/fr/ozurdex-dexamethasone</t>
   </si>
   <si>
     <t>pprd_2984135</t>
   </si>
   <si>
     <t>dexaméthasone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1003608/en/ozurdex</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3572676/en/ozurdex-dexamethasone-non-infectious-uveitis</t>
+    <t>https://www.has-sante.fr/jcms/c_1003608/fr/ozurdex-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1313711/fr/ozurdex-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035698/fr/ozurdex-dexamethasone-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625992/fr/ozurdex-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289071/fr/ozurdex-dexamethasone-oedeme-maculaire-diabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572676/fr/ozurdex-dexamethasone-uveite-posterieure-non-infectieuse</t>
   </si>
   <si>
     <t>IXPRIM - ZALDIAR (paracétamol/ tramadol (chlorhydrate de))</t>
   </si>
   <si>
     <t>12/12/2024 08:29:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2982859/en/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2982859/fr/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982859</t>
   </si>
   <si>
     <t>paracétamol,tramadol (chlorhydrate de)</t>
   </si>
   <si>
-    <t>GRUNENTHAL</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3571323/en/ixprim-and-zaldiar-tramadol/paracetamol-moderate-to-severe-pain</t>
+    <t>https://www.has-sante.fr/jcms/c_619555/fr/ixprim-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652837/fr/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906687/fr/ixprim-zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619559/fr/zaldiar-paracetamol/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399670/fr/zaldiar-comprime-pellicule-b/20-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3571323/fr/ixprim-/-zaldiar-tramadol-/-paracetamol-antalgique-opioide</t>
   </si>
   <si>
     <t>CONTRAMAL - MONOTRAMAL (tramadol (chlorhydrate de))</t>
   </si>
   <si>
     <t>12/12/2024 08:28:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983887/en/contramal-monotramal-tramadol-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983887/fr/contramal-monotramal-tramadol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983887</t>
   </si>
   <si>
-    <t>tramadol (chlorhydrate de)</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
+    <t>https://www.has-sante.fr/jcms/c_399187/fr/contramal-50-mg-gelule-contramal-l-p-100-mg-comprime-pellicule-a-liberation-prolongee-contramal-l-p-150-mg-comprime-pellicule-a-liberation-prolongee-contramal-l-p-200-mg-comprime-pellicule-a-liberation-prolongee-boites-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399959/fr/contramal-100-mg/ml-solution-buvable-flacon-de-10-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455289/fr/contramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172410/fr/contramal-monotramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022227/fr/contramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680668/fr/contramal-monotramal-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433404/fr/contramal-chlorhydrate-de-tramadol-douleur-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3571326/fr/contramal-tramadol-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>DUPIXENT (dupilumab)</t>
+  </si>
+  <si>
+    <t>05/12/2024 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/fr/dupixent-dupilumab</t>
   </si>
   <si>
     <t>pprd_2983161</t>
   </si>
   <si>
     <t>dupilumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3562964/en/dupixent-dupilumab-oesophagitis</t>
+    <t>https://www.has-sante.fr/jcms/c_2865400/fr/dupixent-dupilumab-medicament-de-la-dermatite-non-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/fr/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/fr/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/fr/dupixent-dupilumab-prurigo-nodulaire-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/fr/dupixent-dupilumab-dermatite-atopique-severe-de-l-enfant-age-de-6-mois-a-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/fr/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/fr/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
   </si>
   <si>
     <t>ORENCIA (abatacept)</t>
   </si>
   <si>
-    <t>12/02/2024 14:24:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983388/en/orencia-abatacept</t>
+    <t>02/12/2024 14:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983388/fr/orencia-abatacept</t>
   </si>
   <si>
     <t>pprd_2983388</t>
   </si>
   <si>
     <t>abatacept</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827713/en/orencia-abatacept</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982751/en/ilaris</t>
+    <t>https://www.has-sante.fr/jcms/c_827713/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589384/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024731/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241683/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714253/fr/orencia-125-mg-abatacept-non-anti-tnf-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047018/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561588/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827576/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114488/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295756/fr/orencia-abatacept-epi-ascore-ora</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539075/fr/orencia-abatacept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562961/fr/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
+  </si>
+  <si>
+    <t>ILARIS (canakinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/fr/ilaris-canakinumab</t>
   </si>
   <si>
     <t>pprd_2982751</t>
   </si>
   <si>
     <t>canakinumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928146/en/ilaris</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+    <t>https://www.has-sante.fr/jcms/c_928146/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/fr/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/fr/ilaris-canakinumab-crise-d-arthrite-goutteuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/fr/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ROACTEMRA (tocilizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/fr/roactemra-tocilizumab</t>
   </si>
   <si>
     <t>pprd_2982795</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+    <t>https://www.has-sante.fr/jcms/c_854116/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/fr/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/fr/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/fr/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/fr/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/fr/roactemra-tocilizumab-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/fr/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/fr/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KINERET (anakinra)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/fr/kineret-anakinra</t>
   </si>
   <si>
     <t>pprd_2982828</t>
   </si>
   <si>
     <t>anakinra</t>
   </si>
   <si>
     <t>SWEDISH ORPHAN BIOVITRUM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539129/en/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_399561/fr/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/fr/kineret-anakinra-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/fr/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/fr/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/fr/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>CIMZIA (certolizumab pegol)</t>
   </si>
   <si>
-    <t>09/18/2024 09:17:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982837/en/cimzia-certolizumab-pegol</t>
+    <t>18/09/2024 09:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982837/fr/cimzia-certolizumab-pegol</t>
   </si>
   <si>
     <t>pprd_2982837</t>
   </si>
   <si>
     <t>certolizumab pegol</t>
   </si>
   <si>
     <t>UCB PHARMA SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_937977/en/cimzia</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539114/en/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_937977/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716271/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758668/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774104/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583133/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583130/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671761/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741827/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800419/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813812/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908459/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908904/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363302/fr/cimzia-certolizumab-pegol-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539114/fr/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>SIMPONI (golimumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:23:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982937/en/simponi-golimumab</t>
+    <t>18/09/2024 09:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982937/fr/simponi-golimumab</t>
   </si>
   <si>
     <t>pprd_2982937</t>
   </si>
   <si>
     <t>golimumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1218114/en/simponi-golimumab</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983124/en/humira</t>
+    <t>https://www.has-sante.fr/jcms/c_1218114/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728499/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893489/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725883/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729434/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728495/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637481/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3096551/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295747/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539141/fr/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>HUMIRA (adalimumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983124/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>pprd_2983124</t>
   </si>
   <si>
     <t>adalimumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400009/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
+    <t>https://www.has-sante.fr/jcms/c_400009/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400074/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400716/fr/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455490/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605668/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672931/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827706/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055267/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104003/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103997/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1325255/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367936/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638939/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638941/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650026/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027353/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619541/fr/humira-adalimumab-antitnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621680/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625986/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620021/fr/humira-adalimumab-inhibiteur-du-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671785/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745260/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834708/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865442/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869247/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862987/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143614/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244158/fr/humira-maladie-de-verneuil-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270042/fr/humira-adalimumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273456/fr/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402381/fr/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426145/fr/humira-adalimumab-psoriasis-en-plaques-chez-l-enfant-et-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539111/fr/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TALTZ (ixékizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983313/fr/taltz-ixekizumab</t>
   </si>
   <si>
     <t>pprd_2983313</t>
   </si>
   <si>
     <t>ixékizumab</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2678850/fr/taltz-ixekizumab-immunosuppresseur-inhibiteur-de-l-interleukine-il-17a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847914/fr/taltz-ixekizumab-immunosuppresseur-anti-interleukine-17a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211088/fr/taltz-spondyloarthrite-axiale-ixekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271027/fr/taltz-ixekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363293/fr/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478092/fr/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539138/fr/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>KYNTHEUM (brodalumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:21:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983334/en/kyntheum-brodalumab</t>
+    <t>18/09/2024 09:21:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983334/fr/kyntheum-brodalumab</t>
   </si>
   <si>
     <t>pprd_2983334</t>
   </si>
   <si>
     <t>brodalumab</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2842284/en/kyntheum-brodalumab-interleukin-inhibitor-immunosuppressant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539096/en/kyntheum-brodalumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2842284/fr/kyntheum-brodalumab-immunosuppresseur-inhibiteur-d-interleukines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363299/fr/kyntheum-brodalumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539096/fr/kyntheum-brodalumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ENBREL (etanercept)</t>
   </si>
   <si>
-    <t>09/18/2024 09:19:35</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983439/en/enbrel-etanercept</t>
+    <t>18/09/2024 09:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983439/fr/enbrel-etanercept</t>
   </si>
   <si>
     <t>pprd_2983439</t>
   </si>
   <si>
     <t>etanercept</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399628/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
+    <t>https://www.has-sante.fr/jcms/c_399628/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399889/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399962/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400205/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400231/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713130/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684082/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798082/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245651/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670224/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049871/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046967/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671797/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819294/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076393/fr/enbrel-adulte-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083830/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270036/fr/enbrel-etanercept-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407525/fr/enbrel-etanercept-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426154/fr/enbrel-etanercept-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539105/fr/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CINQAERO (reslizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:18:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983485/fr/cinqaero-reslizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983485</t>
+  </si>
+  <si>
+    <t>reslizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788618/fr/cinqaero-reslizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803501/fr/cinqaero-reslizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539099/fr/cinqaero-reslizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>STELARA (ustekinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983689/fr/stelara-ustekinumab</t>
   </si>
   <si>
     <t>pprd_2983689</t>
   </si>
   <si>
     <t>ustekinumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813335/en/stelara</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983874/en/remsima</t>
+    <t>https://www.has-sante.fr/jcms/c_813335/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072225/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792833/fr/stelara-ustekinumab-inhibiteur-des-interleukines-il-12-et-il-23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621474/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621480/fr/stelara-ustekinumab-immunosuppresseur-inhibiteur-d-interleukine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751848/fr/stelara-ustekinumab-immunosuppresseur-inhibiteur-des-interleukines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196694/fr/stelara-rch-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201471/fr/stelara-enfant-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270039/fr/stelara-ustekinumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426151/fr/stelara-ustekinumab-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473772/fr/stelara-ustekinumab-psoriasis-en-plaques-rhumatisme-psoriasique-maladie-de-crohn-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539093/fr/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>REMSIMA (infliximab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983874/fr/remsima-infliximab</t>
   </si>
   <si>
     <t>pprd_2983874</t>
   </si>
   <si>
     <t>infliximab</t>
   </si>
   <si>
     <t>CELLTRION HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2041952/en/remsima-infliximab</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539090/en/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2041952/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775581/fr/remsima-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682118/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191666/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213533/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272779/fr/remsima-sc-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280901/fr/remsima-infliximab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363308/fr/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539090/fr/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>NUCALA (mépolizumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:16:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984067/en/nucala-mepolizumab</t>
+    <t>18/09/2024 09:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984067/fr/nucala-mepolizumab</t>
   </si>
   <si>
     <t>pprd_2984067</t>
   </si>
   <si>
     <t>mépolizumab</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2655935/en/nucala-mepolizumab-anti-il5-monoclonal-antibody</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984104/en/cosentyx</t>
+    <t>https://www.has-sante.fr/jcms/c_2655935/fr/nucala-mepolizumab-anticorps-monoclonal-anti-il5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083091/fr/nucala-mepolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121604/fr/nucala-mepolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191484/fr/nucala-mepolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341449/fr/nucala-mepolizumab-syndrome-hypereosinophilique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339054/fr/nucala-mepolizumab-granulomatose-eosinophilique-avec-polyangeite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349481/fr/nucala-mepolizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358140/fr/nucala-mepolizumab-asthme-severe-refractaire-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380395/fr/nucala-mepolizumab-asthme-severe-a-eosinophiles-pour-les-enfants-de-6-ans-et-plus-et-les-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539147/fr/nucala-mepolizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>COSENTYX (sécukinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984104/fr/cosentyx-secukinumab</t>
   </si>
   <si>
     <t>pprd_2984104</t>
   </si>
   <si>
     <t>sécukinumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2561555/en/cosentyx-secukinumab-anti-interleukin-immunosuppressant</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539108/en/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2561555/fr/cosentyx-secukinumab-immunosuppresseur-anti-interleukine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631716/fr/cosentyx-secukinumab-immunosuppresseur-anti-interleukine-17-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633888/fr/cosentyx-secukinumab-immunosuppresseur-anti-interleukine-17-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097594/fr/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211082/fr/cosentyx-spondyloarthrite-axiale-non-radiographique-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233061/fr/cosentyx-enfant-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240240/fr/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240424/fr/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271033/fr/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302584/fr/cosentyx-75-mg-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305321/fr/cosentyx-150-mg-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367902/fr/cosentyx-secukinumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390880/fr/cosentyx-secukinumab-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426148/fr/cosentyx-secukinumab-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470819/fr/cosentyx-secukinumab-hidradenite-suppuree-hs-maladie-de-verneuil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501973/fr/cosentyx-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501976/fr/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539072/fr/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ILUMETRI (tildrakizumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:21:21</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3190412/en/ilumetri-tildrakizumab</t>
+    <t>18/09/2024 09:21:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190412/fr/ilumetri-tildrakizumab</t>
   </si>
   <si>
     <t>p_3190412</t>
   </si>
   <si>
     <t>tildrakizumab</t>
   </si>
   <si>
     <t>ALMIRALL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3190309/en/ilumetri-tildrakizumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539132/en/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/p_3190309/fr/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363290/fr/ilumetri-tildrakizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434489/fr/ilumetri-tildrakizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539132/fr/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TEZSPIRE (tézépélumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398494/fr/tezspire-tezepelumab</t>
+  </si>
+  <si>
+    <t>p_3398494</t>
+  </si>
+  <si>
+    <t>tézépélumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398479/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402822/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448876/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479050/fr/tezspire-tezepelumab-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539123/fr/tezspire-tezepelumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>OMVOH (mirikizumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:22:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3497581/en/omvoh-mirikizumab</t>
+    <t>18/09/2024 09:22:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497581/fr/omvoh-mirikizumab</t>
   </si>
   <si>
     <t>p_3497581</t>
   </si>
   <si>
     <t>mirikizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3497164/en/omvoh-mirikizumab-ulcerative-colitis-uc</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539081/en/omvoh-mirikizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/p_3497164/fr/omvoh-mirikizumab-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539081/fr/omvoh-mirikizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>OXYGENE MEDICINAL (oxygène)</t>
   </si>
   <si>
     <t>09/09/2024 17:19:23</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984096/en/oxygene-medicinal-oxygene</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984096/fr/oxygene-medicinal-oxygene</t>
   </si>
   <si>
     <t>pprd_2984096</t>
   </si>
   <si>
     <t>oxygène</t>
   </si>
   <si>
     <t>AIR LIQUIDE SANTE FRANCE / AIR PRODUCTS / LINDE FRANCE / MESSER FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400038/en/oxygene-medical-air-liquide-sante-france-oxygene</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3538257/en/oxygene-medicinal-linde-healthcare-oxygene-oxygene-medicinal</t>
+    <t>https://www.has-sante.fr/jcms/c_400038/fr/oxygene-medical-air-liquide-sante-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400213/fr/oxygene-medicinal-air-liquide-reunion-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651884/fr/oxygene-medicinal-messer-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758557/fr/oxygene-medicinal-messer-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635764/fr/oxygene-medicinal-linde-healthcare-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106170/fr/oxygene-medicinal-air-products-medical-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619977/fr/oxygene-medicinal-liquide-air-products-medical-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234204/fr/oxygene-medicinal-air-liquide-sante-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538260/fr/oxygene-medicinal-air-liquide-sante-france-oxygene-oxygene-medicinal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538257/fr/oxygene-medicinal-linde-healthcare-oxygene-oxygene-medicinal</t>
   </si>
   <si>
     <t>DAFALGAN - EFFERALGAN - EFFERALGANMED (paracétamol)</t>
   </si>
   <si>
-    <t>08/01/2024 16:23:04</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983496/en/dafalgan-efferalgan-efferalganmed-paracetamol</t>
+    <t>01/08/2024 16:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983496/fr/dafalgan-efferalgan-efferalganmed-paracetamol</t>
   </si>
   <si>
     <t>pprd_2983496</t>
   </si>
   <si>
     <t>UPSA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928155/en/dafalgan-efferalgan-paracetamol</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
+    <t>https://www.has-sante.fr/jcms/c_928155/fr/dafalgan-efferalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031575/fr/dafalgan-efferalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801237/fr/dafalgan-pediatrique-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136112/fr/dafalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859521/fr/efferalganmed-pediatrique-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400618/fr/efferalgan-1-g-comprime-effervescent-tube-polypropylene-de-8-comprimes-cip-352-917-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400091/fr/efferalgan-500-mg-vitamine-c-comprime-effervescent-boite-de-16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400462/fr/efferalgan-vitamine-c-comprime-effervescent-secable-boite-de-20-code-cip-326-842-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145054/fr/dafalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145057/fr/dafalgan-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169473/fr/efferalganmed-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3476383/fr/efferalganmed-paracetamol-douleur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515711/fr/efferalganmed-pediatrique-paracetamol-douleurs-et/ou-etats-febriles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535827/fr/efferalgan-efferalgan-framboise-et-fraise-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>DOLIPRANE - DOLIPRANELIQUIZ - DOLIPRANETABS - GELUPRANE - PARACETAMOL (paracétamol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984564/fr/doliprane-dolipraneliquiz-dolipranetabs-geluprane-paracetamol-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2984564</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE / THERAPLIX / OPELLA HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398894/fr/doliprane-2-4-pour-cent-sans-sucre-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399420/fr/doliprane-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399623/fr/doliprane-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625983/fr/dolipraneliquiz-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523293/fr/geluprane-doliprane-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403974/fr/dolipraneliquiz-paracetamol-antalgique-antipyretique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535836/fr/dolipranetabs-paracetamol-douleur-et/ou-fievre</t>
+  </si>
+  <si>
+    <t>TIGREAT (frovatriptan)</t>
+  </si>
+  <si>
+    <t>02/05/2024 17:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983291/fr/tigreat-frovatriptan</t>
+  </si>
+  <si>
+    <t>pprd_2983291</t>
+  </si>
+  <si>
+    <t>frovatriptan (succinate monohydraté)</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468564/fr/tigreat-frovatriptan-succinate-monohydrate-/-frovatriptan/-frovatriptan-succ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189052/fr/tigreat-frovatriptan-succinate-monohydrate-/-frovatriptan/-frovatriptan-succ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850542/fr/tigreat-frovatriptan-succinate-monohydrate-/-frovatriptan/-frovatriptan-succ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515180/fr/tigreat-frovatriptan-migraine</t>
+  </si>
+  <si>
+    <t>CODOLIPRANE (paracétamol/codéine)</t>
+  </si>
+  <si>
+    <t>29/04/2024 11:39:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983690/fr/codoliprane-paracetamol/codeine</t>
+  </si>
+  <si>
+    <t>pprd_2983690</t>
+  </si>
+  <si>
+    <t>paracétamol,codéine (phosphate de) hémihydraté</t>
+  </si>
+  <si>
+    <t>OPELLA HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399418/fr/codoliprane-enfants-comprime-secable-boites-de-16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473962/fr/codoliprane-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172464/fr/codoliprane-adulte-enfant-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670245/fr/codoliprane-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676687/fr/codoliprane-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751845/fr/codoliprane-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3513277/fr/codoliprane-paracetamol/codeine-douleurs-aigues-chez-les-patients-ages-de-plus-de-12-ans</t>
+  </si>
+  <si>
+    <t>HYDAGELAN (hydromorphone)</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:09:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498630/fr/hydagelan-hydromorphone</t>
+  </si>
+  <si>
+    <t>p_3498630</t>
+  </si>
+  <si>
+    <t>hydromorphone</t>
+  </si>
+  <si>
+    <t>G.L. PHARMA GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496898/fr/hydagelan-hydromorphone-douleurs</t>
+  </si>
+  <si>
+    <t>BOTOX (toxine botulinique de type A)</t>
+  </si>
+  <si>
+    <t>10/01/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/fr/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>pprd_2982764</t>
   </si>
   <si>
     <t>toxine botulinique de type A</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3487172/en/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+    <t>https://www.has-sante.fr/jcms/c_399774/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/fr/botox-toxine-botulinique-a-myorelaxant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/fr/botox-50-100-200-unites-allergan-toxine-botulinique-type-a-migraine-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/fr/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>SOLU-MEDROL (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>10/01/2024 08:56:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983063/fr/solu-medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2983063</t>
+  </si>
+  <si>
+    <t>méthylprednisolone</t>
+  </si>
+  <si>
+    <t>PFIZER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718921/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724593/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045309/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879774/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262247/fr/solumedrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487178/fr/solu-medrol-methylprednisolone-corticoides</t>
+  </si>
+  <si>
+    <t>NEFOPAM (néfopam)</t>
+  </si>
+  <si>
+    <t>22/11/2023 08:33:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984187/fr/nefopam-nefopam</t>
+  </si>
+  <si>
+    <t>pprd_2984187</t>
+  </si>
+  <si>
+    <t>néfopam</t>
+  </si>
+  <si>
+    <t>BIOCODEX / MEDISOL / MYLAN / PANPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038298/fr/nefopam-medisol-nefopam-chlorhydrate-de-/-nefopam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613161/fr/nefopam-biocodex-nefopam-chlorhydrate-de-/-nefopam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473441/fr/nefopam-panpharma-nefopam-douleur-aigue-analgesique-central-non-morphinique</t>
   </si>
   <si>
     <t>PENTHROX (méthoxyflurane)</t>
   </si>
   <si>
-    <t>10/03/2023 08:35:36</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983812/en/penthrox-methoxyflurane</t>
+    <t>03/10/2023 08:35:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983812/fr/penthrox-methoxyflurane</t>
   </si>
   <si>
     <t>pprd_2983812</t>
   </si>
   <si>
     <t>méthoxyflurane</t>
   </si>
   <si>
     <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2730794/en/penthrox-methoxyflurane-anaesthetic-for-emergency-analgesia</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3464810/en/penthrox-methoxyflurane-douleur-aigue</t>
+    <t>https://www.has-sante.fr/jcms/c_2730794/fr/penthrox-methoxyflurane-anesthesique-pour-antalgie-d-urgence-methoxyflurane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3464810/fr/penthrox-methoxyflurane-douleur-aigue</t>
+  </si>
+  <si>
+    <t>LACRYADEX (oxytétracycline / dexaméthasone)</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456782/fr/lacryadex-oxytetracycline-/-dexamethasone</t>
+  </si>
+  <si>
+    <t>p_3456782</t>
+  </si>
+  <si>
+    <t>LACRYADEX,LACRYADEX</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456151/fr/lacryadex-oxytetracycline-/-dexamethasone-corticoide-et-anti-infectieux-ophtalmique</t>
+  </si>
+  <si>
+    <t>KLIPAL (codéine (phosphate de) hémihydraté/ paracétamol)</t>
+  </si>
+  <si>
+    <t>01/08/2023 14:08:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983938/fr/klipal-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2983938</t>
+  </si>
+  <si>
+    <t>codéine (phosphate de) hémihydraté,paracétamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400096/fr/klipal-codeine-phosphate-de-codeine-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883289/fr/klipal-codeine-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676711/fr/klipal-codeine-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352226/fr/klipal-codeine-phosphate-de-hemihydrate/-paracetamol-douleurs-aigues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455711/fr/klipal-paracetamol/phosphate-de-codeine-douleur-association-paracetamol/codeine</t>
+  </si>
+  <si>
+    <t>DAFALGAN CODEINE - EFFERALGAN CODEINE (codéine (phosphate de)/ paracétamol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145265/fr/dafalgan-codeine-efferalgan-codeine-codeine-phosphate-de-/-paracetamol</t>
+  </si>
+  <si>
+    <t>p_3145265</t>
+  </si>
+  <si>
+    <t>codéine (phosphate de),paracétamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473972/fr/dafalgan-codeine-efferalgan-codeine-codeine-phosphate-de-/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192717/fr/dafalgan-codeine-codeine-phosphate-de-/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676696/fr/dafalgan-codeine-codeine-phosphate-de-/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455693/fr/dafalgan-codeine-paracetamol/phosphate-de-codeine-douleur</t>
+  </si>
+  <si>
+    <t>ZAMUDOL LP (tramadol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>27/07/2023 10:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983897/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983897</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399031/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456658/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098666/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680629/fr/zamudol-lp-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454349/fr/zamudol-lp-chlorhydrate-de-tramadol-douleur-antalgique-opioide</t>
   </si>
   <si>
     <t>ISOPTINE (vérapamil (chlorhydrate de))</t>
   </si>
   <si>
-    <t>05/25/2023 09:59:05</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983271/en/isoptine-verapamil-chlorhydrate-de</t>
+    <t>25/05/2023 09:59:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983271/fr/isoptine-verapamil-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983271</t>
   </si>
   <si>
     <t>vérapamil (chlorhydrate de)</t>
   </si>
   <si>
     <t>VIATRIS MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_614766/en/isoptine-verapamil-chlorhydrate-de</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3443280/en/isoptine-verapamil-hydrochloride-cluster-headaches</t>
+    <t>https://www.has-sante.fr/jcms/c_614766/fr/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329825/fr/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852601/fr/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443280/fr/isoptine-chlorhydrate-de-verapamil-algie-vasculaire-de-la-face</t>
+  </si>
+  <si>
+    <t>CETAFEN (ibuprofène sodique dihydraté/paracétamol)</t>
+  </si>
+  <si>
+    <t>10/05/2023 17:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376572/fr/cetafen-ibuprofene-sodique-dihydrate/paracetamol</t>
+  </si>
+  <si>
+    <t>p_3376572</t>
+  </si>
+  <si>
+    <t>ibuprofène sodique dihydraté,paracétamol</t>
+  </si>
+  <si>
+    <t>EVER PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375782/fr/cetafen-ibuprofene-sodique-dihydrate/paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433389/fr/cetafen-ibuprofene/paracetamol-douleur</t>
+  </si>
+  <si>
+    <t>TRIMEBUTINE (trimébutine)</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983430/fr/trimebutine-trimebutine</t>
+  </si>
+  <si>
+    <t>pprd_2983430</t>
+  </si>
+  <si>
+    <t>trimébutine</t>
+  </si>
+  <si>
+    <t>ACTAVIS FRANCE / ALMUS FRANCE / ALTER / ARROW GÉNÉRIQUES / BIOGARAN / CRISTERS / EG LABO-LABORATOIRES EUROGENERICS / EVOLUPHARM / GERDA / MEDISOL / MYLAN SAS / PFIZER PFE FRANCE / QUALIMED / RANBAXY PHARMACIE GENERIQUES / RATIOPHARM / SANDOZ SAS / SANOFI-AVENTIS FRANCE / TEVA SANTE / ZYDUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163397/fr/trimebutine-winthrop-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163401/fr/trimebutine-cristers-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163404/fr/trimebutine-zydus-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163407/fr/trimebutine-rpg-ranbaxy-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163411/fr/trimebutine-arrow-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163414/fr/trimebutine-evolugen-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163417/fr/trimebutine-pfizer-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163420/fr/trimebutine-biogaran-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163423/fr/trimebutine-alter-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163426/fr/trimebutine-eg-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163432/fr/trimebutine-almus-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163435/fr/trimebutine-gerda-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163438/fr/trimebutine-teva-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163441/fr/trimebutine-qualimed-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163445/fr/trimebutine-sandoz-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163449/fr/trimebutine-mylan-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163452/fr/trimebutine-ratiopharm-ratio-isomed-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163463/fr/trimebutine-actavis-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617862/fr/trimebutine-arrow-generiques-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820677/fr/trimebutine-medisol-trimebutine/-trimebutine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430179/fr/trimebutine-medisol-trimebutine-traitement-de-la-douleur-lie-aux-troubles-fonctionnels-intestinaux</t>
   </si>
   <si>
     <t>LUPKYNIS (voclosporine)</t>
   </si>
   <si>
-    <t>04/14/2023 08:47:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3427455/en/lupkynis-voclosporine</t>
+    <t>14/04/2023 08:47:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427455/fr/lupkynis-voclosporine</t>
   </si>
   <si>
     <t>p_3427455</t>
   </si>
   <si>
     <t>voclosporine</t>
   </si>
   <si>
     <t>OTSUKA PHARMACEUTICAL FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3427323/en/lupkynis-voclosporine-active-lupus-nephritis</t>
+    <t>https://www.has-sante.fr/jcms/p_3427323/fr/lupkynis-voclosporine-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>SOFTACORT (phosphate sodique d'hydrocortisone)</t>
+  </si>
+  <si>
+    <t>13/04/2023 14:26:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983384/fr/softacort-phosphate-sodique-d-hydrocortisone</t>
+  </si>
+  <si>
+    <t>pprd_2983384</t>
+  </si>
+  <si>
+    <t>phosphate sodique d'hydrocortisone</t>
+  </si>
+  <si>
+    <t>THEA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827588/fr/softacort-hydrocortisone-phosphate-sodique-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427080/fr/softacort-phosphate-sodique-d-hydrocortisone-inflammation-oculaire</t>
+  </si>
+  <si>
+    <t>TAVNEOS (avacopan)</t>
+  </si>
+  <si>
+    <t>13/04/2023 14:28:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318768/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>p_3318768</t>
+  </si>
+  <si>
+    <t>avacopan</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318727/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375770/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421374/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427077/fr/tavneos-avacopan-maladie-rare</t>
   </si>
   <si>
     <t>NIFEXINE (nifédipine/lidocaïne chlorhydrate)</t>
   </si>
   <si>
-    <t>02/06/2023 10:53:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3410182/en/nifexine-nifedipine/lidocaine-chlorhydrate</t>
+    <t>06/02/2023 10:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410182/fr/nifexine-nifedipine/lidocaine-chlorhydrate</t>
   </si>
   <si>
     <t>p_3410182</t>
   </si>
   <si>
     <t>nifédipine,lidocaïne chlorhydrate</t>
   </si>
   <si>
     <t>LABORATOIRES LEURQUIN MEDIOLANUM SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3410031/en/nifexine-nifedipine/lidocaine-hydrochloride-pain-associated-with-chronic-anal-fissures</t>
+    <t>https://www.has-sante.fr/jcms/p_3410031/fr/nifexine-nifedipine/lidocaine-chlorhydrate-douleurs-associees-a-la-fissure-anale-chronique</t>
   </si>
   <si>
     <t>VYEPTI (eptinezumab)</t>
   </si>
   <si>
-    <t>11/09/2022 11:10:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3384640/en/vyepti-eptinezumab</t>
+    <t>09/11/2022 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3384640/fr/vyepti-eptinezumab</t>
   </si>
   <si>
     <t>p_3384640</t>
   </si>
   <si>
     <t>eptinezumab</t>
   </si>
   <si>
     <t>LUNDBECK SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3382726/en/vyepti-eptinezumab</t>
+    <t>https://www.has-sante.fr/jcms/p_3382726/fr/vyepti-eptinezumab</t>
   </si>
   <si>
     <t>SUMATRIPTAN SUN (sumatriptan)</t>
   </si>
   <si>
-    <t>10/25/2022 17:46:53</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985144/en/sumatriptan-sun-sumatriptan</t>
+    <t>25/10/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985144/fr/sumatriptan-sun-sumatriptan</t>
   </si>
   <si>
     <t>pprd_2985144</t>
   </si>
   <si>
     <t>sumatriptan</t>
   </si>
   <si>
     <t>SUN PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1075826/en/sumatriptan-sun-sumatriptan</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3380762/en/sumatriptan-sun-sumatriptan</t>
+    <t>https://www.has-sante.fr/jcms/c_1075826/fr/sumatriptan-sun-sumatriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380762/fr/sumatriptan-sun-sumatriptan</t>
   </si>
   <si>
     <t>ULTARCORLENE (pivalate de prednisolone)</t>
   </si>
   <si>
-    <t>10/04/2022 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3372868/en/ultarcorlene-pivalate-de-prednisolone</t>
+    <t>04/10/2022 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372868/fr/ultarcorlene-pivalate-de-prednisolone</t>
   </si>
   <si>
     <t>p_3372868</t>
   </si>
   <si>
     <t>pivalate de prednisolone</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3372794/en/ultarcorlene-pivalate-de-prednisolone</t>
+    <t>https://www.has-sante.fr/jcms/p_3372794/fr/ultarcorlene-pivalate-de-prednisolone</t>
+  </si>
+  <si>
+    <t>TIXOCORTOL EG (tixocortol)</t>
+  </si>
+  <si>
+    <t>04/10/2022 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372878/fr/tixocortol-eg-tixocortol</t>
+  </si>
+  <si>
+    <t>p_3372878</t>
+  </si>
+  <si>
+    <t>tixocortol</t>
+  </si>
+  <si>
+    <t>EG LABO – LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372792/fr/tixocortol-eg-tixocortol</t>
   </si>
   <si>
     <t>DZUVEO (citrate de sufentanil)</t>
   </si>
   <si>
-    <t>10/04/2022 12:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3373709/en/dzuveo-citrate-de-sufentanil</t>
+    <t>04/10/2022 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373709/fr/dzuveo-citrate-de-sufentanil</t>
   </si>
   <si>
     <t>p_3373709</t>
   </si>
   <si>
     <t>citrate de sufentanil</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3367546/en/dzuveo-citrate-de-sufentanil</t>
+    <t>https://www.has-sante.fr/jcms/p_3367546/fr/dzuveo-citrate-de-sufentanil</t>
+  </si>
+  <si>
+    <t>OXYPRONAL LP (oxycodone/naloxone)</t>
+  </si>
+  <si>
+    <t>21/07/2022 10:57:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353104/fr/oxypronal-lp-oxycodone/naloxone</t>
+  </si>
+  <si>
+    <t>p_3353104</t>
+  </si>
+  <si>
+    <t>oxycodone,naloxone</t>
+  </si>
+  <si>
+    <t>G.L. Pharma France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352223/fr/oxypronal-lp-oxycodone/naloxone-douleur-severe</t>
   </si>
   <si>
     <t>ROPIVACAINE (ropivacaïne)</t>
   </si>
   <si>
-    <t>07/20/2022 08:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982826/en/ropivacaine-ropivacaine</t>
+    <t>20/07/2022 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982826/fr/ropivacaine-ropivacaine</t>
   </si>
   <si>
     <t>pprd_2982826</t>
   </si>
   <si>
     <t>ropivacaïne</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL / BIOQ PHARMA B.V / MEDIPHA SANTE / VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2912407/en/ropivacaine-altan-ropivacaine-chlorhydrate-de-monohydrate</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983129/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_2912407/fr/ropivacaine-altan-ropivacaine-chlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181670/fr/ropivacaine-b-braun-ropivacaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107928/fr/ropivacaine-readyfusor-chlorhydrate-de-ropivacaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281019/fr/ropivacaine-b-braun-ropivacaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352212/fr/ropivacaine-mylan-ropivacaine-chlorhydrate-de-douleur-aigue-en-pediatrie</t>
+  </si>
+  <si>
+    <t>HIZENTRA (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>07/06/2022 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983129/fr/hizentra-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2983129</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale</t>
   </si>
   <si>
     <t>CSL BEHRING SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965166/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3342053/en/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+    <t>https://www.has-sante.fr/jcms/c_2965166/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868844/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099607/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342053/fr/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+  </si>
+  <si>
+    <t>CELESTENE (bétaméthasone)</t>
+  </si>
+  <si>
+    <t>23/05/2022 17:05:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983862/fr/celestene-betamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2983862</t>
+  </si>
+  <si>
+    <t>bétaméthasone</t>
+  </si>
+  <si>
+    <t>ORGANON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400224/fr/celestene-2-mg-comprime-dispersible-secable-boite-de-20-code-cip-341244-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098681/fr/celestene-diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682495/fr/celestene-diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398893/fr/diprolene-0-05-pour-cent-creme-tube-de-15-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523268/fr/diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338753/fr/celestene-betamethasone-corticoide</t>
   </si>
   <si>
     <t>AIMOVIG (erenumab)</t>
   </si>
   <si>
-    <t>04/12/2022 18:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3330955/en/aimovig-erenumab</t>
+    <t>12/04/2022 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330955/fr/aimovig-erenumab</t>
   </si>
   <si>
     <t>p_3330955</t>
   </si>
   <si>
     <t>erenumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3330875/en/aimovig-erenumab-migraine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985507/en/dexamethasone-phosphate-sodique-de-dexamethasone</t>
+    <t>https://www.has-sante.fr/jcms/p_3330875/fr/aimovig-erenumab-migraine</t>
+  </si>
+  <si>
+    <t>FENTANYL MEDIPHA (Citrate de fentanyl)</t>
+  </si>
+  <si>
+    <t>12/04/2022 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330962/fr/fentanyl-medipha-citrate-de-fentanyl</t>
+  </si>
+  <si>
+    <t>p_3330962</t>
+  </si>
+  <si>
+    <t>Citrate de fentanyl</t>
+  </si>
+  <si>
+    <t>G.L. Pharma GmbH représenté par G.L. Pharma France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330872/fr/fentanyl-medipha-fentanyl-acces-douloureux-paroxystiques</t>
+  </si>
+  <si>
+    <t>KENACORT RETARD</t>
+  </si>
+  <si>
+    <t>01/03/2022 09:39:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984859/fr/kenacort-retard</t>
+  </si>
+  <si>
+    <t>pprd_2984859</t>
+  </si>
+  <si>
+    <t>acétate de triamcinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724550/fr/kenacort-retard-acetate-de-triamcinolone/-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702134/fr/kenacort-retard-acetate-de-triamcinolone/-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320516/fr/kenacort-retard-acetonide-de-triamcinolone</t>
+  </si>
+  <si>
+    <t>DEXAMETHASONE (dexaméthasone)</t>
+  </si>
+  <si>
+    <t>08/02/2022 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985507/fr/dexamethasone-dexamethasone</t>
   </si>
   <si>
     <t>pprd_2985507</t>
   </si>
   <si>
     <t>CHAUVIN SA/ LEURQUIN MEDIOLANUM / KRKA FRANCE / MEDISOL / PANPHARMA / MYLAN SAS / MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398890/en/dexamethasone-phosphate-leurquin-mediolanum-phosphate-sodique-de-dexamethasone</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3136088/en/dexamethasone-rafarm-dexamethasone-phosphate</t>
+    <t>https://www.has-sante.fr/jcms/c_398890/fr/dexamethasone-phosphate-leurquin-mediolanum-phosphate-sodique-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459879/fr/dexamethasone-phosphate-leurquin-mediolanum-phosphate-sodique-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455335/fr/dexamethasone-chauvin-phosphate-sodique-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315470/fr/dexamethasone-krka-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234893/fr/dexamethasone-krka-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218547/fr/dexamethasone-krka-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271024/fr/dexamethasone-medisol-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267529/fr/dexamethasone-medisol-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265519/fr/dexamethasone-panpharma-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218550/fr/dexamethasone-panpharma-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264978/fr/dexamethasone-mylan-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234890/fr/dexamethasone-mylan-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136088/fr/dexamethasone-rafarm-dexamethasone-phosphate</t>
   </si>
   <si>
     <t>IBUPROFENE (ibuprofène)</t>
   </si>
   <si>
-    <t>02/08/2022 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3189803/en/ibuprofene-ibuprofene</t>
+    <t>08/02/2022 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189803/fr/ibuprofene-ibuprofene</t>
   </si>
   <si>
     <t>p_3189803</t>
   </si>
   <si>
     <t>ibuprofène</t>
   </si>
   <si>
     <t>RANBAXY PHARMACIE GENERIQUES / SANOFI-AVENTIS FRANCE / ACCORD HEALTHCARE FRANCE SAS / MYLAN SAS / EVOLUPHARM / ARROW GÉNÉRIQUES / B. BRAUN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2725218/en/ibuprofene-rpg-ibuprofene</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2967148/en/ibuprofene-b-braun-ibuprofene</t>
+    <t>https://www.has-sante.fr/jcms/c_2725218/fr/ibuprofene-rpg-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732658/fr/ibuprofene-zentiva-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788644/fr/ibuprofene-accord-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296239/fr/ibuprofene-mylan-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797155/fr/ibuprofene-mylan-enfants-et-nourrissons-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166642/fr/ibuprofene-evolugen-pharma-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189752/fr/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972287/fr/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315461/fr/ibuprofene-b-braun-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967148/fr/ibuprofene-b-braun-ibuprofene</t>
   </si>
   <si>
     <t>ACTISKENAN - SKENAN (sulfate de morphine)</t>
   </si>
   <si>
-    <t>11/17/2021 18:14:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984511/en/actiskenan-skenan-sulfate-de-morphine</t>
+    <t>17/11/2021 18:14:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984511/fr/actiskenan-skenan-sulfate-de-morphine</t>
   </si>
   <si>
     <t>pprd_2984511</t>
   </si>
   <si>
     <t>sulfate de morphine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400084/en/actiskenan-sulfate-de-morphine</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3298602/en/actiskenan-comprime-orodispersible-morphine</t>
+    <t>https://www.has-sante.fr/jcms/c_400084/fr/actiskenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928133/fr/actiskenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735590/fr/actiskenan-skenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038848/fr/actiskenan-skenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400637/fr/skenan-l-p-10-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-235-2-skenan-l-p-30-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-236-9-skenan-l-p-60-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-237-5-skenan-l-p-100-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-238-1-skenan-l-p-200-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-340-537-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928143/fr/skenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298602/fr/actiskenan-comprime-orodispersible-morphine</t>
   </si>
   <si>
     <t>ILUVIEN (acétonide de fluocinolone)</t>
   </si>
   <si>
-    <t>11/17/2021 15:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984905/en/iluvien-acetonide-de-fluocinolone</t>
+    <t>17/11/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984905/fr/iluvien-acetonide-de-fluocinolone</t>
   </si>
   <si>
     <t>pprd_2984905</t>
   </si>
   <si>
     <t>acétonide de fluocinolone</t>
   </si>
   <si>
     <t>NOVEX PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1622369/en/iluvien-acetonide-de-fluocinolone-corticoide-en-implant-intravitreen</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3298605/en/iluvien-190-g-acetonide-de-fluocinolone-prevention-rechute-uveite</t>
+    <t>https://www.has-sante.fr/jcms/c_1622369/fr/iluvien-acetonide-de-fluocinolone-corticoide-en-implant-intravitreen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298605/fr/iluvien-190-g-acetonide-de-fluocinolone-prevention-rechute-uveite</t>
+  </si>
+  <si>
+    <t>FIVASA (mésalazine)</t>
+  </si>
+  <si>
+    <t>06/10/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984541/fr/fivasa-mesalazine</t>
+  </si>
+  <si>
+    <t>pprd_2984541</t>
+  </si>
+  <si>
+    <t>mésalazine</t>
+  </si>
+  <si>
+    <t>TILLOTTS PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399221/fr/fivasa-500-mg-suppositoires-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399492/fr/fivasa-800-mg-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400307/fr/fivasa-400-mg-comprime-enrobe-gastro-resistant-boite-de-100-code-cip-347-861-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918260/fr/fivasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031584/fr/fivasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180310/fr/fivasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290543/fr/fivasa-1g-mesalazine</t>
+  </si>
+  <si>
+    <t>PLACYNOX 50% / 50% (oxygène/protoxyde d’azote)</t>
+  </si>
+  <si>
+    <t>05/08/2021 09:31:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281470/fr/placynox-50-/-50-oxygene/protoxyde-d-azote</t>
+  </si>
+  <si>
+    <t>p_3281470</t>
+  </si>
+  <si>
+    <t>oxygène,protoxyde d’azote</t>
+  </si>
+  <si>
+    <t>MESSER France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280911/fr/placynox-gaz-medicinal-comprime</t>
+  </si>
+  <si>
+    <t>BACTRIM (triméthoprime/ sulfaméthoxazole)</t>
+  </si>
+  <si>
+    <t>08/04/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984034/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>pprd_2984034</t>
+  </si>
+  <si>
+    <t>triméthoprime,sulfaméthoxazole</t>
+  </si>
+  <si>
+    <t>EUMEDICA PHARMACEUTICALS GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724367/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777268/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656834/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259922/fr/bactrim-trimethoprime/-sulfamethoxazole</t>
   </si>
   <si>
     <t>FRAKIDEX (framycétine/ dexaméthasone)</t>
   </si>
   <si>
-    <t>03/18/2021 16:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982877/en/frakidex-framycetine/-dexamethasone</t>
+    <t>18/03/2021 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982877/fr/frakidex-framycetine/-dexamethasone</t>
   </si>
   <si>
     <t>pprd_2982877</t>
   </si>
   <si>
     <t>framycétine,dexaméthasone</t>
   </si>
   <si>
     <t>CHAUVIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_455418/en/frakidex-framycetine/-dexamethasone</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243899/en/frakidex-framycetine/-dexamethasone</t>
+    <t>https://www.has-sante.fr/jcms/c_455418/fr/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046769/fr/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631819/fr/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904834/fr/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398952/fr/frakidex-collyre-en-solution-flacon-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243899/fr/frakidex-framycetine/-dexamethasone</t>
   </si>
   <si>
     <t>CHIBRO CADRON (phosphate de dexaméthasone/ sulfate de néomycine)</t>
   </si>
   <si>
-    <t>03/18/2021 16:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985053/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+    <t>18/03/2021 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985053/fr/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
   </si>
   <si>
     <t>pprd_2985053</t>
   </si>
   <si>
     <t>phosphate de dexaméthasone,sulfate de néomycine</t>
   </si>
   <si>
-    <t>THEA FRANCE</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243902/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+    <t>https://www.has-sante.fr/jcms/c_1215840/fr/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455264/fr/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243902/fr/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
   </si>
   <si>
     <t>STERDEX (dexaméthasone/ oxytétracycline)</t>
   </si>
   <si>
-    <t>03/18/2021 16:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985126/en/sterdex-dexamethasone/-oxytetracycline</t>
+    <t>18/03/2021 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985126/fr/sterdex-dexamethasone/-oxytetracycline</t>
   </si>
   <si>
     <t>pprd_2985126</t>
   </si>
   <si>
     <t>dexaméthasone,oxytétracycline</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_456584/en/sterdex-dexamethasone/-oxytetracycline</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243890/en/sterdex-dexamethasone/-oxyttracycline</t>
+    <t>https://www.has-sante.fr/jcms/c_456584/fr/sterdex-dexamethasone/-oxytetracycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104022/fr/sterdex-dexamethasone/-oxytetracycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243890/fr/sterdex-dexamethasone/-oxytetracycline</t>
   </si>
   <si>
     <t>MAXIDROL (déxaméthasone/ sulfate de néomycine/ sulfate de polymyxine B)</t>
   </si>
   <si>
-    <t>03/18/2021 15:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985129/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+    <t>18/03/2021 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985129/fr/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
   </si>
   <si>
     <t>pprd_2985129</t>
   </si>
   <si>
     <t>déxaméthasone,sulfate de néomycine,sulfate de polymyxine B</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_455933/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243893/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+    <t>https://www.has-sante.fr/jcms/c_455933/fr/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104000/fr/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243893/fr/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
   </si>
   <si>
     <t>TOBRADEX (dexaméthasone/ tobramycine)</t>
   </si>
   <si>
-    <t>03/18/2021 15:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985194/en/tobradex-dexamethasone/-tobramycine</t>
+    <t>18/03/2021 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985194/fr/tobradex-dexamethasone/-tobramycine</t>
   </si>
   <si>
     <t>pprd_2985194</t>
   </si>
   <si>
     <t>dexaméthasone,tobramycine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_490335/en/tobradex-dexamethasone/-tobramycine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243887/en/tobradex-dexamethasone/-tobramycine</t>
+    <t>https://www.has-sante.fr/jcms/c_490335/fr/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036518/fr/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399064/fr/tobradex-collyre-en-solution-flacon-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243887/fr/tobradex-dexamethasone/-tobramycine</t>
   </si>
   <si>
     <t>XYLOCARD (chlorhydrate de lidocaïne)</t>
   </si>
   <si>
-    <t>01/20/2021 08:36:03</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3232241/en/xylocard-chlorhydrate-de-lidocaine</t>
+    <t>20/01/2021 08:36:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232241/fr/xylocard-chlorhydrate-de-lidocaine</t>
   </si>
   <si>
     <t>p_3232241</t>
   </si>
   <si>
     <t>chlorhydrate de lidocaïne</t>
   </si>
   <si>
     <t>ASPEN FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3232149/en/xylocard-chlorhydrate-de-lidocaine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3191590/en/emgality</t>
+    <t>https://www.has-sante.fr/jcms/p_3232149/fr/xylocard-chlorhydrate-de-lidocaine</t>
+  </si>
+  <si>
+    <t>DIMETRUM (diénogest)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169366/fr/dimetrum-dienogest</t>
+  </si>
+  <si>
+    <t>p_3169366</t>
+  </si>
+  <si>
+    <t>diénogest</t>
+  </si>
+  <si>
+    <t>BESINS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169249/fr/dimetrum-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215570/fr/dimetrum-dienogest</t>
+  </si>
+  <si>
+    <t>MINALFENE (alminoprofène)</t>
+  </si>
+  <si>
+    <t>16/09/2020 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983917/fr/minalfene-alminoprofene</t>
+  </si>
+  <si>
+    <t>pprd_2983917</t>
+  </si>
+  <si>
+    <t>alminoprofène</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398922/fr/minalfene-300-mg-comprime-pellicule-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399272/fr/minalfene-300-mg-granules-pour-solution-buvable-en-sachet-dose-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538084/fr/minalfene-alminoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241664/fr/minalfene-alminoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678874/fr/minalfene-alminoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201787/fr/minalfene-alminoprofene</t>
+  </si>
+  <si>
+    <t>EMGALITY (galcanézumab)</t>
+  </si>
+  <si>
+    <t>29/06/2020 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191590/fr/emgality-galcanezumab</t>
   </si>
   <si>
     <t>p_3191590</t>
   </si>
   <si>
     <t>galcanézumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3191463/en/emgality</t>
+    <t>https://www.has-sante.fr/jcms/p_3191463/fr/emgality-galcanezumab</t>
+  </si>
+  <si>
+    <t>TODEXAL (dexaméthasone/ tobramycine)</t>
+  </si>
+  <si>
+    <t>07/05/2020 19:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183299/fr/todexal-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>p_3183299</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181461/fr/todexal-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>PENTASA (mésalazine)</t>
+  </si>
+  <si>
+    <t>24/04/2020 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984262/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>pprd_2984262</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398913/fr/pentasa-1-g-granules-sachets-de-2-g-b/120</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_604847/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1004545/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588371/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181092/fr/pentasa-mesalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181095/fr/pentasa-mesalazine</t>
   </si>
   <si>
     <t>ZORYON (méthadone)</t>
   </si>
   <si>
-    <t>03/24/2020 09:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3113701/en/zoryon-methadone</t>
+    <t>24/03/2020 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113701/fr/zoryon-methadone</t>
   </si>
   <si>
     <t>p_3113701</t>
   </si>
   <si>
     <t>méthadone</t>
   </si>
   <si>
     <t>BOUCHARA-RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3113581/en/zoryon-methadone</t>
+    <t>https://www.has-sante.fr/jcms/p_3113581/fr/zoryon-methadone</t>
+  </si>
+  <si>
+    <t>OXYCODONE (oxycodone)</t>
+  </si>
+  <si>
+    <t>18/03/2020 17:41:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164991/fr/oxycodone-oxycodone</t>
+  </si>
+  <si>
+    <t>p_3164991</t>
+  </si>
+  <si>
+    <t>oxycodone</t>
+  </si>
+  <si>
+    <t>AGUETTANT / MEDAC / DELBERT / RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624084/fr/oxycodone-aguettant-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800437/fr/oxycodone-medac-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891308/fr/oxycodone-delbert-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867440/fr/oxycodone-delbert-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164089/fr/oxycodone-renaudin-oxycodone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967157/fr/oxycodone-renaudin-oxycodone</t>
+  </si>
+  <si>
+    <t>TRAMADOL (tramadol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/03/2020 14:00:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983392/fr/tramadol-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983392</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES/ CHAIX ET DU MARAIS/ GRÜNENTHAL/ LEURQUIN MEDIOLANUM/ SANOFI AVENTIS FRANCE / MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399062/fr/tramadol-leurquin-mediolanum-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399170/fr/tramadol-lavoisier-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460262/fr/tramadol-leurquin-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447009/fr/tramadol-contramid-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447013/fr/tramadol-sanofi-aventis-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827561/fr/tramadol-arrow-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152680/fr/tramadol-mylan-pharma-lp-tramadol</t>
+  </si>
+  <si>
+    <t>ALFENTANIL KALCEKS (alfentanil)</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148182/fr/alfentanil-kalceks-alfentanil</t>
+  </si>
+  <si>
+    <t>p_3148182</t>
+  </si>
+  <si>
+    <t>alfentanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147425/fr/alfentanil-kalceks-alfentanil</t>
   </si>
   <si>
     <t>PALEXIA - PALEXIA LP (tapentadol)</t>
   </si>
   <si>
-    <t>01/20/2020 09:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983598/en/palexia-palexia-lp-tapentadol</t>
+    <t>20/01/2020 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983598/fr/palexia-palexia-lp-tapentadol</t>
   </si>
   <si>
     <t>pprd_2983598</t>
   </si>
   <si>
     <t>tapentadol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1751167/en/palexia</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3146611/en/palexia-tapentadol</t>
+    <t>https://www.has-sante.fr/jcms/c_1751167/fr/palexia-lp-tapentadol-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773284/fr/palexia-lp-tapentadol-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146611/fr/palexia-tapentadol</t>
+  </si>
+  <si>
+    <t>NUREFLEX - NUROFENPRO (ibuprofène)</t>
+  </si>
+  <si>
+    <t>06/01/2020 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984041/fr/nureflex-nurofenpro-ibuprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984041</t>
+  </si>
+  <si>
+    <t>RECKITT BENCKISER HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398942/fr/nureflex-lp-300-mg-gelule-a-liberation-prolongee-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398941/fr/nureflex-20-mg/-ml-enfant-et-nourrisson-sans-sucre-suspension-buvable-edulcoree-au-maltitol-liquide-et-a-la-saccharine-flacon-150-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443490/fr/nureflex-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_496170/fr/nureflex-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1074067/fr/nureflex-nurofenpro-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656370/fr/nureflex-nurofenpro-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145042/fr/nureflex-ibuprofene</t>
+  </si>
+  <si>
+    <t>16/10/2019 17:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982839/fr/aimovig-erenumab</t>
+  </si>
+  <si>
+    <t>pprd_2982839</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908652/fr/aimovig-erenumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108955/fr/aimovig-erenumab</t>
   </si>
   <si>
     <t>SMECTA (diosmectite)</t>
   </si>
   <si>
-    <t>09/30/2019 13:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983371/en/smecta-diosmectite</t>
+    <t>30/09/2019 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983371/fr/smecta-diosmectite</t>
   </si>
   <si>
     <t>pprd_2983371</t>
   </si>
   <si>
     <t>diosmectite</t>
   </si>
   <si>
     <t>IPSEN CONSUMER HEALTHCARE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_663707/en/smecta-diosmectite</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3106173/en/smecta-diosmectite</t>
+    <t>https://www.has-sante.fr/jcms/c_663707/fr/smecta-diosmectite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646606/fr/smecta-diosmectite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830391/fr/smecta-diosmectite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106173/fr/smecta-diosmectite</t>
   </si>
   <si>
     <t>VOLTARENE EMULGEL - VOLTARENDOLO (diclofénac de diéthylamine/ diclofénac potassique)</t>
   </si>
   <si>
-    <t>09/12/2019 09:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983863/en/voltarene-emulgel-voltarendolo-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+    <t>12/09/2019 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983863/fr/voltarene-emulgel-voltarendolo-diclofenac-de-diethylamine/-diclofenac-potassique</t>
   </si>
   <si>
     <t>pprd_2983863</t>
   </si>
   <si>
     <t>diclofénac de diéthylamine,diclofénac potassique</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE SANTE GRAND PUBLIC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399038/en/voltarene-diclofenac-de-diethylamine/-diclofenac-potassique</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1727812/en/voltarendolo</t>
+    <t>https://www.has-sante.fr/jcms/c_399038/fr/voltarene-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399766/fr/voltarene-emulgel-1-gel-flacon-pressurise-de-100-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400837/fr/voltarene-emulgel-1-gel-1-tube-aluminium-verni-de-50-g-code-cip-328-869-7-voltarene-emulgel-1-gel-en-flacon-pressurise-1-flacon-pressurise-polyethylene-aluminium-de-100-ml-code-cip-358-951-3-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400957/fr/voltarene-emulgel-1-gel-1-tube-de-50-g-cip-328-869-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400958/fr/voltarene-25-mg-comprime-gastro-resistantb/30-cip-318-952-9-voltarene-50-mg-comprime-enrobe-gastro-resistantb/30-cip-323-511-7-voltarene-lp-100-mg-comprime-enrobe-a-liberation-prolongeeb/-15-cip-324-604-9-voltarene-100-mg-suppositoireb/-10-cip-322-143-4-voltarene-25-mg-suppositoireb/-10-cip-322-395-3-voltarene-75-mg/3-ml-solution-injectable2-ampoules-cip-324-522-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019654/fr/voltarene-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728833/fr/voltarene-emulgel-voltarendolo-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053374/fr/voltarene-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682489/fr/voltarene-emulgel-voltarendolo-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3077003/fr/voltarene-emulgel-diclofenac-de-diethylamine/-diclofenac-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727812/fr/voltarendolo-anti-inflammatoires-non-steroidiens-ains-non-selectifs</t>
+  </si>
+  <si>
+    <t>IDACIO (adalimumab)</t>
+  </si>
+  <si>
+    <t>06/08/2019 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082084/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>p_3082084</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080455/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>CARTREX (acéclofénac)</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982735/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>pprd_2982735</t>
+  </si>
+  <si>
+    <t>acéclofénac</t>
+  </si>
+  <si>
+    <t>ALMIRALL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642966/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1365130/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579452/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680641/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971786/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>MOXYDAR (aluminium (oxyde d') hydraté/ aluminium (phosphate d')/ guar/ magnésiu...)</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982810/fr/moxydar-aluminium-oxyde-d-hydrate/-aluminium-phosphate-d-/-guar/-magnesiu</t>
+  </si>
+  <si>
+    <t>pprd_2982810</t>
+  </si>
+  <si>
+    <t>aluminium (oxyde d') hydraté,aluminium (phosphate d'),guar,magnésium (hydroxyde de)</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632346/fr/moxydar-aluminium-oxyde-d-hydrate/-aluminium-phosphate-d-/-guar/-magnesiu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221622/fr/moxydar-aluminium-oxyde-d-hydrate/-aluminium-phosphate-d-/-guar/-magnesiu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339903/fr/moxydar-aluminium-oxyde-d-hydrate/-aluminium-phosphate-d-/-guar/-magnesiu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963190/fr/moxydar-aluminium-oxyde-d-hydrate/-aluminium-phosphate-d-/-guar/-magnesiu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399796/fr/moxydar-suspension-buvable-en-sachet-dose-boite-de-30-sachets-de-20-ml</t>
+  </si>
+  <si>
+    <t>GELOX (monmectite/ aluminium (hydroxyde de)/ magnésium (hydroxyde de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982811/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>pprd_2982811</t>
+  </si>
+  <si>
+    <t>monmectite,aluminium (hydroxyde de),magnésium (hydroxyde de)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632370/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221600/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323131/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963187/fr/gelox-monmectite/-aluminium-hydroxyde-de-/-magnesium-hydroxyde-de</t>
+  </si>
+  <si>
+    <t>LEVOBUPIVACAINE ALTAN (lévobupivacaïne (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>25/02/2019 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982863/fr/levobupivacaine-altan-levobupivacaine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982863</t>
+  </si>
+  <si>
+    <t>lévobupivacaïne (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045312/fr/levobupivacaine-kabi-levobupivacaine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906436/fr/levobupivacaine-altan-levobupivacaine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>VERAPAMIL (vérapamil/ vérapamil (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>31/01/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982888/fr/verapamil-verapamil/-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982888</t>
+  </si>
+  <si>
+    <t>vérapamil,vérapamil (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BIOGARAN/ IVAX PHARMACEUTICALS SAS/ MERCK GENERIQUES/ MSD FRANCE/ MYLAN SAS/ RATIOPHARM/ SANDOZ SAS/ TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399044/fr/verapamil-ratiopharm-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399239/fr/verapamil-merck-l-p-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399240/fr/verapamil-msd-l-p-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400680/fr/verapamil-biogaran-l-p-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400681/fr/verapamil-teva-l-p-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477580/fr/verapamil-merck-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574658/fr/verapamil-ivax-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_604828/fr/verapamil-ratiopharm-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954794/fr/verapamil-biogaran-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959025/fr/verapamil-sandoz-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969960/fr/verapamil-ratiopharm-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987195/fr/verapamil-teva-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079034/fr/verapamil-mylan-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1746574/fr/verapamil-teva-verapamil-ratiopharm-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040105/fr/verapamil-biogaran-lp-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883454/fr/verapamil-mylan-verapamil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901466/fr/verapamil-teva-verapamil</t>
+  </si>
+  <si>
+    <t>SCOBUREN (butylbromure de scopolamine)</t>
+  </si>
+  <si>
+    <t>23/01/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982905/fr/scoburen-butylbromure-de-scopolamine</t>
+  </si>
+  <si>
+    <t>pprd_2982905</t>
+  </si>
+  <si>
+    <t>butylbromure de scopolamine</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399095/fr/scoburen-20-mg/ml-solution-injectable-1-ml-en-ampoule-b/100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399799/fr/scoburen-20-mg/ml-solution-injectable-en-ampoule-de-1-ml-boite-de-10-ampoules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704844/fr/scoburen-butylbromure-de-scopolamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739026/fr/scoburen-butylbromure-de-scopolamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899326/fr/scoburen-butylbromure-de-scopolamine</t>
+  </si>
+  <si>
+    <t>SPIFEN (ibuprofène)</t>
+  </si>
+  <si>
+    <t>27/12/2018 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982945/fr/spifen-ibuprofene</t>
+  </si>
+  <si>
+    <t>pprd_2982945</t>
+  </si>
+  <si>
+    <t>Laboratoire ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493404/fr/spifen-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703275/fr/spifen-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037318/fr/spifen-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893466/fr/spifen-ibuprofene</t>
+  </si>
+  <si>
+    <t>YELLOX (bromfénac/ bromfénac sodique sesquihydraté)</t>
+  </si>
+  <si>
+    <t>27/12/2018 13:28:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982952/fr/yellox-bromfenac/-bromfenac-sodique-sesquihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982952</t>
+  </si>
+  <si>
+    <t>bromfénac,bromfénac sodique sesquihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104015/fr/yellox-bromfenac/-bromfenac-sodique-sesquihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892915/fr/yellox-bromfenac/-bromfenac-sodique-sesquihydrate</t>
+  </si>
+  <si>
+    <t>VOLTARENOPHTABAK (diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>12/12/2018 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982968/fr/voltarenophtabak-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2982968</t>
+  </si>
+  <si>
+    <t>diclofénac sodique</t>
+  </si>
+  <si>
+    <t>THEA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2890838/fr/voltarenophtabak-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>CORTANCYL (prednisolone/ prednisone)</t>
+  </si>
+  <si>
+    <t>11/12/2018 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982994/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>pprd_2982994</t>
+  </si>
+  <si>
+    <t>prednisolone,prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724410/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710107/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888441/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>IZALGI (opium (poudre d')/ paracétamol)</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983070/fr/izalgi-opium-poudre-d-/-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2983070</t>
+  </si>
+  <si>
+    <t>opium (poudre d'),paracétamol</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038101/fr/izalgi-opium-poudre-d-/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879324/fr/izalgi-opium-poudre-d-/-paracetamol</t>
+  </si>
+  <si>
+    <t>ACULAR (kétorolac trométamol)</t>
+  </si>
+  <si>
+    <t>25/10/2018 17:07:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983072/fr/acular-ketorolac-trometamol</t>
+  </si>
+  <si>
+    <t>pprd_2983072</t>
+  </si>
+  <si>
+    <t>kétorolac trométamol</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399310/fr/acular-ketorolac-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490520/fr/acular-ketorolac-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263993/fr/acular-ketorolac-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879318/fr/acular-ketorolac-trometamol</t>
   </si>
   <si>
     <t>FLECTOR (diclofénac (épolamine de))</t>
   </si>
   <si>
-    <t>10/26/2018 08:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983081/en/flector-diclofenac-epolamine-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983081/fr/flector-diclofenac-epolamine-de</t>
   </si>
   <si>
     <t>pprd_2983081</t>
   </si>
   <si>
     <t>diclofénac (épolamine de)</t>
   </si>
   <si>
     <t>GENEVRIER SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400784/en/flector-50-mg-granules-pour-solution-buvable-en-sachet-dose-21-sachets-doses-papier-aluminium-polyethylene-de-2-g-352-642-9-diclofenac-epolamine-de</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1727807/en/flector</t>
+    <t>https://www.has-sante.fr/jcms/c_400784/fr/flector-50-mg-granules-pour-solution-buvable-en-sachet-dose-21-sachets-doses-papier-aluminium-polyethylene-de-2-g-352-642-9-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962477/fr/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052629/fr/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877305/fr/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727807/fr/flector-anti-inflammatoires-non-steroidiens-ains-non-selectifs</t>
+  </si>
+  <si>
+    <t>SELOKEN (métoprolol (tartrate de))</t>
+  </si>
+  <si>
+    <t>19/07/2018 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983168/fr/seloken-metoprolol-tartrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983168</t>
+  </si>
+  <si>
+    <t>métoprolol (tartrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605752/fr/seloken-metoprolol-tartrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339909/fr/seloken-metoprolol-tartrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864185/fr/seloken-metoprolol-tartrate-de</t>
   </si>
   <si>
     <t>OXYCONTIN - OXYNORM - OXYNORMORO (oxycodone (chlorhydrate d'))</t>
   </si>
   <si>
-    <t>07/17/2018 15:43:59</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983211/en/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+    <t>17/07/2018 15:43:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983211/fr/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
   </si>
   <si>
     <t>pprd_2983211</t>
   </si>
   <si>
     <t>oxycodone (chlorhydrate d')</t>
   </si>
   <si>
     <t>MUNDIPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398915/en/oxycontin-lp-10-mg-20-mg-40-mg-80-mg-comprime-pellicule-a-liberation-prolongee-oxycodone-chlorhydrate-d</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399913/en/oxynorm-5-mg-gelule-oxynorm-10-mg-gelule-oxynorm-20-mg-gelule-boite-de-14-et-boite-de-28</t>
+    <t>https://www.has-sante.fr/jcms/c_398915/fr/oxycontin-lp-10-mg-20-mg-40-mg-80-mg-comprime-pellicule-a-liberation-prolongee-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400631/fr/oxycontin-l-p-5-mg-comprime-pellicule-a-liberation-prolongee-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697309/fr/oxycontin-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329543/fr/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858741/fr/oxycontin-oxynorm-oxynormoro-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774637/fr/oxycontin-oxynorm-oxynormoro-oxycodone-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862569/fr/oxynorm-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718933/fr/oxynorm-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477459/fr/oxynorm-oxycontin-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400632/fr/oxynorm-10-mg/ml-solution-buvable1-flacon-en-verre-de-30-ml-avec-seringue-pour-administration-orale-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400633/fr/oxynorm-10-mg/ml-solution-injectable-oxycodone-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399913/fr/oxynorm-5-mg-gelule-oxynorm-10-mg-gelule-oxynorm-20-mg-gelule-boite-de-14-et-boite-de-28</t>
   </si>
   <si>
     <t>MORPHINE RENAUDIN (morphine (chlorhydrate de)/ morphine (sulfate de))</t>
   </si>
   <si>
-    <t>06/20/2018 16:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983233/en/morphine-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+    <t>20/06/2018 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983233/fr/morphine-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983233</t>
   </si>
   <si>
     <t>morphine (chlorhydrate de),morphine (sulfate de)</t>
   </si>
   <si>
-    <t>RENAUDIN</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2857744/en/morphine-chlorhydrate-renaudin</t>
+    <t>https://www.has-sante.fr/jcms/c_399006/fr/morphine-sulfate-lavoisier-sans-conservateur-500-mg/10-ml-solution-injectable-boites-de-1-et-10-ampoules-de-10-ml-morphine-sulfate-lavoisier-sans-conservateur-1-mg/1-ml-solution-injectable-boites-de-10-ampoules-de-1-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399336/fr/morphine-chlorhydrate-ap-hp-sans-conservateur-50-mg/-ml-solution-injectable-boite-de-10-ampoules-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399858/fr/morphine-aguettant-5-mg/ml-sirop-flacon-de-30-ml-avec-pipette-doseuse-de-2-ml-flacon-de-90-ml-avec-pipette-doseuse-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400227/fr/morphine-aguettant-0-1-solution-injectable-ampoule-de-1-ml-boite-de-10-morphine-aguettant-0-01-solution-injectable-ampoule-de-5-ml-boite-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460129/fr/morphine-chlorhydrate-aguettant-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460149/fr/morphine-chlorhydrate-cooper-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460153/fr/morphine-sulfate-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443260/fr/morphine-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_998999/fr/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062722/fr/morphine-chlorhydrate-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062726/fr/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735575/fr/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735610/fr/morphine-chlorhydrate-cooper-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735615/fr/morphine-chlorhydrate-aguettant-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735629/fr/morphine-chlorhydrate-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011875/fr/morphine-chlorhydrate-renaudin-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625585/fr/morphine-lavoisier-morphine-chlorhydrate-de-/-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628037/fr/morphine-chlorhydrate-cooper</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672239/fr/morphine-chlorhydrate-aguettant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2728050/fr/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853366/fr/morphine-chlorhydrate-renaudin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857744/fr/morphine-chlorhydrate-renaudin</t>
   </si>
   <si>
     <t>INSTANYL (fentanyl (citrate de))</t>
   </si>
   <si>
-    <t>06/20/2018 15:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983243/en/instanyl-fentanyl-citrate-de</t>
+    <t>20/06/2018 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983243/fr/instanyl-fentanyl-citrate-de</t>
   </si>
   <si>
     <t>pprd_2983243</t>
   </si>
   <si>
     <t>fentanyl (citrate de)</t>
   </si>
   <si>
     <t>TAKEDA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_918264/en/instanyl</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2856015/en/instanyl-fentanyl-citrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_918264/fr/instanyl-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022069/fr/instanyl-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856015/fr/instanyl-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>SOPHIDONE (chlorhydrate d'hydromorphone)</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983262/fr/sophidone-chlorhydrate-d-hydromorphone</t>
+  </si>
+  <si>
+    <t>pprd_2983262</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'hydromorphone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399517/fr/sophidone-chlorhydrate-d-hydromorphone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574625/fr/sophidone-chlorhydrate-d-hydromorphone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711885/fr/sophidone-lp-chlorhydrate-d-hydromorphone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853755/fr/sophidone-chlorhydrate-d-hydromorphone</t>
+  </si>
+  <si>
+    <t>BREAKYL (fentanyl (citrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983266/fr/breakyl-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983266</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298580/fr/breakyl-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853742/fr/breakyl-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>OXSYNIA (oxycodone (chlorhydrate d')/ naloxone (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983267/fr/oxsynia-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983267</t>
+  </si>
+  <si>
+    <t>oxycodone (chlorhydrate d'),naloxone (chlorhydrate de) dihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853739/fr/oxsynia-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>IMIGRANE - IMIJECT (sumatriptan (succinate de))</t>
+  </si>
+  <si>
+    <t>01/06/2018 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983279/fr/imigrane-imiject-sumatriptan-succinate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983279</t>
+  </si>
+  <si>
+    <t>sumatriptan (succinate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398966/fr/imigrane-50-mg-comprime-pellicule-boite-de-12-et-de-18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398967/fr/imigrane-20-mg-/-0-1-ml-solution-pour-pulverisation-nasale-boite-de-12-ampoules-de-0-1-ml-embout-nasal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399497/fr/imigrane-sumatriptan-succinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399891/fr/imigrane-10mg/-0-1ml-solution-pour-pulverisation-nasale-boite-de-1-et-2-flacons-imigrane-20mg/-0-1ml-solution-pour-pulverisation-nasale-boite-de-2-6-et-12-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594437/fr/imigrane-sumatriptan-succinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543510/fr/imigrane-sumatriptan-succinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851236/fr/imigrane-imiject-sumatriptan-succinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543507/fr/imiject-sumatriptan-succinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574472/fr/imiject-sumatriptan-succinate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399146/fr/imiject-6-mg/0-5-ml-solution-pour-voie-s-c-en-seringue-preremplie-boite-de-2-imiject-6-mg/0-5-ml-solution-pour-voie-s-c-en-seringue-preremplie-avec-injecteur-automatique-boite-de-2-sumatriptan-succinate-de</t>
+  </si>
+  <si>
+    <t>BETNESOL (bétaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>29/05/2018 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983283/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2983283</t>
+  </si>
+  <si>
+    <t>bétaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>ALFASIGMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605748/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361975/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851031/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>ISIMIG (frovatriptan (succinate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983292/fr/isimig-frovatriptan-succinate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983292</t>
+  </si>
+  <si>
+    <t>frovatriptan (succinate de) monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189055/fr/isimig-2-5-mg-frovatriptan-succinate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850539/fr/isimig-frovatriptan-succinate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>RELPAX (élétriptan (bromhydrate d'))</t>
+  </si>
+  <si>
+    <t>04/05/2018 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983296/fr/relpax-eletriptan-bromhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983296</t>
+  </si>
+  <si>
+    <t>élétriptan (bromhydrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399340/fr/relpax-20-mg-comprime-pellicule-relpax-40-mg-comprime-pellicule-boite-de-2-6-et-10-sous-plaquettes-thermoformees-eletriptan-bromhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517698/fr/relpax-eletriptan-bromhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554439/fr/relpax-eletriptan-bromhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848369/fr/relpax-eletriptan-bromhydrate-d</t>
+  </si>
+  <si>
+    <t>NEURONTIN (gabapentine)</t>
+  </si>
+  <si>
+    <t>04/05/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983300/fr/neurontin-gabapentine</t>
+  </si>
+  <si>
+    <t>pprd_2983300</t>
+  </si>
+  <si>
+    <t>gabapentine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398938/fr/neurontin-100-mg-gelule-neurontin-300-mg-gelule-neurontin-400-mg-gelule-neurontin-600-mg-comprime-pellicule-neurontin-800-mg-comprime-pellicule-boites-de-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398939/fr/neurontin-100-mg-gelule-neurontin-300-mg-gelule-neurontin-400-mg-gelule-boites-de-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555460/fr/neurontin-gabapentine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607363/fr/neurontin-gabapentine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848081/fr/neurontin-gabapentine</t>
+  </si>
+  <si>
+    <t>COLCHICINE OPOCALCIUM (colchicine)</t>
+  </si>
+  <si>
+    <t>07/05/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983317/fr/colchicine-opocalcium-colchicine</t>
+  </si>
+  <si>
+    <t>pprd_2983317</t>
+  </si>
+  <si>
+    <t>colchicine</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400856/fr/colchicine-opocalcium-1-mg-comprime-boite-de-20-comprimes-cip-362-750-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016658/fr/colchicine-opocalcium-colchicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847892/fr/colchicine-opocalcium-colchicine</t>
+  </si>
+  <si>
+    <t>COLCHIMAX (colchicine, tiémonium (méthylsulfate de), poudre d'opium/ colchicine/ ...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983318/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>pprd_2983318</t>
+  </si>
+  <si>
+    <t>colchicine, tiémonium (méthylsulfate de), poudre d'opium,colchicine,tiémonium (métilsulfate de),opium (poudre d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013248/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655914/fr/colchimax-colchicine-opocalcium-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655980/fr/colchimax-colchicine-opocalcium-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847889/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400857/fr/colchimax-comprime-pellicule-boite-de-20-comprimes-cip-302-449-0</t>
+  </si>
+  <si>
+    <t>OTIPAX (lidocaïne (chlorhydrate de)/ phénazone)</t>
+  </si>
+  <si>
+    <t>30/03/2018 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983338/fr/otipax-lidocaine-chlorhydrate-de-/-phenazone</t>
+  </si>
+  <si>
+    <t>pprd_2983338</t>
+  </si>
+  <si>
+    <t>lidocaïne (chlorhydrate de),phénazone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468507/fr/otipax-lidocaine-chlorhydrate-de-/-phenazone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970616/fr/otipax-lidocaine-chlorhydrate-de-/-phenazone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250137/fr/otipax-lidocaine-chlorhydrate-de-/-phenazone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839903/fr/otipax-lidocaine-chlorhydrate-de-/-phenazone</t>
   </si>
   <si>
     <t>SKUDEXUM (dexkétoprofène/ tramadol (chlorhydrate de))</t>
   </si>
   <si>
-    <t>03/19/2018 08:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983353/en/skudexum-dexketoprofene/-tramadol-chlorhydrate-de</t>
+    <t>19/03/2018 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983353/fr/skudexum-dexketoprofene/-tramadol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983353</t>
   </si>
   <si>
     <t>dexkétoprofène,tramadol (chlorhydrate de)</t>
   </si>
   <si>
-    <t>MENARINI FRANCE</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2834498/en/skudexum-dexketoprofen/tramadol-fixed-nsaid-weak-opioid-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2655920/fr/skudexum-75-mg/25-mg-dexketoprofene/tramadol-association-fixe-ains-opioide-faible-dexketoprofene/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831666/fr/skudexum-dexketoprofene/-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834498/fr/skudexum-dexketoprofene/tramadol-association-fixe-ains-opioide-faible</t>
   </si>
   <si>
     <t>MOBIC (méloxicam)</t>
   </si>
   <si>
-    <t>03/12/2018 08:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983358/en/mobic-meloxicam</t>
+    <t>12/03/2018 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983358/fr/mobic-meloxicam</t>
   </si>
   <si>
     <t>pprd_2983358</t>
   </si>
   <si>
     <t>méloxicam</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399440/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2831687/en/qutenza-capsaicin-local-analgesic-patch</t>
+    <t>https://www.has-sante.fr/jcms/c_399440/fr/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399843/fr/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532236/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332062/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758339/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831901/fr/mobic-meloxicam</t>
   </si>
   <si>
     <t>ELMIRON (pentosane polysulfate sodique)</t>
   </si>
   <si>
-    <t>05/25/2018 12:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983398/en/elmiron-pentosane-polysulfate-sodique</t>
+    <t>25/05/2018 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983398/fr/elmiron-pentosane-polysulfate-sodique</t>
   </si>
   <si>
     <t>pprd_2983398</t>
   </si>
   <si>
     <t>pentosane polysulfate sodique</t>
   </si>
   <si>
     <t>Laboratoire BENE ARZNEIMITTEL GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2826597/en/elmiron-pentosan-polysulfate-sodium-or-pps</t>
+    <t>https://www.has-sante.fr/jcms/c_2826597/fr/elmiron-pentosan-sodique-polysulfate-ou-pps</t>
+  </si>
+  <si>
+    <t>GASTROPULGITE (attapulgite de Mormoiron/ hydroxyde d'aluminium et de carbonate de mag...)</t>
+  </si>
+  <si>
+    <t>29/01/2018 09:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983422/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
+  </si>
+  <si>
+    <t>pprd_2983422</t>
+  </si>
+  <si>
+    <t>attapulgite de Mormoiron,hydroxyde d'aluminium et de carbonate de magnésium codesséchés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632366/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221607/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323137/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823583/fr/gastropulgite-attapulgite-de-mormoiron/-hydroxyde-d-aluminium-et-de-carbonate-de-mag</t>
   </si>
   <si>
     <t>TEMGESIC (buprénorphine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>01/25/2018 11:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983425/en/temgesic-buprenorphine-chlorhydrate-de</t>
+    <t>25/01/2018 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983425/fr/temgesic-buprenorphine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983425</t>
   </si>
   <si>
     <t>buprénorphine (chlorhydrate de)</t>
   </si>
   <si>
     <t>INDIVIOR FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399167/en/temgesic-0-2-mg-comprime-sublingual-boite-de-20</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2822821/en/temgesic-buprenorphine-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_399167/fr/temgesic-0-2-mg-comprime-sublingual-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456600/fr/temgesic-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263597/fr/temgesic-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735583/fr/temgesic-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2822821/fr/temgesic-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>MAXALT - MAXALTLYO (rizatriptan (benzoate de))</t>
+  </si>
+  <si>
+    <t>04/01/2018 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983443/fr/maxalt-maxaltlyo-rizatriptan-benzoate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983443</t>
+  </si>
+  <si>
+    <t>rizatriptan (benzoate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554436/fr/maxalt-maxaltlyo-rizatriptan-benzoate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818019/fr/maxalt-maxaltlyo-rizatriptan-benzoate-de</t>
+  </si>
+  <si>
+    <t>ALMOGRAN (almotriptan (hydrogénomalate de))</t>
+  </si>
+  <si>
+    <t>08/12/2017 14:40:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983459/fr/almogran-almotriptan-hydrogenomalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983459</t>
+  </si>
+  <si>
+    <t>almotriptan (hydrogénomalate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399607/fr/almogran-almotriptan-hydrogenomalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605811/fr/almogran-almotriptan-hydrogenomalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543498/fr/almogran-almotriptan-hydrogenomalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810734/fr/almogran-almotriptan-hydrogenomalate-de</t>
+  </si>
+  <si>
+    <t>METEOXANE (siméticone/ phloroglucinol dihydraté)</t>
+  </si>
+  <si>
+    <t>08/12/2017 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983461/fr/meteoxane-simeticone/-phloroglucinol-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983461</t>
+  </si>
+  <si>
+    <t>siméticone,phloroglucinol dihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666403/fr/meteoxane-simeticone/-phloroglucinol-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075793/fr/meteoxane-simeticone/-phloroglucinol-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190367/fr/meteoxane-simeticone/-phloroglucinol-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735573/fr/meteoxane-simeticone/-phloroglucinol-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810349/fr/meteoxane-simeticone/-phloroglucinol-dihydrate</t>
   </si>
   <si>
     <t>METEOSPASMYL (alvérine citrate/ siméticone)</t>
   </si>
   <si>
-    <t>12/08/2017 14:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983462/en/meteospasmyl-alverine-citrate/-simeticone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983462/fr/meteospasmyl-alverine-citrate/-simeticone</t>
   </si>
   <si>
     <t>pprd_2983462</t>
   </si>
   <si>
     <t>alvérine citrate,siméticone</t>
   </si>
   <si>
-    <t>MAYOLY SPINDLER</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2810340/en/meteospasmyl-alverine-citrate/-simeticone</t>
+    <t>https://www.has-sante.fr/jcms/c_666145/fr/meteospasmyl-alverine-citrate/-simeticone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952656/fr/meteospasmyl-alverine-citrate/-simeticone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1078176/fr/meteospasmyl-alverine-citrate/-simeticone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277923/fr/meteospasmyl-alverine-citrate/-simeticone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648972/fr/meteospasmyl-alverine-citrate/-simeticone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716208/fr/meteospasmyl-alverine-citrate/-simeticone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810340/fr/meteospasmyl-alverine-citrate/-simeticone</t>
   </si>
   <si>
     <t>HYDROCORTANCYL (prednisolone (acétate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983469/en/hydrocortancyl-prednisolone-acetate-de</t>
+    <t>12/04/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983469/fr/hydrocortancyl-prednisolone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983469</t>
   </si>
   <si>
     <t>prednisolone (acétate de)</t>
   </si>
   <si>
-    <t>SANOFI-AVENTIS FRANCE</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2807273/en/hydrocortancyl-prednisolone-glucocorticoid</t>
+    <t>https://www.has-sante.fr/jcms/c_724536/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710104/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766752/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807273/fr/hydrocortancyl-prednisolone-glucocorticoide</t>
+  </si>
+  <si>
+    <t>PHOSPHALUGEL (phosphate d’aluminium (gel colloïdal à 20%))</t>
+  </si>
+  <si>
+    <t>20/11/2017 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983479/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>pprd_2983479</t>
+  </si>
+  <si>
+    <t>phosphate d’aluminium (gel colloïdal à 20%)</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632362/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221570/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322218/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804106/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>ACTYNOX (protoxyde d’azote et d’oxygène)</t>
+  </si>
+  <si>
+    <t>13/11/2017 11:03:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983482/fr/actynox-protoxyde-d-azote-et-d-oxygene</t>
+  </si>
+  <si>
+    <t>pprd_2983482</t>
+  </si>
+  <si>
+    <t>protoxyde d’azote et d’oxygène</t>
+  </si>
+  <si>
+    <t>AIR PRODUCTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803696/fr/actynox-protoxyde-d-azote-et-d-oxygene</t>
+  </si>
+  <si>
+    <t>THIOCOLCHICOSIDE (thiocolchicoside)</t>
+  </si>
+  <si>
+    <t>20/10/2017 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983500/fr/thiocolchicoside-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>pprd_2983500</t>
+  </si>
+  <si>
+    <t>thiocolchicoside</t>
+  </si>
+  <si>
+    <t>ALMUS FRANCE/ ARROWS GENERIQUES/ BIOGARAN/ EUROGENERICS/ G GAM/ GNR PHARMA/ IVAX SAS/ MERCK GENERIQUES/ RATIOPHARM/ SANDOZ/ SANKYO PHARMA FRANCE SAS / TEVA CLASSICS/ WINTHROP MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447086/fr/thiocolchicoside-fornet-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447094/fr/thiocolchicoside-arrow-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447105/fr/thiocolchicoside-biogaran-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447109/fr/thiocolchicoside-eg-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447160/fr/thiocolchicoside-g-gam-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447326/fr/thiocolchicoside-gnr-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447331/fr/thiocolchicoside-ivax-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447335/fr/thiocolchicoside-merck-qualimed-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447345/fr/thiocolchicoside-ratiopharm-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447347/fr/thiocolchicoside-sandoz-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447351/fr/thiocolchicoside-teva-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447364/fr/thiocolchicoside-winthrop-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556231/fr/thiocolchicoside-biogaran-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_560728/fr/thiocolchicoside-qualimed-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594477/fr/thiocolchicoside-arrow-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704936/fr/thiocolchicoside-teva-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322495/fr/thiocolchicoside-biogaran-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719389/fr/thiocolchicoside-arrow-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800416/fr/thiocolchicoside-biogaran-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800431/fr/thiocolchicoside-almus-thiocolchicoside</t>
+  </si>
+  <si>
+    <t>PONSTYL (acide méfénamique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983504/fr/ponstyl-acide-mefenamique</t>
+  </si>
+  <si>
+    <t>pprd_2983504</t>
+  </si>
+  <si>
+    <t>acide méfénamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487037/fr/ponstyl-acide-mefenamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652855/fr/ponstyl-acide-mefenamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800410/fr/ponstyl-acide-mefenamique</t>
+  </si>
+  <si>
+    <t>EPITOMAX (topiramate)</t>
+  </si>
+  <si>
+    <t>06/10/2017 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983515/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>pprd_2983515</t>
+  </si>
+  <si>
+    <t>topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399423/fr/epitomax-15-mg-gelule-epitomax-25-mg-gelule-epitomax-50-mg-gelule-boite-de-28-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399871/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400120/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532196/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735612/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797158/fr/epitomax-topiramate</t>
+  </si>
+  <si>
+    <t>TEGRETOL (carbamazépine)</t>
+  </si>
+  <si>
+    <t>04/10/2017 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983520/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>pprd_2983520</t>
+  </si>
+  <si>
+    <t>carbamazépine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460239/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461186/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359742/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796026/fr/tegretol-carbamazepine</t>
+  </si>
+  <si>
+    <t>CYCLADOL (piroxicam)</t>
+  </si>
+  <si>
+    <t>07/07/2017 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983572/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2983572</t>
+  </si>
+  <si>
+    <t>piroxicam</t>
+  </si>
+  <si>
+    <t>CHIESI SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399618/fr/cycladol-20-mg-comprime-effervescent-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538675/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798077/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277955/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779161/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>DEXAFREE (dexaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>20/06/2017 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983587/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2983587</t>
+  </si>
+  <si>
+    <t>dexaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455331/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329538/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774642/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>NARAMIG (naratriptan (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>01/06/2017 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983603/fr/naramig-naratriptan-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983603</t>
+  </si>
+  <si>
+    <t>naratriptan (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399009/fr/naramig-2-5-mg-comprime-pellicule-boite-de-2-naramig-2-5-mg-comprime-pellicule-boite-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461107/fr/naramig-naratriptan-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234489/fr/naramig-naratriptan-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771884/fr/naramig-naratriptan-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>LYRICA (prégabaline)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983604/fr/lyrica-pregabaline</t>
+  </si>
+  <si>
+    <t>pprd_2983604</t>
+  </si>
+  <si>
+    <t>prégabaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400210/fr/lyrica-25-75-150-et-300-mg-gelule-boite-de-56-lyrica-25-50-100-et-200-mg-gelule-boite-de-84-lyrica-25-50-75-100-150-200-et-300-mg-gelule-boite-de-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538415/fr/lyrica-pregabaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771881/fr/lyrica-pregabaline</t>
+  </si>
+  <si>
+    <t>MEBEVERINE (mébévérine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>30/05/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983606/fr/mebeverine-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983606</t>
+  </si>
+  <si>
+    <t>mébévérine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BIOGARAN/ EG LABO-LABORATOIRES EUROGENERICS/ EXPANSIENCE/ MYLAN SAS/ QUALIMED/ SANOFI-AVENTIS FRANCE/ TEVA CLASSICS/ ZYDUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400193/fr/mebeverine-biogaran-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523251/fr/mebeverine-zydus-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523335/fr/mebeverine-teva-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937974/fr/mebeverine-biogaran-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075771/fr/mebeverine-qualimed-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075783/fr/mebeverine-eg-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075802/fr/mebeverine-teva-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075814/fr/mebeverine-biogaran-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075817/fr/mebeverine-mylan-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075823/fr/mebeverine-zydus-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188952/fr/mebeverine-zydus-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188958/fr/mebeverine-eg-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189004/fr/mebeverine-biogaran-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189025/fr/mebeverine-qualimed-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189040/fr/mebeverine-teva-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335886/fr/mebeverine-zentiva-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585435/fr/mebeverine-zydus-mebeverine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770193/fr/mebeverine-zentiva-mebeverine-chlorhydrate-de</t>
   </si>
   <si>
     <t>GYNERGENE CAFEINE (caféine/ ergotamine (tartrate d'))</t>
   </si>
   <si>
-    <t>05/30/2017 17:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983608/en/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983608/fr/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
   </si>
   <si>
     <t>pprd_2983608</t>
   </si>
   <si>
     <t>caféine,ergotamine (tartrate d')</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_455464/en/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770184/en/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_455464/fr/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256027/fr/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770184/fr/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+  </si>
+  <si>
+    <t>SANMIGRAN (pizotifène (malate de))</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983610/fr/sanmigran-pizotifene-malate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983610</t>
+  </si>
+  <si>
+    <t>pizotifène (malate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477479/fr/sanmigran-pizotifene-malate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242443/fr/sanmigran-pizotifene-malate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770111/fr/sanmigran-pizotifene-malate-de</t>
+  </si>
+  <si>
+    <t>DEBRIDAT (trimébutine (maléate))</t>
+  </si>
+  <si>
+    <t>22/05/2017 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983620/fr/debridat-trimebutine-maleate</t>
+  </si>
+  <si>
+    <t>pprd_2983620</t>
+  </si>
+  <si>
+    <t>trimébutine (maléate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399621/fr/debridat-trimebutine-maleate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399620/fr/debridat-trimebutine-maleate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666436/fr/debridat-trimebutine-maleate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075805/fr/debridat-trimebutine-maleate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163458/fr/debridat-trimebutine-maleate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009483/fr/debridat-trimebutine-maleate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768602/fr/debridat-trimebutine-maleate</t>
+  </si>
+  <si>
+    <t>NABUCOX (nabumétone)</t>
+  </si>
+  <si>
+    <t>11/05/2017 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983633/fr/nabucox-nabumetone</t>
+  </si>
+  <si>
+    <t>pprd_2983633</t>
+  </si>
+  <si>
+    <t>nabumétone</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399303/fr/nabucox-1-g-comprime-dispersible-boites-de-14-et-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523359/fr/nabucox-nabumetone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231614/fr/nabucox-nabumetone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761880/fr/nabucox-nabumetone</t>
+  </si>
+  <si>
+    <t>ISOSORBIDE MEDISOL (isosorbide dinitrate)</t>
+  </si>
+  <si>
+    <t>29/03/2017 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983671/fr/isosorbide-medisol-isosorbide-dinitrate</t>
+  </si>
+  <si>
+    <t>pprd_2983671</t>
+  </si>
+  <si>
+    <t>isosorbide dinitrate</t>
+  </si>
+  <si>
+    <t>MEDISOL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400317/fr/isosorbide-teva-lp-60-mg-gelule-a-liberation-prolongee-boite-de-30-code-cip-361-135-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2753727/fr/isosorbide-medisol-isosorbide-dinitrate</t>
+  </si>
+  <si>
+    <t>CHLORHYDRATE DE METHADONE AP-HP - METHADONE AP-HP (chlorhydrate de Mébévérine/ chlorhydrate de procaïne/ lidocaïne (chlor...)</t>
+  </si>
+  <si>
+    <t>03/03/2017 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983705/fr/chlorhydrate-de-methadone-ap-hp-methadone-ap-hp-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>pprd_2983705</t>
+  </si>
+  <si>
+    <t>chlorhydrate de Mébévérine,chlorhydrate de procaïne,lidocaïne (chlorhydrate de),méthadone (chlorhydrate de),métoclopramide (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399152/fr/chlorhydrate-de-methadone-assistance-publique-hopitaux-de-paris-40-mg/15-ml-sirop-en-recipient-unidose-boites-de-1-chlorhydrate-de-methadone-assistance-publique-hopitaux-de-paris-60-mg/15-ml-sirop-en-recipient-unidose-boites-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399302/fr/chlorhydrate-de-morphine-aguettant-1-pour-cent-sans-conservateur-solution-injectable-en-ampoule-chlorhydrate-de-morphine-aguettant-2-pour-cent-sans-conservateur-solution-injectable-en-ampoule-boites-de-7-10-ampoules-de-1-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400904/fr/chlorhydrate-de-tamsulosine-boehringer-ingelheim-l-p-0-4-mg-comprime-pellicule-a-liberation-prolongee-b/30-cip-369-625-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490355/fr/chlorhydrate-de-methadone-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954775/fr/chlorhydrate-de-procaine-lavoisier-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189046/fr/chlorhydrate-de-mebeverine-mylan-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580207/fr/chlorhydrate-de-metoclopramide-renaudin-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583329/fr/chlorhydrate-de-lidocaine-renaudin-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748736/fr/chlorhydrate-de-methadone-ap-hp-methadone-ap-hp-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>OXYNOX (oxygène/ azote (protoxyde d'))</t>
+  </si>
+  <si>
+    <t>03/03/2017 15:50:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983711/fr/oxynox-oxygene/-azote-protoxyde-d</t>
+  </si>
+  <si>
+    <t>pprd_2983711</t>
+  </si>
+  <si>
+    <t>oxygène,azote (protoxyde d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748394/fr/oxynox-oxygene/-azote-protoxyde-d</t>
+  </si>
+  <si>
+    <t>SIBELIUM (flunarizine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/03/2017 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983712/fr/sibelium-flunarizine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983712</t>
+  </si>
+  <si>
+    <t>flunarizine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399284/fr/sibelium-10-mg-comprime-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400107/fr/sibelium-10-mg-comprime-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456566/fr/sibelium-flunarizine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234486/fr/sibelium-flunarizine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748183/fr/sibelium-flunarizine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>DUROGESIC (fentanyl)</t>
+  </si>
+  <si>
+    <t>21/02/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983733/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2983733</t>
+  </si>
+  <si>
+    <t>fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400860/fr/durogesic-12-microgrammes/heure-2-1-mg/5-25-cm-dispositif-transdermique-5-sachets-polyterephtalate-pet-polyethylene-basse-densite-pebd-aluminium-de-1-dispositifs-369-851-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400912/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736983/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642392/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013227/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745873/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>ANAFRANIL (clomipramine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>25/01/2017 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983759/fr/anafranil-clomipramine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983759</t>
+  </si>
+  <si>
+    <t>clomipramine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>SIGMA-TAU FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517933/fr/anafranil-clomipramine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740880/fr/anafranil-clomipramine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>LOPRESSOR (métoprolol (tartrate de))</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983772/fr/lopressor-metoprolol-tartrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983772</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339938/fr/lopressor-metoprolol-tartrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733860/fr/lopressor-metoprolol-tartrate-de</t>
   </si>
   <si>
     <t>IONSYS (fentanyl (chlorhydrate de))</t>
   </si>
   <si>
     <t>02/02/2017 16:34:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983774/en/ionsys-fentanyl-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983774/fr/ionsys-fentanyl-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983774</t>
   </si>
   <si>
     <t>fentanyl (chlorhydrate de)</t>
   </si>
   <si>
     <t>THE MEDICINES COMPANY FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461058/en/ionsys</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2733621/en/ionsys-fentanyl-analgesic</t>
+    <t>https://www.has-sante.fr/jcms/c_461058/fr/ionsys-fentanyl-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733621/fr/ionsys-fentanyl-antalgique</t>
+  </si>
+  <si>
+    <t>TOFRANIL (imipramine)</t>
+  </si>
+  <si>
+    <t>27/12/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983780/fr/tofranil-imipramine</t>
+  </si>
+  <si>
+    <t>pprd_2983780</t>
+  </si>
+  <si>
+    <t>imipramine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES/ NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460256/fr/tofranil-imipramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106859/fr/tofranil-imipramine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733389/fr/tofranil-imipramine</t>
+  </si>
+  <si>
+    <t>FLUCON (fluorométholone)</t>
+  </si>
+  <si>
+    <t>21/12/2016 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983786/fr/flucon-fluorometholone</t>
+  </si>
+  <si>
+    <t>pprd_2983786</t>
+  </si>
+  <si>
+    <t>fluorométholone</t>
+  </si>
+  <si>
+    <t>ALCON SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455410/fr/flucon-fluorometholone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106786/fr/flucon-fluorometholone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732149/fr/flucon-fluorometholone</t>
   </si>
   <si>
     <t>PECFENT (fentanyl (citrate de))</t>
   </si>
   <si>
-    <t>12/15/2016 10:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983815/en/pecfent-fentanyl-citrate-de</t>
+    <t>15/12/2016 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983815/fr/pecfent-fentanyl-citrate-de</t>
   </si>
   <si>
     <t>pprd_2983815</t>
   </si>
   <si>
     <t>KYOWA KIRIN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1027709/en/pecfent</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2730785/en/pecfent-fentanyl-citrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1027709/fr/pecfent-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730785/fr/pecfent-fentanyl-citrate-de</t>
+  </si>
+  <si>
+    <t>MAXIDEX (dexaméthasone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983821/fr/maxidex-dexamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2983821</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455929/fr/maxidex-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106837/fr/maxidex-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730764/fr/maxidex-dexamethasone</t>
   </si>
   <si>
     <t>FLIXABI (infliximab)</t>
   </si>
   <si>
-    <t>11/07/2016 09:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983867/en/flixabi-infliximab</t>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983867/fr/flixabi-infliximab</t>
   </si>
   <si>
     <t>pprd_2983867</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682160/en/flixabi-infliximab</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2655977/en/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+    <t>https://www.has-sante.fr/jcms/c_2682160/fr/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655977/fr/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>ASPEGIC (acide acétylsalicylique/ DL-lysine (acétylsalicylate de))</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:06:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983869/fr/aspegic-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983869</t>
+  </si>
+  <si>
+    <t>acide acétylsalicylique,DL-lysine (acétylsalicylate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468417/fr/aspegic-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538047/fr/aspegic-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1149729/fr/aspegic-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682142/fr/aspegic-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>CHRONO-INDOCID - INDOCID (indométacine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983878/fr/chrono-indocid-indocid-indometacine</t>
+  </si>
+  <si>
+    <t>pprd_2983878</t>
+  </si>
+  <si>
+    <t>indométacine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400867/fr/chrono-indocid-75-mg-geluleboite-de-20-gelules-323-101-3-indocid-25-mg-geluleboite-de-30-gelules-305-256-9-indocid-100-mg-suppositoireboite-de-10-suppositoires-305-257-5-indocid-50-mg-suppositoireboite-de-10-suppositoires-305-258-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682091/fr/chrono-indocid-indocid-indometacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147552/fr/indocid-chrono-indocid-indometacine</t>
   </si>
   <si>
     <t>LAMALINE (Poudre d'opium/ Paracétamol/ caféine)</t>
   </si>
   <si>
-    <t>11/03/2016 11:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983886/en/lamaline-poudre-d-opium/-paracetamol/-cafeine</t>
+    <t>03/11/2016 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983886/fr/lamaline-poudre-d-opium/-paracetamol/-cafeine</t>
   </si>
   <si>
     <t>pprd_2983886</t>
   </si>
   <si>
     <t>Poudre d'opium,Paracétamol,caféine</t>
   </si>
   <si>
     <t>MYLAN S.A.S</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1254515/en/lamaline</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680674/en/lamaline-poudre-d-opium/-paracetamol/-cafeine</t>
+    <t>https://www.has-sante.fr/jcms/c_1254515/fr/lamaline-poudre-d-opium/-paracetamol/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254518/fr/lamaline-poudre-d-opium/-paracetamol/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680674/fr/lamaline-poudre-d-opium/-paracetamol/-cafeine</t>
+  </si>
+  <si>
+    <t>TAKADOL (tramadol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/11/2016 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983888/fr/takadol-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983888</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399075/fr/takadol-100-mg-comprime-effervescent-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443475/fr/takadol-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046781/fr/takadol-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680662/fr/takadol-tramadol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>NOCERTONE (oxétorone (fumarate d'))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983901/fr/nocertone-oxetorone-fumarate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983901</t>
+  </si>
+  <si>
+    <t>oxétorone (fumarate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477455/fr/nocertone-oxetorone-fumarate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234492/fr/nocertone-oxetorone-fumarate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679443/fr/nocertone-oxetorone-fumarate-d</t>
+  </si>
+  <si>
+    <t>DOLKO (paracétamol)</t>
+  </si>
+  <si>
+    <t>03/11/2016 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983911/fr/dolko-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2983911</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446704/fr/dolko-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343124/fr/dolko-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679257/fr/dolko-paracetamol</t>
+  </si>
+  <si>
+    <t>MEDROL (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983915/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2983915</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400873/fr/medrol-100-mg-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711194/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678880/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>NALGESIC (fénoprofène calcique)</t>
+  </si>
+  <si>
+    <t>03/11/2016 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983916/fr/nalgesic-fenoprofene-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2983916</t>
+  </si>
+  <si>
+    <t>fénoprofène calcique</t>
+  </si>
+  <si>
+    <t>SCIENCEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474432/fr/nalgesic-fenoprofene-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323143/fr/nalgesic-fenoprofene-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678877/fr/nalgesic-fenoprofene-calcique</t>
   </si>
   <si>
     <t>ANTARENE (ibuprofène/ codéine (phosphate de))</t>
   </si>
   <si>
-    <t>11/03/2016 13:54:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983920/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+    <t>03/11/2016 13:54:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983920/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
   </si>
   <si>
     <t>pprd_2983920</t>
   </si>
   <si>
     <t>ibuprofène,codéine (phosphate de)</t>
   </si>
   <si>
     <t>ELERTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398820/en/antarene-5-gel-tube-de-50-g</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2678856/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_398820/fr/antarene-5-gel-tube-de-50-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523355/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951422/fr/antarene-codeine-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352551/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702130/fr/antarene-codeine-200-mg/30-mg-et-400-mg/60-mg-ibuprofene/codeine-association-ains-opioide-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678856/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>DICODIN LP (dihydrocodéine (hydrogénotartrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983922/fr/dicodin-lp-dihydrocodeine-hydrogenotartrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983922</t>
+  </si>
+  <si>
+    <t>dihydrocodéine (hydrogénotartrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399220/fr/dicodin-l-p-dihydrocodeine-hydrogenotartrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477434/fr/dicodin-dihydrocodeine-hydrogenotartrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172434/fr/dicodin-dihydrocodeine-hydrogenotartrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678844/fr/dicodin-lp-dihydrocodeine-hydrogenotartrate-de</t>
+  </si>
+  <si>
+    <t>LINDILANE (codéine (phosphate de) hémihydraté/ paracétamol)</t>
+  </si>
+  <si>
+    <t>14/10/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983925/fr/lindilane-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2983925</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474361/fr/lindilane-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172467/fr/lindilane-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676765/fr/lindilane-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>CLARADOL - CLARADOL CODEINE - CLARADOL CAFEINE (paracétamol/ codéine (phosphate de) hémihydraté/ caféine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983926/fr/claradol-claradol-codeine-claradol-cafeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>pprd_2983926</t>
+  </si>
+  <si>
+    <t>paracétamol,codéine (phosphate de) hémihydraté,caféine</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE Division Consumer Health</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459833/fr/claradol-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473954/fr/claradol-codeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537982/fr/claradol-cafeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013239/fr/claradol-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638590/fr/claradol-cafeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572157/fr/claradol-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573233/fr/claradol-cafeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676762/fr/claradol-codeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>ARTHROCINE (sulindac)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983928/fr/arthrocine-sulindac</t>
+  </si>
+  <si>
+    <t>pprd_2983928</t>
+  </si>
+  <si>
+    <t>sulindac</t>
+  </si>
+  <si>
+    <t>GERDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400851/fr/arthrocine-100-mg-comprime-secableboite-de-40-comprimes-code-cip-319-063-3arthrocine-200-mg-comprime-secableboite-de-30-comprimes-code-cip-319-065-6-sulindac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013251/fr/arthrocine-sulindac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676756/fr/arthrocine-sulindac</t>
+  </si>
+  <si>
+    <t>ALGISEDAL (paracétamol/ codéine (phosphate de) hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983929/fr/algisedal-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983929</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473474/fr/algisedal-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172461/fr/algisedal-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676753/fr/algisedal-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>XYLOCAINE (adrénaline (tartrate)/ lidocaïne (chlorhydrate)/ naphazoline (nitrate))</t>
+  </si>
+  <si>
+    <t>03/10/2016 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983966/fr/xylocaine-adrenaline-tartrate-/-lidocaine-chlorhydrate-/-naphazoline-nitrate</t>
+  </si>
+  <si>
+    <t>pprd_2983966</t>
+  </si>
+  <si>
+    <t>adrénaline (tartrate),lidocaïne (chlorhydrate),naphazoline (nitrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399034/fr/xylocaine-0-32-g-/-15-g-gel-pour-usage-uretral-sterile-en-recipient-unidose-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468362/fr/xylocaine-gamme-adrenaline-tartrate-/-lidocaine-chlorhydrate-/-naphazoline-nitrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468474/fr/xylocaine-adrenaline-adrenaline-tartrate-/-lidocaine-chlorhydrate-/-naphazoline-nitrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620020/fr/xylocaine-xylocaine-visqueuse-adrenaline-tartrate-/-lidocaine-chlorhydrate-/-naphazoline-nitrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671749/fr/xylocaine-adrenaline-tartrate-/-lidocaine-chlorhydrate-/-naphazoline-nitrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036565/fr/xylocaine-adrenaline-tartrate-/-lidocaine-chlorhydrate-/-naphazoline-nitrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036559/fr/xylocaine-a-la-naphazoline-adrenaline-tartrate-/-lidocaine-chlorhydrate-/-naphazoline-nitrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036531/fr/xylocaine-adrenaline-adrenaline-tartrate-/-lidocaine-chlorhydrate-/-naphazoline-nitrate</t>
   </si>
   <si>
     <t>MOSCONTIN - SEVREDOL (morphine (sulfate de))</t>
   </si>
   <si>
-    <t>10/03/2016 12:33:54</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983968/en/moscontin-sevredol-morphine-sulfate-de</t>
+    <t>03/10/2016 12:33:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983968/fr/moscontin-sevredol-morphine-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983968</t>
   </si>
   <si>
     <t>morphine (sulfate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2671743/en/moscontin-sevredol-morphine-sulfate-de</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399094/en/sevredol-morphine-sulfate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2671743/fr/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735585/fr/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062732/fr/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460158/fr/moscontin-sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399094/fr/sevredol-morphine-sulfate-de</t>
+  </si>
+  <si>
+    <t>ZOMIG - ZOMIGORO (zolmitriptan)</t>
+  </si>
+  <si>
+    <t>29/08/2016 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983982/fr/zomig-zomigoro-zolmitriptan</t>
+  </si>
+  <si>
+    <t>pprd_2983982</t>
+  </si>
+  <si>
+    <t>zolmitriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399021/fr/zomig-zolmitriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456662/fr/zomig-zomigoro-zolmitriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098684/fr/zomig-zomigoro-zolmitriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661856/fr/zomig-zomigoro-zolmitriptan</t>
+  </si>
+  <si>
+    <t>LAROXYL (amitriptyline (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>02/08/2016 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984001/fr/laroxyl-amitriptyline-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984001</t>
+  </si>
+  <si>
+    <t>amitriptyline (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103995/fr/laroxyl-amitriptyline-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658648/fr/laroxyl-amitriptyline-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>DICETEL (pinaverium (bromure de))</t>
+  </si>
+  <si>
+    <t>26/05/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984103/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984103</t>
+  </si>
+  <si>
+    <t>pinaverium (bromure de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666007/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935388/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075778/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633891/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>OCUFEN (flurbiprofène)</t>
+  </si>
+  <si>
+    <t>28/04/2016 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984125/fr/ocufen-flurbiprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984125</t>
+  </si>
+  <si>
+    <t>flurbiprofène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398947/fr/ocufen-0-03-pour-cent-collyre-flacon-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490460/fr/ocufen-flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072210/fr/ocufen-flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627639/fr/ocufen-flurbiprofene</t>
+  </si>
+  <si>
+    <t>EXTAVIA (interféron bêta-1b)</t>
+  </si>
+  <si>
+    <t>29/04/2016 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984127/fr/extavia-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>pprd_2984127</t>
+  </si>
+  <si>
+    <t>interféron bêta-1b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971045/fr/extavia-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626675/fr/extavia-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>FELDENE - GELDENE (piroxicam)</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984139/fr/feldene-geldene-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2984139</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400916/fr/feldene-10-mg-geluleboite-de-30-code-cip-324-221-2feldene-20-mg-geluleboite-de-15-code-cip-326-369-7feldene-20-mg-dispersible-comprimes-secablesboite-de-15-code-cip-323-382-3feldene-20-mg-suppositoiresboite-de-15-code-cip-331-939-2feldene-20-mg/1-ml-solution-injectable-im1-ampoule-code-cip-328-609-5feldene-20-mg/1-ml-solution-injectable-im2-ampoules-code-cip-328-610-3-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798065/fr/feldene-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625591/fr/feldene-geldene-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019645/fr/geldene-feldene-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400922/fr/geldene-piroxicam</t>
+  </si>
+  <si>
+    <t>ADALATE - CHRONADALATE (nifédipine)</t>
+  </si>
+  <si>
+    <t>06/04/2016 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984146/fr/adalate-chronadalate-nifedipine</t>
+  </si>
+  <si>
+    <t>pprd_2984146</t>
+  </si>
+  <si>
+    <t>nifédipine</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398811/fr/adalate-l-p-nifedipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459639/fr/adalate-nifedipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036294/fr/adalate-chronadalate-nifedipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621692/fr/adalate-chronadalate-nifedipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399133/fr/chronadalate-l-p-30-mg-nifedipine</t>
   </si>
   <si>
     <t>CYMBALTA (duloxétine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>03/30/2016 16:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984161/en/cymbalta-duloxetine-chlorhydrate-de</t>
+    <t>30/03/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984161/fr/cymbalta-duloxetine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984161</t>
   </si>
   <si>
     <t>duloxétine (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_523247/en/cymbalta</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620138/en/cymbalta-duloxetine-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_523247/fr/cymbalta-duloxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828100/fr/cymbalta-duloxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620138/fr/cymbalta-duloxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>TILDIEM - MONO TILDIEM - BI TILDIEM (diltiazem)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984164/fr/tildiem-mono-tildiem-bi-tildiem-diltiazem</t>
+  </si>
+  <si>
+    <t>pprd_2984164</t>
+  </si>
+  <si>
+    <t>diltiazem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620018/fr/tildiem-mono-tildiem-bi-tildiem-diltiazem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398839/fr/bi-tildiem-90-mg-comprime-enrobe-a-liberation-prolongee-boite-de-28-bi-tildiem-120-mg-comprime-enrobe-a-liberation-prolongee-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046802/fr/mono-tildiem-bi-tildiem-tildiem-dilrene-diltiazem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619971/fr/mono-tildiem-lp-diltiazem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460124/fr/monotildiem-bitildiem-tildiem-diltiazem</t>
   </si>
   <si>
     <t>ZALVISO (sufentanil)</t>
   </si>
   <si>
-    <t>04/25/2016 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984172/en/zalviso-sufentanil</t>
+    <t>25/04/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984172/fr/zalviso-sufentanil</t>
   </si>
   <si>
     <t>pprd_2984172</t>
   </si>
   <si>
     <t>sufentanil</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2617877/en/zalviso-sufentanil-analgesic</t>
+    <t>https://www.has-sante.fr/jcms/c_2617877/fr/zalviso-sufentanil</t>
   </si>
   <si>
     <t>TARGINACT (oxycodone (chlorhydrate d')/ naloxone (chlorhydrate de) dihydraté)</t>
   </si>
   <si>
     <t>09/09/2016 15:03:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984173/en/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984173/fr/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
   </si>
   <si>
     <t>pprd_2984173</t>
   </si>
   <si>
-    <t>oxycodone (chlorhydrate d'),naloxone (chlorhydrate de) dihydraté</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2617874/en/targinact-oxycodone/naloxone-opioid-analgesic-and-antagonist</t>
+    <t>https://www.has-sante.fr/jcms/c_1189043/fr/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040129/fr/targinact-oxycodone/naloxone-opioide-en-association</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617874/fr/targinact-oxycodone-/-naloxone-antalgique-opiace-et-antagoniste</t>
+  </si>
+  <si>
+    <t>MIGPRIV (acide acétylsalicylique/ métoclopramide)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984174/fr/migpriv-acide-acetylsalicylique/-metoclopramide</t>
+  </si>
+  <si>
+    <t>pprd_2984174</t>
+  </si>
+  <si>
+    <t>acide acétylsalicylique,métoclopramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952661/fr/migpriv-acide-acetylsalicylique/-metoclopramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617868/fr/migpriv-acide-acetylsalicylique/-metoclopramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400979/fr/migpriv-poudre-pour-solution-buvable-en-sachet-boite-de-6-sachets-cip-336-897-6</t>
+  </si>
+  <si>
+    <t>APRANAX (naproxène)</t>
+  </si>
+  <si>
+    <t>19/02/2016 16:46:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984197/fr/apranax-naproxene</t>
+  </si>
+  <si>
+    <t>pprd_2984197</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399180/fr/apranax-750-mg-comprimes-pellicules-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400892/fr/apranax-naproxene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990920/fr/apranax-naproxene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610500/fr/apranax-naproxene</t>
+  </si>
+  <si>
+    <t>ANTADYS (flurbiprofène)</t>
+  </si>
+  <si>
+    <t>19/02/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984209/fr/antadys-flurbiprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984209</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400849/fr/antadys-100-mg-comprime-pelliculeplaquette-de-15-comprimes-cip-326-767-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013242/fr/antadys-flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609235/fr/antadys-flurbiprofene</t>
+  </si>
+  <si>
+    <t>TILCOTIL (ténoxicam)</t>
+  </si>
+  <si>
+    <t>12/02/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984222/fr/tilcotil-tenoxicam</t>
+  </si>
+  <si>
+    <t>pprd_2984222</t>
+  </si>
+  <si>
+    <t>ténoxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399203/fr/tilcotil-tenoxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400952/fr/tilcotil-tenoxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332056/fr/tilcotil-tenoxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608636/fr/tilcotil-tenoxicam</t>
   </si>
   <si>
     <t>VERSATIS (lidocaïne)</t>
   </si>
   <si>
-    <t>02/08/2016 09:39:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984230/en/versatis-lidocaine</t>
+    <t>08/02/2016 09:39:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984230/fr/versatis-lidocaine</t>
   </si>
   <si>
     <t>pprd_2984230</t>
   </si>
   <si>
     <t>lidocaïne</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_991886/en/versatis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2606851/en/versatis-lidocaine</t>
+    <t>https://www.has-sante.fr/jcms/c_991886/fr/versatis-lidocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672925/fr/versatis-lidocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606851/fr/versatis-lidocaine</t>
+  </si>
+  <si>
+    <t>ORAVIR (famciclovir)</t>
+  </si>
+  <si>
+    <t>08/01/2016 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984267/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>pprd_2984267</t>
+  </si>
+  <si>
+    <t>famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400816/fr/oravir-500-mg-comprime-pellicule-b/21-cip-341-382-0-oravir-125-mg-comprime-pellicule-b/10-cip-352-369-0-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951419/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281720/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586915/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>MITOXANTRONE ACCORD (mitoxantrone (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>05/01/2016 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984277/fr/mitoxantrone-accord-mitoxantrone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984277</t>
+  </si>
+  <si>
+    <t>mitoxantrone (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583326/fr/mitoxantrone-accord-mitoxantrone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>NIFLURIL ENFANT - ADULTES (morniflumate/ acide niflumique)</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984361/fr/nifluril-enfant-adultes-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>pprd_2984361</t>
+  </si>
+  <si>
+    <t>morniflumate,acide niflumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400935/fr/nifluril-250-mg-geluleb/30-cip-307-287-9-acide-niflumique-nifluril-adultes-700-mg-suppositoireb/8-cip-313-213-3-nifluril-enfants-400-mg-suppositoire-secableb/8-cip-318-863-6-nifluril-3-pommade1-tube-de-60-g-cip-311-619-2-niflugel-2-5-gel-percutane1-tube-de-60-g-cip-331-866-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018494/fr/nifluril-niflugel-2-5-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564384/fr/nifluril-niflugel-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564420/fr/nifluril-enfant-adultes-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>INDOCOLLYRE (indométacine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984366/fr/indocollyre-indometacine</t>
+  </si>
+  <si>
+    <t>pprd_2984366</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455851/fr/indocollyre-indometacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1074089/fr/indocollyre-indometacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563039/fr/indocollyre-indometacine</t>
   </si>
   <si>
     <t>ACTIQ - EFFENTORA (fentanyl)</t>
   </si>
   <si>
-    <t>10/02/2015 15:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984396/en/actiq-effentora-fentanyl</t>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984396/fr/actiq-effentora-fentanyl</t>
   </si>
   <si>
     <t>pprd_2984396</t>
   </si>
   <si>
-    <t>fentanyl</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_854097/en/effentora</t>
+    <t>https://www.has-sante.fr/jcms/c_399604/fr/actiq-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399953/fr/actiq-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773272/fr/actiq-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559142/fr/actiq-effentora-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854097/fr/effentora-fentanyl</t>
+  </si>
+  <si>
+    <t>BREXIN (piroxicam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984405/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2984405</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399610/fr/brexin-20-mg-comprime-effervescent-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400853/fr/brexin-20-mg-comprime-secableboite-de-14-comprimes-code-cip-335-959-8-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798087/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277879/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559106/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>LODINE (étodolac)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984418/fr/lodine-etodolac</t>
+  </si>
+  <si>
+    <t>pprd_2984418</t>
+  </si>
+  <si>
+    <t>étodolac</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474365/fr/lodine-etodolac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970608/fr/lodine-etodolac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558841/fr/lodine-etodolac</t>
+  </si>
+  <si>
+    <t>ABSTRAL (fentanyl)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984423/fr/abstral-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2984423</t>
+  </si>
+  <si>
+    <t>PROSTRAKAN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773287/fr/abstral-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558817/fr/abstral-fentanyl</t>
+  </si>
+  <si>
+    <t>CEBUTID (flurbiprofene)</t>
+  </si>
+  <si>
+    <t>06/08/2015 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984446/fr/cebutid-flurbiprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984446</t>
+  </si>
+  <si>
+    <t>flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400965/fr/cebutid-100mg-comprime-enrobeboite-de-15-comprimes-code-cip-322-267-5cebutid-50-mg-comprime-enrobeboite-de-30-comprimes-code-cip-319-710-9cebutid-lp-200-mg-gelule-a-liberation-prolongeeflacon-de-16-gelules-code-cip-331-990-8-flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013270/fr/cebutid-flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052635/fr/cebutid-flurbiprofene</t>
+  </si>
+  <si>
+    <t>SOLUPRED (prednisolone)</t>
+  </si>
+  <si>
+    <t>30/07/2015 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984456/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2984456</t>
+  </si>
+  <si>
+    <t>prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400230/fr/solupred-5-mg-comprime-orodispersible-boite-de-30-code-cip-349-367-0-solupred-20-mg-comprime-orodispersible-boite-de-20-code-cip-349-368-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977223/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048973/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>SURGAM (acide tiaprofénique)</t>
+  </si>
+  <si>
+    <t>07/07/2015 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984484/fr/surgam-acide-tiaprofenique</t>
+  </si>
+  <si>
+    <t>pprd_2984484</t>
+  </si>
+  <si>
+    <t>acide tiaprofénique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400677/fr/surgam-200-mg-comprime-secable-plaquettes-thermoformees-pvc-aluminium-de-15-comprimes-code-cip-323-994-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364583/fr/surgam-acide-tiaprofenique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043744/fr/surgam-acide-tiaprofenique</t>
   </si>
   <si>
     <t>DIERGOSPRAY - DIHYDROERGOTAMINE AMDIPHARM (dihydroergotamine (mésilate de))</t>
   </si>
   <si>
-    <t>07/07/2015 13:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984490/en/diergospray-dihydroergotamine-amdipharm-dihydroergotamine-mesilate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984490/fr/diergospray-dihydroergotamine-amdipharm-dihydroergotamine-mesilate-de</t>
   </si>
   <si>
     <t>pprd_2984490</t>
   </si>
   <si>
     <t>dihydroergotamine (mésilate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400908/en/diergospray-4-mg/ml-solution-pour-pulverisation-nasale-flacon-de-1-ml-cip-347-382-2</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_968485/en/dihydroergotamine-amdipharm-diergospray-dihydroergotamine-mesilate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_400908/fr/diergospray-4-mg/ml-solution-pour-pulverisation-nasale-flacon-de-1-ml-cip-347-382-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041958/fr/diergospray-dihydroergotamine-amdipharm-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256037/fr/dihydroergotamine-amdipharm-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968485/fr/dihydroergotamine-amdipharm-diergospray-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>ARTOTEC (misoprostol/ diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>24/06/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984500/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984500</t>
+  </si>
+  <si>
+    <t>misoprostol,diclofénac sodique</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400763/fr/artotec-75-mg/0-2-mg-comprime-b/20-code-cip-352-654-7-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958811/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727808/fr/artotec-50-mg/0-2-mg-et-75-mg/0-2-mg-diclofenac-sodique-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040748/fr/artotec-misoprostol/-diclofenac-sodique</t>
   </si>
   <si>
     <t>CELEBREX (celecoxib)</t>
   </si>
   <si>
-    <t>06/24/2015 16:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984505/en/celebrex-celecoxib</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984505/fr/celebrex-celecoxib</t>
   </si>
   <si>
     <t>pprd_2984505</t>
   </si>
   <si>
     <t>celecoxib</t>
   </si>
   <si>
-    <t>PFIZER</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2040117/en/celebrex-celecoxib</t>
+    <t>https://www.has-sante.fr/jcms/c_399997/fr/celebrex-100-mg-gelule-boites-de-30-et-100-celebrex-200-mg-gelule-boites-de-30-et-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537895/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013257/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874882/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215844/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040117/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>PROFENID - BI-PROFENID - PROFEMIGR - TOPREC (kétoprofène)</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984527/fr/profenid-bi-profenid-profemigr-toprec-ketoprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984527</t>
+  </si>
+  <si>
+    <t>kétoprofène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399116/fr/profenid-100-mg-/-2-ml-solution-injectable-i-m-boites-de-2-et-6-ampoules-de-2-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399797/fr/profenid-100-mg/2-ml-solution-injectable-im-boites-de-2-et-6-ampoules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019648/fr/profenid-bi-profenid-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735578/fr/profenid-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036428/fr/profenid-bi-profenid-profemigr-toprec-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400943/fr/biprofenid-150-mg-comprime-secable-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399957/fr/biprofenid-150mg-comprime-secable-boites-de-4-20-et-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277931/fr/toprec-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456624/fr/toprec-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399063/fr/toprec-25-mg-comprime-boites-de-20</t>
+  </si>
+  <si>
+    <t>DIOSMECTITE MYLAN (diosmectite)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984531/fr/diosmectite-mylan-diosmectite</t>
+  </si>
+  <si>
+    <t>pprd_2984531</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035707/fr/diosmectite-mylan-diosmectite</t>
+  </si>
+  <si>
+    <t>BRUFEN (ibuprofène)</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984552/fr/brufen-ibuprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984552</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724383/fr/brufen-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030398/fr/brufen-ibuprofene</t>
   </si>
   <si>
     <t>ARCOXIA (étoricoxib)</t>
   </si>
   <si>
-    <t>04/27/2015 10:23:16</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984569/en/arcoxia-etoricoxib</t>
+    <t>27/04/2015 10:23:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984569/fr/arcoxia-etoricoxib</t>
   </si>
   <si>
     <t>pprd_2984569</t>
   </si>
   <si>
     <t>étoricoxib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_798117/en/arcoxia</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2027350/en/arcoxia-etoricoxib</t>
+    <t>https://www.has-sante.fr/jcms/c_798117/fr/arcoxia-etoricoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215841/fr/arcoxia-etoricoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027350/fr/arcoxia-etoricoxib</t>
+  </si>
+  <si>
+    <t>DECTANCYL (dexaméthasone acétate)</t>
+  </si>
+  <si>
+    <t>23/02/2015 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984610/fr/dectancyl-dexamethasone-acetate</t>
+  </si>
+  <si>
+    <t>pprd_2984610</t>
+  </si>
+  <si>
+    <t>dexaméthasone acétate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724438/fr/dectancyl-dexamethasone-acetate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010713/fr/dectancyl-dexamethasone-acetate</t>
   </si>
   <si>
     <t>HYALGAN (hyaluronate de sodium)</t>
   </si>
   <si>
-    <t>12/10/2014 18:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984644/en/hyalgan-hyaluronate-de-sodium</t>
+    <t>10/12/2014 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984644/fr/hyalgan-hyaluronate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984644</t>
   </si>
   <si>
     <t>hyaluronate de sodium</t>
   </si>
   <si>
-    <t>EXPANSCIENCE</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984669/en/zostavax-vaccin-zona-vivant-attenue</t>
+    <t>https://www.has-sante.fr/jcms/c_400123/fr/hyalgan-20-mg/2-ml-solution-injectable-par-voie-intra-articulaire-en-seringue-pre-remplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954778/fr/hyalgan-hyaluronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782511/fr/hyalgan-hyaluronate-de-sodium</t>
+  </si>
+  <si>
+    <t>ZOSTAVAX, vaccin zona vivant atténué (virus de la varicelle souche Oka (vivant, atténué) ((MAMMIFERES/HUMAIN...)</t>
+  </si>
+  <si>
+    <t>23/02/2015 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984669/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
   </si>
   <si>
     <t>pprd_2984669</t>
   </si>
   <si>
     <t>virus de la varicelle souche Oka (vivant, atténué) ((MAMMIFERES/HUMAIN/CELLULES DIPLOIDES MRC-5))</t>
   </si>
   <si>
     <t>SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774169/en/zostavax-live-attenuated-shingles-herpes-zoster-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/c_1774169/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
   </si>
   <si>
     <t>METASTRON (strontium [89 Sr] (chlorure de))</t>
   </si>
   <si>
-    <t>11/14/2014 11:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984675/en/metastron-strontium-89-sr-chlorure-de</t>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984675/fr/metastron-strontium-89-sr-chlorure-de</t>
   </si>
   <si>
     <t>pprd_2984675</t>
   </si>
   <si>
     <t>strontium [89 Sr] (chlorure de)</t>
   </si>
   <si>
     <t>GE HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774132/en/metastron</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984691/en/ketum-n/r/-ketoprofene</t>
+    <t>https://www.has-sante.fr/jcms/c_1774132/fr/metastron-strontium-89-sr-chlorure-de</t>
+  </si>
+  <si>
+    <t>KETOPROFENE MACOSOL (kétoprofène)</t>
+  </si>
+  <si>
+    <t>12/11/2014 09:52:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984683/fr/ketoprofene-macosol-ketoprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984683</t>
+  </si>
+  <si>
+    <t>MACO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728837/fr/ketoprofene-macopharma-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773284/fr/ketoprofene-macosol-ketoprofene</t>
+  </si>
+  <si>
+    <t>KETUM (kétoprofène)</t>
+  </si>
+  <si>
+    <t>12/11/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984691/fr/ketum-ketoprofene</t>
   </si>
   <si>
     <t>pprd_2984691</t>
   </si>
   <si>
-    <t>kétoprofène</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1769335/en/ketum-ketoprofene</t>
+    <t>https://www.has-sante.fr/jcms/c_399189/fr/ketum-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559720/fr/ketum-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517922/fr/ketum-ketoprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769335/fr/ketum-ketoprofene</t>
   </si>
   <si>
     <t>QUADRAMET (samarinium [153 Sm] lexidronam pentasodium)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984693/en/quadramet-samarinium-153-sm-lexidronam-pentasodium</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984693/fr/quadramet-samarinium-153-sm-lexidronam-pentasodium</t>
   </si>
   <si>
     <t>pprd_2984693</t>
   </si>
   <si>
     <t>samarinium [153 Sm] lexidronam pentasodium</t>
   </si>
   <si>
     <t>CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1769329/en/quadramet</t>
+    <t>https://www.has-sante.fr/jcms/c_1769329/fr/quadramet-samarinium-153-sm-lexidronam-pentasodium</t>
   </si>
   <si>
     <t>ALTIM (cortivazol)</t>
   </si>
   <si>
-    <t>10/13/2014 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984695/en/altim-cortivazol</t>
+    <t>13/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984695/fr/altim-cortivazol</t>
   </si>
   <si>
     <t>pprd_2984695</t>
   </si>
   <si>
     <t>cortivazol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1726201/en/altim</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1766755/en/altim</t>
+    <t>https://www.has-sante.fr/jcms/c_1726201/fr/altim-cortivazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766755/fr/altim-cortivazol</t>
+  </si>
+  <si>
+    <t>RECIVIT (Citrate de fentanyl)</t>
+  </si>
+  <si>
+    <t>23/05/2014 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984770/fr/recivit-citrate-de-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2984770</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742469/fr/recivit-citrate-de-fentanyl</t>
+  </si>
+  <si>
+    <t>MOLSIDOMINE (molsidomine)</t>
+  </si>
+  <si>
+    <t>06/05/2014 20:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984780/fr/molsidomine-molsidomine</t>
+  </si>
+  <si>
+    <t>pprd_2984780</t>
+  </si>
+  <si>
+    <t>molsidomine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399154/fr/molsidomine-mediolanum-molsidomine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018491/fr/molsidomine-mylan-molsidomine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739139/fr/molsidomine-mylan-molsidomine</t>
+  </si>
+  <si>
+    <t>MONOCRIXO LP (chlorhydrate de tramadol)</t>
+  </si>
+  <si>
+    <t>30/04/2014 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984787/fr/monocrixo-lp-chlorhydrate-de-tramadol</t>
+  </si>
+  <si>
+    <t>pprd_2984787</t>
+  </si>
+  <si>
+    <t>chlorhydrate de tramadol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399967/fr/monocrixo-l-p-100-mg-150-mg-200-mg-gelules-a-liberation-prolongee-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832524/fr/monocrixo-lp-chlorhydrate-de-tramadol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738600/fr/monocrixo-lp-chlorhydrate-de-tramadol</t>
+  </si>
+  <si>
+    <t>BRILIVO (paracétamol)</t>
+  </si>
+  <si>
+    <t>15/04/2014 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984790/fr/brilivo-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2984790</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736010/fr/brilivo-paracetamol</t>
   </si>
   <si>
     <t>NALBUPHINE RENAUDIN (chlorhydrate de nalbuphine)</t>
   </si>
   <si>
-    <t>04/15/2014 16:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984791/en/nalbuphine-renaudin-chlorhydrate-de-nalbuphine</t>
+    <t>15/04/2014 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984791/fr/nalbuphine-renaudin-chlorhydrate-de-nalbuphine</t>
   </si>
   <si>
     <t>pprd_2984791</t>
   </si>
   <si>
     <t>chlorhydrate de nalbuphine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735601/en/nalbuphine-serb</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735637/en/nalbuphine-renaudin</t>
+    <t>https://www.has-sante.fr/jcms/c_1735601/fr/nalbuphine-serb-chlorhydrate-de-nalbuphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735606/fr/nalbuphine-mylan-chlorhydrate-de-nalbuphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735608/fr/nalbuphine-aguettant-chlorhydrate-de-nalbuphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735637/fr/nalbuphine-renaudin-chlorhydrate-de-nalbuphine</t>
   </si>
   <si>
     <t>PETHIDINE RENAUDIN (chlorhydrate de péthidine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984792/en/pethidine-renaudin-chlorhydrate-de-pethidine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984792/fr/pethidine-renaudin-chlorhydrate-de-pethidine</t>
   </si>
   <si>
     <t>pprd_2984792</t>
   </si>
   <si>
     <t>chlorhydrate de péthidine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399280/en/pethidine-renaudin-100-mg/-2-ml-5-pour-cent-solution-injectable-en-ampoule-boite-de-5</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735636/en/pethidine-renaudin</t>
+    <t>https://www.has-sante.fr/jcms/c_399280/fr/pethidine-renaudin-100-mg/-2-ml-5-pour-cent-solution-injectable-en-ampoule-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713157/fr/pethidine-renaudin-chlorhydrate-de-pethidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215531/fr/pethidine-renaudin-chlorhydrate-de-pethidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735636/fr/pethidine-renaudin-chlorhydrate-de-pethidine</t>
   </si>
   <si>
     <t>ORAMORPH (sulfate de morphine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984795/en/oramorph-sulfate-de-morphine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984795/fr/oramorph-sulfate-de-morphine</t>
   </si>
   <si>
     <t>pprd_2984795</t>
   </si>
   <si>
     <t>NORGINE PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400273/en/oramorph-10-mg/5-ml-oramorph-100-mg/5-ml-oramorph-20-mg/1-ml-oramorph-30-mg/5-ml-sulfate-de-morphine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735576/en/oramorph</t>
+    <t>https://www.has-sante.fr/jcms/c_400273/fr/oramorph-10-mg/5-ml-oramorph-100-mg/5-ml-oramorph-20-mg/1-ml-oramorph-30-mg/5-ml-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013233/fr/oramorph-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735576/fr/oramorph-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>ZUMALGIC (chlorhydrate de tramadol)</t>
+  </si>
+  <si>
+    <t>26/03/2014 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984802/fr/zumalgic-chlorhydrate-de-tramadol</t>
+  </si>
+  <si>
+    <t>pprd_2984802</t>
+  </si>
+  <si>
+    <t>EREMPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399307/fr/zumalgic-chlorhydrate-de-tramadol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_643008/fr/zumalgic-chlorhydrate-de-tramadol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730059/fr/zumalgic-chlorhydrate-de-tramadol</t>
+  </si>
+  <si>
+    <t>REMIFENTANIL PFIZER (chlorhydrate de rémifentanil)</t>
+  </si>
+  <si>
+    <t>18/03/2014 13:36:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984808/fr/remifentanil-pfizer-chlorhydrate-de-remifentanil</t>
+  </si>
+  <si>
+    <t>pprd_2984808</t>
+  </si>
+  <si>
+    <t>chlorhydrate de rémifentanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719422/fr/remifentanil-b-braun-chlorhydrate-de-remifentanil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728847/fr/remifentanil-pfizer-chlorhydrate-de-remifentanil</t>
+  </si>
+  <si>
+    <t>DERMATRANS (trinitrine)</t>
+  </si>
+  <si>
+    <t>12/03/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984812/fr/dermatrans-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2984812</t>
+  </si>
+  <si>
+    <t>trinitrine</t>
+  </si>
+  <si>
+    <t>ROTTAPHARM SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399544/fr/dermatrans-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598171/fr/dermatrans-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727457/fr/dermatrans-trinitrine</t>
   </si>
   <si>
     <t>FLEXEA (glucosamine (chlorhydrate))</t>
   </si>
   <si>
-    <t>04/01/2014 17:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984814/en/flexea-glucosamine-chlorhydrate</t>
+    <t>01/04/2014 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984814/fr/flexea-glucosamine-chlorhydrate</t>
   </si>
   <si>
     <t>pprd_2984814</t>
   </si>
   <si>
     <t>glucosamine (chlorhydrate)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1106808/en/flexea-glucosamine-chlorhydrate</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714289/en/flexea</t>
+    <t>https://www.has-sante.fr/jcms/c_1106808/fr/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727451/fr/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714289/fr/flexea-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
   </si>
   <si>
     <t>OSAFLEXAN (sulfate de glucosamine/ glucosamine (sulfate de))</t>
   </si>
   <si>
-    <t>04/01/2014 17:41:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984815/en/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+    <t>01/04/2014 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984815/fr/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2984815</t>
   </si>
   <si>
     <t>sulfate de glucosamine,glucosamine (sulfate de)</t>
   </si>
   <si>
-    <t>ROTTAPHARM SAS</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714261/en/osaflexan</t>
+    <t>https://www.has-sante.fr/jcms/c_937968/fr/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727445/fr/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714261/fr/osaflexan-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
   </si>
   <si>
     <t>DOLENIO (glucosamine (sulfate))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984816/en/dolenio-glucosamine-sulfate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984816/fr/dolenio-glucosamine-sulfate</t>
   </si>
   <si>
     <t>pprd_2984816</t>
   </si>
   <si>
     <t>glucosamine (sulfate)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_918263/en/dolenio-glucosamine-sulfate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714276/en/dolenio</t>
+    <t>https://www.has-sante.fr/jcms/c_918263/fr/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716217/fr/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727442/fr/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714276/fr/dolenio-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
   </si>
   <si>
     <t>VOLTARENE (diclofénac sodique)</t>
   </si>
   <si>
-    <t>05/16/2014 16:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984817/en/voltarene-diclofenac-sodique</t>
+    <t>16/05/2014 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984817/fr/voltarene-diclofenac-sodique</t>
   </si>
   <si>
     <t>pprd_2984817</t>
   </si>
   <si>
-    <t>diclofénac sodique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1726947/en/voltarene</t>
+    <t>https://www.has-sante.fr/jcms/c_1726947/fr/voltarene-diclofenac-sodique-anti-inflammatoires-non-steroidiens-ains-non-selectifs</t>
+  </si>
+  <si>
+    <t>HEXATRIONE (Triamcinolone hexacetonide)</t>
+  </si>
+  <si>
+    <t>23/01/2014 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984848/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>pprd_2984848</t>
+  </si>
+  <si>
+    <t>Triamcinolone hexacetonide</t>
+  </si>
+  <si>
+    <t>DEXO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468552/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773269/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717928/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>ALEVETABS (naproxène sodique)</t>
+  </si>
+  <si>
+    <t>16/01/2014 10:28:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984855/fr/alevetabs-naproxene-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984855</t>
+  </si>
+  <si>
+    <t>naproxène sodique</t>
+  </si>
+  <si>
+    <t>BAYER SANTE FAMILIALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334802/fr/alevetabs-naproxene-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716220/fr/alevetabs-naproxene-sodique</t>
+  </si>
+  <si>
+    <t>ADVIL - ADVILMED (ibuprofène)</t>
+  </si>
+  <si>
+    <t>25/04/2013 18:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984930/fr/advil-advilmed-ibuprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984930</t>
+  </si>
+  <si>
+    <t>PFIZER SANTE FAMILIALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399259/fr/advil-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399311/fr/advil-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399407/fr/advil-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523371/fr/advil-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523375/fr/advil-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810814/fr/advil-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525567/fr/advil-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857814/fr/advilmed-ibuprofene</t>
+  </si>
+  <si>
+    <t>THEINOL (caféine monohydratée/ paracétamol)</t>
+  </si>
+  <si>
+    <t>05/03/2013 18:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984941/fr/theinol-cafeine-monohydratee/-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2984941</t>
+  </si>
+  <si>
+    <t>caféine monohydratée,paracétamol</t>
+  </si>
+  <si>
+    <t>BAILLY-CREAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642987/fr/theinol-cafeine-monohydratee/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363134/fr/theinol-cafeine-monohydratee/-paracetamol</t>
   </si>
   <si>
     <t>NEVANAC (népafénac)</t>
   </si>
   <si>
-    <t>05/21/2013 15:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984945/en/nevanac-nepafenac</t>
+    <t>21/05/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984945/fr/nevanac-nepafenac</t>
   </si>
   <si>
     <t>pprd_2984945</t>
   </si>
   <si>
     <t>népafénac</t>
   </si>
   <si>
     <t>ALCON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1018493/en/nevanac</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984947/en/zondar-n/r/-diacerheine/-diacereine/-diacereine</t>
+    <t>https://www.has-sante.fr/jcms/c_1018493/fr/nevanac-nepafenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361960/fr/nevanac-1-mg/ml-nepafenac-collyre</t>
+  </si>
+  <si>
+    <t>ZONDAR (diacerhéine)</t>
+  </si>
+  <si>
+    <t>25/07/2013 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984947/fr/zondar-diacerheine</t>
   </si>
   <si>
     <t>pprd_2984947</t>
   </si>
   <si>
     <t>diacerhéine</t>
   </si>
   <si>
     <t>PHARMA 2000</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399717/en/zondar-diacerheine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356140/en/zondar</t>
+    <t>https://www.has-sante.fr/jcms/c_399717/fr/zondar-diacerheine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400842/fr/zondar-diacerheine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724621/fr/zondar-diacerheine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106805/fr/zondar-diacerheine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356140/fr/zondar-diacerheine</t>
   </si>
   <si>
     <t>CHONDROSULF (chondroïtine sulfate)</t>
   </si>
   <si>
-    <t>07/25/2013 15:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984948/en/chondrosulf-chondroitine-sulfate</t>
+    <t>25/07/2013 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984948/fr/chondrosulf-chondroitine-sulfate</t>
   </si>
   <si>
     <t>pprd_2984948</t>
   </si>
   <si>
     <t>chondroïtine sulfate</t>
   </si>
   <si>
     <t>LABORATOIRE GENEVRIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_559624/en/chondrosulf-chondroitine-sulfate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356139/en/chondrosulf</t>
+    <t>https://www.has-sante.fr/jcms/c_559624/fr/chondrosulf-chondroitine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724388/fr/chondrosulf-chondroitine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106811/fr/chondrosulf-chondroitine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356139/fr/chondrosulf-chondroitine-sulfate</t>
   </si>
   <si>
     <t>ART 50 (diacéréine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984949/en/art-50-diacereine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984949/fr/art-50-diacereine</t>
   </si>
   <si>
     <t>pprd_2984949</t>
   </si>
   <si>
     <t>diacéréine</t>
   </si>
   <si>
     <t>NEGMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399721/en/art-50-gelule-b/30</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356138/en/art-50</t>
+    <t>https://www.has-sante.fr/jcms/c_399721/fr/art-50-gelule-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400762/fr/art-50-mg-gelule-plaquette-s-thermoformee-s-pvc-aluminium-de-30-gelule-s-335-529-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724330/fr/art-50-diacereine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106810/fr/art-50-diacereine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356138/fr/art-50-diacereine</t>
   </si>
   <si>
     <t>PIASCLEDINE (insaponifiable d’huile d’avocat/ insaponifiable d’huile de soja)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984951/en/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984951/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
   </si>
   <si>
     <t>pprd_2984951</t>
   </si>
   <si>
     <t>insaponifiable d’huile d’avocat,insaponifiable d’huile de soja</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400942/en/piascledine-300-mg-geluleboite-de-15-gelules-321-495-4</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356131/en/piascledine</t>
+    <t>https://www.has-sante.fr/jcms/c_400942/fr/piascledine-300-mg-geluleboite-de-15-gelules-321-495-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725102/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106850/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356131/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
   </si>
   <si>
     <t>AXORID (oméprazole/ kétoprofène)</t>
   </si>
   <si>
-    <t>05/21/2013 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984972/en/axorid-omeprazole/-ketoprofene</t>
+    <t>21/05/2013 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984972/fr/axorid-omeprazole/-ketoprofene</t>
   </si>
   <si>
     <t>pprd_2984972</t>
   </si>
   <si>
     <t>oméprazole,kétoprofène</t>
   </si>
   <si>
-    <t>MEDA PHARMA</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1332068/en/axorid</t>
+    <t>https://www.has-sante.fr/jcms/c_1332068/fr/axorid-omeprazole/-ketoprofene</t>
+  </si>
+  <si>
+    <t>CONTRACIDE (aluminium (oxyde d') hydraté/ diméticone/ magnésium (trisilicate de))</t>
+  </si>
+  <si>
+    <t>22/10/2012 13:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984977/fr/contracide-aluminium-oxyde-d-hydrate/-dimeticone/-magnesium-trisilicate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984977</t>
+  </si>
+  <si>
+    <t>aluminium (oxyde d') hydraté,diméticone,magnésium (trisilicate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632479/fr/contracide-aluminium-oxyde-d-hydrate/-dimeticone/-magnesium-trisilicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225081/fr/contracide-aluminium-oxyde-d-hydrate/-dimeticone/-magnesium-trisilicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323140/fr/contracide-aluminium-oxyde-d-hydrate/-dimeticone/-magnesium-trisilicate-de</t>
+  </si>
+  <si>
+    <t>VEXOL (rimexolone)</t>
+  </si>
+  <si>
+    <t>06/07/2012 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985012/fr/vexol-rimexolone</t>
+  </si>
+  <si>
+    <t>pprd_2985012</t>
+  </si>
+  <si>
+    <t>rimexolone</t>
+  </si>
+  <si>
+    <t>Laboratoire ALCON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399597/fr/vexol-rimexolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559950/fr/vexol-rimexolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263990/fr/vexol-rimexolone</t>
   </si>
   <si>
     <t>DESERNIL (méthysergide (maléate de))</t>
   </si>
   <si>
-    <t>03/19/2013 10:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985016/en/desernil-methysergide-maleate-de</t>
+    <t>19/03/2013 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985016/fr/desernil-methysergide-maleate-de</t>
   </si>
   <si>
     <t>pprd_2985016</t>
   </si>
   <si>
     <t>méthysergide (maléate de)</t>
   </si>
   <si>
     <t>Laboratoire CENTRE SPECIALITES PHARMACEUTIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_477425/en/desernil-sandoz-methysergide-maleate-de</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1256036/en/desernil</t>
+    <t>https://www.has-sante.fr/jcms/c_477425/fr/desernil-sandoz-methysergide-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256036/fr/desernil-methysergide-maleate-de</t>
   </si>
   <si>
     <t>TAMIK (dihydroergotamine (mésilate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985017/en/tamik-dihydroergotamine-mesilate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985017/fr/tamik-dihydroergotamine-mesilate-de</t>
   </si>
   <si>
     <t>pprd_2985017</t>
   </si>
   <si>
     <t>Laboratoire ALFA WASSERMANN (ex IPRAD)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_490359/en/tamik-dihydroergotamine-mesilate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1256031/en/tamik</t>
+    <t>https://www.has-sante.fr/jcms/c_490359/fr/tamik-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574629/fr/tamik-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256031/fr/tamik-dihydroergotamine-mesilate-de</t>
   </si>
   <si>
     <t>SEGLOR (dihydroergotamine (mésilate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985018/en/seglor-dihydroergotamine-mesilate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985018/fr/seglor-dihydroergotamine-mesilate-de</t>
   </si>
   <si>
     <t>pprd_2985018</t>
   </si>
   <si>
     <t>Laboratoire UCB PHARMA SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_538327/en/seglor-dihydroergotamine-mesilate-de</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1256030/en/seglor</t>
+    <t>https://www.has-sante.fr/jcms/c_538327/fr/seglor-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256030/fr/seglor-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>IKARAN (dihydroergotamine (mésilate de))</t>
+  </si>
+  <si>
+    <t>23/05/2012 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985019/fr/ikaran-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985019</t>
+  </si>
+  <si>
+    <t>Laboratoire PIERRE FABRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493289/fr/ikaran-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574461/fr/ikaran-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256023/fr/ikaran-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>ISUDRINE (oxyde de magnésium/ phosphate d'aluminium)</t>
+  </si>
+  <si>
+    <t>08/06/2012 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985023/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>pprd_2985023</t>
+  </si>
+  <si>
+    <t>oxyde de magnésium,phosphate d'aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631258/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221616/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251934/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399637/fr/isudrine-suspension-buvable-en-sachets-de-20-g-boites-de-12</t>
+  </si>
+  <si>
+    <t>OKIMUS (benzoate de quinine + extrait sec d'aubépine)</t>
+  </si>
+  <si>
+    <t>23/05/2012 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985024/fr/okimus-benzoate-de-quinine-extrait-sec-d-aubepine</t>
+  </si>
+  <si>
+    <t>pprd_2985024</t>
+  </si>
+  <si>
+    <t>benzoate de quinine + extrait sec d'aubépine</t>
+  </si>
+  <si>
+    <t>Laboratoire BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060139/fr/okimus-benzoate-de-quinine-extrait-sec-d-aubepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251928/fr/okimus-benzoate-de-quinine-extrait-sec-d-aubepine</t>
+  </si>
+  <si>
+    <t>DICLOCED (diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985030/fr/dicloced-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2985030</t>
+  </si>
+  <si>
+    <t>Laboratoire THEA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455359/fr/dicloced-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242861/fr/dicloced-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>VIDORA (indoramine)</t>
+  </si>
+  <si>
+    <t>24/02/2012 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985050/fr/vidora-indoramine</t>
+  </si>
+  <si>
+    <t>pprd_2985050</t>
+  </si>
+  <si>
+    <t>indoramine</t>
+  </si>
+  <si>
+    <t>LEURQUIN MEDIOLANUM S.A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400956/fr/vidora-indoramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216850/fr/vidora-indoramine</t>
+  </si>
+  <si>
+    <t>IDARAC (floctafénine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985051/fr/idarac-floctafenine</t>
+  </si>
+  <si>
+    <t>pprd_2985051</t>
+  </si>
+  <si>
+    <t>floctafénine</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468458/fr/idarac-floctafenine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216849/fr/idarac-floctafenine</t>
+  </si>
+  <si>
+    <t>VISCERALGINE (tiémonium (méthylsulfate))</t>
+  </si>
+  <si>
+    <t>18/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985059/fr/visceralgine-tiemonium-methylsulfate</t>
+  </si>
+  <si>
+    <t>pprd_2985059</t>
+  </si>
+  <si>
+    <t>tiémonium (méthylsulfate)</t>
+  </si>
+  <si>
+    <t>Laboratoire SCHERING-PLOUGH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666119/fr/visceralgine-tiemonium-methylsulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075808/fr/visceralgine-tiemonium-methylsulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198146/fr/visceralgine-tiemonium-methylsulfate</t>
+  </si>
+  <si>
+    <t>SPASMOPRIV (chlorhydrate de mébévérine)</t>
+  </si>
+  <si>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985066/fr/spasmopriv-chlorhydrate-de-mebeverine</t>
+  </si>
+  <si>
+    <t>pprd_2985066</t>
+  </si>
+  <si>
+    <t>chlorhydrate de mébévérine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399586/fr/spasmopriv-200-mg-comprime-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532416/fr/spasmopriv-chlorhydrate-de-mebeverine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075788/fr/spasmopriv-chlorhydrate-de-mebeverine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189010/fr/spasmopriv-chlorhydrate-de-mebeverine</t>
+  </si>
+  <si>
+    <t>COLOPRIV (mébévérine (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985068/fr/colopriv-mebeverine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985068</t>
+  </si>
+  <si>
+    <t>mébévérine (chlorhydrate)</t>
+  </si>
+  <si>
+    <t>Laboratoire EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075774/fr/colopriv-mebeverine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188961/fr/colopriv-mebeverine-chlorhydrate</t>
   </si>
   <si>
     <t>PROXALYOC (piroxicam)</t>
   </si>
   <si>
-    <t>11/30/2011 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985092/en/proxalyoc-piroxicam</t>
+    <t>30/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985092/fr/proxalyoc-piroxicam</t>
   </si>
   <si>
     <t>pprd_2985092</t>
   </si>
   <si>
-    <t>piroxicam</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire CEPHALON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399112/en/proxalyoc-piroxicam</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1147513/en/proxalyoc-piroxicam</t>
+    <t>https://www.has-sante.fr/jcms/c_399112/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468401/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798084/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147513/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>PARALYOC (paracétamol)</t>
+  </si>
+  <si>
+    <t>06/10/2011 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985131/fr/paralyoc-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2985131</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447000/fr/paralyoc-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101340/fr/paralyoc-paracetamol</t>
+  </si>
+  <si>
+    <t>CODENFAN (phosphate de codéine hémihydraté)</t>
+  </si>
+  <si>
+    <t>06/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985145/fr/codenfan-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985145</t>
+  </si>
+  <si>
+    <t>phosphate de codéine hémihydraté</t>
+  </si>
+  <si>
+    <t>Laboratoire BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398876/fr/codenfan-1-mg/ml-sirop-flacon-de-200-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459837/fr/codenfan-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1074095/fr/codenfan-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>GIVALEX (héxétidine, salicylate de choline, chlorobutanol hemihydraté)</t>
+  </si>
+  <si>
+    <t>22/06/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985149/fr/givalex-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985149</t>
+  </si>
+  <si>
+    <t>héxétidine, salicylate de choline, chlorobutanol hemihydraté</t>
+  </si>
+  <si>
+    <t>Laboratoire NORGINE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928166/fr/givalex-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058669/fr/givalex-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069670/fr/givalex-bain-de-bouche-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069673/fr/givalex-collutoire-hexetidine-salicylate-de-choline-chlorobutanol-hemihydrate</t>
+  </si>
+  <si>
+    <t>NIMESULIDE TEVA (nimésulide)</t>
+  </si>
+  <si>
+    <t>27/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985161/fr/nimesulide-teva-nimesulide</t>
+  </si>
+  <si>
+    <t>pprd_2985161</t>
+  </si>
+  <si>
+    <t>nimésulide</t>
+  </si>
+  <si>
+    <t>Laboratoire TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060137/fr/nimesulide-eg-nimesulide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060144/fr/nimesulide-teva-nimesulide</t>
+  </si>
+  <si>
+    <t>HEXAQUINE (benzoate de quinine/ chlorhydrate de thiamine)</t>
+  </si>
+  <si>
+    <t>27/04/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985163/fr/hexaquine-benzoate-de-quinine/-chlorhydrate-de-thiamine</t>
+  </si>
+  <si>
+    <t>pprd_2985163</t>
+  </si>
+  <si>
+    <t>benzoate de quinine,chlorhydrate de thiamine</t>
+  </si>
+  <si>
+    <t>Laboratoire DU GOMENOL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400864/fr/hexaquine-adultes-suppositoire-boite-de-6-suppositoires-304-948-4-hexaquine-comprime-enrobe-boite-de-18-comprimes-304-947-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060132/fr/hexaquine-benzoate-de-quinine/-chlorhydrate-de-thiamine</t>
   </si>
   <si>
     <t>NEXEN (nimésulide)</t>
   </si>
   <si>
-    <t>05/11/2011 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985164/en/nexen-nimesulide</t>
+    <t>11/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985164/fr/nexen-nimesulide</t>
   </si>
   <si>
     <t>pprd_2985164</t>
   </si>
   <si>
-    <t>nimésulide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1060116/en/nexen-nimesulide</t>
+    <t>https://www.has-sante.fr/jcms/c_400169/fr/nexen-100-mg-comprime-boite-de-30-nexen-100-mg-granules-pour-solution-buvable-en-sachet-dose-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400744/fr/nexen-100-mg-comprime-plaquettes-thermoformees-pvc-aluminium-de-30-comprimes-code-cip-339-285-1-nexen-100-mg-granule-pour-solution-buvable-en-sachet-30-sachets-papier-polyethylene-aluminium-p-a-m-ethylene-surlyn-de-2-g-code-cip-339-286-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024126/fr/nexen-nimesulide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060116/fr/nexen-nimesulide</t>
+  </si>
+  <si>
+    <t>TETRAZEPAM (tétrazépam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985165/fr/tetrazepam-tetrazepam</t>
+  </si>
+  <si>
+    <t>pprd_2985165</t>
+  </si>
+  <si>
+    <t>tétrazépam</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES/ SANOFI AVENTIS FRANCE/ EG LABO-LABORATOIRES EG GENERICS/ TEVA SANTE/ G GAM/ RATIOPHARM/ RANBAXY PHARMACIE GENERIQUES/ MYLAN SAS/ ALMUS France/ BIOGARAN/ CRISTERS/ SANDOZ SAS/ ZYDUS FRANCE/ IVAX/ MERCK GENERIQUES/ WINTHROP MEDICAMENTS/ RPG AVENTIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545051/fr/tetrazepam-zydus-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545055/fr/tetrazepam-rpg-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545062/fr/tetrazepam-teva-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545070/fr/tetrazepam-sandoz-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545099/fr/tetrazepam-winthrop-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545104/fr/tetrazepam-ratiopharm-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545109/fr/tetrazepam-merck-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545113/fr/tetrazepam-ivax-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545117/fr/tetrazepam-g-gam-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545121/fr/tetrazepam-eg-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545125/fr/tetrazepam-biogaran-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545129/fr/tetrazepam-arrow-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545133/fr/tetrazepam-almus-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055255/fr/tetrazepam-zydus-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055258/fr/tetrazepam-sandoz-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055261/fr/tetrazepam-cristers-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055264/fr/tetrazepam-biogaran-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055271/fr/tetrazepam-almus-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055274/fr/tetrazepam-mylan-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055277/fr/tetrazepam-qualimed-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055280/fr/tetrazepam-rpg-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057069/fr/tetrazepam-ratiopharm-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057071/fr/tetrazepam-g-gam-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057072/fr/tetrazepam-teva-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057076/fr/tetrazepam-eg-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057083/fr/tetrazepam-winthrop-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059745/fr/tetrazepam-arrow-tetrazepam</t>
+  </si>
+  <si>
+    <t>MEGAVIX (tétrazépam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985166/fr/megavix-tetrazepam</t>
+  </si>
+  <si>
+    <t>pprd_2985166</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059742/fr/megavix-tetrazepam</t>
+  </si>
+  <si>
+    <t>MYOLASTAN (tétrazépam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985171/fr/myolastan-tetrazepam</t>
+  </si>
+  <si>
+    <t>pprd_2985171</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400980/fr/myolastan-50-mg-comprime-pellicule-secable-boite-de-20-comprimes-cip-306-953-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007487/fr/myolastan-tetrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058659/fr/myolastan-tetrazepam</t>
+  </si>
+  <si>
+    <t>DEXTRARINE PHENYLBUTAZONE (phenylbutazone/ sulfate de dextran)</t>
+  </si>
+  <si>
+    <t>27/04/2011 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985179/fr/dextrarine-phenylbutazone-phenylbutazone/-sulfate-de-dextran</t>
+  </si>
+  <si>
+    <t>pprd_2985179</t>
+  </si>
+  <si>
+    <t>phenylbutazone,sulfate de dextran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400859/fr/dextrarine-phenylbutazone-phenylbutazone/-sulfate-de-dextran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054877/fr/dextrarine-phenylbutazone-phenylbutazone/-sulfate-de-dextran</t>
+  </si>
+  <si>
+    <t>BUTAZOLIDINE (phénylbutazone)</t>
+  </si>
+  <si>
+    <t>16/09/2011 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985180/fr/butazolidine-phenylbutazone</t>
+  </si>
+  <si>
+    <t>pprd_2985180</t>
+  </si>
+  <si>
+    <t>phénylbutazone</t>
+  </si>
+  <si>
+    <t>Laboratoire NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400854/fr/butazolidine-100-mg-comprime-enrobeboite-de-20-comprimes-301-634-9-butazolidine-250-mg-suppositoireboite-de-5-suppositoires-301-636-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054874/fr/butazolidine-phenylbutazone</t>
+  </si>
+  <si>
+    <t>CORTISAL (dipropylène glycol (salicylate de) 10%)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985182/fr/cortisal-dipropylene-glycol-salicylate-de-10</t>
+  </si>
+  <si>
+    <t>pprd_2985182</t>
+  </si>
+  <si>
+    <t>dipropylène glycol (salicylate de) 10%</t>
+  </si>
+  <si>
+    <t>Laboratoire DEXO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054865/fr/cortisal-dipropylene-glycol-salicylate-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400969/fr/cortisal-creme-tube-de-30g-322-139-7</t>
+  </si>
+  <si>
+    <t>CELESTAMINE (bétamétasone/ dexchlorphéniramine)</t>
+  </si>
+  <si>
+    <t>06/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985187/fr/celestamine-betametasone/-dexchlorpheniramine</t>
+  </si>
+  <si>
+    <t>pprd_2985187</t>
+  </si>
+  <si>
+    <t>bétamétasone,dexchlorphéniramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732616/fr/celestamine-betametasone/-dexchlorpheniramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048921/fr/celestamine-betametasone/-dexchlorpheniramine</t>
+  </si>
+  <si>
+    <t>DOLGIT (ibuprofène)</t>
+  </si>
+  <si>
+    <t>05/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985214/fr/dolgit-ibuprofene</t>
+  </si>
+  <si>
+    <t>pprd_2985214</t>
+  </si>
+  <si>
+    <t>Laboratoire MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400734/fr/dolgit-5-pour-cent-cremetube-de-50-g-328-856-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523233/fr/dolgit-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019679/fr/dolgit-ibuprofene</t>
+  </si>
+  <si>
+    <t>KAPANOL (sulfate de morphine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985218/fr/kapanol-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>pprd_2985218</t>
+  </si>
+  <si>
+    <t>Laboratoire GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460091/fr/kapanol-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016651/fr/kapanol-sulfate-de-morphine</t>
   </si>
   <si>
     <t>TRONOTHANE (chlorhydrate de pramocaïne / propylène glycol / hypromellose)</t>
   </si>
   <si>
-    <t>12/01/2010 16:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985231/en/tronothane-chlorhydrate-de-pramocaine-/-propylene-glycol-/-hypromellose</t>
+    <t>01/12/2010 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985231/fr/tronothane-chlorhydrate-de-pramocaine-/-propylene-glycol-/-hypromellose</t>
   </si>
   <si>
     <t>pprd_2985231</t>
   </si>
   <si>
     <t>chlorhydrate de pramocaïne / propylène glycol / hypromellose</t>
   </si>
   <si>
     <t>Laboratoire LISA-PHARM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1009518/en/tronothane</t>
+    <t>https://www.has-sante.fr/jcms/c_1009518/fr/tronothane-chlorhydrate-de-pramocaine-/-propylene-glycol-/-hypromellose</t>
+  </si>
+  <si>
+    <t>NITRIDERM TTS (trinitrine)</t>
+  </si>
+  <si>
+    <t>02/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985254/fr/nitriderm-tts-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2985254</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460184/fr/nitriderm-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990888/fr/nitriderm-tts-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558844/fr/nitriderm-tts-trinitrine</t>
   </si>
   <si>
     <t>XILANIK (kétoprofène/ oméprazole)</t>
   </si>
   <si>
     <t>05/05/2010 11:20:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985278/en/xilanik-ketoprofene/-omeprazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985278/fr/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>pprd_2985278</t>
   </si>
   <si>
     <t>kétoprofène,oméprazole</t>
   </si>
   <si>
     <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954784/en/xilanik</t>
+    <t>https://www.has-sante.fr/jcms/c_954784/fr/xilanik-ketoprofene/-omeprazole</t>
+  </si>
+  <si>
+    <t>XENID (épolamine de diclofénac)</t>
+  </si>
+  <si>
+    <t>06/01/2010 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985309/fr/xenid-epolamine-de-diclofenac</t>
+  </si>
+  <si>
+    <t>pprd_2985309</t>
+  </si>
+  <si>
+    <t>épolamine de diclofénac</t>
+  </si>
+  <si>
+    <t>Laboratoire RANBAXY PHARMACIE GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399474/fr/xenid-diclofenac-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438671/fr/xenid-epolamine-de-diclofenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900478/fr/xenid-epolamine-de-diclofenac</t>
   </si>
   <si>
     <t>ENDOSTA (glucosamine (chlorhydrate))</t>
   </si>
   <si>
-    <t>11/10/2009 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985323/en/endosta-glucosamine-chlorhydrate</t>
+    <t>10/11/2009 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985323/fr/endosta-glucosamine-chlorhydrate</t>
   </si>
   <si>
     <t>pprd_2985323</t>
   </si>
   <si>
-    <t>Laboratoire EXPANSCIENCE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_866774/en/endosta</t>
+    <t>https://www.has-sante.fr/jcms/c_866774/fr/endosta-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>DEPO-MEDROL (acétate de méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>16/12/2008 18:34:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985363/fr/depo-medrol-acetate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2985363</t>
+  </si>
+  <si>
+    <t>acétate de méthylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724446/fr/depo-medrol-acetate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>ALEVE (naproxène sodique)</t>
+  </si>
+  <si>
+    <t>18/04/2007 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985450/fr/aleve-naproxene-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2985450</t>
+  </si>
+  <si>
+    <t>BAYER SANTE FAMILIALE/ ROCHE NICHOLAS S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399312/fr/aleve-naproxene-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523343/fr/aleve-naproxene-sodique</t>
+  </si>
+  <si>
+    <t>DICLOFENAC SODIQUE MIKA PHARMA (diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>21/05/2008 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985474/fr/diclofenac-sodique-mika-pharma-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2985474</t>
+  </si>
+  <si>
+    <t>Laboratoires SERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477429/fr/diclofenac-sodique-mika-pharma-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>INFLACED (piroxicam)</t>
+  </si>
+  <si>
+    <t>05/07/2006 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985504/fr/inflaced-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2985504</t>
+  </si>
+  <si>
+    <t>DEXO SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460074/fr/inflaced-piroxicam</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IQSS - secteur MCO : Coordination à la sortie et prise en charge de la douleur - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagne nationale de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir du dossier patient : coordination à la sortie et prise en charge de la douleur.</t>
+  </si>
+  <si>
+    <t>18/12/2023 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472731/fr/iqss-secteur-mco-coordination-a-la-sortie-et-prise-en-charge-de-la-douleur-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3472731</t>
+  </si>
+  <si>
+    <t>IQSS 2026 - SMR - Coordination des prises en charge et pratiques cliniques : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2026 de mesure des indicateurs de qualité et de sécurité des soins en SMR à partir du dossier patient : Coordination des prises en charge et pratiques cliniques (données 2025).</t>
+  </si>
+  <si>
+    <t>03/04/2023 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701657/fr/iqss-2026-smr-coordination-des-prises-en-charge-et-pratiques-cliniques-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>c_701657</t>
+  </si>
+  <si>
+    <t>IQSS 2026 - HAD - Coordination des prises en charge et pratiques cliniques : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2026 de mesure des indicateurs de qualité et de sécurité des soins en HAD à partir du dossier patient : Coordination des prises en charge et pratiques cliniques (données 2025).</t>
+  </si>
+  <si>
+    <t>03/04/2023 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894788/fr/iqss-2026-had-coordination-des-prises-en-charge-et-pratiques-cliniques-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>c_894788</t>
+  </si>
+  <si>
+    <t>IQSS 2026 - PSY : Coordination et prises en charge somatiques en hospitalisation temps plein : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2026 de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions (données 2025).</t>
+  </si>
+  <si>
+    <t>03/04/2023 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148091/fr/iqss-2026-psy-coordination-et-prises-en-charge-somatiques-en-hospitalisation-temps-plein-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3148091</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur MCO : Coordination à la sortie et prise en charge de la douleur - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir du dossier patient : coordination à la sortie et prise en charge de la douleur.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3476000/fr/iqss-archives-secteur-mco-coordination-a-la-sortie-et-prise-en-charge-de-la-douleur-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3476000</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur HAD : Coordination des prises en charge et pratiques cliniques - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins en HAD à partir du dossier patient : Coordination des prises en charge et pratiques clinique.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478839/fr/iqss-archives-secteur-had-coordination-des-prises-en-charge-et-pratiques-cliniques-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3478839</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur SMR (ex SSR) : Coordination des prises en charge et pratiques cliniques - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins en SMR (ex SSR) à partir du dossier patient : Coordination des prises en charge et pratiques cliniques.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478860/fr/iqss-archives-secteur-smr-ex-ssr-coordination-des-prises-en-charge-et-pratiques-cliniques-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3478860</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur PSY : Coordination et prises en charge somatiques en hospitalisation temps plein - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales (2021 en volontaire) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478923/fr/iqss-archives-secteur-psy-coordination-et-prises-en-charge-somatiques-en-hospitalisation-temps-plein-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3478923</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - MCO - Coordination à la sortie et prise en charge de la douleur : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir du dossier patient : coordination à la sortie et prise en charge de la douleur (données 2024).</t>
+  </si>
+  <si>
+    <t>03/04/2023 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_627698/fr/iqss-2025-mco-coordination-a-la-sortie-et-prise-en-charge-de-la-douleur-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>c_627698</t>
+  </si>
+  <si>
+    <t>Fluoroquinolones : suites données au droit d’alerte portant sur la prévention et la prise en charge de leurs effets indésirables</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) rend publiques les suites qu'elle apporte à France Assos Santé, qui l'a saisie au titre du droit d'alerte des associations agréées du système de santé, concernant la prise en charge des personnes ayant des complications liées à la prise d'antibiotiques de la classe des fluoroquinolones.</t>
+  </si>
+  <si>
+    <t>19/07/2024 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530340/fr/fluoroquinolones-suites-donnees-au-droit-d-alerte-portant-sur-la-prevention-et-la-prise-en-charge-de-leurs-effets-indesirables</t>
+  </si>
+  <si>
+    <t>p_3530340</t>
+  </si>
+  <si>
+    <t>IQSS 2022 - MCO : Coordination à la sortie et prise en charge de la douleur - indicateurs recueillis en 2022</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2022 de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir du dossier patient : coordination à la sortie et prise en charge de la douleur (données 2021).</t>
+  </si>
+  <si>
+    <t>20/03/2023 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3416543/fr/iqss-2022-mco-coordination-a-la-sortie-et-prise-en-charge-de-la-douleur-indicateurs-recueillis-en-2022</t>
+  </si>
+  <si>
+    <t>p_3416543</t>
+  </si>
+  <si>
+    <t>Cervicalgie : l’imagerie, uniquement dans des cas bien définis</t>
+  </si>
+  <si>
+    <t>Votre patient est atteint d’une cervicalgie ? Si elle n’est pas d’origine traumatique, l’imagerie médicale n’est indispensable qu’en cas de signes d’alerte, dits « drapeaux rouges ». En cas de cervicalgie commune, elle n’est indiquée que si la douleur persiste au-delà de 4 à 6 semaines. Si la cervicalgie est consécutive à un traumatisme, l’imagerie ne sera nécessaire que dans certains cas bien définis. Le point sur les situations qui requièrent, ou non, le recours à l’imagerie médicale.</t>
+  </si>
+  <si>
+    <t>10/12/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217591/fr/cervicalgie-l-imagerie-uniquement-dans-des-cas-bien-definis</t>
+  </si>
+  <si>
+    <t>p_3217591</t>
+  </si>
+  <si>
+    <t>Lombalgie commune – Éviter le passage à la chronicité</t>
+  </si>
+  <si>
+    <t>Pour améliorer et harmoniser la prise en charge des patients présentant une lombalgie commune, la HAS publie une fiche mémo.</t>
+  </si>
+  <si>
+    <t>11/06/2019 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974152/fr/lombalgie-commune-eviter-le-passage-a-la-chronicite</t>
+  </si>
+  <si>
+    <t>pprd_2974152</t>
+  </si>
+  <si>
+    <t>Soins palliatifs – À amorcer tôt et à gérer en collégialité</t>
+  </si>
+  <si>
+    <t>Témoignages de professionnels sur l’accompagnement des patients en fin de vie...</t>
+  </si>
+  <si>
+    <t>05/04/2018 11:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974201/fr/soins-palliatifs-a-amorcer-tot-et-a-gerer-en-collegialite</t>
+  </si>
+  <si>
+    <t>pprd_2974201</t>
+  </si>
+  <si>
+    <t>Soins palliatifs, maintien des patients à domicile, directives anticipées...</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré des travaux sur l’accompagnement de la fin de vie : démarche palliative à l’hôpital ou au domicile du patient, rédaction des directives anticipées...</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974203/fr/soins-palliatifs-maintien-des-patients-a-domicile-directives-anticipees</t>
+  </si>
+  <si>
+    <t>pprd_2974203</t>
+  </si>
+  <si>
+    <t>Endométriose : vers une prise en charge individualisée</t>
+  </si>
+  <si>
+    <t>La HAS a actualisé les recommandations du Collège national des gynécologues et obstétriciens français (CNGOF) éditées en 2006. Explications du Pr Xavier Fritel*, gynécologue obstétricien et membre du CNGOF.</t>
+  </si>
+  <si>
+    <t>22/01/2018 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974222/fr/endometriose-vers-une-prise-en-charge-individualisee</t>
+  </si>
+  <si>
+    <t>pprd_2974222</t>
+  </si>
+  <si>
+    <t>Arthrose : le paracétamol en 1re intention lors des crises douloureuses</t>
+  </si>
+  <si>
+    <t>L’arthrose est une maladie chronique, caractérisée par des douleurs articulaires. Lors des crises, le traitement comprend principalement des antalgiques. Explications du service évaluation des médicaments à la (HAS)...</t>
+  </si>
+  <si>
+    <t>18/03/2014 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974704/fr/arthrose-le-paracetamol-en-1re-intention-lors-des-crises-douloureuses</t>
+  </si>
+  <si>
+    <t>pprd_2974704</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - HAD : Outils de l’expérimentation de l'indicateur « Evaluation et prise en charge de la douleur » en HAD</t>
+  </si>
+  <si>
+    <t>Vous y trouverez tous les outils nécessaires au recueil de l'indicateur "Evaluation et prise en charge de la douleur" expérimenté dans les structures HAD.</t>
+  </si>
+  <si>
+    <t>22/02/2019 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905713/fr/iqss-2019-had-outils-de-l-experimentation-de-l-indicateur-evaluation-et-prise-en-charge-de-la-douleur-en-had</t>
+  </si>
+  <si>
+    <t>c_2905713</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - HAD : Expérimentation de l'indicateur « Evaluation et prise en charge de la douleur » en HAD</t>
+  </si>
+  <si>
+    <t>Le prochain recueil des quatre indicateurs de qualité concernant le dossier patient en HAD aura lieu au premier semestre 2018.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905721/fr/iqss-2019-had-experimentation-de-l-indicateur-evaluation-et-prise-en-charge-de-la-douleur-en-had</t>
+  </si>
+  <si>
+    <t>c_2905721</t>
+  </si>
+  <si>
+    <t>IQSS 2018 - SSR : Outils de l’expérimentation de l'indicateur « Qualité de la lettre de liaison à la sortie » et « Prise en charge de la douleur »</t>
+  </si>
+  <si>
+    <t>Vous y trouverez tous les outils nécessaires au recueil des indicateurs pour les structures SSR</t>
+  </si>
+  <si>
+    <t>05/02/2018 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796494/fr/iqss-2018-ssr-outils-de-l-experimentation-de-l-indicateur-qualite-de-la-lettre-de-liaison-a-la-sortie-et-prise-en-charge-de-la-douleur</t>
+  </si>
+  <si>
+    <t>c_2796494</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:J161"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
+      <c r="I3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>26</v>
       </c>
-      <c r="H4" t="s">
-        <v>27</v>
+      <c r="J4" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
-[...12 lines deleted...]
-        <v>33</v>
+      <c r="I5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>32</v>
+      </c>
+      <c r="I6" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" t="s">
+        <v>38</v>
+      </c>
+      <c r="J7" t="s">
         <v>39</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+      <c r="I8" t="s">
         <v>45</v>
       </c>
-      <c r="C8" t="s">
+      <c r="J8" t="s">
         <v>46</v>
       </c>
-      <c r="D8" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
         <v>47</v>
       </c>
-      <c r="E8" t="s">
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" t="s">
         <v>48</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>49</v>
       </c>
-      <c r="H8" t="s">
+      <c r="H9" t="s">
         <v>50</v>
       </c>
+      <c r="I9" t="s">
+        <v>51</v>
+      </c>
+      <c r="J9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+      <c r="I10" t="s">
+        <v>57</v>
+      </c>
+      <c r="J10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+      <c r="I11" t="s">
+        <v>62</v>
+      </c>
+      <c r="J11" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>67</v>
+      </c>
+      <c r="H12" t="s">
+        <v>68</v>
+      </c>
+      <c r="I12" t="s">
+        <v>69</v>
+      </c>
+      <c r="J12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>72</v>
+      </c>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" t="s">
+        <v>75</v>
+      </c>
+      <c r="I13" t="s">
+        <v>76</v>
+      </c>
+      <c r="J13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>81</v>
+      </c>
+      <c r="H14" t="s">
+        <v>82</v>
+      </c>
+      <c r="I14" t="s">
+        <v>83</v>
+      </c>
+      <c r="J14" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>85</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
+      </c>
+      <c r="I15" t="s">
+        <v>69</v>
+      </c>
+      <c r="J15" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>91</v>
+      </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>93</v>
+      </c>
+      <c r="H16" t="s">
+        <v>94</v>
+      </c>
+      <c r="I16" t="s">
+        <v>17</v>
+      </c>
+      <c r="J16" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" t="s">
+        <v>98</v>
+      </c>
+      <c r="I17" t="s">
+        <v>17</v>
+      </c>
+      <c r="J17" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H18" t="s">
+        <v>101</v>
+      </c>
+      <c r="I18" t="s">
+        <v>102</v>
+      </c>
+      <c r="J18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>104</v>
+      </c>
+      <c r="E19" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>106</v>
+      </c>
+      <c r="H19" t="s">
+        <v>107</v>
+      </c>
+      <c r="I19" t="s">
+        <v>17</v>
+      </c>
+      <c r="J19" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>109</v>
+      </c>
+      <c r="E20" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H20" t="s">
+        <v>112</v>
+      </c>
+      <c r="I20" t="s">
+        <v>113</v>
+      </c>
+      <c r="J20" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>114</v>
+      </c>
+      <c r="E21" t="s">
+        <v>115</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" t="s">
+        <v>117</v>
+      </c>
+      <c r="I21" t="s">
+        <v>118</v>
+      </c>
+      <c r="J21" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>114</v>
+      </c>
+      <c r="E22" t="s">
+        <v>115</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>120</v>
+      </c>
+      <c r="H22" t="s">
+        <v>121</v>
+      </c>
+      <c r="I22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J22" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>114</v>
+      </c>
+      <c r="E23" t="s">
+        <v>115</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>122</v>
+      </c>
+      <c r="H23" t="s">
+        <v>123</v>
+      </c>
+      <c r="I23" t="s">
+        <v>22</v>
+      </c>
+      <c r="J23" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>114</v>
+      </c>
+      <c r="E24" t="s">
+        <v>124</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J24" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>27</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>114</v>
+      </c>
+      <c r="E25" t="s">
+        <v>124</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>128</v>
+      </c>
+      <c r="H25" t="s">
+        <v>129</v>
+      </c>
+      <c r="I25" t="s">
+        <v>127</v>
+      </c>
+      <c r="J25" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>130</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>131</v>
+      </c>
+      <c r="E26" t="s">
+        <v>132</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>133</v>
+      </c>
+      <c r="H26" t="s">
+        <v>134</v>
+      </c>
+      <c r="I26" t="s">
+        <v>127</v>
+      </c>
+      <c r="J26" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>135</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>131</v>
+      </c>
+      <c r="E27" t="s">
+        <v>132</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>136</v>
+      </c>
+      <c r="H27" t="s">
+        <v>137</v>
+      </c>
+      <c r="I27" t="s">
+        <v>138</v>
+      </c>
+      <c r="J27" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>139</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>131</v>
+      </c>
+      <c r="E28" t="s">
+        <v>132</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>140</v>
+      </c>
+      <c r="H28" t="s">
+        <v>141</v>
+      </c>
+      <c r="I28" t="s">
+        <v>138</v>
+      </c>
+      <c r="J28" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>142</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>131</v>
+      </c>
+      <c r="E29" t="s">
+        <v>132</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>143</v>
+      </c>
+      <c r="H29" t="s">
+        <v>144</v>
+      </c>
+      <c r="I29" t="s">
+        <v>127</v>
+      </c>
+      <c r="J29" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>145</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>131</v>
+      </c>
+      <c r="E30" t="s">
+        <v>132</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>146</v>
+      </c>
+      <c r="H30" t="s">
+        <v>147</v>
+      </c>
+      <c r="I30" t="s">
+        <v>127</v>
+      </c>
+      <c r="J30" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>148</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>131</v>
+      </c>
+      <c r="E31" t="s">
+        <v>149</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>150</v>
+      </c>
+      <c r="H31" t="s">
+        <v>151</v>
+      </c>
+      <c r="I31" t="s">
+        <v>127</v>
+      </c>
+      <c r="J31" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>152</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>153</v>
+      </c>
+      <c r="E32" t="s">
+        <v>154</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>155</v>
+      </c>
+      <c r="H32" t="s">
+        <v>156</v>
+      </c>
+      <c r="I32" t="s">
+        <v>138</v>
+      </c>
+      <c r="J32" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>30</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>153</v>
+      </c>
+      <c r="E33" t="s">
+        <v>157</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>158</v>
+      </c>
+      <c r="H33" t="s">
+        <v>159</v>
+      </c>
+      <c r="I33" t="s">
+        <v>127</v>
+      </c>
+      <c r="J33" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>27</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>153</v>
+      </c>
+      <c r="E34" t="s">
+        <v>154</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>160</v>
+      </c>
+      <c r="H34" t="s">
+        <v>161</v>
+      </c>
+      <c r="I34" t="s">
+        <v>127</v>
+      </c>
+      <c r="J34" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>162</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>153</v>
+      </c>
+      <c r="E35" t="s">
+        <v>163</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>164</v>
+      </c>
+      <c r="H35" t="s">
+        <v>165</v>
+      </c>
+      <c r="I35" t="s">
+        <v>166</v>
+      </c>
+      <c r="J35" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>19</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>153</v>
+      </c>
+      <c r="E36" t="s">
+        <v>157</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>167</v>
+      </c>
+      <c r="H36" t="s">
+        <v>168</v>
+      </c>
+      <c r="I36" t="s">
+        <v>22</v>
+      </c>
+      <c r="J36" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>169</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>170</v>
+      </c>
+      <c r="E37" t="s">
+        <v>171</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>172</v>
+      </c>
+      <c r="H37" t="s">
+        <v>173</v>
+      </c>
+      <c r="I37" t="s">
+        <v>22</v>
+      </c>
+      <c r="J37" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>175</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>176</v>
+      </c>
+      <c r="E38" t="s">
+        <v>177</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>178</v>
+      </c>
+      <c r="H38" t="s">
+        <v>179</v>
+      </c>
+      <c r="I38" t="s">
+        <v>180</v>
+      </c>
+      <c r="J38" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>181</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>182</v>
+      </c>
+      <c r="E39" t="s">
+        <v>183</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>184</v>
+      </c>
+      <c r="H39" t="s">
+        <v>185</v>
+      </c>
+      <c r="I39" t="s">
+        <v>45</v>
+      </c>
+      <c r="J39" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>186</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>182</v>
+      </c>
+      <c r="E40" t="s">
+        <v>183</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>187</v>
+      </c>
+      <c r="H40" t="s">
+        <v>188</v>
+      </c>
+      <c r="I40" t="s">
+        <v>189</v>
+      </c>
+      <c r="J40" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>190</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>182</v>
+      </c>
+      <c r="E41" t="s">
+        <v>183</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>191</v>
+      </c>
+      <c r="H41" t="s">
+        <v>192</v>
+      </c>
+      <c r="I41" t="s">
+        <v>189</v>
+      </c>
+      <c r="J41" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>193</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>182</v>
+      </c>
+      <c r="E42" t="s">
+        <v>194</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>195</v>
+      </c>
+      <c r="H42" t="s">
+        <v>196</v>
+      </c>
+      <c r="I42" t="s">
+        <v>45</v>
+      </c>
+      <c r="J42" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>197</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>198</v>
+      </c>
+      <c r="E43" t="s">
+        <v>199</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>200</v>
+      </c>
+      <c r="H43" t="s">
+        <v>201</v>
+      </c>
+      <c r="I43" t="s">
+        <v>12</v>
+      </c>
+      <c r="J43" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>202</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>203</v>
+      </c>
+      <c r="E44" t="s">
+        <v>204</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>205</v>
+      </c>
+      <c r="H44" t="s">
+        <v>206</v>
+      </c>
+      <c r="I44" t="s">
+        <v>207</v>
+      </c>
+      <c r="J44" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>208</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>203</v>
+      </c>
+      <c r="E45" t="s">
+        <v>209</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>210</v>
+      </c>
+      <c r="H45" t="s">
+        <v>211</v>
+      </c>
+      <c r="I45" t="s">
+        <v>212</v>
+      </c>
+      <c r="J45" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>213</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>214</v>
+      </c>
+      <c r="E46" t="s">
+        <v>215</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>216</v>
+      </c>
+      <c r="H46" t="s">
+        <v>217</v>
+      </c>
+      <c r="I46" t="s">
+        <v>218</v>
+      </c>
+      <c r="J46" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>220</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>221</v>
+      </c>
+      <c r="E47" t="s">
+        <v>222</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>223</v>
+      </c>
+      <c r="H47" t="s">
+        <v>224</v>
+      </c>
+      <c r="I47" t="s">
+        <v>225</v>
+      </c>
+      <c r="J47" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>227</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>228</v>
+      </c>
+      <c r="E48" t="s">
+        <v>229</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>230</v>
+      </c>
+      <c r="H48" t="s">
+        <v>231</v>
+      </c>
+      <c r="I48" t="s">
+        <v>232</v>
+      </c>
+      <c r="J48" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>227</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>233</v>
+      </c>
+      <c r="E49" t="s">
+        <v>234</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>235</v>
+      </c>
+      <c r="H49" t="s">
+        <v>236</v>
+      </c>
+      <c r="I49" t="s">
+        <v>237</v>
+      </c>
+      <c r="J49" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>238</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>239</v>
+      </c>
+      <c r="E50" t="s">
+        <v>240</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>241</v>
+      </c>
+      <c r="H50" t="s">
+        <v>242</v>
+      </c>
+      <c r="I50" t="s">
+        <v>243</v>
+      </c>
+      <c r="J50" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>244</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>214</v>
+      </c>
+      <c r="E51" t="s">
+        <v>245</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>246</v>
+      </c>
+      <c r="H51" t="s">
+        <v>247</v>
+      </c>
+      <c r="I51" t="s">
+        <v>248</v>
+      </c>
+      <c r="J51" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>250</v>
+      </c>
+      <c r="E52" t="s">
+        <v>251</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>252</v>
+      </c>
+      <c r="H52" t="s">
+        <v>253</v>
+      </c>
+      <c r="I52" t="s">
+        <v>254</v>
+      </c>
+      <c r="J52" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>255</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>256</v>
+      </c>
+      <c r="E53" t="s">
+        <v>257</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>258</v>
+      </c>
+      <c r="H53" t="s">
+        <v>259</v>
+      </c>
+      <c r="I53" t="s">
+        <v>260</v>
+      </c>
+      <c r="J53" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>261</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>256</v>
+      </c>
+      <c r="E54" t="s">
+        <v>257</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>262</v>
+      </c>
+      <c r="H54" t="s">
+        <v>263</v>
+      </c>
+      <c r="I54" t="s">
+        <v>118</v>
+      </c>
+      <c r="J54" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>264</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>265</v>
+      </c>
+      <c r="E55" t="s">
+        <v>266</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>267</v>
+      </c>
+      <c r="H55" t="s">
+        <v>268</v>
+      </c>
+      <c r="I55" t="s">
+        <v>269</v>
+      </c>
+      <c r="J55" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>270</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>265</v>
+      </c>
+      <c r="E56" t="s">
+        <v>266</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>271</v>
+      </c>
+      <c r="H56" t="s">
+        <v>272</v>
+      </c>
+      <c r="I56" t="s">
+        <v>273</v>
+      </c>
+      <c r="J56" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>274</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>275</v>
+      </c>
+      <c r="E57" t="s">
+        <v>276</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>277</v>
+      </c>
+      <c r="H57" t="s">
+        <v>278</v>
+      </c>
+      <c r="I57" t="s">
+        <v>127</v>
+      </c>
+      <c r="J57" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>279</v>
+      </c>
+      <c r="C58" t="s">
+        <v>280</v>
+      </c>
+      <c r="D58" t="s">
+        <v>281</v>
+      </c>
+      <c r="E58" t="s">
+        <v>282</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>283</v>
+      </c>
+      <c r="H58" t="s">
+        <v>284</v>
+      </c>
+      <c r="I58" t="s">
+        <v>285</v>
+      </c>
+      <c r="J58" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>286</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>287</v>
+      </c>
+      <c r="E59" t="s">
+        <v>288</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>289</v>
+      </c>
+      <c r="H59" t="s">
+        <v>290</v>
+      </c>
+      <c r="I59" t="s">
+        <v>291</v>
+      </c>
+      <c r="J59" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>292</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>293</v>
+      </c>
+      <c r="E60" t="s">
+        <v>294</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>295</v>
+      </c>
+      <c r="H60" t="s">
+        <v>296</v>
+      </c>
+      <c r="I60" t="s">
+        <v>297</v>
+      </c>
+      <c r="J60" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>299</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>293</v>
+      </c>
+      <c r="E61" t="s">
+        <v>294</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>300</v>
+      </c>
+      <c r="H61" t="s">
+        <v>301</v>
+      </c>
+      <c r="I61" t="s">
+        <v>297</v>
+      </c>
+      <c r="J61" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>302</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>293</v>
+      </c>
+      <c r="E62" t="s">
+        <v>294</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>303</v>
+      </c>
+      <c r="H62" t="s">
+        <v>304</v>
+      </c>
+      <c r="I62" t="s">
+        <v>297</v>
+      </c>
+      <c r="J62" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>305</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>293</v>
+      </c>
+      <c r="E63" t="s">
+        <v>294</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>306</v>
+      </c>
+      <c r="H63" t="s">
+        <v>307</v>
+      </c>
+      <c r="I63" t="s">
+        <v>297</v>
+      </c>
+      <c r="J63" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>308</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>293</v>
+      </c>
+      <c r="E64" t="s">
+        <v>294</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>309</v>
+      </c>
+      <c r="H64" t="s">
+        <v>310</v>
+      </c>
+      <c r="I64" t="s">
+        <v>297</v>
+      </c>
+      <c r="J64" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>311</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>293</v>
+      </c>
+      <c r="E65" t="s">
+        <v>294</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>312</v>
+      </c>
+      <c r="H65" t="s">
+        <v>313</v>
+      </c>
+      <c r="I65" t="s">
+        <v>297</v>
+      </c>
+      <c r="J65" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>314</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>315</v>
+      </c>
+      <c r="E66" t="s">
+        <v>316</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>317</v>
+      </c>
+      <c r="H66" t="s">
+        <v>318</v>
+      </c>
+      <c r="I66" t="s">
+        <v>319</v>
+      </c>
+      <c r="J66" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>320</v>
+      </c>
+      <c r="C67" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" t="s">
+        <v>321</v>
+      </c>
+      <c r="E67" t="s">
+        <v>322</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>323</v>
+      </c>
+      <c r="H67" t="s">
+        <v>324</v>
+      </c>
+      <c r="I67" t="s">
+        <v>69</v>
+      </c>
+      <c r="J67" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>325</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" t="s">
+        <v>321</v>
+      </c>
+      <c r="E68" t="s">
+        <v>326</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>327</v>
+      </c>
+      <c r="H68" t="s">
+        <v>328</v>
+      </c>
+      <c r="I68" t="s">
+        <v>329</v>
+      </c>
+      <c r="J68" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>330</v>
+      </c>
+      <c r="C69" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" t="s">
+        <v>331</v>
+      </c>
+      <c r="E69" t="s">
+        <v>332</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>333</v>
+      </c>
+      <c r="H69" t="s">
+        <v>334</v>
+      </c>
+      <c r="I69" t="s">
+        <v>335</v>
+      </c>
+      <c r="J69" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>336</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>331</v>
+      </c>
+      <c r="E70" t="s">
+        <v>332</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>337</v>
+      </c>
+      <c r="H70" t="s">
+        <v>338</v>
+      </c>
+      <c r="I70" t="s">
+        <v>335</v>
+      </c>
+      <c r="J70" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>339</v>
+      </c>
+      <c r="C71" t="s">
+        <v>12</v>
+      </c>
+      <c r="D71" t="s">
+        <v>331</v>
+      </c>
+      <c r="E71" t="s">
+        <v>332</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>340</v>
+      </c>
+      <c r="H71" t="s">
+        <v>341</v>
+      </c>
+      <c r="I71" t="s">
+        <v>335</v>
+      </c>
+      <c r="J71" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>342</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
+        <v>331</v>
+      </c>
+      <c r="E72" t="s">
+        <v>343</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>344</v>
+      </c>
+      <c r="H72" t="s">
+        <v>345</v>
+      </c>
+      <c r="I72" t="s">
+        <v>346</v>
+      </c>
+      <c r="J72" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>53</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>331</v>
+      </c>
+      <c r="E73" t="s">
+        <v>343</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>347</v>
+      </c>
+      <c r="H73" t="s">
+        <v>348</v>
+      </c>
+      <c r="I73" t="s">
+        <v>346</v>
+      </c>
+      <c r="J73" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>108</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
+        <v>349</v>
+      </c>
+      <c r="E74" t="s">
+        <v>350</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>351</v>
+      </c>
+      <c r="H74" t="s">
+        <v>352</v>
+      </c>
+      <c r="I74" t="s">
+        <v>353</v>
+      </c>
+      <c r="J74" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>354</v>
+      </c>
+      <c r="C75" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" t="s">
+        <v>331</v>
+      </c>
+      <c r="E75" t="s">
+        <v>355</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>356</v>
+      </c>
+      <c r="H75" t="s">
+        <v>357</v>
+      </c>
+      <c r="I75" t="s">
+        <v>358</v>
+      </c>
+      <c r="J75" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" t="s">
+        <v>359</v>
+      </c>
+      <c r="C76" t="s">
+        <v>12</v>
+      </c>
+      <c r="D76" t="s">
+        <v>360</v>
+      </c>
+      <c r="E76" t="s">
+        <v>361</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
+        <v>362</v>
+      </c>
+      <c r="H76" t="s">
+        <v>363</v>
+      </c>
+      <c r="I76" t="s">
+        <v>364</v>
+      </c>
+      <c r="J76" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" t="s">
+        <v>366</v>
+      </c>
+      <c r="C77" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" t="s">
+        <v>367</v>
+      </c>
+      <c r="E77" t="s">
+        <v>368</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>369</v>
+      </c>
+      <c r="H77" t="s">
+        <v>370</v>
+      </c>
+      <c r="I77" t="s">
+        <v>335</v>
+      </c>
+      <c r="J77" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" t="s">
+        <v>371</v>
+      </c>
+      <c r="C78" t="s">
+        <v>12</v>
+      </c>
+      <c r="D78" t="s">
+        <v>367</v>
+      </c>
+      <c r="E78" t="s">
+        <v>368</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
+        <v>372</v>
+      </c>
+      <c r="H78" t="s">
+        <v>373</v>
+      </c>
+      <c r="I78" t="s">
+        <v>374</v>
+      </c>
+      <c r="J78" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>10</v>
+      </c>
+      <c r="B79" t="s">
+        <v>375</v>
+      </c>
+      <c r="C79" t="s">
+        <v>12</v>
+      </c>
+      <c r="D79" t="s">
+        <v>367</v>
+      </c>
+      <c r="E79" t="s">
+        <v>368</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>376</v>
+      </c>
+      <c r="H79" t="s">
+        <v>377</v>
+      </c>
+      <c r="I79" t="s">
+        <v>335</v>
+      </c>
+      <c r="J79" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>10</v>
+      </c>
+      <c r="B80" t="s">
+        <v>19</v>
+      </c>
+      <c r="C80" t="s">
+        <v>12</v>
+      </c>
+      <c r="D80" t="s">
+        <v>378</v>
+      </c>
+      <c r="E80" t="s">
+        <v>379</v>
+      </c>
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" t="s">
+        <v>380</v>
+      </c>
+      <c r="H80" t="s">
+        <v>381</v>
+      </c>
+      <c r="I80" t="s">
+        <v>22</v>
+      </c>
+      <c r="J80" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>10</v>
+      </c>
+      <c r="B81" t="s">
+        <v>175</v>
+      </c>
+      <c r="C81" t="s">
+        <v>12</v>
+      </c>
+      <c r="D81" t="s">
+        <v>378</v>
+      </c>
+      <c r="E81" t="s">
+        <v>382</v>
+      </c>
+      <c r="F81" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" t="s">
+        <v>383</v>
+      </c>
+      <c r="H81" t="s">
+        <v>384</v>
+      </c>
+      <c r="I81" t="s">
+        <v>385</v>
+      </c>
+      <c r="J81" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>10</v>
+      </c>
+      <c r="B82" t="s">
+        <v>197</v>
+      </c>
+      <c r="C82" t="s">
+        <v>12</v>
+      </c>
+      <c r="D82" t="s">
+        <v>378</v>
+      </c>
+      <c r="E82" t="s">
+        <v>382</v>
+      </c>
+      <c r="F82" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" t="s">
+        <v>386</v>
+      </c>
+      <c r="H82" t="s">
+        <v>387</v>
+      </c>
+      <c r="I82" t="s">
+        <v>385</v>
+      </c>
+      <c r="J82" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>10</v>
+      </c>
+      <c r="B83" t="s">
+        <v>388</v>
+      </c>
+      <c r="C83" t="s">
+        <v>12</v>
+      </c>
+      <c r="D83" t="s">
+        <v>389</v>
+      </c>
+      <c r="E83" t="s">
+        <v>390</v>
+      </c>
+      <c r="F83" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" t="s">
+        <v>391</v>
+      </c>
+      <c r="H83" t="s">
+        <v>392</v>
+      </c>
+      <c r="I83" t="s">
+        <v>232</v>
+      </c>
+      <c r="J83" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" t="s">
+        <v>393</v>
+      </c>
+      <c r="C84" t="s">
+        <v>394</v>
+      </c>
+      <c r="D84" t="s">
+        <v>395</v>
+      </c>
+      <c r="E84" t="s">
+        <v>396</v>
+      </c>
+      <c r="F84" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" t="s">
+        <v>397</v>
+      </c>
+      <c r="H84" t="s">
+        <v>398</v>
+      </c>
+      <c r="I84" t="s">
+        <v>394</v>
+      </c>
+      <c r="J84" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B85" t="s">
+        <v>400</v>
+      </c>
+      <c r="C85" t="s">
+        <v>297</v>
+      </c>
+      <c r="D85" t="s">
+        <v>395</v>
+      </c>
+      <c r="E85" t="s">
+        <v>396</v>
+      </c>
+      <c r="F85" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" t="s">
+        <v>401</v>
+      </c>
+      <c r="H85" t="s">
+        <v>402</v>
+      </c>
+      <c r="I85" t="s">
+        <v>394</v>
+      </c>
+      <c r="J85" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>10</v>
+      </c>
+      <c r="B86" t="s">
+        <v>403</v>
+      </c>
+      <c r="C86" t="s">
+        <v>394</v>
+      </c>
+      <c r="D86" t="s">
+        <v>395</v>
+      </c>
+      <c r="E86" t="s">
+        <v>396</v>
+      </c>
+      <c r="F86" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" t="s">
+        <v>404</v>
+      </c>
+      <c r="H86" t="s">
+        <v>405</v>
+      </c>
+      <c r="I86" t="s">
+        <v>394</v>
+      </c>
+      <c r="J86" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B87" t="s">
+        <v>406</v>
+      </c>
+      <c r="C87" t="s">
+        <v>394</v>
+      </c>
+      <c r="D87" t="s">
+        <v>395</v>
+      </c>
+      <c r="E87" t="s">
+        <v>396</v>
+      </c>
+      <c r="F87" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" t="s">
+        <v>407</v>
+      </c>
+      <c r="H87" t="s">
+        <v>408</v>
+      </c>
+      <c r="I87" t="s">
+        <v>394</v>
+      </c>
+      <c r="J87" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>10</v>
+      </c>
+      <c r="B88" t="s">
+        <v>409</v>
+      </c>
+      <c r="C88" t="s">
+        <v>394</v>
+      </c>
+      <c r="D88" t="s">
+        <v>395</v>
+      </c>
+      <c r="E88" t="s">
+        <v>410</v>
+      </c>
+      <c r="F88" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" t="s">
+        <v>411</v>
+      </c>
+      <c r="H88" t="s">
+        <v>412</v>
+      </c>
+      <c r="I88" t="s">
+        <v>394</v>
+      </c>
+      <c r="J88" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>10</v>
+      </c>
+      <c r="B89" t="s">
+        <v>169</v>
+      </c>
+      <c r="C89" t="s">
+        <v>22</v>
+      </c>
+      <c r="D89" t="s">
+        <v>413</v>
+      </c>
+      <c r="E89" t="s">
+        <v>414</v>
+      </c>
+      <c r="F89" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" t="s">
+        <v>415</v>
+      </c>
+      <c r="H89" t="s">
+        <v>416</v>
+      </c>
+      <c r="I89" t="s">
+        <v>22</v>
+      </c>
+      <c r="J89" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>10</v>
+      </c>
+      <c r="B90" t="s">
+        <v>418</v>
+      </c>
+      <c r="C90" t="s">
+        <v>419</v>
+      </c>
+      <c r="D90" t="s">
+        <v>413</v>
+      </c>
+      <c r="E90" t="s">
+        <v>420</v>
+      </c>
+      <c r="F90" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" t="s">
+        <v>421</v>
+      </c>
+      <c r="H90" t="s">
+        <v>422</v>
+      </c>
+      <c r="I90" t="s">
+        <v>419</v>
+      </c>
+      <c r="J90" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>10</v>
+      </c>
+      <c r="B91" t="s">
+        <v>152</v>
+      </c>
+      <c r="C91" t="s">
+        <v>424</v>
+      </c>
+      <c r="D91" t="s">
+        <v>425</v>
+      </c>
+      <c r="E91" t="s">
+        <v>426</v>
+      </c>
+      <c r="F91" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" t="s">
+        <v>427</v>
+      </c>
+      <c r="H91" t="s">
+        <v>428</v>
+      </c>
+      <c r="I91" t="s">
+        <v>138</v>
+      </c>
+      <c r="J91" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>10</v>
+      </c>
+      <c r="B92" t="s">
+        <v>145</v>
+      </c>
+      <c r="C92" t="s">
+        <v>424</v>
+      </c>
+      <c r="D92" t="s">
+        <v>425</v>
+      </c>
+      <c r="E92" t="s">
+        <v>426</v>
+      </c>
+      <c r="F92" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" t="s">
+        <v>429</v>
+      </c>
+      <c r="H92" t="s">
+        <v>430</v>
+      </c>
+      <c r="I92" t="s">
+        <v>346</v>
+      </c>
+      <c r="J92" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" t="s">
+        <v>431</v>
+      </c>
+      <c r="C93" t="s">
+        <v>432</v>
+      </c>
+      <c r="D93" t="s">
+        <v>433</v>
+      </c>
+      <c r="E93" t="s">
+        <v>434</v>
+      </c>
+      <c r="F93" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" t="s">
+        <v>435</v>
+      </c>
+      <c r="H93" t="s">
+        <v>436</v>
+      </c>
+      <c r="I93" t="s">
+        <v>432</v>
+      </c>
+      <c r="J93" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>10</v>
+      </c>
+      <c r="B94" t="s">
+        <v>438</v>
+      </c>
+      <c r="C94" t="s">
+        <v>439</v>
+      </c>
+      <c r="D94" t="s">
+        <v>433</v>
+      </c>
+      <c r="E94" t="s">
+        <v>434</v>
+      </c>
+      <c r="F94" t="s">
+        <v>12</v>
+      </c>
+      <c r="G94" t="s">
+        <v>440</v>
+      </c>
+      <c r="H94" t="s">
+        <v>441</v>
+      </c>
+      <c r="I94" t="s">
+        <v>439</v>
+      </c>
+      <c r="J94" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>10</v>
+      </c>
+      <c r="B95" t="s">
+        <v>418</v>
+      </c>
+      <c r="C95" t="s">
+        <v>419</v>
+      </c>
+      <c r="D95" t="s">
+        <v>433</v>
+      </c>
+      <c r="E95" t="s">
+        <v>443</v>
+      </c>
+      <c r="F95" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" t="s">
+        <v>444</v>
+      </c>
+      <c r="H95" t="s">
+        <v>445</v>
+      </c>
+      <c r="I95" t="s">
+        <v>419</v>
+      </c>
+      <c r="J95" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>10</v>
+      </c>
+      <c r="B96" t="s">
+        <v>446</v>
+      </c>
+      <c r="C96" t="s">
+        <v>439</v>
+      </c>
+      <c r="D96" t="s">
+        <v>447</v>
+      </c>
+      <c r="E96" t="s">
+        <v>448</v>
+      </c>
+      <c r="F96" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" t="s">
+        <v>449</v>
+      </c>
+      <c r="H96" t="s">
+        <v>450</v>
+      </c>
+      <c r="I96" t="s">
+        <v>439</v>
+      </c>
+      <c r="J96" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B97" t="s">
+        <v>452</v>
+      </c>
+      <c r="C97" t="s">
+        <v>439</v>
+      </c>
+      <c r="D97" t="s">
+        <v>447</v>
+      </c>
+      <c r="E97" t="s">
+        <v>448</v>
+      </c>
+      <c r="F97" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" t="s">
+        <v>453</v>
+      </c>
+      <c r="H97" t="s">
+        <v>454</v>
+      </c>
+      <c r="I97" t="s">
+        <v>439</v>
+      </c>
+      <c r="J97" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>10</v>
+      </c>
+      <c r="B98" t="s">
+        <v>197</v>
+      </c>
+      <c r="C98" t="s">
+        <v>456</v>
+      </c>
+      <c r="D98" t="s">
+        <v>457</v>
+      </c>
+      <c r="E98" t="s">
+        <v>458</v>
+      </c>
+      <c r="F98" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" t="s">
+        <v>459</v>
+      </c>
+      <c r="H98" t="s">
+        <v>460</v>
+      </c>
+      <c r="I98" t="s">
+        <v>424</v>
+      </c>
+      <c r="J98" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>10</v>
+      </c>
+      <c r="B99" t="s">
+        <v>330</v>
+      </c>
+      <c r="C99" t="s">
+        <v>424</v>
+      </c>
+      <c r="D99" t="s">
+        <v>461</v>
+      </c>
+      <c r="E99" t="s">
+        <v>462</v>
+      </c>
+      <c r="F99" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" t="s">
+        <v>463</v>
+      </c>
+      <c r="H99" t="s">
+        <v>464</v>
+      </c>
+      <c r="I99" t="s">
+        <v>424</v>
+      </c>
+      <c r="J99" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>10</v>
+      </c>
+      <c r="B100" t="s">
+        <v>339</v>
+      </c>
+      <c r="C100" t="s">
+        <v>424</v>
+      </c>
+      <c r="D100" t="s">
+        <v>461</v>
+      </c>
+      <c r="E100" t="s">
+        <v>462</v>
+      </c>
+      <c r="F100" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" t="s">
+        <v>465</v>
+      </c>
+      <c r="H100" t="s">
+        <v>466</v>
+      </c>
+      <c r="I100" t="s">
+        <v>424</v>
+      </c>
+      <c r="J100" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>10</v>
+      </c>
+      <c r="B101" t="s">
+        <v>467</v>
+      </c>
+      <c r="C101" t="s">
+        <v>424</v>
+      </c>
+      <c r="D101" t="s">
+        <v>461</v>
+      </c>
+      <c r="E101" t="s">
+        <v>462</v>
+      </c>
+      <c r="F101" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" t="s">
+        <v>468</v>
+      </c>
+      <c r="H101" t="s">
+        <v>469</v>
+      </c>
+      <c r="I101" t="s">
+        <v>424</v>
+      </c>
+      <c r="J101" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B102" t="s">
+        <v>342</v>
+      </c>
+      <c r="C102" t="s">
+        <v>424</v>
+      </c>
+      <c r="D102" t="s">
+        <v>461</v>
+      </c>
+      <c r="E102" t="s">
+        <v>470</v>
+      </c>
+      <c r="F102" t="s">
+        <v>12</v>
+      </c>
+      <c r="G102" t="s">
+        <v>471</v>
+      </c>
+      <c r="H102" t="s">
+        <v>472</v>
+      </c>
+      <c r="I102" t="s">
+        <v>424</v>
+      </c>
+      <c r="J102" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>10</v>
+      </c>
+      <c r="B103" t="s">
+        <v>473</v>
+      </c>
+      <c r="C103" t="s">
+        <v>419</v>
+      </c>
+      <c r="D103" t="s">
+        <v>474</v>
+      </c>
+      <c r="E103" t="s">
+        <v>475</v>
+      </c>
+      <c r="F103" t="s">
+        <v>12</v>
+      </c>
+      <c r="G103" t="s">
+        <v>476</v>
+      </c>
+      <c r="H103" t="s">
+        <v>477</v>
+      </c>
+      <c r="I103" t="s">
+        <v>419</v>
+      </c>
+      <c r="J103" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>10</v>
+      </c>
+      <c r="B104" t="s">
+        <v>479</v>
+      </c>
+      <c r="C104" t="s">
+        <v>12</v>
+      </c>
+      <c r="D104" t="s">
+        <v>474</v>
+      </c>
+      <c r="E104" t="s">
+        <v>480</v>
+      </c>
+      <c r="F104" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" t="s">
+        <v>481</v>
+      </c>
+      <c r="H104" t="s">
+        <v>482</v>
+      </c>
+      <c r="I104" t="s">
+        <v>12</v>
+      </c>
+      <c r="J104" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>10</v>
+      </c>
+      <c r="B105" t="s">
+        <v>142</v>
+      </c>
+      <c r="C105" t="s">
+        <v>12</v>
+      </c>
+      <c r="D105" t="s">
+        <v>483</v>
+      </c>
+      <c r="E105" t="s">
+        <v>480</v>
+      </c>
+      <c r="F105" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" t="s">
+        <v>484</v>
+      </c>
+      <c r="H105" t="s">
+        <v>485</v>
+      </c>
+      <c r="I105" t="s">
+        <v>12</v>
+      </c>
+      <c r="J105" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>10</v>
+      </c>
+      <c r="B106" t="s">
+        <v>53</v>
+      </c>
+      <c r="C106" t="s">
+        <v>12</v>
+      </c>
+      <c r="D106" t="s">
+        <v>474</v>
+      </c>
+      <c r="E106" t="s">
+        <v>486</v>
+      </c>
+      <c r="F106" t="s">
+        <v>12</v>
+      </c>
+      <c r="G106" t="s">
+        <v>487</v>
+      </c>
+      <c r="H106" t="s">
+        <v>488</v>
+      </c>
+      <c r="I106" t="s">
+        <v>12</v>
+      </c>
+      <c r="J106" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>10</v>
+      </c>
+      <c r="B107" t="s">
+        <v>227</v>
+      </c>
+      <c r="C107" t="s">
+        <v>424</v>
+      </c>
+      <c r="D107" t="s">
+        <v>228</v>
+      </c>
+      <c r="E107" t="s">
+        <v>489</v>
+      </c>
+      <c r="F107" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" t="s">
+        <v>490</v>
+      </c>
+      <c r="H107" t="s">
+        <v>491</v>
+      </c>
+      <c r="I107" t="s">
+        <v>424</v>
+      </c>
+      <c r="J107" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>10</v>
+      </c>
+      <c r="B108" t="s">
+        <v>492</v>
+      </c>
+      <c r="C108" t="s">
+        <v>493</v>
+      </c>
+      <c r="D108" t="s">
+        <v>494</v>
+      </c>
+      <c r="E108" t="s">
+        <v>495</v>
+      </c>
+      <c r="F108" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" t="s">
+        <v>496</v>
+      </c>
+      <c r="H108" t="s">
+        <v>497</v>
+      </c>
+      <c r="I108" t="s">
+        <v>493</v>
+      </c>
+      <c r="J108" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>10</v>
+      </c>
+      <c r="B109" t="s">
+        <v>499</v>
+      </c>
+      <c r="C109" t="s">
+        <v>493</v>
+      </c>
+      <c r="D109" t="s">
+        <v>500</v>
+      </c>
+      <c r="E109" t="s">
+        <v>495</v>
+      </c>
+      <c r="F109" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" t="s">
+        <v>501</v>
+      </c>
+      <c r="H109" t="s">
+        <v>502</v>
+      </c>
+      <c r="I109" t="s">
+        <v>493</v>
+      </c>
+      <c r="J109" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>10</v>
+      </c>
+      <c r="B110" t="s">
+        <v>503</v>
+      </c>
+      <c r="C110" t="s">
+        <v>439</v>
+      </c>
+      <c r="D110" t="s">
+        <v>504</v>
+      </c>
+      <c r="E110" t="s">
+        <v>505</v>
+      </c>
+      <c r="F110" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" t="s">
+        <v>506</v>
+      </c>
+      <c r="H110" t="s">
+        <v>507</v>
+      </c>
+      <c r="I110" t="s">
+        <v>439</v>
+      </c>
+      <c r="J110" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>10</v>
+      </c>
+      <c r="B111" t="s">
+        <v>509</v>
+      </c>
+      <c r="C111" t="s">
+        <v>439</v>
+      </c>
+      <c r="D111" t="s">
+        <v>504</v>
+      </c>
+      <c r="E111" t="s">
+        <v>505</v>
+      </c>
+      <c r="F111" t="s">
+        <v>12</v>
+      </c>
+      <c r="G111" t="s">
+        <v>510</v>
+      </c>
+      <c r="H111" t="s">
+        <v>511</v>
+      </c>
+      <c r="I111" t="s">
+        <v>439</v>
+      </c>
+      <c r="J111" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>10</v>
+      </c>
+      <c r="B112" t="s">
+        <v>513</v>
+      </c>
+      <c r="C112" t="s">
+        <v>514</v>
+      </c>
+      <c r="D112" t="s">
+        <v>515</v>
+      </c>
+      <c r="E112" t="s">
+        <v>516</v>
+      </c>
+      <c r="F112" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" t="s">
+        <v>517</v>
+      </c>
+      <c r="H112" t="s">
+        <v>518</v>
+      </c>
+      <c r="I112" t="s">
+        <v>514</v>
+      </c>
+      <c r="J112" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>10</v>
+      </c>
+      <c r="B113" t="s">
+        <v>519</v>
+      </c>
+      <c r="C113" t="s">
+        <v>514</v>
+      </c>
+      <c r="D113" t="s">
+        <v>515</v>
+      </c>
+      <c r="E113" t="s">
+        <v>516</v>
+      </c>
+      <c r="F113" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" t="s">
+        <v>520</v>
+      </c>
+      <c r="H113" t="s">
+        <v>521</v>
+      </c>
+      <c r="I113" t="s">
+        <v>514</v>
+      </c>
+      <c r="J113" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>10</v>
+      </c>
+      <c r="B114" t="s">
+        <v>522</v>
+      </c>
+      <c r="C114" t="s">
+        <v>424</v>
+      </c>
+      <c r="D114" t="s">
+        <v>523</v>
+      </c>
+      <c r="E114" t="s">
+        <v>524</v>
+      </c>
+      <c r="F114" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" t="s">
+        <v>525</v>
+      </c>
+      <c r="H114" t="s">
+        <v>526</v>
+      </c>
+      <c r="I114" t="s">
+        <v>424</v>
+      </c>
+      <c r="J114" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>10</v>
+      </c>
+      <c r="B115" t="s">
+        <v>175</v>
+      </c>
+      <c r="C115" t="s">
+        <v>424</v>
+      </c>
+      <c r="D115" t="s">
+        <v>527</v>
+      </c>
+      <c r="E115" t="s">
+        <v>528</v>
+      </c>
+      <c r="F115" t="s">
+        <v>12</v>
+      </c>
+      <c r="G115" t="s">
+        <v>529</v>
+      </c>
+      <c r="H115" t="s">
+        <v>530</v>
+      </c>
+      <c r="I115" t="s">
+        <v>424</v>
+      </c>
+      <c r="J115" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>10</v>
+      </c>
+      <c r="B116" t="s">
+        <v>531</v>
+      </c>
+      <c r="C116" t="s">
+        <v>424</v>
+      </c>
+      <c r="D116" t="s">
+        <v>523</v>
+      </c>
+      <c r="E116" t="s">
+        <v>532</v>
+      </c>
+      <c r="F116" t="s">
+        <v>12</v>
+      </c>
+      <c r="G116" t="s">
+        <v>533</v>
+      </c>
+      <c r="H116" t="s">
+        <v>534</v>
+      </c>
+      <c r="I116" t="s">
+        <v>424</v>
+      </c>
+      <c r="J116" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>10</v>
+      </c>
+      <c r="B117" t="s">
+        <v>535</v>
+      </c>
+      <c r="C117" t="s">
+        <v>424</v>
+      </c>
+      <c r="D117" t="s">
+        <v>536</v>
+      </c>
+      <c r="E117" t="s">
+        <v>537</v>
+      </c>
+      <c r="F117" t="s">
+        <v>12</v>
+      </c>
+      <c r="G117" t="s">
+        <v>538</v>
+      </c>
+      <c r="H117" t="s">
+        <v>539</v>
+      </c>
+      <c r="I117" t="s">
+        <v>424</v>
+      </c>
+      <c r="J117" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>10</v>
+      </c>
+      <c r="B118" t="s">
+        <v>169</v>
+      </c>
+      <c r="C118" t="s">
+        <v>424</v>
+      </c>
+      <c r="D118" t="s">
+        <v>541</v>
+      </c>
+      <c r="E118" t="s">
+        <v>542</v>
+      </c>
+      <c r="F118" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" t="s">
+        <v>543</v>
+      </c>
+      <c r="H118" t="s">
+        <v>544</v>
+      </c>
+      <c r="I118" t="s">
+        <v>424</v>
+      </c>
+      <c r="J118" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>10</v>
+      </c>
+      <c r="B119" t="s">
+        <v>84</v>
+      </c>
+      <c r="C119" t="s">
+        <v>546</v>
+      </c>
+      <c r="D119" t="s">
+        <v>547</v>
+      </c>
+      <c r="E119" t="s">
+        <v>548</v>
+      </c>
+      <c r="F119" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" t="s">
+        <v>549</v>
+      </c>
+      <c r="H119" t="s">
+        <v>550</v>
+      </c>
+      <c r="I119" t="s">
+        <v>546</v>
+      </c>
+      <c r="J119" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>10</v>
+      </c>
+      <c r="B120" t="s">
+        <v>130</v>
+      </c>
+      <c r="C120" t="s">
+        <v>424</v>
+      </c>
+      <c r="D120" t="s">
+        <v>551</v>
+      </c>
+      <c r="E120" t="s">
+        <v>552</v>
+      </c>
+      <c r="F120" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" t="s">
+        <v>553</v>
+      </c>
+      <c r="H120" t="s">
+        <v>554</v>
+      </c>
+      <c r="I120" t="s">
+        <v>424</v>
+      </c>
+      <c r="J120" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>10</v>
+      </c>
+      <c r="B121" t="s">
+        <v>555</v>
+      </c>
+      <c r="C121" t="s">
+        <v>424</v>
+      </c>
+      <c r="D121" t="s">
+        <v>556</v>
+      </c>
+      <c r="E121" t="s">
+        <v>557</v>
+      </c>
+      <c r="F121" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" t="s">
+        <v>558</v>
+      </c>
+      <c r="H121" t="s">
+        <v>559</v>
+      </c>
+      <c r="I121" t="s">
+        <v>424</v>
+      </c>
+      <c r="J121" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>10</v>
+      </c>
+      <c r="B122" t="s">
+        <v>560</v>
+      </c>
+      <c r="C122" t="s">
+        <v>424</v>
+      </c>
+      <c r="D122" t="s">
+        <v>561</v>
+      </c>
+      <c r="E122" t="s">
+        <v>562</v>
+      </c>
+      <c r="F122" t="s">
+        <v>12</v>
+      </c>
+      <c r="G122" t="s">
+        <v>563</v>
+      </c>
+      <c r="H122" t="s">
+        <v>564</v>
+      </c>
+      <c r="I122" t="s">
+        <v>424</v>
+      </c>
+      <c r="J122" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>10</v>
+      </c>
+      <c r="B123" t="s">
+        <v>139</v>
+      </c>
+      <c r="C123" t="s">
+        <v>424</v>
+      </c>
+      <c r="D123" t="s">
+        <v>565</v>
+      </c>
+      <c r="E123" t="s">
+        <v>562</v>
+      </c>
+      <c r="F123" t="s">
+        <v>12</v>
+      </c>
+      <c r="G123" t="s">
+        <v>566</v>
+      </c>
+      <c r="H123" t="s">
+        <v>567</v>
+      </c>
+      <c r="I123" t="s">
+        <v>424</v>
+      </c>
+      <c r="J123" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>10</v>
+      </c>
+      <c r="B124" t="s">
+        <v>568</v>
+      </c>
+      <c r="C124" t="s">
+        <v>424</v>
+      </c>
+      <c r="D124" t="s">
+        <v>556</v>
+      </c>
+      <c r="E124" t="s">
+        <v>562</v>
+      </c>
+      <c r="F124" t="s">
+        <v>12</v>
+      </c>
+      <c r="G124" t="s">
+        <v>569</v>
+      </c>
+      <c r="H124" t="s">
+        <v>570</v>
+      </c>
+      <c r="I124" t="s">
+        <v>424</v>
+      </c>
+      <c r="J124" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>10</v>
+      </c>
+      <c r="B125" t="s">
+        <v>571</v>
+      </c>
+      <c r="C125" t="s">
+        <v>424</v>
+      </c>
+      <c r="D125" t="s">
+        <v>556</v>
+      </c>
+      <c r="E125" t="s">
+        <v>572</v>
+      </c>
+      <c r="F125" t="s">
+        <v>12</v>
+      </c>
+      <c r="G125" t="s">
+        <v>573</v>
+      </c>
+      <c r="H125" t="s">
+        <v>574</v>
+      </c>
+      <c r="I125" t="s">
+        <v>424</v>
+      </c>
+      <c r="J125" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>10</v>
+      </c>
+      <c r="B126" t="s">
+        <v>575</v>
+      </c>
+      <c r="C126" t="s">
+        <v>424</v>
+      </c>
+      <c r="D126" t="s">
+        <v>556</v>
+      </c>
+      <c r="E126" t="s">
+        <v>572</v>
+      </c>
+      <c r="F126" t="s">
+        <v>12</v>
+      </c>
+      <c r="G126" t="s">
+        <v>576</v>
+      </c>
+      <c r="H126" t="s">
+        <v>577</v>
+      </c>
+      <c r="I126" t="s">
+        <v>424</v>
+      </c>
+      <c r="J126" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>10</v>
+      </c>
+      <c r="B127" t="s">
+        <v>578</v>
+      </c>
+      <c r="C127" t="s">
+        <v>12</v>
+      </c>
+      <c r="D127" t="s">
+        <v>579</v>
+      </c>
+      <c r="E127" t="s">
+        <v>580</v>
+      </c>
+      <c r="F127" t="s">
+        <v>12</v>
+      </c>
+      <c r="G127" t="s">
+        <v>581</v>
+      </c>
+      <c r="H127" t="s">
+        <v>582</v>
+      </c>
+      <c r="I127" t="s">
+        <v>12</v>
+      </c>
+      <c r="J127" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>10</v>
+      </c>
+      <c r="B128" t="s">
+        <v>148</v>
+      </c>
+      <c r="C128" t="s">
+        <v>424</v>
+      </c>
+      <c r="D128" t="s">
+        <v>12</v>
+      </c>
+      <c r="E128" t="s">
+        <v>584</v>
+      </c>
+      <c r="F128" t="s">
+        <v>12</v>
+      </c>
+      <c r="G128" t="s">
+        <v>585</v>
+      </c>
+      <c r="H128" t="s">
+        <v>586</v>
+      </c>
+      <c r="I128" t="s">
+        <v>424</v>
+      </c>
+      <c r="J128" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>10</v>
+      </c>
+      <c r="B129" t="s">
+        <v>587</v>
+      </c>
+      <c r="C129" t="s">
+        <v>12</v>
+      </c>
+      <c r="D129" t="s">
+        <v>588</v>
+      </c>
+      <c r="E129" t="s">
+        <v>589</v>
+      </c>
+      <c r="F129" t="s">
+        <v>12</v>
+      </c>
+      <c r="G129" t="s">
+        <v>590</v>
+      </c>
+      <c r="H129" t="s">
+        <v>591</v>
+      </c>
+      <c r="I129" t="s">
+        <v>12</v>
+      </c>
+      <c r="J129" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>10</v>
+      </c>
+      <c r="B130" t="s">
+        <v>593</v>
+      </c>
+      <c r="C130" t="s">
+        <v>12</v>
+      </c>
+      <c r="D130" t="s">
+        <v>588</v>
+      </c>
+      <c r="E130" t="s">
+        <v>589</v>
+      </c>
+      <c r="F130" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" t="s">
+        <v>594</v>
+      </c>
+      <c r="H130" t="s">
+        <v>595</v>
+      </c>
+      <c r="I130" t="s">
+        <v>12</v>
+      </c>
+      <c r="J130" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>10</v>
+      </c>
+      <c r="B131" t="s">
+        <v>596</v>
+      </c>
+      <c r="C131" t="s">
+        <v>12</v>
+      </c>
+      <c r="D131" t="s">
+        <v>588</v>
+      </c>
+      <c r="E131" t="s">
+        <v>589</v>
+      </c>
+      <c r="F131" t="s">
+        <v>12</v>
+      </c>
+      <c r="G131" t="s">
+        <v>597</v>
+      </c>
+      <c r="H131" t="s">
+        <v>598</v>
+      </c>
+      <c r="I131" t="s">
+        <v>12</v>
+      </c>
+      <c r="J131" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>10</v>
+      </c>
+      <c r="B132" t="s">
+        <v>599</v>
+      </c>
+      <c r="C132" t="s">
+        <v>12</v>
+      </c>
+      <c r="D132" t="s">
+        <v>588</v>
+      </c>
+      <c r="E132" t="s">
+        <v>600</v>
+      </c>
+      <c r="F132" t="s">
+        <v>12</v>
+      </c>
+      <c r="G132" t="s">
+        <v>601</v>
+      </c>
+      <c r="H132" t="s">
+        <v>602</v>
+      </c>
+      <c r="I132" t="s">
+        <v>12</v>
+      </c>
+      <c r="J132" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>10</v>
+      </c>
+      <c r="B133" t="s">
+        <v>604</v>
+      </c>
+      <c r="C133" t="s">
+        <v>12</v>
+      </c>
+      <c r="D133" t="s">
+        <v>605</v>
+      </c>
+      <c r="E133" t="s">
+        <v>606</v>
+      </c>
+      <c r="F133" t="s">
+        <v>12</v>
+      </c>
+      <c r="G133" t="s">
+        <v>607</v>
+      </c>
+      <c r="H133" t="s">
+        <v>608</v>
+      </c>
+      <c r="I133" t="s">
+        <v>12</v>
+      </c>
+      <c r="J133" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>10</v>
+      </c>
+      <c r="B134" t="s">
+        <v>609</v>
+      </c>
+      <c r="C134" t="s">
+        <v>610</v>
+      </c>
+      <c r="D134" t="s">
+        <v>611</v>
+      </c>
+      <c r="E134" t="s">
+        <v>612</v>
+      </c>
+      <c r="F134" t="s">
+        <v>12</v>
+      </c>
+      <c r="G134" t="s">
+        <v>613</v>
+      </c>
+      <c r="H134" t="s">
+        <v>614</v>
+      </c>
+      <c r="I134" t="s">
+        <v>610</v>
+      </c>
+      <c r="J134" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>10</v>
+      </c>
+      <c r="B135" t="s">
+        <v>616</v>
+      </c>
+      <c r="C135" t="s">
+        <v>617</v>
+      </c>
+      <c r="D135" t="s">
+        <v>618</v>
+      </c>
+      <c r="E135" t="s">
+        <v>619</v>
+      </c>
+      <c r="F135" t="s">
+        <v>12</v>
+      </c>
+      <c r="G135" t="s">
+        <v>620</v>
+      </c>
+      <c r="H135" t="s">
+        <v>621</v>
+      </c>
+      <c r="I135" t="s">
+        <v>617</v>
+      </c>
+      <c r="J135" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>10</v>
+      </c>
+      <c r="B136" t="s">
+        <v>623</v>
+      </c>
+      <c r="C136" t="s">
+        <v>624</v>
+      </c>
+      <c r="D136" t="s">
+        <v>625</v>
+      </c>
+      <c r="E136" t="s">
+        <v>626</v>
+      </c>
+      <c r="F136" t="s">
+        <v>12</v>
+      </c>
+      <c r="G136" t="s">
+        <v>627</v>
+      </c>
+      <c r="H136" t="s">
+        <v>628</v>
+      </c>
+      <c r="I136" t="s">
+        <v>624</v>
+      </c>
+      <c r="J136" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>10</v>
+      </c>
+      <c r="B137" t="s">
+        <v>630</v>
+      </c>
+      <c r="C137" t="s">
+        <v>631</v>
+      </c>
+      <c r="D137" t="s">
+        <v>632</v>
+      </c>
+      <c r="E137" t="s">
+        <v>633</v>
+      </c>
+      <c r="F137" t="s">
+        <v>12</v>
+      </c>
+      <c r="G137" t="s">
+        <v>634</v>
+      </c>
+      <c r="H137" t="s">
+        <v>635</v>
+      </c>
+      <c r="I137" t="s">
+        <v>631</v>
+      </c>
+      <c r="J137" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>10</v>
+      </c>
+      <c r="B138" t="s">
+        <v>636</v>
+      </c>
+      <c r="C138" t="s">
+        <v>12</v>
+      </c>
+      <c r="D138" t="s">
+        <v>637</v>
+      </c>
+      <c r="E138" t="s">
+        <v>638</v>
+      </c>
+      <c r="F138" t="s">
+        <v>12</v>
+      </c>
+      <c r="G138" t="s">
+        <v>639</v>
+      </c>
+      <c r="H138" t="s">
+        <v>640</v>
+      </c>
+      <c r="I138" t="s">
+        <v>12</v>
+      </c>
+      <c r="J138" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>10</v>
+      </c>
+      <c r="B139" t="s">
+        <v>642</v>
+      </c>
+      <c r="C139" t="s">
+        <v>12</v>
+      </c>
+      <c r="D139" t="s">
+        <v>643</v>
+      </c>
+      <c r="E139" t="s">
+        <v>644</v>
+      </c>
+      <c r="F139" t="s">
+        <v>12</v>
+      </c>
+      <c r="G139" t="s">
+        <v>645</v>
+      </c>
+      <c r="H139" t="s">
+        <v>646</v>
+      </c>
+      <c r="I139" t="s">
+        <v>12</v>
+      </c>
+      <c r="J139" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>10</v>
+      </c>
+      <c r="B140" t="s">
+        <v>648</v>
+      </c>
+      <c r="C140" t="s">
+        <v>12</v>
+      </c>
+      <c r="D140" t="s">
+        <v>643</v>
+      </c>
+      <c r="E140" t="s">
+        <v>644</v>
+      </c>
+      <c r="F140" t="s">
+        <v>12</v>
+      </c>
+      <c r="G140" t="s">
+        <v>649</v>
+      </c>
+      <c r="H140" t="s">
+        <v>650</v>
+      </c>
+      <c r="I140" t="s">
+        <v>12</v>
+      </c>
+      <c r="J140" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>10</v>
+      </c>
+      <c r="B141" t="s">
+        <v>652</v>
+      </c>
+      <c r="C141" t="s">
+        <v>12</v>
+      </c>
+      <c r="D141" t="s">
+        <v>653</v>
+      </c>
+      <c r="E141" t="s">
+        <v>654</v>
+      </c>
+      <c r="F141" t="s">
+        <v>12</v>
+      </c>
+      <c r="G141" t="s">
+        <v>655</v>
+      </c>
+      <c r="H141" t="s">
+        <v>656</v>
+      </c>
+      <c r="I141" t="s">
+        <v>12</v>
+      </c>
+      <c r="J141" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>10</v>
+      </c>
+      <c r="B142" t="s">
+        <v>657</v>
+      </c>
+      <c r="C142" t="s">
+        <v>658</v>
+      </c>
+      <c r="D142" t="s">
+        <v>653</v>
+      </c>
+      <c r="E142" t="s">
+        <v>659</v>
+      </c>
+      <c r="F142" t="s">
+        <v>12</v>
+      </c>
+      <c r="G142" t="s">
+        <v>660</v>
+      </c>
+      <c r="H142" t="s">
+        <v>661</v>
+      </c>
+      <c r="I142" t="s">
+        <v>12</v>
+      </c>
+      <c r="J142" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>10</v>
+      </c>
+      <c r="B143" t="s">
+        <v>662</v>
+      </c>
+      <c r="C143" t="s">
+        <v>12</v>
+      </c>
+      <c r="D143" t="s">
+        <v>663</v>
+      </c>
+      <c r="E143" t="s">
+        <v>664</v>
+      </c>
+      <c r="F143" t="s">
+        <v>12</v>
+      </c>
+      <c r="G143" t="s">
+        <v>665</v>
+      </c>
+      <c r="H143" t="s">
+        <v>666</v>
+      </c>
+      <c r="I143" t="s">
+        <v>12</v>
+      </c>
+      <c r="J143" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>10</v>
+      </c>
+      <c r="B144" t="s">
+        <v>668</v>
+      </c>
+      <c r="C144" t="s">
+        <v>12</v>
+      </c>
+      <c r="D144" t="s">
+        <v>669</v>
+      </c>
+      <c r="E144" t="s">
+        <v>670</v>
+      </c>
+      <c r="F144" t="s">
+        <v>12</v>
+      </c>
+      <c r="G144" t="s">
+        <v>671</v>
+      </c>
+      <c r="H144" t="s">
+        <v>672</v>
+      </c>
+      <c r="I144" t="s">
+        <v>12</v>
+      </c>
+      <c r="J144" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>10</v>
+      </c>
+      <c r="B145" t="s">
+        <v>674</v>
+      </c>
+      <c r="C145" t="s">
+        <v>12</v>
+      </c>
+      <c r="D145" t="s">
+        <v>675</v>
+      </c>
+      <c r="E145" t="s">
+        <v>676</v>
+      </c>
+      <c r="F145" t="s">
+        <v>12</v>
+      </c>
+      <c r="G145" t="s">
+        <v>677</v>
+      </c>
+      <c r="H145" t="s">
+        <v>678</v>
+      </c>
+      <c r="I145" t="s">
+        <v>12</v>
+      </c>
+      <c r="J145" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>10</v>
+      </c>
+      <c r="B146" t="s">
+        <v>680</v>
+      </c>
+      <c r="C146" t="s">
+        <v>12</v>
+      </c>
+      <c r="D146" t="s">
+        <v>675</v>
+      </c>
+      <c r="E146" t="s">
+        <v>676</v>
+      </c>
+      <c r="F146" t="s">
+        <v>12</v>
+      </c>
+      <c r="G146" t="s">
+        <v>681</v>
+      </c>
+      <c r="H146" t="s">
+        <v>682</v>
+      </c>
+      <c r="I146" t="s">
+        <v>12</v>
+      </c>
+      <c r="J146" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>10</v>
+      </c>
+      <c r="B147" t="s">
+        <v>683</v>
+      </c>
+      <c r="C147" t="s">
+        <v>12</v>
+      </c>
+      <c r="D147" t="s">
+        <v>675</v>
+      </c>
+      <c r="E147" t="s">
+        <v>676</v>
+      </c>
+      <c r="F147" t="s">
+        <v>12</v>
+      </c>
+      <c r="G147" t="s">
+        <v>684</v>
+      </c>
+      <c r="H147" t="s">
+        <v>685</v>
+      </c>
+      <c r="I147" t="s">
+        <v>12</v>
+      </c>
+      <c r="J147" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>10</v>
+      </c>
+      <c r="B148" t="s">
+        <v>686</v>
+      </c>
+      <c r="C148" t="s">
+        <v>687</v>
+      </c>
+      <c r="D148" t="s">
+        <v>688</v>
+      </c>
+      <c r="E148" t="s">
+        <v>689</v>
+      </c>
+      <c r="F148" t="s">
+        <v>12</v>
+      </c>
+      <c r="G148" t="s">
+        <v>690</v>
+      </c>
+      <c r="H148" t="s">
+        <v>691</v>
+      </c>
+      <c r="I148" t="s">
+        <v>12</v>
+      </c>
+      <c r="J148" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>10</v>
+      </c>
+      <c r="B149" t="s">
+        <v>693</v>
+      </c>
+      <c r="C149" t="s">
+        <v>12</v>
+      </c>
+      <c r="D149" t="s">
+        <v>694</v>
+      </c>
+      <c r="E149" t="s">
+        <v>695</v>
+      </c>
+      <c r="F149" t="s">
+        <v>12</v>
+      </c>
+      <c r="G149" t="s">
+        <v>696</v>
+      </c>
+      <c r="H149" t="s">
+        <v>697</v>
+      </c>
+      <c r="I149" t="s">
+        <v>12</v>
+      </c>
+      <c r="J149" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>10</v>
+      </c>
+      <c r="B150" t="s">
+        <v>699</v>
+      </c>
+      <c r="C150" t="s">
+        <v>12</v>
+      </c>
+      <c r="D150" t="s">
+        <v>700</v>
+      </c>
+      <c r="E150" t="s">
+        <v>701</v>
+      </c>
+      <c r="F150" t="s">
+        <v>12</v>
+      </c>
+      <c r="G150" t="s">
+        <v>702</v>
+      </c>
+      <c r="H150" t="s">
+        <v>703</v>
+      </c>
+      <c r="I150" t="s">
+        <v>12</v>
+      </c>
+      <c r="J150" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>10</v>
+      </c>
+      <c r="B151" t="s">
+        <v>704</v>
+      </c>
+      <c r="C151" t="s">
+        <v>705</v>
+      </c>
+      <c r="D151" t="s">
+        <v>706</v>
+      </c>
+      <c r="E151" t="s">
+        <v>707</v>
+      </c>
+      <c r="F151" t="s">
+        <v>12</v>
+      </c>
+      <c r="G151" t="s">
+        <v>708</v>
+      </c>
+      <c r="H151" t="s">
+        <v>709</v>
+      </c>
+      <c r="I151" t="s">
+        <v>12</v>
+      </c>
+      <c r="J151" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>10</v>
+      </c>
+      <c r="B152" t="s">
+        <v>711</v>
+      </c>
+      <c r="C152" t="s">
+        <v>12</v>
+      </c>
+      <c r="D152" t="s">
+        <v>712</v>
+      </c>
+      <c r="E152" t="s">
+        <v>713</v>
+      </c>
+      <c r="F152" t="s">
+        <v>12</v>
+      </c>
+      <c r="G152" t="s">
+        <v>714</v>
+      </c>
+      <c r="H152" t="s">
+        <v>715</v>
+      </c>
+      <c r="I152" t="s">
+        <v>12</v>
+      </c>
+      <c r="J152" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>10</v>
+      </c>
+      <c r="B153" t="s">
+        <v>717</v>
+      </c>
+      <c r="C153" t="s">
+        <v>12</v>
+      </c>
+      <c r="D153" t="s">
+        <v>718</v>
+      </c>
+      <c r="E153" t="s">
+        <v>719</v>
+      </c>
+      <c r="F153" t="s">
+        <v>12</v>
+      </c>
+      <c r="G153" t="s">
+        <v>720</v>
+      </c>
+      <c r="H153" t="s">
+        <v>721</v>
+      </c>
+      <c r="I153" t="s">
+        <v>12</v>
+      </c>
+      <c r="J153" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>10</v>
+      </c>
+      <c r="B154" t="s">
+        <v>723</v>
+      </c>
+      <c r="C154" t="s">
+        <v>724</v>
+      </c>
+      <c r="D154" t="s">
+        <v>725</v>
+      </c>
+      <c r="E154" t="s">
+        <v>726</v>
+      </c>
+      <c r="F154" t="s">
+        <v>12</v>
+      </c>
+      <c r="G154" t="s">
+        <v>727</v>
+      </c>
+      <c r="H154" t="s">
+        <v>728</v>
+      </c>
+      <c r="I154" t="s">
+        <v>12</v>
+      </c>
+      <c r="J154" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>10</v>
+      </c>
+      <c r="B155" t="s">
+        <v>729</v>
+      </c>
+      <c r="C155" t="s">
+        <v>12</v>
+      </c>
+      <c r="D155" t="s">
+        <v>730</v>
+      </c>
+      <c r="E155" t="s">
+        <v>731</v>
+      </c>
+      <c r="F155" t="s">
+        <v>12</v>
+      </c>
+      <c r="G155" t="s">
+        <v>732</v>
+      </c>
+      <c r="H155" t="s">
+        <v>733</v>
+      </c>
+      <c r="I155" t="s">
+        <v>12</v>
+      </c>
+      <c r="J155" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>10</v>
+      </c>
+      <c r="B156" t="s">
+        <v>734</v>
+      </c>
+      <c r="C156" t="s">
+        <v>12</v>
+      </c>
+      <c r="D156" t="s">
+        <v>735</v>
+      </c>
+      <c r="E156" t="s">
+        <v>736</v>
+      </c>
+      <c r="F156" t="s">
+        <v>12</v>
+      </c>
+      <c r="G156" t="s">
+        <v>737</v>
+      </c>
+      <c r="H156" t="s">
+        <v>738</v>
+      </c>
+      <c r="I156" t="s">
+        <v>12</v>
+      </c>
+      <c r="J156" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>10</v>
+      </c>
+      <c r="B157" t="s">
+        <v>522</v>
+      </c>
+      <c r="C157" t="s">
+        <v>12</v>
+      </c>
+      <c r="D157" t="s">
+        <v>740</v>
+      </c>
+      <c r="E157" t="s">
+        <v>741</v>
+      </c>
+      <c r="F157" t="s">
+        <v>12</v>
+      </c>
+      <c r="G157" t="s">
+        <v>742</v>
+      </c>
+      <c r="H157" t="s">
+        <v>743</v>
+      </c>
+      <c r="I157" t="s">
+        <v>12</v>
+      </c>
+      <c r="J157" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>10</v>
+      </c>
+      <c r="B158" t="s">
+        <v>130</v>
+      </c>
+      <c r="C158" t="s">
+        <v>12</v>
+      </c>
+      <c r="D158" t="s">
+        <v>744</v>
+      </c>
+      <c r="E158" t="s">
+        <v>745</v>
+      </c>
+      <c r="F158" t="s">
+        <v>12</v>
+      </c>
+      <c r="G158" t="s">
+        <v>746</v>
+      </c>
+      <c r="H158" t="s">
+        <v>747</v>
+      </c>
+      <c r="I158" t="s">
+        <v>12</v>
+      </c>
+      <c r="J158" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>10</v>
+      </c>
+      <c r="B159" t="s">
+        <v>139</v>
+      </c>
+      <c r="C159" t="s">
+        <v>12</v>
+      </c>
+      <c r="D159" t="s">
+        <v>749</v>
+      </c>
+      <c r="E159" t="s">
+        <v>750</v>
+      </c>
+      <c r="F159" t="s">
+        <v>12</v>
+      </c>
+      <c r="G159" t="s">
+        <v>751</v>
+      </c>
+      <c r="H159" t="s">
+        <v>752</v>
+      </c>
+      <c r="I159" t="s">
+        <v>12</v>
+      </c>
+      <c r="J159" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>10</v>
+      </c>
+      <c r="B160" t="s">
+        <v>754</v>
+      </c>
+      <c r="C160" t="s">
+        <v>12</v>
+      </c>
+      <c r="D160" t="s">
+        <v>755</v>
+      </c>
+      <c r="E160" t="s">
+        <v>756</v>
+      </c>
+      <c r="F160" t="s">
+        <v>12</v>
+      </c>
+      <c r="G160" t="s">
+        <v>757</v>
+      </c>
+      <c r="H160" t="s">
+        <v>758</v>
+      </c>
+      <c r="I160" t="s">
+        <v>12</v>
+      </c>
+      <c r="J160" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>10</v>
+      </c>
+      <c r="B161" t="s">
+        <v>130</v>
+      </c>
+      <c r="C161" t="s">
+        <v>12</v>
+      </c>
+      <c r="D161" t="s">
+        <v>760</v>
+      </c>
+      <c r="E161" t="s">
+        <v>760</v>
+      </c>
+      <c r="F161" t="s">
+        <v>12</v>
+      </c>
+      <c r="G161" t="s">
+        <v>761</v>
+      </c>
+      <c r="H161" t="s">
+        <v>762</v>
+      </c>
+      <c r="I161" t="s">
+        <v>12</v>
+      </c>
+      <c r="J161" t="s">
+        <v>763</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>1110</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>1111</v>
       </c>
       <c r="C2" t="s">
-        <v>53</v>
+        <v>1112</v>
       </c>
       <c r="D2" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>55</v>
+        <v>1113</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>56</v>
+        <v>1114</v>
       </c>
       <c r="H2" t="s">
-        <v>57</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>51</v>
+        <v>1110</v>
       </c>
       <c r="B3" t="s">
-        <v>58</v>
+        <v>1116</v>
       </c>
       <c r="C3" t="s">
-        <v>59</v>
+        <v>1117</v>
       </c>
       <c r="D3" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>61</v>
+        <v>1118</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>62</v>
+        <v>1119</v>
       </c>
       <c r="H3" t="s">
-        <v>63</v>
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>934</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>981</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1193</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:CI285"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1200</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1201</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1202</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1203</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1204</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1205</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1206</v>
+      </c>
+      <c r="O2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>1208</v>
+      </c>
+      <c r="R2" t="s">
+        <v>1209</v>
+      </c>
+      <c r="S2" t="s">
+        <v>1210</v>
+      </c>
+      <c r="T2" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1215</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1216</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1219</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1220</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1221</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1222</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1225</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1230</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1231</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1233</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1234</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1235</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1241</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1217</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1242</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1243</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1244</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1245</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1246</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1248</v>
+      </c>
+      <c r="R5" t="s">
+        <v>1249</v>
+      </c>
+      <c r="S5" t="s">
+        <v>1250</v>
+      </c>
+      <c r="T5" t="s">
+        <v>1251</v>
+      </c>
+      <c r="U5" t="s">
+        <v>1252</v>
+      </c>
+      <c r="V5" t="s">
+        <v>1253</v>
+      </c>
+      <c r="W5" t="s">
+        <v>1254</v>
+      </c>
+      <c r="X5" t="s">
+        <v>1255</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1261</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1262</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1264</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1265</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1267</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>1269</v>
+      </c>
+      <c r="R6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="S6" t="s">
+        <v>1271</v>
+      </c>
+      <c r="T6" t="s">
+        <v>1272</v>
+      </c>
+      <c r="U6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="V6" t="s">
+        <v>1274</v>
+      </c>
+      <c r="W6" t="s">
+        <v>1275</v>
+      </c>
+      <c r="X6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>1277</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>1278</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1285</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1286</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1287</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1288</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1289</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1291</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1292</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1293</v>
+      </c>
+      <c r="S7" t="s">
+        <v>1294</v>
+      </c>
+      <c r="T7" t="s">
+        <v>1295</v>
+      </c>
+      <c r="U7" t="s">
+        <v>1296</v>
+      </c>
+      <c r="V7" t="s">
+        <v>1297</v>
+      </c>
+      <c r="W7" t="s">
+        <v>1298</v>
+      </c>
+      <c r="X7" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>1300</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>1302</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>1303</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>1304</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>1305</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>1306</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>1307</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>1308</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>1309</v>
+      </c>
+      <c r="AI7" t="s">
+        <v>1310</v>
+      </c>
+      <c r="AJ7" t="s">
+        <v>1311</v>
+      </c>
+      <c r="AK7" t="s">
+        <v>1312</v>
+      </c>
+      <c r="AL7" t="s">
+        <v>1313</v>
+      </c>
+      <c r="AM7" t="s">
+        <v>1314</v>
+      </c>
+      <c r="AN7" t="s">
+        <v>1315</v>
+      </c>
+      <c r="AO7" t="s">
+        <v>1316</v>
+      </c>
+      <c r="AP7" t="s">
+        <v>1317</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>1318</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>1319</v>
+      </c>
+      <c r="AS7" t="s">
+        <v>1320</v>
+      </c>
+      <c r="AT7" t="s">
+        <v>1321</v>
+      </c>
+      <c r="AU7" t="s">
+        <v>1322</v>
+      </c>
+      <c r="AV7" t="s">
+        <v>1323</v>
+      </c>
+      <c r="AW7" t="s">
+        <v>1324</v>
+      </c>
+      <c r="AX7" t="s">
+        <v>1325</v>
+      </c>
+      <c r="AY7" t="s">
+        <v>1326</v>
+      </c>
+      <c r="AZ7" t="s">
+        <v>1327</v>
+      </c>
+      <c r="BA7" t="s">
+        <v>1328</v>
+      </c>
+      <c r="BB7" t="s">
+        <v>1329</v>
+      </c>
+      <c r="BC7" t="s">
+        <v>1330</v>
+      </c>
+      <c r="BD7" t="s">
+        <v>1331</v>
+      </c>
+      <c r="BE7" t="s">
+        <v>1332</v>
+      </c>
+      <c r="BF7" t="s">
+        <v>1333</v>
+      </c>
+      <c r="BG7" t="s">
+        <v>1334</v>
+      </c>
+      <c r="BH7" t="s">
+        <v>1335</v>
+      </c>
+      <c r="BI7" t="s">
+        <v>1336</v>
+      </c>
+      <c r="BJ7" t="s">
+        <v>1337</v>
+      </c>
+      <c r="BK7" t="s">
+        <v>1338</v>
+      </c>
+      <c r="BL7" t="s">
+        <v>1309</v>
+      </c>
+      <c r="BM7" t="s">
+        <v>1339</v>
+      </c>
+      <c r="BN7" t="s">
+        <v>1340</v>
+      </c>
+      <c r="BO7" t="s">
+        <v>1341</v>
+      </c>
+      <c r="BP7" t="s">
+        <v>1342</v>
+      </c>
+      <c r="BQ7" t="s">
+        <v>1343</v>
+      </c>
+      <c r="BR7" t="s">
+        <v>1344</v>
+      </c>
+      <c r="BS7" t="s">
+        <v>1345</v>
+      </c>
+      <c r="BT7" t="s">
+        <v>1346</v>
+      </c>
+      <c r="BU7" t="s">
+        <v>1347</v>
+      </c>
+      <c r="BV7" t="s">
+        <v>1348</v>
+      </c>
+      <c r="BW7" t="s">
+        <v>1349</v>
+      </c>
+      <c r="BX7" t="s">
+        <v>1350</v>
+      </c>
+      <c r="BY7" t="s">
+        <v>1351</v>
+      </c>
+      <c r="BZ7" t="s">
+        <v>1351</v>
+      </c>
+      <c r="CA7" t="s">
+        <v>1352</v>
+      </c>
+      <c r="CB7" t="s">
+        <v>1353</v>
+      </c>
+      <c r="CC7" t="s">
+        <v>1354</v>
+      </c>
+      <c r="CD7" t="s">
+        <v>1355</v>
+      </c>
+      <c r="CE7" t="s">
+        <v>1356</v>
+      </c>
+      <c r="CF7" t="s">
+        <v>1357</v>
+      </c>
+      <c r="CG7" t="s">
+        <v>1358</v>
+      </c>
+      <c r="CH7" t="s">
+        <v>1359</v>
+      </c>
+      <c r="CI7" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1364</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1366</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1367</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1368</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1369</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1370</v>
+      </c>
+      <c r="O8" t="s">
+        <v>1371</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1372</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>1373</v>
+      </c>
+      <c r="R8" t="s">
+        <v>1374</v>
+      </c>
+      <c r="S8" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1380</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1382</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1384</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1385</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1386</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1393</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1394</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1395</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1398</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1401</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1402</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1403</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1404</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1409</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1410</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1411</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1412</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1413</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1418</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1420</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1421</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1422</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1428</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1429</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1430</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1431</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1432</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1438</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1217</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1447</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1448</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1449</v>
+      </c>
+      <c r="O16" t="s">
+        <v>1450</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1456</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1457</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1458</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1459</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1460</v>
+      </c>
+      <c r="O17" t="s">
+        <v>1461</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1467</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1468</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1469</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1470</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1471</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1472</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1473</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1478</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1479</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1480</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1481</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1482</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1483</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1484</v>
+      </c>
+      <c r="O19" t="s">
+        <v>1485</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1486</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1487</v>
+      </c>
+      <c r="R19" t="s">
+        <v>1488</v>
+      </c>
+      <c r="S19" t="s">
+        <v>1489</v>
+      </c>
+      <c r="T19" t="s">
+        <v>1490</v>
+      </c>
+      <c r="U19" t="s">
+        <v>1491</v>
+      </c>
+      <c r="V19" t="s">
+        <v>1492</v>
+      </c>
+      <c r="W19" t="s">
+        <v>1493</v>
+      </c>
+      <c r="X19" t="s">
+        <v>1494</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>1495</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>1496</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>1497</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>1498</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>1499</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1504</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1505</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1506</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1507</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1508</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1509</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1510</v>
+      </c>
+      <c r="O20" t="s">
+        <v>1511</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1512</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1513</v>
+      </c>
+      <c r="R20" t="s">
+        <v>1514</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1515</v>
+      </c>
+      <c r="T20" t="s">
+        <v>1516</v>
+      </c>
+      <c r="U20" t="s">
+        <v>1517</v>
+      </c>
+      <c r="V20" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1523</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1525</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1526</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1527</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1528</v>
+      </c>
+      <c r="O21" t="s">
+        <v>1529</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1530</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1531</v>
+      </c>
+      <c r="R21" t="s">
+        <v>1532</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1533</v>
+      </c>
+      <c r="T21" t="s">
+        <v>1534</v>
+      </c>
+      <c r="U21" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1539</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1540</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1541</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1542</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1543</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1544</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1545</v>
+      </c>
+      <c r="O22" t="s">
+        <v>1546</v>
+      </c>
+      <c r="P22" t="s">
+        <v>1547</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>1548</v>
+      </c>
+      <c r="R22" t="s">
+        <v>1549</v>
+      </c>
+      <c r="S22" t="s">
+        <v>1550</v>
+      </c>
+      <c r="T22" t="s">
+        <v>1551</v>
+      </c>
+      <c r="U22" t="s">
+        <v>1552</v>
+      </c>
+      <c r="V22" t="s">
+        <v>1553</v>
+      </c>
+      <c r="W22" t="s">
+        <v>1554</v>
+      </c>
+      <c r="X22" t="s">
+        <v>1555</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>1556</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>1557</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>1558</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>1559</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>1560</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1563</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1565</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1567</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1568</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1569</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1570</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1571</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1573</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1574</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1575</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1580</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1581</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1582</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1583</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1584</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1585</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1586</v>
+      </c>
+      <c r="O24" t="s">
+        <v>1587</v>
+      </c>
+      <c r="P24" t="s">
+        <v>1588</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>1589</v>
+      </c>
+      <c r="R24" t="s">
+        <v>1590</v>
+      </c>
+      <c r="S24" t="s">
+        <v>1591</v>
+      </c>
+      <c r="T24" t="s">
+        <v>1592</v>
+      </c>
+      <c r="U24" t="s">
+        <v>1593</v>
+      </c>
+      <c r="V24" t="s">
+        <v>1594</v>
+      </c>
+      <c r="W24" t="s">
+        <v>1595</v>
+      </c>
+      <c r="X24" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1600</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1601</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1602</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1603</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1604</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1605</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1606</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1607</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1608</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1609</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1610</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1611</v>
+      </c>
+      <c r="T25" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1217</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1619</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1620</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1621</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1622</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1623</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1624</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1625</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1626</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1627</v>
+      </c>
+      <c r="U26" t="s">
+        <v>1628</v>
+      </c>
+      <c r="V26" t="s">
+        <v>1629</v>
+      </c>
+      <c r="W26" t="s">
+        <v>1630</v>
+      </c>
+      <c r="X26" t="s">
+        <v>1631</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>1632</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>1633</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>1634</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>1635</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>1636</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>1637</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>1638</v>
+      </c>
+      <c r="AF26" t="s">
+        <v>1639</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>1640</v>
+      </c>
+      <c r="AH26" t="s">
+        <v>1641</v>
+      </c>
+      <c r="AI26" t="s">
+        <v>1642</v>
+      </c>
+      <c r="AJ26" t="s">
+        <v>1643</v>
+      </c>
+      <c r="AK26" t="s">
+        <v>1644</v>
+      </c>
+      <c r="AL26" t="s">
+        <v>1645</v>
+      </c>
+      <c r="AM26" t="s">
+        <v>1646</v>
+      </c>
+      <c r="AN26" t="s">
+        <v>1647</v>
+      </c>
+      <c r="AO26" t="s">
+        <v>1648</v>
+      </c>
+      <c r="AP26" t="s">
+        <v>1649</v>
+      </c>
+      <c r="AQ26" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1654</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1655</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1657</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1658</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1659</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1660</v>
+      </c>
+      <c r="O27" t="s">
+        <v>1661</v>
+      </c>
+      <c r="P27" t="s">
+        <v>1662</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1669</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1670</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1671</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1671</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1676</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1677</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1680</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1681</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1682</v>
+      </c>
+      <c r="O29" t="s">
+        <v>1683</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1684</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>1685</v>
+      </c>
+      <c r="R29" t="s">
+        <v>1686</v>
+      </c>
+      <c r="S29" t="s">
+        <v>1687</v>
+      </c>
+      <c r="T29" t="s">
+        <v>1688</v>
+      </c>
+      <c r="U29" t="s">
+        <v>1689</v>
+      </c>
+      <c r="V29" t="s">
+        <v>1690</v>
+      </c>
+      <c r="W29" t="s">
+        <v>1691</v>
+      </c>
+      <c r="X29" t="s">
+        <v>1692</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>1693</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>1694</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>1695</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>1696</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>1697</v>
+      </c>
+      <c r="AD29" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1702</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1703</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1420</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1704</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1705</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1710</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1711</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1202</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1712</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1713</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1714</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1715</v>
+      </c>
+      <c r="O31" t="s">
+        <v>1716</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1717</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1718</v>
+      </c>
+      <c r="R31" t="s">
+        <v>1719</v>
+      </c>
+      <c r="S31" t="s">
+        <v>1720</v>
+      </c>
+      <c r="T31" t="s">
+        <v>1721</v>
+      </c>
+      <c r="U31" t="s">
+        <v>1722</v>
+      </c>
+      <c r="V31" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1727</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1728</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1729</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1730</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1731</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O32" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1735</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>1736</v>
+      </c>
+      <c r="R32" t="s">
+        <v>1737</v>
+      </c>
+      <c r="S32" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1742</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1743</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1744</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1745</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1746</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1748</v>
+      </c>
+      <c r="O33" t="s">
+        <v>1749</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1750</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>1751</v>
+      </c>
+      <c r="R33" t="s">
+        <v>1752</v>
+      </c>
+      <c r="S33" t="s">
+        <v>1753</v>
+      </c>
+      <c r="T33" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1756</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1758</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1759</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1760</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1761</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1762</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1763</v>
+      </c>
+      <c r="O34" t="s">
+        <v>1763</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1764</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>1765</v>
+      </c>
+      <c r="R34" t="s">
+        <v>1766</v>
+      </c>
+      <c r="S34" t="s">
+        <v>1767</v>
+      </c>
+      <c r="T34" t="s">
+        <v>1768</v>
+      </c>
+      <c r="U34" t="s">
+        <v>1769</v>
+      </c>
+      <c r="V34" t="s">
+        <v>1770</v>
+      </c>
+      <c r="W34" t="s">
+        <v>1771</v>
+      </c>
+      <c r="X34" t="s">
+        <v>1772</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>1773</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>1774</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>1775</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>1776</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1781</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1782</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1783</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1784</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1785</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1786</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1791</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1792</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1793</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1794</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1795</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1796</v>
+      </c>
+      <c r="O36" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1801</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1802</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1803</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1808</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1809</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1810</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1811</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1812</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1813</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1814</v>
+      </c>
+      <c r="O38" t="s">
+        <v>1815</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1816</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>1817</v>
+      </c>
+      <c r="R38" t="s">
+        <v>1818</v>
+      </c>
+      <c r="S38" t="s">
+        <v>1819</v>
+      </c>
+      <c r="T38" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1825</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1826</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1827</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1828</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1829</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1830</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1831</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>1832</v>
+      </c>
+      <c r="R39" t="s">
+        <v>1833</v>
+      </c>
+      <c r="S39" t="s">
+        <v>1834</v>
+      </c>
+      <c r="T39" t="s">
+        <v>1835</v>
+      </c>
+      <c r="U39" t="s">
+        <v>1836</v>
+      </c>
+      <c r="V39" t="s">
+        <v>1837</v>
+      </c>
+      <c r="W39" t="s">
+        <v>1838</v>
+      </c>
+      <c r="X39" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1842</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1843</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1844</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1845</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1846</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1349</v>
+      </c>
+      <c r="O40" t="s">
+        <v>1348</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1847</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>1848</v>
+      </c>
+      <c r="R40" t="s">
+        <v>1849</v>
+      </c>
+      <c r="S40" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1854</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1855</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1856</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1857</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1858</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1859</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1862</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1865</v>
+      </c>
+      <c r="J42" t="s">
+        <v>1866</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1867</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1868</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1869</v>
+      </c>
+      <c r="N42" t="s">
+        <v>1870</v>
+      </c>
+      <c r="O42" t="s">
+        <v>1871</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1872</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1878</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1879</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1882</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1884</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1885</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1217</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1886</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1887</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1888</v>
+      </c>
+      <c r="N44" t="s">
+        <v>1889</v>
+      </c>
+      <c r="O44" t="s">
+        <v>1890</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1891</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>1892</v>
+      </c>
+      <c r="R44" t="s">
+        <v>1893</v>
+      </c>
+      <c r="S44" t="s">
+        <v>1894</v>
+      </c>
+      <c r="T44" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1897</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1899</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1900</v>
+      </c>
+      <c r="J45" t="s">
+        <v>1901</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1902</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1903</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1904</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1905</v>
+      </c>
+      <c r="O45" t="s">
+        <v>1906</v>
+      </c>
+      <c r="P45" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1911</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1912</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1913</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1914</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1915</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1918</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1920</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1921</v>
+      </c>
+      <c r="J47" t="s">
+        <v>1922</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1923</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1927</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1928</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1929</v>
+      </c>
+      <c r="J48" t="s">
+        <v>1930</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1935</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1936</v>
+      </c>
+      <c r="J49" t="s">
+        <v>455</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1937</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1938</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1939</v>
+      </c>
+      <c r="N49" t="s">
+        <v>1940</v>
+      </c>
+      <c r="O49" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1944</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J50" t="s">
+        <v>1825</v>
+      </c>
+      <c r="K50" t="s">
+        <v>1946</v>
+      </c>
+      <c r="L50" t="s">
+        <v>1947</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1948</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1393</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1954</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1955</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1956</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1957</v>
+      </c>
+      <c r="O51" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1960</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1962</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1963</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1964</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1965</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1966</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1967</v>
+      </c>
+      <c r="N52" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1970</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1972</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1973</v>
+      </c>
+      <c r="J53" t="s">
+        <v>1974</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1975</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1978</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1979</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1980</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1981</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1982</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1983</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1984</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N54" t="s">
+        <v>1986</v>
+      </c>
+      <c r="O54" t="s">
+        <v>1987</v>
+      </c>
+      <c r="P54" t="s">
+        <v>1988</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>1989</v>
+      </c>
+      <c r="R54" t="s">
+        <v>1990</v>
+      </c>
+      <c r="S54" t="s">
+        <v>1991</v>
+      </c>
+      <c r="T54" t="s">
+        <v>1992</v>
+      </c>
+      <c r="U54" t="s">
+        <v>1993</v>
+      </c>
+      <c r="V54" t="s">
+        <v>1994</v>
+      </c>
+      <c r="W54" t="s">
+        <v>1995</v>
+      </c>
+      <c r="X54" t="s">
+        <v>1996</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>1997</v>
+      </c>
+      <c r="Z54" t="s">
+        <v>1998</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>1999</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>2000</v>
+      </c>
+      <c r="AC54" t="s">
+        <v>2001</v>
+      </c>
+      <c r="AD54" t="s">
+        <v>2002</v>
+      </c>
+      <c r="AE54" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J55" t="s">
+        <v>2009</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2012</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2016</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2017</v>
+      </c>
+      <c r="L56" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2023</v>
+      </c>
+      <c r="J57" t="s">
+        <v>2024</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2025</v>
+      </c>
+      <c r="L57" t="s">
+        <v>2026</v>
+      </c>
+      <c r="M57" t="s">
+        <v>2027</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2032</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2033</v>
+      </c>
+      <c r="J58" t="s">
+        <v>2034</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2039</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J59" t="s">
+        <v>2041</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2044</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2046</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2047</v>
+      </c>
+      <c r="J60" t="s">
+        <v>2048</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2049</v>
+      </c>
+      <c r="L60" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2054</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2055</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2056</v>
+      </c>
+      <c r="K61" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2062</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2063</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2066</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2069</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2070</v>
+      </c>
+      <c r="K63" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2073</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2075</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2076</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2077</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2081</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2082</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2083</v>
+      </c>
+      <c r="J65" t="s">
+        <v>2084</v>
+      </c>
+      <c r="K65" t="s">
+        <v>2085</v>
+      </c>
+      <c r="L65" t="s">
+        <v>2086</v>
+      </c>
+      <c r="M65" t="s">
+        <v>2087</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2088</v>
+      </c>
+      <c r="O65" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2092</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2093</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2094</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2095</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2096</v>
+      </c>
+      <c r="L66" t="s">
+        <v>2097</v>
+      </c>
+      <c r="M66" t="s">
+        <v>2098</v>
+      </c>
+      <c r="N66" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C67" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2101</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2102</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2103</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2104</v>
+      </c>
+      <c r="J67" t="s">
+        <v>2105</v>
+      </c>
+      <c r="K67" t="s">
+        <v>2106</v>
+      </c>
+      <c r="L67" t="s">
+        <v>2107</v>
+      </c>
+      <c r="M67" t="s">
+        <v>2108</v>
+      </c>
+      <c r="N67" t="s">
+        <v>2109</v>
+      </c>
+      <c r="O67" t="s">
+        <v>2110</v>
+      </c>
+      <c r="P67" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2113</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2116</v>
+      </c>
+      <c r="J68" t="s">
+        <v>2117</v>
+      </c>
+      <c r="K68" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2119</v>
+      </c>
+      <c r="C69" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2120</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2122</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2123</v>
+      </c>
+      <c r="J69" t="s">
+        <v>2124</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2127</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2130</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1506</v>
+      </c>
+      <c r="K70" t="s">
+        <v>2131</v>
+      </c>
+      <c r="L70" t="s">
+        <v>2132</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C71" t="s">
+        <v>12</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J71" t="s">
+        <v>2138</v>
+      </c>
+      <c r="K71" t="s">
+        <v>2139</v>
+      </c>
+      <c r="L71" t="s">
+        <v>2140</v>
+      </c>
+      <c r="M71" t="s">
+        <v>2141</v>
+      </c>
+      <c r="N71" t="s">
+        <v>2142</v>
+      </c>
+      <c r="O71" t="s">
+        <v>2143</v>
+      </c>
+      <c r="P71" t="s">
+        <v>2144</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>2145</v>
+      </c>
+      <c r="R71" t="s">
+        <v>2146</v>
+      </c>
+      <c r="S71" t="s">
+        <v>2147</v>
+      </c>
+      <c r="T71" t="s">
+        <v>2148</v>
+      </c>
+      <c r="U71" t="s">
+        <v>2149</v>
+      </c>
+      <c r="V71" t="s">
+        <v>2150</v>
+      </c>
+      <c r="W71" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2154</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2155</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J72" t="s">
+        <v>2157</v>
+      </c>
+      <c r="K72" t="s">
+        <v>2158</v>
+      </c>
+      <c r="L72" t="s">
+        <v>2159</v>
+      </c>
+      <c r="M72" t="s">
+        <v>2160</v>
+      </c>
+      <c r="N72" t="s">
+        <v>2161</v>
+      </c>
+      <c r="O72" t="s">
+        <v>2162</v>
+      </c>
+      <c r="P72" t="s">
+        <v>2163</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>2164</v>
+      </c>
+      <c r="R72" t="s">
+        <v>2165</v>
+      </c>
+      <c r="S72" t="s">
+        <v>2166</v>
+      </c>
+      <c r="T72" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2169</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2170</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2171</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2172</v>
+      </c>
+      <c r="J73" t="s">
+        <v>1506</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2173</v>
+      </c>
+      <c r="L73" t="s">
+        <v>2174</v>
+      </c>
+      <c r="M73" t="s">
+        <v>2175</v>
+      </c>
+      <c r="N73" t="s">
+        <v>2176</v>
+      </c>
+      <c r="O73" t="s">
+        <v>2177</v>
+      </c>
+      <c r="P73" t="s">
+        <v>2178</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2184</v>
+      </c>
+      <c r="J74" t="s">
+        <v>2185</v>
+      </c>
+      <c r="K74" t="s">
+        <v>2186</v>
+      </c>
+      <c r="L74" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C75" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2189</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2191</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2192</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2194</v>
+      </c>
+      <c r="L75" t="s">
+        <v>2195</v>
+      </c>
+      <c r="M75" t="s">
+        <v>2196</v>
+      </c>
+      <c r="N75" t="s">
+        <v>2197</v>
+      </c>
+      <c r="O75" t="s">
+        <v>2198</v>
+      </c>
+      <c r="P75" t="s">
+        <v>2199</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C76" t="s">
+        <v>12</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2202</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2203</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2204</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2205</v>
+      </c>
+      <c r="J76" t="s">
+        <v>2206</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C77" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2209</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2211</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2212</v>
+      </c>
+      <c r="J77" t="s">
+        <v>2213</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2214</v>
+      </c>
+      <c r="L77" t="s">
+        <v>2215</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2216</v>
+      </c>
+      <c r="N77" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C78" t="s">
+        <v>12</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2219</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2220</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2221</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2222</v>
+      </c>
+      <c r="J78" t="s">
+        <v>2223</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2224</v>
+      </c>
+      <c r="L78" t="s">
+        <v>2225</v>
+      </c>
+      <c r="M78" t="s">
+        <v>2226</v>
+      </c>
+      <c r="N78" t="s">
+        <v>2227</v>
+      </c>
+      <c r="O78" t="s">
+        <v>2228</v>
+      </c>
+      <c r="P78" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C79" t="s">
+        <v>12</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2231</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2232</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2233</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2234</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2016</v>
+      </c>
+      <c r="K79" t="s">
+        <v>2235</v>
+      </c>
+      <c r="L79" t="s">
+        <v>2236</v>
+      </c>
+      <c r="M79" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C80" t="s">
+        <v>12</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2239</v>
+      </c>
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2242</v>
+      </c>
+      <c r="J80" t="s">
+        <v>2016</v>
+      </c>
+      <c r="K80" t="s">
+        <v>2243</v>
+      </c>
+      <c r="L80" t="s">
+        <v>2244</v>
+      </c>
+      <c r="M80" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C81" t="s">
+        <v>12</v>
+      </c>
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2247</v>
+      </c>
+      <c r="F81" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2248</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2249</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2250</v>
+      </c>
+      <c r="J81" t="s">
+        <v>2117</v>
+      </c>
+      <c r="K81" t="s">
+        <v>2251</v>
+      </c>
+      <c r="L81" t="s">
+        <v>2252</v>
+      </c>
+      <c r="M81" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C82" t="s">
+        <v>12</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2255</v>
+      </c>
+      <c r="F82" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2257</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2258</v>
+      </c>
+      <c r="J82" t="s">
+        <v>2117</v>
+      </c>
+      <c r="K82" t="s">
+        <v>2259</v>
+      </c>
+      <c r="L82" t="s">
+        <v>2260</v>
+      </c>
+      <c r="M82" t="s">
+        <v>2261</v>
+      </c>
+      <c r="N82" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C83" t="s">
+        <v>12</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F83" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2265</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2266</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2267</v>
+      </c>
+      <c r="J83" t="s">
+        <v>2268</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F84" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2274</v>
+      </c>
+      <c r="J84" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K84" t="s">
+        <v>2276</v>
+      </c>
+      <c r="L84" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C85" t="s">
+        <v>12</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2279</v>
+      </c>
+      <c r="F85" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2281</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2282</v>
+      </c>
+      <c r="J85" t="s">
+        <v>2283</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2284</v>
+      </c>
+      <c r="L85" t="s">
+        <v>2285</v>
+      </c>
+      <c r="M85" t="s">
+        <v>2286</v>
+      </c>
+      <c r="N85" t="s">
+        <v>2287</v>
+      </c>
+      <c r="O85" t="s">
+        <v>2288</v>
+      </c>
+      <c r="P85" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C86" t="s">
+        <v>12</v>
+      </c>
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2291</v>
+      </c>
+      <c r="F86" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2293</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2294</v>
+      </c>
+      <c r="J86" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C87" t="s">
+        <v>12</v>
+      </c>
+      <c r="D87" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F87" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2299</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2258</v>
+      </c>
+      <c r="J87" t="s">
+        <v>1930</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C88" t="s">
+        <v>12</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F88" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2304</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2192</v>
+      </c>
+      <c r="J88" t="s">
+        <v>442</v>
+      </c>
+      <c r="K88" t="s">
+        <v>2305</v>
+      </c>
+      <c r="L88" t="s">
+        <v>2306</v>
+      </c>
+      <c r="M88" t="s">
+        <v>2307</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2308</v>
+      </c>
+      <c r="O88" t="s">
+        <v>2309</v>
+      </c>
+      <c r="P88" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C89" t="s">
+        <v>12</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F89" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2313</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2314</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2315</v>
+      </c>
+      <c r="J89" t="s">
+        <v>2316</v>
+      </c>
+      <c r="K89" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C90" t="s">
+        <v>12</v>
+      </c>
+      <c r="D90" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2319</v>
+      </c>
+      <c r="F90" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2320</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2321</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2322</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2323</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2324</v>
+      </c>
+      <c r="L90" t="s">
+        <v>2325</v>
+      </c>
+      <c r="M90" t="s">
+        <v>2326</v>
+      </c>
+      <c r="N90" t="s">
+        <v>2327</v>
+      </c>
+      <c r="O90" t="s">
+        <v>2328</v>
+      </c>
+      <c r="P90" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C91" t="s">
+        <v>12</v>
+      </c>
+      <c r="D91" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2331</v>
+      </c>
+      <c r="F91" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J91" t="s">
+        <v>2334</v>
+      </c>
+      <c r="K91" t="s">
+        <v>2335</v>
+      </c>
+      <c r="L91" t="s">
+        <v>2336</v>
+      </c>
+      <c r="M91" t="s">
+        <v>2337</v>
+      </c>
+      <c r="N91" t="s">
+        <v>2338</v>
+      </c>
+      <c r="O91" t="s">
+        <v>2339</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2340</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>2341</v>
+      </c>
+      <c r="R91" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C92" t="s">
+        <v>12</v>
+      </c>
+      <c r="D92" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F92" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2345</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2346</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2056</v>
+      </c>
+      <c r="K92" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C93" t="s">
+        <v>12</v>
+      </c>
+      <c r="D93" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2349</v>
+      </c>
+      <c r="F93" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2351</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2352</v>
+      </c>
+      <c r="J93" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K93" t="s">
+        <v>2353</v>
+      </c>
+      <c r="L93" t="s">
+        <v>2354</v>
+      </c>
+      <c r="M93" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C94" t="s">
+        <v>12</v>
+      </c>
+      <c r="D94" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F94" t="s">
+        <v>12</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2360</v>
+      </c>
+      <c r="K94" t="s">
+        <v>2361</v>
+      </c>
+      <c r="L94" t="s">
+        <v>2362</v>
+      </c>
+      <c r="M94" t="s">
+        <v>2363</v>
+      </c>
+      <c r="N94" t="s">
+        <v>2364</v>
+      </c>
+      <c r="O94" t="s">
+        <v>2365</v>
+      </c>
+      <c r="P94" t="s">
+        <v>2366</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C95" t="s">
+        <v>12</v>
+      </c>
+      <c r="D95" t="s">
+        <v>12</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2368</v>
+      </c>
+      <c r="F95" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2369</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2370</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2116</v>
+      </c>
+      <c r="J95" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K95" t="s">
+        <v>2371</v>
+      </c>
+      <c r="L95" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C96" t="s">
+        <v>12</v>
+      </c>
+      <c r="D96" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2374</v>
+      </c>
+      <c r="F96" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2375</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2377</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2378</v>
+      </c>
+      <c r="K96" t="s">
+        <v>2379</v>
+      </c>
+      <c r="L96" t="s">
+        <v>2380</v>
+      </c>
+      <c r="M96" t="s">
+        <v>2381</v>
+      </c>
+      <c r="N96" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2383</v>
+      </c>
+      <c r="C97" t="s">
+        <v>12</v>
+      </c>
+      <c r="D97" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F97" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2385</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2386</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2387</v>
+      </c>
+      <c r="J97" t="s">
+        <v>2388</v>
+      </c>
+      <c r="K97" t="s">
+        <v>2389</v>
+      </c>
+      <c r="L97" t="s">
+        <v>2390</v>
+      </c>
+      <c r="M97" t="s">
+        <v>2391</v>
+      </c>
+      <c r="N97" t="s">
+        <v>2392</v>
+      </c>
+      <c r="O97" t="s">
+        <v>2393</v>
+      </c>
+      <c r="P97" t="s">
+        <v>2394</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>2395</v>
+      </c>
+      <c r="R97" t="s">
+        <v>2396</v>
+      </c>
+      <c r="S97" t="s">
+        <v>2397</v>
+      </c>
+      <c r="T97" t="s">
+        <v>2398</v>
+      </c>
+      <c r="U97" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C98" t="s">
+        <v>12</v>
+      </c>
+      <c r="D98" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F98" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2403</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J98" t="s">
+        <v>2404</v>
+      </c>
+      <c r="K98" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2406</v>
+      </c>
+      <c r="C99" t="s">
+        <v>12</v>
+      </c>
+      <c r="D99" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2407</v>
+      </c>
+      <c r="F99" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2409</v>
+      </c>
+      <c r="I99" t="s">
+        <v>2410</v>
+      </c>
+      <c r="J99" t="s">
+        <v>2411</v>
+      </c>
+      <c r="K99" t="s">
+        <v>2412</v>
+      </c>
+      <c r="L99" t="s">
+        <v>2413</v>
+      </c>
+      <c r="M99" t="s">
+        <v>2414</v>
+      </c>
+      <c r="N99" t="s">
+        <v>2415</v>
+      </c>
+      <c r="O99" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C100" t="s">
+        <v>12</v>
+      </c>
+      <c r="D100" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2418</v>
+      </c>
+      <c r="F100" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2420</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2421</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2422</v>
+      </c>
+      <c r="K100" t="s">
+        <v>2423</v>
+      </c>
+      <c r="L100" t="s">
+        <v>2424</v>
+      </c>
+      <c r="M100" t="s">
+        <v>2425</v>
+      </c>
+      <c r="N100" t="s">
+        <v>2426</v>
+      </c>
+      <c r="O100" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C101" t="s">
+        <v>12</v>
+      </c>
+      <c r="D101" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2418</v>
+      </c>
+      <c r="F101" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2430</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2431</v>
+      </c>
+      <c r="J101" t="s">
+        <v>2432</v>
+      </c>
+      <c r="K101" t="s">
+        <v>2433</v>
+      </c>
+      <c r="L101" t="s">
+        <v>2434</v>
+      </c>
+      <c r="M101" t="s">
+        <v>2435</v>
+      </c>
+      <c r="N101" t="s">
+        <v>2436</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2437</v>
+      </c>
+      <c r="C102" t="s">
+        <v>12</v>
+      </c>
+      <c r="D102" t="s">
+        <v>12</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2438</v>
+      </c>
+      <c r="F102" t="s">
+        <v>12</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2440</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2441</v>
+      </c>
+      <c r="J102" t="s">
+        <v>2442</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2443</v>
+      </c>
+      <c r="L102" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C103" t="s">
+        <v>12</v>
+      </c>
+      <c r="D103" t="s">
+        <v>12</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2446</v>
+      </c>
+      <c r="F103" t="s">
+        <v>12</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2447</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2448</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2449</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2450</v>
+      </c>
+      <c r="K103" t="s">
+        <v>2451</v>
+      </c>
+      <c r="L103" t="s">
+        <v>2452</v>
+      </c>
+      <c r="M103" t="s">
+        <v>2453</v>
+      </c>
+      <c r="N103" t="s">
+        <v>2454</v>
+      </c>
+      <c r="O103" t="s">
+        <v>2455</v>
+      </c>
+      <c r="P103" t="s">
+        <v>2456</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>2457</v>
+      </c>
+      <c r="R103" t="s">
+        <v>2458</v>
+      </c>
+      <c r="S103" t="s">
+        <v>2459</v>
+      </c>
+      <c r="T103" t="s">
+        <v>2460</v>
+      </c>
+      <c r="U103" t="s">
+        <v>2461</v>
+      </c>
+      <c r="V103" t="s">
+        <v>2462</v>
+      </c>
+      <c r="W103" t="s">
+        <v>2463</v>
+      </c>
+      <c r="X103" t="s">
+        <v>2464</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Z103" t="s">
+        <v>2466</v>
+      </c>
+      <c r="AA103" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C104" t="s">
+        <v>12</v>
+      </c>
+      <c r="D104" t="s">
+        <v>12</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F104" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2471</v>
+      </c>
+      <c r="I104" t="s">
+        <v>2472</v>
+      </c>
+      <c r="J104" t="s">
+        <v>2473</v>
+      </c>
+      <c r="K104" t="s">
+        <v>2474</v>
+      </c>
+      <c r="L104" t="s">
+        <v>2475</v>
+      </c>
+      <c r="M104" t="s">
+        <v>2476</v>
+      </c>
+      <c r="N104" t="s">
+        <v>2477</v>
+      </c>
+      <c r="O104" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C105" t="s">
+        <v>12</v>
+      </c>
+      <c r="D105" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2480</v>
+      </c>
+      <c r="F105" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2482</v>
+      </c>
+      <c r="I105" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J105" t="s">
+        <v>2483</v>
+      </c>
+      <c r="K105" t="s">
+        <v>2484</v>
+      </c>
+      <c r="L105" t="s">
+        <v>2485</v>
+      </c>
+      <c r="M105" t="s">
+        <v>2486</v>
+      </c>
+      <c r="N105" t="s">
+        <v>2487</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C106" t="s">
+        <v>12</v>
+      </c>
+      <c r="D106" t="s">
+        <v>12</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F106" t="s">
+        <v>12</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2490</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2491</v>
+      </c>
+      <c r="I106" t="s">
+        <v>2492</v>
+      </c>
+      <c r="J106" t="s">
+        <v>2223</v>
+      </c>
+      <c r="K106" t="s">
+        <v>2493</v>
+      </c>
+      <c r="L106" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C107" t="s">
+        <v>12</v>
+      </c>
+      <c r="D107" t="s">
+        <v>12</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F107" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2497</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2498</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2499</v>
+      </c>
+      <c r="J107" t="s">
+        <v>2500</v>
+      </c>
+      <c r="K107" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C108" t="s">
+        <v>12</v>
+      </c>
+      <c r="D108" t="s">
+        <v>12</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2503</v>
+      </c>
+      <c r="F108" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I108" t="s">
+        <v>2506</v>
+      </c>
+      <c r="J108" t="s">
+        <v>508</v>
+      </c>
+      <c r="K108" t="s">
+        <v>2507</v>
+      </c>
+      <c r="L108" t="s">
+        <v>2508</v>
+      </c>
+      <c r="M108" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C109" t="s">
+        <v>12</v>
+      </c>
+      <c r="D109" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2511</v>
+      </c>
+      <c r="F109" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2512</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2513</v>
+      </c>
+      <c r="I109" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J109" t="s">
+        <v>2515</v>
+      </c>
+      <c r="K109" t="s">
+        <v>2516</v>
+      </c>
+      <c r="L109" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2518</v>
+      </c>
+      <c r="C110" t="s">
+        <v>12</v>
+      </c>
+      <c r="D110" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2519</v>
+      </c>
+      <c r="F110" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2520</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2521</v>
+      </c>
+      <c r="I110" t="s">
+        <v>2522</v>
+      </c>
+      <c r="J110" t="s">
+        <v>2523</v>
+      </c>
+      <c r="K110" t="s">
+        <v>2524</v>
+      </c>
+      <c r="L110" t="s">
+        <v>2525</v>
+      </c>
+      <c r="M110" t="s">
+        <v>2526</v>
+      </c>
+      <c r="N110" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C111" t="s">
+        <v>12</v>
+      </c>
+      <c r="D111" t="s">
+        <v>12</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2511</v>
+      </c>
+      <c r="F111" t="s">
+        <v>12</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2529</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2530</v>
+      </c>
+      <c r="I111" t="s">
+        <v>2531</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2532</v>
+      </c>
+      <c r="K111" t="s">
+        <v>2533</v>
+      </c>
+      <c r="L111" t="s">
+        <v>2534</v>
+      </c>
+      <c r="M111" t="s">
+        <v>2535</v>
+      </c>
+      <c r="N111" t="s">
+        <v>2536</v>
+      </c>
+      <c r="O111" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C112" t="s">
+        <v>12</v>
+      </c>
+      <c r="D112" t="s">
+        <v>12</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2539</v>
+      </c>
+      <c r="F112" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2541</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2542</v>
+      </c>
+      <c r="J112" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K112" t="s">
+        <v>2543</v>
+      </c>
+      <c r="L112" t="s">
+        <v>2544</v>
+      </c>
+      <c r="M112" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2546</v>
+      </c>
+      <c r="C113" t="s">
+        <v>12</v>
+      </c>
+      <c r="D113" t="s">
+        <v>12</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2547</v>
+      </c>
+      <c r="F113" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2548</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2549</v>
+      </c>
+      <c r="I113" t="s">
+        <v>2550</v>
+      </c>
+      <c r="J113" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K113" t="s">
+        <v>2552</v>
+      </c>
+      <c r="L113" t="s">
+        <v>2553</v>
+      </c>
+      <c r="M113" t="s">
+        <v>2554</v>
+      </c>
+      <c r="N113" t="s">
+        <v>2555</v>
+      </c>
+      <c r="O113" t="s">
+        <v>2556</v>
+      </c>
+      <c r="P113" t="s">
+        <v>2557</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>2558</v>
+      </c>
+      <c r="R113" t="s">
+        <v>2559</v>
+      </c>
+      <c r="S113" t="s">
+        <v>2560</v>
+      </c>
+      <c r="T113" t="s">
+        <v>2561</v>
+      </c>
+      <c r="U113" t="s">
+        <v>2562</v>
+      </c>
+      <c r="V113" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2564</v>
+      </c>
+      <c r="C114" t="s">
+        <v>12</v>
+      </c>
+      <c r="D114" t="s">
+        <v>12</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2565</v>
+      </c>
+      <c r="F114" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2566</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2567</v>
+      </c>
+      <c r="I114" t="s">
+        <v>2568</v>
+      </c>
+      <c r="J114" t="s">
+        <v>2473</v>
+      </c>
+      <c r="K114" t="s">
+        <v>2569</v>
+      </c>
+      <c r="L114" t="s">
+        <v>2570</v>
+      </c>
+      <c r="M114" t="s">
+        <v>2571</v>
+      </c>
+      <c r="N114" t="s">
+        <v>2572</v>
+      </c>
+      <c r="O114" t="s">
+        <v>2573</v>
+      </c>
+      <c r="P114" t="s">
+        <v>2574</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>2575</v>
+      </c>
+      <c r="R114" t="s">
+        <v>2576</v>
+      </c>
+      <c r="S114" t="s">
+        <v>2577</v>
+      </c>
+      <c r="T114" t="s">
+        <v>2578</v>
+      </c>
+      <c r="U114" t="s">
+        <v>2579</v>
+      </c>
+      <c r="V114" t="s">
+        <v>2580</v>
+      </c>
+      <c r="W114" t="s">
+        <v>2581</v>
+      </c>
+      <c r="X114" t="s">
+        <v>2582</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>2583</v>
+      </c>
+      <c r="Z114" t="s">
+        <v>2584</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>2585</v>
+      </c>
+      <c r="AB114" t="s">
+        <v>2586</v>
+      </c>
+      <c r="AC114" t="s">
+        <v>2587</v>
+      </c>
+      <c r="AD114" t="s">
+        <v>2588</v>
+      </c>
+      <c r="AE114" t="s">
+        <v>2589</v>
+      </c>
+      <c r="AF114" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C115" t="s">
+        <v>12</v>
+      </c>
+      <c r="D115" t="s">
+        <v>12</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2592</v>
+      </c>
+      <c r="F115" t="s">
+        <v>12</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2593</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2594</v>
+      </c>
+      <c r="I115" t="s">
+        <v>2595</v>
+      </c>
+      <c r="J115" t="s">
+        <v>2596</v>
+      </c>
+      <c r="K115" t="s">
+        <v>2597</v>
+      </c>
+      <c r="L115" t="s">
+        <v>2598</v>
+      </c>
+      <c r="M115" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C116" t="s">
+        <v>12</v>
+      </c>
+      <c r="D116" t="s">
+        <v>12</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F116" t="s">
+        <v>12</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2602</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2603</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2604</v>
+      </c>
+      <c r="J116" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K116" t="s">
+        <v>2605</v>
+      </c>
+      <c r="L116" t="s">
+        <v>2606</v>
+      </c>
+      <c r="M116" t="s">
+        <v>2607</v>
+      </c>
+      <c r="N116" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C117" t="s">
+        <v>12</v>
+      </c>
+      <c r="D117" t="s">
+        <v>12</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F117" t="s">
+        <v>12</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2611</v>
+      </c>
+      <c r="I117" t="s">
+        <v>2595</v>
+      </c>
+      <c r="J117" t="s">
+        <v>2612</v>
+      </c>
+      <c r="K117" t="s">
+        <v>2613</v>
+      </c>
+      <c r="L117" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C118" t="s">
+        <v>12</v>
+      </c>
+      <c r="D118" t="s">
+        <v>12</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F118" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2616</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2617</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2618</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C119" t="s">
+        <v>12</v>
+      </c>
+      <c r="D119" t="s">
+        <v>12</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2621</v>
+      </c>
+      <c r="F119" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2622</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2623</v>
+      </c>
+      <c r="I119" t="s">
+        <v>2624</v>
+      </c>
+      <c r="J119" t="s">
+        <v>1744</v>
+      </c>
+      <c r="K119" t="s">
+        <v>2625</v>
+      </c>
+      <c r="L119" t="s">
+        <v>2626</v>
+      </c>
+      <c r="M119" t="s">
+        <v>2627</v>
+      </c>
+      <c r="N119" t="s">
+        <v>2628</v>
+      </c>
+      <c r="O119" t="s">
+        <v>2629</v>
+      </c>
+      <c r="P119" t="s">
+        <v>2630</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>2631</v>
+      </c>
+      <c r="R119" t="s">
+        <v>2632</v>
+      </c>
+      <c r="S119" t="s">
+        <v>2633</v>
+      </c>
+      <c r="T119" t="s">
+        <v>2634</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C120" t="s">
+        <v>12</v>
+      </c>
+      <c r="D120" t="s">
+        <v>12</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2636</v>
+      </c>
+      <c r="F120" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2637</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I120" t="s">
+        <v>2639</v>
+      </c>
+      <c r="J120" t="s">
+        <v>2640</v>
+      </c>
+      <c r="K120" t="s">
+        <v>2641</v>
+      </c>
+      <c r="L120" t="s">
+        <v>2642</v>
+      </c>
+      <c r="M120" t="s">
+        <v>2643</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C121" t="s">
+        <v>12</v>
+      </c>
+      <c r="D121" t="s">
+        <v>12</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2636</v>
+      </c>
+      <c r="F121" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2645</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2646</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2647</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1856</v>
+      </c>
+      <c r="K121" t="s">
+        <v>2648</v>
+      </c>
+      <c r="L121" t="s">
+        <v>2649</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2650</v>
+      </c>
+      <c r="C122" t="s">
+        <v>12</v>
+      </c>
+      <c r="D122" t="s">
+        <v>12</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2651</v>
+      </c>
+      <c r="F122" t="s">
+        <v>12</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2652</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2653</v>
+      </c>
+      <c r="I122" t="s">
+        <v>2654</v>
+      </c>
+      <c r="J122" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K122" t="s">
+        <v>2655</v>
+      </c>
+      <c r="L122" t="s">
+        <v>2656</v>
+      </c>
+      <c r="M122" t="s">
+        <v>2657</v>
+      </c>
+      <c r="N122" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C123" t="s">
+        <v>12</v>
+      </c>
+      <c r="D123" t="s">
+        <v>12</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2660</v>
+      </c>
+      <c r="F123" t="s">
+        <v>12</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2661</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2662</v>
+      </c>
+      <c r="I123" t="s">
+        <v>2663</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K123" t="s">
+        <v>2664</v>
+      </c>
+      <c r="L123" t="s">
+        <v>2665</v>
+      </c>
+      <c r="M123" t="s">
+        <v>2666</v>
+      </c>
+      <c r="N123" t="s">
+        <v>2667</v>
+      </c>
+      <c r="O123" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C124" t="s">
+        <v>12</v>
+      </c>
+      <c r="D124" t="s">
+        <v>12</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2670</v>
+      </c>
+      <c r="F124" t="s">
+        <v>12</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2671</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2672</v>
+      </c>
+      <c r="I124" t="s">
+        <v>2673</v>
+      </c>
+      <c r="J124" t="s">
+        <v>2674</v>
+      </c>
+      <c r="K124" t="s">
+        <v>2675</v>
+      </c>
+      <c r="L124" t="s">
+        <v>2676</v>
+      </c>
+      <c r="M124" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C125" t="s">
+        <v>12</v>
+      </c>
+      <c r="D125" t="s">
+        <v>12</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2670</v>
+      </c>
+      <c r="F125" t="s">
+        <v>12</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2679</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2680</v>
+      </c>
+      <c r="I125" t="s">
+        <v>2681</v>
+      </c>
+      <c r="J125" t="s">
+        <v>2674</v>
+      </c>
+      <c r="K125" t="s">
+        <v>2682</v>
+      </c>
+      <c r="L125" t="s">
+        <v>2683</v>
+      </c>
+      <c r="M125" t="s">
+        <v>2684</v>
+      </c>
+      <c r="N125" t="s">
+        <v>2685</v>
+      </c>
+      <c r="O125" t="s">
+        <v>2686</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2687</v>
+      </c>
+      <c r="C126" t="s">
+        <v>12</v>
+      </c>
+      <c r="D126" t="s">
+        <v>12</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2688</v>
+      </c>
+      <c r="F126" t="s">
+        <v>12</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2689</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2690</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2691</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1429</v>
+      </c>
+      <c r="K126" t="s">
+        <v>2692</v>
+      </c>
+      <c r="L126" t="s">
+        <v>2693</v>
+      </c>
+      <c r="M126" t="s">
+        <v>2694</v>
+      </c>
+      <c r="N126" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2696</v>
+      </c>
+      <c r="C127" t="s">
+        <v>12</v>
+      </c>
+      <c r="D127" t="s">
+        <v>12</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2697</v>
+      </c>
+      <c r="F127" t="s">
+        <v>12</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2698</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2699</v>
+      </c>
+      <c r="I127" t="s">
+        <v>2700</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1856</v>
+      </c>
+      <c r="K127" t="s">
+        <v>2701</v>
+      </c>
+      <c r="L127" t="s">
+        <v>2702</v>
+      </c>
+      <c r="M127" t="s">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2704</v>
+      </c>
+      <c r="C128" t="s">
+        <v>12</v>
+      </c>
+      <c r="D128" t="s">
+        <v>12</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2705</v>
+      </c>
+      <c r="F128" t="s">
+        <v>12</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2706</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2707</v>
+      </c>
+      <c r="I128" t="s">
+        <v>2708</v>
+      </c>
+      <c r="J128" t="s">
+        <v>2709</v>
+      </c>
+      <c r="K128" t="s">
+        <v>2710</v>
+      </c>
+      <c r="L128" t="s">
+        <v>2711</v>
+      </c>
+      <c r="M128" t="s">
+        <v>2712</v>
+      </c>
+      <c r="N128" t="s">
+        <v>2713</v>
+      </c>
+      <c r="O128" t="s">
+        <v>2714</v>
+      </c>
+      <c r="P128" t="s">
+        <v>2715</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2716</v>
+      </c>
+      <c r="C129" t="s">
+        <v>12</v>
+      </c>
+      <c r="D129" t="s">
+        <v>12</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F129" t="s">
+        <v>12</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2719</v>
+      </c>
+      <c r="I129" t="s">
+        <v>2720</v>
+      </c>
+      <c r="J129" t="s">
+        <v>2721</v>
+      </c>
+      <c r="K129" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C130" t="s">
+        <v>12</v>
+      </c>
+      <c r="D130" t="s">
+        <v>12</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2724</v>
+      </c>
+      <c r="F130" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2725</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2726</v>
+      </c>
+      <c r="I130" t="s">
+        <v>2727</v>
+      </c>
+      <c r="J130" t="s">
+        <v>2432</v>
+      </c>
+      <c r="K130" t="s">
+        <v>2728</v>
+      </c>
+      <c r="L130" t="s">
+        <v>2729</v>
+      </c>
+      <c r="M130" t="s">
+        <v>2730</v>
+      </c>
+      <c r="N130" t="s">
+        <v>2731</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C131" t="s">
+        <v>12</v>
+      </c>
+      <c r="D131" t="s">
+        <v>12</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2733</v>
+      </c>
+      <c r="F131" t="s">
+        <v>12</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2734</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2735</v>
+      </c>
+      <c r="I131" t="s">
+        <v>2736</v>
+      </c>
+      <c r="J131" t="s">
+        <v>2737</v>
+      </c>
+      <c r="K131" t="s">
+        <v>2738</v>
+      </c>
+      <c r="L131" t="s">
+        <v>2739</v>
+      </c>
+      <c r="M131" t="s">
+        <v>2740</v>
+      </c>
+      <c r="N131" t="s">
+        <v>2741</v>
+      </c>
+      <c r="O131" t="s">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2743</v>
+      </c>
+      <c r="C132" t="s">
+        <v>12</v>
+      </c>
+      <c r="D132" t="s">
+        <v>12</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2744</v>
+      </c>
+      <c r="F132" t="s">
+        <v>12</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2745</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2746</v>
+      </c>
+      <c r="I132" t="s">
+        <v>2747</v>
+      </c>
+      <c r="J132" t="s">
+        <v>1602</v>
+      </c>
+      <c r="K132" t="s">
+        <v>2748</v>
+      </c>
+      <c r="L132" t="s">
+        <v>2749</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C133" t="s">
+        <v>12</v>
+      </c>
+      <c r="D133" t="s">
+        <v>12</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2751</v>
+      </c>
+      <c r="F133" t="s">
+        <v>12</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2753</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2754</v>
+      </c>
+      <c r="J133" t="s">
+        <v>2411</v>
+      </c>
+      <c r="K133" t="s">
+        <v>2755</v>
+      </c>
+      <c r="L133" t="s">
+        <v>2756</v>
+      </c>
+      <c r="M133" t="s">
+        <v>2757</v>
+      </c>
+      <c r="N133" t="s">
+        <v>2758</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2759</v>
+      </c>
+      <c r="C134" t="s">
+        <v>12</v>
+      </c>
+      <c r="D134" t="s">
+        <v>12</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F134" t="s">
+        <v>12</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2761</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2762</v>
+      </c>
+      <c r="I134" t="s">
+        <v>2763</v>
+      </c>
+      <c r="J134" t="s">
+        <v>2640</v>
+      </c>
+      <c r="K134" t="s">
+        <v>2764</v>
+      </c>
+      <c r="L134" t="s">
+        <v>2765</v>
+      </c>
+      <c r="M134" t="s">
+        <v>2766</v>
+      </c>
+      <c r="N134" t="s">
+        <v>2767</v>
+      </c>
+      <c r="O134" t="s">
+        <v>2768</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C135" t="s">
+        <v>12</v>
+      </c>
+      <c r="D135" t="s">
+        <v>12</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F135" t="s">
+        <v>12</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2770</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2771</v>
+      </c>
+      <c r="I135" t="s">
+        <v>2772</v>
+      </c>
+      <c r="J135" t="s">
+        <v>2674</v>
+      </c>
+      <c r="K135" t="s">
+        <v>2773</v>
+      </c>
+      <c r="L135" t="s">
+        <v>2774</v>
+      </c>
+      <c r="M135" t="s">
+        <v>2775</v>
+      </c>
+      <c r="N135" t="s">
+        <v>2776</v>
+      </c>
+      <c r="O135" t="s">
+        <v>2777</v>
+      </c>
+      <c r="P135" t="s">
+        <v>2778</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C136" t="s">
+        <v>12</v>
+      </c>
+      <c r="D136" t="s">
+        <v>12</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2781</v>
+      </c>
+      <c r="F136" t="s">
+        <v>12</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2783</v>
+      </c>
+      <c r="I136" t="s">
+        <v>2784</v>
+      </c>
+      <c r="J136" t="s">
+        <v>508</v>
+      </c>
+      <c r="K136" t="s">
+        <v>2785</v>
+      </c>
+      <c r="L136" t="s">
+        <v>2786</v>
+      </c>
+      <c r="M136" t="s">
+        <v>2787</v>
+      </c>
+      <c r="N136" t="s">
+        <v>2788</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C137" t="s">
+        <v>12</v>
+      </c>
+      <c r="D137" t="s">
+        <v>12</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2790</v>
+      </c>
+      <c r="F137" t="s">
+        <v>12</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2792</v>
+      </c>
+      <c r="I137" t="s">
+        <v>2793</v>
+      </c>
+      <c r="J137" t="s">
+        <v>2794</v>
+      </c>
+      <c r="K137" t="s">
+        <v>2795</v>
+      </c>
+      <c r="L137" t="s">
+        <v>2796</v>
+      </c>
+      <c r="M137" t="s">
+        <v>2797</v>
+      </c>
+      <c r="N137" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C138" t="s">
+        <v>12</v>
+      </c>
+      <c r="D138" t="s">
+        <v>12</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2800</v>
+      </c>
+      <c r="F138" t="s">
+        <v>12</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2801</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2802</v>
+      </c>
+      <c r="I138" t="s">
+        <v>2803</v>
+      </c>
+      <c r="J138" t="s">
+        <v>2804</v>
+      </c>
+      <c r="K138" t="s">
+        <v>2805</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C139" t="s">
+        <v>12</v>
+      </c>
+      <c r="D139" t="s">
+        <v>12</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2807</v>
+      </c>
+      <c r="F139" t="s">
+        <v>12</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2808</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2809</v>
+      </c>
+      <c r="I139" t="s">
+        <v>2810</v>
+      </c>
+      <c r="J139" t="s">
+        <v>2811</v>
+      </c>
+      <c r="K139" t="s">
+        <v>2812</v>
+      </c>
+      <c r="L139" t="s">
+        <v>2813</v>
+      </c>
+      <c r="M139" t="s">
+        <v>2814</v>
+      </c>
+      <c r="N139" t="s">
+        <v>2815</v>
+      </c>
+      <c r="O139" t="s">
+        <v>2816</v>
+      </c>
+      <c r="P139" t="s">
+        <v>2817</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>2818</v>
+      </c>
+      <c r="R139" t="s">
+        <v>2819</v>
+      </c>
+      <c r="S139" t="s">
+        <v>2820</v>
+      </c>
+      <c r="T139" t="s">
+        <v>2821</v>
+      </c>
+      <c r="U139" t="s">
+        <v>2822</v>
+      </c>
+      <c r="V139" t="s">
+        <v>2823</v>
+      </c>
+      <c r="W139" t="s">
+        <v>2824</v>
+      </c>
+      <c r="X139" t="s">
+        <v>2825</v>
+      </c>
+      <c r="Y139" t="s">
+        <v>2826</v>
+      </c>
+      <c r="Z139" t="s">
+        <v>2827</v>
+      </c>
+      <c r="AA139" t="s">
+        <v>2828</v>
+      </c>
+      <c r="AB139" t="s">
+        <v>2829</v>
+      </c>
+      <c r="AC139" t="s">
+        <v>2830</v>
+      </c>
+      <c r="AD139" t="s">
+        <v>2831</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C140" t="s">
+        <v>12</v>
+      </c>
+      <c r="D140" t="s">
+        <v>12</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2807</v>
+      </c>
+      <c r="F140" t="s">
+        <v>12</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2833</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2834</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2835</v>
+      </c>
+      <c r="J140" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K140" t="s">
+        <v>2836</v>
+      </c>
+      <c r="L140" t="s">
+        <v>2837</v>
+      </c>
+      <c r="M140" t="s">
+        <v>2838</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C141" t="s">
+        <v>12</v>
+      </c>
+      <c r="D141" t="s">
+        <v>12</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2840</v>
+      </c>
+      <c r="F141" t="s">
+        <v>12</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2841</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2842</v>
+      </c>
+      <c r="I141" t="s">
+        <v>2843</v>
+      </c>
+      <c r="J141" t="s">
+        <v>1202</v>
+      </c>
+      <c r="K141" t="s">
+        <v>2844</v>
+      </c>
+      <c r="L141" t="s">
+        <v>2845</v>
+      </c>
+      <c r="M141" t="s">
+        <v>2846</v>
+      </c>
+      <c r="N141" t="s">
+        <v>2847</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2848</v>
+      </c>
+      <c r="P141" t="s">
+        <v>2849</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C142" t="s">
+        <v>12</v>
+      </c>
+      <c r="D142" t="s">
+        <v>12</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2851</v>
+      </c>
+      <c r="F142" t="s">
+        <v>12</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2852</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2853</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2854</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K142" t="s">
+        <v>2855</v>
+      </c>
+      <c r="L142" t="s">
+        <v>2856</v>
+      </c>
+      <c r="M142" t="s">
+        <v>2857</v>
+      </c>
+      <c r="N142" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C143" t="s">
+        <v>12</v>
+      </c>
+      <c r="D143" t="s">
+        <v>12</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F143" t="s">
+        <v>12</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2861</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2862</v>
+      </c>
+      <c r="I143" t="s">
+        <v>2863</v>
+      </c>
+      <c r="J143" t="s">
+        <v>2864</v>
+      </c>
+      <c r="K143" t="s">
+        <v>2865</v>
+      </c>
+      <c r="L143" t="s">
+        <v>2866</v>
+      </c>
+      <c r="M143" t="s">
+        <v>2867</v>
+      </c>
+      <c r="N143" t="s">
+        <v>2868</v>
+      </c>
+      <c r="O143" t="s">
+        <v>2869</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2870</v>
+      </c>
+      <c r="C144" t="s">
+        <v>12</v>
+      </c>
+      <c r="D144" t="s">
+        <v>12</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2871</v>
+      </c>
+      <c r="F144" t="s">
+        <v>12</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2872</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2873</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2874</v>
+      </c>
+      <c r="J144" t="s">
+        <v>2016</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2875</v>
+      </c>
+      <c r="L144" t="s">
+        <v>2876</v>
+      </c>
+      <c r="M144" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C145" t="s">
+        <v>12</v>
+      </c>
+      <c r="D145" t="s">
+        <v>12</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2879</v>
+      </c>
+      <c r="F145" t="s">
+        <v>12</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2880</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2881</v>
+      </c>
+      <c r="I145" t="s">
+        <v>2882</v>
+      </c>
+      <c r="J145" t="s">
+        <v>1744</v>
+      </c>
+      <c r="K145" t="s">
+        <v>2883</v>
+      </c>
+      <c r="L145" t="s">
+        <v>2884</v>
+      </c>
+      <c r="M145" t="s">
+        <v>2885</v>
+      </c>
+      <c r="N145" t="s">
+        <v>2886</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C146" t="s">
+        <v>12</v>
+      </c>
+      <c r="D146" t="s">
+        <v>12</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2879</v>
+      </c>
+      <c r="F146" t="s">
+        <v>12</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2888</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2889</v>
+      </c>
+      <c r="I146" t="s">
+        <v>2890</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K146" t="s">
+        <v>2891</v>
+      </c>
+      <c r="L146" t="s">
+        <v>2892</v>
+      </c>
+      <c r="M146" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C147" t="s">
+        <v>12</v>
+      </c>
+      <c r="D147" t="s">
+        <v>12</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F147" t="s">
+        <v>12</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2896</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2897</v>
+      </c>
+      <c r="I147" t="s">
+        <v>2898</v>
+      </c>
+      <c r="J147" t="s">
+        <v>2899</v>
+      </c>
+      <c r="K147" t="s">
+        <v>2900</v>
+      </c>
+      <c r="L147" t="s">
+        <v>2901</v>
+      </c>
+      <c r="M147" t="s">
+        <v>2902</v>
+      </c>
+      <c r="N147" t="s">
+        <v>2903</v>
+      </c>
+      <c r="O147" t="s">
+        <v>2904</v>
+      </c>
+      <c r="P147" t="s">
+        <v>2905</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>2906</v>
+      </c>
+      <c r="R147" t="s">
+        <v>2907</v>
+      </c>
+      <c r="S147" t="s">
+        <v>2908</v>
+      </c>
+      <c r="T147" t="s">
+        <v>2909</v>
+      </c>
+      <c r="U147" t="s">
+        <v>2910</v>
+      </c>
+      <c r="V147" t="s">
+        <v>2911</v>
+      </c>
+      <c r="W147" t="s">
+        <v>2912</v>
+      </c>
+      <c r="X147" t="s">
+        <v>2913</v>
+      </c>
+      <c r="Y147" t="s">
+        <v>2914</v>
+      </c>
+      <c r="Z147" t="s">
+        <v>2915</v>
+      </c>
+      <c r="AA147" t="s">
+        <v>2916</v>
+      </c>
+      <c r="AB147" t="s">
+        <v>2917</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C148" t="s">
+        <v>12</v>
+      </c>
+      <c r="D148" t="s">
+        <v>12</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F148" t="s">
+        <v>12</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2919</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2920</v>
+      </c>
+      <c r="I148" t="s">
+        <v>2921</v>
+      </c>
+      <c r="J148" t="s">
+        <v>1922</v>
+      </c>
+      <c r="K148" t="s">
+        <v>2922</v>
+      </c>
+      <c r="L148" t="s">
+        <v>2923</v>
+      </c>
+      <c r="M148" t="s">
+        <v>2924</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2925</v>
+      </c>
+      <c r="C149" t="s">
+        <v>12</v>
+      </c>
+      <c r="D149" t="s">
+        <v>12</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2926</v>
+      </c>
+      <c r="F149" t="s">
+        <v>12</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2927</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2928</v>
+      </c>
+      <c r="I149" t="s">
+        <v>2929</v>
+      </c>
+      <c r="J149" t="s">
+        <v>1922</v>
+      </c>
+      <c r="K149" t="s">
+        <v>2930</v>
+      </c>
+      <c r="L149" t="s">
+        <v>2931</v>
+      </c>
+      <c r="M149" t="s">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2933</v>
+      </c>
+      <c r="C150" t="s">
+        <v>12</v>
+      </c>
+      <c r="D150" t="s">
+        <v>12</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2934</v>
+      </c>
+      <c r="F150" t="s">
+        <v>12</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2935</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2936</v>
+      </c>
+      <c r="I150" t="s">
+        <v>2937</v>
+      </c>
+      <c r="J150" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K150" t="s">
+        <v>2938</v>
+      </c>
+      <c r="L150" t="s">
+        <v>2939</v>
+      </c>
+      <c r="M150" t="s">
+        <v>2940</v>
+      </c>
+      <c r="N150" t="s">
+        <v>2941</v>
+      </c>
+      <c r="O150" t="s">
+        <v>2942</v>
+      </c>
+      <c r="P150" t="s">
+        <v>2943</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B151" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C151" t="s">
+        <v>12</v>
+      </c>
+      <c r="D151" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2946</v>
+      </c>
+      <c r="F151" t="s">
+        <v>12</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2947</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2948</v>
+      </c>
+      <c r="I151" t="s">
+        <v>2949</v>
+      </c>
+      <c r="J151" t="s">
+        <v>2950</v>
+      </c>
+      <c r="K151" t="s">
+        <v>2951</v>
+      </c>
+      <c r="L151" t="s">
+        <v>2952</v>
+      </c>
+      <c r="M151" t="s">
+        <v>2953</v>
+      </c>
+      <c r="N151" t="s">
+        <v>2954</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2955</v>
+      </c>
+      <c r="C152" t="s">
+        <v>12</v>
+      </c>
+      <c r="D152" t="s">
+        <v>12</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2956</v>
+      </c>
+      <c r="F152" t="s">
+        <v>12</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2957</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2958</v>
+      </c>
+      <c r="I152" t="s">
+        <v>2959</v>
+      </c>
+      <c r="J152" t="s">
+        <v>2960</v>
+      </c>
+      <c r="K152" t="s">
+        <v>2961</v>
+      </c>
+      <c r="L152" t="s">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C153" t="s">
+        <v>12</v>
+      </c>
+      <c r="D153" t="s">
+        <v>12</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2964</v>
+      </c>
+      <c r="F153" t="s">
+        <v>12</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2965</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2966</v>
+      </c>
+      <c r="I153" t="s">
+        <v>2967</v>
+      </c>
+      <c r="J153" t="s">
+        <v>2283</v>
+      </c>
+      <c r="K153" t="s">
+        <v>2968</v>
+      </c>
+      <c r="L153" t="s">
+        <v>2969</v>
+      </c>
+      <c r="M153" t="s">
+        <v>2970</v>
+      </c>
+      <c r="N153" t="s">
+        <v>2971</v>
+      </c>
+      <c r="O153" t="s">
+        <v>2972</v>
+      </c>
+      <c r="P153" t="s">
+        <v>2973</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>2974</v>
+      </c>
+      <c r="R153" t="s">
+        <v>2975</v>
+      </c>
+      <c r="S153" t="s">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2977</v>
+      </c>
+      <c r="C154" t="s">
+        <v>12</v>
+      </c>
+      <c r="D154" t="s">
+        <v>12</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2978</v>
+      </c>
+      <c r="F154" t="s">
+        <v>12</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2979</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2980</v>
+      </c>
+      <c r="I154" t="s">
+        <v>2981</v>
+      </c>
+      <c r="J154" t="s">
+        <v>2804</v>
+      </c>
+      <c r="K154" t="s">
+        <v>2982</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C155" t="s">
+        <v>12</v>
+      </c>
+      <c r="D155" t="s">
+        <v>12</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2984</v>
+      </c>
+      <c r="F155" t="s">
+        <v>12</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2986</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2987</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1202</v>
+      </c>
+      <c r="K155" t="s">
+        <v>2988</v>
+      </c>
+      <c r="L155" t="s">
+        <v>2989</v>
+      </c>
+      <c r="M155" t="s">
+        <v>2990</v>
+      </c>
+      <c r="N155" t="s">
+        <v>2991</v>
+      </c>
+      <c r="O155" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C156" t="s">
+        <v>12</v>
+      </c>
+      <c r="D156" t="s">
+        <v>12</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2994</v>
+      </c>
+      <c r="F156" t="s">
+        <v>12</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2995</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2996</v>
+      </c>
+      <c r="I156" t="s">
+        <v>2997</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1202</v>
+      </c>
+      <c r="K156" t="s">
+        <v>2998</v>
+      </c>
+      <c r="L156" t="s">
+        <v>2999</v>
+      </c>
+      <c r="M156" t="s">
+        <v>3000</v>
+      </c>
+      <c r="N156" t="s">
+        <v>3001</v>
+      </c>
+      <c r="O156" t="s">
+        <v>3002</v>
+      </c>
+      <c r="P156" t="s">
+        <v>3003</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B157" t="s">
+        <v>3004</v>
+      </c>
+      <c r="C157" t="s">
+        <v>12</v>
+      </c>
+      <c r="D157" t="s">
+        <v>12</v>
+      </c>
+      <c r="E157" t="s">
+        <v>3005</v>
+      </c>
+      <c r="F157" t="s">
+        <v>12</v>
+      </c>
+      <c r="G157" t="s">
+        <v>3006</v>
+      </c>
+      <c r="H157" t="s">
+        <v>3007</v>
+      </c>
+      <c r="I157" t="s">
+        <v>3008</v>
+      </c>
+      <c r="J157" t="s">
+        <v>3009</v>
+      </c>
+      <c r="K157" t="s">
+        <v>3010</v>
+      </c>
+      <c r="L157" t="s">
+        <v>3011</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B158" t="s">
+        <v>3012</v>
+      </c>
+      <c r="C158" t="s">
+        <v>12</v>
+      </c>
+      <c r="D158" t="s">
+        <v>12</v>
+      </c>
+      <c r="E158" t="s">
+        <v>3013</v>
+      </c>
+      <c r="F158" t="s">
+        <v>12</v>
+      </c>
+      <c r="G158" t="s">
+        <v>3014</v>
+      </c>
+      <c r="H158" t="s">
+        <v>3015</v>
+      </c>
+      <c r="I158" t="s">
+        <v>2542</v>
+      </c>
+      <c r="J158" t="s">
+        <v>3016</v>
+      </c>
+      <c r="K158" t="s">
+        <v>3017</v>
+      </c>
+      <c r="L158" t="s">
+        <v>3018</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B159" t="s">
+        <v>3019</v>
+      </c>
+      <c r="C159" t="s">
+        <v>12</v>
+      </c>
+      <c r="D159" t="s">
+        <v>12</v>
+      </c>
+      <c r="E159" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F159" t="s">
+        <v>12</v>
+      </c>
+      <c r="G159" t="s">
+        <v>3021</v>
+      </c>
+      <c r="H159" t="s">
+        <v>3022</v>
+      </c>
+      <c r="I159" t="s">
+        <v>3023</v>
+      </c>
+      <c r="J159" t="s">
+        <v>3024</v>
+      </c>
+      <c r="K159" t="s">
+        <v>3025</v>
+      </c>
+      <c r="L159" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B160" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C160" t="s">
+        <v>12</v>
+      </c>
+      <c r="D160" t="s">
+        <v>12</v>
+      </c>
+      <c r="E160" t="s">
+        <v>3028</v>
+      </c>
+      <c r="F160" t="s">
+        <v>12</v>
+      </c>
+      <c r="G160" t="s">
+        <v>3029</v>
+      </c>
+      <c r="H160" t="s">
+        <v>3030</v>
+      </c>
+      <c r="I160" t="s">
+        <v>3031</v>
+      </c>
+      <c r="J160" t="s">
+        <v>3032</v>
+      </c>
+      <c r="K160" t="s">
+        <v>3033</v>
+      </c>
+      <c r="L160" t="s">
+        <v>3034</v>
+      </c>
+      <c r="M160" t="s">
+        <v>3035</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B161" t="s">
+        <v>3036</v>
+      </c>
+      <c r="C161" t="s">
+        <v>12</v>
+      </c>
+      <c r="D161" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" t="s">
+        <v>3037</v>
+      </c>
+      <c r="F161" t="s">
+        <v>12</v>
+      </c>
+      <c r="G161" t="s">
+        <v>3038</v>
+      </c>
+      <c r="H161" t="s">
+        <v>3039</v>
+      </c>
+      <c r="I161" t="s">
+        <v>3040</v>
+      </c>
+      <c r="J161" t="s">
+        <v>3041</v>
+      </c>
+      <c r="K161" t="s">
+        <v>3042</v>
+      </c>
+      <c r="L161" t="s">
+        <v>3043</v>
+      </c>
+      <c r="M161" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B162" t="s">
+        <v>3045</v>
+      </c>
+      <c r="C162" t="s">
+        <v>12</v>
+      </c>
+      <c r="D162" t="s">
+        <v>12</v>
+      </c>
+      <c r="E162" t="s">
+        <v>3046</v>
+      </c>
+      <c r="F162" t="s">
+        <v>12</v>
+      </c>
+      <c r="G162" t="s">
+        <v>3047</v>
+      </c>
+      <c r="H162" t="s">
+        <v>3048</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2595</v>
+      </c>
+      <c r="J162" t="s">
+        <v>3049</v>
+      </c>
+      <c r="K162" t="s">
+        <v>3050</v>
+      </c>
+      <c r="L162" t="s">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B163" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C163" t="s">
+        <v>12</v>
+      </c>
+      <c r="D163" t="s">
+        <v>12</v>
+      </c>
+      <c r="E163" t="s">
+        <v>3046</v>
+      </c>
+      <c r="F163" t="s">
+        <v>12</v>
+      </c>
+      <c r="G163" t="s">
+        <v>3053</v>
+      </c>
+      <c r="H163" t="s">
+        <v>3054</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J163" t="s">
+        <v>3041</v>
+      </c>
+      <c r="K163" t="s">
+        <v>3055</v>
+      </c>
+      <c r="L163" t="s">
+        <v>3056</v>
+      </c>
+      <c r="M163" t="s">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B164" t="s">
+        <v>3058</v>
+      </c>
+      <c r="C164" t="s">
+        <v>12</v>
+      </c>
+      <c r="D164" t="s">
+        <v>12</v>
+      </c>
+      <c r="E164" t="s">
+        <v>3059</v>
+      </c>
+      <c r="F164" t="s">
+        <v>12</v>
+      </c>
+      <c r="G164" t="s">
+        <v>3060</v>
+      </c>
+      <c r="H164" t="s">
+        <v>3061</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1728</v>
+      </c>
+      <c r="J164" t="s">
+        <v>3062</v>
+      </c>
+      <c r="K164" t="s">
+        <v>3063</v>
+      </c>
+      <c r="L164" t="s">
+        <v>3064</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B165" t="s">
+        <v>3065</v>
+      </c>
+      <c r="C165" t="s">
+        <v>12</v>
+      </c>
+      <c r="D165" t="s">
+        <v>12</v>
+      </c>
+      <c r="E165" t="s">
+        <v>3066</v>
+      </c>
+      <c r="F165" t="s">
+        <v>12</v>
+      </c>
+      <c r="G165" t="s">
+        <v>3067</v>
+      </c>
+      <c r="H165" t="s">
+        <v>3068</v>
+      </c>
+      <c r="I165" t="s">
+        <v>3069</v>
+      </c>
+      <c r="J165" t="s">
+        <v>508</v>
+      </c>
+      <c r="K165" t="s">
+        <v>3070</v>
+      </c>
+      <c r="L165" t="s">
+        <v>3071</v>
+      </c>
+      <c r="M165" t="s">
+        <v>3072</v>
+      </c>
+      <c r="N165" t="s">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B166" t="s">
+        <v>3074</v>
+      </c>
+      <c r="C166" t="s">
+        <v>12</v>
+      </c>
+      <c r="D166" t="s">
+        <v>12</v>
+      </c>
+      <c r="E166" t="s">
+        <v>3059</v>
+      </c>
+      <c r="F166" t="s">
+        <v>12</v>
+      </c>
+      <c r="G166" t="s">
+        <v>3075</v>
+      </c>
+      <c r="H166" t="s">
+        <v>3076</v>
+      </c>
+      <c r="I166" t="s">
+        <v>3077</v>
+      </c>
+      <c r="J166" t="s">
+        <v>3078</v>
+      </c>
+      <c r="K166" t="s">
+        <v>3079</v>
+      </c>
+      <c r="L166" t="s">
+        <v>3080</v>
+      </c>
+      <c r="M166" t="s">
+        <v>3081</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B167" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C167" t="s">
+        <v>12</v>
+      </c>
+      <c r="D167" t="s">
+        <v>12</v>
+      </c>
+      <c r="E167" t="s">
+        <v>3083</v>
+      </c>
+      <c r="F167" t="s">
+        <v>12</v>
+      </c>
+      <c r="G167" t="s">
+        <v>3084</v>
+      </c>
+      <c r="H167" t="s">
+        <v>3085</v>
+      </c>
+      <c r="I167" t="s">
+        <v>3086</v>
+      </c>
+      <c r="J167" t="s">
+        <v>3087</v>
+      </c>
+      <c r="K167" t="s">
+        <v>3088</v>
+      </c>
+      <c r="L167" t="s">
+        <v>3089</v>
+      </c>
+      <c r="M167" t="s">
+        <v>3090</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B168" t="s">
+        <v>3091</v>
+      </c>
+      <c r="C168" t="s">
+        <v>12</v>
+      </c>
+      <c r="D168" t="s">
+        <v>12</v>
+      </c>
+      <c r="E168" t="s">
+        <v>3092</v>
+      </c>
+      <c r="F168" t="s">
+        <v>12</v>
+      </c>
+      <c r="G168" t="s">
+        <v>3093</v>
+      </c>
+      <c r="H168" t="s">
+        <v>3094</v>
+      </c>
+      <c r="I168" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J168" t="s">
+        <v>2950</v>
+      </c>
+      <c r="K168" t="s">
+        <v>3095</v>
+      </c>
+      <c r="L168" t="s">
+        <v>3096</v>
+      </c>
+      <c r="M168" t="s">
+        <v>3097</v>
+      </c>
+      <c r="N168" t="s">
+        <v>3098</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B169" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C169" t="s">
+        <v>12</v>
+      </c>
+      <c r="D169" t="s">
+        <v>12</v>
+      </c>
+      <c r="E169" t="s">
+        <v>3092</v>
+      </c>
+      <c r="F169" t="s">
+        <v>12</v>
+      </c>
+      <c r="G169" t="s">
+        <v>3100</v>
+      </c>
+      <c r="H169" t="s">
+        <v>3101</v>
+      </c>
+      <c r="I169" t="s">
+        <v>3102</v>
+      </c>
+      <c r="J169" t="s">
+        <v>508</v>
+      </c>
+      <c r="K169" t="s">
+        <v>3103</v>
+      </c>
+      <c r="L169" t="s">
+        <v>3104</v>
+      </c>
+      <c r="M169" t="s">
+        <v>3105</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B170" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C170" t="s">
+        <v>12</v>
+      </c>
+      <c r="D170" t="s">
+        <v>12</v>
+      </c>
+      <c r="E170" t="s">
+        <v>3107</v>
+      </c>
+      <c r="F170" t="s">
+        <v>12</v>
+      </c>
+      <c r="G170" t="s">
+        <v>3108</v>
+      </c>
+      <c r="H170" t="s">
+        <v>3109</v>
+      </c>
+      <c r="I170" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J170" t="s">
+        <v>3110</v>
+      </c>
+      <c r="K170" t="s">
+        <v>3111</v>
+      </c>
+      <c r="L170" t="s">
+        <v>3112</v>
+      </c>
+      <c r="M170" t="s">
+        <v>3113</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B171" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C171" t="s">
+        <v>12</v>
+      </c>
+      <c r="D171" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" t="s">
+        <v>3107</v>
+      </c>
+      <c r="F171" t="s">
+        <v>12</v>
+      </c>
+      <c r="G171" t="s">
+        <v>3115</v>
+      </c>
+      <c r="H171" t="s">
+        <v>3116</v>
+      </c>
+      <c r="I171" t="s">
+        <v>1900</v>
+      </c>
+      <c r="J171" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K171" t="s">
+        <v>3117</v>
+      </c>
+      <c r="L171" t="s">
+        <v>3118</v>
+      </c>
+      <c r="M171" t="s">
+        <v>3119</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B172" t="s">
+        <v>3120</v>
+      </c>
+      <c r="C172" t="s">
+        <v>12</v>
+      </c>
+      <c r="D172" t="s">
+        <v>12</v>
+      </c>
+      <c r="E172" t="s">
+        <v>3121</v>
+      </c>
+      <c r="F172" t="s">
+        <v>12</v>
+      </c>
+      <c r="G172" t="s">
+        <v>3122</v>
+      </c>
+      <c r="H172" t="s">
+        <v>3123</v>
+      </c>
+      <c r="I172" t="s">
+        <v>3124</v>
+      </c>
+      <c r="J172" t="s">
+        <v>3125</v>
+      </c>
+      <c r="K172" t="s">
+        <v>3126</v>
+      </c>
+      <c r="L172" t="s">
+        <v>3127</v>
+      </c>
+      <c r="M172" t="s">
+        <v>3128</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B173" t="s">
+        <v>3129</v>
+      </c>
+      <c r="C173" t="s">
+        <v>12</v>
+      </c>
+      <c r="D173" t="s">
+        <v>12</v>
+      </c>
+      <c r="E173" t="s">
+        <v>3130</v>
+      </c>
+      <c r="F173" t="s">
+        <v>12</v>
+      </c>
+      <c r="G173" t="s">
+        <v>3131</v>
+      </c>
+      <c r="H173" t="s">
+        <v>3132</v>
+      </c>
+      <c r="I173" t="s">
+        <v>3133</v>
+      </c>
+      <c r="J173" t="s">
+        <v>3134</v>
+      </c>
+      <c r="K173" t="s">
+        <v>3135</v>
+      </c>
+      <c r="L173" t="s">
+        <v>3136</v>
+      </c>
+      <c r="M173" t="s">
+        <v>3137</v>
+      </c>
+      <c r="N173" t="s">
+        <v>3138</v>
+      </c>
+      <c r="O173" t="s">
+        <v>3139</v>
+      </c>
+      <c r="P173" t="s">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B174" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C174" t="s">
+        <v>12</v>
+      </c>
+      <c r="D174" t="s">
+        <v>12</v>
+      </c>
+      <c r="E174" t="s">
+        <v>3107</v>
+      </c>
+      <c r="F174" t="s">
+        <v>12</v>
+      </c>
+      <c r="G174" t="s">
+        <v>3142</v>
+      </c>
+      <c r="H174" t="s">
+        <v>3143</v>
+      </c>
+      <c r="I174" t="s">
+        <v>3144</v>
+      </c>
+      <c r="J174" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K174" t="s">
+        <v>3145</v>
+      </c>
+      <c r="L174" t="s">
+        <v>3146</v>
+      </c>
+      <c r="M174" t="s">
+        <v>3147</v>
+      </c>
+      <c r="N174" t="s">
+        <v>3148</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B175" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C175" t="s">
+        <v>12</v>
+      </c>
+      <c r="D175" t="s">
+        <v>12</v>
+      </c>
+      <c r="E175" t="s">
+        <v>3150</v>
+      </c>
+      <c r="F175" t="s">
+        <v>12</v>
+      </c>
+      <c r="G175" t="s">
+        <v>3151</v>
+      </c>
+      <c r="H175" t="s">
+        <v>3152</v>
+      </c>
+      <c r="I175" t="s">
+        <v>1936</v>
+      </c>
+      <c r="J175" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K175" t="s">
+        <v>3153</v>
+      </c>
+      <c r="L175" t="s">
+        <v>3154</v>
+      </c>
+      <c r="M175" t="s">
+        <v>3155</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B176" t="s">
+        <v>3156</v>
+      </c>
+      <c r="C176" t="s">
+        <v>12</v>
+      </c>
+      <c r="D176" t="s">
+        <v>12</v>
+      </c>
+      <c r="E176" t="s">
+        <v>3150</v>
+      </c>
+      <c r="F176" t="s">
+        <v>12</v>
+      </c>
+      <c r="G176" t="s">
+        <v>3157</v>
+      </c>
+      <c r="H176" t="s">
+        <v>3158</v>
+      </c>
+      <c r="I176" t="s">
+        <v>3159</v>
+      </c>
+      <c r="J176" t="s">
+        <v>3160</v>
+      </c>
+      <c r="K176" t="s">
+        <v>3161</v>
+      </c>
+      <c r="L176" t="s">
+        <v>3162</v>
+      </c>
+      <c r="M176" t="s">
+        <v>3163</v>
+      </c>
+      <c r="N176" t="s">
+        <v>3164</v>
+      </c>
+      <c r="O176" t="s">
+        <v>3165</v>
+      </c>
+      <c r="P176" t="s">
+        <v>3166</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>3167</v>
+      </c>
+      <c r="R176" t="s">
+        <v>3168</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B177" t="s">
+        <v>3169</v>
+      </c>
+      <c r="C177" t="s">
+        <v>12</v>
+      </c>
+      <c r="D177" t="s">
+        <v>12</v>
+      </c>
+      <c r="E177" t="s">
+        <v>3130</v>
+      </c>
+      <c r="F177" t="s">
+        <v>12</v>
+      </c>
+      <c r="G177" t="s">
+        <v>3170</v>
+      </c>
+      <c r="H177" t="s">
+        <v>3171</v>
+      </c>
+      <c r="I177" t="s">
+        <v>3172</v>
+      </c>
+      <c r="J177" t="s">
+        <v>3173</v>
+      </c>
+      <c r="K177" t="s">
+        <v>3174</v>
+      </c>
+      <c r="L177" t="s">
+        <v>3175</v>
+      </c>
+      <c r="M177" t="s">
+        <v>3176</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B178" t="s">
+        <v>3177</v>
+      </c>
+      <c r="C178" t="s">
+        <v>12</v>
+      </c>
+      <c r="D178" t="s">
+        <v>12</v>
+      </c>
+      <c r="E178" t="s">
+        <v>3150</v>
+      </c>
+      <c r="F178" t="s">
+        <v>12</v>
+      </c>
+      <c r="G178" t="s">
+        <v>3178</v>
+      </c>
+      <c r="H178" t="s">
+        <v>3179</v>
+      </c>
+      <c r="I178" t="s">
+        <v>1865</v>
+      </c>
+      <c r="J178" t="s">
+        <v>3180</v>
+      </c>
+      <c r="K178" t="s">
+        <v>3181</v>
+      </c>
+      <c r="L178" t="s">
+        <v>3182</v>
+      </c>
+      <c r="M178" t="s">
+        <v>3183</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B179" t="s">
+        <v>3184</v>
+      </c>
+      <c r="C179" t="s">
+        <v>12</v>
+      </c>
+      <c r="D179" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" t="s">
+        <v>3185</v>
+      </c>
+      <c r="F179" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" t="s">
+        <v>3186</v>
+      </c>
+      <c r="H179" t="s">
+        <v>3187</v>
+      </c>
+      <c r="I179" t="s">
+        <v>3188</v>
+      </c>
+      <c r="J179" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K179" t="s">
+        <v>3189</v>
+      </c>
+      <c r="L179" t="s">
+        <v>3190</v>
+      </c>
+      <c r="M179" t="s">
+        <v>3191</v>
+      </c>
+      <c r="N179" t="s">
+        <v>3192</v>
+      </c>
+      <c r="O179" t="s">
+        <v>3193</v>
+      </c>
+      <c r="P179" t="s">
+        <v>3194</v>
+      </c>
+      <c r="Q179" t="s">
+        <v>3195</v>
+      </c>
+      <c r="R179" t="s">
+        <v>3196</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B180" t="s">
+        <v>3197</v>
+      </c>
+      <c r="C180" t="s">
+        <v>12</v>
+      </c>
+      <c r="D180" t="s">
+        <v>12</v>
+      </c>
+      <c r="E180" t="s">
+        <v>3198</v>
+      </c>
+      <c r="F180" t="s">
+        <v>12</v>
+      </c>
+      <c r="G180" t="s">
+        <v>3199</v>
+      </c>
+      <c r="H180" t="s">
+        <v>3200</v>
+      </c>
+      <c r="I180" t="s">
+        <v>3201</v>
+      </c>
+      <c r="J180" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K180" t="s">
+        <v>3202</v>
+      </c>
+      <c r="L180" t="s">
+        <v>3203</v>
+      </c>
+      <c r="M180" t="s">
+        <v>3204</v>
+      </c>
+      <c r="N180" t="s">
+        <v>3205</v>
+      </c>
+      <c r="O180" t="s">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B181" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C181" t="s">
+        <v>12</v>
+      </c>
+      <c r="D181" t="s">
+        <v>12</v>
+      </c>
+      <c r="E181" t="s">
+        <v>3208</v>
+      </c>
+      <c r="F181" t="s">
+        <v>12</v>
+      </c>
+      <c r="G181" t="s">
+        <v>3209</v>
+      </c>
+      <c r="H181" t="s">
+        <v>3210</v>
+      </c>
+      <c r="I181" t="s">
+        <v>3211</v>
+      </c>
+      <c r="J181" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K181" t="s">
+        <v>3212</v>
+      </c>
+      <c r="L181" t="s">
+        <v>3213</v>
+      </c>
+      <c r="M181" t="s">
+        <v>3214</v>
+      </c>
+      <c r="N181" t="s">
+        <v>3215</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B182" t="s">
+        <v>3216</v>
+      </c>
+      <c r="C182" t="s">
+        <v>12</v>
+      </c>
+      <c r="D182" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F182" t="s">
+        <v>12</v>
+      </c>
+      <c r="G182" t="s">
+        <v>3218</v>
+      </c>
+      <c r="H182" t="s">
+        <v>3219</v>
+      </c>
+      <c r="I182" t="s">
+        <v>3220</v>
+      </c>
+      <c r="J182" t="s">
+        <v>3221</v>
+      </c>
+      <c r="K182" t="s">
+        <v>3222</v>
+      </c>
+      <c r="L182" t="s">
+        <v>3223</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B183" t="s">
+        <v>3224</v>
+      </c>
+      <c r="C183" t="s">
+        <v>12</v>
+      </c>
+      <c r="D183" t="s">
+        <v>12</v>
+      </c>
+      <c r="E183" t="s">
+        <v>3225</v>
+      </c>
+      <c r="F183" t="s">
+        <v>12</v>
+      </c>
+      <c r="G183" t="s">
+        <v>3226</v>
+      </c>
+      <c r="H183" t="s">
+        <v>3227</v>
+      </c>
+      <c r="I183" t="s">
+        <v>3228</v>
+      </c>
+      <c r="J183" t="s">
+        <v>498</v>
+      </c>
+      <c r="K183" t="s">
+        <v>3229</v>
+      </c>
+      <c r="L183" t="s">
+        <v>3230</v>
+      </c>
+      <c r="M183" t="s">
+        <v>3231</v>
+      </c>
+      <c r="N183" t="s">
+        <v>3232</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B184" t="s">
+        <v>3233</v>
+      </c>
+      <c r="C184" t="s">
+        <v>12</v>
+      </c>
+      <c r="D184" t="s">
+        <v>12</v>
+      </c>
+      <c r="E184" t="s">
+        <v>3234</v>
+      </c>
+      <c r="F184" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" t="s">
+        <v>3235</v>
+      </c>
+      <c r="H184" t="s">
+        <v>3236</v>
+      </c>
+      <c r="I184" t="s">
+        <v>3237</v>
+      </c>
+      <c r="J184" t="s">
+        <v>1930</v>
+      </c>
+      <c r="K184" t="s">
+        <v>3238</v>
+      </c>
+      <c r="L184" t="s">
+        <v>3239</v>
+      </c>
+      <c r="M184" t="s">
+        <v>3240</v>
+      </c>
+      <c r="N184" t="s">
+        <v>3241</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B185" t="s">
+        <v>3242</v>
+      </c>
+      <c r="C185" t="s">
+        <v>12</v>
+      </c>
+      <c r="D185" t="s">
+        <v>12</v>
+      </c>
+      <c r="E185" t="s">
+        <v>3243</v>
+      </c>
+      <c r="F185" t="s">
+        <v>12</v>
+      </c>
+      <c r="G185" t="s">
+        <v>3244</v>
+      </c>
+      <c r="H185" t="s">
+        <v>3245</v>
+      </c>
+      <c r="I185" t="s">
+        <v>3246</v>
+      </c>
+      <c r="J185" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K185" t="s">
+        <v>3247</v>
+      </c>
+      <c r="L185" t="s">
+        <v>3248</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B186" t="s">
+        <v>3249</v>
+      </c>
+      <c r="C186" t="s">
+        <v>12</v>
+      </c>
+      <c r="D186" t="s">
+        <v>12</v>
+      </c>
+      <c r="E186" t="s">
+        <v>3250</v>
+      </c>
+      <c r="F186" t="s">
+        <v>12</v>
+      </c>
+      <c r="G186" t="s">
+        <v>3251</v>
+      </c>
+      <c r="H186" t="s">
+        <v>3252</v>
+      </c>
+      <c r="I186" t="s">
+        <v>2863</v>
+      </c>
+      <c r="J186" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K186" t="s">
+        <v>3253</v>
+      </c>
+      <c r="L186" t="s">
+        <v>3254</v>
+      </c>
+      <c r="M186" t="s">
+        <v>3255</v>
+      </c>
+      <c r="N186" t="s">
+        <v>3256</v>
+      </c>
+      <c r="O186" t="s">
+        <v>3257</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B187" t="s">
+        <v>3258</v>
+      </c>
+      <c r="C187" t="s">
+        <v>12</v>
+      </c>
+      <c r="D187" t="s">
+        <v>12</v>
+      </c>
+      <c r="E187" t="s">
+        <v>3259</v>
+      </c>
+      <c r="F187" t="s">
+        <v>12</v>
+      </c>
+      <c r="G187" t="s">
+        <v>3260</v>
+      </c>
+      <c r="H187" t="s">
+        <v>3261</v>
+      </c>
+      <c r="I187" t="s">
+        <v>3262</v>
+      </c>
+      <c r="J187" t="s">
+        <v>3263</v>
+      </c>
+      <c r="K187" t="s">
+        <v>3264</v>
+      </c>
+      <c r="L187" t="s">
+        <v>3265</v>
+      </c>
+      <c r="M187" t="s">
+        <v>3266</v>
+      </c>
+      <c r="N187" t="s">
+        <v>3267</v>
+      </c>
+      <c r="O187" t="s">
+        <v>3268</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B188" t="s">
+        <v>3269</v>
+      </c>
+      <c r="C188" t="s">
+        <v>12</v>
+      </c>
+      <c r="D188" t="s">
+        <v>12</v>
+      </c>
+      <c r="E188" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F188" t="s">
+        <v>12</v>
+      </c>
+      <c r="G188" t="s">
+        <v>3271</v>
+      </c>
+      <c r="H188" t="s">
+        <v>3272</v>
+      </c>
+      <c r="I188" t="s">
+        <v>3273</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1656</v>
+      </c>
+      <c r="K188" t="s">
+        <v>3274</v>
+      </c>
+      <c r="L188" t="s">
+        <v>3275</v>
+      </c>
+      <c r="M188" t="s">
+        <v>3276</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B189" t="s">
+        <v>3277</v>
+      </c>
+      <c r="C189" t="s">
+        <v>12</v>
+      </c>
+      <c r="D189" t="s">
+        <v>12</v>
+      </c>
+      <c r="E189" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F189" t="s">
+        <v>12</v>
+      </c>
+      <c r="G189" t="s">
+        <v>3278</v>
+      </c>
+      <c r="H189" t="s">
+        <v>3279</v>
+      </c>
+      <c r="I189" t="s">
+        <v>3280</v>
+      </c>
+      <c r="J189" t="s">
+        <v>508</v>
+      </c>
+      <c r="K189" t="s">
+        <v>3281</v>
+      </c>
+      <c r="L189" t="s">
+        <v>3282</v>
+      </c>
+      <c r="M189" t="s">
+        <v>3283</v>
+      </c>
+      <c r="N189" t="s">
+        <v>3284</v>
+      </c>
+      <c r="O189" t="s">
+        <v>3285</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B190" t="s">
+        <v>3286</v>
+      </c>
+      <c r="C190" t="s">
+        <v>12</v>
+      </c>
+      <c r="D190" t="s">
+        <v>12</v>
+      </c>
+      <c r="E190" t="s">
+        <v>3287</v>
+      </c>
+      <c r="F190" t="s">
+        <v>12</v>
+      </c>
+      <c r="G190" t="s">
+        <v>3288</v>
+      </c>
+      <c r="H190" t="s">
+        <v>3289</v>
+      </c>
+      <c r="I190" t="s">
+        <v>3290</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K190" t="s">
+        <v>3291</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B191" t="s">
+        <v>3292</v>
+      </c>
+      <c r="C191" t="s">
+        <v>12</v>
+      </c>
+      <c r="D191" t="s">
+        <v>12</v>
+      </c>
+      <c r="E191" t="s">
+        <v>3293</v>
+      </c>
+      <c r="F191" t="s">
+        <v>12</v>
+      </c>
+      <c r="G191" t="s">
+        <v>3294</v>
+      </c>
+      <c r="H191" t="s">
+        <v>3295</v>
+      </c>
+      <c r="I191" t="s">
+        <v>2618</v>
+      </c>
+      <c r="J191" t="s">
+        <v>2551</v>
+      </c>
+      <c r="K191" t="s">
+        <v>3296</v>
+      </c>
+      <c r="L191" t="s">
+        <v>3297</v>
+      </c>
+      <c r="M191" t="s">
+        <v>3298</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B192" t="s">
+        <v>3299</v>
+      </c>
+      <c r="C192" t="s">
+        <v>12</v>
+      </c>
+      <c r="D192" t="s">
+        <v>12</v>
+      </c>
+      <c r="E192" t="s">
+        <v>3300</v>
+      </c>
+      <c r="F192" t="s">
+        <v>12</v>
+      </c>
+      <c r="G192" t="s">
+        <v>3301</v>
+      </c>
+      <c r="H192" t="s">
+        <v>3302</v>
+      </c>
+      <c r="I192" t="s">
+        <v>3303</v>
+      </c>
+      <c r="J192" t="s">
+        <v>508</v>
+      </c>
+      <c r="K192" t="s">
+        <v>3304</v>
+      </c>
+      <c r="L192" t="s">
+        <v>3305</v>
+      </c>
+      <c r="M192" t="s">
+        <v>3306</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B193" t="s">
+        <v>3307</v>
+      </c>
+      <c r="C193" t="s">
+        <v>12</v>
+      </c>
+      <c r="D193" t="s">
+        <v>12</v>
+      </c>
+      <c r="E193" t="s">
+        <v>3308</v>
+      </c>
+      <c r="F193" t="s">
+        <v>12</v>
+      </c>
+      <c r="G193" t="s">
+        <v>3309</v>
+      </c>
+      <c r="H193" t="s">
+        <v>3310</v>
+      </c>
+      <c r="I193" t="s">
+        <v>1410</v>
+      </c>
+      <c r="J193" t="s">
+        <v>1922</v>
+      </c>
+      <c r="K193" t="s">
+        <v>3311</v>
+      </c>
+      <c r="L193" t="s">
+        <v>3312</v>
+      </c>
+      <c r="M193" t="s">
+        <v>3313</v>
+      </c>
+      <c r="N193" t="s">
+        <v>3314</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B194" t="s">
+        <v>3315</v>
+      </c>
+      <c r="C194" t="s">
+        <v>12</v>
+      </c>
+      <c r="D194" t="s">
+        <v>12</v>
+      </c>
+      <c r="E194" t="s">
+        <v>3316</v>
+      </c>
+      <c r="F194" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" t="s">
+        <v>3317</v>
+      </c>
+      <c r="H194" t="s">
+        <v>3318</v>
+      </c>
+      <c r="I194" t="s">
+        <v>3237</v>
+      </c>
+      <c r="J194" t="s">
+        <v>1420</v>
+      </c>
+      <c r="K194" t="s">
+        <v>3319</v>
+      </c>
+      <c r="L194" t="s">
+        <v>3320</v>
+      </c>
+      <c r="M194" t="s">
+        <v>3321</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B195" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C195" t="s">
+        <v>12</v>
+      </c>
+      <c r="D195" t="s">
+        <v>12</v>
+      </c>
+      <c r="E195" t="s">
+        <v>3323</v>
+      </c>
+      <c r="F195" t="s">
+        <v>12</v>
+      </c>
+      <c r="G195" t="s">
+        <v>3324</v>
+      </c>
+      <c r="H195" t="s">
+        <v>3325</v>
+      </c>
+      <c r="I195" t="s">
+        <v>3326</v>
+      </c>
+      <c r="J195" t="s">
+        <v>2612</v>
+      </c>
+      <c r="K195" t="s">
+        <v>3327</v>
+      </c>
+      <c r="L195" t="s">
+        <v>3328</v>
+      </c>
+      <c r="M195" t="s">
+        <v>3329</v>
+      </c>
+      <c r="N195" t="s">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B196" t="s">
+        <v>3331</v>
+      </c>
+      <c r="C196" t="s">
+        <v>12</v>
+      </c>
+      <c r="D196" t="s">
+        <v>12</v>
+      </c>
+      <c r="E196" t="s">
+        <v>3332</v>
+      </c>
+      <c r="F196" t="s">
+        <v>12</v>
+      </c>
+      <c r="G196" t="s">
+        <v>3333</v>
+      </c>
+      <c r="H196" t="s">
+        <v>3334</v>
+      </c>
+      <c r="I196" t="s">
+        <v>3335</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K196" t="s">
+        <v>3336</v>
+      </c>
+      <c r="L196" t="s">
+        <v>3337</v>
+      </c>
+      <c r="M196" t="s">
+        <v>3338</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B197" t="s">
+        <v>3339</v>
+      </c>
+      <c r="C197" t="s">
+        <v>12</v>
+      </c>
+      <c r="D197" t="s">
+        <v>12</v>
+      </c>
+      <c r="E197" t="s">
+        <v>3340</v>
+      </c>
+      <c r="F197" t="s">
+        <v>12</v>
+      </c>
+      <c r="G197" t="s">
+        <v>3341</v>
+      </c>
+      <c r="H197" t="s">
+        <v>3342</v>
+      </c>
+      <c r="I197" t="s">
+        <v>3343</v>
+      </c>
+      <c r="J197" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K197" t="s">
+        <v>3344</v>
+      </c>
+      <c r="L197" t="s">
+        <v>3345</v>
+      </c>
+      <c r="M197" t="s">
+        <v>3346</v>
+      </c>
+      <c r="N197" t="s">
+        <v>3347</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B198" t="s">
+        <v>3348</v>
+      </c>
+      <c r="C198" t="s">
+        <v>12</v>
+      </c>
+      <c r="D198" t="s">
+        <v>12</v>
+      </c>
+      <c r="E198" t="s">
+        <v>3349</v>
+      </c>
+      <c r="F198" t="s">
+        <v>12</v>
+      </c>
+      <c r="G198" t="s">
+        <v>3350</v>
+      </c>
+      <c r="H198" t="s">
+        <v>3351</v>
+      </c>
+      <c r="I198" t="s">
+        <v>3352</v>
+      </c>
+      <c r="J198" t="s">
+        <v>3353</v>
+      </c>
+      <c r="K198" t="s">
+        <v>3354</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B199" t="s">
+        <v>3355</v>
+      </c>
+      <c r="C199" t="s">
+        <v>12</v>
+      </c>
+      <c r="D199" t="s">
+        <v>12</v>
+      </c>
+      <c r="E199" t="s">
+        <v>3356</v>
+      </c>
+      <c r="F199" t="s">
+        <v>12</v>
+      </c>
+      <c r="G199" t="s">
+        <v>3357</v>
+      </c>
+      <c r="H199" t="s">
+        <v>3358</v>
+      </c>
+      <c r="I199" t="s">
+        <v>3359</v>
+      </c>
+      <c r="J199" t="s">
+        <v>1825</v>
+      </c>
+      <c r="K199" t="s">
+        <v>3360</v>
+      </c>
+      <c r="L199" t="s">
+        <v>3361</v>
+      </c>
+      <c r="M199" t="s">
+        <v>3362</v>
+      </c>
+      <c r="N199" t="s">
+        <v>3363</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B200" t="s">
+        <v>3364</v>
+      </c>
+      <c r="C200" t="s">
+        <v>12</v>
+      </c>
+      <c r="D200" t="s">
+        <v>12</v>
+      </c>
+      <c r="E200" t="s">
+        <v>3356</v>
+      </c>
+      <c r="F200" t="s">
+        <v>12</v>
+      </c>
+      <c r="G200" t="s">
+        <v>3365</v>
+      </c>
+      <c r="H200" t="s">
+        <v>3366</v>
+      </c>
+      <c r="I200" t="s">
+        <v>3077</v>
+      </c>
+      <c r="J200" t="s">
+        <v>2223</v>
+      </c>
+      <c r="K200" t="s">
+        <v>3367</v>
+      </c>
+      <c r="L200" t="s">
+        <v>3368</v>
+      </c>
+      <c r="M200" t="s">
+        <v>3369</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B201" t="s">
+        <v>3370</v>
+      </c>
+      <c r="C201" t="s">
+        <v>12</v>
+      </c>
+      <c r="D201" t="s">
+        <v>12</v>
+      </c>
+      <c r="E201" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F201" t="s">
+        <v>12</v>
+      </c>
+      <c r="G201" t="s">
+        <v>3372</v>
+      </c>
+      <c r="H201" t="s">
+        <v>3373</v>
+      </c>
+      <c r="I201" t="s">
+        <v>2997</v>
+      </c>
+      <c r="J201" t="s">
+        <v>1420</v>
+      </c>
+      <c r="K201" t="s">
+        <v>3374</v>
+      </c>
+      <c r="L201" t="s">
+        <v>3375</v>
+      </c>
+      <c r="M201" t="s">
+        <v>3376</v>
+      </c>
+      <c r="N201" t="s">
+        <v>3377</v>
+      </c>
+      <c r="O201" t="s">
+        <v>3378</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B202" t="s">
+        <v>3379</v>
+      </c>
+      <c r="C202" t="s">
+        <v>12</v>
+      </c>
+      <c r="D202" t="s">
+        <v>12</v>
+      </c>
+      <c r="E202" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F202" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" t="s">
+        <v>3380</v>
+      </c>
+      <c r="H202" t="s">
+        <v>3381</v>
+      </c>
+      <c r="I202" t="s">
+        <v>2863</v>
+      </c>
+      <c r="J202" t="s">
+        <v>455</v>
+      </c>
+      <c r="K202" t="s">
+        <v>3382</v>
+      </c>
+      <c r="L202" t="s">
+        <v>3383</v>
+      </c>
+      <c r="M202" t="s">
+        <v>3384</v>
+      </c>
+      <c r="N202" t="s">
+        <v>3385</v>
+      </c>
+      <c r="O202" t="s">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B203" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C203" t="s">
+        <v>12</v>
+      </c>
+      <c r="D203" t="s">
+        <v>12</v>
+      </c>
+      <c r="E203" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F203" t="s">
+        <v>12</v>
+      </c>
+      <c r="G203" t="s">
+        <v>3388</v>
+      </c>
+      <c r="H203" t="s">
+        <v>3389</v>
+      </c>
+      <c r="I203" t="s">
+        <v>3390</v>
+      </c>
+      <c r="J203" t="s">
+        <v>3391</v>
+      </c>
+      <c r="K203" t="s">
+        <v>3392</v>
+      </c>
+      <c r="L203" t="s">
+        <v>3393</v>
+      </c>
+      <c r="M203" t="s">
+        <v>3394</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B204" t="s">
+        <v>3395</v>
+      </c>
+      <c r="C204" t="s">
+        <v>12</v>
+      </c>
+      <c r="D204" t="s">
+        <v>12</v>
+      </c>
+      <c r="E204" t="s">
+        <v>3396</v>
+      </c>
+      <c r="F204" t="s">
+        <v>12</v>
+      </c>
+      <c r="G204" t="s">
+        <v>3397</v>
+      </c>
+      <c r="H204" t="s">
+        <v>3398</v>
+      </c>
+      <c r="I204" t="s">
+        <v>2997</v>
+      </c>
+      <c r="J204" t="s">
+        <v>3399</v>
+      </c>
+      <c r="K204" t="s">
+        <v>3400</v>
+      </c>
+      <c r="L204" t="s">
+        <v>3401</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B205" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C205" t="s">
+        <v>12</v>
+      </c>
+      <c r="D205" t="s">
+        <v>12</v>
+      </c>
+      <c r="E205" t="s">
+        <v>3403</v>
+      </c>
+      <c r="F205" t="s">
+        <v>12</v>
+      </c>
+      <c r="G205" t="s">
+        <v>3404</v>
+      </c>
+      <c r="H205" t="s">
+        <v>3405</v>
+      </c>
+      <c r="I205" t="s">
+        <v>3406</v>
+      </c>
+      <c r="J205" t="s">
+        <v>2411</v>
+      </c>
+      <c r="K205" t="s">
+        <v>3407</v>
+      </c>
+      <c r="L205" t="s">
+        <v>3408</v>
+      </c>
+      <c r="M205" t="s">
+        <v>3409</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B206" t="s">
+        <v>3410</v>
+      </c>
+      <c r="C206" t="s">
+        <v>12</v>
+      </c>
+      <c r="D206" t="s">
+        <v>12</v>
+      </c>
+      <c r="E206" t="s">
+        <v>3411</v>
+      </c>
+      <c r="F206" t="s">
+        <v>12</v>
+      </c>
+      <c r="G206" t="s">
+        <v>3412</v>
+      </c>
+      <c r="H206" t="s">
+        <v>3413</v>
+      </c>
+      <c r="I206" t="s">
+        <v>3414</v>
+      </c>
+      <c r="J206" t="s">
+        <v>508</v>
+      </c>
+      <c r="K206" t="s">
+        <v>3415</v>
+      </c>
+      <c r="L206" t="s">
+        <v>3416</v>
+      </c>
+      <c r="M206" t="s">
+        <v>3417</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B207" t="s">
+        <v>3418</v>
+      </c>
+      <c r="C207" t="s">
+        <v>12</v>
+      </c>
+      <c r="D207" t="s">
+        <v>12</v>
+      </c>
+      <c r="E207" t="s">
+        <v>3419</v>
+      </c>
+      <c r="F207" t="s">
+        <v>12</v>
+      </c>
+      <c r="G207" t="s">
+        <v>3420</v>
+      </c>
+      <c r="H207" t="s">
+        <v>3421</v>
+      </c>
+      <c r="I207" t="s">
+        <v>3422</v>
+      </c>
+      <c r="J207" t="s">
+        <v>508</v>
+      </c>
+      <c r="K207" t="s">
+        <v>3423</v>
+      </c>
+      <c r="L207" t="s">
+        <v>3424</v>
+      </c>
+      <c r="M207" t="s">
+        <v>3425</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B208" t="s">
+        <v>3426</v>
+      </c>
+      <c r="C208" t="s">
+        <v>12</v>
+      </c>
+      <c r="D208" t="s">
+        <v>12</v>
+      </c>
+      <c r="E208" t="s">
+        <v>3419</v>
+      </c>
+      <c r="F208" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" t="s">
+        <v>3427</v>
+      </c>
+      <c r="H208" t="s">
+        <v>3428</v>
+      </c>
+      <c r="I208" t="s">
+        <v>3429</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1922</v>
+      </c>
+      <c r="K208" t="s">
+        <v>3430</v>
+      </c>
+      <c r="L208" t="s">
+        <v>3431</v>
+      </c>
+      <c r="M208" t="s">
+        <v>3432</v>
+      </c>
+      <c r="N208" t="s">
+        <v>3433</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B209" t="s">
+        <v>3434</v>
+      </c>
+      <c r="C209" t="s">
+        <v>12</v>
+      </c>
+      <c r="D209" t="s">
+        <v>12</v>
+      </c>
+      <c r="E209" t="s">
+        <v>3435</v>
+      </c>
+      <c r="F209" t="s">
+        <v>12</v>
+      </c>
+      <c r="G209" t="s">
+        <v>3436</v>
+      </c>
+      <c r="H209" t="s">
+        <v>3437</v>
+      </c>
+      <c r="I209" t="s">
+        <v>3438</v>
+      </c>
+      <c r="J209" t="s">
+        <v>3439</v>
+      </c>
+      <c r="K209" t="s">
+        <v>3440</v>
+      </c>
+      <c r="L209" t="s">
+        <v>3441</v>
+      </c>
+      <c r="M209" t="s">
+        <v>3442</v>
+      </c>
+      <c r="N209" t="s">
+        <v>3443</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B210" t="s">
+        <v>3444</v>
+      </c>
+      <c r="C210" t="s">
+        <v>12</v>
+      </c>
+      <c r="D210" t="s">
+        <v>12</v>
+      </c>
+      <c r="E210" t="s">
+        <v>3435</v>
+      </c>
+      <c r="F210" t="s">
+        <v>12</v>
+      </c>
+      <c r="G210" t="s">
+        <v>3445</v>
+      </c>
+      <c r="H210" t="s">
+        <v>3446</v>
+      </c>
+      <c r="I210" t="s">
+        <v>3447</v>
+      </c>
+      <c r="J210" t="s">
+        <v>3439</v>
+      </c>
+      <c r="K210" t="s">
+        <v>3448</v>
+      </c>
+      <c r="L210" t="s">
+        <v>3449</v>
+      </c>
+      <c r="M210" t="s">
+        <v>3450</v>
+      </c>
+      <c r="N210" t="s">
+        <v>3451</v>
+      </c>
+      <c r="O210" t="s">
+        <v>3452</v>
+      </c>
+      <c r="P210" t="s">
+        <v>3453</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B211" t="s">
+        <v>3454</v>
+      </c>
+      <c r="C211" t="s">
+        <v>12</v>
+      </c>
+      <c r="D211" t="s">
+        <v>12</v>
+      </c>
+      <c r="E211" t="s">
+        <v>3455</v>
+      </c>
+      <c r="F211" t="s">
+        <v>12</v>
+      </c>
+      <c r="G211" t="s">
+        <v>3456</v>
+      </c>
+      <c r="H211" t="s">
+        <v>3457</v>
+      </c>
+      <c r="I211" t="s">
+        <v>3458</v>
+      </c>
+      <c r="J211" t="s">
+        <v>508</v>
+      </c>
+      <c r="K211" t="s">
+        <v>3459</v>
+      </c>
+      <c r="L211" t="s">
+        <v>3460</v>
+      </c>
+      <c r="M211" t="s">
+        <v>3461</v>
+      </c>
+      <c r="N211" t="s">
+        <v>3462</v>
+      </c>
+      <c r="O211" t="s">
+        <v>3463</v>
+      </c>
+      <c r="P211" t="s">
+        <v>3464</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>3465</v>
+      </c>
+      <c r="R211" t="s">
+        <v>3466</v>
+      </c>
+      <c r="S211" t="s">
+        <v>3467</v>
+      </c>
+      <c r="T211" t="s">
+        <v>3468</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B212" t="s">
+        <v>3469</v>
+      </c>
+      <c r="C212" t="s">
+        <v>12</v>
+      </c>
+      <c r="D212" t="s">
+        <v>12</v>
+      </c>
+      <c r="E212" t="s">
+        <v>3455</v>
+      </c>
+      <c r="F212" t="s">
+        <v>12</v>
+      </c>
+      <c r="G212" t="s">
+        <v>3470</v>
+      </c>
+      <c r="H212" t="s">
+        <v>3471</v>
+      </c>
+      <c r="I212" t="s">
+        <v>2377</v>
+      </c>
+      <c r="J212" t="s">
+        <v>3087</v>
+      </c>
+      <c r="K212" t="s">
+        <v>3472</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B213" t="s">
+        <v>3473</v>
+      </c>
+      <c r="C213" t="s">
+        <v>12</v>
+      </c>
+      <c r="D213" t="s">
+        <v>12</v>
+      </c>
+      <c r="E213" t="s">
+        <v>3474</v>
+      </c>
+      <c r="F213" t="s">
+        <v>12</v>
+      </c>
+      <c r="G213" t="s">
+        <v>3475</v>
+      </c>
+      <c r="H213" t="s">
+        <v>3476</v>
+      </c>
+      <c r="I213" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J213" t="s">
+        <v>498</v>
+      </c>
+      <c r="K213" t="s">
+        <v>3477</v>
+      </c>
+      <c r="L213" t="s">
+        <v>3478</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B214" t="s">
+        <v>3479</v>
+      </c>
+      <c r="C214" t="s">
+        <v>12</v>
+      </c>
+      <c r="D214" t="s">
+        <v>12</v>
+      </c>
+      <c r="E214" t="s">
+        <v>3480</v>
+      </c>
+      <c r="F214" t="s">
+        <v>12</v>
+      </c>
+      <c r="G214" t="s">
+        <v>3481</v>
+      </c>
+      <c r="H214" t="s">
+        <v>3482</v>
+      </c>
+      <c r="I214" t="s">
+        <v>3483</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K214" t="s">
+        <v>3484</v>
+      </c>
+      <c r="L214" t="s">
+        <v>3485</v>
+      </c>
+      <c r="M214" t="s">
+        <v>3486</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B215" t="s">
+        <v>3487</v>
+      </c>
+      <c r="C215" t="s">
+        <v>12</v>
+      </c>
+      <c r="D215" t="s">
+        <v>12</v>
+      </c>
+      <c r="E215" t="s">
+        <v>3488</v>
+      </c>
+      <c r="F215" t="s">
+        <v>12</v>
+      </c>
+      <c r="G215" t="s">
+        <v>3489</v>
+      </c>
+      <c r="H215" t="s">
+        <v>3490</v>
+      </c>
+      <c r="I215" t="s">
+        <v>3491</v>
+      </c>
+      <c r="J215" t="s">
+        <v>508</v>
+      </c>
+      <c r="K215" t="s">
+        <v>3492</v>
+      </c>
+      <c r="L215" t="s">
+        <v>3493</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B216" t="s">
+        <v>3494</v>
+      </c>
+      <c r="C216" t="s">
+        <v>12</v>
+      </c>
+      <c r="D216" t="s">
+        <v>12</v>
+      </c>
+      <c r="E216" t="s">
+        <v>3495</v>
+      </c>
+      <c r="F216" t="s">
+        <v>12</v>
+      </c>
+      <c r="G216" t="s">
+        <v>3496</v>
+      </c>
+      <c r="H216" t="s">
+        <v>3497</v>
+      </c>
+      <c r="I216" t="s">
+        <v>3498</v>
+      </c>
+      <c r="J216" t="s">
+        <v>2950</v>
+      </c>
+      <c r="K216" t="s">
+        <v>3499</v>
+      </c>
+      <c r="L216" t="s">
+        <v>3500</v>
+      </c>
+      <c r="M216" t="s">
+        <v>3501</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B217" t="s">
+        <v>3502</v>
+      </c>
+      <c r="C217" t="s">
+        <v>12</v>
+      </c>
+      <c r="D217" t="s">
+        <v>12</v>
+      </c>
+      <c r="E217" t="s">
+        <v>3503</v>
+      </c>
+      <c r="F217" t="s">
+        <v>12</v>
+      </c>
+      <c r="G217" t="s">
+        <v>3504</v>
+      </c>
+      <c r="H217" t="s">
+        <v>3505</v>
+      </c>
+      <c r="I217" t="s">
+        <v>3506</v>
+      </c>
+      <c r="J217" t="s">
+        <v>3507</v>
+      </c>
+      <c r="K217" t="s">
+        <v>3508</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B218" t="s">
+        <v>3509</v>
+      </c>
+      <c r="C218" t="s">
+        <v>12</v>
+      </c>
+      <c r="D218" t="s">
+        <v>12</v>
+      </c>
+      <c r="E218" t="s">
+        <v>3510</v>
+      </c>
+      <c r="F218" t="s">
+        <v>12</v>
+      </c>
+      <c r="G218" t="s">
+        <v>3511</v>
+      </c>
+      <c r="H218" t="s">
+        <v>3512</v>
+      </c>
+      <c r="I218" t="s">
+        <v>3513</v>
+      </c>
+      <c r="J218" t="s">
+        <v>3514</v>
+      </c>
+      <c r="K218" t="s">
+        <v>3515</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B219" t="s">
+        <v>3516</v>
+      </c>
+      <c r="C219" t="s">
+        <v>12</v>
+      </c>
+      <c r="D219" t="s">
+        <v>12</v>
+      </c>
+      <c r="E219" t="s">
+        <v>3517</v>
+      </c>
+      <c r="F219" t="s">
+        <v>12</v>
+      </c>
+      <c r="G219" t="s">
+        <v>3518</v>
+      </c>
+      <c r="H219" t="s">
+        <v>3519</v>
+      </c>
+      <c r="I219" t="s">
+        <v>3458</v>
+      </c>
+      <c r="J219" t="s">
+        <v>3520</v>
+      </c>
+      <c r="K219" t="s">
+        <v>3521</v>
+      </c>
+      <c r="L219" t="s">
+        <v>3522</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B220" t="s">
+        <v>3523</v>
+      </c>
+      <c r="C220" t="s">
+        <v>12</v>
+      </c>
+      <c r="D220" t="s">
+        <v>12</v>
+      </c>
+      <c r="E220" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F220" t="s">
+        <v>12</v>
+      </c>
+      <c r="G220" t="s">
+        <v>3525</v>
+      </c>
+      <c r="H220" t="s">
+        <v>3526</v>
+      </c>
+      <c r="I220" t="s">
+        <v>3458</v>
+      </c>
+      <c r="J220" t="s">
+        <v>1856</v>
+      </c>
+      <c r="K220" t="s">
+        <v>3527</v>
+      </c>
+      <c r="L220" t="s">
+        <v>3528</v>
+      </c>
+      <c r="M220" t="s">
+        <v>3529</v>
+      </c>
+      <c r="N220" t="s">
+        <v>3530</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B221" t="s">
+        <v>3531</v>
+      </c>
+      <c r="C221" t="s">
+        <v>12</v>
+      </c>
+      <c r="D221" t="s">
+        <v>12</v>
+      </c>
+      <c r="E221" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F221" t="s">
+        <v>12</v>
+      </c>
+      <c r="G221" t="s">
+        <v>3532</v>
+      </c>
+      <c r="H221" t="s">
+        <v>3533</v>
+      </c>
+      <c r="I221" t="s">
+        <v>3534</v>
+      </c>
+      <c r="J221" t="s">
+        <v>3535</v>
+      </c>
+      <c r="K221" t="s">
+        <v>3536</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B222" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C222" t="s">
+        <v>12</v>
+      </c>
+      <c r="D222" t="s">
+        <v>12</v>
+      </c>
+      <c r="E222" t="s">
+        <v>3538</v>
+      </c>
+      <c r="F222" t="s">
+        <v>12</v>
+      </c>
+      <c r="G222" t="s">
+        <v>3539</v>
+      </c>
+      <c r="H222" t="s">
+        <v>3540</v>
+      </c>
+      <c r="I222" t="s">
+        <v>3541</v>
+      </c>
+      <c r="J222" t="s">
+        <v>508</v>
+      </c>
+      <c r="K222" t="s">
+        <v>3542</v>
+      </c>
+      <c r="L222" t="s">
+        <v>3543</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B223" t="s">
+        <v>3544</v>
+      </c>
+      <c r="C223" t="s">
+        <v>12</v>
+      </c>
+      <c r="D223" t="s">
+        <v>12</v>
+      </c>
+      <c r="E223" t="s">
+        <v>3545</v>
+      </c>
+      <c r="F223" t="s">
+        <v>12</v>
+      </c>
+      <c r="G223" t="s">
+        <v>3546</v>
+      </c>
+      <c r="H223" t="s">
+        <v>3547</v>
+      </c>
+      <c r="I223" t="s">
+        <v>2123</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1232</v>
+      </c>
+      <c r="K223" t="s">
+        <v>3548</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B224" t="s">
+        <v>3549</v>
+      </c>
+      <c r="C224" t="s">
+        <v>12</v>
+      </c>
+      <c r="D224" t="s">
+        <v>12</v>
+      </c>
+      <c r="E224" t="s">
+        <v>3550</v>
+      </c>
+      <c r="F224" t="s">
+        <v>12</v>
+      </c>
+      <c r="G224" t="s">
+        <v>3551</v>
+      </c>
+      <c r="H224" t="s">
+        <v>3552</v>
+      </c>
+      <c r="I224" t="s">
+        <v>3553</v>
+      </c>
+      <c r="J224" t="s">
+        <v>3087</v>
+      </c>
+      <c r="K224" t="s">
+        <v>3554</v>
+      </c>
+      <c r="L224" t="s">
+        <v>3555</v>
+      </c>
+      <c r="M224" t="s">
+        <v>3556</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B225" t="s">
+        <v>3557</v>
+      </c>
+      <c r="C225" t="s">
+        <v>12</v>
+      </c>
+      <c r="D225" t="s">
+        <v>12</v>
+      </c>
+      <c r="E225" t="s">
+        <v>3558</v>
+      </c>
+      <c r="F225" t="s">
+        <v>12</v>
+      </c>
+      <c r="G225" t="s">
+        <v>3559</v>
+      </c>
+      <c r="H225" t="s">
+        <v>3560</v>
+      </c>
+      <c r="I225" t="s">
+        <v>3561</v>
+      </c>
+      <c r="J225" t="s">
+        <v>3110</v>
+      </c>
+      <c r="K225" t="s">
+        <v>3562</v>
+      </c>
+      <c r="L225" t="s">
+        <v>3563</v>
+      </c>
+      <c r="M225" t="s">
+        <v>3564</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B226" t="s">
+        <v>3565</v>
+      </c>
+      <c r="C226" t="s">
+        <v>12</v>
+      </c>
+      <c r="D226" t="s">
+        <v>12</v>
+      </c>
+      <c r="E226" t="s">
+        <v>3566</v>
+      </c>
+      <c r="F226" t="s">
+        <v>12</v>
+      </c>
+      <c r="G226" t="s">
+        <v>3567</v>
+      </c>
+      <c r="H226" t="s">
+        <v>3568</v>
+      </c>
+      <c r="I226" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J226" t="s">
+        <v>508</v>
+      </c>
+      <c r="K226" t="s">
+        <v>3569</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B227" t="s">
+        <v>3570</v>
+      </c>
+      <c r="C227" t="s">
+        <v>12</v>
+      </c>
+      <c r="D227" t="s">
+        <v>12</v>
+      </c>
+      <c r="E227" t="s">
+        <v>3571</v>
+      </c>
+      <c r="F227" t="s">
+        <v>12</v>
+      </c>
+      <c r="G227" t="s">
+        <v>3572</v>
+      </c>
+      <c r="H227" t="s">
+        <v>3573</v>
+      </c>
+      <c r="I227" t="s">
+        <v>3574</v>
+      </c>
+      <c r="J227" t="s">
+        <v>2473</v>
+      </c>
+      <c r="K227" t="s">
+        <v>3575</v>
+      </c>
+      <c r="L227" t="s">
+        <v>3576</v>
+      </c>
+      <c r="M227" t="s">
+        <v>3577</v>
+      </c>
+      <c r="N227" t="s">
+        <v>3578</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B228" t="s">
+        <v>3579</v>
+      </c>
+      <c r="C228" t="s">
+        <v>12</v>
+      </c>
+      <c r="D228" t="s">
+        <v>12</v>
+      </c>
+      <c r="E228" t="s">
+        <v>3571</v>
+      </c>
+      <c r="F228" t="s">
+        <v>12</v>
+      </c>
+      <c r="G228" t="s">
+        <v>3580</v>
+      </c>
+      <c r="H228" t="s">
+        <v>3581</v>
+      </c>
+      <c r="I228" t="s">
+        <v>3582</v>
+      </c>
+      <c r="J228" t="s">
+        <v>2473</v>
+      </c>
+      <c r="K228" t="s">
+        <v>3583</v>
+      </c>
+      <c r="L228" t="s">
+        <v>3584</v>
+      </c>
+      <c r="M228" t="s">
+        <v>3585</v>
+      </c>
+      <c r="N228" t="s">
+        <v>3586</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B229" t="s">
+        <v>3587</v>
+      </c>
+      <c r="C229" t="s">
+        <v>12</v>
+      </c>
+      <c r="D229" t="s">
+        <v>12</v>
+      </c>
+      <c r="E229" t="s">
+        <v>3571</v>
+      </c>
+      <c r="F229" t="s">
+        <v>12</v>
+      </c>
+      <c r="G229" t="s">
+        <v>3588</v>
+      </c>
+      <c r="H229" t="s">
+        <v>3589</v>
+      </c>
+      <c r="I229" t="s">
+        <v>2172</v>
+      </c>
+      <c r="J229" t="s">
+        <v>3590</v>
+      </c>
+      <c r="K229" t="s">
+        <v>3591</v>
+      </c>
+      <c r="L229" t="s">
+        <v>3592</v>
+      </c>
+      <c r="M229" t="s">
+        <v>3593</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B230" t="s">
+        <v>3594</v>
+      </c>
+      <c r="C230" t="s">
+        <v>12</v>
+      </c>
+      <c r="D230" t="s">
+        <v>12</v>
+      </c>
+      <c r="E230" t="s">
+        <v>3595</v>
+      </c>
+      <c r="F230" t="s">
+        <v>12</v>
+      </c>
+      <c r="G230" t="s">
+        <v>3596</v>
+      </c>
+      <c r="H230" t="s">
+        <v>3597</v>
+      </c>
+      <c r="I230" t="s">
+        <v>3561</v>
+      </c>
+      <c r="J230" t="s">
+        <v>3598</v>
+      </c>
+      <c r="K230" t="s">
+        <v>3599</v>
+      </c>
+      <c r="L230" t="s">
+        <v>3600</v>
+      </c>
+      <c r="M230" t="s">
+        <v>3601</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B231" t="s">
+        <v>3602</v>
+      </c>
+      <c r="C231" t="s">
+        <v>12</v>
+      </c>
+      <c r="D231" t="s">
+        <v>12</v>
+      </c>
+      <c r="E231" t="s">
+        <v>3603</v>
+      </c>
+      <c r="F231" t="s">
+        <v>12</v>
+      </c>
+      <c r="G231" t="s">
+        <v>3604</v>
+      </c>
+      <c r="H231" t="s">
+        <v>3605</v>
+      </c>
+      <c r="I231" t="s">
+        <v>3606</v>
+      </c>
+      <c r="J231" t="s">
+        <v>3439</v>
+      </c>
+      <c r="K231" t="s">
+        <v>3607</v>
+      </c>
+      <c r="L231" t="s">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B232" t="s">
+        <v>3609</v>
+      </c>
+      <c r="C232" t="s">
+        <v>12</v>
+      </c>
+      <c r="D232" t="s">
+        <v>12</v>
+      </c>
+      <c r="E232" t="s">
+        <v>3610</v>
+      </c>
+      <c r="F232" t="s">
+        <v>12</v>
+      </c>
+      <c r="G232" t="s">
+        <v>3611</v>
+      </c>
+      <c r="H232" t="s">
+        <v>3612</v>
+      </c>
+      <c r="I232" t="s">
+        <v>3613</v>
+      </c>
+      <c r="J232" t="s">
+        <v>3614</v>
+      </c>
+      <c r="K232" t="s">
+        <v>3615</v>
+      </c>
+      <c r="L232" t="s">
+        <v>3616</v>
+      </c>
+      <c r="M232" t="s">
+        <v>3617</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B233" t="s">
+        <v>3618</v>
+      </c>
+      <c r="C233" t="s">
+        <v>12</v>
+      </c>
+      <c r="D233" t="s">
+        <v>12</v>
+      </c>
+      <c r="E233" t="s">
+        <v>3619</v>
+      </c>
+      <c r="F233" t="s">
+        <v>12</v>
+      </c>
+      <c r="G233" t="s">
+        <v>3620</v>
+      </c>
+      <c r="H233" t="s">
+        <v>3621</v>
+      </c>
+      <c r="I233" t="s">
+        <v>3622</v>
+      </c>
+      <c r="J233" t="s">
+        <v>2950</v>
+      </c>
+      <c r="K233" t="s">
+        <v>3623</v>
+      </c>
+      <c r="L233" t="s">
+        <v>3624</v>
+      </c>
+      <c r="M233" t="s">
+        <v>3625</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B234" t="s">
+        <v>3626</v>
+      </c>
+      <c r="C234" t="s">
+        <v>12</v>
+      </c>
+      <c r="D234" t="s">
+        <v>12</v>
+      </c>
+      <c r="E234" t="s">
+        <v>3627</v>
+      </c>
+      <c r="F234" t="s">
+        <v>12</v>
+      </c>
+      <c r="G234" t="s">
+        <v>3628</v>
+      </c>
+      <c r="H234" t="s">
+        <v>3629</v>
+      </c>
+      <c r="I234" t="s">
+        <v>3630</v>
+      </c>
+      <c r="J234" t="s">
+        <v>3614</v>
+      </c>
+      <c r="K234" t="s">
+        <v>3631</v>
+      </c>
+      <c r="L234" t="s">
+        <v>3632</v>
+      </c>
+      <c r="M234" t="s">
+        <v>3633</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B235" t="s">
+        <v>3634</v>
+      </c>
+      <c r="C235" t="s">
+        <v>12</v>
+      </c>
+      <c r="D235" t="s">
+        <v>12</v>
+      </c>
+      <c r="E235" t="s">
+        <v>3619</v>
+      </c>
+      <c r="F235" t="s">
+        <v>12</v>
+      </c>
+      <c r="G235" t="s">
+        <v>3635</v>
+      </c>
+      <c r="H235" t="s">
+        <v>3636</v>
+      </c>
+      <c r="I235" t="s">
+        <v>3637</v>
+      </c>
+      <c r="J235" t="s">
+        <v>1429</v>
+      </c>
+      <c r="K235" t="s">
+        <v>3638</v>
+      </c>
+      <c r="L235" t="s">
+        <v>3639</v>
+      </c>
+      <c r="M235" t="s">
+        <v>3640</v>
+      </c>
+      <c r="N235" t="s">
+        <v>3641</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B236" t="s">
+        <v>3642</v>
+      </c>
+      <c r="C236" t="s">
+        <v>12</v>
+      </c>
+      <c r="D236" t="s">
+        <v>12</v>
+      </c>
+      <c r="E236" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F236" t="s">
+        <v>12</v>
+      </c>
+      <c r="G236" t="s">
+        <v>3644</v>
+      </c>
+      <c r="H236" t="s">
+        <v>3645</v>
+      </c>
+      <c r="I236" t="s">
+        <v>2499</v>
+      </c>
+      <c r="J236" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K236" t="s">
+        <v>3646</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B237" t="s">
+        <v>3647</v>
+      </c>
+      <c r="C237" t="s">
+        <v>12</v>
+      </c>
+      <c r="D237" t="s">
+        <v>12</v>
+      </c>
+      <c r="E237" t="s">
+        <v>3648</v>
+      </c>
+      <c r="F237" t="s">
+        <v>12</v>
+      </c>
+      <c r="G237" t="s">
+        <v>3649</v>
+      </c>
+      <c r="H237" t="s">
+        <v>3650</v>
+      </c>
+      <c r="I237" t="s">
+        <v>3651</v>
+      </c>
+      <c r="J237" t="s">
+        <v>3652</v>
+      </c>
+      <c r="K237" t="s">
+        <v>3653</v>
+      </c>
+      <c r="L237" t="s">
+        <v>3654</v>
+      </c>
+      <c r="M237" t="s">
+        <v>3655</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B238" t="s">
+        <v>3656</v>
+      </c>
+      <c r="C238" t="s">
+        <v>12</v>
+      </c>
+      <c r="D238" t="s">
+        <v>12</v>
+      </c>
+      <c r="E238" t="s">
+        <v>3657</v>
+      </c>
+      <c r="F238" t="s">
+        <v>12</v>
+      </c>
+      <c r="G238" t="s">
+        <v>3658</v>
+      </c>
+      <c r="H238" t="s">
+        <v>3659</v>
+      </c>
+      <c r="I238" t="s">
+        <v>3660</v>
+      </c>
+      <c r="J238" t="s">
+        <v>3661</v>
+      </c>
+      <c r="K238" t="s">
+        <v>3662</v>
+      </c>
+      <c r="L238" t="s">
+        <v>3663</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B239" t="s">
+        <v>3664</v>
+      </c>
+      <c r="C239" t="s">
+        <v>12</v>
+      </c>
+      <c r="D239" t="s">
+        <v>12</v>
+      </c>
+      <c r="E239" t="s">
+        <v>3665</v>
+      </c>
+      <c r="F239" t="s">
+        <v>12</v>
+      </c>
+      <c r="G239" t="s">
+        <v>3666</v>
+      </c>
+      <c r="H239" t="s">
+        <v>3667</v>
+      </c>
+      <c r="I239" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J239" t="s">
+        <v>3668</v>
+      </c>
+      <c r="K239" t="s">
+        <v>3669</v>
+      </c>
+      <c r="L239" t="s">
+        <v>3670</v>
+      </c>
+      <c r="M239" t="s">
+        <v>3671</v>
+      </c>
+      <c r="N239" t="s">
+        <v>3672</v>
+      </c>
+      <c r="O239" t="s">
+        <v>3673</v>
+      </c>
+      <c r="P239" t="s">
+        <v>3674</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>3675</v>
+      </c>
+      <c r="R239" t="s">
+        <v>3676</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B240" t="s">
+        <v>3677</v>
+      </c>
+      <c r="C240" t="s">
+        <v>12</v>
+      </c>
+      <c r="D240" t="s">
+        <v>12</v>
+      </c>
+      <c r="E240" t="s">
+        <v>3678</v>
+      </c>
+      <c r="F240" t="s">
+        <v>12</v>
+      </c>
+      <c r="G240" t="s">
+        <v>3679</v>
+      </c>
+      <c r="H240" t="s">
+        <v>3680</v>
+      </c>
+      <c r="I240" t="s">
+        <v>3681</v>
+      </c>
+      <c r="J240" t="s">
+        <v>3682</v>
+      </c>
+      <c r="K240" t="s">
+        <v>3683</v>
+      </c>
+      <c r="L240" t="s">
+        <v>3684</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B241" t="s">
+        <v>3685</v>
+      </c>
+      <c r="C241" t="s">
+        <v>12</v>
+      </c>
+      <c r="D241" t="s">
+        <v>12</v>
+      </c>
+      <c r="E241" t="s">
+        <v>3686</v>
+      </c>
+      <c r="F241" t="s">
+        <v>12</v>
+      </c>
+      <c r="G241" t="s">
+        <v>3687</v>
+      </c>
+      <c r="H241" t="s">
+        <v>3688</v>
+      </c>
+      <c r="I241" t="s">
+        <v>3689</v>
+      </c>
+      <c r="J241" t="s">
+        <v>3690</v>
+      </c>
+      <c r="K241" t="s">
+        <v>3691</v>
+      </c>
+      <c r="L241" t="s">
+        <v>3692</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B242" t="s">
+        <v>3693</v>
+      </c>
+      <c r="C242" t="s">
+        <v>12</v>
+      </c>
+      <c r="D242" t="s">
+        <v>12</v>
+      </c>
+      <c r="E242" t="s">
+        <v>3694</v>
+      </c>
+      <c r="F242" t="s">
+        <v>12</v>
+      </c>
+      <c r="G242" t="s">
+        <v>3695</v>
+      </c>
+      <c r="H242" t="s">
+        <v>3696</v>
+      </c>
+      <c r="I242" t="s">
+        <v>3697</v>
+      </c>
+      <c r="J242" t="s">
+        <v>3698</v>
+      </c>
+      <c r="K242" t="s">
+        <v>3699</v>
+      </c>
+      <c r="L242" t="s">
+        <v>3700</v>
+      </c>
+      <c r="M242" t="s">
+        <v>3701</v>
+      </c>
+      <c r="N242" t="s">
+        <v>3702</v>
+      </c>
+      <c r="O242" t="s">
+        <v>3703</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B243" t="s">
+        <v>3704</v>
+      </c>
+      <c r="C243" t="s">
+        <v>12</v>
+      </c>
+      <c r="D243" t="s">
+        <v>12</v>
+      </c>
+      <c r="E243" t="s">
+        <v>3705</v>
+      </c>
+      <c r="F243" t="s">
+        <v>12</v>
+      </c>
+      <c r="G243" t="s">
+        <v>3706</v>
+      </c>
+      <c r="H243" t="s">
+        <v>3707</v>
+      </c>
+      <c r="I243" t="s">
+        <v>3708</v>
+      </c>
+      <c r="J243" t="s">
+        <v>3709</v>
+      </c>
+      <c r="K243" t="s">
+        <v>3710</v>
+      </c>
+      <c r="L243" t="s">
+        <v>3711</v>
+      </c>
+      <c r="M243" t="s">
+        <v>3712</v>
+      </c>
+      <c r="N243" t="s">
+        <v>3713</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B244" t="s">
+        <v>3714</v>
+      </c>
+      <c r="C244" t="s">
+        <v>12</v>
+      </c>
+      <c r="D244" t="s">
+        <v>12</v>
+      </c>
+      <c r="E244" t="s">
+        <v>3694</v>
+      </c>
+      <c r="F244" t="s">
+        <v>12</v>
+      </c>
+      <c r="G244" t="s">
+        <v>3715</v>
+      </c>
+      <c r="H244" t="s">
+        <v>3716</v>
+      </c>
+      <c r="I244" t="s">
+        <v>3717</v>
+      </c>
+      <c r="J244" t="s">
+        <v>3718</v>
+      </c>
+      <c r="K244" t="s">
+        <v>3719</v>
+      </c>
+      <c r="L244" t="s">
+        <v>3720</v>
+      </c>
+      <c r="M244" t="s">
+        <v>3721</v>
+      </c>
+      <c r="N244" t="s">
+        <v>3722</v>
+      </c>
+      <c r="O244" t="s">
+        <v>3723</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B245" t="s">
+        <v>3724</v>
+      </c>
+      <c r="C245" t="s">
+        <v>12</v>
+      </c>
+      <c r="D245" t="s">
+        <v>12</v>
+      </c>
+      <c r="E245" t="s">
+        <v>3705</v>
+      </c>
+      <c r="F245" t="s">
+        <v>12</v>
+      </c>
+      <c r="G245" t="s">
+        <v>3725</v>
+      </c>
+      <c r="H245" t="s">
+        <v>3726</v>
+      </c>
+      <c r="I245" t="s">
+        <v>3727</v>
+      </c>
+      <c r="J245" t="s">
+        <v>2950</v>
+      </c>
+      <c r="K245" t="s">
+        <v>3728</v>
+      </c>
+      <c r="L245" t="s">
+        <v>3729</v>
+      </c>
+      <c r="M245" t="s">
+        <v>3730</v>
+      </c>
+      <c r="N245" t="s">
+        <v>3731</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B246" t="s">
+        <v>3732</v>
+      </c>
+      <c r="C246" t="s">
+        <v>12</v>
+      </c>
+      <c r="D246" t="s">
+        <v>12</v>
+      </c>
+      <c r="E246" t="s">
+        <v>3733</v>
+      </c>
+      <c r="F246" t="s">
+        <v>12</v>
+      </c>
+      <c r="G246" t="s">
+        <v>3734</v>
+      </c>
+      <c r="H246" t="s">
+        <v>3735</v>
+      </c>
+      <c r="I246" t="s">
+        <v>3736</v>
+      </c>
+      <c r="J246" t="s">
+        <v>2612</v>
+      </c>
+      <c r="K246" t="s">
+        <v>3737</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B247" t="s">
+        <v>3738</v>
+      </c>
+      <c r="C247" t="s">
+        <v>12</v>
+      </c>
+      <c r="D247" t="s">
+        <v>12</v>
+      </c>
+      <c r="E247" t="s">
+        <v>3739</v>
+      </c>
+      <c r="F247" t="s">
+        <v>12</v>
+      </c>
+      <c r="G247" t="s">
+        <v>3740</v>
+      </c>
+      <c r="H247" t="s">
+        <v>3741</v>
+      </c>
+      <c r="I247" t="s">
+        <v>3742</v>
+      </c>
+      <c r="J247" t="s">
+        <v>3590</v>
+      </c>
+      <c r="K247" t="s">
+        <v>3743</v>
+      </c>
+      <c r="L247" t="s">
+        <v>3744</v>
+      </c>
+      <c r="M247" t="s">
+        <v>3745</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B248" t="s">
+        <v>3746</v>
+      </c>
+      <c r="C248" t="s">
+        <v>12</v>
+      </c>
+      <c r="D248" t="s">
+        <v>12</v>
+      </c>
+      <c r="E248" t="s">
+        <v>3747</v>
+      </c>
+      <c r="F248" t="s">
+        <v>12</v>
+      </c>
+      <c r="G248" t="s">
+        <v>3748</v>
+      </c>
+      <c r="H248" t="s">
+        <v>3749</v>
+      </c>
+      <c r="I248" t="s">
+        <v>3750</v>
+      </c>
+      <c r="J248" t="s">
+        <v>3751</v>
+      </c>
+      <c r="K248" t="s">
+        <v>3752</v>
+      </c>
+      <c r="L248" t="s">
+        <v>3753</v>
+      </c>
+      <c r="M248" t="s">
+        <v>3754</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B249" t="s">
+        <v>3755</v>
+      </c>
+      <c r="C249" t="s">
+        <v>12</v>
+      </c>
+      <c r="D249" t="s">
+        <v>12</v>
+      </c>
+      <c r="E249" t="s">
+        <v>3756</v>
+      </c>
+      <c r="F249" t="s">
+        <v>12</v>
+      </c>
+      <c r="G249" t="s">
+        <v>3757</v>
+      </c>
+      <c r="H249" t="s">
+        <v>3758</v>
+      </c>
+      <c r="I249" t="s">
+        <v>3759</v>
+      </c>
+      <c r="J249" t="s">
+        <v>3760</v>
+      </c>
+      <c r="K249" t="s">
+        <v>3761</v>
+      </c>
+      <c r="L249" t="s">
+        <v>3762</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B250" t="s">
+        <v>3763</v>
+      </c>
+      <c r="C250" t="s">
+        <v>12</v>
+      </c>
+      <c r="D250" t="s">
+        <v>12</v>
+      </c>
+      <c r="E250" t="s">
+        <v>3756</v>
+      </c>
+      <c r="F250" t="s">
+        <v>12</v>
+      </c>
+      <c r="G250" t="s">
+        <v>3764</v>
+      </c>
+      <c r="H250" t="s">
+        <v>3765</v>
+      </c>
+      <c r="I250" t="s">
+        <v>3429</v>
+      </c>
+      <c r="J250" t="s">
+        <v>3766</v>
+      </c>
+      <c r="K250" t="s">
+        <v>3767</v>
+      </c>
+      <c r="L250" t="s">
+        <v>3768</v>
+      </c>
+      <c r="M250" t="s">
+        <v>3769</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B251" t="s">
+        <v>3770</v>
+      </c>
+      <c r="C251" t="s">
+        <v>12</v>
+      </c>
+      <c r="D251" t="s">
+        <v>12</v>
+      </c>
+      <c r="E251" t="s">
+        <v>3756</v>
+      </c>
+      <c r="F251" t="s">
+        <v>12</v>
+      </c>
+      <c r="G251" t="s">
+        <v>3771</v>
+      </c>
+      <c r="H251" t="s">
+        <v>3772</v>
+      </c>
+      <c r="I251" t="s">
+        <v>3429</v>
+      </c>
+      <c r="J251" t="s">
+        <v>3773</v>
+      </c>
+      <c r="K251" t="s">
+        <v>3774</v>
+      </c>
+      <c r="L251" t="s">
+        <v>3775</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B252" t="s">
+        <v>3776</v>
+      </c>
+      <c r="C252" t="s">
+        <v>12</v>
+      </c>
+      <c r="D252" t="s">
+        <v>12</v>
+      </c>
+      <c r="E252" t="s">
+        <v>3777</v>
+      </c>
+      <c r="F252" t="s">
+        <v>12</v>
+      </c>
+      <c r="G252" t="s">
+        <v>3778</v>
+      </c>
+      <c r="H252" t="s">
+        <v>3779</v>
+      </c>
+      <c r="I252" t="s">
+        <v>3429</v>
+      </c>
+      <c r="J252" t="s">
+        <v>3780</v>
+      </c>
+      <c r="K252" t="s">
+        <v>3781</v>
+      </c>
+      <c r="L252" t="s">
+        <v>3782</v>
+      </c>
+      <c r="M252" t="s">
+        <v>3783</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B253" t="s">
+        <v>3784</v>
+      </c>
+      <c r="C253" t="s">
+        <v>12</v>
+      </c>
+      <c r="D253" t="s">
+        <v>12</v>
+      </c>
+      <c r="E253" t="s">
+        <v>3785</v>
+      </c>
+      <c r="F253" t="s">
+        <v>12</v>
+      </c>
+      <c r="G253" t="s">
+        <v>3786</v>
+      </c>
+      <c r="H253" t="s">
+        <v>3787</v>
+      </c>
+      <c r="I253" t="s">
+        <v>3788</v>
+      </c>
+      <c r="J253" t="s">
+        <v>2709</v>
+      </c>
+      <c r="K253" t="s">
+        <v>3789</v>
+      </c>
+      <c r="L253" t="s">
+        <v>3790</v>
+      </c>
+      <c r="M253" t="s">
+        <v>3791</v>
+      </c>
+      <c r="N253" t="s">
+        <v>3792</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B254" t="s">
+        <v>3793</v>
+      </c>
+      <c r="C254" t="s">
+        <v>12</v>
+      </c>
+      <c r="D254" t="s">
+        <v>12</v>
+      </c>
+      <c r="E254" t="s">
+        <v>3794</v>
+      </c>
+      <c r="F254" t="s">
+        <v>12</v>
+      </c>
+      <c r="G254" t="s">
+        <v>3795</v>
+      </c>
+      <c r="H254" t="s">
+        <v>3796</v>
+      </c>
+      <c r="I254" t="s">
+        <v>3797</v>
+      </c>
+      <c r="J254" t="s">
+        <v>3798</v>
+      </c>
+      <c r="K254" t="s">
+        <v>3799</v>
+      </c>
+      <c r="L254" t="s">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B255" t="s">
+        <v>3801</v>
+      </c>
+      <c r="C255" t="s">
+        <v>12</v>
+      </c>
+      <c r="D255" t="s">
+        <v>12</v>
+      </c>
+      <c r="E255" t="s">
+        <v>664</v>
+      </c>
+      <c r="F255" t="s">
+        <v>12</v>
+      </c>
+      <c r="G255" t="s">
+        <v>3802</v>
+      </c>
+      <c r="H255" t="s">
+        <v>3803</v>
+      </c>
+      <c r="I255" t="s">
+        <v>2499</v>
+      </c>
+      <c r="J255" t="s">
+        <v>3804</v>
+      </c>
+      <c r="K255" t="s">
+        <v>3805</v>
+      </c>
+      <c r="L255" t="s">
+        <v>3806</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B256" t="s">
+        <v>3807</v>
+      </c>
+      <c r="C256" t="s">
+        <v>12</v>
+      </c>
+      <c r="D256" t="s">
+        <v>12</v>
+      </c>
+      <c r="E256" t="s">
+        <v>3808</v>
+      </c>
+      <c r="F256" t="s">
+        <v>12</v>
+      </c>
+      <c r="G256" t="s">
+        <v>3809</v>
+      </c>
+      <c r="H256" t="s">
+        <v>3810</v>
+      </c>
+      <c r="I256" t="s">
+        <v>3811</v>
+      </c>
+      <c r="J256" t="s">
+        <v>3812</v>
+      </c>
+      <c r="K256" t="s">
+        <v>3813</v>
+      </c>
+      <c r="L256" t="s">
+        <v>3814</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B257" t="s">
+        <v>3815</v>
+      </c>
+      <c r="C257" t="s">
+        <v>12</v>
+      </c>
+      <c r="D257" t="s">
+        <v>12</v>
+      </c>
+      <c r="E257" t="s">
+        <v>3808</v>
+      </c>
+      <c r="F257" t="s">
+        <v>12</v>
+      </c>
+      <c r="G257" t="s">
+        <v>3816</v>
+      </c>
+      <c r="H257" t="s">
+        <v>3817</v>
+      </c>
+      <c r="I257" t="s">
+        <v>3818</v>
+      </c>
+      <c r="J257" t="s">
+        <v>3819</v>
+      </c>
+      <c r="K257" t="s">
+        <v>3820</v>
+      </c>
+      <c r="L257" t="s">
+        <v>3821</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B258" t="s">
+        <v>3822</v>
+      </c>
+      <c r="C258" t="s">
+        <v>12</v>
+      </c>
+      <c r="D258" t="s">
+        <v>12</v>
+      </c>
+      <c r="E258" t="s">
+        <v>3823</v>
+      </c>
+      <c r="F258" t="s">
+        <v>12</v>
+      </c>
+      <c r="G258" t="s">
+        <v>3824</v>
+      </c>
+      <c r="H258" t="s">
+        <v>3825</v>
+      </c>
+      <c r="I258" t="s">
+        <v>3826</v>
+      </c>
+      <c r="J258" t="s">
+        <v>3827</v>
+      </c>
+      <c r="K258" t="s">
+        <v>3828</v>
+      </c>
+      <c r="L258" t="s">
+        <v>3829</v>
+      </c>
+      <c r="M258" t="s">
+        <v>3830</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B259" t="s">
+        <v>3831</v>
+      </c>
+      <c r="C259" t="s">
+        <v>12</v>
+      </c>
+      <c r="D259" t="s">
+        <v>12</v>
+      </c>
+      <c r="E259" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F259" t="s">
+        <v>12</v>
+      </c>
+      <c r="G259" t="s">
+        <v>3833</v>
+      </c>
+      <c r="H259" t="s">
+        <v>3834</v>
+      </c>
+      <c r="I259" t="s">
+        <v>3835</v>
+      </c>
+      <c r="J259" t="s">
+        <v>3819</v>
+      </c>
+      <c r="K259" t="s">
+        <v>3836</v>
+      </c>
+      <c r="L259" t="s">
+        <v>3837</v>
+      </c>
+      <c r="M259" t="s">
+        <v>3838</v>
+      </c>
+      <c r="N259" t="s">
+        <v>3839</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B260" t="s">
+        <v>3840</v>
+      </c>
+      <c r="C260" t="s">
+        <v>12</v>
+      </c>
+      <c r="D260" t="s">
+        <v>12</v>
+      </c>
+      <c r="E260" t="s">
+        <v>3832</v>
+      </c>
+      <c r="F260" t="s">
+        <v>12</v>
+      </c>
+      <c r="G260" t="s">
+        <v>3841</v>
+      </c>
+      <c r="H260" t="s">
+        <v>3842</v>
+      </c>
+      <c r="I260" t="s">
+        <v>3843</v>
+      </c>
+      <c r="J260" t="s">
+        <v>3844</v>
+      </c>
+      <c r="K260" t="s">
+        <v>3845</v>
+      </c>
+      <c r="L260" t="s">
+        <v>3846</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B261" t="s">
+        <v>3847</v>
+      </c>
+      <c r="C261" t="s">
+        <v>12</v>
+      </c>
+      <c r="D261" t="s">
+        <v>12</v>
+      </c>
+      <c r="E261" t="s">
+        <v>3848</v>
+      </c>
+      <c r="F261" t="s">
+        <v>12</v>
+      </c>
+      <c r="G261" t="s">
+        <v>3849</v>
+      </c>
+      <c r="H261" t="s">
+        <v>3850</v>
+      </c>
+      <c r="I261" t="s">
+        <v>2863</v>
+      </c>
+      <c r="J261" t="s">
+        <v>3851</v>
+      </c>
+      <c r="K261" t="s">
+        <v>3852</v>
+      </c>
+      <c r="L261" t="s">
+        <v>3853</v>
+      </c>
+      <c r="M261" t="s">
+        <v>3854</v>
+      </c>
+      <c r="N261" t="s">
+        <v>3855</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B262" t="s">
+        <v>3856</v>
+      </c>
+      <c r="C262" t="s">
+        <v>12</v>
+      </c>
+      <c r="D262" t="s">
+        <v>12</v>
+      </c>
+      <c r="E262" t="s">
+        <v>3857</v>
+      </c>
+      <c r="F262" t="s">
+        <v>12</v>
+      </c>
+      <c r="G262" t="s">
+        <v>3858</v>
+      </c>
+      <c r="H262" t="s">
+        <v>3859</v>
+      </c>
+      <c r="I262" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J262" t="s">
+        <v>3851</v>
+      </c>
+      <c r="K262" t="s">
+        <v>3860</v>
+      </c>
+      <c r="L262" t="s">
+        <v>3861</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B263" t="s">
+        <v>3862</v>
+      </c>
+      <c r="C263" t="s">
+        <v>12</v>
+      </c>
+      <c r="D263" t="s">
+        <v>12</v>
+      </c>
+      <c r="E263" t="s">
+        <v>3863</v>
+      </c>
+      <c r="F263" t="s">
+        <v>12</v>
+      </c>
+      <c r="G263" t="s">
+        <v>3864</v>
+      </c>
+      <c r="H263" t="s">
+        <v>3865</v>
+      </c>
+      <c r="I263" t="s">
+        <v>3866</v>
+      </c>
+      <c r="J263" t="s">
+        <v>3867</v>
+      </c>
+      <c r="K263" t="s">
+        <v>3868</v>
+      </c>
+      <c r="L263" t="s">
+        <v>3869</v>
+      </c>
+      <c r="M263" t="s">
+        <v>3870</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B264" t="s">
+        <v>3871</v>
+      </c>
+      <c r="C264" t="s">
+        <v>12</v>
+      </c>
+      <c r="D264" t="s">
+        <v>12</v>
+      </c>
+      <c r="E264" t="s">
+        <v>3872</v>
+      </c>
+      <c r="F264" t="s">
+        <v>12</v>
+      </c>
+      <c r="G264" t="s">
+        <v>3873</v>
+      </c>
+      <c r="H264" t="s">
+        <v>3874</v>
+      </c>
+      <c r="I264" t="s">
+        <v>3875</v>
+      </c>
+      <c r="J264" t="s">
+        <v>3876</v>
+      </c>
+      <c r="K264" t="s">
+        <v>3877</v>
+      </c>
+      <c r="L264" t="s">
+        <v>3878</v>
+      </c>
+      <c r="M264" t="s">
+        <v>3879</v>
+      </c>
+      <c r="N264" t="s">
+        <v>3880</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B265" t="s">
+        <v>3881</v>
+      </c>
+      <c r="C265" t="s">
+        <v>12</v>
+      </c>
+      <c r="D265" t="s">
+        <v>12</v>
+      </c>
+      <c r="E265" t="s">
+        <v>3882</v>
+      </c>
+      <c r="F265" t="s">
+        <v>12</v>
+      </c>
+      <c r="G265" t="s">
+        <v>3883</v>
+      </c>
+      <c r="H265" t="s">
+        <v>3884</v>
+      </c>
+      <c r="I265" t="s">
+        <v>3885</v>
+      </c>
+      <c r="J265" t="s">
+        <v>3886</v>
+      </c>
+      <c r="K265" t="s">
+        <v>3887</v>
+      </c>
+      <c r="L265" t="s">
+        <v>3888</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B266" t="s">
+        <v>3889</v>
+      </c>
+      <c r="C266" t="s">
+        <v>12</v>
+      </c>
+      <c r="D266" t="s">
+        <v>12</v>
+      </c>
+      <c r="E266" t="s">
+        <v>3890</v>
+      </c>
+      <c r="F266" t="s">
+        <v>12</v>
+      </c>
+      <c r="G266" t="s">
+        <v>3891</v>
+      </c>
+      <c r="H266" t="s">
+        <v>3892</v>
+      </c>
+      <c r="I266" t="s">
+        <v>3893</v>
+      </c>
+      <c r="J266" t="s">
+        <v>3894</v>
+      </c>
+      <c r="K266" t="s">
+        <v>3895</v>
+      </c>
+      <c r="L266" t="s">
+        <v>3896</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B267" t="s">
+        <v>3897</v>
+      </c>
+      <c r="C267" t="s">
+        <v>12</v>
+      </c>
+      <c r="D267" t="s">
+        <v>12</v>
+      </c>
+      <c r="E267" t="s">
+        <v>3898</v>
+      </c>
+      <c r="F267" t="s">
+        <v>12</v>
+      </c>
+      <c r="G267" t="s">
+        <v>3899</v>
+      </c>
+      <c r="H267" t="s">
+        <v>3900</v>
+      </c>
+      <c r="I267" t="s">
+        <v>3885</v>
+      </c>
+      <c r="J267" t="s">
+        <v>3110</v>
+      </c>
+      <c r="K267" t="s">
+        <v>3901</v>
+      </c>
+      <c r="L267" t="s">
+        <v>3902</v>
+      </c>
+      <c r="M267" t="s">
+        <v>3903</v>
+      </c>
+      <c r="N267" t="s">
+        <v>3904</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B268" t="s">
+        <v>3905</v>
+      </c>
+      <c r="C268" t="s">
+        <v>12</v>
+      </c>
+      <c r="D268" t="s">
+        <v>12</v>
+      </c>
+      <c r="E268" t="s">
+        <v>3882</v>
+      </c>
+      <c r="F268" t="s">
+        <v>12</v>
+      </c>
+      <c r="G268" t="s">
+        <v>3906</v>
+      </c>
+      <c r="H268" t="s">
+        <v>3907</v>
+      </c>
+      <c r="I268" t="s">
+        <v>3908</v>
+      </c>
+      <c r="J268" t="s">
+        <v>3909</v>
+      </c>
+      <c r="K268" t="s">
+        <v>3910</v>
+      </c>
+      <c r="L268" t="s">
+        <v>3911</v>
+      </c>
+      <c r="M268" t="s">
+        <v>3912</v>
+      </c>
+      <c r="N268" t="s">
+        <v>3913</v>
+      </c>
+      <c r="O268" t="s">
+        <v>3914</v>
+      </c>
+      <c r="P268" t="s">
+        <v>3915</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>3916</v>
+      </c>
+      <c r="R268" t="s">
+        <v>3917</v>
+      </c>
+      <c r="S268" t="s">
+        <v>3918</v>
+      </c>
+      <c r="T268" t="s">
+        <v>3919</v>
+      </c>
+      <c r="U268" t="s">
+        <v>3920</v>
+      </c>
+      <c r="V268" t="s">
+        <v>3921</v>
+      </c>
+      <c r="W268" t="s">
+        <v>3922</v>
+      </c>
+      <c r="X268" t="s">
+        <v>3923</v>
+      </c>
+      <c r="Y268" t="s">
+        <v>3924</v>
+      </c>
+      <c r="Z268" t="s">
+        <v>3925</v>
+      </c>
+      <c r="AA268" t="s">
+        <v>3926</v>
+      </c>
+      <c r="AB268" t="s">
+        <v>3927</v>
+      </c>
+      <c r="AC268" t="s">
+        <v>3928</v>
+      </c>
+      <c r="AD268" t="s">
+        <v>3929</v>
+      </c>
+      <c r="AE268" t="s">
+        <v>3930</v>
+      </c>
+      <c r="AF268" t="s">
+        <v>3931</v>
+      </c>
+      <c r="AG268" t="s">
+        <v>3932</v>
+      </c>
+      <c r="AH268" t="s">
+        <v>3933</v>
+      </c>
+      <c r="AI268" t="s">
+        <v>3934</v>
+      </c>
+      <c r="AJ268" t="s">
+        <v>3935</v>
+      </c>
+      <c r="AK268" t="s">
+        <v>3936</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B269" t="s">
+        <v>3937</v>
+      </c>
+      <c r="C269" t="s">
+        <v>12</v>
+      </c>
+      <c r="D269" t="s">
+        <v>12</v>
+      </c>
+      <c r="E269" t="s">
+        <v>3882</v>
+      </c>
+      <c r="F269" t="s">
+        <v>12</v>
+      </c>
+      <c r="G269" t="s">
+        <v>3938</v>
+      </c>
+      <c r="H269" t="s">
+        <v>3939</v>
+      </c>
+      <c r="I269" t="s">
+        <v>3908</v>
+      </c>
+      <c r="J269" t="s">
+        <v>3819</v>
+      </c>
+      <c r="K269" t="s">
+        <v>3940</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B270" t="s">
+        <v>3941</v>
+      </c>
+      <c r="C270" t="s">
+        <v>12</v>
+      </c>
+      <c r="D270" t="s">
+        <v>12</v>
+      </c>
+      <c r="E270" t="s">
+        <v>3882</v>
+      </c>
+      <c r="F270" t="s">
+        <v>12</v>
+      </c>
+      <c r="G270" t="s">
+        <v>3942</v>
+      </c>
+      <c r="H270" t="s">
+        <v>3943</v>
+      </c>
+      <c r="I270" t="s">
+        <v>3908</v>
+      </c>
+      <c r="J270" t="s">
+        <v>3819</v>
+      </c>
+      <c r="K270" t="s">
+        <v>3944</v>
+      </c>
+      <c r="L270" t="s">
+        <v>3945</v>
+      </c>
+      <c r="M270" t="s">
+        <v>3946</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B271" t="s">
+        <v>3947</v>
+      </c>
+      <c r="C271" t="s">
+        <v>12</v>
+      </c>
+      <c r="D271" t="s">
+        <v>12</v>
+      </c>
+      <c r="E271" t="s">
+        <v>3948</v>
+      </c>
+      <c r="F271" t="s">
+        <v>12</v>
+      </c>
+      <c r="G271" t="s">
+        <v>3949</v>
+      </c>
+      <c r="H271" t="s">
+        <v>3950</v>
+      </c>
+      <c r="I271" t="s">
+        <v>3951</v>
+      </c>
+      <c r="J271" t="s">
+        <v>3819</v>
+      </c>
+      <c r="K271" t="s">
+        <v>3952</v>
+      </c>
+      <c r="L271" t="s">
+        <v>3953</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B272" t="s">
+        <v>3954</v>
+      </c>
+      <c r="C272" t="s">
+        <v>12</v>
+      </c>
+      <c r="D272" t="s">
+        <v>12</v>
+      </c>
+      <c r="E272" t="s">
+        <v>3955</v>
+      </c>
+      <c r="F272" t="s">
+        <v>12</v>
+      </c>
+      <c r="G272" t="s">
+        <v>3956</v>
+      </c>
+      <c r="H272" t="s">
+        <v>3957</v>
+      </c>
+      <c r="I272" t="s">
+        <v>3958</v>
+      </c>
+      <c r="J272" t="s">
+        <v>3959</v>
+      </c>
+      <c r="K272" t="s">
+        <v>3960</v>
+      </c>
+      <c r="L272" t="s">
+        <v>3961</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B273" t="s">
+        <v>3962</v>
+      </c>
+      <c r="C273" t="s">
+        <v>12</v>
+      </c>
+      <c r="D273" t="s">
+        <v>12</v>
+      </c>
+      <c r="E273" t="s">
+        <v>3948</v>
+      </c>
+      <c r="F273" t="s">
+        <v>12</v>
+      </c>
+      <c r="G273" t="s">
+        <v>3963</v>
+      </c>
+      <c r="H273" t="s">
+        <v>3964</v>
+      </c>
+      <c r="I273" t="s">
+        <v>3965</v>
+      </c>
+      <c r="J273" t="s">
+        <v>3966</v>
+      </c>
+      <c r="K273" t="s">
+        <v>3967</v>
+      </c>
+      <c r="L273" t="s">
+        <v>3968</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B274" t="s">
+        <v>3969</v>
+      </c>
+      <c r="C274" t="s">
+        <v>12</v>
+      </c>
+      <c r="D274" t="s">
+        <v>12</v>
+      </c>
+      <c r="E274" t="s">
+        <v>3970</v>
+      </c>
+      <c r="F274" t="s">
+        <v>12</v>
+      </c>
+      <c r="G274" t="s">
+        <v>3971</v>
+      </c>
+      <c r="H274" t="s">
+        <v>3972</v>
+      </c>
+      <c r="I274" t="s">
+        <v>3973</v>
+      </c>
+      <c r="J274" t="s">
+        <v>3827</v>
+      </c>
+      <c r="K274" t="s">
+        <v>3974</v>
+      </c>
+      <c r="L274" t="s">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B275" t="s">
+        <v>3976</v>
+      </c>
+      <c r="C275" t="s">
+        <v>12</v>
+      </c>
+      <c r="D275" t="s">
+        <v>12</v>
+      </c>
+      <c r="E275" t="s">
+        <v>3977</v>
+      </c>
+      <c r="F275" t="s">
+        <v>12</v>
+      </c>
+      <c r="G275" t="s">
+        <v>3978</v>
+      </c>
+      <c r="H275" t="s">
+        <v>3979</v>
+      </c>
+      <c r="I275" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J275" t="s">
+        <v>3980</v>
+      </c>
+      <c r="K275" t="s">
+        <v>3981</v>
+      </c>
+      <c r="L275" t="s">
+        <v>3982</v>
+      </c>
+      <c r="M275" t="s">
+        <v>3983</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B276" t="s">
+        <v>3984</v>
+      </c>
+      <c r="C276" t="s">
+        <v>12</v>
+      </c>
+      <c r="D276" t="s">
+        <v>12</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F276" t="s">
+        <v>12</v>
+      </c>
+      <c r="G276" t="s">
+        <v>3985</v>
+      </c>
+      <c r="H276" t="s">
+        <v>3986</v>
+      </c>
+      <c r="I276" t="s">
+        <v>2172</v>
+      </c>
+      <c r="J276" t="s">
+        <v>3987</v>
+      </c>
+      <c r="K276" t="s">
+        <v>3988</v>
+      </c>
+      <c r="L276" t="s">
+        <v>3989</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B277" t="s">
+        <v>3990</v>
+      </c>
+      <c r="C277" t="s">
+        <v>12</v>
+      </c>
+      <c r="D277" t="s">
+        <v>12</v>
+      </c>
+      <c r="E277" t="s">
+        <v>3991</v>
+      </c>
+      <c r="F277" t="s">
+        <v>12</v>
+      </c>
+      <c r="G277" t="s">
+        <v>3992</v>
+      </c>
+      <c r="H277" t="s">
+        <v>3993</v>
+      </c>
+      <c r="I277" t="s">
+        <v>3994</v>
+      </c>
+      <c r="J277" t="s">
+        <v>3995</v>
+      </c>
+      <c r="K277" t="s">
+        <v>3996</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B278" t="s">
+        <v>3997</v>
+      </c>
+      <c r="C278" t="s">
+        <v>12</v>
+      </c>
+      <c r="D278" t="s">
+        <v>12</v>
+      </c>
+      <c r="E278" t="s">
+        <v>3998</v>
+      </c>
+      <c r="F278" t="s">
+        <v>12</v>
+      </c>
+      <c r="G278" t="s">
+        <v>3999</v>
+      </c>
+      <c r="H278" t="s">
+        <v>4000</v>
+      </c>
+      <c r="I278" t="s">
+        <v>3613</v>
+      </c>
+      <c r="J278" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K278" t="s">
+        <v>4001</v>
+      </c>
+      <c r="L278" t="s">
+        <v>4002</v>
+      </c>
+      <c r="M278" t="s">
+        <v>4003</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B279" t="s">
+        <v>4004</v>
+      </c>
+      <c r="C279" t="s">
+        <v>12</v>
+      </c>
+      <c r="D279" t="s">
+        <v>12</v>
+      </c>
+      <c r="E279" t="s">
+        <v>4005</v>
+      </c>
+      <c r="F279" t="s">
+        <v>12</v>
+      </c>
+      <c r="G279" t="s">
+        <v>4006</v>
+      </c>
+      <c r="H279" t="s">
+        <v>4007</v>
+      </c>
+      <c r="I279" t="s">
+        <v>4008</v>
+      </c>
+      <c r="J279" t="s">
+        <v>4009</v>
+      </c>
+      <c r="K279" t="s">
+        <v>4010</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B280" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C280" t="s">
+        <v>12</v>
+      </c>
+      <c r="D280" t="s">
+        <v>12</v>
+      </c>
+      <c r="E280" t="s">
+        <v>4012</v>
+      </c>
+      <c r="F280" t="s">
+        <v>12</v>
+      </c>
+      <c r="G280" t="s">
+        <v>4013</v>
+      </c>
+      <c r="H280" t="s">
+        <v>4014</v>
+      </c>
+      <c r="I280" t="s">
+        <v>4015</v>
+      </c>
+      <c r="J280" t="s">
+        <v>4016</v>
+      </c>
+      <c r="K280" t="s">
+        <v>4017</v>
+      </c>
+      <c r="L280" t="s">
+        <v>4018</v>
+      </c>
+      <c r="M280" t="s">
+        <v>4019</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B281" t="s">
+        <v>4020</v>
+      </c>
+      <c r="C281" t="s">
+        <v>12</v>
+      </c>
+      <c r="D281" t="s">
+        <v>12</v>
+      </c>
+      <c r="E281" t="s">
+        <v>4021</v>
+      </c>
+      <c r="F281" t="s">
+        <v>12</v>
+      </c>
+      <c r="G281" t="s">
+        <v>4022</v>
+      </c>
+      <c r="H281" t="s">
+        <v>4023</v>
+      </c>
+      <c r="I281" t="s">
+        <v>3622</v>
+      </c>
+      <c r="J281" t="s">
+        <v>3844</v>
+      </c>
+      <c r="K281" t="s">
+        <v>4024</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B282" t="s">
+        <v>4025</v>
+      </c>
+      <c r="C282" t="s">
+        <v>12</v>
+      </c>
+      <c r="D282" t="s">
+        <v>12</v>
+      </c>
+      <c r="E282" t="s">
+        <v>4026</v>
+      </c>
+      <c r="F282" t="s">
+        <v>12</v>
+      </c>
+      <c r="G282" t="s">
+        <v>4027</v>
+      </c>
+      <c r="H282" t="s">
+        <v>4028</v>
+      </c>
+      <c r="I282" t="s">
+        <v>4029</v>
+      </c>
+      <c r="J282" t="s">
+        <v>3439</v>
+      </c>
+      <c r="K282" t="s">
+        <v>4030</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B283" t="s">
+        <v>4031</v>
+      </c>
+      <c r="C283" t="s">
+        <v>12</v>
+      </c>
+      <c r="D283" t="s">
+        <v>12</v>
+      </c>
+      <c r="E283" t="s">
+        <v>4032</v>
+      </c>
+      <c r="F283" t="s">
+        <v>12</v>
+      </c>
+      <c r="G283" t="s">
+        <v>4033</v>
+      </c>
+      <c r="H283" t="s">
+        <v>4034</v>
+      </c>
+      <c r="I283" t="s">
+        <v>3660</v>
+      </c>
+      <c r="J283" t="s">
+        <v>4035</v>
+      </c>
+      <c r="K283" t="s">
+        <v>4036</v>
+      </c>
+      <c r="L283" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B284" t="s">
+        <v>4038</v>
+      </c>
+      <c r="C284" t="s">
+        <v>12</v>
+      </c>
+      <c r="D284" t="s">
+        <v>12</v>
+      </c>
+      <c r="E284" t="s">
+        <v>4039</v>
+      </c>
+      <c r="F284" t="s">
+        <v>12</v>
+      </c>
+      <c r="G284" t="s">
+        <v>4040</v>
+      </c>
+      <c r="H284" t="s">
+        <v>4041</v>
+      </c>
+      <c r="I284" t="s">
+        <v>2499</v>
+      </c>
+      <c r="J284" t="s">
+        <v>4042</v>
+      </c>
+      <c r="K284" t="s">
+        <v>4043</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B285" t="s">
+        <v>4044</v>
+      </c>
+      <c r="C285" t="s">
+        <v>12</v>
+      </c>
+      <c r="D285" t="s">
+        <v>12</v>
+      </c>
+      <c r="E285" t="s">
+        <v>4045</v>
+      </c>
+      <c r="F285" t="s">
+        <v>12</v>
+      </c>
+      <c r="G285" t="s">
+        <v>4046</v>
+      </c>
+      <c r="H285" t="s">
+        <v>4047</v>
+      </c>
+      <c r="I285" t="s">
+        <v>2863</v>
+      </c>
+      <c r="J285" t="s">
+        <v>4048</v>
+      </c>
+      <c r="K285" t="s">
+        <v>4049</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B2" t="s">
+        <v>4051</v>
+      </c>
+      <c r="C2" t="s">
+        <v>4052</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>4053</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>4054</v>
+      </c>
+      <c r="H2" t="s">
+        <v>4055</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B3" t="s">
+        <v>4056</v>
+      </c>
+      <c r="C3" t="s">
+        <v>4057</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>4058</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>4059</v>
+      </c>
+      <c r="H3" t="s">
+        <v>4060</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B4" t="s">
+        <v>4061</v>
+      </c>
+      <c r="C4" t="s">
+        <v>4062</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>4063</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>4064</v>
+      </c>
+      <c r="H4" t="s">
+        <v>4065</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B5" t="s">
+        <v>4066</v>
+      </c>
+      <c r="C5" t="s">
+        <v>4067</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>4068</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>4069</v>
+      </c>
+      <c r="H5" t="s">
+        <v>4070</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B6" t="s">
+        <v>4071</v>
+      </c>
+      <c r="C6" t="s">
+        <v>4072</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>4073</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>4074</v>
+      </c>
+      <c r="H6" t="s">
+        <v>4075</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B7" t="s">
+        <v>4076</v>
+      </c>
+      <c r="C7" t="s">
+        <v>4077</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>4078</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>4079</v>
+      </c>
+      <c r="H7" t="s">
+        <v>4080</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B8" t="s">
+        <v>4081</v>
+      </c>
+      <c r="C8" t="s">
+        <v>4082</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>4083</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>4084</v>
+      </c>
+      <c r="H8" t="s">
+        <v>4085</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B9" t="s">
+        <v>4086</v>
+      </c>
+      <c r="C9" t="s">
+        <v>4087</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>4088</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>4089</v>
+      </c>
+      <c r="H9" t="s">
+        <v>4090</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B10" t="s">
+        <v>4091</v>
+      </c>
+      <c r="C10" t="s">
+        <v>4092</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>4093</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>4094</v>
+      </c>
+      <c r="H10" t="s">
+        <v>4095</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B11" t="s">
+        <v>4096</v>
+      </c>
+      <c r="C11" t="s">
+        <v>4097</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>4098</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>4099</v>
+      </c>
+      <c r="H11" t="s">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B12" t="s">
+        <v>4101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>4102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>4103</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>4104</v>
+      </c>
+      <c r="H12" t="s">
+        <v>4105</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B13" t="s">
+        <v>4106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>4107</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>4108</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>4109</v>
+      </c>
+      <c r="H13" t="s">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B14" t="s">
+        <v>4111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>4112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>4113</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>4114</v>
+      </c>
+      <c r="H14" t="s">
+        <v>4115</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B15" t="s">
+        <v>4116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>4117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>4118</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>4119</v>
+      </c>
+      <c r="H15" t="s">
+        <v>4120</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B16" t="s">
+        <v>4121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>4122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>4118</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>4123</v>
+      </c>
+      <c r="H16" t="s">
+        <v>4124</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B17" t="s">
+        <v>4125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>4126</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>4127</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>4128</v>
+      </c>
+      <c r="H17" t="s">
+        <v>4129</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B18" t="s">
+        <v>4130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>4131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>4132</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>4133</v>
+      </c>
+      <c r="H18" t="s">
+        <v>4134</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B19" t="s">
+        <v>4135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>4136</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>4137</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>4138</v>
+      </c>
+      <c r="H19" t="s">
+        <v>4139</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B20" t="s">
+        <v>4140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>4141</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>4137</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>4142</v>
+      </c>
+      <c r="H20" t="s">
+        <v>4143</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B21" t="s">
+        <v>4144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>4145</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>4146</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>4147</v>
+      </c>
+      <c r="H21" t="s">
+        <v>4148</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B22" t="s">
+        <v>4149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>4150</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>999</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>4151</v>
+      </c>
+      <c r="H22" t="s">
+        <v>4152</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>64</v>
+        <v>764</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>765</v>
       </c>
       <c r="C2" t="s">
-        <v>66</v>
+        <v>766</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>767</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>768</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>769</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>770</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>771</v>
+      </c>
+      <c r="B2" t="s">
+        <v>772</v>
+      </c>
+      <c r="C2" t="s">
+        <v>773</v>
+      </c>
+      <c r="D2" t="s">
+        <v>774</v>
+      </c>
+      <c r="E2" t="s">
+        <v>775</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>776</v>
+      </c>
+      <c r="H2" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>771</v>
+      </c>
+      <c r="B3" t="s">
+        <v>778</v>
+      </c>
+      <c r="C3" t="s">
+        <v>779</v>
+      </c>
+      <c r="D3" t="s">
+        <v>780</v>
+      </c>
+      <c r="E3" t="s">
+        <v>781</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>782</v>
+      </c>
+      <c r="H3" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>771</v>
+      </c>
+      <c r="B4" t="s">
+        <v>784</v>
+      </c>
+      <c r="C4" t="s">
+        <v>785</v>
+      </c>
+      <c r="D4" t="s">
+        <v>786</v>
+      </c>
+      <c r="E4" t="s">
+        <v>787</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>788</v>
+      </c>
+      <c r="H4" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>771</v>
+      </c>
+      <c r="B5" t="s">
+        <v>790</v>
+      </c>
+      <c r="C5" t="s">
+        <v>791</v>
+      </c>
+      <c r="D5" t="s">
+        <v>792</v>
+      </c>
+      <c r="E5" t="s">
+        <v>793</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>794</v>
+      </c>
+      <c r="H5" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>771</v>
+      </c>
+      <c r="B6" t="s">
+        <v>796</v>
+      </c>
+      <c r="C6" t="s">
+        <v>797</v>
+      </c>
+      <c r="D6" t="s">
+        <v>798</v>
+      </c>
+      <c r="E6" t="s">
+        <v>799</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>800</v>
+      </c>
+      <c r="H6" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>771</v>
+      </c>
+      <c r="B7" t="s">
+        <v>802</v>
+      </c>
+      <c r="C7" t="s">
+        <v>803</v>
+      </c>
+      <c r="D7" t="s">
+        <v>804</v>
+      </c>
+      <c r="E7" t="s">
+        <v>805</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>806</v>
+      </c>
+      <c r="H7" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>771</v>
+      </c>
+      <c r="B8" t="s">
+        <v>808</v>
+      </c>
+      <c r="C8" t="s">
+        <v>809</v>
+      </c>
+      <c r="D8" t="s">
+        <v>810</v>
+      </c>
+      <c r="E8" t="s">
+        <v>811</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>812</v>
+      </c>
+      <c r="H8" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>771</v>
+      </c>
+      <c r="B9" t="s">
+        <v>814</v>
+      </c>
+      <c r="C9" t="s">
+        <v>815</v>
+      </c>
+      <c r="D9" t="s">
+        <v>816</v>
+      </c>
+      <c r="E9" t="s">
+        <v>817</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>818</v>
+      </c>
+      <c r="H9" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>771</v>
+      </c>
+      <c r="B10" t="s">
+        <v>820</v>
+      </c>
+      <c r="C10" t="s">
+        <v>821</v>
+      </c>
+      <c r="D10" t="s">
+        <v>822</v>
+      </c>
+      <c r="E10" t="s">
+        <v>823</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>824</v>
+      </c>
+      <c r="H10" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>771</v>
+      </c>
+      <c r="B11" t="s">
+        <v>826</v>
+      </c>
+      <c r="C11" t="s">
+        <v>827</v>
+      </c>
+      <c r="D11" t="s">
+        <v>828</v>
+      </c>
+      <c r="E11" t="s">
+        <v>829</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>830</v>
+      </c>
+      <c r="H11" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>771</v>
+      </c>
+      <c r="B12" t="s">
+        <v>832</v>
+      </c>
+      <c r="C12" t="s">
+        <v>833</v>
+      </c>
+      <c r="D12" t="s">
+        <v>834</v>
+      </c>
+      <c r="E12" t="s">
+        <v>835</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>836</v>
+      </c>
+      <c r="H12" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>771</v>
+      </c>
+      <c r="B13" t="s">
+        <v>838</v>
+      </c>
+      <c r="C13" t="s">
+        <v>839</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>840</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>841</v>
+      </c>
+      <c r="H13" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>771</v>
+      </c>
+      <c r="B14" t="s">
+        <v>843</v>
+      </c>
+      <c r="C14" t="s">
+        <v>844</v>
+      </c>
+      <c r="D14" t="s">
+        <v>845</v>
+      </c>
+      <c r="E14" t="s">
+        <v>846</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>847</v>
+      </c>
+      <c r="H14" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>771</v>
+      </c>
+      <c r="B15" t="s">
+        <v>849</v>
+      </c>
+      <c r="C15" t="s">
+        <v>850</v>
+      </c>
+      <c r="D15" t="s">
+        <v>851</v>
+      </c>
+      <c r="E15" t="s">
+        <v>852</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>853</v>
+      </c>
+      <c r="H15" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>771</v>
+      </c>
+      <c r="B16" t="s">
+        <v>855</v>
+      </c>
+      <c r="C16" t="s">
+        <v>856</v>
+      </c>
+      <c r="D16" t="s">
+        <v>857</v>
+      </c>
+      <c r="E16" t="s">
+        <v>857</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>858</v>
+      </c>
+      <c r="H16" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>771</v>
+      </c>
+      <c r="B17" t="s">
+        <v>860</v>
+      </c>
+      <c r="C17" t="s">
+        <v>861</v>
+      </c>
+      <c r="D17" t="s">
+        <v>862</v>
+      </c>
+      <c r="E17" t="s">
+        <v>863</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>864</v>
+      </c>
+      <c r="H17" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>771</v>
+      </c>
+      <c r="B18" t="s">
+        <v>866</v>
+      </c>
+      <c r="C18" t="s">
+        <v>867</v>
+      </c>
+      <c r="D18" t="s">
+        <v>868</v>
+      </c>
+      <c r="E18" t="s">
+        <v>869</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>870</v>
+      </c>
+      <c r="H18" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>771</v>
+      </c>
+      <c r="B19" t="s">
+        <v>872</v>
+      </c>
+      <c r="C19" t="s">
+        <v>873</v>
+      </c>
+      <c r="D19" t="s">
+        <v>874</v>
+      </c>
+      <c r="E19" t="s">
+        <v>875</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>876</v>
+      </c>
+      <c r="H19" t="s">
+        <v>877</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:CI111"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="B2" t="s">
-        <v>74</v>
+        <v>879</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>880</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>75</v>
+        <v>881</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>76</v>
+        <v>882</v>
       </c>
       <c r="H2" t="s">
-        <v>77</v>
-[...50 lines deleted...]
-        <v>94</v>
+        <v>883</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="B3" t="s">
-        <v>95</v>
+        <v>884</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>885</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>96</v>
+        <v>886</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>97</v>
+        <v>887</v>
       </c>
       <c r="H3" t="s">
-        <v>98</v>
-[...236 lines deleted...]
-        <v>175</v>
+        <v>888</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="B4" t="s">
-        <v>176</v>
+        <v>889</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>890</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>177</v>
+        <v>891</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>178</v>
+        <v>892</v>
       </c>
       <c r="H4" t="s">
-        <v>179</v>
-[...29 lines deleted...]
-        <v>188</v>
+        <v>893</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="B5" t="s">
-        <v>189</v>
+        <v>894</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>895</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>190</v>
+        <v>896</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>191</v>
+        <v>897</v>
       </c>
       <c r="H5" t="s">
-        <v>192</v>
-[...14 lines deleted...]
-        <v>197</v>
+        <v>898</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="B6" t="s">
-        <v>198</v>
+        <v>899</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>900</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>199</v>
+        <v>901</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>200</v>
+        <v>902</v>
       </c>
       <c r="H6" t="s">
-        <v>201</v>
-[...14 lines deleted...]
-        <v>206</v>
+        <v>903</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="B7" t="s">
-        <v>207</v>
+        <v>904</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>905</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>208</v>
+        <v>906</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>209</v>
+        <v>907</v>
       </c>
       <c r="H7" t="s">
-        <v>210</v>
-[...17 lines deleted...]
-        <v>216</v>
+        <v>908</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="B8" t="s">
-        <v>217</v>
+        <v>909</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>910</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>218</v>
+        <v>911</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>219</v>
+        <v>912</v>
       </c>
       <c r="H8" t="s">
-        <v>220</v>
-[...8 lines deleted...]
-        <v>223</v>
+        <v>913</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="B9" t="s">
-        <v>224</v>
+        <v>914</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>915</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>225</v>
+        <v>916</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>226</v>
+        <v>917</v>
       </c>
       <c r="H9" t="s">
-        <v>227</v>
-[...23 lines deleted...]
-        <v>234</v>
+        <v>918</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>878</v>
       </c>
       <c r="B10" t="s">
-        <v>235</v>
+        <v>919</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>920</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>236</v>
+        <v>921</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>237</v>
+        <v>922</v>
       </c>
       <c r="H10" t="s">
-        <v>238</v>
-[...23 lines deleted...]
-        <v>246</v>
+        <v>923</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>924</v>
+      </c>
+      <c r="B2" t="s">
+        <v>925</v>
+      </c>
+      <c r="C2" t="s">
+        <v>926</v>
+      </c>
+      <c r="D2" t="s">
+        <v>927</v>
+      </c>
+      <c r="E2" t="s">
+        <v>928</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>929</v>
+      </c>
+      <c r="H2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>924</v>
+      </c>
+      <c r="B3" t="s">
+        <v>931</v>
+      </c>
+      <c r="C3" t="s">
+        <v>932</v>
+      </c>
+      <c r="D3" t="s">
+        <v>933</v>
+      </c>
+      <c r="E3" t="s">
+        <v>934</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>935</v>
+      </c>
+      <c r="H3" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>924</v>
+      </c>
+      <c r="B4" t="s">
+        <v>937</v>
+      </c>
+      <c r="C4" t="s">
+        <v>938</v>
+      </c>
+      <c r="D4" t="s">
+        <v>939</v>
+      </c>
+      <c r="E4" t="s">
+        <v>940</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>941</v>
+      </c>
+      <c r="H4" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>924</v>
+      </c>
+      <c r="B5" t="s">
+        <v>943</v>
+      </c>
+      <c r="C5" t="s">
+        <v>944</v>
+      </c>
+      <c r="D5" t="s">
+        <v>945</v>
+      </c>
+      <c r="E5" t="s">
+        <v>946</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>947</v>
+      </c>
+      <c r="H5" t="s">
+        <v>948</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>949</v>
+      </c>
+      <c r="B2" t="s">
+        <v>950</v>
+      </c>
+      <c r="C2" t="s">
+        <v>951</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>952</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>953</v>
+      </c>
+      <c r="H2" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>949</v>
+      </c>
+      <c r="B3" t="s">
+        <v>955</v>
+      </c>
+      <c r="C3" t="s">
+        <v>956</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>775</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>957</v>
+      </c>
+      <c r="H3" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>949</v>
+      </c>
+      <c r="B4" t="s">
+        <v>959</v>
+      </c>
+      <c r="C4" t="s">
+        <v>960</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>961</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>962</v>
+      </c>
+      <c r="H4" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>949</v>
+      </c>
+      <c r="B5" t="s">
+        <v>964</v>
+      </c>
+      <c r="C5" t="s">
+        <v>965</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>966</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>967</v>
+      </c>
+      <c r="H5" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>949</v>
+      </c>
+      <c r="B6" t="s">
+        <v>969</v>
+      </c>
+      <c r="C6" t="s">
+        <v>970</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>971</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>972</v>
+      </c>
+      <c r="H6" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>949</v>
+      </c>
+      <c r="B7" t="s">
+        <v>974</v>
+      </c>
+      <c r="C7" t="s">
+        <v>975</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>976</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>977</v>
+      </c>
+      <c r="H7" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>949</v>
+      </c>
+      <c r="B8" t="s">
+        <v>979</v>
+      </c>
+      <c r="C8" t="s">
+        <v>980</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>981</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>982</v>
+      </c>
+      <c r="H8" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>949</v>
+      </c>
+      <c r="B9" t="s">
+        <v>984</v>
+      </c>
+      <c r="C9" t="s">
+        <v>985</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>986</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>987</v>
+      </c>
+      <c r="H9" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>949</v>
+      </c>
+      <c r="B10" t="s">
+        <v>989</v>
+      </c>
+      <c r="C10" t="s">
+        <v>990</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>799</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>991</v>
+      </c>
+      <c r="H10" t="s">
+        <v>992</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>73</v>
+        <v>949</v>
       </c>
       <c r="B11" t="s">
-        <v>247</v>
+        <v>993</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>994</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>248</v>
+        <v>805</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>249</v>
+        <v>995</v>
       </c>
       <c r="H11" t="s">
-        <v>250</v>
-[...29 lines deleted...]
-        <v>259</v>
+        <v>996</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>73</v>
+        <v>949</v>
       </c>
       <c r="B12" t="s">
-        <v>260</v>
+        <v>997</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>998</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>261</v>
+        <v>999</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>262</v>
+        <v>1000</v>
       </c>
       <c r="H12" t="s">
-        <v>263</v>
-[...65 lines deleted...]
-        <v>285</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>949</v>
       </c>
       <c r="B13" t="s">
-        <v>286</v>
+        <v>1002</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>287</v>
+        <v>1003</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>288</v>
+        <v>1004</v>
       </c>
       <c r="H13" t="s">
-        <v>289</v>
-[...41 lines deleted...]
-        <v>303</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>949</v>
       </c>
       <c r="B14" t="s">
-        <v>304</v>
+        <v>1006</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>1007</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>305</v>
+        <v>1008</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>306</v>
+        <v>1009</v>
       </c>
       <c r="H14" t="s">
-        <v>307</v>
-[...253 lines deleted...]
-      <c r="U17" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D6" t="s">
         <v>378</v>
       </c>
-      <c r="V17" t="s">
-[...2325 lines deleted...]
-      <c r="AD61" t="s">
+      <c r="E6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D2" t="s">
         <v>933</v>
       </c>
-      <c r="AE61" t="s">
-[...749 lines deleted...]
-      <c r="H79" t="s">
+      <c r="E2" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>1092</v>
       </c>
-      <c r="I79" t="s">
-[...28 lines deleted...]
-      <c r="E80" t="s">
+      <c r="B3" t="s">
         <v>1098</v>
       </c>
-      <c r="F80" t="s">
-[...2 lines deleted...]
-      <c r="G80" t="s">
+      <c r="C3" t="s">
         <v>1099</v>
       </c>
-      <c r="H80" t="s">
+      <c r="D3" t="s">
         <v>1100</v>
       </c>
-      <c r="I80" t="s">
+      <c r="E3" t="s">
         <v>1101</v>
       </c>
-      <c r="J80" t="s">
-[...2 lines deleted...]
-      <c r="K80" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>1102</v>
       </c>
-      <c r="L80" t="s">
+      <c r="H3" t="s">
         <v>1103</v>
       </c>
-      <c r="M80" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B4" t="s">
         <v>1104</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B81" t="s">
+      <c r="C4" t="s">
         <v>1105</v>
       </c>
-      <c r="C81" t="s">
-[...5 lines deleted...]
-      <c r="E81" t="s">
+      <c r="D4" t="s">
         <v>1106</v>
       </c>
-      <c r="F81" t="s">
-[...2 lines deleted...]
-      <c r="G81" t="s">
+      <c r="E4" t="s">
         <v>1107</v>
       </c>
-      <c r="H81" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>1108</v>
       </c>
-      <c r="I81" t="s">
+      <c r="H4" t="s">
         <v>1109</v>
       </c>
-      <c r="J81" t="s">
-[...1234 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>