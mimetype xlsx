--- v0 (2025-11-15)
+++ v1 (2026-01-01)
@@ -1,13664 +1,32612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation en santé " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Guide usagers" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
+    <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2589" uniqueCount="1790">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6352" uniqueCount="4071">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...17 lines deleted...]
-    <t>03/20/2012 10:21:00</t>
+    <t>Panorama</t>
+  </si>
+  <si>
+    <t>Infection par le VIH</t>
+  </si>
+  <si>
+    <t>Panorama des principales publications de la HAS sur l’infection par le VIH</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1010919/en/paradigm-veo-system-21-december-2010-2711-opinion</t>
+    <t>22/07/2025 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058431/fr/infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3058431</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SYSTEME MINIMED 780G ASSOCIE AU SYSTEME DE MESURE EN CONTINU DU GLUCOSE INTERSTITIEL GUARDIAN 4</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2025 14:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610017/fr/systeme-minimed-780g-associe-au-systeme-de-mesure-en-continu-du-glucose-interstitiel-guardian-4</t>
+  </si>
+  <si>
+    <t>p_3610017</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la  gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>MEDTRONIC</t>
+  </si>
+  <si>
+    <t>GUARDIAN 4</t>
+  </si>
+  <si>
+    <t>15/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638491/fr/guardian-4</t>
+  </si>
+  <si>
+    <t>p_3638491</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose interstitiel</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + capteur de mesure du glucose interstitiel FREESTYLE LIBRE 2 PLUS)</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587652/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-capteur-de-mesure-du-glucose-interstitiel-freestyle-libre-2-plus</t>
+  </si>
+  <si>
+    <t>p_3587652</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>INSULET France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G7)</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:42:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587657/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g7</t>
+  </si>
+  <si>
+    <t>p_3587657</t>
+  </si>
+  <si>
+    <t>NEOCATE H</t>
+  </si>
+  <si>
+    <t>22/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 14:57:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556156/fr/neocate-h</t>
+  </si>
+  <si>
+    <t>p_3556156</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>NUTRICIA Nutrition clinique (France)</t>
+  </si>
+  <si>
+    <t>NUTRAMIGEN PURAMINO JUNIOR</t>
+  </si>
+  <si>
+    <t>10/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 12:19:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545865/fr/nutramigen-puramino-junior</t>
+  </si>
+  <si>
+    <t>p_3545865</t>
+  </si>
+  <si>
+    <t>RECKITT BENCKISER (France)</t>
+  </si>
+  <si>
+    <t>FORA 6 DUO et FORA 6</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2024 10:34:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531241/fr/fora-6-duo-et-fora-6</t>
+  </si>
+  <si>
+    <t>p_3531241</t>
+  </si>
+  <si>
+    <t>Appareil pour lecture automatique chiffrée de  la glycémie et de la cétonémie ; Bandelettes  associées pour la mesure de la cétonémie</t>
+  </si>
+  <si>
+    <t>SAS ALPHADIAB (France)</t>
+  </si>
+  <si>
+    <t>NUTRAMIGEN 1 LGG</t>
+  </si>
+  <si>
+    <t>23/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2024 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514437/fr/nutramigen-1-lgg</t>
+  </si>
+  <si>
+    <t>p_3514437</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>RECKITT BENCKISER France (France)</t>
+  </si>
+  <si>
+    <t>NUTRAMIGEN 3 LGG</t>
+  </si>
+  <si>
+    <t>07/05/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514440/fr/nutramigen-3-lgg</t>
+  </si>
+  <si>
+    <t>p_3514440</t>
+  </si>
+  <si>
+    <t>NUTRAMIGEN 2 LGG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3514443/fr/nutramigen-2-lgg</t>
+  </si>
+  <si>
+    <t>p_3514443</t>
+  </si>
+  <si>
+    <t>NEOCATE JUNIOR</t>
+  </si>
+  <si>
+    <t>09/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2024 15:04:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508710/fr/neocate-junior</t>
+  </si>
+  <si>
+    <t>p_3508710</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE (France)</t>
+  </si>
+  <si>
+    <t>FREEDOMEDGE</t>
+  </si>
+  <si>
+    <t>27/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2024 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498452/fr/freedomedge</t>
+  </si>
+  <si>
+    <t>p_3498452</t>
+  </si>
+  <si>
+    <t>Système actif mécanique de perfusion à domicile</t>
+  </si>
+  <si>
+    <t>KORU Medical Systems (USA)</t>
+  </si>
+  <si>
+    <t>FREEDOM60</t>
+  </si>
+  <si>
+    <t>08/03/2024 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498464/fr/freedom60</t>
+  </si>
+  <si>
+    <t>p_3498464</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
+  </si>
+  <si>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
+  </si>
+  <si>
+    <t>p_3496700</t>
+  </si>
+  <si>
+    <t>NEW-FILL</t>
+  </si>
+  <si>
+    <t>16/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 16:32:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491483/fr/new-fill</t>
+  </si>
+  <si>
+    <t>p_3491483</t>
+  </si>
+  <si>
+    <t>Acide L-polylactique</t>
+  </si>
+  <si>
+    <t>GALDERMA INTERNATIONAL (France)</t>
+  </si>
+  <si>
+    <t>MYLIFE CAMAPS FX</t>
+  </si>
+  <si>
+    <t>03/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2023 14:03:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467738/fr/mylife-camaps-fx</t>
+  </si>
+  <si>
+    <t>p_3467738</t>
+  </si>
+  <si>
+    <t>(Pompe à insuline MYLIFE YPSOPUMP + Application CAMAPS FX + Capteur FREESTYLE LIBRE 3)</t>
+  </si>
+  <si>
+    <t>YPSOMED SAS</t>
+  </si>
+  <si>
+    <t>DEXCOM G4 PLATINUM</t>
+  </si>
+  <si>
+    <t>16/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2023 09:09:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443489/fr/dexcom-g4-platinum</t>
+  </si>
+  <si>
+    <t>p_3443489</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose</t>
+  </si>
+  <si>
+    <t>DEXCOM INTERNATIONAL LIMITED (Royaume-Uni)</t>
+  </si>
+  <si>
+    <t>ALFAMINO HMO</t>
+  </si>
+  <si>
+    <t>20/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2023 16:15:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402372/fr/alfamino-hmo</t>
+  </si>
+  <si>
+    <t>p_3402372</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins  médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>NESTLE HEALTH SCIENCE (FRANCE)</t>
+  </si>
+  <si>
+    <t>FREESTYLE LIBRE 2</t>
+  </si>
+  <si>
+    <t>18/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2022 18:25:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382480/fr/freestyle-libre-2</t>
+  </si>
+  <si>
+    <t>p_3382480</t>
+  </si>
+  <si>
+    <t>Système flash d’autosurveillance du glucose</t>
+  </si>
+  <si>
+    <t>ABBOTT S.A.S (France)</t>
+  </si>
+  <si>
+    <t>NUTRAMIGEN PURAMINO</t>
+  </si>
+  <si>
+    <t>20/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:41:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372538/fr/nutramigen-puramino</t>
+  </si>
+  <si>
+    <t>p_3372538</t>
+  </si>
+  <si>
+    <t>DADFMS pour nutrition orale</t>
+  </si>
+  <si>
+    <t>RECKITT BENCKISER FRANCE</t>
+  </si>
+  <si>
+    <t>DEXCOM ONE</t>
+  </si>
+  <si>
+    <t>19/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/09/2022 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3365729/fr/dexcom-one</t>
+  </si>
+  <si>
+    <t>p_3365729</t>
+  </si>
+  <si>
+    <t>DEXCOM INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>ACCU-CHEK MOBILE</t>
+  </si>
+  <si>
+    <t>12/09/2022 14:52:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364708/fr/accu-chek-mobile</t>
+  </si>
+  <si>
+    <t>p_3364708</t>
+  </si>
+  <si>
+    <t>kit et cassette pour autosurveillance  glycémique</t>
+  </si>
+  <si>
+    <t>ROCHE DIABETES CARE FRANCE</t>
+  </si>
+  <si>
+    <t>FREESTYLE LIBRE 3</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2022 08:44:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351664/fr/freestyle-libre-3</t>
+  </si>
+  <si>
+    <t>p_3351664</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose  interstitiel</t>
+  </si>
+  <si>
+    <t>SYSTEME MINIMED 740G</t>
+  </si>
+  <si>
+    <t>27/07/2022 14:03:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357626/fr/systeme-minimed-740g</t>
+  </si>
+  <si>
+    <t>p_3357626</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose  interstitiel couplé à une pompe à insuline  externe</t>
+  </si>
+  <si>
+    <t>10/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2022 17:48:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338383/fr/guardian-4</t>
+  </si>
+  <si>
+    <t>p_3338383</t>
+  </si>
+  <si>
+    <t>SYSTEME MINIMED 780G associé au système de mesure en continu du glucose interstitiel GUARDIAN 4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338386/fr/systeme-minimed-780g-associe-au-systeme-de-mesure-en-continu-du-glucose-interstitiel-guardian-4</t>
+  </si>
+  <si>
+    <t>p_3338386</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la  gestion automatisée du diabète de type I</t>
+  </si>
+  <si>
+    <t>CONTROL-IQ</t>
+  </si>
+  <si>
+    <t>26/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>11/05/2022 18:06:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336412/fr/control-iq</t>
+  </si>
+  <si>
+    <t>p_3336412</t>
+  </si>
+  <si>
+    <t>TANDEM DIABETES CARE</t>
+  </si>
+  <si>
+    <t>NEOCATE SPOON</t>
+  </si>
+  <si>
+    <t>Traitement de l’allergie aux hydrolysats de protéines en tant que source complémentaire pour les besoins nutritionnels en particulier en calcium et en fer des enfants de 6 mois à 10 ans, dans les pathologies suivantes : Allergies aux hydrolysats poussés de protéines, Polyallergies alimentaires ; Traitement de l’½sophagite à éosinophiles en tant que source complémentaire pour les besoins nutritionnels en particulier en calcium et en fer des enfants de 6 mois à 18 ans.</t>
+  </si>
+  <si>
+    <t>01/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2022 10:24:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324086/fr/neocate-spoon</t>
+  </si>
+  <si>
+    <t>p_3324086</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE SAS</t>
+  </si>
+  <si>
+    <t>NEOCATE SYNEO</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2022 14:27:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315315/fr/neocate-syneo</t>
+  </si>
+  <si>
+    <t>p_3315315</t>
+  </si>
+  <si>
+    <t>Denrées Alimentaires Destinées à des Fins  Médicales Spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>NOVALAC AMINA</t>
+  </si>
+  <si>
+    <t>14/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 17:37:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308019/fr/novalac-amina</t>
+  </si>
+  <si>
+    <t>p_3308019</t>
+  </si>
+  <si>
+    <t>Denrée Alimentaire Destinée à des Fins Médicales Spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>NHS France / LABORATOIRE NOVALAC SA</t>
+  </si>
+  <si>
+    <t>GLUCOMEN DAY CGM</t>
+  </si>
+  <si>
+    <t>02/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:42:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297220/fr/glucomen-day-cgm</t>
+  </si>
+  <si>
+    <t>p_3297220</t>
+  </si>
+  <si>
+    <t>Set de mesure en continu du glucose interstitiel et d’autosurveillance de la glycémie capillaire</t>
+  </si>
+  <si>
+    <t>A.MENARINI Diagnostics France</t>
+  </si>
+  <si>
+    <t>OMNIPOD INSULIN MANAGEMENT SYSTEM</t>
+  </si>
+  <si>
+    <t>08/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/10/2020 12:42:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203464/fr/omnipod-insulin-management-system</t>
+  </si>
+  <si>
+    <t>p_3203464</t>
+  </si>
+  <si>
+    <t>Pompe à insuline externe sans tubulure extérieure.</t>
+  </si>
+  <si>
+    <t>INSULET FRANCE SAS</t>
+  </si>
+  <si>
+    <t>NEOCATE</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2019 09:59:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118700/fr/neocate</t>
+  </si>
+  <si>
+    <t>p_3118700</t>
+  </si>
+  <si>
+    <t>denrée alimentaire destinée à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>GLUCOFIX PREMIUM</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2019 12:06:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973601/fr/glucofix-premium</t>
+  </si>
+  <si>
+    <t>c_2973601</t>
+  </si>
+  <si>
+    <t>appareil pour lecture automatique chiffrée de la glycémie et de la cétonémie et GLUCOFIX b-KETONE SENSOR, bandelettes associées</t>
+  </si>
+  <si>
+    <t>A.MENARINI Diagnostics SASU</t>
+  </si>
+  <si>
+    <t>09/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2019 15:55:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964250/fr/neocate-junior</t>
+  </si>
+  <si>
+    <t>c_2964250</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE</t>
+  </si>
+  <si>
+    <t>23/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2018 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824822/fr/novalac-amina</t>
+  </si>
+  <si>
+    <t>c_2824822</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>NHS</t>
+  </si>
+  <si>
+    <t>ALFAMINO</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>21/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2018 17:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818849/fr/alfamino</t>
+  </si>
+  <si>
+    <t>c_2818849</t>
+  </si>
+  <si>
+    <t>Nestlé Health Science France</t>
+  </si>
+  <si>
+    <t>26/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 08:35:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796797/fr/new-fill</t>
+  </si>
+  <si>
+    <t>c_2796797</t>
+  </si>
+  <si>
+    <t>SINCLAIR PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition orale</t>
+  </si>
+  <si>
+    <t>21/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2017 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752848/fr/neocate-spoon</t>
+  </si>
+  <si>
+    <t>c_2752848</t>
+  </si>
+  <si>
+    <t>18/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:05:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681046/fr/nutramigen-puramino</t>
+  </si>
+  <si>
+    <t>c_2681046</t>
+  </si>
+  <si>
+    <t>MEAD JOHNSON Nutrition France</t>
+  </si>
+  <si>
+    <t>22/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2016 10:37:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621854/fr/novalac-amina</t>
+  </si>
+  <si>
+    <t>c_2621854</t>
+  </si>
+  <si>
+    <t>17/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2576215/fr/dexcom-g4-platinum</t>
+  </si>
+  <si>
+    <t>c_2576215</t>
+  </si>
+  <si>
+    <t>DXCM Sweden AB</t>
+  </si>
+  <si>
+    <t>05/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:56:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034982/fr/nutramigen-puramino</t>
+  </si>
+  <si>
+    <t>c_2034982</t>
+  </si>
+  <si>
+    <t>02/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2014 15:35:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794091/fr/neocate</t>
+  </si>
+  <si>
+    <t>c_1794091</t>
+  </si>
+  <si>
+    <t>NEOCATE ADVANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794094/fr/neocate-advance</t>
+  </si>
+  <si>
+    <t>c_1794094</t>
+  </si>
+  <si>
+    <t>NEOCATE ACTIVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794097/fr/neocate-active</t>
+  </si>
+  <si>
+    <t>c_1794097</t>
+  </si>
+  <si>
+    <t>PARADIGM VEO</t>
+  </si>
+  <si>
+    <t>18/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2014 18:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778485/fr/paradigm-veo</t>
+  </si>
+  <si>
+    <t>c_1778485</t>
+  </si>
+  <si>
+    <t>MiniMed 2007D</t>
+  </si>
+  <si>
+    <t>Pompe implantable</t>
+  </si>
+  <si>
+    <t>03/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745956/fr/minimed-2007d</t>
+  </si>
+  <si>
+    <t>c_1745956</t>
+  </si>
+  <si>
+    <t>FREESTYLE NAVIGATOR II</t>
+  </si>
+  <si>
+    <t>03/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 12:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710119/fr/freestyle-navigator-ii</t>
+  </si>
+  <si>
+    <t>c_1710119</t>
+  </si>
+  <si>
+    <t>ABBOTT France</t>
+  </si>
+  <si>
+    <t>NeuRx DPS RA/4, système de stimulation du diaphragme</t>
+  </si>
+  <si>
+    <t>Système de stimulation du diaphragme - SLA - NeuRx DPS RA/4 Diaphragm Pacing System - ALS - NeuRx DPS RA / 4</t>
+  </si>
+  <si>
+    <t>09/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2013 17:46:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1520081/fr/neurx-dps-ra/4-systeme-de-stimulation-du-diaphragme</t>
+  </si>
+  <si>
+    <t>c_1520081</t>
+  </si>
+  <si>
+    <t>SYNAPSE BIOMEDICAL EUROPE</t>
+  </si>
+  <si>
+    <t>Système PARADIGM VEO - 21 décembre 2010 (2711) avis</t>
+  </si>
+  <si>
+    <t>Pompe à insuline et moniteur en continu du glucose interstitiel DIABETOLOGIE – Nouveau dispositif Avis favorable à une prise en charge temporaire dans le diabète de type 1, dans le cadre d’une étude, en raison de l’intérêt potentiel du système</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010919/fr/systeme-paradigm-veo-21-decembre-2010-2711-avis</t>
   </si>
   <si>
     <t>c_1010919</t>
   </si>
   <si>
     <t>MEDTRONIC France SAS</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+    <t>RESTYLANE SubQ - CNEDiMTS du 24 novembre 2009 (2231)</t>
+  </si>
+  <si>
+    <t>Gel injectable d’acide hyaluronique Chirurgie plastique et reconstructrice - Nouveau dispositif Avis défavorable au remboursement dans la correction des lipoatrophies faciales consécutives aux traitements antirétroviraux</t>
+  </si>
+  <si>
+    <t>24/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2009 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_885272/fr/restylane-subq-cnedimts-du-24-novembre-2009-2231</t>
+  </si>
+  <si>
+    <t>c_885272</t>
+  </si>
+  <si>
+    <t>Q-MED SARL France</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Pemphigoïde de la grossesse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_2636262</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>La kératoconjonctivite vernale KCV</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une kératoconjonctivite vernale. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382572/fr/la-keratoconjonctivite-vernale-kcv</t>
+  </si>
+  <si>
+    <t>p_3382572</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Œsophagite à éosinophiles chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant une OE. Il a été élaboré par le Centre de référence des affections chroniques et malformatives de l’œsophage (CRACMO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358054/fr/oesophagite-a-eosinophiles-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3358054</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Syndrome de Guillain-Barré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Guillain-Barré. Il a été élaboré par la Filière de Santé Maladies Rares Neuromusculaires FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
+  </si>
+  <si>
+    <t>p_3299758</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Sclérose en plaque de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint du sclérose en plaque. Il a été élaboré par le centre de référence des maladies inflammatoires rares du cerveau et de la moelle - Membre de la Filière de Santé Maladies Rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656983/fr/sclerose-en-plaque-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2656983</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636271/fr/maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_2636271</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD n° 25 - Sclérose en plaques</t>
+  </si>
+  <si>
+    <t>02/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2016 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460315/fr/ald-n-25-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_460315</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>ALD n° 7 - Infection par le virus de l'immunodéficience humaine (VIH)</t>
+  </si>
+  <si>
+    <t>31/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2011 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_634723/fr/ald-n-7-infection-par-le-virus-de-l-immunodeficience-humaine-vih</t>
+  </si>
+  <si>
+    <t>c_634723</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035492/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_1035492</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Arthrite juvénile idiopathique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), oligoarticulaire ou polyarticulaire sans facteur rhumatoïde. Ces trois formes représentent environ deux tiers des cas. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2009 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847166/fr/ald-hors-liste-arthrite-juvenile-idiopathique</t>
+  </si>
+  <si>
+    <t>c_847166</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de la maladie cœliaque chez l’enfant et l’adulte - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Améliorer les connaissances des médecins sur les signes cliniques typiques et atypiques de la maladie cœliaque et les indications d’un test diagnostique Réduire les tests diagnostiques non pertinents Réduire les régimes sans gluten débutés sans test diagnostique Clarifier la démarche diagnostique, la prise en charge et le parcours de soins Améliorer l’accès à des diététiciens formés au régime sans gluten</t>
+  </si>
+  <si>
+    <t>18/10/2024 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550669/fr/diagnostic-et-prise-en-charge-de-la-maladie-coeliaque-chez-l-enfant-et-l-adulte-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3550669</t>
+  </si>
+  <si>
+    <t>VIH. Consultation de suivi en médecine générale des personnes sous traitement antirétroviral</t>
+  </si>
+  <si>
+    <t>Destiné au médecin généraliste, ces documents passent en revue les points clés de la consultation de suivi en ville pour les personnes vivant avec le VIH dans le cadre d’un suivi partagé et coordonné avec l’hôpital. Il concerne les patients sous traitement antirétroviral dont la charge virale est indétectable.</t>
+  </si>
+  <si>
+    <t>11/10/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876774/fr/vih-consultation-de-suivi-en-medecine-generale-des-personnes-sous-traitement-antiretroviral</t>
+  </si>
+  <si>
+    <t>c_2876774</t>
+  </si>
+  <si>
+    <t>Pertinence des soins en allergologie &amp; immunologie</t>
+  </si>
+  <si>
+    <t>Développés en coproduction avec les professionnels, ces messages courts concernent l’allergie, l’urticaire chronique, l’anaphylaxie, l’asthme et la sinusite aiguë</t>
+  </si>
+  <si>
+    <t>06/03/2018 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831508/fr/pertinence-des-soins-en-allergologie-immunologie</t>
+  </si>
+  <si>
+    <t>c_2831508</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus chez les personnes immunodéprimées (hors PVVIH)</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation de santé publique sur le dépistage du cancer du col de l’utérus (CCU) chez les personnes immunodéprimées (hors celles vivant avec le VIH) pour prendre en compte le risque plus élevé par rapport à la population générale. La recommandation cible les personnes immunodéprimées et plus spécifiquement atteintes de déficit immunitaire primitif ou congénital, greffées (par organe solide ou cellules souches hématopoïétiques), atteintes de lupus systémique et/ou sous traitements immunosuppresseurs. Il est recommandé un dépistage annuel de 25 à 29 ans par cytologie, suivi d’un dépistage tous les 3 ans par test HPV-HR à partir de 30 ans.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère en France par quantification des TRECs (T-cell receptor excision circles) - Feuille de route</t>
+  </si>
+  <si>
+    <t>17/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2018 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866980/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-en-france-par-quantification-des-trecs-t-cell-receptor-excision-circles-feuille-de-route</t>
+  </si>
+  <si>
+    <t>c_2866980</t>
+  </si>
+  <si>
+    <t>Réévaluation de la stratégie de dépistage de l’infection à VIH en France</t>
+  </si>
+  <si>
+    <t>Le dépistage de l’infection à VIH est un élément clé du contrôle de l’épidémie qui s’intègre dans une démarche préventive globale. Il doit être orienté vers des populations prioritaires, définies en fonction des données épidémiologiques, et s’appuyer sur les outils de prévention et de traitement efficaces, les différents types de tests de dépistage disponibles et les multiples acteurs présents sur le territoire.</t>
+  </si>
+  <si>
+    <t>04/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2017 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024411/fr/reevaluation-de-la-strategie-de-depistage-de-l-infection-a-vih-en-france</t>
+  </si>
+  <si>
+    <t>c_2024411</t>
+  </si>
+  <si>
+    <t>Autotests de dépistage du VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une liste de questions et réponses pratiques pour accompagner les utilisateurs potentiels d’autotests de dépistage du VIH dans leur démarche de dépistage.</t>
+  </si>
+  <si>
+    <t>11/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768844/fr/autotests-de-depistage-du-vih</t>
+  </si>
+  <si>
+    <t>c_1768844</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Vaccination des personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3635651</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545694</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation d’échec virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545707/fr/adaptation-du-traitement-antiretroviral-en-situation-d-echec-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545707</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Traitement préventif post-exposition au VIH</t>
+  </si>
+  <si>
+    <t>25/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536535/fr/traitement-preventif-post-exposition-au-vih</t>
+  </si>
+  <si>
+    <t>p_3536535</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications infectieuses associées à l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>27/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2024 18:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529162/fr/prise-en-charge-des-complications-infectieuses-associees-a-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3529162</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’enfant et de l’adolescent vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520800/fr/prise-en-charge-de-l-enfant-et-de-l-adolescent-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3520800</t>
+  </si>
+  <si>
+    <t>Grossesse et VIH : désir d’enfant, soins de la femme enceinte et prévention de la transmission mère-enfant</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH).</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518878/fr/grossesse-et-vih-desir-d-enfant-soins-de-la-femme-enceinte-et-prevention-de-la-transmission-mere-enfant</t>
+  </si>
+  <si>
+    <t>p_3518878</t>
+  </si>
+  <si>
+    <t>Quand prescrire une électrophorèse des protéines sériques (EPS) et conduite à tenir en cas d'une immunoglobuline monoclonale</t>
+  </si>
+  <si>
+    <t>L’EPS est un examen de biologie médicale qui a pour but la séparation et l’analyse des protéines sériques. La fiche mémo a pour objectif de préciser les indications de prescription de l’EPS et les conduites à tenir en cas de découverte d’un « pic étroit » sur le tracé d’électrophorèse, et d’illustrer l’importance d’une bonne interaction entre cliniciens, principalement médecins généralistes, et biologistes.</t>
+  </si>
+  <si>
+    <t>25/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742018/fr/quand-prescrire-une-electrophorese-des-proteines-seriques-eps-et-conduite-a-tenir-en-cas-d-une-immunoglobuline-monoclonale</t>
+  </si>
+  <si>
+    <t>c_2742018</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Anti-TNF : conseils d’utilisation et recommandations de bonne pratique</t>
+  </si>
+  <si>
+    <t>Ce travail a été élaboré afin de fournir des recommandations de bonne pratique relatives à l’utilisation des traitements anti-TNF, en fonction des dernières données disponibles. L’objectif de ces recommandations est de guider au mieux le praticien, qu'il soit spécialiste d'organe ou médecin généraliste, dans leur décision thérapeutique au cours de situations concrètes fréquemment rencontrées dans la prise en charge des patients traités par anti-TNF. Ce travail porte uniquement sur les modalités d’utilisation des AntiTNF et non sur leurs indications ou leur rapport bénéfice/risque.</t>
+  </si>
+  <si>
+    <t>05/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2013 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701342/fr/label-de-la-has-anti-tnf-conseils-d-utilisation-et-recommandations-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_1701342</t>
+  </si>
+  <si>
+    <t>Conduite à tenir après le traitement d'urgence d'une suspicion d'anaphylaxie</t>
+  </si>
+  <si>
+    <t>L'objectif de ces messages clés est : d'alerter tous les professionnels de santé, les patients et leur entourage, à la survenue de réactions d’anaphylaxie (contexte, symptômes et conduite à tenir) de constituer dès le premier épisode d’anaphylaxie suspectée un document indispensable ultérieurement pour établir le diagnostic étiologique Ces messages clés ne traitent pas de la prise en charge allergologique diagnostique et thérapeutique d’une réaction anaphylactique.</t>
+  </si>
+  <si>
+    <t>01/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695744/fr/conduite-a-tenir-apres-le-traitement-d-urgence-d-une-suspicion-d-anaphylaxie</t>
+  </si>
+  <si>
+    <t>c_1695744</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: management of established RA</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>COVID-19 - Évaluer ses risques avec l’équipe de soins et adapter son mode de vie</t>
+  </si>
+  <si>
+    <t>Vous êtes atteint d’une maladie chronique ou avez plus de 65 ans ? Vous êtes possiblement exposé à un risque de forme grave de COVID-19. À l’occasion de la sortie du confinement, vous pouvez échanger avec votre médecin ou votre équipe de soins. Vous déciderez alors des adaptations de votre mode de vie en fonction de votre situation.</t>
+  </si>
+  <si>
+    <t>11/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189294/fr/covid-19-evaluer-ses-risques-avec-l-equipe-de-soins-et-adapter-son-mode-de-vie</t>
+  </si>
+  <si>
+    <t>p_3189294</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS réévalue les systèmes connectés de prise en charge du diabète</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé (HAS) a réévalué les conditions de prise en charge par l’Assurance maladie de trois catégories de dispositifs médicaux utilisés par les personnes atteintes de diabète pour l’autosurveillance ou la gestion automatisée de l’insulinothérapie. La HAS propose notamment une révision de la nomenclature de remboursement de ces dispositifs, en harmonisant les indications par catégorie, afin d’apporter plus de lisibilité aux industriels dans le cadre de leur dépôt de dossier.</t>
+  </si>
+  <si>
+    <t>24/09/2024 11:02:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543317/fr/la-has-reevalue-les-systemes-connectes-de-prise-en-charge-du-diabete</t>
+  </si>
+  <si>
+    <t>p_3543317</t>
+  </si>
+  <si>
+    <t>Maintenir un suivi régulier et la prévention pour les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une Réponse rapide spécifique pour le suivi des personnes vivant avec le VIH pendant l’épidémie de COVID-19. Il est essentiel de maintenir les traitements en cours, à l’exception des personnes qui contracteraient le COVID-19. Pour ces derniers, la suspension de leurs traitements durant quelques jours est possible, le temps de guérir du COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:27:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179380/fr/maintenir-un-suivi-regulier-et-la-prevention-pour-les-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3179380</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes vivant avec le VIH : la HAS publie un guide à destination des médecins généralistes</t>
+  </si>
+  <si>
+    <t>Grâce à l’amélioration des traitements antirétroviraux, l’infection par le virus de l’immunodéficience humaine (VIH) est désormais une maladie chronique et l’espérance de vie des personnes infectées devient similaire à celle de la population générale. Elles développent alors des pathologies dues au vieillissement, en plus des complications liées au VIH lui-même et à son traitement. Pour les prendre en charge de façon optimale, en intégrant mieux la prévention primaire et secondaire des co-infections et des comorbidités, il est nécessaire de privilégier un suivi partagé et coordonné entre l’hôpital et le médecin généraliste. La HAS publie un guide à destination de ces derniers afin de les aider à mieux identifier les points d’attention nécessaires au suivi de ces patients, en alternance avec la prise en charge hospitalière.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877202/fr/prise-en-charge-des-personnes-vivant-avec-le-vih-la-has-publie-un-guide-a-destination-des-medecins-generalistes</t>
+  </si>
+  <si>
+    <t>c_2877202</t>
+  </si>
+  <si>
+    <t>VIH : pour éradiquer l’épidémie, le dépistage doit être renforcé</t>
+  </si>
+  <si>
+    <t>En France, près de 150 000 personnes seraient atteintes par le VIH et 20% d’entre elles ignoreraient leur séropositivité. L’objectif du dépistage est d’identifier ces personnes infectées afin de leur proposer un traitement le plus précocement possible et de réduire le risque de transmission. Pour atteindre l’objectif d’éradication de l’épidémie, la HAS revoit aujourd’hui sa stratégie de dépistage. Elle recommande de concentrer les efforts sur les populations les plus exposées au risque d’infection et de continuer à inciter chaque personne à se faire dépister au moins une fois dans sa vie.</t>
+  </si>
+  <si>
+    <t>24/03/2017 10:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752737/fr/vih-pour-eradiquer-l-epidemie-le-depistage-doit-etre-renforce</t>
+  </si>
+  <si>
+    <t>c_2752737</t>
+  </si>
+  <si>
+    <t>VIH : la PrEP, un outil pour réduire la transmission du virus mais qui ne remplace pas le préservatif</t>
+  </si>
+  <si>
+    <t>24/03/2017 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752830/fr/vih-la-prep-un-outil-pour-reduire-la-transmission-du-virus-mais-qui-ne-remplace-pas-le-preservatif</t>
+  </si>
+  <si>
+    <t>c_2752830</t>
+  </si>
+  <si>
+    <t>Chute de cheveux : des prothèses capillaires de qualité remboursées à tous les malades</t>
+  </si>
+  <si>
+    <t>21/03/2016 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2618741/fr/chute-de-cheveux-des-protheses-capillaires-de-qualite-remboursees-a-tous-les-malades</t>
+  </si>
+  <si>
+    <t>c_2618741</t>
+  </si>
+  <si>
+    <t>Autotests VIH : un document d’information pour accompagner leur utilisation</t>
+  </si>
+  <si>
+    <t>Malgré la diversité des dispositifs actuels de dépistage du VIH, 20% des personnes infectées ignorent encore leur séropositivité et près de 30% la découvrent à un stade avancé de la maladie. L’arrivée prochaine d’autotests complètera l’offre de dépistage et permettra peut-être d’augmenter le nombre de personnes traitées à un stade précoce. Afin d’accompagner l’utilisation de ces tests, la HAS met à disposition des professionnels de santé et des associations un document d’information pour les aider à répondre aux utilisateurs potentiels.</t>
+  </si>
+  <si>
+    <t>15/04/2015 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026839/fr/autotests-vih-un-document-d-information-pour-accompagner-leur-utilisation</t>
+  </si>
+  <si>
+    <t>c_2026839</t>
+  </si>
+  <si>
+    <t>Stratégies de dépistage du VIH en France : des travaux de modélisation publiés dans la revue PLoS One</t>
+  </si>
+  <si>
+    <t>La HAS et l’ANRS signalent la parution ce jour dans la revue scientifique PLoS One de travaux relatifs à l’évaluation médico-économique de différentes stratégies de dépistage du VIH en France. Les deux institutions rappellent que ce travail est le fruit de la collaboration étroite des équipes de la HAS, de l’InVS, de plusieurs équipes de recherche françaises financées par l’ANRS et d’équipes américaines.</t>
+  </si>
+  <si>
+    <t>01/10/2010 15:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987056/fr/strategies-de-depistage-du-vih-en-france-des-travaux-de-modelisation-publies-dans-la-revue-plos-one</t>
+  </si>
+  <si>
+    <t>c_987056</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>En partenariat avec l’Institut de veille sanitaire, le Centre de recherches économiques, sociologiques et de gestion et le Centre hospitalier de Tourcoing, la Haute Autorité de Santé publie le second volet de ses recommandations sur le dépistage de l’infection par le VIH. Malgré un nombre de tests de dépistage important, il persiste en France un retard au dépistage de l’infection par le VIH. On estime aujourd’hui que près de 40 000 personnes sont infectées et ignorent leur séropositivité.</t>
+  </si>
+  <si>
+    <t>21/10/2009 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867079/fr/depistage-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>c_867079</t>
+  </si>
+  <si>
+    <t>La réalisation des tests de dépistage de l’infection par le VIH évolue</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie le premier volet de recommandations sur le dépistage de l’infection par le VIH en France, qui propose une évolution des modalités de réalisation des tests de dépistage. Des recommandations et des orientations sur les tests de dépistage rapide sont également proposées.</t>
+  </si>
+  <si>
+    <t>22/10/2008 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704683/fr/la-realisation-des-tests-de-depistage-de-l-infection-par-le-vih-evolue</t>
+  </si>
+  <si>
+    <t>c_704683</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde, diagnostic et prise en charge globale</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) diffuse trois recommandations professionnelles concernant la polyarthrite rhumatoïde : diagnostic, traitements médicamenteux, rééducation, indications chirurgicales, prise en charge psychologique, diététique, etc.</t>
+  </si>
+  <si>
+    <t>30/11/2007 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_609119/fr/la-polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-globale</t>
+  </si>
+  <si>
+    <t>c_609119</t>
+  </si>
+  <si>
+    <t>Indications et prescription d’une autosurveillance glycémique chez le patient diabétique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) a procédé à l’évaluation des dispositifs médicaux d’autosurveillance de la glycémie chez le patient diabétique. Elle a actualisé les indications de prise en charge de ces dispositifs et les modalités de leur utilisation et de leur prescription.</t>
+  </si>
+  <si>
+    <t>19/11/2007 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602710/fr/indications-et-prescription-d-une-autosurveillance-glycemique-chez-le-patient-diabetique</t>
+  </si>
+  <si>
+    <t>c_602710</t>
+  </si>
+  <si>
+    <t>Maladie cœliaque : avis favorable de la HAS pour le remboursement de l’acte de recherche des anticorps anti-transglutaminase</t>
+  </si>
+  <si>
+    <t>*La maladie cœliaque est une affection de l’intestin grêle chronique provoquée par un antigène alimentaire présent dans les céréales : la gliadine du gluten. Son traitement repose sur un régime sans gluten, à vie. Le diagnostic de cette maladie et l’appréciation du suivi de l’observance du régime sans gluten reposent sur la combinaison de biopsies de l’intestin grêle, d’arguments cliniques et biologiques.*</t>
+  </si>
+  <si>
+    <t>01/06/2007 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538482/fr/maladie-coeliaque-avis-favorable-de-la-has-pour-le-remboursement-de-l-acte-de-recherche-des-anticorps-anti-transglutaminase</t>
+  </si>
+  <si>
+    <t>c_538482</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Médicaments à base de cannabis</t>
+  </si>
+  <si>
+    <t>L'évaluation des médicaments à base de cannabis en vue de leur éventuelle prise en charge par l'assurance maladie intervient dans un contexte où l'usage médical du cannabis a été autorisé en France depuis 2021. Les médicaments concernés doivent répondre à des spécifications précises et sont destinés à traiter des conditions médicales spécifiques en dernière intention. La HAS s'appuiera sur diverses données et contributions pour rendre son avis. Un décret ultérieur précisera les modalités d'évaluation.</t>
+  </si>
+  <si>
+    <t>29/07/2025 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638245/fr/medicaments-a-base-de-cannabis</t>
+  </si>
+  <si>
+    <t>p_3638245</t>
+  </si>
+  <si>
+    <t>Systèmes de mesure du glucose interstitiel, couplés ou non à une pompe à insuline et systèmes de boucle semi-fermée pour la gestion automatisée du diabète</t>
+  </si>
+  <si>
+    <t>La prise en charge des dispositifs médicaux dans le domaine de la diabétologie a fortement évolué au cours de ces dernières années, avec l’émergence de nouveaux systèmes connectés destinés aux patients diabétiques.</t>
+  </si>
+  <si>
+    <t>23/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2024 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3464743/fr/systemes-de-mesure-du-glucose-interstitiel-couples-ou-non-a-une-pompe-a-insuline-et-systemes-de-boucle-semi-fermee-pour-la-gestion-automatisee-du-diabete</t>
+  </si>
+  <si>
+    <t>p_3464743</t>
+  </si>
+  <si>
+    <t>Examens permettant l’exploration des différents composants du système du complément</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) a évalué le service attendu ou rendu d’examens permettant l’exploration des différents composants du système du complément, dans la prise en charge standard de huit indications cliniques : le syndrome hémolytique et urémique atypique (SHUa), la glomérulonéphrite à dépôts de C3 (GNC3), le suivi d’un patient traité par Eculizumab (SOLIRIS®), le lupus érythémateux disséminé (LED), la cryoglobulinémie (CG), l’angiœdème bradykinique (AB) et les déficits immunitaires primitifs (DIP).</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/12/2023 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483189/fr/examens-permettant-l-exploration-des-differents-composants-du-systeme-du-complement</t>
+  </si>
+  <si>
+    <t>p_3483189</t>
+  </si>
+  <si>
+    <t>Évaluation du repérage préopératoire du site de la stomie</t>
+  </si>
+  <si>
+    <t>Repérage préopératoire du site de la stomie, démarche éducative (informations et conseils), qualité de vie, complications postopératoires</t>
+  </si>
+  <si>
+    <t>30/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2023 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332705/fr/evaluation-du-reperage-preoperatoire-du-site-de-la-stomie</t>
+  </si>
+  <si>
+    <t>p_3332705</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique - Exploration d’ADAMTS-13</t>
+  </si>
+  <si>
+    <t>Cette évaluation répond à une demande de l’Union nationale des caisses d’Assurance maladie qui souhaitait que la HAS se prononce sur l’opportunité du transfert éventuel de deux actes (mesure d’activité d’ADAMTS-13 [pour A disintegrin and metalloprotease with thrombospondin type 1 repeats, member 13] et recherche/titrage d’anticorps anti-ADAMTS-13) de la liste complémentaire vers la nomenclature des actes de biologie médicale (NABM). En sus de ces deux actes, la HAS a évalué la recherche de mutations dans le gène codant ADAMTS-13 qui n’est pas inscrit à la NABM. Ces trois actes sont réalisés dans le cadre du purpura thrombotique thrombocytopénique (PTT) ou maladie de Moschcowitz</t>
+  </si>
+  <si>
+    <t>17/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2022 17:04:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388869/fr/purpura-thrombotique-thrombocytopenique-exploration-d-adamts-13</t>
+  </si>
+  <si>
+    <t>p_3388869</t>
+  </si>
+  <si>
+    <t>Mesure de la charge virale (quantification de l’acide ribonucléique) du virus de l’immunodéficience humaine de type 2 (VIH-2)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l'intérêt diagnostique et pronostique de la mesure de la charge virale plasmatique par biologie moléculaire du virus VIH-2, second virus après le VIH-1 responsable de l’immunodéficience humaine, ainsi que son utilité clinique dans les diverses populations concernées en précisant les modalités de sa réalisation (indication, fréquence). Elle a également évalué l’intérêt diagnostique de la mesure de l’ARN VIH-2 chez un homme porteur du VIH-2 engagé dans une démarche d’assistance médicale à la procréation (AMP). La HAS préconise fortement que les patients porteurs d’un VIH bénéficient des mêmes niveaux de prise en charge qu’il s’agisse d’un virus de type VIH-1 ou VIH-2, et retient donc la mesure de la charge virale plasmatique du VIH-2 à différentes étapes de la prise en charge clinique des patients vivant avec le VIH-2.</t>
+  </si>
+  <si>
+    <t>16/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306402/fr/mesure-de-la-charge-virale-quantification-de-l-acide-ribonucleique-du-virus-de-l-immunodeficience-humaine-de-type-2-vih-2</t>
+  </si>
+  <si>
+    <t>p_3306402</t>
+  </si>
+  <si>
+    <t>Médicaments utilisés dans les formes très actives de sclérose en plaques récurrente</t>
+  </si>
+  <si>
+    <t>Quatre immunosuppresseurs peuvent être utilisés en France dans la sclérose en plaques récurrente (SEP-R) très active associée ou non à une progression du handicap : le natalizumab (TYSABRI), le fingolimod (GILENYA), l’ocrelizumab (OCREVUS) et la mitoxantrone (ELSEP – NOVANTRONE et génériques). Ces spécialités font toutes l’objet d’un plan de gestion des risques.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067012/fr/medicaments-utilises-dans-les-formes-tres-actives-de-sclerose-en-plaques-recurrente</t>
+  </si>
+  <si>
+    <t>p_3067012</t>
+  </si>
+  <si>
+    <t>La prophylaxie pré-exposition (PrEP) au VIH par ténofovir disoproxil/emtricitabine (TRUVADA® et ses génériques)</t>
+  </si>
+  <si>
+    <t>Mise à jour de la fiche bon usage des médicaments La PrEP est une nouvelle méthode de prévention qui propose un médicament contre l’infection par le VIH à une personne non infectée.</t>
+  </si>
+  <si>
+    <t>10/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>15/05/2019 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2750213/fr/la-prophylaxie-pre-exposition-prep-au-vih-par-tenofovir-disoproxil/emtricitabine-truvada-et-ses-generiques</t>
+  </si>
+  <si>
+    <t>c_2750213</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
+  </si>
+  <si>
+    <t>Ce travail a porté sur l’évaluation des propositions de modification des libellés concernant le diagnostic biologique de candidose. Cette demande concernait uniquement la recherche des anticorps sériques anti-Candida et des antigènes solubles et ne traite pas des actes d’identification mycologique.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
+    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
+  </si>
+  <si>
+    <t>Évaluation de la mesure de la charge virale du virus d’Epstein-Barr (EBV) par amplification génique (PCR) en temps réel et de la recherche des anticorps sériques anti-EBV dans le cadre d’un syndrome lymphoprolifératif post-transplantation (SLPT)</t>
+  </si>
+  <si>
+    <t>20/11/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...5 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des postiches pour homme et femme</t>
+  </si>
+  <si>
+    <t>Des nouvelles conditions de prise en charge des prothèses capillaires ont été définies par la HAS dans le cadre de la révision des catégories homogènes de produits. Ce travail fait également suite au 3ème plan Cancer couvrant la période 2014-2019, qui vise notamment à réduire les conséquences économiques du cancer en revalorisant le tarif de remboursement des prothèses capillaires. A l’issue de l’évaluation, la CNEDiMTS a émis des recommandations qui ont été transmises au CEPS en vue de l’élaboration de la nomenclature et de la tarification définitives.</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2015 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774778/fr/evaluation-des-postiches-pour-homme-et-femme</t>
+  </si>
+  <si>
+    <t>c_1774778</t>
+  </si>
+  <si>
+    <t>Quelle place pour Grazax® (allergène standardisé de fléole des prés par voie orale) dans les rhinites et conjonctivites allergiques aux graminées ?</t>
+  </si>
+  <si>
+    <t>Grazax® est un extrait de pollen d’une graminée, la fléole des prés, présenté en lyophilisat oral (voie sublinguale). Il est destiné au traitement de désensibilisation de certaines rhinites et conjonctivites déclenchées par les pollens de graminées.</t>
+  </si>
+  <si>
+    <t>01/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2013 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439703/fr/quelle-place-pour-grazax-allergene-standardise-de-fleole-des-pres-par-voie-orale-dans-les-rhinites-et-conjonctivites-allergiques-aux-graminees</t>
+  </si>
+  <si>
+    <t>r_1439703</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0055/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:13:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:55:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738201/fr/avis-n2025-0055/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-la-modification-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-mesure-de-la-vitesse-de-sedimentation</t>
+  </si>
+  <si>
+    <t>p_3738201</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0259/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS ? »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738209/fr/decision-n2025-0259/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs</t>
+  </si>
+  <si>
+    <t>p_3738209</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant à la Sclérose en plaques (ALD 25)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu un avis, avec argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la Sclérose en plaques (ALD 25) : * Alphabloquants</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015746/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-sclerose-en-plaques-ald-25</t>
+  </si>
+  <si>
+    <t>c_1015746</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>AZELASTINE CHLORHYDRATE / FLUTICASONE PROPIONATE (chlorhydrate d'azelastine / propionate de fluticasone)</t>
+  </si>
+  <si>
+    <t>03/12/2025 16:59:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497183/fr/azelastine-chlorhydrate-/-fluticasone-propionate-chlorhydrate-d-azelastine-/-propionate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>p_3497183</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'azelastine,propionate de fluticasone</t>
+  </si>
+  <si>
+    <t>BIOGARAN / EG LABO – LABORATOIRES EUROGENERICS / TEVA SANTE / VIATRIS SANTE / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497020/fr/azelastine-chlorhydrate-/-fluticasone-propionate-biogaran-chlorhydrate-d-azelastine-/-propionate-de-fluticasone-rhinite-allergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497032/fr/azelastine-chlorhydrate-/-fluticasone-propionate-eg-chlorhydrate-d-azelastine-/-propionate-de-fluticasone-rhinite-allergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497023/fr/azelastine-chlorhydrate-/-fluticasone-propionate-teva-chlorhydrate-d-azelastine-/-propionate-de-fluticasone-rhinite-allergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499778/fr/azelastine-chlorhydrate-/-fluticasone-propionate-viatris-chlorhydrate-d-azelastine/propionate-de-fluticasone-rhinite-allergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3775811/fr/azelastine-chlorhydrate/fluticasone-propionate-zentiva-chlorhydrate-d-azelastine/propionate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>RINVOQ (upadacitinib)</t>
+  </si>
+  <si>
+    <t>01/12/2025 08:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182936/fr/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>p_3182936</t>
+  </si>
+  <si>
+    <t>upadacitinib</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181658/fr/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266947/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271030/fr/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302051/fr/rinvoq-upadacitinib-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313562/fr/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392764/fr/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403971/fr/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479047/fr/rinvoq-upadacitinib-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482870/fr/rinvoq-upadacitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482852/fr/rinvoq-upadacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482861/fr/rinvoq-upadacitinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482858/fr/rinvoq-upadacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486205/fr/rinvoq-upadacitinib-spondyloarthrite-axiale-non-radiographique-spaxnr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486203/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770750/fr/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>IG VENA (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>24/11/2025 14:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742121/fr/ig-vena-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3742121</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>LABORATOIRE CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741855/fr/ig-vena-immunoglobuline-humaine-normale-immunoglobuline</t>
+  </si>
+  <si>
+    <t>EFAVIRENZ/EMTRICITABINE/TENOFOVIR DISOPROXIL (éfavirenz/emtricitabine/ténofovir disoproxil)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:12:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700397/fr/efavirenz/emtricitabine/tenofovir-disoproxil-efavirenz/emtricitabine/tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>p_3700397</t>
+  </si>
+  <si>
+    <t>éfavirenz,emtricitabine,ténofovir disoproxil</t>
+  </si>
+  <si>
+    <t>BIOGARAN / EG LABO - LABORATOIRES EUROGENERIC / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700356/fr/efavirenz/emtricitabine/tenofovir-disoproxil-bgr-efavirenz/emtricitabine/tenofovir-disoproxil-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700365/fr/efavirenz/emtricitabine/tenofovir-disoproxil-eg-labo-efavirenz/emtricitabine/tenofovir-disoproxil-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737867/fr/efavirenz/emtricitabine/tenofovir-disoproxil-zentiva-k-s-efavirenz/emtricitabine/tenofovir-disoproxil-vih</t>
+  </si>
+  <si>
+    <t>ZOKINVY (lonafarnib)</t>
+  </si>
+  <si>
+    <t>10/11/2025 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368574/fr/zokinvy-lonafarnib</t>
+  </si>
+  <si>
+    <t>p_3368574</t>
+  </si>
+  <si>
+    <t>lonafarnib</t>
+  </si>
+  <si>
+    <t>CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368156/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424350/fr/zokinvy-lonafarnib-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455546/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3736069/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>TRIAMCINOLONE ACETONIDE SUBSTIPHARM (acétonide de triamcinolone)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704201/fr/triamcinolone-acetonide-substipharm-acetonide-de-triamcinolone</t>
+  </si>
+  <si>
+    <t>p_3704201</t>
+  </si>
+  <si>
+    <t>acétonide de triamcinolone</t>
+  </si>
+  <si>
+    <t>SUBSTIPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704158/fr/triamcinolone-acetonide-substipharm-acetonide-de-triamcinolone-rhinite-allergique-chez-l-adulte-et-l-enfant-de-2-ans-et-plus</t>
   </si>
   <si>
     <t>REKAMBYS (rilpivirine)</t>
   </si>
   <si>
-    <t>10/21/2025 11:05:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3263205/en/rekambys-rilpivirine</t>
+    <t>21/10/2025 11:05:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263205/fr/rekambys-rilpivirine</t>
   </si>
   <si>
     <t>p_3263205</t>
   </si>
   <si>
     <t>rilpivirine</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3263060/en/rekambys-rilpivirine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3700800/en/rekambys-rilpivirine-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+    <t>https://www.has-sante.fr/jcms/p_3263060/fr/rekambys-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412895/fr/rekambys-rilpivirine-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700800/fr/rekambys-rilpivirine-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
   </si>
   <si>
     <t>VOCABRIA (cabotégravir)</t>
   </si>
   <si>
-    <t>10/21/2025 11:09:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3263213/en/vocabria-cabotegravir</t>
+    <t>21/10/2025 11:09:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263213/fr/vocabria-cabotegravir</t>
   </si>
   <si>
     <t>p_3263213</t>
   </si>
   <si>
     <t>cabotégravir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3263063/en/vocabria-cabotegravir</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983125/en/juluca-dolutegravir-sodique/-rilpivirine-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/p_3263063/fr/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412898/fr/vocabria-cabotegravir-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700803/fr/vocabria-cabotegravir-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>JULUCA (dolutégravir/rilpivirine)</t>
+  </si>
+  <si>
+    <t>18/09/2025 08:43:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983125/fr/juluca-dolutegravir/rilpivirine</t>
   </si>
   <si>
     <t>pprd_2983125</t>
   </si>
   <si>
     <t>dolutégravir,rilpivirine</t>
   </si>
   <si>
     <t>ViiV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2869239/en/juluca-dolutegravir/rilpivirine-combination-of-anti-viral-agents</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983497/en/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
+    <t>https://www.has-sante.fr/jcms/c_2869239/fr/juluca-dolutegravir/rilpivirine-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293338/fr/juluca-50-mg/25-mg-rilpivirine-/-dolutegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685906/fr/juluca-dolutegravir/rilpivirine-vih</t>
+  </si>
+  <si>
+    <t>TIVICAY (dolutégravir)</t>
+  </si>
+  <si>
+    <t>18/09/2025 08:44:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983497/fr/tivicay-dolutegravir</t>
   </si>
   <si>
     <t>pprd_2983497</t>
   </si>
   <si>
     <t>dolutégravir</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1748396/en/tivicay</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984619/en/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
+    <t>https://www.has-sante.fr/jcms/c_1748396/fr/tivicay-50-mg-dolutegravir-inhibiteur-de-l-integrase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801228/fr/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280958/fr/tivicay-dolutegravir-sodique-vih-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293335/fr/tivicay-dolutegravir-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685918/fr/tivicay-dolutegravir-vih</t>
+  </si>
+  <si>
+    <t>TRIUMEQ (dolutégravir/abacavir/lamivudine)</t>
+  </si>
+  <si>
+    <t>18/09/2025 08:44:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984619/fr/triumeq-dolutegravir/abacavir/lamivudine</t>
   </si>
   <si>
     <t>pprd_2984619</t>
   </si>
   <si>
     <t>dolutégravir,abacavir,lamivudine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2008464/en/triumeq-dolutegravir/abacavir/lamivudine-fixed-dose-combination-of-antiretrovirals</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3147186/en/dovato-dolutegravir/-lamivudine</t>
+    <t>https://www.has-sante.fr/jcms/c_2008464/fr/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293332/fr/triumeq-abacavir/dolutegravir-sodique/lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445064/fr/triumeq-abacavir/dolutegravir-sodique/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546931/fr/triumeq-dolutegravir/abacavir/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685912/fr/triumeq-dolutegravir/abacavir/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>DOVATO (dolutégravir/lamivudine)</t>
+  </si>
+  <si>
+    <t>18/09/2025 08:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147186/fr/dovato-dolutegravir/lamivudine</t>
   </si>
   <si>
     <t>p_3147186</t>
   </si>
   <si>
     <t>dolutégravir,lamivudine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3146844/en/dovato-dolutegravir/-lamivudine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3685921/en/dovato-dolutegravir/lamivudine-antiretroviral</t>
+    <t>https://www.has-sante.fr/jcms/p_3146844/fr/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294118/fr/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497014/fr/dovato-dolutegravir/lamivudine-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637598/fr/dovato-dolutegravir-/-lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685921/fr/dovato-dolutegravir/lamivudine-antiretroviral</t>
   </si>
   <si>
     <t>TREMFYA (guselkumab)</t>
   </si>
   <si>
-    <t>09/10/2025 11:10:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982857/en/tremfya-guselkumab</t>
+    <t>10/09/2025 11:10:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/fr/tremfya-guselkumab</t>
   </si>
   <si>
     <t>pprd_2982857</t>
   </si>
   <si>
     <t>guselkumab</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2877053/en/tremfya-guselkumab-interleukin-23-inhibitor-immunosuppressant</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643899/en/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+    <t>https://www.has-sante.fr/jcms/c_2877053/fr/tremfya-guselkumab-immunosuppresseur-inhibiteur-de-l-interleukine-23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/fr/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/fr/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/fr/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/fr/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/fr/tremfya-guselkumab-recto-colite-hemorragique-active</t>
   </si>
   <si>
     <t>TYSABRI (natalizumab)</t>
   </si>
   <si>
-    <t>08/07/2025 11:06:01</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983073/en/tysabri-natalizumab</t>
+    <t>07/08/2025 11:06:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983073/fr/tysabri-natalizumab</t>
   </si>
   <si>
     <t>pprd_2983073</t>
   </si>
   <si>
     <t>natalizumab</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_490369/en/tysabri</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984024/en/jakavi</t>
+    <t>https://www.has-sante.fr/jcms/c_490369/fr/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234483/fr/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780899/fr/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877334/fr/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287332/fr/tysabri-150-mg-natalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608834/fr/tysabri-natalizumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639811/fr/tysabri-natalizumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>REZUROCK (bélumosudil)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638331/fr/rezurock-belumosudil</t>
+  </si>
+  <si>
+    <t>p_3638331</t>
+  </si>
+  <si>
+    <t>bélumosudil</t>
+  </si>
+  <si>
+    <t>Sanofi Winthrop Industrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638314/fr/rezurock-gvhd-adultes-et-adolescents-12-ans</t>
+  </si>
+  <si>
+    <t>ALBEY VENIN D’ABEILLE Apis mellifera (venin d'abeille) / ALBEY VENIN DE GUEPE Polistes spp (venin de guêpe poliste) / ALBEY VENIN DE GUEPE Vespula spp (venin de guêpe vespula)</t>
+  </si>
+  <si>
+    <t>24/07/2025 10:55:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983656/fr/albey-venin-d-abeille-apis-mellifera-venin-d-abeille-/-albey-venin-de-guepe-polistes-spp-venin-de-guepe-poliste-/-albey-venin-de-guepe-vespula-spp-venin-de-guepe-vespula</t>
+  </si>
+  <si>
+    <t>pprd_2983656</t>
+  </si>
+  <si>
+    <t>Venin de guêpe (Vespula spp)</t>
+  </si>
+  <si>
+    <t>STALLERGENES SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455000/fr/albey-venin-d-abeille-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454870/fr/albey-venin-de-guepe-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359721/fr/albey-venin-d-abeille-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359736/fr/albey-venin-de-guepe-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755792/fr/albey-venin-d-abeille-apis-mellifera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755801/fr/albey-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637325/fr/albey-venin-de-guepe-polistes-spp-venin-de-guepe-poliste-spp-allergie-venins-d-hymenopteres</t>
+  </si>
+  <si>
+    <t>JAKAVI (ruxolitinib)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984024/fr/jakavi-ruxolitinib</t>
   </si>
   <si>
     <t>pprd_2984024</t>
   </si>
   <si>
     <t>ruxolitinib</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1359739/en/jakavi</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3637170/en/jakavi-ruxolitinib-greffon-contre-l-hote-gvhd</t>
+    <t>https://www.has-sante.fr/jcms/c_1359739/fr/jakavi-ruxolitinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651869/fr/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608680/fr/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580831/fr/jakavi-ruxolitinib-inhibiteur-de-proteine-kinase-progres-therapeutique-mineur-en-deuxieme-ligne-de-traitement-de-la-polyglobulie-de-vaquez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331384/fr/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358913/fr/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382742/fr/jakavi-ruxolitinib-maladie-du-greffon-contre-l-hote-aigue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422332/fr/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576262/fr/jakavi-ruxolitinib-maladie-du-greffon-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633391/fr/jakavi-ruxolitinib-gvhd-maladie-du-greffon-contre-l-hote-chez-le-nourrisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637170/fr/jakavi-ruxolitinib-greffon-contre-l-hote-gvhd</t>
+  </si>
+  <si>
+    <t>PANZYGA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>10/07/2025 15:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983868/fr/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983868</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale (plasmatique)</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682145/fr/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634950/fr/panzyga-immunoglobuline-humaine-normale-immunoglobulines</t>
   </si>
   <si>
     <t>VYVGART (efgartigimod alfa)</t>
   </si>
   <si>
-    <t>06/24/2025 15:31:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3359145/en/vyvgart-efgartigimod-alfa</t>
+    <t>24/06/2025 15:31:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359145/fr/vyvgart-efgartigimod-alfa</t>
   </si>
   <si>
     <t>p_3359145</t>
   </si>
   <si>
     <t>efgartigimod alfa</t>
   </si>
   <si>
     <t>ARGENX BV</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3359123/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3632389/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+    <t>https://www.has-sante.fr/jcms/p_3359123/fr/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402357/fr/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455583/fr/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516768/fr/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516792/fr/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536075/fr/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632389/fr/vyvgart-efgartigimod-alfa-myasthenie</t>
   </si>
   <si>
     <t>GILENYA (fingolimod)</t>
   </si>
   <si>
-    <t>06/12/2025 11:43:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982821/en/gilenya-fingolimod</t>
+    <t>12/06/2025 11:43:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982821/fr/gilenya-fingolimod</t>
   </si>
   <si>
     <t>pprd_2982821</t>
   </si>
   <si>
     <t>fingolimod</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1084362/en/gilenya</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983075/en/mavenclad</t>
+    <t>https://www.has-sante.fr/jcms/c_1084362/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639636/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755878/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877323/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913088/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266944/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608843/fr/gilenya-fingolimod-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>MAVENCLAD (cladribine)</t>
+  </si>
+  <si>
+    <t>12/06/2025 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983075/fr/mavenclad-cladribine</t>
   </si>
   <si>
     <t>pprd_2983075</t>
   </si>
   <si>
     <t>cladribine</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2877329/en/mavenclad-cladribine</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983136/en/ocrevus</t>
+    <t>https://www.has-sante.fr/jcms/c_2877329/fr/mavenclad-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186725/fr/mavenclad-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608846/fr/mavenclad-cladribine-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>OCREVUS (ocrelizumab)</t>
+  </si>
+  <si>
+    <t>12/06/2025 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983136/fr/ocrevus-ocrelizumab</t>
   </si>
   <si>
     <t>pprd_2983136</t>
   </si>
   <si>
     <t>ocrelizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2868189/en/ocrevus-sep-recurrente</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3609553/en/ocrevus-ocrelizumab-multiple-sclerosis</t>
+    <t>https://www.has-sante.fr/jcms/c_2868189/fr/ocrevus-sep-recurrente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863557/fr/ocrevus-ocrelizumab-immunosuppresseur-sep-d-emblee-progressive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608840/fr/ocrevus-ocrelizumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609553/fr/ocrevus-ocrelizumab-sclerose-en-plaques</t>
   </si>
   <si>
     <t>ZEPOSIA (ozanimod)</t>
   </si>
   <si>
-    <t>06/12/2025 12:00:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3226320/en/zeposia-ozanimod</t>
+    <t>12/06/2025 12:00:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226320/fr/zeposia-ozanimod</t>
   </si>
   <si>
     <t>p_3226320</t>
   </si>
   <si>
     <t>ozanimod</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3226174/en/zeposia-ozanimod</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3608837/en/zeposia-ozanimod-relapsing-remitting-multiple-sclerosis-rrms</t>
+    <t>https://www.has-sante.fr/jcms/p_3226174/fr/zeposia-ozanimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352182/fr/zeposia-ozanimod-chlorhydrate-d-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410991/fr/zeposia-ozanimod-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608837/fr/zeposia-ozanimod-sclerose-en-plaques</t>
   </si>
   <si>
     <t>KESIMPTA (ofatumumab)</t>
   </si>
   <si>
-    <t>06/12/2025 11:52:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3270867/en/kesimpta-ofatumumab</t>
+    <t>12/06/2025 11:52:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270867/fr/kesimpta-ofatumumab</t>
   </si>
   <si>
     <t>p_3270867</t>
   </si>
   <si>
     <t>ofatumumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3270638/en/kesimpta-ofatumumab</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3608831/en/kesimpta-ofatumumab-multiple-sclerosis-rms</t>
+    <t>https://www.has-sante.fr/jcms/p_3270638/fr/kesimpta-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410976/fr/kesimpta-ofatumumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608831/fr/kesimpta-ofatumumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>ELREXFIO (elranatamab)</t>
+  </si>
+  <si>
+    <t>05/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503263/fr/elrexfio-elranatamab</t>
+  </si>
+  <si>
+    <t>p_3503263</t>
+  </si>
+  <si>
+    <t>elranatamab</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411556/fr/elrexfio-elranatamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503249/fr/elrexfio-elranatamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517411/fr/elrexfio-elranatamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609063/fr/elrexfio-elranatamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>FLUTICASONE FUROATE (furoate de fluticasone)</t>
+  </si>
+  <si>
+    <t>28/05/2025 08:28:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528890/fr/fluticasone-furoate-furoate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>p_3528890</t>
+  </si>
+  <si>
+    <t>furoate de fluticasone</t>
+  </si>
+  <si>
+    <t>SUBSTIPHARM / TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528756/fr/fluticasone-furoate-teva-furoate-de-fluticasone-rhinite-allergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608162/fr/fluticasone-furoate-substipharm-furoate-de-fluticasone-rhinite-allergique</t>
   </si>
   <si>
     <t>FAMPYRA (fampridine)</t>
   </si>
   <si>
-    <t>04/30/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983039/en/fampyra-fampridine</t>
+    <t>30/04/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983039/fr/fampyra-fampridine</t>
   </si>
   <si>
     <t>pprd_2983039</t>
   </si>
   <si>
     <t>fampridine</t>
   </si>
   <si>
     <t>MERZ PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1244156/en/fampyra-fampridine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603354/en/fampyra-fampridine-multiple-sclerosis</t>
+    <t>https://www.has-sante.fr/jcms/c_1244156/fr/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034297/fr/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883451/fr/fampyra-fampridine-bloqueur-des-canaux-potassiques-voltage-dependants</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603354/fr/fampyra-fampridine-sclerose-en-plaques-sep</t>
+  </si>
+  <si>
+    <t>EDURANT (rilpivirine)</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:45:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983457/fr/edurant-rilpivirine</t>
+  </si>
+  <si>
+    <t>pprd_2983457</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250134/fr/edurant-rilpivirine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813809/fr/edurant-rilpivirine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601303/fr/edurant-rilpivirine-vih</t>
   </si>
   <si>
     <t>NORDIMET (méthotrexate)</t>
   </si>
   <si>
-    <t>03/25/2025 13:51:51</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983809/en/nordimet-methotrexate</t>
+    <t>25/03/2025 13:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983809/fr/nordimet-methotrexate</t>
   </si>
   <si>
     <t>pprd_2983809</t>
   </si>
   <si>
     <t>méthotrexate</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2730809/en/nordimet-methotrexate</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3598812/en/nordimet-methotrexate-psoriasis-en-plaque-modere</t>
+    <t>https://www.has-sante.fr/jcms/c_2730809/fr/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358603/fr/nordimet-methotrexate-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598812/fr/nordimet-methotrexate-psoriasis-en-plaque-modere</t>
+  </si>
+  <si>
+    <t>IDEFIRIX (imlifidase)</t>
+  </si>
+  <si>
+    <t>21/03/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319000/fr/idefirix-imlifidase</t>
+  </si>
+  <si>
+    <t>p_3319000</t>
+  </si>
+  <si>
+    <t>imlifidase</t>
+  </si>
+  <si>
+    <t>HANSA BIOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318987/fr/idefirix-imlifidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332338/fr/idefirix-imlifidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333249/fr/idefirix-imlifidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415679/fr/idefirix-imlifidase-transplantation-renale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594969/fr/idefirix-imlifidase-transplantation-renale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594967/fr/idefirix-imlifidase</t>
+  </si>
+  <si>
+    <t>RYSTIGGO (rozanolixizumab)</t>
+  </si>
+  <si>
+    <t>06/03/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515669/fr/rystiggo-rozanolixizumab</t>
+  </si>
+  <si>
+    <t>p_3515669</t>
+  </si>
+  <si>
+    <t>rozanolixizumab</t>
+  </si>
+  <si>
+    <t>UCB PHARMA S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515653/fr/rystiggo-rozanolixizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517163/fr/rystiggo-rozanolixizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594381/fr/rystiggo-rozanolixizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>CUVITRU (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>05/03/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983142/fr/cuvitru-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983142</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867481/fr/cuvitru-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399879/fr/cuvitru-immunoglobuline-humaine-normale-deficit-immunitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592810/fr/cuvitru-immunoglobuline-humaine-normale-immunoglobuline</t>
   </si>
   <si>
     <t>HYQVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>03/05/2025 18:58:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983419/en/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983419/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983419</t>
   </si>
   <si>
-    <t>immunoglobuline humaine normale (plasmatique)</t>
-[...1 lines deleted...]
-  <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2823770/en/hyqvia-normal-human-immunoglobulin-multi-purpose-immunoglobulin-combined-with-recombinant-human-hyaluronidase</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594402/en/hyqvia-human-normal-immunoglobulin-chronic-inflammatory-demyelinating-neuropathy-cidp</t>
+    <t>https://www.has-sante.fr/jcms/c_2823770/fr/hyqvia-immunoglobuline-humaine-normale-immunoglobuline-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559091/fr/hyqvia-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480473/fr/hyqvia-immunoglobuline-humaine-normale-co-administree-avec-la-hyaluronidase-humaine-recombinante-immunoglobuline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594402/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique-polyradiculonevrite-inflammatoire-demyelinisante-chronique-pidc</t>
   </si>
   <si>
     <t>VORAXAZE (glucarpidase)</t>
   </si>
   <si>
-    <t>08/22/2024 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3334742/en/voraxaze-glucarpidase</t>
+    <t>22/08/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334742/fr/voraxaze-glucarpidase</t>
   </si>
   <si>
     <t>p_3334742</t>
   </si>
   <si>
     <t>glucarpidase</t>
   </si>
   <si>
     <t>SERB SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3334621/en/voraxaze-glucarpidase</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3425618/en/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/p_3334621/fr/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361532/fr/voraxaze-glucarpidase-reduction-de-la-concentration-plasmatique-toxique-de-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425618/fr/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
+  </si>
+  <si>
+    <t>ADZYNMA (ADAMTS13r)</t>
+  </si>
+  <si>
+    <t>30/01/2025 16:28:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495308/fr/adzynma-adamts13r</t>
+  </si>
+  <si>
+    <t>p_3495308</t>
+  </si>
+  <si>
+    <t>ADAMTS13r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495284/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576108/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586231/fr/adzynma-adamts13r-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
   </si>
   <si>
     <t>BRIUMVI (ublituximab)</t>
   </si>
   <si>
-    <t>01/22/2025 11:53:46</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3585042/en/briumvi-ublituximab</t>
+    <t>22/01/2025 11:53:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585042/fr/briumvi-ublituximab</t>
   </si>
   <si>
     <t>p_3585042</t>
   </si>
   <si>
     <t>ublituximab</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3578966/en/briumvi-ublituximab-multiple-sclerosis-ms</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983294/en/benlysta</t>
+    <t>https://www.has-sante.fr/jcms/p_3578966/fr/briumvi-ublituximab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>BENLYSTA (belimumab)</t>
+  </si>
+  <si>
+    <t>10/01/2025 08:37:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/fr/benlysta-belimumab</t>
   </si>
   <si>
     <t>pprd_2983294</t>
   </si>
   <si>
     <t>belimumab</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1234522/en/benlysta</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3577030/en/benlysta-belimumab-systemic-lupus-erythematosus-sle</t>
+    <t>https://www.has-sante.fr/jcms/c_1234522/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/fr/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/fr/benlysta-belimumab-lupus-systemique-actif</t>
   </si>
   <si>
     <t>BIMZELX (bimekizumab)</t>
   </si>
   <si>
-    <t>01/09/2025 09:25:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3324069/en/bimzelx-bimekizumab</t>
+    <t>09/01/2025 09:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324069/fr/bimzelx-bimekizumab</t>
   </si>
   <si>
     <t>p_3324069</t>
   </si>
   <si>
     <t>bimekizumab</t>
   </si>
   <si>
     <t>UCB PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3336645/en/bimzelx-bimekizumab</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
+    <t>https://www.has-sante.fr/jcms/p_3336645/fr/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323505/fr/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422860/fr/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500011/fr/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505850/fr/bimzelx-bimekizumab-spondyloarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505847/fr/bimzelx-bimekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517649/fr/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-spondylarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539120/fr/bimzelx-bimekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562973/fr/bimzelx-bimekizumab-hidradenite-suppuree-maladie-de-verneuil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574256/fr/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-hidradenite-suppuree</t>
+  </si>
+  <si>
+    <t>DUPIXENT (dupilumab)</t>
+  </si>
+  <si>
+    <t>05/12/2024 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/fr/dupixent-dupilumab</t>
   </si>
   <si>
     <t>pprd_2983161</t>
   </si>
   <si>
     <t>dupilumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3562964/en/dupixent-dupilumab-oesophagitis</t>
+    <t>https://www.has-sante.fr/jcms/c_2865400/fr/dupixent-dupilumab-medicament-de-la-dermatite-non-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/fr/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/fr/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/fr/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/fr/dupixent-dupilumab-prurigo-nodulaire-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/fr/dupixent-dupilumab-dermatite-atopique-severe-de-l-enfant-age-de-6-mois-a-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/fr/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/fr/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/fr/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/fr/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/fr/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/fr/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
   </si>
   <si>
     <t>ORENCIA (abatacept)</t>
   </si>
   <si>
-    <t>12/02/2024 14:24:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983388/en/orencia-abatacept</t>
+    <t>02/12/2024 14:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983388/fr/orencia-abatacept</t>
   </si>
   <si>
     <t>pprd_2983388</t>
   </si>
   <si>
     <t>abatacept</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827713/en/orencia-abatacept</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3562961/en/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
+    <t>https://www.has-sante.fr/jcms/c_827713/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589384/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024731/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241683/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714253/fr/orencia-125-mg-abatacept-non-anti-tnf-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047018/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561588/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827576/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114488/fr/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295756/fr/orencia-abatacept-epi-ascore-ora</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539075/fr/orencia-abatacept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562961/fr/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
   </si>
   <si>
     <t>ZILBRYSQ (zilucoplan sodique)</t>
   </si>
   <si>
-    <t>11/29/2024 16:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505560/en/zilbrysq-zilucoplan-sodique</t>
+    <t>29/11/2024 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505560/fr/zilbrysq-zilucoplan-sodique</t>
   </si>
   <si>
     <t>p_3505560</t>
   </si>
   <si>
     <t>zilucoplan sodique</t>
   </si>
   <si>
-    <t>UCB PHARMA S.A.</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982751/en/ilaris</t>
+    <t>https://www.has-sante.fr/jcms/p_3503160/fr/zilbrysq-zilucoplan-sodique-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420820/fr/zilbrysq-zilucoplan-myasthenie</t>
+  </si>
+  <si>
+    <t>DESLORATADINE (desloratadine)</t>
+  </si>
+  <si>
+    <t>20/11/2024 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983524/fr/desloratadine-desloratadine</t>
+  </si>
+  <si>
+    <t>pprd_2983524</t>
+  </si>
+  <si>
+    <t>desloratadine</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776987/fr/desloratadine-mylan-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795325/fr/desloratadine-mylan-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556725/fr/desloratadine-viatris-desloratadine-rhinite-allergique-et-urticaire</t>
+  </si>
+  <si>
+    <t>FEXOFENADINE (fexofénadine)</t>
+  </si>
+  <si>
+    <t>14/11/2024 10:31:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542607/fr/fexofenadine-fexofenadine</t>
+  </si>
+  <si>
+    <t>p_3542607</t>
+  </si>
+  <si>
+    <t>fexofénadine</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542529/fr/fexofenadine-arrow-fexofenadine-anti-histaminique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556162/fr/fexofenadine-viatris-sante-fexofenadine-rhinite-allergique-saisonniere-et-urticaire-idiopathique-chronique</t>
+  </si>
+  <si>
+    <t>ILARIS (canakinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/fr/ilaris-canakinumab</t>
   </si>
   <si>
     <t>pprd_2982751</t>
   </si>
   <si>
     <t>canakinumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928146/en/ilaris</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+    <t>https://www.has-sante.fr/jcms/c_928146/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/fr/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/fr/ilaris-canakinumab-crise-d-arthrite-goutteuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/fr/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ROACTEMRA (tocilizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/fr/roactemra-tocilizumab</t>
   </si>
   <si>
     <t>pprd_2982795</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+    <t>https://www.has-sante.fr/jcms/c_854116/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/fr/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/fr/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/fr/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/fr/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/fr/roactemra-tocilizumab-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/fr/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/fr/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KINERET (anakinra)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/fr/kineret-anakinra</t>
   </si>
   <si>
     <t>pprd_2982828</t>
   </si>
   <si>
     <t>anakinra</t>
   </si>
   <si>
     <t>SWEDISH ORPHAN BIOVITRUM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539129/en/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_399561/fr/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/fr/kineret-anakinra-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/fr/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/fr/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/fr/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>CIMZIA (certolizumab pegol)</t>
   </si>
   <si>
-    <t>09/18/2024 09:17:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982837/en/cimzia-certolizumab-pegol</t>
+    <t>18/09/2024 09:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982837/fr/cimzia-certolizumab-pegol</t>
   </si>
   <si>
     <t>pprd_2982837</t>
   </si>
   <si>
     <t>certolizumab pegol</t>
   </si>
   <si>
     <t>UCB PHARMA SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_937977/en/cimzia</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539114/en/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_937977/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716271/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758668/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774104/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583133/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583130/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671761/fr/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741827/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800419/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813812/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908459/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908904/fr/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363302/fr/cimzia-certolizumab-pegol-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539114/fr/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>SIMPONI (golimumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:23:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982937/en/simponi-golimumab</t>
+    <t>18/09/2024 09:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982937/fr/simponi-golimumab</t>
   </si>
   <si>
     <t>pprd_2982937</t>
   </si>
   <si>
     <t>golimumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1218114/en/simponi-golimumab</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983124/en/humira</t>
+    <t>https://www.has-sante.fr/jcms/c_1218114/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728499/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893489/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725883/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729434/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728495/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637481/fr/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3096551/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295747/fr/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539141/fr/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>HUMIRA (adalimumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983124/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>pprd_2983124</t>
   </si>
   <si>
     <t>adalimumab</t>
   </si>
   <si>
-    <t>ABBVIE</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
+    <t>https://www.has-sante.fr/jcms/c_400009/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400074/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400716/fr/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455490/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605668/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672931/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827706/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055267/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104003/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103997/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1325255/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367936/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638939/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638941/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650026/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027353/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619541/fr/humira-adalimumab-antitnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621680/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625986/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620021/fr/humira-adalimumab-inhibiteur-du-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671785/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745260/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834708/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865442/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869247/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862987/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143614/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244158/fr/humira-maladie-de-verneuil-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270042/fr/humira-adalimumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273456/fr/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402381/fr/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426145/fr/humira-adalimumab-psoriasis-en-plaques-chez-l-enfant-et-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539111/fr/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TALTZ (ixékizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983313/fr/taltz-ixekizumab</t>
   </si>
   <si>
     <t>pprd_2983313</t>
   </si>
   <si>
     <t>ixékizumab</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2678850/fr/taltz-ixekizumab-immunosuppresseur-inhibiteur-de-l-interleukine-il-17a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847914/fr/taltz-ixekizumab-immunosuppresseur-anti-interleukine-17a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211088/fr/taltz-spondyloarthrite-axiale-ixekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271027/fr/taltz-ixekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363293/fr/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478092/fr/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539138/fr/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ENBREL (etanercept)</t>
   </si>
   <si>
-    <t>09/18/2024 09:19:35</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983439/en/enbrel-etanercept</t>
+    <t>18/09/2024 09:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983439/fr/enbrel-etanercept</t>
   </si>
   <si>
     <t>pprd_2983439</t>
   </si>
   <si>
     <t>etanercept</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399628/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539105/en/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_399628/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399889/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399962/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400205/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400231/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713130/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684082/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798082/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245651/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670224/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049871/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046967/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671797/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819294/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076393/fr/enbrel-adulte-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083830/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270036/fr/enbrel-etanercept-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407525/fr/enbrel-etanercept-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426154/fr/enbrel-etanercept-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539105/fr/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>KEVZARA (sarilumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:08:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983463/en/kevzara-sarilumab</t>
+    <t>18/09/2024 09:08:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983463/fr/kevzara-sarilumab</t>
   </si>
   <si>
     <t>pprd_2983463</t>
   </si>
   <si>
     <t>sarilumab</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2810337/en/kevzara-sarilumab-interleukin-6-receptor-inhibitor</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
+    <t>https://www.has-sante.fr/jcms/c_2810337/fr/kevzara-sarilumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498124/fr/kevzara-sarilumab-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539144/fr/kevzara-sarilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>XOLAIR (omalizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/fr/xolair-omalizumab</t>
   </si>
   <si>
     <t>pprd_2983547</t>
   </si>
   <si>
     <t>omalizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
+    <t>https://www.has-sante.fr/jcms/c_923055/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/fr/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/fr/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/fr/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/fr/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/fr/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>STELARA (ustekinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983689/fr/stelara-ustekinumab</t>
   </si>
   <si>
     <t>pprd_2983689</t>
   </si>
   <si>
     <t>ustekinumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813335/en/stelara</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983874/en/remsima</t>
+    <t>https://www.has-sante.fr/jcms/c_813335/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072225/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792833/fr/stelara-ustekinumab-inhibiteur-des-interleukines-il-12-et-il-23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621474/fr/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621480/fr/stelara-ustekinumab-immunosuppresseur-inhibiteur-d-interleukine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751848/fr/stelara-ustekinumab-immunosuppresseur-inhibiteur-des-interleukines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196694/fr/stelara-rch-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201471/fr/stelara-enfant-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270039/fr/stelara-ustekinumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426151/fr/stelara-ustekinumab-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473772/fr/stelara-ustekinumab-psoriasis-en-plaques-rhumatisme-psoriasique-maladie-de-crohn-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539093/fr/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>REMSIMA (infliximab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983874/fr/remsima-infliximab</t>
   </si>
   <si>
     <t>pprd_2983874</t>
   </si>
   <si>
     <t>infliximab</t>
   </si>
   <si>
     <t>CELLTRION HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2041952/en/remsima-infliximab</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984104/en/cosentyx</t>
+    <t>https://www.has-sante.fr/jcms/c_2041952/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775581/fr/remsima-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682118/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191666/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213533/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272779/fr/remsima-sc-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280901/fr/remsima-infliximab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363308/fr/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539090/fr/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>COSENTYX (sécukinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984104/fr/cosentyx-secukinumab</t>
   </si>
   <si>
     <t>pprd_2984104</t>
   </si>
   <si>
     <t>sécukinumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2561555/en/cosentyx-secukinumab-anti-interleukin-immunosuppressant</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539072/en/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2561555/fr/cosentyx-secukinumab-immunosuppresseur-anti-interleukine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631716/fr/cosentyx-secukinumab-immunosuppresseur-anti-interleukine-17-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633888/fr/cosentyx-secukinumab-immunosuppresseur-anti-interleukine-17-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097594/fr/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211082/fr/cosentyx-spondyloarthrite-axiale-non-radiographique-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233061/fr/cosentyx-enfant-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240240/fr/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240424/fr/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271033/fr/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302584/fr/cosentyx-75-mg-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305321/fr/cosentyx-150-mg-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367902/fr/cosentyx-secukinumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390880/fr/cosentyx-secukinumab-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426148/fr/cosentyx-secukinumab-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470819/fr/cosentyx-secukinumab-hidradenite-suppuree-hs-maladie-de-verneuil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501973/fr/cosentyx-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501976/fr/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539072/fr/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>SKYRIZI (risankizumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:24:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3117688/en/skyrizi-risankizumab</t>
+    <t>18/09/2024 09:24:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/fr/skyrizi-risankizumab</t>
   </si>
   <si>
     <t>p_3117688</t>
   </si>
   <si>
     <t>risankizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3117564/en/skyrizi-risankizumab</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539108/en/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/p_3117564/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/fr/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/fr/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/fr/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/fr/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ILUMETRI (tildrakizumab)</t>
   </si>
   <si>
-    <t>09/18/2024 09:21:21</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3190412/en/ilumetri-tildrakizumab</t>
+    <t>18/09/2024 09:21:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190412/fr/ilumetri-tildrakizumab</t>
   </si>
   <si>
     <t>p_3190412</t>
   </si>
   <si>
     <t>tildrakizumab</t>
   </si>
   <si>
     <t>ALMIRALL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3190309/en/ilumetri-tildrakizumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539132/en/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/p_3190309/fr/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363290/fr/ilumetri-tildrakizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434489/fr/ilumetri-tildrakizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539132/fr/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>ADTRALZA (tralokinumab)</t>
   </si>
   <si>
-    <t>09/12/2024 15:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3298686/en/adtralza-tralokinumab</t>
+    <t>12/09/2024 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298686/fr/adtralza-tralokinumab</t>
   </si>
   <si>
     <t>p_3298686</t>
   </si>
   <si>
     <t>tralokinumab</t>
   </si>
   <si>
     <t>LEO PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3297690/en/adtralza-tralokinumab-dermatite-atopique</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3196796/en/trecondi</t>
+    <t>https://www.has-sante.fr/jcms/p_3297690/fr/adtralza-tralokinumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305309/fr/adtralza-150-mg-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382739/fr/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460130/fr/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470384/fr/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498562/fr/adtralza-tralokinumab-dermatite-atopique-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539087/fr/adtralza-tralokinumab-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>INTRATECT (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>09/09/2024 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376924/fr/intratect-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3376924</t>
+  </si>
+  <si>
+    <t>BIOTEST PHARMA GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376531/fr/intratect-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>DILUANT H.S.A. STALLERGENES (pas de substance active)</t>
+  </si>
+  <si>
+    <t>06/09/2024 09:34:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538692/fr/diluant-h-s-a-stallergenes-pas-de-substance-active</t>
+  </si>
+  <si>
+    <t>p_3538692</t>
+  </si>
+  <si>
+    <t>pas de substance active</t>
+  </si>
+  <si>
+    <t>STALLERGENES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538384/fr/diluant-h-s-a-stallergenes-pas-de-substance-active-allergie</t>
+  </si>
+  <si>
+    <t>TRECONDI (tréosulfan)</t>
+  </si>
+  <si>
+    <t>05/09/2024 17:04:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196796/fr/trecondi-treosulfan</t>
   </si>
   <si>
     <t>p_3196796</t>
   </si>
   <si>
     <t>tréosulfan</t>
   </si>
   <si>
     <t>MEDAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3196682/en/trecondi</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3202655/en/ultomiris</t>
+    <t>https://www.has-sante.fr/jcms/p_3196682/fr/trecondi-treosulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538216/fr/trecondi-treosulfan-hematologie-greffe</t>
+  </si>
+  <si>
+    <t>CYCLOPHOSPHAMIDE (cyclophosphamide)</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984346/fr/cyclophosphamide-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>pprd_2984346</t>
+  </si>
+  <si>
+    <t>cyclophosphamide</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE / SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568269/fr/cyclophosphamide-sandoz-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530407/fr/cyclophosphamide-accord-cyclophosphamide-cancer-et-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS (ravulizumab)</t>
+  </si>
+  <si>
+    <t>01/07/2024 08:38:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202655/fr/ultomiris-ravulizumab</t>
   </si>
   <si>
     <t>p_3202655</t>
   </si>
   <si>
     <t>ravulizumab</t>
   </si>
   <si>
     <t>ALEXION PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281239/en/ultomiris-300-mg/3-ml-ravulizumab</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3527465/en/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
+    <t>https://www.has-sante.fr/jcms/p_3281239/fr/ultomiris-300-mg/3-ml-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274202/fr/ultomiris-ravulizumab-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202251/fr/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341428/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358127/fr/ultomiris-ravulizumab-hemoglobinurie-paroxystique-nocturne-chez-les-patients-pediatriques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419442/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433398/fr/ultomiris-ravulizumab-syndrome-hemolytique-et-uremique-atypique-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455563/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456902/fr/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460121/fr/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527465/fr/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
   </si>
   <si>
     <t>APRETUDE (cabotégravir)</t>
   </si>
   <si>
-    <t>06/27/2024 08:28:39</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3527311/en/apretude-cabotegravir</t>
+    <t>27/06/2024 08:28:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527311/fr/apretude-cabotegravir</t>
   </si>
   <si>
     <t>p_3527311</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3526084/en/apretude-cabotegravir-prep-/-hiv</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983133/en/soliris</t>
+    <t>https://www.has-sante.fr/jcms/p_3526084/fr/apretude-cabotegravir-vih-/-prep</t>
+  </si>
+  <si>
+    <t>SOLIRIS (eculizumab)</t>
+  </si>
+  <si>
+    <t>17/05/2024 10:38:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983133/fr/soliris-eculizumab</t>
   </si>
   <si>
     <t>pprd_2983133</t>
   </si>
   <si>
     <t>eculizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605768/en/soliris-eculizumab</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+    <t>https://www.has-sante.fr/jcms/c_605768/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1319245/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623651/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868565/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202348/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427913/fr/soliris-eculizumab-syndrome-hemolytique-et-uremique-atypique-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517560/fr/soliris-eculizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>06/03/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/fr/clairyg-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2982739</t>
   </si>
   <si>
-    <t>immunoglobuline humaine normale</t>
-[...1 lines deleted...]
-  <si>
     <t>LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983677/en/nplate</t>
+    <t>https://www.has-sante.fr/jcms/c_928130/fr/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/fr/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/fr/clairyg-immunoglobuline-humaine-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/fr/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>BUDESONIDE (budésonide)</t>
+  </si>
+  <si>
+    <t>22/01/2024 08:40:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984963/fr/budesonide-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2984963</t>
+  </si>
+  <si>
+    <t>budésonide</t>
+  </si>
+  <si>
+    <t>TEVA SANTE / MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340460/fr/budesonide-teva-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196332/fr/budesonide-mylan-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399876/fr/budesonide-teva-budesonide-corticoides</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490357/fr/budesonide-teva-sante-budesonide-corticoide</t>
+  </si>
+  <si>
+    <t>NPLATE (romiplostim)</t>
+  </si>
+  <si>
+    <t>12/01/2024 16:40:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983677/fr/nplate-romiplostim</t>
   </si>
   <si>
     <t>pprd_2983677</t>
   </si>
   <si>
     <t>romiplostim</t>
   </si>
   <si>
     <t>AMGEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813331/en/nplate</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
+    <t>https://www.has-sante.fr/jcms/c_813331/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015428/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752845/fr/nplate-romiplostim-agonistes-des-recepteurs-a-la-thrombopoietine-pti-adulte-non-splenectomise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151450/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293684/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488174/fr/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+  </si>
+  <si>
+    <t>BOTOX (toxine botulinique de type A)</t>
+  </si>
+  <si>
+    <t>10/01/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/fr/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>pprd_2982764</t>
   </si>
   <si>
     <t>toxine botulinique de type A</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982824/en/xeljanz</t>
+    <t>https://www.has-sante.fr/jcms/c_399774/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/fr/botox-toxine-botulinique-a-myorelaxant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/fr/botox-50-100-200-unites-allergan-toxine-botulinique-type-a-migraine-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/fr/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>SOLU-MEDROL (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>10/01/2024 08:56:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983063/fr/solu-medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2983063</t>
+  </si>
+  <si>
+    <t>méthylprednisolone</t>
+  </si>
+  <si>
+    <t>PFIZER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718921/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724593/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045309/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879774/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262247/fr/solumedrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487178/fr/solu-medrol-methylprednisolone-corticoides</t>
+  </si>
+  <si>
+    <t>XELJANZ (tofacitinib)</t>
+  </si>
+  <si>
+    <t>08/01/2024 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982824/fr/xeljanz-tofacitinib</t>
   </si>
   <si>
     <t>pprd_2982824</t>
   </si>
   <si>
     <t>tofacitinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2798163/en/xeljanz-tofacitinib-anti-jak-1-and-3</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983574/en/olumiant</t>
+    <t>https://www.has-sante.fr/jcms/c_2798163/fr/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894923/fr/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912419/fr/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182797/fr/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305315/fr/xeljanz-11-mg-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337944/fr/xeljanz-tofacitinib-arthrite-juvenile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337941/fr/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403968/fr/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482864/fr/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482879/fr/xeljanz-tofacitinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486199/fr/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486201/fr/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486233/fr/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>OLUMIANT (baricitinib)</t>
+  </si>
+  <si>
+    <t>08/01/2024 12:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/fr/olumiant-baricitinib</t>
   </si>
   <si>
     <t>pprd_2983574</t>
   </si>
   <si>
     <t>baricitinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2778111/en/olumiant-baricitinib-anti-jak-1-and-2</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486203/en/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+    <t>https://www.has-sante.fr/jcms/c_2778111/fr/olumiant-baricitinib-anti-jak-1et-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/fr/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/fr/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/fr/olumiant-baricitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/fr/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
   </si>
   <si>
     <t>JYSELECA (filgotinib)</t>
   </si>
   <si>
-    <t>01/08/2024 12:11:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242626/en/jyseleca-filgotinib</t>
+    <t>08/01/2024 12:11:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242626/fr/jyseleca-filgotinib</t>
   </si>
   <si>
     <t>p_3242626</t>
   </si>
   <si>
     <t>filgotinib</t>
   </si>
   <si>
     <t>GALAPAGOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3242562/en/jyseleca-filgotinib</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486160/en/jyseleca-filgotinib-rectocolite-hemorragique-rch</t>
+    <t>https://www.has-sante.fr/jcms/p_3242562/fr/jyseleca-filgotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343855/fr/jyseleca-filgotinib-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412613/fr/jyseleca-filgotinib-rectocolite-hemorragique-et-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482855/fr/jyseleca-filgotinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486160/fr/jyseleca-filgotinib-rectocolite-hemorragique-rch</t>
   </si>
   <si>
     <t>ENJAYMO (sutimlimab)</t>
   </si>
   <si>
-    <t>09/08/2023 11:14:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3460298/en/enjaymo-sutimlimab</t>
+    <t>08/09/2023 11:14:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460298/fr/enjaymo-sutimlimab</t>
   </si>
   <si>
     <t>p_3460298</t>
   </si>
   <si>
     <t>sutimlimab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3459825/en/enjaymo-sutimlimab-cold-agglutinin-disease-cad</t>
+    <t>https://www.has-sante.fr/jcms/p_3459825/fr/enjaymo-sutimlimab-maladie-des-agglutinines-froides</t>
   </si>
   <si>
     <t>GAMUNEX (immunoglobuline humaine normale)</t>
   </si>
   <si>
-    <t>08/03/2023 10:15:29</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3107219/en/gamunex-immunoglobuline-humaine-normale</t>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107219/fr/gamunex-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>p_3107219</t>
   </si>
   <si>
     <t>GRIFOLS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3106161/en/gamunex-immunoglobuline-humaine-normale</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983103/en/biktarvy-emtricitabine/-bictegravir-sodique/-tenofovir-alafenamide-fumarate-de</t>
+    <t>https://www.has-sante.fr/jcms/p_3106161/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191678/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232152/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455979/fr/gamunex-immunoglobuline-humaine-normale-prophylaxie-pre-/post-exposition-contre-la-rougeole-de-0-a-18-ans</t>
+  </si>
+  <si>
+    <t>THERALENE (alimémazine (tartrate d'))</t>
+  </si>
+  <si>
+    <t>29/06/2023 12:46:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983854/fr/theralene-alimemazine-tartrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983854</t>
+  </si>
+  <si>
+    <t>alimémazine (tartrate d')</t>
+  </si>
+  <si>
+    <t>LABORATOIRE X.O.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602986/fr/theralene-alimemazine-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188972/fr/theralene-alimemazine-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563015/fr/theralene-alimemazine-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2721650/fr/theralene-alimemazine-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448567/fr/theralene-alimemazine-insomnie</t>
+  </si>
+  <si>
+    <t>SUNLENCA (lénacapavir)</t>
+  </si>
+  <si>
+    <t>28/06/2023 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390518/fr/sunlenca-lenacapavir</t>
+  </si>
+  <si>
+    <t>p_3390518</t>
+  </si>
+  <si>
+    <t>lénacapavir</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390497/fr/sunlenca-lenacapavir-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392767/fr/sunlenca-lenacapavir-sodique-vih1-multiresistante-aux-medicaments</t>
+  </si>
+  <si>
+    <t>BIKTARVY (emtricitabine/bictégravir sodique/ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>14/06/2023 14:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983103/fr/biktarvy-emtricitabine/bictegravir-sodique/tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983103</t>
   </si>
   <si>
     <t>emtricitabine,bictégravir sodique,ténofovir alafénamide (fumarate de)</t>
   </si>
   <si>
-    <t>GILEAD SCIENCES</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+    <t>https://www.has-sante.fr/jcms/c_2873692/fr/biktarvy-bictegravir-emtricitabine-tenofovir-alafenamide-association-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280914/fr/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444901/fr/biktarvy-emtricitabine-/-bictegravir-/-tenofovir-alafenamide-vih</t>
+  </si>
+  <si>
+    <t>TELFAST (fexofénadine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>15/05/2023 14:11:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983605/fr/telfast-fexofenadine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983605</t>
+  </si>
+  <si>
+    <t>fexofénadine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>OPELLA HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399397/fr/telfast-120-mg-comprime-pellicule-boite-de-15-sous-plaquette-thermoformee-pvc-/-aluminium-/-polyamide-/-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399398/fr/telfast-180-mg-comprime-pellicule-boite-de-15-sous-plaquette-thermoformee-pvc-/-aluminium-/-polyamide-/-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_496215/fr/telfast-fexofenadine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277885/fr/telfast-fexofenadine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770196/fr/telfast-fexofenadine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434154/fr/telfast-chlorhydrate-de-fexofenadine-rhinite-allergique-saisonniere-et-prurit-au-cours-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>METHOTREXATE (méthotrexate)</t>
+  </si>
+  <si>
+    <t>15/05/2023 14:08:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153503/fr/methotrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>p_3153503</t>
+  </si>
+  <si>
+    <t>SANDOZ / BIODIM / SANOFI-AVENTIS FRANCE / MERCK GENERIQUES / TEVA SANTE / MYLAN SAS / ACCORD HEALTHCARE FRANCE SAS / NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782539/fr/methotrexate-sandoz-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625120/fr/methotrexate-biodim-ledertrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656310/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987192/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400932/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400796/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399818/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399335/fr/methotrexate-merck-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202298/fr/methotrexate-teva-/-mylan-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219449/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151141/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824798/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824467/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315488/fr/methotrexate-orion-methotrexate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434166/fr/methotrexate-orion-methotrexate-polyarthrite-rhumatoide-psoriasis-rhumatisme-psoriasique-et-leucemie-aigue-lymphoblastique</t>
+  </si>
+  <si>
+    <t>MABTHERA (rituximab)</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/fr/mabthera-rituximab</t>
   </si>
   <si>
     <t>pprd_2983658</t>
   </si>
   <si>
     <t>rituximab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3430422/en/mabthera-rituximab-moderate-to-severe-pemphigus-vulgaris-pv-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/c_399924/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/fr/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/fr/mabthera-rituximab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/fr/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/fr/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/fr/mabthera-rituximab-pemphigus-vulgaris-pv-modere-a-severe</t>
   </si>
   <si>
     <t>LUPKYNIS (voclosporine)</t>
   </si>
   <si>
-    <t>04/14/2023 08:47:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3427455/en/lupkynis-voclosporine</t>
+    <t>14/04/2023 08:47:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427455/fr/lupkynis-voclosporine</t>
   </si>
   <si>
     <t>p_3427455</t>
   </si>
   <si>
     <t>voclosporine</t>
   </si>
   <si>
     <t>OTSUKA PHARMACEUTICAL FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3427323/en/lupkynis-voclosporine-active-lupus-nephritis</t>
+    <t>https://www.has-sante.fr/jcms/p_3427323/fr/lupkynis-voclosporine-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>SOFTACORT (phosphate sodique d'hydrocortisone)</t>
+  </si>
+  <si>
+    <t>13/04/2023 14:26:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983384/fr/softacort-phosphate-sodique-d-hydrocortisone</t>
+  </si>
+  <si>
+    <t>pprd_2983384</t>
+  </si>
+  <si>
+    <t>phosphate sodique d'hydrocortisone</t>
+  </si>
+  <si>
+    <t>THEA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827588/fr/softacort-hydrocortisone-phosphate-sodique-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427080/fr/softacort-phosphate-sodique-d-hydrocortisone-inflammation-oculaire</t>
+  </si>
+  <si>
+    <t>TAVNEOS (avacopan)</t>
+  </si>
+  <si>
+    <t>13/04/2023 14:28:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318768/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>p_3318768</t>
+  </si>
+  <si>
+    <t>avacopan</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318727/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375770/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421374/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427077/fr/tavneos-avacopan-maladie-rare</t>
+  </si>
+  <si>
+    <t>ZILUCOPLAN (zilucoplan)</t>
+  </si>
+  <si>
+    <t>17/03/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421286/fr/zilucoplan-zilucoplan</t>
+  </si>
+  <si>
+    <t>p_3421286</t>
+  </si>
+  <si>
+    <t>zilucoplan</t>
+  </si>
+  <si>
+    <t>PONVORY (ponésimod)</t>
+  </si>
+  <si>
+    <t>10/02/2023 09:07:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285195/fr/ponvory-ponesimod</t>
+  </si>
+  <si>
+    <t>p_3285195</t>
+  </si>
+  <si>
+    <t>ponésimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284793/fr/ponvory-ponesimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410988/fr/ponvory-ponesimod-sclerose-en-plaques</t>
   </si>
   <si>
     <t>REMICADE (infliximab)</t>
   </si>
   <si>
-    <t>12/16/2022 18:31:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983949/en/remicade-infliximab</t>
+    <t>16/12/2022 18:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983949/fr/remicade-infliximab</t>
   </si>
   <si>
     <t>pprd_2983949</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399105/en/remicade-infliximab</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3396525/en/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_399105/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400046/fr/remicade-100-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-unitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401007/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574605/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958845/fr/remicade-dans-le-traitement-du-pemphigus-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763723/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329537/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517930/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743042/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671825/fr/remicade-infliximab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181535/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270045/fr/remicade-infliximab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280953/fr/remicade-rectocolite-hemorragique-active-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396525/fr/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
   </si>
   <si>
     <t>SAPHNELO (anifrolumab)</t>
   </si>
   <si>
-    <t>12/16/2022 18:33:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3396728/en/saphnelo-anifrolumab</t>
+    <t>16/12/2022 18:33:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396728/fr/saphnelo-anifrolumab</t>
   </si>
   <si>
     <t>p_3396728</t>
   </si>
   <si>
     <t>anifrolumab</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3395767/en/saphnelo-anifrolumab-lupus-erythemateux-systemique</t>
+    <t>https://www.has-sante.fr/jcms/p_3395767/fr/saphnelo-anifrolumab-lupus-erythemateux-systemique</t>
+  </si>
+  <si>
+    <t>METOTAB (méthotrexate)</t>
+  </si>
+  <si>
+    <t>09/11/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3384619/fr/metotab-methotrexate</t>
+  </si>
+  <si>
+    <t>p_3384619</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382729/fr/metotab-methotrexate</t>
+  </si>
+  <si>
+    <t>ZOLSKETIL PEGYLATED LIPOSOMAL (chlorhydrate de doxorubicine)</t>
+  </si>
+  <si>
+    <t>05/10/2022 12:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374650/fr/zolsketil-pegylated-liposomal-chlorhydrate-de-doxorubicine</t>
+  </si>
+  <si>
+    <t>p_3374650</t>
+  </si>
+  <si>
+    <t>chlorhydrate de doxorubicine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373582/fr/zolsketil-pegylated-liposomal-chlorhydrate-de-doxorubicine</t>
   </si>
   <si>
     <t>IKERVIS (ciclosporine)</t>
   </si>
   <si>
-    <t>10/04/2022 12:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983027/en/ikervis-ciclosporine</t>
+    <t>04/10/2022 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983027/fr/ikervis-ciclosporine</t>
   </si>
   <si>
     <t>pprd_2983027</t>
   </si>
   <si>
     <t>ciclosporine</t>
   </si>
   <si>
     <t>SANTEN SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2563018/en/ikervis-ciclosporin-ophthalmic-medicinal-product</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3372790/en/ikervis-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/c_2563018/fr/ikervis-ciclosporine-medicament-ophtalmologique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806289/fr/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884358/fr/ikervis-ciclosporine-medicament-ophtalmologique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372790/fr/ikervis-ciclosporine</t>
   </si>
   <si>
     <t>ULTARCORLENE (pivalate de prednisolone)</t>
   </si>
   <si>
-    <t>10/04/2022 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3372868/en/ultarcorlene-pivalate-de-prednisolone</t>
+    <t>04/10/2022 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372868/fr/ultarcorlene-pivalate-de-prednisolone</t>
   </si>
   <si>
     <t>p_3372868</t>
   </si>
   <si>
     <t>pivalate de prednisolone</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3372794/en/ultarcorlene-pivalate-de-prednisolone</t>
+    <t>https://www.has-sante.fr/jcms/p_3372794/fr/ultarcorlene-pivalate-de-prednisolone</t>
+  </si>
+  <si>
+    <t>TIXOCORTOL EG (tixocortol)</t>
+  </si>
+  <si>
+    <t>04/10/2022 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372878/fr/tixocortol-eg-tixocortol</t>
+  </si>
+  <si>
+    <t>p_3372878</t>
+  </si>
+  <si>
+    <t>tixocortol</t>
+  </si>
+  <si>
+    <t>EG LABO – LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372792/fr/tixocortol-eg-tixocortol</t>
+  </si>
+  <si>
+    <t>RYALTRIS (chlorhydrate d’olopatadine/ furoate de momé-tasone)</t>
+  </si>
+  <si>
+    <t>16/09/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3365085/fr/ryaltris-chlorhydrate-d-olopatadine/-furoate-de-mome-tasone</t>
+  </si>
+  <si>
+    <t>p_3365085</t>
+  </si>
+  <si>
+    <t>chlorhydrate d’olopatadine,furoate de momé-tasone</t>
+  </si>
+  <si>
+    <t>MENARINI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3364928/fr/ryaltris-chlorhydrate-d-olopatadine/-furoate-de-mome-tasone-rhinite-allergique</t>
   </si>
   <si>
     <t>PROTOPIC (tacrolimus monohydraté)</t>
   </si>
   <si>
-    <t>09/02/2022 17:10:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982721/en/protopic-tacrolimus-monohydrate</t>
+    <t>02/09/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982721/fr/protopic-tacrolimus-monohydrate</t>
   </si>
   <si>
     <t>pprd_2982721</t>
   </si>
   <si>
     <t>tacrolimus monohydraté</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399653/en/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982781/en/delstrigo</t>
+    <t>https://www.has-sante.fr/jcms/c_399653/fr/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676938/fr/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106822/fr/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714270/fr/protopic-tacrolimus-immunosuppresseur-en-topique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973360/fr/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361535/fr/protopic-tacrolimus-monohydrate-dermatite-atopique-severe</t>
+  </si>
+  <si>
+    <t>DELSTRIGO (ténofovir disoproxil/ doravirine/ lamivudine)</t>
+  </si>
+  <si>
+    <t>02/09/2022 16:19:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982781/fr/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
   </si>
   <si>
     <t>pprd_2982781</t>
   </si>
   <si>
     <t>ténofovir disoproxil,doravirine,lamivudine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965623/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3360847/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine-vih-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_2965623/fr/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360847/fr/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine-vih-adolescents</t>
   </si>
   <si>
     <t>SATIVEX (cannabis (feuille et fleur de) riche en cannabidiol, extrait mou de)</t>
   </si>
   <si>
-    <t>09/02/2022 16:49:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984661/en/sativex-cannabis-feuille-et-fleur-de-riche-en-cannabidiol-extrait-mou-de</t>
+    <t>02/09/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984661/fr/sativex-cannabis-feuille-et-fleur-de-riche-en-cannabidiol-extrait-mou-de</t>
   </si>
   <si>
     <t>pprd_2984661</t>
   </si>
   <si>
     <t>cannabis (feuille et fleur de) riche en cannabidiol, extrait mou de</t>
   </si>
   <si>
     <t>ALMIRALL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1775578/en/sativex-delta-9-tetrahydrocannabinol/cannabidiol-analgesic</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3361559/en/sativex-cannabis-feuille-et-fleur-de-riche-en-tetrahydrocannabinol-traitement-des-symptomes-lies-a-une-spasticite-moderee-a-severe-due-a-une-sclerose-en-plaques</t>
+    <t>https://www.has-sante.fr/jcms/c_1775578/fr/sativex-delta-9-tetrahydrocannabinol/cannabidiol-analgesique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361559/fr/sativex-cannabis-feuille-et-fleur-de-riche-en-tetrahydrocannabinol-traitement-des-symptomes-lies-a-une-spasticite-moderee-a-severe-due-a-une-sclerose-en-plaques</t>
   </si>
   <si>
     <t>ALUTARD (Venin d’abeille Apis mellifera et venin de guêpe Vespula)</t>
   </si>
   <si>
-    <t>09/01/2022 18:38:07</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3361479/en/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula</t>
+    <t>01/09/2022 18:38:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361479/fr/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula</t>
   </si>
   <si>
     <t>p_3361479</t>
   </si>
   <si>
     <t>Venin d’abeille Apis mellifera et venin de guêpe Vespula spp</t>
   </si>
   <si>
     <t>ALK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3361541/en/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula-immunotherapie-allergenique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982782/en/pifeltro</t>
+    <t>https://www.has-sante.fr/jcms/p_3361541/fr/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula-immunotherapie-allergenique</t>
+  </si>
+  <si>
+    <t>PIFELTRO (doravirine)</t>
+  </si>
+  <si>
+    <t>22/08/2022 17:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982782/fr/pifeltro-doravirine</t>
   </si>
   <si>
     <t>pprd_2982782</t>
   </si>
   <si>
     <t>doravirine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965620/en/pifeltro-doravirine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_2965620/fr/pifeltro-doravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360844/fr/pifeltro-doravirine-adolescents-ages-de-12-ans-a-moins-de-18-ans-et-pesant-au-moins-35-kg-infectes-par-le-vih-1</t>
+  </si>
+  <si>
+    <t>IMETH (méthotrexate)</t>
+  </si>
+  <si>
+    <t>29/07/2022 18:07:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983431/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983431</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031566/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563012/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563033/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820671/fr/imeth-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358600/fr/imeth-methotrexate-disodique-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>29/07/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/fr/octagam-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2983666</t>
   </si>
   <si>
     <t>OCTAPHARMA  SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983129/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_1048924/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/fr/octagam-immunoglobuline-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/fr/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/fr/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>ORYLMYTE (dermatophagoides pteronyssinus/ dermatophagoides farinae)</t>
+  </si>
+  <si>
+    <t>27/07/2022 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357720/fr/orylmyte-dermatophagoides-pteronyssinus/-dermatophagoides-farinae</t>
+  </si>
+  <si>
+    <t>p_3357720</t>
+  </si>
+  <si>
+    <t>dermatophagoides pteronyssinus,dermatophagoides farinae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352185/fr/orylmyte-dermatophagoides-pteronyssinus/-dermatophagoides-farinae-rhinite-allergique-ou-rhinoconjonctivite</t>
+  </si>
+  <si>
+    <t>XEMBIFY (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>08/07/2022 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350531/fr/xembify-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3350531</t>
+  </si>
+  <si>
+    <t>GRIFOLS France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344831/fr/xembify-immunoglobuline-humaine</t>
+  </si>
+  <si>
+    <t>HIZENTRA (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>07/06/2022 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983129/fr/hizentra-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2983129</t>
   </si>
   <si>
     <t>CSL BEHRING SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965166/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3342053/en/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+    <t>https://www.has-sante.fr/jcms/c_2965166/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868844/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099607/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342053/fr/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+  </si>
+  <si>
+    <t>TEZEPELUMAB (tézépélumab)</t>
+  </si>
+  <si>
+    <t>21/04/2022 10:49:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333512/fr/tezepelumab-tezepelumab</t>
+  </si>
+  <si>
+    <t>p_3333512</t>
+  </si>
+  <si>
+    <t>tézépélumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333360/fr/tezepelumab-tezepelumab</t>
   </si>
   <si>
     <t>AUBAGIO (tériflunomide)</t>
   </si>
   <si>
-    <t>04/12/2022 18:19:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983852/en/aubagio-teriflunomide</t>
+    <t>12/04/2022 18:19:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983852/fr/aubagio-teriflunomide</t>
   </si>
   <si>
     <t>pprd_2983852</t>
   </si>
   <si>
     <t>tériflunomide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1730041/en/aubagio</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985332/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_1730041/fr/aubagio-teriflunomide-immunomodulateur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722045/fr/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117100/fr/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330878/fr/aubagio-teriflunomide-sep-recurrentes-remittentes</t>
+  </si>
+  <si>
+    <t>PLAQUENIL (sulfate d’hydroxychloroquine)</t>
+  </si>
+  <si>
+    <t>22/03/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985332/fr/plaquenil-sulfate-d-hydroxychloroquine</t>
   </si>
   <si>
     <t>pprd_2985332</t>
   </si>
   <si>
     <t>sulfate d’hydroxychloroquine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_832521/en/plaquenil-hydroxychloroquine-sulfate-d</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983295/en/lantus-toujeo</t>
+    <t>https://www.has-sante.fr/jcms/c_832521/fr/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759077/fr/plaquenil-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325537/fr/plaquenil-hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>VUMERITY (diroximel fumarate)</t>
+  </si>
+  <si>
+    <t>18/03/2022 12:04:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324442/fr/vumerity-diroximel-fumarate</t>
+  </si>
+  <si>
+    <t>p_3324442</t>
+  </si>
+  <si>
+    <t>diroximel fumarate</t>
+  </si>
+  <si>
+    <t>BIOGEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322980/fr/vumerity-diroximel</t>
+  </si>
+  <si>
+    <t>CYCLOPHOSPHAMIDE REDDY PHARMA (cyclophosphamide)</t>
+  </si>
+  <si>
+    <t>18/03/2022 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324725/fr/cyclophosphamide-reddy-pharma-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>p_3324725</t>
+  </si>
+  <si>
+    <t>REDDY PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324313/fr/cyclophosphamide-reddy-pharma-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>DEXAMETHASONE KALCEKS (dexamethasone)</t>
+  </si>
+  <si>
+    <t>04/03/2022 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321749/fr/dexamethasone-kalceks-dexamethasone</t>
+  </si>
+  <si>
+    <t>p_3321749</t>
+  </si>
+  <si>
+    <t>dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320606/fr/dexamethasone-kalceks-dexamethasone-covid-19</t>
+  </si>
+  <si>
+    <t>KENACORT RETARD</t>
+  </si>
+  <si>
+    <t>01/03/2022 09:39:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984859/fr/kenacort-retard</t>
+  </si>
+  <si>
+    <t>pprd_2984859</t>
+  </si>
+  <si>
+    <t>acétate de triamcinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724550/fr/kenacort-retard-acetate-de-triamcinolone/-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702134/fr/kenacort-retard-acetate-de-triamcinolone/-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320516/fr/kenacort-retard-acetonide-de-triamcinolone</t>
+  </si>
+  <si>
+    <t>IZIXATE (méthotrexate)</t>
+  </si>
+  <si>
+    <t>16/02/2022 16:25:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3317289/fr/izixate-methotrexate</t>
+  </si>
+  <si>
+    <t>p_3317289</t>
+  </si>
+  <si>
+    <t>Accord Healthcare France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3317076/fr/izixate-methotrexate-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>TOUJEO (insuline glargine)</t>
+  </si>
+  <si>
+    <t>10/02/2022 14:05:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983295/fr/toujeo-insuline-glargine</t>
   </si>
   <si>
     <t>pprd_2983295</t>
   </si>
   <si>
     <t>insuline glargine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2848651/en/lantus-toujeo-insuline-glargine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315981/en/toujeo-solostar-insuline-glargine</t>
+    <t>https://www.has-sante.fr/jcms/c_2848651/fr/lantus-toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569089/fr/toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098014/fr/toujeo-doublestar-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194972/fr/toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315981/fr/toujeo-solostar-insuline-glargine</t>
   </si>
   <si>
     <t>ENSPRYNG (satralizumab)</t>
   </si>
   <si>
-    <t>02/10/2022 16:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3316380/en/enspryng-satralizumab</t>
+    <t>10/02/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316380/fr/enspryng-satralizumab</t>
   </si>
   <si>
     <t>p_3316380</t>
   </si>
   <si>
     <t>satralizumab</t>
   </si>
   <si>
     <t>ROCHE France</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3316324/en/enspryng-satralizumab</t>
+    <t>https://www.has-sante.fr/jcms/p_3316324/fr/enspryng-satralizumab</t>
+  </si>
+  <si>
+    <t>NOVATREX</t>
+  </si>
+  <si>
+    <t>08/02/2022 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983741/fr/novatrex</t>
+  </si>
+  <si>
+    <t>pprd_2983741</t>
+  </si>
+  <si>
+    <t>methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399752/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314510/fr/novatrex-2-5-mg-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711202/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678865/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744490/fr/novatrex-methotrexate</t>
   </si>
   <si>
     <t>IBUPROFENE (ibuprofène)</t>
   </si>
   <si>
-    <t>02/08/2022 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3189803/en/ibuprofene-ibuprofene</t>
+    <t>08/02/2022 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189803/fr/ibuprofene-ibuprofene</t>
   </si>
   <si>
     <t>p_3189803</t>
   </si>
   <si>
     <t>ibuprofène</t>
   </si>
   <si>
     <t>RANBAXY PHARMACIE GENERIQUES / SANOFI-AVENTIS FRANCE / ACCORD HEALTHCARE FRANCE SAS / MYLAN SAS / EVOLUPHARM / ARROW GÉNÉRIQUES / B. BRAUN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2725218/en/ibuprofene-rpg-ibuprofene</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2967148/en/ibuprofene-b-braun-ibuprofene</t>
+    <t>https://www.has-sante.fr/jcms/c_2725218/fr/ibuprofene-rpg-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732658/fr/ibuprofene-zentiva-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788644/fr/ibuprofene-accord-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296239/fr/ibuprofene-mylan-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797155/fr/ibuprofene-mylan-enfants-et-nourrissons-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166642/fr/ibuprofene-evolugen-pharma-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189752/fr/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972287/fr/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315461/fr/ibuprofene-b-braun-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967148/fr/ibuprofene-b-braun-ibuprofene</t>
   </si>
   <si>
     <t>PALFORZIA (poudre de graines d’arachis hypogaea)</t>
   </si>
   <si>
-    <t>02/07/2022 16:56:06</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3312182/en/palforzia-poudre-de-graines-d-arachis-hypogaea</t>
+    <t>07/02/2022 16:56:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312182/fr/palforzia-poudre-de-graines-d-arachis-hypogaea</t>
   </si>
   <si>
     <t>p_3312182</t>
   </si>
   <si>
     <t>poudre de graines d’arachis hypogaea</t>
   </si>
   <si>
     <t>AIMMUNE THERAPEUTICS IRELAND LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3308697/en/palforzia-poudre-de-graine-d-arachis-hypogaea-l</t>
+    <t>https://www.has-sante.fr/jcms/p_3308697/fr/palforzia-poudre-de-graine-d-arachis-hypogaea</t>
+  </si>
+  <si>
+    <t>CHLORHYDRATE D'AZELASTINE MYLAN MEDICAL 1,5 mg/ml (chlorhydrate d’azélastine)</t>
+  </si>
+  <si>
+    <t>10/01/2022 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308860/fr/chlorhydrate-d-azelastine-mylan-medical-1-5-mg/ml-chlorhydrate-d-azelastine</t>
+  </si>
+  <si>
+    <t>p_3308860</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'azélastine</t>
+  </si>
+  <si>
+    <t>VIATRIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305330/fr/chlorhydrate-d-azelastine-mylan-medical-1-5-mg/ml-chlorhydrate-d-azelastine</t>
   </si>
   <si>
     <t>TRUVADA (emtricitabine/ ténofovir disoproxil (fumarate de))</t>
   </si>
   <si>
-    <t>10/19/2021 16:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982985/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+    <t>19/10/2021 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982985/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
   </si>
   <si>
     <t>pprd_2982985</t>
   </si>
   <si>
     <t>emtricitabine,ténofovir disoproxil (fumarate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_631266/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3293341/en/truvada-200-mg/245-mg-emtricitabine-/-tenofovir-disoproxil</t>
+    <t>https://www.has-sante.fr/jcms/c_631266/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079004/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589181/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752856/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819632/fr/truvada-emtricitabine-tenofovir-disoproxil-association-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888480/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400678/fr/truvada-comprime-pellicule-flacon-s-polyethylene-haute-densite-pehd-de-30-comprime-s-avec-fermeture-de-securite-enfant-code-cip-365-656-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293341/fr/truvada-200-mg/245-mg-emtricitabine-/-tenofovir-disoproxil</t>
   </si>
   <si>
     <t>XULTOPHY (insuline degludec/liraglutide), antidiabétique</t>
   </si>
   <si>
-    <t>08/26/2021 15:35:26</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983447/en/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+    <t>26/08/2021 15:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983447/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
   </si>
   <si>
     <t>pprd_2983447</t>
   </si>
   <si>
     <t>insuline dégludec,liraglutide,insuline degludec</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2607357/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3282755/en/xultophy-insuline-degludec-/-liraglutide</t>
+    <t>https://www.has-sante.fr/jcms/c_2607357/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756350/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818001/fr/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282755/fr/xultophy-insuline-degludec/liraglutide-diabete-de-type-2</t>
   </si>
   <si>
     <t>INFLECTRA (infliximab)</t>
   </si>
   <si>
-    <t>08/05/2021 09:41:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983873/en/inflectra-infliximab</t>
+    <t>05/08/2021 09:41:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983873/fr/inflectra-infliximab</t>
   </si>
   <si>
     <t>pprd_2983873</t>
   </si>
   <si>
     <t>HOSPIRA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682121/en/inflectra-infliximab</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3280960/en/inflectra-infliximab</t>
+    <t>https://www.has-sante.fr/jcms/c_2682121/fr/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775087/fr/inflectra-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280960/fr/inflectra-infliximab</t>
   </si>
   <si>
     <t>RUKOBIA (fostemsavir)</t>
   </si>
   <si>
-    <t>06/18/2021 17:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3272198/en/rukobia-fostemsavir</t>
+    <t>18/06/2021 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272198/fr/rukobia-fostemsavir</t>
   </si>
   <si>
     <t>p_3272198</t>
   </si>
   <si>
     <t>fostemsavir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3271861/en/rukobia-fostemsavir</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984760/en/tecfidera</t>
+    <t>https://www.has-sante.fr/jcms/p_3271861/fr/rukobia-fostemsavir</t>
+  </si>
+  <si>
+    <t>TECFIDERA (diméthyle fumarate)</t>
+  </si>
+  <si>
+    <t>18/05/2021 17:55:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984760/fr/tecfidera-dimethyle-fumarate</t>
   </si>
   <si>
     <t>pprd_2984760</t>
   </si>
   <si>
     <t>diméthyle fumarate</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1743058/en/tecfidera</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3398695/en/tecfidera-dimethyle-fumarate-sclerose-en-plaques-de-forme-remittente-recurrente-sep-rr</t>
+    <t>https://www.has-sante.fr/jcms/c_1743058/fr/tecfidera-dimethyl-fumarate-traitement-de-fond-de-la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266575/fr/tecfidera-dimethyle-fumarate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398695/fr/tecfidera-dimethyle-fumarate-sclerose-en-plaques-de-forme-remittente-recurrente-sep-rr</t>
   </si>
   <si>
     <t>RUCONEST (conestat alpha)</t>
   </si>
   <si>
-    <t>03/31/2021 17:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982871/en/ruconest-conestat-alpha</t>
+    <t>31/03/2021 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982871/fr/ruconest-conestat-alpha</t>
   </si>
   <si>
     <t>pprd_2982871</t>
   </si>
   <si>
     <t>conestat alpha</t>
   </si>
   <si>
     <t>PHARMING GROUP NV</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036554/en/ruconest</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984539/en/plegridy</t>
+    <t>https://www.has-sante.fr/jcms/c_1036554/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873713/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873722/fr/ruconest-conestat-alpha-medicaments-de-l-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905739/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258709/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>PLEGRIDY (péginterféron bêta-1a)</t>
+  </si>
+  <si>
+    <t>16/03/2021 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984539/fr/plegridy-peginterferon-beta-1a</t>
   </si>
   <si>
     <t>pprd_2984539</t>
   </si>
   <si>
     <t>péginterféron bêta-1a</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2034337/en/plegridy-peginterferon-beta-1a-disease-modifying-therapy-for-multiple-sclerosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982724/en/intelence</t>
+    <t>https://www.has-sante.fr/jcms/c_2034337/fr/plegridy-peginterferon-beta-1a-traitement-de-fond-de-la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243409/fr/plegridy-peginterferon-beta-1a</t>
+  </si>
+  <si>
+    <t>PHENERGAN (prométhazine)</t>
+  </si>
+  <si>
+    <t>24/11/2020 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985069/fr/phenergan-promethazine</t>
+  </si>
+  <si>
+    <t>pprd_2985069</t>
+  </si>
+  <si>
+    <t>prométhazine</t>
+  </si>
+  <si>
+    <t>Laboratoire DB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456491/fr/phenergan-promethazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188940/fr/phenergan-promethazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219452/fr/phenergan-promethazine</t>
+  </si>
+  <si>
+    <t>INTELENCE (étravirine)</t>
+  </si>
+  <si>
+    <t>19/11/2020 12:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982724/fr/intelence-etravirine</t>
   </si>
   <si>
     <t>pprd_2982724</t>
   </si>
   <si>
     <t>étravirine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_748325/en/intelence</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982922/en/kaletra</t>
+    <t>https://www.has-sante.fr/jcms/c_748325/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251931/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701293/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711205/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047000/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972771/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217751/fr/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>METHYLPREDNISOLONE HIKMA (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>16/11/2020 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217463/fr/methylprednisolone-hikma-methylprednisolone</t>
+  </si>
+  <si>
+    <t>p_3217463</t>
+  </si>
+  <si>
+    <t>LABORATOIRES DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217423/fr/methylprednisolone-hikma-methylprednisolone</t>
+  </si>
+  <si>
+    <t>KALETRA (lopinavir/ ritonavir)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982922/fr/kaletra-lopinavir/-ritonavir</t>
   </si>
   <si>
     <t>pprd_2982922</t>
   </si>
   <si>
     <t>lopinavir,ritonavir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_818401/en/kaletra-lopinavir/-ritonavir</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213245/en/itulazax</t>
+    <t>https://www.has-sante.fr/jcms/c_818401/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684136/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726239/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831910/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896415/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399855/fr/kaletra-capsule-molle-boite-de-180-2-flacons-de-90-capsules-kaletra-capsule-molle-boite-de-180-30-blisters-de-6-capsules-kaletra-solution-buvable-300-ml-5-flacons-de-60-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215576/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>ITULAZAX (extrait allergénique standardisé de pollen de bouleau)</t>
+  </si>
+  <si>
+    <t>19/10/2020 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213245/fr/itulazax-extrait-allergenique-standardise-de-pollen-de-bouleau</t>
   </si>
   <si>
     <t>p_3213245</t>
   </si>
   <si>
     <t>extrait allergénique standardisé de pollen de bouleau</t>
   </si>
   <si>
     <t>ALK-ABELLO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3213242/en/itulazax</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984554/en/sylvant</t>
+    <t>https://www.has-sante.fr/jcms/p_3213242/fr/itulazax-extrait-allergenique-standardise-de-pollen-de-bouleau</t>
+  </si>
+  <si>
+    <t>SYLVANT (siltuximab)</t>
+  </si>
+  <si>
+    <t>02/10/2020 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984554/fr/sylvant-siltuximab</t>
   </si>
   <si>
     <t>pprd_2984554</t>
   </si>
   <si>
     <t>siltuximab</t>
   </si>
   <si>
     <t>EUSA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2030386/en/sylvant-siltuximab-monoclonal-antibody</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201388/en/jorveza</t>
+    <t>https://www.has-sante.fr/jcms/c_2030386/fr/sylvant-siltuximab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202972/fr/sylvant-siltuximab</t>
+  </si>
+  <si>
+    <t>JORVEZA (budésonide)</t>
+  </si>
+  <si>
+    <t>15/09/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201388/fr/jorveza-budesonide</t>
   </si>
   <si>
     <t>p_3201388</t>
   </si>
   <si>
-    <t>budésonide</t>
-[...1 lines deleted...]
-  <si>
     <t>DR. FALK PHARMA GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3201256/en/jorveza</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3196769/en/mayzent</t>
+    <t>https://www.has-sante.fr/jcms/p_3201256/fr/jorveza-budesonide</t>
+  </si>
+  <si>
+    <t>MAYZENT (siponimod)</t>
+  </si>
+  <si>
+    <t>24/07/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196769/fr/mayzent-siponimod</t>
   </si>
   <si>
     <t>p_3196769</t>
   </si>
   <si>
     <t>siponimod</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3196679/en/mayzent</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982717/en/prevenar-13</t>
+    <t>https://www.has-sante.fr/jcms/p_3196679/fr/mayzent-siponimod</t>
+  </si>
+  <si>
+    <t>PREVENAR 13 (Vaccin pneumococcique polyosidique conjugué 13-valent)</t>
+  </si>
+  <si>
+    <t>22/07/2020 08:56:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982717/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
   </si>
   <si>
     <t>pprd_2982717</t>
   </si>
   <si>
     <t>Vaccin pneumococcique polyosidique conjugué 13-valent</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474554/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3195251/en/copie-de-lantus-toujeo</t>
+    <t>https://www.has-sante.fr/jcms/c_474554/fr/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737003/fr/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766281/fr/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939182/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638937/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720512/fr/prevenar-13-vaccin-anti-pneumococcique-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973611/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973623/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195261/fr/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>FOSCARNET KABI (foscarnet)</t>
+  </si>
+  <si>
+    <t>17/07/2020 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194234/fr/foscarnet-kabi-foscarnet</t>
+  </si>
+  <si>
+    <t>p_3194234</t>
+  </si>
+  <si>
+    <t>foscarnet</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194118/fr/foscarnet-kabi-foscarnet</t>
+  </si>
+  <si>
+    <t>LANTUS (insuline glargine)</t>
+  </si>
+  <si>
+    <t>09/05/2018 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195251/fr/lantus-insuline-glargine</t>
   </si>
   <si>
     <t>p_3195251</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399776/en/lantus-insuline-glargine</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983894/en/cyramza</t>
+    <t>https://www.has-sante.fr/jcms/c_399776/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399876/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748385/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062696/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722903/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749754/fr/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>RUXIENCE (rituximab)</t>
+  </si>
+  <si>
+    <t>05/06/2020 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188170/fr/ruxience-rituximab</t>
+  </si>
+  <si>
+    <t>p_3188170</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187849/fr/ruxience-rituximab</t>
+  </si>
+  <si>
+    <t>CYRAMZA (ramucirumab)</t>
+  </si>
+  <si>
+    <t>29/05/2020 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983894/fr/cyramza-ramucirumab</t>
   </si>
   <si>
     <t>pprd_2983894</t>
   </si>
   <si>
     <t>ramucirumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2048967/en/cyramza-ramucirumab-monoclonal-antibody</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3184817/en/trogarzo</t>
+    <t>https://www.has-sante.fr/jcms/c_2048967/fr/cyramza-ramucirumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680638/fr/cyramza-cancer-bronchique-avance-ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678892/fr/cyramza-ramucirumab-anticorps-monoclonal-cancer-colorectal-adulte-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180087/fr/cyramza-ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186709/fr/cyramza-ramucirumab</t>
+  </si>
+  <si>
+    <t>ANAPEN (adrénaline)</t>
+  </si>
+  <si>
+    <t>18/05/2020 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984773/fr/anapen-adrenaline</t>
+  </si>
+  <si>
+    <t>pprd_2984773</t>
+  </si>
+  <si>
+    <t>adrénaline</t>
+  </si>
+  <si>
+    <t>BIOPROJET PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399885/fr/anapen-0-15-mg/0-3-ml-solution-injectable-en-seringue-preremplie-boite-de-1-et-boite-de-2-anapen-0-30-mg/0-3-ml-solution-injectable-en-seringue-preremplie-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773275/fr/anapen-adrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251942/fr/anapen-adrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740067/fr/anapen-adrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184442/fr/anapen-adrenaline</t>
+  </si>
+  <si>
+    <t>TROGARZO (ibalizumab)</t>
+  </si>
+  <si>
+    <t>18/05/2020 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184817/fr/trogarzo-ibalizumab</t>
   </si>
   <si>
     <t>p_3184817</t>
   </si>
   <si>
     <t>ibalizumab</t>
   </si>
   <si>
     <t>THERATECHNOLOGIES INTERNATIONAL LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3184445/en/trogarzo</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983062/en/viread</t>
+    <t>https://www.has-sante.fr/jcms/p_3184445/fr/trogarzo-ibalizumab</t>
+  </si>
+  <si>
+    <t>RIXATHON (rituximab)</t>
+  </si>
+  <si>
+    <t>24/04/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983503/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2983503</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800413/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180770/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>VIREAD (ténofovir disoproxil (fumarate de))</t>
+  </si>
+  <si>
+    <t>03/04/2020 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983062/fr/viread-tenofovir-disoproxil-fumarate-de</t>
   </si>
   <si>
     <t>pprd_2983062</t>
   </si>
   <si>
     <t>ténofovir disoproxil (fumarate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399667/en/viread-245-mg-comprimes-pellicules-tenofovir-disoproxil-fumarate-de</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168605/en/viread-tenofovir-disoproxil-fumarate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_399667/fr/viread-245-mg-comprimes-pellicules-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400218/fr/viread-245-mg-comprimes-pellicules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810800/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022281/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834965/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701303/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702549/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879777/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168605/fr/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>RHINOMAXIL (béclométasone)</t>
+  </si>
+  <si>
+    <t>18/03/2020 17:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984845/fr/rhinomaxil-beclometasone</t>
+  </si>
+  <si>
+    <t>pprd_2984845</t>
+  </si>
+  <si>
+    <t>béclométasone</t>
+  </si>
+  <si>
+    <t>ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718034/fr/rhinomaxil-beclometasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164098/fr/rhinomaxil-beclometasone</t>
   </si>
   <si>
     <t>NASACORT (triamcinolone (acétonide de))</t>
   </si>
   <si>
-    <t>03/06/2020 13:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983902/en/nasacort-triamcinolone-acetonide-de</t>
+    <t>06/03/2020 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983902/fr/nasacort-triamcinolone-acetonide-de</t>
   </si>
   <si>
     <t>pprd_2983902</t>
   </si>
   <si>
     <t>triamcinolone (acétonide de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399273/en/nasacort-55-g/dose-suspension-pour-pulverisation-nasale-flacon-pulverisateur-de-15-ml-120-doses-avec-pompe-doseuse-et-embout-nasal</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982919/en/metoject</t>
+    <t>https://www.has-sante.fr/jcms/c_399273/fr/nasacort-55-g/dose-suspension-pour-pulverisation-nasale-flacon-pulverisateur-de-15-ml-120-doses-avec-pompe-doseuse-et-embout-nasal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446990/fr/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147534/fr/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679440/fr/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159927/fr/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>METOJECT (méthotrexate)</t>
+  </si>
+  <si>
+    <t>05/03/2020 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982919/fr/metoject-methotrexate</t>
   </si>
   <si>
     <t>pprd_2982919</t>
   </si>
   <si>
     <t>MEDAC SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401005/en/metoject-10-mg/ml-methotrexate</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3159947/en/metoject-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/c_401005/fr/metoject-10-mg/ml-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517664/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250130/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620156/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896738/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121601/fr/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159947/fr/metoject-methotrexate</t>
   </si>
   <si>
     <t>REVOLADE (eltrombopag)</t>
   </si>
   <si>
-    <t>03/04/2020 11:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983678/en/revolade-eltrombopag</t>
+    <t>04/03/2020 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983678/fr/revolade-eltrombopag</t>
   </si>
   <si>
     <t>pprd_2983678</t>
   </si>
   <si>
     <t>eltrombopag</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_969539/en/revolade</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3151443/en/revolade-eltrombopag</t>
+    <t>https://www.has-sante.fr/jcms/c_969539/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015425/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671734/fr/revolade-eltrombopag-agoniste-des-recepteurs-a-la-thrombopoietine-ams</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748397/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748739/fr/revolade-ri-thrombopenie-vhc-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752842/fr/revolade-eltrombopag-agonistes-des-recepteurs-a-la-thrombopoietine-pti-adulte-non-splenectomise-pti-enfant-ri-pti-adulte-splenectomise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151443/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>IMRALDI (adalimumab)</t>
+  </si>
+  <si>
+    <t>06/01/2020 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982870/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2982870</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867463/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905742/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145045/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>CROMOPTIC (cromoglicate de sodium)</t>
+  </si>
+  <si>
+    <t>18/11/2019 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982884/fr/cromoptic-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2982884</t>
+  </si>
+  <si>
+    <t>cromoglicate de sodium</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400777/fr/cromoptic-2-collyre-en-solution-flacon-de-10-ml-cromoptic-2-collyre-en-solution-en-recipient-unidose-boite-de-30-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559954/fr/cromoptic-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329541/fr/cromoptic-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902214/fr/cromoptic-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118140/fr/cromoptic-cromoglicate-de-sodium</t>
   </si>
   <si>
     <t>CORTIMENT (budésonide)</t>
   </si>
   <si>
-    <t>11/18/2019 08:49:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983023/en/cortiment-budesonide</t>
+    <t>18/11/2019 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983023/fr/cortiment-budesonide</t>
   </si>
   <si>
     <t>pprd_2983023</t>
   </si>
   <si>
     <t>FERRING SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2744499/en/cortiment-budesonide-corticosteroid-for-local-use</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3294127/en/cortiment-9-mg-budesonide-traitement-d-induction-d-une-remission-chez-des-patients-souffrant-d-une-colite-microscopique-active</t>
+    <t>https://www.has-sante.fr/jcms/c_2744499/fr/cortiment-budesonide-corticoide-d-action-locale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884371/fr/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118419/fr/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294127/fr/cortiment-9-mg-budesonide-traitement-d-induction-d-une-remission-chez-des-patients-souffrant-d-une-colite-microscopique-active</t>
+  </si>
+  <si>
+    <t>KIOVIG (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>30/09/2019 13:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985042/fr/kiovig-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>pprd_2985042</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460099/fr/kiovig-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231599/fr/kiovig-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106069/fr/kiovig-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>SYMTUZA (cobicistat/ darunavir (éthanolate de)/ emtricitabine/ ténofovir alafén...)</t>
   </si>
   <si>
-    <t>09/12/2019 09:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983010/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+    <t>12/09/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983010/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
   </si>
   <si>
     <t>pprd_2983010</t>
   </si>
   <si>
     <t>cobicistat,darunavir (éthanolate de),emtricitabine,ténofovir alafénamide (fumarate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2863577/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2886171/en/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-antiviral-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2863577/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886171/fr/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-association-d-antiviraux</t>
   </si>
   <si>
     <t>STRIBILD (cobicistat/ ténofovir disoproxil (fumarate de)/ elvitégravir/ emtricit...)</t>
   </si>
   <si>
-    <t>09/12/2019 09:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983132/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+    <t>12/09/2019 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983132/fr/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
   </si>
   <si>
     <t>pprd_2983132</t>
   </si>
   <si>
     <t>cobicistat,ténofovir disoproxil (fumarate de),elvitégravir,emtricitabine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1701324/en/stribild-emtricitabine-et-cobicistat-/elvitegravir/tenofovir-antiretroviraux</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080479/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+    <t>https://www.has-sante.fr/jcms/c_1701324/fr/stribild-emtricitabine-et-cobicistat-/elvitegravir/tenofovir-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570626/fr/stribild-emtricitabine-cobicistat-elvitegravir-et-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868568/fr/stribild-emtricitabine-cobicistat-elvitegravir-et-tenofovir-disoproxil-fumarate-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080479/fr/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
   </si>
   <si>
     <t>ATRIPLA (efavirenz/ emtricitabine/ fumarate de ténofovir disoproxil)</t>
   </si>
   <si>
-    <t>09/06/2019 16:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984481/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+    <t>06/09/2019 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984481/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
   </si>
   <si>
     <t>pprd_2984481</t>
   </si>
   <si>
     <t>efavirenz,emtricitabine,fumarate de ténofovir disoproxil</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_743975/en/atripla</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3083824/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+    <t>https://www.has-sante.fr/jcms/c_743975/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044339/fr/atripla-efavirenz-/-emtricitabine-/-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083824/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
   </si>
   <si>
     <t>TRESIBA, analogue lent de l’insuline (insuline dégludec/ insuline dégludec ((LEVURE/SACCHAROMYCES CEREVISIAE...)</t>
   </si>
   <si>
-    <t>09/05/2019 10:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982862/en/tresiba-analogue-lent-de-l-insuline-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+    <t>05/09/2019 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982862/fr/tresiba-analogue-lent-de-l-insuline-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
   </si>
   <si>
     <t>pprd_2982862</t>
   </si>
   <si>
     <t>insuline dégludec,insuline dégludec ((LEVURE/SACCHAROMYCES CEREVISIAE))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1738609/en/tresiba</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2906439/en/tresiba-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+    <t>https://www.has-sante.fr/jcms/c_1738609/fr/tresiba-insuline-degludec-analogue-lent-de-l-insuline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808589/fr/tresiba-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879333/fr/tresiba-insuline-degludec-analogue-lent-de-l-insuline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906439/fr/tresiba-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>IDACIO (adalimumab)</t>
+  </si>
+  <si>
+    <t>06/08/2019 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082084/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>p_3082084</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080455/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>CARTREX (acéclofénac)</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982735/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>pprd_2982735</t>
+  </si>
+  <si>
+    <t>acéclofénac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642966/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1365130/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579452/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680641/fr/cartrex-aceclofenac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971786/fr/cartrex-aceclofenac</t>
   </si>
   <si>
     <t>ISENTRESS (raltégravir potassique)</t>
   </si>
   <si>
-    <t>05/14/2019 18:07:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982756/en/isentress-raltegravir-potassique</t>
+    <t>14/05/2019 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982756/fr/isentress-raltegravir-potassique</t>
   </si>
   <si>
     <t>pprd_2982756</t>
   </si>
   <si>
     <t>raltégravir potassique</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_657726/en/isentress</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2967178/en/isentress-raltegravir-potassique</t>
+    <t>https://www.has-sante.fr/jcms/c_657726/fr/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001255/fr/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701815/fr/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702552/fr/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776508/fr/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580837/fr/isentress-100-mg-raltegravir-granules-pour-suspension-buvable-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818004/fr/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966049/fr/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967178/fr/isentress-raltegravir-potassique</t>
   </si>
   <si>
     <t>EPIPEN (adrénaline/ épinéphrine)</t>
   </si>
   <si>
-    <t>05/07/2019 11:33:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982772/en/epipen-adrenaline/-epinephrine</t>
+    <t>07/05/2019 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982772/fr/epipen-adrenaline/-epinephrine</t>
   </si>
   <si>
     <t>pprd_2982772</t>
   </si>
   <si>
     <t>adrénaline,épinéphrine</t>
   </si>
   <si>
     <t>MYLAN S.A.S</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_810820/en/epipen</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2966046/en/epipen-adrenaline/-epinephrine</t>
+    <t>https://www.has-sante.fr/jcms/c_810820/fr/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719401/fr/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966046/fr/epipen-adrenaline/-epinephrine</t>
   </si>
   <si>
     <t>SALAZOPYRINE (sulfasalazine)</t>
   </si>
   <si>
-    <t>05/17/2019 12:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982845/en/salazopyrine-sulfasalazine</t>
+    <t>17/05/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982845/fr/salazopyrine-sulfasalazine</t>
   </si>
   <si>
     <t>pprd_2982845</t>
   </si>
   <si>
     <t>sulfasalazine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605772/en/salazopyrine-sulfasalazine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759083/en/salazopyrine</t>
+    <t>https://www.has-sante.fr/jcms/c_605772/fr/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908481/fr/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759083/fr/salazopyrine-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
   </si>
   <si>
     <t>ALOFISEL (darvadstrocel)</t>
   </si>
   <si>
-    <t>03/22/2019 16:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982880/en/alofisel-darvadstrocel</t>
+    <t>22/03/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982880/fr/alofisel-darvadstrocel</t>
   </si>
   <si>
     <t>pprd_2982880</t>
   </si>
   <si>
     <t>darvadstrocel</t>
   </si>
   <si>
     <t>TAKEDA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2904636/en/alofisel-darvadstrocel-stem-cell-therapy</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982886/en/wystamm-n/r/-fumarate-de-rupatadine/-rupatadine-fumarate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2904636/fr/alofisel-darvadstrocel-therapie-cellulaire</t>
+  </si>
+  <si>
+    <t>OPATANOL (olopatadine (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>12/02/2019 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982882/fr/opatanol-olopatadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2982882</t>
+  </si>
+  <si>
+    <t>olopatadine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399645/fr/opatanol-1-mg/ml-olopatadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632484/fr/opatanol-olopatadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670188/fr/opatanol-olopatadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903179/fr/opatanol-olopatadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400814/fr/opatanol-olopatadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>PURIVIST (épinastine (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982883/fr/purivist-epinastine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2982883</t>
+  </si>
+  <si>
+    <t>épinastine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701797/fr/purivist-epinastine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903177/fr/purivist-epinastine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400877/fr/purivist-collyre-en-solution-boite-de-1-flacon-de-5-ml-epinastine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>WYSTAMM (rupatadine)</t>
+  </si>
+  <si>
+    <t>31/01/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982886/fr/wystamm-rupatadine</t>
   </si>
   <si>
     <t>pprd_2982886</t>
   </si>
   <si>
     <t>rupatadine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_664073/en/wystamm-rupatadine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2901468/en/wystamm-rupatadine</t>
+    <t>https://www.has-sante.fr/jcms/c_664073/fr/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721876/fr/wystamm-rupatadine-antihistaminique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758968/fr/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901468/fr/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>DISULONE (dapsone/ fer (oxalate de))</t>
+  </si>
+  <si>
+    <t>23/01/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982903/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982903</t>
+  </si>
+  <si>
+    <t>dapsone,fer (oxalate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713127/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010716/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899328/fr/disulone-dapsone/-fer-oxalate-de</t>
+  </si>
+  <si>
+    <t>ALLERGOCOMOD (cromoglicate de sodium)</t>
+  </si>
+  <si>
+    <t>23/01/2019 11:28:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982904/fr/allergocomod-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2982904</t>
+  </si>
+  <si>
+    <t>Laboratoires DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400757/fr/allergocomod-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487088/fr/allergocomod-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277912/fr/allergocomod-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899327/fr/allergocomod-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>DEXLIQ (dexaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>21/01/2019 08:59:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982909/fr/dexliq-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2982909</t>
+  </si>
+  <si>
+    <t>dexaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>CTRS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898719/fr/dexliq-dexamethasone-phosphate-sodique-de</t>
   </si>
   <si>
     <t>ACARIZAX (Extrait allergénique standardisé d’acariens Dermatophagoides pteronyss...)</t>
   </si>
   <si>
-    <t>01/14/2019 11:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982916/en/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+    <t>14/01/2019 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982916/fr/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
   </si>
   <si>
     <t>pprd_2982916</t>
   </si>
   <si>
     <t>Extrait allergénique standardisé d’acariens Dermatophagoides pteronyssinus,Extrait allergénique standardisé d’acariens Dermatophagoides farinae</t>
   </si>
   <si>
     <t>SA ALK-ABELLO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2748733/en/acarizax-standardised-allergen-extract-from-the-house-dust-mites-dermatophagoides-pteronyssinus-and-dermatophagoides-farinae</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2896998/en/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+    <t>https://www.has-sante.fr/jcms/c_2748733/fr/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyssinus-et-dermatophagoides-farinae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896998/fr/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+  </si>
+  <si>
+    <t>RINOCLENIL (béclométasone (dipropionate))</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982918/fr/rinoclenil-beclometasone-dipropionate</t>
+  </si>
+  <si>
+    <t>pprd_2982918</t>
+  </si>
+  <si>
+    <t>béclométasone (dipropionate)</t>
+  </si>
+  <si>
+    <t>CHIESI SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732645/fr/rinoclenil-beclometasone-dipropionate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753545/fr/rinoclenil-beclometasone-dipropionate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896741/fr/rinoclenil-beclometasone-dipropionate</t>
+  </si>
+  <si>
+    <t>XYZALL (lévocétirizine/ lévocétirizine (dichlorhydrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982923/fr/xyzall-levocetirizine/-levocetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982923</t>
+  </si>
+  <si>
+    <t>lévocétirizine,lévocétirizine (dichlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399768/fr/xyzall-levocetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400351/fr/xyzall-levocetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474630/fr/xyzall-levocetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537886/fr/xyzall-levocetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603374/fr/xyzall-levocetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896409/fr/xyzall-dichlorhydrate-de-levocetirizine</t>
   </si>
   <si>
     <t>ORALAIR (extrait allergénique de pollens des graminées/ extrait allergénique de...)</t>
   </si>
   <si>
-    <t>01/10/2019 11:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982933/en/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
+    <t>10/01/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982933/fr/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
   </si>
   <si>
     <t>pprd_2982933</t>
   </si>
   <si>
     <t>extrait allergénique de pollens des graminées,extrait allergénique de pollen de fléole des prés,extrait allergénique de pollen de pâturin des prés,extrait allergénique de pollen de flouve odorante,extrait allergénique de pollen d'ivraie vivace,extrait allergénique de pollen de dactyle vulgaire</t>
   </si>
   <si>
-    <t>STALLERGENES SA</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2894900/en/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1250035/fr/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894900/fr/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
+  </si>
+  <si>
+    <t>ZESSLY (infliximab)</t>
+  </si>
+  <si>
+    <t>27/12/2018 13:28:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982942/fr/zessly-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2982942</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893475/fr/zessly-infliximab</t>
+  </si>
+  <si>
+    <t>NAABAK - NAAXIA - NAAXIAFREE (sodium (isospaglumate de))</t>
+  </si>
+  <si>
+    <t>12/12/2018 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982970/fr/naabak-naaxia-naaxiafree-sodium-isospaglumate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982970</t>
+  </si>
+  <si>
+    <t>sodium (isospaglumate de)</t>
+  </si>
+  <si>
+    <t>THEA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400803/fr/naabak-4-9-collyre-en-solution-flacon-de-5-et-10-ml-naaxia-4-9-collyre-en-solution-flacon-de-10-ml-naaxia-19-6-mg/0-4-ml-collyre-en-recipient-unidose-boite-de-36-naaxiafree-4-9-collyre-en-solution-flacon-de-5-ml-et-10-ml-flacon-de-10-ml-non-inscrit-mais-avait-ete-examine-par-la-commission</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632491/fr/naabak-sodium-isospaglumate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343150/fr/naabak-naaxia-naaxiafree-sodium-isospaglumate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2890831/fr/naabak-naaxia-naaxiafree-sodium-isospaglumate-de</t>
+  </si>
+  <si>
+    <t>HULIO (adalimumab)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983007/fr/hulio-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983007</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886950/fr/hulio-adalimumab</t>
+  </si>
+  <si>
+    <t>AVAMYS (furoate de fluticasone)</t>
+  </si>
+  <si>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983020/fr/avamys-furoate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>pprd_2983020</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657772/fr/avamys-furoate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648975/fr/avamys-furoate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885118/fr/avamys-furoate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>CEFEPIME NORIDEM (céfépime (dichlorhydrate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983024/fr/cefepime-noridem-cefepime-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983024</t>
+  </si>
+  <si>
+    <t>céfépime (dichlorhydrate de) monohydraté</t>
+  </si>
+  <si>
+    <t>MACOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847902/fr/cefepime-gerda-cefepime-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884368/fr/cefepime-noridem-cefepime-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>ROVALCYTE (chlorhydrate de valganciclovir)</t>
+  </si>
+  <si>
+    <t>13/11/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983040/fr/rovalcyte-chlorhydrate-de-valganciclovir</t>
+  </si>
+  <si>
+    <t>pprd_2983040</t>
+  </si>
+  <si>
+    <t>chlorhydrate de valganciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399862/fr/rovalcyte-450-mg-comprimes-pellicules-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399970/fr/rovalcyte-450-mg-comprime-pellicule-boite-de-60-extension-d-indication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_721095/fr/rovalcyte-chlorhydrate-de-valganciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_721100/fr/rovalcyte-chlorhydrate-de-valganciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254070/fr/rovalcyte-chlorhydrate-de-valganciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716259/fr/rovalcyte-chlorhydrate-de-valganciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761853/fr/rovalcyte-chlorhydrate-de-valganciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882052/fr/rovalcyte-chlorhydrate-de-valganciclovir</t>
   </si>
   <si>
     <t>LEVOFREE (lévocabastine/ lévocabastine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>10/26/2018 08:37:01</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983054/en/levofree-levocabastine/-levocabastine-chlorhydrate-de</t>
+    <t>26/10/2018 08:37:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983054/fr/levofree-levocabastine/-levocabastine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983054</t>
   </si>
   <si>
     <t>lévocabastine,lévocabastine (chlorhydrate de)</t>
   </si>
   <si>
-    <t>CHAUVIN</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983077/en/lemtrada</t>
+    <t>https://www.has-sante.fr/jcms/c_969542/fr/levofree-levocabastine/-levocabastine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880169/fr/levofree-levocabastine/-levocabastine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ELSEP (mitoxantrone (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>25/10/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983076/fr/elsep-mitoxantrone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983076</t>
+  </si>
+  <si>
+    <t>mitoxantrone (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399961/fr/elsep-2mg/ml-solution-a-diluer-pour-perfusion-flacon-de-5ml-10ml-et-12-5ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877326/fr/elsep-mitoxantrone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>LEMTRADA (alemtuzumab)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983077/fr/lemtrada-alemtuzumab</t>
   </si>
   <si>
     <t>pprd_2983077</t>
   </si>
   <si>
     <t>alemtuzumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2804109/en/lemtrada-alemtuzumab</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2877320/en/lemtrada-alemtuzumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2804109/fr/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590010/fr/lemtrada-alemtuzumab-immunosuppresseur-selectif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877320/fr/lemtrada-alemtuzumab</t>
   </si>
   <si>
     <t>FLECTOR (diclofénac (épolamine de))</t>
   </si>
   <si>
-    <t>10/26/2018 08:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983081/en/flector-diclofenac-epolamine-de</t>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983081/fr/flector-diclofenac-epolamine-de</t>
   </si>
   <si>
     <t>pprd_2983081</t>
   </si>
   <si>
     <t>diclofénac (épolamine de)</t>
   </si>
   <si>
     <t>GENEVRIER SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400784/en/flector-50-mg-granules-pour-solution-buvable-en-sachet-dose-21-sachets-doses-papier-aluminium-polyethylene-de-2-g-352-642-9-diclofenac-epolamine-de</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1727807/en/flector</t>
+    <t>https://www.has-sante.fr/jcms/c_400784/fr/flector-50-mg-granules-pour-solution-buvable-en-sachet-dose-21-sachets-doses-papier-aluminium-polyethylene-de-2-g-352-642-9-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962477/fr/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052629/fr/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877305/fr/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727807/fr/flector-anti-inflammatoires-non-steroidiens-ains-non-selectifs</t>
+  </si>
+  <si>
+    <t>HYRIMOZ (adalimumab)</t>
+  </si>
+  <si>
+    <t>08/10/2018 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983089/fr/hyrimoz-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983089</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876145/fr/hyrimoz-adalimumab</t>
   </si>
   <si>
     <t>PREZISTA (darunavir (éthanolate de))</t>
   </si>
   <si>
-    <t>10/09/2018 09:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983092/en/prezista-darunavir-ethanolate-de</t>
+    <t>09/10/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983092/fr/prezista-darunavir-ethanolate-de</t>
   </si>
   <si>
     <t>pprd_2983092</t>
   </si>
   <si>
     <t>darunavir (éthanolate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813801/en/prezista-600-mg-darunavir-ethanolate-de</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2876133/en/prezista-darunavir-ethanolate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_813801/fr/prezista-600-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574601/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900460/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172428/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813329/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813802/fr/prezista-300-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352584/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525564/fr/prezista-darunavir-inhibiteur-de-protease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747988/fr/prezista-darunavir-inhibiteur-de-protease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621282/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876133/fr/prezista-darunavir-ethanolate-de</t>
   </si>
   <si>
     <t>BERINERT (inhibiteur de C1 estérase humaine/ inhibiteur de la C1 estérase humain...)</t>
   </si>
   <si>
-    <t>02/08/2019 14:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983098/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+    <t>08/02/2019 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983098/fr/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
   </si>
   <si>
     <t>pprd_2983098</t>
   </si>
   <si>
     <t>inhibiteur de C1 estérase humaine,inhibiteur de la C1 estérase humain,inhibiteur de la C1 estérase humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827708/en/berinert</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1728839/en/berinert</t>
+    <t>https://www.has-sante.fr/jcms/c_827708/fr/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570586/fr/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873719/fr/berinert-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728839/fr/berinert-inhibiteur-de-c1-esterase-humaine-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>GAMMANORM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>02/10/2018 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983099/fr/gammanorm-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983099</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766761/fr/gammanorm-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873710/fr/gammanorm-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400238/fr/gammanorm-165-mg/ml-solution-injectable-1-ampoule-s-en-verre-de-10-ml-code-cip-565-109-6-gammanorm-165-mg/ml-solution-injectable-10-ampoule-s-en-verre-de-10-ml-code-cip-565-110-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400308/fr/gammanorm-165-mg/ml-solution-injectable-1-ampoule-s-en-verre-de-10-ml-code-cip-565-109-6-gammanorm-165-mg/ml-solution-injectable-10-ampoule-s-en-verre-de-10-ml-code-cip-565-110-4</t>
   </si>
   <si>
     <t>FIRAZYR (icatibant (acétate d'))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983101/en/firazyr-icatibant-acetate-d</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983101/fr/firazyr-icatibant-acetate-d</t>
   </si>
   <si>
     <t>pprd_2983101</t>
   </si>
   <si>
     <t>icatibant (acétate d')</t>
   </si>
   <si>
     <t>SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_724460/en/firazyr</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2873704/en/firazyr-icatibant</t>
+    <t>https://www.has-sante.fr/jcms/c_724460/fr/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192693/fr/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869234/fr/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873704/fr/firazyr-icatibant</t>
   </si>
   <si>
     <t>CINRYZE (inhibiteur de la C1 estérase humaine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983102/en/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983102/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
   </si>
   <si>
     <t>pprd_2983102</t>
   </si>
   <si>
     <t>inhibiteur de la C1 estérase humaine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1264432/en/cinryze</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2873701/en/cinryze-human-c1-esterase-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/c_1264432/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814681/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine-antifibrinolytique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873701/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>PREXATE (méthotrexate)</t>
+  </si>
+  <si>
+    <t>18/09/2018 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983114/fr/prexate-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983114</t>
+  </si>
+  <si>
+    <t>ALFASIGMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870213/fr/prexate-methotrexate</t>
   </si>
   <si>
     <t>CELSENTRI (maraviroc)</t>
   </si>
   <si>
-    <t>09/18/2018 16:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983122/en/celsentri-maraviroc</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983122/fr/celsentri-maraviroc</t>
   </si>
   <si>
     <t>pprd_2983122</t>
   </si>
   <si>
     <t>maraviroc</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_676960/en/celsentri</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983131/en/genvoya</t>
+    <t>https://www.has-sante.fr/jcms/c_676960/fr/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561558/fr/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848372/fr/celsentri-maraviroc-antiretroviral-antagoniste-du-recepteur-ccr5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869665/fr/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>GENVOYA (cobicistat/ elvitégravir/ emtricitabine/ ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>27/11/2018 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983131/fr/genvoya-cobicistat/-elvitegravir/-emtricitabine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983131</t>
   </si>
   <si>
     <t>cobicistat,elvitégravir,emtricitabine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621468/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2868644/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2621468/fr/genvoya-emtricitabine-cobicistat-elvitegravir-et-tenofovir-alafenamide-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868644/fr/genvoya-emtricitabine-cobicistat-elvitegravir-et-tenofovir-alafenamide-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>AMGEVITA (adalimumab)</t>
+  </si>
+  <si>
+    <t>28/08/2018 14:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983158/fr/amgevita-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983158</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865430/fr/amgevita-adalimumab</t>
+  </si>
+  <si>
+    <t>NASONEX (mométasone (furoate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983208/fr/nasonex-mometasone-furoate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983208</t>
+  </si>
+  <si>
+    <t>mométasone (furoate de) monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399576/fr/nasonex-50-g/dose-suspension-pour-pulverisation-nasale-flacon-de-120-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400668/fr/nasonex-50-microgrammes/dose-suspension-pour-pulverisation-nasale-flacon-de-120-doses-code-cip-343-012-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539613/fr/nasonex-mometasone-furoate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1283974/fr/nasonex-mometasone-furoate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747016/fr/nasonex-mometasone-furoate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859513/fr/nasonex-mometasone-furoate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>CETIRIZINE ARROW LAB (cétirizine dichlorhydrate/ cétirizine (dichlorhydrate de))</t>
+  </si>
+  <si>
+    <t>21/06/2018 17:29:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983212/fr/cetirizine-arrow-lab-cetirizine-dichlorhydrate/-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983212</t>
+  </si>
+  <si>
+    <t>cétirizine dichlorhydrate,cétirizine (dichlorhydrate de)</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_835200/fr/cetirizine-biogaran-cetirizine-dichlorhydrate/-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858364/fr/cetirizine-arrow-lab-cetirizine-dichlorhydrate/-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>FIXORINOX (fluticasone (propionate de))</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983230/fr/fixorinox-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983230</t>
+  </si>
+  <si>
+    <t>fluticasone (propionate de)</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857756/fr/fixorinox-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>GLATIRAMER MYLAN (glatiramère (acétate de))</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983259/fr/glatiramer-mylan-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983259</t>
+  </si>
+  <si>
+    <t>glatiramère (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2809372/fr/glatiramer-mylan-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854424/fr/glatiramer-mylan-glatiramere-acetate-de</t>
   </si>
   <si>
     <t>FLIXOVATE (fluticasone (propionate de))</t>
   </si>
   <si>
-    <t>06/01/2018 17:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983270/en/flixovate-fluticasone-propionate-de</t>
+    <t>01/06/2018 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983270/fr/flixovate-fluticasone-propionate-de</t>
   </si>
   <si>
     <t>pprd_2983270</t>
   </si>
   <si>
-    <t>fluticasone (propionate de)</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2852604/en/flixovate-fluticasone-propionate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_400122/fr/flixovate-0-05-creme-tube-de-30-g-flixovate-0-005-pommade-tube-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400918/fr/flixovate-0-05-emulsion-pour-application-cutanee-1-flacon-polyethylene-haute-densite-pehd-de-30-ml-368-165-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538679/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079022/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254513/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588374/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852604/fr/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>FLIXONASE (fluticasone (propionate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983272/fr/flixonase-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983272</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399550/fr/flixonase-50-g/dose-suspension-nasale-en-flacon-pulverisateur-avec-pompe-doseuse-60-doses-et-120-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400622/fr/flixonase-50-microgrammes/dose-suspension-pour-instillation-nasale-flacon-de-16-g-cip-335-587-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545472/fr/flixonase-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264444/fr/flixonase-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852598/fr/flixonase-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>BETNESOL (bétaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>29/05/2018 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983283/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2983283</t>
+  </si>
+  <si>
+    <t>bétaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605748/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361975/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851031/fr/betnesol-betamethasone-phosphate-sodique-de</t>
   </si>
   <si>
     <t>ENTOCORT (budésonide)</t>
   </si>
   <si>
-    <t>10/24/2018 11:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983310/en/entocort-budesonide</t>
+    <t>24/10/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983310/fr/entocort-budesonide</t>
   </si>
   <si>
     <t>pprd_2983310</t>
   </si>
   <si>
     <t>TILLOTTS PHARMA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401002/en/entocort</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399629/en/entocort-budesonide</t>
+    <t>https://www.has-sante.fr/jcms/c_401002/fr/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603007/fr/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036312/fr/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559094/fr/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847925/fr/entocort-budesonide-corticoide-d-action-locale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399629/fr/entocort-budesonide</t>
   </si>
   <si>
     <t>CERTICAN (évérolimus)</t>
   </si>
   <si>
-    <t>04/09/2018 12:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983335/en/certican-everolimus</t>
+    <t>09/04/2018 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983335/fr/certican-everolimus</t>
   </si>
   <si>
     <t>pprd_2983335</t>
   </si>
   <si>
     <t>évérolimus</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400116/en/certican-0-10-mg-0-25-mg-comprime-dispersible-boite-de-60-certican-0-25-mg-0-50-mg-0-75-mg-comprime-boite-de-60</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2841753/en/certican-everolimus</t>
+    <t>https://www.has-sante.fr/jcms/c_400116/fr/certican-0-10-mg-0-25-mg-comprime-dispersible-boite-de-60-certican-0-25-mg-0-50-mg-0-75-mg-comprime-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973824/fr/certican-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622347/fr/certican-everolimus-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722048/fr/certican-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2841753/fr/certican-everolimus</t>
   </si>
   <si>
     <t>MOBIC (méloxicam)</t>
   </si>
   <si>
-    <t>03/12/2018 08:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983358/en/mobic-meloxicam</t>
+    <t>12/03/2018 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983358/fr/mobic-meloxicam</t>
   </si>
   <si>
     <t>pprd_2983358</t>
   </si>
   <si>
     <t>méloxicam</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399440/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2831901/en/mobic-meloxicam</t>
+    <t>https://www.has-sante.fr/jcms/c_399440/fr/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399843/fr/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532236/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332062/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758339/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831901/fr/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>DIPENTUM (olsalazine sodique)</t>
+  </si>
+  <si>
+    <t>21/02/2018 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983376/fr/dipentum-olsalazine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983376</t>
+  </si>
+  <si>
+    <t>olsalazine sodique</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399419/fr/dipentum-500-mg-comprimes-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523297/fr/dipentum-olsalazine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104007/fr/dipentum-olsalazine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829388/fr/dipentum-olsalazine-sodique</t>
+  </si>
+  <si>
+    <t>ATROVENT (Bromure d'ipratropium)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983378/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>pprd_2983378</t>
+  </si>
+  <si>
+    <t>Bromure d'ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399478/fr/atrovent-nasal-0-03-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399737/fr/atrovent-0-25-mg/1-ml-enfants-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-30-atrovent-0-50-mg/1-ml-adultes-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400286/fr/atrovent-0-50-mg/1-ml-adultes-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-30-recipients-unidoses-de-1-ml-code-cip-365-809-4-atrovent-0-50-mg/2-ml-adultes-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-10-recipients-unidoses-de-2-ml-code-cip-365-730-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400287/fr/atrovent-0-25-mg/1-ml-enfants-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-30-recipients-unidoses-de-1-ml-code-cip-365-813-1-atrovent-0-25-mg/2-ml-enfants-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-10-recipients-unidoses-de-2-ml-code-cip-365-731-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490547/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676784/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677500/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190385/fr/atrovent-nasal-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250053/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829040/fr/atrovent-nasal-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829052/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>OPTICRON (cromoglycate de sodium)</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983390/fr/opticron-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983390</t>
+  </si>
+  <si>
+    <t>cromoglycate de sodium</t>
+  </si>
+  <si>
+    <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399753/fr/opticron-unidose-collyre-recipient-unidose-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400815/fr/opticron-2-collyre-flacon-de-5-ml-opticron-unidose-collyre-en-recipient-unidose-boite-de-20-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559786/fr/opticron-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241670/fr/opticron-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656307/fr/opticron-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827570/fr/opticron-unidose-cromoglycate-de-sodium</t>
   </si>
   <si>
     <t>ZINBRYTA (daclizumab)</t>
   </si>
   <si>
-    <t>02/16/2018 12:07:56</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983405/en/zinbryta-daclizumab</t>
+    <t>16/02/2018 12:07:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983405/fr/zinbryta-daclizumab</t>
   </si>
   <si>
     <t>pprd_2983405</t>
   </si>
   <si>
     <t>daclizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2742059/en/zinbryta-daclizumab-immunosuppressant</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2825864/en/zinbryta-daclizumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2742059/fr/zinbryta-daclizumab-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825864/fr/zinbryta-daclizumab</t>
+  </si>
+  <si>
+    <t>ADRENALINE AGUETTANT SANS SULFITE (adrénaline (tartrate d'))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983406/fr/adrenaline-aguettant-sans-sulfite-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983406</t>
+  </si>
+  <si>
+    <t>adrénaline (tartrate d')</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658495/fr/adrenaline-aguettant-sans-sulfite-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825858/fr/adrenaline-aguettant-sans-sulfite-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>CLARITYNE (loratadine)</t>
+  </si>
+  <si>
+    <t>02/02/2018 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983415/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>pprd_2983415</t>
+  </si>
+  <si>
+    <t>loratadine</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399367/fr/clarityne-0-1g-/-100-ml-sirop-flacon-de-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399368/fr/clarityne-10-mg-comprime-effervescent-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455280/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147528/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719377/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746027/fr/clarityne-loratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824488/fr/clarityne-loratadine</t>
   </si>
   <si>
     <t>SORIATANE (acitrétine)</t>
   </si>
   <si>
-    <t>01/15/2018 09:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983437/en/soriatane-acitretine</t>
+    <t>15/01/2018 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983437/fr/soriatane-acitretine</t>
   </si>
   <si>
     <t>pprd_2983437</t>
   </si>
   <si>
     <t>acitrétine</t>
   </si>
   <si>
-    <t>ARROW GÉNÉRIQUES</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2819903/en/soriatane-acitretine</t>
+    <t>https://www.has-sante.fr/jcms/c_399462/fr/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517567/fr/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773263/fr/soriatane-acitretine-retinoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819903/fr/soriatane-acitretine</t>
   </si>
   <si>
     <t>EVIPLERA (ténofovir disoproxil (fumarate de)/ emtricitabine/ rilpivirine)</t>
   </si>
   <si>
-    <t>01/03/2018 08:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983454/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+    <t>03/01/2018 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983454/fr/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
   </si>
   <si>
     <t>pprd_2983454</t>
   </si>
   <si>
     <t>ténofovir disoproxil (fumarate de),emtricitabine,rilpivirine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1250131/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2813827/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+    <t>https://www.has-sante.fr/jcms/c_1250131/fr/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570617/fr/eviplera-rilpivirine-emtricitabine-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813827/fr/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
   </si>
   <si>
     <t>TROLOVOL (pénicillamine)</t>
   </si>
   <si>
-    <t>09/06/2017 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983536/en/trolovol-penicillamine</t>
+    <t>06/09/2017 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983536/fr/trolovol-penicillamine</t>
   </si>
   <si>
     <t>pprd_2983536</t>
   </si>
   <si>
     <t>pénicillamine</t>
   </si>
   <si>
     <t>EREMPHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400832/en/trolovol-penicillamine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759065/en/trolovol</t>
+    <t>https://www.has-sante.fr/jcms/c_400832/fr/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672245/fr/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788582/fr/trolovol-d-penicillamine-agent-chelateur-plomb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792082/fr/trolovol-d-penicillamine-agent-chelateur-cystinurie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759065/fr/trolovol-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
   </si>
   <si>
     <t>BENEPALI (étanercept)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983537/en/benepali-etanercept</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983537/fr/benepali-etanercept</t>
   </si>
   <si>
     <t>pprd_2983537</t>
   </si>
   <si>
     <t>étanercept</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682115/en/benepali-etanercept</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2617889/en/benepali-etanercept-biosimilar-anti-tnf</t>
+    <t>https://www.has-sante.fr/jcms/c_2682115/fr/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790570/fr/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791906/fr/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617889/fr/benepali-biosimilaire-d-etanercept-anti-tnf-etanercept</t>
+  </si>
+  <si>
+    <t>ERELZI (étanercept)</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983540/fr/erelzi-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983540</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790534/fr/erelzi-etanercept</t>
+  </si>
+  <si>
+    <t>KESTIN - KESTINLYO (ébastine)</t>
+  </si>
+  <si>
+    <t>02/08/2017 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983546/fr/kestin-kestinlyo-ebastine</t>
+  </si>
+  <si>
+    <t>pprd_2983546</t>
+  </si>
+  <si>
+    <t>ébastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399431/fr/kestin-10-mg-comprime-pellicule-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538435/fr/kestin-ebastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340454/fr/kestin-kestinlyo-ebastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788638/fr/kestin-kestinlyo-ebastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400318/fr/kestinlyo-10-mg-lyophilisat-oral-boite-de-30-code-cip-367-591-6</t>
+  </si>
+  <si>
+    <t>TRUXIMA (rituximab)</t>
+  </si>
+  <si>
+    <t>02/08/2017 17:01:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983551/fr/truxima-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2983551</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757876/fr/truxima-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788606/fr/truxima-rituximab</t>
+  </si>
+  <si>
+    <t>GANCICLOVIR SANDOZ (J05AB06/ ganciclovir sodique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983554/fr/ganciclovir-sandoz-j05ab06/-ganciclovir-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983554</t>
+  </si>
+  <si>
+    <t>J05AB06,ganciclovir sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776475/fr/ganciclovir-mylan-j05ab06/-ganciclovir-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788594/fr/ganciclovir-sandoz-j05ab06/-ganciclovir-sodique</t>
   </si>
   <si>
     <t>NEORAL (ciclosporine)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/fr/neoral-ciclosporine</t>
   </si>
   <si>
     <t>pprd_2983568</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983579/en/combivir-n/r/-lamivudine/-zidovudine/-lamivudine-et-zidovudine</t>
+    <t>https://www.has-sante.fr/jcms/c_399698/fr/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/fr/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/fr/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/fr/neoral-sandimmun-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/fr/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>CYCLADOL (piroxicam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983572/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2983572</t>
+  </si>
+  <si>
+    <t>piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399618/fr/cycladol-20-mg-comprime-effervescent-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538675/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798077/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277955/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779161/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>COMBIVIR (lamivudine/ zidovudine)</t>
+  </si>
+  <si>
+    <t>29/06/2017 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983579/fr/combivir-lamivudine/-zidovudine</t>
   </si>
   <si>
     <t>pprd_2983579</t>
   </si>
   <si>
     <t>lamivudine,zidovudine</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE/ ViiV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_631239/en/combivir-lamivudine/-zidovudine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399614/en/combivir-lamivudine/-zidovudine</t>
+    <t>https://www.has-sante.fr/jcms/c_631239/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798080/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254511/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777368/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399614/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>LORAMYC (Miconazole)</t>
+  </si>
+  <si>
+    <t>16/06/2017 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983590/fr/loramyc-miconazole</t>
+  </si>
+  <si>
+    <t>pprd_2983590</t>
+  </si>
+  <si>
+    <t>Miconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517627/fr/loramyc-miconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711199/fr/loramyc-miconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774123/fr/loramyc-miconazole</t>
   </si>
   <si>
     <t>DESCOVY (emtricitabine/ ténofovir alafénamide)</t>
   </si>
   <si>
-    <t>07/12/2017 16:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983591/en/descovy-emtricitabine/-tenofovir-alafenamide</t>
+    <t>12/07/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983591/fr/descovy-emtricitabine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983591</t>
   </si>
   <si>
     <t>emtricitabine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2774120/en/descovy-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983614/en/zelitrex-n/r/-valaciclovir/-valaciclovir-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2774120/fr/descovy-emtricitabine-tenofovir-alafenamide-association-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>MONOKETO (kétotifène (hydrogénofumarate de))</t>
+  </si>
+  <si>
+    <t>15/06/2017 09:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983596/fr/monoketo-ketotifene-hydrogenofumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983596</t>
+  </si>
+  <si>
+    <t>kétotifène (hydrogénofumarate de)</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773417/fr/monoketo-ketotifene-hydrogenofumarate-de</t>
+  </si>
+  <si>
+    <t>ZELITREX (valaciclovir)</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983614/fr/zelitrex-valaciclovir</t>
   </si>
   <si>
     <t>pprd_2983614</t>
   </si>
   <si>
     <t>valaciclovir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399354/en/zelitrex-valaciclovir</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769381/en/zelitrex-valaciclovir</t>
+    <t>https://www.has-sante.fr/jcms/c_399354/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399599/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400042/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574666/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574662/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260379/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769381/fr/zelitrex-valaciclovir</t>
   </si>
   <si>
     <t>INSUMAN (insuline humaine biogénétique)</t>
   </si>
   <si>
-    <t>05/18/2017 08:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983624/en/insuman-insuline-humaine-biogenetique</t>
+    <t>18/05/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983624/fr/insuman-insuline-humaine-biogenetique</t>
   </si>
   <si>
     <t>pprd_2983624</t>
   </si>
   <si>
     <t>insuline humaine biogénétique</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399559/en/insuman-insuline-humaine-biogenetique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2762900/en/insuman-infusat-insuline-humaine-biogenetique</t>
+    <t>https://www.has-sante.fr/jcms/c_399559/fr/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594448/fr/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735621/fr/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774160/fr/insuman-implantable-insuline-humaine-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762900/fr/insuman-infusat-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>PENTACARINAT (pentamidine diiséthionate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983626/fr/pentacarinat-pentamidine-diisethionate</t>
+  </si>
+  <si>
+    <t>pprd_2983626</t>
+  </si>
+  <si>
+    <t>pentamidine diiséthionate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468450/fr/pentacarinat-pentamidine-diisethionate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106830/fr/pentacarinat-pentamidine-diisethionate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762894/fr/pentacarinat-pentamidine-diisethionate</t>
+  </si>
+  <si>
+    <t>NOVORAPID - NOVOMIX (insuline asparte)</t>
+  </si>
+  <si>
+    <t>15/05/2017 08:53:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983629/fr/novorapid-novomix-insuline-asparte</t>
+  </si>
+  <si>
+    <t>pprd_2983629</t>
+  </si>
+  <si>
+    <t>insuline asparte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400813/fr/novorapid-100-u/ml-solution-injectable-en-flacon-1-flacon-de-10-ml-cip-352-590-9-novorapid-penfill-100-u/ml-solution-injectable-en-cartouche-5-cartouches-de-3-ml-cip-352-592-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1278896/fr/novorapid-novomix-insuline-asparte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756829/fr/novorapid-pumpcart-insuline-asparte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043747/fr/novorapid-novomix-insuline-asparte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762817/fr/novorapid-insuline-asparte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523445/fr/novomix-insuline-asparte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461111/fr/novomix-insuline-asparte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399275/fr/novomix-30-flexpen-100-ui/ml-suspension-injectable-en-stylo-pre-rempli-de-3-ml-novomix-30-penfill-100-ui/ml-suspension-injectable-en-cartouche-de-3-ml-boites-5</t>
+  </si>
+  <si>
+    <t>NABUCOX (nabumétone)</t>
+  </si>
+  <si>
+    <t>11/05/2017 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983633/fr/nabucox-nabumetone</t>
+  </si>
+  <si>
+    <t>pprd_2983633</t>
+  </si>
+  <si>
+    <t>nabumétone</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399303/fr/nabucox-1-g-comprime-dispersible-boites-de-14-et-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523359/fr/nabucox-nabumetone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231614/fr/nabucox-nabumetone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761880/fr/nabucox-nabumetone</t>
   </si>
   <si>
     <t>MIKICORT (budésonide)</t>
   </si>
   <si>
-    <t>05/02/2017 08:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983644/en/mikicort-budesonide</t>
+    <t>02/05/2017 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983644/fr/mikicort-budesonide</t>
   </si>
   <si>
     <t>pprd_2983644</t>
   </si>
   <si>
     <t>MAYOLY SPINDLER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1736004/en/mikicort-budesonide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2758093/en/mikicort-budesonide</t>
+    <t>https://www.has-sante.fr/jcms/c_1736004/fr/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743375/fr/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2638248/fr/mikicort-budesonide-corticoide-a-usage-local</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740886/fr/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758093/fr/mikicort-budesonide</t>
   </si>
   <si>
     <t>FIRDAPSE (amifampridine (phosphate d'))</t>
   </si>
   <si>
-    <t>04/21/2017 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983648/en/firdapse-amifampridine-phosphate-d</t>
+    <t>21/04/2017 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983648/fr/firdapse-amifampridine-phosphate-d</t>
   </si>
   <si>
     <t>pprd_2983648</t>
   </si>
   <si>
     <t>amifampridine (phosphate d')</t>
   </si>
   <si>
     <t>BIOMARIN EUROPE Limited</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962465/en/firdapse</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2757143/en/firdapse-amifampridine-phosphate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_962465/fr/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757143/fr/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>ZAWEK (méthotrexate)</t>
+  </si>
+  <si>
+    <t>18/04/2017 11:09:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983650/fr/zawek-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983650</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756583/fr/zawek-methotrexate</t>
+  </si>
+  <si>
+    <t>ALYOSTAL (venin d’abeille (Apis mellifera)/ venin de guêpe Polistes/ venin de guêpe Vespula)</t>
+  </si>
+  <si>
+    <t>11/04/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983657/fr/alyostal-venin-d-abeille-apis-mellifera-/-venin-de-guepe-polistes/-venin-de-guepe-vespula</t>
+  </si>
+  <si>
+    <t>pprd_2983657</t>
+  </si>
+  <si>
+    <t>venin d’abeille (Apis mellifera),venin de guêpe Polistes,venin de guêpe Vespula</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455022/fr/alyostal-venin-d-abeille-venin-d-abeille-apis-mellifera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455038/fr/alyostal-venin-de-guepe-vespula-venin-de-guepe-vespula</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455028/fr/alyostal-venin-de-guepe-polistes-venin-de-guepe-polistes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359724/fr/alyostal-venin-d-abeille-apis-mellifera-venin-d-abeille-apis-mellifera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359744/fr/alyostal-venin-de-guepe-vespula-venin-de-guepe-vespula</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359747/fr/alyostal-venin-de-guepe-polistes-venin-de-guepe-polistes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755789/fr/alyostal-venin-de-guepe-vespula-venin-de-guepe-vespula</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755795/fr/alyostal-venin-de-guepe-polistes-venin-de-guepe-polistes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755798/fr/alyostal-venin-d-abeille-apis-mellifera-venin-d-abeille-apis-mellifera</t>
+  </si>
+  <si>
+    <t>DAIVONEX (calcipotriol monohydraté)</t>
+  </si>
+  <si>
+    <t>29/03/2017 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983679/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983679</t>
+  </si>
+  <si>
+    <t>calcipotriol monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399371/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399372/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399370/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545534/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725208/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356879/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661844/fr/daivonex-calcipotriol-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752839/fr/daivonex-calcipotriol-monohydrate</t>
   </si>
   <si>
     <t>APTIVUS (tipranavir)</t>
   </si>
   <si>
-    <t>03/09/2017 17:05:33</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983697/en/aptivus-tipranavir</t>
+    <t>09/03/2017 17:05:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983697/fr/aptivus-tipranavir</t>
   </si>
   <si>
     <t>pprd_2983697</t>
   </si>
   <si>
     <t>tipranavir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400997/en/aptivus</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749464/en/aptivus-tipranavir</t>
+    <t>https://www.has-sante.fr/jcms/c_400997/fr/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945883/fr/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945898/fr/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945910/fr/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219566/fr/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749464/fr/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>BECONASE (béclométasone (dipropionate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>24/02/2017 16:14:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983716/fr/beconase-beclometasone-dipropionate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983716</t>
+  </si>
+  <si>
+    <t>béclométasone (dipropionate de) monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398834/fr/beconase-50-g/dose-suspension-nasale-pour-pulverisation-flacons-de-100-doses-et-200-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574217/fr/beconase-beclometasone-dipropionate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190356/fr/beconase-beclometasone-dipropionate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746933/fr/beconase-beclometasone-dipropionate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>AERIUS (desloratadine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983718/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>pprd_2983718</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399175/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399526/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399719/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399733/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400283/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473148/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219565/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746927/fr/aerius-desloratadine</t>
+  </si>
+  <si>
+    <t>ZYRTEC (cétirizine/ cétirizine (dichlorhydrate de))</t>
+  </si>
+  <si>
+    <t>24/02/2017 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983722/fr/zyrtec-cetirizine/-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983722</t>
+  </si>
+  <si>
+    <t>cétirizine,cétirizine (dichlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399017/fr/zyrtec-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_407779/fr/zyrtec-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605784/fr/zyrtec-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051902/fr/zyrtec-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746340/fr/zyrtec-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>VIRLIX (cétirizine (dichlorhydrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983723/fr/virlix-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983723</t>
+  </si>
+  <si>
+    <t>cétirizine (dichlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399042/fr/virlix-cetirizine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460283/fr/virlix-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100624/fr/virlix-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746337/fr/virlix-cetirizine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>DERMOVAL (clobétasol (propionate de))</t>
+  </si>
+  <si>
+    <t>02/02/2017 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983744/fr/dermoval-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983744</t>
+  </si>
+  <si>
+    <t>clobétasol (propionate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736979/fr/dermoval-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738612/fr/dermoval-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743865/fr/dermoval-clobetasol-propionate-de</t>
+  </si>
+  <si>
+    <t>REBIF (interféron bêta-1a)</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983752/fr/rebif-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>pprd_2983752</t>
+  </si>
+  <si>
+    <t>interféron bêta-1a</t>
+  </si>
+  <si>
+    <t>MERCK SANTE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399198/fr/rebif-22-g-6-mui-/0-5-ml-solution-injectable-pour-voie-s-c-en-seringue-preremplie-boite-de-1-3-et-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399395/fr/rebif-22-g-6-mui-/0-5-ml-solution-injectable-pour-voie-s-c-en-seringue-preremplie-rebif-44-g-12-mui-/0-5-ml-solution-injectable-pour-voie-s-c-en-seringue-preremplie-boite-de-1-3-et-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399654/fr/rebif-22-g-6-mui-/0-5-ml-solution-injectable-pour-voie-s-c-en-seringue-preremplie-rebif-44-g-12-mui-/0-5-ml-solution-injectable-pour-voie-s-c-en-seringue-preremplie-boites-de-1-3-et-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970613/fr/rebif-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883291/fr/rebif-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118591/fr/rebif-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277882/fr/rebif-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742053/fr/rebif-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>MIZOLLEN (mizolastine)</t>
+  </si>
+  <si>
+    <t>25/01/2017 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983758/fr/mizollen-mizolastine</t>
+  </si>
+  <si>
+    <t>pprd_2983758</t>
+  </si>
+  <si>
+    <t>mizolastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399227/fr/mizollen-10-mg-comprime-pellicule-a-liberation-modifiee-boite-de-15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446979/fr/mizollen-mizolastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146454/fr/mizollen-mizolastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740883/fr/mizollen-mizolastine</t>
+  </si>
+  <si>
+    <t>DIMEGAN (bromphéniramine (maléate de))</t>
+  </si>
+  <si>
+    <t>13/01/2017 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983763/fr/dimegan-brompheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983763</t>
+  </si>
+  <si>
+    <t>bromphéniramine (maléate de)</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455373/fr/dimegan-brompheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189049/fr/dimegan-brompheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736730/fr/dimegan-brompheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>ROFERON-A (interféron alfa-2a)</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983770/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>pprd_2983770</t>
+  </si>
+  <si>
+    <t>interféron alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399100/fr/roferon-a-3-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-4-5-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-6-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-9-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-18-mui/1-ml-solution-injectable-im-et-sc-1-ml-de-solution-en-flacon-seringue-2-aiguilles-boite-de-1-et-boite-de-12-roferon-a-18-mui/3-ml-solution-injectable-im-et-sc-3-ml-de-solution-en-flacon-6-seringues-12-aiguilles-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400879/fr/roferon-a-3-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-573-7-et-boite-de-12-cip-352-577-2-roferon-a-4-5-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-557-1-et-boite-de-12-cip-352-560-2-roferon-a-6-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-562-5-et-boite-de-12-cip-352-565-4-roferon-a-9-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-567-7-et-boite-de-12-cip-352-571-4-roferon-a-18-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-360-770-2-et-boite-de-12-cip-360-773-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281303/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627681/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733869/fr/roferon-a-interferon-alfa-2a</t>
   </si>
   <si>
     <t>ODEFSEY (emtricitabine/ rilpivirine/ ténofovir alafénamide)</t>
   </si>
   <si>
-    <t>03/29/2017 13:27:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983792/en/odefsey-emtricitabine/-rilpivirine/-tenofovir-alafenamide</t>
+    <t>29/03/2017 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983792/fr/odefsey-emtricitabine/-rilpivirine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983792</t>
   </si>
   <si>
     <t>emtricitabine,rilpivirine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2732128/en/odefsey-emtricitabine-rilpivirine-tenofovir-alafenamide-antiviral-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2732128/fr/odefsey-emtricitabine-rilpivirine-tenofovir-alafenamide-association-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>DILUANT PHYSIOLOGIQUE PHENOLE (chlorure de sodium/ phénol)</t>
+  </si>
+  <si>
+    <t>22/12/2016 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983795/fr/diluant-physiologique-phenole-chlorure-de-sodium/-phenol</t>
+  </si>
+  <si>
+    <t>pprd_2983795</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,phénol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458679/fr/diluant-physiologique-phenole-chlorure-de-sodium/-phenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359727/fr/diluant-physiologique-phenole-a-chlorure-de-sodium/-phenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732119/fr/diluant-physiologique-phenole-chlorure-de-sodium/-phenol</t>
+  </si>
+  <si>
+    <t>MAXIDEX (dexaméthasone)</t>
+  </si>
+  <si>
+    <t>15/12/2016 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983821/fr/maxidex-dexamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2983821</t>
+  </si>
+  <si>
+    <t>dexaméthasone</t>
+  </si>
+  <si>
+    <t>ALCON SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455929/fr/maxidex-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106837/fr/maxidex-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730764/fr/maxidex-dexamethasone</t>
   </si>
   <si>
     <t>FLIXABI (infliximab)</t>
   </si>
   <si>
-    <t>11/07/2016 09:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983867/en/flixabi-infliximab</t>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983867/fr/flixabi-infliximab</t>
   </si>
   <si>
     <t>pprd_2983867</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682160/en/flixabi-infliximab</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2655977/en/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+    <t>https://www.has-sante.fr/jcms/c_2682160/fr/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655977/fr/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>CHRONO-INDOCID - INDOCID (indométacine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983878/fr/chrono-indocid-indocid-indometacine</t>
+  </si>
+  <si>
+    <t>pprd_2983878</t>
+  </si>
+  <si>
+    <t>indométacine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400867/fr/chrono-indocid-75-mg-geluleboite-de-20-gelules-323-101-3-indocid-25-mg-geluleboite-de-30-gelules-305-256-9-indocid-100-mg-suppositoireboite-de-10-suppositoires-305-257-5-indocid-50-mg-suppositoireboite-de-10-suppositoires-305-258-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682091/fr/chrono-indocid-indocid-indometacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147552/fr/indocid-chrono-indocid-indometacine</t>
+  </si>
+  <si>
+    <t>MESTINON (bromure de pyridostigmine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983880/fr/mestinon-bromure-de-pyridostigmine</t>
+  </si>
+  <si>
+    <t>pprd_2983880</t>
+  </si>
+  <si>
+    <t>bromure de pyridostigmine</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883297/fr/mestinon-bromure-de-pyridostigmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098673/fr/mestinon-bromure-de-pyridostigmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607360/fr/mestinon-lp-bromure-de-pyridostigmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682085/fr/mestinon-bromure-de-pyridostigmine</t>
+  </si>
+  <si>
+    <t>EMERADE (adrénaline (tartrate d'))</t>
+  </si>
+  <si>
+    <t>02/11/2016 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983895/fr/emerade-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983895</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655947/fr/emerade-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680635/fr/emerade-adrenaline-tartrate-d</t>
   </si>
   <si>
     <t>LEVEMIR (insuline détémir)</t>
   </si>
   <si>
     <t>03/03/2017 15:51:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983903/en/levemir-insuline-detemir</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983903/fr/levemir-insuline-detemir</t>
   </si>
   <si>
     <t>pprd_2983903</t>
   </si>
   <si>
     <t>insuline détémir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400209/en/levemir-penfill-100u/ml-solution-injectable-en-cartouches-boite-de-5-levemir-flexpen-100u/ml-solution-injectable-en-stylos-pre-remplis-boite-de-5</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2679437/en/levemir-insulin-detemir-long-acting-human-insulin-analogue</t>
+    <t>https://www.has-sante.fr/jcms/c_400209/fr/levemir-penfill-100u/ml-solution-injectable-en-cartouches-boite-de-5-levemir-flexpen-100u/ml-solution-injectable-en-stylos-pre-remplis-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598147/fr/levemir-penfill-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277937/fr/levemir-penfill-flexpen-innolet-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719432/fr/levemir-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022087/fr/levemir-penfill-flexpen-innolet-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679437/fr/levemir-insuline-detemir-analogue-de-l-insuline-humaine-d-action-lente</t>
+  </si>
+  <si>
+    <t>AVONEX (interféron bêta-1a)</t>
+  </si>
+  <si>
+    <t>03/11/2016 13:54:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983908/fr/avonex-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>pprd_2983908</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399738/fr/avonex-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971048/fr/avonex-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679419/fr/avonex-interferon-beta-1a</t>
+  </si>
+  <si>
+    <t>PIVALONE (pivalate de tixocortol)</t>
+  </si>
+  <si>
+    <t>14/10/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983935/fr/pivalone-pivalate-de-tixocortol</t>
+  </si>
+  <si>
+    <t>pprd_2983935</t>
+  </si>
+  <si>
+    <t>pivalate de tixocortol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461134/fr/pivalone-pivalate-de-tixocortol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198190/fr/pivalone-pivalate-de-tixocortol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676732/fr/pivalone-pivalate-de-tixocortol</t>
+  </si>
+  <si>
+    <t>LOMUSOL (cromoglycate de sodium)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983937/fr/lomusol-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983937</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399149/fr/lomusol-4-pour-cent-solution-pour-pulverisation-nasale-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468387/fr/lomusol-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1074098/fr/lomusol-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098661/fr/lomusol-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676720/fr/lomusol-cromoglycate-de-sodium</t>
   </si>
   <si>
     <t>NIVAQUINE (chloroquine (sulfate de))</t>
   </si>
   <si>
-    <t>09/30/2016 16:41:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983955/en/nivaquine-chloroquine-sulfate-de</t>
+    <t>30/09/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983955/fr/nivaquine-chloroquine-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983955</t>
   </si>
   <si>
     <t>chloroquine (sulfate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_468413/en/nivaquine-chloroquine-sulfate-de</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759080/en/nivaquine</t>
+    <t>https://www.has-sante.fr/jcms/c_468413/fr/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323110/fr/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671800/fr/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759080/fr/nivaquine-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
   </si>
   <si>
     <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>09/27/2016 17:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>27/09/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983986</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+    <t>https://www.has-sante.fr/jcms/c_399073/fr/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/fr/tegeline-immunoglobuline-humaine-normale-immunoglobuline-humaine-polyvalente-iv</t>
   </si>
   <si>
     <t>COPAXONE (glatiramère (acétate de))</t>
   </si>
   <si>
-    <t>08/03/2016 08:43:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984014/en/copaxone-glatiramere-acetate-de</t>
+    <t>03/08/2016 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984014/fr/copaxone-glatiramere-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984014</t>
   </si>
   <si>
-    <t>glatiramère (acétate de)</t>
-[...1 lines deleted...]
-  <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399786/en/copaxone-20-mg/ml-poudre-et-solvant-pour-solution-injectable-flacon-de-20mg-de-poudre-ampoule-de-solvant-de-1ml-boite-de-28-glatiramere-acetate-de</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2658573/en/copaxone-glatiramere-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_399786/fr/copaxone-20-mg/ml-poudre-et-solvant-pour-solution-injectable-flacon-de-20mg-de-poudre-ampoule-de-solvant-de-1ml-boite-de-28-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057078/fr/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970611/fr/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658567/fr/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658573/fr/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>BILASKA (bilastine)</t>
+  </si>
+  <si>
+    <t>02/08/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984017/fr/bilaska-bilastine</t>
+  </si>
+  <si>
+    <t>pprd_2984017</t>
+  </si>
+  <si>
+    <t>bilastine</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068199/fr/bilaska-bilastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658561/fr/bilaska-bilastine</t>
+  </si>
+  <si>
+    <t>INORIAL (bilastine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984021/fr/inorial-bilastine</t>
+  </si>
+  <si>
+    <t>pprd_2984021</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068202/fr/inorial-bilastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658546/fr/inorial-bilastine</t>
+  </si>
+  <si>
+    <t>ZADITEN (kétotifène)</t>
+  </si>
+  <si>
+    <t>01/08/2016 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984035/fr/zaditen-ketotifene</t>
+  </si>
+  <si>
+    <t>pprd_2984035</t>
+  </si>
+  <si>
+    <t>kétotifène</t>
+  </si>
+  <si>
+    <t>SIGMA-TAU FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399033/fr/zaditen-ketotifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399352/fr/zaditen-ketotifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400839/fr/zaditen-ketotifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443484/fr/zaditen-ketotifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_627645/fr/zaditen-ketotifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188992/fr/zaditen-ketotifene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656828/fr/zaditen-ketotifene</t>
+  </si>
+  <si>
+    <t>CRIXIVAN (indinavir (sulfate d'))</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984039/fr/crixivan-indinavir-sulfate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984039</t>
+  </si>
+  <si>
+    <t>indinavir (sulfate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399241/fr/crixivan-100-mg-gelules-boite-de-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399369/fr/crixivan-100-mg-gelules-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400703/fr/crixivan-100-mg-gelule-180-gelules-code-cip-356-593-2-crixivan-200-mg-gelule-360-gelules-code-cip-342-099-0-crixivan-400-mg-gelule-90-gelules-code-cip-342-100-9-crixivan-400-mg-gelule-180-gelules-code-cip-342-101-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198165/fr/crixivan-indinavir-sulfate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656376/fr/crixivan-indinavir-sulfate-d</t>
+  </si>
+  <si>
+    <t>LIORESAL (baclofène)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984057/fr/lioresal-baclofene</t>
+  </si>
+  <si>
+    <t>pprd_2984057</t>
+  </si>
+  <si>
+    <t>baclofène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400930/fr/lioresal-10-mg-comprime-secable-boite-de-50-comprimes-317-161-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098679/fr/lioresal-baclofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655971/fr/lioresal-baclofene</t>
+  </si>
+  <si>
+    <t>ZERIT (stavudine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984063/fr/zerit-stavudine</t>
+  </si>
+  <si>
+    <t>pprd_2984063</t>
+  </si>
+  <si>
+    <t>stavudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684063/fr/zerit-stavudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684170/fr/zerit-stavudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971032/fr/zerit-stavudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655950/fr/zerit-stavudine</t>
+  </si>
+  <si>
+    <t>PRIMALAN (mequitazine)</t>
+  </si>
+  <si>
+    <t>14/06/2016 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984081/fr/primalan-mequitazine</t>
+  </si>
+  <si>
+    <t>pprd_2984081</t>
+  </si>
+  <si>
+    <t>mequitazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400671/fr/primalan-10-mg-comprime-secable-boite-de-14-code-cip-339-583-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847980/fr/primalan-mequitazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637990/fr/primalan-mequitazine</t>
   </si>
   <si>
     <t>CAELYX (doxorubicine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>10/13/2016 15:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+    <t>13/10/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/fr/caelyx-doxorubicine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984088</t>
   </si>
   <si>
     <t>doxorubicine (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398845/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2629893/en/caelyx-pegylated-liposomal-doxorubicin-cytotoxic-agent-ovarian-cancer</t>
+    <t>https://www.has-sante.fr/jcms/c_398845/fr/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/fr/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/fr/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/fr/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/fr/caelyx-doxorubicine-liposomale-pegylee-antineoplasique-sarcome-de-kaposi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/fr/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/fr/caelyx-doxorubicine-liposomale-pegylee-cytotoxique-cancer-de-l-ovaire</t>
+  </si>
+  <si>
+    <t>POLARAMINE (dexchlorphéniramine (maléate de))</t>
+  </si>
+  <si>
+    <t>03/06/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984099/fr/polaramine-dexchlorpheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984099</t>
+  </si>
+  <si>
+    <t>dexchlorphéniramine (maléate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635046/fr/polaramine-dexchlorpheniramine-maleate-de</t>
+  </si>
+  <si>
+    <t>EXTAVIA (interféron bêta-1b)</t>
+  </si>
+  <si>
+    <t>29/04/2016 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984127/fr/extavia-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>pprd_2984127</t>
+  </si>
+  <si>
+    <t>interféron bêta-1b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971045/fr/extavia-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626675/fr/extavia-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>NIVESTIM (filgrastim)</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984134/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984134</t>
+  </si>
+  <si>
+    <t>filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1029060/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626001/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069199/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>FELDENE - GELDENE (piroxicam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984139/fr/feldene-geldene-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2984139</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400916/fr/feldene-10-mg-geluleboite-de-30-code-cip-324-221-2feldene-20-mg-geluleboite-de-15-code-cip-326-369-7feldene-20-mg-dispersible-comprimes-secablesboite-de-15-code-cip-323-382-3feldene-20-mg-suppositoiresboite-de-15-code-cip-331-939-2feldene-20-mg/1-ml-solution-injectable-im1-ampoule-code-cip-328-609-5feldene-20-mg/1-ml-solution-injectable-im2-ampoules-code-cip-328-610-3-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798065/fr/feldene-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625591/fr/feldene-geldene-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019645/fr/geldene-feldene-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400922/fr/geldene-piroxicam</t>
+  </si>
+  <si>
+    <t>ALDACTONE (spironolactone)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984175/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>pprd_2984175</t>
+  </si>
+  <si>
+    <t>spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399120/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399408/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459647/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147525/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617856/fr/aldactone-spironolactone</t>
+  </si>
+  <si>
+    <t>SUSTIVA (efavirenz)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984177/fr/sustiva-efavirenz</t>
+  </si>
+  <si>
+    <t>pprd_2984177</t>
+  </si>
+  <si>
+    <t>efavirenz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468494/fr/sustiva-efavirenz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399660/fr/sustiva-30-mg/ml-solution-buvable-flacon-180-ml-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399760/fr/sustiva-600-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198153/fr/sustiva-efavirenz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617563/fr/sustiva-efavirenz</t>
+  </si>
+  <si>
+    <t>NEUPOGEN (filgrastim)</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984192/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984192</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400807/fr/neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-ml-349-810-1-neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-ml-349-811-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-953-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-954-4-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-6-ml-349-814-7-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-6-ml-349-815-3-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-951-5-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-952-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400808/fr/neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-ml-349-810-1-neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-ml-349-811-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-953-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-954-4-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-6-ml-349-814-7-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-6-ml-349-815-3-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-951-5-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-952-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098668/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612058/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>VIRAMUNE (névirapine anhydre)</t>
+  </si>
+  <si>
+    <t>19/02/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984202/fr/viramune-nevirapine-anhydre</t>
+  </si>
+  <si>
+    <t>pprd_2984202</t>
+  </si>
+  <si>
+    <t>névirapine anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468354/fr/viramune-nevirapine-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057074/fr/viramune-nevirapine-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234510/fr/viramune-nevirapine-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610176/fr/viramune-nevirapine-anhydre</t>
+  </si>
+  <si>
+    <t>RHOPHYLAC (immunoglobuline humaine anti-D)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984208/fr/rhophylac-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>pprd_2984208</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine anti-D</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400105/fr/rhophylac-200-microgrammesg/2-ml-solution-injectable-en-seringue-preremplie-boite-de-1-rhophylac-300-microgrammes/2-ml-solution-injectable-en-seringue-preremplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944568/fr/rhophylac-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610149/fr/rhophylac-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>ANTADYS (flurbiprofène)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984209/fr/antadys-flurbiprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984209</t>
+  </si>
+  <si>
+    <t>flurbiprofène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400849/fr/antadys-100-mg-comprime-pelliculeplaquette-de-15-comprimes-cip-326-767-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013242/fr/antadys-flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609235/fr/antadys-flurbiprofene</t>
   </si>
   <si>
     <t>ACADIONE (tiopronine)</t>
   </si>
   <si>
-    <t>02/19/2016 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984215/en/acadione-tiopronine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984215/fr/acadione-tiopronine</t>
   </si>
   <si>
     <t>pprd_2984215</t>
   </si>
   <si>
     <t>tiopronine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400754/en/acadione-tiopronine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759074/en/acadione</t>
+    <t>https://www.has-sante.fr/jcms/c_400754/fr/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609214/fr/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759074/fr/acadione-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>TILCOTIL (ténoxicam)</t>
+  </si>
+  <si>
+    <t>12/02/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984222/fr/tilcotil-tenoxicam</t>
+  </si>
+  <si>
+    <t>pprd_2984222</t>
+  </si>
+  <si>
+    <t>ténoxicam</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399203/fr/tilcotil-tenoxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400952/fr/tilcotil-tenoxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332056/fr/tilcotil-tenoxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608636/fr/tilcotil-tenoxicam</t>
   </si>
   <si>
     <t>REZOLSTA (cobicistat/ darunavir (éthanolate de))</t>
   </si>
   <si>
-    <t>04/06/2016 16:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984224/en/rezolsta-cobicistat/-darunavir-ethanolate-de</t>
+    <t>06/04/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984224/fr/rezolsta-cobicistat/-darunavir-ethanolate-de</t>
   </si>
   <si>
     <t>pprd_2984224</t>
   </si>
   <si>
     <t>cobicistat,darunavir (éthanolate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2607076/en/rezolsta-darunavir/cobicistat-antiretroviral</t>
+    <t>https://www.has-sante.fr/jcms/c_2607076/fr/rezolsta-darunavir/cobicistat-antiretroviral</t>
   </si>
   <si>
     <t>GRAZAX (extrait allergénique de pollen de fléole des prés)</t>
   </si>
   <si>
-    <t>02/11/2016 12:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984225/en/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+    <t>11/02/2016 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984225/fr/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
   </si>
   <si>
     <t>pprd_2984225</t>
   </si>
   <si>
     <t>extrait allergénique de pollen de fléole des prés</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_834970/en/grazax</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607070/en/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+    <t>https://www.has-sante.fr/jcms/c_834970/fr/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614416/fr/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969963/fr/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036281/fr/grazax-extrait-standardise-de-pollen-de-graminees-medicament-de-desensibilisation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607070/fr/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+  </si>
+  <si>
+    <t>TELZIR (fosamprénavir (inhibiteur de protéase, prodogue de l'amprénavir))</t>
+  </si>
+  <si>
+    <t>08/02/2016 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984228/fr/telzir-fosamprenavir-inhibiteur-de-protease-prodogue-de-l-amprenavir</t>
+  </si>
+  <si>
+    <t>pprd_2984228</t>
+  </si>
+  <si>
+    <t>fosamprénavir (inhibiteur de protéase, prodogue de l'amprénavir)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400041/fr/telzir-700-mg-comprimes-pellicules-flacon-de-60-telzir-50mg/ml-suspension-buvable-flacon-225-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642930/fr/telzir-fosamprenavir-inhibiteur-de-protease-prodogue-de-l-amprenavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198174/fr/telzir-fosamprenavir-inhibiteur-de-protease-prodogue-de-l-amprenavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606860/fr/telzir-fosamprenavir-inhibiteur-de-protease-prodogue-de-l-amprenavir</t>
+  </si>
+  <si>
+    <t>DANTRIUM (dantrolène sodique)</t>
+  </si>
+  <si>
+    <t>05/02/2016 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984233/fr/dantrium-dantrolene-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984233</t>
+  </si>
+  <si>
+    <t>dantrolène sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400858/fr/dantrium-dantrolene-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987204/fr/dantrium-dantrolene-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598659/fr/dantrium-dantrolene-sodique</t>
+  </si>
+  <si>
+    <t>NORVIR (ritonavir)</t>
+  </si>
+  <si>
+    <t>18/01/2016 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984263/fr/norvir-ritonavir</t>
+  </si>
+  <si>
+    <t>pprd_2984263</t>
+  </si>
+  <si>
+    <t>ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468349/fr/norvir-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036529/fr/norvir-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588368/fr/norvir-ritonavir</t>
+  </si>
+  <si>
+    <t>ORAVIR (famciclovir)</t>
+  </si>
+  <si>
+    <t>08/01/2016 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984267/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>pprd_2984267</t>
+  </si>
+  <si>
+    <t>famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400816/fr/oravir-500-mg-comprime-pellicule-b/21-cip-341-382-0-oravir-125-mg-comprime-pellicule-b/10-cip-352-369-0-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951419/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281720/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586915/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>ANSATIPINE (rifabutine)</t>
+  </si>
+  <si>
+    <t>10/12/2015 12:17:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984303/fr/ansatipine-rifabutine</t>
+  </si>
+  <si>
+    <t>pprd_2984303</t>
+  </si>
+  <si>
+    <t>rifabutine</t>
+  </si>
+  <si>
+    <t>SERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400284/fr/ansatipine-150-mg-gelule-boite-de-30-code-cip-336-069-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944534/fr/ansatipine-rifabutine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579416/fr/ansatipine-rifabutine</t>
+  </si>
+  <si>
+    <t>RETROVIR (zidovudine)</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984313/fr/retrovir-zidovudine</t>
+  </si>
+  <si>
+    <t>pprd_2984313</t>
+  </si>
+  <si>
+    <t>zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400673/fr/retrovir-100-mg-retrovir-100-mg/10-ml-retrovir-250-mg-retrovir-300-mg-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198179/fr/retrovir-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573221/fr/retrovir-zidovudine</t>
+  </si>
+  <si>
+    <t>BECLO-RHINO (béclométasone (dipropionate de) anhydre)</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:57:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984315/fr/beclo-rhino-beclometasone-dipropionate-de-anhydre</t>
+  </si>
+  <si>
+    <t>pprd_2984315</t>
+  </si>
+  <si>
+    <t>béclométasone (dipropionate de) anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398832/fr/beclo-rhino-50-g/dose-suspension-pour-pulverisation-nasale-flacon-de-100-doses-et-200-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459740/fr/beclo-rhino-beclometasone-dipropionate-de-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019689/fr/beclo-rhino-beclometasone-dipropionate-de-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572478/fr/beclo-rhino-beclometasone-dipropionate-de-anhydre</t>
+  </si>
+  <si>
+    <t>MULTICROM (cromoglicate de sodium)</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984359/fr/multicrom-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984359</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400802/fr/multicrom-2-collyre-en-solution-flacon-de-10-ml-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460170/fr/multicrom-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987222/fr/multicrom-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564432/fr/multicrom-cromoglicate-de-sodium</t>
+  </si>
+  <si>
+    <t>NIFLURIL ENFANT - ADULTES (morniflumate/ acide niflumique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984361/fr/nifluril-enfant-adultes-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>pprd_2984361</t>
+  </si>
+  <si>
+    <t>morniflumate,acide niflumique</t>
+  </si>
+  <si>
+    <t>UPSA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400935/fr/nifluril-250-mg-geluleb/30-cip-307-287-9-acide-niflumique-nifluril-adultes-700-mg-suppositoireb/8-cip-313-213-3-nifluril-enfants-400-mg-suppositoire-secableb/8-cip-318-863-6-nifluril-3-pommade1-tube-de-60-g-cip-311-619-2-niflugel-2-5-gel-percutane1-tube-de-60-g-cip-331-866-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018494/fr/nifluril-niflugel-2-5-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564384/fr/nifluril-niflugel-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564420/fr/nifluril-enfant-adultes-morniflumate/-acide-niflumique</t>
+  </si>
+  <si>
+    <t>CROMEDIL (sodium (cromoglicate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984362/fr/cromedil-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984362</t>
+  </si>
+  <si>
+    <t>sodium (cromoglicate de)</t>
+  </si>
+  <si>
+    <t>EUROPHTA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400775/fr/cromedil-2-collyre-flacon-de-5-ml-cromedil-2-collyre-en-recipient-unidose-boite-de-20-et-boite-de-30-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400774/fr/cromedil-2-pour-cent-collyre-1-flacon-de-5-ml-cip-336-610-9-cromedil-2-pour-cent-collyre-en-solution-en-recipient-unidose-boite-de-30-cip-356-157-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944507/fr/cromedil-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564416/fr/cromedil-sodium-cromoglicate-de</t>
   </si>
   <si>
     <t>IMUREL (azathioprine)</t>
   </si>
   <si>
-    <t>10/21/2015 17:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/fr/imurel-azathioprine</t>
   </si>
   <si>
     <t>pprd_2984367</t>
   </si>
   <si>
     <t>azathioprine</t>
   </si>
   <si>
-    <t>HAC PHARMA</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+    <t>https://www.has-sante.fr/jcms/c_400866/fr/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/fr/imurel-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
   </si>
   <si>
     <t>REYATAZ (atazanavir)</t>
   </si>
   <si>
-    <t>10/21/2015 15:43:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984372/en/reyataz-atazanavir</t>
+    <t>21/10/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984372/fr/reyataz-atazanavir</t>
   </si>
   <si>
     <t>pprd_2984372</t>
   </si>
   <si>
     <t>atazanavir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400131/en/reyataz-150-mg-gelules-boite-de-60-reyataz-200-mg-gelules-boite-de-60-reyataz-50-mg/1-5-g-poudre-orale-flacon-de-180-g</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2561597/en/reyataz-atazanavir</t>
+    <t>https://www.has-sante.fr/jcms/c_400131/fr/reyataz-150-mg-gelules-boite-de-60-reyataz-200-mg-gelules-boite-de-60-reyataz-50-mg/1-5-g-poudre-orale-flacon-de-180-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677435/fr/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828101/fr/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991888/fr/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747985/fr/reyataz-atazanavir-inhibiteur-de-protease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561597/fr/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>VIDEX (didanosine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984374/fr/videx-didanosine</t>
+  </si>
+  <si>
+    <t>pprd_2984374</t>
+  </si>
+  <si>
+    <t>didanosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400730/fr/videx-didanosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400748/fr/videx-didanosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970612/fr/videx-didanosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561591/fr/videx-didanosine</t>
+  </si>
+  <si>
+    <t>FUZEON (enfuvirtide)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984375/fr/fuzeon-enfuvirtide</t>
+  </si>
+  <si>
+    <t>pprd_2984375</t>
+  </si>
+  <si>
+    <t>enfuvirtide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400022/fr/fuzeon-90-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-60-flacons-de-poudre-pour-solution-injectable-60-flacons-de-solvant-60-seringues-de-3-ml-60-seringues-de-1ml-et-180-tampons-alcoolises</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198159/fr/fuzeon-enfuvirtide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561585/fr/fuzeon-enfuvirtide</t>
+  </si>
+  <si>
+    <t>EMTRIVA (emtricitabine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984376/fr/emtriva-emtricitabine</t>
+  </si>
+  <si>
+    <t>pprd_2984376</t>
+  </si>
+  <si>
+    <t>emtricitabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399995/fr/emtriva-200-mg-gelule-flacon-de-30-emtriva-10-mg/ml-solution-buvable-flacon-170-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944498/fr/emtriva-emtricitabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561582/fr/emtriva-emtricitabine</t>
+  </si>
+  <si>
+    <t>EPIVIR (lamivudine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984379/fr/epivir-lamivudine</t>
+  </si>
+  <si>
+    <t>pprd_2984379</t>
+  </si>
+  <si>
+    <t>lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399375/fr/epivir-150-mg-comprimes-pellicules-60-epivir-300-mg-comprimes-pellicules-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400653/fr/epivir-10-mg/ml-solution-buvable-1-flacon-240-ml-code-cip-341-451-2-epivir-150-mg-comprime-pellicule-1-flacon-de-60-comprimes-code-cip-341-452-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944525/fr/epivir-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561573/fr/epivir-lamivudine</t>
+  </si>
+  <si>
+    <t>INVIRASE (saquinavir (mésilate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984380/fr/invirase-saquinavir-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984380</t>
+  </si>
+  <si>
+    <t>saquinavir (mésilate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399965/fr/invirase-200-mg-flacon-de-270-gelules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400869/fr/invirase-200-mg-flacon-de-270-gelules-cip-342-084-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046814/fr/invirase-saquinavir-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561567/fr/invirase-saquinavir-mesilate-de</t>
+  </si>
+  <si>
+    <t>ALLERGODIL (chlorhydrate d'azélastine)</t>
+  </si>
+  <si>
+    <t>05/10/2015 18:36:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984393/fr/allergodil-chlorhydrate-d-azelastine</t>
+  </si>
+  <si>
+    <t>pprd_2984393</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400758/fr/allergodil-chlorhydrate-d-azelastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438708/fr/allergodil-chlorhydrate-d-azelastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046811/fr/allergodil-chlorhydrate-d-azelastine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559924/fr/allergodil-chlorhydrate-d-azelastine</t>
+  </si>
+  <si>
+    <t>ZALERG (kétotifène/ kétotifène (hydrogénofumarate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984395/fr/zalerg-ketotifene/-ketotifene-hydrogenofumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984395</t>
+  </si>
+  <si>
+    <t>kétotifène,kétotifène (hydrogénofumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994258/fr/zalerg-ketotifene/-ketotifene-hydrogenofumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559896/fr/zalerg-ketotifene/-ketotifene-hydrogenofumarate-de</t>
+  </si>
+  <si>
+    <t>KIVEXA (abacavir (sulfate d')/ lamivudine)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984404/fr/kivexa-abacavir-sulfate-d-/-lamivudine</t>
+  </si>
+  <si>
+    <t>pprd_2984404</t>
+  </si>
+  <si>
+    <t>abacavir (sulfate d'),lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_719595/fr/kivexa-abacavir-sulfate-d-/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054868/fr/kivexa-abacavir-sulfate-d-/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559109/fr/kivexa-abacavir-sulfate-d-/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400208/fr/kivexa-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>BREXIN (piroxicam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984405/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2984405</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399610/fr/brexin-20-mg-comprime-effervescent-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400853/fr/brexin-20-mg-comprime-secableboite-de-14-comprimes-code-cip-335-959-8-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798087/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277879/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559106/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>LODINE (étodolac)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984418/fr/lodine-etodolac</t>
+  </si>
+  <si>
+    <t>pprd_2984418</t>
+  </si>
+  <si>
+    <t>étodolac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474365/fr/lodine-etodolac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970608/fr/lodine-etodolac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558841/fr/lodine-etodolac</t>
+  </si>
+  <si>
+    <t>RHINOCORT (budésonide)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984421/fr/rhinocort-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2984421</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400636/fr/rhinocort-64-microgrammes/dose-suspension-pour-pulverisation-nasale-flacon-de-120-doses-cip-351-582-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036524/fr/rhinocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558826/fr/rhinocort-budesonide</t>
+  </si>
+  <si>
+    <t>JEXT (adrénaline (tartrate d'))</t>
+  </si>
+  <si>
+    <t>02/09/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984433/fr/jext-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984433</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054862/fr/jext-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055718/fr/jext-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>CEBUTID (flurbiprofene)</t>
+  </si>
+  <si>
+    <t>06/08/2015 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984446/fr/cebutid-flurbiprofene</t>
+  </si>
+  <si>
+    <t>pprd_2984446</t>
+  </si>
+  <si>
+    <t>flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400965/fr/cebutid-100mg-comprime-enrobeboite-de-15-comprimes-code-cip-322-267-5cebutid-50-mg-comprime-enrobeboite-de-30-comprimes-code-cip-319-710-9cebutid-lp-200-mg-gelule-a-liberation-prolongeeflacon-de-16-gelules-code-cip-331-990-8-flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013270/fr/cebutid-flurbiprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052635/fr/cebutid-flurbiprofene</t>
+  </si>
+  <si>
+    <t>ZIAGEN (abacavir)</t>
+  </si>
+  <si>
+    <t>17/07/2015 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984466/fr/ziagen-abacavir</t>
+  </si>
+  <si>
+    <t>pprd_2984466</t>
+  </si>
+  <si>
+    <t>abacavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399405/fr/ziagen-abacavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400035/fr/ziagen-abacavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718939/fr/ziagen-abacavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1065589/fr/ziagen-abacavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046994/fr/ziagen-abacavir</t>
+  </si>
+  <si>
+    <t>TRIZIVIR (abacavir (sulfate d')/ lamivudine/ zidovudine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984469/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>pprd_2984469</t>
+  </si>
+  <si>
+    <t>abacavir (sulfate d'),lamivudine,zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399056/fr/trizivir-300/150/300-mg-comprimes-pellicules-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718918/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051920/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046984/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399930/fr/trizivir-comprime-pellicule-boite-de-60</t>
+  </si>
+  <si>
+    <t>ARTOTEC (misoprostol/ diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>24/06/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984500/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984500</t>
+  </si>
+  <si>
+    <t>misoprostol,diclofénac sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400763/fr/artotec-75-mg/0-2-mg-comprime-b/20-code-cip-352-654-7-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958811/fr/artotec-misoprostol/-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727808/fr/artotec-50-mg/0-2-mg-et-75-mg/0-2-mg-diclofenac-sodique-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040748/fr/artotec-misoprostol/-diclofenac-sodique</t>
   </si>
   <si>
     <t>CELEBREX (celecoxib)</t>
   </si>
   <si>
-    <t>06/24/2015 16:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984505/en/celebrex-celecoxib</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984505/fr/celebrex-celecoxib</t>
   </si>
   <si>
     <t>pprd_2984505</t>
   </si>
   <si>
     <t>celecoxib</t>
   </si>
   <si>
-    <t>PFIZER</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2040117/en/celebrex-celecoxib</t>
+    <t>https://www.has-sante.fr/jcms/c_399997/fr/celebrex-100-mg-gelule-boites-de-30-et-100-celebrex-200-mg-gelule-boites-de-30-et-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537895/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013257/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874882/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215844/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040117/fr/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>CROMOGLICATE (sodium (cromoglicate de))</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984545/fr/cromoglicate-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984545</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S/ THEA/ ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398881/fr/cromoglicate-thea-0-2-pour-cent-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399900/fr/cromoglicate-arrow-2-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031560/fr/cromoglicate-de-sodium-mylan-sodium-cromoglicate-de</t>
   </si>
   <si>
     <t>LEVOPHTA - LEVOFREE (levocabastine (chlorhydrate))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984549/en/levophta-levofree-levocabastine-chlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984549/fr/levophta-levofree-levocabastine-chlorhydrate</t>
   </si>
   <si>
     <t>pprd_2984549</t>
   </si>
   <si>
     <t>levocabastine (chlorhydrate)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400792/en/levophta-0-05-collyre-flacon-de-5-ml-levocabastine-chlorhydrate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2030577/en/levophta-levofree-levocabastine-chlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400792/fr/levophta-0-05-collyre-flacon-de-5-ml-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400793/fr/levophta-0-05-pour-cent-collyre-1-flacon-compte-gouttes-de-5-ml-cip-347-398-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881782/fr/levophta-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030577/fr/levophta-levofree-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>TECTASIM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984596/fr/tectasim-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2984596</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018888/fr/tectasim-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>DEXERYL (paraffine liquide/ vaseline/ glycérol)</t>
   </si>
   <si>
-    <t>05/22/2015 14:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984597/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+    <t>22/05/2015 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984597/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
   </si>
   <si>
     <t>pprd_2984597</t>
   </si>
   <si>
     <t>paraffine liquide,vaseline,glycérol</t>
   </si>
   <si>
-    <t>PIERRE FABRE MEDICAMENT</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2018885/en/dexeryl-glycerin-petrolatum-liquid-paraffin-emollient</t>
+    <t>https://www.has-sante.fr/jcms/c_400119/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834969/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188995/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018885/fr/dexeryl-glycerol-vaseline-paraffine-liquide-emollient</t>
+  </si>
+  <si>
+    <t>CROMABAK - CROMADOSES (cromoglicate de sodium/ sodium (cromoglicate de))</t>
+  </si>
+  <si>
+    <t>16/10/2014 18:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984694/fr/cromabak-cromadoses-cromoglicate-de-sodium/-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984694</t>
+  </si>
+  <si>
+    <t>cromoglicate de sodium,sodium (cromoglicate de)</t>
+  </si>
+  <si>
+    <t>THEA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400772/fr/cromabak-2-collyre-en-solution-flacon-de-10-ml-cromoglicate-de-sodium/-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847974/fr/cromabak-cromoglicate-de-sodium/-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768789/fr/cromabak-cromadoses-cromoglicate-de-sodium/-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036291/fr/cromadoses-cromabak-cromoglicate-de-sodium/-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832533/fr/cromadoses-cromoglicate-de-sodium/-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400773/fr/cromadoses-2-collyre-en-solution-en-recipient-unidose-boite-de-30-cromoglicate-de-sodium/-sodium-cromoglicate-de</t>
+  </si>
+  <si>
+    <t>GRASTOFIL (filgrastim)</t>
+  </si>
+  <si>
+    <t>13/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984698/fr/grastofil-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984698</t>
+  </si>
+  <si>
+    <t>EG LABO-LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766745/fr/grastofil-filgrastim</t>
   </si>
   <si>
     <t>DAUNOXOME (daunorubicine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>08/07/2014 17:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984722/en/daunoxome-daunorubicine-chlorhydrate-de</t>
+    <t>07/08/2014 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984722/fr/daunoxome-daunorubicine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984722</t>
   </si>
   <si>
     <t>daunorubicine (chlorhydrate de)</t>
   </si>
   <si>
     <t>NOVEX PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1758549/en/daunoxome</t>
+    <t>https://www.has-sante.fr/jcms/c_1758549/fr/daunoxome-daunorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>PACLITAXEL AHCL (paclitaxel)</t>
+  </si>
+  <si>
+    <t>30/07/2014 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984730/fr/paclitaxel-ahcl-paclitaxel</t>
+  </si>
+  <si>
+    <t>pprd_2984730</t>
+  </si>
+  <si>
+    <t>paclitaxel</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756170/fr/paclitaxel-ahcl-paclitaxel</t>
+  </si>
+  <si>
+    <t>BETAFERON (interféron bêta-1b)</t>
+  </si>
+  <si>
+    <t>26/05/2014 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984766/fr/betaferon-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>pprd_2984766</t>
+  </si>
+  <si>
+    <t>BAYER SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399608/fr/betaferon-250-g/ml-poudre-et-solvant-pour-solution-injectable-boite-de-15-flacons-de-lyophilisats-15-seringues-pre-remplies-de-solvant-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455147/fr/betaferon-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970607/fr/betaferon-interferon-beta-1b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742487/fr/betaferon-interferon-beta-1b</t>
   </si>
   <si>
     <t>TYBOST (cobicistat)</t>
   </si>
   <si>
     <t>09/09/2014 16:58:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984768/en/tybost-cobicistat</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984768/fr/tybost-cobicistat</t>
   </si>
   <si>
     <t>pprd_2984768</t>
   </si>
   <si>
     <t>cobicistat</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1742475/en/tybost</t>
+    <t>https://www.has-sante.fr/jcms/c_1742475/fr/tybost-cobicistat-potentialisateur-d-antiretroviral</t>
+  </si>
+  <si>
+    <t>TILAVIST (nédocromil sodique)</t>
+  </si>
+  <si>
+    <t>30/04/2014 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984783/fr/tilavist-nedocromil-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984783</t>
+  </si>
+  <si>
+    <t>nédocromil sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756242/fr/tilavist-nedocromil-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739023/fr/tilavist-nedocromil-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400831/fr/tilavist-collyre-flacon-de-3-ml-nedocromil-sodique</t>
   </si>
   <si>
     <t>VOLTARENE (diclofénac sodique)</t>
   </si>
   <si>
-    <t>05/16/2014 16:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984817/en/voltarene-diclofenac-sodique</t>
+    <t>16/05/2014 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984817/fr/voltarene-diclofenac-sodique</t>
   </si>
   <si>
     <t>pprd_2984817</t>
   </si>
   <si>
     <t>diclofénac sodique</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1726947/en/voltarene</t>
+    <t>https://www.has-sante.fr/jcms/c_1726947/fr/voltarene-diclofenac-sodique-anti-inflammatoires-non-steroidiens-ains-non-selectifs</t>
   </si>
   <si>
     <t>DYMISTA (propionate de fluticasone/ chlorhydrate d'azélastine)</t>
   </si>
   <si>
-    <t>09/10/2014 16:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984822/en/dymista-propionate-de-fluticasone/-chlorhydrate-d-azelastine</t>
+    <t>10/09/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984822/fr/dymista-propionate-de-fluticasone/-chlorhydrate-d-azelastine</t>
   </si>
   <si>
     <t>pprd_2984822</t>
   </si>
   <si>
     <t>propionate de fluticasone,chlorhydrate d'azélastine</t>
   </si>
   <si>
-    <t>MEDA PHARMA</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1725332/en/dymista</t>
+    <t>https://www.has-sante.fr/jcms/c_1725332/fr/dymista-fluticasone-azelastine-association-corticoide-antihistaminique</t>
+  </si>
+  <si>
+    <t>HEXATRIONE (Triamcinolone hexacetonide)</t>
+  </si>
+  <si>
+    <t>23/01/2014 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984848/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>pprd_2984848</t>
+  </si>
+  <si>
+    <t>Triamcinolone hexacetonide</t>
+  </si>
+  <si>
+    <t>DEXO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468552/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773269/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717928/fr/hexatrione-triamcinolone-hexacetonide</t>
   </si>
   <si>
     <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>03/05/2014 17:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>05/03/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2984872</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984999/en/viraferonpeg-n/r/-peginterferon-alfa-2b/-peginterferon-alfa-2b-bacterie/escherich</t>
+    <t>https://www.has-sante.fr/jcms/c_697321/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/fr/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>VIRAFERONPEG (peginterféron alfa-2b)</t>
+  </si>
+  <si>
+    <t>24/09/2012 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984999/fr/viraferonpeg-peginterferon-alfa-2b</t>
   </si>
   <si>
     <t>pprd_2984999</t>
   </si>
   <si>
     <t>peginterféron alfa-2b</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399205/en/viraferonpeg-peginterferon-alfa-2b</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1298582/en/viraferonpeg-peginterferon-alfa-2b</t>
+    <t>https://www.has-sante.fr/jcms/c_399205/fr/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701486/fr/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698217/fr/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736838/fr/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977225/fr/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298582/fr/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>VIRACEPT (mésylate de nelfinavir)</t>
+  </si>
+  <si>
+    <t>04/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985008/fr/viracept-mesylate-de-nelfinavir</t>
+  </si>
+  <si>
+    <t>pprd_2985008</t>
+  </si>
+  <si>
+    <t>mésylate de nelfinavir</t>
+  </si>
+  <si>
+    <t>Laboratoire ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399204/fr/viracept-mesylate-de-nelfinavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399403/fr/viracept-mesylate-de-nelfinavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399666/fr/viracept-mesylate-de-nelfinavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400110/fr/viracept-mesylate-de-nelfinavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622534/fr/viracept-mesylate-de-nelfinavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277940/fr/viracept-mesylate-de-nelfinavir</t>
+  </si>
+  <si>
+    <t>SOLUPRICK CONTROLE POSITIF / CONTROLE NEGATIF (contrôle positif : dichlorhydrate d'histamine 10 mg /ml/ contrôle néga...)</t>
+  </si>
+  <si>
+    <t>29/02/2012 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985040/fr/soluprick-controle-positif-/-controle-negatif-controle-positif-dichlorhydrate-d-histamine-10-mg-/ml/-controle-nega</t>
+  </si>
+  <si>
+    <t>pprd_2985040</t>
+  </si>
+  <si>
+    <t>contrôle positif : dichlorhydrate d'histamine 10 mg /ml,contrôle négatif : pas de substance active</t>
+  </si>
+  <si>
+    <t>Laboratoire ALK-ABELLO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231623/fr/soluprick-controle-positif-/-controle-negatif-controle-positif-dichlorhydrate-d-histamine-10-mg-/ml/-controle-nega</t>
+  </si>
+  <si>
+    <t>NASALIDE (flunisolide)</t>
+  </si>
+  <si>
+    <t>16/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985087/fr/nasalide-flunisolide</t>
+  </si>
+  <si>
+    <t>pprd_2985087</t>
+  </si>
+  <si>
+    <t>flunisolide</t>
+  </si>
+  <si>
+    <t>Laboratoire TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399228/fr/nasalide-25-g/dose-solution-nasale-en-flacon-pulverisateur-avec-embout-nasal-flacon-de-24-ml-200-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446994/fr/nasalide-flunisolide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147564/fr/nasalide-flunisolide</t>
   </si>
   <si>
     <t>PROXALYOC (piroxicam)</t>
   </si>
   <si>
-    <t>11/30/2011 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985092/en/proxalyoc-piroxicam</t>
+    <t>30/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985092/fr/proxalyoc-piroxicam</t>
   </si>
   <si>
     <t>pprd_2985092</t>
   </si>
   <si>
-    <t>piroxicam</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire CEPHALON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399112/en/proxalyoc-piroxicam</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1147513/en/proxalyoc-piroxicam</t>
+    <t>https://www.has-sante.fr/jcms/c_399112/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468401/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798084/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147513/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>ALMIDE (lodoxamide)</t>
+  </si>
+  <si>
+    <t>07/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985135/fr/almide-lodoxamide</t>
+  </si>
+  <si>
+    <t>pprd_2985135</t>
+  </si>
+  <si>
+    <t>lodoxamide</t>
+  </si>
+  <si>
+    <t>Laboratoire ALCON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399176/fr/almide-lodoxamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400759/fr/almide-0-1-lodoxamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_436615/fr/almide-lodoxamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098670/fr/almide-lodoxamide</t>
   </si>
   <si>
     <t>RHESONATIV (immunoglobuline humaine anti-D)</t>
   </si>
   <si>
-    <t>06/18/2012 18:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985242/en/rhesonativ-immunoglobuline-humaine-anti-d</t>
+    <t>18/06/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985242/fr/rhesonativ-immunoglobuline-humaine-anti-d</t>
   </si>
   <si>
     <t>pprd_2985242</t>
   </si>
   <si>
-    <t>immunoglobuline humaine anti-D</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire OCTAPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_996900/en/rhesonativ</t>
+    <t>https://www.has-sante.fr/jcms/c_996900/fr/rhesonativ-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>SPIRONOLACTONE MICROFINE RATIOPHARM (spironolactone)</t>
+  </si>
+  <si>
+    <t>30/07/2010 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985259/fr/spironolactone-microfine-ratiopharm-spironolactone</t>
+  </si>
+  <si>
+    <t>pprd_2985259</t>
+  </si>
+  <si>
+    <t>Laboratoire RATIOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399659/fr/spironolactone-microfine-ratiopharm-50mg-comprimes-secables-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598134/fr/spironolactone-microfine-spironolactone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970617/fr/spironolactone-microfine-ratiopharm-spironolactone</t>
   </si>
   <si>
     <t>ARIDOL (mannitol)</t>
   </si>
   <si>
-    <t>06/16/2011 17:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985267/en/aridol-mannitol</t>
+    <t>16/06/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985267/fr/aridol-mannitol</t>
   </si>
   <si>
     <t>pprd_2985267</t>
   </si>
   <si>
     <t>mannitol</t>
   </si>
   <si>
     <t>Laboratoire PRAXIS PHARMACEUTICAL FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962469/en/aridol</t>
+    <t>https://www.has-sante.fr/jcms/c_962469/fr/aridol-mannitol</t>
+  </si>
+  <si>
+    <t>Immunoglobulines IV dans le traitement du pemphigus (immunoglobuline normale/ immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>11/06/2010 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985270/fr/immunoglobulines-iv-dans-le-traitement-du-pemphigus-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>pprd_2985270</t>
+  </si>
+  <si>
+    <t>immunoglobuline normale,immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951073/fr/immunoglobulines-intraveineuses-dans-le-traitement-de-la-myasthenie-crises-ou-poussees-severes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951080/fr/immunoglobulines-intraveineuses-dans-le-traitement-des-myopathies-inflammatoires-severes-ou-cortico-resistantes-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958840/fr/immunoglobulines-iv-dans-le-traitement-du-pemphigus-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>XILANIK (kétoprofène/ oméprazole)</t>
   </si>
   <si>
     <t>05/05/2010 11:20:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985278/en/xilanik-ketoprofene/-omeprazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985278/fr/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>pprd_2985278</t>
   </si>
   <si>
     <t>kétoprofène,oméprazole</t>
   </si>
   <si>
     <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954784/en/xilanik</t>
+    <t>https://www.has-sante.fr/jcms/c_954784/fr/xilanik-ketoprofene/-omeprazole</t>
+  </si>
+  <si>
+    <t>LEDERTREXATE (methotrexate)</t>
+  </si>
+  <si>
+    <t>21/04/2016 15:55:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985312/fr/ledertrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2985312</t>
+  </si>
+  <si>
+    <t>BIODIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400929/fr/ledertrexate-25-mg-solution-injectable-ampoule-de-1-ml-316-021-8-ledertrexate-5-mg-solution-injectable-ampoule-de-2-ml-315-012-5-ledertrexate-50-mg-solution-injectable-ampoule-de-2-ml-315-014-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893158/fr/ledertrexate-methotrexate</t>
   </si>
   <si>
     <t>SUBCUVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
     <t>06/06/2011 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985318/en/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985318/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2985318</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400676/en/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_874852/en/subcuvia</t>
+    <t>https://www.has-sante.fr/jcms/c_400676/fr/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874852/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>ALLOCHRYSINE (sodium (aurothiopropanolsulfonate de))</t>
   </si>
   <si>
-    <t>02/25/2015 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985597/en/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
+    <t>25/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985597/fr/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
   </si>
   <si>
     <t>pprd_2985597</t>
   </si>
   <si>
     <t>sodium (aurothiopropanolsulfonate de)</t>
   </si>
   <si>
     <t>PRIMIUS LAB LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400961/en/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1761608/en/allochrysine</t>
+    <t>https://www.has-sante.fr/jcms/c_400961/fr/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761608/fr/allochrysine-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Virus de l’immunodéficience humaine (VIH) : de nouvelles recommandations pour la prise en charge thérapeutique, curative et préventive des personnes vivant avec le VIH et des personnes exposées au VIH</t>
+  </si>
+  <si>
+    <t>Les options de prise en charge thérapeutique des personnes vivant avec le VIH et des personnes exposées au VIH ont évolué au cours des dernières années et ouvrent de nouvelles perspectives de traitement. Mais l’infection est toujours active en France et il y a encore trop de diagnostics tardifs. C’est dans ce contexte que la HAS, l’ANRS MIE et le CNS publient une actualisation des recommandations pour aider les professionnels à proposer la meilleure prise en charge thérapeutique possible de l’infection VIH.</t>
+  </si>
+  <si>
+    <t>20/11/2024 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557427/fr/virus-de-l-immunodeficience-humaine-vih-de-nouvelles-recommandations-pour-la-prise-en-charge-therapeutique-curative-et-preventive-des-personnes-vivant-avec-le-vih-et-des-personnes-exposees-au-vih</t>
+  </si>
+  <si>
+    <t>p_3557427</t>
+  </si>
+  <si>
+    <t>Sclérose en plaques – Le point sur la stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>Quels sont les médicaments à utiliser dans les formes très actives de sclérose en plaques récurrente ? Explications sur les spécificités des médicaments et sur leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/07/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3077218/fr/sclerose-en-plaques-le-point-sur-la-strategie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3077218</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : l’efficience des biosimilaires</t>
+  </si>
+  <si>
+    <t>La HAS a évalué 180 séquences de traitements de fond biologiques et synthétiques ciblés. Les stratégies intégrant les biosimilaires s’avèrent aujourd’hui les moins coûteuses et tendent à être parmi les plus efficaces.</t>
+  </si>
+  <si>
+    <t>24/06/2019 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081817/fr/polyarthrite-rhumatoide-l-efficience-des-biosimilaires</t>
+  </si>
+  <si>
+    <t>p_3081817</t>
+  </si>
+  <si>
+    <t>Allergologie &amp; immunologie, 5 messages pour des soins pertinents</t>
+  </si>
+  <si>
+    <t>Des messages courts sur les pratiques diagnostiques et thérapeutiques dans l’allergie, l’asthme, l’urticaire chronique, l’anaphylaxie et la sinusite aiguë.</t>
+  </si>
+  <si>
+    <t>18/05/2018 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974199/fr/allergologie-immunologie-5-messages-pour-des-soins-pertinents</t>
+  </si>
+  <si>
+    <t>pprd_2974199</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
-[...2 lines deleted...]
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>775</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>776</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>777</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>778</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>779</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>780</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>775</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>781</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>782</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>783</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>784</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>785</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>775</v>
+      </c>
+      <c r="B4" t="s">
+        <v>786</v>
+      </c>
+      <c r="C4" t="s">
+        <v>787</v>
+      </c>
+      <c r="D4" t="s">
+        <v>788</v>
+      </c>
+      <c r="E4" t="s">
+        <v>789</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>790</v>
+      </c>
+      <c r="H4" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>775</v>
+      </c>
+      <c r="B5" t="s">
+        <v>792</v>
+      </c>
+      <c r="C5" t="s">
+        <v>793</v>
+      </c>
+      <c r="D5" t="s">
+        <v>794</v>
+      </c>
+      <c r="E5" t="s">
+        <v>795</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>796</v>
+      </c>
+      <c r="H5" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>775</v>
+      </c>
+      <c r="B6" t="s">
+        <v>798</v>
+      </c>
+      <c r="C6" t="s">
+        <v>799</v>
+      </c>
+      <c r="D6" t="s">
+        <v>800</v>
+      </c>
+      <c r="E6" t="s">
+        <v>801</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>802</v>
+      </c>
+      <c r="H6" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>775</v>
+      </c>
+      <c r="B7" t="s">
+        <v>804</v>
+      </c>
+      <c r="C7" t="s">
+        <v>805</v>
+      </c>
+      <c r="D7" t="s">
+        <v>806</v>
+      </c>
+      <c r="E7" t="s">
+        <v>807</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>808</v>
+      </c>
+      <c r="H7" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>775</v>
+      </c>
+      <c r="B8" t="s">
+        <v>810</v>
+      </c>
+      <c r="C8" t="s">
+        <v>811</v>
+      </c>
+      <c r="D8" t="s">
+        <v>812</v>
+      </c>
+      <c r="E8" t="s">
+        <v>813</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>814</v>
+      </c>
+      <c r="H8" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>775</v>
+      </c>
+      <c r="B9" t="s">
+        <v>816</v>
+      </c>
+      <c r="C9" t="s">
+        <v>817</v>
+      </c>
+      <c r="D9" t="s">
+        <v>818</v>
+      </c>
+      <c r="E9" t="s">
+        <v>819</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>820</v>
+      </c>
+      <c r="H9" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>775</v>
+      </c>
+      <c r="B10" t="s">
+        <v>822</v>
+      </c>
+      <c r="C10" t="s">
+        <v>823</v>
+      </c>
+      <c r="D10" t="s">
+        <v>824</v>
+      </c>
+      <c r="E10" t="s">
+        <v>825</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>826</v>
+      </c>
+      <c r="H10" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>775</v>
+      </c>
+      <c r="B11" t="s">
+        <v>828</v>
+      </c>
+      <c r="C11" t="s">
+        <v>829</v>
+      </c>
+      <c r="D11" t="s">
+        <v>830</v>
+      </c>
+      <c r="E11" t="s">
+        <v>831</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>832</v>
+      </c>
+      <c r="H11" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>775</v>
+      </c>
+      <c r="B12" t="s">
+        <v>834</v>
+      </c>
+      <c r="C12" t="s">
+        <v>835</v>
+      </c>
+      <c r="D12" t="s">
+        <v>836</v>
+      </c>
+      <c r="E12" t="s">
+        <v>831</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>837</v>
+      </c>
+      <c r="H12" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>775</v>
+      </c>
+      <c r="B13" t="s">
+        <v>839</v>
+      </c>
+      <c r="C13" t="s">
+        <v>840</v>
+      </c>
+      <c r="D13" t="s">
+        <v>841</v>
+      </c>
+      <c r="E13" t="s">
+        <v>842</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>843</v>
+      </c>
+      <c r="H13" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>775</v>
+      </c>
+      <c r="B14" t="s">
+        <v>845</v>
+      </c>
+      <c r="C14" t="s">
+        <v>846</v>
+      </c>
+      <c r="D14" t="s">
+        <v>847</v>
+      </c>
+      <c r="E14" t="s">
+        <v>848</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>849</v>
+      </c>
+      <c r="H14" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>775</v>
+      </c>
+      <c r="B15" t="s">
+        <v>851</v>
+      </c>
+      <c r="C15" t="s">
+        <v>852</v>
+      </c>
+      <c r="D15" t="s">
+        <v>577</v>
+      </c>
+      <c r="E15" t="s">
+        <v>853</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>854</v>
+      </c>
+      <c r="H15" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>775</v>
+      </c>
+      <c r="B16" t="s">
+        <v>856</v>
+      </c>
+      <c r="C16" t="s">
+        <v>857</v>
+      </c>
+      <c r="D16" t="s">
+        <v>858</v>
+      </c>
+      <c r="E16" t="s">
+        <v>859</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>860</v>
+      </c>
+      <c r="H16" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>775</v>
+      </c>
+      <c r="B17" t="s">
+        <v>862</v>
+      </c>
+      <c r="C17" t="s">
+        <v>863</v>
+      </c>
+      <c r="D17" t="s">
+        <v>864</v>
+      </c>
+      <c r="E17" t="s">
+        <v>865</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>866</v>
+      </c>
+      <c r="H17" t="s">
+        <v>867</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>868</v>
+      </c>
+      <c r="B2" t="s">
+        <v>869</v>
+      </c>
+      <c r="C2" t="s">
+        <v>870</v>
+      </c>
+      <c r="D2" t="s">
+        <v>871</v>
+      </c>
+      <c r="E2" t="s">
+        <v>872</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>873</v>
+      </c>
+      <c r="H2" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>868</v>
+      </c>
+      <c r="B3" t="s">
+        <v>875</v>
+      </c>
+      <c r="C3" t="s">
+        <v>876</v>
+      </c>
+      <c r="D3" t="s">
+        <v>877</v>
+      </c>
+      <c r="E3" t="s">
+        <v>872</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>878</v>
+      </c>
+      <c r="H3" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>868</v>
+      </c>
+      <c r="B4" t="s">
+        <v>880</v>
+      </c>
+      <c r="C4" t="s">
+        <v>881</v>
+      </c>
+      <c r="D4" t="s">
+        <v>882</v>
+      </c>
+      <c r="E4" t="s">
+        <v>883</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>884</v>
+      </c>
+      <c r="H4" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>868</v>
+      </c>
+      <c r="B5" t="s">
+        <v>886</v>
+      </c>
+      <c r="C5" t="s">
+        <v>887</v>
+      </c>
+      <c r="D5" t="s">
+        <v>882</v>
+      </c>
+      <c r="E5" t="s">
+        <v>883</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>888</v>
+      </c>
+      <c r="H5" t="s">
+        <v>889</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AQ336"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>890</v>
+      </c>
+      <c r="J1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K1" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>892</v>
+      </c>
+      <c r="B2" t="s">
+        <v>893</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>894</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>895</v>
+      </c>
+      <c r="H2" t="s">
+        <v>896</v>
+      </c>
+      <c r="I2" t="s">
+        <v>897</v>
+      </c>
+      <c r="J2" t="s">
+        <v>898</v>
+      </c>
+      <c r="K2" t="s">
+        <v>899</v>
+      </c>
+      <c r="L2" t="s">
+        <v>900</v>
+      </c>
+      <c r="M2" t="s">
+        <v>901</v>
+      </c>
+      <c r="N2" t="s">
+        <v>902</v>
+      </c>
+      <c r="O2" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>892</v>
+      </c>
+      <c r="B3" t="s">
+        <v>904</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>905</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>906</v>
+      </c>
+      <c r="H3" t="s">
+        <v>907</v>
+      </c>
+      <c r="I3" t="s">
+        <v>908</v>
+      </c>
+      <c r="J3" t="s">
+        <v>909</v>
+      </c>
+      <c r="K3" t="s">
+        <v>910</v>
+      </c>
+      <c r="L3" t="s">
+        <v>911</v>
+      </c>
+      <c r="M3" t="s">
+        <v>912</v>
+      </c>
+      <c r="N3" t="s">
+        <v>913</v>
+      </c>
+      <c r="O3" t="s">
+        <v>914</v>
+      </c>
+      <c r="P3" t="s">
+        <v>915</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>916</v>
+      </c>
+      <c r="R3" t="s">
+        <v>917</v>
+      </c>
+      <c r="S3" t="s">
+        <v>918</v>
+      </c>
+      <c r="T3" t="s">
+        <v>919</v>
+      </c>
+      <c r="U3" t="s">
+        <v>920</v>
+      </c>
+      <c r="V3" t="s">
+        <v>921</v>
+      </c>
+      <c r="W3" t="s">
+        <v>922</v>
+      </c>
+      <c r="X3" t="s">
+        <v>923</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>892</v>
+      </c>
+      <c r="B4" t="s">
+        <v>925</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>926</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>927</v>
+      </c>
+      <c r="H4" t="s">
+        <v>928</v>
+      </c>
+      <c r="I4" t="s">
+        <v>929</v>
+      </c>
+      <c r="J4" t="s">
+        <v>930</v>
+      </c>
+      <c r="K4" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>892</v>
+      </c>
+      <c r="B5" t="s">
+        <v>932</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>933</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>934</v>
+      </c>
+      <c r="H5" t="s">
+        <v>935</v>
+      </c>
+      <c r="I5" t="s">
+        <v>936</v>
+      </c>
+      <c r="J5" t="s">
+        <v>937</v>
+      </c>
+      <c r="K5" t="s">
+        <v>938</v>
+      </c>
+      <c r="L5" t="s">
+        <v>939</v>
+      </c>
+      <c r="M5" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>892</v>
+      </c>
+      <c r="B6" t="s">
+        <v>941</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>942</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>943</v>
+      </c>
+      <c r="H6" t="s">
+        <v>944</v>
+      </c>
+      <c r="I6" t="s">
+        <v>945</v>
+      </c>
+      <c r="J6" t="s">
+        <v>946</v>
+      </c>
+      <c r="K6" t="s">
+        <v>947</v>
+      </c>
+      <c r="L6" t="s">
+        <v>948</v>
+      </c>
+      <c r="M6" t="s">
+        <v>949</v>
+      </c>
+      <c r="N6" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>892</v>
+      </c>
+      <c r="B7" t="s">
+        <v>951</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>952</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>953</v>
+      </c>
+      <c r="H7" t="s">
+        <v>954</v>
+      </c>
+      <c r="I7" t="s">
+        <v>955</v>
+      </c>
+      <c r="J7" t="s">
+        <v>956</v>
+      </c>
+      <c r="K7" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>892</v>
+      </c>
+      <c r="B8" t="s">
+        <v>958</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>959</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>960</v>
+      </c>
+      <c r="H8" t="s">
+        <v>961</v>
+      </c>
+      <c r="I8" t="s">
+        <v>962</v>
+      </c>
+      <c r="J8" t="s">
+        <v>963</v>
+      </c>
+      <c r="K8" t="s">
+        <v>964</v>
+      </c>
+      <c r="L8" t="s">
+        <v>965</v>
+      </c>
+      <c r="M8" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>892</v>
+      </c>
+      <c r="B9" t="s">
+        <v>967</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>968</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>969</v>
+      </c>
+      <c r="H9" t="s">
+        <v>970</v>
+      </c>
+      <c r="I9" t="s">
+        <v>971</v>
+      </c>
+      <c r="J9" t="s">
+        <v>963</v>
+      </c>
+      <c r="K9" t="s">
+        <v>972</v>
+      </c>
+      <c r="L9" t="s">
+        <v>973</v>
+      </c>
+      <c r="M9" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>892</v>
+      </c>
+      <c r="B10" t="s">
+        <v>975</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>976</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>977</v>
+      </c>
+      <c r="H10" t="s">
+        <v>978</v>
+      </c>
+      <c r="I10" t="s">
+        <v>979</v>
+      </c>
+      <c r="J10" t="s">
+        <v>980</v>
+      </c>
+      <c r="K10" t="s">
+        <v>981</v>
+      </c>
+      <c r="L10" t="s">
+        <v>982</v>
+      </c>
+      <c r="M10" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>892</v>
+      </c>
+      <c r="B11" t="s">
+        <v>984</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>985</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>986</v>
+      </c>
+      <c r="H11" t="s">
+        <v>987</v>
+      </c>
+      <c r="I11" t="s">
+        <v>988</v>
+      </c>
+      <c r="J11" t="s">
+        <v>989</v>
+      </c>
+      <c r="K11" t="s">
+        <v>990</v>
+      </c>
+      <c r="L11" t="s">
+        <v>991</v>
+      </c>
+      <c r="M11" t="s">
+        <v>992</v>
+      </c>
+      <c r="N11" t="s">
+        <v>993</v>
+      </c>
+      <c r="O11" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>892</v>
+      </c>
+      <c r="B12" t="s">
+        <v>995</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>996</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>997</v>
+      </c>
+      <c r="H12" t="s">
+        <v>998</v>
+      </c>
+      <c r="I12" t="s">
+        <v>999</v>
+      </c>
+      <c r="J12" t="s">
+        <v>989</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1001</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1002</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1003</v>
+      </c>
+      <c r="O12" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>892</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1008</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1009</v>
+      </c>
+      <c r="J13" t="s">
+        <v>989</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1010</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1011</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1012</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1013</v>
+      </c>
+      <c r="O13" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>892</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1021</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1022</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1023</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1024</v>
+      </c>
+      <c r="O14" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1025</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>1026</v>
+      </c>
+      <c r="R14" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>892</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1034</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1035</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1039</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>892</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1044</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>892</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1051</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1053</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1054</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1055</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1056</v>
+      </c>
+      <c r="O17" t="s">
+        <v>1057</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1058</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>892</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1066</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1067</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1068</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1070</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1071</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1072</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1073</v>
+      </c>
+      <c r="T18" t="s">
+        <v>1074</v>
+      </c>
+      <c r="U18" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>892</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1081</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1082</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>892</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1088</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1089</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1090</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1091</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1092</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1093</v>
+      </c>
+      <c r="O20" t="s">
+        <v>1094</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1095</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>892</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1102</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1105</v>
+      </c>
+      <c r="O21" t="s">
+        <v>1106</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1107</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>892</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1115</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1116</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>892</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1122</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1123</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1124</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1125</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1126</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>892</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1131</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1132</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1133</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1134</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1135</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>892</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1142</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1143</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1144</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1145</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>892</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1150</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1151</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1152</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1153</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1154</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1155</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>892</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1161</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1163</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>892</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1172</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1173</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>892</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I29" t="s">
+        <v>962</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1179</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1180</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>892</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1187</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1189</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>892</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1195</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1196</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1197</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1198</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1198</v>
+      </c>
+      <c r="O31" t="s">
+        <v>1200</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1201</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>892</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1206</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1207</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1208</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1209</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1210</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>892</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1215</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1216</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1217</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1218</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>892</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1222</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1224</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1225</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1226</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>892</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1233</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1234</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1235</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>892</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1241</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1242</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1243</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>892</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1248</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1249</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1250</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>892</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1255</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1256</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1257</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1258</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1259</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1260</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1261</v>
+      </c>
+      <c r="O38" t="s">
+        <v>1262</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>892</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1267</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1268</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1269</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1270</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1271</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1272</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1273</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1275</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>1276</v>
+      </c>
+      <c r="R39" t="s">
+        <v>1277</v>
+      </c>
+      <c r="S39" t="s">
+        <v>1278</v>
+      </c>
+      <c r="T39" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>892</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1285</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1286</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1287</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1288</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1289</v>
+      </c>
+      <c r="O40" t="s">
+        <v>1290</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1291</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>1292</v>
+      </c>
+      <c r="R40" t="s">
+        <v>1293</v>
+      </c>
+      <c r="S40" t="s">
+        <v>1294</v>
+      </c>
+      <c r="T40" t="s">
+        <v>1295</v>
+      </c>
+      <c r="U40" t="s">
+        <v>1296</v>
+      </c>
+      <c r="V40" t="s">
+        <v>1297</v>
+      </c>
+      <c r="W40" t="s">
+        <v>1298</v>
+      </c>
+      <c r="X40" t="s">
+        <v>1299</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>1300</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>1302</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>1303</v>
+      </c>
+      <c r="AC40" t="s">
+        <v>1304</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>892</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1133</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1311</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1312</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1313</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1314</v>
+      </c>
+      <c r="O41" t="s">
+        <v>1315</v>
+      </c>
+      <c r="P41" t="s">
+        <v>1316</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>1317</v>
+      </c>
+      <c r="R41" t="s">
+        <v>1318</v>
+      </c>
+      <c r="S41" t="s">
+        <v>1319</v>
+      </c>
+      <c r="T41" t="s">
+        <v>1320</v>
+      </c>
+      <c r="U41" t="s">
+        <v>1321</v>
+      </c>
+      <c r="V41" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>892</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1327</v>
+      </c>
+      <c r="J42" t="s">
+        <v>1208</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1328</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>892</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1334</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1335</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1336</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1337</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>892</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1344</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1345</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>892</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J45" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1352</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1353</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1354</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1355</v>
+      </c>
+      <c r="O45" t="s">
+        <v>1356</v>
+      </c>
+      <c r="P45" t="s">
+        <v>1357</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>1358</v>
+      </c>
+      <c r="R45" t="s">
+        <v>1359</v>
+      </c>
+      <c r="S45" t="s">
+        <v>1360</v>
+      </c>
+      <c r="T45" t="s">
+        <v>1361</v>
+      </c>
+      <c r="U45" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>892</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1367</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1123</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1368</v>
+      </c>
+      <c r="L46" t="s">
+        <v>1369</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1370</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1371</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1372</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1373</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>1374</v>
+      </c>
+      <c r="R46" t="s">
+        <v>1375</v>
+      </c>
+      <c r="S46" t="s">
+        <v>1376</v>
+      </c>
+      <c r="T46" t="s">
+        <v>1377</v>
+      </c>
+      <c r="U46" t="s">
+        <v>1378</v>
+      </c>
+      <c r="V46" t="s">
+        <v>1379</v>
+      </c>
+      <c r="W46" t="s">
+        <v>1380</v>
+      </c>
+      <c r="X46" t="s">
+        <v>1381</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>1382</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>1383</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>1384</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>1385</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>1386</v>
+      </c>
+      <c r="AD46" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>892</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J47" t="s">
+        <v>1393</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1394</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1395</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1396</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1397</v>
+      </c>
+      <c r="O47" t="s">
+        <v>1398</v>
+      </c>
+      <c r="P47" t="s">
+        <v>1399</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>1400</v>
+      </c>
+      <c r="R47" t="s">
+        <v>1401</v>
+      </c>
+      <c r="S47" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>892</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C48" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1406</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1407</v>
+      </c>
+      <c r="J48" t="s">
+        <v>1408</v>
+      </c>
+      <c r="K48" t="s">
+        <v>1409</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1410</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1411</v>
+      </c>
+      <c r="N48" t="s">
+        <v>1412</v>
+      </c>
+      <c r="O48" t="s">
+        <v>1413</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1414</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>1415</v>
+      </c>
+      <c r="R48" t="s">
+        <v>1416</v>
+      </c>
+      <c r="S48" t="s">
+        <v>1417</v>
+      </c>
+      <c r="T48" t="s">
+        <v>1418</v>
+      </c>
+      <c r="U48" t="s">
+        <v>1419</v>
+      </c>
+      <c r="V48" t="s">
+        <v>1420</v>
+      </c>
+      <c r="W48" t="s">
+        <v>1421</v>
+      </c>
+      <c r="X48" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>892</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C49" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1427</v>
+      </c>
+      <c r="J49" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K49" t="s">
+        <v>1429</v>
+      </c>
+      <c r="L49" t="s">
+        <v>1430</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1431</v>
+      </c>
+      <c r="N49" t="s">
+        <v>1432</v>
+      </c>
+      <c r="O49" t="s">
+        <v>1433</v>
+      </c>
+      <c r="P49" t="s">
+        <v>1434</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>1435</v>
+      </c>
+      <c r="R49" t="s">
+        <v>1436</v>
+      </c>
+      <c r="S49" t="s">
+        <v>1437</v>
+      </c>
+      <c r="T49" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>892</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C50" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1440</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1442</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1443</v>
+      </c>
+      <c r="J50" t="s">
+        <v>909</v>
+      </c>
+      <c r="K50" t="s">
+        <v>1444</v>
+      </c>
+      <c r="L50" t="s">
+        <v>1445</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1446</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1447</v>
+      </c>
+      <c r="O50" t="s">
+        <v>1448</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1449</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>1450</v>
+      </c>
+      <c r="R50" t="s">
+        <v>1451</v>
+      </c>
+      <c r="S50" t="s">
+        <v>1452</v>
+      </c>
+      <c r="T50" t="s">
+        <v>1453</v>
+      </c>
+      <c r="U50" t="s">
+        <v>1454</v>
+      </c>
+      <c r="V50" t="s">
+        <v>1455</v>
+      </c>
+      <c r="W50" t="s">
+        <v>1456</v>
+      </c>
+      <c r="X50" t="s">
+        <v>1457</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>1458</v>
+      </c>
+      <c r="Z50" t="s">
+        <v>1459</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>1460</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>1461</v>
+      </c>
+      <c r="AC50" t="s">
+        <v>1462</v>
+      </c>
+      <c r="AD50" t="s">
+        <v>1463</v>
+      </c>
+      <c r="AE50" t="s">
+        <v>1464</v>
+      </c>
+      <c r="AF50" t="s">
+        <v>1465</v>
+      </c>
+      <c r="AG50" t="s">
+        <v>1466</v>
+      </c>
+      <c r="AH50" t="s">
+        <v>1467</v>
+      </c>
+      <c r="AI50" t="s">
+        <v>1468</v>
+      </c>
+      <c r="AJ50" t="s">
+        <v>1469</v>
+      </c>
+      <c r="AK50" t="s">
+        <v>1470</v>
+      </c>
+      <c r="AL50" t="s">
+        <v>1471</v>
+      </c>
+      <c r="AM50" t="s">
+        <v>1472</v>
+      </c>
+      <c r="AN50" t="s">
+        <v>1473</v>
+      </c>
+      <c r="AO50" t="s">
+        <v>1474</v>
+      </c>
+      <c r="AP50" t="s">
+        <v>1475</v>
+      </c>
+      <c r="AQ50" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>892</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C51" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1481</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1482</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1483</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1484</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1485</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1486</v>
+      </c>
+      <c r="O51" t="s">
+        <v>1487</v>
+      </c>
+      <c r="P51" t="s">
+        <v>1488</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>892</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C52" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1494</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1496</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1497</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1498</v>
+      </c>
+      <c r="N52" t="s">
+        <v>1499</v>
+      </c>
+      <c r="O52" t="s">
+        <v>1500</v>
+      </c>
+      <c r="P52" t="s">
+        <v>1501</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>1502</v>
+      </c>
+      <c r="R52" t="s">
+        <v>1503</v>
+      </c>
+      <c r="S52" t="s">
+        <v>1504</v>
+      </c>
+      <c r="T52" t="s">
+        <v>1505</v>
+      </c>
+      <c r="U52" t="s">
+        <v>1506</v>
+      </c>
+      <c r="V52" t="s">
+        <v>1507</v>
+      </c>
+      <c r="W52" t="s">
+        <v>1508</v>
+      </c>
+      <c r="X52" t="s">
+        <v>1509</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>1511</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>1512</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>1513</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>1514</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>892</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1518</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1519</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1520</v>
+      </c>
+      <c r="J53" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1522</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1523</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>892</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C54" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1529</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1530</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1531</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1532</v>
+      </c>
+      <c r="N54" t="s">
+        <v>1533</v>
+      </c>
+      <c r="O54" t="s">
+        <v>1534</v>
+      </c>
+      <c r="P54" t="s">
+        <v>1535</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>1536</v>
+      </c>
+      <c r="R54" t="s">
+        <v>1537</v>
+      </c>
+      <c r="S54" t="s">
+        <v>1538</v>
+      </c>
+      <c r="T54" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>892</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C55" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1544</v>
+      </c>
+      <c r="J55" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1545</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1546</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1547</v>
+      </c>
+      <c r="N55" t="s">
+        <v>1548</v>
+      </c>
+      <c r="O55" t="s">
+        <v>1549</v>
+      </c>
+      <c r="P55" t="s">
+        <v>1550</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>1551</v>
+      </c>
+      <c r="R55" t="s">
+        <v>1552</v>
+      </c>
+      <c r="S55" t="s">
+        <v>1553</v>
+      </c>
+      <c r="T55" t="s">
+        <v>1554</v>
+      </c>
+      <c r="U55" t="s">
+        <v>1555</v>
+      </c>
+      <c r="V55" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>892</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C56" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1562</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1563</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1564</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1565</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1566</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1567</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1568</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>1569</v>
+      </c>
+      <c r="R56" t="s">
+        <v>1570</v>
+      </c>
+      <c r="S56" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>892</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C57" t="s">
+        <v>11</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1575</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1576</v>
+      </c>
+      <c r="J57" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1578</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1579</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1580</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1580</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1581</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>1582</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1583</v>
+      </c>
+      <c r="S57" t="s">
+        <v>1584</v>
+      </c>
+      <c r="T57" t="s">
+        <v>1585</v>
+      </c>
+      <c r="U57" t="s">
+        <v>1586</v>
+      </c>
+      <c r="V57" t="s">
+        <v>1587</v>
+      </c>
+      <c r="W57" t="s">
+        <v>1588</v>
+      </c>
+      <c r="X57" t="s">
+        <v>1589</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>1590</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>1591</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>1592</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>1593</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>892</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C58" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1598</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1599</v>
+      </c>
+      <c r="J58" t="s">
+        <v>909</v>
+      </c>
+      <c r="K58" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L58" t="s">
+        <v>1601</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1603</v>
+      </c>
+      <c r="O58" t="s">
+        <v>1604</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1605</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>1606</v>
+      </c>
+      <c r="R58" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>892</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C59" t="s">
+        <v>11</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1611</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1612</v>
+      </c>
+      <c r="J59" t="s">
+        <v>1613</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1614</v>
+      </c>
+      <c r="L59" t="s">
+        <v>1615</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1616</v>
+      </c>
+      <c r="N59" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>892</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C60" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1621</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1622</v>
+      </c>
+      <c r="J60" t="s">
+        <v>1623</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1624</v>
+      </c>
+      <c r="L60" t="s">
+        <v>1625</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1626</v>
+      </c>
+      <c r="N60" t="s">
+        <v>1627</v>
+      </c>
+      <c r="O60" t="s">
+        <v>1628</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1629</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>892</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1634</v>
+      </c>
+      <c r="I61" t="s">
+        <v>929</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1635</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>892</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C62" t="s">
+        <v>11</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1638</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1641</v>
+      </c>
+      <c r="J62" t="s">
+        <v>1642</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>892</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C63" t="s">
+        <v>11</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1648</v>
+      </c>
+      <c r="J63" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1650</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>892</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C64" t="s">
+        <v>11</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1655</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1656</v>
+      </c>
+      <c r="J64" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1658</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>892</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1662</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1664</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1665</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1666</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1667</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1668</v>
+      </c>
+      <c r="N65" t="s">
+        <v>1669</v>
+      </c>
+      <c r="O65" t="s">
+        <v>1670</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1671</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>1672</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1673</v>
+      </c>
+      <c r="S65" t="s">
+        <v>1674</v>
+      </c>
+      <c r="T65" t="s">
+        <v>1675</v>
+      </c>
+      <c r="U65" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>892</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C66" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1680</v>
+      </c>
+      <c r="I66" t="s">
+        <v>971</v>
+      </c>
+      <c r="J66" t="s">
+        <v>989</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>892</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1685</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1686</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1665</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1689</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1690</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1691</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1692</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>892</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C68" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1697</v>
+      </c>
+      <c r="I68" t="s">
+        <v>929</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1698</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1699</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1700</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1701</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>892</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1706</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1708</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1709</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1710</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1711</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>892</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C70" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1715</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1716</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1717</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1718</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1719</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1721</v>
+      </c>
+      <c r="N70" t="s">
+        <v>1722</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1723</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>892</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C71" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1726</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1728</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1729</v>
+      </c>
+      <c r="J71" t="s">
+        <v>909</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1730</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1731</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1732</v>
+      </c>
+      <c r="N71" t="s">
+        <v>1733</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1734</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1735</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>1736</v>
+      </c>
+      <c r="R71" t="s">
+        <v>1737</v>
+      </c>
+      <c r="S71" t="s">
+        <v>1738</v>
+      </c>
+      <c r="T71" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>892</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C72" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1742</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1743</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1744</v>
+      </c>
+      <c r="J72" t="s">
+        <v>1745</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1746</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1747</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1748</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1749</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1750</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>892</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C73" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1755</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1756</v>
+      </c>
+      <c r="J73" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1757</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1758</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1759</v>
+      </c>
+      <c r="N73" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O73" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1762</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>1763</v>
+      </c>
+      <c r="R73" t="s">
+        <v>1762</v>
+      </c>
+      <c r="S73" t="s">
+        <v>1764</v>
+      </c>
+      <c r="T73" t="s">
+        <v>1765</v>
+      </c>
+      <c r="U73" t="s">
+        <v>1766</v>
+      </c>
+      <c r="V73" t="s">
+        <v>1767</v>
+      </c>
+      <c r="W73" t="s">
+        <v>1768</v>
+      </c>
+      <c r="X73" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>892</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C74" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1773</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1774</v>
+      </c>
+      <c r="J74" t="s">
+        <v>1482</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1776</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1777</v>
+      </c>
+      <c r="N74" t="s">
+        <v>1778</v>
+      </c>
+      <c r="O74" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>892</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1781</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1782</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1783</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1784</v>
+      </c>
+      <c r="J75" t="s">
+        <v>1785</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1786</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1787</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1788</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1789</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>892</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1794</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1795</v>
+      </c>
+      <c r="J76" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>892</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C77" t="s">
+        <v>11</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1798</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1799</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1800</v>
+      </c>
+      <c r="I77" t="s">
+        <v>929</v>
+      </c>
+      <c r="J77" t="s">
+        <v>1801</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1802</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1803</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1804</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>892</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C78" t="s">
+        <v>11</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1807</v>
+      </c>
+      <c r="F78" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1809</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1810</v>
+      </c>
+      <c r="J78" t="s">
+        <v>1811</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1812</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1813</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1814</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1815</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>892</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C79" t="s">
+        <v>11</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1820</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1821</v>
+      </c>
+      <c r="J79" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1823</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>892</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C80" t="s">
+        <v>11</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1826</v>
+      </c>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1828</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1829</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1830</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1831</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1831</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>892</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F81" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1836</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1837</v>
+      </c>
+      <c r="J81" t="s">
+        <v>1838</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1839</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1840</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1841</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1842</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1843</v>
+      </c>
+      <c r="P81" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>892</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C82" t="s">
+        <v>11</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1846</v>
+      </c>
+      <c r="F82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1848</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J82" t="s">
+        <v>1849</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1850</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1851</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1852</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1853</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1854</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1855</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>1856</v>
+      </c>
+      <c r="R82" t="s">
+        <v>1857</v>
+      </c>
+      <c r="S82" t="s">
+        <v>1858</v>
+      </c>
+      <c r="T82" t="s">
+        <v>1859</v>
+      </c>
+      <c r="U82" t="s">
+        <v>1860</v>
+      </c>
+      <c r="V82" t="s">
+        <v>1861</v>
+      </c>
+      <c r="W82" t="s">
+        <v>1862</v>
+      </c>
+      <c r="X82" t="s">
+        <v>1863</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>892</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1866</v>
+      </c>
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1868</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1869</v>
+      </c>
+      <c r="J83" t="s">
+        <v>1123</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1870</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1871</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1872</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1873</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1874</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1875</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>1876</v>
+      </c>
+      <c r="R83" t="s">
+        <v>1877</v>
+      </c>
+      <c r="S83" t="s">
+        <v>1878</v>
+      </c>
+      <c r="T83" t="s">
+        <v>1879</v>
+      </c>
+      <c r="U83" t="s">
+        <v>1880</v>
+      </c>
+      <c r="V83" t="s">
+        <v>1881</v>
+      </c>
+      <c r="W83" t="s">
+        <v>1882</v>
+      </c>
+      <c r="X83" t="s">
+        <v>1883</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>1884</v>
+      </c>
+      <c r="Z83" t="s">
+        <v>1885</v>
+      </c>
+      <c r="AA83" t="s">
+        <v>1886</v>
+      </c>
+      <c r="AB83" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>892</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1889</v>
+      </c>
+      <c r="F84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1891</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1892</v>
+      </c>
+      <c r="J84" t="s">
+        <v>1893</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>892</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C85" t="s">
+        <v>11</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F85" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1898</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1899</v>
+      </c>
+      <c r="J85" t="s">
+        <v>1900</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1901</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>892</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C86" t="s">
+        <v>11</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F86" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1906</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1907</v>
+      </c>
+      <c r="J86" t="s">
+        <v>1908</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1909</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>892</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C87" t="s">
+        <v>11</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1914</v>
+      </c>
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1915</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1916</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1917</v>
+      </c>
+      <c r="J87" t="s">
+        <v>1408</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>892</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C88" t="s">
+        <v>11</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1919</v>
+      </c>
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1921</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J88" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1923</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>892</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C89" t="s">
+        <v>11</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1926</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1927</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1928</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1929</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1930</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1931</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1932</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1933</v>
+      </c>
+      <c r="P89" t="s">
+        <v>1934</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>1935</v>
+      </c>
+      <c r="R89" t="s">
+        <v>1936</v>
+      </c>
+      <c r="S89" t="s">
+        <v>1937</v>
+      </c>
+      <c r="T89" t="s">
+        <v>1938</v>
+      </c>
+      <c r="U89" t="s">
+        <v>1939</v>
+      </c>
+      <c r="V89" t="s">
+        <v>1940</v>
+      </c>
+      <c r="W89" t="s">
+        <v>1941</v>
+      </c>
+      <c r="X89" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>892</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C90" t="s">
+        <v>11</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1944</v>
+      </c>
+      <c r="F90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1946</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1947</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1948</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>892</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C91" t="s">
+        <v>11</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>892</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C92" t="s">
+        <v>11</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1956</v>
+      </c>
+      <c r="F92" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1958</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1959</v>
+      </c>
+      <c r="J92" t="s">
+        <v>1960</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>892</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C93" t="s">
+        <v>11</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F93" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1965</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1966</v>
+      </c>
+      <c r="J93" t="s">
+        <v>1967</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1968</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1969</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1970</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>892</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C94" t="s">
+        <v>11</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1973</v>
+      </c>
+      <c r="F94" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1975</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1976</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1977</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>892</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C95" t="s">
+        <v>11</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1980</v>
+      </c>
+      <c r="F95" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1982</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1983</v>
+      </c>
+      <c r="J95" t="s">
+        <v>1984</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>892</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C96" t="s">
+        <v>11</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F96" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1990</v>
+      </c>
+      <c r="J96" t="s">
+        <v>1991</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>892</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C97" t="s">
+        <v>11</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1994</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1996</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1997</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1998</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1999</v>
+      </c>
+      <c r="L97" t="s">
+        <v>2000</v>
+      </c>
+      <c r="M97" t="s">
+        <v>2001</v>
+      </c>
+      <c r="N97" t="s">
+        <v>2002</v>
+      </c>
+      <c r="O97" t="s">
+        <v>2003</v>
+      </c>
+      <c r="P97" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>892</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C98" t="s">
+        <v>11</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F98" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2007</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2008</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2009</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K98" t="s">
+        <v>2010</v>
+      </c>
+      <c r="L98" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>892</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C99" t="s">
+        <v>11</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I99" t="s">
+        <v>2016</v>
+      </c>
+      <c r="J99" t="s">
+        <v>2017</v>
+      </c>
+      <c r="K99" t="s">
+        <v>2018</v>
+      </c>
+      <c r="L99" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>892</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C100" t="s">
+        <v>11</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F100" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2024</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2025</v>
+      </c>
+      <c r="K100" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>892</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C101" t="s">
+        <v>11</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2028</v>
+      </c>
+      <c r="F101" t="s">
+        <v>11</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2031</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K101" t="s">
+        <v>2032</v>
+      </c>
+      <c r="L101" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>892</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C102" t="s">
+        <v>11</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F102" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2037</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J102" t="s">
+        <v>1187</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2038</v>
+      </c>
+      <c r="L102" t="s">
+        <v>2039</v>
+      </c>
+      <c r="M102" t="s">
+        <v>2040</v>
+      </c>
+      <c r="N102" t="s">
+        <v>2041</v>
+      </c>
+      <c r="O102" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>892</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C103" t="s">
+        <v>11</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2044</v>
+      </c>
+      <c r="F103" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2046</v>
+      </c>
+      <c r="I103" t="s">
+        <v>929</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2047</v>
+      </c>
+      <c r="K103" t="s">
+        <v>2048</v>
+      </c>
+      <c r="L103" t="s">
+        <v>2049</v>
+      </c>
+      <c r="M103" t="s">
+        <v>2050</v>
+      </c>
+      <c r="N103" t="s">
+        <v>2051</v>
+      </c>
+      <c r="O103" t="s">
+        <v>2052</v>
+      </c>
+      <c r="P103" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>892</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C104" t="s">
+        <v>11</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2055</v>
+      </c>
+      <c r="F104" t="s">
+        <v>11</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2057</v>
+      </c>
+      <c r="I104" t="s">
+        <v>2058</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1642</v>
+      </c>
+      <c r="K104" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>892</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C105" t="s">
+        <v>11</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F105" t="s">
+        <v>11</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2063</v>
+      </c>
+      <c r="I105" t="s">
+        <v>929</v>
+      </c>
+      <c r="J105" t="s">
+        <v>2064</v>
+      </c>
+      <c r="K105" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>892</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C106" t="s">
+        <v>11</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F106" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2069</v>
+      </c>
+      <c r="I106" t="s">
+        <v>929</v>
+      </c>
+      <c r="J106" t="s">
+        <v>2070</v>
+      </c>
+      <c r="K106" t="s">
+        <v>2071</v>
+      </c>
+      <c r="L106" t="s">
+        <v>2072</v>
+      </c>
+      <c r="M106" t="s">
+        <v>2073</v>
+      </c>
+      <c r="N106" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>892</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C107" t="s">
+        <v>11</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F107" t="s">
+        <v>11</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2078</v>
+      </c>
+      <c r="I107" t="s">
+        <v>2079</v>
+      </c>
+      <c r="J107" t="s">
+        <v>1948</v>
+      </c>
+      <c r="K107" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>892</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C108" t="s">
+        <v>11</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2082</v>
+      </c>
+      <c r="F108" t="s">
+        <v>11</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2084</v>
+      </c>
+      <c r="I108" t="s">
+        <v>2085</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K108" t="s">
+        <v>2086</v>
+      </c>
+      <c r="L108" t="s">
+        <v>2087</v>
+      </c>
+      <c r="M108" t="s">
+        <v>2088</v>
+      </c>
+      <c r="N108" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>892</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C109" t="s">
+        <v>11</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2091</v>
+      </c>
+      <c r="F109" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2092</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2093</v>
+      </c>
+      <c r="I109" t="s">
+        <v>2094</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K109" t="s">
+        <v>2095</v>
+      </c>
+      <c r="L109" t="s">
+        <v>2096</v>
+      </c>
+      <c r="M109" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>892</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C110" t="s">
+        <v>11</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F110" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I110" t="s">
+        <v>2102</v>
+      </c>
+      <c r="J110" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K110" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>892</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C111" t="s">
+        <v>11</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2106</v>
+      </c>
+      <c r="F111" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2108</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1656</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2109</v>
+      </c>
+      <c r="K111" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>892</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C112" t="s">
+        <v>11</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2112</v>
+      </c>
+      <c r="F112" t="s">
+        <v>11</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2113</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2114</v>
+      </c>
+      <c r="I112" t="s">
+        <v>2115</v>
+      </c>
+      <c r="J112" t="s">
+        <v>1977</v>
+      </c>
+      <c r="K112" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>892</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C113" t="s">
+        <v>11</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2118</v>
+      </c>
+      <c r="F113" t="s">
+        <v>11</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2120</v>
+      </c>
+      <c r="I113" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1133</v>
+      </c>
+      <c r="K113" t="s">
+        <v>2122</v>
+      </c>
+      <c r="L113" t="s">
+        <v>2123</v>
+      </c>
+      <c r="M113" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>892</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C114" t="s">
+        <v>11</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2126</v>
+      </c>
+      <c r="F114" t="s">
+        <v>11</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2128</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J114" t="s">
+        <v>2129</v>
+      </c>
+      <c r="K114" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>892</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C115" t="s">
+        <v>11</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2132</v>
+      </c>
+      <c r="F115" t="s">
+        <v>11</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2133</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2134</v>
+      </c>
+      <c r="I115" t="s">
+        <v>2135</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K115" t="s">
+        <v>2136</v>
+      </c>
+      <c r="L115" t="s">
+        <v>2137</v>
+      </c>
+      <c r="M115" t="s">
+        <v>2138</v>
+      </c>
+      <c r="N115" t="s">
+        <v>2139</v>
+      </c>
+      <c r="O115" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>892</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C116" t="s">
+        <v>11</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2142</v>
+      </c>
+      <c r="F116" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2143</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2144</v>
+      </c>
+      <c r="I116" t="s">
+        <v>2145</v>
+      </c>
+      <c r="J116" t="s">
+        <v>2146</v>
+      </c>
+      <c r="K116" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>892</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C117" t="s">
+        <v>11</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F117" t="s">
+        <v>11</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2151</v>
+      </c>
+      <c r="I117" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K117" t="s">
+        <v>2153</v>
+      </c>
+      <c r="L117" t="s">
+        <v>2154</v>
+      </c>
+      <c r="M117" t="s">
+        <v>2155</v>
+      </c>
+      <c r="N117" t="s">
+        <v>2156</v>
+      </c>
+      <c r="O117" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>892</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C118" t="s">
+        <v>11</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2159</v>
+      </c>
+      <c r="F118" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I118" t="s">
+        <v>2162</v>
+      </c>
+      <c r="J118" t="s">
+        <v>2163</v>
+      </c>
+      <c r="K118" t="s">
+        <v>2164</v>
+      </c>
+      <c r="L118" t="s">
+        <v>2165</v>
+      </c>
+      <c r="M118" t="s">
+        <v>2166</v>
+      </c>
+      <c r="N118" t="s">
+        <v>2167</v>
+      </c>
+      <c r="O118" t="s">
+        <v>2168</v>
+      </c>
+      <c r="P118" t="s">
+        <v>2169</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>2170</v>
+      </c>
+      <c r="R118" t="s">
+        <v>2171</v>
+      </c>
+      <c r="S118" t="s">
+        <v>2172</v>
+      </c>
+      <c r="T118" t="s">
+        <v>2173</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>892</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C119" t="s">
+        <v>11</v>
+      </c>
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>2175</v>
+      </c>
+      <c r="F119" t="s">
+        <v>11</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2176</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2177</v>
+      </c>
+      <c r="I119" t="s">
+        <v>2178</v>
+      </c>
+      <c r="J119" t="s">
+        <v>2179</v>
+      </c>
+      <c r="K119" t="s">
+        <v>2180</v>
+      </c>
+      <c r="L119" t="s">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>892</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C120" t="s">
+        <v>11</v>
+      </c>
+      <c r="D120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F120" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I120" t="s">
+        <v>2185</v>
+      </c>
+      <c r="J120" t="s">
+        <v>2186</v>
+      </c>
+      <c r="K120" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>892</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C121" t="s">
+        <v>11</v>
+      </c>
+      <c r="D121" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2189</v>
+      </c>
+      <c r="F121" t="s">
+        <v>11</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2191</v>
+      </c>
+      <c r="I121" t="s">
+        <v>2192</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K121" t="s">
+        <v>2193</v>
+      </c>
+      <c r="L121" t="s">
+        <v>2194</v>
+      </c>
+      <c r="M121" t="s">
+        <v>2195</v>
+      </c>
+      <c r="N121" t="s">
+        <v>2196</v>
+      </c>
+      <c r="O121" t="s">
+        <v>2197</v>
+      </c>
+      <c r="P121" t="s">
+        <v>2198</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>2199</v>
+      </c>
+      <c r="R121" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>892</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C122" t="s">
+        <v>11</v>
+      </c>
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2202</v>
+      </c>
+      <c r="F122" t="s">
+        <v>11</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2203</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2204</v>
+      </c>
+      <c r="I122" t="s">
+        <v>2205</v>
+      </c>
+      <c r="J122" t="s">
+        <v>2206</v>
+      </c>
+      <c r="K122" t="s">
+        <v>2207</v>
+      </c>
+      <c r="L122" t="s">
+        <v>2208</v>
+      </c>
+      <c r="M122" t="s">
+        <v>2209</v>
+      </c>
+      <c r="N122" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>892</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C123" t="s">
+        <v>11</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2212</v>
+      </c>
+      <c r="F123" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2213</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2214</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J123" t="s">
+        <v>2215</v>
+      </c>
+      <c r="K123" t="s">
+        <v>2216</v>
+      </c>
+      <c r="L123" t="s">
+        <v>2217</v>
+      </c>
+      <c r="M123" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>892</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C124" t="s">
+        <v>11</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F124" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I124" t="s">
+        <v>2223</v>
+      </c>
+      <c r="J124" t="s">
+        <v>963</v>
+      </c>
+      <c r="K124" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>892</v>
+      </c>
+      <c r="B125" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C125" t="s">
+        <v>11</v>
+      </c>
+      <c r="D125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2226</v>
+      </c>
+      <c r="F125" t="s">
+        <v>11</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2227</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2228</v>
+      </c>
+      <c r="I125" t="s">
+        <v>2229</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K125" t="s">
+        <v>2230</v>
+      </c>
+      <c r="L125" t="s">
+        <v>2231</v>
+      </c>
+      <c r="M125" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>892</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C126" t="s">
+        <v>11</v>
+      </c>
+      <c r="D126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2234</v>
+      </c>
+      <c r="F126" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2235</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2236</v>
+      </c>
+      <c r="I126" t="s">
+        <v>2237</v>
+      </c>
+      <c r="J126" t="s">
+        <v>2238</v>
+      </c>
+      <c r="K126" t="s">
+        <v>2239</v>
+      </c>
+      <c r="L126" t="s">
+        <v>2240</v>
+      </c>
+      <c r="M126" t="s">
+        <v>2241</v>
+      </c>
+      <c r="N126" t="s">
+        <v>2242</v>
+      </c>
+      <c r="O126" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>892</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C127" t="s">
+        <v>11</v>
+      </c>
+      <c r="D127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2246</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2247</v>
+      </c>
+      <c r="I127" t="s">
+        <v>2248</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K127" t="s">
+        <v>2249</v>
+      </c>
+      <c r="L127" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>892</v>
+      </c>
+      <c r="B128" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C128" t="s">
+        <v>11</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F128" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2254</v>
+      </c>
+      <c r="I128" t="s">
+        <v>2255</v>
+      </c>
+      <c r="J128" t="s">
+        <v>2256</v>
+      </c>
+      <c r="K128" t="s">
+        <v>2257</v>
+      </c>
+      <c r="L128" t="s">
+        <v>2258</v>
+      </c>
+      <c r="M128" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>892</v>
+      </c>
+      <c r="B129" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C129" t="s">
+        <v>11</v>
+      </c>
+      <c r="D129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" t="s">
+        <v>2261</v>
+      </c>
+      <c r="F129" t="s">
+        <v>11</v>
+      </c>
+      <c r="G129" t="s">
+        <v>2262</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2263</v>
+      </c>
+      <c r="I129" t="s">
+        <v>2264</v>
+      </c>
+      <c r="J129" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K129" t="s">
+        <v>2265</v>
+      </c>
+      <c r="L129" t="s">
+        <v>2266</v>
+      </c>
+      <c r="M129" t="s">
+        <v>2267</v>
+      </c>
+      <c r="N129" t="s">
+        <v>2268</v>
+      </c>
+      <c r="O129" t="s">
+        <v>2269</v>
+      </c>
+      <c r="P129" t="s">
+        <v>2270</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>892</v>
+      </c>
+      <c r="B130" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C130" t="s">
+        <v>11</v>
+      </c>
+      <c r="D130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2273</v>
+      </c>
+      <c r="F130" t="s">
+        <v>11</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2274</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1744</v>
+      </c>
+      <c r="J130" t="s">
+        <v>2276</v>
+      </c>
+      <c r="K130" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>892</v>
+      </c>
+      <c r="B131" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C131" t="s">
+        <v>11</v>
+      </c>
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2279</v>
+      </c>
+      <c r="F131" t="s">
+        <v>11</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2281</v>
+      </c>
+      <c r="I131" t="s">
+        <v>2282</v>
+      </c>
+      <c r="J131" t="s">
+        <v>909</v>
+      </c>
+      <c r="K131" t="s">
+        <v>2283</v>
+      </c>
+      <c r="L131" t="s">
+        <v>2284</v>
+      </c>
+      <c r="M131" t="s">
+        <v>2285</v>
+      </c>
+      <c r="N131" t="s">
+        <v>2286</v>
+      </c>
+      <c r="O131" t="s">
+        <v>2287</v>
+      </c>
+      <c r="P131" t="s">
+        <v>2288</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>892</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2290</v>
+      </c>
+      <c r="C132" t="s">
+        <v>11</v>
+      </c>
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
+        <v>2291</v>
+      </c>
+      <c r="F132" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2293</v>
+      </c>
+      <c r="I132" t="s">
+        <v>2294</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2295</v>
+      </c>
+      <c r="K132" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>892</v>
+      </c>
+      <c r="B133" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C133" t="s">
+        <v>11</v>
+      </c>
+      <c r="D133" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F133" t="s">
+        <v>11</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2299</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2300</v>
+      </c>
+      <c r="I133" t="s">
+        <v>2301</v>
+      </c>
+      <c r="J133" t="s">
+        <v>2302</v>
+      </c>
+      <c r="K133" t="s">
+        <v>2303</v>
+      </c>
+      <c r="L133" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>892</v>
+      </c>
+      <c r="B134" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C134" t="s">
+        <v>11</v>
+      </c>
+      <c r="D134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F134" t="s">
+        <v>11</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2308</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J134" t="s">
+        <v>2309</v>
+      </c>
+      <c r="K134" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>892</v>
+      </c>
+      <c r="B135" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C135" t="s">
+        <v>11</v>
+      </c>
+      <c r="D135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2312</v>
+      </c>
+      <c r="F135" t="s">
+        <v>11</v>
+      </c>
+      <c r="G135" t="s">
+        <v>2313</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2314</v>
+      </c>
+      <c r="I135" t="s">
+        <v>2315</v>
+      </c>
+      <c r="J135" t="s">
+        <v>1143</v>
+      </c>
+      <c r="K135" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>892</v>
+      </c>
+      <c r="B136" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C136" t="s">
+        <v>11</v>
+      </c>
+      <c r="D136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2318</v>
+      </c>
+      <c r="F136" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2319</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2320</v>
+      </c>
+      <c r="I136" t="s">
+        <v>2321</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K136" t="s">
+        <v>2322</v>
+      </c>
+      <c r="L136" t="s">
+        <v>2323</v>
+      </c>
+      <c r="M136" t="s">
+        <v>2324</v>
+      </c>
+      <c r="N136" t="s">
+        <v>2325</v>
+      </c>
+      <c r="O136" t="s">
+        <v>2326</v>
+      </c>
+      <c r="P136" t="s">
+        <v>2327</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>2328</v>
+      </c>
+      <c r="R136" t="s">
+        <v>2329</v>
+      </c>
+      <c r="S136" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>892</v>
+      </c>
+      <c r="B137" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C137" t="s">
+        <v>11</v>
+      </c>
+      <c r="D137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2332</v>
+      </c>
+      <c r="F137" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2333</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2334</v>
+      </c>
+      <c r="I137" t="s">
+        <v>2335</v>
+      </c>
+      <c r="J137" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K137" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>892</v>
+      </c>
+      <c r="B138" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C138" t="s">
+        <v>11</v>
+      </c>
+      <c r="D138" t="s">
+        <v>11</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2339</v>
+      </c>
+      <c r="F138" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2341</v>
+      </c>
+      <c r="I138" t="s">
+        <v>2135</v>
+      </c>
+      <c r="J138" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K138" t="s">
+        <v>2342</v>
+      </c>
+      <c r="L138" t="s">
+        <v>2343</v>
+      </c>
+      <c r="M138" t="s">
+        <v>2344</v>
+      </c>
+      <c r="N138" t="s">
+        <v>2345</v>
+      </c>
+      <c r="O138" t="s">
+        <v>2346</v>
+      </c>
+      <c r="P138" t="s">
+        <v>2347</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>892</v>
+      </c>
+      <c r="B139" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C139" t="s">
+        <v>11</v>
+      </c>
+      <c r="D139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2349</v>
+      </c>
+      <c r="F139" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2351</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1869</v>
+      </c>
+      <c r="J139" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K139" t="s">
+        <v>2352</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>892</v>
+      </c>
+      <c r="B140" t="s">
+        <v>2353</v>
+      </c>
+      <c r="C140" t="s">
+        <v>11</v>
+      </c>
+      <c r="D140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2354</v>
+      </c>
+      <c r="F140" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2355</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2356</v>
+      </c>
+      <c r="I140" t="s">
+        <v>2357</v>
+      </c>
+      <c r="J140" t="s">
+        <v>1482</v>
+      </c>
+      <c r="K140" t="s">
+        <v>2358</v>
+      </c>
+      <c r="L140" t="s">
+        <v>2359</v>
+      </c>
+      <c r="M140" t="s">
+        <v>2360</v>
+      </c>
+      <c r="N140" t="s">
+        <v>2361</v>
+      </c>
+      <c r="O140" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>892</v>
+      </c>
+      <c r="B141" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C141" t="s">
+        <v>11</v>
+      </c>
+      <c r="D141" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2364</v>
+      </c>
+      <c r="F141" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2365</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2366</v>
+      </c>
+      <c r="I141" t="s">
+        <v>2367</v>
+      </c>
+      <c r="J141" t="s">
+        <v>2368</v>
+      </c>
+      <c r="K141" t="s">
+        <v>2369</v>
+      </c>
+      <c r="L141" t="s">
+        <v>2370</v>
+      </c>
+      <c r="M141" t="s">
+        <v>2371</v>
+      </c>
+      <c r="N141" t="s">
+        <v>2372</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>892</v>
+      </c>
+      <c r="B142" t="s">
+        <v>2374</v>
+      </c>
+      <c r="C142" t="s">
+        <v>11</v>
+      </c>
+      <c r="D142" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" t="s">
+        <v>2375</v>
+      </c>
+      <c r="F142" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" t="s">
+        <v>2376</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2377</v>
+      </c>
+      <c r="I142" t="s">
+        <v>2378</v>
+      </c>
+      <c r="J142" t="s">
+        <v>2379</v>
+      </c>
+      <c r="K142" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>892</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C143" t="s">
+        <v>11</v>
+      </c>
+      <c r="D143" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2382</v>
+      </c>
+      <c r="F143" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2383</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2384</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1869</v>
+      </c>
+      <c r="J143" t="s">
+        <v>2385</v>
+      </c>
+      <c r="K143" t="s">
+        <v>2386</v>
+      </c>
+      <c r="L143" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>892</v>
+      </c>
+      <c r="B144" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C144" t="s">
+        <v>11</v>
+      </c>
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F144" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2391</v>
+      </c>
+      <c r="I144" t="s">
+        <v>2392</v>
+      </c>
+      <c r="J144" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K144" t="s">
+        <v>2393</v>
+      </c>
+      <c r="L144" t="s">
+        <v>2394</v>
+      </c>
+      <c r="M144" t="s">
+        <v>2395</v>
+      </c>
+      <c r="N144" t="s">
+        <v>2396</v>
+      </c>
+      <c r="O144" t="s">
+        <v>2397</v>
+      </c>
+      <c r="P144" t="s">
+        <v>2398</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>2399</v>
+      </c>
+      <c r="R144" t="s">
+        <v>2400</v>
+      </c>
+      <c r="S144" t="s">
+        <v>2401</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>892</v>
+      </c>
+      <c r="B145" t="s">
+        <v>2402</v>
+      </c>
+      <c r="C145" t="s">
+        <v>11</v>
+      </c>
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2403</v>
+      </c>
+      <c r="F145" t="s">
+        <v>11</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2405</v>
+      </c>
+      <c r="I145" t="s">
+        <v>2406</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2407</v>
+      </c>
+      <c r="K145" t="s">
+        <v>2408</v>
+      </c>
+      <c r="L145" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>892</v>
+      </c>
+      <c r="B146" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C146" t="s">
+        <v>11</v>
+      </c>
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2411</v>
+      </c>
+      <c r="F146" t="s">
+        <v>11</v>
+      </c>
+      <c r="G146" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2413</v>
+      </c>
+      <c r="I146" t="s">
+        <v>2414</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K146" t="s">
+        <v>2415</v>
+      </c>
+      <c r="L146" t="s">
+        <v>2416</v>
+      </c>
+      <c r="M146" t="s">
+        <v>2417</v>
+      </c>
+      <c r="N146" t="s">
+        <v>2418</v>
+      </c>
+      <c r="O146" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>892</v>
+      </c>
+      <c r="B147" t="s">
+        <v>2420</v>
+      </c>
+      <c r="C147" t="s">
+        <v>11</v>
+      </c>
+      <c r="D147" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F147" t="s">
+        <v>11</v>
+      </c>
+      <c r="G147" t="s">
+        <v>2422</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2423</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J147" t="s">
+        <v>2424</v>
+      </c>
+      <c r="K147" t="s">
+        <v>2425</v>
+      </c>
+      <c r="L147" t="s">
+        <v>2426</v>
+      </c>
+      <c r="M147" t="s">
+        <v>2427</v>
+      </c>
+      <c r="N147" t="s">
+        <v>2428</v>
+      </c>
+      <c r="O147" t="s">
+        <v>2429</v>
+      </c>
+      <c r="P147" t="s">
+        <v>2430</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>892</v>
+      </c>
+      <c r="B148" t="s">
+        <v>2432</v>
+      </c>
+      <c r="C148" t="s">
+        <v>11</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F148" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2435</v>
+      </c>
+      <c r="I148" t="s">
+        <v>2436</v>
+      </c>
+      <c r="J148" t="s">
+        <v>1143</v>
+      </c>
+      <c r="K148" t="s">
+        <v>2437</v>
+      </c>
+      <c r="L148" t="s">
+        <v>2438</v>
+      </c>
+      <c r="M148" t="s">
+        <v>2439</v>
+      </c>
+      <c r="N148" t="s">
+        <v>2440</v>
+      </c>
+      <c r="O148" t="s">
+        <v>2441</v>
+      </c>
+      <c r="P148" t="s">
+        <v>2442</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>892</v>
+      </c>
+      <c r="B149" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C149" t="s">
+        <v>11</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2445</v>
+      </c>
+      <c r="F149" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2446</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2447</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1443</v>
+      </c>
+      <c r="J149" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K149" t="s">
+        <v>2448</v>
+      </c>
+      <c r="L149" t="s">
+        <v>2449</v>
+      </c>
+      <c r="M149" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>892</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C150" t="s">
+        <v>11</v>
+      </c>
+      <c r="D150" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F150" t="s">
+        <v>11</v>
+      </c>
+      <c r="G150" t="s">
+        <v>2453</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2454</v>
+      </c>
+      <c r="I150" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J150" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K150" t="s">
+        <v>2457</v>
+      </c>
+      <c r="L150" t="s">
+        <v>2458</v>
+      </c>
+      <c r="M150" t="s">
+        <v>2459</v>
+      </c>
+      <c r="N150" t="s">
+        <v>2460</v>
+      </c>
+      <c r="O150" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>892</v>
+      </c>
+      <c r="B151" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C151" t="s">
+        <v>11</v>
+      </c>
+      <c r="D151" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2463</v>
+      </c>
+      <c r="F151" t="s">
+        <v>11</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2464</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2465</v>
+      </c>
+      <c r="I151" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J151" t="s">
+        <v>2466</v>
+      </c>
+      <c r="K151" t="s">
+        <v>2467</v>
+      </c>
+      <c r="L151" t="s">
+        <v>2468</v>
+      </c>
+      <c r="M151" t="s">
+        <v>2469</v>
+      </c>
+      <c r="N151" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>892</v>
+      </c>
+      <c r="B152" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C152" t="s">
+        <v>11</v>
+      </c>
+      <c r="D152" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" t="s">
+        <v>2472</v>
+      </c>
+      <c r="F152" t="s">
+        <v>11</v>
+      </c>
+      <c r="G152" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2474</v>
+      </c>
+      <c r="I152" t="s">
+        <v>929</v>
+      </c>
+      <c r="J152" t="s">
+        <v>2475</v>
+      </c>
+      <c r="K152" t="s">
+        <v>2476</v>
+      </c>
+      <c r="L152" t="s">
+        <v>2477</v>
+      </c>
+      <c r="M152" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>892</v>
+      </c>
+      <c r="B153" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C153" t="s">
+        <v>11</v>
+      </c>
+      <c r="D153" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" t="s">
+        <v>2480</v>
+      </c>
+      <c r="F153" t="s">
+        <v>11</v>
+      </c>
+      <c r="G153" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2482</v>
+      </c>
+      <c r="I153" t="s">
+        <v>2483</v>
+      </c>
+      <c r="J153" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K153" t="s">
+        <v>2484</v>
+      </c>
+      <c r="L153" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>892</v>
+      </c>
+      <c r="B154" t="s">
+        <v>2486</v>
+      </c>
+      <c r="C154" t="s">
+        <v>11</v>
+      </c>
+      <c r="D154" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" t="s">
+        <v>2487</v>
+      </c>
+      <c r="F154" t="s">
+        <v>11</v>
+      </c>
+      <c r="G154" t="s">
+        <v>2488</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2489</v>
+      </c>
+      <c r="I154" t="s">
+        <v>2490</v>
+      </c>
+      <c r="J154" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K154" t="s">
+        <v>2491</v>
+      </c>
+      <c r="L154" t="s">
+        <v>2492</v>
+      </c>
+      <c r="M154" t="s">
+        <v>2493</v>
+      </c>
+      <c r="N154" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>892</v>
+      </c>
+      <c r="B155" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C155" t="s">
+        <v>11</v>
+      </c>
+      <c r="D155" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F155" t="s">
+        <v>11</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2497</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2498</v>
+      </c>
+      <c r="I155" t="s">
+        <v>2499</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K155" t="s">
+        <v>2500</v>
+      </c>
+      <c r="L155" t="s">
+        <v>2501</v>
+      </c>
+      <c r="M155" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>892</v>
+      </c>
+      <c r="B156" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C156" t="s">
+        <v>11</v>
+      </c>
+      <c r="D156" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2504</v>
+      </c>
+      <c r="F156" t="s">
+        <v>11</v>
+      </c>
+      <c r="G156" t="s">
+        <v>2505</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2506</v>
+      </c>
+      <c r="I156" t="s">
+        <v>2507</v>
+      </c>
+      <c r="J156" t="s">
+        <v>2206</v>
+      </c>
+      <c r="K156" t="s">
+        <v>2508</v>
+      </c>
+      <c r="L156" t="s">
+        <v>2509</v>
+      </c>
+      <c r="M156" t="s">
+        <v>2510</v>
+      </c>
+      <c r="N156" t="s">
+        <v>2511</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>892</v>
+      </c>
+      <c r="B157" t="s">
+        <v>2512</v>
+      </c>
+      <c r="C157" t="s">
+        <v>11</v>
+      </c>
+      <c r="D157" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F157" t="s">
+        <v>11</v>
+      </c>
+      <c r="G157" t="s">
+        <v>2514</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2515</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1443</v>
+      </c>
+      <c r="J157" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K157" t="s">
+        <v>2516</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>892</v>
+      </c>
+      <c r="B158" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C158" t="s">
+        <v>11</v>
+      </c>
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>2518</v>
+      </c>
+      <c r="F158" t="s">
+        <v>11</v>
+      </c>
+      <c r="G158" t="s">
+        <v>2519</v>
+      </c>
+      <c r="H158" t="s">
+        <v>2520</v>
+      </c>
+      <c r="I158" t="s">
+        <v>2521</v>
+      </c>
+      <c r="J158" t="s">
+        <v>2017</v>
+      </c>
+      <c r="K158" t="s">
+        <v>2522</v>
+      </c>
+      <c r="L158" t="s">
+        <v>2523</v>
+      </c>
+      <c r="M158" t="s">
+        <v>2524</v>
+      </c>
+      <c r="N158" t="s">
+        <v>2525</v>
+      </c>
+      <c r="O158" t="s">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>892</v>
+      </c>
+      <c r="B159" t="s">
+        <v>2527</v>
+      </c>
+      <c r="C159" t="s">
+        <v>11</v>
+      </c>
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" t="s">
+        <v>2528</v>
+      </c>
+      <c r="F159" t="s">
+        <v>11</v>
+      </c>
+      <c r="G159" t="s">
+        <v>2529</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2530</v>
+      </c>
+      <c r="I159" t="s">
+        <v>2531</v>
+      </c>
+      <c r="J159" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K159" t="s">
+        <v>2532</v>
+      </c>
+      <c r="L159" t="s">
+        <v>2533</v>
+      </c>
+      <c r="M159" t="s">
+        <v>2534</v>
+      </c>
+      <c r="N159" t="s">
+        <v>2535</v>
+      </c>
+      <c r="O159" t="s">
+        <v>2536</v>
+      </c>
+      <c r="P159" t="s">
+        <v>2537</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>2538</v>
+      </c>
+      <c r="R159" t="s">
+        <v>2539</v>
+      </c>
+      <c r="S159" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>892</v>
+      </c>
+      <c r="B160" t="s">
+        <v>2541</v>
+      </c>
+      <c r="C160" t="s">
+        <v>11</v>
+      </c>
+      <c r="D160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F160" t="s">
+        <v>11</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2543</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2544</v>
+      </c>
+      <c r="I160" t="s">
+        <v>2545</v>
+      </c>
+      <c r="J160" t="s">
+        <v>2546</v>
+      </c>
+      <c r="K160" t="s">
+        <v>2547</v>
+      </c>
+      <c r="L160" t="s">
+        <v>2548</v>
+      </c>
+      <c r="M160" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>892</v>
+      </c>
+      <c r="B161" t="s">
+        <v>2550</v>
+      </c>
+      <c r="C161" t="s">
+        <v>11</v>
+      </c>
+      <c r="D161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F161" t="s">
+        <v>11</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2552</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2553</v>
+      </c>
+      <c r="I161" t="s">
+        <v>2554</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K161" t="s">
+        <v>2555</v>
+      </c>
+      <c r="L161" t="s">
+        <v>2556</v>
+      </c>
+      <c r="M161" t="s">
+        <v>2557</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>892</v>
+      </c>
+      <c r="B162" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C162" t="s">
+        <v>11</v>
+      </c>
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2559</v>
+      </c>
+      <c r="F162" t="s">
+        <v>11</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2560</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2561</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2562</v>
+      </c>
+      <c r="J162" t="s">
+        <v>2563</v>
+      </c>
+      <c r="K162" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>892</v>
+      </c>
+      <c r="B163" t="s">
+        <v>2565</v>
+      </c>
+      <c r="C163" t="s">
+        <v>11</v>
+      </c>
+      <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2566</v>
+      </c>
+      <c r="F163" t="s">
+        <v>11</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2569</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K163" t="s">
+        <v>2570</v>
+      </c>
+      <c r="L163" t="s">
+        <v>2571</v>
+      </c>
+      <c r="M163" t="s">
+        <v>2572</v>
+      </c>
+      <c r="N163" t="s">
+        <v>2573</v>
+      </c>
+      <c r="O163" t="s">
+        <v>2574</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>892</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C164" t="s">
+        <v>11</v>
+      </c>
+      <c r="D164" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" t="s">
+        <v>2566</v>
+      </c>
+      <c r="F164" t="s">
+        <v>11</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2576</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2577</v>
+      </c>
+      <c r="I164" t="s">
+        <v>2578</v>
+      </c>
+      <c r="J164" t="s">
+        <v>2579</v>
+      </c>
+      <c r="K164" t="s">
+        <v>2580</v>
+      </c>
+      <c r="L164" t="s">
+        <v>2581</v>
+      </c>
+      <c r="M164" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>892</v>
+      </c>
+      <c r="B165" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C165" t="s">
+        <v>11</v>
+      </c>
+      <c r="D165" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F165" t="s">
+        <v>11</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2585</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2586</v>
+      </c>
+      <c r="I165" t="s">
+        <v>2587</v>
+      </c>
+      <c r="J165" t="s">
+        <v>2588</v>
+      </c>
+      <c r="K165" t="s">
+        <v>2589</v>
+      </c>
+      <c r="L165" t="s">
+        <v>2590</v>
+      </c>
+      <c r="M165" t="s">
+        <v>2591</v>
+      </c>
+      <c r="N165" t="s">
+        <v>2592</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>892</v>
+      </c>
+      <c r="B166" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C166" t="s">
+        <v>11</v>
+      </c>
+      <c r="D166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" t="s">
+        <v>2594</v>
+      </c>
+      <c r="F166" t="s">
+        <v>11</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2595</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2596</v>
+      </c>
+      <c r="I166" t="s">
+        <v>2597</v>
+      </c>
+      <c r="J166" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K166" t="s">
+        <v>2598</v>
+      </c>
+      <c r="L166" t="s">
+        <v>2599</v>
+      </c>
+      <c r="M166" t="s">
+        <v>2600</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>892</v>
+      </c>
+      <c r="B167" t="s">
+        <v>2601</v>
+      </c>
+      <c r="C167" t="s">
+        <v>11</v>
+      </c>
+      <c r="D167" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" t="s">
+        <v>2602</v>
+      </c>
+      <c r="F167" t="s">
+        <v>11</v>
+      </c>
+      <c r="G167" t="s">
+        <v>2603</v>
+      </c>
+      <c r="H167" t="s">
+        <v>2604</v>
+      </c>
+      <c r="I167" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J167" t="s">
+        <v>2605</v>
+      </c>
+      <c r="K167" t="s">
+        <v>2606</v>
+      </c>
+      <c r="L167" t="s">
+        <v>2607</v>
+      </c>
+      <c r="M167" t="s">
+        <v>2608</v>
+      </c>
+      <c r="N167" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>892</v>
+      </c>
+      <c r="B168" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C168" t="s">
+        <v>11</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
+        <v>2611</v>
+      </c>
+      <c r="F168" t="s">
+        <v>11</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2613</v>
+      </c>
+      <c r="I168" t="s">
+        <v>2614</v>
+      </c>
+      <c r="J168" t="s">
+        <v>2615</v>
+      </c>
+      <c r="K168" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>892</v>
+      </c>
+      <c r="B169" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C169" t="s">
+        <v>11</v>
+      </c>
+      <c r="D169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" t="s">
+        <v>2618</v>
+      </c>
+      <c r="F169" t="s">
+        <v>11</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2620</v>
+      </c>
+      <c r="I169" t="s">
+        <v>2621</v>
+      </c>
+      <c r="J169" t="s">
+        <v>2622</v>
+      </c>
+      <c r="K169" t="s">
+        <v>2623</v>
+      </c>
+      <c r="L169" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>892</v>
+      </c>
+      <c r="B170" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C170" t="s">
+        <v>11</v>
+      </c>
+      <c r="D170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" t="s">
+        <v>2626</v>
+      </c>
+      <c r="F170" t="s">
+        <v>11</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2627</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2628</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2629</v>
+      </c>
+      <c r="J170" t="s">
+        <v>2630</v>
+      </c>
+      <c r="K170" t="s">
+        <v>2631</v>
+      </c>
+      <c r="L170" t="s">
+        <v>2632</v>
+      </c>
+      <c r="M170" t="s">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>892</v>
+      </c>
+      <c r="B171" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C171" t="s">
+        <v>11</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" t="s">
+        <v>2626</v>
+      </c>
+      <c r="F171" t="s">
+        <v>11</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2635</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2636</v>
+      </c>
+      <c r="I171" t="s">
+        <v>2637</v>
+      </c>
+      <c r="J171" t="s">
+        <v>1408</v>
+      </c>
+      <c r="K171" t="s">
+        <v>2638</v>
+      </c>
+      <c r="L171" t="s">
+        <v>2639</v>
+      </c>
+      <c r="M171" t="s">
+        <v>2640</v>
+      </c>
+      <c r="N171" t="s">
+        <v>2641</v>
+      </c>
+      <c r="O171" t="s">
+        <v>2642</v>
+      </c>
+      <c r="P171" t="s">
+        <v>2643</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>892</v>
+      </c>
+      <c r="B172" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C172" t="s">
+        <v>11</v>
+      </c>
+      <c r="D172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F172" t="s">
+        <v>11</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2646</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2647</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2648</v>
+      </c>
+      <c r="J172" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K172" t="s">
+        <v>2649</v>
+      </c>
+      <c r="L172" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>892</v>
+      </c>
+      <c r="B173" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C173" t="s">
+        <v>11</v>
+      </c>
+      <c r="D173" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" t="s">
+        <v>2652</v>
+      </c>
+      <c r="F173" t="s">
+        <v>11</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2653</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2654</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J173" t="s">
+        <v>2385</v>
+      </c>
+      <c r="K173" t="s">
+        <v>2655</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>892</v>
+      </c>
+      <c r="B174" t="s">
+        <v>2656</v>
+      </c>
+      <c r="C174" t="s">
+        <v>11</v>
+      </c>
+      <c r="D174" t="s">
+        <v>11</v>
+      </c>
+      <c r="E174" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F174" t="s">
+        <v>11</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2659</v>
+      </c>
+      <c r="I174" t="s">
+        <v>2660</v>
+      </c>
+      <c r="J174" t="s">
+        <v>2661</v>
+      </c>
+      <c r="K174" t="s">
+        <v>2662</v>
+      </c>
+      <c r="L174" t="s">
+        <v>2663</v>
+      </c>
+      <c r="M174" t="s">
+        <v>2664</v>
+      </c>
+      <c r="N174" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>892</v>
+      </c>
+      <c r="B175" t="s">
+        <v>2666</v>
+      </c>
+      <c r="C175" t="s">
+        <v>11</v>
+      </c>
+      <c r="D175" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F175" t="s">
+        <v>11</v>
+      </c>
+      <c r="G175" t="s">
+        <v>2667</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2668</v>
+      </c>
+      <c r="I175" t="s">
+        <v>1443</v>
+      </c>
+      <c r="J175" t="s">
+        <v>2669</v>
+      </c>
+      <c r="K175" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>892</v>
+      </c>
+      <c r="B176" t="s">
+        <v>2671</v>
+      </c>
+      <c r="C176" t="s">
+        <v>11</v>
+      </c>
+      <c r="D176" t="s">
+        <v>11</v>
+      </c>
+      <c r="E176" t="s">
+        <v>2672</v>
+      </c>
+      <c r="F176" t="s">
+        <v>11</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2673</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2674</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1161</v>
+      </c>
+      <c r="J176" t="s">
+        <v>1257</v>
+      </c>
+      <c r="K176" t="s">
+        <v>2675</v>
+      </c>
+      <c r="L176" t="s">
+        <v>2676</v>
+      </c>
+      <c r="M176" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>892</v>
+      </c>
+      <c r="B177" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C177" t="s">
+        <v>11</v>
+      </c>
+      <c r="D177" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2672</v>
+      </c>
+      <c r="F177" t="s">
+        <v>11</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2679</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2680</v>
+      </c>
+      <c r="I177" t="s">
+        <v>2681</v>
+      </c>
+      <c r="J177" t="s">
+        <v>2682</v>
+      </c>
+      <c r="K177" t="s">
+        <v>2683</v>
+      </c>
+      <c r="L177" t="s">
+        <v>2684</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>892</v>
+      </c>
+      <c r="B178" t="s">
+        <v>2685</v>
+      </c>
+      <c r="C178" t="s">
+        <v>11</v>
+      </c>
+      <c r="D178" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" t="s">
+        <v>2686</v>
+      </c>
+      <c r="F178" t="s">
+        <v>11</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2687</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2688</v>
+      </c>
+      <c r="I178" t="s">
+        <v>2689</v>
+      </c>
+      <c r="J178" t="s">
+        <v>1123</v>
+      </c>
+      <c r="K178" t="s">
+        <v>2690</v>
+      </c>
+      <c r="L178" t="s">
+        <v>2691</v>
+      </c>
+      <c r="M178" t="s">
+        <v>2692</v>
+      </c>
+      <c r="N178" t="s">
+        <v>2693</v>
+      </c>
+      <c r="O178" t="s">
+        <v>2694</v>
+      </c>
+      <c r="P178" t="s">
+        <v>2695</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>2696</v>
+      </c>
+      <c r="R178" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>892</v>
+      </c>
+      <c r="B179" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C179" t="s">
+        <v>11</v>
+      </c>
+      <c r="D179" t="s">
+        <v>11</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2699</v>
+      </c>
+      <c r="F179" t="s">
+        <v>11</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2700</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2701</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2702</v>
+      </c>
+      <c r="J179" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K179" t="s">
+        <v>2703</v>
+      </c>
+      <c r="L179" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>892</v>
+      </c>
+      <c r="B180" t="s">
+        <v>2705</v>
+      </c>
+      <c r="C180" t="s">
+        <v>11</v>
+      </c>
+      <c r="D180" t="s">
+        <v>11</v>
+      </c>
+      <c r="E180" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F180" t="s">
+        <v>11</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2707</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2708</v>
+      </c>
+      <c r="I180" t="s">
+        <v>2709</v>
+      </c>
+      <c r="J180" t="s">
+        <v>2669</v>
+      </c>
+      <c r="K180" t="s">
+        <v>2710</v>
+      </c>
+      <c r="L180" t="s">
+        <v>2711</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>892</v>
+      </c>
+      <c r="B181" t="s">
+        <v>2712</v>
+      </c>
+      <c r="C181" t="s">
+        <v>11</v>
+      </c>
+      <c r="D181" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" t="s">
+        <v>2706</v>
+      </c>
+      <c r="F181" t="s">
+        <v>11</v>
+      </c>
+      <c r="G181" t="s">
+        <v>2713</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2714</v>
+      </c>
+      <c r="I181" t="s">
+        <v>2715</v>
+      </c>
+      <c r="J181" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K181" t="s">
+        <v>2716</v>
+      </c>
+      <c r="L181" t="s">
+        <v>2717</v>
+      </c>
+      <c r="M181" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>892</v>
+      </c>
+      <c r="B182" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C182" t="s">
+        <v>11</v>
+      </c>
+      <c r="D182" t="s">
+        <v>11</v>
+      </c>
+      <c r="E182" t="s">
+        <v>2720</v>
+      </c>
+      <c r="F182" t="s">
+        <v>11</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2721</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2722</v>
+      </c>
+      <c r="I182" t="s">
+        <v>2723</v>
+      </c>
+      <c r="J182" t="s">
+        <v>2724</v>
+      </c>
+      <c r="K182" t="s">
+        <v>2725</v>
+      </c>
+      <c r="L182" t="s">
+        <v>2726</v>
+      </c>
+      <c r="M182" t="s">
+        <v>2727</v>
+      </c>
+      <c r="N182" t="s">
+        <v>2728</v>
+      </c>
+      <c r="O182" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>892</v>
+      </c>
+      <c r="B183" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C183" t="s">
+        <v>11</v>
+      </c>
+      <c r="D183" t="s">
+        <v>11</v>
+      </c>
+      <c r="E183" t="s">
+        <v>2731</v>
+      </c>
+      <c r="F183" t="s">
+        <v>11</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2732</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2733</v>
+      </c>
+      <c r="I183" t="s">
+        <v>1443</v>
+      </c>
+      <c r="J183" t="s">
+        <v>2385</v>
+      </c>
+      <c r="K183" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>892</v>
+      </c>
+      <c r="B184" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C184" t="s">
+        <v>11</v>
+      </c>
+      <c r="D184" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" t="s">
+        <v>2736</v>
+      </c>
+      <c r="F184" t="s">
+        <v>11</v>
+      </c>
+      <c r="G184" t="s">
+        <v>2737</v>
+      </c>
+      <c r="H184" t="s">
+        <v>2738</v>
+      </c>
+      <c r="I184" t="s">
+        <v>2739</v>
+      </c>
+      <c r="J184" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K184" t="s">
+        <v>2740</v>
+      </c>
+      <c r="L184" t="s">
+        <v>2741</v>
+      </c>
+      <c r="M184" t="s">
+        <v>2742</v>
+      </c>
+      <c r="N184" t="s">
+        <v>2743</v>
+      </c>
+      <c r="O184" t="s">
+        <v>2744</v>
+      </c>
+      <c r="P184" t="s">
+        <v>2745</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>2746</v>
+      </c>
+      <c r="R184" t="s">
+        <v>2747</v>
+      </c>
+      <c r="S184" t="s">
+        <v>2748</v>
+      </c>
+      <c r="T184" t="s">
+        <v>2749</v>
+      </c>
+      <c r="U184" t="s">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>892</v>
+      </c>
+      <c r="B185" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C185" t="s">
+        <v>11</v>
+      </c>
+      <c r="D185" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F185" t="s">
+        <v>11</v>
+      </c>
+      <c r="G185" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2754</v>
+      </c>
+      <c r="I185" t="s">
+        <v>2755</v>
+      </c>
+      <c r="J185" t="s">
+        <v>2070</v>
+      </c>
+      <c r="K185" t="s">
+        <v>2756</v>
+      </c>
+      <c r="L185" t="s">
+        <v>2757</v>
+      </c>
+      <c r="M185" t="s">
+        <v>2758</v>
+      </c>
+      <c r="N185" t="s">
+        <v>2759</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>892</v>
+      </c>
+      <c r="B186" t="s">
+        <v>2760</v>
+      </c>
+      <c r="C186" t="s">
+        <v>11</v>
+      </c>
+      <c r="D186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>2761</v>
+      </c>
+      <c r="F186" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" t="s">
+        <v>2762</v>
+      </c>
+      <c r="H186" t="s">
+        <v>2763</v>
+      </c>
+      <c r="I186" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J186" t="s">
+        <v>2047</v>
+      </c>
+      <c r="K186" t="s">
+        <v>2764</v>
+      </c>
+      <c r="L186" t="s">
+        <v>2765</v>
+      </c>
+      <c r="M186" t="s">
+        <v>2766</v>
+      </c>
+      <c r="N186" t="s">
+        <v>2767</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>892</v>
+      </c>
+      <c r="B187" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C187" t="s">
+        <v>11</v>
+      </c>
+      <c r="D187" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F187" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H187" t="s">
+        <v>2770</v>
+      </c>
+      <c r="I187" t="s">
+        <v>2771</v>
+      </c>
+      <c r="J187" t="s">
+        <v>2772</v>
+      </c>
+      <c r="K187" t="s">
+        <v>2773</v>
+      </c>
+      <c r="L187" t="s">
+        <v>2774</v>
+      </c>
+      <c r="M187" t="s">
+        <v>2775</v>
+      </c>
+      <c r="N187" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>892</v>
+      </c>
+      <c r="B188" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C188" t="s">
+        <v>11</v>
+      </c>
+      <c r="D188" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F188" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188" t="s">
+        <v>2778</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2779</v>
+      </c>
+      <c r="I188" t="s">
+        <v>2780</v>
+      </c>
+      <c r="J188" t="s">
+        <v>2772</v>
+      </c>
+      <c r="K188" t="s">
+        <v>2781</v>
+      </c>
+      <c r="L188" t="s">
+        <v>2782</v>
+      </c>
+      <c r="M188" t="s">
+        <v>2783</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>892</v>
+      </c>
+      <c r="B189" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C189" t="s">
+        <v>11</v>
+      </c>
+      <c r="D189" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" t="s">
+        <v>2785</v>
+      </c>
+      <c r="F189" t="s">
+        <v>11</v>
+      </c>
+      <c r="G189" t="s">
+        <v>2786</v>
+      </c>
+      <c r="H189" t="s">
+        <v>2787</v>
+      </c>
+      <c r="I189" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J189" t="s">
+        <v>2788</v>
+      </c>
+      <c r="K189" t="s">
+        <v>2789</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>892</v>
+      </c>
+      <c r="B190" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C190" t="s">
+        <v>11</v>
+      </c>
+      <c r="D190" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" t="s">
+        <v>2785</v>
+      </c>
+      <c r="F190" t="s">
+        <v>11</v>
+      </c>
+      <c r="G190" t="s">
+        <v>2791</v>
+      </c>
+      <c r="H190" t="s">
+        <v>2792</v>
+      </c>
+      <c r="I190" t="s">
+        <v>2793</v>
+      </c>
+      <c r="J190" t="s">
+        <v>980</v>
+      </c>
+      <c r="K190" t="s">
+        <v>2794</v>
+      </c>
+      <c r="L190" t="s">
+        <v>2795</v>
+      </c>
+      <c r="M190" t="s">
+        <v>2796</v>
+      </c>
+      <c r="N190" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>892</v>
+      </c>
+      <c r="B191" t="s">
+        <v>2798</v>
+      </c>
+      <c r="C191" t="s">
+        <v>11</v>
+      </c>
+      <c r="D191" t="s">
+        <v>11</v>
+      </c>
+      <c r="E191" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F191" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" t="s">
+        <v>2800</v>
+      </c>
+      <c r="H191" t="s">
+        <v>2801</v>
+      </c>
+      <c r="I191" t="s">
+        <v>2802</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K191" t="s">
+        <v>2803</v>
+      </c>
+      <c r="L191" t="s">
+        <v>2804</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>892</v>
+      </c>
+      <c r="B192" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C192" t="s">
+        <v>11</v>
+      </c>
+      <c r="D192" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F192" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" t="s">
+        <v>2807</v>
+      </c>
+      <c r="H192" t="s">
+        <v>2808</v>
+      </c>
+      <c r="I192" t="s">
+        <v>1443</v>
+      </c>
+      <c r="J192" t="s">
+        <v>2809</v>
+      </c>
+      <c r="K192" t="s">
+        <v>2810</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>892</v>
+      </c>
+      <c r="B193" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C193" t="s">
+        <v>11</v>
+      </c>
+      <c r="D193" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2812</v>
+      </c>
+      <c r="F193" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" t="s">
+        <v>2813</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2814</v>
+      </c>
+      <c r="I193" t="s">
+        <v>2815</v>
+      </c>
+      <c r="J193" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K193" t="s">
+        <v>2816</v>
+      </c>
+      <c r="L193" t="s">
+        <v>2817</v>
+      </c>
+      <c r="M193" t="s">
+        <v>2818</v>
+      </c>
+      <c r="N193" t="s">
+        <v>2819</v>
+      </c>
+      <c r="O193" t="s">
+        <v>2820</v>
+      </c>
+      <c r="P193" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>892</v>
+      </c>
+      <c r="B194" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C194" t="s">
+        <v>11</v>
+      </c>
+      <c r="D194" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" t="s">
+        <v>2823</v>
+      </c>
+      <c r="F194" t="s">
+        <v>11</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2824</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2825</v>
+      </c>
+      <c r="I194" t="s">
+        <v>2826</v>
+      </c>
+      <c r="J194" t="s">
+        <v>2827</v>
+      </c>
+      <c r="K194" t="s">
+        <v>2828</v>
+      </c>
+      <c r="L194" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>892</v>
+      </c>
+      <c r="B195" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C195" t="s">
+        <v>11</v>
+      </c>
+      <c r="D195" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" t="s">
+        <v>2831</v>
+      </c>
+      <c r="F195" t="s">
+        <v>11</v>
+      </c>
+      <c r="G195" t="s">
+        <v>2832</v>
+      </c>
+      <c r="H195" t="s">
+        <v>2833</v>
+      </c>
+      <c r="I195" t="s">
+        <v>2834</v>
+      </c>
+      <c r="J195" t="s">
+        <v>2835</v>
+      </c>
+      <c r="K195" t="s">
+        <v>2836</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>892</v>
+      </c>
+      <c r="B196" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C196" t="s">
+        <v>11</v>
+      </c>
+      <c r="D196" t="s">
+        <v>11</v>
+      </c>
+      <c r="E196" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F196" t="s">
+        <v>11</v>
+      </c>
+      <c r="G196" t="s">
+        <v>2839</v>
+      </c>
+      <c r="H196" t="s">
+        <v>2840</v>
+      </c>
+      <c r="I196" t="s">
+        <v>2841</v>
+      </c>
+      <c r="J196" t="s">
+        <v>2546</v>
+      </c>
+      <c r="K196" t="s">
+        <v>2842</v>
+      </c>
+      <c r="L196" t="s">
+        <v>2843</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>892</v>
+      </c>
+      <c r="B197" t="s">
+        <v>2844</v>
+      </c>
+      <c r="C197" t="s">
+        <v>11</v>
+      </c>
+      <c r="D197" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" t="s">
+        <v>2845</v>
+      </c>
+      <c r="F197" t="s">
+        <v>11</v>
+      </c>
+      <c r="G197" t="s">
+        <v>2846</v>
+      </c>
+      <c r="H197" t="s">
+        <v>2847</v>
+      </c>
+      <c r="I197" t="s">
+        <v>2834</v>
+      </c>
+      <c r="J197" t="s">
+        <v>1257</v>
+      </c>
+      <c r="K197" t="s">
+        <v>2848</v>
+      </c>
+      <c r="L197" t="s">
+        <v>2849</v>
+      </c>
+      <c r="M197" t="s">
+        <v>2850</v>
+      </c>
+      <c r="N197" t="s">
+        <v>2851</v>
+      </c>
+      <c r="O197" t="s">
+        <v>2852</v>
+      </c>
+      <c r="P197" t="s">
+        <v>2853</v>
+      </c>
+      <c r="Q197" t="s">
+        <v>2854</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>892</v>
+      </c>
+      <c r="B198" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C198" t="s">
+        <v>11</v>
+      </c>
+      <c r="D198" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" t="s">
+        <v>2845</v>
+      </c>
+      <c r="F198" t="s">
+        <v>11</v>
+      </c>
+      <c r="G198" t="s">
+        <v>2856</v>
+      </c>
+      <c r="H198" t="s">
+        <v>2857</v>
+      </c>
+      <c r="I198" t="s">
+        <v>2834</v>
+      </c>
+      <c r="J198" t="s">
+        <v>1257</v>
+      </c>
+      <c r="K198" t="s">
+        <v>2858</v>
+      </c>
+      <c r="L198" t="s">
+        <v>2859</v>
+      </c>
+      <c r="M198" t="s">
+        <v>2860</v>
+      </c>
+      <c r="N198" t="s">
+        <v>2861</v>
+      </c>
+      <c r="O198" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>892</v>
+      </c>
+      <c r="B199" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C199" t="s">
+        <v>11</v>
+      </c>
+      <c r="D199" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" t="s">
+        <v>2864</v>
+      </c>
+      <c r="F199" t="s">
+        <v>11</v>
+      </c>
+      <c r="G199" t="s">
+        <v>2865</v>
+      </c>
+      <c r="H199" t="s">
+        <v>2866</v>
+      </c>
+      <c r="I199" t="s">
+        <v>2867</v>
+      </c>
+      <c r="J199" t="s">
+        <v>2788</v>
+      </c>
+      <c r="K199" t="s">
+        <v>2868</v>
+      </c>
+      <c r="L199" t="s">
+        <v>2869</v>
+      </c>
+      <c r="M199" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>892</v>
+      </c>
+      <c r="B200" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C200" t="s">
+        <v>11</v>
+      </c>
+      <c r="D200" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" t="s">
+        <v>2872</v>
+      </c>
+      <c r="F200" t="s">
+        <v>11</v>
+      </c>
+      <c r="G200" t="s">
+        <v>2873</v>
+      </c>
+      <c r="H200" t="s">
+        <v>2874</v>
+      </c>
+      <c r="I200" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J200" t="s">
+        <v>2875</v>
+      </c>
+      <c r="K200" t="s">
+        <v>2876</v>
+      </c>
+      <c r="L200" t="s">
+        <v>2877</v>
+      </c>
+      <c r="M200" t="s">
+        <v>2878</v>
+      </c>
+      <c r="N200" t="s">
+        <v>2879</v>
+      </c>
+      <c r="O200" t="s">
+        <v>2880</v>
+      </c>
+      <c r="P200" t="s">
+        <v>2881</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>892</v>
+      </c>
+      <c r="B201" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C201" t="s">
+        <v>11</v>
+      </c>
+      <c r="D201" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" t="s">
+        <v>2883</v>
+      </c>
+      <c r="F201" t="s">
+        <v>11</v>
+      </c>
+      <c r="G201" t="s">
+        <v>2884</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2885</v>
+      </c>
+      <c r="I201" t="s">
+        <v>2886</v>
+      </c>
+      <c r="J201" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K201" t="s">
+        <v>2887</v>
+      </c>
+      <c r="L201" t="s">
+        <v>2888</v>
+      </c>
+      <c r="M201" t="s">
+        <v>2889</v>
+      </c>
+      <c r="N201" t="s">
+        <v>2890</v>
+      </c>
+      <c r="O201" t="s">
+        <v>2891</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>892</v>
+      </c>
+      <c r="B202" t="s">
+        <v>2892</v>
+      </c>
+      <c r="C202" t="s">
+        <v>11</v>
+      </c>
+      <c r="D202" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" t="s">
+        <v>2893</v>
+      </c>
+      <c r="F202" t="s">
+        <v>11</v>
+      </c>
+      <c r="G202" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H202" t="s">
+        <v>2895</v>
+      </c>
+      <c r="I202" t="s">
+        <v>2896</v>
+      </c>
+      <c r="J202" t="s">
+        <v>2897</v>
+      </c>
+      <c r="K202" t="s">
+        <v>2898</v>
+      </c>
+      <c r="L202" t="s">
+        <v>2899</v>
+      </c>
+      <c r="M202" t="s">
+        <v>2900</v>
+      </c>
+      <c r="N202" t="s">
+        <v>2901</v>
+      </c>
+      <c r="O202" t="s">
+        <v>2902</v>
+      </c>
+      <c r="P202" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>892</v>
+      </c>
+      <c r="B203" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C203" t="s">
+        <v>11</v>
+      </c>
+      <c r="D203" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" t="s">
+        <v>2905</v>
+      </c>
+      <c r="F203" t="s">
+        <v>11</v>
+      </c>
+      <c r="G203" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2907</v>
+      </c>
+      <c r="I203" t="s">
+        <v>2908</v>
+      </c>
+      <c r="J203" t="s">
+        <v>2909</v>
+      </c>
+      <c r="K203" t="s">
+        <v>2910</v>
+      </c>
+      <c r="L203" t="s">
+        <v>2911</v>
+      </c>
+      <c r="M203" t="s">
+        <v>2912</v>
+      </c>
+      <c r="N203" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>892</v>
+      </c>
+      <c r="B204" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C204" t="s">
+        <v>11</v>
+      </c>
+      <c r="D204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" t="s">
+        <v>2915</v>
+      </c>
+      <c r="F204" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204" t="s">
+        <v>2916</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2917</v>
+      </c>
+      <c r="I204" t="s">
+        <v>2918</v>
+      </c>
+      <c r="J204" t="s">
+        <v>2897</v>
+      </c>
+      <c r="K204" t="s">
+        <v>2919</v>
+      </c>
+      <c r="L204" t="s">
+        <v>2920</v>
+      </c>
+      <c r="M204" t="s">
+        <v>2921</v>
+      </c>
+      <c r="N204" t="s">
+        <v>2922</v>
+      </c>
+      <c r="O204" t="s">
+        <v>2923</v>
+      </c>
+      <c r="P204" t="s">
+        <v>2924</v>
+      </c>
+      <c r="Q204" t="s">
+        <v>2925</v>
+      </c>
+      <c r="R204" t="s">
+        <v>2926</v>
+      </c>
+      <c r="S204" t="s">
+        <v>2927</v>
+      </c>
+      <c r="T204" t="s">
+        <v>2928</v>
+      </c>
+      <c r="U204" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>892</v>
+      </c>
+      <c r="B205" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C205" t="s">
+        <v>11</v>
+      </c>
+      <c r="D205" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F205" t="s">
+        <v>11</v>
+      </c>
+      <c r="G205" t="s">
+        <v>2932</v>
+      </c>
+      <c r="H205" t="s">
+        <v>2933</v>
+      </c>
+      <c r="I205" t="s">
+        <v>2934</v>
+      </c>
+      <c r="J205" t="s">
+        <v>2935</v>
+      </c>
+      <c r="K205" t="s">
+        <v>2936</v>
+      </c>
+      <c r="L205" t="s">
+        <v>2937</v>
+      </c>
+      <c r="M205" t="s">
+        <v>2938</v>
+      </c>
+      <c r="N205" t="s">
+        <v>2939</v>
+      </c>
+      <c r="O205" t="s">
+        <v>2940</v>
+      </c>
+      <c r="P205" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>892</v>
+      </c>
+      <c r="B206" t="s">
+        <v>2942</v>
+      </c>
+      <c r="C206" t="s">
+        <v>11</v>
+      </c>
+      <c r="D206" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" t="s">
+        <v>2943</v>
+      </c>
+      <c r="F206" t="s">
+        <v>11</v>
+      </c>
+      <c r="G206" t="s">
+        <v>2944</v>
+      </c>
+      <c r="H206" t="s">
+        <v>2945</v>
+      </c>
+      <c r="I206" t="s">
+        <v>2946</v>
+      </c>
+      <c r="J206" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K206" t="s">
+        <v>2947</v>
+      </c>
+      <c r="L206" t="s">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>892</v>
+      </c>
+      <c r="B207" t="s">
+        <v>2949</v>
+      </c>
+      <c r="C207" t="s">
+        <v>11</v>
+      </c>
+      <c r="D207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" t="s">
+        <v>2943</v>
+      </c>
+      <c r="F207" t="s">
+        <v>11</v>
+      </c>
+      <c r="G207" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H207" t="s">
+        <v>2951</v>
+      </c>
+      <c r="I207" t="s">
+        <v>2952</v>
+      </c>
+      <c r="J207" t="s">
+        <v>2953</v>
+      </c>
+      <c r="K207" t="s">
+        <v>2954</v>
+      </c>
+      <c r="L207" t="s">
+        <v>2955</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>892</v>
+      </c>
+      <c r="B208" t="s">
+        <v>2956</v>
+      </c>
+      <c r="C208" t="s">
+        <v>11</v>
+      </c>
+      <c r="D208" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" t="s">
+        <v>2957</v>
+      </c>
+      <c r="F208" t="s">
+        <v>11</v>
+      </c>
+      <c r="G208" t="s">
+        <v>2958</v>
+      </c>
+      <c r="H208" t="s">
+        <v>2959</v>
+      </c>
+      <c r="I208" t="s">
+        <v>2960</v>
+      </c>
+      <c r="J208" t="s">
+        <v>2961</v>
+      </c>
+      <c r="K208" t="s">
+        <v>2962</v>
+      </c>
+      <c r="L208" t="s">
+        <v>2963</v>
+      </c>
+      <c r="M208" t="s">
+        <v>2964</v>
+      </c>
+      <c r="N208" t="s">
+        <v>2965</v>
+      </c>
+      <c r="O208" t="s">
+        <v>2966</v>
+      </c>
+      <c r="P208" t="s">
+        <v>2967</v>
+      </c>
+      <c r="Q208" t="s">
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>892</v>
+      </c>
+      <c r="B209" t="s">
+        <v>2969</v>
+      </c>
+      <c r="C209" t="s">
+        <v>11</v>
+      </c>
+      <c r="D209" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" t="s">
+        <v>2970</v>
+      </c>
+      <c r="F209" t="s">
+        <v>11</v>
+      </c>
+      <c r="G209" t="s">
+        <v>2971</v>
+      </c>
+      <c r="H209" t="s">
+        <v>2972</v>
+      </c>
+      <c r="I209" t="s">
+        <v>2973</v>
+      </c>
+      <c r="J209" t="s">
+        <v>2827</v>
+      </c>
+      <c r="K209" t="s">
+        <v>2974</v>
+      </c>
+      <c r="L209" t="s">
+        <v>2975</v>
+      </c>
+      <c r="M209" t="s">
+        <v>2976</v>
+      </c>
+      <c r="N209" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>892</v>
+      </c>
+      <c r="B210" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C210" t="s">
+        <v>11</v>
+      </c>
+      <c r="D210" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" t="s">
+        <v>2979</v>
+      </c>
+      <c r="F210" t="s">
+        <v>11</v>
+      </c>
+      <c r="G210" t="s">
+        <v>2980</v>
+      </c>
+      <c r="H210" t="s">
+        <v>2981</v>
+      </c>
+      <c r="I210" t="s">
+        <v>2982</v>
+      </c>
+      <c r="J210" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K210" t="s">
+        <v>2983</v>
+      </c>
+      <c r="L210" t="s">
+        <v>2984</v>
+      </c>
+      <c r="M210" t="s">
+        <v>2985</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>892</v>
+      </c>
+      <c r="B211" t="s">
+        <v>2986</v>
+      </c>
+      <c r="C211" t="s">
+        <v>11</v>
+      </c>
+      <c r="D211" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" t="s">
+        <v>2987</v>
+      </c>
+      <c r="F211" t="s">
+        <v>11</v>
+      </c>
+      <c r="G211" t="s">
+        <v>2988</v>
+      </c>
+      <c r="H211" t="s">
+        <v>2989</v>
+      </c>
+      <c r="I211" t="s">
+        <v>2990</v>
+      </c>
+      <c r="J211" t="s">
+        <v>2991</v>
+      </c>
+      <c r="K211" t="s">
+        <v>2992</v>
+      </c>
+      <c r="L211" t="s">
+        <v>2993</v>
+      </c>
+      <c r="M211" t="s">
+        <v>2994</v>
+      </c>
+      <c r="N211" t="s">
+        <v>2995</v>
+      </c>
+      <c r="O211" t="s">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>892</v>
+      </c>
+      <c r="B212" t="s">
+        <v>2997</v>
+      </c>
+      <c r="C212" t="s">
+        <v>11</v>
+      </c>
+      <c r="D212" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" t="s">
+        <v>2987</v>
+      </c>
+      <c r="F212" t="s">
+        <v>11</v>
+      </c>
+      <c r="G212" t="s">
+        <v>2998</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2999</v>
+      </c>
+      <c r="I212" t="s">
+        <v>3000</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K212" t="s">
+        <v>3001</v>
+      </c>
+      <c r="L212" t="s">
+        <v>3002</v>
+      </c>
+      <c r="M212" t="s">
+        <v>3003</v>
+      </c>
+      <c r="N212" t="s">
+        <v>3004</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>892</v>
+      </c>
+      <c r="B213" t="s">
+        <v>3005</v>
+      </c>
+      <c r="C213" t="s">
+        <v>11</v>
+      </c>
+      <c r="D213" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" t="s">
+        <v>3006</v>
+      </c>
+      <c r="F213" t="s">
+        <v>11</v>
+      </c>
+      <c r="G213" t="s">
+        <v>3007</v>
+      </c>
+      <c r="H213" t="s">
+        <v>3008</v>
+      </c>
+      <c r="I213" t="s">
+        <v>3000</v>
+      </c>
+      <c r="J213" t="s">
+        <v>2385</v>
+      </c>
+      <c r="K213" t="s">
+        <v>3009</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>892</v>
+      </c>
+      <c r="B214" t="s">
+        <v>3010</v>
+      </c>
+      <c r="C214" t="s">
+        <v>11</v>
+      </c>
+      <c r="D214" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" t="s">
+        <v>3011</v>
+      </c>
+      <c r="F214" t="s">
+        <v>11</v>
+      </c>
+      <c r="G214" t="s">
+        <v>3012</v>
+      </c>
+      <c r="H214" t="s">
+        <v>3013</v>
+      </c>
+      <c r="I214" t="s">
+        <v>3014</v>
+      </c>
+      <c r="J214" t="s">
+        <v>2017</v>
+      </c>
+      <c r="K214" t="s">
+        <v>3015</v>
+      </c>
+      <c r="L214" t="s">
+        <v>3016</v>
+      </c>
+      <c r="M214" t="s">
+        <v>3017</v>
+      </c>
+      <c r="N214" t="s">
+        <v>3018</v>
+      </c>
+      <c r="O214" t="s">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>892</v>
+      </c>
+      <c r="B215" t="s">
+        <v>3020</v>
+      </c>
+      <c r="C215" t="s">
+        <v>11</v>
+      </c>
+      <c r="D215" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" t="s">
+        <v>3021</v>
+      </c>
+      <c r="F215" t="s">
+        <v>11</v>
+      </c>
+      <c r="G215" t="s">
+        <v>3022</v>
+      </c>
+      <c r="H215" t="s">
+        <v>3023</v>
+      </c>
+      <c r="I215" t="s">
+        <v>1869</v>
+      </c>
+      <c r="J215" t="s">
+        <v>3024</v>
+      </c>
+      <c r="K215" t="s">
+        <v>3025</v>
+      </c>
+      <c r="L215" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>892</v>
+      </c>
+      <c r="B216" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C216" t="s">
+        <v>11</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" t="s">
+        <v>3021</v>
+      </c>
+      <c r="F216" t="s">
+        <v>11</v>
+      </c>
+      <c r="G216" t="s">
+        <v>3028</v>
+      </c>
+      <c r="H216" t="s">
+        <v>3029</v>
+      </c>
+      <c r="I216" t="s">
+        <v>3030</v>
+      </c>
+      <c r="J216" t="s">
+        <v>2385</v>
+      </c>
+      <c r="K216" t="s">
+        <v>3031</v>
+      </c>
+      <c r="L216" t="s">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>892</v>
+      </c>
+      <c r="B217" t="s">
+        <v>3033</v>
+      </c>
+      <c r="C217" t="s">
+        <v>11</v>
+      </c>
+      <c r="D217" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" t="s">
+        <v>3034</v>
+      </c>
+      <c r="F217" t="s">
+        <v>11</v>
+      </c>
+      <c r="G217" t="s">
+        <v>3035</v>
+      </c>
+      <c r="H217" t="s">
+        <v>3036</v>
+      </c>
+      <c r="I217" t="s">
+        <v>1966</v>
+      </c>
+      <c r="J217" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K217" t="s">
+        <v>3037</v>
+      </c>
+      <c r="L217" t="s">
+        <v>3038</v>
+      </c>
+      <c r="M217" t="s">
+        <v>3039</v>
+      </c>
+      <c r="N217" t="s">
+        <v>3040</v>
+      </c>
+      <c r="O217" t="s">
+        <v>3041</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>892</v>
+      </c>
+      <c r="B218" t="s">
+        <v>3042</v>
+      </c>
+      <c r="C218" t="s">
+        <v>11</v>
+      </c>
+      <c r="D218" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" t="s">
+        <v>3034</v>
+      </c>
+      <c r="F218" t="s">
+        <v>11</v>
+      </c>
+      <c r="G218" t="s">
+        <v>3043</v>
+      </c>
+      <c r="H218" t="s">
+        <v>3044</v>
+      </c>
+      <c r="I218" t="s">
+        <v>3045</v>
+      </c>
+      <c r="J218" t="s">
+        <v>2630</v>
+      </c>
+      <c r="K218" t="s">
+        <v>3046</v>
+      </c>
+      <c r="L218" t="s">
+        <v>3047</v>
+      </c>
+      <c r="M218" t="s">
+        <v>3048</v>
+      </c>
+      <c r="N218" t="s">
+        <v>3049</v>
+      </c>
+      <c r="O218" t="s">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>892</v>
+      </c>
+      <c r="B219" t="s">
+        <v>3051</v>
+      </c>
+      <c r="C219" t="s">
+        <v>11</v>
+      </c>
+      <c r="D219" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" t="s">
+        <v>3052</v>
+      </c>
+      <c r="F219" t="s">
+        <v>11</v>
+      </c>
+      <c r="G219" t="s">
+        <v>3053</v>
+      </c>
+      <c r="H219" t="s">
+        <v>3054</v>
+      </c>
+      <c r="I219" t="s">
+        <v>3055</v>
+      </c>
+      <c r="J219" t="s">
+        <v>3056</v>
+      </c>
+      <c r="K219" t="s">
+        <v>3057</v>
+      </c>
+      <c r="L219" t="s">
+        <v>3058</v>
+      </c>
+      <c r="M219" t="s">
+        <v>3059</v>
+      </c>
+      <c r="N219" t="s">
+        <v>3060</v>
+      </c>
+      <c r="O219" t="s">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>892</v>
+      </c>
+      <c r="B220" t="s">
+        <v>3062</v>
+      </c>
+      <c r="C220" t="s">
+        <v>11</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" t="s">
+        <v>3063</v>
+      </c>
+      <c r="F220" t="s">
+        <v>11</v>
+      </c>
+      <c r="G220" t="s">
+        <v>3064</v>
+      </c>
+      <c r="H220" t="s">
+        <v>3065</v>
+      </c>
+      <c r="I220" t="s">
+        <v>3066</v>
+      </c>
+      <c r="J220" t="s">
+        <v>2835</v>
+      </c>
+      <c r="K220" t="s">
+        <v>3067</v>
+      </c>
+      <c r="L220" t="s">
+        <v>3068</v>
+      </c>
+      <c r="M220" t="s">
+        <v>3069</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>892</v>
+      </c>
+      <c r="B221" t="s">
+        <v>3070</v>
+      </c>
+      <c r="C221" t="s">
+        <v>11</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" t="s">
+        <v>3071</v>
+      </c>
+      <c r="F221" t="s">
+        <v>11</v>
+      </c>
+      <c r="G221" t="s">
+        <v>3072</v>
+      </c>
+      <c r="H221" t="s">
+        <v>3073</v>
+      </c>
+      <c r="I221" t="s">
+        <v>3074</v>
+      </c>
+      <c r="J221" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K221" t="s">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>892</v>
+      </c>
+      <c r="B222" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C222" t="s">
+        <v>11</v>
+      </c>
+      <c r="D222" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" t="s">
+        <v>3077</v>
+      </c>
+      <c r="F222" t="s">
+        <v>11</v>
+      </c>
+      <c r="G222" t="s">
+        <v>3078</v>
+      </c>
+      <c r="H222" t="s">
+        <v>3079</v>
+      </c>
+      <c r="I222" t="s">
+        <v>3080</v>
+      </c>
+      <c r="J222" t="s">
+        <v>3081</v>
+      </c>
+      <c r="K222" t="s">
+        <v>3082</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>892</v>
+      </c>
+      <c r="B223" t="s">
+        <v>3083</v>
+      </c>
+      <c r="C223" t="s">
+        <v>11</v>
+      </c>
+      <c r="D223" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" t="s">
+        <v>3084</v>
+      </c>
+      <c r="F223" t="s">
+        <v>11</v>
+      </c>
+      <c r="G223" t="s">
+        <v>3085</v>
+      </c>
+      <c r="H223" t="s">
+        <v>3086</v>
+      </c>
+      <c r="I223" t="s">
+        <v>3087</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1257</v>
+      </c>
+      <c r="K223" t="s">
+        <v>3088</v>
+      </c>
+      <c r="L223" t="s">
+        <v>3089</v>
+      </c>
+      <c r="M223" t="s">
+        <v>3090</v>
+      </c>
+      <c r="N223" t="s">
+        <v>3091</v>
+      </c>
+      <c r="O223" t="s">
+        <v>3092</v>
+      </c>
+      <c r="P223" t="s">
+        <v>3093</v>
+      </c>
+      <c r="Q223" t="s">
+        <v>3094</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>892</v>
+      </c>
+      <c r="B224" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C224" t="s">
+        <v>11</v>
+      </c>
+      <c r="D224" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" t="s">
+        <v>3096</v>
+      </c>
+      <c r="F224" t="s">
+        <v>11</v>
+      </c>
+      <c r="G224" t="s">
+        <v>3097</v>
+      </c>
+      <c r="H224" t="s">
+        <v>3098</v>
+      </c>
+      <c r="I224" t="s">
+        <v>3099</v>
+      </c>
+      <c r="J224" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K224" t="s">
+        <v>3100</v>
+      </c>
+      <c r="L224" t="s">
+        <v>3101</v>
+      </c>
+      <c r="M224" t="s">
+        <v>3102</v>
+      </c>
+      <c r="N224" t="s">
+        <v>3103</v>
+      </c>
+      <c r="O224" t="s">
+        <v>3104</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>892</v>
+      </c>
+      <c r="B225" t="s">
+        <v>3105</v>
+      </c>
+      <c r="C225" t="s">
+        <v>11</v>
+      </c>
+      <c r="D225" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" t="s">
+        <v>3096</v>
+      </c>
+      <c r="F225" t="s">
+        <v>11</v>
+      </c>
+      <c r="G225" t="s">
+        <v>3106</v>
+      </c>
+      <c r="H225" t="s">
+        <v>3107</v>
+      </c>
+      <c r="I225" t="s">
+        <v>3108</v>
+      </c>
+      <c r="J225" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K225" t="s">
+        <v>3109</v>
+      </c>
+      <c r="L225" t="s">
+        <v>3110</v>
+      </c>
+      <c r="M225" t="s">
+        <v>3111</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>892</v>
+      </c>
+      <c r="B226" t="s">
+        <v>3112</v>
+      </c>
+      <c r="C226" t="s">
+        <v>11</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" t="s">
+        <v>3113</v>
+      </c>
+      <c r="F226" t="s">
+        <v>11</v>
+      </c>
+      <c r="G226" t="s">
+        <v>3114</v>
+      </c>
+      <c r="H226" t="s">
+        <v>3115</v>
+      </c>
+      <c r="I226" t="s">
+        <v>3116</v>
+      </c>
+      <c r="J226" t="s">
+        <v>2206</v>
+      </c>
+      <c r="K226" t="s">
+        <v>3117</v>
+      </c>
+      <c r="L226" t="s">
+        <v>3118</v>
+      </c>
+      <c r="M226" t="s">
+        <v>3119</v>
+      </c>
+      <c r="N226" t="s">
+        <v>3120</v>
+      </c>
+      <c r="O226" t="s">
+        <v>3121</v>
+      </c>
+      <c r="P226" t="s">
+        <v>3122</v>
+      </c>
+      <c r="Q226" t="s">
+        <v>3123</v>
+      </c>
+      <c r="R226" t="s">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>892</v>
+      </c>
+      <c r="B227" t="s">
+        <v>3125</v>
+      </c>
+      <c r="C227" t="s">
+        <v>11</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" t="s">
+        <v>3126</v>
+      </c>
+      <c r="F227" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227" t="s">
+        <v>3127</v>
+      </c>
+      <c r="H227" t="s">
+        <v>3128</v>
+      </c>
+      <c r="I227" t="s">
+        <v>3129</v>
+      </c>
+      <c r="J227" t="s">
+        <v>3130</v>
+      </c>
+      <c r="K227" t="s">
+        <v>3131</v>
+      </c>
+      <c r="L227" t="s">
+        <v>3132</v>
+      </c>
+      <c r="M227" t="s">
+        <v>3133</v>
+      </c>
+      <c r="N227" t="s">
+        <v>3134</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>892</v>
+      </c>
+      <c r="B228" t="s">
+        <v>3135</v>
+      </c>
+      <c r="C228" t="s">
+        <v>11</v>
+      </c>
+      <c r="D228" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" t="s">
+        <v>3136</v>
+      </c>
+      <c r="F228" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" t="s">
+        <v>3137</v>
+      </c>
+      <c r="H228" t="s">
+        <v>3138</v>
+      </c>
+      <c r="I228" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J228" t="s">
+        <v>3139</v>
+      </c>
+      <c r="K228" t="s">
+        <v>3140</v>
+      </c>
+      <c r="L228" t="s">
+        <v>3141</v>
+      </c>
+      <c r="M228" t="s">
+        <v>3142</v>
+      </c>
+      <c r="N228" t="s">
+        <v>3143</v>
+      </c>
+      <c r="O228" t="s">
+        <v>3144</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>892</v>
+      </c>
+      <c r="B229" t="s">
+        <v>3145</v>
+      </c>
+      <c r="C229" t="s">
+        <v>11</v>
+      </c>
+      <c r="D229" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" t="s">
+        <v>3146</v>
+      </c>
+      <c r="F229" t="s">
+        <v>11</v>
+      </c>
+      <c r="G229" t="s">
+        <v>3147</v>
+      </c>
+      <c r="H229" t="s">
+        <v>3148</v>
+      </c>
+      <c r="I229" t="s">
+        <v>3149</v>
+      </c>
+      <c r="J229" t="s">
+        <v>3150</v>
+      </c>
+      <c r="K229" t="s">
+        <v>3151</v>
+      </c>
+      <c r="L229" t="s">
+        <v>3152</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>892</v>
+      </c>
+      <c r="B230" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C230" t="s">
+        <v>11</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>3154</v>
+      </c>
+      <c r="F230" t="s">
+        <v>11</v>
+      </c>
+      <c r="G230" t="s">
+        <v>3155</v>
+      </c>
+      <c r="H230" t="s">
+        <v>3156</v>
+      </c>
+      <c r="I230" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J230" t="s">
+        <v>2385</v>
+      </c>
+      <c r="K230" t="s">
+        <v>3157</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>892</v>
+      </c>
+      <c r="B231" t="s">
+        <v>3158</v>
+      </c>
+      <c r="C231" t="s">
+        <v>11</v>
+      </c>
+      <c r="D231" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" t="s">
+        <v>3159</v>
+      </c>
+      <c r="F231" t="s">
+        <v>11</v>
+      </c>
+      <c r="G231" t="s">
+        <v>3160</v>
+      </c>
+      <c r="H231" t="s">
+        <v>3161</v>
+      </c>
+      <c r="I231" t="s">
+        <v>3162</v>
+      </c>
+      <c r="J231" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K231" t="s">
+        <v>3163</v>
+      </c>
+      <c r="L231" t="s">
+        <v>3164</v>
+      </c>
+      <c r="M231" t="s">
+        <v>3165</v>
+      </c>
+      <c r="N231" t="s">
+        <v>3166</v>
+      </c>
+      <c r="O231" t="s">
+        <v>3167</v>
+      </c>
+      <c r="P231" t="s">
+        <v>3168</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>3169</v>
+      </c>
+      <c r="R231" t="s">
+        <v>3170</v>
+      </c>
+      <c r="S231" t="s">
+        <v>3171</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>892</v>
+      </c>
+      <c r="B232" t="s">
+        <v>3172</v>
+      </c>
+      <c r="C232" t="s">
+        <v>11</v>
+      </c>
+      <c r="D232" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" t="s">
+        <v>3173</v>
+      </c>
+      <c r="F232" t="s">
+        <v>11</v>
+      </c>
+      <c r="G232" t="s">
+        <v>3174</v>
+      </c>
+      <c r="H232" t="s">
+        <v>3175</v>
+      </c>
+      <c r="I232" t="s">
+        <v>3176</v>
+      </c>
+      <c r="J232" t="s">
+        <v>1998</v>
+      </c>
+      <c r="K232" t="s">
+        <v>3177</v>
+      </c>
+      <c r="L232" t="s">
+        <v>3178</v>
+      </c>
+      <c r="M232" t="s">
+        <v>3179</v>
+      </c>
+      <c r="N232" t="s">
+        <v>3180</v>
+      </c>
+      <c r="O232" t="s">
+        <v>3181</v>
+      </c>
+      <c r="P232" t="s">
+        <v>3182</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>3183</v>
+      </c>
+      <c r="R232" t="s">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>892</v>
+      </c>
+      <c r="B233" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C233" t="s">
+        <v>11</v>
+      </c>
+      <c r="D233" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" t="s">
+        <v>3186</v>
+      </c>
+      <c r="F233" t="s">
+        <v>11</v>
+      </c>
+      <c r="G233" t="s">
+        <v>3187</v>
+      </c>
+      <c r="H233" t="s">
+        <v>3188</v>
+      </c>
+      <c r="I233" t="s">
+        <v>3189</v>
+      </c>
+      <c r="J233" t="s">
+        <v>2897</v>
+      </c>
+      <c r="K233" t="s">
+        <v>3190</v>
+      </c>
+      <c r="L233" t="s">
+        <v>3191</v>
+      </c>
+      <c r="M233" t="s">
+        <v>3192</v>
+      </c>
+      <c r="N233" t="s">
+        <v>3193</v>
+      </c>
+      <c r="O233" t="s">
+        <v>3194</v>
+      </c>
+      <c r="P233" t="s">
+        <v>3195</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>892</v>
+      </c>
+      <c r="B234" t="s">
+        <v>3196</v>
+      </c>
+      <c r="C234" t="s">
+        <v>11</v>
+      </c>
+      <c r="D234" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" t="s">
+        <v>3197</v>
+      </c>
+      <c r="F234" t="s">
+        <v>11</v>
+      </c>
+      <c r="G234" t="s">
+        <v>3198</v>
+      </c>
+      <c r="H234" t="s">
+        <v>3199</v>
+      </c>
+      <c r="I234" t="s">
+        <v>3200</v>
+      </c>
+      <c r="J234" t="s">
+        <v>1257</v>
+      </c>
+      <c r="K234" t="s">
+        <v>3201</v>
+      </c>
+      <c r="L234" t="s">
+        <v>3202</v>
+      </c>
+      <c r="M234" t="s">
+        <v>3203</v>
+      </c>
+      <c r="N234" t="s">
+        <v>3204</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>892</v>
+      </c>
+      <c r="B235" t="s">
+        <v>3205</v>
+      </c>
+      <c r="C235" t="s">
+        <v>11</v>
+      </c>
+      <c r="D235" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" t="s">
+        <v>3197</v>
+      </c>
+      <c r="F235" t="s">
+        <v>11</v>
+      </c>
+      <c r="G235" t="s">
+        <v>3206</v>
+      </c>
+      <c r="H235" t="s">
+        <v>3207</v>
+      </c>
+      <c r="I235" t="s">
+        <v>1334</v>
+      </c>
+      <c r="J235" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K235" t="s">
+        <v>3208</v>
+      </c>
+      <c r="L235" t="s">
+        <v>3209</v>
+      </c>
+      <c r="M235" t="s">
+        <v>3210</v>
+      </c>
+      <c r="N235" t="s">
+        <v>3211</v>
+      </c>
+      <c r="O235" t="s">
+        <v>3212</v>
+      </c>
+      <c r="P235" t="s">
+        <v>3213</v>
+      </c>
+      <c r="Q235" t="s">
+        <v>3214</v>
+      </c>
+      <c r="R235" t="s">
+        <v>3215</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>892</v>
+      </c>
+      <c r="B236" t="s">
+        <v>3216</v>
+      </c>
+      <c r="C236" t="s">
+        <v>11</v>
+      </c>
+      <c r="D236" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F236" t="s">
+        <v>11</v>
+      </c>
+      <c r="G236" t="s">
+        <v>3218</v>
+      </c>
+      <c r="H236" t="s">
+        <v>3219</v>
+      </c>
+      <c r="I236" t="s">
+        <v>3220</v>
+      </c>
+      <c r="J236" t="s">
+        <v>1408</v>
+      </c>
+      <c r="K236" t="s">
+        <v>3221</v>
+      </c>
+      <c r="L236" t="s">
+        <v>3222</v>
+      </c>
+      <c r="M236" t="s">
+        <v>3223</v>
+      </c>
+      <c r="N236" t="s">
+        <v>3224</v>
+      </c>
+      <c r="O236" t="s">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>892</v>
+      </c>
+      <c r="B237" t="s">
+        <v>3226</v>
+      </c>
+      <c r="C237" t="s">
+        <v>11</v>
+      </c>
+      <c r="D237" t="s">
+        <v>11</v>
+      </c>
+      <c r="E237" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F237" t="s">
+        <v>11</v>
+      </c>
+      <c r="G237" t="s">
+        <v>3227</v>
+      </c>
+      <c r="H237" t="s">
+        <v>3228</v>
+      </c>
+      <c r="I237" t="s">
+        <v>3229</v>
+      </c>
+      <c r="J237" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K237" t="s">
+        <v>3230</v>
+      </c>
+      <c r="L237" t="s">
+        <v>3231</v>
+      </c>
+      <c r="M237" t="s">
+        <v>3232</v>
+      </c>
+      <c r="N237" t="s">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>892</v>
+      </c>
+      <c r="B238" t="s">
+        <v>3234</v>
+      </c>
+      <c r="C238" t="s">
+        <v>11</v>
+      </c>
+      <c r="D238" t="s">
+        <v>11</v>
+      </c>
+      <c r="E238" t="s">
+        <v>3235</v>
+      </c>
+      <c r="F238" t="s">
+        <v>11</v>
+      </c>
+      <c r="G238" t="s">
+        <v>3236</v>
+      </c>
+      <c r="H238" t="s">
+        <v>3237</v>
+      </c>
+      <c r="I238" t="s">
+        <v>3238</v>
+      </c>
+      <c r="J238" t="s">
+        <v>1257</v>
+      </c>
+      <c r="K238" t="s">
+        <v>3239</v>
+      </c>
+      <c r="L238" t="s">
+        <v>3240</v>
+      </c>
+      <c r="M238" t="s">
+        <v>3241</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>892</v>
+      </c>
+      <c r="B239" t="s">
+        <v>3242</v>
+      </c>
+      <c r="C239" t="s">
+        <v>11</v>
+      </c>
+      <c r="D239" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" t="s">
+        <v>3243</v>
+      </c>
+      <c r="F239" t="s">
+        <v>11</v>
+      </c>
+      <c r="G239" t="s">
+        <v>3244</v>
+      </c>
+      <c r="H239" t="s">
+        <v>3245</v>
+      </c>
+      <c r="I239" t="s">
+        <v>3246</v>
+      </c>
+      <c r="J239" t="s">
+        <v>3247</v>
+      </c>
+      <c r="K239" t="s">
+        <v>3248</v>
+      </c>
+      <c r="L239" t="s">
+        <v>3249</v>
+      </c>
+      <c r="M239" t="s">
+        <v>3250</v>
+      </c>
+      <c r="N239" t="s">
+        <v>3251</v>
+      </c>
+      <c r="O239" t="s">
+        <v>3252</v>
+      </c>
+      <c r="P239" t="s">
+        <v>3253</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>3254</v>
+      </c>
+      <c r="R239" t="s">
+        <v>3255</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>892</v>
+      </c>
+      <c r="B240" t="s">
+        <v>3256</v>
+      </c>
+      <c r="C240" t="s">
+        <v>11</v>
+      </c>
+      <c r="D240" t="s">
+        <v>11</v>
+      </c>
+      <c r="E240" t="s">
+        <v>3257</v>
+      </c>
+      <c r="F240" t="s">
+        <v>11</v>
+      </c>
+      <c r="G240" t="s">
+        <v>3258</v>
+      </c>
+      <c r="H240" t="s">
+        <v>3259</v>
+      </c>
+      <c r="I240" t="s">
+        <v>3260</v>
+      </c>
+      <c r="J240" t="s">
+        <v>2835</v>
+      </c>
+      <c r="K240" t="s">
+        <v>3261</v>
+      </c>
+      <c r="L240" t="s">
+        <v>3262</v>
+      </c>
+      <c r="M240" t="s">
+        <v>3263</v>
+      </c>
+      <c r="N240" t="s">
+        <v>3264</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>892</v>
+      </c>
+      <c r="B241" t="s">
+        <v>3265</v>
+      </c>
+      <c r="C241" t="s">
+        <v>11</v>
+      </c>
+      <c r="D241" t="s">
+        <v>11</v>
+      </c>
+      <c r="E241" t="s">
+        <v>3266</v>
+      </c>
+      <c r="F241" t="s">
+        <v>11</v>
+      </c>
+      <c r="G241" t="s">
+        <v>3267</v>
+      </c>
+      <c r="H241" t="s">
+        <v>3268</v>
+      </c>
+      <c r="I241" t="s">
+        <v>3269</v>
+      </c>
+      <c r="J241" t="s">
+        <v>3270</v>
+      </c>
+      <c r="K241" t="s">
+        <v>3271</v>
+      </c>
+      <c r="L241" t="s">
+        <v>3272</v>
+      </c>
+      <c r="M241" t="s">
+        <v>3273</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>892</v>
+      </c>
+      <c r="B242" t="s">
+        <v>3274</v>
+      </c>
+      <c r="C242" t="s">
+        <v>11</v>
+      </c>
+      <c r="D242" t="s">
+        <v>11</v>
+      </c>
+      <c r="E242" t="s">
+        <v>3275</v>
+      </c>
+      <c r="F242" t="s">
+        <v>11</v>
+      </c>
+      <c r="G242" t="s">
+        <v>3276</v>
+      </c>
+      <c r="H242" t="s">
+        <v>3277</v>
+      </c>
+      <c r="I242" t="s">
+        <v>3278</v>
+      </c>
+      <c r="J242" t="s">
+        <v>1123</v>
+      </c>
+      <c r="K242" t="s">
+        <v>3279</v>
+      </c>
+      <c r="L242" t="s">
+        <v>3280</v>
+      </c>
+      <c r="M242" t="s">
+        <v>3281</v>
+      </c>
+      <c r="N242" t="s">
+        <v>3282</v>
+      </c>
+      <c r="O242" t="s">
+        <v>3283</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>892</v>
+      </c>
+      <c r="B243" t="s">
+        <v>3284</v>
+      </c>
+      <c r="C243" t="s">
+        <v>11</v>
+      </c>
+      <c r="D243" t="s">
+        <v>11</v>
+      </c>
+      <c r="E243" t="s">
+        <v>3285</v>
+      </c>
+      <c r="F243" t="s">
+        <v>11</v>
+      </c>
+      <c r="G243" t="s">
+        <v>3286</v>
+      </c>
+      <c r="H243" t="s">
+        <v>3287</v>
+      </c>
+      <c r="I243" t="s">
+        <v>3288</v>
+      </c>
+      <c r="J243" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K243" t="s">
+        <v>3289</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>892</v>
+      </c>
+      <c r="B244" t="s">
+        <v>3290</v>
+      </c>
+      <c r="C244" t="s">
+        <v>11</v>
+      </c>
+      <c r="D244" t="s">
+        <v>11</v>
+      </c>
+      <c r="E244" t="s">
+        <v>3291</v>
+      </c>
+      <c r="F244" t="s">
+        <v>11</v>
+      </c>
+      <c r="G244" t="s">
+        <v>3292</v>
+      </c>
+      <c r="H244" t="s">
+        <v>3293</v>
+      </c>
+      <c r="I244" t="s">
+        <v>3294</v>
+      </c>
+      <c r="J244" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K244" t="s">
+        <v>3295</v>
+      </c>
+      <c r="L244" t="s">
+        <v>3296</v>
+      </c>
+      <c r="M244" t="s">
+        <v>3297</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>892</v>
+      </c>
+      <c r="B245" t="s">
+        <v>3298</v>
+      </c>
+      <c r="C245" t="s">
+        <v>11</v>
+      </c>
+      <c r="D245" t="s">
+        <v>11</v>
+      </c>
+      <c r="E245" t="s">
+        <v>3299</v>
+      </c>
+      <c r="F245" t="s">
+        <v>11</v>
+      </c>
+      <c r="G245" t="s">
+        <v>3300</v>
+      </c>
+      <c r="H245" t="s">
+        <v>3301</v>
+      </c>
+      <c r="I245" t="s">
+        <v>3302</v>
+      </c>
+      <c r="J245" t="s">
+        <v>3303</v>
+      </c>
+      <c r="K245" t="s">
+        <v>3304</v>
+      </c>
+      <c r="L245" t="s">
+        <v>3305</v>
+      </c>
+      <c r="M245" t="s">
+        <v>3306</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>892</v>
+      </c>
+      <c r="B246" t="s">
+        <v>3307</v>
+      </c>
+      <c r="C246" t="s">
+        <v>11</v>
+      </c>
+      <c r="D246" t="s">
+        <v>11</v>
+      </c>
+      <c r="E246" t="s">
+        <v>3308</v>
+      </c>
+      <c r="F246" t="s">
+        <v>11</v>
+      </c>
+      <c r="G246" t="s">
+        <v>3309</v>
+      </c>
+      <c r="H246" t="s">
+        <v>3310</v>
+      </c>
+      <c r="I246" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J246" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K246" t="s">
+        <v>3311</v>
+      </c>
+      <c r="L246" t="s">
+        <v>3312</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>892</v>
+      </c>
+      <c r="B247" t="s">
+        <v>3313</v>
+      </c>
+      <c r="C247" t="s">
+        <v>11</v>
+      </c>
+      <c r="D247" t="s">
+        <v>11</v>
+      </c>
+      <c r="E247" t="s">
+        <v>3308</v>
+      </c>
+      <c r="F247" t="s">
+        <v>11</v>
+      </c>
+      <c r="G247" t="s">
+        <v>3314</v>
+      </c>
+      <c r="H247" t="s">
+        <v>3315</v>
+      </c>
+      <c r="I247" t="s">
+        <v>3316</v>
+      </c>
+      <c r="J247" t="s">
+        <v>3317</v>
+      </c>
+      <c r="K247" t="s">
+        <v>3318</v>
+      </c>
+      <c r="L247" t="s">
+        <v>3319</v>
+      </c>
+      <c r="M247" t="s">
+        <v>3320</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>892</v>
+      </c>
+      <c r="B248" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C248" t="s">
+        <v>11</v>
+      </c>
+      <c r="D248" t="s">
+        <v>11</v>
+      </c>
+      <c r="E248" t="s">
+        <v>3308</v>
+      </c>
+      <c r="F248" t="s">
+        <v>11</v>
+      </c>
+      <c r="G248" t="s">
+        <v>3322</v>
+      </c>
+      <c r="H248" t="s">
+        <v>3323</v>
+      </c>
+      <c r="I248" t="s">
+        <v>3324</v>
+      </c>
+      <c r="J248" t="s">
+        <v>3325</v>
+      </c>
+      <c r="K248" t="s">
+        <v>3326</v>
+      </c>
+      <c r="L248" t="s">
+        <v>3327</v>
+      </c>
+      <c r="M248" t="s">
+        <v>3328</v>
+      </c>
+      <c r="N248" t="s">
+        <v>3329</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>892</v>
+      </c>
+      <c r="B249" t="s">
+        <v>3330</v>
+      </c>
+      <c r="C249" t="s">
+        <v>11</v>
+      </c>
+      <c r="D249" t="s">
+        <v>11</v>
+      </c>
+      <c r="E249" t="s">
+        <v>3331</v>
+      </c>
+      <c r="F249" t="s">
+        <v>11</v>
+      </c>
+      <c r="G249" t="s">
+        <v>3332</v>
+      </c>
+      <c r="H249" t="s">
+        <v>3333</v>
+      </c>
+      <c r="I249" t="s">
+        <v>2952</v>
+      </c>
+      <c r="J249" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K249" t="s">
+        <v>3334</v>
+      </c>
+      <c r="L249" t="s">
+        <v>3335</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>892</v>
+      </c>
+      <c r="B250" t="s">
+        <v>3336</v>
+      </c>
+      <c r="C250" t="s">
+        <v>11</v>
+      </c>
+      <c r="D250" t="s">
+        <v>11</v>
+      </c>
+      <c r="E250" t="s">
+        <v>3337</v>
+      </c>
+      <c r="F250" t="s">
+        <v>11</v>
+      </c>
+      <c r="G250" t="s">
+        <v>3338</v>
+      </c>
+      <c r="H250" t="s">
+        <v>3339</v>
+      </c>
+      <c r="I250" t="s">
+        <v>3340</v>
+      </c>
+      <c r="J250" t="s">
+        <v>2206</v>
+      </c>
+      <c r="K250" t="s">
+        <v>3341</v>
+      </c>
+      <c r="L250" t="s">
+        <v>3342</v>
+      </c>
+      <c r="M250" t="s">
+        <v>3343</v>
+      </c>
+      <c r="N250" t="s">
+        <v>3344</v>
+      </c>
+      <c r="O250" t="s">
+        <v>3345</v>
+      </c>
+      <c r="P250" t="s">
+        <v>3346</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>892</v>
+      </c>
+      <c r="B251" t="s">
+        <v>3347</v>
+      </c>
+      <c r="C251" t="s">
+        <v>11</v>
+      </c>
+      <c r="D251" t="s">
+        <v>11</v>
+      </c>
+      <c r="E251" t="s">
+        <v>3348</v>
+      </c>
+      <c r="F251" t="s">
+        <v>11</v>
+      </c>
+      <c r="G251" t="s">
+        <v>3349</v>
+      </c>
+      <c r="H251" t="s">
+        <v>3350</v>
+      </c>
+      <c r="I251" t="s">
+        <v>3246</v>
+      </c>
+      <c r="J251" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K251" t="s">
+        <v>3351</v>
+      </c>
+      <c r="L251" t="s">
+        <v>3352</v>
+      </c>
+      <c r="M251" t="s">
+        <v>3353</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>892</v>
+      </c>
+      <c r="B252" t="s">
+        <v>3354</v>
+      </c>
+      <c r="C252" t="s">
+        <v>11</v>
+      </c>
+      <c r="D252" t="s">
+        <v>11</v>
+      </c>
+      <c r="E252" t="s">
+        <v>3355</v>
+      </c>
+      <c r="F252" t="s">
+        <v>11</v>
+      </c>
+      <c r="G252" t="s">
+        <v>3356</v>
+      </c>
+      <c r="H252" t="s">
+        <v>3357</v>
+      </c>
+      <c r="I252" t="s">
+        <v>3358</v>
+      </c>
+      <c r="J252" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K252" t="s">
+        <v>3359</v>
+      </c>
+      <c r="L252" t="s">
+        <v>3360</v>
+      </c>
+      <c r="M252" t="s">
+        <v>3361</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>892</v>
+      </c>
+      <c r="B253" t="s">
+        <v>3362</v>
+      </c>
+      <c r="C253" t="s">
+        <v>11</v>
+      </c>
+      <c r="D253" t="s">
+        <v>11</v>
+      </c>
+      <c r="E253" t="s">
+        <v>3355</v>
+      </c>
+      <c r="F253" t="s">
+        <v>11</v>
+      </c>
+      <c r="G253" t="s">
+        <v>3363</v>
+      </c>
+      <c r="H253" t="s">
+        <v>3364</v>
+      </c>
+      <c r="I253" t="s">
+        <v>2934</v>
+      </c>
+      <c r="J253" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K253" t="s">
+        <v>3365</v>
+      </c>
+      <c r="L253" t="s">
+        <v>3366</v>
+      </c>
+      <c r="M253" t="s">
+        <v>3367</v>
+      </c>
+      <c r="N253" t="s">
+        <v>3368</v>
+      </c>
+      <c r="O253" t="s">
+        <v>3369</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>892</v>
+      </c>
+      <c r="B254" t="s">
+        <v>3370</v>
+      </c>
+      <c r="C254" t="s">
+        <v>11</v>
+      </c>
+      <c r="D254" t="s">
+        <v>11</v>
+      </c>
+      <c r="E254" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F254" t="s">
+        <v>11</v>
+      </c>
+      <c r="G254" t="s">
+        <v>3372</v>
+      </c>
+      <c r="H254" t="s">
+        <v>3373</v>
+      </c>
+      <c r="I254" t="s">
+        <v>3374</v>
+      </c>
+      <c r="J254" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K254" t="s">
+        <v>3375</v>
+      </c>
+      <c r="L254" t="s">
+        <v>3376</v>
+      </c>
+      <c r="M254" t="s">
+        <v>3377</v>
+      </c>
+      <c r="N254" t="s">
+        <v>3378</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>892</v>
+      </c>
+      <c r="B255" t="s">
+        <v>3379</v>
+      </c>
+      <c r="C255" t="s">
+        <v>11</v>
+      </c>
+      <c r="D255" t="s">
+        <v>11</v>
+      </c>
+      <c r="E255" t="s">
+        <v>3380</v>
+      </c>
+      <c r="F255" t="s">
+        <v>11</v>
+      </c>
+      <c r="G255" t="s">
+        <v>3381</v>
+      </c>
+      <c r="H255" t="s">
+        <v>3382</v>
+      </c>
+      <c r="I255" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J255" t="s">
+        <v>1698</v>
+      </c>
+      <c r="K255" t="s">
+        <v>3383</v>
+      </c>
+      <c r="L255" t="s">
+        <v>3384</v>
+      </c>
+      <c r="M255" t="s">
+        <v>3385</v>
+      </c>
+      <c r="N255" t="s">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>892</v>
+      </c>
+      <c r="B256" t="s">
+        <v>3387</v>
+      </c>
+      <c r="C256" t="s">
+        <v>11</v>
+      </c>
+      <c r="D256" t="s">
+        <v>11</v>
+      </c>
+      <c r="E256" t="s">
+        <v>3388</v>
+      </c>
+      <c r="F256" t="s">
+        <v>11</v>
+      </c>
+      <c r="G256" t="s">
+        <v>3389</v>
+      </c>
+      <c r="H256" t="s">
+        <v>3390</v>
+      </c>
+      <c r="I256" t="s">
+        <v>2841</v>
+      </c>
+      <c r="J256" t="s">
+        <v>3391</v>
+      </c>
+      <c r="K256" t="s">
+        <v>3392</v>
+      </c>
+      <c r="L256" t="s">
+        <v>3393</v>
+      </c>
+      <c r="M256" t="s">
+        <v>3394</v>
+      </c>
+      <c r="N256" t="s">
+        <v>3395</v>
+      </c>
+      <c r="O256" t="s">
+        <v>3396</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>892</v>
+      </c>
+      <c r="B257" t="s">
+        <v>3397</v>
+      </c>
+      <c r="C257" t="s">
+        <v>11</v>
+      </c>
+      <c r="D257" t="s">
+        <v>11</v>
+      </c>
+      <c r="E257" t="s">
+        <v>3398</v>
+      </c>
+      <c r="F257" t="s">
+        <v>11</v>
+      </c>
+      <c r="G257" t="s">
+        <v>3399</v>
+      </c>
+      <c r="H257" t="s">
+        <v>3400</v>
+      </c>
+      <c r="I257" t="s">
+        <v>3401</v>
+      </c>
+      <c r="J257" t="s">
+        <v>3402</v>
+      </c>
+      <c r="K257" t="s">
+        <v>3403</v>
+      </c>
+      <c r="L257" t="s">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>892</v>
+      </c>
+      <c r="B258" t="s">
+        <v>3405</v>
+      </c>
+      <c r="C258" t="s">
+        <v>11</v>
+      </c>
+      <c r="D258" t="s">
+        <v>11</v>
+      </c>
+      <c r="E258" t="s">
+        <v>3398</v>
+      </c>
+      <c r="F258" t="s">
+        <v>11</v>
+      </c>
+      <c r="G258" t="s">
+        <v>3406</v>
+      </c>
+      <c r="H258" t="s">
+        <v>3407</v>
+      </c>
+      <c r="I258" t="s">
+        <v>3401</v>
+      </c>
+      <c r="J258" t="s">
+        <v>3408</v>
+      </c>
+      <c r="K258" t="s">
+        <v>3409</v>
+      </c>
+      <c r="L258" t="s">
+        <v>3410</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>892</v>
+      </c>
+      <c r="B259" t="s">
+        <v>3411</v>
+      </c>
+      <c r="C259" t="s">
+        <v>11</v>
+      </c>
+      <c r="D259" t="s">
+        <v>11</v>
+      </c>
+      <c r="E259" t="s">
+        <v>3412</v>
+      </c>
+      <c r="F259" t="s">
+        <v>11</v>
+      </c>
+      <c r="G259" t="s">
+        <v>3413</v>
+      </c>
+      <c r="H259" t="s">
+        <v>3414</v>
+      </c>
+      <c r="I259" t="s">
+        <v>3415</v>
+      </c>
+      <c r="J259" t="s">
+        <v>3416</v>
+      </c>
+      <c r="K259" t="s">
+        <v>3417</v>
+      </c>
+      <c r="L259" t="s">
+        <v>3418</v>
+      </c>
+      <c r="M259" t="s">
+        <v>3419</v>
+      </c>
+      <c r="N259" t="s">
+        <v>3420</v>
+      </c>
+      <c r="O259" t="s">
+        <v>3421</v>
+      </c>
+      <c r="P259" t="s">
+        <v>3422</v>
+      </c>
+      <c r="Q259" t="s">
+        <v>3423</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>892</v>
+      </c>
+      <c r="B260" t="s">
+        <v>3424</v>
+      </c>
+      <c r="C260" t="s">
+        <v>11</v>
+      </c>
+      <c r="D260" t="s">
+        <v>11</v>
+      </c>
+      <c r="E260" t="s">
+        <v>3425</v>
+      </c>
+      <c r="F260" t="s">
+        <v>11</v>
+      </c>
+      <c r="G260" t="s">
+        <v>3426</v>
+      </c>
+      <c r="H260" t="s">
+        <v>3427</v>
+      </c>
+      <c r="I260" t="s">
+        <v>3428</v>
+      </c>
+      <c r="J260" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K260" t="s">
+        <v>3429</v>
+      </c>
+      <c r="L260" t="s">
+        <v>3430</v>
+      </c>
+      <c r="M260" t="s">
+        <v>3431</v>
+      </c>
+      <c r="N260" t="s">
+        <v>3432</v>
+      </c>
+      <c r="O260" t="s">
+        <v>3433</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>892</v>
+      </c>
+      <c r="B261" t="s">
+        <v>3434</v>
+      </c>
+      <c r="C261" t="s">
+        <v>11</v>
+      </c>
+      <c r="D261" t="s">
+        <v>11</v>
+      </c>
+      <c r="E261" t="s">
+        <v>3425</v>
+      </c>
+      <c r="F261" t="s">
+        <v>11</v>
+      </c>
+      <c r="G261" t="s">
+        <v>3435</v>
+      </c>
+      <c r="H261" t="s">
+        <v>3436</v>
+      </c>
+      <c r="I261" t="s">
+        <v>3437</v>
+      </c>
+      <c r="J261" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K261" t="s">
+        <v>3438</v>
+      </c>
+      <c r="L261" t="s">
+        <v>3439</v>
+      </c>
+      <c r="M261" t="s">
+        <v>3440</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>892</v>
+      </c>
+      <c r="B262" t="s">
+        <v>3441</v>
+      </c>
+      <c r="C262" t="s">
+        <v>11</v>
+      </c>
+      <c r="D262" t="s">
+        <v>11</v>
+      </c>
+      <c r="E262" t="s">
+        <v>3425</v>
+      </c>
+      <c r="F262" t="s">
+        <v>11</v>
+      </c>
+      <c r="G262" t="s">
+        <v>3442</v>
+      </c>
+      <c r="H262" t="s">
+        <v>3443</v>
+      </c>
+      <c r="I262" t="s">
+        <v>3444</v>
+      </c>
+      <c r="J262" t="s">
+        <v>1133</v>
+      </c>
+      <c r="K262" t="s">
+        <v>3445</v>
+      </c>
+      <c r="L262" t="s">
+        <v>3446</v>
+      </c>
+      <c r="M262" t="s">
+        <v>3447</v>
+      </c>
+      <c r="N262" t="s">
+        <v>3448</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>892</v>
+      </c>
+      <c r="B263" t="s">
+        <v>3449</v>
+      </c>
+      <c r="C263" t="s">
+        <v>11</v>
+      </c>
+      <c r="D263" t="s">
+        <v>11</v>
+      </c>
+      <c r="E263" t="s">
+        <v>3450</v>
+      </c>
+      <c r="F263" t="s">
+        <v>11</v>
+      </c>
+      <c r="G263" t="s">
+        <v>3451</v>
+      </c>
+      <c r="H263" t="s">
+        <v>3452</v>
+      </c>
+      <c r="I263" t="s">
+        <v>3453</v>
+      </c>
+      <c r="J263" t="s">
+        <v>3408</v>
+      </c>
+      <c r="K263" t="s">
+        <v>3454</v>
+      </c>
+      <c r="L263" t="s">
+        <v>3455</v>
+      </c>
+      <c r="M263" t="s">
+        <v>3456</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>892</v>
+      </c>
+      <c r="B264" t="s">
+        <v>3457</v>
+      </c>
+      <c r="C264" t="s">
+        <v>11</v>
+      </c>
+      <c r="D264" t="s">
+        <v>11</v>
+      </c>
+      <c r="E264" t="s">
+        <v>3458</v>
+      </c>
+      <c r="F264" t="s">
+        <v>11</v>
+      </c>
+      <c r="G264" t="s">
+        <v>3459</v>
+      </c>
+      <c r="H264" t="s">
+        <v>3460</v>
+      </c>
+      <c r="I264" t="s">
+        <v>3461</v>
+      </c>
+      <c r="J264" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K264" t="s">
+        <v>3462</v>
+      </c>
+      <c r="L264" t="s">
+        <v>3463</v>
+      </c>
+      <c r="M264" t="s">
+        <v>3464</v>
+      </c>
+      <c r="N264" t="s">
+        <v>3465</v>
+      </c>
+      <c r="O264" t="s">
+        <v>3466</v>
+      </c>
+      <c r="P264" t="s">
+        <v>3467</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>3468</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>892</v>
+      </c>
+      <c r="B265" t="s">
+        <v>3469</v>
+      </c>
+      <c r="C265" t="s">
+        <v>11</v>
+      </c>
+      <c r="D265" t="s">
+        <v>11</v>
+      </c>
+      <c r="E265" t="s">
+        <v>3470</v>
+      </c>
+      <c r="F265" t="s">
+        <v>11</v>
+      </c>
+      <c r="G265" t="s">
+        <v>3471</v>
+      </c>
+      <c r="H265" t="s">
+        <v>3472</v>
+      </c>
+      <c r="I265" t="s">
+        <v>3473</v>
+      </c>
+      <c r="J265" t="s">
+        <v>2961</v>
+      </c>
+      <c r="K265" t="s">
+        <v>3474</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>892</v>
+      </c>
+      <c r="B266" t="s">
+        <v>3475</v>
+      </c>
+      <c r="C266" t="s">
+        <v>11</v>
+      </c>
+      <c r="D266" t="s">
+        <v>11</v>
+      </c>
+      <c r="E266" t="s">
+        <v>3476</v>
+      </c>
+      <c r="F266" t="s">
+        <v>11</v>
+      </c>
+      <c r="G266" t="s">
+        <v>3477</v>
+      </c>
+      <c r="H266" t="s">
+        <v>3478</v>
+      </c>
+      <c r="I266" t="s">
+        <v>3479</v>
+      </c>
+      <c r="J266" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K266" t="s">
+        <v>3480</v>
+      </c>
+      <c r="L266" t="s">
+        <v>3481</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>892</v>
+      </c>
+      <c r="B267" t="s">
+        <v>3482</v>
+      </c>
+      <c r="C267" t="s">
+        <v>11</v>
+      </c>
+      <c r="D267" t="s">
+        <v>11</v>
+      </c>
+      <c r="E267" t="s">
+        <v>3483</v>
+      </c>
+      <c r="F267" t="s">
+        <v>11</v>
+      </c>
+      <c r="G267" t="s">
+        <v>3484</v>
+      </c>
+      <c r="H267" t="s">
+        <v>3485</v>
+      </c>
+      <c r="I267" t="s">
+        <v>3486</v>
+      </c>
+      <c r="J267" t="s">
+        <v>2215</v>
+      </c>
+      <c r="K267" t="s">
+        <v>3487</v>
+      </c>
+      <c r="L267" t="s">
+        <v>3488</v>
+      </c>
+      <c r="M267" t="s">
+        <v>3489</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>892</v>
+      </c>
+      <c r="B268" t="s">
+        <v>3490</v>
+      </c>
+      <c r="C268" t="s">
+        <v>11</v>
+      </c>
+      <c r="D268" t="s">
+        <v>11</v>
+      </c>
+      <c r="E268" t="s">
+        <v>3483</v>
+      </c>
+      <c r="F268" t="s">
+        <v>11</v>
+      </c>
+      <c r="G268" t="s">
+        <v>3491</v>
+      </c>
+      <c r="H268" t="s">
+        <v>3492</v>
+      </c>
+      <c r="I268" t="s">
+        <v>3045</v>
+      </c>
+      <c r="J268" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K268" t="s">
+        <v>3493</v>
+      </c>
+      <c r="L268" t="s">
+        <v>3494</v>
+      </c>
+      <c r="M268" t="s">
+        <v>3495</v>
+      </c>
+      <c r="N268" t="s">
+        <v>3496</v>
+      </c>
+      <c r="O268" t="s">
+        <v>3497</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>892</v>
+      </c>
+      <c r="B269" t="s">
+        <v>3498</v>
+      </c>
+      <c r="C269" t="s">
+        <v>11</v>
+      </c>
+      <c r="D269" t="s">
+        <v>11</v>
+      </c>
+      <c r="E269" t="s">
+        <v>3499</v>
+      </c>
+      <c r="F269" t="s">
+        <v>11</v>
+      </c>
+      <c r="G269" t="s">
+        <v>3500</v>
+      </c>
+      <c r="H269" t="s">
+        <v>3501</v>
+      </c>
+      <c r="I269" t="s">
+        <v>3502</v>
+      </c>
+      <c r="J269" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K269" t="s">
+        <v>3503</v>
+      </c>
+      <c r="L269" t="s">
+        <v>3504</v>
+      </c>
+      <c r="M269" t="s">
+        <v>3505</v>
+      </c>
+      <c r="N269" t="s">
+        <v>3506</v>
+      </c>
+      <c r="O269" t="s">
+        <v>3507</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>892</v>
+      </c>
+      <c r="B270" t="s">
+        <v>3508</v>
+      </c>
+      <c r="C270" t="s">
+        <v>11</v>
+      </c>
+      <c r="D270" t="s">
+        <v>11</v>
+      </c>
+      <c r="E270" t="s">
+        <v>3509</v>
+      </c>
+      <c r="F270" t="s">
+        <v>11</v>
+      </c>
+      <c r="G270" t="s">
+        <v>3510</v>
+      </c>
+      <c r="H270" t="s">
+        <v>3511</v>
+      </c>
+      <c r="I270" t="s">
+        <v>3512</v>
+      </c>
+      <c r="J270" t="s">
+        <v>1133</v>
+      </c>
+      <c r="K270" t="s">
+        <v>3513</v>
+      </c>
+      <c r="L270" t="s">
+        <v>3514</v>
+      </c>
+      <c r="M270" t="s">
+        <v>3515</v>
+      </c>
+      <c r="N270" t="s">
+        <v>3516</v>
+      </c>
+      <c r="O270" t="s">
+        <v>3517</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>892</v>
+      </c>
+      <c r="B271" t="s">
+        <v>3518</v>
+      </c>
+      <c r="C271" t="s">
+        <v>11</v>
+      </c>
+      <c r="D271" t="s">
+        <v>11</v>
+      </c>
+      <c r="E271" t="s">
+        <v>3519</v>
+      </c>
+      <c r="F271" t="s">
+        <v>11</v>
+      </c>
+      <c r="G271" t="s">
+        <v>3520</v>
+      </c>
+      <c r="H271" t="s">
+        <v>3521</v>
+      </c>
+      <c r="I271" t="s">
+        <v>3486</v>
+      </c>
+      <c r="J271" t="s">
+        <v>2809</v>
+      </c>
+      <c r="K271" t="s">
+        <v>3522</v>
+      </c>
+      <c r="L271" t="s">
+        <v>3523</v>
+      </c>
+      <c r="M271" t="s">
+        <v>3524</v>
+      </c>
+      <c r="N271" t="s">
+        <v>3525</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>892</v>
+      </c>
+      <c r="B272" t="s">
+        <v>3526</v>
+      </c>
+      <c r="C272" t="s">
+        <v>11</v>
+      </c>
+      <c r="D272" t="s">
+        <v>11</v>
+      </c>
+      <c r="E272" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F272" t="s">
+        <v>11</v>
+      </c>
+      <c r="G272" t="s">
+        <v>3528</v>
+      </c>
+      <c r="H272" t="s">
+        <v>3529</v>
+      </c>
+      <c r="I272" t="s">
+        <v>3530</v>
+      </c>
+      <c r="J272" t="s">
+        <v>2897</v>
+      </c>
+      <c r="K272" t="s">
+        <v>3531</v>
+      </c>
+      <c r="L272" t="s">
+        <v>3532</v>
+      </c>
+      <c r="M272" t="s">
+        <v>3533</v>
+      </c>
+      <c r="N272" t="s">
+        <v>3534</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>892</v>
+      </c>
+      <c r="B273" t="s">
+        <v>3535</v>
+      </c>
+      <c r="C273" t="s">
+        <v>11</v>
+      </c>
+      <c r="D273" t="s">
+        <v>11</v>
+      </c>
+      <c r="E273" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F273" t="s">
+        <v>11</v>
+      </c>
+      <c r="G273" t="s">
+        <v>3536</v>
+      </c>
+      <c r="H273" t="s">
+        <v>3537</v>
+      </c>
+      <c r="I273" t="s">
+        <v>3538</v>
+      </c>
+      <c r="J273" t="s">
+        <v>2070</v>
+      </c>
+      <c r="K273" t="s">
+        <v>3539</v>
+      </c>
+      <c r="L273" t="s">
+        <v>3540</v>
+      </c>
+      <c r="M273" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>892</v>
+      </c>
+      <c r="B274" t="s">
+        <v>3542</v>
+      </c>
+      <c r="C274" t="s">
+        <v>11</v>
+      </c>
+      <c r="D274" t="s">
+        <v>11</v>
+      </c>
+      <c r="E274" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F274" t="s">
+        <v>11</v>
+      </c>
+      <c r="G274" t="s">
+        <v>3543</v>
+      </c>
+      <c r="H274" t="s">
+        <v>3544</v>
+      </c>
+      <c r="I274" t="s">
+        <v>3545</v>
+      </c>
+      <c r="J274" t="s">
+        <v>3391</v>
+      </c>
+      <c r="K274" t="s">
+        <v>3546</v>
+      </c>
+      <c r="L274" t="s">
+        <v>3547</v>
+      </c>
+      <c r="M274" t="s">
+        <v>3548</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>892</v>
+      </c>
+      <c r="B275" t="s">
+        <v>3549</v>
+      </c>
+      <c r="C275" t="s">
+        <v>11</v>
+      </c>
+      <c r="D275" t="s">
+        <v>11</v>
+      </c>
+      <c r="E275" t="s">
+        <v>3527</v>
+      </c>
+      <c r="F275" t="s">
+        <v>11</v>
+      </c>
+      <c r="G275" t="s">
+        <v>3550</v>
+      </c>
+      <c r="H275" t="s">
+        <v>3551</v>
+      </c>
+      <c r="I275" t="s">
+        <v>3552</v>
+      </c>
+      <c r="J275" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K275" t="s">
+        <v>3553</v>
+      </c>
+      <c r="L275" t="s">
+        <v>3554</v>
+      </c>
+      <c r="M275" t="s">
+        <v>3555</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>892</v>
+      </c>
+      <c r="B276" t="s">
+        <v>3556</v>
+      </c>
+      <c r="C276" t="s">
+        <v>11</v>
+      </c>
+      <c r="D276" t="s">
+        <v>11</v>
+      </c>
+      <c r="E276" t="s">
+        <v>3557</v>
+      </c>
+      <c r="F276" t="s">
+        <v>11</v>
+      </c>
+      <c r="G276" t="s">
+        <v>3558</v>
+      </c>
+      <c r="H276" t="s">
+        <v>3559</v>
+      </c>
+      <c r="I276" t="s">
+        <v>3560</v>
+      </c>
+      <c r="J276" t="s">
+        <v>3561</v>
+      </c>
+      <c r="K276" t="s">
+        <v>3562</v>
+      </c>
+      <c r="L276" t="s">
+        <v>3563</v>
+      </c>
+      <c r="M276" t="s">
+        <v>3564</v>
+      </c>
+      <c r="N276" t="s">
+        <v>3565</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>892</v>
+      </c>
+      <c r="B277" t="s">
+        <v>3566</v>
+      </c>
+      <c r="C277" t="s">
+        <v>11</v>
+      </c>
+      <c r="D277" t="s">
+        <v>11</v>
+      </c>
+      <c r="E277" t="s">
+        <v>3567</v>
+      </c>
+      <c r="F277" t="s">
+        <v>11</v>
+      </c>
+      <c r="G277" t="s">
+        <v>3568</v>
+      </c>
+      <c r="H277" t="s">
+        <v>3569</v>
+      </c>
+      <c r="I277" t="s">
+        <v>3570</v>
+      </c>
+      <c r="J277" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K277" t="s">
+        <v>3571</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>892</v>
+      </c>
+      <c r="B278" t="s">
+        <v>3572</v>
+      </c>
+      <c r="C278" t="s">
+        <v>11</v>
+      </c>
+      <c r="D278" t="s">
+        <v>11</v>
+      </c>
+      <c r="E278" t="s">
+        <v>3573</v>
+      </c>
+      <c r="F278" t="s">
+        <v>11</v>
+      </c>
+      <c r="G278" t="s">
+        <v>3574</v>
+      </c>
+      <c r="H278" t="s">
+        <v>3575</v>
+      </c>
+      <c r="I278" t="s">
+        <v>3576</v>
+      </c>
+      <c r="J278" t="s">
+        <v>2295</v>
+      </c>
+      <c r="K278" t="s">
+        <v>3577</v>
+      </c>
+      <c r="L278" t="s">
+        <v>3578</v>
+      </c>
+      <c r="M278" t="s">
+        <v>3579</v>
+      </c>
+      <c r="N278" t="s">
+        <v>3580</v>
+      </c>
+      <c r="O278" t="s">
+        <v>3581</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>892</v>
+      </c>
+      <c r="B279" t="s">
+        <v>3582</v>
+      </c>
+      <c r="C279" t="s">
+        <v>11</v>
+      </c>
+      <c r="D279" t="s">
+        <v>11</v>
+      </c>
+      <c r="E279" t="s">
+        <v>3583</v>
+      </c>
+      <c r="F279" t="s">
+        <v>11</v>
+      </c>
+      <c r="G279" t="s">
+        <v>3584</v>
+      </c>
+      <c r="H279" t="s">
+        <v>3585</v>
+      </c>
+      <c r="I279" t="s">
+        <v>3586</v>
+      </c>
+      <c r="J279" t="s">
+        <v>980</v>
+      </c>
+      <c r="K279" t="s">
+        <v>3587</v>
+      </c>
+      <c r="L279" t="s">
+        <v>3588</v>
+      </c>
+      <c r="M279" t="s">
+        <v>3589</v>
+      </c>
+      <c r="N279" t="s">
+        <v>3590</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="s">
+        <v>892</v>
+      </c>
+      <c r="B280" t="s">
+        <v>3591</v>
+      </c>
+      <c r="C280" t="s">
+        <v>11</v>
+      </c>
+      <c r="D280" t="s">
+        <v>11</v>
+      </c>
+      <c r="E280" t="s">
+        <v>3592</v>
+      </c>
+      <c r="F280" t="s">
+        <v>11</v>
+      </c>
+      <c r="G280" t="s">
+        <v>3593</v>
+      </c>
+      <c r="H280" t="s">
+        <v>3594</v>
+      </c>
+      <c r="I280" t="s">
+        <v>3595</v>
+      </c>
+      <c r="J280" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K280" t="s">
+        <v>3596</v>
+      </c>
+      <c r="L280" t="s">
+        <v>3597</v>
+      </c>
+      <c r="M280" t="s">
+        <v>3598</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>892</v>
+      </c>
+      <c r="B281" t="s">
+        <v>3599</v>
+      </c>
+      <c r="C281" t="s">
+        <v>11</v>
+      </c>
+      <c r="D281" t="s">
+        <v>11</v>
+      </c>
+      <c r="E281" t="s">
+        <v>3600</v>
+      </c>
+      <c r="F281" t="s">
+        <v>11</v>
+      </c>
+      <c r="G281" t="s">
+        <v>3601</v>
+      </c>
+      <c r="H281" t="s">
+        <v>3602</v>
+      </c>
+      <c r="I281" t="s">
+        <v>3603</v>
+      </c>
+      <c r="J281" t="s">
+        <v>909</v>
+      </c>
+      <c r="K281" t="s">
+        <v>3604</v>
+      </c>
+      <c r="L281" t="s">
+        <v>3605</v>
+      </c>
+      <c r="M281" t="s">
+        <v>3606</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="s">
+        <v>892</v>
+      </c>
+      <c r="B282" t="s">
+        <v>3607</v>
+      </c>
+      <c r="C282" t="s">
+        <v>11</v>
+      </c>
+      <c r="D282" t="s">
+        <v>11</v>
+      </c>
+      <c r="E282" t="s">
+        <v>3608</v>
+      </c>
+      <c r="F282" t="s">
+        <v>11</v>
+      </c>
+      <c r="G282" t="s">
+        <v>3609</v>
+      </c>
+      <c r="H282" t="s">
+        <v>3610</v>
+      </c>
+      <c r="I282" t="s">
+        <v>3611</v>
+      </c>
+      <c r="J282" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K282" t="s">
+        <v>3612</v>
+      </c>
+      <c r="L282" t="s">
+        <v>3613</v>
+      </c>
+      <c r="M282" t="s">
+        <v>3614</v>
+      </c>
+      <c r="N282" t="s">
+        <v>3615</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="s">
+        <v>892</v>
+      </c>
+      <c r="B283" t="s">
+        <v>3616</v>
+      </c>
+      <c r="C283" t="s">
+        <v>11</v>
+      </c>
+      <c r="D283" t="s">
+        <v>11</v>
+      </c>
+      <c r="E283" t="s">
+        <v>3617</v>
+      </c>
+      <c r="F283" t="s">
+        <v>11</v>
+      </c>
+      <c r="G283" t="s">
+        <v>3618</v>
+      </c>
+      <c r="H283" t="s">
+        <v>3619</v>
+      </c>
+      <c r="I283" t="s">
+        <v>3620</v>
+      </c>
+      <c r="J283" t="s">
+        <v>3621</v>
+      </c>
+      <c r="K283" t="s">
+        <v>3622</v>
+      </c>
+      <c r="L283" t="s">
+        <v>3623</v>
+      </c>
+      <c r="M283" t="s">
+        <v>3624</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>892</v>
+      </c>
+      <c r="B284" t="s">
+        <v>3625</v>
+      </c>
+      <c r="C284" t="s">
+        <v>11</v>
+      </c>
+      <c r="D284" t="s">
+        <v>11</v>
+      </c>
+      <c r="E284" t="s">
+        <v>3626</v>
+      </c>
+      <c r="F284" t="s">
+        <v>11</v>
+      </c>
+      <c r="G284" t="s">
+        <v>3627</v>
+      </c>
+      <c r="H284" t="s">
+        <v>3628</v>
+      </c>
+      <c r="I284" t="s">
+        <v>3629</v>
+      </c>
+      <c r="J284" t="s">
+        <v>980</v>
+      </c>
+      <c r="K284" t="s">
+        <v>3630</v>
+      </c>
+      <c r="L284" t="s">
+        <v>3631</v>
+      </c>
+      <c r="M284" t="s">
+        <v>3632</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="s">
+        <v>892</v>
+      </c>
+      <c r="B285" t="s">
+        <v>3633</v>
+      </c>
+      <c r="C285" t="s">
+        <v>11</v>
+      </c>
+      <c r="D285" t="s">
+        <v>11</v>
+      </c>
+      <c r="E285" t="s">
+        <v>3634</v>
+      </c>
+      <c r="F285" t="s">
+        <v>11</v>
+      </c>
+      <c r="G285" t="s">
+        <v>3635</v>
+      </c>
+      <c r="H285" t="s">
+        <v>3636</v>
+      </c>
+      <c r="I285" t="s">
+        <v>3637</v>
+      </c>
+      <c r="J285" t="s">
+        <v>3561</v>
+      </c>
+      <c r="K285" t="s">
+        <v>3638</v>
+      </c>
+      <c r="L285" t="s">
+        <v>3639</v>
+      </c>
+      <c r="M285" t="s">
+        <v>3640</v>
+      </c>
+      <c r="N285" t="s">
+        <v>3641</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="s">
+        <v>892</v>
+      </c>
+      <c r="B286" t="s">
+        <v>3642</v>
+      </c>
+      <c r="C286" t="s">
+        <v>11</v>
+      </c>
+      <c r="D286" t="s">
+        <v>11</v>
+      </c>
+      <c r="E286" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F286" t="s">
+        <v>11</v>
+      </c>
+      <c r="G286" t="s">
+        <v>3644</v>
+      </c>
+      <c r="H286" t="s">
+        <v>3645</v>
+      </c>
+      <c r="I286" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J286" t="s">
+        <v>3402</v>
+      </c>
+      <c r="K286" t="s">
+        <v>3646</v>
+      </c>
+      <c r="L286" t="s">
+        <v>3647</v>
+      </c>
+      <c r="M286" t="s">
+        <v>3648</v>
+      </c>
+      <c r="N286" t="s">
+        <v>3649</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="s">
+        <v>892</v>
+      </c>
+      <c r="B287" t="s">
+        <v>3650</v>
+      </c>
+      <c r="C287" t="s">
+        <v>11</v>
+      </c>
+      <c r="D287" t="s">
+        <v>11</v>
+      </c>
+      <c r="E287" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F287" t="s">
+        <v>11</v>
+      </c>
+      <c r="G287" t="s">
+        <v>3651</v>
+      </c>
+      <c r="H287" t="s">
+        <v>3652</v>
+      </c>
+      <c r="I287" t="s">
+        <v>3653</v>
+      </c>
+      <c r="J287" t="s">
+        <v>3654</v>
+      </c>
+      <c r="K287" t="s">
+        <v>3655</v>
+      </c>
+      <c r="L287" t="s">
+        <v>3656</v>
+      </c>
+      <c r="M287" t="s">
+        <v>3657</v>
+      </c>
+      <c r="N287" t="s">
+        <v>3658</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="s">
+        <v>892</v>
+      </c>
+      <c r="B288" t="s">
+        <v>3659</v>
+      </c>
+      <c r="C288" t="s">
+        <v>11</v>
+      </c>
+      <c r="D288" t="s">
+        <v>11</v>
+      </c>
+      <c r="E288" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F288" t="s">
+        <v>11</v>
+      </c>
+      <c r="G288" t="s">
+        <v>3660</v>
+      </c>
+      <c r="H288" t="s">
+        <v>3661</v>
+      </c>
+      <c r="I288" t="s">
+        <v>3662</v>
+      </c>
+      <c r="J288" t="s">
+        <v>3663</v>
+      </c>
+      <c r="K288" t="s">
+        <v>3664</v>
+      </c>
+      <c r="L288" t="s">
+        <v>3665</v>
+      </c>
+      <c r="M288" t="s">
+        <v>3666</v>
+      </c>
+      <c r="N288" t="s">
+        <v>3667</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="s">
+        <v>892</v>
+      </c>
+      <c r="B289" t="s">
+        <v>3668</v>
+      </c>
+      <c r="C289" t="s">
+        <v>11</v>
+      </c>
+      <c r="D289" t="s">
+        <v>11</v>
+      </c>
+      <c r="E289" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F289" t="s">
+        <v>11</v>
+      </c>
+      <c r="G289" t="s">
+        <v>3669</v>
+      </c>
+      <c r="H289" t="s">
+        <v>3670</v>
+      </c>
+      <c r="I289" t="s">
+        <v>3671</v>
+      </c>
+      <c r="J289" t="s">
+        <v>3317</v>
+      </c>
+      <c r="K289" t="s">
+        <v>3672</v>
+      </c>
+      <c r="L289" t="s">
+        <v>3673</v>
+      </c>
+      <c r="M289" t="s">
+        <v>3674</v>
+      </c>
+      <c r="N289" t="s">
+        <v>3675</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="s">
+        <v>892</v>
+      </c>
+      <c r="B290" t="s">
+        <v>3676</v>
+      </c>
+      <c r="C290" t="s">
+        <v>11</v>
+      </c>
+      <c r="D290" t="s">
+        <v>11</v>
+      </c>
+      <c r="E290" t="s">
+        <v>3677</v>
+      </c>
+      <c r="F290" t="s">
+        <v>11</v>
+      </c>
+      <c r="G290" t="s">
+        <v>3678</v>
+      </c>
+      <c r="H290" t="s">
+        <v>3679</v>
+      </c>
+      <c r="I290" t="s">
+        <v>3680</v>
+      </c>
+      <c r="J290" t="s">
+        <v>1133</v>
+      </c>
+      <c r="K290" t="s">
+        <v>3681</v>
+      </c>
+      <c r="L290" t="s">
+        <v>3682</v>
+      </c>
+      <c r="M290" t="s">
+        <v>3683</v>
+      </c>
+      <c r="N290" t="s">
+        <v>3684</v>
+      </c>
+      <c r="O290" t="s">
+        <v>3685</v>
+      </c>
+      <c r="P290" t="s">
+        <v>3686</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="s">
+        <v>892</v>
+      </c>
+      <c r="B291" t="s">
+        <v>3687</v>
+      </c>
+      <c r="C291" t="s">
+        <v>11</v>
+      </c>
+      <c r="D291" t="s">
+        <v>11</v>
+      </c>
+      <c r="E291" t="s">
+        <v>3677</v>
+      </c>
+      <c r="F291" t="s">
+        <v>11</v>
+      </c>
+      <c r="G291" t="s">
+        <v>3688</v>
+      </c>
+      <c r="H291" t="s">
+        <v>3689</v>
+      </c>
+      <c r="I291" t="s">
+        <v>3690</v>
+      </c>
+      <c r="J291" t="s">
+        <v>1133</v>
+      </c>
+      <c r="K291" t="s">
+        <v>3691</v>
+      </c>
+      <c r="L291" t="s">
+        <v>3692</v>
+      </c>
+      <c r="M291" t="s">
+        <v>3693</v>
+      </c>
+      <c r="N291" t="s">
+        <v>3694</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="s">
+        <v>892</v>
+      </c>
+      <c r="B292" t="s">
+        <v>3695</v>
+      </c>
+      <c r="C292" t="s">
+        <v>11</v>
+      </c>
+      <c r="D292" t="s">
+        <v>11</v>
+      </c>
+      <c r="E292" t="s">
+        <v>3677</v>
+      </c>
+      <c r="F292" t="s">
+        <v>11</v>
+      </c>
+      <c r="G292" t="s">
+        <v>3696</v>
+      </c>
+      <c r="H292" t="s">
+        <v>3697</v>
+      </c>
+      <c r="I292" t="s">
+        <v>3698</v>
+      </c>
+      <c r="J292" t="s">
+        <v>1123</v>
+      </c>
+      <c r="K292" t="s">
+        <v>3699</v>
+      </c>
+      <c r="L292" t="s">
+        <v>3700</v>
+      </c>
+      <c r="M292" t="s">
+        <v>3701</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="s">
+        <v>892</v>
+      </c>
+      <c r="B293" t="s">
+        <v>3702</v>
+      </c>
+      <c r="C293" t="s">
+        <v>11</v>
+      </c>
+      <c r="D293" t="s">
+        <v>11</v>
+      </c>
+      <c r="E293" t="s">
+        <v>3677</v>
+      </c>
+      <c r="F293" t="s">
+        <v>11</v>
+      </c>
+      <c r="G293" t="s">
+        <v>3703</v>
+      </c>
+      <c r="H293" t="s">
+        <v>3704</v>
+      </c>
+      <c r="I293" t="s">
+        <v>3705</v>
+      </c>
+      <c r="J293" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K293" t="s">
+        <v>3706</v>
+      </c>
+      <c r="L293" t="s">
+        <v>3707</v>
+      </c>
+      <c r="M293" t="s">
+        <v>3708</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="s">
+        <v>892</v>
+      </c>
+      <c r="B294" t="s">
+        <v>3709</v>
+      </c>
+      <c r="C294" t="s">
+        <v>11</v>
+      </c>
+      <c r="D294" t="s">
+        <v>11</v>
+      </c>
+      <c r="E294" t="s">
+        <v>3677</v>
+      </c>
+      <c r="F294" t="s">
+        <v>11</v>
+      </c>
+      <c r="G294" t="s">
+        <v>3710</v>
+      </c>
+      <c r="H294" t="s">
+        <v>3711</v>
+      </c>
+      <c r="I294" t="s">
+        <v>3712</v>
+      </c>
+      <c r="J294" t="s">
+        <v>980</v>
+      </c>
+      <c r="K294" t="s">
+        <v>3713</v>
+      </c>
+      <c r="L294" t="s">
+        <v>3714</v>
+      </c>
+      <c r="M294" t="s">
+        <v>3715</v>
+      </c>
+      <c r="N294" t="s">
+        <v>3716</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="s">
+        <v>892</v>
+      </c>
+      <c r="B295" t="s">
+        <v>3717</v>
+      </c>
+      <c r="C295" t="s">
+        <v>11</v>
+      </c>
+      <c r="D295" t="s">
+        <v>11</v>
+      </c>
+      <c r="E295" t="s">
+        <v>3677</v>
+      </c>
+      <c r="F295" t="s">
+        <v>11</v>
+      </c>
+      <c r="G295" t="s">
+        <v>3718</v>
+      </c>
+      <c r="H295" t="s">
+        <v>3719</v>
+      </c>
+      <c r="I295" t="s">
+        <v>3720</v>
+      </c>
+      <c r="J295" t="s">
+        <v>1123</v>
+      </c>
+      <c r="K295" t="s">
+        <v>3721</v>
+      </c>
+      <c r="L295" t="s">
+        <v>3722</v>
+      </c>
+      <c r="M295" t="s">
+        <v>3723</v>
+      </c>
+      <c r="N295" t="s">
+        <v>3724</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="s">
+        <v>892</v>
+      </c>
+      <c r="B296" t="s">
+        <v>3725</v>
+      </c>
+      <c r="C296" t="s">
+        <v>11</v>
+      </c>
+      <c r="D296" t="s">
+        <v>11</v>
+      </c>
+      <c r="E296" t="s">
+        <v>3726</v>
+      </c>
+      <c r="F296" t="s">
+        <v>11</v>
+      </c>
+      <c r="G296" t="s">
+        <v>3727</v>
+      </c>
+      <c r="H296" t="s">
+        <v>3728</v>
+      </c>
+      <c r="I296" t="s">
+        <v>2185</v>
+      </c>
+      <c r="J296" t="s">
+        <v>3561</v>
+      </c>
+      <c r="K296" t="s">
+        <v>3729</v>
+      </c>
+      <c r="L296" t="s">
+        <v>3730</v>
+      </c>
+      <c r="M296" t="s">
+        <v>3731</v>
+      </c>
+      <c r="N296" t="s">
+        <v>3732</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="s">
+        <v>892</v>
+      </c>
+      <c r="B297" t="s">
+        <v>3733</v>
+      </c>
+      <c r="C297" t="s">
+        <v>11</v>
+      </c>
+      <c r="D297" t="s">
+        <v>11</v>
+      </c>
+      <c r="E297" t="s">
+        <v>3726</v>
+      </c>
+      <c r="F297" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297" t="s">
+        <v>3734</v>
+      </c>
+      <c r="H297" t="s">
+        <v>3735</v>
+      </c>
+      <c r="I297" t="s">
+        <v>3736</v>
+      </c>
+      <c r="J297" t="s">
+        <v>1900</v>
+      </c>
+      <c r="K297" t="s">
+        <v>3737</v>
+      </c>
+      <c r="L297" t="s">
+        <v>3738</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="s">
+        <v>892</v>
+      </c>
+      <c r="B298" t="s">
+        <v>3739</v>
+      </c>
+      <c r="C298" t="s">
+        <v>11</v>
+      </c>
+      <c r="D298" t="s">
+        <v>11</v>
+      </c>
+      <c r="E298" t="s">
+        <v>3740</v>
+      </c>
+      <c r="F298" t="s">
+        <v>11</v>
+      </c>
+      <c r="G298" t="s">
+        <v>3741</v>
+      </c>
+      <c r="H298" t="s">
+        <v>3742</v>
+      </c>
+      <c r="I298" t="s">
+        <v>3743</v>
+      </c>
+      <c r="J298" t="s">
+        <v>980</v>
+      </c>
+      <c r="K298" t="s">
+        <v>3744</v>
+      </c>
+      <c r="L298" t="s">
+        <v>3745</v>
+      </c>
+      <c r="M298" t="s">
+        <v>3746</v>
+      </c>
+      <c r="N298" t="s">
+        <v>3747</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="s">
+        <v>892</v>
+      </c>
+      <c r="B299" t="s">
+        <v>3748</v>
+      </c>
+      <c r="C299" t="s">
+        <v>11</v>
+      </c>
+      <c r="D299" t="s">
+        <v>11</v>
+      </c>
+      <c r="E299" t="s">
+        <v>3740</v>
+      </c>
+      <c r="F299" t="s">
+        <v>11</v>
+      </c>
+      <c r="G299" t="s">
+        <v>3749</v>
+      </c>
+      <c r="H299" t="s">
+        <v>3750</v>
+      </c>
+      <c r="I299" t="s">
+        <v>3045</v>
+      </c>
+      <c r="J299" t="s">
+        <v>3408</v>
+      </c>
+      <c r="K299" t="s">
+        <v>3751</v>
+      </c>
+      <c r="L299" t="s">
+        <v>3752</v>
+      </c>
+      <c r="M299" t="s">
+        <v>3753</v>
+      </c>
+      <c r="N299" t="s">
+        <v>3754</v>
+      </c>
+      <c r="O299" t="s">
+        <v>3755</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="s">
+        <v>892</v>
+      </c>
+      <c r="B300" t="s">
+        <v>3756</v>
+      </c>
+      <c r="C300" t="s">
+        <v>11</v>
+      </c>
+      <c r="D300" t="s">
+        <v>11</v>
+      </c>
+      <c r="E300" t="s">
+        <v>3740</v>
+      </c>
+      <c r="F300" t="s">
+        <v>11</v>
+      </c>
+      <c r="G300" t="s">
+        <v>3757</v>
+      </c>
+      <c r="H300" t="s">
+        <v>3758</v>
+      </c>
+      <c r="I300" t="s">
+        <v>3759</v>
+      </c>
+      <c r="J300" t="s">
+        <v>3270</v>
+      </c>
+      <c r="K300" t="s">
+        <v>3760</v>
+      </c>
+      <c r="L300" t="s">
+        <v>3761</v>
+      </c>
+      <c r="M300" t="s">
+        <v>3762</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="s">
+        <v>892</v>
+      </c>
+      <c r="B301" t="s">
+        <v>3763</v>
+      </c>
+      <c r="C301" t="s">
+        <v>11</v>
+      </c>
+      <c r="D301" t="s">
+        <v>11</v>
+      </c>
+      <c r="E301" t="s">
+        <v>3740</v>
+      </c>
+      <c r="F301" t="s">
+        <v>11</v>
+      </c>
+      <c r="G301" t="s">
+        <v>3764</v>
+      </c>
+      <c r="H301" t="s">
+        <v>3765</v>
+      </c>
+      <c r="I301" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J301" t="s">
+        <v>1948</v>
+      </c>
+      <c r="K301" t="s">
+        <v>3766</v>
+      </c>
+      <c r="L301" t="s">
+        <v>3767</v>
+      </c>
+      <c r="M301" t="s">
+        <v>3768</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="s">
+        <v>892</v>
+      </c>
+      <c r="B302" t="s">
+        <v>3769</v>
+      </c>
+      <c r="C302" t="s">
+        <v>11</v>
+      </c>
+      <c r="D302" t="s">
+        <v>11</v>
+      </c>
+      <c r="E302" t="s">
+        <v>3770</v>
+      </c>
+      <c r="F302" t="s">
+        <v>11</v>
+      </c>
+      <c r="G302" t="s">
+        <v>3771</v>
+      </c>
+      <c r="H302" t="s">
+        <v>3772</v>
+      </c>
+      <c r="I302" t="s">
+        <v>2952</v>
+      </c>
+      <c r="J302" t="s">
+        <v>2295</v>
+      </c>
+      <c r="K302" t="s">
+        <v>3773</v>
+      </c>
+      <c r="L302" t="s">
+        <v>3774</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="s">
+        <v>892</v>
+      </c>
+      <c r="B303" t="s">
+        <v>3775</v>
+      </c>
+      <c r="C303" t="s">
+        <v>11</v>
+      </c>
+      <c r="D303" t="s">
+        <v>11</v>
+      </c>
+      <c r="E303" t="s">
+        <v>3776</v>
+      </c>
+      <c r="F303" t="s">
+        <v>11</v>
+      </c>
+      <c r="G303" t="s">
+        <v>3777</v>
+      </c>
+      <c r="H303" t="s">
+        <v>3778</v>
+      </c>
+      <c r="I303" t="s">
+        <v>3779</v>
+      </c>
+      <c r="J303" t="s">
+        <v>2017</v>
+      </c>
+      <c r="K303" t="s">
+        <v>3780</v>
+      </c>
+      <c r="L303" t="s">
+        <v>3781</v>
+      </c>
+      <c r="M303" t="s">
+        <v>3782</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="s">
+        <v>892</v>
+      </c>
+      <c r="B304" t="s">
+        <v>3783</v>
+      </c>
+      <c r="C304" t="s">
+        <v>11</v>
+      </c>
+      <c r="D304" t="s">
+        <v>11</v>
+      </c>
+      <c r="E304" t="s">
+        <v>3784</v>
+      </c>
+      <c r="F304" t="s">
+        <v>11</v>
+      </c>
+      <c r="G304" t="s">
+        <v>3785</v>
+      </c>
+      <c r="H304" t="s">
+        <v>3786</v>
+      </c>
+      <c r="I304" t="s">
+        <v>3787</v>
+      </c>
+      <c r="J304" t="s">
+        <v>980</v>
+      </c>
+      <c r="K304" t="s">
+        <v>3788</v>
+      </c>
+      <c r="L304" t="s">
+        <v>3789</v>
+      </c>
+      <c r="M304" t="s">
+        <v>3790</v>
+      </c>
+      <c r="N304" t="s">
+        <v>3791</v>
+      </c>
+      <c r="O304" t="s">
+        <v>3792</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="s">
+        <v>892</v>
+      </c>
+      <c r="B305" t="s">
+        <v>3793</v>
+      </c>
+      <c r="C305" t="s">
+        <v>11</v>
+      </c>
+      <c r="D305" t="s">
+        <v>11</v>
+      </c>
+      <c r="E305" t="s">
+        <v>3784</v>
+      </c>
+      <c r="F305" t="s">
+        <v>11</v>
+      </c>
+      <c r="G305" t="s">
+        <v>3794</v>
+      </c>
+      <c r="H305" t="s">
+        <v>3795</v>
+      </c>
+      <c r="I305" t="s">
+        <v>3796</v>
+      </c>
+      <c r="J305" t="s">
+        <v>980</v>
+      </c>
+      <c r="K305" t="s">
+        <v>3797</v>
+      </c>
+      <c r="L305" t="s">
+        <v>3798</v>
+      </c>
+      <c r="M305" t="s">
+        <v>3799</v>
+      </c>
+      <c r="N305" t="s">
+        <v>3800</v>
+      </c>
+      <c r="O305" t="s">
+        <v>3801</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="s">
+        <v>892</v>
+      </c>
+      <c r="B306" t="s">
+        <v>3802</v>
+      </c>
+      <c r="C306" t="s">
+        <v>11</v>
+      </c>
+      <c r="D306" t="s">
+        <v>11</v>
+      </c>
+      <c r="E306" t="s">
+        <v>3803</v>
+      </c>
+      <c r="F306" t="s">
+        <v>11</v>
+      </c>
+      <c r="G306" t="s">
+        <v>3804</v>
+      </c>
+      <c r="H306" t="s">
+        <v>3805</v>
+      </c>
+      <c r="I306" t="s">
+        <v>3806</v>
+      </c>
+      <c r="J306" t="s">
+        <v>1152</v>
+      </c>
+      <c r="K306" t="s">
+        <v>3807</v>
+      </c>
+      <c r="L306" t="s">
+        <v>3808</v>
+      </c>
+      <c r="M306" t="s">
+        <v>3809</v>
+      </c>
+      <c r="N306" t="s">
+        <v>3810</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="s">
+        <v>892</v>
+      </c>
+      <c r="B307" t="s">
+        <v>3811</v>
+      </c>
+      <c r="C307" t="s">
+        <v>11</v>
+      </c>
+      <c r="D307" t="s">
+        <v>11</v>
+      </c>
+      <c r="E307" t="s">
+        <v>3803</v>
+      </c>
+      <c r="F307" t="s">
+        <v>11</v>
+      </c>
+      <c r="G307" t="s">
+        <v>3812</v>
+      </c>
+      <c r="H307" t="s">
+        <v>3813</v>
+      </c>
+      <c r="I307" t="s">
+        <v>3814</v>
+      </c>
+      <c r="J307" t="s">
+        <v>1152</v>
+      </c>
+      <c r="K307" t="s">
+        <v>3815</v>
+      </c>
+      <c r="L307" t="s">
+        <v>3816</v>
+      </c>
+      <c r="M307" t="s">
+        <v>3817</v>
+      </c>
+      <c r="N307" t="s">
+        <v>3818</v>
+      </c>
+      <c r="O307" t="s">
+        <v>3819</v>
+      </c>
+      <c r="P307" t="s">
+        <v>3820</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="s">
+        <v>892</v>
+      </c>
+      <c r="B308" t="s">
+        <v>3821</v>
+      </c>
+      <c r="C308" t="s">
+        <v>11</v>
+      </c>
+      <c r="D308" t="s">
+        <v>11</v>
+      </c>
+      <c r="E308" t="s">
+        <v>3822</v>
+      </c>
+      <c r="F308" t="s">
+        <v>11</v>
+      </c>
+      <c r="G308" t="s">
+        <v>3823</v>
+      </c>
+      <c r="H308" t="s">
+        <v>3824</v>
+      </c>
+      <c r="I308" t="s">
+        <v>3662</v>
+      </c>
+      <c r="J308" t="s">
+        <v>3825</v>
+      </c>
+      <c r="K308" t="s">
+        <v>3826</v>
+      </c>
+      <c r="L308" t="s">
+        <v>3827</v>
+      </c>
+      <c r="M308" t="s">
+        <v>3828</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="s">
+        <v>892</v>
+      </c>
+      <c r="B309" t="s">
+        <v>3829</v>
+      </c>
+      <c r="C309" t="s">
+        <v>11</v>
+      </c>
+      <c r="D309" t="s">
+        <v>11</v>
+      </c>
+      <c r="E309" t="s">
+        <v>2720</v>
+      </c>
+      <c r="F309" t="s">
+        <v>11</v>
+      </c>
+      <c r="G309" t="s">
+        <v>3830</v>
+      </c>
+      <c r="H309" t="s">
+        <v>3831</v>
+      </c>
+      <c r="I309" t="s">
+        <v>3832</v>
+      </c>
+      <c r="J309" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K309" t="s">
+        <v>3833</v>
+      </c>
+      <c r="L309" t="s">
+        <v>3834</v>
+      </c>
+      <c r="M309" t="s">
+        <v>3835</v>
+      </c>
+      <c r="N309" t="s">
+        <v>3836</v>
+      </c>
+      <c r="O309" t="s">
+        <v>2704</v>
+      </c>
+      <c r="P309" t="s">
+        <v>2703</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="s">
+        <v>892</v>
+      </c>
+      <c r="B310" t="s">
+        <v>3837</v>
+      </c>
+      <c r="C310" t="s">
+        <v>11</v>
+      </c>
+      <c r="D310" t="s">
+        <v>11</v>
+      </c>
+      <c r="E310" t="s">
+        <v>3838</v>
+      </c>
+      <c r="F310" t="s">
+        <v>11</v>
+      </c>
+      <c r="G310" t="s">
+        <v>3839</v>
+      </c>
+      <c r="H310" t="s">
+        <v>3840</v>
+      </c>
+      <c r="I310" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J310" t="s">
+        <v>1635</v>
+      </c>
+      <c r="K310" t="s">
+        <v>3841</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="s">
+        <v>892</v>
+      </c>
+      <c r="B311" t="s">
+        <v>3842</v>
+      </c>
+      <c r="C311" t="s">
+        <v>11</v>
+      </c>
+      <c r="D311" t="s">
+        <v>11</v>
+      </c>
+      <c r="E311" t="s">
+        <v>3843</v>
+      </c>
+      <c r="F311" t="s">
+        <v>11</v>
+      </c>
+      <c r="G311" t="s">
+        <v>3844</v>
+      </c>
+      <c r="H311" t="s">
+        <v>3845</v>
+      </c>
+      <c r="I311" t="s">
+        <v>3846</v>
+      </c>
+      <c r="J311" t="s">
+        <v>3408</v>
+      </c>
+      <c r="K311" t="s">
+        <v>3847</v>
+      </c>
+      <c r="L311" t="s">
+        <v>3848</v>
+      </c>
+      <c r="M311" t="s">
+        <v>3849</v>
+      </c>
+      <c r="N311" t="s">
+        <v>3850</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="s">
+        <v>892</v>
+      </c>
+      <c r="B312" t="s">
+        <v>3851</v>
+      </c>
+      <c r="C312" t="s">
+        <v>11</v>
+      </c>
+      <c r="D312" t="s">
+        <v>11</v>
+      </c>
+      <c r="E312" t="s">
+        <v>3852</v>
+      </c>
+      <c r="F312" t="s">
+        <v>11</v>
+      </c>
+      <c r="G312" t="s">
+        <v>3853</v>
+      </c>
+      <c r="H312" t="s">
+        <v>3854</v>
+      </c>
+      <c r="I312" t="s">
+        <v>3855</v>
+      </c>
+      <c r="J312" t="s">
+        <v>3856</v>
+      </c>
+      <c r="K312" t="s">
+        <v>3857</v>
+      </c>
+      <c r="L312" t="s">
+        <v>3858</v>
+      </c>
+      <c r="M312" t="s">
+        <v>3859</v>
+      </c>
+      <c r="N312" t="s">
+        <v>3860</v>
+      </c>
+      <c r="O312" t="s">
+        <v>3861</v>
+      </c>
+      <c r="P312" t="s">
+        <v>3862</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="s">
+        <v>892</v>
+      </c>
+      <c r="B313" t="s">
+        <v>3863</v>
+      </c>
+      <c r="C313" t="s">
+        <v>11</v>
+      </c>
+      <c r="D313" t="s">
+        <v>11</v>
+      </c>
+      <c r="E313" t="s">
+        <v>3864</v>
+      </c>
+      <c r="F313" t="s">
+        <v>11</v>
+      </c>
+      <c r="G313" t="s">
+        <v>3865</v>
+      </c>
+      <c r="H313" t="s">
+        <v>3866</v>
+      </c>
+      <c r="I313" t="s">
+        <v>3486</v>
+      </c>
+      <c r="J313" t="s">
+        <v>3867</v>
+      </c>
+      <c r="K313" t="s">
+        <v>3868</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="s">
+        <v>892</v>
+      </c>
+      <c r="B314" t="s">
+        <v>3869</v>
+      </c>
+      <c r="C314" t="s">
+        <v>11</v>
+      </c>
+      <c r="D314" t="s">
+        <v>11</v>
+      </c>
+      <c r="E314" t="s">
+        <v>3870</v>
+      </c>
+      <c r="F314" t="s">
+        <v>11</v>
+      </c>
+      <c r="G314" t="s">
+        <v>3871</v>
+      </c>
+      <c r="H314" t="s">
+        <v>3872</v>
+      </c>
+      <c r="I314" t="s">
+        <v>3873</v>
+      </c>
+      <c r="J314" t="s">
+        <v>3874</v>
+      </c>
+      <c r="K314" t="s">
+        <v>3875</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="s">
+        <v>892</v>
+      </c>
+      <c r="B315" t="s">
+        <v>3876</v>
+      </c>
+      <c r="C315" t="s">
+        <v>11</v>
+      </c>
+      <c r="D315" t="s">
+        <v>11</v>
+      </c>
+      <c r="E315" t="s">
+        <v>3877</v>
+      </c>
+      <c r="F315" t="s">
+        <v>11</v>
+      </c>
+      <c r="G315" t="s">
+        <v>3878</v>
+      </c>
+      <c r="H315" t="s">
+        <v>3879</v>
+      </c>
+      <c r="I315" t="s">
+        <v>3880</v>
+      </c>
+      <c r="J315" t="s">
+        <v>3881</v>
+      </c>
+      <c r="K315" t="s">
+        <v>3882</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="s">
+        <v>892</v>
+      </c>
+      <c r="B316" t="s">
+        <v>3883</v>
+      </c>
+      <c r="C316" t="s">
+        <v>11</v>
+      </c>
+      <c r="D316" t="s">
+        <v>11</v>
+      </c>
+      <c r="E316" t="s">
+        <v>3884</v>
+      </c>
+      <c r="F316" t="s">
+        <v>11</v>
+      </c>
+      <c r="G316" t="s">
+        <v>3885</v>
+      </c>
+      <c r="H316" t="s">
+        <v>3886</v>
+      </c>
+      <c r="I316" t="s">
+        <v>3479</v>
+      </c>
+      <c r="J316" t="s">
+        <v>3887</v>
+      </c>
+      <c r="K316" t="s">
+        <v>3888</v>
+      </c>
+      <c r="L316" t="s">
+        <v>3889</v>
+      </c>
+      <c r="M316" t="s">
+        <v>3890</v>
+      </c>
+      <c r="N316" t="s">
+        <v>3891</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="s">
+        <v>892</v>
+      </c>
+      <c r="B317" t="s">
+        <v>3892</v>
+      </c>
+      <c r="C317" t="s">
+        <v>11</v>
+      </c>
+      <c r="D317" t="s">
+        <v>11</v>
+      </c>
+      <c r="E317" t="s">
+        <v>3893</v>
+      </c>
+      <c r="F317" t="s">
+        <v>11</v>
+      </c>
+      <c r="G317" t="s">
+        <v>3894</v>
+      </c>
+      <c r="H317" t="s">
+        <v>3895</v>
+      </c>
+      <c r="I317" t="s">
+        <v>3896</v>
+      </c>
+      <c r="J317" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K317" t="s">
+        <v>3897</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="s">
+        <v>892</v>
+      </c>
+      <c r="B318" t="s">
+        <v>3898</v>
+      </c>
+      <c r="C318" t="s">
+        <v>11</v>
+      </c>
+      <c r="D318" t="s">
+        <v>11</v>
+      </c>
+      <c r="E318" t="s">
+        <v>3899</v>
+      </c>
+      <c r="F318" t="s">
+        <v>11</v>
+      </c>
+      <c r="G318" t="s">
+        <v>3900</v>
+      </c>
+      <c r="H318" t="s">
+        <v>3901</v>
+      </c>
+      <c r="I318" t="s">
+        <v>3902</v>
+      </c>
+      <c r="J318" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K318" t="s">
+        <v>3903</v>
+      </c>
+      <c r="L318" t="s">
+        <v>3904</v>
+      </c>
+      <c r="M318" t="s">
+        <v>3905</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="s">
+        <v>892</v>
+      </c>
+      <c r="B319" t="s">
+        <v>3906</v>
+      </c>
+      <c r="C319" t="s">
+        <v>11</v>
+      </c>
+      <c r="D319" t="s">
+        <v>11</v>
+      </c>
+      <c r="E319" t="s">
+        <v>3907</v>
+      </c>
+      <c r="F319" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319" t="s">
+        <v>3908</v>
+      </c>
+      <c r="H319" t="s">
+        <v>3909</v>
+      </c>
+      <c r="I319" t="s">
+        <v>3910</v>
+      </c>
+      <c r="J319" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K319" t="s">
+        <v>3911</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="s">
+        <v>892</v>
+      </c>
+      <c r="B320" t="s">
+        <v>3912</v>
+      </c>
+      <c r="C320" t="s">
+        <v>11</v>
+      </c>
+      <c r="D320" t="s">
+        <v>11</v>
+      </c>
+      <c r="E320" t="s">
+        <v>3913</v>
+      </c>
+      <c r="F320" t="s">
+        <v>11</v>
+      </c>
+      <c r="G320" t="s">
+        <v>3914</v>
+      </c>
+      <c r="H320" t="s">
+        <v>3915</v>
+      </c>
+      <c r="I320" t="s">
+        <v>3916</v>
+      </c>
+      <c r="J320" t="s">
+        <v>3561</v>
+      </c>
+      <c r="K320" t="s">
+        <v>3917</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="s">
+        <v>892</v>
+      </c>
+      <c r="B321" t="s">
+        <v>3918</v>
+      </c>
+      <c r="C321" t="s">
+        <v>11</v>
+      </c>
+      <c r="D321" t="s">
+        <v>11</v>
+      </c>
+      <c r="E321" t="s">
+        <v>3919</v>
+      </c>
+      <c r="F321" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321" t="s">
+        <v>3920</v>
+      </c>
+      <c r="H321" t="s">
+        <v>3921</v>
+      </c>
+      <c r="I321" t="s">
+        <v>3922</v>
+      </c>
+      <c r="J321" t="s">
+        <v>3923</v>
+      </c>
+      <c r="K321" t="s">
+        <v>3924</v>
+      </c>
+      <c r="L321" t="s">
+        <v>3925</v>
+      </c>
+      <c r="M321" t="s">
+        <v>3926</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="s">
+        <v>892</v>
+      </c>
+      <c r="B322" t="s">
+        <v>3927</v>
+      </c>
+      <c r="C322" t="s">
+        <v>11</v>
+      </c>
+      <c r="D322" t="s">
+        <v>11</v>
+      </c>
+      <c r="E322" t="s">
+        <v>3928</v>
+      </c>
+      <c r="F322" t="s">
+        <v>11</v>
+      </c>
+      <c r="G322" t="s">
+        <v>3929</v>
+      </c>
+      <c r="H322" t="s">
+        <v>3930</v>
+      </c>
+      <c r="I322" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J322" t="s">
+        <v>2070</v>
+      </c>
+      <c r="K322" t="s">
+        <v>3931</v>
+      </c>
+      <c r="L322" t="s">
+        <v>3932</v>
+      </c>
+      <c r="M322" t="s">
+        <v>3933</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="s">
+        <v>892</v>
+      </c>
+      <c r="B323" t="s">
+        <v>3934</v>
+      </c>
+      <c r="C323" t="s">
+        <v>11</v>
+      </c>
+      <c r="D323" t="s">
+        <v>11</v>
+      </c>
+      <c r="E323" t="s">
+        <v>3935</v>
+      </c>
+      <c r="F323" t="s">
+        <v>11</v>
+      </c>
+      <c r="G323" t="s">
+        <v>3936</v>
+      </c>
+      <c r="H323" t="s">
+        <v>3937</v>
+      </c>
+      <c r="I323" t="s">
+        <v>3938</v>
+      </c>
+      <c r="J323" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K323" t="s">
+        <v>3939</v>
+      </c>
+      <c r="L323" t="s">
+        <v>3940</v>
+      </c>
+      <c r="M323" t="s">
+        <v>3941</v>
+      </c>
+      <c r="N323" t="s">
+        <v>3942</v>
+      </c>
+      <c r="O323" t="s">
+        <v>3943</v>
+      </c>
+      <c r="P323" t="s">
+        <v>3944</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="s">
+        <v>892</v>
+      </c>
+      <c r="B324" t="s">
+        <v>3945</v>
+      </c>
+      <c r="C324" t="s">
+        <v>11</v>
+      </c>
+      <c r="D324" t="s">
+        <v>11</v>
+      </c>
+      <c r="E324" t="s">
+        <v>3946</v>
+      </c>
+      <c r="F324" t="s">
+        <v>11</v>
+      </c>
+      <c r="G324" t="s">
+        <v>3947</v>
+      </c>
+      <c r="H324" t="s">
+        <v>3948</v>
+      </c>
+      <c r="I324" t="s">
+        <v>3949</v>
+      </c>
+      <c r="J324" t="s">
+        <v>3950</v>
+      </c>
+      <c r="K324" t="s">
+        <v>3951</v>
+      </c>
+      <c r="L324" t="s">
+        <v>3952</v>
+      </c>
+      <c r="M324" t="s">
+        <v>3953</v>
+      </c>
+      <c r="N324" t="s">
+        <v>3954</v>
+      </c>
+      <c r="O324" t="s">
+        <v>3955</v>
+      </c>
+      <c r="P324" t="s">
+        <v>3956</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="s">
+        <v>892</v>
+      </c>
+      <c r="B325" t="s">
+        <v>3957</v>
+      </c>
+      <c r="C325" t="s">
+        <v>11</v>
+      </c>
+      <c r="D325" t="s">
+        <v>11</v>
+      </c>
+      <c r="E325" t="s">
+        <v>3958</v>
+      </c>
+      <c r="F325" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" t="s">
+        <v>3959</v>
+      </c>
+      <c r="H325" t="s">
+        <v>3960</v>
+      </c>
+      <c r="I325" t="s">
+        <v>3961</v>
+      </c>
+      <c r="J325" t="s">
+        <v>3962</v>
+      </c>
+      <c r="K325" t="s">
+        <v>3963</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="s">
+        <v>892</v>
+      </c>
+      <c r="B326" t="s">
+        <v>3964</v>
+      </c>
+      <c r="C326" t="s">
+        <v>11</v>
+      </c>
+      <c r="D326" t="s">
+        <v>11</v>
+      </c>
+      <c r="E326" t="s">
+        <v>3965</v>
+      </c>
+      <c r="F326" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" t="s">
+        <v>3966</v>
+      </c>
+      <c r="H326" t="s">
+        <v>3967</v>
+      </c>
+      <c r="I326" t="s">
+        <v>3968</v>
+      </c>
+      <c r="J326" t="s">
+        <v>3969</v>
+      </c>
+      <c r="K326" t="s">
+        <v>3970</v>
+      </c>
+      <c r="L326" t="s">
+        <v>3971</v>
+      </c>
+      <c r="M326" t="s">
+        <v>3972</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="s">
+        <v>892</v>
+      </c>
+      <c r="B327" t="s">
+        <v>3973</v>
+      </c>
+      <c r="C327" t="s">
+        <v>11</v>
+      </c>
+      <c r="D327" t="s">
+        <v>11</v>
+      </c>
+      <c r="E327" t="s">
+        <v>3974</v>
+      </c>
+      <c r="F327" t="s">
+        <v>11</v>
+      </c>
+      <c r="G327" t="s">
+        <v>3975</v>
+      </c>
+      <c r="H327" t="s">
+        <v>3976</v>
+      </c>
+      <c r="I327" t="s">
+        <v>3045</v>
+      </c>
+      <c r="J327" t="s">
+        <v>3977</v>
+      </c>
+      <c r="K327" t="s">
+        <v>3978</v>
+      </c>
+      <c r="L327" t="s">
+        <v>3979</v>
+      </c>
+      <c r="M327" t="s">
+        <v>3980</v>
+      </c>
+      <c r="N327" t="s">
+        <v>3981</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="s">
+        <v>892</v>
+      </c>
+      <c r="B328" t="s">
+        <v>3982</v>
+      </c>
+      <c r="C328" t="s">
+        <v>11</v>
+      </c>
+      <c r="D328" t="s">
+        <v>11</v>
+      </c>
+      <c r="E328" t="s">
+        <v>3983</v>
+      </c>
+      <c r="F328" t="s">
+        <v>11</v>
+      </c>
+      <c r="G328" t="s">
+        <v>3984</v>
+      </c>
+      <c r="H328" t="s">
+        <v>3985</v>
+      </c>
+      <c r="I328" t="s">
+        <v>3986</v>
+      </c>
+      <c r="J328" t="s">
+        <v>3987</v>
+      </c>
+      <c r="K328" t="s">
+        <v>3988</v>
+      </c>
+      <c r="L328" t="s">
+        <v>3989</v>
+      </c>
+      <c r="M328" t="s">
+        <v>3990</v>
+      </c>
+      <c r="N328" t="s">
+        <v>3991</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="s">
+        <v>892</v>
+      </c>
+      <c r="B329" t="s">
+        <v>3992</v>
+      </c>
+      <c r="C329" t="s">
+        <v>11</v>
+      </c>
+      <c r="D329" t="s">
+        <v>11</v>
+      </c>
+      <c r="E329" t="s">
+        <v>3993</v>
+      </c>
+      <c r="F329" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" t="s">
+        <v>3994</v>
+      </c>
+      <c r="H329" t="s">
+        <v>3995</v>
+      </c>
+      <c r="I329" t="s">
+        <v>3538</v>
+      </c>
+      <c r="J329" t="s">
+        <v>3996</v>
+      </c>
+      <c r="K329" t="s">
+        <v>3997</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="s">
+        <v>892</v>
+      </c>
+      <c r="B330" t="s">
+        <v>3998</v>
+      </c>
+      <c r="C330" t="s">
+        <v>11</v>
+      </c>
+      <c r="D330" t="s">
+        <v>11</v>
+      </c>
+      <c r="E330" t="s">
+        <v>3999</v>
+      </c>
+      <c r="F330" t="s">
+        <v>11</v>
+      </c>
+      <c r="G330" t="s">
+        <v>4000</v>
+      </c>
+      <c r="H330" t="s">
+        <v>4001</v>
+      </c>
+      <c r="I330" t="s">
+        <v>3502</v>
+      </c>
+      <c r="J330" t="s">
+        <v>4002</v>
+      </c>
+      <c r="K330" t="s">
+        <v>4003</v>
+      </c>
+      <c r="L330" t="s">
+        <v>4004</v>
+      </c>
+      <c r="M330" t="s">
+        <v>4005</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="s">
+        <v>892</v>
+      </c>
+      <c r="B331" t="s">
+        <v>4006</v>
+      </c>
+      <c r="C331" t="s">
+        <v>11</v>
+      </c>
+      <c r="D331" t="s">
+        <v>11</v>
+      </c>
+      <c r="E331" t="s">
+        <v>4007</v>
+      </c>
+      <c r="F331" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" t="s">
+        <v>4008</v>
+      </c>
+      <c r="H331" t="s">
+        <v>4009</v>
+      </c>
+      <c r="I331" t="s">
+        <v>4010</v>
+      </c>
+      <c r="J331" t="s">
+        <v>4011</v>
+      </c>
+      <c r="K331" t="s">
+        <v>4012</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="s">
+        <v>892</v>
+      </c>
+      <c r="B332" t="s">
+        <v>4013</v>
+      </c>
+      <c r="C332" t="s">
+        <v>11</v>
+      </c>
+      <c r="D332" t="s">
+        <v>11</v>
+      </c>
+      <c r="E332" t="s">
+        <v>4014</v>
+      </c>
+      <c r="F332" t="s">
+        <v>11</v>
+      </c>
+      <c r="G332" t="s">
+        <v>4015</v>
+      </c>
+      <c r="H332" t="s">
+        <v>4016</v>
+      </c>
+      <c r="I332" t="s">
+        <v>4017</v>
+      </c>
+      <c r="J332" t="s">
+        <v>11</v>
+      </c>
+      <c r="K332" t="s">
+        <v>4018</v>
+      </c>
+      <c r="L332" t="s">
+        <v>4019</v>
+      </c>
+      <c r="M332" t="s">
+        <v>4020</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="s">
+        <v>892</v>
+      </c>
+      <c r="B333" t="s">
+        <v>4021</v>
+      </c>
+      <c r="C333" t="s">
+        <v>11</v>
+      </c>
+      <c r="D333" t="s">
+        <v>11</v>
+      </c>
+      <c r="E333" t="s">
+        <v>4022</v>
+      </c>
+      <c r="F333" t="s">
+        <v>11</v>
+      </c>
+      <c r="G333" t="s">
+        <v>4023</v>
+      </c>
+      <c r="H333" t="s">
+        <v>4024</v>
+      </c>
+      <c r="I333" t="s">
+        <v>4025</v>
+      </c>
+      <c r="J333" t="s">
+        <v>4026</v>
+      </c>
+      <c r="K333" t="s">
+        <v>4027</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="s">
+        <v>892</v>
+      </c>
+      <c r="B334" t="s">
+        <v>4028</v>
+      </c>
+      <c r="C334" t="s">
+        <v>11</v>
+      </c>
+      <c r="D334" t="s">
+        <v>11</v>
+      </c>
+      <c r="E334" t="s">
+        <v>4029</v>
+      </c>
+      <c r="F334" t="s">
+        <v>11</v>
+      </c>
+      <c r="G334" t="s">
+        <v>4030</v>
+      </c>
+      <c r="H334" t="s">
+        <v>4031</v>
+      </c>
+      <c r="I334" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J334" t="s">
+        <v>4032</v>
+      </c>
+      <c r="K334" t="s">
+        <v>4033</v>
+      </c>
+      <c r="L334" t="s">
+        <v>4034</v>
+      </c>
+      <c r="M334" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="s">
+        <v>892</v>
+      </c>
+      <c r="B335" t="s">
+        <v>4035</v>
+      </c>
+      <c r="C335" t="s">
+        <v>11</v>
+      </c>
+      <c r="D335" t="s">
+        <v>11</v>
+      </c>
+      <c r="E335" t="s">
+        <v>4036</v>
+      </c>
+      <c r="F335" t="s">
+        <v>11</v>
+      </c>
+      <c r="G335" t="s">
+        <v>4037</v>
+      </c>
+      <c r="H335" t="s">
+        <v>4038</v>
+      </c>
+      <c r="I335" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J335" t="s">
+        <v>4039</v>
+      </c>
+      <c r="K335" t="s">
+        <v>4040</v>
+      </c>
+      <c r="L335" t="s">
+        <v>4041</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="s">
+        <v>892</v>
+      </c>
+      <c r="B336" t="s">
+        <v>4042</v>
+      </c>
+      <c r="C336" t="s">
+        <v>11</v>
+      </c>
+      <c r="D336" t="s">
+        <v>11</v>
+      </c>
+      <c r="E336" t="s">
+        <v>4043</v>
+      </c>
+      <c r="F336" t="s">
+        <v>11</v>
+      </c>
+      <c r="G336" t="s">
+        <v>4044</v>
+      </c>
+      <c r="H336" t="s">
+        <v>4045</v>
+      </c>
+      <c r="I336" t="s">
+        <v>4046</v>
+      </c>
+      <c r="J336" t="s">
+        <v>4047</v>
+      </c>
+      <c r="K336" t="s">
+        <v>4048</v>
+      </c>
+      <c r="L336" t="s">
+        <v>4049</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B2" t="s">
+        <v>4051</v>
+      </c>
+      <c r="C2" t="s">
+        <v>4052</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>4053</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>4054</v>
+      </c>
+      <c r="H2" t="s">
+        <v>4055</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B3" t="s">
+        <v>4056</v>
+      </c>
+      <c r="C3" t="s">
+        <v>4057</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>4058</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>4059</v>
+      </c>
+      <c r="H3" t="s">
+        <v>4060</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B4" t="s">
+        <v>4061</v>
+      </c>
+      <c r="C4" t="s">
+        <v>4062</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>4063</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>4064</v>
+      </c>
+      <c r="H4" t="s">
+        <v>4065</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B5" t="s">
+        <v>4066</v>
+      </c>
+      <c r="C5" t="s">
+        <v>4067</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>4068</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>4069</v>
+      </c>
+      <c r="H5" t="s">
+        <v>4070</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J53"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I2" t="s">
+        <v>23</v>
+      </c>
+      <c r="J2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" t="s">
+        <v>46</v>
+      </c>
+      <c r="I6" t="s">
+        <v>47</v>
+      </c>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+      <c r="I7" t="s">
+        <v>47</v>
+      </c>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>58</v>
+      </c>
+      <c r="H8" t="s">
+        <v>59</v>
+      </c>
+      <c r="I8" t="s">
+        <v>60</v>
+      </c>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9" t="s">
+        <v>66</v>
+      </c>
+      <c r="I9" t="s">
+        <v>67</v>
+      </c>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>63</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10" t="s">
+        <v>72</v>
+      </c>
+      <c r="I10" t="s">
+        <v>67</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>74</v>
+      </c>
+      <c r="H11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I11" t="s">
+        <v>67</v>
+      </c>
+      <c r="J11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>77</v>
+      </c>
+      <c r="E12" t="s">
+        <v>78</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>79</v>
+      </c>
+      <c r="H12" t="s">
+        <v>80</v>
+      </c>
+      <c r="I12" t="s">
+        <v>67</v>
+      </c>
+      <c r="J12" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>85</v>
+      </c>
+      <c r="H13" t="s">
+        <v>86</v>
+      </c>
+      <c r="I13" t="s">
+        <v>87</v>
+      </c>
+      <c r="J13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>91</v>
+      </c>
+      <c r="H14" t="s">
+        <v>92</v>
+      </c>
+      <c r="I14" t="s">
+        <v>87</v>
+      </c>
+      <c r="J14" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" t="s">
+        <v>93</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>94</v>
+      </c>
+      <c r="E15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>96</v>
+      </c>
+      <c r="H15" t="s">
+        <v>97</v>
+      </c>
+      <c r="I15" t="s">
+        <v>36</v>
+      </c>
+      <c r="J15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>99</v>
+      </c>
+      <c r="E16" t="s">
+        <v>100</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>101</v>
+      </c>
+      <c r="H16" t="s">
+        <v>102</v>
+      </c>
+      <c r="I16" t="s">
+        <v>103</v>
+      </c>
+      <c r="J16" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>106</v>
+      </c>
+      <c r="E17" t="s">
+        <v>107</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>108</v>
+      </c>
+      <c r="H17" t="s">
+        <v>109</v>
+      </c>
+      <c r="I17" t="s">
+        <v>110</v>
+      </c>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" t="s">
+        <v>112</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>113</v>
+      </c>
+      <c r="E18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>115</v>
+      </c>
+      <c r="H18" t="s">
+        <v>116</v>
+      </c>
+      <c r="I18" t="s">
+        <v>117</v>
+      </c>
+      <c r="J18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>121</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>122</v>
+      </c>
+      <c r="H19" t="s">
+        <v>123</v>
+      </c>
+      <c r="I19" t="s">
+        <v>124</v>
+      </c>
+      <c r="J19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>127</v>
+      </c>
+      <c r="E20" t="s">
+        <v>128</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>129</v>
+      </c>
+      <c r="H20" t="s">
+        <v>130</v>
+      </c>
+      <c r="I20" t="s">
+        <v>131</v>
+      </c>
+      <c r="J20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>134</v>
+      </c>
+      <c r="E21" t="s">
+        <v>135</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>136</v>
+      </c>
+      <c r="H21" t="s">
+        <v>137</v>
+      </c>
+      <c r="I21" t="s">
+        <v>138</v>
+      </c>
+      <c r="J21" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>141</v>
+      </c>
+      <c r="E22" t="s">
+        <v>142</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>143</v>
+      </c>
+      <c r="H22" t="s">
+        <v>144</v>
+      </c>
+      <c r="I22" t="s">
+        <v>29</v>
+      </c>
+      <c r="J22" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B23" t="s">
+        <v>146</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>141</v>
+      </c>
+      <c r="E23" t="s">
+        <v>147</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>148</v>
+      </c>
+      <c r="H23" t="s">
+        <v>149</v>
+      </c>
+      <c r="I23" t="s">
+        <v>150</v>
+      </c>
+      <c r="J23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>17</v>
+      </c>
+      <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>153</v>
+      </c>
+      <c r="E24" t="s">
+        <v>154</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>155</v>
+      </c>
+      <c r="H24" t="s">
+        <v>156</v>
+      </c>
+      <c r="I24" t="s">
+        <v>157</v>
+      </c>
+      <c r="J24" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>17</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>153</v>
+      </c>
+      <c r="E25" t="s">
+        <v>159</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>160</v>
+      </c>
+      <c r="H25" t="s">
+        <v>161</v>
+      </c>
+      <c r="I25" t="s">
+        <v>162</v>
+      </c>
+      <c r="J25" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B26" t="s">
+        <v>25</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>163</v>
+      </c>
+      <c r="E26" t="s">
+        <v>164</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>165</v>
+      </c>
+      <c r="H26" t="s">
+        <v>166</v>
+      </c>
+      <c r="I26" t="s">
+        <v>157</v>
+      </c>
+      <c r="J26" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" t="s">
+        <v>167</v>
+      </c>
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
+        <v>163</v>
+      </c>
+      <c r="E27" t="s">
+        <v>164</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>168</v>
+      </c>
+      <c r="H27" t="s">
+        <v>169</v>
+      </c>
+      <c r="I27" t="s">
+        <v>170</v>
+      </c>
+      <c r="J27" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" t="s">
+        <v>171</v>
+      </c>
+      <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
+        <v>172</v>
+      </c>
+      <c r="E28" t="s">
+        <v>173</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>174</v>
+      </c>
+      <c r="H28" t="s">
+        <v>175</v>
+      </c>
+      <c r="I28" t="s">
+        <v>170</v>
+      </c>
+      <c r="J28" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>17</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>178</v>
+      </c>
+      <c r="D29" t="s">
+        <v>179</v>
+      </c>
+      <c r="E29" t="s">
+        <v>180</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>181</v>
+      </c>
+      <c r="H29" t="s">
+        <v>182</v>
+      </c>
+      <c r="I29" t="s">
+        <v>124</v>
+      </c>
+      <c r="J29" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30" t="s">
+        <v>184</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>185</v>
+      </c>
+      <c r="E30" t="s">
+        <v>186</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>187</v>
+      </c>
+      <c r="H30" t="s">
+        <v>188</v>
+      </c>
+      <c r="I30" t="s">
+        <v>189</v>
+      </c>
+      <c r="J30" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>17</v>
+      </c>
+      <c r="B31" t="s">
+        <v>190</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>191</v>
+      </c>
+      <c r="E31" t="s">
+        <v>192</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>193</v>
+      </c>
+      <c r="H31" t="s">
+        <v>194</v>
+      </c>
+      <c r="I31" t="s">
+        <v>195</v>
+      </c>
+      <c r="J31" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>17</v>
+      </c>
+      <c r="B32" t="s">
+        <v>197</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
+        <v>198</v>
+      </c>
+      <c r="E32" t="s">
+        <v>199</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>200</v>
+      </c>
+      <c r="H32" t="s">
+        <v>201</v>
+      </c>
+      <c r="I32" t="s">
+        <v>202</v>
+      </c>
+      <c r="J32" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>17</v>
+      </c>
+      <c r="B33" t="s">
+        <v>204</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>205</v>
+      </c>
+      <c r="E33" t="s">
+        <v>206</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>207</v>
+      </c>
+      <c r="H33" t="s">
+        <v>208</v>
+      </c>
+      <c r="I33" t="s">
+        <v>209</v>
+      </c>
+      <c r="J33" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>17</v>
+      </c>
+      <c r="B34" t="s">
+        <v>211</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>212</v>
+      </c>
+      <c r="E34" t="s">
+        <v>213</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>214</v>
+      </c>
+      <c r="H34" t="s">
+        <v>215</v>
+      </c>
+      <c r="I34" t="s">
+        <v>216</v>
+      </c>
+      <c r="J34" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>17</v>
+      </c>
+      <c r="B35" t="s">
+        <v>217</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>218</v>
+      </c>
+      <c r="E35" t="s">
+        <v>219</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>220</v>
+      </c>
+      <c r="H35" t="s">
+        <v>221</v>
+      </c>
+      <c r="I35" t="s">
+        <v>222</v>
+      </c>
+      <c r="J35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>17</v>
+      </c>
+      <c r="B36" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>224</v>
+      </c>
+      <c r="E36" t="s">
+        <v>225</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>226</v>
+      </c>
+      <c r="H36" t="s">
+        <v>227</v>
+      </c>
+      <c r="I36" t="s">
+        <v>216</v>
+      </c>
+      <c r="J36" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>17</v>
+      </c>
+      <c r="B37" t="s">
+        <v>190</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>229</v>
+      </c>
+      <c r="E37" t="s">
+        <v>230</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>231</v>
+      </c>
+      <c r="H37" t="s">
+        <v>232</v>
+      </c>
+      <c r="I37" t="s">
+        <v>233</v>
+      </c>
+      <c r="J37" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>17</v>
+      </c>
+      <c r="B38" t="s">
+        <v>235</v>
+      </c>
+      <c r="C38" t="s">
+        <v>236</v>
+      </c>
+      <c r="D38" t="s">
+        <v>237</v>
+      </c>
+      <c r="E38" t="s">
+        <v>238</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>239</v>
+      </c>
+      <c r="H38" t="s">
+        <v>240</v>
+      </c>
+      <c r="I38" t="s">
+        <v>236</v>
+      </c>
+      <c r="J38" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>17</v>
+      </c>
+      <c r="B39" t="s">
+        <v>98</v>
+      </c>
+      <c r="C39" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" t="s">
+        <v>242</v>
+      </c>
+      <c r="E39" t="s">
+        <v>243</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>244</v>
+      </c>
+      <c r="H39" t="s">
+        <v>245</v>
+      </c>
+      <c r="I39" t="s">
+        <v>103</v>
+      </c>
+      <c r="J39" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>17</v>
+      </c>
+      <c r="B40" t="s">
+        <v>177</v>
+      </c>
+      <c r="C40" t="s">
+        <v>247</v>
+      </c>
+      <c r="D40" t="s">
+        <v>248</v>
+      </c>
+      <c r="E40" t="s">
+        <v>249</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>250</v>
+      </c>
+      <c r="H40" t="s">
+        <v>251</v>
+      </c>
+      <c r="I40" t="s">
+        <v>247</v>
+      </c>
+      <c r="J40" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>17</v>
+      </c>
+      <c r="B41" t="s">
+        <v>133</v>
+      </c>
+      <c r="C41" t="s">
+        <v>247</v>
+      </c>
+      <c r="D41" t="s">
+        <v>252</v>
+      </c>
+      <c r="E41" t="s">
+        <v>253</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>254</v>
+      </c>
+      <c r="H41" t="s">
+        <v>255</v>
+      </c>
+      <c r="I41" t="s">
+        <v>247</v>
+      </c>
+      <c r="J41" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>17</v>
+      </c>
+      <c r="B42" t="s">
+        <v>190</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
+        <v>257</v>
+      </c>
+      <c r="E42" t="s">
+        <v>258</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>259</v>
+      </c>
+      <c r="H42" t="s">
+        <v>260</v>
+      </c>
+      <c r="I42" t="s">
+        <v>11</v>
+      </c>
+      <c r="J42" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>17</v>
+      </c>
+      <c r="B43" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" t="s">
+        <v>117</v>
+      </c>
+      <c r="D43" t="s">
+        <v>261</v>
+      </c>
+      <c r="E43" t="s">
+        <v>262</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>263</v>
+      </c>
+      <c r="H43" t="s">
+        <v>264</v>
+      </c>
+      <c r="I43" t="s">
+        <v>117</v>
+      </c>
+      <c r="J43" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>17</v>
+      </c>
+      <c r="B44" t="s">
+        <v>133</v>
+      </c>
+      <c r="C44" t="s">
+        <v>247</v>
+      </c>
+      <c r="D44" t="s">
+        <v>266</v>
+      </c>
+      <c r="E44" t="s">
+        <v>267</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>268</v>
+      </c>
+      <c r="H44" t="s">
+        <v>269</v>
+      </c>
+      <c r="I44" t="s">
+        <v>247</v>
+      </c>
+      <c r="J44" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>17</v>
+      </c>
+      <c r="B45" t="s">
+        <v>211</v>
+      </c>
+      <c r="C45" t="s">
+        <v>247</v>
+      </c>
+      <c r="D45" t="s">
+        <v>270</v>
+      </c>
+      <c r="E45" t="s">
+        <v>271</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>272</v>
+      </c>
+      <c r="H45" t="s">
+        <v>273</v>
+      </c>
+      <c r="I45" t="s">
+        <v>247</v>
+      </c>
+      <c r="J45" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>17</v>
+      </c>
+      <c r="B46" t="s">
+        <v>274</v>
+      </c>
+      <c r="C46" t="s">
+        <v>247</v>
+      </c>
+      <c r="D46" t="s">
+        <v>270</v>
+      </c>
+      <c r="E46" t="s">
+        <v>271</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>275</v>
+      </c>
+      <c r="H46" t="s">
+        <v>276</v>
+      </c>
+      <c r="I46" t="s">
+        <v>247</v>
+      </c>
+      <c r="J46" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>17</v>
+      </c>
+      <c r="B47" t="s">
+        <v>277</v>
+      </c>
+      <c r="C47" t="s">
+        <v>247</v>
+      </c>
+      <c r="D47" t="s">
+        <v>270</v>
+      </c>
+      <c r="E47" t="s">
+        <v>271</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>278</v>
+      </c>
+      <c r="H47" t="s">
+        <v>279</v>
+      </c>
+      <c r="I47" t="s">
+        <v>247</v>
+      </c>
+      <c r="J47" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>17</v>
+      </c>
+      <c r="B48" t="s">
+        <v>280</v>
+      </c>
+      <c r="C48" t="s">
+        <v>117</v>
+      </c>
+      <c r="D48" t="s">
+        <v>281</v>
+      </c>
+      <c r="E48" t="s">
+        <v>282</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>283</v>
+      </c>
+      <c r="H48" t="s">
+        <v>284</v>
+      </c>
+      <c r="I48" t="s">
+        <v>117</v>
+      </c>
+      <c r="J48" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>17</v>
+      </c>
+      <c r="B49" t="s">
+        <v>285</v>
+      </c>
+      <c r="C49" t="s">
+        <v>286</v>
+      </c>
+      <c r="D49" t="s">
+        <v>287</v>
+      </c>
+      <c r="E49" t="s">
+        <v>288</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>289</v>
+      </c>
+      <c r="H49" t="s">
+        <v>290</v>
+      </c>
+      <c r="I49" t="s">
+        <v>286</v>
+      </c>
+      <c r="J49" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>17</v>
+      </c>
+      <c r="B50" t="s">
+        <v>291</v>
+      </c>
+      <c r="C50" t="s">
+        <v>117</v>
+      </c>
+      <c r="D50" t="s">
+        <v>292</v>
+      </c>
+      <c r="E50" t="s">
+        <v>293</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>294</v>
+      </c>
+      <c r="H50" t="s">
+        <v>295</v>
+      </c>
+      <c r="I50" t="s">
+        <v>117</v>
+      </c>
+      <c r="J50" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>17</v>
+      </c>
+      <c r="B51" t="s">
+        <v>297</v>
+      </c>
+      <c r="C51" t="s">
+        <v>298</v>
+      </c>
+      <c r="D51" t="s">
+        <v>299</v>
+      </c>
+      <c r="E51" t="s">
+        <v>300</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>301</v>
+      </c>
+      <c r="H51" t="s">
+        <v>302</v>
+      </c>
+      <c r="I51" t="s">
+        <v>11</v>
+      </c>
+      <c r="J51" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>17</v>
+      </c>
+      <c r="B52" t="s">
+        <v>304</v>
+      </c>
+      <c r="C52" t="s">
+        <v>305</v>
+      </c>
+      <c r="D52" t="s">
+        <v>306</v>
+      </c>
+      <c r="E52" t="s">
+        <v>307</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>308</v>
+      </c>
+      <c r="H52" t="s">
+        <v>309</v>
+      </c>
+      <c r="I52" t="s">
+        <v>11</v>
+      </c>
+      <c r="J52" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>17</v>
+      </c>
+      <c r="B53" t="s">
+        <v>311</v>
+      </c>
+      <c r="C53" t="s">
+        <v>312</v>
+      </c>
+      <c r="D53" t="s">
+        <v>313</v>
+      </c>
+      <c r="E53" t="s">
+        <v>314</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>315</v>
+      </c>
+      <c r="H53" t="s">
+        <v>316</v>
+      </c>
+      <c r="I53" t="s">
+        <v>11</v>
+      </c>
+      <c r="J53" t="s">
+        <v>317</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H49"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C2" t="s">
+        <v>320</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>321</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>322</v>
+      </c>
+      <c r="H2" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B3" t="s">
+        <v>324</v>
+      </c>
+      <c r="C3" t="s">
+        <v>325</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>327</v>
+      </c>
+      <c r="H3" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B4" t="s">
+        <v>329</v>
+      </c>
+      <c r="C4" t="s">
+        <v>330</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>331</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>332</v>
+      </c>
+      <c r="H4" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>318</v>
+      </c>
+      <c r="B5" t="s">
+        <v>334</v>
+      </c>
+      <c r="C5" t="s">
+        <v>335</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>336</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>337</v>
+      </c>
+      <c r="H5" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>318</v>
+      </c>
+      <c r="B6" t="s">
+        <v>339</v>
+      </c>
+      <c r="C6" t="s">
+        <v>340</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>341</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>342</v>
+      </c>
+      <c r="H6" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>318</v>
+      </c>
+      <c r="B7" t="s">
+        <v>344</v>
+      </c>
+      <c r="C7" t="s">
+        <v>345</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>346</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>347</v>
+      </c>
+      <c r="H7" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>318</v>
+      </c>
+      <c r="B8" t="s">
+        <v>349</v>
+      </c>
+      <c r="C8" t="s">
+        <v>350</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>351</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>352</v>
+      </c>
+      <c r="H8" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>318</v>
+      </c>
+      <c r="B9" t="s">
+        <v>354</v>
+      </c>
+      <c r="C9" t="s">
+        <v>355</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>356</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>357</v>
+      </c>
+      <c r="H9" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>318</v>
+      </c>
+      <c r="B10" t="s">
+        <v>359</v>
+      </c>
+      <c r="C10" t="s">
+        <v>360</v>
+      </c>
+      <c r="D10" t="s">
+        <v>361</v>
+      </c>
+      <c r="E10" t="s">
+        <v>362</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>363</v>
+      </c>
+      <c r="H10" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>318</v>
+      </c>
+      <c r="B11" t="s">
+        <v>365</v>
+      </c>
+      <c r="C11" t="s">
+        <v>366</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>367</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>368</v>
+      </c>
+      <c r="H11" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>318</v>
+      </c>
+      <c r="B12" t="s">
+        <v>370</v>
+      </c>
+      <c r="C12" t="s">
+        <v>371</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>372</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>373</v>
+      </c>
+      <c r="H12" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>318</v>
+      </c>
+      <c r="B13" t="s">
+        <v>375</v>
+      </c>
+      <c r="C13" t="s">
+        <v>376</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>377</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>378</v>
+      </c>
+      <c r="H13" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>318</v>
+      </c>
+      <c r="B14" t="s">
+        <v>380</v>
+      </c>
+      <c r="C14" t="s">
+        <v>381</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>377</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>382</v>
+      </c>
+      <c r="H14" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>318</v>
+      </c>
+      <c r="B15" t="s">
+        <v>384</v>
+      </c>
+      <c r="C15" t="s">
+        <v>385</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>386</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>387</v>
+      </c>
+      <c r="H15" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>318</v>
+      </c>
+      <c r="B16" t="s">
+        <v>389</v>
+      </c>
+      <c r="C16" t="s">
+        <v>390</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>391</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>392</v>
+      </c>
+      <c r="H16" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>318</v>
+      </c>
+      <c r="B17" t="s">
+        <v>394</v>
+      </c>
+      <c r="C17" t="s">
+        <v>395</v>
+      </c>
+      <c r="D17" t="s">
+        <v>396</v>
+      </c>
+      <c r="E17" t="s">
+        <v>397</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>398</v>
+      </c>
+      <c r="H17" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>318</v>
+      </c>
+      <c r="B18" t="s">
+        <v>400</v>
+      </c>
+      <c r="C18" t="s">
+        <v>401</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>402</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>403</v>
+      </c>
+      <c r="H18" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B19" t="s">
+        <v>405</v>
+      </c>
+      <c r="C19" t="s">
+        <v>406</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>407</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>408</v>
+      </c>
+      <c r="H19" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>318</v>
+      </c>
+      <c r="B20" t="s">
+        <v>410</v>
+      </c>
+      <c r="C20" t="s">
+        <v>411</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>412</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>413</v>
+      </c>
+      <c r="H20" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>318</v>
+      </c>
+      <c r="B21" t="s">
+        <v>415</v>
+      </c>
+      <c r="C21" t="s">
+        <v>416</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>417</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>418</v>
+      </c>
+      <c r="H21" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>318</v>
+      </c>
+      <c r="B22" t="s">
+        <v>420</v>
+      </c>
+      <c r="C22" t="s">
+        <v>421</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>422</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>423</v>
+      </c>
+      <c r="H22" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>318</v>
+      </c>
+      <c r="B23" t="s">
+        <v>425</v>
+      </c>
+      <c r="C23" t="s">
+        <v>426</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>422</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>427</v>
+      </c>
+      <c r="H23" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>318</v>
+      </c>
+      <c r="B24" t="s">
+        <v>429</v>
+      </c>
+      <c r="C24" t="s">
+        <v>430</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>422</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>431</v>
+      </c>
+      <c r="H24" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>318</v>
+      </c>
+      <c r="B25" t="s">
+        <v>433</v>
+      </c>
+      <c r="C25" t="s">
+        <v>434</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>435</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>436</v>
+      </c>
+      <c r="H25" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>318</v>
+      </c>
+      <c r="B26" t="s">
+        <v>438</v>
+      </c>
+      <c r="C26" t="s">
+        <v>439</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>440</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>441</v>
+      </c>
+      <c r="H26" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>318</v>
+      </c>
+      <c r="B27" t="s">
+        <v>443</v>
+      </c>
+      <c r="C27" t="s">
+        <v>444</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>445</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>446</v>
+      </c>
+      <c r="H27" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>318</v>
+      </c>
+      <c r="B28" t="s">
+        <v>448</v>
+      </c>
+      <c r="C28" t="s">
+        <v>449</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>450</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>451</v>
+      </c>
+      <c r="H28" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>318</v>
+      </c>
+      <c r="B29" t="s">
+        <v>453</v>
+      </c>
+      <c r="C29" t="s">
+        <v>454</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>455</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>456</v>
+      </c>
+      <c r="H29" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>318</v>
+      </c>
+      <c r="B30" t="s">
+        <v>458</v>
+      </c>
+      <c r="C30" t="s">
+        <v>459</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>460</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>461</v>
+      </c>
+      <c r="H30" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>318</v>
+      </c>
+      <c r="B31" t="s">
+        <v>463</v>
+      </c>
+      <c r="C31" t="s">
+        <v>464</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>465</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>466</v>
+      </c>
+      <c r="H31" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>318</v>
+      </c>
+      <c r="B32" t="s">
+        <v>468</v>
+      </c>
+      <c r="C32" t="s">
+        <v>469</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>470</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>471</v>
+      </c>
+      <c r="H32" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>318</v>
+      </c>
+      <c r="B33" t="s">
+        <v>473</v>
+      </c>
+      <c r="C33" t="s">
+        <v>474</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>475</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>476</v>
+      </c>
+      <c r="H33" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>318</v>
+      </c>
+      <c r="B34" t="s">
+        <v>478</v>
+      </c>
+      <c r="C34" t="s">
+        <v>479</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>480</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>481</v>
+      </c>
+      <c r="H34" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>318</v>
+      </c>
+      <c r="B35" t="s">
+        <v>483</v>
+      </c>
+      <c r="C35" t="s">
+        <v>484</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>485</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>486</v>
+      </c>
+      <c r="H35" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>318</v>
+      </c>
+      <c r="B36" t="s">
+        <v>488</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>489</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>490</v>
+      </c>
+      <c r="H36" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>318</v>
+      </c>
+      <c r="B37" t="s">
+        <v>492</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>489</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>493</v>
+      </c>
+      <c r="H37" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>318</v>
+      </c>
+      <c r="B38" t="s">
+        <v>495</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>489</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>496</v>
+      </c>
+      <c r="H38" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>318</v>
+      </c>
+      <c r="B39" t="s">
+        <v>498</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>489</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>499</v>
+      </c>
+      <c r="H39" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>318</v>
+      </c>
+      <c r="B40" t="s">
+        <v>501</v>
+      </c>
+      <c r="C40" t="s">
+        <v>395</v>
+      </c>
+      <c r="D40" t="s">
+        <v>502</v>
+      </c>
+      <c r="E40" t="s">
+        <v>503</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>504</v>
+      </c>
+      <c r="H40" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>318</v>
+      </c>
+      <c r="B41" t="s">
+        <v>506</v>
+      </c>
+      <c r="C41" t="s">
+        <v>507</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>508</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>509</v>
+      </c>
+      <c r="H41" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>318</v>
+      </c>
+      <c r="B42" t="s">
+        <v>511</v>
+      </c>
+      <c r="C42" t="s">
+        <v>395</v>
+      </c>
+      <c r="D42" t="s">
+        <v>512</v>
+      </c>
+      <c r="E42" t="s">
+        <v>513</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>514</v>
+      </c>
+      <c r="H42" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>318</v>
+      </c>
+      <c r="B43" t="s">
+        <v>516</v>
+      </c>
+      <c r="C43" t="s">
+        <v>395</v>
+      </c>
+      <c r="D43" t="s">
+        <v>512</v>
+      </c>
+      <c r="E43" t="s">
+        <v>517</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>518</v>
+      </c>
+      <c r="H43" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>318</v>
+      </c>
+      <c r="B44" t="s">
+        <v>520</v>
+      </c>
+      <c r="C44" t="s">
+        <v>395</v>
+      </c>
+      <c r="D44" t="s">
+        <v>521</v>
+      </c>
+      <c r="E44" t="s">
+        <v>522</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>523</v>
+      </c>
+      <c r="H44" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>318</v>
+      </c>
+      <c r="B45" t="s">
+        <v>525</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>526</v>
+      </c>
+      <c r="E45" t="s">
+        <v>527</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>528</v>
+      </c>
+      <c r="H45" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>318</v>
+      </c>
+      <c r="B46" t="s">
+        <v>530</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
+        <v>526</v>
+      </c>
+      <c r="E46" t="s">
+        <v>526</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>531</v>
+      </c>
+      <c r="H46" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>318</v>
+      </c>
+      <c r="B47" t="s">
+        <v>533</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
+        <v>526</v>
+      </c>
+      <c r="E47" t="s">
+        <v>526</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>534</v>
+      </c>
+      <c r="H47" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>318</v>
+      </c>
+      <c r="B48" t="s">
+        <v>536</v>
+      </c>
+      <c r="C48" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" t="s">
+        <v>526</v>
+      </c>
+      <c r="E48" t="s">
+        <v>526</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>537</v>
+      </c>
+      <c r="H48" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>318</v>
+      </c>
+      <c r="B49" t="s">
+        <v>539</v>
+      </c>
+      <c r="C49" t="s">
+        <v>540</v>
+      </c>
+      <c r="D49" t="s">
+        <v>541</v>
+      </c>
+      <c r="E49" t="s">
+        <v>542</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>543</v>
+      </c>
+      <c r="H49" t="s">
+        <v>544</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>545</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>546</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>547</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>548</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>549</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>550</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>545</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>551</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>552</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>34</v>
+        <v>553</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>554</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>555</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>545</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>556</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>557</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>558</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>559</v>
       </c>
       <c r="H4" t="s">
-        <v>45</v>
+        <v>560</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>561</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>562</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>563</v>
       </c>
       <c r="D2" t="s">
-        <v>49</v>
+        <v>564</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>565</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>566</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
-[...103 lines deleted...]
-        <v>75</v>
+        <v>567</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AQ161"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>78</v>
+        <v>568</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>569</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>570</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>571</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>572</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>573</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
-[...14 lines deleted...]
-        <v>87</v>
+        <v>574</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>78</v>
+        <v>568</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>575</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>576</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>577</v>
       </c>
       <c r="E3" t="s">
-        <v>89</v>
+        <v>578</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>90</v>
+        <v>579</v>
       </c>
       <c r="H3" t="s">
-        <v>91</v>
-[...14 lines deleted...]
-        <v>95</v>
+        <v>580</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>78</v>
+        <v>568</v>
       </c>
       <c r="B4" t="s">
-        <v>96</v>
+        <v>581</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>582</v>
       </c>
       <c r="E4" t="s">
-        <v>97</v>
+        <v>583</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>98</v>
+        <v>584</v>
       </c>
       <c r="H4" t="s">
-        <v>99</v>
-[...14 lines deleted...]
-        <v>104</v>
+        <v>585</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>78</v>
+        <v>568</v>
       </c>
       <c r="B5" t="s">
-        <v>105</v>
+        <v>586</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>587</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>588</v>
       </c>
       <c r="E5" t="s">
-        <v>106</v>
+        <v>589</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>107</v>
+        <v>590</v>
       </c>
       <c r="H5" t="s">
-        <v>108</v>
-[...20 lines deleted...]
-        <v>115</v>
+        <v>591</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>78</v>
+        <v>568</v>
       </c>
       <c r="B6" t="s">
-        <v>116</v>
+        <v>592</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>593</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>594</v>
       </c>
       <c r="E6" t="s">
-        <v>117</v>
+        <v>595</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>118</v>
+        <v>596</v>
       </c>
       <c r="H6" t="s">
-        <v>119</v>
-[...20 lines deleted...]
-        <v>125</v>
+        <v>597</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>78</v>
+        <v>568</v>
       </c>
       <c r="B7" t="s">
-        <v>126</v>
+        <v>598</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>599</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>600</v>
       </c>
       <c r="E7" t="s">
-        <v>127</v>
+        <v>601</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>128</v>
+        <v>602</v>
       </c>
       <c r="H7" t="s">
-        <v>129</v>
-[...20 lines deleted...]
-        <v>135</v>
+        <v>603</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>604</v>
+      </c>
+      <c r="B2" t="s">
+        <v>605</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>606</v>
+      </c>
+      <c r="E2" t="s">
+        <v>607</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>608</v>
+      </c>
+      <c r="H2" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>604</v>
+      </c>
+      <c r="B3" t="s">
+        <v>610</v>
+      </c>
+      <c r="C3" t="s">
+        <v>611</v>
+      </c>
+      <c r="D3" t="s">
+        <v>612</v>
+      </c>
+      <c r="E3" t="s">
+        <v>613</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>614</v>
+      </c>
+      <c r="H3" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>604</v>
+      </c>
+      <c r="B4" t="s">
+        <v>616</v>
+      </c>
+      <c r="C4" t="s">
+        <v>617</v>
+      </c>
+      <c r="D4" t="s">
+        <v>618</v>
+      </c>
+      <c r="E4" t="s">
+        <v>619</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>620</v>
+      </c>
+      <c r="H4" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>604</v>
+      </c>
+      <c r="B5" t="s">
+        <v>622</v>
+      </c>
+      <c r="C5" t="s">
+        <v>617</v>
+      </c>
+      <c r="D5" t="s">
+        <v>623</v>
+      </c>
+      <c r="E5" t="s">
+        <v>624</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>625</v>
+      </c>
+      <c r="H5" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>604</v>
+      </c>
+      <c r="B6" t="s">
+        <v>627</v>
+      </c>
+      <c r="C6" t="s">
+        <v>617</v>
+      </c>
+      <c r="D6" t="s">
+        <v>623</v>
+      </c>
+      <c r="E6" t="s">
+        <v>628</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>629</v>
+      </c>
+      <c r="H6" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>604</v>
+      </c>
+      <c r="B7" t="s">
+        <v>631</v>
+      </c>
+      <c r="C7" t="s">
+        <v>617</v>
+      </c>
+      <c r="D7" t="s">
+        <v>632</v>
+      </c>
+      <c r="E7" t="s">
+        <v>633</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>634</v>
+      </c>
+      <c r="H7" t="s">
+        <v>635</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B8" t="s">
-        <v>136</v>
+        <v>636</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>617</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>637</v>
       </c>
       <c r="E8" t="s">
-        <v>137</v>
+        <v>638</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>138</v>
+        <v>639</v>
       </c>
       <c r="H8" t="s">
-        <v>139</v>
-[...29 lines deleted...]
-        <v>148</v>
+        <v>640</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B9" t="s">
-        <v>149</v>
+        <v>641</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>617</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>642</v>
       </c>
       <c r="E9" t="s">
-        <v>150</v>
+        <v>643</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>151</v>
+        <v>644</v>
       </c>
       <c r="H9" t="s">
-        <v>152</v>
-[...26 lines deleted...]
-        <v>161</v>
+        <v>645</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B10" t="s">
-        <v>162</v>
+        <v>646</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>647</v>
       </c>
       <c r="E10" t="s">
-        <v>163</v>
+        <v>648</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>164</v>
+        <v>649</v>
       </c>
       <c r="H10" t="s">
-        <v>165</v>
-[...38 lines deleted...]
-        <v>178</v>
+        <v>650</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B11" t="s">
-        <v>179</v>
+        <v>651</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>652</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>180</v>
+        <v>653</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>181</v>
+        <v>654</v>
       </c>
       <c r="H11" t="s">
-        <v>182</v>
-[...26 lines deleted...]
-        <v>191</v>
+        <v>655</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B12" t="s">
-        <v>192</v>
+        <v>656</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>657</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>658</v>
       </c>
       <c r="E12" t="s">
-        <v>193</v>
+        <v>659</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>194</v>
+        <v>660</v>
       </c>
       <c r="H12" t="s">
-        <v>195</v>
-[...26 lines deleted...]
-        <v>203</v>
+        <v>661</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B13" t="s">
-        <v>204</v>
+        <v>662</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>663</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>664</v>
       </c>
       <c r="E13" t="s">
-        <v>205</v>
+        <v>665</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>206</v>
+        <v>666</v>
       </c>
       <c r="H13" t="s">
-        <v>207</v>
-[...14 lines deleted...]
-        <v>212</v>
+        <v>667</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B14" t="s">
-        <v>213</v>
+        <v>668</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>669</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>670</v>
       </c>
       <c r="E14" t="s">
-        <v>214</v>
+        <v>671</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>215</v>
+        <v>672</v>
       </c>
       <c r="H14" t="s">
-        <v>216</v>
-[...17 lines deleted...]
-        <v>222</v>
+        <v>673</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B15" t="s">
-        <v>223</v>
+        <v>674</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>224</v>
+        <v>675</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>225</v>
+        <v>676</v>
       </c>
       <c r="H15" t="s">
-        <v>226</v>
-[...17 lines deleted...]
-        <v>232</v>
+        <v>677</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B16" t="s">
-        <v>233</v>
+        <v>678</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>234</v>
+        <v>675</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>235</v>
+        <v>679</v>
       </c>
       <c r="H16" t="s">
-        <v>236</v>
-[...14 lines deleted...]
-        <v>241</v>
+        <v>680</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B17" t="s">
-        <v>242</v>
+        <v>681</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>682</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>683</v>
       </c>
       <c r="E17" t="s">
-        <v>243</v>
+        <v>684</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>244</v>
+        <v>685</v>
       </c>
       <c r="H17" t="s">
-        <v>245</v>
-[...17 lines deleted...]
-        <v>251</v>
+        <v>686</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B18" t="s">
-        <v>252</v>
+        <v>687</v>
       </c>
       <c r="C18" t="s">
-        <v>15</v>
+        <v>688</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>689</v>
       </c>
       <c r="E18" t="s">
-        <v>253</v>
+        <v>690</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>254</v>
+        <v>691</v>
       </c>
       <c r="H18" t="s">
-        <v>255</v>
-[...14 lines deleted...]
-        <v>260</v>
+        <v>692</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B19" t="s">
-        <v>261</v>
+        <v>693</v>
       </c>
       <c r="C19" t="s">
-        <v>15</v>
+        <v>694</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>695</v>
       </c>
       <c r="E19" t="s">
-        <v>262</v>
+        <v>696</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>263</v>
+        <v>697</v>
       </c>
       <c r="H19" t="s">
-        <v>264</v>
-[...17 lines deleted...]
-        <v>270</v>
+        <v>698</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>604</v>
       </c>
       <c r="B20" t="s">
-        <v>271</v>
+        <v>699</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>700</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>701</v>
       </c>
       <c r="E20" t="s">
-        <v>272</v>
+        <v>702</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>273</v>
+        <v>703</v>
       </c>
       <c r="H20" t="s">
-        <v>274</v>
-[...1071 lines deleted...]
-      <c r="N36" t="s">
+        <v>704</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>705</v>
+      </c>
+      <c r="B2" t="s">
+        <v>706</v>
+      </c>
+      <c r="C2" t="s">
+        <v>707</v>
+      </c>
+      <c r="D2" t="s">
+        <v>708</v>
+      </c>
+      <c r="E2" t="s">
+        <v>709</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>710</v>
+      </c>
+      <c r="H2" t="s">
+        <v>711</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>712</v>
+      </c>
+      <c r="B2" t="s">
+        <v>713</v>
+      </c>
+      <c r="C2" t="s">
+        <v>714</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>715</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>716</v>
+      </c>
+      <c r="H2" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>712</v>
+      </c>
+      <c r="B3" t="s">
+        <v>718</v>
+      </c>
+      <c r="C3" t="s">
+        <v>719</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>721</v>
+      </c>
+      <c r="H3" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>712</v>
+      </c>
+      <c r="B4" t="s">
+        <v>723</v>
+      </c>
+      <c r="C4" t="s">
+        <v>724</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>553</v>
       </c>
-      <c r="O36" t="s">
-[...662 lines deleted...]
-      <c r="N48" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>725</v>
+      </c>
+      <c r="H4" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>712</v>
       </c>
-      <c r="O48" t="s">
-[...58 lines deleted...]
-      <c r="R49" t="s">
+      <c r="B5" t="s">
         <v>727</v>
       </c>
-      <c r="S49" t="s">
+      <c r="C5" t="s">
         <v>728</v>
       </c>
-      <c r="T49" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>729</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B50" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>730</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="H5" t="s">
         <v>731</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>712</v>
+      </c>
+      <c r="B6" t="s">
         <v>732</v>
       </c>
-      <c r="H50" t="s">
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>733</v>
       </c>
-      <c r="I50" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>734</v>
       </c>
-      <c r="J50" t="s">
-[...2 lines deleted...]
-      <c r="K50" t="s">
+      <c r="H6" t="s">
         <v>735</v>
       </c>
-      <c r="L50" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>712</v>
+      </c>
+      <c r="B7" t="s">
         <v>736</v>
       </c>
-      <c r="M50" t="s">
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>737</v>
       </c>
-      <c r="N50" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>738</v>
       </c>
-      <c r="O50" t="s">
+      <c r="H7" t="s">
         <v>739</v>
       </c>
-      <c r="P50" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>712</v>
+      </c>
+      <c r="B8" t="s">
         <v>740</v>
       </c>
-      <c r="Q50" t="s">
+      <c r="C8" t="s">
         <v>741</v>
       </c>
-      <c r="R50" t="s">
-[...2 lines deleted...]
-      <c r="S50" t="s">
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>742</v>
       </c>
-      <c r="T50" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>743</v>
       </c>
-      <c r="U50" t="s">
+      <c r="H8" t="s">
         <v>744</v>
       </c>
-      <c r="V50" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>712</v>
+      </c>
+      <c r="B9" t="s">
         <v>745</v>
       </c>
-      <c r="W50" t="s">
+      <c r="C9" t="s">
         <v>746</v>
       </c>
-      <c r="X50" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>747</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B51" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>748</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="H9" t="s">
         <v>749</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>712</v>
+      </c>
+      <c r="B10" t="s">
         <v>750</v>
       </c>
-      <c r="H51" t="s">
+      <c r="C10" t="s">
         <v>751</v>
       </c>
-      <c r="I51" t="s">
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
         <v>752</v>
       </c>
-      <c r="J51" t="s">
-[...2 lines deleted...]
-      <c r="K51" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>753</v>
       </c>
-      <c r="L51" t="s">
+      <c r="H10" t="s">
         <v>754</v>
       </c>
-      <c r="M51" t="s">
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>712</v>
+      </c>
+      <c r="B11" t="s">
         <v>755</v>
       </c>
-      <c r="N51" t="s">
+      <c r="C11" t="s">
         <v>756</v>
       </c>
-      <c r="O51" t="s">
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>757</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B52" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>758</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="H11" t="s">
         <v>759</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>712</v>
+      </c>
+      <c r="B12" t="s">
         <v>760</v>
       </c>
-      <c r="H52" t="s">
+      <c r="C12" t="s">
         <v>761</v>
       </c>
-      <c r="I52" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>762</v>
       </c>
-      <c r="J52" t="s">
-[...2 lines deleted...]
-      <c r="K52" t="s">
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>763</v>
       </c>
-      <c r="L52" t="s">
+      <c r="H12" t="s">
         <v>764</v>
       </c>
-      <c r="M52" t="s">
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>712</v>
+      </c>
+      <c r="B13" t="s">
         <v>765</v>
       </c>
-      <c r="N52" t="s">
+      <c r="C13" t="s">
         <v>766</v>
       </c>
-      <c r="O52" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>767</v>
       </c>
-      <c r="P52" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>768</v>
       </c>
-      <c r="Q52" t="s">
+      <c r="H13" t="s">
         <v>769</v>
       </c>
-      <c r="R52" t="s">
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>712</v>
+      </c>
+      <c r="B14" t="s">
         <v>770</v>
       </c>
-      <c r="S52" t="s">
+      <c r="C14" t="s">
         <v>771</v>
       </c>
-      <c r="T52" t="s">
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>772</v>
       </c>
-      <c r="U52" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>773</v>
       </c>
-      <c r="V52" t="s">
+      <c r="H14" t="s">
         <v>774</v>
       </c>
-      <c r="W52" t="s">
-[...4815 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>