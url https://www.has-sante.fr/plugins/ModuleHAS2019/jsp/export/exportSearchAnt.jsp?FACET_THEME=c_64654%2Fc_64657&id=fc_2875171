--- v1 (2026-01-01)
+++ v2 (2026-01-01)
@@ -1,32612 +1,13815 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6352" uniqueCount="4071">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2619" uniqueCount="1809">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur l’infection par le VIH</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>PARADIGM VEO system - 21 december 2010 (2711) - Opinion</t>
+  </si>
+  <si>
+    <t>Insulin pump and continuous interstitial glucose monitoring device</t>
+  </si>
+  <si>
+    <t>12/21/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2012 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/07/2025 17:38:00</t>
-[...887 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1010919/fr/systeme-paradigm-veo-21-decembre-2010-2711-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_1010919/en/paradigm-veo-system-21-december-2010-2711-opinion</t>
   </si>
   <si>
     <t>c_1010919</t>
   </si>
   <si>
     <t>MEDTRONIC France SAS</t>
   </si>
   <si>
-    <t>RESTYLANE SubQ - CNEDiMTS du 24 novembre 2009 (2231)</t>
-[...785 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...215 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>La sclérose en plaques</t>
-[...434 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
+    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
+  </si>
+  <si>
+    <t>The aim of this work is to assess the clinical utility of measuring the Epstein-Barr virus (EBV) viral load through real-time genetic amplification (PCR) and testing for serum anti-EBV antibodies as part of post-transplant lymphoproliferative disorder (PTLD), with a view to their inclusion in the list of Procedures in Laboratory Medicine reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>11/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/20/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Évaluation des postiches pour homme et femme</t>
-[...149 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3182936/fr/rinvoq-upadacitinib</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>RINVOQ</t>
+  </si>
+  <si>
+    <t>12/01/2025 08:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182936/en/rinvoq</t>
   </si>
   <si>
     <t>p_3182936</t>
   </si>
   <si>
     <t>upadacitinib</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3181658/fr/rinvoq-upadacitinib</t>
-[...53 lines deleted...]
-    <t>p_3742121</t>
+    <t>https://www.has-sante.fr/jcms/p_3181658/en/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266947/en/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271030/en/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302051/en/rinvoq-upadacitinib-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313562/en/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392764/en/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403971/en/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479047/en/rinvoq-upadacitinib-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482870/en/rinvoq-upadacitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482852/en/rinvoq-upadacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482861/en/rinvoq-upadacitinib-ulcerative-colitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482858/en/rinvoq-upadacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486205/en/rinvoq-upadacitinib-spondyloarthrite-axiale-non-radiographique-spaxnr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486203/en/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770750/en/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>REKAMBYS (rilpivirine)</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:05:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263205/en/rekambys-rilpivirine</t>
+  </si>
+  <si>
+    <t>p_3263205</t>
+  </si>
+  <si>
+    <t>rilpivirine</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263060/en/rekambys-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412895/en/rekambys-rilpivirine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700800/en/rekambys-rilpivirine-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>VOCABRIA (cabotégravir)</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:09:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263213/en/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>p_3263213</t>
+  </si>
+  <si>
+    <t>cabotégravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263063/en/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412898/en/vocabria-cabotegravir-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700803/en/vocabria-cabotegravir-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>JULUCA (dolutégravir sodique/ rilpivirine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:43:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983125/en/juluca-dolutegravir-sodique/-rilpivirine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983125</t>
+  </si>
+  <si>
+    <t>dolutégravir,rilpivirine</t>
+  </si>
+  <si>
+    <t>ViiV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869239/en/juluca-dolutegravir/rilpivirine-combination-of-anti-viral-agents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293338/en/juluca-50-mg/25-mg-rilpivirine-/-dolutegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685906/en/juluca-dolutegravir/rilpivirine-vih</t>
+  </si>
+  <si>
+    <t>TIVICAY (dolutégravir), inhibiteur de l’intégrase</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:44:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983497/en/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
+  </si>
+  <si>
+    <t>pprd_2983497</t>
+  </si>
+  <si>
+    <t>dolutégravir</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748396/en/tivicay</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801228/en/tivicay-dolutegravir-integrase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280958/en/tivicay-dolutegravir-sodique-vih-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293335/en/tivicay-dolutegravir-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685918/en/tivicay-dolutegravir-vih</t>
+  </si>
+  <si>
+    <t>TRIUMEQ (dolutégravir/abacavir/lamivudine),  association fixe d’antirétroviraux</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:44:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984619/en/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>pprd_2984619</t>
+  </si>
+  <si>
+    <t>dolutégravir,abacavir,lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008464/en/triumeq-dolutegravir/abacavir/lamivudine-fixed-dose-combination-of-antiretrovirals</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293332/en/triumeq-abacavir/dolutegravir-sodique/lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445064/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546931/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685912/en/triumeq-dolutegravir/abacavir/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>DOVATO (dolutégravir/ lamivudine)</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147186/en/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>p_3147186</t>
+  </si>
+  <si>
+    <t>dolutégravir,lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146844/en/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294118/en/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497014/en/dovato-dolutegravir/lamivudine-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637598/en/dovato-dolutegravir/lamivudine-hiv-1-infection</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685921/en/dovato-dolutegravir/lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>TREMFYA (guselkumab)</t>
+  </si>
+  <si>
+    <t>09/10/2025 11:10:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982857/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>pprd_2982857</t>
+  </si>
+  <si>
+    <t>guselkumab</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877053/en/tremfya-guselkumab-interleukin-23-inhibitor-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908438/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162058/en/tremfya-guselkumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271021/en/tremfya-guselkumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363296/en/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539084/en/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643899/en/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+  </si>
+  <si>
+    <t>TYSABRI (natalizumab)</t>
+  </si>
+  <si>
+    <t>08/07/2025 11:06:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983073/en/tysabri-natalizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983073</t>
+  </si>
+  <si>
+    <t>natalizumab</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490369/en/tysabri</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234483/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780899/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877334/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287332/en/tysabri-150-mg-natalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608834/en/tysabri-natalizumab-relapsing-remitting-multiple-sclerosis-rrms</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639811/en/tysabri-natalizumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>ALBEY VENIN D’ABEILLE Apis mellifera (venin d'abeille) / ALBEY VENIN DE GUEPE Polistes spp (venin de guêpe poliste) / ALBEY VENIN DE GUEPE Vespula spp (venin de guêpe vespula)</t>
+  </si>
+  <si>
+    <t>07/24/2025 10:55:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983656/en/albey-venin-d-abeille-apis-mellifera-venin-d-abeille-/-albey-venin-de-guepe-polistes-spp-venin-de-guepe-poliste-/-albey-venin-de-guepe-vespula-spp-venin-de-guepe-vespula</t>
+  </si>
+  <si>
+    <t>pprd_2983656</t>
+  </si>
+  <si>
+    <t>Venin de guêpe (Vespula spp)</t>
+  </si>
+  <si>
+    <t>STALLERGENES SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455000/en/albey-venin-d-abeille-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454870/en/albey-venin-de-guepe-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359721/en/albey-venin-d-abeille-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359736/en/albey-venin-de-guepe-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755792/en/albey-venin-d-abeille-apis-mellifera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755801/en/albey-venin-de-guepe-vespula-spp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637325/en/albey-paper-wasp-venom-polistes-spp-venom-allergen-hymenoptera-venoms</t>
+  </si>
+  <si>
+    <t>JAKAVI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984024/en/jakavi</t>
+  </si>
+  <si>
+    <t>pprd_2984024</t>
+  </si>
+  <si>
+    <t>ruxolitinib</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359739/en/jakavi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651869/en/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608680/en/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580831/en/jakavi-ruxolitinib-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331384/en/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358913/en/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382742/en/jakavi-ruxolitinib-maladie-du-greffon-contre-l-hote-aigue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422332/en/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576262/en/jakavi-ruxolitinib-maladie-du-greffon-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633391/en/jakavi-ruxolitinib-gvhd-maladie-du-greffon-contre-l-hote-chez-le-nourrisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637170/en/jakavi-ruxolitinib-graft-versus-host-disease-gvhd</t>
+  </si>
+  <si>
+    <t>PANZYGA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>07/10/2025 15:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983868/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983868</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale (plasmatique)</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682145/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634950/en/panzyga-normal-human-immunoglobulin-immunoglobulin</t>
+  </si>
+  <si>
+    <t>VYVGART (efgartigimod alfa)</t>
+  </si>
+  <si>
+    <t>06/24/2025 15:31:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359145/en/vyvgart-efgartigimod-alfa</t>
+  </si>
+  <si>
+    <t>p_3359145</t>
+  </si>
+  <si>
+    <t>efgartigimod alfa</t>
+  </si>
+  <si>
+    <t>ARGENX BV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359123/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402357/en/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455583/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516768/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516792/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536075/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632389/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>GILENYA (fingolimod)</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:43:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982821/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>pprd_2982821</t>
+  </si>
+  <si>
+    <t>fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084362/en/gilenya</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639636/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755878/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877323/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913088/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266944/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608843/en/gilenya-fingolimod-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>MAVENCLAD</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983075/en/mavenclad</t>
+  </si>
+  <si>
+    <t>pprd_2983075</t>
+  </si>
+  <si>
+    <t>cladribine</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877329/en/mavenclad-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186725/en/mavenclad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608846/en/mavenclad-cladribine-multiple-sclerosis-ms</t>
+  </si>
+  <si>
+    <t>OCREVUS</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983136/en/ocrevus</t>
+  </si>
+  <si>
+    <t>pprd_2983136</t>
+  </si>
+  <si>
+    <t>ocrelizumab</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868189/en/ocrevus-sep-recurrente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863557/en/ocrevus-ocrelizumab-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608840/en/ocrevus-ocrelizumab-multiple-sclerosis-rms</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609553/en/ocrevus-ocrelizumab-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>ZEPOSIA (ozanimod)</t>
+  </si>
+  <si>
+    <t>06/12/2025 12:00:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226320/en/zeposia-ozanimod</t>
+  </si>
+  <si>
+    <t>p_3226320</t>
+  </si>
+  <si>
+    <t>ozanimod</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226174/en/zeposia-ozanimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352182/en/zeposia-ozanimod-chlorhydrate-d-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410991/en/zeposia-ozanimod-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608837/en/zeposia-ozanimod-relapsing-remitting-multiple-sclerosis-rrms</t>
+  </si>
+  <si>
+    <t>KESIMPTA (ofatumumab)</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:52:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270867/en/kesimpta-ofatumumab</t>
+  </si>
+  <si>
+    <t>p_3270867</t>
+  </si>
+  <si>
+    <t>ofatumumab</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270638/en/kesimpta-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410976/en/kesimpta-ofatumumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608831/en/kesimpta-ofatumumab-multiple-sclerosis-rms</t>
+  </si>
+  <si>
+    <t>FAMPYRA (fampridine)</t>
+  </si>
+  <si>
+    <t>04/30/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983039/en/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>pprd_2983039</t>
+  </si>
+  <si>
+    <t>fampridine</t>
+  </si>
+  <si>
+    <t>MERZ PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244156/en/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034297/en/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883451/en/fampyra-fampridine-voltage-dependent-potassium-channel-blocker</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603354/en/fampyra-fampridine-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>NORDIMET (méthotrexate)</t>
+  </si>
+  <si>
+    <t>03/25/2025 13:51:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983809/en/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2983809</t>
+  </si>
+  <si>
+    <t>méthotrexate</t>
+  </si>
+  <si>
+    <t>NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730809/en/nordimet-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358603/en/nordimet-methotrexate-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598812/en/nordimet-methotrexate-psoriasis-en-plaque-modere</t>
+  </si>
+  <si>
+    <t>HYQVIA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>03/05/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983419/en/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983419</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823770/en/hyqvia-normal-human-immunoglobulin-multi-purpose-immunoglobulin-combined-with-recombinant-human-hyaluronidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559091/en/hyqvia-human-normal-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480473/en/hyqvia-normal-human-immunoglobulin-co-administered-with-recombinant-human-hya-luronidase-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594402/en/hyqvia-human-normal-immunoglobulin-chronic-inflammatory-demyelinating-neuropathy-cidp</t>
+  </si>
+  <si>
+    <t>VORAXAZE (glucarpidase)</t>
+  </si>
+  <si>
+    <t>08/22/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334742/en/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>p_3334742</t>
+  </si>
+  <si>
+    <t>glucarpidase</t>
+  </si>
+  <si>
+    <t>SERB SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334621/en/voraxaze-glucarpidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361532/en/voraxaze-glucarpidase-reduction-de-la-concentration-plasmatique-toxique-de-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425618/en/voraxaze-glucarpidase-intoxication-au-methotrexate</t>
+  </si>
+  <si>
+    <t>BRIUMVI (ublituximab)</t>
+  </si>
+  <si>
+    <t>01/22/2025 11:53:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585042/en/briumvi-ublituximab</t>
+  </si>
+  <si>
+    <t>p_3585042</t>
+  </si>
+  <si>
+    <t>ublituximab</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578966/en/briumvi-ublituximab-multiple-sclerosis-ms</t>
+  </si>
+  <si>
+    <t>BENLYSTA</t>
+  </si>
+  <si>
+    <t>01/10/2025 08:37:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/en/benlysta</t>
+  </si>
+  <si>
+    <t>pprd_2983294</t>
+  </si>
+  <si>
+    <t>belimumab</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234522/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/en/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/en/benlysta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/en/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/en/benlysta-belimumab-systemic-lupus-erythematosus-sle</t>
+  </si>
+  <si>
+    <t>BIMZELX (bimekizumab)</t>
+  </si>
+  <si>
+    <t>01/09/2025 09:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324069/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>p_3324069</t>
+  </si>
+  <si>
+    <t>bimekizumab</t>
+  </si>
+  <si>
+    <t>UCB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336645/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323505/en/bimzelx-bimekizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422860/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500011/en/bimzelx-bimekizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505850/en/bimzelx-bimekizumab-spondyloarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505847/en/bimzelx-bimekizumab-axial-spondyloarthritis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517649/en/bimzelx-bimekizumab-psoriasis-en-plaques-rhumatisme-psoriasique-et-spondylarthrite-axiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539120/en/bimzelx-bimekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562973/en/bimzelx-bimekizumab-hidradenitis-suppurativa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574256/en/bimzelx-bimekizumab-in-plaque-psoriasis-psoriatic-arthritis-and-hidradenitis-suppurativa</t>
+  </si>
+  <si>
+    <t>DUPIXENT</t>
+  </si>
+  <si>
+    <t>12/05/2024 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
+  </si>
+  <si>
+    <t>pprd_2983161</t>
+  </si>
+  <si>
+    <t>dupilumab</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/en/dupixent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/en/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/en/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/en/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/en/dupixent-dupilumab-prurigo-nodularis-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/en/dupixent-dupilumab-severe-atopic-dermatitis-in-children-6-months-to-5-years-old</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/en/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/en/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/en/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/en/dupixent-dupilumab-chronic-obstructive-pulmonary-disease-copd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/en/dupixent-dupilumab-oesophagitis</t>
+  </si>
+  <si>
+    <t>ORENCIA (abatacept)</t>
+  </si>
+  <si>
+    <t>12/02/2024 14:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983388/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>pprd_2983388</t>
+  </si>
+  <si>
+    <t>abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827713/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589384/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024731/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241683/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714253/en/orencia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047018/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561588/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827576/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114488/en/orencia-abatacept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295756/en/orencia-abatacept-epi-ascore-ora</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539075/en/orencia-abatacept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562961/en/orencia-abatacept-maladies-inflammatoires-chroniques-en-rhumatologie</t>
+  </si>
+  <si>
+    <t>ZILBRYSQ (zilucoplan sodique)</t>
+  </si>
+  <si>
+    <t>11/29/2024 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505560/en/zilbrysq-zilucoplan-sodique</t>
+  </si>
+  <si>
+    <t>p_3505560</t>
+  </si>
+  <si>
+    <t>zilucoplan sodique</t>
+  </si>
+  <si>
+    <t>UCB PHARMA S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503160/en/zilbrysq-zilucoplan-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420820/en/zilbrysq-zilucoplan-myasthenie</t>
+  </si>
+  <si>
+    <t>ILARIS</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/en/ilaris</t>
+  </si>
+  <si>
+    <t>pprd_2982751</t>
+  </si>
+  <si>
+    <t>canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928146/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/en/ilaris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/en/ilaris-canakinumab-interleukin-1-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/en/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/en/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/en/ilaris-canakinumab-gouty-arthritis-attacks</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/en/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ROACTEMRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+  </si>
+  <si>
+    <t>pprd_2982795</t>
+  </si>
+  <si>
+    <t>tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/en/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/en/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/en/roactemra-tocilizumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/en/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/en/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/en/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/en/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KINERET</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+  </si>
+  <si>
+    <t>pprd_2982828</t>
+  </si>
+  <si>
+    <t>anakinra</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/en/kineret-anakinra-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/en/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/en/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/en/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CIMZIA (certolizumab pegol)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982837/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>pprd_2982837</t>
+  </si>
+  <si>
+    <t>certolizumab pegol</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937977/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716271/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758668/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774104/en/cimzia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583133/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583130/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671761/en/cimzia-certolizumab-pegol-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741827/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800419/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813812/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908459/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908904/en/cimzia-certolizumab-pegol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363302/en/cimzia-certolizumab-pegol-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539114/en/cimzia-certolizumab-pegol-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SIMPONI (golimumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982937/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>pprd_2982937</t>
+  </si>
+  <si>
+    <t>golimumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218114/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728499/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893489/en/simponi-golimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725883/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729434/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728495/en/simponi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637481/en/simponi-golimumab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3096551/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295747/en/simponi-golimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539141/en/simponi-golimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>HUMIRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983124/en/humira</t>
+  </si>
+  <si>
+    <t>pprd_2983124</t>
+  </si>
+  <si>
+    <t>adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400009/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400074/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400716/en/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455490/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605668/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672931/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827706/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055267/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104003/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103997/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1325255/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367936/en/humira</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638939/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638941/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650026/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027353/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619541/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621680/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625986/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620021/en/humira-adalimumab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671785/en/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745260/en/humira-adalimumab-anti-tnf-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834708/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865442/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869247/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862987/en/humira-adalimumab-anti-tnf-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143614/en/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244158/en/humira-maladie-de-verneuil-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270042/en/humira-adalimumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273456/en/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402381/en/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426145/en/humira-adalimumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539111/en/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TALTZ</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:25:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983313/en/taltz</t>
+  </si>
+  <si>
+    <t>pprd_2983313</t>
+  </si>
+  <si>
+    <t>ixékizumab</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678850/en/taltz-ixekizumab-immunosuppressive-interleukin-il-17a-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847914/en/taltz-ixekizumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211088/en/taltz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271027/en/taltz-ixekizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363293/en/taltz-ixekizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478092/en/taltz-ixekizumab-psoriasis-en-plaques-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539138/en/taltz-ixekizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ENBREL (etanercept)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983439/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983439</t>
+  </si>
+  <si>
+    <t>etanercept</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399628/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399889/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399962/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400205/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400231/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713130/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245651/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670224/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049871/en/enbrel-etanercept-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046967/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671797/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819294/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076393/en/enbrel-adulte-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083830/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270036/en/enbrel-etanercept-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407525/en/enbrel-etanercept-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426154/en/enbrel-etanercept-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539105/en/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KEVZARA (sarilumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:08:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983463/en/kevzara-sarilumab</t>
+  </si>
+  <si>
+    <t>pprd_2983463</t>
+  </si>
+  <si>
+    <t>sarilumab</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810337/en/kevzara-sarilumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498124/en/kevzara-sarilumab-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539144/en/kevzara-sarilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>XOLAIR</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
+  </si>
+  <si>
+    <t>pprd_2983547</t>
+  </si>
+  <si>
+    <t>omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/en/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/en/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/en/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/en/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/en/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>STELARA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983689/en/stelara</t>
+  </si>
+  <si>
+    <t>pprd_2983689</t>
+  </si>
+  <si>
+    <t>ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813335/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072225/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792833/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621474/en/stelara-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621480/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751848/en/stelara-ustekinumab-immunosuppressive-interleukin-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196694/en/stelara-rch-ustekinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201471/en/stelara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270039/en/stelara-ustekinumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426151/en/stelara-ustekinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473772/en/stelara-ustekinumab-psoriasis-en-plaques-rhumatisme-psoriasique-maladie-de-crohn-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539093/en/stelara-ustekinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>REMSIMA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983874/en/remsima</t>
+  </si>
+  <si>
+    <t>pprd_2983874</t>
+  </si>
+  <si>
+    <t>infliximab</t>
+  </si>
+  <si>
+    <t>CELLTRION HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041952/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775581/en/remsima-biosimilars-of-infliximab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682118/en/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191666/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213533/en/remsima</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272779/en/remsima-sc-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280901/en/remsima-infliximab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363308/en/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539090/en/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>COSENTYX</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984104/en/cosentyx</t>
+  </si>
+  <si>
+    <t>pprd_2984104</t>
+  </si>
+  <si>
+    <t>sécukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561555/en/cosentyx-secukinumab-anti-interleukin-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631716/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633888/en/cosentyx-secukinumab-anti-interleukin-17a-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097594/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211082/en/cosentyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233061/en/cosentyx-children-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240240/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240424/en/cosentyx-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271033/en/cosentyx-secukinumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302584/en/cosentyx-75-mg-secukinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305321/en/cosentyx-150-mg-secukinumab-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367902/en/cosentyx-secukinumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390880/en/cosentyx-secukinumab-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426148/en/cosentyx-secukinumab-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470819/en/cosentyx-secukinumab-hidradenitis-suppurativa-hs-verneuil-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501973/en/cosentyx-secukinumab-ankylosing-spondylitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501976/en/cosentyx-secukinumab-psoriatic-arthritis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539072/en/cosentyx-secukinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SKYRIZI (risankizumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:24:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>p_3117688</t>
+  </si>
+  <si>
+    <t>risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117564/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/en/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/en/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/en/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/en/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/en/skyrizi-risankizumab-crohn-s-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/en/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ILUMETRI (tildrakizumab)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:21:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190412/en/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>p_3190412</t>
+  </si>
+  <si>
+    <t>tildrakizumab</t>
+  </si>
+  <si>
+    <t>ALMIRALL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190309/en/ilumetri-tildrakizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363290/en/ilumetri-tildrakizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434489/en/ilumetri-tildrakizumab-psoriasis-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539132/en/ilumetri-tildrakizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ADTRALZA (tralokinumab)</t>
+  </si>
+  <si>
+    <t>09/12/2024 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298686/en/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>p_3298686</t>
+  </si>
+  <si>
+    <t>tralokinumab</t>
+  </si>
+  <si>
+    <t>LEO PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297690/en/adtralza-tralokinumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305309/en/adtralza-150-mg-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382739/en/adtralza-tralokinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460130/en/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470384/en/adtralza-tralokinumab-dermatite-atopique-chez-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498562/en/adtralza-tralokinumab-dermatite-atopique-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539087/en/adtralza-tralokinumab-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>TRECONDI</t>
+  </si>
+  <si>
+    <t>09/05/2024 17:04:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196796/en/trecondi</t>
+  </si>
+  <si>
+    <t>p_3196796</t>
+  </si>
+  <si>
+    <t>tréosulfan</t>
+  </si>
+  <si>
+    <t>MEDAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196682/en/trecondi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538216/en/trecondi-treosulfan-haematopoietic-stem-cell-transplantation-allohsct</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS</t>
+  </si>
+  <si>
+    <t>07/01/2024 08:38:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202655/en/ultomiris</t>
+  </si>
+  <si>
+    <t>p_3202655</t>
+  </si>
+  <si>
+    <t>ravulizumab</t>
+  </si>
+  <si>
+    <t>ALEXION PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281239/en/ultomiris-300-mg/3-ml-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274202/en/ultomiris-ravulizumab-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202251/en/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341428/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358127/en/ultomiris-ravulizumab-hemoglobinurie-paroxystique-nocturne-chez-les-patients-pediatriques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419442/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433398/en/ultomiris-ravulizumab-atypical-haemolytic-uremic-syndrome-ahus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455563/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456902/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460121/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527465/en/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
+  </si>
+  <si>
+    <t>APRETUDE (cabotégravir)</t>
+  </si>
+  <si>
+    <t>06/27/2024 08:28:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527311/en/apretude-cabotegravir</t>
+  </si>
+  <si>
+    <t>p_3527311</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526084/en/apretude-cabotegravir-prep-/-hiv</t>
+  </si>
+  <si>
+    <t>SOLIRIS</t>
+  </si>
+  <si>
+    <t>05/17/2024 10:38:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983133/en/soliris</t>
+  </si>
+  <si>
+    <t>pprd_2983133</t>
+  </si>
+  <si>
+    <t>eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605768/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1319245/en/soliris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623651/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868565/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202348/en/soliris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427913/en/soliris-eculizumab-atypical-haemolytic-uraemic-syndrome-ahus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517560/en/soliris-eculizumab-myasthenia</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale/ immunoglobuline humaine normale (plas...)</t>
+  </si>
+  <si>
+    <t>03/06/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>pprd_2982739</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale</t>
   </si>
   <si>
-    <t>LABORATOIRE CEVIDRA</t>
-[...662 lines deleted...]
-    <t>elranatamab</t>
+    <t>LFB-BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/en/clairyg-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/en/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>NPLATE</t>
+  </si>
+  <si>
+    <t>01/12/2024 16:40:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983677/en/nplate</t>
+  </si>
+  <si>
+    <t>pprd_2983677</t>
+  </si>
+  <si>
+    <t>romiplostim</t>
+  </si>
+  <si>
+    <t>AMGEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813331/en/nplate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015428/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752845/en/nplate-romiplostim-thrombopoietin-receptor-agonists</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151450/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293684/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488174/en/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+  </si>
+  <si>
+    <t>BOTOX</t>
+  </si>
+  <si>
+    <t>01/10/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
+  </si>
+  <si>
+    <t>pprd_2982764</t>
+  </si>
+  <si>
+    <t>toxine botulinique de type A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/en/botox-type-a-botulinum-toxin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/en/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>XELJANZ</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982824/en/xeljanz</t>
+  </si>
+  <si>
+    <t>pprd_2982824</t>
+  </si>
+  <si>
+    <t>tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798163/en/xeljanz-tofacitinib-anti-jak-1-and-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894923/en/xeljanz-tofacitinib-anti-jak-1-et-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912419/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182797/en/xeljanz-tofacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305315/en/xeljanz-11-mg-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337944/en/xeljanz-tofacitinib-arthrite-juvenile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337941/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-polyarticulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403968/en/xeljanz-tofacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482864/en/xeljanz-tofacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482879/en/xeljanz-tofacitinib-ulcerative-colitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486199/en/xeljanz-tofacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486201/en/xeljanz-tofacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486233/en/xeljanz-tofacitinib-arthrite-juvenile-idiopathique-aji</t>
+  </si>
+  <si>
+    <t>OLUMIANT</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:19:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/en/olumiant</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/en/olumiant-baricitinib-anti-jak-1-and-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/en/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/en/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/en/olumiant-baricitinib-atopic-dermatitis-ad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/en/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>JYSELECA (filgotinib)</t>
+  </si>
+  <si>
+    <t>01/08/2024 12:11:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242626/en/jyseleca-filgotinib</t>
+  </si>
+  <si>
+    <t>p_3242626</t>
+  </si>
+  <si>
+    <t>filgotinib</t>
+  </si>
+  <si>
+    <t>GALAPAGOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242562/en/jyseleca-filgotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343855/en/jyseleca-filgotinib-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412613/en/jyseleca-filgotinib-rectocolite-hemorragique-et-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482855/en/jyseleca-filgotinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486160/en/jyseleca-filgotinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>ENJAYMO (sutimlimab)</t>
+  </si>
+  <si>
+    <t>09/08/2023 11:14:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460298/en/enjaymo-sutimlimab</t>
+  </si>
+  <si>
+    <t>p_3460298</t>
+  </si>
+  <si>
+    <t>sutimlimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459825/en/enjaymo-sutimlimab-cold-agglutinin-disease-cad</t>
+  </si>
+  <si>
+    <t>GAMUNEX (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107219/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3107219</t>
+  </si>
+  <si>
+    <t>GRIFOLS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106161/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191678/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232152/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455979/en/gamunex-normal-human-immunoglobulin-measles-pre-/post-exposure-prophylaxis-for-susceptible-adults-children-and-adolescents-0-18-years</t>
+  </si>
+  <si>
+    <t>BIKTARVY (emtricitabine/ bictégravir sodique/ ténofovir alafénamide (fumarate de...)</t>
+  </si>
+  <si>
+    <t>06/14/2023 14:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983103/en/biktarvy-emtricitabine/-bictegravir-sodique/-tenofovir-alafenamide-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983103</t>
+  </si>
+  <si>
+    <t>emtricitabine,bictégravir sodique,ténofovir alafénamide (fumarate de)</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873692/en/biktarvy-bictegravir-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280914/en/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444901/en/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide-hiv</t>
+  </si>
+  <si>
+    <t>MABTHERA</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+  </si>
+  <si>
+    <t>pprd_2983658</t>
+  </si>
+  <si>
+    <t>rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/en/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/en/mabthera-rituximab-monoclonal-antibodies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/en/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/en/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/en/mabthera-rituximab-moderate-to-severe-pemphigus-vulgaris-pv-in-adults</t>
+  </si>
+  <si>
+    <t>LUPKYNIS (voclosporine)</t>
+  </si>
+  <si>
+    <t>04/14/2023 08:47:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427455/en/lupkynis-voclosporine</t>
+  </si>
+  <si>
+    <t>p_3427455</t>
+  </si>
+  <si>
+    <t>voclosporine</t>
+  </si>
+  <si>
+    <t>OTSUKA PHARMACEUTICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427323/en/lupkynis-voclosporine-active-lupus-nephritis</t>
+  </si>
+  <si>
+    <t>REMICADE (infliximab)</t>
+  </si>
+  <si>
+    <t>12/16/2022 18:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983949/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983949</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399105/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400046/en/remicade-100-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-unitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401007/en/remicade-100-mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574605/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958845/en/remicade-dans-le-traitement-du-pemphigus-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763723/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329537/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517930/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743042/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671825/en/remicade-infliximab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181535/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270045/en/remicade-infliximab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280953/en/remicade-rectocolite-hemorragique-active-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396525/en/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>SAPHNELO (anifrolumab)</t>
+  </si>
+  <si>
+    <t>12/16/2022 18:33:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396728/en/saphnelo-anifrolumab</t>
+  </si>
+  <si>
+    <t>p_3396728</t>
+  </si>
+  <si>
+    <t>anifrolumab</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395767/en/saphnelo-anifrolumab-lupus-erythemateux-systemique</t>
+  </si>
+  <si>
+    <t>IKERVIS (ciclosporine)</t>
+  </si>
+  <si>
+    <t>10/04/2022 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983027/en/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983027</t>
+  </si>
+  <si>
+    <t>ciclosporine</t>
+  </si>
+  <si>
+    <t>SANTEN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563018/en/ikervis-ciclosporin-ophthalmic-medicinal-product</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806289/en/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884358/en/ikervis-ciclosporine-medicament-ophtalmologique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372790/en/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>ULTARCORLENE (pivalate de prednisolone)</t>
+  </si>
+  <si>
+    <t>10/04/2022 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372868/en/ultarcorlene-pivalate-de-prednisolone</t>
+  </si>
+  <si>
+    <t>p_3372868</t>
+  </si>
+  <si>
+    <t>pivalate de prednisolone</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372794/en/ultarcorlene-pivalate-de-prednisolone</t>
+  </si>
+  <si>
+    <t>PROTOPIC (tacrolimus monohydraté)</t>
+  </si>
+  <si>
+    <t>09/02/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982721/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982721</t>
+  </si>
+  <si>
+    <t>tacrolimus monohydraté</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399653/en/protopic-0-03-pommade-tube-de-30-gprotopic-0-1-pommade-tube-de-30-g-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676938/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106822/en/protopic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714270/en/protopic-ointment</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973360/en/protopic-tacrolimus-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361535/en/protopic-tacrolimus-monohydrate-dermatite-atopique-severe</t>
+  </si>
+  <si>
+    <t>DELSTRIGO</t>
+  </si>
+  <si>
+    <t>09/02/2022 16:19:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982781/en/delstrigo</t>
+  </si>
+  <si>
+    <t>pprd_2982781</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil,doravirine,lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965623/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360847/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine-vih-adolescents</t>
+  </si>
+  <si>
+    <t>SATIVEX (cannabis (feuille et fleur de) riche en cannabidiol, extrait mou de)</t>
+  </si>
+  <si>
+    <t>09/02/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984661/en/sativex-cannabis-feuille-et-fleur-de-riche-en-cannabidiol-extrait-mou-de</t>
+  </si>
+  <si>
+    <t>pprd_2984661</t>
+  </si>
+  <si>
+    <t>cannabis (feuille et fleur de) riche en cannabidiol, extrait mou de</t>
+  </si>
+  <si>
+    <t>ALMIRALL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775578/en/sativex-delta-9-tetrahydrocannabinol/cannabidiol-analgesic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361559/en/sativex-cannabis-feuille-et-fleur-de-riche-en-tetrahydrocannabinol-traitement-des-symptomes-lies-a-une-spasticite-moderee-a-severe-due-a-une-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>ALUTARD (Venin d’abeille Apis mellifera et venin de guêpe Vespula)</t>
+  </si>
+  <si>
+    <t>09/01/2022 18:38:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361479/en/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula</t>
+  </si>
+  <si>
+    <t>p_3361479</t>
+  </si>
+  <si>
+    <t>Venin d’abeille Apis mellifera et venin de guêpe Vespula spp</t>
+  </si>
+  <si>
+    <t>ALK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361541/en/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula-immunotherapie-allergenique</t>
+  </si>
+  <si>
+    <t>PIFELTRO</t>
+  </si>
+  <si>
+    <t>08/22/2022 17:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982782/en/pifeltro</t>
+  </si>
+  <si>
+    <t>pprd_2982782</t>
+  </si>
+  <si>
+    <t>doravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965620/en/pifeltro-doravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360844/en/pifeltro-doravirine-adolescents-ages-de-12-ans-a-moins-de-18-ans-et-pesant-au-moins-35-kg-infectes-par-le-vih-1</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983666</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA  SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/en/octagam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/en/octagam-50-mg/ml-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/en/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>HIZENTRA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>06/07/2022 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983129/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983129</t>
+  </si>
+  <si>
+    <t>CSL BEHRING SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965166/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868844/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099607/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342053/en/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+  </si>
+  <si>
+    <t>AUBAGIO (tériflunomide)</t>
+  </si>
+  <si>
+    <t>04/12/2022 18:19:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983852/en/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>pprd_2983852</t>
+  </si>
+  <si>
+    <t>tériflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730041/en/aubagio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722045/en/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117100/en/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330878/en/aubagio-teriflunomide-sep-recurrentes-remittentes</t>
+  </si>
+  <si>
+    <t>PLAQUENIL (hydroxychloroquine (sulfate d'))</t>
+  </si>
+  <si>
+    <t>03/22/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985332/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>pprd_2985332</t>
+  </si>
+  <si>
+    <t>sulfate d’hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_832521/en/plaquenil-hydroxychloroquine-sulfate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759077/en/plaquenil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325537/en/plaquenil-hydroxychloroquine</t>
+  </si>
+  <si>
+    <t>LANTUS - TOUJEO</t>
+  </si>
+  <si>
+    <t>02/10/2022 14:05:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983295/en/lantus-toujeo</t>
+  </si>
+  <si>
+    <t>pprd_2983295</t>
+  </si>
+  <si>
+    <t>insuline glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848651/en/lantus-toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569089/en/toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098014/en/toujeo-doublestar-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194972/en/toujeo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315981/en/toujeo-solostar-insuline-glargine</t>
+  </si>
+  <si>
+    <t>ENSPRYNG (satralizumab)</t>
+  </si>
+  <si>
+    <t>02/10/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316380/en/enspryng-satralizumab</t>
+  </si>
+  <si>
+    <t>p_3316380</t>
+  </si>
+  <si>
+    <t>satralizumab</t>
+  </si>
+  <si>
+    <t>ROCHE France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316324/en/enspryng-satralizumab</t>
+  </si>
+  <si>
+    <t>IBUPROFENE (ibuprofène)</t>
+  </si>
+  <si>
+    <t>02/08/2022 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189803/en/ibuprofene-ibuprofene</t>
+  </si>
+  <si>
+    <t>p_3189803</t>
+  </si>
+  <si>
+    <t>ibuprofène</t>
+  </si>
+  <si>
+    <t>RANBAXY PHARMACIE GENERIQUES / SANOFI-AVENTIS FRANCE / ACCORD HEALTHCARE FRANCE SAS / MYLAN SAS / EVOLUPHARM / ARROW GÉNÉRIQUES / B. BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725218/en/ibuprofene-rpg-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732658/en/ibuprofene-zentiva-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788644/en/ibuprofene-accord-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296239/en/ibuprofene-mylan-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797155/en/ibuprofene-mylan-enfants-et-nourrissons-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166642/en/ibuprofene-evolugen-pharma-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189752/en/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972287/en/ibuprofene-arrow-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315461/en/ibuprofene-b-braun-ibuprofene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967148/en/ibuprofene-b-braun-ibuprofene</t>
+  </si>
+  <si>
+    <t>PALFORZIA (poudre de graines d’arachis hypogaea)</t>
+  </si>
+  <si>
+    <t>02/07/2022 16:56:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312182/en/palforzia-poudre-de-graines-d-arachis-hypogaea</t>
+  </si>
+  <si>
+    <t>p_3312182</t>
+  </si>
+  <si>
+    <t>poudre de graines d’arachis hypogaea</t>
+  </si>
+  <si>
+    <t>AIMMUNE THERAPEUTICS IRELAND LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308697/en/palforzia-poudre-de-graine-d-arachis-hypogaea-l</t>
+  </si>
+  <si>
+    <t>TRUVADA (emtricitabine/ ténofovir disoproxil (fumarate de))</t>
+  </si>
+  <si>
+    <t>10/19/2021 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982985/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982985</t>
+  </si>
+  <si>
+    <t>emtricitabine,ténofovir disoproxil (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631266/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079004/en/truvada</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589181/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752856/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819632/en/truvada-emtricitabine-tenofovir-disoproxil-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888480/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400678/en/truvada-comprime-pellicule-flacon-s-polyethylene-haute-densite-pehd-de-30-comprime-s-avec-fermeture-de-securite-enfant-code-cip-365-656-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293341/en/truvada-200-mg/245-mg-emtricitabine-/-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>XULTOPHY (insuline degludec/liraglutide), antidiabétique</t>
+  </si>
+  <si>
+    <t>08/26/2021 15:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983447/en/xultophy-insuline-degludec/liraglutide-antidiabetique</t>
+  </si>
+  <si>
+    <t>pprd_2983447</t>
+  </si>
+  <si>
+    <t>insuline dégludec,liraglutide,insuline degludec</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607357/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756350/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818001/en/xultophy-insulin-degludec/liraglutide-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282755/en/xultophy-insuline-degludec-/-liraglutide</t>
+  </si>
+  <si>
+    <t>INFLECTRA (infliximab)</t>
+  </si>
+  <si>
+    <t>08/05/2021 09:41:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983873/en/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983873</t>
+  </si>
+  <si>
+    <t>HOSPIRA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682121/en/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775087/en/inflectra-biosimilars-of-infliximab-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280960/en/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>RUKOBIA (fostemsavir)</t>
+  </si>
+  <si>
+    <t>06/18/2021 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272198/en/rukobia-fostemsavir</t>
+  </si>
+  <si>
+    <t>p_3272198</t>
+  </si>
+  <si>
+    <t>fostemsavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271861/en/rukobia-fostemsavir</t>
+  </si>
+  <si>
+    <t>TECFIDERA</t>
+  </si>
+  <si>
+    <t>05/18/2021 17:55:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984760/en/tecfidera</t>
+  </si>
+  <si>
+    <t>pprd_2984760</t>
+  </si>
+  <si>
+    <t>diméthyle fumarate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743058/en/tecfidera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266575/en/tecfidera-dimethyle-fumarate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398695/en/tecfidera-dimethyle-fumarate-sclerose-en-plaques-de-forme-remittente-recurrente-sep-rr</t>
+  </si>
+  <si>
+    <t>RUCONEST (conestat alpha)</t>
+  </si>
+  <si>
+    <t>03/31/2021 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982871/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>pprd_2982871</t>
+  </si>
+  <si>
+    <t>conestat alpha</t>
+  </si>
+  <si>
+    <t>PHARMING GROUP NV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036554/en/ruconest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873713/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873722/en/ruconest-conestat-alpha-hereditary-angioedema-medicines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905739/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258709/en/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>PLEGRIDY</t>
+  </si>
+  <si>
+    <t>03/16/2021 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984539/en/plegridy</t>
+  </si>
+  <si>
+    <t>pprd_2984539</t>
+  </si>
+  <si>
+    <t>péginterféron bêta-1a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034337/en/plegridy-peginterferon-beta-1a-disease-modifying-therapy-for-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243409/en/plegridy-peginterferon-beta-1a</t>
+  </si>
+  <si>
+    <t>INTELENCE</t>
+  </si>
+  <si>
+    <t>11/19/2020 12:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982724/en/intelence</t>
+  </si>
+  <si>
+    <t>pprd_2982724</t>
+  </si>
+  <si>
+    <t>étravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748325/en/intelence</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251931/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701293/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711205/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047000/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972771/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217751/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>KALETRA</t>
+  </si>
+  <si>
+    <t>11/04/2020 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982922/en/kaletra</t>
+  </si>
+  <si>
+    <t>pprd_2982922</t>
+  </si>
+  <si>
+    <t>lopinavir,ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818401/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684136/en/kaletra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726239/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831910/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896415/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399855/en/kaletra-capsule-molle-boite-de-180-2-flacons-de-90-capsules-kaletra-capsule-molle-boite-de-180-30-blisters-de-6-capsules-kaletra-solution-buvable-300-ml-5-flacons-de-60-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215576/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>ITULAZAX</t>
+  </si>
+  <si>
+    <t>10/19/2020 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213245/en/itulazax</t>
+  </si>
+  <si>
+    <t>p_3213245</t>
+  </si>
+  <si>
+    <t>extrait allergénique standardisé de pollen de bouleau</t>
+  </si>
+  <si>
+    <t>ALK-ABELLO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213242/en/itulazax</t>
+  </si>
+  <si>
+    <t>SYLVANT</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984554/en/sylvant</t>
+  </si>
+  <si>
+    <t>pprd_2984554</t>
+  </si>
+  <si>
+    <t>siltuximab</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030386/en/sylvant-siltuximab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202972/en/sylvant</t>
+  </si>
+  <si>
+    <t>JORVEZA</t>
+  </si>
+  <si>
+    <t>09/15/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201388/en/jorveza</t>
+  </si>
+  <si>
+    <t>p_3201388</t>
+  </si>
+  <si>
+    <t>budésonide</t>
+  </si>
+  <si>
+    <t>DR. FALK PHARMA GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201256/en/jorveza</t>
+  </si>
+  <si>
+    <t>MAYZENT</t>
+  </si>
+  <si>
+    <t>07/24/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196769/en/mayzent</t>
+  </si>
+  <si>
+    <t>p_3196769</t>
+  </si>
+  <si>
+    <t>siponimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196679/en/mayzent</t>
+  </si>
+  <si>
+    <t>PREVENAR 13</t>
+  </si>
+  <si>
+    <t>07/22/2020 08:56:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982717/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>pprd_2982717</t>
+  </si>
+  <si>
+    <t>Vaccin pneumococcique polyosidique conjugué 13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474554/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737003/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766281/en/prevenar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939182/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638937/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720512/en/prevenar-13-vaccin-anti-pneumococcique-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973611/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973623/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195261/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>Copie de LANTUS - TOUJEO</t>
+  </si>
+  <si>
+    <t>05/09/2018 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195251/en/copie-de-lantus-toujeo</t>
+  </si>
+  <si>
+    <t>p_3195251</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399776/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399876/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748385/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062696/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722903/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749754/en/lantus</t>
+  </si>
+  <si>
+    <t>CYRAMZA</t>
+  </si>
+  <si>
+    <t>05/29/2020 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983894/en/cyramza</t>
+  </si>
+  <si>
+    <t>pprd_2983894</t>
+  </si>
+  <si>
+    <t>ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048967/en/cyramza-ramucirumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680638/en/cyramza-cancer-bronchique-avance-ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678892/en/cyramza-ramucirumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180087/en/cyramza-ramucirumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186709/en/cyramza-ramucirumab</t>
+  </si>
+  <si>
+    <t>TROGARZO</t>
+  </si>
+  <si>
+    <t>05/18/2020 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184817/en/trogarzo</t>
+  </si>
+  <si>
+    <t>p_3184817</t>
+  </si>
+  <si>
+    <t>ibalizumab</t>
+  </si>
+  <si>
+    <t>THERATECHNOLOGIES INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184445/en/trogarzo</t>
+  </si>
+  <si>
+    <t>VIREAD</t>
+  </si>
+  <si>
+    <t>04/03/2020 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983062/en/viread</t>
+  </si>
+  <si>
+    <t>pprd_2983062</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399667/en/viread-245-mg-comprimes-pellicules-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400218/en/viread-245-mg-comprimes-pellicules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810800/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022281/en/viread</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834965/en/viread</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701303/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702549/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879777/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168605/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>NASACORT (triamcinolone (acétonide de))</t>
+  </si>
+  <si>
+    <t>03/06/2020 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983902/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>pprd_2983902</t>
+  </si>
+  <si>
+    <t>triamcinolone (acétonide de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399273/en/nasacort-55-g/dose-suspension-pour-pulverisation-nasale-flacon-pulverisateur-de-15-ml-120-doses-avec-pompe-doseuse-et-embout-nasal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446990/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147534/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679440/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159927/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>METOJECT</t>
+  </si>
+  <si>
+    <t>03/05/2020 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982919/en/metoject</t>
+  </si>
+  <si>
+    <t>pprd_2982919</t>
+  </si>
+  <si>
+    <t>MEDAC SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401005/en/metoject-10-mg/ml-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517664/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250130/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620156/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896738/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121601/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159947/en/metoject-methotrexate</t>
+  </si>
+  <si>
+    <t>REVOLADE (eltrombopag)</t>
+  </si>
+  <si>
+    <t>03/04/2020 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983678/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>pprd_2983678</t>
+  </si>
+  <si>
+    <t>eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969539/en/revolade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015425/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671734/en/revolade-eltrombopag-thrombopoietin-receptor-agonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748397/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748739/en/revolade-ri-thrombopenie-vhc-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752842/en/revolade-eltrombopag-thrombopoietin-receptor-agonists</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151443/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>CORTIMENT (budésonide)</t>
+  </si>
+  <si>
+    <t>11/18/2019 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983023/en/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2983023</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744499/en/cortiment-budesonide-corticosteroid-for-local-use</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884371/en/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118419/en/cortiment-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294127/en/cortiment-9-mg-budesonide-traitement-d-induction-d-une-remission-chez-des-patients-souffrant-d-une-colite-microscopique-active</t>
+  </si>
+  <si>
+    <t>SYMTUZA (cobicistat/ darunavir (éthanolate de)/ emtricitabine/ ténofovir alafén...)</t>
+  </si>
+  <si>
+    <t>09/12/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983010/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>pprd_2983010</t>
+  </si>
+  <si>
+    <t>cobicistat,darunavir (éthanolate de),emtricitabine,ténofovir alafénamide (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863577/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886171/en/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>STRIBILD (cobicistat/ ténofovir disoproxil (fumarate de)/ elvitégravir/ emtricit...)</t>
+  </si>
+  <si>
+    <t>09/12/2019 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983132/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+  </si>
+  <si>
+    <t>pprd_2983132</t>
+  </si>
+  <si>
+    <t>cobicistat,ténofovir disoproxil (fumarate de),elvitégravir,emtricitabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701324/en/stribild-emtricitabine-et-cobicistat-/elvitegravir/tenofovir-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570626/en/stribild-emtricitabine-cobicistat-elvitegravir-et-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868568/en/stribild-emtricitabine-cobicistat-elvitegravir-and-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080479/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+  </si>
+  <si>
+    <t>ATRIPLA (efavirenz/ emtricitabine/ fumarate de ténofovir disoproxil)</t>
+  </si>
+  <si>
+    <t>09/06/2019 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984481/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>pprd_2984481</t>
+  </si>
+  <si>
+    <t>efavirenz,emtricitabine,fumarate de ténofovir disoproxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743975/en/atripla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044339/en/atripla-efavirenz-emtricitabine-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083824/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>TRESIBA, analogue lent de l’insuline (insuline dégludec/ insuline dégludec ((LEVURE/SACCHAROMYCES CEREVISIAE...)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982862/en/tresiba-analogue-lent-de-l-insuline-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>pprd_2982862</t>
+  </si>
+  <si>
+    <t>insuline dégludec,insuline dégludec ((LEVURE/SACCHAROMYCES CEREVISIAE))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738609/en/tresiba</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808589/en/tresiba-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879333/en/tresiba-insulin-degludec-long-acting-insulin-analogue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906439/en/tresiba-insuline-degludec/-insuline-degludec-levure/saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>ISENTRESS (raltégravir potassique)</t>
+  </si>
+  <si>
+    <t>05/14/2019 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982756/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>pprd_2982756</t>
+  </si>
+  <si>
+    <t>raltégravir potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657726/en/isentress</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001255/en/isentress</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701815/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702552/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776508/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580837/en/isentress-100-mg-raltegravir-granules-for-oral-suspension-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818004/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966049/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967178/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>EPIPEN (adrénaline/ épinéphrine)</t>
+  </si>
+  <si>
+    <t>05/07/2019 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982772/en/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>pprd_2982772</t>
+  </si>
+  <si>
+    <t>adrénaline,épinéphrine</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810820/en/epipen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719401/en/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966046/en/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>SALAZOPYRINE (sulfasalazine)</t>
+  </si>
+  <si>
+    <t>05/17/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982845/en/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>pprd_2982845</t>
+  </si>
+  <si>
+    <t>sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605772/en/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908481/en/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759083/en/salazopyrine</t>
+  </si>
+  <si>
+    <t>ALOFISEL (darvadstrocel)</t>
+  </si>
+  <si>
+    <t>03/22/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982880/en/alofisel-darvadstrocel</t>
+  </si>
+  <si>
+    <t>pprd_2982880</t>
+  </si>
+  <si>
+    <t>darvadstrocel</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904636/en/alofisel-darvadstrocel-stem-cell-therapy</t>
+  </si>
+  <si>
+    <t>WYSTAMM (N/R/ fumarate de rupatadine/ rupatadine (fumarate de))</t>
+  </si>
+  <si>
+    <t>01/31/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982886/en/wystamm-n/r/-fumarate-de-rupatadine/-rupatadine-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982886</t>
+  </si>
+  <si>
+    <t>rupatadine</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664073/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721876/en/wystamm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758968/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901468/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>ACARIZAX (Extrait allergénique standardisé d’acariens Dermatophagoides pteronyss...)</t>
+  </si>
+  <si>
+    <t>01/14/2019 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982916/en/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+  </si>
+  <si>
+    <t>pprd_2982916</t>
+  </si>
+  <si>
+    <t>Extrait allergénique standardisé d’acariens Dermatophagoides pteronyssinus,Extrait allergénique standardisé d’acariens Dermatophagoides farinae</t>
+  </si>
+  <si>
+    <t>SA ALK-ABELLO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748733/en/acarizax-standardised-allergen-extract-from-the-house-dust-mites-dermatophagoides-pteronyssinus-and-dermatophagoides-farinae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896998/en/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+  </si>
+  <si>
+    <t>ORALAIR (extrait allergénique de pollens des graminées/ extrait allergénique de...)</t>
+  </si>
+  <si>
+    <t>01/10/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982933/en/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
+  </si>
+  <si>
+    <t>pprd_2982933</t>
+  </si>
+  <si>
+    <t>extrait allergénique de pollens des graminées,extrait allergénique de pollen de fléole des prés,extrait allergénique de pollen de pâturin des prés,extrait allergénique de pollen de flouve odorante,extrait allergénique de pollen d'ivraie vivace,extrait allergénique de pollen de dactyle vulgaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250035/en/oralair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894900/en/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
+  </si>
+  <si>
+    <t>LEVOFREE (lévocabastine/ lévocabastine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/26/2018 08:37:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983054/en/levofree-levocabastine/-levocabastine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983054</t>
+  </si>
+  <si>
+    <t>lévocabastine,lévocabastine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969542/en/levofree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880169/en/levofree-levocabastine/-levocabastine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>LEMTRADA</t>
+  </si>
+  <si>
+    <t>10/25/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983077/en/lemtrada</t>
+  </si>
+  <si>
+    <t>pprd_2983077</t>
+  </si>
+  <si>
+    <t>alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804109/en/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590010/en/lemtrada-alemtuzumab-selective-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877320/en/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>FLECTOR (diclofénac (épolamine de))</t>
+  </si>
+  <si>
+    <t>10/26/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983081/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>pprd_2983081</t>
+  </si>
+  <si>
+    <t>diclofénac (épolamine de)</t>
+  </si>
+  <si>
+    <t>GENEVRIER SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400784/en/flector-50-mg-granules-pour-solution-buvable-en-sachet-dose-21-sachets-doses-papier-aluminium-polyethylene-de-2-g-352-642-9-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962477/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052629/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877305/en/flector-diclofenac-epolamine-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727807/en/flector</t>
+  </si>
+  <si>
+    <t>PREZISTA (darunavir (éthanolate de))</t>
+  </si>
+  <si>
+    <t>10/09/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983092/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983092</t>
+  </si>
+  <si>
+    <t>darunavir (éthanolate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813801/en/prezista-600-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574601/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900460/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172428/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813329/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813802/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352584/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525564/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747988/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621282/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876133/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>BERINERT (inhibiteur de C1 estérase humaine/ inhibiteur de la C1 estérase humain...)</t>
+  </si>
+  <si>
+    <t>02/08/2019 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983098/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>pprd_2983098</t>
+  </si>
+  <si>
+    <t>inhibiteur de C1 estérase humaine,inhibiteur de la C1 estérase humain,inhibiteur de la C1 estérase humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827708/en/berinert</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570586/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873719/en/berinert-human-c1-esterase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728839/en/berinert</t>
+  </si>
+  <si>
+    <t>FIRAZYR (icatibant (acétate d'))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983101/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983101</t>
+  </si>
+  <si>
+    <t>icatibant (acétate d')</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724460/en/firazyr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192693/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869234/en/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873704/en/firazyr-icatibant</t>
+  </si>
+  <si>
+    <t>CINRYZE (inhibiteur de la C1 estérase humaine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983102/en/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2983102</t>
+  </si>
+  <si>
+    <t>inhibiteur de la C1 estérase humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264432/en/cinryze</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814681/en/cinryze-c1-esterase-inhibitor-human-antifibrinolytic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873701/en/cinryze-human-c1-esterase-inhibitor</t>
+  </si>
+  <si>
+    <t>CELSENTRI (maraviroc)</t>
+  </si>
+  <si>
+    <t>09/18/2018 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983122/en/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>pprd_2983122</t>
+  </si>
+  <si>
+    <t>maraviroc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676960/en/celsentri</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561558/en/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848372/en/celsentri-maraviroc-ccr5-receptor-antagonist-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869665/en/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>GENVOYA</t>
+  </si>
+  <si>
+    <t>11/27/2018 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983131/en/genvoya</t>
+  </si>
+  <si>
+    <t>pprd_2983131</t>
+  </si>
+  <si>
+    <t>cobicistat,elvitégravir,emtricitabine,ténofovir alafénamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621468/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868644/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>FLIXOVATE (fluticasone (propionate de))</t>
+  </si>
+  <si>
+    <t>06/01/2018 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983270/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983270</t>
+  </si>
+  <si>
+    <t>fluticasone (propionate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400122/en/flixovate-0-05-creme-tube-de-30-g-flixovate-0-005-pommade-tube-de-30-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400918/en/flixovate-0-05-emulsion-pour-application-cutanee-1-flacon-polyethylene-haute-densite-pehd-de-30-ml-368-165-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538679/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079022/en/flixovate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254513/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588374/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852604/en/flixovate-fluticasone-propionate-de</t>
+  </si>
+  <si>
+    <t>ENTOCORT (budésonide)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983310/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2983310</t>
+  </si>
+  <si>
+    <t>TILLOTTS PHARMA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401002/en/entocort</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603007/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036312/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559094/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847925/en/entocort-budesonide-locally-acting-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399629/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>CERTICAN (évérolimus)</t>
+  </si>
+  <si>
+    <t>04/09/2018 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983335/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>pprd_2983335</t>
+  </si>
+  <si>
+    <t>évérolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400116/en/certican-0-10-mg-0-25-mg-comprime-dispersible-boite-de-60-certican-0-25-mg-0-50-mg-0-75-mg-comprime-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973824/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622347/en/certican</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722048/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2841753/en/certican-everolimus</t>
+  </si>
+  <si>
+    <t>MOBIC (méloxicam)</t>
+  </si>
+  <si>
+    <t>03/12/2018 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983358/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>pprd_2983358</t>
+  </si>
+  <si>
+    <t>méloxicam</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399440/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399843/en/mobic-7-5-mg-comprime-mobic-15-mg-comprime-secable-boites-de-14-mobic-15-mg-suppositoire-boite-de-12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532236/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332062/en/mobic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758339/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831901/en/mobic-meloxicam</t>
+  </si>
+  <si>
+    <t>ZINBRYTA (daclizumab)</t>
+  </si>
+  <si>
+    <t>02/16/2018 12:07:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983405/en/zinbryta-daclizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983405</t>
+  </si>
+  <si>
+    <t>daclizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742059/en/zinbryta-daclizumab-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825864/en/zinbryta-daclizumab</t>
+  </si>
+  <si>
+    <t>SORIATANE (acitrétine)</t>
+  </si>
+  <si>
+    <t>01/15/2018 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983437/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>pprd_2983437</t>
+  </si>
+  <si>
+    <t>acitrétine</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399462/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517567/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773263/en/soriatane-acitretin-retinoid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819903/en/soriatane-acitretine</t>
+  </si>
+  <si>
+    <t>EVIPLERA (ténofovir disoproxil (fumarate de)/ emtricitabine/ rilpivirine)</t>
+  </si>
+  <si>
+    <t>01/03/2018 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983454/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>pprd_2983454</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil (fumarate de),emtricitabine,rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250131/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570617/en/eviplera-rilpivirine-emtricitabine-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813827/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>TROLOVOL (pénicillamine)</t>
+  </si>
+  <si>
+    <t>09/06/2017 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983536/en/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>pprd_2983536</t>
+  </si>
+  <si>
+    <t>pénicillamine</t>
+  </si>
+  <si>
+    <t>EREMPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400832/en/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672245/en/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788582/en/trolovol-d-penicillamine-chelating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792082/en/trolovol-d-penicillamine-chelating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759065/en/trolovol</t>
+  </si>
+  <si>
+    <t>BENEPALI (étanercept)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983537/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>pprd_2983537</t>
+  </si>
+  <si>
+    <t>étanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682115/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790570/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791906/en/benepali-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617889/en/benepali-etanercept-biosimilar-anti-tnf</t>
+  </si>
+  <si>
+    <t>NEORAL (ciclosporine)</t>
+  </si>
+  <si>
+    <t>07/07/2017 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983568</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/en/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/en/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/en/neoral-sandimmun</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>COMBIVIR (N/R/ lamivudine/ zidovudine/ lamivudine et zidovudine)</t>
+  </si>
+  <si>
+    <t>06/29/2017 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983579/en/combivir-n/r/-lamivudine/-zidovudine/-lamivudine-et-zidovudine</t>
+  </si>
+  <si>
+    <t>pprd_2983579</t>
+  </si>
+  <si>
+    <t>lamivudine,zidovudine</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE/ ViiV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631239/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798080/en/combivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254511/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777368/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399614/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>DESCOVY (emtricitabine/ ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>07/12/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983591/en/descovy-emtricitabine/-tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>pprd_2983591</t>
+  </si>
+  <si>
+    <t>emtricitabine,ténofovir alafénamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774120/en/descovy-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>ZELITREX (N/R/ valaciclovir/ valaciclovir (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983614/en/zelitrex-n/r/-valaciclovir/-valaciclovir-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983614</t>
+  </si>
+  <si>
+    <t>valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399354/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399599/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400042/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574666/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574662/en/zelitrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260379/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769381/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>INSUMAN (insuline humaine biogénétique)</t>
+  </si>
+  <si>
+    <t>05/18/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983624/en/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>pprd_2983624</t>
+  </si>
+  <si>
+    <t>insuline humaine biogénétique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399559/en/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594448/en/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735621/en/insuman-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774160/en/insuman-implantable-insulin-human-antidiabetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762900/en/insuman-infusat-insuline-humaine-biogenetique</t>
+  </si>
+  <si>
+    <t>MIKICORT (budésonide)</t>
+  </si>
+  <si>
+    <t>05/02/2017 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983644/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2983644</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736004/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743375/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2638248/en/mikicort-budesonide-corticosteroid-for-local-use</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740886/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758093/en/mikicort-budesonide</t>
+  </si>
+  <si>
+    <t>FIRDAPSE (amifampridine (phosphate d'))</t>
+  </si>
+  <si>
+    <t>04/21/2017 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983648/en/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983648</t>
+  </si>
+  <si>
+    <t>amifampridine (phosphate d')</t>
+  </si>
+  <si>
+    <t>BIOMARIN EUROPE Limited</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962465/en/firdapse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757143/en/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>APTIVUS (tipranavir)</t>
+  </si>
+  <si>
+    <t>03/09/2017 17:05:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983697/en/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>pprd_2983697</t>
+  </si>
+  <si>
+    <t>tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400997/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945883/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945898/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945910/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219566/en/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749464/en/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>ODEFSEY (emtricitabine/ rilpivirine/ ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>03/29/2017 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983792/en/odefsey-emtricitabine/-rilpivirine/-tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>pprd_2983792</t>
+  </si>
+  <si>
+    <t>emtricitabine,rilpivirine,ténofovir alafénamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732128/en/odefsey-emtricitabine-rilpivirine-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>FLIXABI (infliximab)</t>
+  </si>
+  <si>
+    <t>11/07/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983867/en/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983867</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682160/en/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655977/en/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>LEVEMIR (insuline détémir)</t>
+  </si>
+  <si>
+    <t>03/03/2017 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983903/en/levemir-insuline-detemir</t>
+  </si>
+  <si>
+    <t>pprd_2983903</t>
+  </si>
+  <si>
+    <t>insuline détémir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400209/en/levemir-penfill-100u/ml-solution-injectable-en-cartouches-boite-de-5-levemir-flexpen-100u/ml-solution-injectable-en-stylos-pre-remplis-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598147/en/levemir-penfill-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277937/en/levemir-penfill-flexpen-innolet-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719432/en/levemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022087/en/levemir-penfill-flexpen-innolet-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679437/en/levemir-insulin-detemir-long-acting-human-insulin-analogue</t>
+  </si>
+  <si>
+    <t>NIVAQUINE (chloroquine (sulfate de))</t>
+  </si>
+  <si>
+    <t>09/30/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983955/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983955</t>
+  </si>
+  <si>
+    <t>chloroquine (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468413/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323110/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671800/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759080/en/nivaquine</t>
+  </si>
+  <si>
+    <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>09/27/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983986</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>COPAXONE (glatiramère (acétate de))</t>
+  </si>
+  <si>
+    <t>08/03/2016 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984014/en/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984014</t>
+  </si>
+  <si>
+    <t>glatiramère (acétate de)</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399786/en/copaxone-20-mg/ml-poudre-et-solvant-pour-solution-injectable-flacon-de-20mg-de-poudre-ampoule-de-solvant-de-1ml-boite-de-28-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057078/en/copaxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970611/en/copaxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658567/en/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658573/en/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>CAELYX (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/13/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984088</t>
+  </si>
+  <si>
+    <t>doxorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398845/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/en/caelyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/en/caelyx-pegylated-liposomal-doxorubicin-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/en/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/en/caelyx-pegylated-liposomal-doxorubicin-cytotoxic-agent-ovarian-cancer</t>
+  </si>
+  <si>
+    <t>ACADIONE (tiopronine)</t>
+  </si>
+  <si>
+    <t>02/19/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984215/en/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>pprd_2984215</t>
+  </si>
+  <si>
+    <t>tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400754/en/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609214/en/acadione-tiopronine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759074/en/acadione</t>
+  </si>
+  <si>
+    <t>REZOLSTA (cobicistat/ darunavir (éthanolate de))</t>
+  </si>
+  <si>
+    <t>04/06/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984224/en/rezolsta-cobicistat/-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984224</t>
+  </si>
+  <si>
+    <t>cobicistat,darunavir (éthanolate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607076/en/rezolsta-darunavir/cobicistat-antiretroviral</t>
+  </si>
+  <si>
+    <t>GRAZAX (extrait allergénique de pollen de fléole des prés)</t>
+  </si>
+  <si>
+    <t>02/11/2016 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984225/en/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+  </si>
+  <si>
+    <t>pprd_2984225</t>
+  </si>
+  <si>
+    <t>extrait allergénique de pollen de fléole des prés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834970/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614416/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969963/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036281/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607070/en/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+  </si>
+  <si>
+    <t>IMUREL (azathioprine)</t>
+  </si>
+  <si>
+    <t>10/21/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>pprd_2984367</t>
+  </si>
+  <si>
+    <t>azathioprine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+  </si>
+  <si>
+    <t>REYATAZ (atazanavir)</t>
+  </si>
+  <si>
+    <t>10/21/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984372/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>pprd_2984372</t>
+  </si>
+  <si>
+    <t>atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400131/en/reyataz-150-mg-gelules-boite-de-60-reyataz-200-mg-gelules-boite-de-60-reyataz-50-mg/1-5-g-poudre-orale-flacon-de-180-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677435/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828101/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991888/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747985/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561597/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>CELEBREX (celecoxib)</t>
+  </si>
+  <si>
+    <t>06/24/2015 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984505/en/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>pprd_2984505</t>
+  </si>
+  <si>
+    <t>celecoxib</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3411556/fr/elrexfio-elranatamab-myelome-multiple</t>
-[...5672 lines deleted...]
-    <t>pprd_2983572</t>
+    <t>https://www.has-sante.fr/jcms/c_399997/en/celebrex-100-mg-gelule-boites-de-30-et-100-celebrex-200-mg-gelule-boites-de-30-et-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537895/en/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013257/en/celebrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874882/en/celebrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215844/en/celebrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040117/en/celebrex-celecoxib</t>
+  </si>
+  <si>
+    <t>LEVOPHTA - LEVOFREE (levocabastine (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984549/en/levophta-levofree-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984549</t>
+  </si>
+  <si>
+    <t>levocabastine (chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400792/en/levophta-0-05-collyre-flacon-de-5-ml-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400793/en/levophta-0-05-pour-cent-collyre-1-flacon-compte-gouttes-de-5-ml-cip-347-398-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881782/en/levophta-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030577/en/levophta-levofree-levocabastine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>DEXERYL (paraffine liquide/ vaseline/ glycérol)</t>
+  </si>
+  <si>
+    <t>05/22/2015 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984597/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>pprd_2984597</t>
+  </si>
+  <si>
+    <t>paraffine liquide,vaseline,glycérol</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400119/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834969/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188995/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018885/en/dexeryl-glycerin-petrolatum-liquid-paraffin-emollient</t>
+  </si>
+  <si>
+    <t>DAUNOXOME (daunorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>08/07/2014 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984722/en/daunoxome-daunorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984722</t>
+  </si>
+  <si>
+    <t>daunorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>NOVEX PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758549/en/daunoxome</t>
+  </si>
+  <si>
+    <t>TYBOST (cobicistat)</t>
+  </si>
+  <si>
+    <t>09/09/2014 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984768/en/tybost-cobicistat</t>
+  </si>
+  <si>
+    <t>pprd_2984768</t>
+  </si>
+  <si>
+    <t>cobicistat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742475/en/tybost</t>
+  </si>
+  <si>
+    <t>VOLTARENE (diclofénac sodique)</t>
+  </si>
+  <si>
+    <t>05/16/2014 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984817/en/voltarene-diclofenac-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984817</t>
+  </si>
+  <si>
+    <t>diclofénac sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726947/en/voltarene</t>
+  </si>
+  <si>
+    <t>DYMISTA (propionate de fluticasone/ chlorhydrate d'azélastine)</t>
+  </si>
+  <si>
+    <t>09/10/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984822/en/dymista-propionate-de-fluticasone/-chlorhydrate-d-azelastine</t>
+  </si>
+  <si>
+    <t>pprd_2984822</t>
+  </si>
+  <si>
+    <t>propionate de fluticasone,chlorhydrate d'azélastine</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725332/en/dymista</t>
+  </si>
+  <si>
+    <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>03/05/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2984872</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>VIRAFERONPEG (N/R/ peginterféron alfa 2b/ peginterféron alfa-2b ((BACTERIE/ESCHERICH...)</t>
+  </si>
+  <si>
+    <t>09/24/2012 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984999/en/viraferonpeg-n/r/-peginterferon-alfa-2b/-peginterferon-alfa-2b-bacterie/escherich</t>
+  </si>
+  <si>
+    <t>pprd_2984999</t>
+  </si>
+  <si>
+    <t>peginterféron alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399205/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701486/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698217/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736838/en/viraferonpeg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977225/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298582/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>PROXALYOC (piroxicam)</t>
+  </si>
+  <si>
+    <t>11/30/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985092/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2985092</t>
   </si>
   <si>
     <t>piroxicam</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399618/fr/cycladol-20-mg-comprime-effervescent-boite-de-14</t>
-[...1472 lines deleted...]
-    <t>pprd_2984208</t>
+    <t>Laboratoire CEPHALON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399112/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468401/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798084/en/proxalyoc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147513/en/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>RHESONATIV (immunoglobuline humaine anti-D)</t>
+  </si>
+  <si>
+    <t>06/18/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985242/en/rhesonativ-immunoglobuline-humaine-anti-d</t>
+  </si>
+  <si>
+    <t>pprd_2985242</t>
   </si>
   <si>
     <t>immunoglobuline humaine anti-D</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400105/fr/rhophylac-200-microgrammesg/2-ml-solution-injectable-en-seringue-preremplie-boite-de-1-rhophylac-300-microgrammes/2-ml-solution-injectable-en-seringue-preremplie-boite-de-1</t>
-[...1369 lines deleted...]
-  <si>
     <t>Laboratoire OCTAPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_996900/fr/rhesonativ-immunoglobuline-humaine-anti-d</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_970617/fr/spironolactone-microfine-ratiopharm-spironolactone</t>
+    <t>https://www.has-sante.fr/jcms/c_996900/en/rhesonativ</t>
   </si>
   <si>
     <t>ARIDOL (mannitol)</t>
   </si>
   <si>
-    <t>16/06/2011 17:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985267/fr/aridol-mannitol</t>
+    <t>06/16/2011 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985267/en/aridol-mannitol</t>
   </si>
   <si>
     <t>pprd_2985267</t>
   </si>
   <si>
     <t>mannitol</t>
   </si>
   <si>
     <t>Laboratoire PRAXIS PHARMACEUTICAL FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962469/fr/aridol-mannitol</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_958840/fr/immunoglobulines-iv-dans-le-traitement-du-pemphigus-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+    <t>https://www.has-sante.fr/jcms/c_962469/en/aridol</t>
   </si>
   <si>
     <t>XILANIK (kétoprofène/ oméprazole)</t>
   </si>
   <si>
     <t>05/05/2010 11:20:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985278/fr/xilanik-ketoprofene/-omeprazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985278/en/xilanik-ketoprofene/-omeprazole</t>
   </si>
   <si>
     <t>pprd_2985278</t>
   </si>
   <si>
     <t>kétoprofène,oméprazole</t>
   </si>
   <si>
     <t>Laboratoire PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954784/fr/xilanik-ketoprofene/-omeprazole</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_893158/fr/ledertrexate-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/c_954784/en/xilanik</t>
   </si>
   <si>
     <t>SUBCUVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
     <t>06/06/2011 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985318/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985318/en/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2985318</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400676/fr/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_874852/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_400676/en/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874852/en/subcuvia</t>
   </si>
   <si>
     <t>ALLOCHRYSINE (sodium (aurothiopropanolsulfonate de))</t>
   </si>
   <si>
-    <t>25/02/2015 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985597/fr/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
+    <t>02/25/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985597/en/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
   </si>
   <si>
     <t>pprd_2985597</t>
   </si>
   <si>
     <t>sodium (aurothiopropanolsulfonate de)</t>
   </si>
   <si>
     <t>PRIMIUS LAB LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400961/fr/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
-[...65 lines deleted...]
-    <t>pprd_2974199</t>
+    <t>https://www.has-sante.fr/jcms/c_400961/en/allochrysine-sodium-aurothiopropanolsulfonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761608/en/allochrysine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>775</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>776</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>777</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>778</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>779</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>780</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>775</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>781</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>782</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>783</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>784</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>785</v>
-[...363 lines deleted...]
-        <v>867</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-[...17100 lines deleted...]
-
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1286 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>545</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>546</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>547</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>548</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>549</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>550</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>545</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>551</v>
+        <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>552</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>553</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>554</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>555</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>545</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>556</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>557</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>558</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>559</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>560</v>
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D4" t="s">
+        <v>60</v>
+      </c>
+      <c r="E4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>62</v>
+      </c>
+      <c r="H4" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>68</v>
+      </c>
+      <c r="H5" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>74</v>
+      </c>
+      <c r="H6" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:AQ163"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>76</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>561</v>
+        <v>78</v>
       </c>
       <c r="B2" t="s">
-        <v>562</v>
+        <v>79</v>
       </c>
       <c r="C2" t="s">
-        <v>563</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>564</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>565</v>
+        <v>80</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>566</v>
+        <v>81</v>
       </c>
       <c r="H2" t="s">
-        <v>567</v>
-[...65 lines deleted...]
-        <v>574</v>
+        <v>82</v>
+      </c>
+      <c r="I2" t="s">
+        <v>83</v>
+      </c>
+      <c r="J2" t="s">
+        <v>84</v>
+      </c>
+      <c r="K2" t="s">
+        <v>85</v>
+      </c>
+      <c r="L2" t="s">
+        <v>86</v>
+      </c>
+      <c r="M2" t="s">
+        <v>87</v>
+      </c>
+      <c r="N2" t="s">
+        <v>88</v>
+      </c>
+      <c r="O2" t="s">
+        <v>89</v>
+      </c>
+      <c r="P2" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>91</v>
+      </c>
+      <c r="R2" t="s">
+        <v>92</v>
+      </c>
+      <c r="S2" t="s">
+        <v>93</v>
+      </c>
+      <c r="T2" t="s">
+        <v>94</v>
+      </c>
+      <c r="U2" t="s">
+        <v>95</v>
+      </c>
+      <c r="V2" t="s">
+        <v>96</v>
+      </c>
+      <c r="W2" t="s">
+        <v>97</v>
+      </c>
+      <c r="X2" t="s">
+        <v>98</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>568</v>
+        <v>78</v>
       </c>
       <c r="B3" t="s">
-        <v>575</v>
+        <v>100</v>
       </c>
       <c r="C3" t="s">
-        <v>576</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>577</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>578</v>
+        <v>101</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>579</v>
+        <v>102</v>
       </c>
       <c r="H3" t="s">
-        <v>580</v>
+        <v>103</v>
+      </c>
+      <c r="I3" t="s">
+        <v>104</v>
+      </c>
+      <c r="J3" t="s">
+        <v>105</v>
+      </c>
+      <c r="K3" t="s">
+        <v>106</v>
+      </c>
+      <c r="L3" t="s">
+        <v>107</v>
+      </c>
+      <c r="M3" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>568</v>
+        <v>78</v>
       </c>
       <c r="B4" t="s">
-        <v>581</v>
+        <v>109</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>582</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>583</v>
+        <v>110</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>584</v>
+        <v>111</v>
       </c>
       <c r="H4" t="s">
-        <v>585</v>
+        <v>112</v>
+      </c>
+      <c r="I4" t="s">
+        <v>113</v>
+      </c>
+      <c r="J4" t="s">
+        <v>105</v>
+      </c>
+      <c r="K4" t="s">
+        <v>114</v>
+      </c>
+      <c r="L4" t="s">
+        <v>115</v>
+      </c>
+      <c r="M4" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>568</v>
+        <v>78</v>
       </c>
       <c r="B5" t="s">
-        <v>586</v>
+        <v>117</v>
       </c>
       <c r="C5" t="s">
-        <v>587</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>588</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>589</v>
+        <v>118</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>590</v>
+        <v>119</v>
       </c>
       <c r="H5" t="s">
-        <v>591</v>
+        <v>120</v>
+      </c>
+      <c r="I5" t="s">
+        <v>121</v>
+      </c>
+      <c r="J5" t="s">
+        <v>122</v>
+      </c>
+      <c r="K5" t="s">
+        <v>123</v>
+      </c>
+      <c r="L5" t="s">
+        <v>124</v>
+      </c>
+      <c r="M5" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>568</v>
+        <v>78</v>
       </c>
       <c r="B6" t="s">
-        <v>592</v>
+        <v>126</v>
       </c>
       <c r="C6" t="s">
-        <v>593</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>594</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>595</v>
+        <v>127</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>596</v>
+        <v>128</v>
       </c>
       <c r="H6" t="s">
-        <v>597</v>
+        <v>129</v>
+      </c>
+      <c r="I6" t="s">
+        <v>130</v>
+      </c>
+      <c r="J6" t="s">
+        <v>131</v>
+      </c>
+      <c r="K6" t="s">
+        <v>132</v>
+      </c>
+      <c r="L6" t="s">
+        <v>133</v>
+      </c>
+      <c r="M6" t="s">
+        <v>134</v>
+      </c>
+      <c r="N6" t="s">
+        <v>135</v>
+      </c>
+      <c r="O6" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>568</v>
+        <v>78</v>
       </c>
       <c r="B7" t="s">
-        <v>598</v>
+        <v>137</v>
       </c>
       <c r="C7" t="s">
-        <v>599</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>600</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>601</v>
+        <v>138</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>602</v>
+        <v>139</v>
       </c>
       <c r="H7" t="s">
-        <v>603</v>
-[...195 lines deleted...]
-        <v>635</v>
+        <v>140</v>
+      </c>
+      <c r="I7" t="s">
+        <v>141</v>
+      </c>
+      <c r="J7" t="s">
+        <v>131</v>
+      </c>
+      <c r="K7" t="s">
+        <v>142</v>
+      </c>
+      <c r="L7" t="s">
+        <v>143</v>
+      </c>
+      <c r="M7" t="s">
+        <v>144</v>
+      </c>
+      <c r="N7" t="s">
+        <v>145</v>
+      </c>
+      <c r="O7" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>636</v>
+        <v>147</v>
       </c>
       <c r="C8" t="s">
-        <v>617</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>637</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>638</v>
+        <v>148</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>639</v>
+        <v>149</v>
       </c>
       <c r="H8" t="s">
-        <v>640</v>
+        <v>150</v>
+      </c>
+      <c r="I8" t="s">
+        <v>151</v>
+      </c>
+      <c r="J8" t="s">
+        <v>131</v>
+      </c>
+      <c r="K8" t="s">
+        <v>152</v>
+      </c>
+      <c r="L8" t="s">
+        <v>153</v>
+      </c>
+      <c r="M8" t="s">
+        <v>154</v>
+      </c>
+      <c r="N8" t="s">
+        <v>155</v>
+      </c>
+      <c r="O8" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B9" t="s">
-        <v>641</v>
+        <v>157</v>
       </c>
       <c r="C9" t="s">
-        <v>617</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>642</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>643</v>
+        <v>158</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>644</v>
+        <v>159</v>
       </c>
       <c r="H9" t="s">
-        <v>645</v>
+        <v>160</v>
+      </c>
+      <c r="I9" t="s">
+        <v>161</v>
+      </c>
+      <c r="J9" t="s">
+        <v>162</v>
+      </c>
+      <c r="K9" t="s">
+        <v>163</v>
+      </c>
+      <c r="L9" t="s">
+        <v>164</v>
+      </c>
+      <c r="M9" t="s">
+        <v>165</v>
+      </c>
+      <c r="N9" t="s">
+        <v>166</v>
+      </c>
+      <c r="O9" t="s">
+        <v>167</v>
+      </c>
+      <c r="P9" t="s">
+        <v>167</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>168</v>
+      </c>
+      <c r="R9" t="s">
+        <v>169</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>646</v>
+        <v>170</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>647</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>648</v>
+        <v>171</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>649</v>
+        <v>172</v>
       </c>
       <c r="H10" t="s">
-        <v>650</v>
+        <v>173</v>
+      </c>
+      <c r="I10" t="s">
+        <v>174</v>
+      </c>
+      <c r="J10" t="s">
+        <v>175</v>
+      </c>
+      <c r="K10" t="s">
+        <v>176</v>
+      </c>
+      <c r="L10" t="s">
+        <v>177</v>
+      </c>
+      <c r="M10" t="s">
+        <v>178</v>
+      </c>
+      <c r="N10" t="s">
+        <v>179</v>
+      </c>
+      <c r="O10" t="s">
+        <v>180</v>
+      </c>
+      <c r="P10" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>182</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>651</v>
+        <v>183</v>
       </c>
       <c r="C11" t="s">
-        <v>652</v>
+        <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>653</v>
+        <v>184</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>654</v>
+        <v>185</v>
       </c>
       <c r="H11" t="s">
-        <v>655</v>
+        <v>186</v>
+      </c>
+      <c r="I11" t="s">
+        <v>187</v>
+      </c>
+      <c r="J11" t="s">
+        <v>188</v>
+      </c>
+      <c r="K11" t="s">
+        <v>189</v>
+      </c>
+      <c r="L11" t="s">
+        <v>190</v>
+      </c>
+      <c r="M11" t="s">
+        <v>191</v>
+      </c>
+      <c r="N11" t="s">
+        <v>192</v>
+      </c>
+      <c r="O11" t="s">
+        <v>193</v>
+      </c>
+      <c r="P11" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B12" t="s">
-        <v>656</v>
+        <v>196</v>
       </c>
       <c r="C12" t="s">
-        <v>657</v>
+        <v>15</v>
       </c>
       <c r="D12" t="s">
-        <v>658</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>659</v>
+        <v>184</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>660</v>
+        <v>197</v>
       </c>
       <c r="H12" t="s">
-        <v>661</v>
+        <v>198</v>
+      </c>
+      <c r="I12" t="s">
+        <v>199</v>
+      </c>
+      <c r="J12" t="s">
+        <v>200</v>
+      </c>
+      <c r="K12" t="s">
+        <v>201</v>
+      </c>
+      <c r="L12" t="s">
+        <v>202</v>
+      </c>
+      <c r="M12" t="s">
+        <v>203</v>
+      </c>
+      <c r="N12" t="s">
+        <v>204</v>
+      </c>
+      <c r="O12" t="s">
+        <v>205</v>
+      </c>
+      <c r="P12" t="s">
+        <v>206</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>207</v>
+      </c>
+      <c r="R12" t="s">
+        <v>208</v>
+      </c>
+      <c r="S12" t="s">
+        <v>209</v>
+      </c>
+      <c r="T12" t="s">
+        <v>210</v>
+      </c>
+      <c r="U12" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B13" t="s">
-        <v>662</v>
+        <v>212</v>
       </c>
       <c r="C13" t="s">
-        <v>663</v>
+        <v>15</v>
       </c>
       <c r="D13" t="s">
-        <v>664</v>
+        <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>665</v>
+        <v>213</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>666</v>
+        <v>214</v>
       </c>
       <c r="H13" t="s">
-        <v>667</v>
+        <v>215</v>
+      </c>
+      <c r="I13" t="s">
+        <v>216</v>
+      </c>
+      <c r="J13" t="s">
+        <v>217</v>
+      </c>
+      <c r="K13" t="s">
+        <v>218</v>
+      </c>
+      <c r="L13" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B14" t="s">
-        <v>668</v>
+        <v>220</v>
       </c>
       <c r="C14" t="s">
-        <v>669</v>
+        <v>15</v>
       </c>
       <c r="D14" t="s">
-        <v>670</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>671</v>
+        <v>221</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>672</v>
+        <v>222</v>
       </c>
       <c r="H14" t="s">
-        <v>673</v>
+        <v>223</v>
+      </c>
+      <c r="I14" t="s">
+        <v>224</v>
+      </c>
+      <c r="J14" t="s">
+        <v>225</v>
+      </c>
+      <c r="K14" t="s">
+        <v>226</v>
+      </c>
+      <c r="L14" t="s">
+        <v>227</v>
+      </c>
+      <c r="M14" t="s">
+        <v>228</v>
+      </c>
+      <c r="N14" t="s">
+        <v>229</v>
+      </c>
+      <c r="O14" t="s">
+        <v>230</v>
+      </c>
+      <c r="P14" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B15" t="s">
-        <v>674</v>
+        <v>233</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>675</v>
+        <v>234</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>676</v>
+        <v>235</v>
       </c>
       <c r="H15" t="s">
-        <v>677</v>
+        <v>236</v>
+      </c>
+      <c r="I15" t="s">
+        <v>237</v>
+      </c>
+      <c r="J15" t="s">
+        <v>200</v>
+      </c>
+      <c r="K15" t="s">
+        <v>238</v>
+      </c>
+      <c r="L15" t="s">
+        <v>239</v>
+      </c>
+      <c r="M15" t="s">
+        <v>240</v>
+      </c>
+      <c r="N15" t="s">
+        <v>241</v>
+      </c>
+      <c r="O15" t="s">
+        <v>242</v>
+      </c>
+      <c r="P15" t="s">
+        <v>243</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>244</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B16" t="s">
-        <v>678</v>
+        <v>245</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>675</v>
+        <v>246</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>679</v>
+        <v>247</v>
       </c>
       <c r="H16" t="s">
-        <v>680</v>
+        <v>248</v>
+      </c>
+      <c r="I16" t="s">
+        <v>249</v>
+      </c>
+      <c r="J16" t="s">
+        <v>250</v>
+      </c>
+      <c r="K16" t="s">
+        <v>251</v>
+      </c>
+      <c r="L16" t="s">
+        <v>252</v>
+      </c>
+      <c r="M16" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B17" t="s">
-        <v>681</v>
+        <v>254</v>
       </c>
       <c r="C17" t="s">
-        <v>682</v>
+        <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>683</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>684</v>
+        <v>255</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>685</v>
+        <v>256</v>
       </c>
       <c r="H17" t="s">
-        <v>686</v>
+        <v>257</v>
+      </c>
+      <c r="I17" t="s">
+        <v>258</v>
+      </c>
+      <c r="J17" t="s">
+        <v>259</v>
+      </c>
+      <c r="K17" t="s">
+        <v>260</v>
+      </c>
+      <c r="L17" t="s">
+        <v>261</v>
+      </c>
+      <c r="M17" t="s">
+        <v>262</v>
+      </c>
+      <c r="N17" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B18" t="s">
-        <v>687</v>
+        <v>264</v>
       </c>
       <c r="C18" t="s">
-        <v>688</v>
+        <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>689</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>690</v>
+        <v>265</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>691</v>
+        <v>266</v>
       </c>
       <c r="H18" t="s">
-        <v>692</v>
+        <v>267</v>
+      </c>
+      <c r="I18" t="s">
+        <v>268</v>
+      </c>
+      <c r="J18" t="s">
+        <v>269</v>
+      </c>
+      <c r="K18" t="s">
+        <v>270</v>
+      </c>
+      <c r="L18" t="s">
+        <v>271</v>
+      </c>
+      <c r="M18" t="s">
+        <v>272</v>
+      </c>
+      <c r="N18" t="s">
+        <v>273</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>604</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>693</v>
+        <v>274</v>
       </c>
       <c r="C19" t="s">
-        <v>694</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>695</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>696</v>
+        <v>275</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>697</v>
+        <v>276</v>
       </c>
       <c r="H19" t="s">
-        <v>698</v>
+        <v>277</v>
+      </c>
+      <c r="I19" t="s">
+        <v>278</v>
+      </c>
+      <c r="J19" t="s">
+        <v>279</v>
+      </c>
+      <c r="K19" t="s">
+        <v>280</v>
+      </c>
+      <c r="L19" t="s">
+        <v>281</v>
+      </c>
+      <c r="M19" t="s">
+        <v>282</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
+        <v>78</v>
+      </c>
+      <c r="B20" t="s">
+        <v>283</v>
+      </c>
+      <c r="C20" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>284</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>285</v>
+      </c>
+      <c r="H20" t="s">
+        <v>286</v>
+      </c>
+      <c r="I20" t="s">
+        <v>287</v>
+      </c>
+      <c r="J20" t="s">
+        <v>288</v>
+      </c>
+      <c r="K20" t="s">
+        <v>289</v>
+      </c>
+      <c r="L20" t="s">
+        <v>290</v>
+      </c>
+      <c r="M20" t="s">
+        <v>291</v>
+      </c>
+      <c r="N20" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>78</v>
+      </c>
+      <c r="B21" t="s">
+        <v>293</v>
+      </c>
+      <c r="C21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>294</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>295</v>
+      </c>
+      <c r="H21" t="s">
+        <v>296</v>
+      </c>
+      <c r="I21" t="s">
+        <v>297</v>
+      </c>
+      <c r="J21" t="s">
+        <v>298</v>
+      </c>
+      <c r="K21" t="s">
+        <v>299</v>
+      </c>
+      <c r="L21" t="s">
+        <v>300</v>
+      </c>
+      <c r="M21" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>78</v>
+      </c>
+      <c r="B22" t="s">
+        <v>302</v>
+      </c>
+      <c r="C22" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>303</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>304</v>
+      </c>
+      <c r="H22" t="s">
+        <v>305</v>
+      </c>
+      <c r="I22" t="s">
+        <v>216</v>
+      </c>
+      <c r="J22" t="s">
+        <v>306</v>
+      </c>
+      <c r="K22" t="s">
+        <v>307</v>
+      </c>
+      <c r="L22" t="s">
+        <v>308</v>
+      </c>
+      <c r="M22" t="s">
+        <v>309</v>
+      </c>
+      <c r="N22" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>78</v>
+      </c>
+      <c r="B23" t="s">
+        <v>311</v>
+      </c>
+      <c r="C23" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>312</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>313</v>
+      </c>
+      <c r="H23" t="s">
+        <v>314</v>
+      </c>
+      <c r="I23" t="s">
+        <v>315</v>
+      </c>
+      <c r="J23" t="s">
+        <v>316</v>
+      </c>
+      <c r="K23" t="s">
+        <v>317</v>
+      </c>
+      <c r="L23" t="s">
+        <v>318</v>
+      </c>
+      <c r="M23" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>78</v>
+      </c>
+      <c r="B24" t="s">
+        <v>320</v>
+      </c>
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>321</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>322</v>
+      </c>
+      <c r="H24" t="s">
+        <v>323</v>
+      </c>
+      <c r="I24" t="s">
+        <v>324</v>
+      </c>
+      <c r="J24" t="s">
+        <v>325</v>
+      </c>
+      <c r="K24" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>78</v>
+      </c>
+      <c r="B25" t="s">
+        <v>327</v>
+      </c>
+      <c r="C25" t="s">
+        <v>15</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>328</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>329</v>
+      </c>
+      <c r="H25" t="s">
+        <v>330</v>
+      </c>
+      <c r="I25" t="s">
+        <v>331</v>
+      </c>
+      <c r="J25" t="s">
+        <v>332</v>
+      </c>
+      <c r="K25" t="s">
+        <v>333</v>
+      </c>
+      <c r="L25" t="s">
+        <v>334</v>
+      </c>
+      <c r="M25" t="s">
+        <v>335</v>
+      </c>
+      <c r="N25" t="s">
+        <v>336</v>
+      </c>
+      <c r="O25" t="s">
+        <v>337</v>
+      </c>
+      <c r="P25" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>78</v>
+      </c>
+      <c r="B26" t="s">
+        <v>339</v>
+      </c>
+      <c r="C26" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>340</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>341</v>
+      </c>
+      <c r="H26" t="s">
+        <v>342</v>
+      </c>
+      <c r="I26" t="s">
+        <v>343</v>
+      </c>
+      <c r="J26" t="s">
+        <v>344</v>
+      </c>
+      <c r="K26" t="s">
+        <v>345</v>
+      </c>
+      <c r="L26" t="s">
+        <v>346</v>
+      </c>
+      <c r="M26" t="s">
+        <v>347</v>
+      </c>
+      <c r="N26" t="s">
+        <v>348</v>
+      </c>
+      <c r="O26" t="s">
+        <v>349</v>
+      </c>
+      <c r="P26" t="s">
+        <v>350</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>351</v>
+      </c>
+      <c r="R26" t="s">
+        <v>352</v>
+      </c>
+      <c r="S26" t="s">
+        <v>353</v>
+      </c>
+      <c r="T26" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>78</v>
+      </c>
+      <c r="B27" t="s">
+        <v>355</v>
+      </c>
+      <c r="C27" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>356</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>357</v>
+      </c>
+      <c r="H27" t="s">
+        <v>358</v>
+      </c>
+      <c r="I27" t="s">
+        <v>359</v>
+      </c>
+      <c r="J27" t="s">
+        <v>360</v>
+      </c>
+      <c r="K27" t="s">
+        <v>361</v>
+      </c>
+      <c r="L27" t="s">
+        <v>362</v>
+      </c>
+      <c r="M27" t="s">
+        <v>363</v>
+      </c>
+      <c r="N27" t="s">
+        <v>364</v>
+      </c>
+      <c r="O27" t="s">
+        <v>365</v>
+      </c>
+      <c r="P27" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>367</v>
+      </c>
+      <c r="R27" t="s">
+        <v>368</v>
+      </c>
+      <c r="S27" t="s">
+        <v>369</v>
+      </c>
+      <c r="T27" t="s">
+        <v>370</v>
+      </c>
+      <c r="U27" t="s">
+        <v>371</v>
+      </c>
+      <c r="V27" t="s">
+        <v>372</v>
+      </c>
+      <c r="W27" t="s">
+        <v>373</v>
+      </c>
+      <c r="X27" t="s">
+        <v>374</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>375</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>376</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>377</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>378</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>379</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>78</v>
+      </c>
+      <c r="B28" t="s">
+        <v>381</v>
+      </c>
+      <c r="C28" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>382</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>383</v>
+      </c>
+      <c r="H28" t="s">
+        <v>384</v>
+      </c>
+      <c r="I28" t="s">
+        <v>385</v>
+      </c>
+      <c r="J28" t="s">
+        <v>269</v>
+      </c>
+      <c r="K28" t="s">
+        <v>386</v>
+      </c>
+      <c r="L28" t="s">
+        <v>387</v>
+      </c>
+      <c r="M28" t="s">
+        <v>388</v>
+      </c>
+      <c r="N28" t="s">
+        <v>389</v>
+      </c>
+      <c r="O28" t="s">
+        <v>390</v>
+      </c>
+      <c r="P28" t="s">
+        <v>391</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>392</v>
+      </c>
+      <c r="R28" t="s">
+        <v>393</v>
+      </c>
+      <c r="S28" t="s">
+        <v>394</v>
+      </c>
+      <c r="T28" t="s">
+        <v>395</v>
+      </c>
+      <c r="U28" t="s">
+        <v>396</v>
+      </c>
+      <c r="V28" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>78</v>
+      </c>
+      <c r="B29" t="s">
+        <v>398</v>
+      </c>
+      <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>399</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>400</v>
+      </c>
+      <c r="H29" t="s">
+        <v>401</v>
+      </c>
+      <c r="I29" t="s">
+        <v>402</v>
+      </c>
+      <c r="J29" t="s">
+        <v>403</v>
+      </c>
+      <c r="K29" t="s">
+        <v>404</v>
+      </c>
+      <c r="L29" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>78</v>
+      </c>
+      <c r="B30" t="s">
+        <v>406</v>
+      </c>
+      <c r="C30" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" t="s">
+        <v>407</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>408</v>
+      </c>
+      <c r="H30" t="s">
+        <v>409</v>
+      </c>
+      <c r="I30" t="s">
+        <v>410</v>
+      </c>
+      <c r="J30" t="s">
+        <v>200</v>
+      </c>
+      <c r="K30" t="s">
+        <v>411</v>
+      </c>
+      <c r="L30" t="s">
+        <v>412</v>
+      </c>
+      <c r="M30" t="s">
+        <v>413</v>
+      </c>
+      <c r="N30" t="s">
+        <v>414</v>
+      </c>
+      <c r="O30" t="s">
+        <v>415</v>
+      </c>
+      <c r="P30" t="s">
+        <v>416</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>417</v>
+      </c>
+      <c r="R30" t="s">
+        <v>418</v>
+      </c>
+      <c r="S30" t="s">
+        <v>419</v>
+      </c>
+      <c r="T30" t="s">
+        <v>420</v>
+      </c>
+      <c r="U30" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>78</v>
+      </c>
+      <c r="B31" t="s">
+        <v>422</v>
+      </c>
+      <c r="C31" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" t="s">
+        <v>423</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>424</v>
+      </c>
+      <c r="H31" t="s">
+        <v>425</v>
+      </c>
+      <c r="I31" t="s">
+        <v>426</v>
+      </c>
+      <c r="J31" t="s">
+        <v>259</v>
+      </c>
+      <c r="K31" t="s">
+        <v>427</v>
+      </c>
+      <c r="L31" t="s">
+        <v>428</v>
+      </c>
+      <c r="M31" t="s">
+        <v>429</v>
+      </c>
+      <c r="N31" t="s">
+        <v>430</v>
+      </c>
+      <c r="O31" t="s">
+        <v>431</v>
+      </c>
+      <c r="P31" t="s">
+        <v>432</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>433</v>
+      </c>
+      <c r="R31" t="s">
+        <v>434</v>
+      </c>
+      <c r="S31" t="s">
+        <v>435</v>
+      </c>
+      <c r="T31" t="s">
+        <v>436</v>
+      </c>
+      <c r="U31" t="s">
+        <v>437</v>
+      </c>
+      <c r="V31" t="s">
+        <v>438</v>
+      </c>
+      <c r="W31" t="s">
+        <v>439</v>
+      </c>
+      <c r="X31" t="s">
+        <v>440</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>441</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>442</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>443</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>444</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>445</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>78</v>
+      </c>
+      <c r="B32" t="s">
+        <v>447</v>
+      </c>
+      <c r="C32" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" t="s">
+        <v>448</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>449</v>
+      </c>
+      <c r="H32" t="s">
+        <v>450</v>
+      </c>
+      <c r="I32" t="s">
+        <v>451</v>
+      </c>
+      <c r="J32" t="s">
+        <v>452</v>
+      </c>
+      <c r="K32" t="s">
+        <v>453</v>
+      </c>
+      <c r="L32" t="s">
+        <v>454</v>
+      </c>
+      <c r="M32" t="s">
+        <v>455</v>
+      </c>
+      <c r="N32" t="s">
+        <v>456</v>
+      </c>
+      <c r="O32" t="s">
+        <v>457</v>
+      </c>
+      <c r="P32" t="s">
+        <v>458</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>459</v>
+      </c>
+      <c r="R32" t="s">
+        <v>460</v>
+      </c>
+      <c r="S32" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>78</v>
+      </c>
+      <c r="B33" t="s">
+        <v>462</v>
+      </c>
+      <c r="C33" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
+        <v>463</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>464</v>
+      </c>
+      <c r="H33" t="s">
+        <v>465</v>
+      </c>
+      <c r="I33" t="s">
+        <v>466</v>
+      </c>
+      <c r="J33" t="s">
+        <v>467</v>
+      </c>
+      <c r="K33" t="s">
+        <v>468</v>
+      </c>
+      <c r="L33" t="s">
+        <v>469</v>
+      </c>
+      <c r="M33" t="s">
+        <v>470</v>
+      </c>
+      <c r="N33" t="s">
+        <v>471</v>
+      </c>
+      <c r="O33" t="s">
+        <v>472</v>
+      </c>
+      <c r="P33" t="s">
+        <v>473</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>474</v>
+      </c>
+      <c r="R33" t="s">
+        <v>475</v>
+      </c>
+      <c r="S33" t="s">
+        <v>476</v>
+      </c>
+      <c r="T33" t="s">
+        <v>477</v>
+      </c>
+      <c r="U33" t="s">
+        <v>478</v>
+      </c>
+      <c r="V33" t="s">
+        <v>479</v>
+      </c>
+      <c r="W33" t="s">
+        <v>480</v>
+      </c>
+      <c r="X33" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>78</v>
+      </c>
+      <c r="B34" t="s">
+        <v>482</v>
+      </c>
+      <c r="C34" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" t="s">
+        <v>483</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>484</v>
+      </c>
+      <c r="H34" t="s">
+        <v>485</v>
+      </c>
+      <c r="I34" t="s">
+        <v>486</v>
+      </c>
+      <c r="J34" t="s">
+        <v>487</v>
+      </c>
+      <c r="K34" t="s">
+        <v>488</v>
+      </c>
+      <c r="L34" t="s">
+        <v>489</v>
+      </c>
+      <c r="M34" t="s">
+        <v>490</v>
+      </c>
+      <c r="N34" t="s">
+        <v>491</v>
+      </c>
+      <c r="O34" t="s">
+        <v>492</v>
+      </c>
+      <c r="P34" t="s">
+        <v>493</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>494</v>
+      </c>
+      <c r="R34" t="s">
+        <v>495</v>
+      </c>
+      <c r="S34" t="s">
+        <v>496</v>
+      </c>
+      <c r="T34" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>78</v>
+      </c>
+      <c r="B35" t="s">
+        <v>498</v>
+      </c>
+      <c r="C35" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" t="s">
+        <v>499</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>500</v>
+      </c>
+      <c r="H35" t="s">
+        <v>501</v>
+      </c>
+      <c r="I35" t="s">
+        <v>502</v>
+      </c>
+      <c r="J35" t="s">
+        <v>84</v>
+      </c>
+      <c r="K35" t="s">
+        <v>503</v>
+      </c>
+      <c r="L35" t="s">
+        <v>504</v>
+      </c>
+      <c r="M35" t="s">
+        <v>505</v>
+      </c>
+      <c r="N35" t="s">
+        <v>506</v>
+      </c>
+      <c r="O35" t="s">
+        <v>507</v>
+      </c>
+      <c r="P35" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>509</v>
+      </c>
+      <c r="R35" t="s">
+        <v>510</v>
+      </c>
+      <c r="S35" t="s">
+        <v>511</v>
+      </c>
+      <c r="T35" t="s">
+        <v>512</v>
+      </c>
+      <c r="U35" t="s">
+        <v>513</v>
+      </c>
+      <c r="V35" t="s">
+        <v>514</v>
+      </c>
+      <c r="W35" t="s">
+        <v>515</v>
+      </c>
+      <c r="X35" t="s">
+        <v>516</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>517</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>518</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>519</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>520</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>521</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>522</v>
+      </c>
+      <c r="AE35" t="s">
+        <v>523</v>
+      </c>
+      <c r="AF35" t="s">
+        <v>524</v>
+      </c>
+      <c r="AG35" t="s">
+        <v>525</v>
+      </c>
+      <c r="AH35" t="s">
+        <v>526</v>
+      </c>
+      <c r="AI35" t="s">
+        <v>527</v>
+      </c>
+      <c r="AJ35" t="s">
+        <v>528</v>
+      </c>
+      <c r="AK35" t="s">
+        <v>529</v>
+      </c>
+      <c r="AL35" t="s">
+        <v>530</v>
+      </c>
+      <c r="AM35" t="s">
+        <v>531</v>
+      </c>
+      <c r="AN35" t="s">
+        <v>532</v>
+      </c>
+      <c r="AO35" t="s">
+        <v>533</v>
+      </c>
+      <c r="AP35" t="s">
+        <v>534</v>
+      </c>
+      <c r="AQ35" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" t="s">
+        <v>536</v>
+      </c>
+      <c r="C36" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" t="s">
+        <v>537</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>538</v>
+      </c>
+      <c r="H36" t="s">
+        <v>539</v>
+      </c>
+      <c r="I36" t="s">
+        <v>540</v>
+      </c>
+      <c r="J36" t="s">
+        <v>541</v>
+      </c>
+      <c r="K36" t="s">
+        <v>542</v>
+      </c>
+      <c r="L36" t="s">
+        <v>543</v>
+      </c>
+      <c r="M36" t="s">
+        <v>544</v>
+      </c>
+      <c r="N36" t="s">
+        <v>545</v>
+      </c>
+      <c r="O36" t="s">
+        <v>546</v>
+      </c>
+      <c r="P36" t="s">
+        <v>547</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>78</v>
+      </c>
+      <c r="B37" t="s">
+        <v>549</v>
+      </c>
+      <c r="C37" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" t="s">
+        <v>550</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>551</v>
+      </c>
+      <c r="H37" t="s">
+        <v>552</v>
+      </c>
+      <c r="I37" t="s">
+        <v>553</v>
+      </c>
+      <c r="J37" t="s">
+        <v>554</v>
+      </c>
+      <c r="K37" t="s">
+        <v>555</v>
+      </c>
+      <c r="L37" t="s">
+        <v>556</v>
+      </c>
+      <c r="M37" t="s">
+        <v>557</v>
+      </c>
+      <c r="N37" t="s">
+        <v>558</v>
+      </c>
+      <c r="O37" t="s">
+        <v>559</v>
+      </c>
+      <c r="P37" t="s">
+        <v>560</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>561</v>
+      </c>
+      <c r="R37" t="s">
+        <v>562</v>
+      </c>
+      <c r="S37" t="s">
+        <v>563</v>
+      </c>
+      <c r="T37" t="s">
+        <v>564</v>
+      </c>
+      <c r="U37" t="s">
+        <v>565</v>
+      </c>
+      <c r="V37" t="s">
+        <v>566</v>
+      </c>
+      <c r="W37" t="s">
+        <v>567</v>
+      </c>
+      <c r="X37" t="s">
+        <v>568</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>569</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>570</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>571</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>572</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>573</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
+        <v>575</v>
+      </c>
+      <c r="C38" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" t="s">
+        <v>576</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>577</v>
+      </c>
+      <c r="H38" t="s">
+        <v>578</v>
+      </c>
+      <c r="I38" t="s">
+        <v>579</v>
+      </c>
+      <c r="J38" t="s">
+        <v>580</v>
+      </c>
+      <c r="K38" t="s">
+        <v>581</v>
+      </c>
+      <c r="L38" t="s">
+        <v>582</v>
+      </c>
+      <c r="M38" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" t="s">
+        <v>584</v>
+      </c>
+      <c r="C39" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" t="s">
+        <v>585</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>586</v>
+      </c>
+      <c r="H39" t="s">
+        <v>587</v>
+      </c>
+      <c r="I39" t="s">
+        <v>588</v>
+      </c>
+      <c r="J39" t="s">
+        <v>200</v>
+      </c>
+      <c r="K39" t="s">
+        <v>589</v>
+      </c>
+      <c r="L39" t="s">
+        <v>590</v>
+      </c>
+      <c r="M39" t="s">
+        <v>591</v>
+      </c>
+      <c r="N39" t="s">
+        <v>592</v>
+      </c>
+      <c r="O39" t="s">
+        <v>593</v>
+      </c>
+      <c r="P39" t="s">
+        <v>594</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>595</v>
+      </c>
+      <c r="R39" t="s">
+        <v>596</v>
+      </c>
+      <c r="S39" t="s">
+        <v>597</v>
+      </c>
+      <c r="T39" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>78</v>
+      </c>
+      <c r="B40" t="s">
+        <v>599</v>
+      </c>
+      <c r="C40" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" t="s">
+        <v>600</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>601</v>
+      </c>
+      <c r="H40" t="s">
+        <v>602</v>
+      </c>
+      <c r="I40" t="s">
+        <v>603</v>
+      </c>
+      <c r="J40" t="s">
+        <v>162</v>
+      </c>
+      <c r="K40" t="s">
         <v>604</v>
       </c>
-      <c r="B20" t="s">
+      <c r="L40" t="s">
+        <v>605</v>
+      </c>
+      <c r="M40" t="s">
+        <v>606</v>
+      </c>
+      <c r="N40" t="s">
+        <v>607</v>
+      </c>
+      <c r="O40" t="s">
+        <v>608</v>
+      </c>
+      <c r="P40" t="s">
+        <v>609</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>610</v>
+      </c>
+      <c r="R40" t="s">
+        <v>611</v>
+      </c>
+      <c r="S40" t="s">
+        <v>612</v>
+      </c>
+      <c r="T40" t="s">
+        <v>613</v>
+      </c>
+      <c r="U40" t="s">
+        <v>614</v>
+      </c>
+      <c r="V40" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>78</v>
+      </c>
+      <c r="B41" t="s">
+        <v>616</v>
+      </c>
+      <c r="C41" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" t="s">
+        <v>617</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>618</v>
+      </c>
+      <c r="H41" t="s">
+        <v>619</v>
+      </c>
+      <c r="I41" t="s">
+        <v>620</v>
+      </c>
+      <c r="J41" t="s">
+        <v>621</v>
+      </c>
+      <c r="K41" t="s">
+        <v>622</v>
+      </c>
+      <c r="L41" t="s">
+        <v>623</v>
+      </c>
+      <c r="M41" t="s">
+        <v>624</v>
+      </c>
+      <c r="N41" t="s">
+        <v>625</v>
+      </c>
+      <c r="O41" t="s">
+        <v>626</v>
+      </c>
+      <c r="P41" t="s">
+        <v>627</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>628</v>
+      </c>
+      <c r="R41" t="s">
+        <v>629</v>
+      </c>
+      <c r="S41" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42" t="s">
+        <v>631</v>
+      </c>
+      <c r="C42" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" t="s">
+        <v>632</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>633</v>
+      </c>
+      <c r="H42" t="s">
+        <v>634</v>
+      </c>
+      <c r="I42" t="s">
+        <v>635</v>
+      </c>
+      <c r="J42" t="s">
+        <v>200</v>
+      </c>
+      <c r="K42" t="s">
+        <v>636</v>
+      </c>
+      <c r="L42" t="s">
+        <v>637</v>
+      </c>
+      <c r="M42" t="s">
+        <v>638</v>
+      </c>
+      <c r="N42" t="s">
+        <v>639</v>
+      </c>
+      <c r="O42" t="s">
+        <v>639</v>
+      </c>
+      <c r="P42" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>641</v>
+      </c>
+      <c r="R42" t="s">
+        <v>642</v>
+      </c>
+      <c r="S42" t="s">
+        <v>643</v>
+      </c>
+      <c r="T42" t="s">
+        <v>644</v>
+      </c>
+      <c r="U42" t="s">
+        <v>645</v>
+      </c>
+      <c r="V42" t="s">
+        <v>646</v>
+      </c>
+      <c r="W42" t="s">
+        <v>647</v>
+      </c>
+      <c r="X42" t="s">
+        <v>648</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>649</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>650</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>651</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>652</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>78</v>
+      </c>
+      <c r="B43" t="s">
+        <v>654</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" t="s">
+        <v>655</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>656</v>
+      </c>
+      <c r="H43" t="s">
+        <v>657</v>
+      </c>
+      <c r="I43" t="s">
+        <v>658</v>
+      </c>
+      <c r="J43" t="s">
+        <v>84</v>
+      </c>
+      <c r="K43" t="s">
+        <v>659</v>
+      </c>
+      <c r="L43" t="s">
+        <v>660</v>
+      </c>
+      <c r="M43" t="s">
+        <v>661</v>
+      </c>
+      <c r="N43" t="s">
+        <v>662</v>
+      </c>
+      <c r="O43" t="s">
+        <v>663</v>
+      </c>
+      <c r="P43" t="s">
+        <v>664</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>665</v>
+      </c>
+      <c r="R43" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>78</v>
+      </c>
+      <c r="B44" t="s">
+        <v>667</v>
+      </c>
+      <c r="C44" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>668</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>669</v>
+      </c>
+      <c r="H44" t="s">
+        <v>670</v>
+      </c>
+      <c r="I44" t="s">
+        <v>671</v>
+      </c>
+      <c r="J44" t="s">
+        <v>672</v>
+      </c>
+      <c r="K44" t="s">
+        <v>673</v>
+      </c>
+      <c r="L44" t="s">
+        <v>674</v>
+      </c>
+      <c r="M44" t="s">
+        <v>675</v>
+      </c>
+      <c r="N44" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>78</v>
+      </c>
+      <c r="B45" t="s">
+        <v>677</v>
+      </c>
+      <c r="C45" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" t="s">
+        <v>678</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>679</v>
+      </c>
+      <c r="H45" t="s">
+        <v>680</v>
+      </c>
+      <c r="I45" t="s">
+        <v>681</v>
+      </c>
+      <c r="J45" t="s">
+        <v>682</v>
+      </c>
+      <c r="K45" t="s">
+        <v>683</v>
+      </c>
+      <c r="L45" t="s">
+        <v>684</v>
+      </c>
+      <c r="M45" t="s">
+        <v>685</v>
+      </c>
+      <c r="N45" t="s">
+        <v>686</v>
+      </c>
+      <c r="O45" t="s">
+        <v>687</v>
+      </c>
+      <c r="P45" t="s">
+        <v>688</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>78</v>
+      </c>
+      <c r="B46" t="s">
+        <v>690</v>
+      </c>
+      <c r="C46" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" t="s">
+        <v>691</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>692</v>
+      </c>
+      <c r="H46" t="s">
+        <v>693</v>
+      </c>
+      <c r="I46" t="s">
+        <v>694</v>
+      </c>
+      <c r="J46" t="s">
+        <v>695</v>
+      </c>
+      <c r="K46" t="s">
+        <v>696</v>
+      </c>
+      <c r="L46" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>78</v>
+      </c>
+      <c r="B47" t="s">
+        <v>698</v>
+      </c>
+      <c r="C47" t="s">
+        <v>15</v>
+      </c>
+      <c r="D47" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" t="s">
         <v>699</v>
       </c>
-      <c r="C20" t="s">
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
         <v>700</v>
       </c>
-      <c r="D20" t="s">
+      <c r="H47" t="s">
         <v>701</v>
       </c>
-      <c r="E20" t="s">
+      <c r="I47" t="s">
         <v>702</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="J47" t="s">
         <v>703</v>
       </c>
-      <c r="H20" t="s">
+      <c r="K47" t="s">
         <v>704</v>
       </c>
+      <c r="L47" t="s">
+        <v>705</v>
+      </c>
+      <c r="M47" t="s">
+        <v>706</v>
+      </c>
+      <c r="N47" t="s">
+        <v>707</v>
+      </c>
+      <c r="O47" t="s">
+        <v>708</v>
+      </c>
+      <c r="P47" t="s">
+        <v>709</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>710</v>
+      </c>
+      <c r="R47" t="s">
+        <v>711</v>
+      </c>
+      <c r="S47" t="s">
+        <v>712</v>
+      </c>
+      <c r="T47" t="s">
+        <v>713</v>
+      </c>
+      <c r="U47" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>78</v>
+      </c>
+      <c r="B48" t="s">
+        <v>715</v>
+      </c>
+      <c r="C48" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" t="s">
+        <v>716</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>717</v>
+      </c>
+      <c r="H48" t="s">
+        <v>718</v>
+      </c>
+      <c r="I48" t="s">
+        <v>113</v>
+      </c>
+      <c r="J48" t="s">
+        <v>131</v>
+      </c>
+      <c r="K48" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>78</v>
+      </c>
+      <c r="B49" t="s">
+        <v>720</v>
+      </c>
+      <c r="C49" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" t="s">
+        <v>721</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>722</v>
+      </c>
+      <c r="H49" t="s">
+        <v>723</v>
+      </c>
+      <c r="I49" t="s">
+        <v>724</v>
+      </c>
+      <c r="J49" t="s">
+        <v>703</v>
+      </c>
+      <c r="K49" t="s">
+        <v>725</v>
+      </c>
+      <c r="L49" t="s">
+        <v>726</v>
+      </c>
+      <c r="M49" t="s">
+        <v>727</v>
+      </c>
+      <c r="N49" t="s">
+        <v>728</v>
+      </c>
+      <c r="O49" t="s">
+        <v>729</v>
+      </c>
+      <c r="P49" t="s">
+        <v>730</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>78</v>
+      </c>
+      <c r="B50" t="s">
+        <v>732</v>
+      </c>
+      <c r="C50" t="s">
+        <v>15</v>
+      </c>
+      <c r="D50" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" t="s">
+        <v>733</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>734</v>
+      </c>
+      <c r="H50" t="s">
+        <v>735</v>
+      </c>
+      <c r="I50" t="s">
+        <v>736</v>
+      </c>
+      <c r="J50" t="s">
+        <v>737</v>
+      </c>
+      <c r="K50" t="s">
+        <v>738</v>
+      </c>
+      <c r="L50" t="s">
+        <v>739</v>
+      </c>
+      <c r="M50" t="s">
+        <v>740</v>
+      </c>
+      <c r="N50" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>78</v>
+      </c>
+      <c r="B51" t="s">
+        <v>742</v>
+      </c>
+      <c r="C51" t="s">
+        <v>15</v>
+      </c>
+      <c r="D51" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" t="s">
+        <v>743</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>744</v>
+      </c>
+      <c r="H51" t="s">
+        <v>745</v>
+      </c>
+      <c r="I51" t="s">
+        <v>746</v>
+      </c>
+      <c r="J51" t="s">
+        <v>747</v>
+      </c>
+      <c r="K51" t="s">
+        <v>748</v>
+      </c>
+      <c r="L51" t="s">
+        <v>749</v>
+      </c>
+      <c r="M51" t="s">
+        <v>750</v>
+      </c>
+      <c r="N51" t="s">
+        <v>751</v>
+      </c>
+      <c r="O51" t="s">
+        <v>752</v>
+      </c>
+      <c r="P51" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>78</v>
+      </c>
+      <c r="B52" t="s">
+        <v>754</v>
+      </c>
+      <c r="C52" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" t="s">
+        <v>755</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>756</v>
+      </c>
+      <c r="H52" t="s">
+        <v>757</v>
+      </c>
+      <c r="I52" t="s">
+        <v>758</v>
+      </c>
+      <c r="J52" t="s">
+        <v>84</v>
+      </c>
+      <c r="K52" t="s">
+        <v>759</v>
+      </c>
+      <c r="L52" t="s">
+        <v>760</v>
+      </c>
+      <c r="M52" t="s">
+        <v>761</v>
+      </c>
+      <c r="N52" t="s">
+        <v>762</v>
+      </c>
+      <c r="O52" t="s">
+        <v>763</v>
+      </c>
+      <c r="P52" t="s">
+        <v>764</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>765</v>
+      </c>
+      <c r="R52" t="s">
+        <v>766</v>
+      </c>
+      <c r="S52" t="s">
+        <v>767</v>
+      </c>
+      <c r="T52" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>78</v>
+      </c>
+      <c r="B53" t="s">
+        <v>769</v>
+      </c>
+      <c r="C53" t="s">
+        <v>15</v>
+      </c>
+      <c r="D53" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" t="s">
+        <v>770</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>771</v>
+      </c>
+      <c r="H53" t="s">
+        <v>772</v>
+      </c>
+      <c r="I53" t="s">
+        <v>773</v>
+      </c>
+      <c r="J53" t="s">
+        <v>554</v>
+      </c>
+      <c r="K53" t="s">
+        <v>774</v>
+      </c>
+      <c r="L53" t="s">
+        <v>775</v>
+      </c>
+      <c r="M53" t="s">
+        <v>776</v>
+      </c>
+      <c r="N53" t="s">
+        <v>777</v>
+      </c>
+      <c r="O53" t="s">
+        <v>778</v>
+      </c>
+      <c r="P53" t="s">
+        <v>779</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>780</v>
+      </c>
+      <c r="R53" t="s">
+        <v>779</v>
+      </c>
+      <c r="S53" t="s">
+        <v>781</v>
+      </c>
+      <c r="T53" t="s">
+        <v>782</v>
+      </c>
+      <c r="U53" t="s">
+        <v>783</v>
+      </c>
+      <c r="V53" t="s">
+        <v>784</v>
+      </c>
+      <c r="W53" t="s">
+        <v>785</v>
+      </c>
+      <c r="X53" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>78</v>
+      </c>
+      <c r="B54" t="s">
+        <v>787</v>
+      </c>
+      <c r="C54" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" t="s">
+        <v>788</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>789</v>
+      </c>
+      <c r="H54" t="s">
+        <v>790</v>
+      </c>
+      <c r="I54" t="s">
+        <v>791</v>
+      </c>
+      <c r="J54" t="s">
+        <v>541</v>
+      </c>
+      <c r="K54" t="s">
+        <v>792</v>
+      </c>
+      <c r="L54" t="s">
+        <v>793</v>
+      </c>
+      <c r="M54" t="s">
+        <v>794</v>
+      </c>
+      <c r="N54" t="s">
+        <v>795</v>
+      </c>
+      <c r="O54" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>78</v>
+      </c>
+      <c r="B55" t="s">
+        <v>797</v>
+      </c>
+      <c r="C55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" t="s">
+        <v>798</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>799</v>
+      </c>
+      <c r="H55" t="s">
+        <v>800</v>
+      </c>
+      <c r="I55" t="s">
+        <v>801</v>
+      </c>
+      <c r="J55" t="s">
+        <v>802</v>
+      </c>
+      <c r="K55" t="s">
+        <v>803</v>
+      </c>
+      <c r="L55" t="s">
+        <v>804</v>
+      </c>
+      <c r="M55" t="s">
+        <v>805</v>
+      </c>
+      <c r="N55" t="s">
+        <v>806</v>
+      </c>
+      <c r="O55" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>78</v>
+      </c>
+      <c r="B56" t="s">
+        <v>808</v>
+      </c>
+      <c r="C56" t="s">
+        <v>15</v>
+      </c>
+      <c r="D56" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" t="s">
+        <v>809</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>810</v>
+      </c>
+      <c r="H56" t="s">
+        <v>811</v>
+      </c>
+      <c r="I56" t="s">
+        <v>812</v>
+      </c>
+      <c r="J56" t="s">
+        <v>580</v>
+      </c>
+      <c r="K56" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>78</v>
+      </c>
+      <c r="B57" t="s">
+        <v>814</v>
+      </c>
+      <c r="C57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" t="s">
+        <v>815</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>816</v>
+      </c>
+      <c r="H57" t="s">
+        <v>817</v>
+      </c>
+      <c r="I57" t="s">
+        <v>736</v>
+      </c>
+      <c r="J57" t="s">
+        <v>818</v>
+      </c>
+      <c r="K57" t="s">
+        <v>819</v>
+      </c>
+      <c r="L57" t="s">
+        <v>820</v>
+      </c>
+      <c r="M57" t="s">
+        <v>821</v>
+      </c>
+      <c r="N57" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>78</v>
+      </c>
+      <c r="B58" t="s">
+        <v>823</v>
+      </c>
+      <c r="C58" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" t="s">
+        <v>824</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>825</v>
+      </c>
+      <c r="H58" t="s">
+        <v>826</v>
+      </c>
+      <c r="I58" t="s">
+        <v>827</v>
+      </c>
+      <c r="J58" t="s">
+        <v>828</v>
+      </c>
+      <c r="K58" t="s">
+        <v>829</v>
+      </c>
+      <c r="L58" t="s">
+        <v>830</v>
+      </c>
+      <c r="M58" t="s">
+        <v>830</v>
+      </c>
+      <c r="N58" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>78</v>
+      </c>
+      <c r="B59" t="s">
+        <v>832</v>
+      </c>
+      <c r="C59" t="s">
+        <v>15</v>
+      </c>
+      <c r="D59" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" t="s">
+        <v>833</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>834</v>
+      </c>
+      <c r="H59" t="s">
+        <v>835</v>
+      </c>
+      <c r="I59" t="s">
+        <v>836</v>
+      </c>
+      <c r="J59" t="s">
+        <v>259</v>
+      </c>
+      <c r="K59" t="s">
+        <v>837</v>
+      </c>
+      <c r="L59" t="s">
+        <v>838</v>
+      </c>
+      <c r="M59" t="s">
+        <v>839</v>
+      </c>
+      <c r="N59" t="s">
+        <v>840</v>
+      </c>
+      <c r="O59" t="s">
+        <v>841</v>
+      </c>
+      <c r="P59" t="s">
+        <v>842</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>843</v>
+      </c>
+      <c r="R59" t="s">
+        <v>844</v>
+      </c>
+      <c r="S59" t="s">
+        <v>845</v>
+      </c>
+      <c r="T59" t="s">
+        <v>846</v>
+      </c>
+      <c r="U59" t="s">
+        <v>847</v>
+      </c>
+      <c r="V59" t="s">
+        <v>848</v>
+      </c>
+      <c r="W59" t="s">
+        <v>849</v>
+      </c>
+      <c r="X59" t="s">
+        <v>850</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>851</v>
+      </c>
+      <c r="Z59" t="s">
+        <v>852</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>853</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>78</v>
+      </c>
+      <c r="B60" t="s">
+        <v>855</v>
+      </c>
+      <c r="C60" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" t="s">
+        <v>856</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>857</v>
+      </c>
+      <c r="H60" t="s">
+        <v>858</v>
+      </c>
+      <c r="I60" t="s">
+        <v>859</v>
+      </c>
+      <c r="J60" t="s">
+        <v>860</v>
+      </c>
+      <c r="K60" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>78</v>
+      </c>
+      <c r="B61" t="s">
+        <v>862</v>
+      </c>
+      <c r="C61" t="s">
+        <v>15</v>
+      </c>
+      <c r="D61" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" t="s">
+        <v>863</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>864</v>
+      </c>
+      <c r="H61" t="s">
+        <v>865</v>
+      </c>
+      <c r="I61" t="s">
+        <v>620</v>
+      </c>
+      <c r="J61" t="s">
+        <v>487</v>
+      </c>
+      <c r="K61" t="s">
+        <v>866</v>
+      </c>
+      <c r="L61" t="s">
+        <v>867</v>
+      </c>
+      <c r="M61" t="s">
+        <v>868</v>
+      </c>
+      <c r="N61" t="s">
+        <v>869</v>
+      </c>
+      <c r="O61" t="s">
+        <v>870</v>
+      </c>
+      <c r="P61" t="s">
+        <v>871</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>872</v>
+      </c>
+      <c r="R61" t="s">
+        <v>873</v>
+      </c>
+      <c r="S61" t="s">
+        <v>874</v>
+      </c>
+      <c r="T61" t="s">
+        <v>875</v>
+      </c>
+      <c r="U61" t="s">
+        <v>876</v>
+      </c>
+      <c r="V61" t="s">
+        <v>877</v>
+      </c>
+      <c r="W61" t="s">
+        <v>878</v>
+      </c>
+      <c r="X61" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>78</v>
+      </c>
+      <c r="B62" t="s">
+        <v>880</v>
+      </c>
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" t="s">
+        <v>881</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>882</v>
+      </c>
+      <c r="H62" t="s">
+        <v>883</v>
+      </c>
+      <c r="I62" t="s">
+        <v>884</v>
+      </c>
+      <c r="J62" t="s">
+        <v>885</v>
+      </c>
+      <c r="K62" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>78</v>
+      </c>
+      <c r="B63" t="s">
+        <v>887</v>
+      </c>
+      <c r="C63" t="s">
+        <v>15</v>
+      </c>
+      <c r="D63" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" t="s">
+        <v>888</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>889</v>
+      </c>
+      <c r="H63" t="s">
+        <v>890</v>
+      </c>
+      <c r="I63" t="s">
+        <v>891</v>
+      </c>
+      <c r="J63" t="s">
+        <v>892</v>
+      </c>
+      <c r="K63" t="s">
+        <v>893</v>
+      </c>
+      <c r="L63" t="s">
+        <v>894</v>
+      </c>
+      <c r="M63" t="s">
+        <v>895</v>
+      </c>
+      <c r="N63" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>78</v>
+      </c>
+      <c r="B64" t="s">
+        <v>897</v>
+      </c>
+      <c r="C64" t="s">
+        <v>15</v>
+      </c>
+      <c r="D64" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" t="s">
+        <v>898</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>899</v>
+      </c>
+      <c r="H64" t="s">
+        <v>900</v>
+      </c>
+      <c r="I64" t="s">
+        <v>901</v>
+      </c>
+      <c r="J64" t="s">
+        <v>902</v>
+      </c>
+      <c r="K64" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>78</v>
+      </c>
+      <c r="B65" t="s">
+        <v>904</v>
+      </c>
+      <c r="C65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" t="s">
+        <v>905</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" t="s">
+        <v>906</v>
+      </c>
+      <c r="H65" t="s">
+        <v>907</v>
+      </c>
+      <c r="I65" t="s">
+        <v>908</v>
+      </c>
+      <c r="J65" t="s">
+        <v>909</v>
+      </c>
+      <c r="K65" t="s">
+        <v>910</v>
+      </c>
+      <c r="L65" t="s">
+        <v>911</v>
+      </c>
+      <c r="M65" t="s">
+        <v>912</v>
+      </c>
+      <c r="N65" t="s">
+        <v>913</v>
+      </c>
+      <c r="O65" t="s">
+        <v>914</v>
+      </c>
+      <c r="P65" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>78</v>
+      </c>
+      <c r="B66" t="s">
+        <v>916</v>
+      </c>
+      <c r="C66" t="s">
+        <v>15</v>
+      </c>
+      <c r="D66" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" t="s">
+        <v>917</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>918</v>
+      </c>
+      <c r="H66" t="s">
+        <v>919</v>
+      </c>
+      <c r="I66" t="s">
+        <v>920</v>
+      </c>
+      <c r="J66" t="s">
+        <v>487</v>
+      </c>
+      <c r="K66" t="s">
+        <v>921</v>
+      </c>
+      <c r="L66" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>78</v>
+      </c>
+      <c r="B67" t="s">
+        <v>923</v>
+      </c>
+      <c r="C67" t="s">
+        <v>15</v>
+      </c>
+      <c r="D67" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" t="s">
+        <v>924</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" t="s">
+        <v>925</v>
+      </c>
+      <c r="H67" t="s">
+        <v>926</v>
+      </c>
+      <c r="I67" t="s">
+        <v>927</v>
+      </c>
+      <c r="J67" t="s">
+        <v>928</v>
+      </c>
+      <c r="K67" t="s">
+        <v>929</v>
+      </c>
+      <c r="L67" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>78</v>
+      </c>
+      <c r="B68" t="s">
+        <v>931</v>
+      </c>
+      <c r="C68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D68" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" t="s">
+        <v>932</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" t="s">
+        <v>933</v>
+      </c>
+      <c r="H68" t="s">
+        <v>934</v>
+      </c>
+      <c r="I68" t="s">
+        <v>935</v>
+      </c>
+      <c r="J68" t="s">
+        <v>936</v>
+      </c>
+      <c r="K68" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>78</v>
+      </c>
+      <c r="B69" t="s">
+        <v>938</v>
+      </c>
+      <c r="C69" t="s">
+        <v>15</v>
+      </c>
+      <c r="D69" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" t="s">
+        <v>939</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>940</v>
+      </c>
+      <c r="H69" t="s">
+        <v>941</v>
+      </c>
+      <c r="I69" t="s">
+        <v>942</v>
+      </c>
+      <c r="J69" t="s">
+        <v>487</v>
+      </c>
+      <c r="K69" t="s">
+        <v>943</v>
+      </c>
+      <c r="L69" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>78</v>
+      </c>
+      <c r="B70" t="s">
+        <v>945</v>
+      </c>
+      <c r="C70" t="s">
+        <v>15</v>
+      </c>
+      <c r="D70" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" t="s">
+        <v>946</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70" t="s">
+        <v>947</v>
+      </c>
+      <c r="H70" t="s">
+        <v>948</v>
+      </c>
+      <c r="I70" t="s">
+        <v>736</v>
+      </c>
+      <c r="J70" t="s">
+        <v>949</v>
+      </c>
+      <c r="K70" t="s">
+        <v>950</v>
+      </c>
+      <c r="L70" t="s">
+        <v>951</v>
+      </c>
+      <c r="M70" t="s">
+        <v>952</v>
+      </c>
+      <c r="N70" t="s">
+        <v>953</v>
+      </c>
+      <c r="O70" t="s">
+        <v>954</v>
+      </c>
+      <c r="P70" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>78</v>
+      </c>
+      <c r="B71" t="s">
+        <v>956</v>
+      </c>
+      <c r="C71" t="s">
+        <v>15</v>
+      </c>
+      <c r="D71" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" t="s">
+        <v>957</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71" t="s">
+        <v>958</v>
+      </c>
+      <c r="H71" t="s">
+        <v>959</v>
+      </c>
+      <c r="I71" t="s">
+        <v>736</v>
+      </c>
+      <c r="J71" t="s">
+        <v>960</v>
+      </c>
+      <c r="K71" t="s">
+        <v>961</v>
+      </c>
+      <c r="L71" t="s">
+        <v>962</v>
+      </c>
+      <c r="M71" t="s">
+        <v>963</v>
+      </c>
+      <c r="N71" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>78</v>
+      </c>
+      <c r="B72" t="s">
+        <v>965</v>
+      </c>
+      <c r="C72" t="s">
+        <v>15</v>
+      </c>
+      <c r="D72" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" t="s">
+        <v>966</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" t="s">
+        <v>967</v>
+      </c>
+      <c r="H72" t="s">
+        <v>968</v>
+      </c>
+      <c r="I72" t="s">
+        <v>969</v>
+      </c>
+      <c r="J72" t="s">
+        <v>580</v>
+      </c>
+      <c r="K72" t="s">
+        <v>970</v>
+      </c>
+      <c r="L72" t="s">
+        <v>971</v>
+      </c>
+      <c r="M72" t="s">
+        <v>972</v>
+      </c>
+      <c r="N72" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>78</v>
+      </c>
+      <c r="B73" t="s">
+        <v>974</v>
+      </c>
+      <c r="C73" t="s">
+        <v>15</v>
+      </c>
+      <c r="D73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" t="s">
+        <v>975</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73" t="s">
+        <v>976</v>
+      </c>
+      <c r="H73" t="s">
+        <v>977</v>
+      </c>
+      <c r="I73" t="s">
+        <v>978</v>
+      </c>
+      <c r="J73" t="s">
+        <v>580</v>
+      </c>
+      <c r="K73" t="s">
+        <v>979</v>
+      </c>
+      <c r="L73" t="s">
+        <v>980</v>
+      </c>
+      <c r="M73" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>78</v>
+      </c>
+      <c r="B74" t="s">
+        <v>982</v>
+      </c>
+      <c r="C74" t="s">
+        <v>15</v>
+      </c>
+      <c r="D74" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" t="s">
+        <v>983</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74" t="s">
+        <v>984</v>
+      </c>
+      <c r="H74" t="s">
+        <v>985</v>
+      </c>
+      <c r="I74" t="s">
+        <v>986</v>
+      </c>
+      <c r="J74" t="s">
+        <v>580</v>
+      </c>
+      <c r="K74" t="s">
+        <v>987</v>
+      </c>
+      <c r="L74" t="s">
+        <v>988</v>
+      </c>
+      <c r="M74" t="s">
+        <v>989</v>
+      </c>
+      <c r="N74" t="s">
+        <v>990</v>
+      </c>
+      <c r="O74" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>78</v>
+      </c>
+      <c r="B75" t="s">
+        <v>992</v>
+      </c>
+      <c r="C75" t="s">
+        <v>15</v>
+      </c>
+      <c r="D75" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" t="s">
+        <v>993</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" t="s">
+        <v>994</v>
+      </c>
+      <c r="H75" t="s">
+        <v>995</v>
+      </c>
+      <c r="I75" t="s">
+        <v>996</v>
+      </c>
+      <c r="J75" t="s">
+        <v>997</v>
+      </c>
+      <c r="K75" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>78</v>
+      </c>
+      <c r="B76" t="s">
+        <v>999</v>
+      </c>
+      <c r="C76" t="s">
+        <v>15</v>
+      </c>
+      <c r="D76" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1002</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1003</v>
+      </c>
+      <c r="J76" t="s">
+        <v>1004</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1005</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1006</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1007</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1008</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1010</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>1011</v>
+      </c>
+      <c r="R76" t="s">
+        <v>1012</v>
+      </c>
+      <c r="S76" t="s">
+        <v>1013</v>
+      </c>
+      <c r="T76" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>78</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C77" t="s">
+        <v>15</v>
+      </c>
+      <c r="D77" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F77" t="s">
+        <v>15</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J77" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1021</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>78</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C78" t="s">
+        <v>15</v>
+      </c>
+      <c r="D78" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F78" t="s">
+        <v>15</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J78" t="s">
+        <v>828</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1030</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1032</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>1033</v>
+      </c>
+      <c r="R78" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>78</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C79" t="s">
+        <v>15</v>
+      </c>
+      <c r="D79" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F79" t="s">
+        <v>15</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1039</v>
+      </c>
+      <c r="J79" t="s">
+        <v>1040</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1041</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N79" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>78</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C80" t="s">
+        <v>15</v>
+      </c>
+      <c r="D80" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F80" t="s">
+        <v>15</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1048</v>
+      </c>
+      <c r="I80" t="s">
+        <v>620</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1049</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>78</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C81" t="s">
+        <v>15</v>
+      </c>
+      <c r="D81" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F81" t="s">
+        <v>15</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1056</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J81" t="s">
+        <v>105</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>78</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C82" t="s">
+        <v>15</v>
+      </c>
+      <c r="D82" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J82" t="s">
+        <v>175</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1065</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>78</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C83" t="s">
+        <v>15</v>
+      </c>
+      <c r="D83" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F83" t="s">
+        <v>15</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1070</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1071</v>
+      </c>
+      <c r="J83" t="s">
+        <v>1072</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1073</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1075</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1076</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>78</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C84" t="s">
+        <v>15</v>
+      </c>
+      <c r="D84" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F84" t="s">
+        <v>15</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1082</v>
+      </c>
+      <c r="J84" t="s">
+        <v>175</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1083</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>78</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C85" t="s">
+        <v>15</v>
+      </c>
+      <c r="D85" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F85" t="s">
+        <v>15</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1088</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1089</v>
+      </c>
+      <c r="J85" t="s">
+        <v>162</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1090</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1091</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1092</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1093</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1094</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1095</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>78</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C86" t="s">
+        <v>15</v>
+      </c>
+      <c r="D86" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F86" t="s">
+        <v>15</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J86" t="s">
+        <v>84</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1102</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1105</v>
+      </c>
+      <c r="O86" t="s">
+        <v>1106</v>
+      </c>
+      <c r="P86" t="s">
+        <v>1107</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>78</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C87" t="s">
+        <v>15</v>
+      </c>
+      <c r="D87" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F87" t="s">
+        <v>15</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J87" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>78</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C88" t="s">
+        <v>15</v>
+      </c>
+      <c r="D88" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F88" t="s">
+        <v>15</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1120</v>
+      </c>
+      <c r="J88" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1122</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>78</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C89" t="s">
+        <v>15</v>
+      </c>
+      <c r="D89" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F89" t="s">
+        <v>15</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1129</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>78</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C90" t="s">
+        <v>15</v>
+      </c>
+      <c r="D90" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F90" t="s">
+        <v>15</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J90" t="s">
+        <v>279</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>78</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C91" t="s">
+        <v>15</v>
+      </c>
+      <c r="D91" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F91" t="s">
+        <v>15</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1141</v>
+      </c>
+      <c r="J91" t="s">
+        <v>554</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1142</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1145</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1147</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>1148</v>
+      </c>
+      <c r="R91" t="s">
+        <v>1149</v>
+      </c>
+      <c r="S91" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>78</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C92" t="s">
+        <v>15</v>
+      </c>
+      <c r="D92" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F92" t="s">
+        <v>15</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1154</v>
+      </c>
+      <c r="I92" t="s">
+        <v>986</v>
+      </c>
+      <c r="J92" t="s">
+        <v>580</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1156</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1157</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1158</v>
+      </c>
+      <c r="O92" t="s">
+        <v>1159</v>
+      </c>
+      <c r="P92" t="s">
+        <v>1160</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>78</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C93" t="s">
+        <v>15</v>
+      </c>
+      <c r="D93" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F93" t="s">
+        <v>15</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1165</v>
+      </c>
+      <c r="J93" t="s">
+        <v>541</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1166</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1167</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1168</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1169</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>78</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C94" t="s">
+        <v>15</v>
+      </c>
+      <c r="D94" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F94" t="s">
+        <v>15</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1175</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1176</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>78</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C95" t="s">
+        <v>15</v>
+      </c>
+      <c r="D95" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F95" t="s">
+        <v>15</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J95" t="s">
+        <v>828</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1183</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1184</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1185</v>
+      </c>
+      <c r="N95" t="s">
+        <v>1186</v>
+      </c>
+      <c r="O95" t="s">
+        <v>1187</v>
+      </c>
+      <c r="P95" t="s">
+        <v>1188</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>1189</v>
+      </c>
+      <c r="R95" t="s">
+        <v>1190</v>
+      </c>
+      <c r="S95" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>78</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C96" t="s">
+        <v>15</v>
+      </c>
+      <c r="D96" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F96" t="s">
+        <v>15</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1195</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1196</v>
+      </c>
+      <c r="J96" t="s">
+        <v>580</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1197</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1198</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N96" t="s">
+        <v>1200</v>
+      </c>
+      <c r="O96" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>78</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C97" t="s">
+        <v>15</v>
+      </c>
+      <c r="D97" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F97" t="s">
+        <v>15</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1205</v>
+      </c>
+      <c r="I97" t="s">
+        <v>297</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1206</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1207</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1208</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1209</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1210</v>
+      </c>
+      <c r="O97" t="s">
+        <v>1211</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1212</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>78</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C98" t="s">
+        <v>15</v>
+      </c>
+      <c r="D98" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F98" t="s">
+        <v>15</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J98" t="s">
+        <v>279</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1219</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1220</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1221</v>
+      </c>
+      <c r="N98" t="s">
+        <v>1222</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1223</v>
+      </c>
+      <c r="P98" t="s">
+        <v>1224</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>78</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C99" t="s">
+        <v>15</v>
+      </c>
+      <c r="D99" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F99" t="s">
+        <v>15</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1231</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1232</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1233</v>
+      </c>
+      <c r="N99" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>78</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C100" t="s">
+        <v>15</v>
+      </c>
+      <c r="D100" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F100" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1238</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1239</v>
+      </c>
+      <c r="J100" t="s">
+        <v>162</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1240</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>78</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C101" t="s">
+        <v>15</v>
+      </c>
+      <c r="D101" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F101" t="s">
+        <v>15</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1245</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J101" t="s">
+        <v>828</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1247</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1249</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>78</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C102" t="s">
+        <v>15</v>
+      </c>
+      <c r="D102" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F102" t="s">
+        <v>15</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J102" t="s">
+        <v>828</v>
+      </c>
+      <c r="K102" t="s">
+        <v>1256</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1257</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>78</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C103" t="s">
+        <v>15</v>
+      </c>
+      <c r="D103" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F103" t="s">
+        <v>15</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1262</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1263</v>
+      </c>
+      <c r="J103" t="s">
+        <v>1040</v>
+      </c>
+      <c r="K103" t="s">
+        <v>1264</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1265</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1266</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>78</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C104" t="s">
+        <v>15</v>
+      </c>
+      <c r="D104" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F104" t="s">
+        <v>15</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1271</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1272</v>
+      </c>
+      <c r="J104" t="s">
+        <v>487</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1273</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1274</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1275</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1276</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1277</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1278</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>1279</v>
+      </c>
+      <c r="R104" t="s">
+        <v>1280</v>
+      </c>
+      <c r="S104" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>78</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C105" t="s">
+        <v>15</v>
+      </c>
+      <c r="D105" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F105" t="s">
+        <v>15</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1287</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1288</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>78</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C106" t="s">
+        <v>15</v>
+      </c>
+      <c r="D106" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F106" t="s">
+        <v>15</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J106" t="s">
+        <v>554</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1296</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>78</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C107" t="s">
+        <v>15</v>
+      </c>
+      <c r="D107" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F107" t="s">
+        <v>15</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1303</v>
+      </c>
+      <c r="J107" t="s">
+        <v>1304</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>78</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C108" t="s">
+        <v>15</v>
+      </c>
+      <c r="D108" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F108" t="s">
+        <v>15</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1309</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1310</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1311</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1312</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1313</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1314</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>78</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C109" t="s">
+        <v>15</v>
+      </c>
+      <c r="D109" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F109" t="s">
+        <v>15</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1319</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1320</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1321</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>78</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C110" t="s">
+        <v>15</v>
+      </c>
+      <c r="D110" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F110" t="s">
+        <v>15</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1328</v>
+      </c>
+      <c r="J110" t="s">
+        <v>188</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1329</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>78</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C111" t="s">
+        <v>15</v>
+      </c>
+      <c r="D111" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F111" t="s">
+        <v>15</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1334</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1335</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1336</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1337</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>78</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C112" t="s">
+        <v>15</v>
+      </c>
+      <c r="D112" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F112" t="s">
+        <v>15</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J112" t="s">
+        <v>580</v>
+      </c>
+      <c r="K112" t="s">
+        <v>1344</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1345</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>78</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C113" t="s">
+        <v>15</v>
+      </c>
+      <c r="D113" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F113" t="s">
+        <v>15</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1351</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1352</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1353</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1354</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1355</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1356</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>78</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C114" t="s">
+        <v>15</v>
+      </c>
+      <c r="D114" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F114" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1361</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1362</v>
+      </c>
+      <c r="J114" t="s">
+        <v>162</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1363</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1364</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1365</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1366</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1367</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1368</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>1369</v>
+      </c>
+      <c r="R114" t="s">
+        <v>1370</v>
+      </c>
+      <c r="S114" t="s">
+        <v>1371</v>
+      </c>
+      <c r="T114" t="s">
+        <v>1372</v>
+      </c>
+      <c r="U114" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>78</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C115" t="s">
+        <v>15</v>
+      </c>
+      <c r="D115" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F115" t="s">
+        <v>15</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1377</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1378</v>
+      </c>
+      <c r="J115" t="s">
+        <v>960</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1379</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1380</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1381</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>78</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C116" t="s">
+        <v>15</v>
+      </c>
+      <c r="D116" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1386</v>
+      </c>
+      <c r="J116" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1388</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1389</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1390</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>78</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C117" t="s">
+        <v>15</v>
+      </c>
+      <c r="D117" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F117" t="s">
+        <v>15</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1395</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1396</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1397</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>78</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C118" t="s">
+        <v>15</v>
+      </c>
+      <c r="D118" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F118" t="s">
+        <v>15</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1402</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1403</v>
+      </c>
+      <c r="J118" t="s">
+        <v>122</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1404</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1405</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1406</v>
+      </c>
+      <c r="N118" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>78</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C119" t="s">
+        <v>15</v>
+      </c>
+      <c r="D119" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F119" t="s">
+        <v>15</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1412</v>
+      </c>
+      <c r="J119" t="s">
+        <v>828</v>
+      </c>
+      <c r="K119" t="s">
+        <v>1413</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>78</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C120" t="s">
+        <v>15</v>
+      </c>
+      <c r="D120" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F120" t="s">
+        <v>15</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1418</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J120" t="s">
+        <v>332</v>
+      </c>
+      <c r="K120" t="s">
+        <v>1420</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1421</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1422</v>
+      </c>
+      <c r="N120" t="s">
+        <v>1423</v>
+      </c>
+      <c r="O120" t="s">
+        <v>1424</v>
+      </c>
+      <c r="P120" t="s">
+        <v>1425</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>78</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C121" t="s">
+        <v>15</v>
+      </c>
+      <c r="D121" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F121" t="s">
+        <v>15</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1431</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1432</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1433</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1434</v>
+      </c>
+      <c r="N121" t="s">
+        <v>1435</v>
+      </c>
+      <c r="O121" t="s">
+        <v>1436</v>
+      </c>
+      <c r="P121" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>78</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C122" t="s">
+        <v>15</v>
+      </c>
+      <c r="D122" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F122" t="s">
+        <v>15</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1441</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1442</v>
+      </c>
+      <c r="J122" t="s">
+        <v>200</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1443</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1444</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1445</v>
+      </c>
+      <c r="N122" t="s">
+        <v>1446</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>78</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C123" t="s">
+        <v>15</v>
+      </c>
+      <c r="D123" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F123" t="s">
+        <v>15</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1451</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1453</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1454</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1455</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1456</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1457</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1458</v>
+      </c>
+      <c r="P123" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>78</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C124" t="s">
+        <v>15</v>
+      </c>
+      <c r="D124" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F124" t="s">
+        <v>15</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1464</v>
+      </c>
+      <c r="J124" t="s">
+        <v>175</v>
+      </c>
+      <c r="K124" t="s">
+        <v>1465</v>
+      </c>
+      <c r="L124" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>78</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C125" t="s">
+        <v>15</v>
+      </c>
+      <c r="D125" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F125" t="s">
+        <v>15</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1470</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1471</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1472</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1473</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1474</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1475</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>78</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C126" t="s">
+        <v>15</v>
+      </c>
+      <c r="D126" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F126" t="s">
+        <v>15</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1481</v>
+      </c>
+      <c r="J126" t="s">
+        <v>828</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1482</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1483</v>
+      </c>
+      <c r="M126" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>78</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C127" t="s">
+        <v>15</v>
+      </c>
+      <c r="D127" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F127" t="s">
+        <v>15</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1489</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1490</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1491</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1492</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1493</v>
+      </c>
+      <c r="N127" t="s">
+        <v>1494</v>
+      </c>
+      <c r="O127" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>78</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C128" t="s">
+        <v>15</v>
+      </c>
+      <c r="D128" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F128" t="s">
+        <v>15</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1498</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J128" t="s">
+        <v>175</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1500</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1501</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1502</v>
+      </c>
+      <c r="N128" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>78</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C129" t="s">
+        <v>15</v>
+      </c>
+      <c r="D129" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F129" t="s">
+        <v>15</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I129" t="s">
+        <v>891</v>
+      </c>
+      <c r="J129" t="s">
+        <v>200</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1508</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1509</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1510</v>
+      </c>
+      <c r="N129" t="s">
+        <v>1511</v>
+      </c>
+      <c r="O129" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>78</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C130" t="s">
+        <v>15</v>
+      </c>
+      <c r="D130" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F130" t="s">
+        <v>15</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1516</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1517</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1518</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1519</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1520</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1521</v>
+      </c>
+      <c r="N130" t="s">
+        <v>1522</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>78</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C131" t="s">
+        <v>15</v>
+      </c>
+      <c r="D131" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1525</v>
+      </c>
+      <c r="F131" t="s">
+        <v>15</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1528</v>
+      </c>
+      <c r="J131" t="s">
+        <v>828</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>78</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C132" t="s">
+        <v>15</v>
+      </c>
+      <c r="D132" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F132" t="s">
+        <v>15</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J132" t="s">
+        <v>332</v>
+      </c>
+      <c r="K132" t="s">
+        <v>1535</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1536</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1537</v>
+      </c>
+      <c r="N132" t="s">
+        <v>1538</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1539</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1540</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>78</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C133" t="s">
+        <v>15</v>
+      </c>
+      <c r="D133" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F133" t="s">
+        <v>15</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1546</v>
+      </c>
+      <c r="J133" t="s">
+        <v>580</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1547</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1548</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1549</v>
+      </c>
+      <c r="N133" t="s">
+        <v>1550</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>78</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C134" t="s">
+        <v>15</v>
+      </c>
+      <c r="D134" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F134" t="s">
+        <v>15</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1555</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1128</v>
+      </c>
+      <c r="J134" t="s">
+        <v>1556</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1557</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1558</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1559</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1560</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>78</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C135" t="s">
+        <v>15</v>
+      </c>
+      <c r="D135" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1563</v>
+      </c>
+      <c r="F135" t="s">
+        <v>15</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1565</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J135" t="s">
+        <v>1567</v>
+      </c>
+      <c r="K135" t="s">
+        <v>1568</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>78</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C136" t="s">
+        <v>15</v>
+      </c>
+      <c r="D136" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F136" t="s">
+        <v>15</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1573</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1574</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1453</v>
+      </c>
+      <c r="K136" t="s">
+        <v>1575</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1576</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1577</v>
+      </c>
+      <c r="N136" t="s">
+        <v>1578</v>
+      </c>
+      <c r="O136" t="s">
+        <v>1579</v>
+      </c>
+      <c r="P136" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>78</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C137" t="s">
+        <v>15</v>
+      </c>
+      <c r="D137" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1582</v>
+      </c>
+      <c r="F137" t="s">
+        <v>15</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1585</v>
+      </c>
+      <c r="J137" t="s">
+        <v>828</v>
+      </c>
+      <c r="K137" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>78</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C138" t="s">
+        <v>15</v>
+      </c>
+      <c r="D138" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F138" t="s">
+        <v>15</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1590</v>
+      </c>
+      <c r="I138" t="s">
+        <v>620</v>
+      </c>
+      <c r="J138" t="s">
+        <v>175</v>
+      </c>
+      <c r="K138" t="s">
+        <v>1591</v>
+      </c>
+      <c r="L138" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>78</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C139" t="s">
+        <v>15</v>
+      </c>
+      <c r="D139" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F139" t="s">
+        <v>15</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1596</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1597</v>
+      </c>
+      <c r="J139" t="s">
+        <v>1040</v>
+      </c>
+      <c r="K139" t="s">
+        <v>1598</v>
+      </c>
+      <c r="L139" t="s">
+        <v>1599</v>
+      </c>
+      <c r="M139" t="s">
+        <v>1600</v>
+      </c>
+      <c r="N139" t="s">
+        <v>1601</v>
+      </c>
+      <c r="O139" t="s">
+        <v>1602</v>
+      </c>
+      <c r="P139" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>78</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C140" t="s">
+        <v>15</v>
+      </c>
+      <c r="D140" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F140" t="s">
+        <v>15</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J140" t="s">
+        <v>580</v>
+      </c>
+      <c r="K140" t="s">
+        <v>1609</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1610</v>
+      </c>
+      <c r="M140" t="s">
+        <v>1611</v>
+      </c>
+      <c r="N140" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>78</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C141" t="s">
+        <v>15</v>
+      </c>
+      <c r="D141" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F141" t="s">
+        <v>15</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I141" t="s">
+        <v>216</v>
+      </c>
+      <c r="J141" t="s">
+        <v>737</v>
+      </c>
+      <c r="K141" t="s">
+        <v>1617</v>
+      </c>
+      <c r="L141" t="s">
+        <v>1618</v>
+      </c>
+      <c r="M141" t="s">
+        <v>1619</v>
+      </c>
+      <c r="N141" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>78</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C142" t="s">
+        <v>15</v>
+      </c>
+      <c r="D142" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F142" t="s">
+        <v>15</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1624</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1625</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1626</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1627</v>
+      </c>
+      <c r="L142" t="s">
+        <v>1628</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1630</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>78</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C143" t="s">
+        <v>15</v>
+      </c>
+      <c r="D143" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F143" t="s">
+        <v>15</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1636</v>
+      </c>
+      <c r="J143" t="s">
+        <v>162</v>
+      </c>
+      <c r="K143" t="s">
+        <v>1637</v>
+      </c>
+      <c r="L143" t="s">
+        <v>1638</v>
+      </c>
+      <c r="M143" t="s">
+        <v>1639</v>
+      </c>
+      <c r="N143" t="s">
+        <v>1640</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1641</v>
+      </c>
+      <c r="P143" t="s">
+        <v>1642</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>78</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C144" t="s">
+        <v>15</v>
+      </c>
+      <c r="D144" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F144" t="s">
+        <v>15</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1648</v>
+      </c>
+      <c r="J144" t="s">
+        <v>580</v>
+      </c>
+      <c r="K144" t="s">
+        <v>1649</v>
+      </c>
+      <c r="L144" t="s">
+        <v>1650</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>78</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C145" t="s">
+        <v>15</v>
+      </c>
+      <c r="D145" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F145" t="s">
+        <v>15</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1655</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1656</v>
+      </c>
+      <c r="J145" t="s">
+        <v>162</v>
+      </c>
+      <c r="K145" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>78</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C146" t="s">
+        <v>15</v>
+      </c>
+      <c r="D146" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F146" t="s">
+        <v>15</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K146" t="s">
+        <v>1663</v>
+      </c>
+      <c r="L146" t="s">
+        <v>1664</v>
+      </c>
+      <c r="M146" t="s">
+        <v>1665</v>
+      </c>
+      <c r="N146" t="s">
+        <v>1666</v>
+      </c>
+      <c r="O146" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>78</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C147" t="s">
+        <v>15</v>
+      </c>
+      <c r="D147" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F147" t="s">
+        <v>15</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1671</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1672</v>
+      </c>
+      <c r="J147" t="s">
+        <v>1673</v>
+      </c>
+      <c r="K147" t="s">
+        <v>1674</v>
+      </c>
+      <c r="L147" t="s">
+        <v>1675</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1676</v>
+      </c>
+      <c r="N147" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>78</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C148" t="s">
+        <v>15</v>
+      </c>
+      <c r="D148" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F148" t="s">
+        <v>15</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1681</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1682</v>
+      </c>
+      <c r="J148" t="s">
+        <v>269</v>
+      </c>
+      <c r="K148" t="s">
+        <v>1683</v>
+      </c>
+      <c r="L148" t="s">
+        <v>1684</v>
+      </c>
+      <c r="M148" t="s">
+        <v>1685</v>
+      </c>
+      <c r="N148" t="s">
+        <v>1686</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1687</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>78</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C149" t="s">
+        <v>15</v>
+      </c>
+      <c r="D149" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F149" t="s">
+        <v>15</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1692</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1693</v>
+      </c>
+      <c r="J149" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K149" t="s">
+        <v>1695</v>
+      </c>
+      <c r="L149" t="s">
+        <v>1696</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1697</v>
+      </c>
+      <c r="N149" t="s">
+        <v>1698</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1699</v>
+      </c>
+      <c r="P149" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>78</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C150" t="s">
+        <v>15</v>
+      </c>
+      <c r="D150" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F150" t="s">
+        <v>15</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1703</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1704</v>
+      </c>
+      <c r="J150" t="s">
+        <v>1336</v>
+      </c>
+      <c r="K150" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L150" t="s">
+        <v>1706</v>
+      </c>
+      <c r="M150" t="s">
+        <v>1707</v>
+      </c>
+      <c r="N150" t="s">
+        <v>1708</v>
+      </c>
+      <c r="O150" t="s">
+        <v>1338</v>
+      </c>
+      <c r="P150" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>78</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C151" t="s">
+        <v>15</v>
+      </c>
+      <c r="D151" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F151" t="s">
+        <v>15</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I151" t="s">
+        <v>1713</v>
+      </c>
+      <c r="J151" t="s">
+        <v>1714</v>
+      </c>
+      <c r="K151" t="s">
+        <v>1715</v>
+      </c>
+      <c r="L151" t="s">
+        <v>1716</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1717</v>
+      </c>
+      <c r="N151" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>78</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C152" t="s">
+        <v>15</v>
+      </c>
+      <c r="D152" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F152" t="s">
+        <v>15</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1722</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1723</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1724</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>78</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C153" t="s">
+        <v>15</v>
+      </c>
+      <c r="D153" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F153" t="s">
+        <v>15</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1729</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1730</v>
+      </c>
+      <c r="J153" t="s">
+        <v>828</v>
+      </c>
+      <c r="K153" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>78</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C154" t="s">
+        <v>15</v>
+      </c>
+      <c r="D154" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F154" t="s">
+        <v>15</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1735</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1736</v>
+      </c>
+      <c r="J154" t="s">
+        <v>200</v>
+      </c>
+      <c r="K154" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>78</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C155" t="s">
+        <v>15</v>
+      </c>
+      <c r="D155" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F155" t="s">
+        <v>15</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1741</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1742</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1743</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>78</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C156" t="s">
+        <v>15</v>
+      </c>
+      <c r="D156" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1746</v>
+      </c>
+      <c r="F156" t="s">
+        <v>15</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1747</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1748</v>
+      </c>
+      <c r="I156" t="s">
+        <v>216</v>
+      </c>
+      <c r="J156" t="s">
+        <v>960</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1749</v>
+      </c>
+      <c r="L156" t="s">
+        <v>1750</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>78</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C157" t="s">
+        <v>15</v>
+      </c>
+      <c r="D157" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F157" t="s">
+        <v>15</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1755</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1756</v>
+      </c>
+      <c r="J157" t="s">
+        <v>487</v>
+      </c>
+      <c r="K157" t="s">
+        <v>1757</v>
+      </c>
+      <c r="L157" t="s">
+        <v>1758</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1759</v>
+      </c>
+      <c r="N157" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O157" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P157" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>78</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C158" t="s">
+        <v>15</v>
+      </c>
+      <c r="D158" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F158" t="s">
+        <v>15</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J158" t="s">
+        <v>1768</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1769</v>
+      </c>
+      <c r="L158" t="s">
+        <v>1770</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1771</v>
+      </c>
+      <c r="N158" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>78</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C159" t="s">
+        <v>15</v>
+      </c>
+      <c r="D159" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F159" t="s">
+        <v>15</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1776</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1777</v>
+      </c>
+      <c r="J159" t="s">
+        <v>1778</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>78</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C160" t="s">
+        <v>15</v>
+      </c>
+      <c r="D160" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1781</v>
+      </c>
+      <c r="F160" t="s">
+        <v>15</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1782</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1783</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1784</v>
+      </c>
+      <c r="J160" t="s">
+        <v>1785</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>78</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C161" t="s">
+        <v>15</v>
+      </c>
+      <c r="D161" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1788</v>
+      </c>
+      <c r="F161" t="s">
+        <v>15</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1790</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1791</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1792</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>78</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C162" t="s">
+        <v>15</v>
+      </c>
+      <c r="D162" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F162" t="s">
+        <v>15</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1797</v>
+      </c>
+      <c r="I162" t="s">
+        <v>216</v>
+      </c>
+      <c r="J162" t="s">
+        <v>1798</v>
+      </c>
+      <c r="K162" t="s">
+        <v>1799</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>78</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C163" t="s">
+        <v>15</v>
+      </c>
+      <c r="D163" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F163" t="s">
+        <v>15</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1806</v>
+      </c>
+      <c r="K163" t="s">
+        <v>1807</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1808</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...443 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>