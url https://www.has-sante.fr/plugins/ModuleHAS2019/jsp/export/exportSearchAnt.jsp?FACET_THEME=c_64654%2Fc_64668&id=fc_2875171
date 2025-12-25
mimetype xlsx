--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -33,91 +33,112 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1359" uniqueCount="823">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1393" uniqueCount="847">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>DREAMSTATION BIPAP AUTOSV</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741858/fr/dreamstation-bipap-autosv</t>
+  </si>
+  <si>
+    <t>p_3741858</t>
+  </si>
+  <si>
+    <t>Système de Ventilation Auto-Asservie</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE COMMERCIAL</t>
+  </si>
+  <si>
     <t>SYSTEME TMJ</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>17/06/2025 00:00:00</t>
   </si>
   <si>
     <t>25/07/2025 14:34:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635761/fr/systeme-tmj</t>
   </si>
   <si>
     <t>p_3635761</t>
   </si>
   <si>
     <t>Système de prothèse de reconstruction de l’articulation temporo-mandibulaire sur mesure</t>
   </si>
   <si>
     <t>STRYKER FRANCE (France)</t>
   </si>
   <si>
     <t>ORTHOAPNEA NOA</t>
   </si>
   <si>
     <t>06/05/2025 00:00:00</t>
   </si>
   <si>
     <t>10/06/2025 08:58:00</t>
@@ -836,50 +857,68 @@
   <si>
     <t>ORTHOSOM SAS</t>
   </si>
   <si>
     <t>ORTHESE TYPE O.R.M.</t>
   </si>
   <si>
     <t>15/04/2008 00:00:00</t>
   </si>
   <si>
     <t>15/04/2008 11:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_657701/fr/orthese-type-o-r-m</t>
   </si>
   <si>
     <t>c_657701</t>
   </si>
   <si>
     <t>Laboratoires NARVAL SA France</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>05/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
     <t>Stratégies de prévention de la carie dentaire</t>
   </si>
   <si>
     <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
   </si>
   <si>
     <t>31/03/2010 00:00:00</t>
   </si>
   <si>
     <t>13/10/2010 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
   </si>
   <si>
     <t>c_991247</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
@@ -1130,50 +1169,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
   </si>
   <si>
     <t>p_3113839</t>
   </si>
   <si>
     <t>Incontinentia Pigmenti</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
   </si>
   <si>
     <t>11/10/2019 11:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
   </si>
   <si>
     <t>p_3112337</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
+    <t>Traitement des caries dentaires : la HAS recommande le remboursement de 4 actes</t>
+  </si>
+  <si>
+    <t>Au-delà de la douleur et de l’inconfort, une mauvaise santé bucco-dentaire peut affecter la santé générale, augmentant notamment le risque de dénutrition ou de complications infectieuses. Le nombre de personnes présentant au moins une carie non soignée est encore élevé, et plus particulièrement chez les enfants et les personnes connaissant des difficultés pour accéder aux soins. A chaque stade d’évolution de la carie, un traitement est pourtant possible. Certains actes, dits conservateurs et peu invasifs, permettent de préserver la dent sur le long terme et d’éviter des traitements traumatiques et coûteux (implants, prothèses…). Saisie par l’Assurance maladie, la Haute Autorité de santé (HAS) s’est prononcée en faveur du remboursement de quatre de ces actes. En parallèle, une actualisation des recommandations sur les stratégies de prévention de la carie dentaire est attendue en 2026.</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785074/fr/traitement-des-caries-dentaires-la-has-recommande-le-remboursement-de-4-actes</t>
+  </si>
+  <si>
+    <t>p_3785074</t>
+  </si>
+  <si>
     <t>Implants et prothèses dentaires : avis favorable de la HAS pour leur remboursement dans les édentements complet ou unitaire</t>
   </si>
   <si>
     <t>Alors que le nombre de personnes concernées par la perte d’une voire de l’ensemble des dents est amené à croître, la pose d’implants n’est pas remboursée pour la majorité des patients. Afin d’améliorer l’accès aux soins, la Haute Autorité de santé (HAS) a évalué la prise en charge implanto-prothétique dans deux types d’édentement : l’édentement complet et l’édentement unitaire. Elle se prononce aujourd’hui en faveur du remboursement de ces actes en population générale. Afin de garantir une prise en charge complète et optimale de l’édentement, la HAS définit également l’ensemble des étapes du parcours de soins, en insistant sur l’information du patient.</t>
   </si>
   <si>
     <t>06/11/2024 10:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555021/fr/implants-et-protheses-dentaires-avis-favorable-de-la-has-pour-leur-remboursement-dans-les-edentements-complet-ou-unitaire</t>
   </si>
   <si>
     <t>p_3555021</t>
   </si>
   <si>
     <t>Soins dentaires : prendre en charge les patients en toute sécurité</t>
   </si>
   <si>
     <t>Dans le but d’accompagner les chirurgiens-dentistes et leurs équipes dans la reprise de leurs activités de soins, interrompues dans la période de confinement due à l’épidémie de COVID-19, la Haute Autorité de Santé a élaboré des Réponses rapides en concertation avec les représentants de la profession et l’Ordre des chirurgiens-dentistes. Le document traite aussi bien des aspects organisationnels (réorganisation de la salle d’attente, des espaces de soins, nettoyage et gestion des déchets, matériel et équipements de protection individuelle à utiliser, etc.) que des aspects médicaux (type de soins envisageables selon le profil du patient vis-à-vis du COVID-19).</t>
   </si>
   <si>
     <t>19/05/2020 10:37:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3185445/fr/soins-dentaires-prendre-en-charge-les-patients-en-toute-securite</t>
@@ -1251,50 +1305,68 @@
     <t>c_240338</t>
   </si>
   <si>
     <t>01/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240379/fr/appreciation-du-risque-carieux-et-indications-du-scellement-prophylactique-des-sillons-des-premieres-et-deuxiemes-molaires-permanentes-chez-les-sujets-de-moins-de-18-ans</t>
   </si>
   <si>
     <t>c_240379</t>
   </si>
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>08/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_240391</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
   </si>
   <si>
     <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
   </si>
   <si>
     <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
   </si>
   <si>
     <t>17/04/2025 00:00:00</t>
   </si>
   <si>
     <t>06/05/2025 15:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
     <t>Endoscopie sous sommeil induit avant la pose du stimulateur du nerf hypoglosse</t>
   </si>
   <si>
     <t>Evaluation de l’endoscopie sous sommeil induit (ESSI) avant la pose du stimulateur du nerf hypoglosse chez les patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
   </si>
@@ -2552,51 +2624,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J46"/>
+  <dimension ref="A1:J47"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2680,595 +2752,595 @@
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>27</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>29</v>
       </c>
       <c r="H4" t="s">
         <v>30</v>
       </c>
       <c r="I4" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I5" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="J5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>39</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E6" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J6" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>49</v>
+      </c>
+      <c r="J7" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I8" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="J8" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
       <c r="I9" t="s">
         <v>58</v>
       </c>
       <c r="J9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="I10" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="J10" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H11" t="s">
+        <v>68</v>
+      </c>
+      <c r="I11" t="s">
+        <v>69</v>
+      </c>
+      <c r="J11" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>70</v>
       </c>
       <c r="E12" t="s">
         <v>71</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>72</v>
       </c>
       <c r="H12" t="s">
         <v>73</v>
       </c>
       <c r="I12" t="s">
         <v>74</v>
       </c>
       <c r="J12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="E13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H13" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I13" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="J13" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>84</v>
+      </c>
+      <c r="H14" t="s">
+        <v>85</v>
+      </c>
+      <c r="I14" t="s">
         <v>81</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="J14" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I15" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="J15" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="E16" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="H16" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I16" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="J16" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E17" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I17" t="s">
-        <v>99</v>
+        <v>31</v>
       </c>
       <c r="J17" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>101</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>102</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
         <v>104</v>
       </c>
       <c r="H18" t="s">
         <v>105</v>
       </c>
       <c r="I18" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="J18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I19" t="s">
-        <v>112</v>
+        <v>31</v>
       </c>
       <c r="J19" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>114</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>115</v>
       </c>
       <c r="E20" t="s">
         <v>116</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>117</v>
       </c>
       <c r="H20" t="s">
         <v>118</v>
       </c>
       <c r="I20" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="J20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I21" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="J21" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
         <v>127</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>128</v>
       </c>
       <c r="E22" t="s">
         <v>129</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
@@ -3320,641 +3392,641 @@
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
         <v>141</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>142</v>
       </c>
       <c r="E24" t="s">
         <v>143</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
         <v>144</v>
       </c>
       <c r="H24" t="s">
         <v>145</v>
       </c>
       <c r="I24" t="s">
-        <v>12</v>
+        <v>146</v>
       </c>
       <c r="J24" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>85</v>
+        <v>148</v>
       </c>
       <c r="C25" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D25" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E25" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H25" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="I25" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J25" t="s">
-        <v>31</v>
+        <v>153</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>151</v>
+        <v>92</v>
       </c>
       <c r="C26" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D26" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E26" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="H26" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I26" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="J26" t="s">
-        <v>146</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="E27" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="H27" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="I27" t="s">
         <v>12</v>
       </c>
       <c r="J27" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C28" t="s">
-        <v>161</v>
+        <v>12</v>
       </c>
       <c r="D28" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="E28" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H28" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="I28" t="s">
-        <v>161</v>
+        <v>12</v>
       </c>
       <c r="J28" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="C29" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D29" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="E29" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="H29" t="s">
+        <v>171</v>
+      </c>
+      <c r="I29" t="s">
         <v>168</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>106</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
+        <v>108</v>
+      </c>
+      <c r="C30" t="s">
+        <v>173</v>
+      </c>
+      <c r="D30" t="s">
+        <v>154</v>
+      </c>
+      <c r="E30" t="s">
         <v>169</v>
       </c>
-      <c r="C30" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="H30" t="s">
+        <v>175</v>
+      </c>
+      <c r="I30" t="s">
         <v>173</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>146</v>
+        <v>113</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>94</v>
+        <v>176</v>
       </c>
       <c r="C31" t="s">
-        <v>174</v>
+        <v>12</v>
       </c>
       <c r="D31" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E31" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H31" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I31" t="s">
-        <v>174</v>
+        <v>12</v>
       </c>
       <c r="J31" t="s">
-        <v>100</v>
+        <v>153</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>179</v>
+        <v>101</v>
       </c>
       <c r="C32" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="D32" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E32" t="s">
+        <v>183</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>184</v>
+      </c>
+      <c r="H32" t="s">
+        <v>185</v>
+      </c>
+      <c r="I32" t="s">
         <v>181</v>
       </c>
-      <c r="F32" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>146</v>
+        <v>107</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>186</v>
       </c>
       <c r="C33" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D33" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E33" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="H33" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="I33" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="J33" t="s">
-        <v>188</v>
+        <v>153</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="C34" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D34" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E34" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="H34" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="I34" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="J34" t="s">
-        <v>52</v>
+        <v>195</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="C35" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D35" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="E35" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="I35" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="J35" t="s">
-        <v>197</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>198</v>
+        <v>113</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H36" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I36" t="s">
         <v>12</v>
       </c>
       <c r="J36" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C37" t="s">
-        <v>205</v>
+        <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>206</v>
       </c>
       <c r="E37" t="s">
         <v>207</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
         <v>208</v>
       </c>
       <c r="H37" t="s">
         <v>209</v>
       </c>
       <c r="I37" t="s">
-        <v>205</v>
+        <v>12</v>
       </c>
       <c r="J37" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
         <v>211</v>
       </c>
       <c r="C38" t="s">
-        <v>12</v>
+        <v>212</v>
       </c>
       <c r="D38" t="s">
+        <v>213</v>
+      </c>
+      <c r="E38" t="s">
+        <v>214</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>215</v>
+      </c>
+      <c r="H38" t="s">
+        <v>216</v>
+      </c>
+      <c r="I38" t="s">
         <v>212</v>
       </c>
-      <c r="E38" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E39" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H39" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I39" t="s">
         <v>12</v>
       </c>
       <c r="J39" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E40" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H40" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I40" t="s">
         <v>12</v>
       </c>
       <c r="J40" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E41" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H41" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I41" t="s">
         <v>12</v>
       </c>
       <c r="J41" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E42" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H42" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I42" t="s">
         <v>12</v>
       </c>
       <c r="J42" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C43" t="s">
-        <v>242</v>
+        <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>243</v>
       </c>
       <c r="E43" t="s">
         <v>244</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
         <v>245</v>
       </c>
       <c r="H43" t="s">
         <v>246</v>
       </c>
       <c r="I43" t="s">
         <v>12</v>
       </c>
       <c r="J43" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
@@ -3971,3087 +4043,3197 @@
       </c>
       <c r="E44" t="s">
         <v>251</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
         <v>252</v>
       </c>
       <c r="H44" t="s">
         <v>253</v>
       </c>
       <c r="I44" t="s">
         <v>12</v>
       </c>
       <c r="J44" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45" t="s">
-        <v>90</v>
+        <v>255</v>
       </c>
       <c r="C45" t="s">
-        <v>12</v>
+        <v>256</v>
       </c>
       <c r="D45" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="E45" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H45" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="I45" t="s">
         <v>12</v>
       </c>
       <c r="J45" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>10</v>
       </c>
       <c r="B46" t="s">
-        <v>260</v>
+        <v>97</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E46" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H46" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="I46" t="s">
         <v>12</v>
       </c>
       <c r="J46" t="s">
-        <v>265</v>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>267</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>268</v>
+      </c>
+      <c r="E47" t="s">
+        <v>269</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>270</v>
+      </c>
+      <c r="H47" t="s">
+        <v>271</v>
+      </c>
+      <c r="I47" t="s">
+        <v>12</v>
+      </c>
+      <c r="J47" t="s">
+        <v>272</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="B2" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="C2" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="D2" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="E2" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="H2" t="s">
-        <v>272</v>
+        <v>279</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C3" t="s">
+        <v>281</v>
+      </c>
+      <c r="D3" t="s">
+        <v>282</v>
+      </c>
+      <c r="E3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>284</v>
+      </c>
+      <c r="H3" t="s">
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B2" t="s">
-        <v>274</v>
+        <v>287</v>
       </c>
       <c r="C2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="D2" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
       <c r="E2" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>278</v>
+        <v>291</v>
       </c>
       <c r="H2" t="s">
-        <v>279</v>
+        <v>292</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B3" t="s">
-        <v>280</v>
+        <v>293</v>
       </c>
       <c r="C3" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
       <c r="D3" t="s">
-        <v>282</v>
+        <v>295</v>
       </c>
       <c r="E3" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
       <c r="H3" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B4" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="C4" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="D4" t="s">
-        <v>288</v>
+        <v>301</v>
       </c>
       <c r="E4" t="s">
-        <v>289</v>
+        <v>302</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>290</v>
+        <v>303</v>
       </c>
       <c r="H4" t="s">
-        <v>291</v>
+        <v>304</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B5" t="s">
-        <v>292</v>
+        <v>305</v>
       </c>
       <c r="C5" t="s">
-        <v>293</v>
+        <v>306</v>
       </c>
       <c r="D5" t="s">
-        <v>294</v>
+        <v>307</v>
       </c>
       <c r="E5" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="H5" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B6" t="s">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="C6" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="D6" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="E6" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>302</v>
+        <v>315</v>
       </c>
       <c r="H6" t="s">
-        <v>303</v>
+        <v>316</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B7" t="s">
-        <v>304</v>
+        <v>317</v>
       </c>
       <c r="C7" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="D7" t="s">
-        <v>306</v>
+        <v>319</v>
       </c>
       <c r="E7" t="s">
-        <v>307</v>
+        <v>320</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="H7" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="B8" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="C8" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="D8" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="E8" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>314</v>
+        <v>327</v>
       </c>
       <c r="H8" t="s">
-        <v>315</v>
+        <v>328</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B2" t="s">
-        <v>317</v>
+        <v>330</v>
       </c>
       <c r="C2" t="s">
-        <v>318</v>
+        <v>331</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>320</v>
+        <v>333</v>
       </c>
       <c r="H2" t="s">
-        <v>321</v>
+        <v>334</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B3" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="C3" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>324</v>
+        <v>337</v>
       </c>
       <c r="H3" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B4" t="s">
-        <v>326</v>
+        <v>339</v>
       </c>
       <c r="C4" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="H4" t="s">
-        <v>329</v>
+        <v>342</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B5" t="s">
-        <v>330</v>
+        <v>343</v>
       </c>
       <c r="C5" t="s">
-        <v>331</v>
+        <v>344</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>333</v>
+        <v>346</v>
       </c>
       <c r="H5" t="s">
-        <v>334</v>
+        <v>347</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B6" t="s">
-        <v>335</v>
+        <v>348</v>
       </c>
       <c r="C6" t="s">
-        <v>336</v>
+        <v>349</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="H6" t="s">
-        <v>338</v>
+        <v>351</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B7" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="C7" t="s">
-        <v>340</v>
+        <v>353</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="H7" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B8" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
       <c r="C8" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>347</v>
+        <v>360</v>
       </c>
       <c r="H8" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B9" t="s">
-        <v>349</v>
+        <v>362</v>
       </c>
       <c r="C9" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="H9" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B10" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="E10" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
       <c r="H10" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="B11" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
       <c r="C11" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="H11" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B2" t="s">
-        <v>365</v>
+        <v>378</v>
       </c>
       <c r="C2" t="s">
-        <v>366</v>
+        <v>379</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>367</v>
+        <v>380</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="H2" t="s">
-        <v>369</v>
+        <v>382</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B3" t="s">
-        <v>370</v>
+        <v>383</v>
       </c>
       <c r="C3" t="s">
-        <v>371</v>
+        <v>384</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="H3" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B4" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="C4" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>377</v>
+        <v>390</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>378</v>
+        <v>391</v>
       </c>
       <c r="H4" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B5" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>394</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>382</v>
+        <v>396</v>
       </c>
       <c r="H5" t="s">
-        <v>383</v>
+        <v>397</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B6" t="s">
-        <v>384</v>
+        <v>398</v>
       </c>
       <c r="C6" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="H6" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B7" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="C7" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="H7" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B8" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>408</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>395</v>
+        <v>409</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>396</v>
+        <v>410</v>
       </c>
       <c r="H8" t="s">
-        <v>397</v>
+        <v>411</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B9" t="s">
-        <v>310</v>
+        <v>412</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>398</v>
+        <v>413</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>399</v>
+        <v>414</v>
       </c>
       <c r="H9" t="s">
-        <v>400</v>
+        <v>415</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
       <c r="B10" t="s">
-        <v>401</v>
+        <v>323</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>402</v>
+        <v>416</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="H10" t="s">
-        <v>404</v>
+        <v>418</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>377</v>
+      </c>
+      <c r="B11" t="s">
+        <v>419</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>420</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>421</v>
+      </c>
+      <c r="H11" t="s">
+        <v>422</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B2" t="s">
-        <v>406</v>
+        <v>424</v>
       </c>
       <c r="C2" t="s">
-        <v>407</v>
+        <v>425</v>
       </c>
       <c r="D2" t="s">
-        <v>408</v>
+        <v>426</v>
       </c>
       <c r="E2" t="s">
-        <v>409</v>
+        <v>427</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>410</v>
+        <v>428</v>
       </c>
       <c r="H2" t="s">
-        <v>411</v>
+        <v>429</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B3" t="s">
-        <v>412</v>
+        <v>430</v>
       </c>
       <c r="C3" t="s">
-        <v>413</v>
+        <v>431</v>
       </c>
       <c r="D3" t="s">
-        <v>408</v>
+        <v>432</v>
       </c>
       <c r="E3" t="s">
-        <v>414</v>
+        <v>433</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>415</v>
+        <v>434</v>
       </c>
       <c r="H3" t="s">
-        <v>416</v>
+        <v>435</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B4" t="s">
-        <v>417</v>
+        <v>436</v>
       </c>
       <c r="C4" t="s">
-        <v>418</v>
+        <v>437</v>
       </c>
       <c r="D4" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="E4" t="s">
-        <v>367</v>
+        <v>438</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="H4" t="s">
-        <v>421</v>
+        <v>440</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B5" t="s">
-        <v>422</v>
+        <v>441</v>
       </c>
       <c r="C5" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="D5" t="s">
-        <v>424</v>
+        <v>443</v>
       </c>
       <c r="E5" t="s">
-        <v>425</v>
+        <v>385</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>426</v>
+        <v>444</v>
       </c>
       <c r="H5" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B6" t="s">
-        <v>428</v>
+        <v>446</v>
       </c>
       <c r="C6" t="s">
-        <v>429</v>
+        <v>447</v>
       </c>
       <c r="D6" t="s">
-        <v>430</v>
+        <v>448</v>
       </c>
       <c r="E6" t="s">
-        <v>431</v>
+        <v>449</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>432</v>
+        <v>450</v>
       </c>
       <c r="H6" t="s">
-        <v>433</v>
+        <v>451</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B7" t="s">
-        <v>434</v>
+        <v>452</v>
       </c>
       <c r="C7" t="s">
-        <v>435</v>
+        <v>453</v>
       </c>
       <c r="D7" t="s">
-        <v>436</v>
+        <v>454</v>
       </c>
       <c r="E7" t="s">
-        <v>437</v>
+        <v>455</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="H7" t="s">
-        <v>439</v>
+        <v>457</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B8" t="s">
-        <v>440</v>
+        <v>458</v>
       </c>
       <c r="C8" t="s">
-        <v>441</v>
+        <v>459</v>
       </c>
       <c r="D8" t="s">
-        <v>442</v>
+        <v>460</v>
       </c>
       <c r="E8" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>444</v>
+        <v>462</v>
       </c>
       <c r="H8" t="s">
-        <v>445</v>
+        <v>463</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B9" t="s">
-        <v>446</v>
+        <v>464</v>
       </c>
       <c r="C9" t="s">
-        <v>447</v>
+        <v>465</v>
       </c>
       <c r="D9" t="s">
-        <v>448</v>
+        <v>466</v>
       </c>
       <c r="E9" t="s">
-        <v>449</v>
+        <v>467</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>450</v>
+        <v>468</v>
       </c>
       <c r="H9" t="s">
-        <v>451</v>
+        <v>469</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="B10" t="s">
-        <v>452</v>
+        <v>470</v>
       </c>
       <c r="C10" t="s">
-        <v>453</v>
+        <v>471</v>
       </c>
       <c r="D10" t="s">
-        <v>454</v>
+        <v>472</v>
       </c>
       <c r="E10" t="s">
-        <v>455</v>
+        <v>473</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>456</v>
+        <v>474</v>
       </c>
       <c r="H10" t="s">
-        <v>457</v>
+        <v>475</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>423</v>
+      </c>
+      <c r="B11" t="s">
+        <v>476</v>
+      </c>
+      <c r="C11" t="s">
+        <v>477</v>
+      </c>
+      <c r="D11" t="s">
+        <v>478</v>
+      </c>
+      <c r="E11" t="s">
+        <v>479</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>480</v>
+      </c>
+      <c r="H11" t="s">
+        <v>481</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>458</v>
+        <v>482</v>
       </c>
       <c r="B2" t="s">
-        <v>459</v>
+        <v>483</v>
       </c>
       <c r="C2" t="s">
-        <v>460</v>
+        <v>484</v>
       </c>
       <c r="D2" t="s">
-        <v>461</v>
+        <v>485</v>
       </c>
       <c r="E2" t="s">
-        <v>367</v>
+        <v>385</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>462</v>
+        <v>486</v>
       </c>
       <c r="H2" t="s">
-        <v>463</v>
+        <v>487</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>458</v>
+        <v>482</v>
       </c>
       <c r="B3" t="s">
-        <v>464</v>
+        <v>488</v>
       </c>
       <c r="C3" t="s">
-        <v>465</v>
+        <v>489</v>
       </c>
       <c r="D3" t="s">
-        <v>461</v>
+        <v>485</v>
       </c>
       <c r="E3" t="s">
-        <v>367</v>
+        <v>385</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>466</v>
+        <v>490</v>
       </c>
       <c r="H3" t="s">
-        <v>467</v>
+        <v>491</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>458</v>
+        <v>482</v>
       </c>
       <c r="B4" t="s">
-        <v>468</v>
+        <v>492</v>
       </c>
       <c r="C4" t="s">
-        <v>469</v>
+        <v>493</v>
       </c>
       <c r="D4" t="s">
-        <v>470</v>
+        <v>494</v>
       </c>
       <c r="E4" t="s">
-        <v>471</v>
+        <v>495</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>472</v>
+        <v>496</v>
       </c>
       <c r="H4" t="s">
-        <v>473</v>
+        <v>497</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>474</v>
+        <v>498</v>
       </c>
       <c r="B2" t="s">
-        <v>475</v>
+        <v>499</v>
       </c>
       <c r="C2" t="s">
-        <v>476</v>
+        <v>500</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>477</v>
+        <v>501</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>478</v>
+        <v>502</v>
       </c>
       <c r="H2" t="s">
-        <v>479</v>
+        <v>503</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>474</v>
+        <v>498</v>
       </c>
       <c r="B3" t="s">
-        <v>480</v>
+        <v>504</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>481</v>
+        <v>505</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>482</v>
+        <v>506</v>
       </c>
       <c r="H3" t="s">
-        <v>483</v>
+        <v>507</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>474</v>
+        <v>498</v>
       </c>
       <c r="B4" t="s">
-        <v>484</v>
+        <v>508</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>485</v>
+        <v>509</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>486</v>
+        <v>510</v>
       </c>
       <c r="H4" t="s">
-        <v>487</v>
+        <v>511</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>474</v>
+        <v>498</v>
       </c>
       <c r="B5" t="s">
-        <v>488</v>
+        <v>512</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>489</v>
+        <v>513</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>490</v>
+        <v>514</v>
       </c>
       <c r="H5" t="s">
-        <v>491</v>
+        <v>515</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B2" t="s">
-        <v>495</v>
+        <v>519</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>496</v>
+        <v>520</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>497</v>
+        <v>521</v>
       </c>
       <c r="H2" t="s">
-        <v>498</v>
+        <v>522</v>
       </c>
       <c r="I2" t="s">
-        <v>499</v>
+        <v>523</v>
       </c>
       <c r="J2" t="s">
-        <v>500</v>
+        <v>524</v>
       </c>
       <c r="K2" t="s">
-        <v>501</v>
+        <v>525</v>
       </c>
       <c r="L2" t="s">
-        <v>502</v>
+        <v>526</v>
       </c>
       <c r="M2" t="s">
-        <v>503</v>
+        <v>527</v>
       </c>
       <c r="N2" t="s">
-        <v>504</v>
+        <v>528</v>
       </c>
       <c r="O2" t="s">
-        <v>505</v>
+        <v>529</v>
       </c>
       <c r="P2" t="s">
-        <v>506</v>
+        <v>530</v>
       </c>
       <c r="Q2" t="s">
-        <v>507</v>
+        <v>531</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B3" t="s">
-        <v>508</v>
+        <v>532</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>509</v>
+        <v>533</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>510</v>
+        <v>534</v>
       </c>
       <c r="H3" t="s">
-        <v>511</v>
+        <v>535</v>
       </c>
       <c r="I3" t="s">
-        <v>512</v>
+        <v>536</v>
       </c>
       <c r="J3" t="s">
-        <v>513</v>
+        <v>537</v>
       </c>
       <c r="K3" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="L3" t="s">
-        <v>515</v>
+        <v>539</v>
       </c>
       <c r="M3" t="s">
-        <v>516</v>
+        <v>540</v>
       </c>
       <c r="N3" t="s">
-        <v>517</v>
+        <v>541</v>
       </c>
       <c r="O3" t="s">
-        <v>518</v>
+        <v>542</v>
       </c>
       <c r="P3" t="s">
-        <v>519</v>
+        <v>543</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B4" t="s">
-        <v>520</v>
+        <v>544</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>521</v>
+        <v>545</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="H4" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="I4" t="s">
-        <v>524</v>
+        <v>548</v>
       </c>
       <c r="J4" t="s">
-        <v>525</v>
+        <v>549</v>
       </c>
       <c r="K4" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="L4" t="s">
-        <v>527</v>
+        <v>551</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B5" t="s">
-        <v>528</v>
+        <v>552</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>529</v>
+        <v>553</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>530</v>
+        <v>554</v>
       </c>
       <c r="H5" t="s">
-        <v>531</v>
+        <v>555</v>
       </c>
       <c r="I5" t="s">
-        <v>532</v>
+        <v>556</v>
       </c>
       <c r="J5" t="s">
-        <v>533</v>
+        <v>557</v>
       </c>
       <c r="K5" t="s">
-        <v>534</v>
+        <v>558</v>
       </c>
       <c r="L5" t="s">
-        <v>535</v>
+        <v>559</v>
       </c>
       <c r="M5" t="s">
-        <v>536</v>
+        <v>560</v>
       </c>
       <c r="N5" t="s">
-        <v>537</v>
+        <v>561</v>
       </c>
       <c r="O5" t="s">
-        <v>538</v>
+        <v>562</v>
       </c>
       <c r="P5" t="s">
-        <v>539</v>
+        <v>563</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B6" t="s">
-        <v>540</v>
+        <v>564</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>541</v>
+        <v>565</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>542</v>
+        <v>566</v>
       </c>
       <c r="H6" t="s">
-        <v>543</v>
+        <v>567</v>
       </c>
       <c r="I6" t="s">
-        <v>544</v>
+        <v>568</v>
       </c>
       <c r="J6" t="s">
-        <v>545</v>
+        <v>569</v>
       </c>
       <c r="K6" t="s">
-        <v>546</v>
+        <v>570</v>
       </c>
       <c r="L6" t="s">
-        <v>547</v>
+        <v>571</v>
       </c>
       <c r="M6" t="s">
-        <v>548</v>
+        <v>572</v>
       </c>
       <c r="N6" t="s">
-        <v>549</v>
+        <v>573</v>
       </c>
       <c r="O6" t="s">
-        <v>550</v>
+        <v>574</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B7" t="s">
-        <v>551</v>
+        <v>575</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>552</v>
+        <v>576</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>553</v>
+        <v>577</v>
       </c>
       <c r="H7" t="s">
-        <v>554</v>
+        <v>578</v>
       </c>
       <c r="I7" t="s">
-        <v>524</v>
+        <v>548</v>
       </c>
       <c r="J7" t="s">
-        <v>555</v>
+        <v>579</v>
       </c>
       <c r="K7" t="s">
-        <v>556</v>
+        <v>580</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B8" t="s">
-        <v>557</v>
+        <v>581</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>558</v>
+        <v>582</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>559</v>
+        <v>583</v>
       </c>
       <c r="H8" t="s">
-        <v>560</v>
+        <v>584</v>
       </c>
       <c r="I8" t="s">
-        <v>561</v>
+        <v>585</v>
       </c>
       <c r="J8" t="s">
-        <v>562</v>
+        <v>586</v>
       </c>
       <c r="K8" t="s">
-        <v>563</v>
+        <v>587</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B9" t="s">
-        <v>564</v>
+        <v>588</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>565</v>
+        <v>589</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>566</v>
+        <v>590</v>
       </c>
       <c r="H9" t="s">
-        <v>567</v>
+        <v>591</v>
       </c>
       <c r="I9" t="s">
-        <v>568</v>
+        <v>592</v>
       </c>
       <c r="J9" t="s">
-        <v>569</v>
+        <v>593</v>
       </c>
       <c r="K9" t="s">
-        <v>570</v>
+        <v>594</v>
       </c>
       <c r="L9" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="M9" t="s">
-        <v>572</v>
+        <v>596</v>
       </c>
       <c r="N9" t="s">
-        <v>573</v>
+        <v>597</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B10" t="s">
-        <v>574</v>
+        <v>598</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>575</v>
+        <v>599</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>576</v>
+        <v>600</v>
       </c>
       <c r="H10" t="s">
-        <v>577</v>
+        <v>601</v>
       </c>
       <c r="I10" t="s">
-        <v>499</v>
+        <v>523</v>
       </c>
       <c r="J10" t="s">
-        <v>578</v>
+        <v>602</v>
       </c>
       <c r="K10" t="s">
-        <v>579</v>
+        <v>603</v>
       </c>
       <c r="L10" t="s">
-        <v>580</v>
+        <v>604</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B11" t="s">
-        <v>581</v>
+        <v>605</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>582</v>
+        <v>606</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>583</v>
+        <v>607</v>
       </c>
       <c r="H11" t="s">
-        <v>584</v>
+        <v>608</v>
       </c>
       <c r="I11" t="s">
-        <v>585</v>
+        <v>609</v>
       </c>
       <c r="J11" t="s">
-        <v>586</v>
+        <v>610</v>
       </c>
       <c r="K11" t="s">
-        <v>587</v>
+        <v>611</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B12" t="s">
-        <v>588</v>
+        <v>612</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>589</v>
+        <v>613</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>590</v>
+        <v>614</v>
       </c>
       <c r="H12" t="s">
-        <v>591</v>
+        <v>615</v>
       </c>
       <c r="I12" t="s">
-        <v>592</v>
+        <v>616</v>
       </c>
       <c r="J12" t="s">
-        <v>593</v>
+        <v>617</v>
       </c>
       <c r="K12" t="s">
-        <v>594</v>
+        <v>618</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B13" t="s">
-        <v>595</v>
+        <v>619</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>596</v>
+        <v>620</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>597</v>
+        <v>621</v>
       </c>
       <c r="H13" t="s">
-        <v>598</v>
+        <v>622</v>
       </c>
       <c r="I13" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
       <c r="J13" t="s">
-        <v>600</v>
+        <v>624</v>
       </c>
       <c r="K13" t="s">
-        <v>601</v>
+        <v>625</v>
       </c>
       <c r="L13" t="s">
-        <v>602</v>
+        <v>626</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B14" t="s">
-        <v>603</v>
+        <v>627</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>604</v>
+        <v>628</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>605</v>
+        <v>629</v>
       </c>
       <c r="H14" t="s">
-        <v>606</v>
+        <v>630</v>
       </c>
       <c r="I14" t="s">
-        <v>607</v>
+        <v>631</v>
       </c>
       <c r="J14" t="s">
-        <v>608</v>
+        <v>632</v>
       </c>
       <c r="K14" t="s">
-        <v>609</v>
+        <v>633</v>
       </c>
       <c r="L14" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
       <c r="M14" t="s">
-        <v>611</v>
+        <v>635</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B15" t="s">
-        <v>612</v>
+        <v>636</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>613</v>
+        <v>637</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>614</v>
+        <v>638</v>
       </c>
       <c r="H15" t="s">
-        <v>615</v>
+        <v>639</v>
       </c>
       <c r="I15" t="s">
-        <v>616</v>
+        <v>640</v>
       </c>
       <c r="J15" t="s">
-        <v>617</v>
+        <v>641</v>
       </c>
       <c r="K15" t="s">
-        <v>618</v>
+        <v>642</v>
       </c>
       <c r="L15" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
       <c r="M15" t="s">
-        <v>620</v>
+        <v>644</v>
       </c>
       <c r="N15" t="s">
-        <v>621</v>
+        <v>645</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B16" t="s">
-        <v>622</v>
+        <v>646</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>623</v>
+        <v>647</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>624</v>
+        <v>648</v>
       </c>
       <c r="H16" t="s">
-        <v>625</v>
+        <v>649</v>
       </c>
       <c r="I16" t="s">
-        <v>626</v>
+        <v>650</v>
       </c>
       <c r="J16" t="s">
-        <v>555</v>
+        <v>579</v>
       </c>
       <c r="K16" t="s">
-        <v>627</v>
+        <v>651</v>
       </c>
       <c r="L16" t="s">
-        <v>628</v>
+        <v>652</v>
       </c>
       <c r="M16" t="s">
-        <v>629</v>
+        <v>653</v>
       </c>
       <c r="N16" t="s">
-        <v>630</v>
+        <v>654</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B17" t="s">
-        <v>631</v>
+        <v>655</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>632</v>
+        <v>656</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>633</v>
+        <v>657</v>
       </c>
       <c r="H17" t="s">
-        <v>634</v>
+        <v>658</v>
       </c>
       <c r="I17" t="s">
-        <v>635</v>
+        <v>659</v>
       </c>
       <c r="J17" t="s">
-        <v>636</v>
+        <v>660</v>
       </c>
       <c r="K17" t="s">
-        <v>637</v>
+        <v>661</v>
       </c>
       <c r="L17" t="s">
-        <v>638</v>
+        <v>662</v>
       </c>
       <c r="M17" t="s">
-        <v>639</v>
+        <v>663</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B18" t="s">
-        <v>640</v>
+        <v>664</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>641</v>
+        <v>665</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>642</v>
+        <v>666</v>
       </c>
       <c r="H18" t="s">
-        <v>643</v>
+        <v>667</v>
       </c>
       <c r="I18" t="s">
-        <v>644</v>
+        <v>668</v>
       </c>
       <c r="J18" t="s">
-        <v>645</v>
+        <v>669</v>
       </c>
       <c r="K18" t="s">
-        <v>646</v>
+        <v>670</v>
       </c>
       <c r="L18" t="s">
-        <v>647</v>
+        <v>671</v>
       </c>
       <c r="M18" t="s">
-        <v>648</v>
+        <v>672</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B19" t="s">
-        <v>649</v>
+        <v>673</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>650</v>
+        <v>674</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>651</v>
+        <v>675</v>
       </c>
       <c r="H19" t="s">
-        <v>652</v>
+        <v>676</v>
       </c>
       <c r="I19" t="s">
-        <v>653</v>
+        <v>677</v>
       </c>
       <c r="J19" t="s">
-        <v>654</v>
+        <v>678</v>
       </c>
       <c r="K19" t="s">
-        <v>655</v>
+        <v>679</v>
       </c>
       <c r="L19" t="s">
-        <v>656</v>
+        <v>680</v>
       </c>
       <c r="M19" t="s">
-        <v>657</v>
+        <v>681</v>
       </c>
       <c r="N19" t="s">
-        <v>658</v>
+        <v>682</v>
       </c>
       <c r="O19" t="s">
-        <v>659</v>
+        <v>683</v>
       </c>
       <c r="P19" t="s">
-        <v>660</v>
+        <v>684</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B20" t="s">
-        <v>661</v>
+        <v>685</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>662</v>
+        <v>686</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>663</v>
+        <v>687</v>
       </c>
       <c r="H20" t="s">
-        <v>664</v>
+        <v>688</v>
       </c>
       <c r="I20" t="s">
-        <v>653</v>
+        <v>677</v>
       </c>
       <c r="J20" t="s">
-        <v>665</v>
+        <v>689</v>
       </c>
       <c r="K20" t="s">
-        <v>666</v>
+        <v>690</v>
       </c>
       <c r="L20" t="s">
-        <v>667</v>
+        <v>691</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B21" t="s">
-        <v>668</v>
+        <v>692</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>669</v>
+        <v>693</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>670</v>
+        <v>694</v>
       </c>
       <c r="H21" t="s">
-        <v>671</v>
+        <v>695</v>
       </c>
       <c r="I21" t="s">
-        <v>672</v>
+        <v>696</v>
       </c>
       <c r="J21" t="s">
-        <v>673</v>
+        <v>697</v>
       </c>
       <c r="K21" t="s">
-        <v>674</v>
+        <v>698</v>
       </c>
       <c r="L21" t="s">
-        <v>675</v>
+        <v>699</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B22" t="s">
-        <v>676</v>
+        <v>700</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>677</v>
+        <v>701</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>678</v>
+        <v>702</v>
       </c>
       <c r="H22" t="s">
-        <v>679</v>
+        <v>703</v>
       </c>
       <c r="I22" t="s">
-        <v>680</v>
+        <v>704</v>
       </c>
       <c r="J22" t="s">
-        <v>681</v>
+        <v>705</v>
       </c>
       <c r="K22" t="s">
-        <v>682</v>
+        <v>706</v>
       </c>
       <c r="L22" t="s">
-        <v>683</v>
+        <v>707</v>
       </c>
       <c r="M22" t="s">
-        <v>684</v>
+        <v>708</v>
       </c>
       <c r="N22" t="s">
-        <v>685</v>
+        <v>709</v>
       </c>
       <c r="O22" t="s">
-        <v>686</v>
+        <v>710</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B23" t="s">
-        <v>687</v>
+        <v>711</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>688</v>
+        <v>712</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>689</v>
+        <v>713</v>
       </c>
       <c r="H23" t="s">
-        <v>690</v>
+        <v>714</v>
       </c>
       <c r="I23" t="s">
-        <v>691</v>
+        <v>715</v>
       </c>
       <c r="J23" t="s">
-        <v>692</v>
+        <v>716</v>
       </c>
       <c r="K23" t="s">
-        <v>693</v>
+        <v>717</v>
       </c>
       <c r="L23" t="s">
-        <v>694</v>
+        <v>718</v>
       </c>
       <c r="M23" t="s">
-        <v>695</v>
+        <v>719</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B24" t="s">
-        <v>696</v>
+        <v>720</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>697</v>
+        <v>721</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>698</v>
+        <v>722</v>
       </c>
       <c r="H24" t="s">
-        <v>699</v>
+        <v>723</v>
       </c>
       <c r="I24" t="s">
-        <v>499</v>
+        <v>523</v>
       </c>
       <c r="J24" t="s">
-        <v>700</v>
+        <v>724</v>
       </c>
       <c r="K24" t="s">
-        <v>701</v>
+        <v>725</v>
       </c>
       <c r="L24" t="s">
-        <v>702</v>
+        <v>726</v>
       </c>
       <c r="M24" t="s">
-        <v>703</v>
+        <v>727</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B25" t="s">
-        <v>704</v>
+        <v>728</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>705</v>
+        <v>729</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>706</v>
+        <v>730</v>
       </c>
       <c r="H25" t="s">
-        <v>707</v>
+        <v>731</v>
       </c>
       <c r="I25" t="s">
-        <v>708</v>
+        <v>732</v>
       </c>
       <c r="J25" t="s">
-        <v>700</v>
+        <v>724</v>
       </c>
       <c r="K25" t="s">
-        <v>709</v>
+        <v>733</v>
       </c>
       <c r="L25" t="s">
-        <v>710</v>
+        <v>734</v>
       </c>
       <c r="M25" t="s">
-        <v>711</v>
+        <v>735</v>
       </c>
       <c r="N25" t="s">
-        <v>712</v>
+        <v>736</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B26" t="s">
-        <v>713</v>
+        <v>737</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>714</v>
+        <v>738</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>715</v>
+        <v>739</v>
       </c>
       <c r="H26" t="s">
-        <v>716</v>
+        <v>740</v>
       </c>
       <c r="I26" t="s">
-        <v>717</v>
+        <v>741</v>
       </c>
       <c r="J26" t="s">
-        <v>718</v>
+        <v>742</v>
       </c>
       <c r="K26" t="s">
-        <v>719</v>
+        <v>743</v>
       </c>
       <c r="L26" t="s">
-        <v>720</v>
+        <v>744</v>
       </c>
       <c r="M26" t="s">
-        <v>721</v>
+        <v>745</v>
       </c>
       <c r="N26" t="s">
-        <v>722</v>
+        <v>746</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B27" t="s">
-        <v>723</v>
+        <v>747</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>724</v>
+        <v>748</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>725</v>
+        <v>749</v>
       </c>
       <c r="H27" t="s">
-        <v>726</v>
+        <v>750</v>
       </c>
       <c r="I27" t="s">
-        <v>727</v>
+        <v>751</v>
       </c>
       <c r="J27" t="s">
-        <v>728</v>
+        <v>752</v>
       </c>
       <c r="K27" t="s">
-        <v>729</v>
+        <v>753</v>
       </c>
       <c r="L27" t="s">
-        <v>730</v>
+        <v>754</v>
       </c>
       <c r="M27" t="s">
-        <v>731</v>
+        <v>755</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B28" t="s">
-        <v>732</v>
+        <v>756</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>733</v>
+        <v>757</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>734</v>
+        <v>758</v>
       </c>
       <c r="H28" t="s">
-        <v>735</v>
+        <v>759</v>
       </c>
       <c r="I28" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
       <c r="J28" t="s">
-        <v>736</v>
+        <v>760</v>
       </c>
       <c r="K28" t="s">
-        <v>737</v>
+        <v>761</v>
       </c>
       <c r="L28" t="s">
-        <v>738</v>
+        <v>762</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B29" t="s">
-        <v>739</v>
+        <v>763</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>740</v>
+        <v>764</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>741</v>
+        <v>765</v>
       </c>
       <c r="H29" t="s">
-        <v>742</v>
+        <v>766</v>
       </c>
       <c r="I29" t="s">
-        <v>743</v>
+        <v>767</v>
       </c>
       <c r="J29" t="s">
-        <v>744</v>
+        <v>768</v>
       </c>
       <c r="K29" t="s">
-        <v>745</v>
+        <v>769</v>
       </c>
       <c r="L29" t="s">
-        <v>746</v>
+        <v>770</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B30" t="s">
-        <v>747</v>
+        <v>771</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>748</v>
+        <v>772</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>749</v>
+        <v>773</v>
       </c>
       <c r="H30" t="s">
-        <v>750</v>
+        <v>774</v>
       </c>
       <c r="I30" t="s">
-        <v>751</v>
+        <v>775</v>
       </c>
       <c r="J30" t="s">
-        <v>744</v>
+        <v>768</v>
       </c>
       <c r="K30" t="s">
-        <v>752</v>
+        <v>776</v>
       </c>
       <c r="L30" t="s">
-        <v>753</v>
+        <v>777</v>
       </c>
       <c r="M30" t="s">
-        <v>754</v>
+        <v>778</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B31" t="s">
-        <v>755</v>
+        <v>779</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>748</v>
+        <v>772</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>756</v>
+        <v>780</v>
       </c>
       <c r="H31" t="s">
-        <v>757</v>
+        <v>781</v>
       </c>
       <c r="I31" t="s">
-        <v>758</v>
+        <v>782</v>
       </c>
       <c r="J31" t="s">
-        <v>744</v>
+        <v>768</v>
       </c>
       <c r="K31" t="s">
-        <v>759</v>
+        <v>783</v>
       </c>
       <c r="L31" t="s">
-        <v>760</v>
+        <v>784</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B32" t="s">
-        <v>761</v>
+        <v>785</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>762</v>
+        <v>786</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>763</v>
+        <v>787</v>
       </c>
       <c r="H32" t="s">
-        <v>764</v>
+        <v>788</v>
       </c>
       <c r="I32" t="s">
-        <v>765</v>
+        <v>789</v>
       </c>
       <c r="J32" t="s">
-        <v>766</v>
+        <v>790</v>
       </c>
       <c r="K32" t="s">
-        <v>767</v>
+        <v>791</v>
       </c>
       <c r="L32" t="s">
-        <v>768</v>
+        <v>792</v>
       </c>
       <c r="M32" t="s">
-        <v>769</v>
+        <v>793</v>
       </c>
       <c r="N32" t="s">
-        <v>770</v>
+        <v>794</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B33" t="s">
-        <v>771</v>
+        <v>795</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>772</v>
+        <v>796</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>773</v>
+        <v>797</v>
       </c>
       <c r="H33" t="s">
-        <v>774</v>
+        <v>798</v>
       </c>
       <c r="I33" t="s">
-        <v>775</v>
+        <v>799</v>
       </c>
       <c r="J33" t="s">
-        <v>776</v>
+        <v>800</v>
       </c>
       <c r="K33" t="s">
-        <v>777</v>
+        <v>801</v>
       </c>
       <c r="L33" t="s">
-        <v>778</v>
+        <v>802</v>
       </c>
       <c r="M33" t="s">
-        <v>779</v>
+        <v>803</v>
       </c>
       <c r="N33" t="s">
-        <v>780</v>
+        <v>804</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B34" t="s">
-        <v>781</v>
+        <v>805</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>782</v>
+        <v>806</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>783</v>
+        <v>807</v>
       </c>
       <c r="H34" t="s">
-        <v>784</v>
+        <v>808</v>
       </c>
       <c r="I34" t="s">
-        <v>785</v>
+        <v>809</v>
       </c>
       <c r="J34" t="s">
-        <v>786</v>
+        <v>810</v>
       </c>
       <c r="K34" t="s">
-        <v>787</v>
+        <v>811</v>
       </c>
       <c r="L34" t="s">
-        <v>788</v>
+        <v>812</v>
       </c>
       <c r="M34" t="s">
-        <v>789</v>
+        <v>813</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B35" t="s">
-        <v>790</v>
+        <v>814</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>791</v>
+        <v>815</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>792</v>
+        <v>816</v>
       </c>
       <c r="H35" t="s">
-        <v>793</v>
+        <v>817</v>
       </c>
       <c r="I35" t="s">
-        <v>794</v>
+        <v>818</v>
       </c>
       <c r="J35" t="s">
-        <v>795</v>
+        <v>819</v>
       </c>
       <c r="K35" t="s">
-        <v>796</v>
+        <v>820</v>
       </c>
       <c r="L35" t="s">
-        <v>797</v>
+        <v>821</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B36" t="s">
-        <v>798</v>
+        <v>822</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>791</v>
+        <v>815</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>799</v>
+        <v>823</v>
       </c>
       <c r="H36" t="s">
-        <v>800</v>
+        <v>824</v>
       </c>
       <c r="I36" t="s">
-        <v>801</v>
+        <v>825</v>
       </c>
       <c r="J36" t="s">
-        <v>802</v>
+        <v>826</v>
       </c>
       <c r="K36" t="s">
-        <v>803</v>
+        <v>827</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B37" t="s">
-        <v>804</v>
+        <v>828</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>805</v>
+        <v>829</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>806</v>
+        <v>830</v>
       </c>
       <c r="H37" t="s">
-        <v>807</v>
+        <v>831</v>
       </c>
       <c r="I37" t="s">
-        <v>808</v>
+        <v>832</v>
       </c>
       <c r="J37" t="s">
-        <v>809</v>
+        <v>833</v>
       </c>
       <c r="K37" t="s">
-        <v>810</v>
+        <v>834</v>
       </c>
       <c r="L37" t="s">
-        <v>811</v>
+        <v>835</v>
       </c>
       <c r="M37" t="s">
-        <v>812</v>
+        <v>836</v>
       </c>
       <c r="N37" t="s">
-        <v>813</v>
+        <v>837</v>
       </c>
       <c r="O37" t="s">
-        <v>814</v>
+        <v>838</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="B38" t="s">
-        <v>815</v>
+        <v>839</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>816</v>
+        <v>840</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>817</v>
+        <v>841</v>
       </c>
       <c r="H38" t="s">
-        <v>818</v>
+        <v>842</v>
       </c>
       <c r="I38" t="s">
-        <v>819</v>
+        <v>843</v>
       </c>
       <c r="J38" t="s">
-        <v>700</v>
+        <v>724</v>
       </c>
       <c r="K38" t="s">
-        <v>820</v>
+        <v>844</v>
       </c>
       <c r="L38" t="s">
-        <v>821</v>
+        <v>845</v>
       </c>
       <c r="M38" t="s">
-        <v>822</v>
+        <v>846</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>