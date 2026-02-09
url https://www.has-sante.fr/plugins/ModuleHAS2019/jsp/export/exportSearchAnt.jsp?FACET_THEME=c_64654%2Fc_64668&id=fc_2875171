--- v1 (2025-12-25)
+++ v2 (2026-02-09)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1393" uniqueCount="847">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1393" uniqueCount="846">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1314,53 +1314,50 @@
     <t>c_240379</t>
   </si>
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>08/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_240391</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
   </si>
   <si>
     <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
-  </si>
-[...1 lines deleted...]
-    <t>11/12/2025 11:02:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
   </si>
   <si>
     <t>p_3784577</t>
   </si>
   <si>
     <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
   </si>
   <si>
     <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
   </si>
   <si>
     <t>17/04/2025 00:00:00</t>
   </si>
   <si>
     <t>06/05/2025 15:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
@@ -5102,2138 +5099,2138 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>423</v>
       </c>
       <c r="B2" t="s">
         <v>424</v>
       </c>
       <c r="C2" t="s">
         <v>425</v>
       </c>
       <c r="D2" t="s">
         <v>426</v>
       </c>
       <c r="E2" t="s">
+        <v>380</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>427</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>423</v>
       </c>
       <c r="B3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C3" t="s">
         <v>430</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>431</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>432</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>433</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>423</v>
       </c>
       <c r="B4" t="s">
+        <v>435</v>
+      </c>
+      <c r="C4" t="s">
         <v>436</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>431</v>
+      </c>
+      <c r="E4" t="s">
         <v>437</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>438</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>423</v>
       </c>
       <c r="B5" t="s">
+        <v>440</v>
+      </c>
+      <c r="C5" t="s">
         <v>441</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="E5" t="s">
         <v>385</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
+        <v>443</v>
+      </c>
+      <c r="H5" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>423</v>
       </c>
       <c r="B6" t="s">
+        <v>445</v>
+      </c>
+      <c r="C6" t="s">
         <v>446</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>447</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>448</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>449</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>423</v>
       </c>
       <c r="B7" t="s">
+        <v>451</v>
+      </c>
+      <c r="C7" t="s">
         <v>452</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>453</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>454</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>455</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>423</v>
       </c>
       <c r="B8" t="s">
+        <v>457</v>
+      </c>
+      <c r="C8" t="s">
         <v>458</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>459</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>460</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
         <v>461</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>423</v>
       </c>
       <c r="B9" t="s">
+        <v>463</v>
+      </c>
+      <c r="C9" t="s">
         <v>464</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>465</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>466</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>467</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>423</v>
       </c>
       <c r="B10" t="s">
+        <v>469</v>
+      </c>
+      <c r="C10" t="s">
         <v>470</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>471</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>472</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
         <v>473</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>423</v>
       </c>
       <c r="B11" t="s">
+        <v>475</v>
+      </c>
+      <c r="C11" t="s">
         <v>476</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>477</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>478</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
         <v>479</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>481</v>
+      </c>
+      <c r="B2" t="s">
         <v>482</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>483</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="E2" t="s">
         <v>385</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
+        <v>485</v>
+      </c>
+      <c r="H2" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="B3" t="s">
+        <v>487</v>
+      </c>
+      <c r="C3" t="s">
         <v>488</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="E3" t="s">
         <v>385</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
+        <v>489</v>
+      </c>
+      <c r="H3" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="B4" t="s">
+        <v>491</v>
+      </c>
+      <c r="C4" t="s">
         <v>492</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>493</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>494</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>495</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>497</v>
+      </c>
+      <c r="B2" t="s">
         <v>498</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>499</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>500</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>501</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B3" t="s">
+        <v>503</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>504</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>505</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B4" t="s">
+        <v>507</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>508</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>509</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="B5" t="s">
+        <v>511</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>512</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>513</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>517</v>
+      </c>
+      <c r="B2" t="s">
         <v>518</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>519</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>520</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>521</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>522</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>523</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>524</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>525</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>526</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>527</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>528</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>529</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B3" t="s">
+        <v>531</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>532</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>533</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>534</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>535</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>536</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>537</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>538</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>539</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>540</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>541</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B4" t="s">
+        <v>543</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>544</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>545</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>546</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>547</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>548</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>549</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B5" t="s">
+        <v>551</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>552</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>553</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>554</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>555</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>556</v>
       </c>
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>557</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>558</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>559</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>560</v>
       </c>
-      <c r="N5" t="s">
+      <c r="O5" t="s">
         <v>561</v>
       </c>
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B6" t="s">
+        <v>563</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>564</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>565</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>566</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>567</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>568</v>
       </c>
-      <c r="J6" t="s">
+      <c r="K6" t="s">
         <v>569</v>
       </c>
-      <c r="K6" t="s">
+      <c r="L6" t="s">
         <v>570</v>
       </c>
-      <c r="L6" t="s">
+      <c r="M6" t="s">
         <v>571</v>
       </c>
-      <c r="M6" t="s">
+      <c r="N6" t="s">
         <v>572</v>
       </c>
-      <c r="N6" t="s">
+      <c r="O6" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B7" t="s">
+        <v>574</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>575</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>576</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>577</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
+        <v>547</v>
+      </c>
+      <c r="J7" t="s">
         <v>578</v>
       </c>
-      <c r="I7" t="s">
-[...2 lines deleted...]
-      <c r="J7" t="s">
+      <c r="K7" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B8" t="s">
+        <v>580</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>581</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
         <v>582</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>583</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>584</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
         <v>585</v>
       </c>
-      <c r="J8" t="s">
+      <c r="K8" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B9" t="s">
+        <v>587</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>588</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>589</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>590</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>591</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
         <v>592</v>
       </c>
-      <c r="J9" t="s">
+      <c r="K9" t="s">
         <v>593</v>
       </c>
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>594</v>
       </c>
-      <c r="L9" t="s">
+      <c r="M9" t="s">
         <v>595</v>
       </c>
-      <c r="M9" t="s">
+      <c r="N9" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B10" t="s">
+        <v>597</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>598</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
         <v>599</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>600</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
+        <v>522</v>
+      </c>
+      <c r="J10" t="s">
         <v>601</v>
       </c>
-      <c r="I10" t="s">
-[...2 lines deleted...]
-      <c r="J10" t="s">
+      <c r="K10" t="s">
         <v>602</v>
       </c>
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B11" t="s">
+        <v>604</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>605</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
         <v>606</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>607</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>608</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
         <v>609</v>
       </c>
-      <c r="J11" t="s">
+      <c r="K11" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B12" t="s">
+        <v>611</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>612</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
         <v>613</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>614</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>615</v>
       </c>
-      <c r="I12" t="s">
+      <c r="J12" t="s">
         <v>616</v>
       </c>
-      <c r="J12" t="s">
+      <c r="K12" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B13" t="s">
+        <v>618</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
         <v>619</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
         <v>620</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>621</v>
       </c>
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>622</v>
       </c>
-      <c r="I13" t="s">
+      <c r="J13" t="s">
         <v>623</v>
       </c>
-      <c r="J13" t="s">
+      <c r="K13" t="s">
         <v>624</v>
       </c>
-      <c r="K13" t="s">
+      <c r="L13" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B14" t="s">
+        <v>626</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>627</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
         <v>628</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>629</v>
       </c>
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>630</v>
       </c>
-      <c r="I14" t="s">
+      <c r="J14" t="s">
         <v>631</v>
       </c>
-      <c r="J14" t="s">
+      <c r="K14" t="s">
         <v>632</v>
       </c>
-      <c r="K14" t="s">
+      <c r="L14" t="s">
         <v>633</v>
       </c>
-      <c r="L14" t="s">
+      <c r="M14" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B15" t="s">
+        <v>635</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>636</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
         <v>637</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>638</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>639</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
         <v>640</v>
       </c>
-      <c r="J15" t="s">
+      <c r="K15" t="s">
         <v>641</v>
       </c>
-      <c r="K15" t="s">
+      <c r="L15" t="s">
         <v>642</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" t="s">
         <v>643</v>
       </c>
-      <c r="M15" t="s">
+      <c r="N15" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B16" t="s">
+        <v>645</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>646</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
         <v>647</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>648</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>649</v>
       </c>
-      <c r="I16" t="s">
+      <c r="J16" t="s">
+        <v>578</v>
+      </c>
+      <c r="K16" t="s">
         <v>650</v>
       </c>
-      <c r="J16" t="s">
-[...2 lines deleted...]
-      <c r="K16" t="s">
+      <c r="L16" t="s">
         <v>651</v>
       </c>
-      <c r="L16" t="s">
+      <c r="M16" t="s">
         <v>652</v>
       </c>
-      <c r="M16" t="s">
+      <c r="N16" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B17" t="s">
+        <v>654</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>655</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
         <v>656</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>657</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>658</v>
       </c>
-      <c r="I17" t="s">
+      <c r="J17" t="s">
         <v>659</v>
       </c>
-      <c r="J17" t="s">
+      <c r="K17" t="s">
         <v>660</v>
       </c>
-      <c r="K17" t="s">
+      <c r="L17" t="s">
         <v>661</v>
       </c>
-      <c r="L17" t="s">
+      <c r="M17" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B18" t="s">
+        <v>663</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>664</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
         <v>665</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>666</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>667</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J18" t="s">
         <v>668</v>
       </c>
-      <c r="J18" t="s">
+      <c r="K18" t="s">
         <v>669</v>
       </c>
-      <c r="K18" t="s">
+      <c r="L18" t="s">
         <v>670</v>
       </c>
-      <c r="L18" t="s">
+      <c r="M18" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B19" t="s">
+        <v>672</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>673</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
         <v>674</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>675</v>
       </c>
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>676</v>
       </c>
-      <c r="I19" t="s">
+      <c r="J19" t="s">
         <v>677</v>
       </c>
-      <c r="J19" t="s">
+      <c r="K19" t="s">
         <v>678</v>
       </c>
-      <c r="K19" t="s">
+      <c r="L19" t="s">
         <v>679</v>
       </c>
-      <c r="L19" t="s">
+      <c r="M19" t="s">
         <v>680</v>
       </c>
-      <c r="M19" t="s">
+      <c r="N19" t="s">
         <v>681</v>
       </c>
-      <c r="N19" t="s">
+      <c r="O19" t="s">
         <v>682</v>
       </c>
-      <c r="O19" t="s">
+      <c r="P19" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B20" t="s">
+        <v>684</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
         <v>685</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
         <v>686</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>687</v>
       </c>
-      <c r="H20" t="s">
+      <c r="I20" t="s">
+        <v>676</v>
+      </c>
+      <c r="J20" t="s">
         <v>688</v>
       </c>
-      <c r="I20" t="s">
-[...2 lines deleted...]
-      <c r="J20" t="s">
+      <c r="K20" t="s">
         <v>689</v>
       </c>
-      <c r="K20" t="s">
+      <c r="L20" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B21" t="s">
+        <v>691</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>692</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
         <v>693</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>694</v>
       </c>
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>695</v>
       </c>
-      <c r="I21" t="s">
+      <c r="J21" t="s">
         <v>696</v>
       </c>
-      <c r="J21" t="s">
+      <c r="K21" t="s">
         <v>697</v>
       </c>
-      <c r="K21" t="s">
+      <c r="L21" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B22" t="s">
+        <v>699</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>700</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
         <v>701</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>702</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>703</v>
       </c>
-      <c r="I22" t="s">
+      <c r="J22" t="s">
         <v>704</v>
       </c>
-      <c r="J22" t="s">
+      <c r="K22" t="s">
         <v>705</v>
       </c>
-      <c r="K22" t="s">
+      <c r="L22" t="s">
         <v>706</v>
       </c>
-      <c r="L22" t="s">
+      <c r="M22" t="s">
         <v>707</v>
       </c>
-      <c r="M22" t="s">
+      <c r="N22" t="s">
         <v>708</v>
       </c>
-      <c r="N22" t="s">
+      <c r="O22" t="s">
         <v>709</v>
-      </c>
-[...1 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B23" t="s">
+        <v>710</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
         <v>711</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
         <v>712</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>713</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>714</v>
       </c>
-      <c r="I23" t="s">
+      <c r="J23" t="s">
         <v>715</v>
       </c>
-      <c r="J23" t="s">
+      <c r="K23" t="s">
         <v>716</v>
       </c>
-      <c r="K23" t="s">
+      <c r="L23" t="s">
         <v>717</v>
       </c>
-      <c r="L23" t="s">
+      <c r="M23" t="s">
         <v>718</v>
-      </c>
-[...1 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B24" t="s">
+        <v>719</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
         <v>720</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
         <v>721</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>722</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
+        <v>522</v>
+      </c>
+      <c r="J24" t="s">
         <v>723</v>
       </c>
-      <c r="I24" t="s">
-[...2 lines deleted...]
-      <c r="J24" t="s">
+      <c r="K24" t="s">
         <v>724</v>
       </c>
-      <c r="K24" t="s">
+      <c r="L24" t="s">
         <v>725</v>
       </c>
-      <c r="L24" t="s">
+      <c r="M24" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B25" t="s">
+        <v>727</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>728</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
         <v>729</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>730</v>
       </c>
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>731</v>
       </c>
-      <c r="I25" t="s">
+      <c r="J25" t="s">
+        <v>723</v>
+      </c>
+      <c r="K25" t="s">
         <v>732</v>
       </c>
-      <c r="J25" t="s">
-[...2 lines deleted...]
-      <c r="K25" t="s">
+      <c r="L25" t="s">
         <v>733</v>
       </c>
-      <c r="L25" t="s">
+      <c r="M25" t="s">
         <v>734</v>
       </c>
-      <c r="M25" t="s">
+      <c r="N25" t="s">
         <v>735</v>
-      </c>
-[...1 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B26" t="s">
+        <v>736</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
         <v>737</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
         <v>738</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>739</v>
       </c>
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>740</v>
       </c>
-      <c r="I26" t="s">
+      <c r="J26" t="s">
         <v>741</v>
       </c>
-      <c r="J26" t="s">
+      <c r="K26" t="s">
         <v>742</v>
       </c>
-      <c r="K26" t="s">
+      <c r="L26" t="s">
         <v>743</v>
       </c>
-      <c r="L26" t="s">
+      <c r="M26" t="s">
         <v>744</v>
       </c>
-      <c r="M26" t="s">
+      <c r="N26" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B27" t="s">
+        <v>746</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
         <v>747</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
         <v>748</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>749</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>750</v>
       </c>
-      <c r="I27" t="s">
+      <c r="J27" t="s">
         <v>751</v>
       </c>
-      <c r="J27" t="s">
+      <c r="K27" t="s">
         <v>752</v>
       </c>
-      <c r="K27" t="s">
+      <c r="L27" t="s">
         <v>753</v>
       </c>
-      <c r="L27" t="s">
+      <c r="M27" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B28" t="s">
+        <v>755</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
         <v>756</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
         <v>757</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>758</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="s">
+        <v>622</v>
+      </c>
+      <c r="J28" t="s">
         <v>759</v>
       </c>
-      <c r="I28" t="s">
-[...2 lines deleted...]
-      <c r="J28" t="s">
+      <c r="K28" t="s">
         <v>760</v>
       </c>
-      <c r="K28" t="s">
+      <c r="L28" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B29" t="s">
+        <v>762</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
         <v>763</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
         <v>764</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>765</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>766</v>
       </c>
-      <c r="I29" t="s">
+      <c r="J29" t="s">
         <v>767</v>
       </c>
-      <c r="J29" t="s">
+      <c r="K29" t="s">
         <v>768</v>
       </c>
-      <c r="K29" t="s">
+      <c r="L29" t="s">
         <v>769</v>
-      </c>
-[...1 lines deleted...]
-        <v>770</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B30" t="s">
+        <v>770</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
         <v>771</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
         <v>772</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>773</v>
       </c>
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>774</v>
       </c>
-      <c r="I30" t="s">
+      <c r="J30" t="s">
+        <v>767</v>
+      </c>
+      <c r="K30" t="s">
         <v>775</v>
       </c>
-      <c r="J30" t="s">
-[...2 lines deleted...]
-      <c r="K30" t="s">
+      <c r="L30" t="s">
         <v>776</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
         <v>777</v>
-      </c>
-[...1 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B31" t="s">
+        <v>778</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>771</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
         <v>779</v>
       </c>
-      <c r="C31" t="s">
-[...11 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>780</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>781</v>
       </c>
-      <c r="I31" t="s">
+      <c r="J31" t="s">
+        <v>767</v>
+      </c>
+      <c r="K31" t="s">
         <v>782</v>
       </c>
-      <c r="J31" t="s">
-[...2 lines deleted...]
-      <c r="K31" t="s">
+      <c r="L31" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B32" t="s">
+        <v>784</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
         <v>785</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
         <v>786</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>787</v>
       </c>
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>788</v>
       </c>
-      <c r="I32" t="s">
+      <c r="J32" t="s">
         <v>789</v>
       </c>
-      <c r="J32" t="s">
+      <c r="K32" t="s">
         <v>790</v>
       </c>
-      <c r="K32" t="s">
+      <c r="L32" t="s">
         <v>791</v>
       </c>
-      <c r="L32" t="s">
+      <c r="M32" t="s">
         <v>792</v>
       </c>
-      <c r="M32" t="s">
+      <c r="N32" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B33" t="s">
+        <v>794</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
         <v>795</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
         <v>796</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>797</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>798</v>
       </c>
-      <c r="I33" t="s">
+      <c r="J33" t="s">
         <v>799</v>
       </c>
-      <c r="J33" t="s">
+      <c r="K33" t="s">
         <v>800</v>
       </c>
-      <c r="K33" t="s">
+      <c r="L33" t="s">
         <v>801</v>
       </c>
-      <c r="L33" t="s">
+      <c r="M33" t="s">
         <v>802</v>
       </c>
-      <c r="M33" t="s">
+      <c r="N33" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B34" t="s">
+        <v>804</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
         <v>805</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
         <v>806</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>807</v>
       </c>
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>808</v>
       </c>
-      <c r="I34" t="s">
+      <c r="J34" t="s">
         <v>809</v>
       </c>
-      <c r="J34" t="s">
+      <c r="K34" t="s">
         <v>810</v>
       </c>
-      <c r="K34" t="s">
+      <c r="L34" t="s">
         <v>811</v>
       </c>
-      <c r="L34" t="s">
+      <c r="M34" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B35" t="s">
+        <v>813</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
         <v>814</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
         <v>815</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>816</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>817</v>
       </c>
-      <c r="I35" t="s">
+      <c r="J35" t="s">
         <v>818</v>
       </c>
-      <c r="J35" t="s">
+      <c r="K35" t="s">
         <v>819</v>
       </c>
-      <c r="K35" t="s">
+      <c r="L35" t="s">
         <v>820</v>
-      </c>
-[...1 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B36" t="s">
+        <v>821</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>814</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
         <v>822</v>
       </c>
-      <c r="C36" t="s">
-[...11 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>823</v>
       </c>
-      <c r="H36" t="s">
+      <c r="I36" t="s">
         <v>824</v>
       </c>
-      <c r="I36" t="s">
+      <c r="J36" t="s">
         <v>825</v>
       </c>
-      <c r="J36" t="s">
+      <c r="K36" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B37" t="s">
+        <v>827</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
         <v>828</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
         <v>829</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>830</v>
       </c>
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>831</v>
       </c>
-      <c r="I37" t="s">
+      <c r="J37" t="s">
         <v>832</v>
       </c>
-      <c r="J37" t="s">
+      <c r="K37" t="s">
         <v>833</v>
       </c>
-      <c r="K37" t="s">
+      <c r="L37" t="s">
         <v>834</v>
       </c>
-      <c r="L37" t="s">
+      <c r="M37" t="s">
         <v>835</v>
       </c>
-      <c r="M37" t="s">
+      <c r="N37" t="s">
         <v>836</v>
       </c>
-      <c r="N37" t="s">
+      <c r="O37" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B38" t="s">
+        <v>838</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
         <v>839</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
         <v>840</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>841</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>842</v>
       </c>
-      <c r="I38" t="s">
+      <c r="J38" t="s">
+        <v>723</v>
+      </c>
+      <c r="K38" t="s">
         <v>843</v>
       </c>
-      <c r="J38" t="s">
-[...2 lines deleted...]
-      <c r="K38" t="s">
+      <c r="L38" t="s">
         <v>844</v>
       </c>
-      <c r="L38" t="s">
+      <c r="M38" t="s">
         <v>845</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>