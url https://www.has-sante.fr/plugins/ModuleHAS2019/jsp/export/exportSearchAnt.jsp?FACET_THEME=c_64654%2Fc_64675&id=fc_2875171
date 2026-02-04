--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -1,29367 +1,13382 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Tool to improve professi" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5698" uniqueCount="3695">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2548" uniqueCount="1731">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ROSIDAL K</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Bone marrow failures and other chronic cytopenias myelodysplastic syndromes</t>
+  </si>
+  <si>
+    <t>The purpose of this guide is to explain to health professionals the optimal management and integrated care pathway for patients with myelodysplastic syndromes.</t>
+  </si>
+  <si>
+    <t>03/27/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2025 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/10/2025 00:00:00</t>
-[...563 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_662211/fr/ald-n-2-syndromes-myelodysplasiques</t>
+    <t>https://www.has-sante.fr/jcms/c_662211/en/bone-marrow-failures-and-other-chronic-cytopenias-myelodysplastic-syndromes</t>
   </si>
   <si>
     <t>c_662211</t>
   </si>
   <si>
-    <t>Hémophilie A acquise</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
-[...683 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Thrombophilia and pregnancy – Preventing maternal and placental thrombosis</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. What are the risk factors for maternal venous thromboembolism?# 2. What are the risk factors for placental vascular disease?# 3. Which further investigations should be performed, and for which patients?# 4. What treatments are available? Which patients should be treated, and what form should that treatment take? What information should patients be given?</t>
+  </si>
+  <si>
+    <t>04/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...215 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales – Note de cadrage</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
-[...71 lines deleted...]
-    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>16/04/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
+    <t>04/16/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
+    <t>Assessment of BCR-ABL fusion gene testing or quantification using RT-PCR in the diagnosis and therapeutic follow-up of chronic myeloid leukaemias and acute lymphoblastic leukaemias - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The BCR-ABL fusion gene, also called the Philadelphia gene or chromosome Ph1, is the result of a reciprocal translocation between chromosomes 9 and 22. The BCR-ABL fusion gene codes for a fusion protein with a deregulated tyrosine kinase activity, which activates various mechanisms involved in cell multiplication. The BCR-ABL fusion gene is present in all chronic myeloid leukaemias (CML), 3 to 5% of acute lymphoblastic leukaemias (ALL) in children and between 15 to 30% of ALL in adults. Therefore, routine testing is done when CML or ALL is suspected. The BCR-ABL fusion gene is evidenced by cytogenetics (karyotype), molecular cytogenetics (FISH), or by RT-PCR. BCR-ABL fusion transcript can also be quantified by quantitative PCR (RT-qPCR). Currently, only BCR-ABL fusion gene testing is included in the list of the laboratory medicine procedures reimbursement by the health insurance system in France (NABM). BCR-ABL transcript testing by molecular biology is included in the additional list of laboratory medicine and anatomo-cytopathology procedures outside of the nomenclature</t>
+  </si>
+  <si>
+    <t>11/08/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/13/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la leishmaniose</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2751691/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-leishmaniose</t>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis of leishmaniasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the tests used to detect Leishmania DNA and serum antibodies in the diagnosis and follow-up of leishmaniasis by specifying their indications and the techniques used</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751691/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-leishmaniasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2751691</t>
   </si>
   <si>
-    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
+    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
+  </si>
+  <si>
+    <t>The aim of this work is to assess the clinical utility of measuring the Epstein-Barr virus (EBV) viral load through real-time genetic amplification (PCR) and testing for serum anti-EBV antibodies as part of post-transplant lymphoproliferative disorder (PTLD), with a view to their inclusion in the list of Procedures in Laboratory Medicine reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>11/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/20/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Techniques de reconstruction après ablation d’implant mammaire dans le contexte d’un LAGC-AIM</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Évaluation des dispositifs de compression médicale à usage individuel – Utilisation en pathologies vasculaires</t>
-[...170 lines deleted...]
-    <t>Flash Sécurité Patient - « Surveillance biologique des anticoagulants (héparines et antivitamines K). Une prise de sang pour éviter une perte de sang »</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Focus on patient safety - « Laboratory monitoring of anticoagulants (heparins and vitamin K antagonists) - A blood test to prevent blood loss »</t>
   </si>
   <si>
     <t>Ce flash sécurité patient s’intéresse aux événements indésirables associés aux soins survenus suite à une défaillance dans la surveillance biologique des héparines et antivitamines K.</t>
   </si>
   <si>
     <t>10/10/2023 08:25:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3466363/fr/flash-securite-patient-surveillance-biologique-des-anticoagulants-heparines-et-antivitamines-k-une-prise-de-sang-pour-eviter-une-perte-de-sang</t>
+    <t>https://www.has-sante.fr/jcms/p_3466363/en/focus-on-patient-safety-laboratory-monitoring-of-anticoagulants-heparins-and-vitamin-k-antagonists-a-blood-test-to-prevent-blood-loss</t>
   </si>
   <si>
     <t>p_3466363</t>
   </si>
   <si>
-    <t>Critères d’EPP pour les maladies cardio-vasculaires</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982864/fr/keytruda-pembrolizumab</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>CALQUENCE (acalabrutinib)</t>
+  </si>
+  <si>
+    <t>01/30/2026 14:59:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265561/en/calquence-acalabrutinib</t>
+  </si>
+  <si>
+    <t>p_3265561</t>
+  </si>
+  <si>
+    <t>acalabrutinib</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265516/en/calquence-acalabrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310174/en/calquence-100-mg-acalabrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427072/en/calquence-acalabrutinib-chronic-lymphocytic-leukaemia-cll</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448231/en/calquence-acalabrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597238/en/calquence-acalabrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840713/en/calquence-acalabrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>BREYANZI (lisocabtagene maraleucel)</t>
+  </si>
+  <si>
+    <t>01/20/2026 12:05:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368515/en/breyanzi-lisocabtagene-maraleucel</t>
+  </si>
+  <si>
+    <t>p_3368515</t>
+  </si>
+  <si>
+    <t>lisocabtagene maraleucel</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368313/en/breyanzi-lisocabtagene-maraleucel-liso-cel-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463573/en/breyanzi-lisocabtagene-maraleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463592/en/breyanzi-lisocabtagene-maraleucel-lymphome-folliculaire-de-grade-3b-lf3b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465836/en/breyanzi-lisocabtagene-maraleucel-1-1-70x10-6-cells/ml/1-1-70x10-6-cells/ml-dispersion-for-infusion</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808974/en/breyanzi-lisocabtagene-maraleucel-lymphome-folliculaire-lf</t>
+  </si>
+  <si>
+    <t>KEYTRUDA</t>
+  </si>
+  <si>
+    <t>12/19/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/en/keytruda</t>
   </si>
   <si>
     <t>pprd_2982864</t>
   </si>
   <si>
     <t>pembrolizumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2639673/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
-[...206 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983527/fr/imbruvica-ibrutinib</t>
+    <t>https://www.has-sante.fr/jcms/c_2639673/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/en/keytruda-pembrolizumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/en/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/en/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/en/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/en/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/en/keytruda-kidney-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/en/keytruda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/en/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/en/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/en/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/en/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/en/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/en/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/en/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/en/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/en/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/en/keytruda-pembrolizumab-clear-cell-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/en/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/en/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/en/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/en/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/en/keytruda-pembrolizumab-renal-cell-carcinoma-rcc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/en/keytruda-pembrolizumab-gastro-oesophageal-junction-adenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/en/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/en/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/en/keytruda-pembrolizumab-metastatic-biliary</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/en/keytruda-pembrolizumab-adjuvant-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/en/keytruda-pembrolizumab-gastric-or-gastro-oesophageal-junctionadenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/en/keytruda-pembrolizumab-non-small-cell-lung-cancer-nsclc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/en/keytruda-pembrolizumab-urothelial-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/en/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/en/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/en/keytruda-pembrolizumab-cervical-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/en/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-endometrial-cancer-ec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806169/en/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806203/en/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806214/en/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>IMBRUVICA</t>
+  </si>
+  <si>
+    <t>12/01/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983527/en/imbruvica</t>
   </si>
   <si>
     <t>pprd_2983527</t>
   </si>
   <si>
     <t>ibrutinib</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2049868/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3761970/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+    <t>https://www.has-sante.fr/jcms/c_2049868/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746213/en/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742289/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770187/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794717/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165709/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168596/en/imbruvica-llc-en-association-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168611/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181104/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240237/en/imbruvica-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332332/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427083/en/imbruvica-ibrutinib-chronic-lymphocytic-leukaemia-cll</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741331/en/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761970/en/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
   </si>
   <si>
     <t>REBLOZYL (luspatercept)</t>
   </si>
   <si>
-    <t>01/12/2025 14:42:07</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3281288/fr/reblozyl-luspatercept</t>
+    <t>12/01/2025 14:42:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281288/en/reblozyl-luspatercept</t>
   </si>
   <si>
     <t>p_3281288</t>
   </si>
   <si>
     <t>luspatercept</t>
   </si>
   <si>
-    <t>BRISTOL-MYERS SQUIBB</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3742011/fr/reblozyl-luspatercept-anemie-due-a-un-syndrome-myelodysplasique</t>
+    <t>https://www.has-sante.fr/jcms/p_3281010/en/reblozyl-25-ss-thalassemie-luspatercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281443/en/reblozyl-luspatercept-syndrome-myelodysplasique-smd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490841/en/reblozyl-luspatercept-anemie-associee-a-une-beta-thalassemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742011/en/reblozyl-luspatercept-anemie-due-a-un-syndrome-myelodysplasique</t>
   </si>
   <si>
     <t>ALHEMO (concizumab)</t>
   </si>
   <si>
-    <t>01/12/2025 14:29:48</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3466254/fr/alhemo-concizumab</t>
+    <t>12/01/2025 14:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466254/en/alhemo-concizumab</t>
   </si>
   <si>
     <t>p_3466254</t>
   </si>
   <si>
     <t>concizumab</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3466237/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982754/fr/darzalex-daratumumab</t>
+    <t>https://www.has-sante.fr/jcms/p_3466237/en/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563330/en/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658189/en/alhemo-concizumab-haemophilia-a-or-b-with-fix-inhibitors-and-aged-12-years-and-over</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752762/en/alhemo-concizumab-hemophilie-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>DARZALEX</t>
+  </si>
+  <si>
+    <t>11/21/2025 09:10:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982754/en/darzalex</t>
   </si>
   <si>
     <t>pprd_2982754</t>
   </si>
   <si>
     <t>daratumumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2808583/fr/darzalex-daratumumab-anticorps-monoclonal-en-association</t>
-[...116 lines deleted...]
-    <t>lonafarnib</t>
+    <t>https://www.has-sante.fr/jcms/c_2808583/en/darzalex-daratumumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808595/en/darzalex-daratumumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967184/en/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183488/en/darzalex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183497/en/darzalex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183518/en/darzalex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320599/en/darzalex-amylose-systemique-a-chaines-legeres-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322754/en/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334268/en/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399882/en/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610014/en/darzalex-daratumumab-multiple-myeloma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704524/en/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>FABHALTA (iptacopan)</t>
+  </si>
+  <si>
+    <t>11/06/2025 09:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517036/en/fabhalta-iptacopan</t>
+  </si>
+  <si>
+    <t>p_3517036</t>
+  </si>
+  <si>
+    <t>iptacopan</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517015/en/fabhalta-iptacopan-hemoglobinurie-paroxystique-nocturne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560827/en/fabhalta-iptacopan-paroxysmal-nocturnal-haemoglobinuria-pnh</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689646/en/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704152/en/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
+  </si>
+  <si>
+    <t>TECVAYLI (teclistamab)</t>
+  </si>
+  <si>
+    <t>10/23/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369344/en/tecvayli-teclistamab</t>
+  </si>
+  <si>
+    <t>p_3369344</t>
+  </si>
+  <si>
+    <t>teclistamab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368649/en/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424344/en/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463441/en/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554842/en/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562524/en/tecvayli-teclistamab-multiple-myeloma</t>
+  </si>
+  <si>
+    <t>TIBSOVO (ivosidenib)</t>
+  </si>
+  <si>
+    <t>10/07/2025 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467581/en/tibsovo-ivosidenib</t>
+  </si>
+  <si>
+    <t>p_3467581</t>
+  </si>
+  <si>
+    <t>ivosidenib</t>
+  </si>
+  <si>
+    <t>LES LABORATOIRES SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574834/en/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467526/en/tibsovo-ivosidenib-acute-myeloid-leukaemia-aml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486120/en/tibsovo-ivosidenib-metastatic-cholangiocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398889/en/tibsovo-ivosidenib-servier-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482424/en/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431997/en/tibsovo-ivosidenib-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587094/en/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>VEYVONDI (vonicog alfa)</t>
+  </si>
+  <si>
+    <t>09/03/2025 09:35:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982964/en/veyvondi-vonicog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2982964</t>
+  </si>
+  <si>
+    <t>vonicog alfa</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891542/en/veyvondi-vonicog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643239/en/veyvondi-vonicog-alfa-von-willebrand-disease-vwd</t>
+  </si>
+  <si>
+    <t>PEGASYS (peginterféron alfa-2a)</t>
+  </si>
+  <si>
+    <t>08/07/2025 10:59:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983134/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>pprd_2983134</t>
+  </si>
+  <si>
+    <t>peginterféron alfa-2a</t>
+  </si>
+  <si>
+    <t>CHEPLAPHARM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399754/en/pegasys-135-g-solution-injectable-en-seringue-preremplie-b/1-b/4pegasys-180-g-solution-injectable-en-seringue-preremplie-b/1-b/4-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400333/en/pegasys-135-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4-pegasys-180-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749190/en/pegasys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713153/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937965/en/pegasys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364580/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735588/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735592/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868377/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860526/en/pegasys-peginterferon-alfa-2a-interferon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639817/en/pegasys-peginterferon-alfa-2a-polycythaemia-vera-or-essential-thrombocythaemia</t>
+  </si>
+  <si>
+    <t>BESREMI (ropeginterféron alfa-2b)</t>
+  </si>
+  <si>
+    <t>08/07/2025 10:46:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225639/en/besremi-ropeginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>p_3225639</t>
+  </si>
+  <si>
+    <t>ropeginterféron alfa-2b</t>
+  </si>
+  <si>
+    <t>AOP ORPHAN PHARMACEUTICALS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225401/en/besremi-ropeginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639637/en/besremi-ropeginterferon-alfa-2b-polycythaemia-vera</t>
+  </si>
+  <si>
+    <t>SARCLISA (isatuximab)</t>
+  </si>
+  <si>
+    <t>08/07/2025 11:03:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231122/en/sarclisa-isatuximab</t>
+  </si>
+  <si>
+    <t>p_3231122</t>
+  </si>
+  <si>
+    <t>isatuximab</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223297/en/sarclisa-isatuximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299691/en/sarclisa-isatuximab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554633/en/sarclisa-isatuximab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639408/en/sarclisa-isatuximab-newly-diagnosed-multiple-myeloma</t>
+  </si>
+  <si>
+    <t>JAKAVI</t>
+  </si>
+  <si>
+    <t>07/24/2025 10:55:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984024/en/jakavi</t>
+  </si>
+  <si>
+    <t>pprd_2984024</t>
+  </si>
+  <si>
+    <t>ruxolitinib</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359739/en/jakavi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651869/en/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608680/en/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580831/en/jakavi-ruxolitinib-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331384/en/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358913/en/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382742/en/jakavi-ruxolitinib-maladie-du-greffon-contre-l-hote-aigue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422332/en/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576262/en/jakavi-ruxolitinib-maladie-du-greffon-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633391/en/jakavi-ruxolitinib-gvhd-maladie-du-greffon-contre-l-hote-chez-le-nourrisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637170/en/jakavi-ruxolitinib-graft-versus-host-disease-gvhd</t>
+  </si>
+  <si>
+    <t>BLINCYTO (blinatumomab)</t>
+  </si>
+  <si>
+    <t>07/16/2025 16:46:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982847/en/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>pprd_2982847</t>
+  </si>
+  <si>
+    <t>blinatumomab</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610164/en/blincyto-blinatumomab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801974/en/blincyto-blinatumomab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908475/en/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146311/en/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181673/en/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349491/en/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312299/en/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478093/en/blincyto-blinatumomab-lal-en-echec-d-au-moins-2-traitements-avec-itk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518105/en/blincyto-blinatumomab-acute-lymphoblastic-leukaemia-all</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542801/en/blincyto-blinatumomab-leucemie-aigue-lymphoblastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633368/en/blincyto-blinatumomab-leucemie-aigue-lymphoblastique-lal-chez-l-adulte-de-18-a-30-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635785/en/blincyto-blinatumomab-lymphoblastic-leukaemia-all</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635806/en/blincyto-blinatumomab-lymphoblastic-leukaemia-all-in-paediatric</t>
+  </si>
+  <si>
+    <t>AYVAKYT (avapritinib)</t>
+  </si>
+  <si>
+    <t>06/30/2025 08:42:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242313/en/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>p_3242313</t>
+  </si>
+  <si>
+    <t>avapritinib</t>
+  </si>
+  <si>
+    <t>BLUEPRINT MEDICINES FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242174/en/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359432/en/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376534/en/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449806/en/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538225/en/ayvakyt-avapritinib-indolent-systemic-mastocytosis-ism</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633266/en/ayvakyt-avapritinib-gastrointestinal-stromal-tumours-gist</t>
+  </si>
+  <si>
+    <t>ELIQUIS</t>
+  </si>
+  <si>
+    <t>06/13/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
+  </si>
+  <si>
+    <t>pprd_2983394</t>
+  </si>
+  <si>
+    <t>apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
+  </si>
+  <si>
+    <t>FERROSTRANE (férédétate de sodium)</t>
+  </si>
+  <si>
+    <t>04/02/2025 17:56:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984943/en/ferrostrane-feredetate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984943</t>
+  </si>
+  <si>
+    <t>férédétate de sodium</t>
+  </si>
+  <si>
+    <t>TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642421/en/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363125/en/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599704/en/ferrostrane-infants-sodium-feredetate-iron-deficiency-anaemia</t>
+  </si>
+  <si>
+    <t>PHELINUN (melphalan)</t>
+  </si>
+  <si>
+    <t>03/25/2025 13:53:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599097/en/phelinun-melphalan</t>
+  </si>
+  <si>
+    <t>p_3599097</t>
+  </si>
+  <si>
+    <t>melphalan</t>
+  </si>
+  <si>
+    <t>ADIENNE S.r.l.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598809/en/phelinun-melphalan-phelinun-melphalan-transplantation</t>
+  </si>
+  <si>
+    <t>VOYDEYA (danicopan)</t>
+  </si>
+  <si>
+    <t>03/13/2025 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561246/en/voydeya-danicopan</t>
+  </si>
+  <si>
+    <t>p_3561246</t>
+  </si>
+  <si>
+    <t>danicopan</t>
+  </si>
+  <si>
+    <t>ALEXION PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560836/en/voydeya-danicopan-paroxysmal-nocturnal-haemoglobinuria</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482363/en/danicopan-danicopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+  </si>
+  <si>
+    <t>TEPADINA (thiotépa)</t>
+  </si>
+  <si>
+    <t>03/06/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985065/en/tepadina-thiotepa</t>
+  </si>
+  <si>
+    <t>pprd_2985065</t>
+  </si>
+  <si>
+    <t>thiotépa</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189058/en/tepadina</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288400/en/tepadina-400mg-thiotepa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594375/en/tepadina-thiotepa-transplantation</t>
+  </si>
+  <si>
+    <t>PEPAXTI (melphalan flufénamide)</t>
+  </si>
+  <si>
+    <t>02/19/2025 17:00:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591422/en/pepaxti-melphalan-flufenamide</t>
+  </si>
+  <si>
+    <t>p_3591422</t>
+  </si>
+  <si>
+    <t>melphalan flufénamide</t>
   </si>
   <si>
     <t>CEVIDRA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3368156/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
-[...116 lines deleted...]
-    <t>glofitamab</t>
+    <t>https://www.has-sante.fr/jcms/p_3590642/en/pepaxti-melphalan-flufenamide-multiple-myeloma</t>
+  </si>
+  <si>
+    <t>TECARTUS (cellules autologues CD3+ transduites anti-CD19)</t>
+  </si>
+  <si>
+    <t>01/09/2025 09:28:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266354/en/tecartus-cellules-autologues-cd3-transduites-anti-cd19</t>
+  </si>
+  <si>
+    <t>p_3266354</t>
+  </si>
+  <si>
+    <t>brexucabtagene autoleucel (cellules autologues CD3+ transduites anti-CD19)</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265892/en/tecartus-cellules-autologues-cd3-transduites-anti-cd19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403423/en/tecartus-brexucabtagene-autoleucel-leucemie-aigue-lymphoblastique-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419164/en/tecartus-brexucabtagene-autoleucel-cellules-auto-logues-cd3-transduites-anti-cd19-leucemie-aigue-lymphoblastique-lal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483642/en/tecartus-brexucabtagene-autoleucel-leucemie-aigue-lymphoblastique-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575020/en/tecartus-brexucabtagene-autoleucel-mantle-cell-lymphoma-mcl</t>
+  </si>
+  <si>
+    <t>RAPAMUNE (sirolimus)</t>
+  </si>
+  <si>
+    <t>11/21/2024 15:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982784/en/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>pprd_2982784</t>
+  </si>
+  <si>
+    <t>sirolimus</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399282/en/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399860/en/rapamune-2-mg-comprime-enrobe-boite-de-30-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400336/en/rapamune-1-mg-comprime-enrobe-boite-de-30-code-cip-359-530-1-rapamune-2-mg-comprime-enrobe-boite-de-30-code-cip-361-568-2-rapamune-1-mg/ml-solution-buvable-flacon-60-ml-code-cip-356-884-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684072/en/rapamune</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652825/en/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965614/en/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557612/en/rapamune-sirolimus-sporadic-lymphangioleiomyomatosis</t>
+  </si>
+  <si>
+    <t>EFFORTIL (chlorhydrate d’étiléfrine)</t>
+  </si>
+  <si>
+    <t>10/16/2024 13:30:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985775/en/effortil-chlorhydrate-d-etilefrine</t>
+  </si>
+  <si>
+    <t>pprd_2985775</t>
+  </si>
+  <si>
+    <t>chlorhydrate d’étiléfrine</t>
+  </si>
+  <si>
+    <t>SERB SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400463/en/effortil-chlorhydrate-d-etilefrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547438/en/effortil-etilefrine-low-flow-priapism</t>
+  </si>
+  <si>
+    <t>INREBIC (fédratinib)</t>
+  </si>
+  <si>
+    <t>10/10/2024 09:56:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314496/en/inrebic-fedratinib</t>
+  </si>
+  <si>
+    <t>p_3314496</t>
+  </si>
+  <si>
+    <t>fédratinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313612/en/inrebic-fedratinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546943/en/inrebic-fedratinib-disease-related-splenomegaly</t>
+  </si>
+  <si>
+    <t>OXYGENE MEDICINAL (oxygène)</t>
+  </si>
+  <si>
+    <t>09/09/2024 17:19:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984096/en/oxygene-medicinal-oxygene</t>
+  </si>
+  <si>
+    <t>pprd_2984096</t>
+  </si>
+  <si>
+    <t>oxygène</t>
+  </si>
+  <si>
+    <t>AIR LIQUIDE SANTE FRANCE / AIR PRODUCTS / LINDE FRANCE / MESSER FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400038/en/oxygene-medical-air-liquide-sante-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400213/en/oxygene-medicinal-air-liquide-reunion-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651884/en/oxygene-medicinal-messer-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758557/en/oxygene-medicinal-messer-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635764/en/oxygene-medicinal-linde-healthcare-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106170/en/oxygene-medicinal-air-products-medical-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619977/en/oxygene-medicinal-liquide-air-products-medical-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234204/en/oxygene-medicinal-air-liquide-sante-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538260/en/medicinal-oxygen-air-liquide-sante-france-oxygen-medicinal-oxygen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538257/en/oxygene-medicinal-linde-healthcare-oxygene-oxygene-medicinal</t>
+  </si>
+  <si>
+    <t>TRECONDI</t>
+  </si>
+  <si>
+    <t>09/05/2024 17:04:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196796/en/trecondi</t>
+  </si>
+  <si>
+    <t>p_3196796</t>
+  </si>
+  <si>
+    <t>tréosulfan</t>
+  </si>
+  <si>
+    <t>MEDAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196682/en/trecondi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538216/en/trecondi-treosulfan-haematopoietic-stem-cell-transplantation-allohsct</t>
+  </si>
+  <si>
+    <t>TALVEY (talquetamab)</t>
+  </si>
+  <si>
+    <t>07/15/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520243/en/talvey-talquetamab</t>
+  </si>
+  <si>
+    <t>p_3520243</t>
+  </si>
+  <si>
+    <t>talquetamab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520176/en/talvey-talquetamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530109/en/talvey-talquetamab-multiple-myeloma</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS</t>
+  </si>
+  <si>
+    <t>07/01/2024 08:38:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202655/en/ultomiris</t>
+  </si>
+  <si>
+    <t>p_3202655</t>
+  </si>
+  <si>
+    <t>ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281239/en/ultomiris-300-mg/3-ml-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274202/en/ultomiris-ravulizumab-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202251/en/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341428/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358127/en/ultomiris-ravulizumab-hemoglobinurie-paroxystique-nocturne-chez-les-patients-pediatriques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419442/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433398/en/ultomiris-ravulizumab-atypical-haemolytic-uremic-syndrome-ahus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455563/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456902/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460121/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527465/en/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
+  </si>
+  <si>
+    <t>ENRYLAZE (crisantaspase recombinante)</t>
+  </si>
+  <si>
+    <t>06/18/2024 09:10:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524707/en/enrylaze-crisantaspase-recombinante</t>
+  </si>
+  <si>
+    <t>p_3524707</t>
+  </si>
+  <si>
+    <t>crisantaspase recombinante</t>
+  </si>
+  <si>
+    <t>JAZZ PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522392/en/enrylaze-recombinant-crisantaspase-acute-lymphoblastic-leukaemia</t>
+  </si>
+  <si>
+    <t>VANFLYTA (quizartinib)</t>
+  </si>
+  <si>
+    <t>06/18/2024 09:13:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524744/en/vanflyta-quizartinib</t>
+  </si>
+  <si>
+    <t>p_3524744</t>
+  </si>
+  <si>
+    <t>quizartinib</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522395/en/vanflyta-quizartinib-acute-myeloid-leukaemias-aml</t>
+  </si>
+  <si>
+    <t>SOLIRIS</t>
+  </si>
+  <si>
+    <t>05/17/2024 10:38:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983133/en/soliris</t>
+  </si>
+  <si>
+    <t>pprd_2983133</t>
+  </si>
+  <si>
+    <t>eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605768/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1319245/en/soliris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623651/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868565/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202348/en/soliris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427913/en/soliris-eculizumab-atypical-haemolytic-uraemic-syndrome-ahus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517560/en/soliris-eculizumab-myasthenia</t>
+  </si>
+  <si>
+    <t>YESCARTA (axicabtagene ciloleucel), CAR T anti-CD19</t>
+  </si>
+  <si>
+    <t>04/29/2024 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982978/en/yescarta-axicabtagene-ciloleucel-car-t-anti-cd19</t>
+  </si>
+  <si>
+    <t>pprd_2982978</t>
+  </si>
+  <si>
+    <t>axicabtagene ciloleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888882/en/yescarta-axicabtagene-ciloleucel-car-t-anti-cd19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262244/en/yescarta-axicabtagene-ciloleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333446/en/yescarta-axicabtagene-ciloleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358972/en/yescarta-axicabtagene-ciloleucel-lymphome-diffus-a-grandes-cellules-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407522/en/yescarta-axicabtagene-ciloleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418585/en/yescarta-axicabtagene-ciloleucel-lymphome-ldgcb-lhgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419176/en/yescarta-axicabtagene-ciloleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb-et-lymphome-de-haut-grade-a-cellules-b-lhgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426769/en/yescarta-axicabtagene-ciloleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455507/en/yescarta-axicabtagene-ciloleucel-lymphome-diffus-a-grandes-cellules-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467529/en/yescarta-axicabtagene-ciloleucel-large-b-cell-lymphomas-including-diffuse-large-b-cell-lymphoma-dlbcl-and-primary-mediastinal-large-b-cell-lymphoma-pmlbcl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506813/en/yescarta-axicabtagene-ciloleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>HEMLIBRA</t>
+  </si>
+  <si>
+    <t>04/22/2024 08:34:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983128/en/hemlibra</t>
+  </si>
+  <si>
+    <t>pprd_2983128</t>
+  </si>
+  <si>
+    <t>emicizumab</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868847/en/hemlibra-emicizumab-haemostatic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114482/en/hemlibra-emicizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120946/en/hemlibra-emicizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124681/en/hemlibra-emicizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443949/en/hemlibra-emicizumab-hemophilie-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447364/en/hemlibra-emicizumab-haemophilia-a-congenital-factor-viii-deficiency</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500393/en/hemlibra-emicizumab-hemophilie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3509119/en/hemlibra-emicizumab-hemophilie</t>
+  </si>
+  <si>
+    <t>FERINJECT (carboxymaltose ferrique)</t>
+  </si>
+  <si>
+    <t>03/08/2024 08:35:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982834/en/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>pprd_2982834</t>
+  </si>
+  <si>
+    <t>carboxymaltose ferrique</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968476/en/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749745/en/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024183/en/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909812/en/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499772/en/ferinject-ferric-carboxymaltose-iron-deficiency</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499781/en/ferinject-ferric-carboxymaltose-iron-deficiency</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale/ immunoglobuline humaine normale (plas...)</t>
+  </si>
+  <si>
+    <t>03/06/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>pprd_2982739</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>LFB-BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/en/clairyg-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/en/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>NPLATE</t>
+  </si>
+  <si>
+    <t>01/12/2024 16:40:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983677/en/nplate</t>
+  </si>
+  <si>
+    <t>pprd_2983677</t>
+  </si>
+  <si>
+    <t>romiplostim</t>
+  </si>
+  <si>
+    <t>AMGEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813331/en/nplate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015428/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752845/en/nplate-romiplostim-thrombopoietin-receptor-agonists</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151450/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293684/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488174/en/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+  </si>
+  <si>
+    <t>PRADAXA</t>
+  </si>
+  <si>
+    <t>01/10/2024 08:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983140/en/pradaxa</t>
+  </si>
+  <si>
+    <t>pprd_2983140</t>
+  </si>
+  <si>
+    <t>dabigatran</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698139/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740793/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221597/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008301/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572151/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735608/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826822/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867487/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199398/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478094/en/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>OCTAPLASLG</t>
+  </si>
+  <si>
+    <t>12/22/2023 16:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983979/en/octaplaslg</t>
+  </si>
+  <si>
+    <t>pprd_2983979</t>
+  </si>
+  <si>
+    <t>protéines plasmatiques humaines</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663236/en/octaplaslg-human-plasma-proteins-medicinal-product-derived-from-blood</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263672/en/octaplaslg-proteines-plasmatiques-humaines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482310/en/octaplaslg-proteines-plasmatiques-humaines-groupe-ab-hematologie</t>
+  </si>
+  <si>
+    <t>FRAGMINE (daltéparine sodique)</t>
+  </si>
+  <si>
+    <t>12/18/2023 11:56:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984830/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984830</t>
+  </si>
+  <si>
+    <t>daltéparine sodique</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399426/en/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399427/en/fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-10-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-iv-en-seringue-pre-remplie-boites-de-10-fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400624/en/fragmine-5-000-ui-anti-xa-/0-2-ml-solution-injectable-pour-voie-s-c-et-i-v-en-seringue-pre-remplie-verre-boite-de-2-cip-330-107-3-boite-de-6-cip-335-298-1-boite-de-10-cip-556-085-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623568/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968494/en/fragmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721870/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468556/en/fragmine-dalteparine-sodique-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478082/en/fragmine-dalteparine-sodique-maladie-thromboembolique-veineuse-mtev</t>
+  </si>
+  <si>
+    <t>BLENREP (belantamab mafodotin)</t>
+  </si>
+  <si>
+    <t>11/09/2023 10:15:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225163/en/blenrep-belantamab-mafodotin</t>
+  </si>
+  <si>
+    <t>p_3225163</t>
+  </si>
+  <si>
+    <t>belantamab mafodotin</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224946/en/blenrep-belantamab-mafodotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471810/en/blenrep-belantamab-mafodotin-multiple-myeloma</t>
+  </si>
+  <si>
+    <t>METHOXSALENE MACOPHARMA (méthoxsalène)</t>
+  </si>
+  <si>
+    <t>11/09/2023 10:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357717/en/methoxsalene-macopharma-methoxsalene</t>
+  </si>
+  <si>
+    <t>p_3357717</t>
+  </si>
+  <si>
+    <t>méthoxsalène</t>
+  </si>
+  <si>
+    <t>G.L. PHARMA FRANCE / MACOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352191/en/methoxsalene-macopharm-methoxsalene-lymphome-cutane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471703/en/methoxsalene-g-l-pharma-methoxsalene-lymphome-cutane</t>
+  </si>
+  <si>
+    <t>KYMRIAH</t>
+  </si>
+  <si>
+    <t>10/23/2023 08:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982962/en/kymriah</t>
+  </si>
+  <si>
+    <t>pprd_2982962</t>
+  </si>
+  <si>
+    <t>tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891689/en/kymriah-tisagenlecleucel-anti-cd19-car-t</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891692/en/kymriah-tisagenlecleucel-anti-cd19-car-t</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262256/en/kymriah-lal-a-cellules-b-refractaire-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262259/en/kymriah-ldgcb-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348719/en/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396024/en/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451606/en/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467532/en/kymriah-tisagenlecleucel-diffuse-large-b-cell-lymphoma-dlbcl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467523/en/kymriah-tisagenlecleucel-b-cell-acute-lymphoblastic-leukaemia-all-that-is-refractory</t>
+  </si>
+  <si>
+    <t>OLUTASIDENIB PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>10/18/2023 14:51:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468448/en/olutasidenib-pharma-blue</t>
+  </si>
+  <si>
+    <t>p_3468448</t>
+  </si>
+  <si>
+    <t>olutasidenib</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468410/en/olutasidenib-pharma-blue-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>ENJAYMO (sutimlimab)</t>
+  </si>
+  <si>
+    <t>09/08/2023 11:14:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460298/en/enjaymo-sutimlimab</t>
+  </si>
+  <si>
+    <t>p_3460298</t>
+  </si>
+  <si>
+    <t>sutimlimab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459825/en/enjaymo-sutimlimab-cold-agglutinin-disease-cad</t>
+  </si>
+  <si>
+    <t>NOVOSEVEN (eptacog alpha activé)</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985870/en/novoseven-eptacog-alpha-active</t>
+  </si>
+  <si>
+    <t>pprd_2985870</t>
+  </si>
+  <si>
+    <t>eptacog alpha activé</t>
+  </si>
+  <si>
+    <t>NOVONORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400146/en/novoseven-1-2-mg-60-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-2-2-ml-d-eau-ppi-code-cip-559-619-6-novoseven-2-4-mg-120-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-4-3-ml-d-eau-ppi-code-cip-559-620-4-novoseven-4-8-mg-240-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-8-5-ml-d-eau-ppi-code-cip-559-621-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456306/en/novoseven-activated-eptacog-alfa-postpartum-haemorrhage</t>
+  </si>
+  <si>
+    <t>CEPROTIN (protéine C humaine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986060/en/ceprotin-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2986060</t>
+  </si>
+  <si>
+    <t>protéine C humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399216/en/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456312/en/ceprotin-human-protein-c-severe-congenital-protein-c-deficiency</t>
+  </si>
+  <si>
+    <t>GAMUNEX (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107219/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3107219</t>
+  </si>
+  <si>
+    <t>GRIFOLS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106161/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191678/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232152/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455979/en/gamunex-normal-human-immunoglobulin-measles-pre-/post-exposure-prophylaxis-for-susceptible-adults-children-and-adolescents-0-18-years</t>
+  </si>
+  <si>
+    <t>ARIXTRA (fondaparinux)</t>
+  </si>
+  <si>
+    <t>07/13/2023 17:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983673/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>pprd_2983673</t>
+  </si>
+  <si>
+    <t>fondaparinux sodique</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399720/en/arixtra-2-5mg/0-5ml-solution-injectable-en-seringue-pre-remplie-boite-de-10-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400001/en/arixtra-1-5-mg/0-3-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-boite-de-7-et-boite-de-10-arixtra-2-5-mg/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-et-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400614/en/arixtra-2-5-mg/0-2-ml-en-seringue-pre-remplie-boite-de-2-cip-359-225-4-boite-de-7-cip-359-226-0-boite-de-10-cip-563-619-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400615/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619527/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538427/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900506/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698057/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698093/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944528/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075811/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599725/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599731/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599719/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599716/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599722/en/arixtra-5-mg-7-5-mg-et-10-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583335/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752872/en/arixtra-1-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419173/en/arixtra-fondaparinux-sodique-antithrombotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451972/en/arixtra-fondaparinux-superficial-vein-thrombosis-svt</t>
+  </si>
+  <si>
+    <t>SCEMBLIX (asciminib)</t>
+  </si>
+  <si>
+    <t>07/05/2023 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333296/en/scemblix-asciminib</t>
+  </si>
+  <si>
+    <t>p_3333296</t>
+  </si>
+  <si>
+    <t>asciminib</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333278/en/scemblix-asciminib-lmc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391292/en/scemblix-asciminib-lmc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396012/en/scemblix-asciminib-leucemie-myeloide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407460/en/scemblix-asciminib-leucemie-myeloide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427549/en/scemblix-asciminib-leucemie-myeloide-chronique</t>
+  </si>
+  <si>
+    <t>VENCLYXTO</t>
+  </si>
+  <si>
+    <t>06/21/2023 15:56:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983549/en/venclyxto</t>
+  </si>
+  <si>
+    <t>pprd_2983549</t>
+  </si>
+  <si>
+    <t>vénétoclax</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788624/en/venclyxto-venetoclax-bcl-2-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106158/en/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106167/en/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284614/en/venclyxto-venetoclax-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351236/en/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367900/en/venclyxto-venetoclax-llc-en-association-avec-l-obinutuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448141/en/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>XALKORI</t>
+  </si>
+  <si>
+    <t>06/09/2023 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983566/en/xalkori</t>
+  </si>
+  <si>
+    <t>pprd_2983566</t>
+  </si>
+  <si>
+    <t>crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543504/en/xalkori</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769263/en/xalkori-crizotinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779442/en/xalkori-crizotinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181549/en/xalkori-crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184923/en/xalkori</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359507/en/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428384/en/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442461/en/xalkori-crizotinib-inflammatory-myofibroblastic-tumour-imt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444785/en/xalkori-crizotinib-hard-capsules-lymphoma-alcl</t>
+  </si>
+  <si>
+    <t>LONQUEX (lipegfilgrastim)</t>
+  </si>
+  <si>
+    <t>05/15/2023 14:07:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984757/en/lonquex-lipegfilgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984757</t>
+  </si>
+  <si>
+    <t>lipegfilgrastim</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745375/en/lonquex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108945/en/lonquex-lipegfilgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434163/en/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
+  </si>
+  <si>
+    <t>MABTHERA</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+  </si>
+  <si>
+    <t>pprd_2983658</t>
+  </si>
+  <si>
+    <t>rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/en/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/en/mabthera-rituximab-monoclonal-antibodies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/en/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/en/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/en/mabthera-rituximab-moderate-to-severe-pemphigus-vulgaris-pv-in-adults</t>
+  </si>
+  <si>
+    <t>ADCETRIS</t>
+  </si>
+  <si>
+    <t>03/29/2023 10:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982806/en/adcetris</t>
+  </si>
+  <si>
+    <t>pprd_2982806</t>
+  </si>
+  <si>
+    <t>brentuximab vedotin</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517924/en/adcetris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761868/en/adcetris-brentuximab-vedotin-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963333/en/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149192/en/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202239/en/adcetris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203103/en/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284362/en/adcetris-brentuximab-vedotine-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424045/en/adcetris-brentuximab-vedotine-lymphome-anaplasique-a-grandes-cellules-systemique-lagcs</t>
+  </si>
+  <si>
+    <t>CEVENFACTA (eptacog bêta - FVIIa)</t>
+  </si>
+  <si>
+    <t>01/27/2023 12:01:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408720/en/cevenfacta-eptacog-beta-fviia</t>
+  </si>
+  <si>
+    <t>p_3408720</t>
+  </si>
+  <si>
+    <t>eptacog bêta - FVIIa</t>
+  </si>
+  <si>
+    <t>LFB BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408648/en/cevenfacta-eptacog-beta-fviia-hemophilie-congenitale</t>
+  </si>
+  <si>
+    <t>EMPLICITI (elotuzumab)</t>
+  </si>
+  <si>
+    <t>01/20/2023 11:48:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402920/en/empliciti-elotuzumab</t>
+  </si>
+  <si>
+    <t>p_3402920</t>
+  </si>
+  <si>
+    <t>elotuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402816/en/empliciti-elotuzumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406109/en/empliciti-elotuzumab-myelome-multiple-en-rechute-et-refractaire</t>
+  </si>
+  <si>
+    <t>POLIVY</t>
+  </si>
+  <si>
+    <t>01/09/2023 14:03:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196807/en/polivy</t>
+  </si>
+  <si>
+    <t>p_3196807</t>
+  </si>
+  <si>
+    <t>polatuzumab vedotin</t>
   </si>
   <si>
     <t>ROCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3453038/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
-[...764 lines deleted...]
-    <t>pprd_2983142</t>
+    <t>https://www.has-sante.fr/jcms/p_3196691/en/polivy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402039/en/polivy-polatuzumab-vedotine-lymphome-non-hodgkinien-ldgcb</t>
+  </si>
+  <si>
+    <t>INNOHEP (tinzaparine sodique)</t>
+  </si>
+  <si>
+    <t>12/22/2022 11:05:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982755/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2982755</t>
+  </si>
+  <si>
+    <t>tinzaparine sodique</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398974/en/innohep-2-500-ui-anti-xa/0-25-ml-seringue-preremplie-innohep-3-500-ui-anti-xa/0-35-ml-seringue-preremplie-innohep-4-500-ui-anti-xa/0-45-ml-seringue-preremplie-boite-2-6-et-10-innohep-20000-ui-anti-xa/2-ml-flacon-boite-1-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400095/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912570/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765200/en/innohep</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572172/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899631/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967181/en/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396881/en/innohep-tinzaparine-sodique-heparine-de-bas-poids-moleculaire</t>
+  </si>
+  <si>
+    <t>XARELTO</t>
+  </si>
+  <si>
+    <t>10/25/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982992/en/xarelto</t>
+  </si>
+  <si>
+    <t>pprd_2982992</t>
+  </si>
+  <si>
+    <t>rivaroxaban</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748418/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241652/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241674/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615053/en/xarelto-rivaroxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008295/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633894/en/xarelto-rivaroxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772419/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826828/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888447/en/xarelto-10-mg-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114491/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212998/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272782/en/xarelto-rivaroxaban-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287831/en/xarelto-1-mg/ml-rivaroxaban-evenements-thromboemboliques-veineux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375779/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381113/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>BESPONSA (inotuzumab ozogamicine)</t>
+  </si>
+  <si>
+    <t>10/10/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983381/en/besponsa-inotuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>pprd_2983381</t>
+  </si>
+  <si>
+    <t>inotuzumab ozogamicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829043/en/besponsa-inotuzumab-ozogamicin-antineoplastic-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374919/en/besponsa-inotuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983666</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA  SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/en/octagam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/en/octagam-50-mg/ml-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/en/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>COPIKTRA (duvélisib)</t>
+  </si>
+  <si>
+    <t>06/30/2022 22:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321683/en/copiktra-duvelisib</t>
+  </si>
+  <si>
+    <t>p_3321683</t>
+  </si>
+  <si>
+    <t>duvélisib</t>
+  </si>
+  <si>
+    <t>Laboratoire SecuraBio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315467/en/copiktra-duvelisib</t>
+  </si>
+  <si>
+    <t>HIZENTRA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>06/07/2022 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983129/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983129</t>
+  </si>
+  <si>
+    <t>CSL BEHRING SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965166/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868844/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099607/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342053/en/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+  </si>
+  <si>
+    <t>NUWIQ (simoctocog alfa)</t>
+  </si>
+  <si>
+    <t>05/05/2022 17:55:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983189/en/nuwiq-simoctocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983189</t>
+  </si>
+  <si>
+    <t>simoctocog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2050483/en/nuwiq-simoctocog-alfa-human-coagulation-factor-factor-viii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862563/en/nuwiq-simoctocog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337833/en/nuwiq-simoctocog-alfa-hemophilie-a</t>
+  </si>
+  <si>
+    <t>EVRENZO ( roxadustat )</t>
+  </si>
+  <si>
+    <t>05/02/2022 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336535/en/evrenzo-roxadustat</t>
+  </si>
+  <si>
+    <t>p_3336535</t>
+  </si>
+  <si>
+    <t>roxadustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334259/en/evrenzo-roxadustat-anemie-symptomatique</t>
+  </si>
+  <si>
+    <t>NINLARO</t>
+  </si>
+  <si>
+    <t>04/22/2022 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983460/en/ninlaro</t>
+  </si>
+  <si>
+    <t>pprd_2983460</t>
+  </si>
+  <si>
+    <t>ixazomib</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779830/en/ninlaro-ixazomib-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810355/en/ninlaro-ixazomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201474/en/ninlaro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330881/en/ninlaro-ixazomib-myelome</t>
+  </si>
+  <si>
+    <t>ARTISS (composant 1 : solution de protéines pour colle (fibrinogène humain, ap...)</t>
+  </si>
+  <si>
+    <t>04/14/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985140/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+  </si>
+  <si>
+    <t>pprd_2985140</t>
+  </si>
+  <si>
+    <t>composant 1 : solution de protéines pour colle (fibrinogène humain, aprotinine),composant 2 : solution de thrombine humaine (thrombine, chlorure de calcium dihydraté)</t>
+  </si>
+  <si>
+    <t>Laboratoire BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084746/en/artiss</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331596/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
+  </si>
+  <si>
+    <t>TRASYLOL (aprotinine), antihémorragique</t>
+  </si>
+  <si>
+    <t>03/07/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983747/en/trasylol-aprotinine-antihemorragique</t>
+  </si>
+  <si>
+    <t>pprd_2983747</t>
+  </si>
+  <si>
+    <t>aprotinine</t>
+  </si>
+  <si>
+    <t>NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743853/en/trasylol-aprotinin-antihaemorrhagic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315458/en/trasylol-aprotinine</t>
+  </si>
+  <si>
+    <t>CABLIVI (caplacizumab)</t>
+  </si>
+  <si>
+    <t>11/02/2021 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982788/en/cablivi-caplacizumab</t>
+  </si>
+  <si>
+    <t>pprd_2982788</t>
+  </si>
+  <si>
+    <t>caplacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964765/en/cablivi-caplacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295753/en/cablivi-10-mg-caplacizumab</t>
+  </si>
+  <si>
+    <t>TARDYFERON MEDICAMENTS A BASE DE FER SEUL (sels ferreux), antianémiques</t>
+  </si>
+  <si>
+    <t>11/02/2021 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984094/en/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+  </si>
+  <si>
+    <t>pprd_2984094</t>
+  </si>
+  <si>
+    <t>fer (sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605734/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642471/en/tardyferon-b9-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363119/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027365/en/tardyferon-b9-ferrous-sulfate-folic-acid-antianaemic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635773/en/medicinal-products-containing-iron-alone-ferrous-salts-antianaemics</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245669/en/tardyferon-preparations-antianemiques-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295759/en/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
+  </si>
+  <si>
+    <t>EXACYL (acide tranexamique)</t>
+  </si>
+  <si>
+    <t>10/04/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984911/en/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>pprd_2984911</t>
+  </si>
+  <si>
+    <t>acide tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623512/en/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615047/en/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289356/en/exacyl-0-5-g/5-ml-i-v-acide-tranexamique-prevention-et-traitement-des-hemorragies</t>
+  </si>
+  <si>
+    <t>DOPTELET (avatrombopag)</t>
+  </si>
+  <si>
+    <t>09/30/2021 10:24:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234682/en/doptelet-avatrombopag</t>
+  </si>
+  <si>
+    <t>p_3234682</t>
+  </si>
+  <si>
+    <t>avatrombopag</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234198/en/doptelet-avatrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287338/en/doptelet-20-mg-avatrombopag</t>
+  </si>
+  <si>
+    <t>COAGADEX (facteur X de coagulation humain)</t>
+  </si>
+  <si>
+    <t>09/24/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281436/en/coagadex-facteur-x-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>p_3281436</t>
+  </si>
+  <si>
+    <t>facteur X de coagulation humain</t>
+  </si>
+  <si>
+    <t>LABORATOIRE CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281231/en/coagadex-250-500-ui-facteur-x-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>ELZONRIS (tagraxofusp)</t>
+  </si>
+  <si>
+    <t>08/26/2021 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281320/en/elzonris-tagraxofusp</t>
+  </si>
+  <si>
+    <t>p_3281320</t>
+  </si>
+  <si>
+    <t>tagraxofusp</t>
+  </si>
+  <si>
+    <t>CLINIGEN HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281016/en/elzonris-tagraxofusp</t>
+  </si>
+  <si>
+    <t>ECALTA (anidulafungine)</t>
+  </si>
+  <si>
+    <t>06/18/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983800/en/ecalta-anidulafungine</t>
+  </si>
+  <si>
+    <t>pprd_2983800</t>
+  </si>
+  <si>
+    <t>anidulafungine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663748/en/ecalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987168/en/ecalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730845/en/ecalta-anidulafungin-echinocandin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272112/en/ecalta-anidulafungine-candidoses-pediatriques</t>
+  </si>
+  <si>
+    <t>KYPROLIS</t>
+  </si>
+  <si>
+    <t>05/12/2021 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983369/en/kyprolis</t>
+  </si>
+  <si>
+    <t>pprd_2983369</t>
+  </si>
+  <si>
+    <t>carfilzomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635789/en/kyprolis-carfilzomib-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810352/en/kyprolis-carfilzomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825861/en/kyprolis-carfilzomib-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830613/en/kyprolis-carfilzomib-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266393/en/kyprolis-carfilzomib-myelome-multiple</t>
+  </si>
+  <si>
+    <t>ADAKVEO (crizanlizumab)</t>
+  </si>
+  <si>
+    <t>05/07/2021 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265531/en/adakveo-crizanlizumab</t>
+  </si>
+  <si>
+    <t>p_3265531</t>
+  </si>
+  <si>
+    <t>crizanlizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264981/en/adakveo-crizanlizumab</t>
+  </si>
+  <si>
+    <t>KARDEGIC (acetylsalicylate de DL-lysine)</t>
+  </si>
+  <si>
+    <t>04/30/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983750/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+  </si>
+  <si>
+    <t>pprd_2983750</t>
+  </si>
+  <si>
+    <t>acetylsalicylate de DL-lysine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399270/en/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461070/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104031/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742062/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262649/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+  </si>
+  <si>
+    <t>XROMI (hydroxycarbamide)</t>
+  </si>
+  <si>
+    <t>04/09/2021 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260611/en/xromi-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>p_3260611</t>
+  </si>
+  <si>
+    <t>hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>LUCANE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260466/en/xromi-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>VERASEAL (fibrinogène humain 80 UI/mL et thrombine humaine 500 UI/mL)</t>
+  </si>
+  <si>
+    <t>03/16/2021 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243553/en/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
+  </si>
+  <si>
+    <t>p_3243553</t>
+  </si>
+  <si>
+    <t>fibrinogène humain 80 UI/mL et thrombine humaine 500 UI/mL</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243406/en/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
+  </si>
+  <si>
+    <t>CARMUSTINE OBVIUS (carmustine)</t>
+  </si>
+  <si>
+    <t>03/12/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118543/en/carmustine-obvius-carmustine</t>
+  </si>
+  <si>
+    <t>p_3118543</t>
+  </si>
+  <si>
+    <t>carmustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118398/en/carmustine-obvius-carmustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242568/en/carmustine-obvius-carmustine</t>
+  </si>
+  <si>
+    <t>ESPEROCT (turoctocog alfa pégol)</t>
+  </si>
+  <si>
+    <t>03/11/2021 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242326/en/esperoct-turoctocog-alfa-pegol</t>
+  </si>
+  <si>
+    <t>p_3242326</t>
+  </si>
+  <si>
+    <t>turoctocog alfa pégol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242180/en/esperoct-turoctocog-alfa-pegol</t>
+  </si>
+  <si>
+    <t>RYDAPT</t>
+  </si>
+  <si>
+    <t>03/04/2021 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983067/en/rydapt</t>
+  </si>
+  <si>
+    <t>pprd_2983067</t>
+  </si>
+  <si>
+    <t>midostaurine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879339/en/rydapt-midostaurine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862069/en/rydapt-midostaurine-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861089/en/rydapt-midostaurin-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240418/en/rydapt-midostaurine</t>
+  </si>
+  <si>
+    <t>TAVLESSE (fostamatinib)</t>
+  </si>
+  <si>
+    <t>12/29/2020 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227022/en/tavlesse-fostamatinib</t>
+  </si>
+  <si>
+    <t>p_3227022</t>
+  </si>
+  <si>
+    <t>fostamatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226885/en/tavlesse-fostamatinib</t>
+  </si>
+  <si>
+    <t>CLOTTAFACT</t>
+  </si>
+  <si>
+    <t>12/02/2020 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985333/en/clottafact</t>
+  </si>
+  <si>
+    <t>pprd_2985333</t>
+  </si>
+  <si>
+    <t>fibrinogène humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827710/en/clottafact</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221742/en/clottafact-fibrinogene-humain</t>
+  </si>
+  <si>
+    <t>IDELVION</t>
+  </si>
+  <si>
+    <t>11/24/2020 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983864/en/idelvion</t>
+  </si>
+  <si>
+    <t>pprd_2983864</t>
+  </si>
+  <si>
+    <t>albutrépénonacog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682486/en/idelvion-albutrepenonacog-alpha-antihaemophilic-factors-factor-ix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218744/en/idelvion-albutrepenonacog-alfa</t>
+  </si>
+  <si>
+    <t>REVLIMID</t>
+  </si>
+  <si>
+    <t>10/16/2020 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983681/en/revlimid</t>
+  </si>
+  <si>
+    <t>pprd_2983681</t>
+  </si>
+  <si>
+    <t>lénalidomide</t>
+  </si>
+  <si>
+    <t>CELGENE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603077/en/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260936/en/revlimid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782547/en/revlimid-lenalidomide-immunosuppressive-drug</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746192/en/revlimid-lenalidomide-immunosuppresseur-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751879/en/revlimid-lenalidomide-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167441/en/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180072/en/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181646/en/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213001/en/revlimid</t>
+  </si>
+  <si>
+    <t>SYLVANT</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984554/en/sylvant</t>
+  </si>
+  <si>
+    <t>pprd_2984554</t>
+  </si>
+  <si>
+    <t>siltuximab</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030386/en/sylvant-siltuximab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202972/en/sylvant</t>
+  </si>
+  <si>
+    <t>SCENESSE</t>
+  </si>
+  <si>
+    <t>10/01/2020 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193022/en/scenesse</t>
+  </si>
+  <si>
+    <t>p_3193022</t>
+  </si>
+  <si>
+    <t>afamélanotide</t>
+  </si>
+  <si>
+    <t>CLINUVEL EUROPE LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192396/en/scenesse</t>
+  </si>
+  <si>
+    <t>HEMANGIOL</t>
+  </si>
+  <si>
+    <t>07/24/2020 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984731/en/hemangiol</t>
+  </si>
+  <si>
+    <t>pprd_2984731</t>
+  </si>
+  <si>
+    <t>propranolol (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE DERMATOLOGIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753945/en/hemangiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195779/en/hemangiol-propranolol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>XOSPATA</t>
+  </si>
+  <si>
+    <t>07/02/2020 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192350/en/xospata</t>
+  </si>
+  <si>
+    <t>p_3192350</t>
+  </si>
+  <si>
+    <t>giltéritinib</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192321/en/xospata</t>
+  </si>
+  <si>
+    <t>THALIDOMIDE CELGENE (thalidomide)</t>
+  </si>
+  <si>
+    <t>04/23/2020 12:01:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985295/en/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>pprd_2985295</t>
+  </si>
+  <si>
+    <t>thalidomide</t>
+  </si>
+  <si>
+    <t>PHARMION / CELGENE / ACCORD HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684162/en/thalidomide-pharmion</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923682/en/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120569/en/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180078/en/thalidomide-accord-thalidomide</t>
+  </si>
+  <si>
+    <t>ARGANOVA (argatroban)</t>
+  </si>
+  <si>
+    <t>03/18/2020 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983162/en/arganova-argatroban</t>
+  </si>
+  <si>
+    <t>pprd_2983162</t>
+  </si>
+  <si>
+    <t>argatroban</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146546/en/arganova</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864727/en/arganova-argatroban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164092/en/arganova-argatroban</t>
+  </si>
+  <si>
+    <t>MOZOBIL (plérixafor)</t>
+  </si>
+  <si>
+    <t>03/18/2020 17:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984625/en/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>pprd_2984625</t>
+  </si>
+  <si>
+    <t>plérixafor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_903961/en/mozobil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006720/en/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164681/en/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>IMNOVID (pomalidomide)</t>
+  </si>
+  <si>
+    <t>03/12/2020 12:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984831/en/imnovid-pomalidomide</t>
+  </si>
+  <si>
+    <t>pprd_2984831</t>
+  </si>
+  <si>
+    <t>pomalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721768/en/imnovid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161433/en/imnovid-pomalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161436/en/imnovid-pomalidomide</t>
+  </si>
+  <si>
+    <t>REVOLADE (eltrombopag)</t>
+  </si>
+  <si>
+    <t>03/04/2020 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983678/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>pprd_2983678</t>
+  </si>
+  <si>
+    <t>eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969539/en/revolade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015425/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671734/en/revolade-eltrombopag-thrombopoietin-receptor-agonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748397/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748739/en/revolade-ri-thrombopenie-vhc-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752842/en/revolade-eltrombopag-thrombopoietin-receptor-agonists</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151443/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>NEOFORDEX (dexaméthasone (acétate de))</t>
+  </si>
+  <si>
+    <t>01/29/2020 09:25:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983833/en/neofordex-dexamethasone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983833</t>
+  </si>
+  <si>
+    <t>dexaméthasone (acétate de)</t>
+  </si>
+  <si>
+    <t>CTRS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725868/en/neofordex-dexamethasone-glucocorticoid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148406/en/neofordex-dexamethasone-acetate-de</t>
+  </si>
+  <si>
+    <t>SPRYCEL (dasatinib)</t>
+  </si>
+  <si>
+    <t>01/20/2020 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982783/en/sprycel-dasatinib</t>
+  </si>
+  <si>
+    <t>pprd_2982783</t>
+  </si>
+  <si>
+    <t>dasatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523367/en/sprycel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633056/en/sprycel-dasatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883476/en/sprycel-dasatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965617/en/sprycel-dasatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146427/en/sprycel-dasatinib</t>
+  </si>
+  <si>
+    <t>ANAGRELIDE AOP (anagrélide)</t>
+  </si>
+  <si>
+    <t>01/06/2020 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145175/en/anagrelide-aop-anagrelide</t>
+  </si>
+  <si>
+    <t>p_3145175</t>
+  </si>
+  <si>
+    <t>anagrélide</t>
+  </si>
+  <si>
+    <t>AOP ORPHAN PHARMACEUTICALS AG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145048/en/anagrelide-aop-anagrelide</t>
+  </si>
+  <si>
+    <t>GLIVEC (imatinib)</t>
+  </si>
+  <si>
+    <t>11/25/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983049/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>pprd_2983049</t>
+  </si>
+  <si>
+    <t>imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399553/en/glivec-100mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399746/en/glivec-100-mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399873/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399996/en/glivec-100-mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614779/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493436/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614800/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642498/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022285/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854122/en/glivec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768792/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748394/en/glivec-imatinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580210/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881382/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119801/en/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>TRISENOX (trioxyde d’arsenic)</t>
+  </si>
+  <si>
+    <t>11/18/2019 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983533/en/trisenox-trioxyde-d-arsenic</t>
+  </si>
+  <si>
+    <t>pprd_2983533</t>
+  </si>
+  <si>
+    <t>trioxyde d’arsenic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399661/en/trisenox-1mg/ml-solution-a-diluer-pour-perfusion-boite-de-10-ampoules-de-10-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792731/en/trisenox-arsenic-trioxide-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118413/en/trisenox-trioxyde-d-arsenic</t>
+  </si>
+  <si>
+    <t>BOSULIF (bosutinib)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104630/en/bosulif-bosutinib</t>
+  </si>
+  <si>
+    <t>p_3104630</t>
+  </si>
+  <si>
+    <t>bosutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730843/en/bosulif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098041/en/bosulif-bosutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097600/en/bosulif-bosutinib</t>
+  </si>
+  <si>
+    <t>CADDERA (chlorure de calcium dihydraté)</t>
+  </si>
+  <si>
+    <t>09/06/2019 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083645/en/caddera-chlorure-de-calcium-dihydrate</t>
+  </si>
+  <si>
+    <t>p_3083645</t>
+  </si>
+  <si>
+    <t>chlorure de calcium dihydraté</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083088/en/caddera-chlorure-de-calcium-dihydrate</t>
+  </si>
+  <si>
+    <t>FRAXODI - FRAXIPARINE (nadroparine calcique)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984073/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2984073</t>
+  </si>
+  <si>
+    <t>nadroparine calcique</t>
+  </si>
+  <si>
+    <t>ASPEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399294/en/fraxodi-11-400-ui-anti-xa/0-6-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-15-200-ui-anti-xa/0-8-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-19-000-ui-anti-xa/1-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455423/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241658/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642068/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903180/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773281/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642080/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399496/en/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>ICLUSIG (ponatinib (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/05/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982732/en/iclusig-ponatinib-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982732</t>
+  </si>
+  <si>
+    <t>ponatinib (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>INCYTE BIOSCIENCES FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012843/en/iclusig-ponatinib-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623462/en/iclusig-ponatinib-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780980/en/iclusig-ponatinib-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971795/en/iclusig-ponatinib-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ADYNOVI (rurioctocog alfa pégol)</t>
+  </si>
+  <si>
+    <t>04/25/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982786/en/adynovi-rurioctocog-alfa-pegol</t>
+  </si>
+  <si>
+    <t>pprd_2982786</t>
+  </si>
+  <si>
+    <t>rurioctocog alfa pégol</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965047/en/adynovi-rurioctocog-alfa-pegol</t>
+  </si>
+  <si>
+    <t>CHLORAMINOPHENE (chlorambucil)</t>
+  </si>
+  <si>
+    <t>03/12/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982848/en/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>pprd_2982848</t>
+  </si>
+  <si>
+    <t>chlorambucil</t>
+  </si>
+  <si>
+    <t>TECHNI-PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398862/en/chloraminophene-2-mg-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455272/en/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019657/en/chloraminophene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339968/en/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908472/en/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>ZALMOXIS (lymphocytes T génétiquement modifiés)</t>
+  </si>
+  <si>
+    <t>02/22/2019 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982897/en/zalmoxis-lymphocytes-t-genetiquement-modifies</t>
+  </si>
+  <si>
+    <t>pprd_2982897</t>
+  </si>
+  <si>
+    <t>lymphocytes T allogéniques génétiquement modifiés avec un vecteur rétroviral codant une forme tronquée du récepteur du facteur de croissance nerveuse à faible affinité humain (ΔLNGFR) et la thymidine kinase du virus herpès simplex I (HSV-TK Mut2)</t>
+  </si>
+  <si>
+    <t>MolMed SaP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899636/en/zalmoxis-genetically-modified-t-lymphocytes-antineoplastic</t>
+  </si>
+  <si>
+    <t>DACARBAZINE MEDAC (dacarbazine)</t>
+  </si>
+  <si>
+    <t>11/30/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983019/en/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>pprd_2983019</t>
+  </si>
+  <si>
+    <t>dacarbazine</t>
+  </si>
+  <si>
+    <t>MEDAC SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399887/en/dacarbazine-faulding-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774129/en/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769372/en/dacarbazine-lipomed-dacarbazine-alkylating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769375/en/dacarbazine-medac-dacarbazine-alkylating-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862065/en/dacarbazine-lipomed-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885124/en/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>TASIGNA (nilotinib)</t>
+  </si>
+  <si>
+    <t>12/12/2018 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983035/en/tasigna-nilotinib</t>
+  </si>
+  <si>
+    <t>pprd_2983035</t>
+  </si>
+  <si>
+    <t>nilotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642561/en/tasigna</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050851/en/tasigna</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853363/en/tasigna-nilotinib-tyrosine-kinase-inhibitor-itk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883466/en/tasigna-nilotinib</t>
+  </si>
+  <si>
+    <t>SPASMAG (levure saccharomyces cerevisae/ magnésium (sulfate de) heptahydraté)</t>
+  </si>
+  <si>
+    <t>08/31/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983130/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983130</t>
+  </si>
+  <si>
+    <t>levure saccharomyces cerevisae,magnésium (sulfate de) heptahydraté</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642478/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676887/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739497/en/spasmag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367951/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808598/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868647/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400554/en/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+  </si>
+  <si>
+    <t>FERRIPROX (défériprone)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983165/en/ferriprox-deferiprone</t>
+  </si>
+  <si>
+    <t>pprd_2983165</t>
+  </si>
+  <si>
+    <t>défériprone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864197/en/ferriprox-deferiprone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842731/en/ferriprox-deferiprone-iron-chelator</t>
+  </si>
+  <si>
+    <t>EQWILATE (facteur Willebrand de coagulation humain/ facteur VIII de coagulation ...)</t>
+  </si>
+  <si>
+    <t>11/14/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983170/en/eqwilate-facteur-willebrand-de-coagulation-humain/-facteur-viii-de-coagulation</t>
+  </si>
+  <si>
+    <t>pprd_2983170</t>
+  </si>
+  <si>
+    <t>facteur Willebrand de coagulation humain,facteur VIII de coagulation humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863574/en/eqwilate-von-willebrand-factor-human-coagulation-factor-viii</t>
+  </si>
+  <si>
+    <t>METHERGIN (méthylergométrine (maléate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983181/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983181</t>
+  </si>
+  <si>
+    <t>méthylergométrine (maléate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456383/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987201/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863006/en/methergin-methylergometrine-oxytocic</t>
+  </si>
+  <si>
+    <t>PRAXBIND (idarucizumab)</t>
+  </si>
+  <si>
+    <t>12/18/2018 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983221/en/praxbind-idarucizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983221</t>
+  </si>
+  <si>
+    <t>idarucizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635757/en/praxbind-idarucizumab-antidote-for-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857794/en/praxbind-idarucizumab-dabigatran-neutralising-agent</t>
+  </si>
+  <si>
+    <t>ARZERRA (ofatumumab)</t>
+  </si>
+  <si>
+    <t>06/20/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983222/en/arzerra-ofatumumab</t>
+  </si>
+  <si>
+    <t>pprd_2983222</t>
+  </si>
+  <si>
+    <t>ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994266/en/arzerra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040126/en/arzerra-ofatumumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748409/en/arzerra-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857791/en/arzerra-ofatumumab</t>
+  </si>
+  <si>
+    <t>ONCASPAR (pégaspargase)</t>
+  </si>
+  <si>
+    <t>05/04/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983298/en/oncaspar-pegaspargase</t>
+  </si>
+  <si>
+    <t>pprd_2983298</t>
+  </si>
+  <si>
+    <t>pégaspargase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656388/en/oncaspar-e-coli-asparaginase-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848087/en/oncaspar-pegaspargase</t>
+  </si>
+  <si>
+    <t>GAZYVARO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983316/en/gazyvaro</t>
+  </si>
+  <si>
+    <t>pprd_2983316</t>
+  </si>
+  <si>
+    <t>obinutuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019122/en/gazyvaro-obinutuzumab-type-ii-humanised-anti-cd20-recombinant-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751861/en/gazyvaro-obinutuzumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847896/en/gazyvaro-obinutuzumab</t>
+  </si>
+  <si>
+    <t>EXJADE (déférasirox)</t>
+  </si>
+  <si>
+    <t>04/12/2018 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983330/en/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>pprd_2983330</t>
+  </si>
+  <si>
+    <t>déférasirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455406/en/exjade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1744046/en/exjade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753531/en/exjade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745132/en/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842737/en/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>DACOGEN (décitabine)</t>
+  </si>
+  <si>
+    <t>06/27/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983339/en/dacogen-decitabine</t>
+  </si>
+  <si>
+    <t>pprd_2983339</t>
+  </si>
+  <si>
+    <t>décitabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363113/en/dacogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839318/en/dacogen-decitabine-antimetabolite</t>
+  </si>
+  <si>
+    <t>EPREX (époétine alfa)</t>
+  </si>
+  <si>
+    <t>05/25/2018 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983387/en/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983387</t>
+  </si>
+  <si>
+    <t>époétine alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398925/en/eprex-40-000-ui/1-ml-solution-injectable-en-flacon-boites-de-1-4-et-6-eprex-1-000-ui/0-5-ml-solution-injectable-en-flacon-boite-de-6-eprex-2-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-4-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-10-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-1-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-2-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-3-000-ui/0-3-ml-seringues-preremplies-boite-de-6-eprex-4-000-ui/0-4-ml-seringues-preremplies-boite-de-6-eprex-10-000-ui/1-ml-seringues-preremplies-boite-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001256/en/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625998/en/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627633/en/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827579/en/eprex-epoetin-alfa-erythropoiesis-stimulating-agent</t>
+  </si>
+  <si>
+    <t>LIXIANA (édoxaban (tosilate d') monohydraté)</t>
+  </si>
+  <si>
+    <t>02/09/2018 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983395/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983395</t>
+  </si>
+  <si>
+    <t>édoxaban (tosilate d') monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658504/en/lixiana-edoxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658576/en/lixiana-edoxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826827/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>REFIXIA (nonacog bêta pégol)</t>
+  </si>
+  <si>
+    <t>11/28/2018 07:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983408/en/refixia-nonacog-beta-pegol</t>
+  </si>
+  <si>
+    <t>pprd_2983408</t>
+  </si>
+  <si>
+    <t>nonacog bêta pégol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825852/en/refixia-nonacog-beta-pegol-antihaemophilic-factor-factor-ix</t>
+  </si>
+  <si>
+    <t>KOVALTRY (octocog alfa)</t>
+  </si>
+  <si>
+    <t>03/29/2018 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983466/en/kovaltry-octocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983466</t>
+  </si>
+  <si>
+    <t>octocog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733618/en/kovaltry-octocog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808586/en/kovaltry-octocog-alfa-antihaemophilic-factor-factor-viii</t>
+  </si>
+  <si>
+    <t>LEDAGA (chlorméthine)</t>
+  </si>
+  <si>
+    <t>10/04/2017 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983532/en/ledaga-chlormethine</t>
+  </si>
+  <si>
+    <t>pprd_2983532</t>
+  </si>
+  <si>
+    <t>chlorméthine</t>
+  </si>
+  <si>
+    <t>ACTELION PHARMACEUTICALS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794001/en/ledaga-chlormethine-alkylating-agent</t>
+  </si>
+  <si>
+    <t>NEORAL (ciclosporine)</t>
+  </si>
+  <si>
+    <t>07/07/2017 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983568</t>
+  </si>
+  <si>
+    <t>ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/en/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/en/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/en/neoral-sandimmun</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>VIDAZA (azacitidine), antimétabolite</t>
+  </si>
+  <si>
+    <t>10/04/2017 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983578/en/vidaza-azacitidine-antimetabolite</t>
+  </si>
+  <si>
+    <t>pprd_2983578</t>
+  </si>
+  <si>
+    <t>azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798090/en/vidaza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777959/en/vidaza-azacitidine-antimetabolite</t>
+  </si>
+  <si>
+    <t>ZYDELIG (idelalisib), antinéoplasique</t>
+  </si>
+  <si>
+    <t>07/06/2018 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983592/en/zydelig-idelalisib-antineoplasique</t>
+  </si>
+  <si>
+    <t>pprd_2983592</t>
+  </si>
+  <si>
+    <t>idélalisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047021/en/zydelig-idelalisib-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628549/en/zydelig-idelalisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730800/en/zydelig-idelalisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774117/en/zydelig-idelalisib-antineoplastic</t>
+  </si>
+  <si>
+    <t>DETICENE (dacarbazine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983611/en/deticene-dacarbazine</t>
+  </si>
+  <si>
+    <t>pprd_2983611</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769393/en/deticene-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769390/en/deticene-dacarbazine-alkylating-agent</t>
+  </si>
+  <si>
+    <t>TISSEEL (aprotinine synthétique/ fibrinogène humain/ polysorbate 80/ thrombine ...)</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983612/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+  </si>
+  <si>
+    <t>pprd_2983612</t>
+  </si>
+  <si>
+    <t>aprotinine synthétique,fibrinogène humain,polysorbate 80,thrombine humaine</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769387/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049889/en/tisseel-human-fibrinogen-and-thrombin-based-frozen-solution-for-sealant</t>
+  </si>
+  <si>
+    <t>ALBUMINE HUMAINE IODEE CIS BIO INTERNATIONAL [SERALB-125] (albumine humaine iodée [125 I])</t>
+  </si>
+  <si>
+    <t>07/05/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983613/en/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>pprd_2983613</t>
+  </si>
+  <si>
+    <t>albumine humaine iodée [125 I]</t>
+  </si>
+  <si>
+    <t>CIS BIO INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400113/en/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_467700/en/albumine-humaine-baxter-bioscience-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769384/en/iodinated-human-albumin-125i-cis-bio-international-iodinated-human-albumin-radiopharmaceutical-product-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>ZAVEDOS (idarubicine), anthracycline</t>
+  </si>
+  <si>
+    <t>05/11/2017 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983748/en/zavedos-idarubicine-anthracycline</t>
+  </si>
+  <si>
+    <t>pprd_2983748</t>
+  </si>
+  <si>
+    <t>-,idarubicine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401011/en/zavedos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047009/en/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656343/en/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743227/en/zavedos-idarubicin-anthracycline</t>
+  </si>
+  <si>
+    <t>MONOVER (fer (III) isomaltoside 1000)</t>
+  </si>
+  <si>
+    <t>06/01/2017 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983764/en/monover-fer-iii-isomaltoside-1000</t>
+  </si>
+  <si>
+    <t>pprd_2983764</t>
+  </si>
+  <si>
+    <t>fer (III) isomaltoside 1000</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736204/en/monover-iron-isomaltoside-1000-injectable-iron</t>
+  </si>
+  <si>
+    <t>MYLERAN (busulfan)</t>
+  </si>
+  <si>
+    <t>05/10/2017 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983779/en/myleran-busulfan</t>
+  </si>
+  <si>
+    <t>pprd_2983779</t>
+  </si>
+  <si>
+    <t>busulfan</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400933/en/myleran-2-mg-comprime-pellicule1-flacon-en-verre-brun-de-25-comprimes-code-cip-369-231-7-busulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733392/en/myleran-busulfan-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>OBIZUR (susoctocog alfa)</t>
+  </si>
+  <si>
+    <t>06/28/2017 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983793/en/obizur-susoctocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983793</t>
+  </si>
+  <si>
+    <t>susoctocog alfa</t>
+  </si>
+  <si>
+    <t>BAXALTA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732125/en/obizur-susoctogog-alfa-porcine-recombinant-factor-viii</t>
+  </si>
+  <si>
+    <t>PIXUVRI (pixantrone  (dimaléate de))</t>
+  </si>
+  <si>
+    <t>01/13/2017 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983832/en/pixuvri-pixantrone-dimaleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983832</t>
+  </si>
+  <si>
+    <t>pixantrone  (dimaléate de)</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1626108/en/pixuvri-pixantrone-anthracycline-et-apparentes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725871/en/pixuvri-pixantrone-anthracycline-and-related</t>
+  </si>
+  <si>
+    <t>ALPROLIX (eftrénonacog alfa)</t>
+  </si>
+  <si>
+    <t>03/10/2017 15:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983858/en/alprolix-eftrenonacog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983858</t>
+  </si>
+  <si>
+    <t>eftrénonacog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682507/en/alprolix-eftrenonacog-alpha-antihaemophilic-factors-factor-ix</t>
+  </si>
+  <si>
+    <t>LIPIODOL ULTRA-FLUIDE (oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'hui...)</t>
+  </si>
+  <si>
+    <t>02/21/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983976/en/lipiodol-ultra-fluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+  </si>
+  <si>
+    <t>pprd_2983976</t>
+  </si>
+  <si>
+    <t>oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'huile d'oeillette)</t>
+  </si>
+  <si>
+    <t>GUERBET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716250/en/lipiodol-ultrafluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716238/en/lipiodol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671701/en/lipiodol-ultra-fluide-iodine-iodinated-contrast-medium</t>
+  </si>
+  <si>
+    <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>09/27/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983986</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale (plasmatique)</t>
   </si>
   <si>
-    <t>TAKEDA FRANCE</t>
-[...4535 lines deleted...]
-    <t>pprd_2982893</t>
+    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>BUSILVEX (busulfan)</t>
+  </si>
+  <si>
+    <t>10/14/2016 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984002/en/busilvex-busulfan</t>
+  </si>
+  <si>
+    <t>pprd_2984002</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399920/en/busilvex-6-mg/ml-solution-a-diluer-pour-perfusion-boite-de-8-ampoules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493321/en/busilvex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658645/en/busilvex-busulfan</t>
+  </si>
+  <si>
+    <t>LEVACT (bendamustine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/28/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984049/en/levact-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984049</t>
+  </si>
+  <si>
+    <t>bendamustine (chlorhydrate de)</t>
   </si>
   <si>
     <t>MUNDIPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2900187/fr/pelmeg-pegfilgrastim</t>
-[...626 lines deleted...]
-    <t>pprd_2983265</t>
+    <t>https://www.has-sante.fr/jcms/c_994259/en/levact</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656331/en/levact-bendamustine-alkylating-agent</t>
+  </si>
+  <si>
+    <t>VONCENTO (facteur VIII de coagulation humain + facteur von Willebrand)</t>
+  </si>
+  <si>
+    <t>10/12/2016 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984072/en/voncento-facteur-viii-de-coagulation-humain-facteur-von-willebrand</t>
+  </si>
+  <si>
+    <t>pprd_2984072</t>
+  </si>
+  <si>
+    <t>facteur Willebrand de coagulation humain,facteur VIII de coagulation humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747223/en/voncento</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642074/en/voncento-human-coagulation-factor-viii-von-willebrand-factor</t>
+  </si>
+  <si>
+    <t>VFEND IV (voriconazole), antifongique triazolé</t>
+  </si>
+  <si>
+    <t>09/09/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984078/en/vfend-iv-voriconazole-antifongique-triazole</t>
+  </si>
+  <si>
+    <t>pprd_2984078</t>
+  </si>
+  <si>
+    <t>N/R,-,voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399664/en/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477584/en/vfend</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558835/en/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559121/en/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055712/en/vfend-voriconazole-antifungal-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640148/en/vfend-iv-voriconazole-triazole-antifungal</t>
+  </si>
+  <si>
+    <t>CAELYX (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/13/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984088</t>
   </si>
   <si>
     <t>doxorubicine (chlorhydrate de)</t>
   </si>
   <si>
-    <t>ACCORD HEALTHCARE FRANCE SAS/ G GAM</t>
-[...1049 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2629893/fr/caelyx-doxorubicine-liposomale-pegylee-cytotoxique-cancer-de-l-ovaire</t>
+    <t>https://www.has-sante.fr/jcms/c_398845/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/en/caelyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/en/caelyx-pegylated-liposomal-doxorubicin-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/en/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/en/caelyx-pegylated-liposomal-doxorubicin-cytotoxic-agent-ovarian-cancer</t>
   </si>
   <si>
     <t>INOFER (succinate ferreux)</t>
   </si>
   <si>
-    <t>17/11/2016 10:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984093/fr/inofer-succinate-ferreux</t>
+    <t>11/17/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984093/en/inofer-succinate-ferreux</t>
   </si>
   <si>
     <t>pprd_2984093</t>
   </si>
   <si>
     <t>succinate ferreux</t>
   </si>
   <si>
     <t>DB PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517690/fr/inofer-succinate-ferreux</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400327/fr/octaplex-poudre-et-solvant-pour-solution-injectable-complexe-prothrombique-humain-1-flacon-en-verre-1-flacon-en-verre-de-20-ml-avec-necessaire-code-cip-566-106-0</t>
+    <t>https://www.has-sante.fr/jcms/c_517690/en/inofer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638057/en/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635807/en/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635786/en/medicinal-products-containing-iron-alone-ferrous-salts-antianaemics</t>
   </si>
   <si>
     <t>FARYDAK (panobinostat (lactate de) anhydre)</t>
   </si>
   <si>
-    <t>23/08/2016 16:27:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984118/fr/farydak-panobinostat-lactate-de-anhydre</t>
+    <t>08/23/2016 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984118/en/farydak-panobinostat-lactate-de-anhydre</t>
   </si>
   <si>
     <t>pprd_2984118</t>
   </si>
   <si>
     <t>panobinostat (lactate de) anhydre</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2628641/fr/farydak-panobinostat-antineoplasique</t>
-[...56 lines deleted...]
-    <t>asparaginase</t>
+    <t>https://www.has-sante.fr/jcms/c_2628641/en/farydak-panobinostat-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>VELCADE (bortézomib), inhibiteur de protéasome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984163/en/velcade-bortezomib-inhibiteur-de-proteasome</t>
+  </si>
+  <si>
+    <t>pprd_2984163</t>
+  </si>
+  <si>
+    <t>bortézomib,N/R</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400080/en/velcade-3-5-mg-poudre-pour-solution-injectable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400995/en/velcade-3-5-mg-poudre-pour-solution-injectable-1-flacon-s-en-verre-de-38-5-mg-564-957-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523441/en/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817328/en/velcade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727466/en/velcade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035135/en/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589998/en/velcade-bortezomib-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620016/en/velcade-bortezomib-proteasome-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620022/en/velcade-bortezomib-proteasome-inhibitor</t>
+  </si>
+  <si>
+    <t>ELOCTA (efmoroctocog alfa)</t>
+  </si>
+  <si>
+    <t>05/25/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984176/en/elocta-efmoroctocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2984176</t>
+  </si>
+  <si>
+    <t>efmoroctocog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617853/en/elocta-efmoroctocog-alfa-factor-viii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067149/en/elocta-efmoroctocog-alfa</t>
+  </si>
+  <si>
+    <t>KOGENATE BAYER (octocog alfa)</t>
+  </si>
+  <si>
+    <t>02/29/2016 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984194/en/kogenate-bayer-octocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2984194</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400025/en/kogenate-bayer-250-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-kogenate-bayer-500-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-kogenate-bayer-1000-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400165/en/kogenate-bayer-250-ui-flacon-de-poudre-avec-systeme-bioset-seringue-pre-remplie-boite-de-1-flacon-kogenate-bayer-500-ui-flacon-de-poudre-avec-systeme-bioset-seringue-pre-remplie-boite-de-1-flacon-kogenate-bayer-1000-ui-flacon-de-poudre-avec-systeme-bioset-seringue-pre-remplie-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049892/en/kogenate-bayer-octocog-alfa-facteur-viii-de-coagulation-humaine-recombinant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611689/en/kogenate-bayer-octocog-alfa-recombinant-human-coagulation-factor-viii</t>
+  </si>
+  <si>
+    <t>RAPLIXA (Chaque gramme de poudre contient 79 mg de fibrinogène humain et 726 UI)</t>
+  </si>
+  <si>
+    <t>01/18/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984314/en/raplixa-chaque-gramme-de-poudre-contient-79-mg-de-fibrinogene-humain-et-726-ui</t>
+  </si>
+  <si>
+    <t>pprd_2984314</t>
+  </si>
+  <si>
+    <t>Chaque gramme de poudre contient 79 mg de fibrinogène humain et 726 UI</t>
+  </si>
+  <si>
+    <t>THE MEDICINES COMPANY FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572484/en/raplixa-sealant-powder-based-on-human-fibrinogen-and-thrombin</t>
+  </si>
+  <si>
+    <t>ERWINASE (crisantaspase)</t>
+  </si>
+  <si>
+    <t>01/28/2016 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984351/en/erwinase-crisantaspase</t>
+  </si>
+  <si>
+    <t>pprd_2984351</t>
+  </si>
+  <si>
+    <t>crisantaspase</t>
   </si>
   <si>
     <t>EUSA PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400870/fr/kidrolase-asparaginase</t>
-[...314 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2566486/fr/erwinase-l-asparaginase-issue-d-erwinia-antineoplasique</t>
+    <t>https://www.has-sante.fr/jcms/c_2566486/en/erwinase-erwinia-l-asparaginase-antineoplastic-agent</t>
   </si>
   <si>
     <t>IMUREL (azathioprine)</t>
   </si>
   <si>
-    <t>21/10/2015 17:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984367/fr/imurel-azathioprine</t>
+    <t>10/21/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
   </si>
   <si>
     <t>pprd_2984367</t>
   </si>
   <si>
     <t>azathioprine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400866/fr/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
-[...74 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2052623/fr/eporatio-epoetine-theta</t>
+    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/en/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
   </si>
   <si>
     <t>HELIXATE NEXGEN (octocog alfa)</t>
   </si>
   <si>
-    <t>05/01/2016 15:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984451/fr/helixate-nexgen-octocog-alfa</t>
+    <t>01/05/2016 15:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984451/en/helixate-nexgen-octocog-alfa</t>
   </si>
   <si>
     <t>pprd_2984451</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2049886/fr/helixate-nexgen-octocog-alfa-facteur-viii-de-coagulation-humaine-recombinant</t>
+    <t>https://www.has-sante.fr/jcms/c_2049886/en/helixate-nexgen-octocog-alfa-recombinant-human-coagulation-factor-viii</t>
   </si>
   <si>
     <t>EVARREST (thrombine humaine/ fibrinogène humain)</t>
   </si>
   <si>
-    <t>25/04/2016 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984452/fr/evarrest-thrombine-humaine/-fibrinogene-humain</t>
+    <t>04/25/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984452/en/evarrest-thrombine-humaine/-fibrinogene-humain</t>
   </si>
   <si>
     <t>pprd_2984452</t>
   </si>
   <si>
     <t>thrombine humaine,fibrinogène humain</t>
   </si>
   <si>
     <t>ETHICON SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2049883/fr/evarrest-matrice-pour-colle-a-base-de-fibrinogene-et-de-thrombine-humains-thrombine-humaine/-fibrinogene-humain</t>
-[...305 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1740062/fr/zarzio-filgrastim</t>
+    <t>https://www.has-sante.fr/jcms/c_2049883/en/evarrest-sealant-matrix-based-on-human-fibrinogen-and-thrombin</t>
   </si>
   <si>
     <t>NOVOEIGHT (turoctocog alfa)</t>
   </si>
   <si>
-    <t>10/09/2014 16:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984777/fr/novoeight-turoctocog-alfa</t>
+    <t>09/10/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984777/en/novoeight-turoctocog-alfa</t>
   </si>
   <si>
     <t>pprd_2984777</t>
   </si>
   <si>
     <t>turoctocog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1739169/fr/novoeight-turoctocog-alfa-facteur-anti-hemophilique-facteur-viii</t>
+    <t>https://www.has-sante.fr/jcms/c_1739169/en/novoeight</t>
   </si>
   <si>
     <t>CERUBIDINE (chlorhydrate de daunorubicine)</t>
   </si>
   <si>
-    <t>10/06/2014 16:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984786/fr/cerubidine-chlorhydrate-de-daunorubicine</t>
+    <t>06/10/2014 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984786/en/cerubidine-chlorhydrate-de-daunorubicine</t>
   </si>
   <si>
     <t>pprd_2984786</t>
   </si>
   <si>
     <t>chlorhydrate de daunorubicine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1738603/fr/cerubidine-daunorubicine-anthracycline</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1720521/fr/xaluprine-mercaptopurine-suspension-buvable-analogue-de-la-purine</t>
+    <t>https://www.has-sante.fr/jcms/c_1738603/en/cerubidine</t>
   </si>
   <si>
     <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>05/03/2014 17:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984872/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>03/05/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2984872</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_697321/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356130/fr/speciafoldine-acide-folique</t>
+    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>FERRISAT (complexe d'hydroxyde ferrique et de dextran)</t>
   </si>
   <si>
-    <t>08/06/2012 18:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985022/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+    <t>06/08/2012 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985022/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
   </si>
   <si>
     <t>pprd_2985022</t>
   </si>
   <si>
     <t>complexe d'hydroxyde ferrique et de dextran</t>
   </si>
   <si>
     <t>Laboratoire PHARMACOSMOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_619547/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1062709/fr/caryolysine-chlormethine</t>
+    <t>https://www.has-sante.fr/jcms/c_619547/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025866/en/ferrisat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251944/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
   </si>
   <si>
     <t>RIASTAP (fibrinogène humain)</t>
   </si>
   <si>
-    <t>09/03/2011 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985193/fr/riastap-fibrinogene-humain</t>
+    <t>03/09/2011 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985193/en/riastap-fibrinogene-humain</t>
   </si>
   <si>
     <t>pprd_2985193</t>
   </si>
   <si>
     <t>Laboratoire CSL BEHRING SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036540/fr/riastap-fibrinogene-humain</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1016646/fr/aredia-pamidronate-de-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_1036540/en/riastap</t>
   </si>
   <si>
     <t>CEPLENE (dichlorhydrate d'histamine)</t>
   </si>
   <si>
-    <t>01/12/2010 14:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985224/fr/ceplene-dichlorhydrate-d-histamine</t>
+    <t>12/01/2010 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985224/en/ceplene-dichlorhydrate-d-histamine</t>
   </si>
   <si>
     <t>pprd_2985224</t>
   </si>
   <si>
     <t>dichlorhydrate d'histamine</t>
   </si>
   <si>
     <t>Laboratoire MEDA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1014912/fr/ceplene-dichlorhydrate-d-histamine</t>
+    <t>https://www.has-sante.fr/jcms/c_1014912/en/ceplene</t>
   </si>
   <si>
     <t>FIBROGAMMIN (facteur XIII de coagulation)</t>
   </si>
   <si>
-    <t>08/02/2011 10:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985287/fr/fibrogammin-facteur-xiii-de-coagulation</t>
+    <t>02/08/2011 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985287/en/fibrogammin-facteur-xiii-de-coagulation</t>
   </si>
   <si>
     <t>pprd_2985287</t>
   </si>
   <si>
     <t>facteur XIII de coagulation</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_937959/fr/fibrogammin-facteur-xiii-de-coagulation</t>
+    <t>https://www.has-sante.fr/jcms/c_937959/en/fibrogammin</t>
   </si>
   <si>
     <t>TORISEL (temsirolimus)</t>
   </si>
   <si>
-    <t>10/02/2011 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985290/fr/torisel-temsirolimus</t>
+    <t>02/10/2011 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985290/en/torisel-temsirolimus</t>
   </si>
   <si>
     <t>pprd_2985290</t>
   </si>
   <si>
     <t>temsirolimus</t>
   </si>
   <si>
     <t>Laboratoire WYETH PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642922/fr/torisel-temsirolimus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985302/fr/zavesca-miglustat</t>
+    <t>https://www.has-sante.fr/jcms/c_642922/en/torisel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928172/en/torisel</t>
+  </si>
+  <si>
+    <t>ZAVESCA (N/R/ miglustat)</t>
+  </si>
+  <si>
+    <t>02/18/2011 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985302/en/zavesca-n/r/-miglustat</t>
   </si>
   <si>
     <t>pprd_2985302</t>
   </si>
   <si>
     <t>miglustat</t>
   </si>
   <si>
     <t>Laboratoire ACTELION PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399915/fr/zavesca-miglustat</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_893158/fr/ledertrexate-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/c_399915/en/zavesca-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_905044/en/zavesca</t>
   </si>
   <si>
     <t>SUBCUVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
     <t>06/06/2011 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985318/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985318/en/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2985318</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400676/fr/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_874852/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_400676/en/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874852/en/subcuvia</t>
   </si>
   <si>
     <t>KANOKAD (complexe prothrombique humain (PPSB))</t>
   </si>
   <si>
-    <t>14/03/2011 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985345/fr/kanokad-complexe-prothrombique-humain-ppsb</t>
+    <t>03/14/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985345/en/kanokad-complexe-prothrombique-humain-ppsb</t>
   </si>
   <si>
     <t>pprd_2985345</t>
   </si>
   <si>
     <t>complexe prothrombique humain (PPSB)</t>
   </si>
   <si>
     <t>Laboratoire LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_763774/fr/kanokad-complexe-prothrombique-humain-ppsb</t>
+    <t>https://www.has-sante.fr/jcms/c_763774/en/kanokad</t>
   </si>
   <si>
     <t>MABCAMPATH (alemtuzumab)</t>
   </si>
   <si>
-    <t>17/09/2009 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2986051/fr/mabcampath-alemtuzumab</t>
+    <t>09/17/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986051/en/mabcampath-alemtuzumab</t>
   </si>
   <si>
     <t>pprd_2986051</t>
   </si>
   <si>
     <t>alemtuzumab</t>
   </si>
   <si>
     <t>BAYER SANTE – Division Bayer Schering Pharma</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399301/fr/mabcampath-10mg/ml-solution-a-diluer-pour-perfusion-boite-de-3-ampoules</t>
-[...32 lines deleted...]
-    <t>c_2906066</t>
+    <t>https://www.has-sante.fr/jcms/c_399301/en/mabcampath-10mg/ml-solution-a-diluer-pour-perfusion-boite-de-3-ampoules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700500/en/mabcampath</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J31"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
-[...912 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3685</v>
+        <v>21</v>
       </c>
       <c r="B2" t="s">
-        <v>3686</v>
+        <v>22</v>
       </c>
       <c r="C2" t="s">
-        <v>3687</v>
+        <v>23</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E2" t="s">
-        <v>570</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3688</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>3689</v>
-[...25 lines deleted...]
-        <v>3694</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>183</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>184</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>185</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>186</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>187</v>
+        <v>35</v>
       </c>
       <c r="C3" t="s">
-        <v>188</v>
+        <v>36</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E3" t="s">
-        <v>189</v>
+        <v>38</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>190</v>
+        <v>39</v>
       </c>
       <c r="H3" t="s">
-        <v>191</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>192</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>193</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>194</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>195</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>196</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>197</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>198</v>
+        <v>48</v>
       </c>
       <c r="D5" t="s">
-        <v>199</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>201</v>
+        <v>51</v>
       </c>
       <c r="H5" t="s">
-        <v>202</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>203</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
-        <v>204</v>
+        <v>54</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
-        <v>205</v>
+        <v>56</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>206</v>
+        <v>57</v>
       </c>
       <c r="H6" t="s">
-        <v>207</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>208</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>209</v>
+        <v>60</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>210</v>
+        <v>62</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>211</v>
+        <v>63</v>
       </c>
       <c r="H7" t="s">
-        <v>212</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>181</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>213</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E8" t="s">
-        <v>215</v>
+        <v>68</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>216</v>
+        <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>217</v>
-[...987 lines deleted...]
-        <v>409</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>410</v>
+        <v>71</v>
       </c>
       <c r="B2" t="s">
-        <v>411</v>
+        <v>72</v>
       </c>
       <c r="C2" t="s">
-        <v>412</v>
+        <v>73</v>
       </c>
       <c r="D2" t="s">
-        <v>413</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>414</v>
+        <v>74</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>415</v>
+        <v>75</v>
       </c>
       <c r="H2" t="s">
-        <v>416</v>
-[...181 lines deleted...]
-        <v>457</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:BP170"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>77</v>
+      </c>
+      <c r="J1" t="s">
+        <v>78</v>
+      </c>
+      <c r="K1" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>459</v>
+        <v>81</v>
       </c>
       <c r="C2" t="s">
-        <v>460</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>461</v>
+        <v>82</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>462</v>
+        <v>83</v>
       </c>
       <c r="H2" t="s">
-        <v>463</v>
+        <v>84</v>
+      </c>
+      <c r="I2" t="s">
+        <v>85</v>
+      </c>
+      <c r="J2" t="s">
+        <v>86</v>
+      </c>
+      <c r="K2" t="s">
+        <v>87</v>
+      </c>
+      <c r="L2" t="s">
+        <v>88</v>
+      </c>
+      <c r="M2" t="s">
+        <v>88</v>
+      </c>
+      <c r="N2" t="s">
+        <v>89</v>
+      </c>
+      <c r="O2" t="s">
+        <v>90</v>
+      </c>
+      <c r="P2" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B3" t="s">
-        <v>464</v>
+        <v>93</v>
       </c>
       <c r="C3" t="s">
-        <v>465</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>466</v>
+        <v>94</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>467</v>
+        <v>95</v>
       </c>
       <c r="H3" t="s">
-        <v>468</v>
+        <v>96</v>
+      </c>
+      <c r="I3" t="s">
+        <v>97</v>
+      </c>
+      <c r="J3" t="s">
+        <v>98</v>
+      </c>
+      <c r="K3" t="s">
+        <v>99</v>
+      </c>
+      <c r="L3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M3" t="s">
+        <v>101</v>
+      </c>
+      <c r="N3" t="s">
+        <v>102</v>
+      </c>
+      <c r="O3" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B4" t="s">
-        <v>469</v>
+        <v>104</v>
       </c>
       <c r="C4" t="s">
-        <v>470</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>471</v>
+        <v>105</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>472</v>
+        <v>106</v>
       </c>
       <c r="H4" t="s">
-        <v>473</v>
+        <v>107</v>
+      </c>
+      <c r="I4" t="s">
+        <v>108</v>
+      </c>
+      <c r="J4" t="s">
+        <v>109</v>
+      </c>
+      <c r="K4" t="s">
+        <v>110</v>
+      </c>
+      <c r="L4" t="s">
+        <v>111</v>
+      </c>
+      <c r="M4" t="s">
+        <v>112</v>
+      </c>
+      <c r="N4" t="s">
+        <v>113</v>
+      </c>
+      <c r="O4" t="s">
+        <v>114</v>
+      </c>
+      <c r="P4" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>116</v>
+      </c>
+      <c r="R4" t="s">
+        <v>117</v>
+      </c>
+      <c r="S4" t="s">
+        <v>118</v>
+      </c>
+      <c r="T4" t="s">
+        <v>119</v>
+      </c>
+      <c r="U4" t="s">
+        <v>120</v>
+      </c>
+      <c r="V4" t="s">
+        <v>121</v>
+      </c>
+      <c r="W4" t="s">
+        <v>122</v>
+      </c>
+      <c r="X4" t="s">
+        <v>123</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>124</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>125</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>126</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>127</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>128</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>129</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>130</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>131</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>132</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>133</v>
+      </c>
+      <c r="AI4" t="s">
+        <v>134</v>
+      </c>
+      <c r="AJ4" t="s">
+        <v>135</v>
+      </c>
+      <c r="AK4" t="s">
+        <v>136</v>
+      </c>
+      <c r="AL4" t="s">
+        <v>137</v>
+      </c>
+      <c r="AM4" t="s">
+        <v>138</v>
+      </c>
+      <c r="AN4" t="s">
+        <v>139</v>
+      </c>
+      <c r="AO4" t="s">
+        <v>140</v>
+      </c>
+      <c r="AP4" t="s">
+        <v>141</v>
+      </c>
+      <c r="AQ4" t="s">
+        <v>142</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>143</v>
+      </c>
+      <c r="AS4" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT4" t="s">
+        <v>145</v>
+      </c>
+      <c r="AU4" t="s">
+        <v>146</v>
+      </c>
+      <c r="AV4" t="s">
+        <v>147</v>
+      </c>
+      <c r="AW4" t="s">
+        <v>148</v>
+      </c>
+      <c r="AX4" t="s">
+        <v>149</v>
+      </c>
+      <c r="AY4" t="s">
+        <v>150</v>
+      </c>
+      <c r="AZ4" t="s">
+        <v>151</v>
+      </c>
+      <c r="BA4" t="s">
+        <v>152</v>
+      </c>
+      <c r="BB4" t="s">
+        <v>153</v>
+      </c>
+      <c r="BC4" t="s">
+        <v>154</v>
+      </c>
+      <c r="BD4" t="s">
+        <v>155</v>
+      </c>
+      <c r="BE4" t="s">
+        <v>156</v>
+      </c>
+      <c r="BF4" t="s">
+        <v>157</v>
+      </c>
+      <c r="BG4" t="s">
+        <v>158</v>
+      </c>
+      <c r="BH4" t="s">
+        <v>159</v>
+      </c>
+      <c r="BI4" t="s">
+        <v>160</v>
+      </c>
+      <c r="BJ4" t="s">
+        <v>161</v>
+      </c>
+      <c r="BK4" t="s">
+        <v>162</v>
+      </c>
+      <c r="BL4" t="s">
+        <v>163</v>
+      </c>
+      <c r="BM4" t="s">
+        <v>164</v>
+      </c>
+      <c r="BN4" t="s">
+        <v>165</v>
+      </c>
+      <c r="BO4" t="s">
+        <v>166</v>
+      </c>
+      <c r="BP4" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B5" t="s">
-        <v>474</v>
+        <v>168</v>
       </c>
       <c r="C5" t="s">
-        <v>475</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>476</v>
+        <v>169</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>477</v>
+        <v>170</v>
       </c>
       <c r="H5" t="s">
-        <v>478</v>
+        <v>171</v>
+      </c>
+      <c r="I5" t="s">
+        <v>172</v>
+      </c>
+      <c r="J5" t="s">
+        <v>173</v>
+      </c>
+      <c r="K5" t="s">
+        <v>174</v>
+      </c>
+      <c r="L5" t="s">
+        <v>175</v>
+      </c>
+      <c r="M5" t="s">
+        <v>176</v>
+      </c>
+      <c r="N5" t="s">
+        <v>177</v>
+      </c>
+      <c r="O5" t="s">
+        <v>178</v>
+      </c>
+      <c r="P5" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>180</v>
+      </c>
+      <c r="R5" t="s">
+        <v>181</v>
+      </c>
+      <c r="S5" t="s">
+        <v>182</v>
+      </c>
+      <c r="T5" t="s">
+        <v>183</v>
+      </c>
+      <c r="U5" t="s">
+        <v>184</v>
+      </c>
+      <c r="V5" t="s">
+        <v>185</v>
+      </c>
+      <c r="W5" t="s">
+        <v>186</v>
+      </c>
+      <c r="X5" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B6" t="s">
-        <v>479</v>
+        <v>188</v>
       </c>
       <c r="C6" t="s">
-        <v>480</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>481</v>
+        <v>189</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>482</v>
+        <v>190</v>
       </c>
       <c r="H6" t="s">
-        <v>483</v>
+        <v>191</v>
+      </c>
+      <c r="I6" t="s">
+        <v>192</v>
+      </c>
+      <c r="J6" t="s">
+        <v>98</v>
+      </c>
+      <c r="K6" t="s">
+        <v>193</v>
+      </c>
+      <c r="L6" t="s">
+        <v>194</v>
+      </c>
+      <c r="M6" t="s">
+        <v>195</v>
+      </c>
+      <c r="N6" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B7" t="s">
-        <v>484</v>
+        <v>197</v>
       </c>
       <c r="C7" t="s">
-        <v>485</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>486</v>
+        <v>198</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>487</v>
+        <v>199</v>
       </c>
       <c r="H7" t="s">
-        <v>488</v>
+        <v>200</v>
+      </c>
+      <c r="I7" t="s">
+        <v>201</v>
+      </c>
+      <c r="J7" t="s">
+        <v>202</v>
+      </c>
+      <c r="K7" t="s">
+        <v>203</v>
+      </c>
+      <c r="L7" t="s">
+        <v>204</v>
+      </c>
+      <c r="M7" t="s">
+        <v>205</v>
+      </c>
+      <c r="N7" t="s">
+        <v>206</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B8" t="s">
-        <v>489</v>
+        <v>207</v>
       </c>
       <c r="C8" t="s">
-        <v>490</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>491</v>
+        <v>208</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>492</v>
+        <v>209</v>
       </c>
       <c r="H8" t="s">
-        <v>493</v>
+        <v>210</v>
+      </c>
+      <c r="I8" t="s">
+        <v>211</v>
+      </c>
+      <c r="J8" t="s">
+        <v>173</v>
+      </c>
+      <c r="K8" t="s">
+        <v>212</v>
+      </c>
+      <c r="L8" t="s">
+        <v>213</v>
+      </c>
+      <c r="M8" t="s">
+        <v>214</v>
+      </c>
+      <c r="N8" t="s">
+        <v>215</v>
+      </c>
+      <c r="O8" t="s">
+        <v>216</v>
+      </c>
+      <c r="P8" t="s">
+        <v>217</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>218</v>
+      </c>
+      <c r="R8" t="s">
+        <v>219</v>
+      </c>
+      <c r="S8" t="s">
+        <v>220</v>
+      </c>
+      <c r="T8" t="s">
+        <v>221</v>
+      </c>
+      <c r="U8" t="s">
+        <v>222</v>
+      </c>
+      <c r="V8" t="s">
+        <v>223</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B9" t="s">
-        <v>494</v>
+        <v>224</v>
       </c>
       <c r="C9" t="s">
-        <v>495</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>496</v>
+        <v>225</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>497</v>
+        <v>226</v>
       </c>
       <c r="H9" t="s">
-        <v>498</v>
+        <v>227</v>
+      </c>
+      <c r="I9" t="s">
+        <v>228</v>
+      </c>
+      <c r="J9" t="s">
+        <v>229</v>
+      </c>
+      <c r="K9" t="s">
+        <v>230</v>
+      </c>
+      <c r="L9" t="s">
+        <v>231</v>
+      </c>
+      <c r="M9" t="s">
+        <v>232</v>
+      </c>
+      <c r="N9" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B10" t="s">
-        <v>499</v>
+        <v>234</v>
       </c>
       <c r="C10" t="s">
-        <v>500</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>501</v>
+        <v>235</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>502</v>
+        <v>236</v>
       </c>
       <c r="H10" t="s">
-        <v>503</v>
+        <v>237</v>
+      </c>
+      <c r="I10" t="s">
+        <v>238</v>
+      </c>
+      <c r="J10" t="s">
+        <v>173</v>
+      </c>
+      <c r="K10" t="s">
+        <v>239</v>
+      </c>
+      <c r="L10" t="s">
+        <v>240</v>
+      </c>
+      <c r="M10" t="s">
+        <v>241</v>
+      </c>
+      <c r="N10" t="s">
+        <v>242</v>
+      </c>
+      <c r="O10" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>504</v>
+        <v>244</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>505</v>
+        <v>245</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>506</v>
+        <v>246</v>
       </c>
       <c r="H11" t="s">
-        <v>507</v>
-[...299 lines deleted...]
-        <v>566</v>
+        <v>247</v>
+      </c>
+      <c r="I11" t="s">
+        <v>248</v>
+      </c>
+      <c r="J11" t="s">
+        <v>249</v>
+      </c>
+      <c r="K11" t="s">
+        <v>250</v>
+      </c>
+      <c r="L11" t="s">
+        <v>251</v>
+      </c>
+      <c r="M11" t="s">
+        <v>252</v>
+      </c>
+      <c r="N11" t="s">
+        <v>253</v>
+      </c>
+      <c r="O11" t="s">
+        <v>254</v>
+      </c>
+      <c r="P11" t="s">
+        <v>255</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>256</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B12" t="s">
-        <v>567</v>
+        <v>257</v>
       </c>
       <c r="C12" t="s">
-        <v>568</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>569</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>570</v>
+        <v>258</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>571</v>
+        <v>259</v>
       </c>
       <c r="H12" t="s">
-        <v>572</v>
+        <v>260</v>
+      </c>
+      <c r="I12" t="s">
+        <v>261</v>
+      </c>
+      <c r="J12" t="s">
+        <v>262</v>
+      </c>
+      <c r="K12" t="s">
+        <v>263</v>
+      </c>
+      <c r="L12" t="s">
+        <v>264</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B13" t="s">
-        <v>573</v>
+        <v>265</v>
       </c>
       <c r="C13" t="s">
-        <v>574</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>575</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>576</v>
+        <v>266</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>577</v>
+        <v>267</v>
       </c>
       <c r="H13" t="s">
-        <v>578</v>
+        <v>268</v>
+      </c>
+      <c r="I13" t="s">
+        <v>269</v>
+      </c>
+      <c r="J13" t="s">
+        <v>270</v>
+      </c>
+      <c r="K13" t="s">
+        <v>271</v>
+      </c>
+      <c r="L13" t="s">
+        <v>272</v>
+      </c>
+      <c r="M13" t="s">
+        <v>273</v>
+      </c>
+      <c r="N13" t="s">
+        <v>274</v>
+      </c>
+      <c r="O13" t="s">
+        <v>275</v>
+      </c>
+      <c r="P13" t="s">
+        <v>276</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>277</v>
+      </c>
+      <c r="R13" t="s">
+        <v>278</v>
+      </c>
+      <c r="S13" t="s">
+        <v>279</v>
+      </c>
+      <c r="T13" t="s">
+        <v>280</v>
+      </c>
+      <c r="U13" t="s">
+        <v>281</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B14" t="s">
-        <v>579</v>
+        <v>282</v>
       </c>
       <c r="C14" t="s">
-        <v>580</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>581</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>582</v>
+        <v>283</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>583</v>
+        <v>284</v>
       </c>
       <c r="H14" t="s">
-        <v>584</v>
+        <v>285</v>
+      </c>
+      <c r="I14" t="s">
+        <v>286</v>
+      </c>
+      <c r="J14" t="s">
+        <v>287</v>
+      </c>
+      <c r="K14" t="s">
+        <v>288</v>
+      </c>
+      <c r="L14" t="s">
+        <v>289</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>585</v>
+        <v>290</v>
       </c>
       <c r="C15" t="s">
-        <v>586</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>587</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>588</v>
+        <v>291</v>
       </c>
       <c r="F15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>589</v>
+        <v>292</v>
       </c>
       <c r="H15" t="s">
-        <v>590</v>
+        <v>293</v>
+      </c>
+      <c r="I15" t="s">
+        <v>294</v>
+      </c>
+      <c r="J15" t="s">
+        <v>295</v>
+      </c>
+      <c r="K15" t="s">
+        <v>296</v>
+      </c>
+      <c r="L15" t="s">
+        <v>297</v>
+      </c>
+      <c r="M15" t="s">
+        <v>298</v>
+      </c>
+      <c r="N15" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B16" t="s">
-        <v>591</v>
+        <v>300</v>
       </c>
       <c r="C16" t="s">
-        <v>592</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>593</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>594</v>
+        <v>301</v>
       </c>
       <c r="F16" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>595</v>
+        <v>302</v>
       </c>
       <c r="H16" t="s">
-        <v>596</v>
+        <v>303</v>
+      </c>
+      <c r="I16" t="s">
+        <v>304</v>
+      </c>
+      <c r="J16" t="s">
+        <v>305</v>
+      </c>
+      <c r="K16" t="s">
+        <v>306</v>
+      </c>
+      <c r="L16" t="s">
+        <v>307</v>
+      </c>
+      <c r="M16" t="s">
+        <v>308</v>
+      </c>
+      <c r="N16" t="s">
+        <v>309</v>
+      </c>
+      <c r="O16" t="s">
+        <v>310</v>
+      </c>
+      <c r="P16" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>312</v>
+      </c>
+      <c r="R16" t="s">
+        <v>313</v>
+      </c>
+      <c r="S16" t="s">
+        <v>314</v>
+      </c>
+      <c r="T16" t="s">
+        <v>315</v>
+      </c>
+      <c r="U16" t="s">
+        <v>316</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B17" t="s">
-        <v>597</v>
+        <v>317</v>
       </c>
       <c r="C17" t="s">
-        <v>598</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>599</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>600</v>
+        <v>318</v>
       </c>
       <c r="F17" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>601</v>
+        <v>319</v>
       </c>
       <c r="H17" t="s">
-        <v>602</v>
+        <v>320</v>
+      </c>
+      <c r="I17" t="s">
+        <v>321</v>
+      </c>
+      <c r="J17" t="s">
+        <v>322</v>
+      </c>
+      <c r="K17" t="s">
+        <v>323</v>
+      </c>
+      <c r="L17" t="s">
+        <v>324</v>
+      </c>
+      <c r="M17" t="s">
+        <v>325</v>
+      </c>
+      <c r="N17" t="s">
+        <v>326</v>
+      </c>
+      <c r="O17" t="s">
+        <v>327</v>
+      </c>
+      <c r="P17" t="s">
+        <v>328</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>329</v>
+      </c>
+      <c r="R17" t="s">
+        <v>330</v>
+      </c>
+      <c r="S17" t="s">
+        <v>331</v>
+      </c>
+      <c r="T17" t="s">
+        <v>332</v>
+      </c>
+      <c r="U17" t="s">
+        <v>333</v>
+      </c>
+      <c r="V17" t="s">
+        <v>334</v>
+      </c>
+      <c r="W17" t="s">
+        <v>335</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
-        <v>603</v>
+        <v>336</v>
       </c>
       <c r="C18" t="s">
-        <v>604</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>605</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>606</v>
+        <v>337</v>
       </c>
       <c r="F18" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>607</v>
+        <v>338</v>
       </c>
       <c r="H18" t="s">
-        <v>608</v>
+        <v>339</v>
+      </c>
+      <c r="I18" t="s">
+        <v>340</v>
+      </c>
+      <c r="J18" t="s">
+        <v>341</v>
+      </c>
+      <c r="K18" t="s">
+        <v>342</v>
+      </c>
+      <c r="L18" t="s">
+        <v>343</v>
+      </c>
+      <c r="M18" t="s">
+        <v>344</v>
+      </c>
+      <c r="N18" t="s">
+        <v>345</v>
+      </c>
+      <c r="O18" t="s">
+        <v>346</v>
+      </c>
+      <c r="P18" t="s">
+        <v>347</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B19" t="s">
-        <v>609</v>
+        <v>348</v>
       </c>
       <c r="C19" t="s">
-        <v>610</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>611</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>612</v>
+        <v>349</v>
       </c>
       <c r="F19" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>613</v>
+        <v>350</v>
       </c>
       <c r="H19" t="s">
-        <v>614</v>
+        <v>351</v>
+      </c>
+      <c r="I19" t="s">
+        <v>352</v>
+      </c>
+      <c r="J19" t="s">
+        <v>98</v>
+      </c>
+      <c r="K19" t="s">
+        <v>353</v>
+      </c>
+      <c r="L19" t="s">
+        <v>354</v>
+      </c>
+      <c r="M19" t="s">
+        <v>355</v>
+      </c>
+      <c r="N19" t="s">
+        <v>356</v>
+      </c>
+      <c r="O19" t="s">
+        <v>357</v>
+      </c>
+      <c r="P19" t="s">
+        <v>358</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>359</v>
+      </c>
+      <c r="R19" t="s">
+        <v>360</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B20" t="s">
-        <v>615</v>
+        <v>361</v>
       </c>
       <c r="C20" t="s">
-        <v>616</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>617</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>618</v>
+        <v>362</v>
       </c>
       <c r="F20" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>619</v>
+        <v>363</v>
       </c>
       <c r="H20" t="s">
-        <v>620</v>
+        <v>364</v>
+      </c>
+      <c r="I20" t="s">
+        <v>365</v>
+      </c>
+      <c r="J20" t="s">
+        <v>366</v>
+      </c>
+      <c r="K20" t="s">
+        <v>367</v>
+      </c>
+      <c r="L20" t="s">
+        <v>368</v>
+      </c>
+      <c r="M20" t="s">
+        <v>369</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B21" t="s">
-        <v>621</v>
+        <v>370</v>
       </c>
       <c r="C21" t="s">
-        <v>622</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>623</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>624</v>
+        <v>371</v>
       </c>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>625</v>
+        <v>372</v>
       </c>
       <c r="H21" t="s">
-        <v>626</v>
+        <v>373</v>
+      </c>
+      <c r="I21" t="s">
+        <v>374</v>
+      </c>
+      <c r="J21" t="s">
+        <v>375</v>
+      </c>
+      <c r="K21" t="s">
+        <v>376</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B22" t="s">
-        <v>627</v>
+        <v>377</v>
       </c>
       <c r="C22" t="s">
-        <v>628</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>629</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>630</v>
+        <v>378</v>
       </c>
       <c r="F22" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>631</v>
+        <v>379</v>
       </c>
       <c r="H22" t="s">
-        <v>632</v>
+        <v>380</v>
+      </c>
+      <c r="I22" t="s">
+        <v>381</v>
+      </c>
+      <c r="J22" t="s">
+        <v>382</v>
+      </c>
+      <c r="K22" t="s">
+        <v>383</v>
+      </c>
+      <c r="L22" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B23" t="s">
-        <v>633</v>
+        <v>385</v>
       </c>
       <c r="C23" t="s">
-        <v>634</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>635</v>
+        <v>386</v>
       </c>
       <c r="F23" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>636</v>
+        <v>387</v>
       </c>
       <c r="H23" t="s">
-        <v>637</v>
+        <v>388</v>
+      </c>
+      <c r="I23" t="s">
+        <v>389</v>
+      </c>
+      <c r="J23" t="s">
+        <v>390</v>
+      </c>
+      <c r="K23" t="s">
+        <v>391</v>
+      </c>
+      <c r="L23" t="s">
+        <v>392</v>
+      </c>
+      <c r="M23" t="s">
+        <v>393</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B24" t="s">
-        <v>638</v>
+        <v>394</v>
       </c>
       <c r="C24" t="s">
-        <v>639</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>640</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>641</v>
+        <v>395</v>
       </c>
       <c r="F24" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>642</v>
+        <v>396</v>
       </c>
       <c r="H24" t="s">
-        <v>643</v>
+        <v>397</v>
+      </c>
+      <c r="I24" t="s">
+        <v>398</v>
+      </c>
+      <c r="J24" t="s">
+        <v>399</v>
+      </c>
+      <c r="K24" t="s">
+        <v>400</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B25" t="s">
-        <v>644</v>
+        <v>401</v>
       </c>
       <c r="C25" t="s">
-        <v>645</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>646</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>647</v>
+        <v>402</v>
       </c>
       <c r="F25" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>648</v>
+        <v>403</v>
       </c>
       <c r="H25" t="s">
-        <v>649</v>
+        <v>404</v>
+      </c>
+      <c r="I25" t="s">
+        <v>405</v>
+      </c>
+      <c r="J25" t="s">
+        <v>406</v>
+      </c>
+      <c r="K25" t="s">
+        <v>407</v>
+      </c>
+      <c r="L25" t="s">
+        <v>408</v>
+      </c>
+      <c r="M25" t="s">
+        <v>409</v>
+      </c>
+      <c r="N25" t="s">
+        <v>410</v>
+      </c>
+      <c r="O25" t="s">
+        <v>411</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>508</v>
+        <v>80</v>
       </c>
       <c r="B26" t="s">
-        <v>650</v>
+        <v>412</v>
       </c>
       <c r="C26" t="s">
-        <v>651</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>652</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>653</v>
+        <v>413</v>
       </c>
       <c r="F26" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>654</v>
+        <v>414</v>
       </c>
       <c r="H26" t="s">
-        <v>655</v>
-[...1872 lines deleted...]
-        <v>1068</v>
+        <v>415</v>
       </c>
       <c r="I26" t="s">
-        <v>1069</v>
+        <v>416</v>
       </c>
       <c r="J26" t="s">
-        <v>815</v>
+        <v>417</v>
       </c>
       <c r="K26" t="s">
-        <v>1070</v>
+        <v>418</v>
       </c>
       <c r="L26" t="s">
-        <v>1071</v>
+        <v>419</v>
       </c>
       <c r="M26" t="s">
-        <v>1072</v>
+        <v>420</v>
       </c>
       <c r="N26" t="s">
-        <v>1073</v>
+        <v>421</v>
       </c>
       <c r="O26" t="s">
-        <v>1074</v>
+        <v>422</v>
       </c>
       <c r="P26" t="s">
-        <v>1075</v>
+        <v>423</v>
       </c>
       <c r="Q26" t="s">
-        <v>1076</v>
-[...2 lines deleted...]
-        <v>1077</v>
+        <v>424</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B27" t="s">
-        <v>1078</v>
+        <v>425</v>
       </c>
       <c r="C27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1079</v>
+        <v>426</v>
       </c>
       <c r="F27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1080</v>
+        <v>427</v>
       </c>
       <c r="H27" t="s">
-        <v>1081</v>
+        <v>428</v>
       </c>
       <c r="I27" t="s">
-        <v>1082</v>
+        <v>429</v>
       </c>
       <c r="J27" t="s">
-        <v>1083</v>
+        <v>430</v>
       </c>
       <c r="K27" t="s">
-        <v>1084</v>
+        <v>431</v>
       </c>
       <c r="L27" t="s">
-        <v>1085</v>
-[...5 lines deleted...]
-        <v>1087</v>
+        <v>432</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B28" t="s">
-        <v>1088</v>
+        <v>433</v>
       </c>
       <c r="C28" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1089</v>
+        <v>434</v>
       </c>
       <c r="F28" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1090</v>
+        <v>435</v>
       </c>
       <c r="H28" t="s">
-        <v>1091</v>
+        <v>436</v>
       </c>
       <c r="I28" t="s">
-        <v>1092</v>
+        <v>437</v>
       </c>
       <c r="J28" t="s">
-        <v>1093</v>
+        <v>98</v>
       </c>
       <c r="K28" t="s">
-        <v>1094</v>
+        <v>438</v>
       </c>
       <c r="L28" t="s">
-        <v>1095</v>
+        <v>439</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B29" t="s">
-        <v>1096</v>
+        <v>440</v>
       </c>
       <c r="C29" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1097</v>
+        <v>441</v>
       </c>
       <c r="F29" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1098</v>
+        <v>442</v>
       </c>
       <c r="H29" t="s">
-        <v>1099</v>
+        <v>443</v>
       </c>
       <c r="I29" t="s">
-        <v>1100</v>
+        <v>444</v>
       </c>
       <c r="J29" t="s">
-        <v>1101</v>
+        <v>445</v>
       </c>
       <c r="K29" t="s">
-        <v>1102</v>
+        <v>446</v>
       </c>
       <c r="L29" t="s">
-        <v>1103</v>
+        <v>447</v>
+      </c>
+      <c r="M29" t="s">
+        <v>448</v>
+      </c>
+      <c r="N29" t="s">
+        <v>449</v>
+      </c>
+      <c r="O29" t="s">
+        <v>450</v>
+      </c>
+      <c r="P29" t="s">
+        <v>451</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>452</v>
+      </c>
+      <c r="R29" t="s">
+        <v>453</v>
+      </c>
+      <c r="S29" t="s">
+        <v>454</v>
+      </c>
+      <c r="T29" t="s">
+        <v>455</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B30" t="s">
-        <v>1104</v>
+        <v>456</v>
       </c>
       <c r="C30" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1105</v>
+        <v>457</v>
       </c>
       <c r="F30" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1106</v>
+        <v>458</v>
       </c>
       <c r="H30" t="s">
-        <v>1107</v>
+        <v>459</v>
       </c>
       <c r="I30" t="s">
-        <v>1108</v>
+        <v>460</v>
       </c>
       <c r="J30" t="s">
-        <v>1109</v>
+        <v>461</v>
       </c>
       <c r="K30" t="s">
-        <v>1110</v>
+        <v>462</v>
+      </c>
+      <c r="L30" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B31" t="s">
-        <v>1111</v>
+        <v>464</v>
       </c>
       <c r="C31" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1112</v>
+        <v>465</v>
       </c>
       <c r="F31" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1113</v>
+        <v>466</v>
       </c>
       <c r="H31" t="s">
-        <v>1114</v>
+        <v>467</v>
       </c>
       <c r="I31" t="s">
-        <v>1115</v>
+        <v>468</v>
       </c>
       <c r="J31" t="s">
-        <v>991</v>
+        <v>173</v>
       </c>
       <c r="K31" t="s">
-        <v>1116</v>
+        <v>469</v>
       </c>
       <c r="L31" t="s">
-        <v>1117</v>
+        <v>470</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B32" t="s">
-        <v>1118</v>
+        <v>471</v>
       </c>
       <c r="C32" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1119</v>
+        <v>472</v>
       </c>
       <c r="F32" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1120</v>
+        <v>473</v>
       </c>
       <c r="H32" t="s">
-        <v>1121</v>
+        <v>474</v>
       </c>
       <c r="I32" t="s">
-        <v>1122</v>
+        <v>475</v>
       </c>
       <c r="J32" t="s">
-        <v>1123</v>
+        <v>382</v>
       </c>
       <c r="K32" t="s">
-        <v>1124</v>
+        <v>476</v>
       </c>
       <c r="L32" t="s">
-        <v>1125</v>
+        <v>477</v>
       </c>
       <c r="M32" t="s">
-        <v>1126</v>
+        <v>478</v>
+      </c>
+      <c r="N32" t="s">
+        <v>479</v>
+      </c>
+      <c r="O32" t="s">
+        <v>480</v>
+      </c>
+      <c r="P32" t="s">
+        <v>481</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>482</v>
+      </c>
+      <c r="R32" t="s">
+        <v>483</v>
+      </c>
+      <c r="S32" t="s">
+        <v>484</v>
+      </c>
+      <c r="T32" t="s">
+        <v>485</v>
+      </c>
+      <c r="U32" t="s">
+        <v>486</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B33" t="s">
-        <v>1127</v>
+        <v>487</v>
       </c>
       <c r="C33" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1128</v>
+        <v>488</v>
       </c>
       <c r="F33" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1129</v>
+        <v>489</v>
       </c>
       <c r="H33" t="s">
-        <v>1130</v>
+        <v>490</v>
       </c>
       <c r="I33" t="s">
-        <v>1131</v>
+        <v>491</v>
       </c>
       <c r="J33" t="s">
-        <v>1132</v>
+        <v>492</v>
       </c>
       <c r="K33" t="s">
-        <v>1133</v>
+        <v>493</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B34" t="s">
-        <v>1134</v>
+        <v>494</v>
       </c>
       <c r="C34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1135</v>
+        <v>495</v>
       </c>
       <c r="F34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1136</v>
+        <v>496</v>
       </c>
       <c r="H34" t="s">
-        <v>1137</v>
+        <v>497</v>
       </c>
       <c r="I34" t="s">
-        <v>1138</v>
+        <v>498</v>
       </c>
       <c r="J34" t="s">
-        <v>1139</v>
+        <v>499</v>
       </c>
       <c r="K34" t="s">
-        <v>1140</v>
-[...14 lines deleted...]
-        <v>1144</v>
+        <v>500</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B35" t="s">
-        <v>1145</v>
+        <v>501</v>
       </c>
       <c r="C35" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1146</v>
+        <v>502</v>
       </c>
       <c r="F35" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1147</v>
+        <v>503</v>
       </c>
       <c r="H35" t="s">
-        <v>1148</v>
+        <v>504</v>
       </c>
       <c r="I35" t="s">
-        <v>1149</v>
+        <v>505</v>
       </c>
       <c r="J35" t="s">
-        <v>1150</v>
+        <v>382</v>
       </c>
       <c r="K35" t="s">
-        <v>1151</v>
+        <v>506</v>
       </c>
       <c r="L35" t="s">
-        <v>1152</v>
+        <v>507</v>
+      </c>
+      <c r="M35" t="s">
+        <v>508</v>
+      </c>
+      <c r="N35" t="s">
+        <v>509</v>
+      </c>
+      <c r="O35" t="s">
+        <v>510</v>
+      </c>
+      <c r="P35" t="s">
+        <v>511</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>512</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B36" t="s">
-        <v>1153</v>
+        <v>513</v>
       </c>
       <c r="C36" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1154</v>
+        <v>514</v>
       </c>
       <c r="F36" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1155</v>
+        <v>515</v>
       </c>
       <c r="H36" t="s">
-        <v>1156</v>
+        <v>516</v>
       </c>
       <c r="I36" t="s">
-        <v>1157</v>
+        <v>517</v>
       </c>
       <c r="J36" t="s">
-        <v>1158</v>
+        <v>406</v>
       </c>
       <c r="K36" t="s">
-        <v>1159</v>
+        <v>518</v>
       </c>
       <c r="L36" t="s">
-        <v>1160</v>
+        <v>519</v>
       </c>
       <c r="M36" t="s">
-        <v>1161</v>
+        <v>520</v>
+      </c>
+      <c r="N36" t="s">
+        <v>521</v>
+      </c>
+      <c r="O36" t="s">
+        <v>522</v>
+      </c>
+      <c r="P36" t="s">
+        <v>523</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>524</v>
+      </c>
+      <c r="R36" t="s">
+        <v>525</v>
+      </c>
+      <c r="S36" t="s">
+        <v>526</v>
+      </c>
+      <c r="T36" t="s">
+        <v>527</v>
+      </c>
+      <c r="U36" t="s">
+        <v>528</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B37" t="s">
-        <v>1162</v>
+        <v>529</v>
       </c>
       <c r="C37" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1154</v>
+        <v>530</v>
       </c>
       <c r="F37" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1163</v>
+        <v>531</v>
       </c>
       <c r="H37" t="s">
-        <v>1164</v>
+        <v>532</v>
       </c>
       <c r="I37" t="s">
-        <v>1165</v>
+        <v>533</v>
       </c>
       <c r="J37" t="s">
-        <v>1166</v>
+        <v>534</v>
       </c>
       <c r="K37" t="s">
-        <v>1167</v>
+        <v>535</v>
       </c>
       <c r="L37" t="s">
-        <v>1168</v>
+        <v>536</v>
+      </c>
+      <c r="M37" t="s">
+        <v>537</v>
+      </c>
+      <c r="N37" t="s">
+        <v>538</v>
+      </c>
+      <c r="O37" t="s">
+        <v>539</v>
+      </c>
+      <c r="P37" t="s">
+        <v>540</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>541</v>
+      </c>
+      <c r="R37" t="s">
+        <v>542</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>1169</v>
+        <v>543</v>
       </c>
       <c r="C38" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1170</v>
+        <v>544</v>
       </c>
       <c r="F38" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1171</v>
+        <v>545</v>
       </c>
       <c r="H38" t="s">
-        <v>1172</v>
+        <v>546</v>
       </c>
       <c r="I38" t="s">
-        <v>1173</v>
+        <v>547</v>
       </c>
       <c r="J38" t="s">
-        <v>1174</v>
+        <v>548</v>
       </c>
       <c r="K38" t="s">
-        <v>1175</v>
+        <v>549</v>
       </c>
       <c r="L38" t="s">
-        <v>1176</v>
+        <v>550</v>
       </c>
       <c r="M38" t="s">
-        <v>1177</v>
+        <v>551</v>
+      </c>
+      <c r="N38" t="s">
+        <v>552</v>
+      </c>
+      <c r="O38" t="s">
+        <v>553</v>
+      </c>
+      <c r="P38" t="s">
+        <v>554</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B39" t="s">
-        <v>1178</v>
+        <v>555</v>
       </c>
       <c r="C39" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1179</v>
+        <v>556</v>
       </c>
       <c r="F39" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1180</v>
+        <v>557</v>
       </c>
       <c r="H39" t="s">
-        <v>1181</v>
+        <v>558</v>
       </c>
       <c r="I39" t="s">
-        <v>1182</v>
+        <v>559</v>
       </c>
       <c r="J39" t="s">
-        <v>1183</v>
+        <v>560</v>
       </c>
       <c r="K39" t="s">
-        <v>1184</v>
+        <v>561</v>
       </c>
       <c r="L39" t="s">
-        <v>1185</v>
+        <v>562</v>
       </c>
       <c r="M39" t="s">
-        <v>1186</v>
+        <v>563</v>
       </c>
       <c r="N39" t="s">
-        <v>1187</v>
+        <v>564</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B40" t="s">
-        <v>1188</v>
+        <v>565</v>
       </c>
       <c r="C40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1189</v>
+        <v>566</v>
       </c>
       <c r="F40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1190</v>
+        <v>567</v>
       </c>
       <c r="H40" t="s">
-        <v>1191</v>
+        <v>568</v>
       </c>
       <c r="I40" t="s">
-        <v>1192</v>
+        <v>569</v>
       </c>
       <c r="J40" t="s">
-        <v>875</v>
+        <v>570</v>
       </c>
       <c r="K40" t="s">
-        <v>1193</v>
+        <v>571</v>
+      </c>
+      <c r="L40" t="s">
+        <v>572</v>
+      </c>
+      <c r="M40" t="s">
+        <v>573</v>
+      </c>
+      <c r="N40" t="s">
+        <v>574</v>
+      </c>
+      <c r="O40" t="s">
+        <v>575</v>
+      </c>
+      <c r="P40" t="s">
+        <v>576</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B41" t="s">
-        <v>1194</v>
+        <v>577</v>
       </c>
       <c r="C41" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1195</v>
+        <v>578</v>
       </c>
       <c r="F41" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1196</v>
+        <v>579</v>
       </c>
       <c r="H41" t="s">
-        <v>1197</v>
+        <v>580</v>
       </c>
       <c r="I41" t="s">
-        <v>1198</v>
+        <v>581</v>
       </c>
       <c r="J41" t="s">
-        <v>895</v>
+        <v>582</v>
       </c>
       <c r="K41" t="s">
-        <v>1199</v>
+        <v>583</v>
       </c>
       <c r="L41" t="s">
-        <v>1200</v>
+        <v>584</v>
       </c>
       <c r="M41" t="s">
-        <v>1201</v>
+        <v>585</v>
+      </c>
+      <c r="N41" t="s">
+        <v>586</v>
+      </c>
+      <c r="O41" t="s">
+        <v>587</v>
+      </c>
+      <c r="P41" t="s">
+        <v>588</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>589</v>
+      </c>
+      <c r="R41" t="s">
+        <v>590</v>
+      </c>
+      <c r="S41" t="s">
+        <v>591</v>
+      </c>
+      <c r="T41" t="s">
+        <v>592</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B42" t="s">
-        <v>1202</v>
+        <v>593</v>
       </c>
       <c r="C42" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1203</v>
+        <v>594</v>
       </c>
       <c r="F42" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1204</v>
+        <v>595</v>
       </c>
       <c r="H42" t="s">
-        <v>1205</v>
+        <v>596</v>
       </c>
       <c r="I42" t="s">
-        <v>1206</v>
+        <v>597</v>
       </c>
       <c r="J42" t="s">
-        <v>1207</v>
+        <v>598</v>
       </c>
       <c r="K42" t="s">
-        <v>1208</v>
+        <v>599</v>
       </c>
       <c r="L42" t="s">
-        <v>1209</v>
+        <v>600</v>
       </c>
       <c r="M42" t="s">
-        <v>1210</v>
-[...5 lines deleted...]
-        <v>1212</v>
+        <v>601</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B43" t="s">
-        <v>1213</v>
+        <v>602</v>
       </c>
       <c r="C43" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1214</v>
+        <v>603</v>
       </c>
       <c r="F43" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1215</v>
+        <v>604</v>
       </c>
       <c r="H43" t="s">
-        <v>1216</v>
+        <v>605</v>
       </c>
       <c r="I43" t="s">
-        <v>1217</v>
+        <v>606</v>
       </c>
       <c r="J43" t="s">
-        <v>1218</v>
+        <v>607</v>
       </c>
       <c r="K43" t="s">
-        <v>1219</v>
+        <v>608</v>
       </c>
       <c r="L43" t="s">
-        <v>1220</v>
+        <v>609</v>
       </c>
       <c r="M43" t="s">
-        <v>1221</v>
+        <v>610</v>
       </c>
       <c r="N43" t="s">
-        <v>1222</v>
+        <v>611</v>
+      </c>
+      <c r="O43" t="s">
+        <v>612</v>
+      </c>
+      <c r="P43" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>614</v>
+      </c>
+      <c r="R43" t="s">
+        <v>615</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B44" t="s">
-        <v>1223</v>
+        <v>616</v>
       </c>
       <c r="C44" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1224</v>
+        <v>617</v>
       </c>
       <c r="F44" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1225</v>
+        <v>618</v>
       </c>
       <c r="H44" t="s">
-        <v>1226</v>
+        <v>619</v>
       </c>
       <c r="I44" t="s">
-        <v>1227</v>
+        <v>620</v>
       </c>
       <c r="J44" t="s">
-        <v>1228</v>
+        <v>621</v>
       </c>
       <c r="K44" t="s">
-        <v>1229</v>
+        <v>622</v>
       </c>
       <c r="L44" t="s">
-        <v>1230</v>
-[...14 lines deleted...]
-        <v>1235</v>
+        <v>623</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B45" t="s">
-        <v>1236</v>
+        <v>624</v>
       </c>
       <c r="C45" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D45" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1237</v>
+        <v>625</v>
       </c>
       <c r="F45" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1238</v>
+        <v>626</v>
       </c>
       <c r="H45" t="s">
-        <v>1239</v>
+        <v>627</v>
       </c>
       <c r="I45" t="s">
-        <v>1240</v>
+        <v>628</v>
       </c>
       <c r="J45" t="s">
-        <v>1241</v>
+        <v>629</v>
       </c>
       <c r="K45" t="s">
-        <v>1242</v>
+        <v>630</v>
       </c>
       <c r="L45" t="s">
-        <v>1243</v>
+        <v>631</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B46" t="s">
-        <v>1244</v>
+        <v>632</v>
       </c>
       <c r="C46" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1245</v>
+        <v>633</v>
       </c>
       <c r="F46" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1246</v>
+        <v>634</v>
       </c>
       <c r="H46" t="s">
-        <v>1247</v>
+        <v>635</v>
       </c>
       <c r="I46" t="s">
-        <v>1248</v>
+        <v>636</v>
       </c>
       <c r="J46" t="s">
-        <v>815</v>
+        <v>305</v>
       </c>
       <c r="K46" t="s">
-        <v>1249</v>
+        <v>637</v>
       </c>
       <c r="L46" t="s">
-        <v>1250</v>
+        <v>638</v>
       </c>
       <c r="M46" t="s">
-        <v>1251</v>
+        <v>639</v>
       </c>
       <c r="N46" t="s">
-        <v>1252</v>
+        <v>640</v>
       </c>
       <c r="O46" t="s">
-        <v>1251</v>
+        <v>641</v>
       </c>
       <c r="P46" t="s">
-        <v>1253</v>
+        <v>640</v>
       </c>
       <c r="Q46" t="s">
-        <v>1254</v>
+        <v>642</v>
       </c>
       <c r="R46" t="s">
-        <v>1255</v>
+        <v>643</v>
+      </c>
+      <c r="S46" t="s">
+        <v>644</v>
+      </c>
+      <c r="T46" t="s">
+        <v>645</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B47" t="s">
-        <v>1256</v>
+        <v>646</v>
       </c>
       <c r="C47" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D47" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1257</v>
+        <v>647</v>
       </c>
       <c r="F47" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1258</v>
+        <v>648</v>
       </c>
       <c r="H47" t="s">
-        <v>1259</v>
+        <v>649</v>
       </c>
       <c r="I47" t="s">
-        <v>1260</v>
+        <v>650</v>
       </c>
       <c r="J47" t="s">
-        <v>1083</v>
+        <v>651</v>
       </c>
       <c r="K47" t="s">
-        <v>1261</v>
-[...5 lines deleted...]
-        <v>1263</v>
+        <v>652</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B48" t="s">
-        <v>1264</v>
+        <v>653</v>
       </c>
       <c r="C48" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1265</v>
+        <v>654</v>
       </c>
       <c r="F48" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1266</v>
+        <v>655</v>
       </c>
       <c r="H48" t="s">
-        <v>1267</v>
+        <v>656</v>
       </c>
       <c r="I48" t="s">
-        <v>1268</v>
+        <v>657</v>
       </c>
       <c r="J48" t="s">
-        <v>815</v>
+        <v>651</v>
       </c>
       <c r="K48" t="s">
-        <v>1269</v>
-[...2 lines deleted...]
-        <v>1270</v>
+        <v>658</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B49" t="s">
-        <v>1271</v>
+        <v>659</v>
       </c>
       <c r="C49" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D49" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1272</v>
+        <v>660</v>
       </c>
       <c r="F49" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1273</v>
+        <v>661</v>
       </c>
       <c r="H49" t="s">
-        <v>1274</v>
+        <v>662</v>
       </c>
       <c r="I49" t="s">
-        <v>1275</v>
+        <v>663</v>
       </c>
       <c r="J49" t="s">
-        <v>1276</v>
+        <v>664</v>
       </c>
       <c r="K49" t="s">
-        <v>1277</v>
+        <v>665</v>
       </c>
       <c r="L49" t="s">
-        <v>1278</v>
-[...5 lines deleted...]
-        <v>1279</v>
+        <v>666</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B50" t="s">
-        <v>1280</v>
+        <v>667</v>
       </c>
       <c r="C50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1281</v>
+        <v>660</v>
       </c>
       <c r="F50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1282</v>
+        <v>668</v>
       </c>
       <c r="H50" t="s">
-        <v>1283</v>
+        <v>669</v>
       </c>
       <c r="I50" t="s">
-        <v>1284</v>
+        <v>670</v>
       </c>
       <c r="J50" t="s">
-        <v>1285</v>
+        <v>262</v>
       </c>
       <c r="K50" t="s">
-        <v>1286</v>
+        <v>671</v>
       </c>
       <c r="L50" t="s">
-        <v>1287</v>
-[...5 lines deleted...]
-        <v>1289</v>
+        <v>672</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B51" t="s">
-        <v>1290</v>
+        <v>673</v>
       </c>
       <c r="C51" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D51" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1291</v>
+        <v>660</v>
       </c>
       <c r="F51" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1292</v>
+        <v>674</v>
       </c>
       <c r="H51" t="s">
-        <v>1293</v>
+        <v>675</v>
       </c>
       <c r="I51" t="s">
-        <v>1294</v>
+        <v>559</v>
       </c>
       <c r="J51" t="s">
-        <v>1295</v>
+        <v>676</v>
       </c>
       <c r="K51" t="s">
-        <v>1296</v>
+        <v>677</v>
       </c>
       <c r="L51" t="s">
-        <v>1297</v>
+        <v>678</v>
       </c>
       <c r="M51" t="s">
-        <v>1298</v>
+        <v>679</v>
       </c>
       <c r="N51" t="s">
-        <v>1299</v>
-[...17 lines deleted...]
-        <v>1305</v>
+        <v>680</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B52" t="s">
-        <v>1306</v>
+        <v>681</v>
       </c>
       <c r="C52" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1307</v>
+        <v>682</v>
       </c>
       <c r="F52" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1308</v>
+        <v>683</v>
       </c>
       <c r="H52" t="s">
-        <v>1309</v>
+        <v>684</v>
       </c>
       <c r="I52" t="s">
-        <v>1310</v>
+        <v>685</v>
       </c>
       <c r="J52" t="s">
-        <v>1311</v>
+        <v>686</v>
       </c>
       <c r="K52" t="s">
-        <v>1312</v>
+        <v>687</v>
       </c>
       <c r="L52" t="s">
-        <v>1313</v>
+        <v>688</v>
+      </c>
+      <c r="M52" t="s">
+        <v>689</v>
+      </c>
+      <c r="N52" t="s">
+        <v>690</v>
+      </c>
+      <c r="O52" t="s">
+        <v>691</v>
+      </c>
+      <c r="P52" t="s">
+        <v>692</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>693</v>
+      </c>
+      <c r="R52" t="s">
+        <v>694</v>
+      </c>
+      <c r="S52" t="s">
+        <v>695</v>
+      </c>
+      <c r="T52" t="s">
+        <v>696</v>
+      </c>
+      <c r="U52" t="s">
+        <v>697</v>
+      </c>
+      <c r="V52" t="s">
+        <v>698</v>
+      </c>
+      <c r="W52" t="s">
+        <v>699</v>
+      </c>
+      <c r="X52" t="s">
+        <v>700</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>701</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>702</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>703</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>704</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>705</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>706</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
+        <v>80</v>
+      </c>
+      <c r="B53" t="s">
+        <v>707</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>708</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>709</v>
+      </c>
+      <c r="H53" t="s">
+        <v>710</v>
+      </c>
+      <c r="I53" t="s">
+        <v>711</v>
+      </c>
+      <c r="J53" t="s">
+        <v>712</v>
+      </c>
+      <c r="K53" t="s">
+        <v>713</v>
+      </c>
+      <c r="L53" t="s">
+        <v>714</v>
+      </c>
+      <c r="M53" t="s">
+        <v>715</v>
+      </c>
+      <c r="N53" t="s">
         <v>716</v>
       </c>
-      <c r="B53" t="s">
-[...30 lines deleted...]
-        <v>1321</v>
+      <c r="O53" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B54" t="s">
-        <v>1322</v>
+        <v>718</v>
       </c>
       <c r="C54" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1323</v>
+        <v>719</v>
       </c>
       <c r="F54" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1324</v>
+        <v>720</v>
       </c>
       <c r="H54" t="s">
-        <v>1325</v>
+        <v>721</v>
       </c>
       <c r="I54" t="s">
-        <v>1326</v>
+        <v>722</v>
       </c>
       <c r="J54" t="s">
-        <v>1327</v>
+        <v>723</v>
       </c>
       <c r="K54" t="s">
-        <v>1328</v>
+        <v>724</v>
       </c>
       <c r="L54" t="s">
-        <v>1329</v>
+        <v>725</v>
       </c>
       <c r="M54" t="s">
-        <v>1330</v>
+        <v>726</v>
       </c>
       <c r="N54" t="s">
-        <v>1331</v>
+        <v>727</v>
+      </c>
+      <c r="O54" t="s">
+        <v>728</v>
+      </c>
+      <c r="P54" t="s">
+        <v>729</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>730</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B55" t="s">
-        <v>1332</v>
+        <v>731</v>
       </c>
       <c r="C55" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D55" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1333</v>
+        <v>732</v>
       </c>
       <c r="F55" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1334</v>
+        <v>733</v>
       </c>
       <c r="H55" t="s">
-        <v>1335</v>
+        <v>734</v>
       </c>
       <c r="I55" t="s">
-        <v>1336</v>
+        <v>735</v>
       </c>
       <c r="J55" t="s">
-        <v>1337</v>
+        <v>417</v>
       </c>
       <c r="K55" t="s">
-        <v>1338</v>
+        <v>736</v>
       </c>
       <c r="L55" t="s">
-        <v>1339</v>
+        <v>737</v>
       </c>
       <c r="M55" t="s">
-        <v>1340</v>
+        <v>738</v>
       </c>
       <c r="N55" t="s">
-        <v>1341</v>
+        <v>739</v>
       </c>
       <c r="O55" t="s">
-        <v>1342</v>
+        <v>740</v>
       </c>
       <c r="P55" t="s">
-        <v>1343</v>
+        <v>741</v>
       </c>
       <c r="Q55" t="s">
-        <v>1344</v>
+        <v>742</v>
       </c>
       <c r="R55" t="s">
-        <v>1345</v>
+        <v>743</v>
+      </c>
+      <c r="S55" t="s">
+        <v>744</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B56" t="s">
-        <v>1346</v>
+        <v>745</v>
       </c>
       <c r="C56" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D56" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1347</v>
+        <v>746</v>
       </c>
       <c r="F56" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1348</v>
+        <v>747</v>
       </c>
       <c r="H56" t="s">
-        <v>1349</v>
+        <v>748</v>
       </c>
       <c r="I56" t="s">
-        <v>1350</v>
+        <v>749</v>
       </c>
       <c r="J56" t="s">
-        <v>1351</v>
+        <v>750</v>
       </c>
       <c r="K56" t="s">
-        <v>1352</v>
+        <v>751</v>
       </c>
       <c r="L56" t="s">
-        <v>1353</v>
+        <v>752</v>
+      </c>
+      <c r="M56" t="s">
+        <v>753</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B57" t="s">
-        <v>1354</v>
+        <v>754</v>
       </c>
       <c r="C57" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D57" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1347</v>
+        <v>755</v>
       </c>
       <c r="F57" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1355</v>
+        <v>756</v>
       </c>
       <c r="H57" t="s">
-        <v>1356</v>
+        <v>757</v>
       </c>
       <c r="I57" t="s">
-        <v>1357</v>
+        <v>758</v>
       </c>
       <c r="J57" t="s">
-        <v>795</v>
+        <v>534</v>
       </c>
       <c r="K57" t="s">
-        <v>1358</v>
+        <v>759</v>
       </c>
       <c r="L57" t="s">
-        <v>1359</v>
+        <v>760</v>
+      </c>
+      <c r="M57" t="s">
+        <v>761</v>
+      </c>
+      <c r="N57" t="s">
+        <v>762</v>
+      </c>
+      <c r="O57" t="s">
+        <v>763</v>
+      </c>
+      <c r="P57" t="s">
+        <v>764</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>765</v>
+      </c>
+      <c r="R57" t="s">
+        <v>766</v>
+      </c>
+      <c r="S57" t="s">
+        <v>767</v>
+      </c>
+      <c r="T57" t="s">
+        <v>768</v>
+      </c>
+      <c r="U57" t="s">
+        <v>769</v>
+      </c>
+      <c r="V57" t="s">
+        <v>770</v>
+      </c>
+      <c r="W57" t="s">
+        <v>771</v>
+      </c>
+      <c r="X57" t="s">
+        <v>772</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>773</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>774</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>775</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>776</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B58" t="s">
-        <v>1360</v>
+        <v>777</v>
       </c>
       <c r="C58" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D58" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1361</v>
+        <v>778</v>
       </c>
       <c r="F58" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1362</v>
+        <v>779</v>
       </c>
       <c r="H58" t="s">
-        <v>1363</v>
+        <v>780</v>
       </c>
       <c r="I58" t="s">
-        <v>1364</v>
+        <v>781</v>
       </c>
       <c r="J58" t="s">
-        <v>1150</v>
+        <v>782</v>
       </c>
       <c r="K58" t="s">
-        <v>1365</v>
+        <v>783</v>
       </c>
       <c r="L58" t="s">
-        <v>1366</v>
+        <v>784</v>
       </c>
       <c r="M58" t="s">
-        <v>1367</v>
+        <v>785</v>
       </c>
       <c r="N58" t="s">
-        <v>1368</v>
+        <v>786</v>
       </c>
       <c r="O58" t="s">
-        <v>1369</v>
+        <v>787</v>
       </c>
       <c r="P58" t="s">
-        <v>1370</v>
+        <v>788</v>
       </c>
       <c r="Q58" t="s">
-        <v>1371</v>
+        <v>789</v>
       </c>
       <c r="R58" t="s">
-        <v>1372</v>
-[...8 lines deleted...]
-        <v>1375</v>
+        <v>790</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B59" t="s">
-        <v>1376</v>
+        <v>791</v>
       </c>
       <c r="C59" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1377</v>
+        <v>792</v>
       </c>
       <c r="F59" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1378</v>
+        <v>793</v>
       </c>
       <c r="H59" t="s">
-        <v>1379</v>
+        <v>794</v>
       </c>
       <c r="I59" t="s">
-        <v>1380</v>
+        <v>795</v>
       </c>
       <c r="J59" t="s">
-        <v>1381</v>
+        <v>796</v>
       </c>
       <c r="K59" t="s">
-        <v>1382</v>
+        <v>797</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B60" t="s">
-        <v>1383</v>
+        <v>798</v>
       </c>
       <c r="C60" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D60" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1384</v>
+        <v>799</v>
       </c>
       <c r="F60" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1385</v>
+        <v>800</v>
       </c>
       <c r="H60" t="s">
-        <v>1386</v>
+        <v>801</v>
       </c>
       <c r="I60" t="s">
-        <v>1387</v>
+        <v>802</v>
       </c>
       <c r="J60" t="s">
-        <v>1388</v>
+        <v>98</v>
       </c>
       <c r="K60" t="s">
-        <v>1389</v>
+        <v>803</v>
+      </c>
+      <c r="L60" t="s">
+        <v>804</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B61" t="s">
-        <v>1390</v>
+        <v>805</v>
       </c>
       <c r="C61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1391</v>
+        <v>806</v>
       </c>
       <c r="F61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1392</v>
+        <v>807</v>
       </c>
       <c r="H61" t="s">
-        <v>1393</v>
+        <v>808</v>
       </c>
       <c r="I61" t="s">
-        <v>1394</v>
+        <v>809</v>
       </c>
       <c r="J61" t="s">
-        <v>1150</v>
+        <v>810</v>
       </c>
       <c r="K61" t="s">
-        <v>1395</v>
+        <v>811</v>
       </c>
       <c r="L61" t="s">
-        <v>1396</v>
-[...14 lines deleted...]
-        <v>1401</v>
+        <v>812</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B62" t="s">
-        <v>1402</v>
+        <v>813</v>
       </c>
       <c r="C62" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D62" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1403</v>
+        <v>814</v>
       </c>
       <c r="F62" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1404</v>
+        <v>815</v>
       </c>
       <c r="H62" t="s">
-        <v>1405</v>
+        <v>816</v>
       </c>
       <c r="I62" t="s">
-        <v>1406</v>
+        <v>817</v>
       </c>
       <c r="J62" t="s">
-        <v>1207</v>
+        <v>818</v>
       </c>
       <c r="K62" t="s">
-        <v>1407</v>
+        <v>819</v>
       </c>
       <c r="L62" t="s">
-        <v>1408</v>
+        <v>820</v>
       </c>
       <c r="M62" t="s">
-        <v>1409</v>
+        <v>821</v>
       </c>
       <c r="N62" t="s">
-        <v>1410</v>
+        <v>822</v>
       </c>
       <c r="O62" t="s">
-        <v>1411</v>
+        <v>823</v>
       </c>
       <c r="P62" t="s">
-        <v>1412</v>
+        <v>824</v>
       </c>
       <c r="Q62" t="s">
-        <v>1413</v>
+        <v>825</v>
       </c>
       <c r="R62" t="s">
-        <v>1414</v>
-[...8 lines deleted...]
-        <v>1417</v>
+        <v>826</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B63" t="s">
-        <v>1418</v>
+        <v>827</v>
       </c>
       <c r="C63" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D63" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1419</v>
+        <v>828</v>
       </c>
       <c r="F63" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1420</v>
+        <v>829</v>
       </c>
       <c r="H63" t="s">
-        <v>1421</v>
+        <v>830</v>
       </c>
       <c r="I63" t="s">
-        <v>1422</v>
+        <v>831</v>
       </c>
       <c r="J63" t="s">
-        <v>1423</v>
+        <v>832</v>
       </c>
       <c r="K63" t="s">
-        <v>1424</v>
+        <v>833</v>
       </c>
       <c r="L63" t="s">
-        <v>1425</v>
+        <v>834</v>
       </c>
       <c r="M63" t="s">
-        <v>1426</v>
+        <v>835</v>
       </c>
       <c r="N63" t="s">
-        <v>1427</v>
+        <v>836</v>
       </c>
       <c r="O63" t="s">
-        <v>1428</v>
+        <v>837</v>
       </c>
       <c r="P63" t="s">
-        <v>1429</v>
+        <v>838</v>
       </c>
       <c r="Q63" t="s">
-        <v>1430</v>
+        <v>839</v>
       </c>
       <c r="R63" t="s">
-        <v>1431</v>
+        <v>840</v>
+      </c>
+      <c r="S63" t="s">
+        <v>841</v>
+      </c>
+      <c r="T63" t="s">
+        <v>842</v>
+      </c>
+      <c r="U63" t="s">
+        <v>843</v>
+      </c>
+      <c r="V63" t="s">
+        <v>844</v>
+      </c>
+      <c r="W63" t="s">
+        <v>845</v>
+      </c>
+      <c r="X63" t="s">
+        <v>846</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>847</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B64" t="s">
-        <v>1432</v>
+        <v>848</v>
       </c>
       <c r="C64" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D64" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1433</v>
+        <v>849</v>
       </c>
       <c r="F64" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1434</v>
+        <v>850</v>
       </c>
       <c r="H64" t="s">
-        <v>1435</v>
+        <v>851</v>
       </c>
       <c r="I64" t="s">
-        <v>1436</v>
+        <v>852</v>
       </c>
       <c r="J64" t="s">
-        <v>1437</v>
+        <v>417</v>
       </c>
       <c r="K64" t="s">
-        <v>1438</v>
+        <v>853</v>
       </c>
       <c r="L64" t="s">
-        <v>1439</v>
-[...29 lines deleted...]
-        <v>1449</v>
+        <v>854</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B65" t="s">
-        <v>1450</v>
+        <v>855</v>
       </c>
       <c r="C65" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1451</v>
+        <v>856</v>
       </c>
       <c r="F65" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1452</v>
+        <v>857</v>
       </c>
       <c r="H65" t="s">
-        <v>1453</v>
+        <v>858</v>
       </c>
       <c r="I65" t="s">
-        <v>1454</v>
+        <v>559</v>
       </c>
       <c r="J65" t="s">
-        <v>1455</v>
+        <v>859</v>
       </c>
       <c r="K65" t="s">
-        <v>1456</v>
+        <v>860</v>
+      </c>
+      <c r="L65" t="s">
+        <v>861</v>
+      </c>
+      <c r="M65" t="s">
+        <v>862</v>
+      </c>
+      <c r="N65" t="s">
+        <v>863</v>
+      </c>
+      <c r="O65" t="s">
+        <v>864</v>
+      </c>
+      <c r="P65" t="s">
+        <v>865</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B66" t="s">
-        <v>1457</v>
+        <v>866</v>
       </c>
       <c r="C66" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D66" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1458</v>
+        <v>867</v>
       </c>
       <c r="F66" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1459</v>
+        <v>868</v>
       </c>
       <c r="H66" t="s">
-        <v>1460</v>
+        <v>869</v>
       </c>
       <c r="I66" t="s">
-        <v>1165</v>
+        <v>870</v>
       </c>
       <c r="J66" t="s">
-        <v>1461</v>
+        <v>871</v>
       </c>
       <c r="K66" t="s">
-        <v>1462</v>
-[...14 lines deleted...]
-        <v>1467</v>
+        <v>872</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B67" t="s">
-        <v>1468</v>
+        <v>873</v>
       </c>
       <c r="C67" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D67" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1469</v>
+        <v>874</v>
       </c>
       <c r="F67" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1470</v>
+        <v>875</v>
       </c>
       <c r="H67" t="s">
-        <v>1471</v>
+        <v>876</v>
       </c>
       <c r="I67" t="s">
-        <v>1472</v>
+        <v>559</v>
       </c>
       <c r="J67" t="s">
-        <v>1473</v>
+        <v>877</v>
       </c>
       <c r="K67" t="s">
-        <v>1474</v>
+        <v>878</v>
       </c>
       <c r="L67" t="s">
-        <v>1475</v>
+        <v>879</v>
       </c>
       <c r="M67" t="s">
-        <v>1476</v>
+        <v>880</v>
       </c>
       <c r="N67" t="s">
-        <v>1477</v>
+        <v>881</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B68" t="s">
-        <v>1478</v>
+        <v>882</v>
       </c>
       <c r="C68" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D68" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1479</v>
+        <v>883</v>
       </c>
       <c r="F68" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1480</v>
+        <v>884</v>
       </c>
       <c r="H68" t="s">
-        <v>1481</v>
+        <v>885</v>
       </c>
       <c r="I68" t="s">
-        <v>1482</v>
+        <v>886</v>
       </c>
       <c r="J68" t="s">
-        <v>1423</v>
+        <v>859</v>
       </c>
       <c r="K68" t="s">
-        <v>1483</v>
+        <v>887</v>
       </c>
       <c r="L68" t="s">
-        <v>1484</v>
+        <v>888</v>
       </c>
       <c r="M68" t="s">
-        <v>1485</v>
-[...2 lines deleted...]
-        <v>1486</v>
+        <v>889</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B69" t="s">
-        <v>1487</v>
+        <v>890</v>
       </c>
       <c r="C69" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D69" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>1488</v>
+        <v>891</v>
       </c>
       <c r="F69" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1489</v>
+        <v>892</v>
       </c>
       <c r="H69" t="s">
-        <v>1490</v>
+        <v>893</v>
       </c>
       <c r="I69" t="s">
-        <v>1491</v>
+        <v>894</v>
       </c>
       <c r="J69" t="s">
-        <v>1492</v>
+        <v>13</v>
       </c>
       <c r="K69" t="s">
-        <v>1493</v>
-[...14 lines deleted...]
-        <v>1498</v>
+        <v>895</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B70" t="s">
-        <v>1499</v>
+        <v>896</v>
       </c>
       <c r="C70" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D70" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>1500</v>
+        <v>897</v>
       </c>
       <c r="F70" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1501</v>
+        <v>898</v>
       </c>
       <c r="H70" t="s">
-        <v>1502</v>
+        <v>899</v>
       </c>
       <c r="I70" t="s">
-        <v>1503</v>
+        <v>900</v>
       </c>
       <c r="J70" t="s">
-        <v>1101</v>
+        <v>901</v>
       </c>
       <c r="K70" t="s">
-        <v>1504</v>
+        <v>902</v>
       </c>
       <c r="L70" t="s">
-        <v>1505</v>
+        <v>903</v>
       </c>
       <c r="M70" t="s">
-        <v>1506</v>
+        <v>904</v>
       </c>
       <c r="N70" t="s">
-        <v>1507</v>
+        <v>905</v>
       </c>
       <c r="O70" t="s">
-        <v>1508</v>
-[...2 lines deleted...]
-        <v>1509</v>
+        <v>905</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B71" t="s">
-        <v>1510</v>
+        <v>906</v>
       </c>
       <c r="C71" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>1511</v>
+        <v>907</v>
       </c>
       <c r="F71" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1512</v>
+        <v>908</v>
       </c>
       <c r="H71" t="s">
-        <v>1513</v>
+        <v>909</v>
       </c>
       <c r="I71" t="s">
-        <v>1514</v>
+        <v>910</v>
       </c>
       <c r="J71" t="s">
-        <v>1515</v>
+        <v>911</v>
       </c>
       <c r="K71" t="s">
-        <v>1516</v>
+        <v>912</v>
       </c>
       <c r="L71" t="s">
-        <v>1517</v>
-[...23 lines deleted...]
-        <v>1525</v>
+        <v>913</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B72" t="s">
-        <v>1526</v>
+        <v>914</v>
       </c>
       <c r="C72" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D72" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>1527</v>
+        <v>915</v>
       </c>
       <c r="F72" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1528</v>
+        <v>916</v>
       </c>
       <c r="H72" t="s">
-        <v>1529</v>
+        <v>917</v>
       </c>
       <c r="I72" t="s">
-        <v>1530</v>
+        <v>918</v>
       </c>
       <c r="J72" t="s">
-        <v>1531</v>
+        <v>919</v>
       </c>
       <c r="K72" t="s">
-        <v>1532</v>
+        <v>920</v>
       </c>
       <c r="L72" t="s">
-        <v>1533</v>
-[...2 lines deleted...]
-        <v>1534</v>
+        <v>921</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B73" t="s">
-        <v>1535</v>
+        <v>922</v>
       </c>
       <c r="C73" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D73" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>1536</v>
+        <v>923</v>
       </c>
       <c r="F73" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1537</v>
+        <v>924</v>
       </c>
       <c r="H73" t="s">
-        <v>1538</v>
+        <v>925</v>
       </c>
       <c r="I73" t="s">
-        <v>1149</v>
+        <v>926</v>
       </c>
       <c r="J73" t="s">
-        <v>1539</v>
+        <v>651</v>
       </c>
       <c r="K73" t="s">
-        <v>1152</v>
+        <v>927</v>
+      </c>
+      <c r="L73" t="s">
+        <v>928</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B74" t="s">
-        <v>1540</v>
+        <v>929</v>
       </c>
       <c r="C74" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D74" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>1541</v>
+        <v>930</v>
       </c>
       <c r="F74" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1542</v>
+        <v>931</v>
       </c>
       <c r="H74" t="s">
-        <v>1543</v>
+        <v>932</v>
       </c>
       <c r="I74" t="s">
-        <v>1544</v>
+        <v>933</v>
       </c>
       <c r="J74" t="s">
-        <v>1083</v>
+        <v>934</v>
       </c>
       <c r="K74" t="s">
-        <v>1545</v>
+        <v>935</v>
       </c>
       <c r="L74" t="s">
-        <v>1546</v>
+        <v>936</v>
       </c>
       <c r="M74" t="s">
-        <v>1547</v>
+        <v>937</v>
       </c>
       <c r="N74" t="s">
-        <v>1548</v>
+        <v>938</v>
       </c>
       <c r="O74" t="s">
-        <v>1549</v>
+        <v>939</v>
       </c>
       <c r="P74" t="s">
-        <v>1550</v>
+        <v>940</v>
       </c>
       <c r="Q74" t="s">
-        <v>1551</v>
-[...2 lines deleted...]
-        <v>1552</v>
+        <v>941</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B75" t="s">
-        <v>1553</v>
+        <v>942</v>
       </c>
       <c r="C75" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D75" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>1554</v>
+        <v>943</v>
       </c>
       <c r="F75" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1555</v>
+        <v>944</v>
       </c>
       <c r="H75" t="s">
-        <v>1556</v>
+        <v>945</v>
       </c>
       <c r="I75" t="s">
-        <v>1557</v>
+        <v>946</v>
       </c>
       <c r="J75" t="s">
-        <v>1558</v>
+        <v>651</v>
       </c>
       <c r="K75" t="s">
-        <v>1559</v>
+        <v>947</v>
       </c>
       <c r="L75" t="s">
-        <v>1560</v>
+        <v>948</v>
       </c>
       <c r="M75" t="s">
-        <v>1561</v>
-[...5 lines deleted...]
-        <v>1563</v>
+        <v>949</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B76" t="s">
-        <v>1564</v>
+        <v>950</v>
       </c>
       <c r="C76" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>1565</v>
+        <v>951</v>
       </c>
       <c r="F76" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1566</v>
+        <v>952</v>
       </c>
       <c r="H76" t="s">
-        <v>1567</v>
+        <v>953</v>
       </c>
       <c r="I76" t="s">
-        <v>1568</v>
+        <v>954</v>
       </c>
       <c r="J76" t="s">
-        <v>1311</v>
+        <v>955</v>
       </c>
       <c r="K76" t="s">
-        <v>1569</v>
+        <v>956</v>
       </c>
       <c r="L76" t="s">
-        <v>1570</v>
+        <v>957</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B77" t="s">
-        <v>1571</v>
+        <v>958</v>
       </c>
       <c r="C77" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D77" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>1572</v>
+        <v>959</v>
       </c>
       <c r="F77" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1573</v>
+        <v>960</v>
       </c>
       <c r="H77" t="s">
-        <v>1574</v>
+        <v>961</v>
       </c>
       <c r="I77" t="s">
-        <v>1575</v>
+        <v>962</v>
       </c>
       <c r="J77" t="s">
-        <v>1576</v>
+        <v>963</v>
       </c>
       <c r="K77" t="s">
-        <v>1577</v>
-[...2 lines deleted...]
-        <v>1578</v>
+        <v>964</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B78" t="s">
-        <v>1579</v>
+        <v>965</v>
       </c>
       <c r="C78" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D78" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>1580</v>
+        <v>966</v>
       </c>
       <c r="F78" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1581</v>
+        <v>967</v>
       </c>
       <c r="H78" t="s">
-        <v>1582</v>
+        <v>968</v>
       </c>
       <c r="I78" t="s">
-        <v>1583</v>
+        <v>969</v>
       </c>
       <c r="J78" t="s">
-        <v>1011</v>
+        <v>970</v>
       </c>
       <c r="K78" t="s">
-        <v>1584</v>
-[...26 lines deleted...]
-        <v>1592</v>
+        <v>971</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B79" t="s">
-        <v>1593</v>
+        <v>972</v>
       </c>
       <c r="C79" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D79" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>1594</v>
+        <v>973</v>
       </c>
       <c r="F79" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>1595</v>
+        <v>974</v>
       </c>
       <c r="H79" t="s">
-        <v>1596</v>
+        <v>975</v>
       </c>
       <c r="I79" t="s">
-        <v>1597</v>
+        <v>976</v>
       </c>
       <c r="J79" t="s">
-        <v>1183</v>
+        <v>417</v>
       </c>
       <c r="K79" t="s">
-        <v>1598</v>
+        <v>977</v>
+      </c>
+      <c r="L79" t="s">
+        <v>978</v>
+      </c>
+      <c r="M79" t="s">
+        <v>979</v>
+      </c>
+      <c r="N79" t="s">
+        <v>980</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B80" t="s">
-        <v>1599</v>
+        <v>981</v>
       </c>
       <c r="C80" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D80" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>1600</v>
+        <v>982</v>
       </c>
       <c r="F80" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>1601</v>
+        <v>983</v>
       </c>
       <c r="H80" t="s">
-        <v>1602</v>
+        <v>984</v>
       </c>
       <c r="I80" t="s">
-        <v>1603</v>
+        <v>985</v>
       </c>
       <c r="J80" t="s">
-        <v>1604</v>
+        <v>322</v>
       </c>
       <c r="K80" t="s">
-        <v>1605</v>
+        <v>986</v>
       </c>
       <c r="L80" t="s">
-        <v>1606</v>
+        <v>987</v>
       </c>
       <c r="M80" t="s">
-        <v>1607</v>
+        <v>988</v>
       </c>
       <c r="N80" t="s">
-        <v>1608</v>
+        <v>989</v>
+      </c>
+      <c r="O80" t="s">
+        <v>990</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>1609</v>
+        <v>991</v>
       </c>
       <c r="C81" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D81" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>1610</v>
+        <v>992</v>
       </c>
       <c r="F81" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>1611</v>
+        <v>993</v>
       </c>
       <c r="H81" t="s">
-        <v>1612</v>
+        <v>994</v>
       </c>
       <c r="I81" t="s">
-        <v>1613</v>
+        <v>995</v>
       </c>
       <c r="J81" t="s">
-        <v>1614</v>
+        <v>712</v>
       </c>
       <c r="K81" t="s">
-        <v>1615</v>
-[...2 lines deleted...]
-        <v>1616</v>
+        <v>996</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B82" t="s">
-        <v>1617</v>
+        <v>997</v>
       </c>
       <c r="C82" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D82" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>1618</v>
+        <v>998</v>
       </c>
       <c r="F82" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>1619</v>
+        <v>999</v>
       </c>
       <c r="H82" t="s">
-        <v>1620</v>
+        <v>1000</v>
       </c>
       <c r="I82" t="s">
-        <v>1621</v>
+        <v>1001</v>
       </c>
       <c r="J82" t="s">
-        <v>1183</v>
+        <v>651</v>
       </c>
       <c r="K82" t="s">
-        <v>1622</v>
+        <v>1002</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1003</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1004</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1005</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1006</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B83" t="s">
-        <v>1623</v>
+        <v>1007</v>
       </c>
       <c r="C83" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D83" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>1624</v>
+        <v>1008</v>
       </c>
       <c r="F83" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>1625</v>
+        <v>1009</v>
       </c>
       <c r="H83" t="s">
-        <v>1626</v>
+        <v>1010</v>
       </c>
       <c r="I83" t="s">
-        <v>1627</v>
+        <v>1011</v>
       </c>
       <c r="J83" t="s">
-        <v>1158</v>
+        <v>1012</v>
       </c>
       <c r="K83" t="s">
-        <v>1628</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B84" t="s">
-        <v>1629</v>
+        <v>1014</v>
       </c>
       <c r="C84" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D84" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>1630</v>
+        <v>1015</v>
       </c>
       <c r="F84" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>1631</v>
+        <v>1016</v>
       </c>
       <c r="H84" t="s">
-        <v>1632</v>
+        <v>1017</v>
       </c>
       <c r="I84" t="s">
-        <v>1633</v>
+        <v>1018</v>
       </c>
       <c r="J84" t="s">
-        <v>1634</v>
+        <v>1019</v>
       </c>
       <c r="K84" t="s">
-        <v>1635</v>
-[...2 lines deleted...]
-        <v>1636</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B85" t="s">
-        <v>1637</v>
+        <v>1021</v>
       </c>
       <c r="C85" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D85" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>1630</v>
+        <v>1022</v>
       </c>
       <c r="F85" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>1638</v>
+        <v>1023</v>
       </c>
       <c r="H85" t="s">
-        <v>1639</v>
+        <v>1024</v>
       </c>
       <c r="I85" t="s">
-        <v>1640</v>
+        <v>1025</v>
       </c>
       <c r="J85" t="s">
-        <v>895</v>
+        <v>461</v>
       </c>
       <c r="K85" t="s">
-        <v>1641</v>
+        <v>1026</v>
       </c>
       <c r="L85" t="s">
-        <v>1642</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B86" t="s">
-        <v>1643</v>
+        <v>1028</v>
       </c>
       <c r="C86" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D86" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>1630</v>
+        <v>1029</v>
       </c>
       <c r="F86" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>1644</v>
+        <v>1030</v>
       </c>
       <c r="H86" t="s">
-        <v>1645</v>
+        <v>1031</v>
       </c>
       <c r="I86" t="s">
-        <v>1472</v>
+        <v>1032</v>
       </c>
       <c r="J86" t="s">
-        <v>1646</v>
+        <v>202</v>
       </c>
       <c r="K86" t="s">
-        <v>1647</v>
-[...8 lines deleted...]
-        <v>1650</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B87" t="s">
-        <v>1651</v>
+        <v>1034</v>
       </c>
       <c r="C87" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D87" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>1652</v>
+        <v>1035</v>
       </c>
       <c r="F87" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>1653</v>
+        <v>1036</v>
       </c>
       <c r="H87" t="s">
-        <v>1654</v>
+        <v>1037</v>
       </c>
       <c r="I87" t="s">
-        <v>1627</v>
+        <v>1038</v>
       </c>
       <c r="J87" t="s">
-        <v>1655</v>
+        <v>305</v>
       </c>
       <c r="K87" t="s">
-        <v>1656</v>
+        <v>1039</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1040</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1041</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1042</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B88" t="s">
-        <v>1657</v>
+        <v>1043</v>
       </c>
       <c r="C88" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D88" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>1658</v>
+        <v>1044</v>
       </c>
       <c r="F88" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>1659</v>
+        <v>1045</v>
       </c>
       <c r="H88" t="s">
-        <v>1660</v>
+        <v>1046</v>
       </c>
       <c r="I88" t="s">
-        <v>1661</v>
+        <v>1047</v>
       </c>
       <c r="J88" t="s">
-        <v>1662</v>
+        <v>676</v>
       </c>
       <c r="K88" t="s">
-        <v>1663</v>
-[...56 lines deleted...]
-        <v>1682</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B89" t="s">
-        <v>1683</v>
+        <v>1049</v>
       </c>
       <c r="C89" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D89" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>1684</v>
+        <v>1050</v>
       </c>
       <c r="F89" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>1685</v>
+        <v>1051</v>
       </c>
       <c r="H89" t="s">
-        <v>1686</v>
+        <v>1052</v>
       </c>
       <c r="I89" t="s">
-        <v>1687</v>
+        <v>1053</v>
       </c>
       <c r="J89" t="s">
-        <v>1688</v>
+        <v>560</v>
       </c>
       <c r="K89" t="s">
-        <v>1689</v>
+        <v>1054</v>
       </c>
       <c r="L89" t="s">
-        <v>1690</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B90" t="s">
-        <v>1691</v>
+        <v>1056</v>
       </c>
       <c r="C90" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D90" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>1692</v>
+        <v>1057</v>
       </c>
       <c r="F90" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>1693</v>
+        <v>1058</v>
       </c>
       <c r="H90" t="s">
-        <v>1694</v>
+        <v>1059</v>
       </c>
       <c r="I90" t="s">
-        <v>1695</v>
+        <v>1060</v>
       </c>
       <c r="J90" t="s">
-        <v>1696</v>
+        <v>877</v>
       </c>
       <c r="K90" t="s">
-        <v>1697</v>
+        <v>1061</v>
       </c>
       <c r="L90" t="s">
-        <v>1698</v>
-[...8 lines deleted...]
-        <v>1701</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B91" t="s">
-        <v>1702</v>
+        <v>1063</v>
       </c>
       <c r="C91" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D91" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>1703</v>
+        <v>1064</v>
       </c>
       <c r="F91" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>1704</v>
+        <v>1065</v>
       </c>
       <c r="H91" t="s">
-        <v>1705</v>
+        <v>1066</v>
       </c>
       <c r="I91" t="s">
-        <v>1706</v>
+        <v>1067</v>
       </c>
       <c r="J91" t="s">
-        <v>991</v>
+        <v>1068</v>
       </c>
       <c r="K91" t="s">
-        <v>1707</v>
+        <v>1069</v>
       </c>
       <c r="L91" t="s">
-        <v>1708</v>
+        <v>1070</v>
       </c>
       <c r="M91" t="s">
-        <v>1709</v>
+        <v>1071</v>
       </c>
       <c r="N91" t="s">
-        <v>1710</v>
+        <v>1072</v>
       </c>
       <c r="O91" t="s">
-        <v>1711</v>
+        <v>1073</v>
       </c>
       <c r="P91" t="s">
-        <v>1712</v>
+        <v>1074</v>
       </c>
       <c r="Q91" t="s">
-        <v>1713</v>
+        <v>1075</v>
+      </c>
+      <c r="R91" t="s">
+        <v>1076</v>
+      </c>
+      <c r="S91" t="s">
+        <v>1077</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B92" t="s">
-        <v>1714</v>
+        <v>1078</v>
       </c>
       <c r="C92" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D92" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>1715</v>
+        <v>1079</v>
       </c>
       <c r="F92" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>1716</v>
+        <v>1080</v>
       </c>
       <c r="H92" t="s">
-        <v>1717</v>
+        <v>1081</v>
       </c>
       <c r="I92" t="s">
-        <v>1718</v>
+        <v>1082</v>
       </c>
       <c r="J92" t="s">
-        <v>1228</v>
+        <v>1083</v>
       </c>
       <c r="K92" t="s">
-        <v>1719</v>
+        <v>1084</v>
       </c>
       <c r="L92" t="s">
-        <v>1720</v>
-[...20 lines deleted...]
-        <v>1727</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B93" t="s">
-        <v>1728</v>
+        <v>1086</v>
       </c>
       <c r="C93" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D93" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>1729</v>
+        <v>1087</v>
       </c>
       <c r="F93" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>1730</v>
+        <v>1088</v>
       </c>
       <c r="H93" t="s">
-        <v>1731</v>
+        <v>1089</v>
       </c>
       <c r="I93" t="s">
-        <v>1732</v>
+        <v>1090</v>
       </c>
       <c r="J93" t="s">
-        <v>1733</v>
+        <v>1091</v>
       </c>
       <c r="K93" t="s">
-        <v>1734</v>
-[...8 lines deleted...]
-        <v>1737</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B94" t="s">
-        <v>1738</v>
+        <v>1093</v>
       </c>
       <c r="C94" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D94" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>1739</v>
+        <v>1094</v>
       </c>
       <c r="F94" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>1740</v>
+        <v>1095</v>
       </c>
       <c r="H94" t="s">
-        <v>1741</v>
+        <v>1096</v>
       </c>
       <c r="I94" t="s">
-        <v>1742</v>
+        <v>1097</v>
       </c>
       <c r="J94" t="s">
-        <v>1743</v>
+        <v>1098</v>
       </c>
       <c r="K94" t="s">
-        <v>1744</v>
+        <v>1099</v>
       </c>
       <c r="L94" t="s">
-        <v>1745</v>
-[...2 lines deleted...]
-        <v>1746</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B95" t="s">
-        <v>1747</v>
+        <v>1101</v>
       </c>
       <c r="C95" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D95" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>1748</v>
+        <v>1102</v>
       </c>
       <c r="F95" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>1749</v>
+        <v>1103</v>
       </c>
       <c r="H95" t="s">
-        <v>1750</v>
+        <v>1104</v>
       </c>
       <c r="I95" t="s">
-        <v>1751</v>
+        <v>1105</v>
       </c>
       <c r="J95" t="s">
-        <v>1752</v>
+        <v>1106</v>
       </c>
       <c r="K95" t="s">
-        <v>1753</v>
-[...5 lines deleted...]
-        <v>1755</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B96" t="s">
-        <v>1756</v>
+        <v>1108</v>
       </c>
       <c r="C96" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D96" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>1757</v>
+        <v>1109</v>
       </c>
       <c r="F96" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>1758</v>
+        <v>1110</v>
       </c>
       <c r="H96" t="s">
-        <v>1759</v>
+        <v>1111</v>
       </c>
       <c r="I96" t="s">
-        <v>1760</v>
+        <v>1112</v>
       </c>
       <c r="J96" t="s">
-        <v>1761</v>
+        <v>1113</v>
       </c>
       <c r="K96" t="s">
-        <v>1762</v>
+        <v>1114</v>
       </c>
       <c r="L96" t="s">
-        <v>1763</v>
+        <v>1115</v>
       </c>
       <c r="M96" t="s">
-        <v>1764</v>
+        <v>1116</v>
       </c>
       <c r="N96" t="s">
-        <v>1765</v>
-[...32 lines deleted...]
-        <v>1776</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B97" t="s">
-        <v>1777</v>
+        <v>1118</v>
       </c>
       <c r="C97" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D97" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>1778</v>
+        <v>1119</v>
       </c>
       <c r="F97" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>1779</v>
+        <v>1120</v>
       </c>
       <c r="H97" t="s">
-        <v>1780</v>
+        <v>1121</v>
       </c>
       <c r="I97" t="s">
-        <v>1781</v>
+        <v>1122</v>
       </c>
       <c r="J97" t="s">
-        <v>1782</v>
+        <v>1123</v>
       </c>
       <c r="K97" t="s">
-        <v>1783</v>
+        <v>1124</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1125</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1126</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B98" t="s">
-        <v>1784</v>
+        <v>1127</v>
       </c>
       <c r="C98" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D98" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>1785</v>
+        <v>1128</v>
       </c>
       <c r="F98" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>1786</v>
+        <v>1129</v>
       </c>
       <c r="H98" t="s">
-        <v>1787</v>
+        <v>1130</v>
       </c>
       <c r="I98" t="s">
-        <v>1788</v>
+        <v>1131</v>
       </c>
       <c r="J98" t="s">
-        <v>1789</v>
+        <v>651</v>
       </c>
       <c r="K98" t="s">
-        <v>1790</v>
+        <v>1132</v>
       </c>
       <c r="L98" t="s">
-        <v>1791</v>
+        <v>1133</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1134</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B99" t="s">
-        <v>1792</v>
+        <v>1135</v>
       </c>
       <c r="C99" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D99" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>1785</v>
+        <v>1136</v>
       </c>
       <c r="F99" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>1793</v>
+        <v>1137</v>
       </c>
       <c r="H99" t="s">
-        <v>1794</v>
+        <v>1138</v>
       </c>
       <c r="I99" t="s">
-        <v>1795</v>
+        <v>1139</v>
       </c>
       <c r="J99" t="s">
-        <v>1796</v>
+        <v>1068</v>
       </c>
       <c r="K99" t="s">
-        <v>1797</v>
+        <v>1140</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1141</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1142</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B100" t="s">
-        <v>1798</v>
+        <v>1143</v>
       </c>
       <c r="C100" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D100" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>1799</v>
+        <v>1144</v>
       </c>
       <c r="F100" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>1800</v>
+        <v>1145</v>
       </c>
       <c r="H100" t="s">
-        <v>1801</v>
+        <v>1146</v>
       </c>
       <c r="I100" t="s">
-        <v>1802</v>
+        <v>1147</v>
       </c>
       <c r="J100" t="s">
-        <v>1423</v>
+        <v>229</v>
       </c>
       <c r="K100" t="s">
-        <v>1803</v>
+        <v>1148</v>
       </c>
       <c r="L100" t="s">
-        <v>1804</v>
+        <v>1149</v>
       </c>
       <c r="M100" t="s">
-        <v>1805</v>
+        <v>1150</v>
       </c>
       <c r="N100" t="s">
-        <v>1806</v>
+        <v>1151</v>
       </c>
       <c r="O100" t="s">
-        <v>1807</v>
+        <v>1152</v>
       </c>
       <c r="P100" t="s">
-        <v>1808</v>
+        <v>1153</v>
       </c>
       <c r="Q100" t="s">
-        <v>1809</v>
-[...32 lines deleted...]
-        <v>1820</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B101" t="s">
-        <v>1821</v>
+        <v>1155</v>
       </c>
       <c r="C101" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D101" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>1822</v>
+        <v>1156</v>
       </c>
       <c r="F101" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>1823</v>
+        <v>1157</v>
       </c>
       <c r="H101" t="s">
-        <v>1824</v>
+        <v>1158</v>
       </c>
       <c r="I101" t="s">
-        <v>1825</v>
+        <v>1159</v>
       </c>
       <c r="J101" t="s">
-        <v>1826</v>
+        <v>1160</v>
       </c>
       <c r="K101" t="s">
-        <v>1827</v>
+        <v>1161</v>
       </c>
       <c r="L101" t="s">
-        <v>1828</v>
-[...17 lines deleted...]
-        <v>1834</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B102" t="s">
-        <v>1835</v>
+        <v>1163</v>
       </c>
       <c r="C102" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D102" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>1836</v>
+        <v>1164</v>
       </c>
       <c r="F102" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>1837</v>
+        <v>1165</v>
       </c>
       <c r="H102" t="s">
-        <v>1838</v>
+        <v>1166</v>
       </c>
       <c r="I102" t="s">
-        <v>1839</v>
+        <v>1167</v>
       </c>
       <c r="J102" t="s">
-        <v>1840</v>
+        <v>98</v>
       </c>
       <c r="K102" t="s">
-        <v>1841</v>
+        <v>1168</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1169</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1170</v>
+      </c>
+      <c r="N102" t="s">
+        <v>1171</v>
+      </c>
+      <c r="O102" t="s">
+        <v>1172</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B103" t="s">
-        <v>1842</v>
+        <v>1173</v>
       </c>
       <c r="C103" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D103" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>1843</v>
+        <v>1174</v>
       </c>
       <c r="F103" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>1844</v>
+        <v>1175</v>
       </c>
       <c r="H103" t="s">
-        <v>1845</v>
+        <v>1176</v>
       </c>
       <c r="I103" t="s">
-        <v>1846</v>
+        <v>1177</v>
       </c>
       <c r="J103" t="s">
-        <v>815</v>
+        <v>1178</v>
       </c>
       <c r="K103" t="s">
-        <v>1847</v>
-[...2 lines deleted...]
-        <v>1848</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B104" t="s">
-        <v>1849</v>
+        <v>1180</v>
       </c>
       <c r="C104" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D104" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>1850</v>
+        <v>1181</v>
       </c>
       <c r="F104" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>1851</v>
+        <v>1182</v>
       </c>
       <c r="H104" t="s">
-        <v>1852</v>
+        <v>1183</v>
       </c>
       <c r="I104" t="s">
-        <v>1853</v>
+        <v>1184</v>
       </c>
       <c r="J104" t="s">
-        <v>916</v>
+        <v>305</v>
       </c>
       <c r="K104" t="s">
-        <v>1854</v>
+        <v>1185</v>
       </c>
       <c r="L104" t="s">
-        <v>1855</v>
+        <v>1186</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1187</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1188</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1189</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1190</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>1191</v>
+      </c>
+      <c r="R104" t="s">
+        <v>1192</v>
+      </c>
+      <c r="S104" t="s">
+        <v>1193</v>
+      </c>
+      <c r="T104" t="s">
+        <v>1194</v>
+      </c>
+      <c r="U104" t="s">
+        <v>1195</v>
+      </c>
+      <c r="V104" t="s">
+        <v>1196</v>
+      </c>
+      <c r="W104" t="s">
+        <v>1197</v>
+      </c>
+      <c r="X104" t="s">
+        <v>1198</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>1199</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B105" t="s">
-        <v>1856</v>
+        <v>1200</v>
       </c>
       <c r="C105" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D105" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>1857</v>
+        <v>1201</v>
       </c>
       <c r="F105" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>1858</v>
+        <v>1202</v>
       </c>
       <c r="H105" t="s">
-        <v>1859</v>
+        <v>1203</v>
       </c>
       <c r="I105" t="s">
-        <v>1860</v>
+        <v>1204</v>
       </c>
       <c r="J105" t="s">
-        <v>1861</v>
+        <v>750</v>
       </c>
       <c r="K105" t="s">
-        <v>1862</v>
+        <v>1205</v>
       </c>
       <c r="L105" t="s">
-        <v>1863</v>
+        <v>1206</v>
       </c>
       <c r="M105" t="s">
-        <v>1864</v>
-[...14 lines deleted...]
-        <v>1869</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B106" t="s">
-        <v>1870</v>
+        <v>1208</v>
       </c>
       <c r="C106" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D106" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>1871</v>
+        <v>1209</v>
       </c>
       <c r="F106" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>1872</v>
+        <v>1210</v>
       </c>
       <c r="H106" t="s">
-        <v>1873</v>
+        <v>1211</v>
       </c>
       <c r="I106" t="s">
-        <v>1874</v>
+        <v>1212</v>
       </c>
       <c r="J106" t="s">
-        <v>1875</v>
+        <v>607</v>
       </c>
       <c r="K106" t="s">
-        <v>1876</v>
+        <v>1213</v>
       </c>
       <c r="L106" t="s">
-        <v>1877</v>
+        <v>1214</v>
       </c>
       <c r="M106" t="s">
-        <v>1878</v>
-[...8 lines deleted...]
-        <v>1881</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B107" t="s">
-        <v>1882</v>
+        <v>1216</v>
       </c>
       <c r="C107" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D107" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>1883</v>
+        <v>1217</v>
       </c>
       <c r="F107" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>1884</v>
+        <v>1218</v>
       </c>
       <c r="H107" t="s">
-        <v>1885</v>
+        <v>1219</v>
       </c>
       <c r="I107" t="s">
-        <v>1760</v>
+        <v>1220</v>
       </c>
       <c r="J107" t="s">
-        <v>1319</v>
+        <v>1221</v>
       </c>
       <c r="K107" t="s">
-        <v>1886</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B108" t="s">
-        <v>1887</v>
+        <v>1223</v>
       </c>
       <c r="C108" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D108" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>1888</v>
+        <v>1224</v>
       </c>
       <c r="F108" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>1889</v>
+        <v>1225</v>
       </c>
       <c r="H108" t="s">
-        <v>1890</v>
+        <v>1226</v>
       </c>
       <c r="I108" t="s">
-        <v>1891</v>
+        <v>1227</v>
       </c>
       <c r="J108" t="s">
-        <v>1558</v>
+        <v>1228</v>
       </c>
       <c r="K108" t="s">
-        <v>1892</v>
+        <v>1229</v>
       </c>
       <c r="L108" t="s">
-        <v>1893</v>
+        <v>1230</v>
       </c>
       <c r="M108" t="s">
-        <v>1894</v>
+        <v>1231</v>
       </c>
       <c r="N108" t="s">
-        <v>1895</v>
+        <v>1232</v>
       </c>
       <c r="O108" t="s">
-        <v>1896</v>
+        <v>1233</v>
       </c>
       <c r="P108" t="s">
-        <v>1897</v>
+        <v>1234</v>
       </c>
       <c r="Q108" t="s">
-        <v>1898</v>
+        <v>1235</v>
       </c>
       <c r="R108" t="s">
-        <v>1899</v>
-[...20 lines deleted...]
-        <v>1906</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B109" t="s">
-        <v>1907</v>
+        <v>1237</v>
       </c>
       <c r="C109" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D109" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>1908</v>
+        <v>1238</v>
       </c>
       <c r="F109" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>1909</v>
+        <v>1239</v>
       </c>
       <c r="H109" t="s">
-        <v>1910</v>
+        <v>1240</v>
       </c>
       <c r="I109" t="s">
-        <v>1911</v>
+        <v>1241</v>
       </c>
       <c r="J109" t="s">
-        <v>1228</v>
+        <v>1242</v>
       </c>
       <c r="K109" t="s">
-        <v>1912</v>
+        <v>1243</v>
       </c>
       <c r="L109" t="s">
-        <v>1913</v>
+        <v>1244</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1245</v>
+      </c>
+      <c r="N109" t="s">
+        <v>1246</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B110" t="s">
-        <v>1914</v>
+        <v>1247</v>
       </c>
       <c r="C110" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D110" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>1915</v>
+        <v>1248</v>
       </c>
       <c r="F110" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>1916</v>
+        <v>1249</v>
       </c>
       <c r="H110" t="s">
-        <v>1917</v>
+        <v>1250</v>
       </c>
       <c r="I110" t="s">
-        <v>1918</v>
+        <v>1251</v>
       </c>
       <c r="J110" t="s">
-        <v>1919</v>
+        <v>1252</v>
       </c>
       <c r="K110" t="s">
-        <v>1920</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B111" t="s">
-        <v>1921</v>
+        <v>1254</v>
       </c>
       <c r="C111" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D111" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>1922</v>
+        <v>1255</v>
       </c>
       <c r="F111" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>1923</v>
+        <v>1256</v>
       </c>
       <c r="H111" t="s">
-        <v>1924</v>
+        <v>1257</v>
       </c>
       <c r="I111" t="s">
-        <v>1472</v>
+        <v>1258</v>
       </c>
       <c r="J111" t="s">
-        <v>1925</v>
+        <v>1259</v>
       </c>
       <c r="K111" t="s">
-        <v>1926</v>
+        <v>1260</v>
       </c>
       <c r="L111" t="s">
-        <v>1927</v>
+        <v>1261</v>
       </c>
       <c r="M111" t="s">
-        <v>1928</v>
+        <v>1262</v>
       </c>
       <c r="N111" t="s">
-        <v>1929</v>
+        <v>1263</v>
       </c>
       <c r="O111" t="s">
-        <v>1930</v>
-[...2 lines deleted...]
-        <v>1931</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B112" t="s">
-        <v>1932</v>
+        <v>1265</v>
       </c>
       <c r="C112" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D112" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>1933</v>
+        <v>1266</v>
       </c>
       <c r="F112" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>1934</v>
+        <v>1267</v>
       </c>
       <c r="H112" t="s">
-        <v>1935</v>
+        <v>1268</v>
       </c>
       <c r="I112" t="s">
-        <v>1936</v>
+        <v>1269</v>
       </c>
       <c r="J112" t="s">
-        <v>1083</v>
+        <v>1270</v>
       </c>
       <c r="K112" t="s">
-        <v>1937</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B113" t="s">
-        <v>1938</v>
+        <v>1272</v>
       </c>
       <c r="C113" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D113" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>1939</v>
+        <v>1273</v>
       </c>
       <c r="F113" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>1940</v>
+        <v>1274</v>
       </c>
       <c r="H113" t="s">
-        <v>1941</v>
+        <v>1275</v>
       </c>
       <c r="I113" t="s">
-        <v>1472</v>
+        <v>1276</v>
       </c>
       <c r="J113" t="s">
-        <v>1942</v>
+        <v>1277</v>
       </c>
       <c r="K113" t="s">
-        <v>1943</v>
+        <v>1278</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1279</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1280</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1281</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1282</v>
+      </c>
+      <c r="P113" t="s">
+        <v>1283</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B114" t="s">
-        <v>1944</v>
+        <v>1284</v>
       </c>
       <c r="C114" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D114" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>1945</v>
+        <v>1285</v>
       </c>
       <c r="F114" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>1946</v>
+        <v>1286</v>
       </c>
       <c r="H114" t="s">
-        <v>1947</v>
+        <v>1287</v>
       </c>
       <c r="I114" t="s">
-        <v>1948</v>
+        <v>1288</v>
       </c>
       <c r="J114" t="s">
-        <v>1949</v>
+        <v>305</v>
       </c>
       <c r="K114" t="s">
-        <v>1950</v>
+        <v>1289</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1290</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1291</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1292</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B115" t="s">
-        <v>1951</v>
+        <v>1293</v>
       </c>
       <c r="C115" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D115" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>1952</v>
+        <v>1294</v>
       </c>
       <c r="F115" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>1953</v>
+        <v>1295</v>
       </c>
       <c r="H115" t="s">
-        <v>1954</v>
+        <v>1296</v>
       </c>
       <c r="I115" t="s">
-        <v>1472</v>
+        <v>1297</v>
       </c>
       <c r="J115" t="s">
-        <v>1955</v>
+        <v>1298</v>
       </c>
       <c r="K115" t="s">
-        <v>1956</v>
+        <v>1299</v>
       </c>
       <c r="L115" t="s">
-        <v>1957</v>
+        <v>1300</v>
       </c>
       <c r="M115" t="s">
-        <v>1958</v>
+        <v>1301</v>
       </c>
       <c r="N115" t="s">
-        <v>1959</v>
+        <v>1302</v>
+      </c>
+      <c r="O115" t="s">
+        <v>1303</v>
+      </c>
+      <c r="P115" t="s">
+        <v>1304</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>1305</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B116" t="s">
-        <v>1960</v>
+        <v>1306</v>
       </c>
       <c r="C116" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D116" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>1961</v>
+        <v>1307</v>
       </c>
       <c r="F116" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>1962</v>
+        <v>1308</v>
       </c>
       <c r="H116" t="s">
-        <v>1963</v>
+        <v>1309</v>
       </c>
       <c r="I116" t="s">
-        <v>1964</v>
+        <v>1310</v>
       </c>
       <c r="J116" t="s">
-        <v>1925</v>
+        <v>955</v>
       </c>
       <c r="K116" t="s">
-        <v>1965</v>
+        <v>1311</v>
       </c>
       <c r="L116" t="s">
-        <v>1966</v>
-[...2 lines deleted...]
-        <v>1967</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B117" t="s">
-        <v>1968</v>
+        <v>1313</v>
       </c>
       <c r="C117" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D117" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>1969</v>
+        <v>1314</v>
       </c>
       <c r="F117" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>1970</v>
+        <v>1315</v>
       </c>
       <c r="H117" t="s">
-        <v>1971</v>
+        <v>1316</v>
       </c>
       <c r="I117" t="s">
-        <v>1972</v>
+        <v>1317</v>
       </c>
       <c r="J117" t="s">
-        <v>12</v>
+        <v>859</v>
       </c>
       <c r="K117" t="s">
-        <v>1973</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B118" t="s">
-        <v>1974</v>
+        <v>1319</v>
       </c>
       <c r="C118" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D118" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>1975</v>
+        <v>1314</v>
       </c>
       <c r="F118" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>1976</v>
+        <v>1320</v>
       </c>
       <c r="H118" t="s">
-        <v>1977</v>
+        <v>1321</v>
       </c>
       <c r="I118" t="s">
-        <v>1978</v>
+        <v>1322</v>
       </c>
       <c r="J118" t="s">
-        <v>1174</v>
+        <v>305</v>
       </c>
       <c r="K118" t="s">
-        <v>1979</v>
+        <v>1323</v>
       </c>
       <c r="L118" t="s">
-        <v>1980</v>
+        <v>1324</v>
       </c>
       <c r="M118" t="s">
-        <v>1981</v>
-[...5 lines deleted...]
-        <v>1982</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B119" t="s">
-        <v>1983</v>
+        <v>1326</v>
       </c>
       <c r="C119" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D119" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>1984</v>
+        <v>1327</v>
       </c>
       <c r="F119" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>1985</v>
+        <v>1328</v>
       </c>
       <c r="H119" t="s">
-        <v>1986</v>
+        <v>1329</v>
       </c>
       <c r="I119" t="s">
-        <v>1987</v>
+        <v>1330</v>
       </c>
       <c r="J119" t="s">
-        <v>1988</v>
+        <v>582</v>
       </c>
       <c r="K119" t="s">
-        <v>1989</v>
+        <v>1331</v>
       </c>
       <c r="L119" t="s">
-        <v>1990</v>
-[...5 lines deleted...]
-        <v>1991</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B120" t="s">
-        <v>1992</v>
+        <v>1333</v>
       </c>
       <c r="C120" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D120" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>1993</v>
+        <v>1334</v>
       </c>
       <c r="F120" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>1994</v>
+        <v>1335</v>
       </c>
       <c r="H120" t="s">
-        <v>1995</v>
+        <v>1336</v>
       </c>
       <c r="I120" t="s">
-        <v>1996</v>
+        <v>1337</v>
       </c>
       <c r="J120" t="s">
-        <v>916</v>
+        <v>305</v>
       </c>
       <c r="K120" t="s">
-        <v>1997</v>
+        <v>1338</v>
       </c>
       <c r="L120" t="s">
-        <v>1998</v>
+        <v>1339</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1340</v>
+      </c>
+      <c r="N120" t="s">
+        <v>1341</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B121" t="s">
-        <v>1999</v>
+        <v>1342</v>
       </c>
       <c r="C121" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D121" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>2000</v>
+        <v>1343</v>
       </c>
       <c r="F121" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>2001</v>
+        <v>1344</v>
       </c>
       <c r="H121" t="s">
-        <v>2002</v>
+        <v>1345</v>
       </c>
       <c r="I121" t="s">
-        <v>2003</v>
+        <v>1346</v>
       </c>
       <c r="J121" t="s">
-        <v>2004</v>
+        <v>1252</v>
       </c>
       <c r="K121" t="s">
-        <v>2005</v>
+        <v>1347</v>
       </c>
       <c r="L121" t="s">
-        <v>2006</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B122" t="s">
-        <v>2007</v>
+        <v>1349</v>
       </c>
       <c r="C122" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D122" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>2008</v>
+        <v>1343</v>
       </c>
       <c r="F122" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>2009</v>
+        <v>1350</v>
       </c>
       <c r="H122" t="s">
-        <v>2010</v>
+        <v>1351</v>
       </c>
       <c r="I122" t="s">
-        <v>2011</v>
+        <v>1352</v>
       </c>
       <c r="J122" t="s">
-        <v>2012</v>
+        <v>534</v>
       </c>
       <c r="K122" t="s">
-        <v>2013</v>
+        <v>1353</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1354</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1355</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B123" t="s">
-        <v>2014</v>
+        <v>1356</v>
       </c>
       <c r="C123" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D123" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>2015</v>
+        <v>1357</v>
       </c>
       <c r="F123" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>2016</v>
+        <v>1358</v>
       </c>
       <c r="H123" t="s">
-        <v>2017</v>
+        <v>1359</v>
       </c>
       <c r="I123" t="s">
-        <v>1350</v>
+        <v>1360</v>
       </c>
       <c r="J123" t="s">
-        <v>2018</v>
+        <v>305</v>
       </c>
       <c r="K123" t="s">
-        <v>2019</v>
+        <v>1361</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1362</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1363</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1364</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1365</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B124" t="s">
-        <v>2020</v>
+        <v>1366</v>
       </c>
       <c r="C124" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D124" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>2021</v>
+        <v>1367</v>
       </c>
       <c r="F124" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>2022</v>
+        <v>1368</v>
       </c>
       <c r="H124" t="s">
-        <v>2023</v>
+        <v>1369</v>
       </c>
       <c r="I124" t="s">
-        <v>2024</v>
+        <v>1370</v>
       </c>
       <c r="J124" t="s">
-        <v>2025</v>
+        <v>173</v>
       </c>
       <c r="K124" t="s">
-        <v>2026</v>
+        <v>1371</v>
       </c>
       <c r="L124" t="s">
-        <v>2027</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B125" t="s">
-        <v>2028</v>
+        <v>1373</v>
       </c>
       <c r="C125" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D125" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>2029</v>
+        <v>1374</v>
       </c>
       <c r="F125" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>2030</v>
+        <v>1375</v>
       </c>
       <c r="H125" t="s">
-        <v>2031</v>
+        <v>1376</v>
       </c>
       <c r="I125" t="s">
-        <v>2032</v>
+        <v>1377</v>
       </c>
       <c r="J125" t="s">
-        <v>1455</v>
+        <v>173</v>
       </c>
       <c r="K125" t="s">
-        <v>2033</v>
+        <v>1378</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1379</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1380</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1381</v>
+      </c>
+      <c r="O125" t="s">
+        <v>1382</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B126" t="s">
-        <v>2034</v>
+        <v>1383</v>
       </c>
       <c r="C126" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D126" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>2035</v>
+        <v>1384</v>
       </c>
       <c r="F126" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>2036</v>
+        <v>1385</v>
       </c>
       <c r="H126" t="s">
-        <v>2037</v>
+        <v>1386</v>
       </c>
       <c r="I126" t="s">
-        <v>1936</v>
+        <v>1387</v>
       </c>
       <c r="J126" t="s">
-        <v>2038</v>
+        <v>499</v>
       </c>
       <c r="K126" t="s">
-        <v>2039</v>
+        <v>1388</v>
       </c>
       <c r="L126" t="s">
-        <v>2040</v>
+        <v>1389</v>
       </c>
       <c r="M126" t="s">
-        <v>2041</v>
-[...35 lines deleted...]
-        <v>2053</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B127" t="s">
-        <v>2054</v>
+        <v>1391</v>
       </c>
       <c r="C127" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D127" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>2055</v>
+        <v>1392</v>
       </c>
       <c r="F127" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>2056</v>
+        <v>1393</v>
       </c>
       <c r="H127" t="s">
-        <v>2057</v>
+        <v>1394</v>
       </c>
       <c r="I127" t="s">
-        <v>2058</v>
+        <v>1395</v>
       </c>
       <c r="J127" t="s">
-        <v>1228</v>
+        <v>202</v>
       </c>
       <c r="K127" t="s">
-        <v>2059</v>
-[...11 lines deleted...]
-        <v>2063</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B128" t="s">
-        <v>2064</v>
+        <v>1397</v>
       </c>
       <c r="C128" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D128" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>2065</v>
+        <v>1398</v>
       </c>
       <c r="F128" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>2066</v>
+        <v>1399</v>
       </c>
       <c r="H128" t="s">
-        <v>2067</v>
+        <v>1400</v>
       </c>
       <c r="I128" t="s">
-        <v>2068</v>
+        <v>1401</v>
       </c>
       <c r="J128" t="s">
-        <v>815</v>
+        <v>832</v>
       </c>
       <c r="K128" t="s">
-        <v>2069</v>
+        <v>1402</v>
       </c>
       <c r="L128" t="s">
-        <v>2070</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B129" t="s">
-        <v>2071</v>
+        <v>1404</v>
       </c>
       <c r="C129" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D129" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>2072</v>
+        <v>1405</v>
       </c>
       <c r="F129" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>2073</v>
+        <v>1406</v>
       </c>
       <c r="H129" t="s">
-        <v>2074</v>
+        <v>1407</v>
       </c>
       <c r="I129" t="s">
-        <v>2075</v>
+        <v>1408</v>
       </c>
       <c r="J129" t="s">
-        <v>1276</v>
+        <v>1409</v>
       </c>
       <c r="K129" t="s">
-        <v>2076</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B130" t="s">
-        <v>2077</v>
+        <v>1411</v>
       </c>
       <c r="C130" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D130" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>2078</v>
+        <v>1412</v>
       </c>
       <c r="F130" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>2079</v>
+        <v>1413</v>
       </c>
       <c r="H130" t="s">
-        <v>2080</v>
+        <v>1414</v>
       </c>
       <c r="I130" t="s">
-        <v>2081</v>
+        <v>1415</v>
       </c>
       <c r="J130" t="s">
-        <v>2082</v>
+        <v>305</v>
       </c>
       <c r="K130" t="s">
-        <v>2083</v>
+        <v>1416</v>
       </c>
       <c r="L130" t="s">
-        <v>2084</v>
+        <v>1417</v>
       </c>
       <c r="M130" t="s">
-        <v>2085</v>
+        <v>1418</v>
       </c>
       <c r="N130" t="s">
-        <v>2086</v>
+        <v>1419</v>
       </c>
       <c r="O130" t="s">
-        <v>2087</v>
-[...2 lines deleted...]
-        <v>2088</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B131" t="s">
-        <v>2089</v>
+        <v>1421</v>
       </c>
       <c r="C131" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D131" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E131" t="s">
-        <v>2090</v>
+        <v>1422</v>
       </c>
       <c r="F131" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>2091</v>
+        <v>1423</v>
       </c>
       <c r="H131" t="s">
-        <v>2092</v>
+        <v>1424</v>
       </c>
       <c r="I131" t="s">
-        <v>2093</v>
+        <v>1425</v>
       </c>
       <c r="J131" t="s">
-        <v>1123</v>
+        <v>1068</v>
       </c>
       <c r="K131" t="s">
-        <v>2094</v>
+        <v>1426</v>
       </c>
       <c r="L131" t="s">
-        <v>2095</v>
-[...2 lines deleted...]
-        <v>2096</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B132" t="s">
-        <v>2097</v>
+        <v>1428</v>
       </c>
       <c r="C132" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D132" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E132" t="s">
-        <v>2098</v>
+        <v>1429</v>
       </c>
       <c r="F132" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>2099</v>
+        <v>1430</v>
       </c>
       <c r="H132" t="s">
-        <v>2100</v>
+        <v>1431</v>
       </c>
       <c r="I132" t="s">
-        <v>2101</v>
+        <v>1432</v>
       </c>
       <c r="J132" t="s">
-        <v>1183</v>
+        <v>406</v>
       </c>
       <c r="K132" t="s">
-        <v>2102</v>
+        <v>1433</v>
       </c>
       <c r="L132" t="s">
-        <v>2103</v>
+        <v>1434</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1435</v>
+      </c>
+      <c r="N132" t="s">
+        <v>1436</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B133" t="s">
-        <v>2104</v>
+        <v>1437</v>
       </c>
       <c r="C133" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D133" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E133" t="s">
-        <v>2105</v>
+        <v>1438</v>
       </c>
       <c r="F133" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>2106</v>
+        <v>1439</v>
       </c>
       <c r="H133" t="s">
-        <v>2107</v>
+        <v>1440</v>
       </c>
       <c r="I133" t="s">
-        <v>2108</v>
+        <v>1276</v>
       </c>
       <c r="J133" t="s">
-        <v>2109</v>
+        <v>651</v>
       </c>
       <c r="K133" t="s">
-        <v>2110</v>
+        <v>1441</v>
       </c>
       <c r="L133" t="s">
-        <v>2111</v>
-[...14 lines deleted...]
-        <v>2116</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B134" t="s">
-        <v>2117</v>
+        <v>1443</v>
       </c>
       <c r="C134" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D134" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E134" t="s">
-        <v>2118</v>
+        <v>1444</v>
       </c>
       <c r="F134" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>2119</v>
+        <v>1445</v>
       </c>
       <c r="H134" t="s">
-        <v>2120</v>
+        <v>1446</v>
       </c>
       <c r="I134" t="s">
-        <v>1454</v>
+        <v>1447</v>
       </c>
       <c r="J134" t="s">
-        <v>1183</v>
+        <v>1448</v>
       </c>
       <c r="K134" t="s">
-        <v>2121</v>
+        <v>1449</v>
       </c>
       <c r="L134" t="s">
-        <v>2122</v>
-[...2 lines deleted...]
-        <v>2123</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B135" t="s">
-        <v>2124</v>
+        <v>1451</v>
       </c>
       <c r="C135" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D135" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>2125</v>
+        <v>1452</v>
       </c>
       <c r="F135" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>2126</v>
+        <v>1453</v>
       </c>
       <c r="H135" t="s">
-        <v>2127</v>
+        <v>1454</v>
       </c>
       <c r="I135" t="s">
-        <v>2128</v>
+        <v>1455</v>
       </c>
       <c r="J135" t="s">
-        <v>2129</v>
+        <v>1456</v>
       </c>
       <c r="K135" t="s">
-        <v>2130</v>
+        <v>1457</v>
       </c>
       <c r="L135" t="s">
-        <v>2131</v>
+        <v>1458</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1459</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B136" t="s">
-        <v>2132</v>
+        <v>1460</v>
       </c>
       <c r="C136" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D136" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E136" t="s">
-        <v>2133</v>
+        <v>1461</v>
       </c>
       <c r="F136" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G136" t="s">
-        <v>2134</v>
+        <v>1462</v>
       </c>
       <c r="H136" t="s">
-        <v>2135</v>
+        <v>1463</v>
       </c>
       <c r="I136" t="s">
-        <v>2136</v>
+        <v>1464</v>
       </c>
       <c r="J136" t="s">
-        <v>2137</v>
+        <v>417</v>
       </c>
       <c r="K136" t="s">
-        <v>2138</v>
+        <v>1465</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1466</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1467</v>
+      </c>
+      <c r="N136" t="s">
+        <v>1468</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B137" t="s">
-        <v>2139</v>
+        <v>1469</v>
       </c>
       <c r="C137" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D137" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>2140</v>
+        <v>1470</v>
       </c>
       <c r="F137" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>2141</v>
+        <v>1471</v>
       </c>
       <c r="H137" t="s">
-        <v>2142</v>
+        <v>1472</v>
       </c>
       <c r="I137" t="s">
-        <v>2143</v>
+        <v>1473</v>
       </c>
       <c r="J137" t="s">
-        <v>2144</v>
+        <v>1474</v>
       </c>
       <c r="K137" t="s">
-        <v>2145</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B138" t="s">
-        <v>2146</v>
+        <v>1476</v>
       </c>
       <c r="C138" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D138" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>2147</v>
+        <v>1477</v>
       </c>
       <c r="F138" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>2148</v>
+        <v>1478</v>
       </c>
       <c r="H138" t="s">
-        <v>2149</v>
+        <v>1479</v>
       </c>
       <c r="I138" t="s">
-        <v>2150</v>
+        <v>1480</v>
       </c>
       <c r="J138" t="s">
-        <v>1228</v>
+        <v>1481</v>
       </c>
       <c r="K138" t="s">
-        <v>2151</v>
+        <v>1482</v>
       </c>
       <c r="L138" t="s">
-        <v>2152</v>
-[...5 lines deleted...]
-        <v>2154</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B139" t="s">
-        <v>2155</v>
+        <v>1484</v>
       </c>
       <c r="C139" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D139" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E139" t="s">
-        <v>2156</v>
+        <v>1485</v>
       </c>
       <c r="F139" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>2157</v>
+        <v>1486</v>
       </c>
       <c r="H139" t="s">
-        <v>2158</v>
+        <v>1487</v>
       </c>
       <c r="I139" t="s">
-        <v>2159</v>
+        <v>1488</v>
       </c>
       <c r="J139" t="s">
-        <v>1028</v>
+        <v>1489</v>
       </c>
       <c r="K139" t="s">
-        <v>2160</v>
-[...11 lines deleted...]
-        <v>2164</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B140" t="s">
-        <v>2165</v>
+        <v>1491</v>
       </c>
       <c r="C140" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D140" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E140" t="s">
-        <v>2166</v>
+        <v>1492</v>
       </c>
       <c r="F140" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G140" t="s">
-        <v>2167</v>
+        <v>1493</v>
       </c>
       <c r="H140" t="s">
-        <v>2168</v>
+        <v>1494</v>
       </c>
       <c r="I140" t="s">
-        <v>2169</v>
+        <v>1495</v>
       </c>
       <c r="J140" t="s">
-        <v>1696</v>
+        <v>1496</v>
       </c>
       <c r="K140" t="s">
-        <v>2170</v>
+        <v>1497</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1498</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B141" t="s">
-        <v>2171</v>
+        <v>1499</v>
       </c>
       <c r="C141" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D141" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>2172</v>
+        <v>1500</v>
       </c>
       <c r="F141" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>2173</v>
+        <v>1501</v>
       </c>
       <c r="H141" t="s">
-        <v>2174</v>
+        <v>1502</v>
       </c>
       <c r="I141" t="s">
-        <v>2175</v>
+        <v>1503</v>
       </c>
       <c r="J141" t="s">
-        <v>1183</v>
+        <v>955</v>
       </c>
       <c r="K141" t="s">
-        <v>2176</v>
-[...11 lines deleted...]
-        <v>2180</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B142" t="s">
-        <v>2181</v>
+        <v>1505</v>
       </c>
       <c r="C142" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D142" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E142" t="s">
-        <v>2182</v>
+        <v>1506</v>
       </c>
       <c r="F142" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>2183</v>
+        <v>1507</v>
       </c>
       <c r="H142" t="s">
-        <v>2184</v>
+        <v>1508</v>
       </c>
       <c r="I142" t="s">
-        <v>1284</v>
+        <v>1509</v>
       </c>
       <c r="J142" t="s">
-        <v>2185</v>
+        <v>1510</v>
       </c>
       <c r="K142" t="s">
-        <v>2186</v>
+        <v>1511</v>
+      </c>
+      <c r="L142" t="s">
+        <v>1512</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1513</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B143" t="s">
-        <v>2187</v>
+        <v>1514</v>
       </c>
       <c r="C143" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D143" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>2188</v>
+        <v>1515</v>
       </c>
       <c r="F143" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G143" t="s">
-        <v>2189</v>
+        <v>1516</v>
       </c>
       <c r="H143" t="s">
-        <v>2190</v>
+        <v>1517</v>
       </c>
       <c r="I143" t="s">
-        <v>2191</v>
+        <v>1518</v>
       </c>
       <c r="J143" t="s">
-        <v>2192</v>
+        <v>560</v>
       </c>
       <c r="K143" t="s">
-        <v>2193</v>
+        <v>1519</v>
+      </c>
+      <c r="L143" t="s">
+        <v>1520</v>
+      </c>
+      <c r="M143" t="s">
+        <v>1521</v>
+      </c>
+      <c r="N143" t="s">
+        <v>1522</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B144" t="s">
-        <v>2194</v>
+        <v>1523</v>
       </c>
       <c r="C144" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D144" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E144" t="s">
-        <v>2195</v>
+        <v>1524</v>
       </c>
       <c r="F144" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G144" t="s">
-        <v>2196</v>
+        <v>1525</v>
       </c>
       <c r="H144" t="s">
-        <v>2197</v>
+        <v>1526</v>
       </c>
       <c r="I144" t="s">
-        <v>1627</v>
+        <v>1480</v>
       </c>
       <c r="J144" t="s">
-        <v>1319</v>
+        <v>934</v>
       </c>
       <c r="K144" t="s">
-        <v>2198</v>
+        <v>1527</v>
       </c>
       <c r="L144" t="s">
-        <v>2199</v>
+        <v>1528</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1529</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B145" t="s">
-        <v>2200</v>
+        <v>1530</v>
       </c>
       <c r="C145" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D145" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E145" t="s">
-        <v>2201</v>
+        <v>1531</v>
       </c>
       <c r="F145" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G145" t="s">
-        <v>2202</v>
+        <v>1532</v>
       </c>
       <c r="H145" t="s">
-        <v>2203</v>
+        <v>1533</v>
       </c>
       <c r="I145" t="s">
-        <v>2204</v>
+        <v>1534</v>
       </c>
       <c r="J145" t="s">
-        <v>825</v>
+        <v>1535</v>
       </c>
       <c r="K145" t="s">
-        <v>2205</v>
+        <v>1536</v>
+      </c>
+      <c r="L145" t="s">
+        <v>1537</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B146" t="s">
-        <v>2206</v>
+        <v>1538</v>
       </c>
       <c r="C146" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D146" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E146" t="s">
-        <v>2207</v>
+        <v>1539</v>
       </c>
       <c r="F146" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G146" t="s">
-        <v>2208</v>
+        <v>1540</v>
       </c>
       <c r="H146" t="s">
-        <v>2209</v>
+        <v>1541</v>
       </c>
       <c r="I146" t="s">
-        <v>2210</v>
+        <v>1542</v>
       </c>
       <c r="J146" t="s">
-        <v>1011</v>
+        <v>877</v>
       </c>
       <c r="K146" t="s">
-        <v>2211</v>
+        <v>1543</v>
       </c>
       <c r="L146" t="s">
-        <v>2212</v>
-[...5 lines deleted...]
-        <v>2214</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B147" t="s">
-        <v>2215</v>
+        <v>1545</v>
       </c>
       <c r="C147" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D147" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E147" t="s">
-        <v>2216</v>
+        <v>1546</v>
       </c>
       <c r="F147" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G147" t="s">
-        <v>2217</v>
+        <v>1547</v>
       </c>
       <c r="H147" t="s">
-        <v>2218</v>
+        <v>1548</v>
       </c>
       <c r="I147" t="s">
-        <v>2219</v>
+        <v>1549</v>
       </c>
       <c r="J147" t="s">
-        <v>1646</v>
+        <v>417</v>
       </c>
       <c r="K147" t="s">
-        <v>2220</v>
+        <v>1550</v>
+      </c>
+      <c r="L147" t="s">
+        <v>1551</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1552</v>
+      </c>
+      <c r="N147" t="s">
+        <v>1553</v>
+      </c>
+      <c r="O147" t="s">
+        <v>1554</v>
+      </c>
+      <c r="P147" t="s">
+        <v>1555</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B148" t="s">
-        <v>2221</v>
+        <v>1556</v>
       </c>
       <c r="C148" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D148" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E148" t="s">
-        <v>2222</v>
+        <v>1557</v>
       </c>
       <c r="F148" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G148" t="s">
-        <v>2223</v>
+        <v>1558</v>
       </c>
       <c r="H148" t="s">
-        <v>2224</v>
+        <v>1559</v>
       </c>
       <c r="I148" t="s">
-        <v>2225</v>
+        <v>1560</v>
       </c>
       <c r="J148" t="s">
-        <v>1473</v>
+        <v>173</v>
       </c>
       <c r="K148" t="s">
-        <v>2226</v>
+        <v>1561</v>
       </c>
       <c r="L148" t="s">
-        <v>2227</v>
+        <v>1562</v>
+      </c>
+      <c r="M148" t="s">
+        <v>1563</v>
+      </c>
+      <c r="N148" t="s">
+        <v>1564</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1565</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1566</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>1567</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B149" t="s">
-        <v>2228</v>
+        <v>1568</v>
       </c>
       <c r="C149" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D149" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E149" t="s">
-        <v>2229</v>
+        <v>1569</v>
       </c>
       <c r="F149" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G149" t="s">
-        <v>2230</v>
+        <v>1570</v>
       </c>
       <c r="H149" t="s">
-        <v>2231</v>
+        <v>1571</v>
       </c>
       <c r="I149" t="s">
-        <v>2232</v>
+        <v>1572</v>
       </c>
       <c r="J149" t="s">
-        <v>1955</v>
+        <v>1573</v>
       </c>
       <c r="K149" t="s">
-        <v>2233</v>
+        <v>1574</v>
       </c>
       <c r="L149" t="s">
-        <v>2234</v>
+        <v>1575</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1576</v>
+      </c>
+      <c r="N149" t="s">
+        <v>1577</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B150" t="s">
-        <v>2235</v>
+        <v>1578</v>
       </c>
       <c r="C150" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D150" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E150" t="s">
-        <v>2236</v>
+        <v>1579</v>
       </c>
       <c r="F150" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G150" t="s">
-        <v>2237</v>
+        <v>1580</v>
       </c>
       <c r="H150" t="s">
-        <v>2238</v>
+        <v>1581</v>
       </c>
       <c r="I150" t="s">
-        <v>2239</v>
+        <v>1582</v>
       </c>
       <c r="J150" t="s">
-        <v>2240</v>
+        <v>305</v>
       </c>
       <c r="K150" t="s">
-        <v>2241</v>
-[...23 lines deleted...]
-        <v>2249</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B151" t="s">
-        <v>2250</v>
+        <v>1584</v>
       </c>
       <c r="C151" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D151" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E151" t="s">
-        <v>2251</v>
+        <v>1579</v>
       </c>
       <c r="F151" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G151" t="s">
-        <v>2252</v>
+        <v>1585</v>
       </c>
       <c r="H151" t="s">
-        <v>2253</v>
+        <v>1586</v>
       </c>
       <c r="I151" t="s">
-        <v>2254</v>
+        <v>1587</v>
       </c>
       <c r="J151" t="s">
-        <v>2255</v>
+        <v>173</v>
       </c>
       <c r="K151" t="s">
-        <v>2256</v>
+        <v>1588</v>
       </c>
       <c r="L151" t="s">
-        <v>2257</v>
+        <v>1589</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1590</v>
+      </c>
+      <c r="N151" t="s">
+        <v>1591</v>
+      </c>
+      <c r="O151" t="s">
+        <v>1592</v>
+      </c>
+      <c r="P151" t="s">
+        <v>1593</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>1594</v>
+      </c>
+      <c r="R151" t="s">
+        <v>1595</v>
+      </c>
+      <c r="S151" t="s">
+        <v>1596</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B152" t="s">
-        <v>2258</v>
+        <v>1597</v>
       </c>
       <c r="C152" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D152" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E152" t="s">
-        <v>2259</v>
+        <v>1598</v>
       </c>
       <c r="F152" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G152" t="s">
-        <v>2260</v>
+        <v>1599</v>
       </c>
       <c r="H152" t="s">
-        <v>2261</v>
+        <v>1600</v>
       </c>
       <c r="I152" t="s">
-        <v>2262</v>
+        <v>1601</v>
       </c>
       <c r="J152" t="s">
-        <v>2263</v>
+        <v>955</v>
       </c>
       <c r="K152" t="s">
-        <v>2264</v>
+        <v>1602</v>
+      </c>
+      <c r="L152" t="s">
+        <v>1603</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B153" t="s">
-        <v>2265</v>
+        <v>1604</v>
       </c>
       <c r="C153" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D153" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E153" t="s">
-        <v>2266</v>
+        <v>1605</v>
       </c>
       <c r="F153" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G153" t="s">
-        <v>2267</v>
+        <v>1606</v>
       </c>
       <c r="H153" t="s">
-        <v>2268</v>
+        <v>1607</v>
       </c>
       <c r="I153" t="s">
-        <v>2269</v>
+        <v>1401</v>
       </c>
       <c r="J153" t="s">
-        <v>1228</v>
+        <v>832</v>
       </c>
       <c r="K153" t="s">
-        <v>2270</v>
+        <v>1608</v>
       </c>
       <c r="L153" t="s">
-        <v>2271</v>
+        <v>1609</v>
+      </c>
+      <c r="M153" t="s">
+        <v>1610</v>
+      </c>
+      <c r="N153" t="s">
+        <v>1611</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B154" t="s">
-        <v>2272</v>
+        <v>1612</v>
       </c>
       <c r="C154" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D154" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E154" t="s">
-        <v>2273</v>
+        <v>1613</v>
       </c>
       <c r="F154" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G154" t="s">
-        <v>2274</v>
+        <v>1614</v>
       </c>
       <c r="H154" t="s">
-        <v>2275</v>
+        <v>1615</v>
       </c>
       <c r="I154" t="s">
-        <v>2276</v>
+        <v>1616</v>
       </c>
       <c r="J154" t="s">
-        <v>2277</v>
+        <v>1617</v>
       </c>
       <c r="K154" t="s">
-        <v>2278</v>
-[...2 lines deleted...]
-        <v>2279</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B155" t="s">
-        <v>2280</v>
+        <v>1619</v>
       </c>
       <c r="C155" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D155" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E155" t="s">
-        <v>2281</v>
+        <v>1620</v>
       </c>
       <c r="F155" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G155" t="s">
-        <v>2282</v>
+        <v>1621</v>
       </c>
       <c r="H155" t="s">
-        <v>2283</v>
+        <v>1622</v>
       </c>
       <c r="I155" t="s">
-        <v>2284</v>
+        <v>1623</v>
       </c>
       <c r="J155" t="s">
-        <v>2285</v>
+        <v>1624</v>
       </c>
       <c r="K155" t="s">
-        <v>2286</v>
-[...11 lines deleted...]
-        <v>2290</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B156" t="s">
-        <v>2291</v>
+        <v>1626</v>
       </c>
       <c r="C156" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D156" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E156" t="s">
-        <v>2292</v>
+        <v>1627</v>
       </c>
       <c r="F156" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G156" t="s">
-        <v>2293</v>
+        <v>1628</v>
       </c>
       <c r="H156" t="s">
-        <v>2294</v>
+        <v>1629</v>
       </c>
       <c r="I156" t="s">
-        <v>2295</v>
+        <v>1630</v>
       </c>
       <c r="J156" t="s">
-        <v>2296</v>
+        <v>1481</v>
       </c>
       <c r="K156" t="s">
-        <v>2297</v>
+        <v>1631</v>
+      </c>
+      <c r="L156" t="s">
+        <v>1632</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1633</v>
+      </c>
+      <c r="N156" t="s">
+        <v>1634</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B157" t="s">
-        <v>2298</v>
+        <v>1635</v>
       </c>
       <c r="C157" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D157" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E157" t="s">
-        <v>2299</v>
+        <v>1636</v>
       </c>
       <c r="F157" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G157" t="s">
-        <v>2300</v>
+        <v>1637</v>
       </c>
       <c r="H157" t="s">
-        <v>2301</v>
+        <v>1638</v>
       </c>
       <c r="I157" t="s">
-        <v>2302</v>
+        <v>1401</v>
       </c>
       <c r="J157" t="s">
-        <v>1319</v>
+        <v>877</v>
       </c>
       <c r="K157" t="s">
-        <v>2303</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B158" t="s">
-        <v>2304</v>
+        <v>1640</v>
       </c>
       <c r="C158" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D158" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E158" t="s">
-        <v>2305</v>
+        <v>1641</v>
       </c>
       <c r="F158" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G158" t="s">
-        <v>2306</v>
+        <v>1642</v>
       </c>
       <c r="H158" t="s">
-        <v>2307</v>
+        <v>1643</v>
       </c>
       <c r="I158" t="s">
-        <v>1802</v>
+        <v>1644</v>
       </c>
       <c r="J158" t="s">
-        <v>1228</v>
+        <v>1645</v>
       </c>
       <c r="K158" t="s">
-        <v>2308</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B159" t="s">
-        <v>2309</v>
+        <v>1647</v>
       </c>
       <c r="C159" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D159" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E159" t="s">
-        <v>2310</v>
+        <v>1648</v>
       </c>
       <c r="F159" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G159" t="s">
-        <v>2311</v>
+        <v>1649</v>
       </c>
       <c r="H159" t="s">
-        <v>2312</v>
+        <v>1650</v>
       </c>
       <c r="I159" t="s">
-        <v>2313</v>
+        <v>1651</v>
       </c>
       <c r="J159" t="s">
-        <v>2314</v>
+        <v>202</v>
       </c>
       <c r="K159" t="s">
-        <v>2315</v>
-[...2 lines deleted...]
-        <v>2316</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B160" t="s">
-        <v>2317</v>
+        <v>1653</v>
       </c>
       <c r="C160" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D160" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E160" t="s">
-        <v>2318</v>
+        <v>1654</v>
       </c>
       <c r="F160" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G160" t="s">
-        <v>2319</v>
+        <v>1655</v>
       </c>
       <c r="H160" t="s">
-        <v>2320</v>
+        <v>1656</v>
       </c>
       <c r="I160" t="s">
-        <v>2302</v>
+        <v>1657</v>
       </c>
       <c r="J160" t="s">
-        <v>2321</v>
+        <v>651</v>
       </c>
       <c r="K160" t="s">
-        <v>2322</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B161" t="s">
-        <v>2323</v>
+        <v>1659</v>
       </c>
       <c r="C161" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D161" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E161" t="s">
-        <v>2324</v>
+        <v>1660</v>
       </c>
       <c r="F161" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G161" t="s">
-        <v>2325</v>
+        <v>1661</v>
       </c>
       <c r="H161" t="s">
-        <v>2326</v>
+        <v>1662</v>
       </c>
       <c r="I161" t="s">
-        <v>1802</v>
+        <v>1518</v>
       </c>
       <c r="J161" t="s">
-        <v>2327</v>
+        <v>877</v>
       </c>
       <c r="K161" t="s">
-        <v>2328</v>
+        <v>1663</v>
       </c>
       <c r="L161" t="s">
-        <v>2329</v>
+        <v>1664</v>
+      </c>
+      <c r="M161" t="s">
+        <v>1665</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B162" t="s">
-        <v>2330</v>
+        <v>1666</v>
       </c>
       <c r="C162" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D162" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E162" t="s">
-        <v>2331</v>
+        <v>1667</v>
       </c>
       <c r="F162" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G162" t="s">
-        <v>2332</v>
+        <v>1668</v>
       </c>
       <c r="H162" t="s">
-        <v>2333</v>
+        <v>1669</v>
       </c>
       <c r="I162" t="s">
-        <v>2334</v>
+        <v>1670</v>
       </c>
       <c r="J162" t="s">
-        <v>1455</v>
+        <v>1671</v>
       </c>
       <c r="K162" t="s">
-        <v>2335</v>
+        <v>1672</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1673</v>
+      </c>
+      <c r="M162" t="s">
+        <v>1674</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B163" t="s">
-        <v>2336</v>
+        <v>1675</v>
       </c>
       <c r="C163" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D163" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E163" t="s">
-        <v>2337</v>
+        <v>1676</v>
       </c>
       <c r="F163" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G163" t="s">
-        <v>2338</v>
+        <v>1677</v>
       </c>
       <c r="H163" t="s">
-        <v>2339</v>
+        <v>1678</v>
       </c>
       <c r="I163" t="s">
-        <v>2340</v>
+        <v>1053</v>
       </c>
       <c r="J163" t="s">
-        <v>2341</v>
+        <v>1679</v>
       </c>
       <c r="K163" t="s">
-        <v>2342</v>
-[...8 lines deleted...]
-        <v>2345</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B164" t="s">
-        <v>2346</v>
+        <v>1681</v>
       </c>
       <c r="C164" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D164" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E164" t="s">
-        <v>2347</v>
+        <v>1682</v>
       </c>
       <c r="F164" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G164" t="s">
-        <v>2348</v>
+        <v>1683</v>
       </c>
       <c r="H164" t="s">
-        <v>2349</v>
+        <v>1684</v>
       </c>
       <c r="I164" t="s">
-        <v>1131</v>
+        <v>1685</v>
       </c>
       <c r="J164" t="s">
-        <v>2350</v>
+        <v>1686</v>
       </c>
       <c r="K164" t="s">
-        <v>2351</v>
-[...2 lines deleted...]
-        <v>2352</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B165" t="s">
-        <v>2353</v>
+        <v>1688</v>
       </c>
       <c r="C165" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D165" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E165" t="s">
-        <v>2354</v>
+        <v>1689</v>
       </c>
       <c r="F165" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G165" t="s">
-        <v>2355</v>
+        <v>1690</v>
       </c>
       <c r="H165" t="s">
-        <v>2356</v>
+        <v>1691</v>
       </c>
       <c r="I165" t="s">
-        <v>2357</v>
+        <v>1692</v>
       </c>
       <c r="J165" t="s">
-        <v>2358</v>
+        <v>1679</v>
       </c>
       <c r="K165" t="s">
-        <v>2359</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B166" t="s">
-        <v>2360</v>
+        <v>1694</v>
       </c>
       <c r="C166" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D166" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E166" t="s">
-        <v>2361</v>
+        <v>1695</v>
       </c>
       <c r="F166" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>2362</v>
+        <v>1696</v>
       </c>
       <c r="H166" t="s">
-        <v>2363</v>
+        <v>1697</v>
       </c>
       <c r="I166" t="s">
-        <v>2364</v>
+        <v>1698</v>
       </c>
       <c r="J166" t="s">
-        <v>2365</v>
+        <v>1699</v>
       </c>
       <c r="K166" t="s">
-        <v>2366</v>
+        <v>1700</v>
       </c>
       <c r="L166" t="s">
-        <v>2367</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B167" t="s">
-        <v>2368</v>
+        <v>1702</v>
       </c>
       <c r="C167" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D167" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E167" t="s">
-        <v>2369</v>
+        <v>1703</v>
       </c>
       <c r="F167" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G167" t="s">
-        <v>2370</v>
+        <v>1704</v>
       </c>
       <c r="H167" t="s">
-        <v>2371</v>
+        <v>1705</v>
       </c>
       <c r="I167" t="s">
-        <v>2372</v>
+        <v>1706</v>
       </c>
       <c r="J167" t="s">
-        <v>2373</v>
+        <v>1707</v>
       </c>
       <c r="K167" t="s">
-        <v>2374</v>
+        <v>1708</v>
       </c>
       <c r="L167" t="s">
-        <v>2375</v>
-[...2 lines deleted...]
-        <v>2376</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B168" t="s">
-        <v>2377</v>
+        <v>1710</v>
       </c>
       <c r="C168" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D168" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E168" t="s">
-        <v>2378</v>
+        <v>1711</v>
       </c>
       <c r="F168" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G168" t="s">
-        <v>2379</v>
+        <v>1712</v>
       </c>
       <c r="H168" t="s">
-        <v>2380</v>
+        <v>1713</v>
       </c>
       <c r="I168" t="s">
-        <v>2381</v>
+        <v>1518</v>
       </c>
       <c r="J168" t="s">
-        <v>1183</v>
+        <v>911</v>
       </c>
       <c r="K168" t="s">
-        <v>2382</v>
+        <v>1714</v>
       </c>
       <c r="L168" t="s">
-        <v>2383</v>
-[...2 lines deleted...]
-        <v>2384</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B169" t="s">
-        <v>2385</v>
+        <v>1716</v>
       </c>
       <c r="C169" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D169" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E169" t="s">
-        <v>2386</v>
+        <v>1717</v>
       </c>
       <c r="F169" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G169" t="s">
-        <v>2387</v>
+        <v>1718</v>
       </c>
       <c r="H169" t="s">
-        <v>2388</v>
+        <v>1719</v>
       </c>
       <c r="I169" t="s">
-        <v>2389</v>
+        <v>1720</v>
       </c>
       <c r="J169" t="s">
-        <v>2240</v>
+        <v>1721</v>
       </c>
       <c r="K169" t="s">
-        <v>2390</v>
-[...5 lines deleted...]
-        <v>2392</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>716</v>
+        <v>80</v>
       </c>
       <c r="B170" t="s">
-        <v>2393</v>
+        <v>1723</v>
       </c>
       <c r="C170" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D170" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E170" t="s">
-        <v>2394</v>
+        <v>1724</v>
       </c>
       <c r="F170" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G170" t="s">
-        <v>2395</v>
+        <v>1725</v>
       </c>
       <c r="H170" t="s">
-        <v>2396</v>
+        <v>1726</v>
       </c>
       <c r="I170" t="s">
-        <v>2397</v>
+        <v>1727</v>
       </c>
       <c r="J170" t="s">
-        <v>885</v>
+        <v>1728</v>
       </c>
       <c r="K170" t="s">
-        <v>2398</v>
+        <v>1729</v>
       </c>
       <c r="L170" t="s">
-        <v>2399</v>
-[...6475 lines deleted...]
-        <v>3684</v>
+        <v>1730</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>