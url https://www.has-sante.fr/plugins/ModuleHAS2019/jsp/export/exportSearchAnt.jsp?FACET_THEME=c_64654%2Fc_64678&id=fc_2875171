--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -1,14687 +1,43137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation en santé " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Guide usagers" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Communiqué de presse" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2801" uniqueCount="1899">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8468" uniqueCount="5261">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>06/23/2025 15:46:00</t>
+    <t>Panorama</t>
+  </si>
+  <si>
+    <t>Maladies rares</t>
+  </si>
+  <si>
+    <t>Panorama des principales publications de la HAS sur les maladies rares</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>28/02/2025 08:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497684/fr/maladies-rares</t>
+  </si>
+  <si>
+    <t>p_3497684</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Démarche d’assurance qualité des pratiques professionnelles en matière de dépistage combiné de la trisomie 21</t>
+  </si>
+  <si>
+    <t>Mesures échographiques de la clarté nucale et de la longueur cranio-caudale + dosage des marqueurs sériques.</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2016 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634917/fr/demarche-d-assurance-qualite-des-pratiques-professionnelles-en-matiere-de-depistage-combine-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2634917</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>URGOTUL</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2025 13:57:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704164/fr/urgotul</t>
+  </si>
+  <si>
+    <t>p_3704164</t>
+  </si>
+  <si>
+    <t>Pansement interface</t>
+  </si>
+  <si>
+    <t>Laboratoires URGO (France)</t>
+  </si>
+  <si>
+    <t>VETEMENTS COMPRESSIFS POUR LE TRAITEMENT DU SYNDROME D’EHLERS-DANLOS</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/08/2025 13:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635800/fr/vetements-compressifs-pour-le-traitement-du-syndrome-d-ehlers-danlos</t>
+  </si>
+  <si>
+    <t>p_3635800</t>
+  </si>
+  <si>
+    <t>Vêtements sur mesure</t>
+  </si>
+  <si>
+    <t>NOVATEX MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>EFLOW RAPID avec  générateur EBASE</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610368/fr/eflow-rapid-avec-generateur-ebase</t>
+  </si>
+  <si>
+    <t>p_3610368</t>
+  </si>
+  <si>
+    <t>Système de nébulisation pour aérosolthérapie</t>
+  </si>
+  <si>
+    <t>PARI FRANCE</t>
+  </si>
+  <si>
+    <t>NEB 400 / NEB KIT</t>
+  </si>
+  <si>
+    <t>01/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:49:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588290/fr/neb-400-/-neb-kit</t>
+  </si>
+  <si>
+    <t>p_3588290</t>
+  </si>
+  <si>
+    <t>MICROLIFE FRANCE</t>
+  </si>
+  <si>
+    <t>NEB 200 / NEB KIT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588293/fr/neb-200-/-neb-kit</t>
+  </si>
+  <si>
+    <t>p_3588293</t>
+  </si>
+  <si>
+    <t>MICROLIFE FRANCE SARL (France)</t>
+  </si>
+  <si>
+    <t>TADIMDILUANT</t>
+  </si>
+  <si>
+    <t>12/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501633/fr/tadimdiluant</t>
+  </si>
+  <si>
+    <t>p_3501633</t>
+  </si>
+  <si>
+    <t>Solution stérile de chlorure de sodium 0,9%, 3 mL</t>
+  </si>
+  <si>
+    <t>ZAMBON (France)</t>
+  </si>
+  <si>
+    <t>AURORA EV ICD MRI SURESCAN</t>
+  </si>
+  <si>
+    <t>25/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:18:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455985/fr/aurora-ev-icd-mri-surescan</t>
+  </si>
+  <si>
+    <t>p_3455985</t>
+  </si>
+  <si>
+    <t>Défibrillateur cardiaque implantable à sonde rétro-sternale</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>EPSILA EV MRI SURESCAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455988/fr/epsila-ev-mri-surescan</t>
+  </si>
+  <si>
+    <t>p_3455988</t>
+  </si>
+  <si>
+    <t>PROCLAIM 7</t>
+  </si>
+  <si>
+    <t>27/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/07/2023 16:49:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451394/fr/proclaim-7</t>
+  </si>
+  <si>
+    <t>p_3451394</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>PROCLAIM 5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451403/fr/proclaim-5</t>
+  </si>
+  <si>
+    <t>p_3451403</t>
+  </si>
+  <si>
+    <t>PRODIGY MRI</t>
+  </si>
+  <si>
+    <t>16/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2023 09:10:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445331/fr/prodigy-mri</t>
+  </si>
+  <si>
+    <t>p_3445331</t>
+  </si>
+  <si>
+    <t>Système implantable rechargeable de neurostimulation médullaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS (France)</t>
+  </si>
+  <si>
+    <t>14/06/2023 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445334/fr/proclaim-7</t>
+  </si>
+  <si>
+    <t>p_3445334</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445343/fr/proclaim-5</t>
+  </si>
+  <si>
+    <t>p_3445343</t>
+  </si>
+  <si>
+    <t>EMBLEM MRI S-ICD (MODÈLE 3501)</t>
+  </si>
+  <si>
+    <t>31/01/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2023 17:42:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411725/fr/emblem-mri-s-icd-modele-3501</t>
+  </si>
+  <si>
+    <t>p_3411725</t>
+  </si>
+  <si>
+    <t>Sonde de défibrillation sous-cutanée</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>VERCISE GEVIA</t>
+  </si>
+  <si>
+    <t>21/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2022 16:39:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349494/fr/vercise-gevia</t>
+  </si>
+  <si>
+    <t>p_3349494</t>
+  </si>
+  <si>
+    <t>Stimulateur rechargeable pour stimulation  cérébrale profonde</t>
+  </si>
+  <si>
+    <t>MICHELANGELO</t>
+  </si>
+  <si>
+    <t>26/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>11/05/2022 18:06:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338377/fr/michelangelo</t>
+  </si>
+  <si>
+    <t>p_3338377</t>
+  </si>
+  <si>
+    <t>Main myoélectrique pour prothèse externe de membre supérieur</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE</t>
+  </si>
+  <si>
+    <t>MICHELANGELO TRANSCARPIENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338380/fr/michelangelo-transcarpienne</t>
+  </si>
+  <si>
+    <t>p_3338380</t>
+  </si>
+  <si>
+    <t>Main myoélectrique pour prothèse externe de  membre supérieur</t>
+  </si>
+  <si>
+    <t>Zen-O RS-00500</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2022 10:18:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332874/fr/zen-o-rs-00500</t>
+  </si>
+  <si>
+    <t>p_3332874</t>
+  </si>
+  <si>
+    <t>Concentrateur d’oxygène mobile</t>
+  </si>
+  <si>
+    <t>GCE S.A.S</t>
+  </si>
+  <si>
+    <t>EMBLEM MRI S-ICD</t>
+  </si>
+  <si>
+    <t>01/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 09:12:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323289/fr/emblem-mri-s-icd</t>
+  </si>
+  <si>
+    <t>p_3323289</t>
+  </si>
+  <si>
+    <t>ZOMAJET 10 / ZOMAJET 2 VISION</t>
+  </si>
+  <si>
+    <t>04/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2022 17:29:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310177/fr/zomajet-10-/-zomajet-2-vision</t>
+  </si>
+  <si>
+    <t>p_3310177</t>
+  </si>
+  <si>
+    <t>Système sans aiguille pour transjection de l’hormone de croissance</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>ATOMISOR AERODJINN / ATOMISOR NL9M</t>
+  </si>
+  <si>
+    <t>08/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2021 11:28:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280935/fr/atomisor-aerodjinn-/-atomisor-nl9m</t>
+  </si>
+  <si>
+    <t>p_3280935</t>
+  </si>
+  <si>
+    <t>DTF MEDICAL - La Diffusion Technique Française</t>
+  </si>
+  <si>
+    <t>SYSTEME MYOBOCK</t>
+  </si>
+  <si>
+    <t>19/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244161/fr/systeme-myobock</t>
+  </si>
+  <si>
+    <t>p_3244161</t>
+  </si>
+  <si>
+    <t>Prothèse externe myoélectrique pour membre supérieur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244163/fr/systeme-myobock</t>
+  </si>
+  <si>
+    <t>p_3244163</t>
+  </si>
+  <si>
+    <t>22/03/2021 15:09:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244183/fr/systeme-myobock</t>
+  </si>
+  <si>
+    <t>p_3244183</t>
+  </si>
+  <si>
+    <t>MERLIN.NET (DCI simple chambre) -  APPLICATION MYMERLINPULSE (RÉFÉRENCES APP1004/APP1005)</t>
+  </si>
+  <si>
+    <t>20/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2020 18:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216170/fr/merlin-net-dci-simple-chambre-application-mymerlinpulse-references-app1004/app1005</t>
+  </si>
+  <si>
+    <t>p_3216170</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable simple chambre compatible</t>
+  </si>
+  <si>
+    <t>MERLIN.NET (DCI double chambre) - APPLICATION MYMERLINPULSE (RÉFÉRENCES APP1004/APP1005)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216201/fr/merlin-net-dci-double-chambre-application-mymerlinpulse-references-app1004/app1005</t>
+  </si>
+  <si>
+    <t>p_3216201</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable double chambre compatible</t>
+  </si>
+  <si>
+    <t>NEBUSAL</t>
+  </si>
+  <si>
+    <t>21/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2020 09:07:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202969/fr/nebusal</t>
+  </si>
+  <si>
+    <t>p_3202969</t>
+  </si>
+  <si>
+    <t>Solution stérile de chlorure de sodium à 7% pour nébulisation</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>Perfusion médicaux de perfusion à domicile et prestations associées (modification des modalités d'inscription) : Phase contradictoire suite à un avis de projet  au JO du 19 janvier 2020.</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux de perfusion à domicile et prestations associées inscrits au titre I de la liste des produits et prestations prévue à l’article L. 165-1 du code de la sécurité sociale paru au Journal Officiel le 19 janvier 2020.</t>
+  </si>
+  <si>
+    <t>21/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2020 10:41:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190565/fr/perfusion-medicaux-de-perfusion-a-domicile-et-prestations-associees-modification-des-modalites-d-inscription-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-19-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3190565</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>AEROLIGHT avec nébuliseur EXTRANEB+</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>05/11/2019 11:56:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115344/fr/aerolight-avec-nebuliseur-extraneb</t>
+  </si>
+  <si>
+    <t>p_3115344</t>
+  </si>
+  <si>
+    <t>système de nébulisation pneumatique</t>
+  </si>
+  <si>
+    <t>I-neb AAD</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2019 15:00:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097053/fr/i-neb-aad</t>
+  </si>
+  <si>
+    <t>p_3097053</t>
+  </si>
+  <si>
+    <t>Système de nébulisation ultrasonique</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE COMMERCIAL</t>
+  </si>
+  <si>
+    <t>04/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067117/fr/neb-200-/-neb-kit</t>
+  </si>
+  <si>
+    <t>p_3067117</t>
+  </si>
+  <si>
+    <t>système de nébulisation pour aérosolthérapie</t>
+  </si>
+  <si>
+    <t>MICROLIFE France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067119/fr/neb-400-/-neb-kit</t>
+  </si>
+  <si>
+    <t>p_3067119</t>
+  </si>
+  <si>
+    <t>CONCERTO/CONCERTO PIN (implant cochléaire)</t>
+  </si>
+  <si>
+    <t>12/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>19/03/2019 11:45:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910498/fr/concerto/concerto-pin-implant-cochleaire</t>
+  </si>
+  <si>
+    <t>c_2910498</t>
+  </si>
+  <si>
+    <t>Implant cochléaire</t>
+  </si>
+  <si>
+    <t>VIBRANT MED-EL HEARING TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>CONCERTO ABI/CONCERTO PIN ABI (implant du tronc cérébral)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910501/fr/concerto-abi/concerto-pin-abi-implant-du-tronc-cerebral</t>
+  </si>
+  <si>
+    <t>c_2910501</t>
+  </si>
+  <si>
+    <t>implants du tronc cérébral</t>
+  </si>
+  <si>
+    <t>SONNET et SONNET EAS (processeurs de son)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910510/fr/sonnet-et-sonnet-eas-processeurs-de-son</t>
+  </si>
+  <si>
+    <t>c_2910510</t>
+  </si>
+  <si>
+    <t>Processeur de son</t>
+  </si>
+  <si>
+    <t>MED-EL Elektromedizinische Geräte Gesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>OPUS2 (processeur de son)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910516/fr/opus2-processeur-de-son</t>
+  </si>
+  <si>
+    <t>c_2910516</t>
+  </si>
+  <si>
+    <t>HIRES ULTRA 3D avec électrodes HIFOCUS MIDSCALA et SLIM J (implant cochléaire)</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2019 12:42:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904995/fr/hires-ultra-3d-avec-electrodes-hifocus-midscala-et-slim-j-implant-cochleaire</t>
+  </si>
+  <si>
+    <t>c_2904995</t>
+  </si>
+  <si>
+    <t>implant cochléaire</t>
+  </si>
+  <si>
+    <t>ADVANCED BIONICS SARL</t>
+  </si>
+  <si>
+    <t>TADIMDILUANT 3ML</t>
+  </si>
+  <si>
+    <t>17/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>18/05/2018 08:45:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849686/fr/tadimdiluant-3ml</t>
+  </si>
+  <si>
+    <t>c_2849686</t>
+  </si>
+  <si>
+    <t>Solution stérile de chlorure de sodium 0,9%, 3ml</t>
+  </si>
+  <si>
+    <t>Laboratoire ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>TADIMDILUANT 1ML</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849689/fr/tadimdiluant-1ml</t>
+  </si>
+  <si>
+    <t>c_2849689</t>
+  </si>
+  <si>
+    <t>Solution stérile de chlorure de sodium 0,45%, 1ml</t>
+  </si>
+  <si>
+    <t>OMNIPORE (sur mesure)</t>
+  </si>
+  <si>
+    <t>23/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823764/fr/omnipore-sur-mesure</t>
+  </si>
+  <si>
+    <t>c_2823764</t>
+  </si>
+  <si>
+    <t>Reconstruction faciale et cranienne</t>
+  </si>
+  <si>
+    <t>TETRIS MEDICAL</t>
+  </si>
+  <si>
+    <t>LATITUDE NXT système de télésurveillance pour DAI à sonde sous-cutanée EMBLEM</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable à sonde sous-cutanée EMBLEM</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/10/2017 12:23:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2799376/fr/latitude-nxt-systeme-de-telesurveillance-pour-dai-a-sonde-sous-cutanee-emblem</t>
+  </si>
+  <si>
+    <t>c_2799376</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable à sonde sous-cutanée</t>
+  </si>
+  <si>
+    <t>SMARTVIEW Système de télésurveillance pour DAI simple chambre</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable simple chambre</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2017 17:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786599/fr/smartview-systeme-de-telesurveillance-pour-dai-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786599</t>
+  </si>
+  <si>
+    <t>LivaNova France SAS</t>
+  </si>
+  <si>
+    <t>SMARTVIEW Système de télésurveillance pour DAI double chambre</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable double chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786608/fr/smartview-systeme-de-telesurveillance-pour-dai-double-chambre</t>
+  </si>
+  <si>
+    <t>c_2786608</t>
+  </si>
+  <si>
+    <t>CARELINK système de télésurveillance pour DAI double chambre</t>
+  </si>
+  <si>
+    <t>09/08/2017 09:59:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786303/fr/carelink-systeme-de-telesurveillance-pour-dai-double-chambre</t>
+  </si>
+  <si>
+    <t>c_2786303</t>
+  </si>
+  <si>
+    <t>CARELINK système de télésurveillance pour DAI simple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786306/fr/carelink-systeme-de-telesurveillance-pour-dai-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786306</t>
+  </si>
+  <si>
+    <t>MERLIN.NET Système de télésurveillance pour DAI double chambre</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour défibrillateur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>07/08/2017 17:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786056/fr/merlin-net-systeme-de-telesurveillance-pour-dai-double-chambre</t>
+  </si>
+  <si>
+    <t>c_2786056</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>MERLIN.NET Système de télésurveillance pour DAI simple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786062/fr/merlin-net-systeme-de-telesurveillance-pour-dai-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786062</t>
+  </si>
+  <si>
+    <t>HOME MONITORING système de télésurveillance pour DAI double chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786593/fr/home-monitoring-systeme-de-telesurveillance-pour-dai-double-chambre</t>
+  </si>
+  <si>
+    <t>c_2786593</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>HOME MONITORING système de télésurveillance pour DAI simple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786602/fr/home-monitoring-systeme-de-telesurveillance-pour-dai-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786602</t>
+  </si>
+  <si>
+    <t>ZOMAJET 2 VISION &amp; ZOMAJET VISION X</t>
+  </si>
+  <si>
+    <t>Stylo injecteur d'hormone de croissance</t>
+  </si>
+  <si>
+    <t>21/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2017 12:38:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749296/fr/zomajet-2-vision-zomajet-vision-x</t>
+  </si>
+  <si>
+    <t>c_2749296</t>
+  </si>
+  <si>
+    <t>NeuRx DPS RA/4</t>
+  </si>
+  <si>
+    <t>Stimulateur phrénique intra-diaphragmatique</t>
+  </si>
+  <si>
+    <t>20/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2016 16:59:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675255/fr/neurx-dps-ra/4</t>
+  </si>
+  <si>
+    <t>c_2675255</t>
+  </si>
+  <si>
+    <t>SYNAPSE BIOMEDICAL EUROPE</t>
+  </si>
+  <si>
+    <t>NEURX DPS RA/4</t>
+  </si>
+  <si>
+    <t>Stimulateur phrénique intradiaphragmatique</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2016 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2622939/fr/neurx-dps-ra/4</t>
+  </si>
+  <si>
+    <t>c_2622939</t>
+  </si>
+  <si>
+    <t>PARI SINUS / PARI LC SPRINT SINUS</t>
+  </si>
+  <si>
+    <t>Compresseur - Nébuliseur</t>
+  </si>
+  <si>
+    <t>06/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571493/fr/pari-sinus-/-pari-lc-sprint-sinus</t>
+  </si>
+  <si>
+    <t>c_2571493</t>
+  </si>
+  <si>
+    <t>PARI  GmbH</t>
+  </si>
+  <si>
+    <t>ATOMISOR DJINN / ATOMISOR NL9M</t>
+  </si>
+  <si>
+    <t>21/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>14/08/2015 09:30:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053377/fr/atomisor-djinn-/-atomisor-nl9m</t>
+  </si>
+  <si>
+    <t>c_2053377</t>
+  </si>
+  <si>
+    <t>LA DIFFUSION TECHNIQUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>SALITOL 7%</t>
+  </si>
+  <si>
+    <t>16/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 15:08:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039958/fr/salitol-7</t>
+  </si>
+  <si>
+    <t>c_2039958</t>
+  </si>
+  <si>
+    <t>Mi1200 SYNCHRONY ABI et Mi1200 SYNCHRONY PIN ABI</t>
+  </si>
+  <si>
+    <t>Implant du tronc cérébral</t>
+  </si>
+  <si>
+    <t>24/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2015 18:09:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019125/fr/mi1200-synchrony-abi-et-mi1200-synchrony-pin-abi</t>
+  </si>
+  <si>
+    <t>c_2019125</t>
+  </si>
+  <si>
+    <t>PARI BOY MOBILE S / LC SPRINT</t>
+  </si>
+  <si>
+    <t>10/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2015 10:13:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013588/fr/pari-boy-mobile-s-/-lc-sprint</t>
+  </si>
+  <si>
+    <t>c_2013588</t>
+  </si>
+  <si>
+    <t>PARI PulmoMed SARL</t>
+  </si>
+  <si>
+    <t>INNOSPIRE DELUXE / SIDESTREAM</t>
+  </si>
+  <si>
+    <t>23/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767044/fr/innospire-deluxe-/-sidestream</t>
+  </si>
+  <si>
+    <t>c_1767044</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE ACTIVITE HEALTHCARE</t>
+  </si>
+  <si>
+    <t>PARI MINI + Nébuliseur LC SPRINT</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/07/2014 17:13:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752615/fr/pari-mini-nebuliseur-lc-sprint</t>
+  </si>
+  <si>
+    <t>c_1752615</t>
+  </si>
+  <si>
+    <t>INNOSPIRE ELEGANCE / SIDESTREAM</t>
+  </si>
+  <si>
+    <t>28/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2014 17:07:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724469/fr/innospire-elegance-/-sidestream</t>
+  </si>
+  <si>
+    <t>c_1724469</t>
+  </si>
+  <si>
+    <t>SAMI THE SEAL / SIDESTREAM</t>
+  </si>
+  <si>
+    <t>06/03/2014 18:15:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724460/fr/sami-the-seal-/-sidestream</t>
+  </si>
+  <si>
+    <t>c_1724460</t>
+  </si>
+  <si>
+    <t>Accessoires et prestations associées au système de photothérapie pour le traitement de la maladie de CRIGLER - NAJJAR</t>
+  </si>
+  <si>
+    <t>08/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2013 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651792/fr/accessoires-et-prestations-associees-au-systeme-de-phototherapie-pour-le-traitement-de-la-maladie-de-crigler-najjar</t>
+  </si>
+  <si>
+    <t>c_1651792</t>
+  </si>
+  <si>
+    <t>eFLOW RAPID, système de nébulisation</t>
+  </si>
+  <si>
+    <t>Système de nébulisation à tamis vibrant</t>
+  </si>
+  <si>
+    <t>04/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2013 17:47:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349469/fr/eflow-rapid-systeme-de-nebulisation</t>
+  </si>
+  <si>
+    <t>c_1349469</t>
+  </si>
+  <si>
+    <t>PARI PHARMA GmbH</t>
+  </si>
+  <si>
+    <t>Epithèses Faciales ou Prothèses Faciales</t>
+  </si>
+  <si>
+    <t>18/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2012 14:06:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344867/fr/epitheses-faciales-ou-protheses-faciales</t>
+  </si>
+  <si>
+    <t>c_1344867</t>
+  </si>
+  <si>
+    <t>ATOMISOR POCKET -  23 octobre 2012 (4345) avis</t>
+  </si>
+  <si>
+    <t>23/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>31/10/2012 14:52:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296745/fr/atomisor-pocket-23-octobre-2012-4345-avis</t>
+  </si>
+  <si>
+    <t>c_1296745</t>
+  </si>
+  <si>
+    <t>D.T.F.- La Diffusion Technique Française (France)</t>
+  </si>
+  <si>
+    <t>ZOMAJET 2 VISION (4 mg) &amp; ZOMAJET VISION X (10 mg/ml) - 10 janvier 2012 (4157) avis</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2012 13:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1170069/fr/zomajet-2-vision-4-mg-zomajet-vision-x-10-mg/ml-10-janvier-2012-4157-avis</t>
+  </si>
+  <si>
+    <t>c_1170069</t>
+  </si>
+  <si>
+    <t>FERRING S.A.S (France)</t>
+  </si>
+  <si>
+    <t>HYANEB  - 23 novembre 2010 (2747) avis</t>
+  </si>
+  <si>
+    <t>Solution stérile hypertonique pour inhalation PNEUMOLOGIE – Nouveau dispositif Avis défavorable au remboursement dans le traitement des patients atteints de mucoviscidose pour faciliter l’expectoration du mucus</t>
+  </si>
+  <si>
+    <t>23/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977175/fr/hyaneb-23-novembre-2010-2747-avis</t>
+  </si>
+  <si>
+    <t>c_977175</t>
+  </si>
+  <si>
+    <t>PRAXIS Pharmaceutical France</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal de cinq maladies lysosomales et peroxysomales : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La présente note de cadrage décrit la méthodologie qui sera utilisée pour évaluer la pertinence d'inclure l’adrénoleucodystrophie liée à l’X, la leucodystrophie métachromatique (LDM), la maladie de Pompe (MP), la mucopolysaccharidose de type I (MPSI) et le déficit en lipase acide lysosomale (DLAL) dans le programme de DNN. La recommandation de santé publique suivra le processus décrit dans le guide méthodologique HAS sur le DNN.</t>
+  </si>
+  <si>
+    <t>19/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742023/fr/depistage-neonatal-de-cinq-maladies-lysosomales-et-peroxysomales-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3742023</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
-    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Examens basés sur l’ADN libre circulant réalisés dans le cadre du dépistage de la trisomie 21. Opportunité du repérage d’autres anomalies chromosomiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence du repérage d’autres anomalies chromosomiques par les examens basés sur l’ADN fœtal libre circulant (ADNflc) dans le sang maternel, réalisés dans le cadre du dépistage de la trisomie 21. La HAS recommande la recherche des trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 et 22 et les anomalies segmentaires non cryptiques par tests ADNflc. L’extension des indications des examens par ADNflc aux femmes présentant un risque augmenté d’aneuploïdies (autre que la T21) est également recommandée.</t>
+  </si>
+  <si>
+    <t>26/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère par la technique de quantification des TRECs en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit immunitaire combiné sévère (DICS) est un groupe de maladies génétiques rares mais graves : sans traitement, la plupart des enfants atteints décèdent d’infections dans la première année de vie. Le dépistage du DICS à la naissance permettrait de réduire l’errance diagnostique des enfants atteints, de poser un diagnostic précoce et de mettre en place au plus vite une prise en charge appropriée. A l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le dépistage du DICS dans le programme national de dépistage néonatal, sous la condition d’une évaluation obligatoire à cinq ans et d’évaluations intermédiaires régulières.</t>
+  </si>
+  <si>
+    <t>20/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2022 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312418/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-par-la-technique-de-quantification-des-trecs-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3312418</t>
+  </si>
+  <si>
+    <t>Fiches d’information à destination des familles et des professionnels de santé dans le cadre de l’ajout du déficit en MCAD au programme national de dépistage néonatal</t>
+  </si>
+  <si>
+    <t>Le déficit en acyl CoA déshydrogénase des acides gras à chaine moyenne (MCAD), maladie métabolique héréditaire rare caractérisée par une incapacité de l’organisme à assimiler les graisses, sera prochainement ajouté au programme national du dépistage néonatal. Afin d’informer les familles et les professionnels de santé sur cette nouvelle maladie, la HAS a été missionnée pour rédiger des fiches d’information à destination du grand public et des professionnels de santé non-spécialistes du domaine. Elles expliquent l’origine de la maladie, les conséquences pour l’enfant et le traitement.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2021 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223977/fr/fiches-d-information-a-destination-des-familles-et-des-professionnels-de-sante-dans-le-cadre-de-l-ajout-du-deficit-en-mcad-au-programme-national-de-depistage-neonatal</t>
+  </si>
+  <si>
+    <t>p_3223977</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère en France par quantification des TRECs (T-cell receptor excision circles) - Feuille de route</t>
+  </si>
+  <si>
+    <t>17/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2018 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866980/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-en-france-par-quantification-des-trecs-t-cell-receptor-excision-circles-feuille-de-route</t>
+  </si>
+  <si>
+    <t>c_2866980</t>
+  </si>
+  <si>
+    <t>Place des tests ADN libre circulant dans le sang maternel dans le dépistage de la trisomie 21 foetale</t>
+  </si>
+  <si>
+    <t>L’objectif est d’actualiser les recommandations concernant le dépistage de la trisomie 21 (T21) fœtale en France en tenant compte de la disponibilité des tests ADN libre circulant dans le sang maternel de la trisomie 21 (ADNlcT21). Ces recommandations définissent la place des tests ADNlcT21 dans la procédure de dépistage de la T21 fœtale et s’adressent à la population de femmes enceintes monofœtales dans sa globalité.</t>
+  </si>
+  <si>
+    <t>26/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2017 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768510/fr/place-des-tests-adn-libre-circulant-dans-le-sang-maternel-dans-le-depistage-de-la-trisomie-21-foetale</t>
+  </si>
+  <si>
+    <t>c_2768510</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt de limiter le dépistage néonatal de l’hyperplasie congénitale des surrénales aux nouveau-nés de plus de 32 semaines d’aménorrhée</t>
+  </si>
+  <si>
+    <t>Au vu des données disponibles, le test de dépistage présente de très faibles performances, en particulier un taux très élevé de faux-positifs dans cette population. De plus, ces nouveau-nés, grands prématurés, sont pris en charge dans des services spécialisés et bénéficient d’une surveillance intensive qui permet d’écarter tout risque de ne pas diagnostiquer cette maladie chez un enfant qui en serait atteint.</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/05/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579538/fr/evaluation-de-l-interet-de-limiter-le-depistage-neonatal-de-l-hyperplasie-congenitale-des-surrenales-aux-nouveau-nes-de-plus-de-32-semaines-d-amenorrhee</t>
+  </si>
+  <si>
+    <t>c_2579538</t>
+  </si>
+  <si>
+    <t>Les performances des tests de dépistage de la trisomie 21 fœtale par analyse de l’ADN libre circulant</t>
+  </si>
+  <si>
+    <t>De nouveaux tests de dépistage de la trisomie 21, fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal du chromosome 21 au sein de l’ADN libre circulant dans le sang maternel, pourraient modifier la stratégie actuelle. Dans l’objectif de définir la place de ces tests dans la stratégie et dans l’attente des résultats de l’étude en cours -Safe21- la HAS publie une évaluation technique de leurs performances (volet 1).</t>
+  </si>
+  <si>
+    <t>30/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572426/fr/les-performances-des-tests-de-depistage-de-la-trisomie-21-foetale-par-analyse-de-l-adn-libre-circulant</t>
+  </si>
+  <si>
+    <t>c_2572426</t>
+  </si>
+  <si>
+    <t>Place de la stratégie couplant les dosages de la trypsine immunoréactive (TIR) et de la protéine associée à la pancréatite (PAP) dans le dépistage systématique de la mucoviscidose en France</t>
+  </si>
+  <si>
+    <t>Suite à l’état des lieux sur le dépistage néonatal de la mucoviscidose en 2009, la HAS a évalué la pertinence d’une stratégie de dépistage fondée sur le dosage de la protéine associée à la pancréatite (PAP).</t>
+  </si>
+  <si>
+    <t>12/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2015 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739994/fr/place-de-la-strategie-couplant-les-dosages-de-la-trypsine-immunoreactive-tir-et-de-la-proteine-associee-a-la-pancreatite-pap-dans-le-depistage-systematique-de-la-mucoviscidose-en-france</t>
+  </si>
+  <si>
+    <t>c_1739994</t>
+  </si>
+  <si>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Non-compaction du ventricule gauche (NCVG)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de non-compaction du ventricule gauche (NCVG). Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2026 10:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858432/fr/non-compaction-du-ventricule-gauche-ncvg</t>
+  </si>
+  <si>
+    <t>p_3858432</t>
+  </si>
+  <si>
+    <t>Syndrome MYT1L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome MYT1L. Il a été élaboré par le Centre de Référence constitutif « Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2026 08:34:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840763/fr/syndrome-myt1l</t>
+  </si>
+  <si>
+    <t>p_3840763</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Syndrome de Holt-Oram</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Holt-Oram. Il a été élaboré par le Centres de Référence Maladies Rares Anomalies des membres et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/01/2026 13:57:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840730/fr/syndrome-de-holt-oram</t>
+  </si>
+  <si>
+    <t>p_3840730</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Maladies des exostoses multiples</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de MEM. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806315/fr/maladies-des-exostoses-multiples</t>
+  </si>
+  <si>
+    <t>p_3806315</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Protéinose Alvéolaire Pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3762176</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Aggrecanopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aggrecanopathies. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/10/2025 10:31:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689370/fr/aggrecanopathies</t>
+  </si>
+  <si>
+    <t>p_3689370</t>
+  </si>
+  <si>
+    <t>Calpaïnopathies Héréditaires ou Dystrophies musculaires des ceintures  de type R1 (ex-LGMD 2A) et LGMD D4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de calpaïnopathie. Il a été élaboré sous l’égide de la filière FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689332/fr/calpainopathies-hereditaires-ou-dystrophies-musculaires-des-ceintures-de-type-r1-ex-lgmd-2a-et-lgmd-d4</t>
+  </si>
+  <si>
+    <t>p_3689332</t>
+  </si>
+  <si>
+    <t>Sclérose Latérale Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
+  </si>
+  <si>
+    <t>p_3689360</t>
+  </si>
+  <si>
+    <t>Syndrome d’Alport</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SA. Il a été élaboré par le Centre de Référence MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2025 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689000/fr/syndrome-d-alport</t>
+  </si>
+  <si>
+    <t>p_3689000</t>
+  </si>
+  <si>
+    <t>Syndrome neurodéveloppemental lié à SETD5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/09/2025 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
+  </si>
+  <si>
+    <t>p_3643716</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/07/2025 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
+  </si>
+  <si>
+    <t>c_1069510</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Pemphigoïde de la grossesse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_2636262</t>
+  </si>
+  <si>
+    <t>Schwannomatoses non-NF2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWN. Il a été élaboré par le Centre constitutif labellisé des schwannomatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598549/fr/schwannomatoses-non-nf2</t>
+  </si>
+  <si>
+    <t>p_3598549</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/04/2025 08:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
+  </si>
+  <si>
+    <t>p_3601501</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Tumeurs kystiques du pancréas (TIPMP exclues)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d’une tumeur kystique rare du pancréas (TKP) quelle que soit sa sévérité. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594144/fr/tumeurs-kystiques-du-pancreas-tipmp-exclues</t>
+  </si>
+  <si>
+    <t>p_3594144</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Syndrome de Coffin-Lowry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SCL. Il a été élaboré par le Centre de référence « Déficiences intellectuelles de causes rares » à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/02/2025 08:59:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591486/fr/syndrome-de-coffin-lowry</t>
+  </si>
+  <si>
+    <t>p_3591486</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Lemli-Opitz</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne atteinte du SLOS. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/01/2025 08:56:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585083/fr/syndrome-de-smith-lemli-opitz</t>
+  </si>
+  <si>
+    <t>p_3585083</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Maladie de Coats</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients nécessitant un traitement pour une maladie de Coats. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579042/fr/prise-en-charge-de-la-maladie-de-coats</t>
+  </si>
+  <si>
+    <t>p_3579042</t>
+  </si>
+  <si>
+    <t>Le syndrome de Stickler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Stickler. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579060/fr/le-syndrome-de-stickler</t>
+  </si>
+  <si>
+    <t>p_3579060</t>
+  </si>
+  <si>
+    <t>Colobomes oculaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de colobome oculaire. Il a été élaboré par le Centre des Affections Rares en Génétique Ophtalmologique (CARGO Toulouse) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/12/2024 09:05:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574984/fr/colobomes-oculaires</t>
+  </si>
+  <si>
+    <t>p_3574984</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Syringomyélie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syringomyélie. Il a été élaboré par le Centre de référence C-MAVEM Chiari, syringomyélie et malformations vertébromédullairesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/11/2024 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557658/fr/syringomyelie</t>
+  </si>
+  <si>
+    <t>p_3557658</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>p_3557765</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>ALD n° 17 - Hémochromatose</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592230/fr/ald-n-17-hemochromatose</t>
+  </si>
+  <si>
+    <t>c_592230</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Paraparésies spastiques héréditaires pures</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSH pure. Il a été élaboré par le Centre de référence Neurogénétique et maladies génétiques rares du système nerveux à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542903/fr/paraparesies-spastiques-hereditaires-pures</t>
+  </si>
+  <si>
+    <t>p_3542903</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Complexe de Carney</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un complexe de Carney. Il a été élaboré par le Centre de référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522462/fr/complexe-de-carney</t>
+  </si>
+  <si>
+    <t>p_3522462</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Xeroderma pigmentosum</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_556980/en/xeroderma-pigmentosum</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Syndrome de Résistance aux Hormones Thyroïdiennes par variant pathogène de THRB</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de RHTβ. Il a été élaboré par le Centre de Référence des Maladies Rares de la Thyroïde et des Récepteurs Hormonaux (CRMR-TRH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493353/fr/syndrome-de-resistance-aux-hormones-thyroidiennes-par-variant-pathogene-de-thrb</t>
+  </si>
+  <si>
+    <t>p_3493353</t>
+  </si>
+  <si>
+    <t>Syndrome de Sturge Weber</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Sturge-Weber. Il a été élaboré par le Centre de référence maladies rares de la peau et des muqueuses d’origine génétique (MAGEC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493385/fr/syndrome-de-sturge-weber</t>
+  </si>
+  <si>
+    <t>p_3493385</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Le syndrome Axenfeld-Rieger</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un syndrome d’Axenfeld-Rieger. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/12/2023 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3476903/fr/le-syndrome-axenfeld-rieger</t>
+  </si>
+  <si>
+    <t>p_3476903</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Syndrome de Koolen de Vries</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Koolen de Vries. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de Grenoble à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2023 09:39:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446147/fr/syndrome-de-koolen-de-vries</t>
+  </si>
+  <si>
+    <t>p_3446147</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>Atteinte pulmonaire associée à un déficit en alpha1-antitrypsine</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade présentant une atteinte pulmonaire du DAAT. Il a été élaboré par le Centre de Référence des maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403913/fr/atteinte-pulmonaire-associee-a-un-deficit-en-alpha1-antitrypsine</t>
+  </si>
+  <si>
+    <t>p_3403913</t>
+  </si>
+  <si>
+    <t>iPPSD, les pathologies de l’inactivation de la signalisation PTH/PTHrP (anciennement pseudohypoparathyroïdies et maladies associées)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’iPPSD. Il a été élaboré par le Centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404043/fr/ippsd-les-pathologies-de-l-inactivation-de-la-signalisation-pth/pthrp-anciennement-pseudohypoparathyroidies-et-maladies-associees</t>
+  </si>
+  <si>
+    <t>p_3404043</t>
+  </si>
+  <si>
+    <t>Prise en charge de la main bote ulnaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant une hémimélie ulnaire. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412683/fr/prise-en-charge-de-la-main-bote-ulnaire</t>
+  </si>
+  <si>
+    <t>p_3412683</t>
+  </si>
+  <si>
+    <t>Microphtalmie - Anophtalmie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d’une micro-anophtalmie. Il a été élaboré par le Centre des Affections Rares en Génétique Ophtalmologique (CARGO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385085/fr/microphtalmie-anophtalmie</t>
+  </si>
+  <si>
+    <t>p_3385085</t>
+  </si>
+  <si>
+    <t>Syndrome de BLOOM</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Bloom. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France, Filière AnDDI-Rares, le Centre de référence des Aplasies médullaires acquises et constitutionnelles, Filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385096/fr/syndrome-de-bloom</t>
+  </si>
+  <si>
+    <t>p_3385096</t>
+  </si>
+  <si>
+    <t>Syndrome de Cornelia de Lange</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Cornelia de Lange. Il a été élaboré par le Centre de référence des Maladies Osseuses Constitutionnelles et le centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385210/fr/syndrome-de-cornelia-de-lange</t>
+  </si>
+  <si>
+    <t>p_3385210</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication 15q</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome micro-duplicationnel du chromosome 15 (dup 15q) ou de duplication 15q11q13. Il a été élaboré par le Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares » et le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et polyhandicap, Filière AnDDI-Rares &amp; Filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385233/fr/syndrome-de-duplication-15q</t>
+  </si>
+  <si>
+    <t>p_3385233</t>
+  </si>
+  <si>
+    <t>Syndrome d'Aarskog-Scott</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d’Aarskog-Scott. Il a été élaboré par le Centre de référence constitutif « Anomalies du développement et syndromes malformatifs » à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385245/fr/syndrome-d-aarskog-scott</t>
+  </si>
+  <si>
+    <t>p_3385245</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Laminopathies avec présentation cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint de laminopathie avec atteinte cardiaque. Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares (cardiomyopathies et troubles du rythme) Hôpital de la Pitié-Salpêtrière, Paris, Centre de référence des maladies neuromusculaires Nord/Est/Ile de France, Hôpital Cochin, Paris, Filière nationale de santé CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389365/fr/laminopathies-avec-presentation-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3389365</t>
+  </si>
+  <si>
+    <t>Fistules porto-systémiques congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fistule porto-systémique congénitale (FPC). Il a été élaboré par le Centre de référence coordonnateur et constitutif des maladies vasculaires du foie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390326/fr/fistules-porto-systemiques-congenitales</t>
+  </si>
+  <si>
+    <t>p_3390326</t>
+  </si>
+  <si>
+    <t>Syndrome de Perrault</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Perrault. Il a été élaboré par le CRMR surdités génétiques du CHU de Lille, CCMR surdités génétiques du CHU de Toulouse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389533/fr/syndrome-de-perrault</t>
+  </si>
+  <si>
+    <t>p_3389533</t>
+  </si>
+  <si>
+    <t>Diabètes monogéniques de type MODY</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
+  </si>
+  <si>
+    <t>p_3389587</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Syndrome de Wiedemann-Steiner (WSS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de WSS. Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389747/fr/syndrome-de-wiedemann-steiner-wss</t>
+  </si>
+  <si>
+    <t>p_3389747</t>
+  </si>
+  <si>
+    <t>Synaptopathie due aux variations pathogènes du gène OTOF</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de surdité DFNB9. Il a été élaboré par le Centre de référence des Surdités Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390116/fr/synaptopathie-due-aux-variations-pathogenes-du-gene-otof</t>
+  </si>
+  <si>
+    <t>p_3390116</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Délétion 10q26</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 10q26. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390484/fr/deletion-10q26</t>
+  </si>
+  <si>
+    <t>p_3390484</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>La kératoconjonctivite vernale KCV</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une kératoconjonctivite vernale. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382572/fr/la-keratoconjonctivite-vernale-kcv</t>
+  </si>
+  <si>
+    <t>p_3382572</t>
+  </si>
+  <si>
+    <t>Syndrome TEA « Transient Epileptic Amnesia »</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un TEA . Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373665/fr/syndrome-tea-transient-epileptic-amnesia</t>
+  </si>
+  <si>
+    <t>p_3373665</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication/délétion inversée du bras court du chromosome 8</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome d’invdupdel(8p). Il a été élaboré par le Centre de référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373681/fr/syndrome-de-duplication/deletion-inversee-du-bras-court-du-chromosome-8</t>
+  </si>
+  <si>
+    <t>p_3373681</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire oculopharyngée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire oculopharyngée. Il a été élaboré par le Centre de référence des maladies neuromusculaires Atlantique Occitanie Caraïbes (AOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374041/fr/dystrophie-musculaire-oculopharyngee</t>
+  </si>
+  <si>
+    <t>p_3374041</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Déformations précoces du rachis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une déformation précoce du rachis. Il a été élaboré par le Centre de référence des malformations vertébrales et médullaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374137/fr/deformations-precoces-du-rachis</t>
+  </si>
+  <si>
+    <t>p_3374137</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Syndrome MED13L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MED13L. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375484/fr/syndrome-med13l</t>
+  </si>
+  <si>
+    <t>p_3375484</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Sevrage de la nutrition entérale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant que l’on souhaite sevrer d’une NE. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375560</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Délétion 1p36</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 1p36. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363026/fr/deletion-1p36</t>
+  </si>
+  <si>
+    <t>p_3363026</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Monosomie 5p</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne porteuse d’une monosomie 5p. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) &amp;Centre de Référence Déficience Intellectuelle de Causes Rares (CRDI) - Filière AnDDI-Rares &amp; DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357882/fr/monosomie-5p</t>
+  </si>
+  <si>
+    <t>p_3357882</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Syndrome de White-Sutton</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite, aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de White-Sutton. Il a été élaboré par le centre de référence anomalies du développement et syndromes malformatifs de l’Interrégion Est, filière AnDDI-Rares, le centre de référence déficience intellectuelle de causes rares et le centre de compétence maladies rares à expressions psychiatriques, filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350160/fr/syndrome-de-white-sutton</t>
+  </si>
+  <si>
+    <t>p_3350160</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Fibroses pulmonaires génétiques de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/06/2022 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3346174</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Neurodégénérescences avec accumulation intracérébrale de fer (Neurodegeneration with Brain Iron Accumulation ou NBIA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neurodégénérescence avec accumulation intracérébrale de fer. Il a été élaboré par le Centre de Référence de Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/04/2022 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332411/fr/neurodegenerescences-avec-accumulation-intracerebrale-de-fer-neurodegeneration-with-brain-iron-accumulation-ou-nbia</t>
+  </si>
+  <si>
+    <t>p_3332411</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Génétique de la Sclérose Latérale Amyotrophique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Sclérose Latérale Amyotrophique(SLA) dans un contexte familial ou génétique. Il a été élaboré par le Centre de Référence SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/02/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306915/fr/genetique-de-la-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>p_3306915</t>
+  </si>
+  <si>
+    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/02/2022 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
+  </si>
+  <si>
+    <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Aphasies primaires progressives</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Aphasie primaire progressive. Il a été élaboré par le Centre de Référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310373/fr/aphasies-primaires-progressives</t>
+  </si>
+  <si>
+    <t>p_3310373</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Amylose cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint atteint d’une amylose cardiaque. Il a été élaboré par le Centre de référence Amyloses Cardiaquesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306904/fr/amylose-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3306904</t>
+  </si>
+  <si>
+    <t>Spina Bifida – Dysraphismes - Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299637/fr/spina-bifida-dysraphismes-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>p_3299637</t>
+  </si>
+  <si>
+    <t>Syndrome de Guillain-Barré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Guillain-Barré. Il a été élaboré par la Filière de Santé Maladies Rares Neuromusculaires FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
+  </si>
+  <si>
+    <t>p_3299758</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Neurofibromatose de type 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Neurofibromatose de type 2. Il a été élaboré par le Centre constitutif labellisé de neurofibromatose de type 2 à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299799/fr/neurofibromatose-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3299799</t>
+  </si>
+  <si>
+    <t>Les malformations artério-veineuses superficielles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de malformations artério-veineuses superficielles. Il a été élaboré par le Centre de référence maladies vasculaires rares – Filière FAVA-Multi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299827/fr/les-malformations-arterio-veineuses-superficielles</t>
+  </si>
+  <si>
+    <t>p_3299827</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
+  </si>
+  <si>
+    <t>p_3299928</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3300746</t>
+  </si>
+  <si>
+    <t>Syndrome de Joubert</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Joubert. Il a été élaboré par le Centre de Référence Malformations et Maladies congénitales du cervelet à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300830/fr/syndrome-de-joubert</t>
+  </si>
+  <si>
+    <t>p_3300830</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome Borjeson Forssman Lehmann</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Borjeson Forssman Lehmann. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300863/fr/syndrome-borjeson-forssman-lehmann</t>
+  </si>
+  <si>
+    <t>p_3300863</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Kératocône</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Kératocône. Il a été élaboré par le Centre de Référence National Kératocône Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301044/fr/keratocone</t>
+  </si>
+  <si>
+    <t>p_3301044</t>
+  </si>
+  <si>
+    <t>Malformations ano-rectales isolées - Diagnostic et prise en charge de la naissance à l’âge de 6 ans</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Malformations ano-rectales isolées. Il a été élaboré par le Centre de référence des malformations ano-rectales et pelviennes rares MAREP à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301054/fr/malformations-ano-rectales-isolees-diagnostic-et-prise-en-charge-de-la-naissance-a-l-age-de-6-ans</t>
+  </si>
+  <si>
+    <t>p_3301054</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Microsomies craniofaciales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
+  </si>
+  <si>
+    <t>p_3301604</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Agénésies dentaires multiples : oligodontie et anodontie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une oligodontie ou d’une anodontie. Il a été élaboré par les Centres de Référence et les Centres de Compétence des Maladies Rares Orales et Dentaires (O-Rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301902/fr/agenesies-dentaires-multiples-oligodontie-et-anodontie</t>
+  </si>
+  <si>
+    <t>p_3301902</t>
+  </si>
+  <si>
+    <t>Prise en charge des lipomes du filum terminal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'un lipome du filum terminal. Il a été élaboré par le Centre de Référence Maladies Rares Chiari - Malformations Vertébrales et Médullaires (C-MAVEM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301913/fr/prise-en-charge-des-lipomes-du-filum-terminal</t>
+  </si>
+  <si>
+    <t>p_3301913</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Les Kystes de Tarlov : prise en charge diagnostique et thérapeutique. Place du traitement micro-chirurgical</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Kystes de Tarlov. Il a été élaboré par le le centre de référence C-MAVEM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/11/2021 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293086/fr/les-kystes-de-tarlov-prise-en-charge-diagnostique-et-therapeutique-place-du-traitement-micro-chirurgical</t>
+  </si>
+  <si>
+    <t>p_3293086</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Prise en charge des troubles du rythme ou de la conduction lors des cardiopathies congénitales complexes, chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant une arythmie supraventriculaire ou ventriculaire dans le contexte d’une CC complexe (CCC), et parmi elles, plus spécifiquement. Il a été élaboré par le Centre de référence des maladies rythmiques héréditaires et de prévention de la mort subite et le Centre de référence pour les malformations cardiaques congénitales complexes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298101/fr/prise-en-charge-des-troubles-du-rythme-ou-de-la-conduction-lors-des-cardiopathies-congenitales-complexes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3298101</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Hypertrophique (CMH)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cardiomyopathie hypertrophique (CMH). Il a été élaboré par le Centre de référence des cardiomyopathies et des troubles du rythme cardiaque héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100272/fr/cardiomyopathie-hypertrophique-cmh</t>
+  </si>
+  <si>
+    <t>c_1100272</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Syndrome de Silver-Russell</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Silver-Russell. Il a été élaboré par Centre de Référence des Maladies Endocriniennes Rares de la Croissance et du Développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294999/fr/syndrome-de-silver-russell</t>
+  </si>
+  <si>
+    <t>p_3294999</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Syndrome de Pitt Hopkins (PTHS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Pitt Hopkins (PTHS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295033/fr/syndrome-de-pitt-hopkins-pths</t>
+  </si>
+  <si>
+    <t>p_3295033</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS) (y compris syndrome de Landau-Kleffner)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS). Il a été élaboré par le Centre de référence épilepsies rares (CReER) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295051/fr/encephalopathie-epileptique-avec-pointe-ondes-continues-du-sommeil-eepocs-y-compris-syndrome-de-landau-kleffner</t>
+  </si>
+  <si>
+    <t>p_3295051</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Syndrome CHARGE</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome CHARGE. Il a été élaboré par Centre de Référence Maladies Rares des Anomalies du développement et syndromes malformatifs (SOOR) Filière de Santé Maladies Rares des Anomalies du développement avec ou sans déficience intellectuelle de causes rares (AnDDi-Rares), le Centre de Référence Maladies Rares des Syndromes de Pierre Robin et troubles de succion-déglutition congénitaux (SPRATON) Filière de Santé Maladies Rares des Malformations de la tête, du cou et des dents (TETECOU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293875/fr/syndrome-charge</t>
+  </si>
+  <si>
+    <t>p_3293875</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Thrombose Veineuse Cérébrale de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de thrombose veineuse cérébrale. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’oeil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293747/fr/thrombose-veineuse-cerebrale-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3293747</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Ventriculaire Droite Arythmogène</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant une Cardiomyopathie Ventriculaire Droite Arythmogène - CVDA. Il a été élaboré par le Centre de Référence Maladies Rares (CRMR) des Cardiomyopathies et des Troubles du Rythme Cardiaque Héréditaires ou Rares Sous l'égide et avec le partenariat de la Filière de Santé des maladies Cardiaques héréditaires CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293825/fr/cardiomyopathie-ventriculaire-droite-arythmogene</t>
+  </si>
+  <si>
+    <t>p_3293825</t>
+  </si>
+  <si>
+    <t>Hypocholestérolémies génétiques intestinales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’une hypocholestérolémie génétique intestinale. Il a été élaboré par le centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272490/fr/hypocholesterolemies-genetiques-intestinales</t>
+  </si>
+  <si>
+    <t>p_3272490</t>
+  </si>
+  <si>
+    <t>Syndrome MCAP (Megalencephaly-Capillary malformation-Polymicrogyria)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome MCAP. Il a été élaboré par le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est - Filière AnDDI-Rares, le Centre de référence Déficience Intellectuelle de Causes Rares - Filière DéfiScience, le Centre de compétence Maladies Vasculaires Rares - Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292712/fr/syndrome-mcap-megalencephaly-capillary-malformation-polymicrogyria</t>
+  </si>
+  <si>
+    <t>p_3292712</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Agénésie transversale de l’avant-bras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une agénésie transversale de l’avant-bras. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France (CEREFAM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292799/fr/agenesie-transversale-de-l-avant-bras</t>
+  </si>
+  <si>
+    <t>p_3292799</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Xeroderma Pigmentosum</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>p_3293252</t>
+  </si>
+  <si>
+    <t>Séquence de Pierre Robin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient avec une séquence de Pierre Robin (SPR). Il a été élaboré par le Centre de Référence Maladies Rares des Syndromes de Pierre Robin et troubles de succion-déglutition congénitaux (SPRATON)à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293457/fr/sequence-de-pierre-robin</t>
+  </si>
+  <si>
+    <t>p_3293457</t>
+  </si>
+  <si>
+    <t>Anomalies du développement liées aux variants de CDH1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une anomalie du développement liée à CDH1. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs de l'inter région Nord-Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293692/fr/anomalies-du-developpement-liees-aux-variants-de-cdh1</t>
+  </si>
+  <si>
+    <t>p_3293692</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Lymphangioléiomyomatose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente chez laquelle est diagnostiquée une lymphangioléiomyomatose. Il a été élaboré par le Centre de Référence des maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2021 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264012/fr/lymphangioleiomyomatose</t>
+  </si>
+  <si>
+    <t>c_1264012</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Syndrome WAGR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome WAGR.Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283424/fr/syndrome-wagr</t>
+  </si>
+  <si>
+    <t>p_3283424</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Polyadénomatose mammaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de polyadénomatose mammaire. Il a été élaboré par le Centre de Référence Pathologies Gynécologiques Rares PGR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289826/fr/polyadenomatose-mammaire</t>
+  </si>
+  <si>
+    <t>p_3289826</t>
+  </si>
+  <si>
+    <t>Syndrome Trichorhinophalangien (TRPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome Trichorhinophalangien (TRPS). Il a été élaboré par le CRMR Anomalies du Développement et Syndromes Malformatifs et CRMR Maladies rares du métabolisme du calcium et du phosphore à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289837/fr/syndrome-trichorhinophalangien-trps</t>
+  </si>
+  <si>
+    <t>p_3289837</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Dysplasies géléophysiques et dysplasies acromicriques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie acromicrique et géléophysique. Il a été élaboré par le Centre de référence des maladies rares Maladies Osseuses Constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289950/fr/dysplasies-geleophysiques-et-dysplasies-acromicriques</t>
+  </si>
+  <si>
+    <t>p_3289950</t>
+  </si>
+  <si>
+    <t>Syndrome de Brugada</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Brugada. Il a été élaboré par le Centre de référence pour la prise en charge des maladies rythmiques héréditaires de l’Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289995/fr/syndrome-de-brugada</t>
+  </si>
+  <si>
+    <t>p_3289995</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Syndrome de Mowat-Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Mowat-Wilson. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290026/fr/syndrome-de-mowat-wilson</t>
+  </si>
+  <si>
+    <t>p_3290026</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Syndrome DYRK1A</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome DYRK1A. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs des interrégions Sud, Ouest et Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290097/fr/syndrome-dyrk1a</t>
+  </si>
+  <si>
+    <t>p_3290097</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Syndrome de Kleefstra</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Kleefstrae. Il a été élaboré par les Centres de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291595/fr/syndrome-de-kleefstra</t>
+  </si>
+  <si>
+    <t>p_3291595</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Syndrome d'Heimler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome d'Heimler. Il a été élaboré par le Centre de référence des Surdités Génétiques, le Centre de référence pour les Affections Rares en Génétique Ophtalmologique (CARGO), le Centre de référence des Maladies Rares Orales et Dentaires (O-RARES) et la Filière SENSGENE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292323/fr/syndrome-d-heimler</t>
+  </si>
+  <si>
+    <t>p_3292323</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Aplasie majeure d’oreille</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie majeure d’oreille.. Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284464/fr/aplasie-majeure-d-oreille</t>
+  </si>
+  <si>
+    <t>p_3284464</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Malformation de Chiari</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de malformation de Chiari. Il a été élaboré par Centre de référence C-MAVEM Chiari, syringomyélie et malformations vertébromédullaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280005/fr/malformation-de-chiari</t>
+  </si>
+  <si>
+    <t>p_3280005</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Syndrome associé au gène SATB2 (SAS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SAS. Il a été élaboré par les CRMR et CCMR des Anomalies du développement et syndromes malformatifs de la région Sud-Est CHU de Marseille et CH de Toulon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278580/fr/syndrome-associe-au-gene-satb2-sas</t>
+  </si>
+  <si>
+    <t>p_3278580</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Atrophie Optique Dominante OPA1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Atrophie Optique Dominante OPA1. Il a été élaboré par le Centre de Référence de Neurogénétique et le Centre de Référence pour les maladies mitochondriales de l’enfant et de l’adulte (CARAMMEL) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280027/fr/atrophie-optique-dominante-opa1</t>
+  </si>
+  <si>
+    <t>p_3280027</t>
+  </si>
+  <si>
+    <t>Maculopathies génétiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Maculopathies génétiques. Il a été élaboré par le Centre de référence "Maladies sensorielles génétiques" MAOLYA sous l’égide et avec le partenariat de la Filière de santé des maladies rares sensorielles SENSGENE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280084/fr/maculopathies-genetiques</t>
+  </si>
+  <si>
+    <t>p_3280084</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Hypophosphatasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
+  </si>
+  <si>
+    <t>p_3280131</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Malformations pulmonaires congénitales de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant avec malformation pulmonaire congénitale. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/06/2021 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272442/fr/malformations-pulmonaires-congenitales-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3272442</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Syndrome de Pendred</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome de Pendred. Il a été élaboré par le Centre de référence des surdités génétiques, le Centre de référence des maladies endocriniennes de la croissance et du développement, le Centre de référence des maladies rares de la thyroïde et des récepteurs hormonaux, Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE et La Filière des maladies rares endocriniennes FIRENDO à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/03/2021 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245874/fr/syndrome-de-pendred</t>
+  </si>
+  <si>
+    <t>p_3245874</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Prise en charge de la main bote radiale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’une main bote radiale. Il a été élaboré par le centre de référence des anomalies du développement et syndromes malformatifs, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/02/2021 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222751/fr/prise-en-charge-de-la-main-bote-radiale</t>
+  </si>
+  <si>
+    <t>p_3222751</t>
+  </si>
+  <si>
+    <t>Maladie vasculaire porto-sinusoïdale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'une Maladie vasculaire porto-sinusoïdale.</t>
+  </si>
+  <si>
+    <t>16/02/2021 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224018/fr/maladie-vasculaire-porto-sinusoidale</t>
+  </si>
+  <si>
+    <t>p_3224018</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Syndrome KBG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome KBG. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs - Filière de santé AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226217/fr/syndrome-kbg</t>
+  </si>
+  <si>
+    <t>p_3226217</t>
+  </si>
+  <si>
+    <t>Syndromes hypertrophiques liés au gène PIK3CA (PROS) sans atteinte cérébrale - Les syndromes CLOVES et de Klippel-Trenaunay</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome CLOVES ou KTS. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226373/fr/syndromes-hypertrophiques-lies-au-gene-pik3ca-pros-sans-atteinte-cerebrale-les-syndromes-cloves-et-de-klippel-trenaunay</t>
+  </si>
+  <si>
+    <t>p_3226373</t>
+  </si>
+  <si>
+    <t>Syndrome Nail-Patella</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome Nail-Patella. Il a été élaboré par le centre de référence des Anomalies du Développement et Syndromes malformatifs Nord Ouest et le centre de référence des Maladies osseuses constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219901/fr/syndrome-nail-patella</t>
+  </si>
+  <si>
+    <t>p_3219901</t>
+  </si>
+  <si>
+    <t>Hernie de Coupole Diaphragmatique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint de Hernie de Coupole Diaphragmatique. Il a été élaboré par le Centre de référence de la Hernie de Coupole Diaphragmatique et la Filière de santé maladies rares abdomino-thoraciques FIMATHO, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/10/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332738/fr/hernie-de-coupole-diaphragmatique</t>
+  </si>
+  <si>
+    <t>c_1332738</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Syndrome oro-facio-digital de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome oro-facio-digital de type I. Il a été élaboré par le Centre de Référence Déficience Intellectuelle de causes rares et le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210196/fr/syndrome-oro-facio-digital-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3210196</t>
+  </si>
+  <si>
+    <t>Syndrome de Fraser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome de Fraser. Il a été élaboré par le centre de référence des Anomalies du développement et syndromes malformatifs - site constitutif, Région Sud-Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/08/2020 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198232/fr/syndrome-de-fraser</t>
+  </si>
+  <si>
+    <t>p_3198232</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Amylose AA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amylose AA. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2020 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187210/fr/amylose-aa</t>
+  </si>
+  <si>
+    <t>p_3187210</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Hypertension artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'hypertension artérielle pulmonaire (groupe 1 de la classification). Il a été élaboré par le centre de référence de l'hypertension artérielle, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167172/fr/hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3167172</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Pneumopathie d'hypersensibilité de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant présentant une pneumathie d'hypersensibilité. Il a été élaboré par le Centre de Référence des maladies respiratoires rares RespiRare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163310/fr/pneumopathie-d-hypersensibilite-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3163310</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Becker</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Becker.</t>
+  </si>
+  <si>
+    <t>28/01/2020 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121203/fr/dystrophie-musculaire-de-becker</t>
+  </si>
+  <si>
+    <t>p_3121203</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication du gène MECP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de duplication du gène MECP2. Il a été élaboré par le Centre de Référence CRDI de Strasbourg et le Centre de Référence CLAD Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
+  </si>
+  <si>
+    <t>p_3148006</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolfram</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113810/fr/syndrome-de-wolfram</t>
+  </si>
+  <si>
+    <t>p_3113810</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>Albinisme</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'albinisme oculo-cutané. Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2019 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112485/fr/albinisme</t>
+  </si>
+  <si>
+    <t>p_3112485</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>Microdélétion 2q37</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de microdélétion 2q37. Il a été élaboré par le Centre de Référence "Anomalies du Développement et Syndromes Malformatifs" à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2019 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097438/fr/microdeletion-2q37</t>
+  </si>
+  <si>
+    <t>p_3097438</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type V, Maladie de Mc Ardle</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de la maladie de McArdle. Il a été élaboré par le Centre de Référence des maladies neuromusculaires et de la SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076463/fr/glycogenose-de-type-v-maladie-de-mc-ardle</t>
+  </si>
+  <si>
+    <t>p_3076463</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Sclérose en plaque de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint du sclérose en plaque. Il a été élaboré par le centre de référence des maladies inflammatoires rares du cerveau et de la moelle - Membre de la Filière de Santé Maladies Rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656983/fr/sclerose-en-plaque-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2656983</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>Syndrome de Bardet-Biedl</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2019 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1237001/fr/syndrome-de-bardet-biedl</t>
+  </si>
+  <si>
+    <t>c_1237001</t>
+  </si>
+  <si>
+    <t>Atteintes hépatiques au cours de la maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant des atteintes hépatiques au cours de la maladie de Rendu-Osler. Il a été élaboré par le centre de référence des maladies vasculaires du foie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/01/2019 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900212/fr/atteintes-hepatiques-au-cours-de-la-maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_2900212</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Atrésie de l’œsophage</t>
+  </si>
+  <si>
+    <t>17/12/2018 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_715169/fr/atresie-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>c_715169</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
+  </si>
+  <si>
+    <t>14/05/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
+  </si>
+  <si>
+    <t>c_2849265</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Syndrome d'Ondine</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins de patients atteints du syndrome d’Ondine.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829809/fr/syndrome-d-ondine</t>
+  </si>
+  <si>
+    <t>c_2829809</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Insensibilités aux androgènes</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de proposer aux professionnels concernés la prise en charge diagnostique et thérapeutique et le parcours de soins optimaux actuels pour les patients atteints d’insensibilité aux androgènes partielle (IPA) ou complète (ICA).</t>
+  </si>
+  <si>
+    <t>10/01/2018 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818977/fr/insensibilites-aux-androgenes</t>
+  </si>
+  <si>
+    <t>c_2818977</t>
+  </si>
+  <si>
+    <t>Syndrome de Cohen</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole est d’expliquer aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle ainsi que le parcours de soins pour cette maladie rare.</t>
+  </si>
+  <si>
+    <t>29/11/2017 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807912/fr/syndrome-de-cohen</t>
+  </si>
+  <si>
+    <t>c_2807912</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Syndrome de Rubinstein-Taybi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint du Syndrome de Rubinstein-Taybi (SRT).</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794382/fr/syndrome-de-rubinstein-taybi</t>
+  </si>
+  <si>
+    <t>c_2794382</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Ostéogenèse imparfaite</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’ostéogenèse imparfaite.</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2734084/fr/osteogenese-imparfaite</t>
+  </si>
+  <si>
+    <t>c_2734084</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladie et syndrome de moyamoya de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’une maladie ou d’un syndrome de Moyamoya.</t>
+  </si>
+  <si>
+    <t>11/08/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2660521/fr/maladie-et-syndrome-de-moyamoya-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2660521</t>
+  </si>
+  <si>
+    <t>Maladie de Pompe</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de la Maladie de Pompe.</t>
+  </si>
+  <si>
+    <t>08/08/2016 13:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659919/fr/maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>c_2659919</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636271/fr/maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_2636271</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Délétion 22q11</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de délétion 22q11.</t>
+  </si>
+  <si>
+    <t>01/02/2016 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589363/fr/deletion-22q11</t>
+  </si>
+  <si>
+    <t>c_2589363</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Hypertension artérielle pulmonaire (HTAP)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 5 : hypertension artérielle pulmonaire (HTAP).</t>
+  </si>
+  <si>
+    <t>01/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_612644/fr/ald-n-5-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>c_612644</t>
+  </si>
+  <si>
+    <t>Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de Sclérose latérale amyotrophique.</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573383/fr/sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_2573383</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Prise en charge en médecine physique et de réadaptation du patient atteint de Spina Bifida</t>
+  </si>
+  <si>
+    <t>Le spina bifida ou dysraphisme spinal, anomalie congénitale de développement du système nerveux et du rachis, a des conséquences sur différents organes. Il génère des handicaps complexes et variables d’un individu à l’autre. Sa prise en charge relève de multiples spécialités médicales et chirurgicales : neurochirurgie, médecine physique et de réadaptation, gastroentérologie, urologie, gynécologie.# Ce PNDS de médecine Physique et de Réadaptation (MPR) ne peut aborder de façon exhaustive la prise en charge MPR, du fait de la diversité des situations rencontrées. Il détaille néanmoins des thèmes phares sélectionnés par les coordinateurs.</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032137/fr/prise-en-charge-en-medecine-physique-et-de-readaptation-du-patient-atteint-de-spina-bifida</t>
+  </si>
+  <si>
+    <t>c_2032137</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
+  </si>
+  <si>
+    <t>Syndrome de Williams-Beuren</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint du syndrome de Williams-Beuren.</t>
+  </si>
+  <si>
+    <t>06/02/2014 18:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722186/fr/syndrome-de-williams-beuren</t>
+  </si>
+  <si>
+    <t>c_1722186</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’une fièvre méditerranéenne familiale (FMF) aussi couramment appelée maladie périodique en France.</t>
+  </si>
+  <si>
+    <t>01/03/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362848/fr/fievre-mediterraneenne-familiale</t>
+  </si>
+  <si>
+    <t>c_1362848</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de thrombasthénie de Glanzmann.</t>
+  </si>
+  <si>
+    <t>16/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363048/fr/thrombasthenie-de-glanzmann</t>
+  </si>
+  <si>
+    <t>c_1363048</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Prader-Willi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patients atteints du Syndrome de Prader-Willi.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216145/fr/ald-hors-liste-syndrome-de-prader-willi</t>
+  </si>
+  <si>
+    <t>c_1216145</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035492/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_1035492</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Dysplasie fibromusculaire symptomatique chez l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients adultes atteints de Dysplasie fibromusculaire (DSM) symptomatique.</t>
+  </si>
+  <si>
+    <t>24/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1032288/fr/ald-hors-liste-dysplasie-fibromusculaire-symptomatique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1032288</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Xeroderma pigmentosum</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint de xeroderma pigmentosum (XP). Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2007 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556980/fr/ald-hors-liste-xeroderma-pigmentosum</t>
   </si>
   <si>
     <t>c_556980</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1680275/en/developmental-dysplasia-of-the-hip-screening</t>
+    <t>ALD n° 19 - Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>02/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2008 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_673765/fr/ald-n-19-syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_673765</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 9 : sclérose latérale amyotrophique (SLA).</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2007 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538662/fr/ald-n-9-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_538662</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Arthrite juvénile idiopathique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), oligoarticulaire ou polyarticulaire sans facteur rhumatoïde. Ces trois formes représentent environ deux tiers des cas. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2009 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847166/fr/ald-hors-liste-arthrite-juvenile-idiopathique</t>
+  </si>
+  <si>
+    <t>c_847166</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
+    <t>ALD n° 19 - Syndrome néphrotique idiopathique de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide « Syndromes néphrotiques idiopathiques de l’adulte » complète sous la forme d’un protocole national de diagnostic et de soins (PNDS), ce syndrome étant répertorié parmi les maladies rares, le guide de l’ALD 19 « Néphropathies chroniques graves ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_673762/fr/ald-n-19-syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_673762</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
+  </si>
+  <si>
+    <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
+  </si>
+  <si>
+    <t>13/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
+  </si>
+  <si>
+    <t>p_3215404</t>
+  </si>
+  <si>
+    <t>Luxation congénitale de la hanche : dépistage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à dépister précocement la luxation congénitale de la hanche, afin d’instaurer une prise en charge thérapeutique beaucoup plus simple pour l’enfant.</t>
+  </si>
+  <si>
+    <t>16/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2013 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680275/fr/luxation-congenitale-de-la-hanche-depistage</t>
   </si>
   <si>
     <t>c_1680275</t>
   </si>
   <si>
-    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+    <t>Règles de bonnes pratiques en génétique constitutionnelle à des fins médicales (hors diagnostic prénatal)</t>
+  </si>
+  <si>
+    <t>Ces règles de bonnes pratiques ont pour objectif d'aider les professionnels de santé concernés dans la prescription et la réalisation d'un examen des caractéristiques génétiques d’une personne et de son identification par empreinte génétique à des fins médicales</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2013 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1360718/fr/regles-de-bonnes-pratiques-en-genetique-constitutionnelle-a-des-fins-medicales-hors-diagnostic-prenatal</t>
+  </si>
+  <si>
+    <t>c_1360718</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Modalités, indications, limites de la rééducation dans les pathologies neuromusculaires non acquises</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Quels bilans proposer (méthode et périodicité) ? Quelles techniques de rééducation proposer (indications, contre-indications, modalités, bénéfices attendus) ? Quels sont les objectifs et la place de la rééducation ? Comment assurer l'indépendance et la qualité de vie ?</t>
+  </si>
+  <si>
+    <t>06/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271931/fr/modalites-indications-limites-de-la-reeducation-dans-les-pathologies-neuromusculaires-non-acquises</t>
+  </si>
+  <si>
+    <t>c_271931</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Physiotherapy and orthopaedic treatment for isolated congenital foot deformity during the first six months of life</t>
-[...2 lines deleted...]
-    <t>These guidelines concern rehabilitation of isolated congenital foot deformity during the first 6 months of life. They do not cover foot deformities with associated disease or malformation, isolated malpositioning of the toes or the rare instances of isolated congenital pes cavus.# The topics of the guidelines are :# 1. Diagnosis and referral to specialist# 2. Management options: monitoring of spontaneous resolution of deformities or treatment of deformities# 3. Choosing rehabilitation techniques# 4. Informing and involving parents</t>
+    <t>Masso-kinésithérapie et traitement orthopédique des déformations congénitales isolées du pied au cours des six premiers mois de la vie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Vers qui et dans quel délai orienter un nouveau-né présentant une déformation congénitale du pied ?# 2. Quelle déformation traiter ou surveiller ?# 3. Quelle démarche thérapeutique et quelles techniques de rééducation choisir ?# 4. Quelle information et participation des parents préconiser ?# 5. Quels résultats attendre des démarches thérapeutiques associant ou non rééducation, plâtres et chirurgie ?# Sont exclus de ces recommandations les déformations du pied avec pathologie ou malformation associées, les malpositions isolées des orteils et le pied creux congénital exceptionnellement isolé.</t>
   </si>
   <si>
     <t>01/01/2004 00:00:00</t>
   </si>
   <si>
     <t>01/01/2004 16:51:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272303/en/physiotherapy-and-orthopaedic-treatment-for-isolated-congenital-foot-deformity-during-the-first-six-months-of-life</t>
+    <t>https://www.has-sante.fr/jcms/c_272303/fr/masso-kinesitherapie-et-traitement-orthopedique-des-deformations-congenitales-isolees-du-pied-au-cours-des-six-premiers-mois-de-la-vie</t>
   </si>
   <si>
     <t>c_272303</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : s'informer pour décider</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère chargé de la santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ce document a été actualisé en octobre 2024 pour tenir compte de la généralisation du dépistage néonatal de la drépanocytose sur l'ensemble du territoire français au 1er novembre 2024.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285576/fr/depistage-neonatal-s-informer-pour-decider</t>
+  </si>
+  <si>
+    <t>p_3285576</t>
+  </si>
+  <si>
+    <t>COVID-19 - Évaluer ses risques avec l’équipe de soins et adapter son mode de vie</t>
+  </si>
+  <si>
+    <t>Vous êtes atteint d’une maladie chronique ou avez plus de 65 ans ? Vous êtes possiblement exposé à un risque de forme grave de COVID-19. À l’occasion de la sortie du confinement, vous pouvez échanger avec votre médecin ou votre équipe de soins. Vous déciderez alors des adaptations de votre mode de vie en fonction de votre situation.</t>
+  </si>
+  <si>
+    <t>11/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189294/fr/covid-19-evaluer-ses-risques-avec-l-equipe-de-soins-et-adapter-son-mode-de-vie</t>
+  </si>
+  <si>
+    <t>p_3189294</t>
+  </si>
+  <si>
+    <t>Dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce document explique ce qu’est le dépistage de la trisomie 21, les différents éléments à prendre en compte (la mesure de la clarté nucale du fœtus, le dosage de marqueurs sériques et l’âge de la mère), les différentes étapes du dépistage, comment lire les résultats des examens et propose des liens utiles pour en savoir plus si le risque est élevé.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2019 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899277/fr/depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2899277</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Qalsody : mise au point de la HAS</t>
+  </si>
+  <si>
+    <t>Le 10 octobre dernier, la Haute Autorité de santé (HAS) rendait une décision négative à la demande d’autorisation d’accès précoce formulée par le laboratoire Biogen, concernant le médicament Qalsody (tofersen), qui vise à ralentir la progression d’une forme génétique de la maladie de Charcot. Si elle a bien conscience de la gravité de cette pathologie et partage l’espoir que peut susciter l’arrivée d’un traitement pour tous les patients concernés, la HAS rappelle que toutes ses décisions et avis s’appuient sur des critères scientifiques précis et réglementés.</t>
+  </si>
+  <si>
+    <t>08/11/2024 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555639/fr/qalsody-mise-au-point-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3555639</t>
+  </si>
+  <si>
+    <t>Forfait innovation : le dispositif porte ses fruits</t>
+  </si>
+  <si>
+    <t>Le forfait innovation a pour objectif de faciliter l’accès des patients à des technologies innovantes en phase précoce de développement. Au fil du temps, le dispositif a évolué dans le but de faciliter son utilisation par les industriels et les conseils nationaux professionnels. Aujourd’hui la HAS rend pour la première fois un avis favorable en vue du remboursement d’un test diagnostique ayant préalablement bénéficié d’un forfait innovation. Il s’agit du test METAglut1 auquel la HAS a octroyé une amélioration de service attendu de niveau II ce qui conduira l’Assurance maladie à se prononcer sur son remboursement effectif dans un délai maximum de 6 mois.</t>
+  </si>
+  <si>
+    <t>02/05/2023 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3432203/fr/forfait-innovation-le-dispositif-porte-ses-fruits</t>
+  </si>
+  <si>
+    <t>p_3432203</t>
+  </si>
+  <si>
+    <t>La HAS recommande la généralisation du dépistage de la drépanocytose à la naissance</t>
+  </si>
+  <si>
+    <t>La drépanocytose est une maladie héréditaire du sang dont les conséquences peuvent être graves. En France, son dépistage est actuellement réalisé de manière ciblée, chez les nouveau-nés dont les parents ont des origines à risque[1]. Saisie par la Direction générale de la santé, la HAS actualise aujourd’hui son avis sur le dépistage néonatal de la drépanocytose. Sur la base des nouvelles données disponibles, notamment épidémiologiques, elle recommande désormais que celui- ci soit étendu à l’ensemble des nouveau-nés.</t>
+  </si>
+  <si>
+    <t>15/11/2022 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385623/fr/la-has-recommande-la-generalisation-du-depistage-de-la-drepanocytose-a-la-naissance</t>
+  </si>
+  <si>
+    <t>p_3385623</t>
+  </si>
+  <si>
+    <t>Mucoviscidose : accès précoce accordé à l’association Kaftrio®/Kalydeco®</t>
+  </si>
+  <si>
+    <t>La mucoviscidose est une maladie génétique grave qui touche 7 300 personnes en France. La Haute Autorité de santé (HAS) autorise l’accès précoce à un premier traitement pour les enfants âgés de 6 à 11 ans, mais uniquement ceux qui sont hétérozygotes pour la mutation F508del du gène CFTR et porteurs d’une mutation de ce même gène à fonction minimale. Il s’agit de l’association de Kaftrio® (ivacaftor / tezacaftor / elexacaftor) et Kalydeco® (ivacaftor), que la Commission de la transparence de la HAS avait déjà évalué positivement pour des enfants âgés de 12 ans et plus. Cet accès précoce représente une avancée importante dans le traitement des enfants âgés de 6 à 11 ans, bien que la Commission de la transparence regrette que le laboratoire n’ait pas demandé cet accès précoce dans l’ensemble de l’indication de l’autorisation de mise sur le marché obtenue dans cette classe d’âge.</t>
+  </si>
+  <si>
+    <t>29/03/2022 12:48:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326926/fr/mucoviscidose-acces-precoce-accorde-a-l-association-kaftrio/kalydeco</t>
+  </si>
+  <si>
+    <t>p_3326926</t>
+  </si>
+  <si>
+    <t>La HAS propose l’extension du dépistage néonatal au déficit immunitaire combiné sévère (DICS)</t>
+  </si>
+  <si>
+    <t>07/02/2022 11:29:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315037/fr/la-has-propose-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-dics</t>
+  </si>
+  <si>
+    <t>p_3315037</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : des outils repensés pour mieux informer</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient aujourd’hui un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ils pourront répondre à toutes les questions que les parents se posent afin que ceux-ci puissent décider en connaissance de cause de réaliser ou non ce dépistage.</t>
+  </si>
+  <si>
+    <t>18/11/2021 11:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299378/fr/depistage-neonatal-des-outils-repenses-pour-mieux-informer</t>
+  </si>
+  <si>
+    <t>p_3299378</t>
+  </si>
+  <si>
+    <t>Polyhandicap : un accompagnement centré sur le développement des capacités de chacun</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie les premières recommandations sur l’accompagnement de la personne polyhandicapée, enfant et adulte. Conçues pour couvrir l’ensemble du parcours de vie de la personne, ces recommandations invitent à changer de regard et à centrer l’accompagnement sur le développement des compétences de chacun plutôt que sur la limitation des déficiences. Cette approche positive est détaillée en six volets : la citoyenneté, les évaluations fonctionnelles, la santé, le quotidien, les transitions et la fin de vie, les professionnels et les proches.</t>
+  </si>
+  <si>
+    <t>03/11/2020 18:17:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215210/fr/polyhandicap-un-accompagnement-centre-sur-le-developpement-des-capacites-de-chacun</t>
+  </si>
+  <si>
+    <t>p_3215210</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : quelles maladies dépister ?</t>
+  </si>
+  <si>
+    <t>L’innovation technique que représente la spectrométrie de masse en tandem permet aujourd’hui de multiplier le nombre de maladies dépistées à la naissance, à partir d’un même prélèvement sanguin. La HAS a évalué la pertinence d’étendre le dépistage néonatal par cette technique à plusieurs erreurs innées du métabolisme.</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149627/fr/depistage-neonatal-quelles-maladies-depister</t>
+  </si>
+  <si>
+    <t>p_3149627</t>
+  </si>
+  <si>
+    <t>Dépistage de la trisomie 21 : la HAS propose une fiche d’information aux femmes enceintes</t>
+  </si>
+  <si>
+    <t>En France, toutes les femmes enceintes qui le souhaitent ont la possibilité de faire un dépistage de la trisomie 21. Suite aux recommandations de la HAS publiées en mai 2017, la stratégie de dépistage vient d’être adaptée pour inclure le test ADN libre circulant dans le sang maternel. Ce test est remboursé par l’assurance maladie depuis le 18 janvier dernier*. Pour accompagner ces changements, la HAS a élaboré un document d’information à destination des femmes enceintes afin de garantir leur libre choix concernant ce dépistage.</t>
+  </si>
+  <si>
+    <t>21/01/2019 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899363/fr/depistage-de-la-trisomie-21-la-has-propose-une-fiche-d-information-aux-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_2899363</t>
+  </si>
+  <si>
+    <t>Trisomie 21 : la HAS actualise ses recommandations concernant le dépistage prénatal de la trisomie 21</t>
+  </si>
+  <si>
+    <t>En France, toutes les femmes enceintes, quel que soit leur âge, sont informées de la possibilité de recourir au dépistage de la trisomie 21 fœtale. Après avoir validé la performance des nouveaux tests génétiques de dépistage dits « tests ADN libre circulant de la trisomie 21 dans le sang maternel », la HAS définit aujourd’hui leur place et leurs conditions d’utilisation dans la procédure de dépistage. L’objectif est de donner aux femmes enceintes ou aux couples l’information la plus fiable possible sur le risque de trisomie 21 fœtale tout en limitant le recours aux examens invasifs nécessaires pour confirmer le diagnostic.</t>
+  </si>
+  <si>
+    <t>17/05/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768535/fr/trisomie-21-la-has-actualise-ses-recommandations-concernant-le-depistage-prenatal-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2768535</t>
+  </si>
+  <si>
+    <t>Trisomie 21 : de nouveaux tests appellent la révision des modalités de dépistage actuelles</t>
+  </si>
+  <si>
+    <t>En France, toutes les femmes enceintes, quel que soit leur âge, sont informées de la possibilité de recourir au dépistage combiné de la trisomie 21 au premier trimestre de la grossesse. De nouveaux tests de dépistage fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal provenant du chromosome 21 au sein de l’ADN fœtal libre et circulant dans le sang maternel (dépistage prénatal non invasif ou tests DPNI de la trisomie 21 fœtale) pourraient modifier les modalités du dépistage ayant cours en 2015. Dans l’objectif de définir la place de ces tests et dans l’attente des résultats des études en cours en France, la Haute Autorité de Santé (HAS) publie ce jour une première évaluation des performances de ces tests.</t>
+  </si>
+  <si>
+    <t>18/11/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573090/fr/trisomie-21-de-nouveaux-tests-appellent-la-revision-des-modalites-de-depistage-actuelles</t>
+  </si>
+  <si>
+    <t>c_2573090</t>
+  </si>
+  <si>
+    <t>Première prescription d’un contraceptif œstroprogestatif : prendre en compte les facteurs de risque plutôt que dépister systématiquement la thrombophilie</t>
+  </si>
+  <si>
+    <t>Les contraceptifs œstroprogestatifs* augmentent le risque de développer une maladie thromboembolique veineuse (phlébite ou embolie pulmonaire). Ce risque pourrait être encore plus élevé chez les femmes porteuses d’une thrombophilie biologique, une anomalie de la coagulation. C’est pourquoi la Haute Autorité de Santé (HAS) a étudié l’opportunité d’un dépistage systématique de la thrombophilie avant une première prescription d’une contraception combinant œstrogène et progestatif. Elle conclut qu’un dépistage systématique n’est pas justifié car son efficacité n’est pas démontrée, son efficience est très faible et ses éventuels effets négatifs non étudiés.</t>
+  </si>
+  <si>
+    <t>25/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764076/fr/premiere-prescription-d-un-contraceptif-oestroprogestatif-prendre-en-compte-les-facteurs-de-risque-plutot-que-depister-systematiquement-la-thrombophilie</t>
+  </si>
+  <si>
+    <t>c_1764076</t>
+  </si>
+  <si>
+    <t>Hormone de croissance chez l’enfant non déficitaire : maintien au remboursement mais la vigilance reste de mise</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) a réévalué les traitements par l’hormone de croissance prescrits aux enfants non déficitaires. La HAS, au regard de la gravité de l’état de santé des enfants concernés, conclut en faveur du maintien au remboursement des hormones mais rappelle la nécessité de respecter un certain nombre de précautions d’usage et de s’attacher à une prise en charge globale de ces enfants. Le Collège de la HAS appelle à une réflexion collective sur la qualité de vie des personnes de petite taille, afin de contribuer à changer le regard porté sur eux dans notre société.</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1193992/fr/hormone-de-croissance-chez-l-enfant-non-deficitaire-maintien-au-remboursement-mais-la-vigilance-reste-de-mise</t>
+  </si>
+  <si>
+    <t>c_1193992</t>
+  </si>
+  <si>
+    <t>Maladies rares : la HAS recommande un dépistage systématique à la naissance du déficit en MCAD*</t>
+  </si>
+  <si>
+    <t>Dans le cadre du Plan national « Maladies rares » 2010-2014, la Haute Autorité de Santé a été saisie afin de rendre un avis sur l’extension du dépistage néonatal à une maladie supplémentaire : le déficit en MCAD. Cette maladie métabolique est fréquemment mortelle en l’absence de traitement. Sa prise en charge, très efficace, consiste à observer des règles diététiques simples. La Haute Autorité de Santé recommande le dépistage néonatal de cette maladie car il permet de prévenir des décès facilement évitables chez des jeunes enfants.</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070812/fr/maladies-rares-la-has-recommande-un-depistage-systematique-a-la-naissance-du-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1070812</t>
+  </si>
+  <si>
+    <t>Avis favorable de la HAS pour le remboursement de traitements des agénésies dentaires multiples liées à une maladie rare chez l’adulte</t>
+  </si>
+  <si>
+    <t>28/09/2010 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985505/fr/avis-favorable-de-la-has-pour-le-remboursement-de-traitements-des-agenesies-dentaires-multiples-liees-a-une-maladie-rare-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_985505</t>
+  </si>
+  <si>
+    <t>Affections de longue durée : la HAS publie un avis sur les critères médicaux d'admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie un avis sur les critères médicaux d’admission en affection de longue durée (ALD) qui complète ceux précédemment émis, en mai 2006 et en décembre 2007. Cet avis concerne les douze dernières affections de longue durée restant à traiter. Les propositions émises dans cet avis consistent en une mise à jour scientifique des critères, et permettent la prise en compte de l’évolution des pratiques et/ou des modes de prise en charge. Elles fixent également un cadre harmonisé en matière de durée d’exonération initiale.</t>
+  </si>
+  <si>
+    <t>01/07/2009 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817774/fr/affections-de-longue-duree-la-has-publie-un-avis-sur-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_817774</t>
+  </si>
+  <si>
+    <t>Evaluation des stratégies de dépistage prénatal de la trisomie 21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540837/fr/evaluation-des-strategies-de-depistage-prenatal-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540837</t>
+  </si>
+  <si>
+    <t>Prise en charge de la drépanocytose chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>01/12/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240664/fr/prise-en-charge-de-la-drepanocytose-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_240664</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale – Volet pharmacogénétique</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (volet pharmacogénétique), détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation.</t>
+  </si>
+  <si>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>19/01/2026 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809232/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-volet-pharmacogenetique</t>
+  </si>
+  <si>
+    <t>p_3809232</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3591624</t>
   </si>
   <si>
-    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (maladies rares et oncogénétique)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué, pour la première fois, la possibilité de remboursement d’une technologie innovante en biologie médicale : le séquençage haut débit ciblé. Cette primo-évaluation couvre un champ particulièrement large, car de très nombreuses situations cliniques seront considérées. Face aux technologies émergentes comme le séquençage haut débit et très haut débit, il devient essentiel de concilier exigence scientifique et réactivité.</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/11/2025 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704400/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-maladies-rares-et-oncogenetique</t>
+  </si>
+  <si>
+    <t>p_3704400</t>
+  </si>
+  <si>
+    <t>Activité du séquençage haut débit ciblé en génétique constitutionnelle postnatale financée dans le cadre du RIHN : programme des évaluations des actes de séquençage haut débit ciblé</t>
+  </si>
+  <si>
+    <t>Programme, RIHN, séquençage haut débit ciblé, génétique constitutionnelle postnatale.</t>
+  </si>
+  <si>
+    <t>21/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639896/fr/activite-du-sequencage-haut-debit-cible-en-genetique-constitutionnelle-postnatale-financee-dans-le-cadre-du-rihn-programme-des-evaluations-des-actes-de-sequencage-haut-debit-cible</t>
+  </si>
+  <si>
+    <t>p_3639896</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3491330</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
   </si>
   <si>
     <t>p_3453213</t>
   </si>
   <si>
-    <t>Evaluation of the METAglut1™ test in the diagnosis of glucose transporter type 1 deficiency syndrome - INAHTA  Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424746/en/evaluation-of-the-metaglut1-test-in-the-diagnosis-of-glucose-transporter-type-1-deficiency-syndrome-inahta-brief</t>
+    <t>Évaluation du test METAglut1™ dans le diagnostic de l’encéphalopathie par déficit en transporteur de glucose de type 1</t>
+  </si>
+  <si>
+    <t>Évaluer les performances diagnostiques du test METAglut1™ en termes de sensibilité, de spécificité, de valeur prédictive positive et de valeur prédictive négative (VPN), comparativement à celles de la glycorachie après ponction lombaire dans le diagnostic de l’encéphalopathie par déficit en transporteur de glucose de type 1. Définir les conditions de réalisation du test METAglut1™.</t>
+  </si>
+  <si>
+    <t>30/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424746/fr/evaluation-du-test-metaglut1-dans-le-diagnostic-de-l-encephalopathie-par-deficit-en-transporteur-de-glucose-de-type-1</t>
   </si>
   <si>
     <t>p_3424746</t>
   </si>
   <si>
-    <t>Nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3169291/en/nasal-nitric-oxide-no-measurement-as-a-diagnostic-test-for-primary-ciliary-dyskinesia-pcd-inahta-brief</t>
+    <t>Mesure du monoxyde d’azote (NO) nasal pour le diagnostic de dyskinésie ciliaire primitive</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation des technologies de santé est d’évaluer les performances diagnostiques et l’utilité clinique de la mesure du NO nasal pour le diagnostic de la dyskinésie ciliaire primitive. Il s’agit aussi de décrire les conditions de réalisation de cette mesure, en vue de son inscription à la classification commune des actes médicaux (CCAM).</t>
+  </si>
+  <si>
+    <t>10/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169291/fr/mesure-du-monoxyde-d-azote-no-nasal-pour-le-diagnostic-de-dyskinesie-ciliaire-primitive</t>
   </si>
   <si>
     <t>p_3169291</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982720/en/takhzyro-lanadelumab</t>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0032/AC/SEAP du 17 juillet 2025 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>17/07/2025 10:59:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639050/fr/avis-n2025-0032/ac/seap-du-17-juillet-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes</t>
+  </si>
+  <si>
+    <t>p_3639050</t>
+  </si>
+  <si>
+    <t>Décision n 2025.0181/DC/SEAP du 17 juillet 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>17/07/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639061/fr/decision-n-2025-0181/dc/seap-du-17-juillet-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes</t>
+  </si>
+  <si>
+    <t>p_3639061</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0115/DC/SEAP du 30 avril 2025 du collège de la HAS portant actualisation du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant actualisation du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales », qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>30/04/2025 15:27:00</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604658/fr/decision-n2025-0115/dc/seap-du-30-avril-2025-du-college-de-la-has-portant-actualisation-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3604658</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0023/AC/SEAP du 30 avril 2025 du collège de la HAS relatif à des modifications de la LAP mentionnée à l’article L. 162-1-7 du CSS, concernant le séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant le séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>30/04/2025 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604668/fr/avis-n2025-0023/ac/seap-du-30-avril-2025-du-college-de-la-has-relatif-a-des-modifications-de-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-concernant-le-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3604668</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0046/DC/SEAP du 13 février 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Détection de mutations par expansion de nucléotides – Volet 3 - Syndrome de l’X fragile, insuffisance ovarienne prématurée associée à l’X fragile, syndrome de tremblement-ataxie associé à l’X fragile »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>13/02/2025 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593681/fr/decision-n-2025-0046/dc/seap-du-13-fevrier-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-detection-de-mutations-par-expansion-de-nucleotides-volet-3-syndrome-de-l-x-fragile-insuffisance-ovarienne-prematuree-associee-a-l-x-fragile-syndrome-de-tremblement-ataxie-associe-a-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3593681</t>
+  </si>
+  <si>
+    <t>Avis n° 2025.0007/AC/SEAP du 13 février 2025 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI])</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2025.0007/AC/SEAP du 13 février 2025 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI]). Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/02/2025 14:27:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593686/fr/avis-n-2025-0007/ac/seap-du-13-fevrier-2025-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-contexte-du-syndrome-de-l-x-fragile-et-des-autres-maladies-associees-a-une-expansion-anormale-de-nucleotides-dans-le-gene-fmr1-syndrome-de-tremblement-ataxie-associe-a-l-x-fragile-fxtas-insuffisance-ovarienne-prematuree-associee-a-l-x-fragile-fxpoi</t>
+  </si>
+  <si>
+    <t>p_3593686</t>
+  </si>
+  <si>
+    <t>Avis n° 2025.0008/AC/SEAP du 13 février 2025 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI])</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2025.0008/AC/SEAP du 13 février 2025 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI]). Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593691/fr/avis-n-2025-0008/ac/seap-du-13-fevrier-2025-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-contexte-du-syndrome-de-l-x-fragile-et-des-autres-maladies-associees-a-une-expansion-anormale-de-nucleotides-dans-le-gene-fmr1-syndrome-de-tremblement-ataxie-associe-a-l-x-fragile-fxtas-insuffisance-ovarienne-prematuree-associee-a-l-x-fragile-fxpoi</t>
+  </si>
+  <si>
+    <t>p_3593691</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0249/DC/SEM du 19 septembre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité  YORVIPATH (palopegtériparatide)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité YORVIPATH (palopegtériparatide) dans l’indication « « traitement des adultes atteints d’hypoparathyroïdie chronique pour lesquels une thérapie substitutive en PTH est nécessaire et qui ne sont pas contrôlés de manière optimale par le traitement vitamino-calcique ».</t>
+  </si>
+  <si>
+    <t>19/09/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>27/09/2024 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545138/fr/decision-n2024-0249/dc/sem-du-19-septembre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-yorvipath-palopegteriparatide</t>
+  </si>
+  <si>
+    <t>p_3545138</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0134/DC/SEAP du 23 mai 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon », qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>23/05/2024 12:42:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535373/fr/decision-n2024-0134/dc/seap-du-23-mai-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3535373</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0034/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon</t>
+  </si>
+  <si>
+    <t>23/05/2024 12:46:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535377/fr/avis-n2024-0034/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3535377</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536008/fr/avis-n2024-0036/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>p_3536008</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0136/DC/SEAP du 23 mai 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique »</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536013/fr/decision-n2024-0136/dc/seap-du-23-mai-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>p_3536013</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0135/DC/SEAP du 23 mai 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales »</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536037/fr/decision-n2024-0135/dc/seap-du-23-mai-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3536037</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0035/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0035/AC/SEAP du 23 mai 2024 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536042/fr/avis-n2024-0035/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3536042</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0216/DC/SEAP du 25 juillet 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Détection de mutations par expansion de nucléotides - Volet 2 »</t>
+  </si>
+  <si>
+    <t>25/07/2024 10:51:00</t>
+  </si>
+  <si>
+    <t>30/07/2024 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534943/fr/decision-n2024-0216/dc/seap-du-25-juillet-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-detection-de-mutations-par-expansion-de-nucleotides-volet-2</t>
+  </si>
+  <si>
+    <t>p_3534943</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0056/AC/SEAP du 25 juillet 2024 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte de la dystrophie myotonique de type 1 (maladie de Steinert), de la dystrophie myotonique de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique, de la démence fronto-temporale et de l’amyotrophie bulbospinale liée à l’X (Maladie de Kennedy)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0056/AC/SEAP du 25 juillet 2024 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte de la dystrophie myotonique de type 1 (maladie de Steinert), de la dystrophie myotonique de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique, de la démence fronto-temporale et de l’amyotrophie bulbospinale liée à l’X (maladie de Kennedy). Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>25/07/2024 10:56:00</t>
+  </si>
+  <si>
+    <t>30/07/2024 10:21:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534948/fr/avis-n2024-0056/ac/seap-du-25-juillet-2024-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-contexte-de-la-dystrophie-myotonique-de-type-1-maladie-de-steinert-de-la-dystrophie-myotonique-de-type-2-proximal-myotonic-myopathy-de-la-sclerose-laterale-amyotrophique-de-la-demence-fronto-temporale-et-de-l-amyotrophie-bulbospinale-liee-a-l-x-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>p_3534948</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0057/AC/SEAP du 25 juillet 2024 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte de la dystrophie myotonique de type 1 (maladie de Steinert), de la dystrophie myotonique de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique, de la démence fronto-temporale et de l’amyotrophie bulbospinale liée à l’X (maladie de Kennedy)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0057/AC/SEAP du 25 juillet 2024 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte de la dystrophie myotonique de type 1 (maladie de Steinert), de la dystrophie myotonique de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique, de la démence fronto-temporale et de l’amyotrophie bulbospinale liée à l’X (maladie de Kennedy) Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534963/fr/avis-n2024-0057/ac/seap-du-25-juillet-2024-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-contexte-de-la-dystrophie-myotonique-de-type-1-maladie-de-steinert-de-la-dystrophie-myotonique-de-type-2-proximal-myotonic-myopathy-de-la-sclerose-laterale-amyotrophique-de-la-demence-fronto-temporale-et-de-l-amyotrophie-bulbospinale-liee-a-l-x-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>p_3534963</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0024/DC/SEAP du 24 janvier 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Détection de mutations par expansion de nucléotides - Volet 1 »</t>
+  </si>
+  <si>
+    <t>24/01/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>26/01/2024 16:41:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491312/fr/decision-n-2024-0024/dc/seap-du-24-janvier-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-detection-de-mutations-par-expansion-de-nucleotides-volet-1</t>
+  </si>
+  <si>
+    <t>p_3491312</t>
+  </si>
+  <si>
+    <t>Avis n° 2024.0026/AC/SEAP du 24 janvier 2024 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le cadre du diagnostic pré-implantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich et du CANVAS</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2024.0026/AC/SEAP du 24 janvier 2024 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le cadre du diagnostic pré-implantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich et du CANVAS. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>24/01/2024 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491319/fr/avis-n-2024-0026/ac/seap-du-24-janvier-2024-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-cadre-du-diagnostic-pre-implantatoire-et-dans-le-contexte-de-la-maladie-de-huntington-des-ataxies-spino-cerebelleuses-de-type-1-2-3-6-7-et-17-de-l-ataxie-de-friedreich-et-du-canvas</t>
+  </si>
+  <si>
+    <t>p_3491319</t>
+  </si>
+  <si>
+    <t>Avis n° 2024.0025/AC/SEAP du 24 janvier 2024 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides hors cadre du diagnostic pré-implantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich et du CANVAS</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2024.0025/AC/SEAP du 24 janvier 2024 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides hors cadre du diagnostic pré-implantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich et du CANVAS. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491324/fr/avis-n-2024-0025/ac/seap-du-24-janvier-2024-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-hors-cadre-du-diagnostic-pre-implantatoire-et-dans-le-contexte-de-la-maladie-de-huntington-des-ataxies-spino-cerebelleuses-de-type-1-2-3-6-7-et-17-de-l-ataxie-de-friedreich-et-du-canvas</t>
+  </si>
+  <si>
+    <t>p_3491324</t>
+  </si>
+  <si>
+    <t>Avis n°2022.0060/AC/SESPEV du 10 novembre 2022 du collège de la Haute Autorité de santé relatif à la généralisation du dépistage de la drépanocytose en France métropolitaine</t>
+  </si>
+  <si>
+    <t>À la lumière de nouvelles alertes de professionnels de santé et de patients, ainsi que de nouvelles données épidémiologiques et scientifiques publiées depuis 2014, la HAS recommande la généralisation du dépistage néonatal de la drépanocytose en Métropole, pour éviter que des enfants n’échappent au dépistage ciblé. En France, le dépistage néonatal systématique de la drépanocytose a d’abord été déployé aux Antilles françaises (1984 en Guadeloupe, 1989 en Martinique) pour être élargi, à partir de 1992, à l’ensemble des nouveau-nés des départements et régions d’Outre-mer. En Métropole, un dépistage ciblé de la drépanocytose a été introduit en 1995 en Île-de-France puis progressivement généralisé pour couvrir l’ensemble du territoire en 2000. Jusqu'au 31 octobre 2024, il était restreint aux nouveau-nés de parents originaires de régions à risque (dépistage ciblé). Le présent avis porte sur la généralisation du dépistage de la drépanocytose. La HAS avait déjà examiné la question la pertinence de la généralisation du dépistage néonatal de la drépanocytose en Métropole. Dans son rapport d’orientation de 2014, le Collège de la HAS a conclu qu’il n’y avait alors pas d’élément permettant de justifier la pertinence d’une stratégie de dépistage néonatal systématique de la drépanocytose en France métropolitaine. Ses principaux arguments étaient les suivant : Au niveau national, les inconnues tant épidémiologiques que démographiques, ne permettaient pas d’estimer les bénéfices (en cas supplémentaires dépistés) d’une stratégie de dépistage de la drépanocytose appliquée à l’ensemble des nouveau-nés en France métropolitaine, et dès lors son efficience ; Au vu de la littérature, les données ne permettaient pas de calculer le nombre d’enfants drépanocytaires non détectés par la stratégie de dépistage ciblé (ni les conséquences sanitaires afférentes) ; Il n’avait pas été relevé de signaux clairs d’un manque d’efficacité de la stratégie actuelle du dépistage néonatal ciblé. En réponse à des alertes de cliniciens, d’associations de patients, du Défenseur des droits, ainsi que de nouvelles données publiées qui remettent en cause l’efficacité du ciblage, la HAS a de nouveau été saisie par le Directeur général de santé (DGS), en avril 2018, afin de réévaluer la pertinence de la généralisation du dépistage néonatal de la drépanocytose en Métropole, pour éviter que des enfants n’échappent au dépistage ciblé. Considérant : que la drépanocytose est la plus fréquente des maladies génétiques dépistées à la naissance en France métropolitaine et qu’elle est à la limite de la définition de maladie rare ; que les tendances épidémiologiques montrent une augmentation, certes faible mais régulière, du nombre de cas dépistés en France chaque année, dans un contexte de brassage populationnel et qu’aucune région en France n’est indemne de cas ; que cette pathologie, si elle n’est pas prise en charge précocement, est responsable d’une forte morbidité et d’une réduction importante de la survie ; qu’une prise en charge préventive ayant démontré un impact sur la morbi-mortalité peut être mise en place précocement ; que, sur le terrain, les professionnels font état de la difficulté d’appliquer les critères de ciblage permettant de repérer de manière efficace les nouveau-nés à risque ; que ce ciblage est à l’origine d’un risque de perte de chance pour certains nouveau-nés en France dans l’accès au dépistage et qui pose donc un problème éthique et est source d’iniquité ; que des données récentes montrent que des nouveau-nés qui étaient éligibles ont échappé au ciblage en Île-de-France et en dehors de l’Île-de-France ; que le Défenseur des droits considère que « le maintien d’un dépistage ciblé de la drépanocytose est contestable en l’état actuel des connaissances » car les méthodes de ciblage pourraient stigmatiser certains groupes de la population et pourraient par ailleurs être de moins en moins efficaces au vu des brassages de populations en France métropolitaine ; que la totalité des parties prenantes auditionnées ont exprimé une opinion en faveur d’un abandon du ciblage ; que la filière, maintenant réorganisée, est à même d’absorber assez rapidement la montée en charge du nombre de tests de dépistage qui devront être réalisés ; que tous les autres pays européens (dans lesquels l’incidence de la drépanocytose est moindre qu’en France), ayant intégré la drépanocytose dans leur programme de dépistage néonatal l’ont fait selon un mode universel ; la HAS recommande l’arrêt du dépistage ciblé au profit d’un dépistage universel à l’ensemble des nouveau-nés en France métropolitaine, dans la perspective de réduire les cas d’échappement au dépistage néonatal de la drépanocytose.</t>
+  </si>
+  <si>
+    <t>10/11/2022 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385427/fr/avis-n2022-0060/ac/sespev-du-10-novembre-2022-du-college-de-la-haute-autorite-de-sante-relatif-a-la-generalisation-du-depistage-de-la-drepanocytose-en-france-metropolitaine</t>
+  </si>
+  <si>
+    <t>p_3385427</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant à la maladie rare Syndromes de Marfan et apparentés (ALD hors liste)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 2 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare syndromes de Marfan et apparentés (ALD hors liste) : * Bêtabloquants sans activité sympathomimétique intrinsèque * Inhibiteurs calciques ralentisseurs : Verapamil et Diltiazem</t>
+  </si>
+  <si>
+    <t>16/11/2011 10:59:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1197469/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-maladie-rare-syndromes-de-marfan-et-apparentes-ald-hors-liste</t>
+  </si>
+  <si>
+    <t>c_1197469</t>
+  </si>
+  <si>
+    <t>Avis de synthèse du collège de la HAS sur l’hormone de croissance chez les enfants non déficitaires</t>
+  </si>
+  <si>
+    <t>Considérant le contexte général d’état de santé de ces enfants, atteints le plus souvent de maladies rares et graves, entraînant entres autres atteintes une petite taille, le Collège reprend la proposition de maintien au remboursement de l’hormone de croissance chez les enfants non déficitaires, dans les conditions précisées par la CT dans son avis du 14 décembre 2011.# *La vigilance reste de mise tant pour l’indication et le suivi des traitements médicamenteux que sur la qualité de la prise en charge globale pour tous ces enfants*</t>
+  </si>
+  <si>
+    <t>30/01/2012 13:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1194156/fr/avis-de-synthese-du-college-de-la-has-sur-l-hormone-de-croissance-chez-les-enfants-non-deficitaires</t>
+  </si>
+  <si>
+    <t>c_1194156</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur  la prise en charge dérogatoire de la photoprotection des patients atteints de la maladie rare Xeroderma pigmentosum</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l'AFSSAPS, sur les produits et prestations relevant de la prise en charge dérogatoire prévue à l’article L.162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare Xeroderma pigmentosum : * Produits de protection solaire (PPS) * Lunettes de soleil * Gants * Masques de protection</t>
+  </si>
+  <si>
+    <t>13/05/2009 11:17:00</t>
+  </si>
+  <si>
+    <t>17/06/2009 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810313/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-de-la-photoprotection-des-patients-atteints-de-la-maladie-rare-xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>c_810313</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant à la maladie rare Mucoviscidose (ALD 18)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 5 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare Mucoviscidose (ALD 18) : * Vaccin de l'hépatite A * Dexchlorpheniramine injectable * Linezolide * Ondansetron * Sélénium</t>
+  </si>
+  <si>
+    <t>24/06/2009 10:59:00</t>
+  </si>
+  <si>
+    <t>10/07/2009 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_820067/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-maladie-rare-mucoviscidose-ald-18</t>
+  </si>
+  <si>
+    <t>c_820067</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge des maladies rares dans le cadre du dispositif ALD</t>
+  </si>
+  <si>
+    <t>Si la rareté de la maladie et la prise en compte de ses conséquences pour les malades justifient une organisation spécifique des soins reposant sur des centres de référence, elles ne justifient pas la création d’une ALD spécifique. Outre le fait que la fréquence ne saurait définir une maladie, une telle création éclaterait le cadre nosologique actuel des ALD et serait source de difficultés importantes pour définir les critères médicaux d’admission sans que l’on soit assuré que cela ait un impact positif réel pour les malades. La création d’une ALD spécifique maladies rares n’est donc pas recommandée. Plusieurs modifications du dispositif d’ALD sont en revanche proposées afin de parvenir à une prise en charge plus complète et équitable des maladies rares au sein du dispositif actuel des ALD.</t>
+  </si>
+  <si>
+    <t>24/11/2005 11:24:00</t>
+  </si>
+  <si>
+    <t>24/11/2005 13:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739352/fr/avis-de-la-has-sur-la-prise-en-charge-des-maladies-rares-dans-le-cadre-du-dispositif-ald</t>
+  </si>
+  <si>
+    <t>c_739352</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TAKHZYRO (lanadelumab)</t>
+  </si>
+  <si>
+    <t>05/02/2026 18:48:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982720/fr/takhzyro-lanadelumab</t>
   </si>
   <si>
     <t>pprd_2982720</t>
   </si>
   <si>
-    <t>lanadélumab</t>
+    <t>lanadelumab</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2973363/en/takhzyro-lanadelumab</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983527/en/imbruvica</t>
+    <t>https://www.has-sante.fr/jcms/c_2973363/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201790/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495394/fr/takhzyro-lanadelumab-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498741/fr/takhzyro-lanadelumab-angiooedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785142/fr/takhzyro-lanadelumab-angioedeme-hereditaire-aoh-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858395/fr/takhzyro-lanadelumab-angiooedeme-hereditaire-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>OFEV (nintédanib)</t>
+  </si>
+  <si>
+    <t>30/01/2026 15:09:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984523/fr/ofev-nintedanib</t>
+  </si>
+  <si>
+    <t>pprd_2984523</t>
+  </si>
+  <si>
+    <t>nintédanib</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038122/fr/ofev-nintedanib-inhibiteur-des-tyrosines-kinases</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225386/fr/ofev-pid-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225416/fr/ofev-pid-scs-chez-l-adulte-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410994/fr/ofev-nintedanib-fibrose-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845841/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-enfants-et-adolescents-6-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845776/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-chez-les-enfants-et-les-adolescents-ages-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>BENLYSTA (bélimumab)</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983294</t>
+  </si>
+  <si>
+    <t>bélimumab</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234522/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/fr/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/fr/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837718/fr/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>BRINSUPRI (brensocatib)</t>
+  </si>
+  <si>
+    <t>29/01/2026 09:05:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840592/fr/brinsupri-brensocatib</t>
+  </si>
+  <si>
+    <t>p_3840592</t>
+  </si>
+  <si>
+    <t>brensocatib</t>
+  </si>
+  <si>
+    <t>ISMED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840582/fr/brinsupri-brensocatib-bronchiectasies-non-liees-a-la-mucoviscidose</t>
+  </si>
+  <si>
+    <t>UPSTAZA (éladocagene exuparvovec)</t>
+  </si>
+  <si>
+    <t>28/01/2026 18:25:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398542/fr/upstaza-eladocagene-exuparvovec</t>
+  </si>
+  <si>
+    <t>p_3398542</t>
+  </si>
+  <si>
+    <t>éladocagène exuparvovec</t>
+  </si>
+  <si>
+    <t>PTC THERAPEUTICS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398547/fr/upstaza-eladocagene-exuparvovec-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402378/fr/upstaza-eladocagene-exuparvovec-deficit-en-decarboxylase-d-acide-l-amine-aromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482626/fr/upstaza-eladocagene-exuparvovec-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840501/fr/upstaza-eladocagene-exuparvovec-maladie-rare</t>
+  </si>
+  <si>
+    <t>IMCIVREE (setmélanotide)</t>
+  </si>
+  <si>
+    <t>26/01/2026 17:57:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310643/fr/imcivree-setmelanotide</t>
+  </si>
+  <si>
+    <t>p_3310643</t>
+  </si>
+  <si>
+    <t>setmélanotide</t>
+  </si>
+  <si>
+    <t>PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310631/fr/imcivree-setmelanotide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324540/fr/imcivree-setmelanotide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352501/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-sbb-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403261/fr/imcivree-setmelanotide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3416571/fr/imcivree-setmelanotide-pomc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421149/fr/imcivree-setmelanotide-syndrome-de-bardet-biedl-sbb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456790/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463613/fr/imcivree-setmelanotide-traitement-de-l-obesite-et-du-controle-de-la-faim-sbb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547474/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608590/fr/imcivree-setmelanotide-obesite-chez-les-enfants-de-2-a-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806737/fr/imcivree-setmelanotide-traitement-de-l-obesite-et-du-controle-de-la-faim-sbb-chez-les-patients-ages-de-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3835284/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>QUILOGA (rosuvastatine/ézétimibe)</t>
+  </si>
+  <si>
+    <t>20/01/2026 12:18:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603116/fr/quiloga-rosuvastatine/ezetimibe</t>
+  </si>
+  <si>
+    <t>p_3603116</t>
+  </si>
+  <si>
+    <t>rosuvastatine,ézétimibe</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602981/fr/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809524/fr/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>EZMEKLY (mirdamétinib)</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:33:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785413/fr/ezmekly-mirdametinib</t>
+  </si>
+  <si>
+    <t>p_3785413</t>
+  </si>
+  <si>
+    <t>mirdamétinib</t>
+  </si>
+  <si>
+    <t>CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785393/fr/ezmekly-mirdametinib-neurofibromatose-de-type-a-nf1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807407/fr/ezmekly-mirdametinib-neurofibromatose-de-type-a-nf1-chez-l-adulte-et-l-enfant-a-partir-de-2-ans</t>
+  </si>
+  <si>
+    <t>TEPEZZA (téprotumumab)</t>
+  </si>
+  <si>
+    <t>10/12/2025 16:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592975/fr/tepezza-teprotumumab</t>
+  </si>
+  <si>
+    <t>p_3592975</t>
+  </si>
+  <si>
+    <t>téprotumumab</t>
+  </si>
+  <si>
+    <t>AMGEN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592956/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785356/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>DUVYZAT (givinostat)</t>
+  </si>
+  <si>
+    <t>09/12/2025 15:08:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784649/fr/duvyzat-givinostat</t>
+  </si>
+  <si>
+    <t>p_3784649</t>
+  </si>
+  <si>
+    <t>givinostat</t>
+  </si>
+  <si>
+    <t>EFFIK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784629/fr/duvyzat-givinostat-dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>IMBRUVICA (ibrutinib)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983527/fr/imbruvica-ibrutinib</t>
   </si>
   <si>
     <t>pprd_2983527</t>
   </si>
   <si>
     <t>ibrutinib</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2049868/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3761970/en/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+    <t>https://www.has-sante.fr/jcms/c_2049868/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746213/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742289/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770187/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794717/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165709/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168596/fr/imbruvica-llc-en-association-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168611/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181104/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240237/fr/imbruvica-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332332/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427083/fr/imbruvica-ibrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741331/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761970/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
   </si>
   <si>
     <t>REBLOZYL (luspatercept)</t>
   </si>
   <si>
-    <t>12/01/2025 14:42:07</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3281288/en/reblozyl-luspatercept</t>
+    <t>01/12/2025 14:42:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281288/fr/reblozyl-luspatercept</t>
   </si>
   <si>
     <t>p_3281288</t>
   </si>
   <si>
     <t>luspatercept</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281010/en/reblozyl-25-ss-thalassemie-luspatercept</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984706/en/adempas</t>
+    <t>https://www.has-sante.fr/jcms/p_3281010/fr/reblozyl-25-luspatercept-ss-thalassemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281443/fr/reblozyl-luspatercept-syndrome-myelodysplasique-smd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490841/fr/reblozyl-luspatercept-anemie-associee-a-une-beta-thalassemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742011/fr/reblozyl-luspatercept-anemie-due-a-un-syndrome-myelodysplasique</t>
+  </si>
+  <si>
+    <t>ALHEMO (concizumab)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466254/fr/alhemo-concizumab</t>
+  </si>
+  <si>
+    <t>p_3466254</t>
+  </si>
+  <si>
+    <t>concizumab</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466237/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563330/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658189/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752762/fr/alhemo-concizumab-hemophilie-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>ADEMPAS (riociguat)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:08:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984706/fr/adempas-riociguat</t>
   </si>
   <si>
     <t>pprd_2984706</t>
   </si>
   <si>
     <t>riociguat</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1761611/en/adempas-riociguat-antihypertensive-for-pulmonary-arterial-hypertension</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3741668/en/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+    <t>https://www.has-sante.fr/jcms/c_1761611/fr/adempas-riociguat-antihypertenseur-pour-l-hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210936/fr/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222368/fr/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500927/fr/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526093/fr/adempas-riociguat-hypertension-arterielle-pulmonaire-htap-et-hypertension-pulmonaire-thromboembolique-chronique-htp-tec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741668/fr/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>ZOKINVY (lonafarnib)</t>
+  </si>
+  <si>
+    <t>10/11/2025 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368574/fr/zokinvy-lonafarnib</t>
+  </si>
+  <si>
+    <t>p_3368574</t>
+  </si>
+  <si>
+    <t>lonafarnib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368156/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424350/fr/zokinvy-lonafarnib-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455546/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3736069/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
   </si>
   <si>
     <t>FABHALTA (iptacopan)</t>
   </si>
   <si>
-    <t>11/06/2025 09:30:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517036/en/fabhalta-iptacopan</t>
+    <t>06/11/2025 09:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517036/fr/fabhalta-iptacopan</t>
   </si>
   <si>
     <t>p_3517036</t>
   </si>
   <si>
     <t>iptacopan</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3517015/en/fabhalta-iptacopan-hemoglobinurie-paroxystique-nocturne</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3263782/en/libmeldy-2-10-x-106-cellules/ml-dispersion-pour-perfusion-atidarsagene-autotemcel</t>
+    <t>https://www.has-sante.fr/jcms/p_3517015/fr/fabhalta-iptacopan-hemoglobinurie-paroxystique-nocturne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560827/fr/fabhalta-iptacopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689646/fr/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704152/fr/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
+  </si>
+  <si>
+    <t>VYJUVEK (bérémagène géperpavec)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:33:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543163/fr/vyjuvek-beremagene-geperpavec</t>
+  </si>
+  <si>
+    <t>p_3543163</t>
+  </si>
+  <si>
+    <t>bérémagène géperpavec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543140/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689626/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704146/fr/vyjuvek-beremagene-geperpavec-epidermolyse-bulleuse-dystrophique-des-la-naissance</t>
+  </si>
+  <si>
+    <t>LIBMELDY (atidarsagène autotemcel)</t>
+  </si>
+  <si>
+    <t>28/10/2025 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263782/fr/libmeldy-atidarsagene-autotemcel</t>
   </si>
   <si>
     <t>p_3263782</t>
   </si>
   <si>
     <t>atidarsagène autotemcel</t>
   </si>
   <si>
     <t>ORCHARD THERAPEUTICS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3263243/en/libmeldy-population-autologue-enrichie-en-cellules-cd34-qui-contient-des-cellules-souches-progenitrices-hematopoietiques-transduites-ex-vivo-avec-un-vecteur-lentiviral-codant-le-gene-de-l-arylsulfatase-a-humaine</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3702884/en/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique-30-mois-6-ans</t>
+    <t>https://www.has-sante.fr/jcms/p_3263243/fr/libmeldy-population-autologue-enrichie-en-cellules-cd34-qui-contient-des-cellules-souches-progenitrices-hematopoietiques-transduites-ex-vivo-avec-un-vecteur-lentiviral-codant-le-gene-de-l-arylsulfatase-a-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295376/fr/libmeldy-2-10-x-106-cellules/ml-dispersion-pour-perfusion-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3379875/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466391/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543093/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555789/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique-ldm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602613/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique-30-mois-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702884/fr/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique-30-mois-6-ans</t>
   </si>
   <si>
     <t>TIBSOVO (ivosidenib)</t>
   </si>
   <si>
-    <t>10/07/2025 17:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3467581/en/tibsovo-ivosidenib</t>
+    <t>07/10/2025 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467581/fr/tibsovo-ivosidenib</t>
   </si>
   <si>
     <t>p_3467581</t>
   </si>
   <si>
     <t>ivosidenib</t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3574834/en/tibsovo-ivosidenib-cancer-voies-biliaires</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3220496/en/kaftrio-/-kalydeco</t>
+    <t>https://www.has-sante.fr/jcms/p_3574834/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467526/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide-lam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486120/fr/tibsovo-ivosidenib-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398889/fr/tibsovo-ivosidenib-servier-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482424/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431997/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587094/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>KAFTRIO (ivacaftor/tezacaftor/elexacaftor) / KALYDECO (ivacaftor)</t>
+  </si>
+  <si>
+    <t>02/10/2025 15:09:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220496/fr/kaftrio-ivacaftor/tezacaftor/elexacaftor-/-kalydeco-ivacaftor</t>
   </si>
   <si>
     <t>p_3220496</t>
   </si>
   <si>
     <t>KAFTRIO : ivacaftor/tezacaftor/elexacaftor,KALYDECO : ivacaftor</t>
   </si>
   <si>
     <t>VERTEX PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3220388/en/kaftrio-/-kalydeco</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984525/en/ketoconazole-hra-ketoconazole</t>
+    <t>https://www.has-sante.fr/jcms/p_3220388/fr/kaftrio-/-kalydeco-kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor/-kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303740/fr/kaftrio-75-mg/50-mg/100-mg-elexacaftor/-ivacaftor/-tezacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327002/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343179/fr/kaftrio-elexacaftor/-ivacaftor/-tezacaftor-mucoviscidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460538/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose-2-ans-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460573/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose-enfant-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517566/fr/kaftrio-ivacaftor/tezacaftor/elexacaftor-en-association-avec-kalydeco-ivacaftor-mucoviscidose-de-2-ans-a-moins-de-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552796/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor-en-association-avec-kalydeco-ivacaftor-mucoviscidose-enfant-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644626/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor-en-association-avec-kalydeco-mucoviscidose-2-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685915/fr/kaftrio-ivacaftor/tezacaftor/elexacaftor-/-kalydeco-ivacaftor-mucoviscidose-chez-les-patients-ages-de-2-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689248/fr/kaftrio-/-kalydeco-ivacaftor/tezacaftor/elexacaftor-mucoviscidose-chez-l-adulte-et-l-enfant-a-partir-de-2-ans</t>
+  </si>
+  <si>
+    <t>EMCITATE (tiratricol)</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:00:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639866/fr/emcitate-tiratricol</t>
+  </si>
+  <si>
+    <t>p_3639866</t>
+  </si>
+  <si>
+    <t>tiratricol</t>
+  </si>
+  <si>
+    <t>EGETIS THERAPEUTICS AB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639856/fr/emcitate-tiratricol-thyrotoxicose-peripherique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686952/fr/emcitate-tiratricol-thyrotoxicose-peripherique</t>
+  </si>
+  <si>
+    <t>WINREVAIR (sotatercept)</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508336/fr/winrevair-sotatercept</t>
+  </si>
+  <si>
+    <t>p_3508336</t>
+  </si>
+  <si>
+    <t>sotatercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508311/fr/winrevair-sotatercept-hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587114/fr/winrevair-sotatercept-hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606289/fr/winrevair-sotatercept-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658407/fr/winrevair-sotatercept-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>WAINZUA (éplontersen)</t>
+  </si>
+  <si>
+    <t>15/09/2025 08:42:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638372/fr/wainzua-eplontersen</t>
+  </si>
+  <si>
+    <t>p_3638372</t>
+  </si>
+  <si>
+    <t>éplontersen</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638357/fr/wainzua-eplontersen-amylose-hereditaire-a-transthyretine-avec-polyneuropathie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658183/fr/wainzua-eplontersen-amylose-hereditaire-a-transthyretine-avec-polyneuropathie</t>
+  </si>
+  <si>
+    <t>KETOCONAZOLE (kétoconazole)</t>
+  </si>
+  <si>
+    <t>12/09/2025 16:10:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984525/fr/ketoconazole-ketoconazole</t>
   </si>
   <si>
     <t>pprd_2984525</t>
   </si>
   <si>
     <t>kétoconazole</t>
   </si>
   <si>
     <t>ARROW GENERIQUES / BIOGARAN / HRA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2038116/en/ketoconazole-hra-ketoconazole-imidazole</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3658186/en/ketoconazole-biogaran-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_2038116/fr/ketoconazole-hra-ketoconazole-imidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643542/fr/ketoconazole-arrow-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658186/fr/ketoconazole-biogaran-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
   </si>
   <si>
     <t>KOSELUGO (sélumétinib)</t>
   </si>
   <si>
-    <t>09/10/2025 13:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3322927/en/koselugo-selumetinib</t>
+    <t>10/09/2025 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322927/fr/koselugo-selumetinib</t>
   </si>
   <si>
     <t>p_3322927</t>
   </si>
   <si>
     <t>sélumétinib</t>
   </si>
   <si>
     <t>Laboratoire AstraZeneca</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3322781/en/koselugo-selumetinib-neurofibromes-plexiformes</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3644451/en/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
+    <t>https://www.has-sante.fr/jcms/p_3322781/fr/koselugo-selumetinib-neurofibromes-plexiformes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644451/fr/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
   </si>
   <si>
     <t>NEXVIADYME (avalglucosidase alfa)</t>
   </si>
   <si>
-    <t>09/10/2025 13:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3374119/en/nexviadyme-avalglucosidase-alfa</t>
+    <t>10/09/2025 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374119/fr/nexviadyme-avalglucosidase-alfa</t>
   </si>
   <si>
     <t>p_3374119</t>
   </si>
   <si>
     <t>avalglucosidase alfa</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3374079/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3644517/en/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
+    <t>https://www.has-sante.fr/jcms/p_3374079/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390671/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467298/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554673/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644517/fr/nexviadyme-avalglucosidase-alfa-maladie-de-pompe</t>
   </si>
   <si>
     <t>EVKEEZA (évinacumab)</t>
   </si>
   <si>
-    <t>09/10/2025 11:33:16</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3386112/en/evkeeza-evinacumab</t>
+    <t>10/09/2025 11:33:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386112/fr/evkeeza-evinacumab</t>
   </si>
   <si>
     <t>p_3386112</t>
   </si>
   <si>
     <t>évinacumab</t>
   </si>
   <si>
     <t>ULTRAGENYX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3385348/en/evkeeza-evinacumab</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643896/en/evkeeza-evinacumab-hypercholesterolemie-familiale-homozygote-chez-l-enfant-de-6-mois-a-4-ans</t>
+    <t>https://www.has-sante.fr/jcms/p_3385348/fr/evkeeza-evinacumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448101/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460124/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503277/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515705/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515708/fr/evkeeza-evinacumab-hypercholesterolemie-familiale-homozygote-chez-l-enfant-de-5-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602593/fr/evkeeza-evinacumab-hypercholesterolemie-homozygote-familiale-pediatrie-6-mois-a-4-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643896/fr/evkeeza-evinacumab-hypercholesterolemie-familiale-homozygote-chez-l-enfant-de-6-mois-a-4-ans</t>
   </si>
   <si>
     <t>VEYVONDI (vonicog alfa)</t>
   </si>
   <si>
-    <t>09/03/2025 09:35:10</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982964/en/veyvondi-vonicog-alfa</t>
+    <t>03/09/2025 09:35:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982964/fr/veyvondi-vonicog-alfa</t>
   </si>
   <si>
     <t>pprd_2982964</t>
   </si>
   <si>
     <t>vonicog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2891542/en/veyvondi-vonicog-alfa</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643239/en/veyvondi-vonicog-alfa-von-willebrand-disease-vwd</t>
+    <t>https://www.has-sante.fr/jcms/c_2891542/fr/veyvondi-vonicog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643239/fr/veyvondi-vonicog-alfa-maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>EUROBIOL (poudre de pancréas d'origine porcine)</t>
+  </si>
+  <si>
+    <t>03/09/2025 09:29:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984479/fr/eurobiol-poudre-de-pancreas-d-origine-porcine</t>
+  </si>
+  <si>
+    <t>pprd_2984479</t>
+  </si>
+  <si>
+    <t>poudre de pancréas d'origine porcine</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400303/fr/eurobiol-25-000-u-microgranules-gastro-resistants-en-gelule-boite-de-90-code-cip-342-500-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400620/fr/eurobiol-12500-u/dose-granules-flacon-s-en-verre-brun-de-20-g-avec-cuillere-mesure-polystyrene-cip-367-744-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969540/fr/eurobiol-poudre-de-pancreas-d-origine-porcine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245657/fr/eurobiol-poudre-de-pancreas-d-origine-porcine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017372/fr/eurobiol-poudre-de-pancreas-d-origine-porcine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044643/fr/eurobiol-poudre-de-pancreas-d-origine-porcine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643230/fr/eurobiol-poudre-de-pancreas-d-origine-porcine-insuffisance-pancreatique-exocrine</t>
   </si>
   <si>
     <t>PEGASYS (peginterféron alfa-2a)</t>
   </si>
   <si>
-    <t>08/07/2025 10:59:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983134/en/pegasys-peginterferon-alfa-2a</t>
+    <t>07/08/2025 10:59:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983134/fr/pegasys-peginterferon-alfa-2a</t>
   </si>
   <si>
     <t>pprd_2983134</t>
   </si>
   <si>
     <t>peginterféron alfa-2a</t>
   </si>
   <si>
     <t>CHEPLAPHARM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399754/en/pegasys-135-g-solution-injectable-en-seringue-preremplie-b/1-b/4pegasys-180-g-solution-injectable-en-seringue-preremplie-b/1-b/4-peginterferon-alfa-2a</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639817/en/pegasys-peginterferon-alfa-2a-polycythaemia-vera-or-essential-thrombocythaemia</t>
+    <t>https://www.has-sante.fr/jcms/c_399754/fr/pegasys-135-g-solution-injectable-en-seringue-preremplie-b/1-b/4pegasys-180-g-solution-injectable-en-seringue-preremplie-b/1-b/4-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400333/fr/pegasys-135-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4-pegasys-180-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749190/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713153/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937965/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364580/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735588/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735592/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868377/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860526/fr/pegasys-peginterferon-alfa-2a-interferon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639817/fr/pegasys-peginterferon-alfa-2a-polyglobulie-de-vaquez-et-thrombocytemie-essentielle</t>
   </si>
   <si>
     <t>BESREMI (ropeginterféron alfa-2b)</t>
   </si>
   <si>
-    <t>08/07/2025 10:46:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3225639/en/besremi-ropeginterferon-alfa-2b</t>
+    <t>07/08/2025 10:46:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225639/fr/besremi-ropeginterferon-alfa-2b</t>
   </si>
   <si>
     <t>p_3225639</t>
   </si>
   <si>
     <t>ropeginterféron alfa-2b</t>
   </si>
   <si>
     <t>AOP ORPHAN PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3225401/en/besremi-ropeginterferon-alfa-2b</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984024/en/jakavi</t>
+    <t>https://www.has-sante.fr/jcms/p_3225401/fr/besremi-ropeginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639637/fr/besremi-ropeginterferon-alfa-2b-maladie-de-vaquez-polycythemie-vraie</t>
+  </si>
+  <si>
+    <t>CARVYKTI (ciltacabtagene autoleucel)</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:49:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348772/fr/carvykti-ciltacabtagene-autoleucel</t>
+  </si>
+  <si>
+    <t>p_3348772</t>
+  </si>
+  <si>
+    <t>ciltacabtagene autoleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348751/fr/carvykti-ciltacabtagene-autoleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392179/fr/carvykti-ciltacabtagene-autoleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639814/fr/carvykti-ciltacabtagene-autoleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>JAKAVI (ruxolitinib)</t>
+  </si>
+  <si>
+    <t>24/07/2025 10:55:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984024/fr/jakavi-ruxolitinib</t>
   </si>
   <si>
     <t>pprd_2984024</t>
   </si>
   <si>
     <t>ruxolitinib</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1359739/en/jakavi</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3637170/en/jakavi-ruxolitinib-graft-versus-host-disease-gvhd</t>
+    <t>https://www.has-sante.fr/jcms/c_1359739/fr/jakavi-ruxolitinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651869/fr/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608680/fr/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580831/fr/jakavi-ruxolitinib-inhibiteur-de-proteine-kinase-progres-therapeutique-mineur-en-deuxieme-ligne-de-traitement-de-la-polyglobulie-de-vaquez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331384/fr/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358913/fr/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382742/fr/jakavi-ruxolitinib-maladie-du-greffon-contre-l-hote-aigue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422332/fr/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576262/fr/jakavi-ruxolitinib-maladie-du-greffon-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633391/fr/jakavi-ruxolitinib-gvhd-maladie-du-greffon-contre-l-hote-chez-le-nourrisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637170/fr/jakavi-ruxolitinib-greffon-contre-l-hote-gvhd</t>
   </si>
   <si>
     <t>WELIREG (belzutifan)</t>
   </si>
   <si>
-    <t>07/16/2025 16:46:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3633425/en/welireg-belzutifan</t>
+    <t>16/07/2025 16:46:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633425/fr/welireg-belzutifan</t>
   </si>
   <si>
     <t>p_3633425</t>
   </si>
   <si>
     <t>belzutifan</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3633406/en/welireg-belzutifan-maladie-de-von-hippel-lindau</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3635779/en/welireg-belzutifan-von-hippel-lindau-disease-vhl</t>
+    <t>https://www.has-sante.fr/jcms/p_3633406/fr/welireg-belzutifan-maladie-de-von-hippel-lindau</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635779/fr/welireg-belzutifan-maladie-de-von-hippel-lindau-vhl</t>
   </si>
   <si>
     <t>AYVAKYT (avapritinib)</t>
   </si>
   <si>
-    <t>06/30/2025 08:42:25</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242313/en/ayvakyt-avapritinib</t>
+    <t>30/06/2025 08:42:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242313/fr/ayvakyt-avapritinib</t>
   </si>
   <si>
     <t>p_3242313</t>
   </si>
   <si>
     <t>avapritinib</t>
   </si>
   <si>
     <t>BLUEPRINT MEDICINES FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3242174/en/ayvakyt-avapritinib</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3633266/en/ayvakyt-avapritinib-gastrointestinal-stromal-tumours-gist</t>
+    <t>https://www.has-sante.fr/jcms/p_3242174/fr/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359432/fr/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376534/fr/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449806/fr/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538225/fr/ayvakyt-avapritinib-mastocytose-systemique-indolente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633266/fr/ayvakyt-avapritinib-tumeurs-stromales-gastro-intestinales-gist</t>
   </si>
   <si>
     <t>VYVGART (efgartigimod alfa)</t>
   </si>
   <si>
-    <t>06/24/2025 15:31:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3359145/en/vyvgart-efgartigimod-alfa</t>
+    <t>24/06/2025 15:31:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359145/fr/vyvgart-efgartigimod-alfa</t>
   </si>
   <si>
     <t>p_3359145</t>
   </si>
   <si>
     <t>efgartigimod alfa</t>
   </si>
   <si>
     <t>ARGENX BV</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3359123/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3632389/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+    <t>https://www.has-sante.fr/jcms/p_3359123/fr/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402357/fr/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455583/fr/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516768/fr/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516792/fr/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536075/fr/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632389/fr/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>ASPAVELI (pegcetacoplan)</t>
+  </si>
+  <si>
+    <t>18/06/2025 10:10:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3317823/fr/aspaveli-pegcetacoplan</t>
+  </si>
+  <si>
+    <t>p_3317823</t>
+  </si>
+  <si>
+    <t>pegcetacoplan</t>
+  </si>
+  <si>
+    <t>SOBI (SWEDISH ORPHAN BIOVITRUM)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3317787/fr/aspaveli-pegcetacoplan-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322084/fr/aspaveli-pegcetacoplan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419396/fr/aspaveli-pegcetacoplan-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560833/fr/aspaveli-pegcetacoplan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610020/fr/aspaveli-pegcetacoplan-hemoglobinurie-paroxystique-nocturne</t>
+  </si>
+  <si>
+    <t>PEDMARQSI (thiosulfate de sodium)</t>
+  </si>
+  <si>
+    <t>05/06/2025 11:03:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602002/fr/pedmarqsi-thiosulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3602002</t>
+  </si>
+  <si>
+    <t>thiosulfate de sodium</t>
+  </si>
+  <si>
+    <t>NORGINE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601988/fr/pedmarqsi-thiosulfate-de-sodium-prevention-de-l-ototoxicite-du-cisplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608587/fr/pedmarqsi-thiosulfate-de-sodium-prevention-de-l-ototoxicite-du-cisplatine-chez-les-patients-ages-de-1mois-a-18ans</t>
   </si>
   <si>
     <t>EVRYSDI (risdiplam)</t>
   </si>
   <si>
-    <t>05/21/2025 16:29:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289152/en/evrysdi-risdiplam</t>
+    <t>21/05/2025 16:29:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289152/fr/evrysdi-risdiplam</t>
   </si>
   <si>
     <t>p_3289152</t>
   </si>
   <si>
     <t>risdiplam</t>
   </si>
   <si>
     <t>ROCHE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3289078/en/evrysdi-0-75-mg/ml-risdiplam</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3606847/en/evrysdi-risdiplam-spinal-muscular-atrophy-sma</t>
+    <t>https://www.has-sante.fr/jcms/p_3289078/fr/evrysdi-risdiplam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606847/fr/evrysdi-risdiplam-amyotrophie-spinale-sma</t>
+  </si>
+  <si>
+    <t>HYMPAVZI (marstacimab)</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:37:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597514/fr/hympavzi-marstacimab</t>
+  </si>
+  <si>
+    <t>p_3597514</t>
+  </si>
+  <si>
+    <t>marstacimab</t>
+  </si>
+  <si>
+    <t>PFIZER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597499/fr/hympavzi-marstacimab-hemophilie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606841/fr/hympavzi-marstacimab-hemophilie</t>
+  </si>
+  <si>
+    <t>LIVMARLI (maralixibat)</t>
+  </si>
+  <si>
+    <t>15/05/2025 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418168/fr/livmarli-maralixibat</t>
+  </si>
+  <si>
+    <t>p_3418168</t>
+  </si>
+  <si>
+    <t>maralixibat</t>
+  </si>
+  <si>
+    <t>MIRUM PHARMACEUTICALS INTERNATIONAL B.V.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418145/fr/livmarli-maralixibat-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421134/fr/livmarli-maralixibat-syndrome-d-alagille-sag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500260/fr/livmarli-maralixibat-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554585/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556731/fr/livmarli-maralixibat-cholestase-intrahepatique-progressive-familiale-pfic</t>
   </si>
   <si>
     <t>WAKIX (pitolisant)</t>
   </si>
   <si>
-    <t>05/12/2025 17:15:54</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984044/en/wakix-pitolisant</t>
+    <t>12/05/2025 17:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984044/fr/wakix-pitolisant</t>
   </si>
   <si>
     <t>pprd_2984044</t>
   </si>
   <si>
     <t>pitolisant (chlorhydrate de)</t>
   </si>
   <si>
     <t>BIOPROJET PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2656361/en/wakix-pitolisant-histamine-h3-inverse-agonist/antagonist</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3602981/en/quiloga-rosuvastatin/ezetimibe-hypercholesterolaemia</t>
+    <t>https://www.has-sante.fr/jcms/c_2656361/fr/wakix-pitolisant-antagoniste/agoniste-inverse-des-recepteurs-h3-a-l-histamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456303/fr/wakix-pitolisant-narcolepsie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603851/fr/wakix-pitolisant-narcolepsie</t>
+  </si>
+  <si>
+    <t>SELADELPAR GILEAD (seladelpar lysine dihydraté)</t>
+  </si>
+  <si>
+    <t>17/04/2025 16:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601983/fr/seladelpar-gilead-seladelpar-lysine-dihydrate</t>
+  </si>
+  <si>
+    <t>p_3601983</t>
+  </si>
+  <si>
+    <t>seladelpar</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601952/fr/seladelpar-gilead-seladelpar-lysine-dihydrate-cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>ELAHERE (mirvetuximab soravtansine)</t>
+  </si>
+  <si>
+    <t>11/04/2025 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593014/fr/elahere-mirvetuximab-soravtansine</t>
+  </si>
+  <si>
+    <t>p_3593014</t>
+  </si>
+  <si>
+    <t>mirvetuximab soravtansine</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592985/fr/elahere-mirvetuximab-soravtansine-cancer-de-l-ovaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601719/fr/elahere-mirvetuximab-soravtansine-cancer-de-l-ovaire</t>
+  </si>
+  <si>
+    <t>VOXZOGO (vosoritide)</t>
+  </si>
+  <si>
+    <t>24/03/2025 17:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304529/fr/voxzogo-vosoritide</t>
+  </si>
+  <si>
+    <t>p_3304529</t>
+  </si>
+  <si>
+    <t>vosoritide</t>
+  </si>
+  <si>
+    <t>BIOMARIN INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313571/fr/voxzogo-vosoritide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304519/fr/voxzogo-0-4-0-56-1-2-mg-vosoritide-achondroplasie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385532/fr/voxzogo-0-4-0-56-1-2-mg-vosoritide-achondroplasie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598534/fr/voxzogo-vosoritide-achondroplasie-chez-les-patients-ages-de-4-mois-a-moins-de-5-ans</t>
   </si>
   <si>
     <t>VOYDEYA (danicopan)</t>
   </si>
   <si>
-    <t>03/13/2025 15:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3561246/en/voydeya-danicopan</t>
+    <t>13/03/2025 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561246/fr/voydeya-danicopan</t>
   </si>
   <si>
     <t>p_3561246</t>
   </si>
   <si>
     <t>danicopan</t>
   </si>
   <si>
     <t>ALEXION PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3560836/en/voydeya-danicopan-paroxysmal-nocturnal-haemoglobinuria</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3427786/en/bylvay-odevixibat</t>
+    <t>https://www.has-sante.fr/jcms/p_3560836/fr/voydeya-danicopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482363/fr/danicopan-danicopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+  </si>
+  <si>
+    <t>KAYFANDA (odevixibat)</t>
+  </si>
+  <si>
+    <t>10/03/2025 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427786/fr/kayfanda-odevixibat</t>
   </si>
   <si>
     <t>p_3427786</t>
   </si>
   <si>
     <t>odevixibat</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3427763/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3500210/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+    <t>https://www.has-sante.fr/jcms/p_3427763/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586458/fr/kayfanda-odevixibat-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500210/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
   </si>
   <si>
     <t>BYLVAY (odevixibat)</t>
   </si>
   <si>
-    <t>03/10/2025 18:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3587516/en/bylvay-odevixibat</t>
+    <t>10/03/2025 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587516/fr/bylvay-odevixibat</t>
   </si>
   <si>
     <t>p_3587516</t>
   </si>
   <si>
     <t>ALBIREO AB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3299696/en/bylvay-odevixibat</t>
+    <t>https://www.has-sante.fr/jcms/p_3299696/fr/bylvay-odevixibat</t>
+  </si>
+  <si>
+    <t>RYSTIGGO (rozanolixizumab)</t>
+  </si>
+  <si>
+    <t>06/03/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515669/fr/rystiggo-rozanolixizumab</t>
+  </si>
+  <si>
+    <t>p_3515669</t>
+  </si>
+  <si>
+    <t>rozanolixizumab</t>
+  </si>
+  <si>
+    <t>UCB PHARMA S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515653/fr/rystiggo-rozanolixizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517163/fr/rystiggo-rozanolixizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594381/fr/rystiggo-rozanolixizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>CUVITRU (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>05/03/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983142/fr/cuvitru-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983142</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale (plasmatique)</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867481/fr/cuvitru-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399879/fr/cuvitru-immunoglobuline-humaine-normale-deficit-immunitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592810/fr/cuvitru-immunoglobuline-humaine-normale-immunoglobuline</t>
   </si>
   <si>
     <t>HYQVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>03/05/2025 18:58:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983419/en/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983419/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983419</t>
   </si>
   <si>
-    <t>immunoglobuline humaine normale (plasmatique)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594402/en/hyqvia-human-normal-immunoglobulin-chronic-inflammatory-demyelinating-neuropathy-cidp</t>
+    <t>https://www.has-sante.fr/jcms/c_2823770/fr/hyqvia-immunoglobuline-humaine-normale-immunoglobuline-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559091/fr/hyqvia-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480473/fr/hyqvia-immunoglobuline-humaine-normale-co-administree-avec-la-hyaluronidase-humaine-recombinante-immunoglobuline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594402/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique-polyradiculonevrite-inflammatoire-demyelinisante-chronique-pidc</t>
   </si>
   <si>
     <t>AMVUTTRA (vutrisiran)</t>
   </si>
   <si>
-    <t>02/26/2025 08:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3395883/en/amvuttra-vutrisiran</t>
+    <t>26/02/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395883/fr/amvuttra-vutrisiran</t>
   </si>
   <si>
     <t>p_3395883</t>
   </si>
   <si>
     <t>vutrisiran</t>
   </si>
   <si>
     <t>ALNYLAM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3395907/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3592928/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
+    <t>https://www.has-sante.fr/jcms/p_3395907/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402366/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482344/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592928/fr/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
+  </si>
+  <si>
+    <t>XENPOZYME (olipudase alfa)</t>
+  </si>
+  <si>
+    <t>25/02/2025 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325557/fr/xenpozyme-olipudase-alfa</t>
+  </si>
+  <si>
+    <t>p_3325557</t>
+  </si>
+  <si>
+    <t>olipudase alfa</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325559/fr/xenpozyme-olipudase-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396519/fr/xenpozyme-olipudase-alfa-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431851/fr/xenpozyme-olipudase-alfa-deficit-en-sphingomyelinase-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456309/fr/xenpozyme-olipudase-alfa-maladie-rare</t>
   </si>
   <si>
     <t>SKYCLARYS (omaveloxolone)</t>
   </si>
   <si>
-    <t>02/10/2025 08:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3474040/en/skyclarys-omaveloxolone</t>
+    <t>10/02/2026 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474040/fr/skyclarys-omaveloxolone</t>
   </si>
   <si>
     <t>p_3474040</t>
   </si>
   <si>
     <t>omaveloxolone</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3474022/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3589534/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+    <t>https://www.has-sante.fr/jcms/p_3474022/fr/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542845/fr/skyclarys-omaveloxolone-ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589534/fr/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859207/fr/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>ADZYNMA (ADAMTS13r)</t>
+  </si>
+  <si>
+    <t>30/01/2025 16:28:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495308/fr/adzynma-adamts13r</t>
+  </si>
+  <si>
+    <t>p_3495308</t>
+  </si>
+  <si>
+    <t>ADAMTS13r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495284/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576108/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586231/fr/adzynma-adamts13r-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
   </si>
   <si>
     <t>LAMZEDE (velmanase alfa)</t>
   </si>
   <si>
-    <t>01/10/2025 08:45:12</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982928/en/lamzede-velmanase-alfa</t>
+    <t>10/01/2025 08:45:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982928/fr/lamzede-velmanase-alfa</t>
   </si>
   <si>
     <t>pprd_2982928</t>
   </si>
   <si>
     <t>velmanase alfa</t>
   </si>
   <si>
     <t>CHIESI SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2894917/en/lamzede-velmanase-alpha-enzyme</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984153/en/kalydeco</t>
+    <t>https://www.has-sante.fr/jcms/c_2894917/fr/lamzede-velmanase-alpha-enzyme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313547/fr/lamzede-velmanase-alfa-alpha-mannosidose-legere-a-moderee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577018/fr/lamzede-velmanase-alfa-alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>KALYDECO (ivacaftor)</t>
+  </si>
+  <si>
+    <t>10/01/2025 08:43:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984153/fr/kalydeco-ivacaftor</t>
   </si>
   <si>
     <t>pprd_2984153</t>
   </si>
   <si>
     <t>ivacaftor</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1343136/en/kalydeco</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3577036/en/kalydeco-ivacaftor-cystic-fibrosis</t>
+    <t>https://www.has-sante.fr/jcms/c_1343136/fr/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778225/fr/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024569/fr/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621285/fr/kalydeco-ivacaftor-potentiateur-selectif-de-la-proteine-cftr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098921/fr/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191297/fr/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289682/fr/kalydeco-ivacaftor-mucoviscidose-nourrissons-4-6-mois</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289700/fr/symkevi-tezacaftor/ivacaftor-en-association-avec-kalydeco-ivacaftor-mucoviscidose-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302605/fr/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343182/fr/kalydeco-ivacaftor-mucoviscidose-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372074/fr/kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478096/fr/kalydeco-ivacaftor-mucoviscidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577036/fr/kalydeco-ivacaftor-mucoviscidose</t>
   </si>
   <si>
     <t>PHEBURANE (phénylbutyrate de sodium)</t>
   </si>
   <si>
-    <t>01/09/2025 09:27:51</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984832/en/pheburane-phenylbutyrate-de-sodium</t>
+    <t>09/01/2025 09:27:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984832/fr/pheburane-phenylbutyrate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984832</t>
   </si>
   <si>
     <t>phénylbutyrate de sodium</t>
   </si>
   <si>
     <t>LUCANE PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1720968/en/pherubane</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3576423/en/pheburane-sodium-phenylbutyrate-urea-cycle-disorders</t>
+    <t>https://www.has-sante.fr/jcms/c_1720968/fr/pheburane-phenylbutyrate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576423/fr/pheburane-phenylbutyrate-de-sodium-desordres-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>CASGEVY (exagamglogene autotemcel)</t>
+  </si>
+  <si>
+    <t>20/12/2024 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490709/fr/casgevy-exagamglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3490709</t>
+  </si>
+  <si>
+    <t>exagamglogene autotemcel</t>
+  </si>
+  <si>
+    <t>VERTEX PHARMACEUTICALS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490695/fr/casgevy-exagamglogene-autotemcel-thalassemie-dependante-des-transfusions-tdt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534430/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541918/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe-chez-les-patients-ages-de-plus-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545557/fr/casgevy-exagamglogene-autotemcel-ss-thalassemie-dependante-des-transfusions-tdt</t>
   </si>
   <si>
     <t>BRINEURA (cerliponase alfa)</t>
   </si>
   <si>
     <t>12/12/2024 08:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983205/en/brineura-cerliponase-alfa</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983205/fr/brineura-cerliponase-alfa</t>
   </si>
   <si>
     <t>pprd_2983205</t>
   </si>
   <si>
     <t>cerliponase alfa</t>
   </si>
   <si>
-    <t>BIOMARIN INTERNATIONAL LIMITED</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3571320/en/brineura-150-mg-cerliponase-alfa-rare-disease</t>
+    <t>https://www.has-sante.fr/jcms/c_2859880/fr/brineura-cerliponase-alfa-classe-simple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3571320/fr/brineura-cerliponase-alfa-maladie-rare</t>
+  </si>
+  <si>
+    <t>ALTUVOCT (efanesoctocog alfa)</t>
+  </si>
+  <si>
+    <t>05/12/2024 11:39:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499809/fr/altuvoct-efanesoctocog-alfa</t>
+  </si>
+  <si>
+    <t>p_3499809</t>
+  </si>
+  <si>
+    <t>efanesoctocog alfa</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499791/fr/altuvoct-efanesoctocog-alfa-hemophilie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563529/fr/altuvoct-efanesoctocog-alfa-hemophilie</t>
   </si>
   <si>
     <t>ZILBRYSQ (zilucoplan sodique)</t>
   </si>
   <si>
-    <t>11/29/2024 16:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505560/en/zilbrysq-zilucoplan-sodique</t>
+    <t>29/11/2024 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505560/fr/zilbrysq-zilucoplan-sodique</t>
   </si>
   <si>
     <t>p_3505560</t>
   </si>
   <si>
     <t>zilucoplan sodique</t>
   </si>
   <si>
-    <t>UCB PHARMA S.A.</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3420820/en/zilbrysq-zilucoplan-myasthenie</t>
+    <t>https://www.has-sante.fr/jcms/p_3503160/fr/zilbrysq-zilucoplan-sodique-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420820/fr/zilbrysq-zilucoplan-myasthenie</t>
   </si>
   <si>
     <t>QALSODY (tofersen)</t>
   </si>
   <si>
-    <t>11/28/2024 15:44:01</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3551919/en/qalsody-tofersen</t>
+    <t>28/11/2024 15:44:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3551919/fr/qalsody-tofersen</t>
   </si>
   <si>
     <t>p_3551919</t>
   </si>
   <si>
     <t>tofersen</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3551002/en/qalsody-tofersen-sclerose-laterale-amyotrophique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3561111/en/qalsody-tofersen-amyotrophic-lateral-sclerosis-als</t>
+    <t>https://www.has-sante.fr/jcms/p_3551002/fr/qalsody-tofersen-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561111/fr/qalsody-tofersen-sclerose-laterale-amyotrophique-sla</t>
   </si>
   <si>
     <t>FINTEPLA (fenfluramine)</t>
   </si>
   <si>
-    <t>11/27/2024 17:04:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3270401/en/fintepla-fenfluramine</t>
+    <t>27/11/2024 17:04:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270401/fr/fintepla-fenfluramine</t>
   </si>
   <si>
     <t>p_3270401</t>
   </si>
   <si>
     <t>fenfluramine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3269738/en/fintepla-fenfluramine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3561257/en/fintepla-fenfluramine-epilepsy</t>
+    <t>https://www.has-sante.fr/jcms/p_3269738/fr/fintepla-fenfluramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561260/fr/fintepla-fenfluramine-epilepsie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561257/fr/fintepla-fenfluramine-epilepsie</t>
   </si>
   <si>
     <t>RAPAMUNE (sirolimus)</t>
   </si>
   <si>
-    <t>11/21/2024 15:29:11</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982784/en/rapamune-sirolimus</t>
+    <t>21/11/2024 15:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982784/fr/rapamune-sirolimus</t>
   </si>
   <si>
     <t>pprd_2982784</t>
   </si>
   <si>
     <t>sirolimus</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399282/en/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3557612/en/rapamune-sirolimus-sporadic-lymphangioleiomyomatosis</t>
+    <t>https://www.has-sante.fr/jcms/c_399282/fr/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399860/fr/rapamune-2-mg-comprime-enrobe-boite-de-30-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400336/fr/rapamune-1-mg-comprime-enrobe-boite-de-30-code-cip-359-530-1-rapamune-2-mg-comprime-enrobe-boite-de-30-code-cip-361-568-2-rapamune-1-mg/ml-solution-buvable-flacon-60-ml-code-cip-356-884-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684072/fr/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652825/fr/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965614/fr/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557612/fr/rapamune-sirolimus-lymphangioleiomyomatose-sporadique-s-lam</t>
   </si>
   <si>
     <t>TRANSLARNA (ataluren)</t>
   </si>
   <si>
-    <t>11/07/2024 11:21:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983565/en/translarna-ataluren</t>
+    <t>07/11/2024 11:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983565/fr/translarna-ataluren</t>
   </si>
   <si>
     <t>pprd_2983565</t>
   </si>
   <si>
     <t>ataluren</t>
   </si>
   <si>
     <t>PTC THERAPEUTICS INTERNATIONAL LTD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2009663/en/translarna-ataluren-rna-interference-agent</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982892/en/crysvita</t>
+    <t>https://www.has-sante.fr/jcms/c_2009663/fr/translarna-ataluren-arn-interferant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779824/fr/translarna-ataluren-arn-interferant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118134/fr/translarna-ataluren</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554883/fr/translarna-ataluren-dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>CRYSVITA (burosumab)</t>
+  </si>
+  <si>
+    <t>31/10/2024 16:50:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982892/fr/crysvita-burosumab</t>
   </si>
   <si>
     <t>pprd_2982892</t>
   </si>
   <si>
     <t>burosumab</t>
   </si>
   <si>
     <t>KYOWA KIRIN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2900188/en/crysvita-burosumab-medicament-agissant-sur-la-mineralisation-dans-le-traitement-de-l-hypophosphatemie-liee-a-l-x</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3550922/en/crysvita-burosumab-bone-disease</t>
+    <t>https://www.has-sante.fr/jcms/c_2900188/fr/crysvita-burosumab-medicament-agissant-sur-la-mineralisation-dans-le-traitement-de-l-hypophosphatemie-liee-a-l-x</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098005/fr/crysvita-burosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236700/fr/crysvita-burosumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273465/fr/crysvita-burosumab-hypophosphatemie-liee-a-l-x-pediatrie-et-adultes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359159/fr/crysvita-burosumab-hypophosphatemie-liee-au-fgf23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408892/fr/crysvita-burosumab-hypophosphatemie-liee-au-fgf23-chez-les-patients-ages-d-1-an-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449778/fr/crysvita-burosumab-hypophosphatemie-liee-au-fgf23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490824/fr/crysvita-burosumab-hypophosphatemie-liee-a-l-x</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550922/fr/crysvita-burosumab-maladie-osseuse</t>
   </si>
   <si>
     <t>EFFORTIL (chlorhydrate d’étiléfrine)</t>
   </si>
   <si>
-    <t>10/16/2024 13:30:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985775/en/effortil-chlorhydrate-d-etilefrine</t>
+    <t>16/10/2024 13:30:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985775/fr/effortil-chlorhydrate-d-etilefrine</t>
   </si>
   <si>
     <t>pprd_2985775</t>
   </si>
   <si>
     <t>chlorhydrate d’étiléfrine</t>
   </si>
   <si>
     <t>SERB SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400463/en/effortil-chlorhydrate-d-etilefrine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3547438/en/effortil-etilefrine-low-flow-priapism</t>
+    <t>https://www.has-sante.fr/jcms/c_400463/fr/effortil-chlorhydrate-d-etilefrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547438/fr/effortil-etilefrine-priapisme-a-bas-debit</t>
+  </si>
+  <si>
+    <t>ATGAM (immunoglobuline équine anti-lymphocyte T humain)</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343466/fr/atgam-immunoglobuline-equine-anti-lymphocyte-t-humain</t>
+  </si>
+  <si>
+    <t>p_3343466</t>
+  </si>
+  <si>
+    <t>immunoglobuline équine anti-lymphocyte T humain</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343424/fr/atgam-immunoglobuline-equine-anti-lymphocyte-t-humain-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361526/fr/atgam-immunoglobuline-equine-anti-lymphocyte-t-humain-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453192/fr/atgam-immunoglobuline-equine-anti-lymphocyte-t-humain-aplasie-medullaire</t>
   </si>
   <si>
     <t>YORVIPATH (palopegtériparatide)</t>
   </si>
   <si>
-    <t>10/03/2024 10:04:32</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545143/en/yorvipath-palopegteriparatide</t>
+    <t>03/10/2024 10:04:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545143/fr/yorvipath-palopegteriparatide</t>
   </si>
   <si>
     <t>p_3545143</t>
   </si>
   <si>
     <t>palopegtériparatide</t>
   </si>
   <si>
     <t>ASCENDIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545107/en/yorvipath-palopegteriparatide-hypoparathyroidie-chronique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982751/en/ilaris</t>
+    <t>https://www.has-sante.fr/jcms/p_3545107/fr/yorvipath-palopegteriparatide-hypoparathyroidie-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545560/fr/yorvipath-palopegteriparatide-hypoparathyroidie-chronique</t>
+  </si>
+  <si>
+    <t>OXBRYTA (voxelotor)</t>
+  </si>
+  <si>
+    <t>30/09/2024 08:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348627/fr/oxbryta-voxelotor</t>
+  </si>
+  <si>
+    <t>p_3348627</t>
+  </si>
+  <si>
+    <t>voxelotor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348600/fr/oxbryta-voxelotor-anemie-hemolytique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361556/fr/oxbryta-voxelotor-anemie-hemolytique-severe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448025/fr/oxbryta-voxelotor-anemie-hemolytique</t>
+  </si>
+  <si>
+    <t>ILARIS (canakinumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982751/fr/ilaris-canakinumab</t>
   </si>
   <si>
     <t>pprd_2982751</t>
   </si>
   <si>
     <t>canakinumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928146/en/ilaris</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+    <t>https://www.has-sante.fr/jcms/c_928146/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725323/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735624/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743367/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040093/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806277/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806295/fr/ilaris-canakinumab-inhibiteur-de-l-interleukine-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969189/fr/ilaris-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222371/fr/ilaris-maladie-de-still-canakinumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518649/fr/ilaris-canakinumab-crise-d-arthrite-goutteuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539069/fr/ilaris-canakinumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>ROACTEMRA (tocilizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/fr/roactemra-tocilizumab</t>
   </si>
   <si>
     <t>pprd_2982795</t>
   </si>
   <si>
     <t>tocilizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+    <t>https://www.has-sante.fr/jcms/c_854116/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/fr/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/fr/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/fr/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/fr/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/fr/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/fr/roactemra-tocilizumab-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/fr/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/fr/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/fr/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KINERET (anakinra)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/fr/kineret-anakinra</t>
   </si>
   <si>
     <t>pprd_2982828</t>
   </si>
   <si>
     <t>anakinra</t>
   </si>
   <si>
-    <t>SWEDISH ORPHAN BIOVITRUM</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983124/en/humira</t>
+    <t>https://www.has-sante.fr/jcms/c_399561/fr/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/fr/kineret-anakinra-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/fr/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/fr/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/fr/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/fr/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>HUMIRA (adalimumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983124/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>pprd_2983124</t>
   </si>
   <si>
     <t>adalimumab</t>
   </si>
   <si>
-    <t>ABBVIE</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539111/en/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_400009/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400074/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400716/fr/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455490/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605668/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672931/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827706/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055267/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104003/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103997/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1325255/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367936/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638939/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638941/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650026/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027353/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619541/fr/humira-adalimumab-antitnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621680/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625986/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620021/fr/humira-adalimumab-inhibiteur-du-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671785/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745260/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834708/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865442/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869247/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862987/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143614/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244158/fr/humira-maladie-de-verneuil-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270042/fr/humira-adalimumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273456/fr/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402381/fr/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426145/fr/humira-adalimumab-psoriasis-en-plaques-chez-l-enfant-et-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539111/fr/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SIKLOS (hydroxycarbamide)</t>
+  </si>
+  <si>
+    <t>09/09/2024 16:58:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983260/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>pprd_2983260</t>
+  </si>
+  <si>
+    <t>hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>THERAVIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_627641/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064176/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854134/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538948/fr/siklos-hydroxycarbamide-drepanocytose</t>
   </si>
   <si>
     <t>LEQVIO (inclisiran)</t>
   </si>
   <si>
-    <t>09/06/2024 09:35:22</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3538836/en/leqvio-inclisiran</t>
+    <t>06/09/2024 09:35:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538836/fr/leqvio-inclisiran</t>
   </si>
   <si>
     <t>p_3538836</t>
   </si>
   <si>
     <t>inclisiran</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3538269/en/leqvio-inclisiran-dyslipidaemia</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982790/en/luxturna</t>
+    <t>https://www.has-sante.fr/jcms/p_3538269/fr/leqvio-inclisiran-dyslipidemie</t>
+  </si>
+  <si>
+    <t>LUXTURNA (voretigene neparvovec)</t>
+  </si>
+  <si>
+    <t>05/09/2024 16:57:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982790/fr/luxturna-voretigene-neparvovec</t>
   </si>
   <si>
     <t>pprd_2982790</t>
   </si>
   <si>
     <t>voretigene neparvovec</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2964759/en/luxturna-voretigene-neparvovec</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3196796/en/trecondi</t>
+    <t>https://www.has-sante.fr/jcms/c_2964759/fr/luxturna-voretigene-neparvovec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456518/fr/luxturna-voretigene-neparvovec-dystrophie-retinienne-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538246/fr/luxturna-voretigene-neparvovec-dystrophie-retinienne-hereditaire</t>
+  </si>
+  <si>
+    <t>TRECONDI (tréosulfan)</t>
+  </si>
+  <si>
+    <t>05/09/2024 17:04:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196796/fr/trecondi-treosulfan</t>
   </si>
   <si>
     <t>p_3196796</t>
   </si>
   <si>
     <t>tréosulfan</t>
   </si>
   <si>
     <t>MEDAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3196682/en/trecondi</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983397/en/spinraza</t>
+    <t>https://www.has-sante.fr/jcms/p_3196682/fr/trecondi-treosulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538216/fr/trecondi-treosulfan-hematologie-greffe</t>
+  </si>
+  <si>
+    <t>BRUKINSA (zanubrutinib)</t>
+  </si>
+  <si>
+    <t>26/07/2024 11:58:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316887/fr/brukinsa-zanubrutinib</t>
+  </si>
+  <si>
+    <t>p_3316887</t>
+  </si>
+  <si>
+    <t>zanubrutinib</t>
+  </si>
+  <si>
+    <t>BEIGENE FRANCE SARL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316872/fr/brukinsa-zanubrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330884/fr/brukinsa-zanubrutinib-macroglobulinemie-de-waldenstrom</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434604/fr/brukinsa-zanubrutinib-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447468/fr/brukinsa-zanubrutinib-lymphome-de-la-zone-marginale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454298/fr/brukinsa-zanubrutinib-lymphome-de-la-zone-marginale-lzm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461141/fr/brukinsa-zanubrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3476374/fr/brukinsa-zanubrutinib-macroglobulinemie-de-waldenstrom-mw</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534476/fr/brukinsa-zanubrutinib-lymphome-folliculaire-lf</t>
+  </si>
+  <si>
+    <t>SPINRAZA (nusinersen)</t>
+  </si>
+  <si>
+    <t>10/07/2024 11:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983397/fr/spinraza-nusinersen</t>
   </si>
   <si>
     <t>pprd_2983397</t>
   </si>
   <si>
     <t>nusinersen</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2826600/en/spinraza-nusinersen-antisense-oligonucleotide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3202655/en/ultomiris</t>
+    <t>https://www.has-sante.fr/jcms/c_2826600/fr/spinraza-nusinersen-oligonucleotide-antisens</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199401/fr/spinraza-nusinersen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529321/fr/spinraza-nusinersen-sodique-amyotrophie-spinale</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS (ravulizumab)</t>
+  </si>
+  <si>
+    <t>01/07/2024 08:38:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202655/fr/ultomiris-ravulizumab</t>
   </si>
   <si>
     <t>p_3202655</t>
   </si>
   <si>
     <t>ravulizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281239/en/ultomiris-300-mg/3-ml-ravulizumab</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983646/en/praluent</t>
+    <t>https://www.has-sante.fr/jcms/p_3281239/fr/ultomiris-300-mg/3-ml-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274202/fr/ultomiris-ravulizumab-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202251/fr/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341428/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358127/fr/ultomiris-ravulizumab-hemoglobinurie-paroxystique-nocturne-chez-les-patients-pediatriques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419442/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433398/fr/ultomiris-ravulizumab-syndrome-hemolytique-et-uremique-atypique-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455563/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456902/fr/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460121/fr/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527465/fr/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
+  </si>
+  <si>
+    <t>PRALUENT (alirocumab)</t>
+  </si>
+  <si>
+    <t>18/06/2024 09:12:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983646/fr/praluent-alirocumab</t>
   </si>
   <si>
     <t>pprd_2983646</t>
   </si>
   <si>
     <t>alirocumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2757882/en/praluent-alirocumab</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3521987/en/praluent-alirocumab-children-and-adolescents-aged-8-years-and-over-with-heterozygous-familial-hypercholesterolaemia-hfhe</t>
+    <t>https://www.has-sante.fr/jcms/c_2757882/fr/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629896/fr/praluent-alirocumab-hypolipemiant-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081881/fr/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238105/fr/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313574/fr/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521987/fr/praluent-alirocumab-hypercholesterolemie-familiale-heterozygote-chez-les-enfants-et-adolescents-a-partir-de-8-ans</t>
   </si>
   <si>
     <t>AGAMREE (vamorolone)</t>
   </si>
   <si>
-    <t>06/18/2024 09:04:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3463669/en/agamree-vamorolone</t>
+    <t>18/06/2024 09:04:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463669/fr/agamree-vamorolone</t>
   </si>
   <si>
     <t>p_3463669</t>
   </si>
   <si>
     <t>vamorolone</t>
   </si>
   <si>
     <t>SANTHERA PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3463630/en/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3523614/en/agamree-vamorolone-duchenne-muscular-dystrophy-dmd</t>
+    <t>https://www.has-sante.fr/jcms/p_3463630/fr/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516936/fr/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523614/fr/agamree-vamorolone-dystrophie-musculaire-de-duchenne-dmd</t>
   </si>
   <si>
     <t>LOARGYS (pegzilarginase)</t>
   </si>
   <si>
-    <t>05/31/2024 16:44:04</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517001/en/loargys-pegzilarginase</t>
+    <t>31/05/2024 16:44:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517001/fr/loargys-pegzilarginase</t>
   </si>
   <si>
     <t>p_3517001</t>
   </si>
   <si>
     <t>pegzilarginase</t>
   </si>
   <si>
     <t>IMMEDICA PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3516966/en/loargys-pegzilarginase-deficit-en-arginase-1</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3519797/en/loargys-pegzilarginase-arginase-1-deficiency-arg1-d</t>
+    <t>https://www.has-sante.fr/jcms/p_3516966/fr/loargys-pegzilarginase-deficit-en-arginase-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519797/fr/loargys-pegzilarginase-deficit-en-arginase-1</t>
   </si>
   <si>
     <t>REVESTIVE (teduglutide)</t>
   </si>
   <si>
-    <t>05/21/2024 08:38:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983473/en/revestive-teduglutide</t>
+    <t>21/05/2024 08:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983473/fr/revestive-teduglutide</t>
   </si>
   <si>
     <t>pprd_2983473</t>
   </si>
   <si>
     <t>teduglutide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2007289/en/revestive-teduglutide-synthetic-glp-2-analogue</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3518108/en/revestive-teduglutide-syndrome-du-grele-court-chez-les-enfants-ages-de-1-an-et-plus</t>
+    <t>https://www.has-sante.fr/jcms/c_2007289/fr/revestive-teduglutide-analogue-de-synthese-du-glp-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582560/fr/revestive-teduglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752851/fr/revestive-teduglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752866/fr/revestive-teduglutide-analogue-de-synthese-du-glp-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806909/fr/revestive-teduglutide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517563/fr/revestive-teduglutide-syndrome-du-grele-court-chez-les-nourrissons-ages-de-4-a-12-mois</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518114/fr/revestive-teduglutide-syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518108/fr/revestive-teduglutide-syndrome-du-grele-court-chez-les-enfants-ages-de-1-an-et-plus</t>
   </si>
   <si>
     <t>HYDROCORTISONE (hydrocortisone/hydrocortisone hémisuccinate sel de sodium/succinate sodique d’hydrocortisone)</t>
   </si>
   <si>
-    <t>05/17/2024 09:21:42</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982851/en/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
+    <t>17/05/2024 09:21:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982851/fr/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
   </si>
   <si>
     <t>pprd_2982851</t>
   </si>
   <si>
     <t>hydrocortisone,hydrocortisone hémisuccinate sel de sodium,succinate sodique d’hydrocortisone</t>
   </si>
   <si>
     <t>BIOCODEX/ LEURQUIN MEDIOLANUM/ PANPHARMA/ SANOFI-AVENTIS FRANCE/ SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398962/en/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3516789/en/hydrocortisone-pharmis-hydrocortisone-sodium-succinate-corticosteroid</t>
+    <t>https://www.has-sante.fr/jcms/c_398962/fr/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460058/fr/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724544/fr/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970615/fr/hydrocortisone-upjohn-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670234/fr/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023184/fr/hydrocortisone-upjohn-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608656/fr/hydrocortisone-biocodex-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796794/fr/hydrocortisone-panpharma-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908463/fr/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516789/fr/hydrocortisone-pharmis-succinate-sodique-d-hydrocortisone-corticoide</t>
   </si>
   <si>
     <t>GENOTONORM (somatropine)</t>
   </si>
   <si>
-    <t>05/17/2024 09:19:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984428/en/genotonorm-somatropine</t>
+    <t>17/05/2024 09:19:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984428/fr/genotonorm-somatropine</t>
   </si>
   <si>
     <t>pprd_2984428</t>
   </si>
   <si>
     <t>somatropine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398956/en/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517166/en/genotonorm-somatropin-growth-disturbance</t>
+    <t>https://www.has-sante.fr/jcms/c_398956/fr/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399145/fr/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-4mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-6mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2mg/0-25-ml-poudre-et-solvant-pour-solution-inje</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399745/fr/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotono</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400036/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400192/fr/genotonorm-5-3-mg/1-ml-genotonorm-12-mg/1-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334814/fr/genotonorm-genotonorm-miniquick-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190364/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2057637/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108936/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517166/fr/genotonorm-somatropine-hormone-de-croissance</t>
   </si>
   <si>
     <t>UMATROPE (somatropine)</t>
   </si>
   <si>
-    <t>05/17/2024 10:38:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984459/en/umatrope-somatropine</t>
+    <t>17/05/2024 10:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984459/fr/umatrope-somatropine</t>
   </si>
   <si>
     <t>pprd_2984459</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400202/en/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983128/en/hemlibra</t>
+    <t>https://www.has-sante.fr/jcms/c_400202/fr/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574649/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684131/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190382/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336447/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048961/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108939/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517408/fr/umatrope-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>HEMLIBRA (emicizumab)</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:34:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983128/fr/hemlibra-emicizumab</t>
   </si>
   <si>
     <t>pprd_2983128</t>
   </si>
   <si>
     <t>emicizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2868847/en/hemlibra-emicizumab-haemostatic</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983059/en/repatha</t>
+    <t>https://www.has-sante.fr/jcms/c_2868847/fr/hemlibra-emicizumab-hemostatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114482/fr/hemlibra-emicizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120946/fr/hemlibra-emicizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124681/fr/hemlibra-emicizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443949/fr/hemlibra-emicizumab-hemophilie-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447364/fr/hemlibra-emicizumab-hemophilie-a-deficit-congenital-en-facteur-viii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500393/fr/hemlibra-emicizumab-hemophilie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3509119/fr/hemlibra-emicizumab-hemophilie</t>
+  </si>
+  <si>
+    <t>JUNALIZA (atorvastatine/ézétimibe)</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:35:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456780/fr/junaliza-atorvastatine/ezetimibe</t>
+  </si>
+  <si>
+    <t>p_3456780</t>
+  </si>
+  <si>
+    <t>atorvastatine,ézétimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455991/fr/junaliza-atorvastatine-/-ezetimibe-hypolipidemiants-en-association</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3509116/fr/junaliza-atorvastatine/ezetimibe-hypolipidemiants-en-association</t>
+  </si>
+  <si>
+    <t>REPATHA (évolocumab)</t>
+  </si>
+  <si>
+    <t>18/04/2024 10:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983059/fr/repatha-evolocumab</t>
   </si>
   <si>
     <t>pprd_2983059</t>
   </si>
   <si>
     <t>évolocumab</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2586918/en/repatha-evolocumab-anti-pcsk9</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982975/en/orkambi</t>
+    <t>https://www.has-sante.fr/jcms/c_2586918/fr/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879791/fr/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869374/fr/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313603/fr/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338762/fr/repatha-evolocumab-hypercholesterolemie-familiale-heterozygote-hfhe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506440/fr/repatha-evolocumab-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>ORKAMBI (ivacaftor/lumacaftor)</t>
+  </si>
+  <si>
+    <t>15/04/2024 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982975/fr/orkambi-ivacaftor/lumacaftor</t>
   </si>
   <si>
     <t>pprd_2982975</t>
   </si>
   <si>
     <t>ivacaftor,lumacaftor</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2656337/en/orkambi-lumacaftor-/-ivacaftor-cftr-gene-corrector-and-potentiator</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471694/en/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
+    <t>https://www.has-sante.fr/jcms/c_2656337/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889886/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109937/fr/orkambi-ivacaftor/-lumacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470456/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471694/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
   </si>
   <si>
     <t>LOJUXTA (lomitapide (mésilate de))</t>
   </si>
   <si>
     <t>04/04/2024 10:43:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984458/en/lojuxta-lomitapide-mesilate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984458/fr/lojuxta-lomitapide-mesilate-de</t>
   </si>
   <si>
     <t>pprd_2984458</t>
   </si>
   <si>
     <t>lomitapide (mésilate de)</t>
   </si>
   <si>
     <t>CHIESI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1719428/en/lojuxta</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3196404/en/prolastin</t>
+    <t>https://www.has-sante.fr/jcms/c_1719428/fr/lojuxta-lomitapide-hypocholesterolemiant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048964/fr/lojuxta-lomitapide-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505740/fr/lojuxta-lomitapide-hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>PROLASTIN (alpha-1 antitrypsine humaine)</t>
+  </si>
+  <si>
+    <t>08/03/2024 08:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196404/fr/prolastin-alpha-1-antitrypsine-humaine</t>
   </si>
   <si>
     <t>p_3196404</t>
   </si>
   <si>
     <t>alpha-1 antitrypsine humaine</t>
   </si>
   <si>
     <t>GRIFOLS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3195773/en/prolastin</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+    <t>https://www.has-sante.fr/jcms/p_3195773/fr/prolastin-alpha-1-antitrypsine-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499784/fr/prolastin-alpha-1-antitrypsine-humaine-deficit-en-alpha-1-antitrypsine</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>06/03/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/fr/clairyg-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2982739</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale</t>
   </si>
   <si>
     <t>LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983670/en/myozyme-alpha-alglucosidase</t>
+    <t>https://www.has-sante.fr/jcms/c_928130/fr/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/fr/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/fr/clairyg-immunoglobuline-humaine-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/fr/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>MYOZYME (alglucosidase alfa)</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:10:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983670/fr/myozyme-alglucosidase-alfa</t>
   </si>
   <si>
     <t>pprd_2983670</t>
   </si>
   <si>
     <t>alglucosidase alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_446700/en/myozyme</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498146/en/myozyme-alglucosidase-alfa-maladie-de-pompe-deficit-en-glucosidase-acide</t>
+    <t>https://www.has-sante.fr/jcms/c_446700/fr/myozyme-alpha-alglucosidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967981/fr/myozyme-alpha-alglucosidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359745/fr/myozyme-alpha-alglucosidase-enzyme-recombinante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754216/fr/myozyme-alpha-alglucosidase-enzymotherapie-substitutive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301137/fr/myozyme-alglucosidase-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498146/fr/myozyme-alglucosidase-alfa-maladie-de-pompe-deficit-en-glucosidase-acide</t>
   </si>
   <si>
     <t>CUFENCE (trientine dichlorhydrate)</t>
   </si>
   <si>
-    <t>01/25/2024 08:39:10</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3164980/en/cufence-trientine-dichlorhydrate</t>
+    <t>25/01/2024 08:39:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164980/fr/cufence-trientine-dichlorhydrate</t>
   </si>
   <si>
     <t>p_3164980</t>
   </si>
   <si>
     <t>trientine dichlorhydrate</t>
   </si>
   <si>
     <t>INTSEL CHIMOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3164678/en/cufence-trientine-dichlorhydrate</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983677/en/nplate</t>
+    <t>https://www.has-sante.fr/jcms/p_3164678/fr/cufence-trientine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490839/fr/cufence-trientine-dichlorhydrate-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>NPLATE (romiplostim)</t>
+  </si>
+  <si>
+    <t>12/01/2024 16:40:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983677/fr/nplate-romiplostim</t>
   </si>
   <si>
     <t>pprd_2983677</t>
   </si>
   <si>
     <t>romiplostim</t>
   </si>
   <si>
     <t>AMGEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813331/en/nplate</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3488174/en/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+    <t>https://www.has-sante.fr/jcms/c_813331/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015428/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752845/fr/nplate-romiplostim-agonistes-des-recepteurs-a-la-thrombopoietine-pti-adulte-non-splenectomise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151450/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293684/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488174/fr/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+  </si>
+  <si>
+    <t>DANICOPAN (danicopan)</t>
+  </si>
+  <si>
+    <t>20/12/2023 16:28:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482418/fr/danicopan-danicopan</t>
+  </si>
+  <si>
+    <t>p_3482418</t>
+  </si>
+  <si>
+    <t>ALEXION PHARMA France SAS</t>
   </si>
   <si>
     <t>GALAFOLD (migalastat)</t>
   </si>
   <si>
-    <t>12/18/2023 11:57:06</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983843/en/galafold-migalastat</t>
+    <t>18/12/2023 11:57:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983843/fr/galafold-migalastat</t>
   </si>
   <si>
     <t>pprd_2983843</t>
   </si>
   <si>
     <t>migalastat</t>
   </si>
   <si>
     <t>AMICUS THERAPEUTICS SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2724031/en/galafold-migalastat-chaperone-molecule-for-amenable-galactosidase-mutations</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3478088/en/galafold-chlorhydrate-de-migalastat-deficit-en-a-galactosidase-a</t>
+    <t>https://www.has-sante.fr/jcms/c_2724031/fr/galafold-migalastat-molecule-chaperon-de-mutations-sensibles-de-l-galactosidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478088/fr/galafold-chlorhydrate-de-migalastat-deficit-en-a-galactosidase-a</t>
+  </si>
+  <si>
+    <t>SUVREZA (rosuvastatine/ézétimibe)</t>
+  </si>
+  <si>
+    <t>18/12/2023 14:03:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107130/fr/suvreza-rosuvastatine/ezetimibe</t>
+  </si>
+  <si>
+    <t>p_3107130</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107047/fr/suvreza-rosuvastatine/-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471816/fr/suvreza-rosuvastatine-calcique/ezetimibe-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478095/fr/suvreza-rosuvastatine-calcique/-ezetimibe-prevention-des-evenements-cardiovasculaires</t>
   </si>
   <si>
     <t>POMBILITI (cipaglucosidase alfa)</t>
   </si>
   <si>
-    <t>11/09/2023 10:29:26</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456871/en/pombiliti-cipaglucosidase-alfa</t>
+    <t>09/11/2023 10:29:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456871/fr/pombiliti-cipaglucosidase-alfa</t>
   </si>
   <si>
     <t>p_3456871</t>
   </si>
   <si>
     <t>cipaglucosidase alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3456825/en/pombiliti-cipaglucosidase-alfa-opfolda-miglustat-en-association-forme-tardive-maladie-de-pompe</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3470276/en/pombiliti-cipaglucosidase-alfa-/-opfolda-miglustat-late-onset-pompe-s-disease</t>
+    <t>https://www.has-sante.fr/jcms/p_3456825/fr/pombiliti-cipaglucosidase-alfa-opfolda-miglustat-en-association-forme-tardive-maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470276/fr/pombiliti-cipaglucosidase-alfa-/-opfolda-miglustat-maladie-de-pompe</t>
+  </si>
+  <si>
+    <t>OPFOLDA (miglustat)</t>
+  </si>
+  <si>
+    <t>09/11/2023 10:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456874/fr/opfolda-miglustat</t>
+  </si>
+  <si>
+    <t>p_3456874</t>
+  </si>
+  <si>
+    <t>miglustat</t>
   </si>
   <si>
     <t>CAMZYOS (mavacamten)</t>
   </si>
   <si>
-    <t>11/09/2023 10:22:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3465237/en/camzyos-mavacamten</t>
+    <t>09/11/2023 10:22:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465237/fr/camzyos-mavacamten</t>
   </si>
   <si>
     <t>p_3465237</t>
   </si>
   <si>
     <t>mavacamten</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3465194/en/camzyos-mavacamten-cardiomyopathie-hypertrophique-obstructive</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3470375/en/camzyos-mavacamten-obstructive-hypertrophic-cardiomyopathy</t>
+    <t>https://www.has-sante.fr/jcms/p_3465194/fr/camzyos-mavacamten-cardiomyopathie-hypertrophique-obstructive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470375/fr/camzyos-mavacamten-cardiomyopathie-hypertrophique-obstructive</t>
+  </si>
+  <si>
+    <t>HEMGENIX (etranacogene dezaparvovec)</t>
+  </si>
+  <si>
+    <t>08/09/2023 11:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444035/fr/hemgenix-etranacogene-dezaparvovec</t>
+  </si>
+  <si>
+    <t>p_3444035</t>
+  </si>
+  <si>
+    <t>etranacogene dezaparvovec</t>
+  </si>
+  <si>
+    <t>CSL BEHRING</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444027/fr/hemgenix-etranacogene-dezaparvovec-hemophilie-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460133/fr/hemgenix-etranacogene-dezaparvovec-hemophilie-b</t>
   </si>
   <si>
     <t>ENJAYMO (sutimlimab)</t>
   </si>
   <si>
-    <t>09/08/2023 11:14:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3460298/en/enjaymo-sutimlimab</t>
+    <t>08/09/2023 11:14:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460298/fr/enjaymo-sutimlimab</t>
   </si>
   <si>
     <t>p_3460298</t>
   </si>
   <si>
     <t>sutimlimab</t>
   </si>
   <si>
-    <t>SANOFI-AVENTIS FRANCE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459825/en/enjaymo-sutimlimab-cold-agglutinin-disease-cad</t>
+    <t>https://www.has-sante.fr/jcms/p_3459825/fr/enjaymo-sutimlimab-maladie-des-agglutinines-froides</t>
   </si>
   <si>
     <t>OMNITROPE (somatropine)</t>
   </si>
   <si>
-    <t>09/07/2023 15:25:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984824/en/omnitrope-somatropine</t>
+    <t>07/09/2023 15:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984824/fr/omnitrope-somatropine</t>
   </si>
   <si>
     <t>pprd_2984824</t>
   </si>
   <si>
     <t>SANDOZ SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_486595/en/omnitrope</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984147/en/strensiq</t>
+    <t>https://www.has-sante.fr/jcms/c_486595/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190353/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334829/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724454/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459847/fr/omnitrope-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>STRENSIQ (asfotase alfa)</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984147/fr/strensiq-asfotase-alfa</t>
   </si>
   <si>
     <t>pprd_2984147</t>
   </si>
   <si>
     <t>asfotase alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621689/en/strensiq-asfotase-alfa-enzyme-replacement-therapy</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3455973/en/strensiq-asfotase-alfa-hypophosphatasia</t>
+    <t>https://www.has-sante.fr/jcms/c_2621689/fr/strensiq-asfotase-alfa-enzymotherapie-substitutive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455973/fr/strensiq-asfotase-alfa-hypophosphatasie</t>
   </si>
   <si>
     <t>CEPROTIN (protéine C humaine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2986060/en/ceprotin-proteine-c-humaine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2986060/fr/ceprotin-proteine-c-humaine</t>
   </si>
   <si>
     <t>pprd_2986060</t>
   </si>
   <si>
     <t>protéine C humaine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399216/en/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984676/en/vimizim-elosulfase-alpha-enzyme-recombinante</t>
+    <t>https://www.has-sante.fr/jcms/c_399216/fr/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456312/fr/ceprotin-proteine-c-humaine-deficit-congenital-severe-en-proteine-c</t>
+  </si>
+  <si>
+    <t>VIMIZIM (élosulfase alpha)</t>
+  </si>
+  <si>
+    <t>29/06/2023 12:42:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984676/fr/vimizim-elosulfase-alpha</t>
   </si>
   <si>
     <t>pprd_2984676</t>
   </si>
   <si>
     <t>élosulfase alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774123/en/vimizim-elosulfase-alfa-recombinant-enzyme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3448570/en/vimizim-elosulfase-alfa-mucopolysaccharidosis-type-iva-morquio-a-syndrome</t>
+    <t>https://www.has-sante.fr/jcms/c_1774123/fr/vimizim-elosulfase-alpha-enzyme-recombinante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448570/fr/vimizim-elosulfase-alfa-mucopolysaccharidose-de-type-iv-a-syndrome-de-morquio-a</t>
   </si>
   <si>
     <t>ONTOZRY (cénobamate)</t>
   </si>
   <si>
-    <t>06/28/2023 16:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3295737/en/ontozry-cenobamate</t>
+    <t>28/06/2023 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295737/fr/ontozry-cenobamate</t>
   </si>
   <si>
     <t>p_3295737</t>
   </si>
   <si>
     <t>cénobamate</t>
   </si>
   <si>
     <t>Arvelle Therapeutics Netherlands BV</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287323/en/ontozry</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3225241/en/zolgensma-onasemnogene-abeparvovec</t>
+    <t>https://www.has-sante.fr/jcms/p_3287323/fr/ontozry-cenobamate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331958/fr/ontozry-cenobamate-epilepsie-focale</t>
+  </si>
+  <si>
+    <t>UPLIZNA (inebilizumab)</t>
+  </si>
+  <si>
+    <t>01/06/2023 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341919/fr/uplizna-inebilizumab</t>
+  </si>
+  <si>
+    <t>p_3341919</t>
+  </si>
+  <si>
+    <t>inebilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341895/fr/uplizna-inebilizumab-maladies-du-spectre-de-la-neuromyelite-optique-nmosd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390335/fr/uplizna-inebilizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444098/fr/uplizna-inebilizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>ZOLGENSMA (onasemnogène abéparvovec)</t>
+  </si>
+  <si>
+    <t>25/05/2023 14:10:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225241/fr/zolgensma-onasemnogene-abeparvovec</t>
   </si>
   <si>
     <t>p_3225241</t>
   </si>
   <si>
     <t>onasemnogène abéparvovec</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3224937/en/zolgensma-onasemnogene-abeparvovec</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+    <t>https://www.has-sante.fr/jcms/p_3224937/fr/zolgensma-onasemnogene-abeparvovec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291799/fr/zolgensma-onasemnogene-abeparvovec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442932/fr/zolgensma-onasemnogene-abeparvovec-amyotrophie-spinale</t>
+  </si>
+  <si>
+    <t>METHOTREXATE (méthotrexate)</t>
+  </si>
+  <si>
+    <t>15/05/2023 14:08:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153503/fr/methotrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>p_3153503</t>
+  </si>
+  <si>
+    <t>méthotrexate</t>
+  </si>
+  <si>
+    <t>SANDOZ / BIODIM / SANOFI-AVENTIS FRANCE / MERCK GENERIQUES / TEVA SANTE / MYLAN SAS / ACCORD HEALTHCARE FRANCE SAS / NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782539/fr/methotrexate-sandoz-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625120/fr/methotrexate-biodim-ledertrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656310/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987192/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400932/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400796/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399818/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399335/fr/methotrexate-merck-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202298/fr/methotrexate-teva-/-mylan-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219449/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151141/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824798/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824467/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315488/fr/methotrexate-orion-methotrexate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434166/fr/methotrexate-orion-methotrexate-polyarthrite-rhumatoide-psoriasis-rhumatisme-psoriasique-et-leucemie-aigue-lymphoblastique</t>
+  </si>
+  <si>
+    <t>MABTHERA (rituximab)</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/fr/mabthera-rituximab</t>
   </si>
   <si>
     <t>pprd_2983658</t>
   </si>
   <si>
     <t>rituximab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982806/en/adcetris</t>
+    <t>https://www.has-sante.fr/jcms/c_399924/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/fr/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/fr/mabthera-rituximab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/fr/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/fr/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/fr/mabthera-rituximab-pemphigus-vulgaris-pv-modere-a-severe</t>
+  </si>
+  <si>
+    <t>TAVNEOS (avacopan)</t>
+  </si>
+  <si>
+    <t>13/04/2023 14:28:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318768/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>p_3318768</t>
+  </si>
+  <si>
+    <t>avacopan</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318727/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375770/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421374/fr/tavneos-avacopan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427077/fr/tavneos-avacopan-maladie-rare</t>
+  </si>
+  <si>
+    <t>ADCETRIS (brentuximab vedotin)</t>
+  </si>
+  <si>
+    <t>29/03/2023 10:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982806/fr/adcetris-brentuximab-vedotin</t>
   </si>
   <si>
     <t>pprd_2982806</t>
   </si>
   <si>
     <t>brentuximab vedotin</t>
   </si>
   <si>
     <t>TAKEDA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1517924/en/adcetris</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3410994/en/ofev-nintedanib-pulmonary-fibrosis</t>
+    <t>https://www.has-sante.fr/jcms/c_1517924/fr/adcetris-brentuximab-vedotin-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761868/fr/adcetris-brentuximab-vedotin-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963333/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149192/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202239/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203103/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284362/fr/adcetris-brentuximab-vedotine-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424045/fr/adcetris-brentuximab-vedotine-lymphome-anaplasique-a-grandes-cellules-systemique-lagcs</t>
+  </si>
+  <si>
+    <t>SAPROPTERINE DIPHARMA (saproptérine)</t>
+  </si>
+  <si>
+    <t>20/03/2023 08:24:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421965/fr/sapropterine-dipharma-sapropterine</t>
+  </si>
+  <si>
+    <t>p_3421965</t>
+  </si>
+  <si>
+    <t>saproptérine</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419182/fr/sapropterine-dipharma-sapropterine-hyperphenylalaninemie-hpa</t>
+  </si>
+  <si>
+    <t>ZILUCOPLAN (zilucoplan)</t>
+  </si>
+  <si>
+    <t>17/03/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421286/fr/zilucoplan-zilucoplan</t>
+  </si>
+  <si>
+    <t>p_3421286</t>
+  </si>
+  <si>
+    <t>zilucoplan</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
   </si>
   <si>
     <t>FILSUVEZ (extrait sec raffiné d’écorce de bouleau)</t>
   </si>
   <si>
-    <t>02/03/2023 10:49:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3380200/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau</t>
+    <t>03/02/2023 10:49:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380200/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau</t>
   </si>
   <si>
     <t>p_3380200</t>
   </si>
   <si>
     <t>extrait sec raffiné d’écorce de bouleau</t>
   </si>
   <si>
     <t>AMRYT PHARMACEUTICALS SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3380157/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-traitement-des-plaies</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3409219/en/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-epidermolyse-bulleuse-dystrophique-eb</t>
+    <t>https://www.has-sante.fr/jcms/p_3380157/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-traitement-des-plaies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394096/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-epidermolyse-bulleuse-dystrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409219/fr/filsuvez-extrait-sec-raffine-d-ecorce-de-bouleau-epidermolyse-bulleuse-dystrophique-eb</t>
   </si>
   <si>
     <t>CEVENFACTA (eptacog bêta - FVIIa)</t>
   </si>
   <si>
-    <t>01/27/2023 12:01:11</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408720/en/cevenfacta-eptacog-beta-fviia</t>
+    <t>27/01/2023 12:01:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408720/fr/cevenfacta-eptacog-beta-fviia</t>
   </si>
   <si>
     <t>p_3408720</t>
   </si>
   <si>
     <t>eptacog bêta - FVIIa</t>
   </si>
   <si>
     <t>LFB BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408648/en/cevenfacta-eptacog-beta-fviia-hemophilie-congenitale</t>
+    <t>https://www.has-sante.fr/jcms/p_3408648/fr/cevenfacta-eptacog-beta-fviia-hemophilie-congenitale</t>
+  </si>
+  <si>
+    <t>TOBRAMYCINE (tobramycine)</t>
+  </si>
+  <si>
+    <t>22/12/2022 11:05:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984510/fr/tobramycine-tobramycine</t>
+  </si>
+  <si>
+    <t>pprd_2984510</t>
+  </si>
+  <si>
+    <t>tobramycine (sulfate de)</t>
+  </si>
+  <si>
+    <t>MYLAN SAS / MEDIPHA SANTE / SUN PHARMACEUTICAL INDUSTRIES EUROPE B.V. / MEDAC SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038851/fr/tobramycine-mylan-tobramycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159950/fr/tobramycine-altan-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184671/fr/tobramycine-sun-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399885/fr/tobramycine-medac-tobramycine-mucoviscidose</t>
   </si>
   <si>
     <t>REMICADE (infliximab)</t>
   </si>
   <si>
-    <t>12/16/2022 18:31:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983949/en/remicade-infliximab</t>
+    <t>16/12/2022 18:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983949/fr/remicade-infliximab</t>
   </si>
   <si>
     <t>pprd_2983949</t>
   </si>
   <si>
     <t>infliximab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399105/en/remicade-infliximab</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983683/en/volibris-ambrisentan-antihypertenseur</t>
+    <t>https://www.has-sante.fr/jcms/c_399105/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400046/fr/remicade-100-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-unitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401007/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574605/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958845/fr/remicade-dans-le-traitement-du-pemphigus-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763723/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329537/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517930/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743042/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671825/fr/remicade-infliximab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181535/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270045/fr/remicade-infliximab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280953/fr/remicade-rectocolite-hemorragique-active-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396525/fr/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>VOLIBRIS (ambrisentan)</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983683/fr/volibris-ambrisentan</t>
   </si>
   <si>
     <t>pprd_2983683</t>
   </si>
   <si>
     <t>ambrisentan</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_684166/en/volibris</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3389416/en/volibris-ambrisentan-hypertension-arterielle-pulmonaire</t>
+    <t>https://www.has-sante.fr/jcms/c_684166/fr/volibris-ambrisentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024121/fr/volibris-ambrisentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751870/fr/volibris-ambrisentan-antihypertenseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389416/fr/volibris-ambrisentan-hypertension-arterielle-pulmonaire</t>
   </si>
   <si>
     <t>FLUCORTAC (fludrocortisone (acétate de))</t>
   </si>
   <si>
-    <t>10/13/2022 09:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983307/en/flucortac-fludrocortisone-acetate-de</t>
+    <t>13/10/2022 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983307/fr/flucortac-fludrocortisone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983307</t>
   </si>
   <si>
     <t>fludrocortisone (acétate de)</t>
   </si>
   <si>
     <t>HAC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2671828/en/flucortac-fludrocortisone-acetate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3375776/en/flucortac-acetate-de-fludrocortisone</t>
+    <t>https://www.has-sante.fr/jcms/c_2671828/fr/flucortac-fludrocortisone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847936/fr/flucortac-fludrocortisone-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375776/fr/flucortac-acetate-de-fludrocortisone</t>
   </si>
   <si>
     <t>FLUDROCORTISONE ACETATE ACCORD (acétate de fludrocortisone)</t>
   </si>
   <si>
-    <t>10/13/2022 09:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3376558/en/fludrocortisone-acetate-accord-acetate-de-fludrocortisone</t>
+    <t>13/10/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376558/fr/fludrocortisone-acetate-accord-acetate-de-fludrocortisone</t>
   </si>
   <si>
     <t>p_3376558</t>
   </si>
   <si>
     <t>acétate de fludrocortisone</t>
   </si>
   <si>
     <t>ACCORD HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3375773/en/fludrocortisone-acetate-accord-acetate-de-fludrocortisone</t>
+    <t>https://www.has-sante.fr/jcms/p_3375773/fr/fludrocortisone-acetate-accord-acetate-de-fludrocortisone</t>
   </si>
   <si>
     <t>BESPONSA (inotuzumab ozogamicine)</t>
   </si>
   <si>
     <t>10/10/2022 08:44:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983381/en/besponsa-inotuzumab-ozogamicine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983381/fr/besponsa-inotuzumab-ozogamicine</t>
   </si>
   <si>
     <t>pprd_2983381</t>
   </si>
   <si>
     <t>inotuzumab ozogamicine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2829043/en/besponsa-inotuzumab-ozogamicin-antineoplastic-monoclonal-antibody</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3374919/en/besponsa-inotuzumab-ozogamicine</t>
+    <t>https://www.has-sante.fr/jcms/c_2829043/fr/besponsa-inotuzumab-ozogamicine-anticorps-monoclonal-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374919/fr/besponsa-inotuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>RYMPHYSIA (alpha-1 antitrypsine humaine)</t>
+  </si>
+  <si>
+    <t>04/10/2022 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372896/fr/rymphysia-alpha-1-antitrypsine-humaine</t>
+  </si>
+  <si>
+    <t>p_3372896</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372787/fr/rymphysia-alpha-1-antitrypsine-humaine</t>
   </si>
   <si>
     <t>SAIZEN - SAIZEN CLICKEASY (somatropine)</t>
   </si>
   <si>
-    <t>09/22/2022 14:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984968/en/saizen-saizen-clickeasy-somatropine</t>
+    <t>22/09/2022 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984968/fr/saizen-saizen-clickeasy-somatropine</t>
   </si>
   <si>
     <t>pprd_2984968</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399515/en/saizen-somatropine</t>
-[...17 lines deleted...]
-    <t>NORDITROPINE</t>
+    <t>https://www.has-sante.fr/jcms/c_399515/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400946/fr/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559895/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190350/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336435/fr/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361553/fr/saizen-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>NORDITROPINE (somatropine)</t>
   </si>
   <si>
     <t>09/09/2022 15:23:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984245/en/norditropine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984245/fr/norditropine-somatropine</t>
   </si>
   <si>
     <t>pprd_2984245</t>
   </si>
   <si>
-    <t>NOVO NORDISK</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_400037/fr/norditropine-1-3-mg/1-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400812/fr/norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-089-1-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-093-9-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-086-2-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190361/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334796/fr/norditropine-simplex-et-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598132/fr/norditropine-simplexx-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108982/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3077006/fr/norditropine-flexpro-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214282/fr/norditropine-somatropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358585/fr/norditropine-flexpro-somatropine</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>29/07/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/fr/octagam-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2983666</t>
   </si>
   <si>
     <t>OCTAPHARMA  SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+    <t>https://www.has-sante.fr/jcms/c_1048924/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/fr/octagam-immunoglobuline-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/fr/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/fr/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
   </si>
   <si>
     <t>TECEOS (butédronate)</t>
   </si>
   <si>
-    <t>07/29/2022 08:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358197/en/teceos-butedronate</t>
+    <t>29/07/2022 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358197/fr/teceos-butedronate</t>
   </si>
   <si>
     <t>p_3358197</t>
   </si>
   <si>
     <t>butédronate</t>
   </si>
   <si>
     <t>CIS bio international</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3358130/en/teceos-butedronate-amylose-cardiaque-a-transthyretine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983129/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/p_3358130/fr/teceos-butedronate-amylose-cardiaque-a-transthyretine</t>
+  </si>
+  <si>
+    <t>HIZENTRA (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>07/06/2022 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983129/fr/hizentra-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2983129</t>
   </si>
   <si>
     <t>CSL BEHRING SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965166/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985274/en/lamictal-lamicstart-lamotrigine</t>
+    <t>https://www.has-sante.fr/jcms/c_2965166/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868844/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099607/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342053/fr/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+  </si>
+  <si>
+    <t>GAVRETO (pralsetinib)</t>
+  </si>
+  <si>
+    <t>21/04/2022 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326309/fr/gavreto-pralsetinib</t>
+  </si>
+  <si>
+    <t>p_3326309</t>
+  </si>
+  <si>
+    <t>pralsetinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326262/fr/gavreto-pralsetinib-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333268/fr/gavreto-pralsetinib-cancer-bronchique</t>
+  </si>
+  <si>
+    <t>LAMICTAL (lamotrigine)</t>
+  </si>
+  <si>
+    <t>07/03/2022 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985274/fr/lamictal-lamotrigine</t>
   </si>
   <si>
     <t>pprd_2985274</t>
   </si>
   <si>
     <t>lamotrigine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_957059/en/lamictal-lamicstart</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3322081/en/lamictal-lamotrigine-epilepsies-partielles-et-generalisees</t>
+    <t>https://www.has-sante.fr/jcms/c_957059/fr/lamictal-lamicstart-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652822/fr/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556176/fr/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957058/fr/lamictal-lamicstart-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399433/fr/lamictal-25mg-comprimes-dispersibles-lamictal-100mg-comprimes-dispersibles-boite-de-30-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398983/fr/lamictal-25-mg-comprime-instauration-du-traitement-boite-de-21-lamictal-50-mg-comprime-instauration-du-traitement-boite-de-42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398982/fr/lamictal-5-mg-comprime-dispersible-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098822/fr/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148224/fr/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322081/fr/lamictal-lamotrigine-epilepsies-partielles-et-generalisees</t>
   </si>
   <si>
     <t>RAXONE (idébénone)</t>
   </si>
   <si>
     <t>03/03/2022 12:03:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984145/en/raxone-idebenone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984145/fr/raxone-idebenone</t>
   </si>
   <si>
     <t>pprd_2984145</t>
   </si>
   <si>
     <t>idébénone</t>
   </si>
   <si>
     <t>SANTHERA PHARMACEUTICALS GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621695/en/raxone-idebenone-ophthalmic-medicinal-product</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315494/en/raxone-150-mg-idebenone</t>
+    <t>https://www.has-sante.fr/jcms/c_2621695/fr/raxone-idebenone-medicament-ophtalmologique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315494/fr/raxone-idebenone-neuropathie-optique-hereditaire-de-leber-nohl</t>
   </si>
   <si>
     <t>ENSPRYNG (satralizumab)</t>
   </si>
   <si>
-    <t>02/10/2022 16:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3316380/en/enspryng-satralizumab</t>
+    <t>10/02/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316380/fr/enspryng-satralizumab</t>
   </si>
   <si>
     <t>p_3316380</t>
   </si>
   <si>
     <t>satralizumab</t>
   </si>
   <si>
     <t>ROCHE France</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3316324/en/enspryng-satralizumab</t>
+    <t>https://www.has-sante.fr/jcms/p_3316324/fr/enspryng-satralizumab</t>
+  </si>
+  <si>
+    <t>ZELFUSOR (rosuvastatine)</t>
+  </si>
+  <si>
+    <t>08/02/2022 17:21:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315586/fr/zelfusor-rosuvastatine</t>
+  </si>
+  <si>
+    <t>p_3315586</t>
+  </si>
+  <si>
+    <t>rosuvastatine</t>
+  </si>
+  <si>
+    <t>SUN PHARMA France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315455/fr/zelfusor-rosuvastatine</t>
   </si>
   <si>
     <t>ALDURAZYME (laronidase)</t>
   </si>
   <si>
-    <t>02/04/2022 17:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983669/en/aldurazyme-laronidase</t>
+    <t>04/02/2022 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983669/fr/aldurazyme-laronidase</t>
   </si>
   <si>
     <t>pprd_2983669</t>
   </si>
   <si>
     <t>laronidase</t>
   </si>
   <si>
     <t>GENZYME S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399954/en/aldurazyme-laronidase</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3312308/en/aldurazyme-100-u/ml-laronidase</t>
+    <t>https://www.has-sante.fr/jcms/c_399954/fr/aldurazyme-laronidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754219/fr/aldurazyme-laronidase-enzyme-de-substitution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312308/fr/aldurazyme-100-u/ml-laronidase</t>
   </si>
   <si>
     <t>ORLADEYO (dichlorhydrate de bérotralstat)</t>
   </si>
   <si>
-    <t>12/08/2021 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3298874/en/orladeyo-dichlorhydrate-de-berotralstat</t>
+    <t>08/12/2021 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298874/fr/orladeyo-dichlorhydrate-de-berotralstat</t>
   </si>
   <si>
     <t>p_3298874</t>
   </si>
   <si>
     <t>dichlorhydrate de bérotralstat</t>
   </si>
   <si>
     <t>BIOCRYST (INTSEL CHIMOS)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3298588/en/orladeyo-150-mg-berotralstat</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983091/en/lucentis</t>
+    <t>https://www.has-sante.fr/jcms/p_3298588/fr/orladeyo-150-mg-berotralstat</t>
+  </si>
+  <si>
+    <t>LUCENTIS (ranibizumab)</t>
+  </si>
+  <si>
+    <t>19/10/2021 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983091/fr/lucentis-ranibizumab</t>
   </si>
   <si>
     <t>pprd_2983091</t>
   </si>
   <si>
     <t>ranibizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1057441/en/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3292169/en/lucentis-10-mg/ml-ranibizumab-omd</t>
+    <t>https://www.has-sante.fr/jcms/c_1057441/fr/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532619/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072231/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215843/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339922/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720127/fr/lucentis-ranibizumab-anticorps-monoclonal-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013203/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027889/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043750/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585429/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831672/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876136/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165902/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202870/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292169/fr/lucentis-10-mg/ml-ranibizumab-omd</t>
   </si>
   <si>
     <t>ELAPRASE (idursulfase)</t>
   </si>
   <si>
-    <t>10/06/2021 17:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984455/en/elaprase-idursulfase</t>
+    <t>06/10/2021 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984455/fr/elaprase-idursulfase</t>
   </si>
   <si>
     <t>pprd_2984455</t>
   </si>
   <si>
     <t>idursulfase</t>
   </si>
   <si>
     <t>SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517668/en/elaprase-idursulfase</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3184804/en/symkevi-/-kalydeco</t>
+    <t>https://www.has-sante.fr/jcms/c_517668/fr/elaprase-idursulfase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048976/fr/elaprase-idursulfase-enzyme-de-substitution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289691/fr/elaprase-2-mg/ml-idursulfase</t>
+  </si>
+  <si>
+    <t>SYMKEVI / KALYDECO (SYMKEVI : tezacaftor/ivacaftor/ KALYDECO : ivacaftor)</t>
+  </si>
+  <si>
+    <t>06/10/2021 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184804/fr/symkevi-/-kalydeco-symkevi-tezacaftor/ivacaftor/-kalydeco-ivacaftor</t>
   </si>
   <si>
     <t>p_3184804</t>
   </si>
   <si>
     <t>SYMKEVI : tezacaftor/ivacaftor,KALYDECO : ivacaftor</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3184439/en/symkevi-/-kalydeco</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984725/en/defitelio</t>
+    <t>https://www.has-sante.fr/jcms/p_3184439/fr/symkevi-/-kalydeco-symkevi-tezacaftor/ivacaftor/-kalydeco-ivacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282752/fr/symkevi-100-mg/150-mg-ivacaftor/-tezacaftor-mucoviscidose-6-ans</t>
+  </si>
+  <si>
+    <t>DEFITELIO (défibrotide)</t>
+  </si>
+  <si>
+    <t>05/10/2021 18:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984725/fr/defitelio-defibrotide</t>
   </si>
   <si>
     <t>pprd_2984725</t>
   </si>
   <si>
     <t>défibrotide</t>
   </si>
   <si>
     <t>GENTIUM SPA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1756835/en/defitelio</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289340/en/defitelio-80-mg/ml-defibrotide</t>
+    <t>https://www.has-sante.fr/jcms/c_1756835/fr/defitelio-defibrotide-antithrombotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289340/fr/defitelio-80-mg/ml-defibrotide</t>
   </si>
   <si>
     <t>COAGADEX (facteur X de coagulation humain)</t>
   </si>
   <si>
-    <t>09/24/2021 09:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3281436/en/coagadex-facteur-x-de-coagulation-humain</t>
+    <t>24/09/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281436/fr/coagadex-facteur-x-de-coagulation-humain</t>
   </si>
   <si>
     <t>p_3281436</t>
   </si>
   <si>
     <t>facteur X de coagulation humain</t>
   </si>
   <si>
     <t>LABORATOIRE CEVIDRA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281231/en/coagadex-250-500-ui-facteur-x-de-coagulation-humain</t>
+    <t>https://www.has-sante.fr/jcms/p_3281231/fr/coagadex-250-500-ui-facteur-x-de-coagulation-humain</t>
   </si>
   <si>
     <t>OXLUMO (lumasiran)</t>
   </si>
   <si>
-    <t>09/24/2021 09:56:30</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3285357/en/oxlumo-lumasiran</t>
+    <t>24/09/2021 09:56:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285357/fr/oxlumo-lumasiran</t>
   </si>
   <si>
     <t>p_3285357</t>
   </si>
   <si>
     <t>lumasiran</t>
   </si>
   <si>
     <t>ALNYLAM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3266578/en/oxlumo-94-5-mg/0-5-ml-lumasiran</t>
+    <t>https://www.has-sante.fr/jcms/p_3266578/fr/oxlumo-94-5-mg/0-5-ml-lumasiran</t>
   </si>
   <si>
     <t>ORFADIN (nitisinone)</t>
   </si>
   <si>
-    <t>08/26/2021 15:36:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983765/en/orfadin-nitisinone</t>
+    <t>26/08/2021 15:36:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983765/fr/orfadin-nitisinone</t>
   </si>
   <si>
     <t>pprd_2983765</t>
   </si>
   <si>
     <t>nitisinone</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_560675/en/orfadin</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3282779/en/orfadin-nitisinone-alcaptonurie</t>
+    <t>https://www.has-sante.fr/jcms/c_560675/fr/orfadin-nitisinone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735463/fr/orfadin-nitisinone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282779/fr/orfadin-nitisinone-alcaptonurie</t>
   </si>
   <si>
     <t>ELZONRIS (tagraxofusp)</t>
   </si>
   <si>
-    <t>08/26/2021 09:41:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3281320/en/elzonris-tagraxofusp</t>
+    <t>26/08/2021 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281320/fr/elzonris-tagraxofusp</t>
   </si>
   <si>
     <t>p_3281320</t>
   </si>
   <si>
     <t>tagraxofusp</t>
   </si>
   <si>
     <t>CLINIGEN HEALTHCARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281016/en/elzonris-tagraxofusp</t>
+    <t>https://www.has-sante.fr/jcms/p_3281016/fr/elzonris-tagraxofusp</t>
   </si>
   <si>
     <t>ADAKVEO (crizanlizumab)</t>
   </si>
   <si>
-    <t>05/07/2021 14:49:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3265531/en/adakveo-crizanlizumab</t>
+    <t>07/05/2021 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265531/fr/adakveo-crizanlizumab</t>
   </si>
   <si>
     <t>p_3265531</t>
   </si>
   <si>
     <t>crizanlizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3264981/en/adakveo-crizanlizumab</t>
+    <t>https://www.has-sante.fr/jcms/p_3264981/fr/adakveo-crizanlizumab</t>
   </si>
   <si>
     <t>ISTURISA (osilodrostat)</t>
   </si>
   <si>
-    <t>05/07/2021 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3265626/en/isturisa-osilodrostat</t>
+    <t>07/05/2021 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265626/fr/isturisa-osilodrostat</t>
   </si>
   <si>
     <t>p_3265626</t>
   </si>
   <si>
     <t>osilodrostat</t>
   </si>
   <si>
     <t>RECORDATI RARE DISEASES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3265513/en/isturisa-osilodrostat</t>
+    <t>https://www.has-sante.fr/jcms/p_3265513/fr/isturisa-osilodrostat</t>
   </si>
   <si>
     <t>XROMI (hydroxycarbamide)</t>
   </si>
   <si>
-    <t>04/09/2021 16:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3260611/en/xromi-hydroxycarbamide</t>
+    <t>09/04/2021 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260611/fr/xromi-hydroxycarbamide</t>
   </si>
   <si>
     <t>p_3260611</t>
   </si>
   <si>
-    <t>hydroxycarbamide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3192159/en/givlaari</t>
+    <t>https://www.has-sante.fr/jcms/p_3260466/fr/xromi-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>GIVLAARI (givosiran)</t>
+  </si>
+  <si>
+    <t>01/04/2021 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192159/fr/givlaari-givosiran</t>
   </si>
   <si>
     <t>p_3192159</t>
   </si>
   <si>
     <t>givosiran</t>
   </si>
   <si>
     <t>ALNYLAM FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3191915/en/givlaari</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3258964/en/givlaari-givosiran</t>
+    <t>https://www.has-sante.fr/jcms/p_3191915/fr/givlaari-givosiran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258964/fr/givlaari-givosiran</t>
   </si>
   <si>
     <t>RUCONEST (conestat alpha)</t>
   </si>
   <si>
-    <t>03/31/2021 17:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982871/en/ruconest-conestat-alpha</t>
+    <t>31/03/2021 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982871/fr/ruconest-conestat-alpha</t>
   </si>
   <si>
     <t>pprd_2982871</t>
   </si>
   <si>
     <t>conestat alpha</t>
   </si>
   <si>
     <t>PHARMING GROUP NV</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036554/en/ruconest</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3143419/en/namuscla</t>
+    <t>https://www.has-sante.fr/jcms/c_1036554/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873713/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873722/fr/ruconest-conestat-alpha-medicaments-de-l-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905739/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258709/fr/ruconest-conestat-alpha</t>
+  </si>
+  <si>
+    <t>NAMUSCLA (mexilétine)</t>
+  </si>
+  <si>
+    <t>29/03/2021 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143419/fr/namuscla-mexiletine</t>
   </si>
   <si>
     <t>p_3143419</t>
   </si>
   <si>
     <t>mexilétine</t>
   </si>
   <si>
     <t>LUPIN EUROPE GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3135571/en/namuscla-mexiletine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3246176/en/namuscla-mexiletine</t>
+    <t>https://www.has-sante.fr/jcms/p_3135571/fr/namuscla-mexiletine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3246176/fr/namuscla-mexiletine</t>
   </si>
   <si>
     <t>ESPEROCT (turoctocog alfa pégol)</t>
   </si>
   <si>
-    <t>03/11/2021 17:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242326/en/esperoct-turoctocog-alfa-pegol</t>
+    <t>11/03/2021 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242326/fr/esperoct-turoctocog-alfa-pegol</t>
   </si>
   <si>
     <t>p_3242326</t>
   </si>
   <si>
     <t>turoctocog alfa pégol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3242180/en/esperoct-turoctocog-alfa-pegol</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983067/en/rydapt</t>
+    <t>https://www.has-sante.fr/jcms/p_3242180/fr/esperoct-turoctocog-alfa-pegol</t>
+  </si>
+  <si>
+    <t>RYDAPT (midostaurine)</t>
+  </si>
+  <si>
+    <t>04/03/2021 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983067/fr/rydapt-midostaurine</t>
   </si>
   <si>
     <t>pprd_2983067</t>
   </si>
   <si>
     <t>midostaurine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2879339/en/rydapt-midostaurine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3240418/en/rydapt-midostaurine</t>
+    <t>https://www.has-sante.fr/jcms/c_2879339/fr/rydapt-midostaurine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862069/fr/rydapt-midostaurine-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861089/fr/rydapt-midostaurine-inhibiteur-de-tyrosine-kinase-mastocytose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240418/fr/rydapt-midostaurine</t>
   </si>
   <si>
     <t>PALYNZIQ (pegvaliase)</t>
   </si>
   <si>
-    <t>12/02/2020 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3222097/en/palynziq-pegvaliase</t>
+    <t>02/12/2020 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222097/fr/palynziq-pegvaliase</t>
   </si>
   <si>
     <t>p_3222097</t>
   </si>
   <si>
     <t>pegvaliase</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3221966/en/palynziq-pegvaliase</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983864/en/idelvion</t>
+    <t>https://www.has-sante.fr/jcms/p_3221966/fr/palynziq-pegvaliase</t>
+  </si>
+  <si>
+    <t>IDELVION (albutrépénonacog alfa)</t>
+  </si>
+  <si>
+    <t>24/11/2020 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983864/fr/idelvion-albutrepenonacog-alfa</t>
   </si>
   <si>
     <t>pprd_2983864</t>
   </si>
   <si>
     <t>albutrépénonacog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682486/en/idelvion-albutrepenonacog-alpha-antihaemophilic-factors-factor-ix</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985026/en/vyndaqel</t>
+    <t>https://www.has-sante.fr/jcms/c_2682486/fr/idelvion-albutrepenonacog-alpha-facteurs-anti-hemophiliques-facteurs-ix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218744/fr/idelvion-albutrepenonacog-alfa</t>
+  </si>
+  <si>
+    <t>RESELIP (ézétimibe/ atorvastatine)</t>
+  </si>
+  <si>
+    <t>16/11/2020 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217467/fr/reselip-ezetimibe/-atorvastatine</t>
+  </si>
+  <si>
+    <t>p_3217467</t>
+  </si>
+  <si>
+    <t>ézétimibe,atorvastatine</t>
+  </si>
+  <si>
+    <t>LABORATOIRES BOUCHARA-RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217176/fr/reselip-ezetimibe/-atorvastatine</t>
+  </si>
+  <si>
+    <t>VYNDAQEL (tafamidis)</t>
+  </si>
+  <si>
+    <t>16/10/2020 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985026/fr/vyndaqel-tafamidis</t>
   </si>
   <si>
     <t>pprd_2985026</t>
   </si>
   <si>
     <t>tafamidis</t>
   </si>
   <si>
-    <t>PFIZER</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984554/en/sylvant</t>
+    <t>https://www.has-sante.fr/jcms/c_1247876/fr/vyndaqel-tafamidis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115172/fr/vyndaqel-tafamidis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212995/fr/vyndaqel-tafamidis</t>
+  </si>
+  <si>
+    <t>SYLVANT (siltuximab)</t>
+  </si>
+  <si>
+    <t>02/10/2020 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984554/fr/sylvant-siltuximab</t>
   </si>
   <si>
     <t>pprd_2984554</t>
   </si>
   <si>
     <t>siltuximab</t>
   </si>
   <si>
     <t>EUSA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2030386/en/sylvant-siltuximab-monoclonal-antibody</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984838/en/miacalcic</t>
+    <t>https://www.has-sante.fr/jcms/c_2030386/fr/sylvant-siltuximab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202972/fr/sylvant-siltuximab</t>
+  </si>
+  <si>
+    <t>MIACALCIC (calcitonine de saumon)</t>
+  </si>
+  <si>
+    <t>02/10/2020 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984838/fr/miacalcic-calcitonine-de-saumon</t>
   </si>
   <si>
     <t>pprd_2984838</t>
   </si>
   <si>
     <t>calcitonine de saumon</t>
   </si>
   <si>
     <t>ESSENTIAL PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_817340/en/miacalcic-calcitonine-de-saumon</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3193022/en/scenesse</t>
+    <t>https://www.has-sante.fr/jcms/c_817340/fr/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189016/fr/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720119/fr/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210939/fr/miacalcic-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>SCENESSE (afamélanotide)</t>
+  </si>
+  <si>
+    <t>01/10/2020 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193022/fr/scenesse-afamelanotide</t>
   </si>
   <si>
     <t>p_3193022</t>
   </si>
   <si>
     <t>afamélanotide</t>
   </si>
   <si>
     <t>CLINUVEL EUROPE LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3192396/en/scenesse</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201388/en/jorveza</t>
+    <t>https://www.has-sante.fr/jcms/p_3192396/fr/scenesse-afamelanotide</t>
+  </si>
+  <si>
+    <t>JORVEZA (budésonide)</t>
+  </si>
+  <si>
+    <t>15/09/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201388/fr/jorveza-budesonide</t>
   </si>
   <si>
     <t>p_3201388</t>
   </si>
   <si>
     <t>budésonide</t>
   </si>
   <si>
     <t>DR. FALK PHARMA GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3201256/en/jorveza</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983638/en/increlex</t>
+    <t>https://www.has-sante.fr/jcms/p_3201256/fr/jorveza-budesonide</t>
+  </si>
+  <si>
+    <t>MYLOTARG (gemtuzumab ozogamicine)</t>
+  </si>
+  <si>
+    <t>31/07/2020 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982804/fr/mylotarg-gemtuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>pprd_2982804</t>
+  </si>
+  <si>
+    <t>gemtuzumab ozogamicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963343/fr/mylotarg-gemtuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197677/fr/mylotarg-gemtuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>NITISINONE DIPHARMA (nitisinone)</t>
+  </si>
+  <si>
+    <t>31/07/2020 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197646/fr/nitisinone-dipharma-nitisinone</t>
+  </si>
+  <si>
+    <t>p_3197646</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908655/fr/nitisinone-dipharma-nitisinone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197623/fr/nitisinone-dipharma-nitisinone</t>
+  </si>
+  <si>
+    <t>INCRELEX (mécasermine)</t>
+  </si>
+  <si>
+    <t>17/07/2020 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983638/fr/increlex-mecasermine</t>
   </si>
   <si>
     <t>pprd_2983638</t>
   </si>
   <si>
     <t>mécasermine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_668833/en/increlex</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982835/en/mepsevii</t>
+    <t>https://www.has-sante.fr/jcms/c_668833/fr/increlex-mecasermine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1080273/fr/increlex-mecasermine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761840/fr/increlex-mecasermine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193753/fr/increlex-mecasermine</t>
+  </si>
+  <si>
+    <t>MEPSEVII (vestronidase alfa)</t>
+  </si>
+  <si>
+    <t>01/07/2020 08:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982835/fr/mepsevii-vestronidase-alfa</t>
   </si>
   <si>
     <t>pprd_2982835</t>
   </si>
   <si>
     <t>vestronidase alfa</t>
   </si>
   <si>
     <t>ULTRAGENYX FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2908958/en/mepsevii-vestronidase-alfa</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3191309/en/mepsevii</t>
+    <t>https://www.has-sante.fr/jcms/c_2908958/fr/mepsevii-vestronidase-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191309/fr/mepsevii-vestronidase-alfa</t>
+  </si>
+  <si>
+    <t>MIGLUSTAT (miglustat)</t>
+  </si>
+  <si>
+    <t>20/05/2020 08:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982966/fr/miglustat-miglustat</t>
+  </si>
+  <si>
+    <t>pprd_2982966</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ ARROW GENERIQUES/ BLUEFISH PHARMACEUTICALS AB/ GEN.ORPH/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607073/fr/miglustat-bluefish-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856028/fr/miglustat-gen-orph-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891311/fr/miglustat-accord-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122215/fr/miglustat-accord-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184914/fr/miglustat-dipharma-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084023/fr/miglustat-dipharma-miglustat</t>
+  </si>
+  <si>
+    <t>RIXATHON (rituximab)</t>
+  </si>
+  <si>
+    <t>24/04/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983503/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2983503</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800413/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180770/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>ZYNTEGLO (bétibéglogène autotemcel)</t>
+  </si>
+  <si>
+    <t>26/03/2020 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149334/fr/zynteglo-betibeglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3149334</t>
+  </si>
+  <si>
+    <t>bétibéglogène autotemcel</t>
+  </si>
+  <si>
+    <t>BLUEBIRDBIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149186/fr/zynteglo-betibeglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165706/fr/zynteglo-betibeglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>TILLHEPO (acide ursodésoxycholique)</t>
+  </si>
+  <si>
+    <t>06/03/2020 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161050/fr/tillhepo-acide-ursodesoxycholique</t>
+  </si>
+  <si>
+    <t>p_3161050</t>
+  </si>
+  <si>
+    <t>acide ursodésoxycholique</t>
+  </si>
+  <si>
+    <t>TILLOTTS PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159936/fr/tillhepo-acide-ursodesoxycholique</t>
   </si>
   <si>
     <t>CREON (pancréatine)</t>
   </si>
   <si>
-    <t>03/18/2020 17:42:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983963/en/creon-pancreatine</t>
+    <t>18/03/2020 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983963/fr/creon-pancreatine</t>
   </si>
   <si>
     <t>pprd_2983963</t>
   </si>
   <si>
     <t>pancréatine</t>
   </si>
   <si>
     <t>MYLAN MEDICAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398880/en/creon-25-000-u-microgranules-gastroresistants-en-gelules-boite-de-60</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3164100/en/creon-pancreatine</t>
+    <t>https://www.has-sante.fr/jcms/c_398880/fr/creon-25-000-u-microgranules-gastroresistants-en-gelules-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459867/fr/creon-pancreatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968482/fr/creon-pancreatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245654/fr/creon-pancreatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773278/fr/creon-pancreatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773281/fr/creon-pancreatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671758/fr/creon-pancreatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164100/fr/creon-pancreatine</t>
+  </si>
+  <si>
+    <t>MEROPENEM (méropénem)</t>
+  </si>
+  <si>
+    <t>12/03/2020 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983053/fr/meropenem-meropenem</t>
+  </si>
+  <si>
+    <t>pprd_2983053</t>
+  </si>
+  <si>
+    <t>méropénem</t>
+  </si>
+  <si>
+    <t>MACOPHARMA / MEDIPHA SANTE / ACTAVIS FRANCE / ARROW GENERIQUES / GERDA / DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649690/fr/meropenem-actavis-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671497/fr/meropenem-stravencon-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880782/fr/meropenem-bradex-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084026/fr/meropenem-arrow-lab-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148219/fr/meropenem-gerda-meropenem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159918/fr/meropenem-hikma-meropenem</t>
   </si>
   <si>
     <t>WAYLIVRA (volanesorsen)</t>
   </si>
   <si>
-    <t>03/12/2020 15:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161314/en/waylivra-volanesorsen</t>
+    <t>12/03/2020 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161314/fr/waylivra-volanesorsen</t>
   </si>
   <si>
     <t>p_3161314</t>
   </si>
   <si>
     <t>volanesorsen</t>
   </si>
   <si>
     <t>AKCEA THERAPEUTICS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3159930/en/waylivra-volanesorsen</t>
+    <t>https://www.has-sante.fr/jcms/p_3159930/fr/waylivra-volanesorsen</t>
   </si>
   <si>
     <t>REVOLADE (eltrombopag)</t>
   </si>
   <si>
-    <t>03/04/2020 11:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983678/en/revolade-eltrombopag</t>
+    <t>04/03/2020 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983678/fr/revolade-eltrombopag</t>
   </si>
   <si>
     <t>pprd_2983678</t>
   </si>
   <si>
     <t>eltrombopag</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_969539/en/revolade</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982827/en/onpattro</t>
+    <t>https://www.has-sante.fr/jcms/c_969539/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015425/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671734/fr/revolade-eltrombopag-agoniste-des-recepteurs-a-la-thrombopoietine-ams</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748397/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748739/fr/revolade-ri-thrombopenie-vhc-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752842/fr/revolade-eltrombopag-agonistes-des-recepteurs-a-la-thrombopoietine-pti-adulte-non-splenectomise-pti-enfant-ri-pti-adulte-splenectomise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151443/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>DEFERIPRONE (défériprone)</t>
+  </si>
+  <si>
+    <t>03/02/2020 09:37:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982944/fr/deferiprone-deferiprone</t>
+  </si>
+  <si>
+    <t>pprd_2982944</t>
+  </si>
+  <si>
+    <t>défériprone</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES / LIPOMED GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893469/fr/deferiprone-arrow-deferiprone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149189/fr/deferiprone-lipomed-deferiprone</t>
+  </si>
+  <si>
+    <t>ONPATTRO (patisiran)</t>
+  </si>
+  <si>
+    <t>22/01/2020 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982827/fr/onpattro-patisiran</t>
   </si>
   <si>
     <t>pprd_2982827</t>
   </si>
   <si>
     <t>patisiran</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2912140/en/onpattro-patisiran</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3146853/en/onpattro-patisiran</t>
+    <t>https://www.has-sante.fr/jcms/c_2912140/fr/onpattro-patisiran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146853/fr/onpattro-patisiran</t>
   </si>
   <si>
     <t>CALSYN (calcitonine de saumon)</t>
   </si>
   <si>
-    <t>12/24/2019 08:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984589/en/calsyn-calcitonine-de-saumon</t>
+    <t>24/12/2019 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984589/fr/calsyn-calcitonine-de-saumon</t>
   </si>
   <si>
     <t>pprd_2984589</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400072/en/calsyn-calcitonine-de-saumon</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985072/en/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+    <t>https://www.has-sante.fr/jcms/c_400072/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400295/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817355/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918273/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352569/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022093/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067156/fr/calsyn-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>CALCITONINE (calcitonine de saumon)</t>
+  </si>
+  <si>
+    <t>24/12/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985072/fr/calcitonine-calcitonine-de-saumon</t>
   </si>
   <si>
     <t>pprd_2985072</t>
   </si>
   <si>
     <t>PHARMY II/ SANDOZ</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400293/en/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_817358/en/calcitonine-sandoz-calcitonine-de-saumon</t>
+    <t>https://www.has-sante.fr/jcms/c_400293/fr/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817352/fr/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172455/fr/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067154/fr/calcitonine-pharmy-ii-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067164/fr/calcitonine-sandoz-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172446/fr/calcitonine-sandoz-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817358/fr/calcitonine-sandoz-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>COLIMYCINE (colistiméthate sodique)</t>
+  </si>
+  <si>
+    <t>19/12/2019 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983448/fr/colimycine-colistimethate-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983448</t>
+  </si>
+  <si>
+    <t>colistiméthate sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400700/fr/colimycine-1-mui-poudre-et-solvant-pour-inhalation-par-nebuliseur-flacon-ampoule-de-3-ml-boite-de-1-colistimethate-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438018/fr/colimycine-colistimethate-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438022/fr/colimycine-colistimethate-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724393/fr/colimycine-colistimethate-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817998/fr/colimycine-colistimethate-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124693/fr/colimycine-colistimethate-sodique</t>
   </si>
   <si>
     <t>EZETROL (ézétimibe)</t>
   </si>
   <si>
-    <t>12/09/2019 09:10:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983653/en/ezetrol-ezetimibe</t>
+    <t>09/12/2019 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983653/fr/ezetrol-ezetimibe</t>
   </si>
   <si>
     <t>pprd_2983653</t>
   </si>
   <si>
     <t>ézétimibe</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399904/en/ezetrol-10-mg-comprimes-sous-plaquettes-pelables-unidoses-boite-de-28-et-boite-de-50-ezetrol-10-mg-comprimes-sous-plaquettes-thermoformees-boite-de-28-boite-de-50</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3122523/en/ezetrol-ezetimibe</t>
+    <t>https://www.has-sante.fr/jcms/c_399904/fr/ezetrol-10-mg-comprimes-sous-plaquettes-pelables-unidoses-boite-de-28-et-boite-de-50-ezetrol-10-mg-comprimes-sous-plaquettes-thermoformees-boite-de-28-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813333/fr/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025250/fr/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580468/fr/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629878/fr/ezetrol-ezetimibe-hypocholesterolemiant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756458/fr/ezetrol-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122523/fr/ezetrol-ezetimibe</t>
   </si>
   <si>
     <t>COLOBREATHE (colistiméthate de sodium)</t>
   </si>
   <si>
-    <t>12/09/2019 09:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984804/en/colobreathe-colistimethate-de-sodium</t>
+    <t>09/12/2019 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984804/fr/colobreathe-colistimethate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984804</t>
   </si>
   <si>
     <t>colistiméthate de sodium</t>
   </si>
   <si>
-    <t>TEVA SANTE</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3123997/en/colobreathe-colistimethate-de-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_1638060/fr/colobreathe-colistine-polymyxine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730050/fr/colobreathe-colistimethate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3123997/fr/colobreathe-colistimethate-de-sodium</t>
   </si>
   <si>
     <t>INOVELON (rufinamide)</t>
   </si>
   <si>
-    <t>11/25/2019 10:08:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984518/en/inovelon-rufinamide</t>
+    <t>25/11/2019 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984518/fr/inovelon-rufinamide</t>
   </si>
   <si>
     <t>pprd_2984518</t>
   </si>
   <si>
     <t>rufinamide</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_766284/en/inovelon</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3119786/en/inovelon-rufinamide</t>
+    <t>https://www.has-sante.fr/jcms/c_766284/fr/inovelon-rufinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038286/fr/inovelon-rufinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119786/fr/inovelon-rufinamide</t>
+  </si>
+  <si>
+    <t>POTELIGEO (mogamulizumab)</t>
+  </si>
+  <si>
+    <t>16/10/2019 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083794/fr/poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>p_3083794</t>
+  </si>
+  <si>
+    <t>mogamulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083094/fr/poteligeo-mogamulizumab</t>
   </si>
   <si>
     <t>NUTROPINAQ (somatropine)</t>
   </si>
   <si>
-    <t>10/03/2019 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984604/en/nutropinaq-somatropine</t>
+    <t>03/10/2019 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984604/fr/nutropinaq-somatropine</t>
   </si>
   <si>
     <t>pprd_2984604</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400048/en/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982780/en/tegsedi</t>
+    <t>https://www.has-sante.fr/jcms/c_400048/fr/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190370/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334817/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013177/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108930/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>TEGSEDI (inotersen)</t>
+  </si>
+  <si>
+    <t>30/09/2019 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982780/fr/tegsedi-inotersen</t>
   </si>
   <si>
     <t>pprd_2982780</t>
   </si>
   <si>
     <t>inotersen</t>
   </si>
   <si>
     <t>AKCEA THERAPEUTICS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965636/en/tegsedi-inotersen</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3106176/en/tegsedi-inotersen</t>
+    <t>https://www.has-sante.fr/jcms/c_2965636/fr/tegsedi-inotersen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106176/fr/tegsedi-inotersen</t>
+  </si>
+  <si>
+    <t>YARGESA (miglustat)</t>
+  </si>
+  <si>
+    <t>17/09/2019 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104929/fr/yargesa-miglustat</t>
+  </si>
+  <si>
+    <t>p_3104929</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104691/fr/yargesa-miglustat</t>
   </si>
   <si>
     <t>VOTUBIA (evérolimus)</t>
   </si>
   <si>
-    <t>09/12/2019 09:42:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983228/en/votubia-everolimus</t>
+    <t>12/09/2019 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983228/fr/votubia-everolimus</t>
   </si>
   <si>
     <t>pprd_2983228</t>
   </si>
   <si>
     <t>evérolimus</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1192687/en/votubia</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080464/en/votubia-everolimus</t>
+    <t>https://www.has-sante.fr/jcms/c_1192687/fr/votubia-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525543/fr/votubia-everolimus-inhibiteur-de-la-mtor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2007294/fr/votubia-everolimus-inhibiteur-de-la-mtor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658507/fr/votubia-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857763/fr/votubia-everolimus-inhibiteur-de-proteine-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080464/fr/votubia-everolimus</t>
   </si>
   <si>
     <t>RAVICTI (phénylbutyrate de glycérol)</t>
   </si>
   <si>
-    <t>09/05/2019 15:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983248/en/ravicti-phenylbutyrate-de-glycerol</t>
+    <t>05/09/2019 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983248/fr/ravicti-phenylbutyrate-de-glycerol</t>
   </si>
   <si>
     <t>pprd_2983248</t>
   </si>
   <si>
     <t>phénylbutyrate de glycérol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2855997/en/ravicti-glycerol-phenylbutyrate-digestive-tract-and-metabolism-medicinal-product</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3097607/en/ravicti-phenylbutyrate-de-glycerol</t>
+    <t>https://www.has-sante.fr/jcms/c_2855997/fr/ravicti-phenylbutyrate-de-glycerol-medicament-des-voies-digestives-et-du-metabolisme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097607/fr/ravicti-phenylbutyrate-de-glycerol</t>
+  </si>
+  <si>
+    <t>IDACIO (adalimumab)</t>
+  </si>
+  <si>
+    <t>06/08/2019 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082084/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>p_3082084</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080455/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>DANATROL (danazol)</t>
+  </si>
+  <si>
+    <t>09/07/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984806/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>pprd_2984806</t>
+  </si>
+  <si>
+    <t>danazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739470/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730038/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067162/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>TADIM (colistiméthate sodique)</t>
+  </si>
+  <si>
+    <t>14/05/2019 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982761/fr/tadim-colistimethate-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2982761</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720965/fr/tadim-colistine-polymyxine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834501/fr/tadim-colistimethate-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967163/fr/tadim-colistimethate-sodique</t>
+  </si>
+  <si>
+    <t>ACIDE (acide carglumique/ acide folique/ acide tranexamique/ acide zolédronique monohydraté)</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982813/fr/acide-acide-carglumique/-acide-folique/-acide-tranexamique/-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982813</t>
+  </si>
+  <si>
+    <t>acide carglumique,acide folique,acide tranexamique,acide zolédronique monohydraté</t>
+  </si>
+  <si>
+    <t>AGUETTANT/ CENTRE SPECIALITES PHARMACEUTIQUES/ LABORATOIRE CCD/ MEDIPHA SANTE SAS/ MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399771/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672969/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250056/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648969/fr/acide-zoledronique-resolute-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827564/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827591/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839008/fr/acide-tranexamique-aguettant-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858355/fr/acide-carglumique-waymade-acide-carglumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868365/fr/acide-tranexamique-mylan-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2962273/fr/acide-folique-ccd-acide-folique</t>
   </si>
   <si>
     <t>MYALEPTA (métréleptine)</t>
   </si>
   <si>
-    <t>06/07/2019 15:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982819/en/myalepta-metreleptine</t>
+    <t>07/06/2019 15:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982819/fr/myalepta-metreleptine</t>
   </si>
   <si>
     <t>pprd_2982819</t>
   </si>
   <si>
     <t>métréleptine</t>
   </si>
   <si>
     <t>AEGERION PHARMACEUTICALS SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2913097/en/myalepta-metreleptine</t>
+    <t>https://www.has-sante.fr/jcms/c_2913097/fr/myalepta-metreleptine</t>
+  </si>
+  <si>
+    <t>NITISINONE MDK (nitisinone)</t>
+  </si>
+  <si>
+    <t>05/07/2018 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982838/fr/nitisinone-mdk-nitisinone</t>
+  </si>
+  <si>
+    <t>pprd_2982838</t>
+  </si>
+  <si>
+    <t>WEP CLINICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853369/fr/nitisinone-mdk-nitisinone</t>
   </si>
   <si>
     <t>SIGNIFOR (pasiréotide)</t>
   </si>
   <si>
-    <t>03/12/2019 08:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982844/en/signifor-pasireotide</t>
+    <t>12/03/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982844/fr/signifor-pasireotide</t>
   </si>
   <si>
     <t>pprd_2982844</t>
   </si>
   <si>
     <t>pasiréotide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1284805/en/signifor</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2908487/en/signifor-pasireotide</t>
+    <t>https://www.has-sante.fr/jcms/c_1284805/fr/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034331/fr/signifor-pasireotide-analogue-de-la-somatostatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839029/fr/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908487/fr/signifor-pasireotide</t>
   </si>
   <si>
     <t>CUPRIOR (trientine (tétrachlorhydrate de))</t>
   </si>
   <si>
-    <t>06/11/2019 16:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982852/en/cuprior-trientine-tetrachlorhydrate-de</t>
+    <t>11/06/2019 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982852/fr/cuprior-trientine-tetrachlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982852</t>
   </si>
   <si>
     <t>trientine (tétrachlorhydrate de)</t>
   </si>
   <si>
     <t>GMP-ORPHAN SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2908456/en/cuprior-trientine-tetrachlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2908456/fr/cuprior-trientine-tetrachlorhydrate-de</t>
   </si>
   <si>
     <t>RESPREEZA (alpha-1 antitrypsine humaine)</t>
   </si>
   <si>
     <t>12/12/2018 11:41:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2982971/en/respreeza-alpha-1-antitrypsine-humaine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2982971/fr/respreeza-alpha-1-antitrypsine-humaine</t>
   </si>
   <si>
     <t>pprd_2982971</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2610146/en/respreeza-human-alpha-1-antitrypsin-proteinase-inhibitor</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2890822/en/respreeza-alpha-1-antitrypsine-humaine</t>
+    <t>https://www.has-sante.fr/jcms/c_2610146/fr/respreeza-alpha-1-antitrypsine-humaine-inhibiteur-de-proteinases</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2890822/fr/respreeza-alpha-1-antitrypsine-humaine</t>
   </si>
   <si>
     <t>MERONEM (méropénem trihydraté)</t>
   </si>
   <si>
-    <t>11/30/2018 11:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983003/en/meronem-meropenem-trihydrate</t>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983003/fr/meronem-meropenem-trihydrate</t>
   </si>
   <si>
     <t>pprd_2983003</t>
   </si>
   <si>
     <t>méropénem trihydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_713145/en/meronem</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2886960/en/meronem-meropenem-trihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_713145/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610188/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610506/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886960/fr/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>GRANIONS DE ZINC (zinc (gluconate de))</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983083/fr/granions-de-zinc-zinc-gluconate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983083</t>
+  </si>
+  <si>
+    <t>zinc (gluconate de)</t>
+  </si>
+  <si>
+    <t>GRANIONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399633/fr/granions-de-zinc-15-mg/2-ml-solution-buvable-ampoule-de-2-ml-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400482/fr/granions-de-cuivre-0-3-mg-/-2-ml-solution-buvable-boite-10-code-cip-304-623-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400484/fr/granions-de-selenium-0-96-mg/2-ml-suspension-buvable-boite-10-code-cip-304-630-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400483/fr/granions-de-magnesium-3-82-mg/2-ml-solution-buvable-b/10-code-cip-304-626-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555360/fr/granions-de-zinc-zinc-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251940/fr/granions-de-zinc-zinc-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743218/fr/granions-de-zinc-zinc-gluconate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877050/fr/granions-de-zinc-zinc-gluconate-de</t>
   </si>
   <si>
     <t>BERINERT (inhibiteur de C1 estérase humaine/ inhibiteur de la C1 estérase humain...)</t>
   </si>
   <si>
-    <t>02/08/2019 14:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983098/en/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+    <t>08/02/2019 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983098/fr/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
   </si>
   <si>
     <t>pprd_2983098</t>
   </si>
   <si>
     <t>inhibiteur de C1 estérase humaine,inhibiteur de la C1 estérase humain,inhibiteur de la C1 estérase humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827708/en/berinert</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1728839/en/berinert</t>
+    <t>https://www.has-sante.fr/jcms/c_827708/fr/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570586/fr/berinert-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873719/fr/berinert-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728839/fr/berinert-inhibiteur-de-c1-esterase-humaine-inhibiteur-de-c1-esterase-humaine/-inhibiteur-de-la-c1-esterase-humain</t>
   </si>
   <si>
     <t>FIRAZYR (icatibant (acétate d'))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983101/en/firazyr-icatibant-acetate-d</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983101/fr/firazyr-icatibant-acetate-d</t>
   </si>
   <si>
     <t>pprd_2983101</t>
   </si>
   <si>
     <t>icatibant (acétate d')</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_724460/en/firazyr</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2873704/en/firazyr-icatibant</t>
+    <t>https://www.has-sante.fr/jcms/c_724460/fr/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192693/fr/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869234/fr/firazyr-icatibant-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873704/fr/firazyr-icatibant</t>
   </si>
   <si>
     <t>CINRYZE (inhibiteur de la C1 estérase humaine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983102/en/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983102/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
   </si>
   <si>
     <t>pprd_2983102</t>
   </si>
   <si>
     <t>inhibiteur de la C1 estérase humaine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1264432/en/cinryze</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2873701/en/cinryze-human-c1-esterase-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/c_1264432/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814681/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine-antifibrinolytique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873701/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
   </si>
   <si>
     <t>PROCYSBI (mercaptamine (bitartrate de))</t>
   </si>
   <si>
-    <t>08/29/2018 08:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983159/en/procysbi-mercaptamine-bitartrate-de</t>
+    <t>29/08/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983159/fr/procysbi-mercaptamine-bitartrate-de</t>
   </si>
   <si>
     <t>pprd_2983159</t>
   </si>
   <si>
     <t>mercaptamine (bitartrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2561313/en/procysbi-cysteamine-metabolism-product</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865427/en/procysbi-mercaptamine-bitartrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2561313/fr/procysbi-cysteamine-medicament-du-metabolisme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682492/fr/procysbi-cysteamine-medicament-du-metabolisme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865427/fr/procysbi-mercaptamine-bitartrate-de</t>
   </si>
   <si>
     <t>CHENODEOXYCHOLIC ACID LEADIANT (chénodésoxycholique (acide))</t>
   </si>
   <si>
-    <t>11/28/2018 07:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983160/en/chenodeoxycholic-acid-leadiant-chenodesoxycholique-acide</t>
+    <t>28/11/2018 07:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983160/fr/chenodeoxycholic-acid-leadiant-chenodesoxycholique-acide</t>
   </si>
   <si>
     <t>pprd_2983160</t>
   </si>
   <si>
     <t>chénodésoxycholique (acide)</t>
   </si>
   <si>
     <t>LEADIANT BIOSCIENCES SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2865403/en/chenodeoxycholic-acid-leadiant-chenodeoxycholic-acid-bile-acid-based-medicinal-product</t>
+    <t>https://www.has-sante.fr/jcms/c_2865403/fr/chenodeoxycholic-acid-leadiant-acide-chenodesoxycholique-medicament-a-base-d-acides-biliaires</t>
   </si>
   <si>
     <t>FERRIPROX (défériprone)</t>
   </si>
   <si>
-    <t>10/24/2018 11:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983165/en/ferriprox-deferiprone</t>
+    <t>24/10/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983165/fr/ferriprox-deferiprone</t>
   </si>
   <si>
     <t>pprd_2983165</t>
   </si>
   <si>
-    <t>défériprone</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842731/en/ferriprox-deferiprone-iron-chelator</t>
+    <t>https://www.has-sante.fr/jcms/c_2864197/fr/ferriprox-deferiprone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842731/fr/ferriprox-deferiprone-chelateur-du-fer</t>
   </si>
   <si>
     <t>DELURSAN (acide ursodésoxycholique)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983226/en/delursan-acide-ursodesoxycholique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983226/fr/delursan-acide-ursodesoxycholique</t>
   </si>
   <si>
     <t>pprd_2983226</t>
   </si>
   <si>
-    <t>acide ursodésoxycholique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2857775/en/delursan-ursodeoxycholic-acid-bile-acid</t>
+    <t>https://www.has-sante.fr/jcms/c_614760/fr/delursan-acide-ursodesoxycholique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221591/fr/delursan-acide-ursodesoxycholique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651866/fr/delursan-acide-ursodesoxycholique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857775/fr/delursan-acide-ursodesoxycholique-acide-biliaire</t>
+  </si>
+  <si>
+    <t>URSOLVAN (acide ursodéoxycholique)</t>
+  </si>
+  <si>
+    <t>20/06/2018 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983244/fr/ursolvan-acide-ursodeoxycholique</t>
+  </si>
+  <si>
+    <t>pprd_2983244</t>
+  </si>
+  <si>
+    <t>acide ursodéoxycholique</t>
+  </si>
+  <si>
+    <t>CHEPLAPHARM FRANCE/ SANOFI-AVENTIS FRANCE/ SERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614722/fr/ursolvan-acide-ursodeoxycholique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517931/fr/ursolvan-acide-ursodeoxycholique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621053/fr/ursolvan-acide-ursodeoxycholique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856012/fr/ursolvan-acide-ursodeoxycholique</t>
+  </si>
+  <si>
+    <t>CHOLURSO (acide ursodéoxycholique)</t>
+  </si>
+  <si>
+    <t>04/05/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983304/fr/cholurso-acide-ursodeoxycholique</t>
+  </si>
+  <si>
+    <t>pprd_2983304</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221579/fr/cholurso-acide-ursodeoxycholique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847945/fr/cholurso-acide-ursodeoxycholique</t>
   </si>
   <si>
     <t>CYSTADROPS (mercaptamine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>05/04/2018 13:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983305/en/cystadrops-mercaptamine-chlorhydrate-de</t>
+    <t>04/05/2018 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983305/fr/cystadrops-mercaptamine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983305</t>
   </si>
   <si>
     <t>mercaptamine (chlorhydrate de)</t>
   </si>
   <si>
     <t>ORPHAN EUROPE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2818010/en/cystadrops-mercaptamine-cysteamine-hydrochloride-ophthalmic-medicinal-product</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2847942/en/cystadrops-mercaptamine-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2818010/fr/cystadrops-chlorhydrate-de-mercaptamine-cysteamine-medicament-ophtalmologique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847942/fr/cystadrops-mercaptamine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>COLCHICINE OPOCALCIUM (colchicine)</t>
+  </si>
+  <si>
+    <t>07/05/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983317/fr/colchicine-opocalcium-colchicine</t>
+  </si>
+  <si>
+    <t>pprd_2983317</t>
+  </si>
+  <si>
+    <t>colchicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400856/fr/colchicine-opocalcium-1-mg-comprime-boite-de-20-comprimes-cip-362-750-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016658/fr/colchicine-opocalcium-colchicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847892/fr/colchicine-opocalcium-colchicine</t>
+  </si>
+  <si>
+    <t>COLCHIMAX (colchicine, tiémonium (méthylsulfate de), poudre d'opium/ colchicine/ ...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983318/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>pprd_2983318</t>
+  </si>
+  <si>
+    <t>colchicine, tiémonium (méthylsulfate de), poudre d'opium,colchicine,tiémonium (métilsulfate de),opium (poudre d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013248/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655914/fr/colchimax-colchicine-opocalcium-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655980/fr/colchimax-colchicine-opocalcium-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847889/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400857/fr/colchimax-comprime-pellicule-boite-de-20-comprimes-cip-302-449-0</t>
   </si>
   <si>
     <t>CAYSTON (aztréonam lysine/ lysine (aztréonam de))</t>
   </si>
   <si>
-    <t>05/02/2018 16:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983323/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+    <t>02/05/2018 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983323/fr/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
   </si>
   <si>
     <t>pprd_2983323</t>
   </si>
   <si>
     <t>aztréonam lysine,lysine (aztréonam de)</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1221610/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2844537/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1221610/fr/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701812/fr/cayston-aztreonam-beta-lactamine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844537/fr/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
   </si>
   <si>
     <t>EXJADE (déférasirox)</t>
   </si>
   <si>
-    <t>04/12/2018 12:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983330/en/exjade-deferasirox</t>
+    <t>12/04/2018 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983330/fr/exjade-deferasirox</t>
   </si>
   <si>
     <t>pprd_2983330</t>
   </si>
   <si>
     <t>déférasirox</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_455406/en/exjade</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842737/en/exjade-deferasirox</t>
+    <t>https://www.has-sante.fr/jcms/c_455406/fr/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1744046/fr/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753531/fr/exjade-deferasirox-chelateur-de-fer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745132/fr/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842737/fr/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>BOSENTAN OHRE PHARMA (bosentan monohydraté/ bosentan)</t>
+  </si>
+  <si>
+    <t>30/03/2018 11:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983343/fr/bosentan-ohre-pharma-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>pprd_2983343</t>
+  </si>
+  <si>
+    <t>bosentan monohydraté,bosentan</t>
+  </si>
+  <si>
+    <t>OHRE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749461/fr/bosentan-eg-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740904/fr/bosentan-mylan-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740907/fr/bosentan-teva-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740916/fr/bosentan-accord-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747505/fr/bosentan-arrow-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773803/fr/bosentan-mylan-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773809/fr/bosentan-biogaran-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773800/fr/bosentan-teva-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788630/fr/bosentan-sandoz-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790567/fr/bosentan-sun-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814693/fr/bosentan-zentiva-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839017/fr/bosentan-ohre-pharma-bosentan-monohydrate/-bosentan</t>
+  </si>
+  <si>
+    <t>PHOSPHONEUROS (phosphate disodique/ magnésium (glycérophosphate de)/ phosphorique (ac...)</t>
+  </si>
+  <si>
+    <t>25/01/2018 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983428/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>pprd_2983428</t>
+  </si>
+  <si>
+    <t>phosphate disodique,magnésium (glycérophosphate de),phosphorique (acide) concentré,bis dihydrogénophosphate de calcium</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713162/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367958/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632558/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821747/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
   </si>
   <si>
     <t>KOVALTRY (octocog alfa)</t>
   </si>
   <si>
-    <t>03/29/2018 12:27:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983466/en/kovaltry-octocog-alfa</t>
+    <t>29/03/2018 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983466/fr/kovaltry-octocog-alfa</t>
   </si>
   <si>
     <t>pprd_2983466</t>
   </si>
   <si>
     <t>octocog alfa</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2733618/en/kovaltry-octocog-alfa</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2808586/en/kovaltry-octocog-alfa-antihaemophilic-factor-factor-viii</t>
+    <t>https://www.has-sante.fr/jcms/c_2733618/fr/kovaltry-octocog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808586/fr/kovaltry-octocog-alfa-facteur-anti-hemophilique-facteur-viii</t>
+  </si>
+  <si>
+    <t>EZETIMIBE ACCORD (ézétimibe)</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983506/fr/ezetimibe-accord-ezetimibe</t>
+  </si>
+  <si>
+    <t>pprd_2983506</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798549/fr/ezetimibe-accord-ezetimibe</t>
   </si>
   <si>
     <t>KOLBAM (cholique (acide))</t>
   </si>
   <si>
-    <t>09/27/2017 10:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983523/en/kolbam-cholique-acide</t>
+    <t>27/09/2017 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983523/fr/kolbam-cholique-acide</t>
   </si>
   <si>
     <t>pprd_2983523</t>
   </si>
   <si>
     <t>cholique (acide)</t>
   </si>
   <si>
     <t>MEDIPHA SANTE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2795331/en/kolbam-cholic-acid-bile-acid</t>
+    <t>https://www.has-sante.fr/jcms/c_2795331/fr/kolbam-acide-cholique-acide-biliaire</t>
+  </si>
+  <si>
+    <t>UCEDANE (acide carglumique)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983528/fr/ucedane-acide-carglumique</t>
+  </si>
+  <si>
+    <t>pprd_2983528</t>
+  </si>
+  <si>
+    <t>acide carglumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794115/fr/ucedane-acide-carglumique</t>
   </si>
   <si>
     <t>TROLOVOL (pénicillamine)</t>
   </si>
   <si>
-    <t>09/06/2017 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983536/en/trolovol-penicillamine</t>
+    <t>06/09/2017 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983536/fr/trolovol-penicillamine</t>
   </si>
   <si>
     <t>pprd_2983536</t>
   </si>
   <si>
     <t>pénicillamine</t>
   </si>
   <si>
     <t>EREMPHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400832/en/trolovol-penicillamine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759065/en/trolovol</t>
+    <t>https://www.has-sante.fr/jcms/c_400832/fr/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672245/fr/trolovol-penicillamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788582/fr/trolovol-d-penicillamine-agent-chelateur-plomb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792082/fr/trolovol-d-penicillamine-agent-chelateur-cystinurie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759065/fr/trolovol-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>AFSTYLA (lonoctocog alfa)</t>
+  </si>
+  <si>
+    <t>02/08/2017 17:21:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983544/fr/afstyla-lonoctocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983544</t>
+  </si>
+  <si>
+    <t>lonoctocog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788650/fr/afstyla-lonoctocog-alfa</t>
+  </si>
+  <si>
+    <t>KANUMA (sébélipase alfa)</t>
+  </si>
+  <si>
+    <t>02/08/2017 17:14:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983559/fr/kanuma-sebelipase-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983559</t>
+  </si>
+  <si>
+    <t>sébélipase alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788570/fr/kanuma-sebelipase-alfa</t>
   </si>
   <si>
     <t>NEORAL (ciclosporine)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/fr/neoral-ciclosporine</t>
   </si>
   <si>
     <t>pprd_2983568</t>
   </si>
   <si>
     <t>ciclosporine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/c_399698/fr/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/fr/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/fr/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/fr/neoral-sandimmun-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/fr/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>CYCLADOL (piroxicam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983572/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2983572</t>
+  </si>
+  <si>
+    <t>piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399618/fr/cycladol-20-mg-comprime-effervescent-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538675/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798077/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277955/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779161/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>BENEFIX (nonacog alfa)</t>
+  </si>
+  <si>
+    <t>01/06/2017 16:56:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983602/fr/benefix-nonacog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983602</t>
+  </si>
+  <si>
+    <t>nonacog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772241/fr/benefix-nonacog-alfa</t>
   </si>
   <si>
     <t>FIRDAPSE (amifampridine (phosphate d'))</t>
   </si>
   <si>
-    <t>04/21/2017 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983648/en/firdapse-amifampridine-phosphate-d</t>
+    <t>21/04/2017 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983648/fr/firdapse-amifampridine-phosphate-d</t>
   </si>
   <si>
     <t>pprd_2983648</t>
   </si>
   <si>
     <t>amifampridine (phosphate d')</t>
   </si>
   <si>
     <t>BIOMARIN EUROPE Limited</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962465/en/firdapse</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2757143/en/firdapse-amifampridine-phosphate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_962465/fr/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757143/fr/firdapse-amifampridine-phosphate-d</t>
   </si>
   <si>
     <t>TRACLEER (bosentan/ bosentan monohydraté)</t>
   </si>
   <si>
-    <t>04/14/2017 13:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983654/en/tracleer-bosentan/-bosentan-monohydrate</t>
+    <t>14/04/2017 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983654/fr/tracleer-bosentan/-bosentan-monohydrate</t>
   </si>
   <si>
     <t>pprd_2983654</t>
   </si>
   <si>
     <t>bosentan,bosentan monohydraté</t>
   </si>
   <si>
     <t>ACTELION PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399781/en/tracleer-62-5-mg-comprime-pellicule-boite-de-56-tracleer-125-mg-comprime-pellicule-boite-de-56</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2756347/en/tracleer-bosentan/-bosentan-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399781/fr/tracleer-62-5-mg-comprime-pellicule-boite-de-56-tracleer-125-mg-comprime-pellicule-boite-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574637/fr/tracleer-bosentan/-bosentan-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632474/fr/tracleer-bosentan/-bosentan-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024122/fr/tracleer-bosentan/-bosentan-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743957/fr/tracleer-bosentan/-bosentan-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928168/fr/tracleer-bosentan/-bosentan-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756347/fr/tracleer-bosentan/-bosentan-monohydrate</t>
+  </si>
+  <si>
+    <t>XAGRID (anagrélide)</t>
+  </si>
+  <si>
+    <t>07/04/2017 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983660/fr/xagrid-anagrelide</t>
+  </si>
+  <si>
+    <t>pprd_2983660</t>
+  </si>
+  <si>
+    <t>anagrélide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400349/fr/xagrid-anagrelide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062699/fr/xagrid-chlorhydrate-d-anagrelide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755485/fr/xagrid-anagrelide</t>
   </si>
   <si>
     <t>ALFALASTIN (alpha-1 antitrypsine humaine)</t>
   </si>
   <si>
-    <t>06/01/2017 15:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983686/en/alfalastin-alpha-1-antitrypsine-humaine</t>
+    <t>01/06/2017 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983686/fr/alfalastin-alpha-1-antitrypsine-humaine</t>
   </si>
   <si>
     <t>pprd_2983686</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400843/en/alfalastin</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2751858/en/alfalastin-human-alpha-1-antitrypsin-proteinase-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/c_400843/fr/alfalastin-alpha-1-antitrypsine-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401015/fr/alfalastin-alpha-1-antitrypsine-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751858/fr/alfalastin-alpha-1-antitrypsine-humaine-inhibiteur-de-proteinases</t>
+  </si>
+  <si>
+    <t>XENAZINE (tétrabénazine)</t>
+  </si>
+  <si>
+    <t>03/03/2017 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983704/fr/xenazine-tetrabenazine</t>
+  </si>
+  <si>
+    <t>pprd_2983704</t>
+  </si>
+  <si>
+    <t>tétrabénazine</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189022/fr/xenazine-tetrabenazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676781/fr/xenazine-tetrabenazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748742/fr/xenazine-tetrabenazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400686/fr/xenazine-25-mg-comprime-secable-flacon-polyethylene-haute-densite-pehd-avec-fermeture-de-securite-enfant-de-112-comprimes-code-cip-369-319-1</t>
+  </si>
+  <si>
+    <t>IBLIAS (octocog alfa)</t>
+  </si>
+  <si>
+    <t>27/12/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983778/fr/iblias-octocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983778</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733600/fr/iblias-octocog-alfa</t>
   </si>
   <si>
     <t>LIPTRUZET (ézétimibe/ atorvastatine calcique trihydratée)</t>
   </si>
   <si>
-    <t>12/22/2016 11:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983788/en/liptruzet-ezetimibe/-atorvastatine-calcique-trihydratee</t>
+    <t>22/12/2016 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983788/fr/liptruzet-ezetimibe/-atorvastatine-calcique-trihydratee</t>
   </si>
   <si>
     <t>pprd_2983788</t>
   </si>
   <si>
     <t>ézétimibe,atorvastatine calcique trihydratée</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2024177/en/liptruzet-ezetimibe/atorvastatin-fixed-combination-of-cholesterol-lowering-drugs</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2732140/en/liptruzet-ezetimibe/-atorvastatine-calcique-trihydratee</t>
+    <t>https://www.has-sante.fr/jcms/c_2024177/fr/liptruzet-ezetimibe/atorvastatine-association-fixe-d-hypocholesterolemiants</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732140/fr/liptruzet-ezetimibe/-atorvastatine-calcique-trihydratee</t>
   </si>
   <si>
     <t>INEGY (ézétimibe/ simvastatine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983789/en/inegy-ezetimibe/-simvastatine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983789/fr/inegy-ezetimibe/-simvastatine</t>
   </si>
   <si>
     <t>pprd_2983789</t>
   </si>
   <si>
     <t>ézétimibe,simvastatine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400661/en/inegy-10-mg/20-mg-comprime-boites-de-30-50-et-90inegy-10-mg/40-mg-comprime-boites-30-50-et-90-ezetimibe/-simvastatine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2732137/en/inegy-ezetimibe/-simvastatine</t>
+    <t>https://www.has-sante.fr/jcms/c_400661/fr/inegy-10-mg/20-mg-comprime-boites-de-30-50-et-90inegy-10-mg/40-mg-comprime-boites-30-50-et-90-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813332/fr/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991885/fr/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580456/fr/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732137/fr/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>SKELID (tiludronate disodique)</t>
+  </si>
+  <si>
+    <t>25/11/2016 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983838/fr/skelid-tiludronate-disodique</t>
+  </si>
+  <si>
+    <t>pprd_2983838</t>
+  </si>
+  <si>
+    <t>tiludronate disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399344/fr/skelid-200-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456575/fr/skelid-tiludronate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016647/fr/skelid-tiludronate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189028/fr/skelid-tiludronate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725176/fr/skelid-tiludronate-disodique</t>
   </si>
   <si>
     <t>ALPROLIX (eftrénonacog alfa)</t>
   </si>
   <si>
-    <t>03/10/2017 15:33:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983858/en/alprolix-eftrenonacog-alfa</t>
+    <t>10/03/2017 15:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983858/fr/alprolix-eftrenonacog-alfa</t>
   </si>
   <si>
     <t>pprd_2983858</t>
   </si>
   <si>
     <t>eftrénonacog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682507/en/alprolix-eftrenonacog-alpha-antihaemophilic-factors-factor-ix</t>
+    <t>https://www.has-sante.fr/jcms/c_2682507/fr/alprolix-eftrenonacog-alpha</t>
+  </si>
+  <si>
+    <t>BENEMIDE (probénécide)</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983870/fr/benemide-probenecide</t>
+  </si>
+  <si>
+    <t>pprd_2983870</t>
+  </si>
+  <si>
+    <t>probénécide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400766/fr/benemide-500-mg-comprime-secable-30-comprimes-cip-301-048-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987180/fr/benemide-probenecide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561329/fr/benemide-probenecide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682136/fr/benemide-probenecide</t>
+  </si>
+  <si>
+    <t>LOCACID (trétinoïne)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983872/fr/locacid-tretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2983872</t>
+  </si>
+  <si>
+    <t>trétinoïne</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538075/fr/locacid-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250139/fr/locacid-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682127/fr/locacid-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399387/fr/locacid-creme-dermatologique-tube-de-30-g-locacid-lotion-flacon-de-15-ml-tretinoine</t>
   </si>
   <si>
     <t>METYRAPONE HRA PHARMA (métyrapone)</t>
   </si>
   <si>
-    <t>11/04/2016 09:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983978/en/metyrapone-hra-pharma-metyrapone</t>
+    <t>04/11/2016 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983978/fr/metyrapone-hra-pharma-metyrapone</t>
   </si>
   <si>
     <t>pprd_2983978</t>
   </si>
   <si>
     <t>métyrapone</t>
   </si>
   <si>
     <t>HRA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2663239/en/metyrapone-hra-pharma-metyrapone-treatment-of-endogenous-cushing-s-syndrome-and-test-for-pituitary-function</t>
+    <t>https://www.has-sante.fr/jcms/c_2663239/fr/metyrapone-hra-pharma-metyrapone-traitement-du-syndrome-de-cushing-endogene-et-test-pour-la-fonction-hypophysaire</t>
   </si>
   <si>
     <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>09/27/2016 17:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>27/09/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983986</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+    <t>https://www.has-sante.fr/jcms/c_399073/fr/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/fr/tegeline-immunoglobuline-humaine-normale-immunoglobuline-humaine-polyvalente-iv</t>
   </si>
   <si>
     <t>VONCENTO (facteur VIII de coagulation humain + facteur von Willebrand)</t>
   </si>
   <si>
-    <t>10/12/2016 17:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984072/en/voncento-facteur-viii-de-coagulation-humain-facteur-von-willebrand</t>
+    <t>12/10/2016 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984072/fr/voncento-facteur-viii-de-coagulation-humain-facteur-von-willebrand</t>
   </si>
   <si>
     <t>pprd_2984072</t>
   </si>
   <si>
     <t>facteur Willebrand de coagulation humain,facteur VIII de coagulation humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1747223/en/voncento</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2642074/en/voncento-human-coagulation-factor-viii-von-willebrand-factor</t>
+    <t>https://www.has-sante.fr/jcms/c_1747223/fr/voncento-facteur-viii-de-coagulation-humain-facteur-von-willebrand-facteurs-de-coagulation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642074/fr/voncento-facteur-viii-de-coagulation-humain-facteur-von-willebrand</t>
+  </si>
+  <si>
+    <t>DESFERAL (déféroxamine (mésilate de))</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984128/fr/desferal-deferoxamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984128</t>
+  </si>
+  <si>
+    <t>déféroxamine (mésilate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398889/fr/desferal-deferoxamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400960/fr/desferal-deferoxamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046790/fr/desferal-deferoxamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626291/fr/desferal-deferoxamine-mesilate-de</t>
   </si>
   <si>
     <t>ELOCTA (efmoroctocog alfa)</t>
   </si>
   <si>
-    <t>05/25/2016 17:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984176/en/elocta-efmoroctocog-alfa</t>
+    <t>25/05/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984176/fr/elocta-efmoroctocog-alfa</t>
   </si>
   <si>
     <t>pprd_2984176</t>
   </si>
   <si>
     <t>efmoroctocog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2617853/en/elocta-efmoroctocog-alfa-factor-viii</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3067149/en/elocta-efmoroctocog-alfa</t>
+    <t>https://www.has-sante.fr/jcms/c_2617853/fr/elocta-efmoroctocog-alfa-facteur-viii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067149/fr/elocta-efmoroctocog-alfa</t>
+  </si>
+  <si>
+    <t>TAHOR (atorvastatine)</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984182/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2984182</t>
+  </si>
+  <si>
+    <t>atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399076/fr/tahor-10-mg-comprime-pellicule-boite-de-28-tahor-40-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399706/fr/tahor-80-mg-comprime-boite-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400109/fr/tahor-10-mg-comprime-boite-de-28-et-boite-de-50-tahor-20-mg-comprime-boite-de-28-et-boite-de-50-tahor-40-mg-comprime-boite-de-28-et-boite-de-50-tahor-80-mg-comprime-boite-de-28-et-boite-de-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400830/fr/tahor-10-mg-comprime-pellicule-b/28-tahor-20-mg-comprime-pellicule-b/28-tahor-40-mg-comprime-pellicule-b/28-tahor-80-mg-comprime-pellicule-b/28-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400880/fr/tahor-20-mg-comprime-pellicule-boite-de-28-comprimes-code-cip-343-068-1-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007499/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339956/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769341/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613506/fr/tahor-atorvastatine</t>
+  </si>
+  <si>
+    <t>NEUPOGEN (filgrastim)</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984192/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984192</t>
+  </si>
+  <si>
+    <t>filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400807/fr/neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-ml-349-810-1-neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-ml-349-811-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-953-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-954-4-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-6-ml-349-814-7-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-6-ml-349-815-3-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-951-5-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-952-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400808/fr/neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-ml-349-810-1-neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-ml-349-811-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-953-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-954-4-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-6-ml-349-814-7-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-6-ml-349-815-3-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-951-5-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-952-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098668/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612058/fr/neupogen-filgrastim</t>
   </si>
   <si>
     <t>ZOCOR (simvastatine)</t>
   </si>
   <si>
-    <t>01/25/2016 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984252/en/zocor-simvastatine</t>
+    <t>25/01/2016 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984252/fr/zocor-simvastatine</t>
   </si>
   <si>
     <t>pprd_2984252</t>
   </si>
   <si>
     <t>simvastatine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399024/en/zocor-20-mg-comprime-enrobe-boite-de-28</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984257/en/tobi-tobi-podhaler-n/r/-tobramycine</t>
+    <t>https://www.has-sante.fr/jcms/c_399024/fr/zocor-20-mg-comprime-enrobe-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399207/fr/zocor-40-mg-comprime-pellicule-boite-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399884/fr/zocor-20-mg-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400887/fr/zocor-10-mg-comprime-enrobe-b/28-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401039/fr/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025878/fr/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651878/fr/zocor-simvastatine-inhibiteur-de-l-hmg-coa-reductase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588559/fr/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>TOBI - TOBI PODHALER (tobramycine)</t>
+  </si>
+  <si>
+    <t>18/01/2016 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984257/fr/tobi-tobi-podhaler-tobramycine</t>
   </si>
   <si>
     <t>pprd_2984257</t>
   </si>
   <si>
     <t>tobramycine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399065/en/tobi-tobramycine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2588392/en/tobi-tobi-podhaler-tobramycine</t>
+    <t>https://www.has-sante.fr/jcms/c_399065/fr/tobi-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400201/fr/tobi-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1080278/fr/tobi-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172458/fr/tobi-podhaler-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588392/fr/tobi-tobi-podhaler-tobramycine</t>
   </si>
   <si>
     <t>KUVAN (saproptérine (dichlorhydrate de))</t>
   </si>
   <si>
-    <t>01/08/2016 13:42:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984268/en/kuvan-sapropterine-dichlorhydrate-de</t>
+    <t>08/01/2016 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984268/fr/kuvan-sapropterine-dichlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984268</t>
   </si>
   <si>
     <t>saproptérine (dichlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_757307/en/kuvan</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2586909/en/kuvan-sapropterine-dichlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_757307/fr/kuvan-sapropterine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586909/fr/kuvan-sapropterine-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>LEVOCARNIL (lévocarnitine)</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984281/fr/levocarnil-levocarnitine</t>
+  </si>
+  <si>
+    <t>pprd_2984281</t>
+  </si>
+  <si>
+    <t>lévocarnitine</t>
+  </si>
+  <si>
+    <t>SIGMA-TAU FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400240/fr/levocarnil-1-g/5-ml-solution-injectable-en-ampoule-boite-de-5-code-cip-365-712-0-levocarnil-100-mg/ml-solution-buvable-en-flacon-de-10-ml-boite-de-10-code-code-cip-365-711-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717912/fr/levocarnil-levocarnitine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583142/fr/levocarnil-levocarnitine</t>
   </si>
   <si>
     <t>GLYBERA (alipogène tiparvovec)</t>
   </si>
   <si>
-    <t>01/28/2016 16:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984308/en/glybera-alipogene-tiparvovec</t>
+    <t>28/01/2016 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984308/fr/glybera-alipogene-tiparvovec</t>
   </si>
   <si>
     <t>pprd_2984308</t>
   </si>
   <si>
     <t>alipogène tiparvovec</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2579395/en/glybera-alipogene-tiparvovec-gene-therapy</t>
+    <t>https://www.has-sante.fr/jcms/c_2579395/fr/glybera-alipogene-tiparvovec-therapie-genique</t>
   </si>
   <si>
     <t>SOMAVERT (pegvisomant)</t>
   </si>
   <si>
-    <t>11/16/2015 10:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984323/en/somavert-pegvisomant</t>
+    <t>16/11/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984323/fr/somavert-pegvisomant</t>
   </si>
   <si>
     <t>pprd_2984323</t>
   </si>
   <si>
     <t>pegvisomant</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399928/en/somavert-10-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-15-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-20-mg-poudre-et-solvant-pour-solution-injectable-boite-de-1-et-boite-de-30</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572175/en/somavert-pegvisomant</t>
+    <t>https://www.has-sante.fr/jcms/c_399928/fr/somavert-10-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-15-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-20-mg-poudre-et-solvant-pour-solution-injectable-boite-de-1-et-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013230/fr/somavert-pegvisomant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600988/fr/somavert-pegvisomant-analogue-de-l-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730032/fr/somavert-pegvisomant-antagoniste-du-recepteur-de-l-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572175/fr/somavert-pegvisomant</t>
   </si>
   <si>
     <t>CERDELGA (éliglustat (tartrate d'))</t>
   </si>
   <si>
-    <t>01/18/2016 16:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984327/en/cerdelga-eliglustat-tartrate-d</t>
+    <t>18/01/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984327/fr/cerdelga-eliglustat-tartrate-d</t>
   </si>
   <si>
     <t>pprd_2984327</t>
   </si>
   <si>
     <t>éliglustat (tartrate d')</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2572136/en/cerdelga-eliglustat-metabolism-medicinal-product</t>
+    <t>https://www.has-sante.fr/jcms/c_2572136/fr/cerdelga-eliglustat-medicament-du-metabolisme</t>
   </si>
   <si>
     <t>IMUREL (azathioprine)</t>
   </si>
   <si>
-    <t>10/21/2015 17:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/fr/imurel-azathioprine</t>
   </si>
   <si>
     <t>pprd_2984367</t>
   </si>
   <si>
     <t>azathioprine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+    <t>https://www.has-sante.fr/jcms/c_400866/fr/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/fr/imurel-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>PULMOZYME (déxoxyribonucléase 1 (dornase alfa))</t>
+  </si>
+  <si>
+    <t>21/10/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984387/fr/pulmozyme-dexoxyribonuclease-1-dornase-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2984387</t>
+  </si>
+  <si>
+    <t>déxoxyribonucléase 1 (dornase alfa)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400130/fr/pulmozyme-2500u-/-2-5-ml-solution-pour-inhalation-par-nebuliseur-en-ampoule-boite-de-6-code-cip-364-674-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036527/fr/pulmozyme-dexoxyribonuclease-1-dornase-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560235/fr/pulmozyme-dexoxyribonuclease-1-dornase-alfa</t>
   </si>
   <si>
     <t>ZOMACTON (somatropine)</t>
   </si>
   <si>
-    <t>08/06/2015 09:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984444/en/zomacton-somatropine</t>
+    <t>06/08/2015 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984444/fr/zomacton-somatropine</t>
   </si>
   <si>
     <t>pprd_2984444</t>
   </si>
   <si>
-    <t>FERRING SAS</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2052647/en/zomacton-somatropine</t>
+    <t>https://www.has-sante.fr/jcms/c_399209/fr/zomacton-1-3-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-zomacton-4-mg-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460289/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190373/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336444/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052647/fr/zomacton-somatropine</t>
   </si>
   <si>
     <t>ARCOXIA (étoricoxib)</t>
   </si>
   <si>
-    <t>04/27/2015 10:23:16</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984569/en/arcoxia-etoricoxib</t>
+    <t>27/04/2015 10:23:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984569/fr/arcoxia-etoricoxib</t>
   </si>
   <si>
     <t>pprd_2984569</t>
   </si>
   <si>
     <t>étoricoxib</t>
   </si>
   <si>
     <t>GRUNENTHAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_798117/en/arcoxia</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2027350/en/arcoxia-etoricoxib</t>
+    <t>https://www.has-sante.fr/jcms/c_798117/fr/arcoxia-etoricoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215841/fr/arcoxia-etoricoxib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027350/fr/arcoxia-etoricoxib</t>
+  </si>
+  <si>
+    <t>VENTAVIS (iloprost/ iloprost trométamol)</t>
+  </si>
+  <si>
+    <t>23/02/2015 16:05:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984603/fr/ventavis-iloprost/-iloprost-trometamol</t>
+  </si>
+  <si>
+    <t>pprd_2984603</t>
+  </si>
+  <si>
+    <t>iloprost,iloprost trométamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399989/fr/ventavis-10-microgrammes/ml-solution-pour-inhalation-par-nebuliseur-boite-de-30-ampoules-de-2-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024129/fr/ventavis-iloprost/-iloprost-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013186/fr/ventavis-iloprost/-iloprost-trometamol</t>
+  </si>
+  <si>
+    <t>LHRH FERRING - LUTRELEF (acétate de gonadoréline)</t>
+  </si>
+  <si>
+    <t>23/02/2015 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984609/fr/lhrh-ferring-lutrelef-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>pprd_2984609</t>
+  </si>
+  <si>
+    <t>acétate de gonadoréline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900472/fr/lhrh-ferring-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352554/fr/lhrh-ferring-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010720/fr/lhrh-ferring-lutrelef-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900481/fr/lutrelef-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400167/fr/lutrelef-acetate-de-gonadoreline</t>
+  </si>
+  <si>
+    <t>OCTREOTIDE KABI (acétate d'octréotide)</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984624/fr/octreotide-kabi-acetate-d-octreotide</t>
+  </si>
+  <si>
+    <t>pprd_2984624</t>
+  </si>
+  <si>
+    <t>acétate d'octréotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721771/fr/octreotide-kabi-acetate-d-octreotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2007180/fr/octreotide-kabi-acetate-d-octreotide</t>
+  </si>
+  <si>
+    <t>VERCYTE (pipobroman)</t>
+  </si>
+  <si>
+    <t>19/12/2014 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984639/fr/vercyte-pipobroman</t>
+  </si>
+  <si>
+    <t>pprd_2984639</t>
+  </si>
+  <si>
+    <t>pipobroman</t>
+  </si>
+  <si>
+    <t>Laboratoires DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400178/fr/vercyte-pipobroman</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928170/fr/vercyte-pipobroman</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792840/fr/vercyte-pipobroman</t>
   </si>
   <si>
     <t>CUROSURF (poractant alfa)</t>
   </si>
   <si>
-    <t>01/20/2015 11:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984696/en/curosurf-poractant-alfa</t>
+    <t>20/01/2015 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984696/fr/curosurf-poractant-alfa</t>
   </si>
   <si>
     <t>pprd_2984696</t>
   </si>
   <si>
     <t>poractant alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_532604/en/curosurf</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1766750/en/curosurf-poractant-alfa-pulmonary-surfactant</t>
+    <t>https://www.has-sante.fr/jcms/c_532604/fr/curosurf-poractant-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766750/fr/curosurf-poractant-alfa-surfactant-pulmonaire</t>
+  </si>
+  <si>
+    <t>WILFACTIN (facteur Willebrand de coagulation humain)</t>
+  </si>
+  <si>
+    <t>13/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984697/fr/wilfactin-facteur-willebrand-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>pprd_2984697</t>
+  </si>
+  <si>
+    <t>facteur Willebrand de coagulation humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399932/fr/wilfactin-facteur-willebrand-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766748/fr/wilfactin-facteur-willebrand-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>RILUTEK (riluzole)</t>
+  </si>
+  <si>
+    <t>03/10/2014 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984701/fr/rilutek-riluzole</t>
+  </si>
+  <si>
+    <t>pprd_2984701</t>
+  </si>
+  <si>
+    <t>riluzole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400253/fr/rilutek-50-mg-comprime-pellicule-boite-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954801/fr/rilutek-riluzole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765811/fr/rilutek-riluzole</t>
   </si>
   <si>
     <t>NORMOSANG (hémine)</t>
   </si>
   <si>
-    <t>08/11/2014 14:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984711/en/normosang-hemine</t>
+    <t>11/08/2014 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984711/fr/normosang-hemine</t>
   </si>
   <si>
     <t>pprd_2984711</t>
   </si>
   <si>
     <t>hémine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1759332/en/normosang</t>
+    <t>https://www.has-sante.fr/jcms/c_1759332/fr/normosang-hemine</t>
   </si>
   <si>
     <t>REMODULIN (tréprostinil sodique)</t>
   </si>
   <si>
-    <t>07/08/2014 10:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984788/en/remodulin-treprostinil-sodique</t>
+    <t>08/07/2014 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984788/fr/remodulin-treprostinil-sodique</t>
   </si>
   <si>
     <t>pprd_2984788</t>
   </si>
   <si>
     <t>tréprostinil sodique</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400338/en/remodulin-1-mg/ml-solution-pour-perfusion-voie-sous-cutanee-1-flacon-s-en-verre-de-20-ml-code-cip-368-161-5-remodulin-10-mg/ml-solution-pour-perfusion-voie-sous-cutanee-1-flacon-s-en-verre-de-20-ml-code-cip-368-164-4-remodulin-2-5-mg/ml-solution-pour-perfusion-voie-sous-cutanee-1-flacon-s-en-verre-de-20-ml-code-cip-368-162-1-remodulin-5-mg/ml-solution-pour-perfusion-voie-sous-cutanee-1-flacon-s-en-verre-de-20-ml-code-cip-368-163-8</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1738594/en/remodulin</t>
+    <t>https://www.has-sante.fr/jcms/c_400338/fr/remodulin-1-mg/ml-solution-pour-perfusion-voie-sous-cutanee-1-flacon-s-en-verre-de-20-ml-code-cip-368-161-5-remodulin-10-mg/ml-solution-pour-perfusion-voie-sous-cutanee-1-flacon-s-en-verre-de-20-ml-code-cip-368-164-4-remodulin-2-5-mg/ml-solution-pour-perfusion-voie-sous-cutanee-1-flacon-s-en-verre-de-20-ml-code-cip-368-162-1-remodulin-5-mg/ml-solution-pour-perfusion-voie-sous-cutanee-1-flacon-s-en-verre-de-20-ml-code-cip-368-163-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024124/fr/remodulin-treprostinil-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738594/fr/remodulin-i-v-treprostinil-prostacycline</t>
   </si>
   <si>
     <t>ORPHACOL (acide cholique)</t>
   </si>
   <si>
-    <t>04/25/2014 18:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984819/en/orphacol-acide-cholique</t>
+    <t>25/04/2014 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984819/fr/orphacol-acide-cholique</t>
   </si>
   <si>
     <t>pprd_2984819</t>
   </si>
   <si>
     <t>acide cholique</t>
   </si>
   <si>
     <t>CTRS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1726511/en/orphacol</t>
+    <t>https://www.has-sante.fr/jcms/c_1726511/fr/orphacol-acide-cholique-acide-biliaire</t>
   </si>
   <si>
     <t>CARBAGLU (acide carglumique)</t>
   </si>
   <si>
-    <t>05/15/2014 15:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984836/en/carbaglu-acide-carglumique</t>
+    <t>15/05/2014 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984836/fr/carbaglu-acide-carglumique</t>
   </si>
   <si>
     <t>pprd_2984836</t>
   </si>
   <si>
-    <t>acide carglumique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1720125/en/carbaglu</t>
+    <t>https://www.has-sante.fr/jcms/c_399846/fr/carbaglu-200-mg-comprime-dispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720125/fr/carbaglu-acide-carglumique</t>
+  </si>
+  <si>
+    <t>HEXATRIONE (Triamcinolone hexacetonide)</t>
+  </si>
+  <si>
+    <t>23/01/2014 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984848/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>pprd_2984848</t>
+  </si>
+  <si>
+    <t>Triamcinolone hexacetonide</t>
+  </si>
+  <si>
+    <t>DEXO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468552/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773269/fr/hexatrione-triamcinolone-hexacetonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717928/fr/hexatrione-triamcinolone-hexacetonide</t>
   </si>
   <si>
     <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>03/05/2014 17:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>05/03/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2984872</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_697321/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/fr/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>BRONCHITOL (mannitol)</t>
   </si>
   <si>
-    <t>05/21/2013 16:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984998/en/bronchitol-mannitol</t>
+    <t>21/05/2013 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984998/fr/bronchitol-mannitol</t>
   </si>
   <si>
     <t>pprd_2984998</t>
   </si>
   <si>
     <t>mannitol</t>
   </si>
   <si>
     <t>NOVEX PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1319232/en/bronchitol</t>
+    <t>https://www.has-sante.fr/jcms/c_1319232/fr/bronchitol-mannitol</t>
   </si>
   <si>
     <t>REVATIO (sildénafil)</t>
   </si>
   <si>
-    <t>03/19/2013 10:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985014/en/revatio-sildenafil</t>
+    <t>19/03/2013 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985014/fr/revatio-sildenafil</t>
   </si>
   <si>
     <t>pprd_2985014</t>
   </si>
   <si>
     <t>sildénafil</t>
   </si>
   <si>
     <t>Laboratoire PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400878/en/revatio</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1260367/en/revatio</t>
+    <t>https://www.has-sante.fr/jcms/c_400878/fr/revatio-sildenafil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024123/fr/revatio-sildenafil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244192/fr/revatio-sildenafil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260367/fr/revatio-sildenafil</t>
+  </si>
+  <si>
+    <t>XIAPEX (collagénase de clostridium histolyticum)</t>
+  </si>
+  <si>
+    <t>29/02/2012 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985037/fr/xiapex-collagenase-de-clostridium-histolyticum</t>
+  </si>
+  <si>
+    <t>pprd_2985037</t>
+  </si>
+  <si>
+    <t>collagénase de clostridium histolyticum</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238457/fr/xiapex-collagenase-de-clostridium-histolyticum</t>
+  </si>
+  <si>
+    <t>CADENS (calcitonine de saumon)</t>
+  </si>
+  <si>
+    <t>07/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985078/fr/cadens-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>pprd_2985078</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400071/fr/cadens-100-ui/ml-solution-injectable-en-ampoule-boite-de-5-cadens-50-ui/ml-solution-injectable-en-ampoule-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817346/fr/cadens-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163429/fr/cadens-calcitonine-de-saumon</t>
+  </si>
+  <si>
+    <t>CIMETIDINE TEVA (cimétidine)</t>
+  </si>
+  <si>
+    <t>19/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985099/fr/cimetidine-teva-cimetidine</t>
+  </si>
+  <si>
+    <t>pprd_2985099</t>
+  </si>
+  <si>
+    <t>cimétidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138794/fr/cimetidine-rpg-cimetidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138797/fr/cimetidine-mylan-cimetidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138800/fr/cimetidine-teva-cimetidine</t>
+  </si>
+  <si>
+    <t>TAGAMET (cimétidine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985116/fr/tagamet-cimetidine</t>
+  </si>
+  <si>
+    <t>pprd_2985116</t>
+  </si>
+  <si>
+    <t>Laboratoire AXCAN PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400638/fr/tagamet-200-mg-comprimes-effervescents-boite-de-60-code-cip-330-068-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121554/fr/tagamet-cimetidine</t>
+  </si>
+  <si>
+    <t>CARYOLYSINE (chlorméthine)</t>
+  </si>
+  <si>
+    <t>25/05/2011 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985160/fr/caryolysine-chlormethine</t>
+  </si>
+  <si>
+    <t>pprd_2985160</t>
+  </si>
+  <si>
+    <t>chlorméthine</t>
+  </si>
+  <si>
+    <t>Laboratoire GENOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400999/fr/caryolysine-10-mg-solution-a-diluer-et-solvant-pour-solution-injectable-et-pour-application-cutanee-cip-3019129</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062709/fr/caryolysine-chlormethine</t>
   </si>
   <si>
     <t>DIDRONEL (étidronate)</t>
   </si>
   <si>
-    <t>09/06/2012 17:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985219/en/didronel-etidronate</t>
+    <t>06/09/2012 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985219/fr/didronel-etidronate</t>
   </si>
   <si>
     <t>pprd_2985219</t>
   </si>
   <si>
     <t>étidronate</t>
   </si>
   <si>
     <t>Laboratoire WARNER CHILCOTT FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400780/en/didronel-etidronate</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1016649/en/didronel</t>
+    <t>https://www.has-sante.fr/jcms/c_400780/fr/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459901/fr/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016649/fr/didronel-etidronate</t>
+  </si>
+  <si>
+    <t>AREDIA (pamidronate de sodium)</t>
+  </si>
+  <si>
+    <t>21/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985220/fr/aredia-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985220</t>
+  </si>
+  <si>
+    <t>pamidronate de sodium</t>
+  </si>
+  <si>
+    <t>Laboratoire NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399123/fr/aredia-15-mg/5-ml-lyophilisat-et-solution-pour-perfusion-boite-de-4-aredia-60-mg/10-ml-lyophilisat-et-solution-pour-perfusion-boite-de-1-aredia-90-mg/10-ml-lyophilisat-et-solution-pour-perfusion-boite-de-1-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455075/fr/aredia-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016646/fr/aredia-pamidronate-de-sodium</t>
   </si>
   <si>
     <t>VPRIV (vélaglucérase alpha)</t>
   </si>
   <si>
-    <t>04/14/2011 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985223/en/vpriv-velaglucerase-alpha</t>
+    <t>14/04/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985223/fr/vpriv-velaglucerase-alpha</t>
   </si>
   <si>
     <t>pprd_2985223</t>
   </si>
   <si>
     <t>vélaglucérase alpha</t>
   </si>
   <si>
     <t>Laboratoire SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1014915/en/vpriv</t>
+    <t>https://www.has-sante.fr/jcms/c_1014915/fr/vpriv-velaglucerase-alpha</t>
   </si>
   <si>
     <t>VEDROP (tocofersolan)</t>
   </si>
   <si>
-    <t>09/08/2010 15:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985256/en/vedrop-tocofersolan</t>
+    <t>08/09/2010 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985256/fr/vedrop-tocofersolan</t>
   </si>
   <si>
     <t>pprd_2985256</t>
   </si>
   <si>
     <t>tocofersolan</t>
   </si>
   <si>
     <t>Laboratoire ORPHAN EUROPE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_987213/en/vedrop</t>
+    <t>https://www.has-sante.fr/jcms/c_987213/fr/vedrop-tocofersolan</t>
+  </si>
+  <si>
+    <t>Immunoglobulines IV dans le traitement du pemphigus (immunoglobuline normale/ immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>11/06/2010 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985270/fr/immunoglobulines-iv-dans-le-traitement-du-pemphigus-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>pprd_2985270</t>
+  </si>
+  <si>
+    <t>immunoglobuline normale,immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951073/fr/immunoglobulines-intraveineuses-dans-le-traitement-de-la-myasthenie-crises-ou-poussees-severes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951080/fr/immunoglobulines-intraveineuses-dans-le-traitement-des-myopathies-inflammatoires-severes-ou-cortico-resistantes-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958840/fr/immunoglobulines-iv-dans-le-traitement-du-pemphigus-immunoglobuline-normale/-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>ISOPRINOSINE (inosine acédobène dimépranol)</t>
+  </si>
+  <si>
+    <t>01/06/2010 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985279/fr/isoprinosine-inosine-acedobene-dimepranol</t>
+  </si>
+  <si>
+    <t>pprd_2985279</t>
+  </si>
+  <si>
+    <t>inosine acédobène dimépranol</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808788/fr/isoprinosine-inosine-acedobene-dimepranol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952659/fr/isoprinosine-inosine-acedobene-dimepranol</t>
+  </si>
+  <si>
+    <t>Immunosupresseurs dans le traitement des myopathies inflammatoires (cyclophosphamide/ mycophénolate mofétil/ léflunomide/ ciclosporine/ methotrexate/ rituximab)</t>
+  </si>
+  <si>
+    <t>07/05/2010 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985282/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2985282</t>
+  </si>
+  <si>
+    <t>cyclophosphamide,mycophénolate mofétil,léflunomide,ciclosporine,methotrexate,rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951083/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
   </si>
   <si>
     <t>FIBROGAMMIN (facteur XIII de coagulation)</t>
   </si>
   <si>
-    <t>02/08/2011 10:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985287/en/fibrogammin-facteur-xiii-de-coagulation</t>
+    <t>08/02/2011 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985287/fr/fibrogammin-facteur-xiii-de-coagulation</t>
   </si>
   <si>
     <t>pprd_2985287</t>
   </si>
   <si>
     <t>facteur XIII de coagulation</t>
   </si>
   <si>
     <t>Laboratoire CSL BEHRING SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_937959/en/fibrogammin</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985302/en/zavesca-n/r/-miglustat</t>
+    <t>https://www.has-sante.fr/jcms/c_937959/fr/fibrogammin-facteur-xiii-de-coagulation</t>
+  </si>
+  <si>
+    <t>ZAVESCA (miglustat)</t>
+  </si>
+  <si>
+    <t>18/02/2011 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985302/fr/zavesca-miglustat</t>
   </si>
   <si>
     <t>pprd_2985302</t>
   </si>
   <si>
-    <t>miglustat</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire ACTELION PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399915/en/zavesca-miglustat</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_905044/en/zavesca</t>
+    <t>https://www.has-sante.fr/jcms/c_399915/fr/zavesca-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_905044/fr/zavesca-miglustat</t>
+  </si>
+  <si>
+    <t>CIBACALCINE (calcitonine humaine de synthèse)</t>
+  </si>
+  <si>
+    <t>07/07/2009 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985336/fr/cibacalcine-calcitonine-humaine-de-synthese</t>
+  </si>
+  <si>
+    <t>pprd_2985336</t>
+  </si>
+  <si>
+    <t>calcitonine humaine de synthèse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817343/fr/cibacalcine-calcitonine-humaine-de-synthese</t>
+  </si>
+  <si>
+    <t>NAGLAZYME (galsulfase)</t>
+  </si>
+  <si>
+    <t>24/12/2014 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985500/fr/naglazyme-galsulfase</t>
+  </si>
+  <si>
+    <t>pprd_2985500</t>
+  </si>
+  <si>
+    <t>galsulfase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460176/fr/naglazyme-galsulfase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769786/fr/naglazyme-galsulfase-enzyme</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : la HAS partie prenante du programme national</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN), qui a débuté en France en 1972, est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves, d’origine génétique pour la plupart, et à mettre en œuvre, avant l’apparition de symptômes, les mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. Le dépistage à la naissance fait l’objet d’un programme national qui concerne tous les nouveau-nés qui naissent en France. Dans le cadre d’une recentralisation de ce programme national de dépistage néonatal, la HAS a des missions renforcées.</t>
+  </si>
+  <si>
+    <t>18/11/2021 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296719/fr/depistage-neonatal-la-has-partie-prenante-du-programme-national</t>
+  </si>
+  <si>
+    <t>p_3296719</t>
+  </si>
+  <si>
+    <t>La HAS au service de l'innovation contre les maladies rares</t>
+  </si>
+  <si>
+    <t>La journée internationale des maladies rares du 29 février offre l’occasion de rappeler que ces maladies constituent un enjeu majeur de santé publique.</t>
+  </si>
+  <si>
+    <t>29/02/2024 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498406/fr/la-has-au-service-de-l-innovation-contre-les-maladies-rares</t>
+  </si>
+  <si>
+    <t>p_3498406</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : la HAS publie un guide méthodologique d’évaluation des maladies à intégrer dans le programme national</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique qui vise à détecter dès la naissance certaines maladies rares, graves ou handicapantes. En tant qu'évaluateur du programme national de dépistage, la HAS publie un guide méthodologique pour structurer l’évaluation des maladies à intégrer dans ce programme.</t>
+  </si>
+  <si>
+    <t>28/04/2023 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429965/fr/depistage-neonatal-la-has-publie-un-guide-methodologique-d-evaluation-des-maladies-a-integrer-dans-le-programme-national</t>
+  </si>
+  <si>
+    <t>p_3429965</t>
+  </si>
+  <si>
+    <t>Trisomie 21 – Un dépistage plus performant et moins invasif</t>
+  </si>
+  <si>
+    <t>La stratégie de dépistage de la trisomie 21 évolue pour gagner en performance avec l’intégration d’un nouvel examen : le test ADN libre circulant.</t>
+  </si>
+  <si>
+    <t>11/02/2020 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974232/fr/trisomie-21-un-depistage-plus-performant-et-moins-invasif</t>
+  </si>
+  <si>
+    <t>pprd_2974232</t>
+  </si>
+  <si>
+    <t>Trisomie 21 – Les tests ADN libre circulant intégrés dans le dépistage</t>
+  </si>
+  <si>
+    <t>En 2017, la HAS a publié des recommandations sur la « Place des tests ADN libre circulant dans le sang maternel dans le dépistage de la trisomie 21 fœtale ». Ce travail confirmait que ces tests représentent une innovation technologique indéniable. La HAS préconisait donc leur introduction dans la procédure de dépistage de la trisomie 21 fœtale. Un arrêté, publié en décembre 2018, permet désormais leur remboursement.</t>
+  </si>
+  <si>
+    <t>17/01/2019 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974260/fr/trisomie-21-les-tests-adn-libre-circulant-integres-dans-le-depistage</t>
+  </si>
+  <si>
+    <t>pprd_2974260</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...105 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>2422</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>2423</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>2424</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>2425</v>
       </c>
       <c r="E2" t="s">
-        <v>43</v>
+        <v>2426</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>44</v>
+        <v>2427</v>
       </c>
       <c r="H2" t="s">
-        <v>45</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>2422</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>2429</v>
       </c>
       <c r="C3" t="s">
-        <v>47</v>
+        <v>2430</v>
       </c>
       <c r="D3" t="s">
-        <v>48</v>
+        <v>2431</v>
       </c>
       <c r="E3" t="s">
-        <v>49</v>
+        <v>2426</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>50</v>
+        <v>2432</v>
       </c>
       <c r="H3" t="s">
-        <v>51</v>
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2436</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2437</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2440</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2437</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2443</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2448</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2450</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2451</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2452</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2453</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2454</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2457</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2452</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2453</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2458</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2460</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2461</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2463</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2464</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2466</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2468</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2473</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2474</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2475</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2476</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2478</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2479</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2475</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2482</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2484</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2485</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2484</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2488</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2490</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2475</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2493</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2495</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2496</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2497</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2503</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2504</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2505</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2506</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2507</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2508</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2509</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2510</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2511</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2512</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2516</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2511</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2517</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2518</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2516</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2511</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2521</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2522</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2290</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2530</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2531</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2535</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2536</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2537</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2538</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2540</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2541</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2542</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2543</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2544</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2546</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2547</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2548</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2549</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2553</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2557</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2558</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2559</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2560</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2562</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AQ290"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2566</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2567</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2568</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2569</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2570</v>
+      </c>
+      <c r="J2" t="s">
+        <v>2571</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2572</v>
+      </c>
+      <c r="L2" t="s">
+        <v>2573</v>
+      </c>
+      <c r="M2" t="s">
+        <v>2574</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2575</v>
+      </c>
+      <c r="O2" t="s">
+        <v>2576</v>
+      </c>
+      <c r="P2" t="s">
+        <v>2577</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2578</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2579</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2580</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2581</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2582</v>
+      </c>
+      <c r="J3" t="s">
+        <v>2583</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2584</v>
+      </c>
+      <c r="L3" t="s">
+        <v>2585</v>
+      </c>
+      <c r="M3" t="s">
+        <v>2586</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2587</v>
+      </c>
+      <c r="O3" t="s">
+        <v>2588</v>
+      </c>
+      <c r="P3" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2591</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2592</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2593</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2594</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2595</v>
+      </c>
+      <c r="K4" t="s">
+        <v>2596</v>
+      </c>
+      <c r="L4" t="s">
+        <v>2597</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2598</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2599</v>
+      </c>
+      <c r="O4" t="s">
+        <v>2600</v>
+      </c>
+      <c r="P4" t="s">
+        <v>2601</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2604</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2605</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2606</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2607</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2608</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2611</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2613</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2614</v>
+      </c>
+      <c r="J6" t="s">
+        <v>2615</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2616</v>
+      </c>
+      <c r="L6" t="s">
+        <v>2617</v>
+      </c>
+      <c r="M6" t="s">
+        <v>2618</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2619</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2620</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2621</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2622</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2623</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2624</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2625</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2626</v>
+      </c>
+      <c r="L7" t="s">
+        <v>2627</v>
+      </c>
+      <c r="M7" t="s">
+        <v>2628</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2629</v>
+      </c>
+      <c r="O7" t="s">
+        <v>2630</v>
+      </c>
+      <c r="P7" t="s">
+        <v>2631</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>2632</v>
+      </c>
+      <c r="R7" t="s">
+        <v>2633</v>
+      </c>
+      <c r="S7" t="s">
+        <v>2629</v>
+      </c>
+      <c r="T7" t="s">
+        <v>2634</v>
+      </c>
+      <c r="U7" t="s">
+        <v>2635</v>
+      </c>
+      <c r="V7" t="s">
+        <v>2636</v>
+      </c>
+      <c r="W7" t="s">
+        <v>2637</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2638</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2639</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2641</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2642</v>
+      </c>
+      <c r="J8" t="s">
+        <v>2643</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2644</v>
+      </c>
+      <c r="L8" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2647</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2648</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2649</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2650</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2651</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2652</v>
+      </c>
+      <c r="L9" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2655</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2656</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2657</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2658</v>
+      </c>
+      <c r="J10" t="s">
+        <v>2659</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2660</v>
+      </c>
+      <c r="L10" t="s">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2663</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2665</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J11" t="s">
+        <v>2667</v>
+      </c>
+      <c r="K11" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2670</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2671</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2672</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2673</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2674</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2675</v>
+      </c>
+      <c r="L12" t="s">
+        <v>2676</v>
+      </c>
+      <c r="M12" t="s">
+        <v>2677</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2678</v>
+      </c>
+      <c r="O12" t="s">
+        <v>2679</v>
+      </c>
+      <c r="P12" t="s">
+        <v>2680</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>2681</v>
+      </c>
+      <c r="R12" t="s">
+        <v>2682</v>
+      </c>
+      <c r="S12" t="s">
+        <v>2683</v>
+      </c>
+      <c r="T12" t="s">
+        <v>2684</v>
+      </c>
+      <c r="U12" t="s">
+        <v>2685</v>
+      </c>
+      <c r="V12" t="s">
+        <v>2686</v>
+      </c>
+      <c r="W12" t="s">
+        <v>2687</v>
+      </c>
+      <c r="X12" t="s">
+        <v>2688</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2690</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2691</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2692</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2693</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2694</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2695</v>
+      </c>
+      <c r="L13" t="s">
+        <v>2696</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2697</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2700</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2701</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2702</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2703</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2704</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2705</v>
+      </c>
+      <c r="L14" t="s">
+        <v>2706</v>
+      </c>
+      <c r="M14" t="s">
+        <v>2707</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2708</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2710</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2711</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2712</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2713</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2715</v>
+      </c>
+      <c r="L15" t="s">
+        <v>2716</v>
+      </c>
+      <c r="M15" t="s">
+        <v>2717</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2718</v>
+      </c>
+      <c r="O15" t="s">
+        <v>2719</v>
+      </c>
+      <c r="P15" t="s">
+        <v>2720</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2722</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2723</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2724</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2725</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2651</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2726</v>
+      </c>
+      <c r="L16" t="s">
+        <v>2727</v>
+      </c>
+      <c r="M16" t="s">
+        <v>2728</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2731</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2732</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2733</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2734</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2735</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2736</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2737</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2738</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2741</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2742</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2743</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2744</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2625</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2745</v>
+      </c>
+      <c r="L18" t="s">
+        <v>2746</v>
+      </c>
+      <c r="M18" t="s">
+        <v>2747</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2750</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2751</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2752</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2753</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2754</v>
+      </c>
+      <c r="L19" t="s">
+        <v>2755</v>
+      </c>
+      <c r="M19" t="s">
+        <v>2756</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2757</v>
+      </c>
+      <c r="O19" t="s">
+        <v>2758</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2759</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>2760</v>
+      </c>
+      <c r="R19" t="s">
+        <v>2761</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2762</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2763</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2764</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2765</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2766</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2767</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2768</v>
+      </c>
+      <c r="L20" t="s">
+        <v>2769</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2770</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2771</v>
+      </c>
+      <c r="O20" t="s">
+        <v>2772</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2773</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2774</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2776</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2777</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2778</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2779</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2780</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2781</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2782</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2783</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2784</v>
+      </c>
+      <c r="O21" t="s">
+        <v>2785</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2786</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>2787</v>
+      </c>
+      <c r="R21" t="s">
+        <v>2788</v>
+      </c>
+      <c r="S21" t="s">
+        <v>2789</v>
+      </c>
+      <c r="T21" t="s">
+        <v>2790</v>
+      </c>
+      <c r="U21" t="s">
+        <v>2791</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2792</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2793</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2794</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2795</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2796</v>
+      </c>
+      <c r="J22" t="s">
+        <v>2797</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2798</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2799</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2801</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2802</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2803</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2804</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2805</v>
+      </c>
+      <c r="L23" t="s">
+        <v>2806</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2807</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2808</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2810</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2811</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2812</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2813</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2814</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2815</v>
+      </c>
+      <c r="L24" t="s">
+        <v>2816</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2817</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2818</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2819</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2820</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2821</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2822</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2823</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2824</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2825</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2827</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2828</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2829</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2830</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2831</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2832</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2833</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2834</v>
+      </c>
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2835</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2836</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2837</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2838</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2839</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2840</v>
+      </c>
+      <c r="L27" t="s">
+        <v>2841</v>
+      </c>
+      <c r="M27" t="s">
+        <v>2842</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2843</v>
+      </c>
+      <c r="O27" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2847</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2848</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2849</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2850</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2851</v>
+      </c>
+      <c r="L28" t="s">
+        <v>2852</v>
+      </c>
+      <c r="M28" t="s">
+        <v>2853</v>
+      </c>
+      <c r="N28" t="s">
+        <v>2854</v>
+      </c>
+      <c r="O28" t="s">
+        <v>2855</v>
+      </c>
+      <c r="P28" t="s">
+        <v>2856</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>2857</v>
+      </c>
+      <c r="R28" t="s">
+        <v>2858</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2860</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2861</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2862</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2863</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2571</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2864</v>
+      </c>
+      <c r="L29" t="s">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2868</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2869</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2870</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2871</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2872</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2873</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2874</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2875</v>
+      </c>
+      <c r="O30" t="s">
+        <v>2876</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2877</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>2878</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2880</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2881</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2882</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2883</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2884</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2885</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2886</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2887</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2888</v>
+      </c>
+      <c r="O31" t="s">
+        <v>2889</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2890</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>2891</v>
+      </c>
+      <c r="R31" t="s">
+        <v>2892</v>
+      </c>
+      <c r="S31" t="s">
+        <v>2893</v>
+      </c>
+      <c r="T31" t="s">
+        <v>2894</v>
+      </c>
+      <c r="U31" t="s">
+        <v>2895</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2896</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2897</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2898</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2899</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2900</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2901</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2902</v>
+      </c>
+      <c r="L32" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2905</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2907</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2908</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2674</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2909</v>
+      </c>
+      <c r="L33" t="s">
+        <v>2910</v>
+      </c>
+      <c r="M33" t="s">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2913</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2914</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2915</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2916</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2918</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2919</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2920</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2921</v>
+      </c>
+      <c r="O34" t="s">
+        <v>2922</v>
+      </c>
+      <c r="P34" t="s">
+        <v>2923</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>2924</v>
+      </c>
+      <c r="R34" t="s">
+        <v>2925</v>
+      </c>
+      <c r="S34" t="s">
+        <v>2926</v>
+      </c>
+      <c r="T34" t="s">
+        <v>2927</v>
+      </c>
+      <c r="U34" t="s">
+        <v>2928</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2930</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2931</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2932</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2933</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2934</v>
+      </c>
+      <c r="L35" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2936</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2937</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2938</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2939</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2940</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2941</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2942</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2943</v>
+      </c>
+      <c r="M36" t="s">
+        <v>2944</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2945</v>
+      </c>
+      <c r="O36" t="s">
+        <v>2946</v>
+      </c>
+      <c r="P36" t="s">
+        <v>2947</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2951</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2952</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2953</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2954</v>
+      </c>
+      <c r="L37" t="s">
+        <v>2955</v>
+      </c>
+      <c r="M37" t="s">
+        <v>2956</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2957</v>
+      </c>
+      <c r="O37" t="s">
+        <v>2958</v>
+      </c>
+      <c r="P37" t="s">
+        <v>2959</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>2960</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2961</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2962</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2963</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2964</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2965</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2966</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2967</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2968</v>
+      </c>
+      <c r="M38" t="s">
+        <v>2969</v>
+      </c>
+      <c r="N38" t="s">
+        <v>2970</v>
+      </c>
+      <c r="O38" t="s">
+        <v>2971</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2972</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2973</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2974</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2975</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2976</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2977</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2978</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2980</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2981</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2982</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2983</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2984</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2986</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2989</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2990</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2991</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2992</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2993</v>
+      </c>
+      <c r="K41" t="s">
+        <v>2994</v>
+      </c>
+      <c r="L41" t="s">
+        <v>2995</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2996</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2997</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2998</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2999</v>
+      </c>
+      <c r="I42" t="s">
+        <v>3000</v>
+      </c>
+      <c r="J42" t="s">
+        <v>3001</v>
+      </c>
+      <c r="K42" t="s">
+        <v>3002</v>
+      </c>
+      <c r="L42" t="s">
+        <v>3003</v>
+      </c>
+      <c r="M42" t="s">
+        <v>3004</v>
+      </c>
+      <c r="N42" t="s">
+        <v>3005</v>
+      </c>
+      <c r="O42" t="s">
+        <v>3006</v>
+      </c>
+      <c r="P42" t="s">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B43" t="s">
+        <v>3007</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>3008</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>3009</v>
+      </c>
+      <c r="H43" t="s">
+        <v>3010</v>
+      </c>
+      <c r="I43" t="s">
+        <v>3011</v>
+      </c>
+      <c r="J43" t="s">
+        <v>3012</v>
+      </c>
+      <c r="K43" t="s">
+        <v>3013</v>
+      </c>
+      <c r="L43" t="s">
+        <v>3014</v>
+      </c>
+      <c r="M43" t="s">
+        <v>3015</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B44" t="s">
+        <v>3016</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>3017</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>3018</v>
+      </c>
+      <c r="H44" t="s">
+        <v>3019</v>
+      </c>
+      <c r="I44" t="s">
+        <v>3020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>3021</v>
+      </c>
+      <c r="K44" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B45" t="s">
+        <v>3023</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>3024</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>3025</v>
+      </c>
+      <c r="H45" t="s">
+        <v>3026</v>
+      </c>
+      <c r="I45" t="s">
+        <v>3027</v>
+      </c>
+      <c r="J45" t="s">
+        <v>3028</v>
+      </c>
+      <c r="K45" t="s">
+        <v>3029</v>
+      </c>
+      <c r="L45" t="s">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B46" t="s">
+        <v>3031</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>3032</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>3033</v>
+      </c>
+      <c r="H46" t="s">
+        <v>3034</v>
+      </c>
+      <c r="I46" t="s">
+        <v>3035</v>
+      </c>
+      <c r="J46" t="s">
+        <v>3036</v>
+      </c>
+      <c r="K46" t="s">
+        <v>3037</v>
+      </c>
+      <c r="L46" t="s">
+        <v>3038</v>
+      </c>
+      <c r="M46" t="s">
+        <v>3039</v>
+      </c>
+      <c r="N46" t="s">
+        <v>3040</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B47" t="s">
+        <v>3041</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>3042</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>3043</v>
+      </c>
+      <c r="H47" t="s">
+        <v>3044</v>
+      </c>
+      <c r="I47" t="s">
+        <v>3045</v>
+      </c>
+      <c r="J47" t="s">
+        <v>3046</v>
+      </c>
+      <c r="K47" t="s">
+        <v>3047</v>
+      </c>
+      <c r="L47" t="s">
+        <v>3048</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B48" t="s">
+        <v>3049</v>
+      </c>
+      <c r="C48" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>3050</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>3051</v>
+      </c>
+      <c r="H48" t="s">
+        <v>3052</v>
+      </c>
+      <c r="I48" t="s">
+        <v>3053</v>
+      </c>
+      <c r="J48" t="s">
+        <v>3054</v>
+      </c>
+      <c r="K48" t="s">
+        <v>3055</v>
+      </c>
+      <c r="L48" t="s">
+        <v>3056</v>
+      </c>
+      <c r="M48" t="s">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B49" t="s">
+        <v>3058</v>
+      </c>
+      <c r="C49" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3059</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3060</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3061</v>
+      </c>
+      <c r="I49" t="s">
+        <v>3053</v>
+      </c>
+      <c r="J49" t="s">
+        <v>3062</v>
+      </c>
+      <c r="K49" t="s">
+        <v>3063</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3064</v>
+      </c>
+      <c r="C50" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3065</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3066</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3067</v>
+      </c>
+      <c r="I50" t="s">
+        <v>3068</v>
+      </c>
+      <c r="J50" t="s">
+        <v>3069</v>
+      </c>
+      <c r="K50" t="s">
+        <v>3070</v>
+      </c>
+      <c r="L50" t="s">
+        <v>3071</v>
+      </c>
+      <c r="M50" t="s">
+        <v>3072</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3073</v>
+      </c>
+      <c r="C51" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3075</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3076</v>
+      </c>
+      <c r="I51" t="s">
+        <v>3077</v>
+      </c>
+      <c r="J51" t="s">
+        <v>3078</v>
+      </c>
+      <c r="K51" t="s">
+        <v>3079</v>
+      </c>
+      <c r="L51" t="s">
+        <v>3080</v>
+      </c>
+      <c r="M51" t="s">
+        <v>3081</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C52" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3074</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3083</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3084</v>
+      </c>
+      <c r="I52" t="s">
+        <v>3077</v>
+      </c>
+      <c r="J52" t="s">
+        <v>2571</v>
+      </c>
+      <c r="K52" t="s">
+        <v>3085</v>
+      </c>
+      <c r="L52" t="s">
+        <v>3086</v>
+      </c>
+      <c r="M52" t="s">
+        <v>3087</v>
+      </c>
+      <c r="N52" t="s">
+        <v>3088</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B53" t="s">
+        <v>3089</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>3090</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>3091</v>
+      </c>
+      <c r="H53" t="s">
+        <v>3092</v>
+      </c>
+      <c r="I53" t="s">
+        <v>3093</v>
+      </c>
+      <c r="J53" t="s">
+        <v>3094</v>
+      </c>
+      <c r="K53" t="s">
+        <v>3095</v>
+      </c>
+      <c r="L53" t="s">
+        <v>3096</v>
+      </c>
+      <c r="M53" t="s">
+        <v>3097</v>
+      </c>
+      <c r="N53" t="s">
+        <v>3098</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B54" t="s">
+        <v>3099</v>
+      </c>
+      <c r="C54" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>3100</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>3101</v>
+      </c>
+      <c r="H54" t="s">
+        <v>3102</v>
+      </c>
+      <c r="I54" t="s">
+        <v>3103</v>
+      </c>
+      <c r="J54" t="s">
+        <v>3104</v>
+      </c>
+      <c r="K54" t="s">
+        <v>3105</v>
+      </c>
+      <c r="L54" t="s">
+        <v>3106</v>
+      </c>
+      <c r="M54" t="s">
+        <v>3107</v>
+      </c>
+      <c r="N54" t="s">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B55" t="s">
+        <v>3109</v>
+      </c>
+      <c r="C55" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>3110</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H55" t="s">
+        <v>3112</v>
+      </c>
+      <c r="I55" t="s">
+        <v>3113</v>
+      </c>
+      <c r="J55" t="s">
+        <v>3114</v>
+      </c>
+      <c r="K55" t="s">
+        <v>3115</v>
+      </c>
+      <c r="L55" t="s">
+        <v>3116</v>
+      </c>
+      <c r="M55" t="s">
+        <v>3117</v>
+      </c>
+      <c r="N55" t="s">
+        <v>3118</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B56" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C56" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3120</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>3121</v>
+      </c>
+      <c r="H56" t="s">
+        <v>3122</v>
+      </c>
+      <c r="I56" t="s">
+        <v>3123</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2571</v>
+      </c>
+      <c r="K56" t="s">
+        <v>3124</v>
+      </c>
+      <c r="L56" t="s">
+        <v>3125</v>
+      </c>
+      <c r="M56" t="s">
+        <v>3126</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3127</v>
+      </c>
+      <c r="C57" t="s">
+        <v>11</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>3128</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3129</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3130</v>
+      </c>
+      <c r="I57" t="s">
+        <v>3131</v>
+      </c>
+      <c r="J57" t="s">
+        <v>3132</v>
+      </c>
+      <c r="K57" t="s">
+        <v>3133</v>
+      </c>
+      <c r="L57" t="s">
+        <v>3134</v>
+      </c>
+      <c r="M57" t="s">
+        <v>3134</v>
+      </c>
+      <c r="N57" t="s">
+        <v>3135</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B58" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C58" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>3137</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>3138</v>
+      </c>
+      <c r="H58" t="s">
+        <v>3139</v>
+      </c>
+      <c r="I58" t="s">
+        <v>3140</v>
+      </c>
+      <c r="J58" t="s">
+        <v>2780</v>
+      </c>
+      <c r="K58" t="s">
+        <v>3141</v>
+      </c>
+      <c r="L58" t="s">
+        <v>3142</v>
+      </c>
+      <c r="M58" t="s">
+        <v>3143</v>
+      </c>
+      <c r="N58" t="s">
+        <v>3144</v>
+      </c>
+      <c r="O58" t="s">
+        <v>3145</v>
+      </c>
+      <c r="P58" t="s">
+        <v>3146</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>3147</v>
+      </c>
+      <c r="R58" t="s">
+        <v>3148</v>
+      </c>
+      <c r="S58" t="s">
+        <v>3149</v>
+      </c>
+      <c r="T58" t="s">
+        <v>3150</v>
+      </c>
+      <c r="U58" t="s">
+        <v>3151</v>
+      </c>
+      <c r="V58" t="s">
+        <v>3152</v>
+      </c>
+      <c r="W58" t="s">
+        <v>3153</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B59" t="s">
+        <v>3154</v>
+      </c>
+      <c r="C59" t="s">
+        <v>11</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>3155</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>3156</v>
+      </c>
+      <c r="H59" t="s">
+        <v>3157</v>
+      </c>
+      <c r="I59" t="s">
+        <v>3158</v>
+      </c>
+      <c r="J59" t="s">
+        <v>3159</v>
+      </c>
+      <c r="K59" t="s">
+        <v>3160</v>
+      </c>
+      <c r="L59" t="s">
+        <v>3161</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B60" t="s">
+        <v>3162</v>
+      </c>
+      <c r="C60" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>3163</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>3164</v>
+      </c>
+      <c r="H60" t="s">
+        <v>3165</v>
+      </c>
+      <c r="I60" t="s">
+        <v>3166</v>
+      </c>
+      <c r="J60" t="s">
+        <v>3167</v>
+      </c>
+      <c r="K60" t="s">
+        <v>3168</v>
+      </c>
+      <c r="L60" t="s">
+        <v>3169</v>
+      </c>
+      <c r="M60" t="s">
+        <v>3170</v>
+      </c>
+      <c r="N60" t="s">
+        <v>3171</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B61" t="s">
+        <v>3172</v>
+      </c>
+      <c r="C61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>3173</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>3174</v>
+      </c>
+      <c r="H61" t="s">
+        <v>3175</v>
+      </c>
+      <c r="I61" t="s">
+        <v>3176</v>
+      </c>
+      <c r="J61" t="s">
+        <v>3036</v>
+      </c>
+      <c r="K61" t="s">
+        <v>3177</v>
+      </c>
+      <c r="L61" t="s">
+        <v>3178</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B62" t="s">
+        <v>3179</v>
+      </c>
+      <c r="C62" t="s">
+        <v>11</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>3180</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>3181</v>
+      </c>
+      <c r="H62" t="s">
+        <v>3182</v>
+      </c>
+      <c r="I62" t="s">
+        <v>3183</v>
+      </c>
+      <c r="J62" t="s">
+        <v>3184</v>
+      </c>
+      <c r="K62" t="s">
+        <v>3185</v>
+      </c>
+      <c r="L62" t="s">
+        <v>3186</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B63" t="s">
+        <v>3187</v>
+      </c>
+      <c r="C63" t="s">
+        <v>11</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>3188</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>3189</v>
+      </c>
+      <c r="H63" t="s">
+        <v>3190</v>
+      </c>
+      <c r="I63" t="s">
+        <v>3191</v>
+      </c>
+      <c r="J63" t="s">
+        <v>3069</v>
+      </c>
+      <c r="K63" t="s">
+        <v>3192</v>
+      </c>
+      <c r="L63" t="s">
+        <v>3193</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B64" t="s">
+        <v>3194</v>
+      </c>
+      <c r="C64" t="s">
+        <v>11</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>3195</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>3196</v>
+      </c>
+      <c r="H64" t="s">
+        <v>3197</v>
+      </c>
+      <c r="I64" t="s">
+        <v>3198</v>
+      </c>
+      <c r="J64" t="s">
+        <v>3114</v>
+      </c>
+      <c r="K64" t="s">
+        <v>3199</v>
+      </c>
+      <c r="L64" t="s">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B65" t="s">
+        <v>3201</v>
+      </c>
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>3202</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>3203</v>
+      </c>
+      <c r="H65" t="s">
+        <v>3204</v>
+      </c>
+      <c r="I65" t="s">
+        <v>3205</v>
+      </c>
+      <c r="J65" t="s">
+        <v>3069</v>
+      </c>
+      <c r="K65" t="s">
+        <v>3206</v>
+      </c>
+      <c r="L65" t="s">
+        <v>3207</v>
+      </c>
+      <c r="M65" t="s">
+        <v>3208</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B66" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C66" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>3210</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>3211</v>
+      </c>
+      <c r="H66" t="s">
+        <v>3212</v>
+      </c>
+      <c r="I66" t="s">
+        <v>3213</v>
+      </c>
+      <c r="J66" t="s">
+        <v>3214</v>
+      </c>
+      <c r="K66" t="s">
+        <v>3215</v>
+      </c>
+      <c r="L66" t="s">
+        <v>3216</v>
+      </c>
+      <c r="M66" t="s">
+        <v>3217</v>
+      </c>
+      <c r="N66" t="s">
+        <v>3218</v>
+      </c>
+      <c r="O66" t="s">
+        <v>3219</v>
+      </c>
+      <c r="P66" t="s">
+        <v>3220</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B67" t="s">
+        <v>3222</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>3223</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>3224</v>
+      </c>
+      <c r="H67" t="s">
+        <v>3225</v>
+      </c>
+      <c r="I67" t="s">
+        <v>3226</v>
+      </c>
+      <c r="J67" t="s">
+        <v>3227</v>
+      </c>
+      <c r="K67" t="s">
+        <v>3228</v>
+      </c>
+      <c r="L67" t="s">
+        <v>3229</v>
+      </c>
+      <c r="M67" t="s">
+        <v>3230</v>
+      </c>
+      <c r="N67" t="s">
+        <v>3231</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B68" t="s">
+        <v>3232</v>
+      </c>
+      <c r="C68" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>3233</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>3234</v>
+      </c>
+      <c r="H68" t="s">
+        <v>3235</v>
+      </c>
+      <c r="I68" t="s">
+        <v>3236</v>
+      </c>
+      <c r="J68" t="s">
+        <v>3237</v>
+      </c>
+      <c r="K68" t="s">
+        <v>3238</v>
+      </c>
+      <c r="L68" t="s">
+        <v>3239</v>
+      </c>
+      <c r="M68" t="s">
+        <v>3240</v>
+      </c>
+      <c r="N68" t="s">
+        <v>3241</v>
+      </c>
+      <c r="O68" t="s">
+        <v>3242</v>
+      </c>
+      <c r="P68" t="s">
+        <v>3243</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>3244</v>
+      </c>
+      <c r="R68" t="s">
+        <v>3245</v>
+      </c>
+      <c r="S68" t="s">
+        <v>3246</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B69" t="s">
+        <v>3247</v>
+      </c>
+      <c r="C69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>3248</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>3249</v>
+      </c>
+      <c r="H69" t="s">
+        <v>3250</v>
+      </c>
+      <c r="I69" t="s">
+        <v>3251</v>
+      </c>
+      <c r="J69" t="s">
+        <v>3252</v>
+      </c>
+      <c r="K69" t="s">
+        <v>3253</v>
+      </c>
+      <c r="L69" t="s">
+        <v>3254</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B70" t="s">
+        <v>3255</v>
+      </c>
+      <c r="C70" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>3256</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>3257</v>
+      </c>
+      <c r="H70" t="s">
+        <v>3258</v>
+      </c>
+      <c r="I70" t="s">
+        <v>3259</v>
+      </c>
+      <c r="J70" t="s">
+        <v>3260</v>
+      </c>
+      <c r="K70" t="s">
+        <v>3261</v>
+      </c>
+      <c r="L70" t="s">
+        <v>3262</v>
+      </c>
+      <c r="M70" t="s">
+        <v>3263</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B71" t="s">
+        <v>3264</v>
+      </c>
+      <c r="C71" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>3265</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>3266</v>
+      </c>
+      <c r="H71" t="s">
+        <v>3267</v>
+      </c>
+      <c r="I71" t="s">
+        <v>3268</v>
+      </c>
+      <c r="J71" t="s">
+        <v>3269</v>
+      </c>
+      <c r="K71" t="s">
+        <v>3270</v>
+      </c>
+      <c r="L71" t="s">
+        <v>3271</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B72" t="s">
+        <v>3272</v>
+      </c>
+      <c r="C72" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>3273</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>3274</v>
+      </c>
+      <c r="H72" t="s">
+        <v>3275</v>
+      </c>
+      <c r="I72" t="s">
+        <v>3276</v>
+      </c>
+      <c r="J72" t="s">
+        <v>2625</v>
+      </c>
+      <c r="K72" t="s">
+        <v>3277</v>
+      </c>
+      <c r="L72" t="s">
+        <v>3278</v>
+      </c>
+      <c r="M72" t="s">
+        <v>3277</v>
+      </c>
+      <c r="N72" t="s">
+        <v>3279</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B73" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C73" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>3281</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>3282</v>
+      </c>
+      <c r="H73" t="s">
+        <v>3283</v>
+      </c>
+      <c r="I73" t="s">
+        <v>3284</v>
+      </c>
+      <c r="J73" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K73" t="s">
+        <v>3285</v>
+      </c>
+      <c r="L73" t="s">
+        <v>3286</v>
+      </c>
+      <c r="M73" t="s">
+        <v>3287</v>
+      </c>
+      <c r="N73" t="s">
+        <v>3288</v>
+      </c>
+      <c r="O73" t="s">
+        <v>3289</v>
+      </c>
+      <c r="P73" t="s">
+        <v>3290</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>3291</v>
+      </c>
+      <c r="R73" t="s">
+        <v>3292</v>
+      </c>
+      <c r="S73" t="s">
+        <v>3293</v>
+      </c>
+      <c r="T73" t="s">
+        <v>3294</v>
+      </c>
+      <c r="U73" t="s">
+        <v>3295</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B74" t="s">
+        <v>3296</v>
+      </c>
+      <c r="C74" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>3297</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>3298</v>
+      </c>
+      <c r="H74" t="s">
+        <v>3299</v>
+      </c>
+      <c r="I74" t="s">
+        <v>3300</v>
+      </c>
+      <c r="J74" t="s">
+        <v>3301</v>
+      </c>
+      <c r="K74" t="s">
+        <v>3302</v>
+      </c>
+      <c r="L74" t="s">
+        <v>3303</v>
+      </c>
+      <c r="M74" t="s">
+        <v>3304</v>
+      </c>
+      <c r="N74" t="s">
+        <v>3305</v>
+      </c>
+      <c r="O74" t="s">
+        <v>3306</v>
+      </c>
+      <c r="P74" t="s">
+        <v>3307</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>3308</v>
+      </c>
+      <c r="R74" t="s">
+        <v>3309</v>
+      </c>
+      <c r="S74" t="s">
+        <v>3310</v>
+      </c>
+      <c r="T74" t="s">
+        <v>3311</v>
+      </c>
+      <c r="U74" t="s">
+        <v>3312</v>
+      </c>
+      <c r="V74" t="s">
+        <v>3313</v>
+      </c>
+      <c r="W74" t="s">
+        <v>3314</v>
+      </c>
+      <c r="X74" t="s">
+        <v>3315</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>3316</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>3317</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>3318</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>3319</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>3320</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>3321</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B75" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>3323</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>3324</v>
+      </c>
+      <c r="H75" t="s">
+        <v>3325</v>
+      </c>
+      <c r="I75" t="s">
+        <v>3326</v>
+      </c>
+      <c r="J75" t="s">
+        <v>3184</v>
+      </c>
+      <c r="K75" t="s">
+        <v>3327</v>
+      </c>
+      <c r="L75" t="s">
+        <v>3328</v>
+      </c>
+      <c r="M75" t="s">
+        <v>3329</v>
+      </c>
+      <c r="N75" t="s">
+        <v>3330</v>
+      </c>
+      <c r="O75" t="s">
+        <v>3331</v>
+      </c>
+      <c r="P75" t="s">
+        <v>3332</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>3333</v>
+      </c>
+      <c r="R75" t="s">
+        <v>3334</v>
+      </c>
+      <c r="S75" t="s">
+        <v>3335</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B76" t="s">
+        <v>3336</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>3337</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>3338</v>
+      </c>
+      <c r="H76" t="s">
+        <v>3339</v>
+      </c>
+      <c r="I76" t="s">
+        <v>3340</v>
+      </c>
+      <c r="J76" t="s">
+        <v>3028</v>
+      </c>
+      <c r="K76" t="s">
+        <v>3341</v>
+      </c>
+      <c r="L76" t="s">
+        <v>3342</v>
+      </c>
+      <c r="M76" t="s">
+        <v>3343</v>
+      </c>
+      <c r="N76" t="s">
+        <v>3344</v>
+      </c>
+      <c r="O76" t="s">
+        <v>3345</v>
+      </c>
+      <c r="P76" t="s">
+        <v>3346</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>3347</v>
+      </c>
+      <c r="R76" t="s">
+        <v>3348</v>
+      </c>
+      <c r="S76" t="s">
+        <v>3349</v>
+      </c>
+      <c r="T76" t="s">
+        <v>3350</v>
+      </c>
+      <c r="U76" t="s">
+        <v>3351</v>
+      </c>
+      <c r="V76" t="s">
+        <v>3352</v>
+      </c>
+      <c r="W76" t="s">
+        <v>3353</v>
+      </c>
+      <c r="X76" t="s">
+        <v>3354</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>3355</v>
+      </c>
+      <c r="Z76" t="s">
+        <v>3356</v>
+      </c>
+      <c r="AA76" t="s">
+        <v>3357</v>
+      </c>
+      <c r="AB76" t="s">
+        <v>3358</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>3359</v>
+      </c>
+      <c r="AD76" t="s">
+        <v>3360</v>
+      </c>
+      <c r="AE76" t="s">
+        <v>3361</v>
+      </c>
+      <c r="AF76" t="s">
+        <v>3362</v>
+      </c>
+      <c r="AG76" t="s">
+        <v>3363</v>
+      </c>
+      <c r="AH76" t="s">
+        <v>3364</v>
+      </c>
+      <c r="AI76" t="s">
+        <v>3365</v>
+      </c>
+      <c r="AJ76" t="s">
+        <v>3366</v>
+      </c>
+      <c r="AK76" t="s">
+        <v>3367</v>
+      </c>
+      <c r="AL76" t="s">
+        <v>3368</v>
+      </c>
+      <c r="AM76" t="s">
+        <v>3369</v>
+      </c>
+      <c r="AN76" t="s">
+        <v>3370</v>
+      </c>
+      <c r="AO76" t="s">
+        <v>3371</v>
+      </c>
+      <c r="AP76" t="s">
+        <v>3372</v>
+      </c>
+      <c r="AQ76" t="s">
+        <v>3373</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B77" t="s">
+        <v>3374</v>
+      </c>
+      <c r="C77" t="s">
+        <v>11</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>3375</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
+        <v>3376</v>
+      </c>
+      <c r="H77" t="s">
+        <v>3377</v>
+      </c>
+      <c r="I77" t="s">
+        <v>3378</v>
+      </c>
+      <c r="J77" t="s">
+        <v>3379</v>
+      </c>
+      <c r="K77" t="s">
+        <v>3380</v>
+      </c>
+      <c r="L77" t="s">
+        <v>3381</v>
+      </c>
+      <c r="M77" t="s">
+        <v>3382</v>
+      </c>
+      <c r="N77" t="s">
+        <v>3383</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B78" t="s">
+        <v>3384</v>
+      </c>
+      <c r="C78" t="s">
+        <v>11</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>3385</v>
+      </c>
+      <c r="F78" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" t="s">
+        <v>3386</v>
+      </c>
+      <c r="H78" t="s">
+        <v>3387</v>
+      </c>
+      <c r="I78" t="s">
+        <v>3388</v>
+      </c>
+      <c r="J78" t="s">
+        <v>2735</v>
+      </c>
+      <c r="K78" t="s">
+        <v>3389</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B79" t="s">
+        <v>3390</v>
+      </c>
+      <c r="C79" t="s">
+        <v>11</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>3391</v>
+      </c>
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" t="s">
+        <v>3392</v>
+      </c>
+      <c r="H79" t="s">
+        <v>3393</v>
+      </c>
+      <c r="I79" t="s">
+        <v>3394</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K79" t="s">
+        <v>3395</v>
+      </c>
+      <c r="L79" t="s">
+        <v>3396</v>
+      </c>
+      <c r="M79" t="s">
+        <v>3397</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B80" t="s">
+        <v>3398</v>
+      </c>
+      <c r="C80" t="s">
+        <v>11</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>3399</v>
+      </c>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" t="s">
+        <v>3400</v>
+      </c>
+      <c r="H80" t="s">
+        <v>3401</v>
+      </c>
+      <c r="I80" t="s">
+        <v>3402</v>
+      </c>
+      <c r="J80" t="s">
+        <v>3403</v>
+      </c>
+      <c r="K80" t="s">
+        <v>3404</v>
+      </c>
+      <c r="L80" t="s">
+        <v>3405</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B81" t="s">
+        <v>3406</v>
+      </c>
+      <c r="C81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>3407</v>
+      </c>
+      <c r="F81" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" t="s">
+        <v>3408</v>
+      </c>
+      <c r="H81" t="s">
+        <v>3409</v>
+      </c>
+      <c r="I81" t="s">
+        <v>3410</v>
+      </c>
+      <c r="J81" t="s">
+        <v>3411</v>
+      </c>
+      <c r="K81" t="s">
+        <v>3412</v>
+      </c>
+      <c r="L81" t="s">
+        <v>3413</v>
+      </c>
+      <c r="M81" t="s">
+        <v>3414</v>
+      </c>
+      <c r="N81" t="s">
+        <v>3415</v>
+      </c>
+      <c r="O81" t="s">
+        <v>3416</v>
+      </c>
+      <c r="P81" t="s">
+        <v>3417</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>3418</v>
+      </c>
+      <c r="R81" t="s">
+        <v>3419</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B82" t="s">
+        <v>3420</v>
+      </c>
+      <c r="C82" t="s">
+        <v>11</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>3421</v>
+      </c>
+      <c r="F82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" t="s">
+        <v>3422</v>
+      </c>
+      <c r="H82" t="s">
+        <v>3423</v>
+      </c>
+      <c r="I82" t="s">
+        <v>3424</v>
+      </c>
+      <c r="J82" t="s">
+        <v>3114</v>
+      </c>
+      <c r="K82" t="s">
+        <v>3425</v>
+      </c>
+      <c r="L82" t="s">
+        <v>3426</v>
+      </c>
+      <c r="M82" t="s">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B83" t="s">
+        <v>3428</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>3429</v>
+      </c>
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
+        <v>3430</v>
+      </c>
+      <c r="H83" t="s">
+        <v>3431</v>
+      </c>
+      <c r="I83" t="s">
+        <v>3432</v>
+      </c>
+      <c r="J83" t="s">
+        <v>3046</v>
+      </c>
+      <c r="K83" t="s">
+        <v>3433</v>
+      </c>
+      <c r="L83" t="s">
+        <v>3434</v>
+      </c>
+      <c r="M83" t="s">
+        <v>3435</v>
+      </c>
+      <c r="N83" t="s">
+        <v>3436</v>
+      </c>
+      <c r="O83" t="s">
+        <v>3437</v>
+      </c>
+      <c r="P83" t="s">
+        <v>3438</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>3439</v>
+      </c>
+      <c r="R83" t="s">
+        <v>3440</v>
+      </c>
+      <c r="S83" t="s">
+        <v>3441</v>
+      </c>
+      <c r="T83" t="s">
+        <v>3442</v>
+      </c>
+      <c r="U83" t="s">
+        <v>3443</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B84" t="s">
+        <v>3444</v>
+      </c>
+      <c r="C84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>3445</v>
+      </c>
+      <c r="F84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" t="s">
+        <v>3446</v>
+      </c>
+      <c r="H84" t="s">
+        <v>3447</v>
+      </c>
+      <c r="I84" t="s">
+        <v>3448</v>
+      </c>
+      <c r="J84" t="s">
+        <v>2839</v>
+      </c>
+      <c r="K84" t="s">
+        <v>3449</v>
+      </c>
+      <c r="L84" t="s">
+        <v>3450</v>
+      </c>
+      <c r="M84" t="s">
+        <v>3451</v>
+      </c>
+      <c r="N84" t="s">
+        <v>3452</v>
+      </c>
+      <c r="O84" t="s">
+        <v>3453</v>
+      </c>
+      <c r="P84" t="s">
+        <v>3453</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>3454</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B85" t="s">
+        <v>3455</v>
+      </c>
+      <c r="C85" t="s">
+        <v>11</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>3456</v>
+      </c>
+      <c r="F85" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" t="s">
+        <v>3457</v>
+      </c>
+      <c r="H85" t="s">
+        <v>3458</v>
+      </c>
+      <c r="I85" t="s">
+        <v>3459</v>
+      </c>
+      <c r="J85" t="s">
+        <v>3460</v>
+      </c>
+      <c r="K85" t="s">
+        <v>3461</v>
+      </c>
+      <c r="L85" t="s">
+        <v>3462</v>
+      </c>
+      <c r="M85" t="s">
+        <v>3463</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B86" t="s">
+        <v>3464</v>
+      </c>
+      <c r="C86" t="s">
+        <v>11</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>3465</v>
+      </c>
+      <c r="F86" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" t="s">
+        <v>3466</v>
+      </c>
+      <c r="H86" t="s">
+        <v>3467</v>
+      </c>
+      <c r="I86" t="s">
+        <v>3468</v>
+      </c>
+      <c r="J86" t="s">
+        <v>3469</v>
+      </c>
+      <c r="K86" t="s">
+        <v>3470</v>
+      </c>
+      <c r="L86" t="s">
+        <v>3471</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B87" t="s">
+        <v>3472</v>
+      </c>
+      <c r="C87" t="s">
+        <v>11</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>3473</v>
+      </c>
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>3474</v>
+      </c>
+      <c r="H87" t="s">
+        <v>3475</v>
+      </c>
+      <c r="I87" t="s">
+        <v>3476</v>
+      </c>
+      <c r="J87" t="s">
+        <v>2571</v>
+      </c>
+      <c r="K87" t="s">
+        <v>3477</v>
+      </c>
+      <c r="L87" t="s">
+        <v>3478</v>
+      </c>
+      <c r="M87" t="s">
+        <v>3479</v>
+      </c>
+      <c r="N87" t="s">
+        <v>3480</v>
+      </c>
+      <c r="O87" t="s">
+        <v>3481</v>
+      </c>
+      <c r="P87" t="s">
+        <v>3482</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>3483</v>
+      </c>
+      <c r="R87" t="s">
+        <v>3484</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B88" t="s">
+        <v>3485</v>
+      </c>
+      <c r="C88" t="s">
+        <v>11</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>3486</v>
+      </c>
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
+        <v>3487</v>
+      </c>
+      <c r="H88" t="s">
+        <v>3488</v>
+      </c>
+      <c r="I88" t="s">
+        <v>3489</v>
+      </c>
+      <c r="J88" t="s">
+        <v>3490</v>
+      </c>
+      <c r="K88" t="s">
+        <v>3491</v>
+      </c>
+      <c r="L88" t="s">
+        <v>3492</v>
+      </c>
+      <c r="M88" t="s">
+        <v>3493</v>
+      </c>
+      <c r="N88" t="s">
+        <v>3494</v>
+      </c>
+      <c r="O88" t="s">
+        <v>3495</v>
+      </c>
+      <c r="P88" t="s">
+        <v>3496</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>3497</v>
+      </c>
+      <c r="R88" t="s">
+        <v>3498</v>
+      </c>
+      <c r="S88" t="s">
+        <v>3499</v>
+      </c>
+      <c r="T88" t="s">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B89" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C89" t="s">
+        <v>11</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>3502</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" t="s">
+        <v>3503</v>
+      </c>
+      <c r="H89" t="s">
+        <v>3504</v>
+      </c>
+      <c r="I89" t="s">
+        <v>3505</v>
+      </c>
+      <c r="J89" t="s">
+        <v>3214</v>
+      </c>
+      <c r="K89" t="s">
+        <v>3506</v>
+      </c>
+      <c r="L89" t="s">
+        <v>3507</v>
+      </c>
+      <c r="M89" t="s">
+        <v>3508</v>
+      </c>
+      <c r="N89" t="s">
+        <v>3509</v>
+      </c>
+      <c r="O89" t="s">
+        <v>3510</v>
+      </c>
+      <c r="P89" t="s">
+        <v>3511</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>3512</v>
+      </c>
+      <c r="R89" t="s">
+        <v>3513</v>
+      </c>
+      <c r="S89" t="s">
+        <v>3514</v>
+      </c>
+      <c r="T89" t="s">
+        <v>3515</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B90" t="s">
+        <v>3516</v>
+      </c>
+      <c r="C90" t="s">
+        <v>11</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>3517</v>
+      </c>
+      <c r="F90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" t="s">
+        <v>3518</v>
+      </c>
+      <c r="H90" t="s">
+        <v>3519</v>
+      </c>
+      <c r="I90" t="s">
+        <v>3505</v>
+      </c>
+      <c r="J90" t="s">
+        <v>3520</v>
+      </c>
+      <c r="K90" t="s">
+        <v>3521</v>
+      </c>
+      <c r="L90" t="s">
+        <v>3522</v>
+      </c>
+      <c r="M90" t="s">
+        <v>3523</v>
+      </c>
+      <c r="N90" t="s">
+        <v>3524</v>
+      </c>
+      <c r="O90" t="s">
+        <v>3525</v>
+      </c>
+      <c r="P90" t="s">
+        <v>3526</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>3527</v>
+      </c>
+      <c r="R90" t="s">
+        <v>3528</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B91" t="s">
+        <v>3529</v>
+      </c>
+      <c r="C91" t="s">
+        <v>11</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>3530</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>3531</v>
+      </c>
+      <c r="H91" t="s">
+        <v>3532</v>
+      </c>
+      <c r="I91" t="s">
+        <v>3533</v>
+      </c>
+      <c r="J91" t="s">
+        <v>3301</v>
+      </c>
+      <c r="K91" t="s">
+        <v>3534</v>
+      </c>
+      <c r="L91" t="s">
+        <v>3535</v>
+      </c>
+      <c r="M91" t="s">
+        <v>3536</v>
+      </c>
+      <c r="N91" t="s">
+        <v>3537</v>
+      </c>
+      <c r="O91" t="s">
+        <v>3538</v>
+      </c>
+      <c r="P91" t="s">
+        <v>3539</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>3540</v>
+      </c>
+      <c r="R91" t="s">
+        <v>3541</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B92" t="s">
+        <v>3542</v>
+      </c>
+      <c r="C92" t="s">
+        <v>11</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>3543</v>
+      </c>
+      <c r="F92" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" t="s">
+        <v>3544</v>
+      </c>
+      <c r="H92" t="s">
+        <v>3545</v>
+      </c>
+      <c r="I92" t="s">
+        <v>3546</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2767</v>
+      </c>
+      <c r="K92" t="s">
+        <v>3547</v>
+      </c>
+      <c r="L92" t="s">
+        <v>3548</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B93" t="s">
+        <v>3549</v>
+      </c>
+      <c r="C93" t="s">
+        <v>11</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>3550</v>
+      </c>
+      <c r="F93" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" t="s">
+        <v>3551</v>
+      </c>
+      <c r="H93" t="s">
+        <v>3552</v>
+      </c>
+      <c r="I93" t="s">
+        <v>3553</v>
+      </c>
+      <c r="J93" t="s">
+        <v>3554</v>
+      </c>
+      <c r="K93" t="s">
+        <v>3555</v>
+      </c>
+      <c r="L93" t="s">
+        <v>3556</v>
+      </c>
+      <c r="M93" t="s">
+        <v>3557</v>
+      </c>
+      <c r="N93" t="s">
+        <v>3558</v>
+      </c>
+      <c r="O93" t="s">
+        <v>3559</v>
+      </c>
+      <c r="P93" t="s">
+        <v>3560</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B94" t="s">
+        <v>3561</v>
+      </c>
+      <c r="C94" t="s">
+        <v>11</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>3562</v>
+      </c>
+      <c r="F94" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" t="s">
+        <v>3563</v>
+      </c>
+      <c r="H94" t="s">
+        <v>3564</v>
+      </c>
+      <c r="I94" t="s">
+        <v>3565</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2780</v>
+      </c>
+      <c r="K94" t="s">
+        <v>3566</v>
+      </c>
+      <c r="L94" t="s">
+        <v>3567</v>
+      </c>
+      <c r="M94" t="s">
+        <v>3568</v>
+      </c>
+      <c r="N94" t="s">
+        <v>3569</v>
+      </c>
+      <c r="O94" t="s">
+        <v>3570</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B95" t="s">
+        <v>3571</v>
+      </c>
+      <c r="C95" t="s">
+        <v>11</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>3572</v>
+      </c>
+      <c r="F95" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" t="s">
+        <v>3573</v>
+      </c>
+      <c r="H95" t="s">
+        <v>3574</v>
+      </c>
+      <c r="I95" t="s">
+        <v>3575</v>
+      </c>
+      <c r="J95" t="s">
+        <v>3576</v>
+      </c>
+      <c r="K95" t="s">
+        <v>3577</v>
+      </c>
+      <c r="L95" t="s">
+        <v>3578</v>
+      </c>
+      <c r="M95" t="s">
+        <v>3579</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B96" t="s">
+        <v>3580</v>
+      </c>
+      <c r="C96" t="s">
+        <v>11</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>3581</v>
+      </c>
+      <c r="F96" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" t="s">
+        <v>3582</v>
+      </c>
+      <c r="H96" t="s">
+        <v>3583</v>
+      </c>
+      <c r="I96" t="s">
+        <v>3584</v>
+      </c>
+      <c r="J96" t="s">
+        <v>3585</v>
+      </c>
+      <c r="K96" t="s">
+        <v>3586</v>
+      </c>
+      <c r="L96" t="s">
+        <v>3587</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B97" t="s">
+        <v>3588</v>
+      </c>
+      <c r="C97" t="s">
+        <v>11</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>3589</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>3590</v>
+      </c>
+      <c r="H97" t="s">
+        <v>3591</v>
+      </c>
+      <c r="I97" t="s">
+        <v>3592</v>
+      </c>
+      <c r="J97" t="s">
+        <v>3593</v>
+      </c>
+      <c r="K97" t="s">
+        <v>3594</v>
+      </c>
+      <c r="L97" t="s">
+        <v>3595</v>
+      </c>
+      <c r="M97" t="s">
+        <v>3596</v>
+      </c>
+      <c r="N97" t="s">
+        <v>3597</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B98" t="s">
+        <v>3598</v>
+      </c>
+      <c r="C98" t="s">
+        <v>11</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>3599</v>
+      </c>
+      <c r="F98" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" t="s">
+        <v>3600</v>
+      </c>
+      <c r="H98" t="s">
+        <v>3601</v>
+      </c>
+      <c r="I98" t="s">
+        <v>3602</v>
+      </c>
+      <c r="J98" t="s">
+        <v>2839</v>
+      </c>
+      <c r="K98" t="s">
+        <v>3603</v>
+      </c>
+      <c r="L98" t="s">
+        <v>3604</v>
+      </c>
+      <c r="M98" t="s">
+        <v>3605</v>
+      </c>
+      <c r="N98" t="s">
+        <v>3606</v>
+      </c>
+      <c r="O98" t="s">
+        <v>3607</v>
+      </c>
+      <c r="P98" t="s">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B99" t="s">
+        <v>3609</v>
+      </c>
+      <c r="C99" t="s">
+        <v>11</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>3610</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" t="s">
+        <v>3611</v>
+      </c>
+      <c r="H99" t="s">
+        <v>3612</v>
+      </c>
+      <c r="I99" t="s">
+        <v>3613</v>
+      </c>
+      <c r="J99" t="s">
+        <v>3614</v>
+      </c>
+      <c r="K99" t="s">
+        <v>3615</v>
+      </c>
+      <c r="L99" t="s">
+        <v>3616</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B100" t="s">
+        <v>3617</v>
+      </c>
+      <c r="C100" t="s">
+        <v>11</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>3618</v>
+      </c>
+      <c r="F100" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" t="s">
+        <v>3619</v>
+      </c>
+      <c r="H100" t="s">
+        <v>3620</v>
+      </c>
+      <c r="I100" t="s">
+        <v>3621</v>
+      </c>
+      <c r="J100" t="s">
+        <v>3622</v>
+      </c>
+      <c r="K100" t="s">
+        <v>3623</v>
+      </c>
+      <c r="L100" t="s">
+        <v>3624</v>
+      </c>
+      <c r="M100" t="s">
+        <v>3625</v>
+      </c>
+      <c r="N100" t="s">
+        <v>3626</v>
+      </c>
+      <c r="O100" t="s">
+        <v>3627</v>
+      </c>
+      <c r="P100" t="s">
+        <v>3628</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B101" t="s">
+        <v>3629</v>
+      </c>
+      <c r="C101" t="s">
+        <v>11</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>3630</v>
+      </c>
+      <c r="F101" t="s">
+        <v>11</v>
+      </c>
+      <c r="G101" t="s">
+        <v>3631</v>
+      </c>
+      <c r="H101" t="s">
+        <v>3632</v>
+      </c>
+      <c r="I101" t="s">
+        <v>3045</v>
+      </c>
+      <c r="J101" t="s">
+        <v>3633</v>
+      </c>
+      <c r="K101" t="s">
+        <v>3048</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B102" t="s">
+        <v>3634</v>
+      </c>
+      <c r="C102" t="s">
+        <v>11</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>3635</v>
+      </c>
+      <c r="F102" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" t="s">
+        <v>3636</v>
+      </c>
+      <c r="H102" t="s">
+        <v>3637</v>
+      </c>
+      <c r="I102" t="s">
+        <v>3638</v>
+      </c>
+      <c r="J102" t="s">
+        <v>3639</v>
+      </c>
+      <c r="K102" t="s">
+        <v>3640</v>
+      </c>
+      <c r="L102" t="s">
+        <v>3641</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B103" t="s">
+        <v>3642</v>
+      </c>
+      <c r="C103" t="s">
+        <v>11</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F103" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" t="s">
+        <v>3644</v>
+      </c>
+      <c r="H103" t="s">
+        <v>3645</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2642</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2839</v>
+      </c>
+      <c r="K103" t="s">
+        <v>3646</v>
+      </c>
+      <c r="L103" t="s">
+        <v>3647</v>
+      </c>
+      <c r="M103" t="s">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B104" t="s">
+        <v>3649</v>
+      </c>
+      <c r="C104" t="s">
+        <v>11</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>3650</v>
+      </c>
+      <c r="F104" t="s">
+        <v>11</v>
+      </c>
+      <c r="G104" t="s">
+        <v>3651</v>
+      </c>
+      <c r="H104" t="s">
+        <v>3652</v>
+      </c>
+      <c r="I104" t="s">
+        <v>3653</v>
+      </c>
+      <c r="J104" t="s">
+        <v>3639</v>
+      </c>
+      <c r="K104" t="s">
+        <v>3654</v>
+      </c>
+      <c r="L104" t="s">
+        <v>3655</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B105" t="s">
+        <v>3656</v>
+      </c>
+      <c r="C105" t="s">
+        <v>11</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>3657</v>
+      </c>
+      <c r="F105" t="s">
+        <v>11</v>
+      </c>
+      <c r="G105" t="s">
+        <v>3658</v>
+      </c>
+      <c r="H105" t="s">
+        <v>3659</v>
+      </c>
+      <c r="I105" t="s">
+        <v>3660</v>
+      </c>
+      <c r="J105" t="s">
+        <v>3639</v>
+      </c>
+      <c r="K105" t="s">
+        <v>3654</v>
+      </c>
+      <c r="L105" t="s">
+        <v>3655</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B106" t="s">
+        <v>3661</v>
+      </c>
+      <c r="C106" t="s">
+        <v>11</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>3662</v>
+      </c>
+      <c r="F106" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" t="s">
+        <v>3663</v>
+      </c>
+      <c r="H106" t="s">
+        <v>3664</v>
+      </c>
+      <c r="I106" t="s">
+        <v>3665</v>
+      </c>
+      <c r="J106" t="s">
+        <v>2694</v>
+      </c>
+      <c r="K106" t="s">
+        <v>3666</v>
+      </c>
+      <c r="L106" t="s">
+        <v>3667</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B107" t="s">
+        <v>3668</v>
+      </c>
+      <c r="C107" t="s">
+        <v>11</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>3669</v>
+      </c>
+      <c r="F107" t="s">
+        <v>11</v>
+      </c>
+      <c r="G107" t="s">
+        <v>3670</v>
+      </c>
+      <c r="H107" t="s">
+        <v>3671</v>
+      </c>
+      <c r="I107" t="s">
+        <v>3672</v>
+      </c>
+      <c r="J107" t="s">
+        <v>3673</v>
+      </c>
+      <c r="K107" t="s">
+        <v>3674</v>
+      </c>
+      <c r="L107" t="s">
+        <v>3675</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B108" t="s">
+        <v>3676</v>
+      </c>
+      <c r="C108" t="s">
+        <v>11</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>3677</v>
+      </c>
+      <c r="F108" t="s">
+        <v>11</v>
+      </c>
+      <c r="G108" t="s">
+        <v>3678</v>
+      </c>
+      <c r="H108" t="s">
+        <v>3679</v>
+      </c>
+      <c r="I108" t="s">
+        <v>3680</v>
+      </c>
+      <c r="J108" t="s">
+        <v>3104</v>
+      </c>
+      <c r="K108" t="s">
+        <v>3681</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B109" t="s">
+        <v>3682</v>
+      </c>
+      <c r="C109" t="s">
+        <v>11</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>3683</v>
+      </c>
+      <c r="F109" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" t="s">
+        <v>3684</v>
+      </c>
+      <c r="H109" t="s">
+        <v>3685</v>
+      </c>
+      <c r="I109" t="s">
+        <v>3505</v>
+      </c>
+      <c r="J109" t="s">
+        <v>3686</v>
+      </c>
+      <c r="K109" t="s">
+        <v>3687</v>
+      </c>
+      <c r="L109" t="s">
+        <v>3688</v>
+      </c>
+      <c r="M109" t="s">
+        <v>3689</v>
+      </c>
+      <c r="N109" t="s">
+        <v>3690</v>
+      </c>
+      <c r="O109" t="s">
+        <v>3691</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B110" t="s">
+        <v>3692</v>
+      </c>
+      <c r="C110" t="s">
+        <v>11</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>3693</v>
+      </c>
+      <c r="F110" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110" t="s">
+        <v>3694</v>
+      </c>
+      <c r="H110" t="s">
+        <v>3695</v>
+      </c>
+      <c r="I110" t="s">
+        <v>3696</v>
+      </c>
+      <c r="J110" t="s">
+        <v>3046</v>
+      </c>
+      <c r="K110" t="s">
+        <v>3697</v>
+      </c>
+      <c r="L110" t="s">
+        <v>3698</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B111" t="s">
+        <v>3699</v>
+      </c>
+      <c r="C111" t="s">
+        <v>11</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>3693</v>
+      </c>
+      <c r="F111" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" t="s">
+        <v>3700</v>
+      </c>
+      <c r="H111" t="s">
+        <v>3701</v>
+      </c>
+      <c r="I111" t="s">
+        <v>3702</v>
+      </c>
+      <c r="J111" t="s">
+        <v>2571</v>
+      </c>
+      <c r="K111" t="s">
+        <v>3703</v>
+      </c>
+      <c r="L111" t="s">
+        <v>3704</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B112" t="s">
+        <v>3705</v>
+      </c>
+      <c r="C112" t="s">
+        <v>11</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>3706</v>
+      </c>
+      <c r="F112" t="s">
+        <v>11</v>
+      </c>
+      <c r="G112" t="s">
+        <v>3707</v>
+      </c>
+      <c r="H112" t="s">
+        <v>3708</v>
+      </c>
+      <c r="I112" t="s">
+        <v>3709</v>
+      </c>
+      <c r="J112" t="s">
+        <v>3036</v>
+      </c>
+      <c r="K112" t="s">
+        <v>3710</v>
+      </c>
+      <c r="L112" t="s">
+        <v>3711</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B113" t="s">
+        <v>3712</v>
+      </c>
+      <c r="C113" t="s">
+        <v>11</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>3713</v>
+      </c>
+      <c r="F113" t="s">
+        <v>11</v>
+      </c>
+      <c r="G113" t="s">
+        <v>3714</v>
+      </c>
+      <c r="H113" t="s">
+        <v>3715</v>
+      </c>
+      <c r="I113" t="s">
+        <v>3716</v>
+      </c>
+      <c r="J113" t="s">
+        <v>3717</v>
+      </c>
+      <c r="K113" t="s">
+        <v>3718</v>
+      </c>
+      <c r="L113" t="s">
+        <v>3718</v>
+      </c>
+      <c r="M113" t="s">
+        <v>3719</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B114" t="s">
+        <v>3720</v>
+      </c>
+      <c r="C114" t="s">
+        <v>11</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>3721</v>
+      </c>
+      <c r="F114" t="s">
+        <v>11</v>
+      </c>
+      <c r="G114" t="s">
+        <v>3722</v>
+      </c>
+      <c r="H114" t="s">
+        <v>3723</v>
+      </c>
+      <c r="I114" t="s">
+        <v>3724</v>
+      </c>
+      <c r="J114" t="s">
+        <v>3614</v>
+      </c>
+      <c r="K114" t="s">
+        <v>3725</v>
+      </c>
+      <c r="L114" t="s">
+        <v>3726</v>
+      </c>
+      <c r="M114" t="s">
+        <v>3727</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B115" t="s">
+        <v>3728</v>
+      </c>
+      <c r="C115" t="s">
+        <v>11</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>3729</v>
+      </c>
+      <c r="F115" t="s">
+        <v>11</v>
+      </c>
+      <c r="G115" t="s">
+        <v>3730</v>
+      </c>
+      <c r="H115" t="s">
+        <v>3731</v>
+      </c>
+      <c r="I115" t="s">
+        <v>3732</v>
+      </c>
+      <c r="J115" t="s">
+        <v>3733</v>
+      </c>
+      <c r="K115" t="s">
+        <v>3734</v>
+      </c>
+      <c r="L115" t="s">
+        <v>3735</v>
+      </c>
+      <c r="M115" t="s">
+        <v>3736</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B116" t="s">
+        <v>3737</v>
+      </c>
+      <c r="C116" t="s">
+        <v>11</v>
+      </c>
+      <c r="D116" t="s">
+        <v>11</v>
+      </c>
+      <c r="E116" t="s">
+        <v>3738</v>
+      </c>
+      <c r="F116" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116" t="s">
+        <v>3739</v>
+      </c>
+      <c r="H116" t="s">
+        <v>3740</v>
+      </c>
+      <c r="I116" t="s">
+        <v>3741</v>
+      </c>
+      <c r="J116" t="s">
+        <v>3742</v>
+      </c>
+      <c r="K116" t="s">
+        <v>3743</v>
+      </c>
+      <c r="L116" t="s">
+        <v>3744</v>
+      </c>
+      <c r="M116" t="s">
+        <v>3745</v>
+      </c>
+      <c r="N116" t="s">
+        <v>3746</v>
+      </c>
+      <c r="O116" t="s">
+        <v>3747</v>
+      </c>
+      <c r="P116" t="s">
+        <v>3748</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>3749</v>
+      </c>
+      <c r="R116" t="s">
+        <v>3750</v>
+      </c>
+      <c r="S116" t="s">
+        <v>3751</v>
+      </c>
+      <c r="T116" t="s">
+        <v>3752</v>
+      </c>
+      <c r="U116" t="s">
+        <v>3753</v>
+      </c>
+      <c r="V116" t="s">
+        <v>3754</v>
+      </c>
+      <c r="W116" t="s">
+        <v>3755</v>
+      </c>
+      <c r="X116" t="s">
+        <v>3756</v>
+      </c>
+      <c r="Y116" t="s">
+        <v>3757</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B117" t="s">
+        <v>3758</v>
+      </c>
+      <c r="C117" t="s">
+        <v>11</v>
+      </c>
+      <c r="D117" t="s">
+        <v>11</v>
+      </c>
+      <c r="E117" t="s">
+        <v>3759</v>
+      </c>
+      <c r="F117" t="s">
+        <v>11</v>
+      </c>
+      <c r="G117" t="s">
+        <v>3760</v>
+      </c>
+      <c r="H117" t="s">
+        <v>3761</v>
+      </c>
+      <c r="I117" t="s">
+        <v>3762</v>
+      </c>
+      <c r="J117" t="s">
+        <v>3301</v>
+      </c>
+      <c r="K117" t="s">
+        <v>3763</v>
+      </c>
+      <c r="L117" t="s">
+        <v>3764</v>
+      </c>
+      <c r="M117" t="s">
+        <v>3765</v>
+      </c>
+      <c r="N117" t="s">
+        <v>3766</v>
+      </c>
+      <c r="O117" t="s">
+        <v>3767</v>
+      </c>
+      <c r="P117" t="s">
+        <v>3768</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>3769</v>
+      </c>
+      <c r="R117" t="s">
+        <v>3770</v>
+      </c>
+      <c r="S117" t="s">
+        <v>3771</v>
+      </c>
+      <c r="T117" t="s">
+        <v>3772</v>
+      </c>
+      <c r="U117" t="s">
+        <v>3773</v>
+      </c>
+      <c r="V117" t="s">
+        <v>3774</v>
+      </c>
+      <c r="W117" t="s">
+        <v>3775</v>
+      </c>
+      <c r="X117" t="s">
+        <v>3776</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>3777</v>
+      </c>
+      <c r="Z117" t="s">
+        <v>3778</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>3779</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>3780</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B118" t="s">
+        <v>3781</v>
+      </c>
+      <c r="C118" t="s">
+        <v>11</v>
+      </c>
+      <c r="D118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>3782</v>
+      </c>
+      <c r="F118" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118" t="s">
+        <v>3783</v>
+      </c>
+      <c r="H118" t="s">
+        <v>3784</v>
+      </c>
+      <c r="I118" t="s">
+        <v>3785</v>
+      </c>
+      <c r="J118" t="s">
+        <v>3786</v>
+      </c>
+      <c r="K118" t="s">
+        <v>3787</v>
+      </c>
+      <c r="L118" t="s">
+        <v>3788</v>
+      </c>
+      <c r="M118" t="s">
+        <v>3789</v>
+      </c>
+      <c r="N118" t="s">
+        <v>3790</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B119" t="s">
+        <v>3791</v>
+      </c>
+      <c r="C119" t="s">
+        <v>11</v>
+      </c>
+      <c r="D119" t="s">
+        <v>11</v>
+      </c>
+      <c r="E119" t="s">
+        <v>3792</v>
+      </c>
+      <c r="F119" t="s">
+        <v>11</v>
+      </c>
+      <c r="G119" t="s">
+        <v>3793</v>
+      </c>
+      <c r="H119" t="s">
+        <v>3794</v>
+      </c>
+      <c r="I119" t="s">
+        <v>3795</v>
+      </c>
+      <c r="J119" t="s">
+        <v>3796</v>
+      </c>
+      <c r="K119" t="s">
+        <v>3797</v>
+      </c>
+      <c r="L119" t="s">
+        <v>3798</v>
+      </c>
+      <c r="M119" t="s">
+        <v>3799</v>
+      </c>
+      <c r="N119" t="s">
+        <v>3800</v>
+      </c>
+      <c r="O119" t="s">
+        <v>3801</v>
+      </c>
+      <c r="P119" t="s">
+        <v>3802</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>3803</v>
+      </c>
+      <c r="R119" t="s">
+        <v>3804</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B120" t="s">
+        <v>3805</v>
+      </c>
+      <c r="C120" t="s">
+        <v>11</v>
+      </c>
+      <c r="D120" t="s">
+        <v>11</v>
+      </c>
+      <c r="E120" t="s">
+        <v>3806</v>
+      </c>
+      <c r="F120" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" t="s">
+        <v>3807</v>
+      </c>
+      <c r="H120" t="s">
+        <v>3808</v>
+      </c>
+      <c r="I120" t="s">
+        <v>3809</v>
+      </c>
+      <c r="J120" t="s">
+        <v>3810</v>
+      </c>
+      <c r="K120" t="s">
+        <v>3811</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B121" t="s">
+        <v>3812</v>
+      </c>
+      <c r="C121" t="s">
+        <v>11</v>
+      </c>
+      <c r="D121" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" t="s">
+        <v>3813</v>
+      </c>
+      <c r="F121" t="s">
+        <v>11</v>
+      </c>
+      <c r="G121" t="s">
+        <v>3814</v>
+      </c>
+      <c r="H121" t="s">
+        <v>3815</v>
+      </c>
+      <c r="I121" t="s">
+        <v>3816</v>
+      </c>
+      <c r="J121" t="s">
+        <v>3817</v>
+      </c>
+      <c r="K121" t="s">
+        <v>3193</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B122" t="s">
+        <v>3818</v>
+      </c>
+      <c r="C122" t="s">
+        <v>11</v>
+      </c>
+      <c r="D122" t="s">
+        <v>11</v>
+      </c>
+      <c r="E122" t="s">
+        <v>3819</v>
+      </c>
+      <c r="F122" t="s">
+        <v>11</v>
+      </c>
+      <c r="G122" t="s">
+        <v>3820</v>
+      </c>
+      <c r="H122" t="s">
+        <v>3821</v>
+      </c>
+      <c r="I122" t="s">
+        <v>3822</v>
+      </c>
+      <c r="J122" t="s">
+        <v>3823</v>
+      </c>
+      <c r="K122" t="s">
+        <v>3824</v>
+      </c>
+      <c r="L122" t="s">
+        <v>3825</v>
+      </c>
+      <c r="M122" t="s">
+        <v>3826</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B123" t="s">
+        <v>3827</v>
+      </c>
+      <c r="C123" t="s">
+        <v>11</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>3828</v>
+      </c>
+      <c r="F123" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" t="s">
+        <v>3829</v>
+      </c>
+      <c r="H123" t="s">
+        <v>3830</v>
+      </c>
+      <c r="I123" t="s">
+        <v>3831</v>
+      </c>
+      <c r="J123" t="s">
+        <v>3832</v>
+      </c>
+      <c r="K123" t="s">
+        <v>3833</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B124" t="s">
+        <v>3834</v>
+      </c>
+      <c r="C124" t="s">
+        <v>11</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124" t="s">
+        <v>3835</v>
+      </c>
+      <c r="F124" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" t="s">
+        <v>3836</v>
+      </c>
+      <c r="H124" t="s">
+        <v>3837</v>
+      </c>
+      <c r="I124" t="s">
+        <v>3838</v>
+      </c>
+      <c r="J124" t="s">
+        <v>3839</v>
+      </c>
+      <c r="K124" t="s">
+        <v>3840</v>
+      </c>
+      <c r="L124" t="s">
+        <v>3841</v>
+      </c>
+      <c r="M124" t="s">
+        <v>3842</v>
+      </c>
+      <c r="N124" t="s">
+        <v>3843</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B125" t="s">
+        <v>3844</v>
+      </c>
+      <c r="C125" t="s">
+        <v>11</v>
+      </c>
+      <c r="D125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" t="s">
+        <v>3845</v>
+      </c>
+      <c r="F125" t="s">
+        <v>11</v>
+      </c>
+      <c r="G125" t="s">
+        <v>3846</v>
+      </c>
+      <c r="H125" t="s">
+        <v>3847</v>
+      </c>
+      <c r="I125" t="s">
+        <v>3848</v>
+      </c>
+      <c r="J125" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K125" t="s">
+        <v>3849</v>
+      </c>
+      <c r="L125" t="s">
+        <v>3850</v>
+      </c>
+      <c r="M125" t="s">
+        <v>3851</v>
+      </c>
+      <c r="N125" t="s">
+        <v>3852</v>
+      </c>
+      <c r="O125" t="s">
+        <v>3853</v>
+      </c>
+      <c r="P125" t="s">
+        <v>3854</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>3855</v>
+      </c>
+      <c r="R125" t="s">
+        <v>3856</v>
+      </c>
+      <c r="S125" t="s">
+        <v>3857</v>
+      </c>
+      <c r="T125" t="s">
+        <v>3858</v>
+      </c>
+      <c r="U125" t="s">
+        <v>3859</v>
+      </c>
+      <c r="V125" t="s">
+        <v>3860</v>
+      </c>
+      <c r="W125" t="s">
+        <v>3861</v>
+      </c>
+      <c r="X125" t="s">
+        <v>3862</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B126" t="s">
+        <v>3863</v>
+      </c>
+      <c r="C126" t="s">
+        <v>11</v>
+      </c>
+      <c r="D126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" t="s">
+        <v>3864</v>
+      </c>
+      <c r="F126" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" t="s">
+        <v>3865</v>
+      </c>
+      <c r="H126" t="s">
+        <v>3866</v>
+      </c>
+      <c r="I126" t="s">
+        <v>3867</v>
+      </c>
+      <c r="J126" t="s">
+        <v>2595</v>
+      </c>
+      <c r="K126" t="s">
+        <v>3868</v>
+      </c>
+      <c r="L126" t="s">
+        <v>3869</v>
+      </c>
+      <c r="M126" t="s">
+        <v>3870</v>
+      </c>
+      <c r="N126" t="s">
+        <v>3871</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B127" t="s">
+        <v>3872</v>
+      </c>
+      <c r="C127" t="s">
+        <v>11</v>
+      </c>
+      <c r="D127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>3873</v>
+      </c>
+      <c r="F127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127" t="s">
+        <v>3874</v>
+      </c>
+      <c r="H127" t="s">
+        <v>3875</v>
+      </c>
+      <c r="I127" t="s">
+        <v>3876</v>
+      </c>
+      <c r="J127" t="s">
+        <v>3877</v>
+      </c>
+      <c r="K127" t="s">
+        <v>3878</v>
+      </c>
+      <c r="L127" t="s">
+        <v>3879</v>
+      </c>
+      <c r="M127" t="s">
+        <v>3880</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B128" t="s">
+        <v>3881</v>
+      </c>
+      <c r="C128" t="s">
+        <v>11</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>3882</v>
+      </c>
+      <c r="F128" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128" t="s">
+        <v>3883</v>
+      </c>
+      <c r="H128" t="s">
+        <v>3884</v>
+      </c>
+      <c r="I128" t="s">
+        <v>3885</v>
+      </c>
+      <c r="J128" t="s">
+        <v>3886</v>
+      </c>
+      <c r="K128" t="s">
+        <v>3887</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B129" t="s">
+        <v>3888</v>
+      </c>
+      <c r="C129" t="s">
+        <v>11</v>
+      </c>
+      <c r="D129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" t="s">
+        <v>3889</v>
+      </c>
+      <c r="F129" t="s">
+        <v>11</v>
+      </c>
+      <c r="G129" t="s">
+        <v>3890</v>
+      </c>
+      <c r="H129" t="s">
+        <v>3891</v>
+      </c>
+      <c r="I129" t="s">
+        <v>3892</v>
+      </c>
+      <c r="J129" t="s">
+        <v>3214</v>
+      </c>
+      <c r="K129" t="s">
+        <v>3893</v>
+      </c>
+      <c r="L129" t="s">
+        <v>3894</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B130" t="s">
+        <v>3895</v>
+      </c>
+      <c r="C130" t="s">
+        <v>11</v>
+      </c>
+      <c r="D130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" t="s">
+        <v>3896</v>
+      </c>
+      <c r="F130" t="s">
+        <v>11</v>
+      </c>
+      <c r="G130" t="s">
+        <v>3897</v>
+      </c>
+      <c r="H130" t="s">
+        <v>3898</v>
+      </c>
+      <c r="I130" t="s">
+        <v>3584</v>
+      </c>
+      <c r="J130" t="s">
+        <v>3796</v>
+      </c>
+      <c r="K130" t="s">
+        <v>3899</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B131" t="s">
+        <v>3900</v>
+      </c>
+      <c r="C131" t="s">
+        <v>11</v>
+      </c>
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
+        <v>3901</v>
+      </c>
+      <c r="F131" t="s">
+        <v>11</v>
+      </c>
+      <c r="G131" t="s">
+        <v>3902</v>
+      </c>
+      <c r="H131" t="s">
+        <v>3903</v>
+      </c>
+      <c r="I131" t="s">
+        <v>3505</v>
+      </c>
+      <c r="J131" t="s">
+        <v>3904</v>
+      </c>
+      <c r="K131" t="s">
+        <v>3905</v>
+      </c>
+      <c r="L131" t="s">
+        <v>3906</v>
+      </c>
+      <c r="M131" t="s">
+        <v>3907</v>
+      </c>
+      <c r="N131" t="s">
+        <v>3908</v>
+      </c>
+      <c r="O131" t="s">
+        <v>3909</v>
+      </c>
+      <c r="P131" t="s">
+        <v>3910</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>3910</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B132" t="s">
+        <v>3911</v>
+      </c>
+      <c r="C132" t="s">
+        <v>11</v>
+      </c>
+      <c r="D132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
+        <v>3912</v>
+      </c>
+      <c r="F132" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" t="s">
+        <v>3913</v>
+      </c>
+      <c r="H132" t="s">
+        <v>3914</v>
+      </c>
+      <c r="I132" t="s">
+        <v>3505</v>
+      </c>
+      <c r="J132" t="s">
+        <v>2704</v>
+      </c>
+      <c r="K132" t="s">
+        <v>3915</v>
+      </c>
+      <c r="L132" t="s">
+        <v>3916</v>
+      </c>
+      <c r="M132" t="s">
+        <v>3917</v>
+      </c>
+      <c r="N132" t="s">
+        <v>3918</v>
+      </c>
+      <c r="O132" t="s">
+        <v>3919</v>
+      </c>
+      <c r="P132" t="s">
+        <v>3920</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>3921</v>
+      </c>
+      <c r="R132" t="s">
+        <v>3922</v>
+      </c>
+      <c r="S132" t="s">
+        <v>3923</v>
+      </c>
+      <c r="T132" t="s">
+        <v>3923</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B133" t="s">
+        <v>3924</v>
+      </c>
+      <c r="C133" t="s">
+        <v>11</v>
+      </c>
+      <c r="D133" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" t="s">
+        <v>3925</v>
+      </c>
+      <c r="F133" t="s">
+        <v>11</v>
+      </c>
+      <c r="G133" t="s">
+        <v>3926</v>
+      </c>
+      <c r="H133" t="s">
+        <v>3927</v>
+      </c>
+      <c r="I133" t="s">
+        <v>3592</v>
+      </c>
+      <c r="J133" t="s">
+        <v>3928</v>
+      </c>
+      <c r="K133" t="s">
+        <v>3929</v>
+      </c>
+      <c r="L133" t="s">
+        <v>3930</v>
+      </c>
+      <c r="M133" t="s">
+        <v>3931</v>
+      </c>
+      <c r="N133" t="s">
+        <v>3932</v>
+      </c>
+      <c r="O133" t="s">
+        <v>3933</v>
+      </c>
+      <c r="P133" t="s">
+        <v>3934</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B134" t="s">
+        <v>3935</v>
+      </c>
+      <c r="C134" t="s">
+        <v>11</v>
+      </c>
+      <c r="D134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>3936</v>
+      </c>
+      <c r="F134" t="s">
+        <v>11</v>
+      </c>
+      <c r="G134" t="s">
+        <v>3937</v>
+      </c>
+      <c r="H134" t="s">
+        <v>3938</v>
+      </c>
+      <c r="I134" t="s">
+        <v>3939</v>
+      </c>
+      <c r="J134" t="s">
+        <v>3940</v>
+      </c>
+      <c r="K134" t="s">
+        <v>3941</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B135" t="s">
+        <v>3942</v>
+      </c>
+      <c r="C135" t="s">
+        <v>11</v>
+      </c>
+      <c r="D135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
+        <v>3943</v>
+      </c>
+      <c r="F135" t="s">
+        <v>11</v>
+      </c>
+      <c r="G135" t="s">
+        <v>3944</v>
+      </c>
+      <c r="H135" t="s">
+        <v>3945</v>
+      </c>
+      <c r="I135" t="s">
+        <v>3592</v>
+      </c>
+      <c r="J135" t="s">
+        <v>3946</v>
+      </c>
+      <c r="K135" t="s">
+        <v>3947</v>
+      </c>
+      <c r="L135" t="s">
+        <v>3948</v>
+      </c>
+      <c r="M135" t="s">
+        <v>3949</v>
+      </c>
+      <c r="N135" t="s">
+        <v>3950</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B136" t="s">
+        <v>3951</v>
+      </c>
+      <c r="C136" t="s">
+        <v>11</v>
+      </c>
+      <c r="D136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" t="s">
+        <v>3952</v>
+      </c>
+      <c r="F136" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136" t="s">
+        <v>3953</v>
+      </c>
+      <c r="H136" t="s">
+        <v>3954</v>
+      </c>
+      <c r="I136" t="s">
+        <v>3955</v>
+      </c>
+      <c r="J136" t="s">
+        <v>2985</v>
+      </c>
+      <c r="K136" t="s">
+        <v>3956</v>
+      </c>
+      <c r="L136" t="s">
+        <v>3957</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B137" t="s">
+        <v>3958</v>
+      </c>
+      <c r="C137" t="s">
+        <v>11</v>
+      </c>
+      <c r="D137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" t="s">
+        <v>3959</v>
+      </c>
+      <c r="F137" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" t="s">
+        <v>3960</v>
+      </c>
+      <c r="H137" t="s">
+        <v>3961</v>
+      </c>
+      <c r="I137" t="s">
+        <v>3962</v>
+      </c>
+      <c r="J137" t="s">
+        <v>2595</v>
+      </c>
+      <c r="K137" t="s">
+        <v>3963</v>
+      </c>
+      <c r="L137" t="s">
+        <v>3964</v>
+      </c>
+      <c r="M137" t="s">
+        <v>3965</v>
+      </c>
+      <c r="N137" t="s">
+        <v>3966</v>
+      </c>
+      <c r="O137" t="s">
+        <v>3967</v>
+      </c>
+      <c r="P137" t="s">
+        <v>3968</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>3969</v>
+      </c>
+      <c r="R137" t="s">
+        <v>3970</v>
+      </c>
+      <c r="S137" t="s">
+        <v>3971</v>
+      </c>
+      <c r="T137" t="s">
+        <v>3972</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B138" t="s">
+        <v>3973</v>
+      </c>
+      <c r="C138" t="s">
+        <v>11</v>
+      </c>
+      <c r="D138" t="s">
+        <v>11</v>
+      </c>
+      <c r="E138" t="s">
+        <v>3974</v>
+      </c>
+      <c r="F138" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" t="s">
+        <v>3975</v>
+      </c>
+      <c r="H138" t="s">
+        <v>3976</v>
+      </c>
+      <c r="I138" t="s">
+        <v>3977</v>
+      </c>
+      <c r="J138" t="s">
+        <v>3978</v>
+      </c>
+      <c r="K138" t="s">
+        <v>3979</v>
+      </c>
+      <c r="L138" t="s">
+        <v>3980</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B139" t="s">
+        <v>3981</v>
+      </c>
+      <c r="C139" t="s">
+        <v>11</v>
+      </c>
+      <c r="D139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" t="s">
+        <v>3982</v>
+      </c>
+      <c r="F139" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" t="s">
+        <v>3983</v>
+      </c>
+      <c r="H139" t="s">
+        <v>3984</v>
+      </c>
+      <c r="I139" t="s">
+        <v>3985</v>
+      </c>
+      <c r="J139" t="s">
+        <v>3986</v>
+      </c>
+      <c r="K139" t="s">
+        <v>3987</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B140" t="s">
+        <v>3988</v>
+      </c>
+      <c r="C140" t="s">
+        <v>11</v>
+      </c>
+      <c r="D140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" t="s">
+        <v>3989</v>
+      </c>
+      <c r="F140" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" t="s">
+        <v>3990</v>
+      </c>
+      <c r="H140" t="s">
+        <v>3991</v>
+      </c>
+      <c r="I140" t="s">
+        <v>3992</v>
+      </c>
+      <c r="J140" t="s">
+        <v>3993</v>
+      </c>
+      <c r="K140" t="s">
+        <v>3994</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B141" t="s">
+        <v>3995</v>
+      </c>
+      <c r="C141" t="s">
+        <v>11</v>
+      </c>
+      <c r="D141" t="s">
+        <v>11</v>
+      </c>
+      <c r="E141" t="s">
+        <v>3996</v>
+      </c>
+      <c r="F141" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" t="s">
+        <v>3997</v>
+      </c>
+      <c r="H141" t="s">
+        <v>3998</v>
+      </c>
+      <c r="I141" t="s">
+        <v>3999</v>
+      </c>
+      <c r="J141" t="s">
+        <v>4000</v>
+      </c>
+      <c r="K141" t="s">
+        <v>4001</v>
+      </c>
+      <c r="L141" t="s">
+        <v>4002</v>
+      </c>
+      <c r="M141" t="s">
+        <v>4003</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B142" t="s">
+        <v>4004</v>
+      </c>
+      <c r="C142" t="s">
+        <v>11</v>
+      </c>
+      <c r="D142" t="s">
+        <v>11</v>
+      </c>
+      <c r="E142" t="s">
+        <v>4005</v>
+      </c>
+      <c r="F142" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" t="s">
+        <v>4006</v>
+      </c>
+      <c r="H142" t="s">
+        <v>4007</v>
+      </c>
+      <c r="I142" t="s">
+        <v>4008</v>
+      </c>
+      <c r="J142" t="s">
+        <v>4009</v>
+      </c>
+      <c r="K142" t="s">
+        <v>4010</v>
+      </c>
+      <c r="L142" t="s">
+        <v>4010</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B143" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C143" t="s">
+        <v>11</v>
+      </c>
+      <c r="D143" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" t="s">
+        <v>4012</v>
+      </c>
+      <c r="F143" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" t="s">
+        <v>4013</v>
+      </c>
+      <c r="H143" t="s">
+        <v>4014</v>
+      </c>
+      <c r="I143" t="s">
+        <v>4015</v>
+      </c>
+      <c r="J143" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K143" t="s">
+        <v>4016</v>
+      </c>
+      <c r="L143" t="s">
+        <v>4017</v>
+      </c>
+      <c r="M143" t="s">
+        <v>4018</v>
+      </c>
+      <c r="N143" t="s">
+        <v>4019</v>
+      </c>
+      <c r="O143" t="s">
+        <v>4020</v>
+      </c>
+      <c r="P143" t="s">
+        <v>4021</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>4022</v>
+      </c>
+      <c r="R143" t="s">
+        <v>4023</v>
+      </c>
+      <c r="S143" t="s">
+        <v>4024</v>
+      </c>
+      <c r="T143" t="s">
+        <v>4025</v>
+      </c>
+      <c r="U143" t="s">
+        <v>4026</v>
+      </c>
+      <c r="V143" t="s">
+        <v>4027</v>
+      </c>
+      <c r="W143" t="s">
+        <v>4028</v>
+      </c>
+      <c r="X143" t="s">
+        <v>4029</v>
+      </c>
+      <c r="Y143" t="s">
+        <v>4030</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B144" t="s">
+        <v>4031</v>
+      </c>
+      <c r="C144" t="s">
+        <v>11</v>
+      </c>
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" t="s">
+        <v>4032</v>
+      </c>
+      <c r="F144" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" t="s">
+        <v>4033</v>
+      </c>
+      <c r="H144" t="s">
+        <v>4034</v>
+      </c>
+      <c r="I144" t="s">
+        <v>4035</v>
+      </c>
+      <c r="J144" t="s">
+        <v>4036</v>
+      </c>
+      <c r="K144" t="s">
+        <v>4037</v>
+      </c>
+      <c r="L144" t="s">
+        <v>4038</v>
+      </c>
+      <c r="M144" t="s">
+        <v>4039</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B145" t="s">
+        <v>4040</v>
+      </c>
+      <c r="C145" t="s">
+        <v>11</v>
+      </c>
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" t="s">
+        <v>4041</v>
+      </c>
+      <c r="F145" t="s">
+        <v>11</v>
+      </c>
+      <c r="G145" t="s">
+        <v>4042</v>
+      </c>
+      <c r="H145" t="s">
+        <v>4043</v>
+      </c>
+      <c r="I145" t="s">
+        <v>4044</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2780</v>
+      </c>
+      <c r="K145" t="s">
+        <v>4045</v>
+      </c>
+      <c r="L145" t="s">
+        <v>4046</v>
+      </c>
+      <c r="M145" t="s">
+        <v>3148</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B146" t="s">
+        <v>4047</v>
+      </c>
+      <c r="C146" t="s">
+        <v>11</v>
+      </c>
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" t="s">
+        <v>4048</v>
+      </c>
+      <c r="F146" t="s">
+        <v>11</v>
+      </c>
+      <c r="G146" t="s">
+        <v>4049</v>
+      </c>
+      <c r="H146" t="s">
+        <v>4050</v>
+      </c>
+      <c r="I146" t="s">
+        <v>4051</v>
+      </c>
+      <c r="J146" t="s">
+        <v>4052</v>
+      </c>
+      <c r="K146" t="s">
+        <v>4053</v>
+      </c>
+      <c r="L146" t="s">
+        <v>4054</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B147" t="s">
+        <v>4055</v>
+      </c>
+      <c r="C147" t="s">
+        <v>11</v>
+      </c>
+      <c r="D147" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" t="s">
+        <v>4056</v>
+      </c>
+      <c r="F147" t="s">
+        <v>11</v>
+      </c>
+      <c r="G147" t="s">
+        <v>4057</v>
+      </c>
+      <c r="H147" t="s">
+        <v>4058</v>
+      </c>
+      <c r="I147" t="s">
+        <v>4059</v>
+      </c>
+      <c r="J147" t="s">
+        <v>4060</v>
+      </c>
+      <c r="K147" t="s">
+        <v>4061</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B148" t="s">
+        <v>4062</v>
+      </c>
+      <c r="C148" t="s">
+        <v>11</v>
+      </c>
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>4063</v>
+      </c>
+      <c r="F148" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" t="s">
+        <v>4064</v>
+      </c>
+      <c r="H148" t="s">
+        <v>4065</v>
+      </c>
+      <c r="I148" t="s">
+        <v>4066</v>
+      </c>
+      <c r="J148" t="s">
+        <v>4067</v>
+      </c>
+      <c r="K148" t="s">
+        <v>4068</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B149" t="s">
+        <v>4069</v>
+      </c>
+      <c r="C149" t="s">
+        <v>11</v>
+      </c>
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>4070</v>
+      </c>
+      <c r="F149" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" t="s">
+        <v>4071</v>
+      </c>
+      <c r="H149" t="s">
+        <v>4072</v>
+      </c>
+      <c r="I149" t="s">
+        <v>4073</v>
+      </c>
+      <c r="J149" t="s">
+        <v>3184</v>
+      </c>
+      <c r="K149" t="s">
+        <v>4074</v>
+      </c>
+      <c r="L149" t="s">
+        <v>4075</v>
+      </c>
+      <c r="M149" t="s">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B150" t="s">
+        <v>4077</v>
+      </c>
+      <c r="C150" t="s">
+        <v>11</v>
+      </c>
+      <c r="D150" t="s">
+        <v>11</v>
+      </c>
+      <c r="E150" t="s">
+        <v>4078</v>
+      </c>
+      <c r="F150" t="s">
+        <v>11</v>
+      </c>
+      <c r="G150" t="s">
+        <v>4079</v>
+      </c>
+      <c r="H150" t="s">
+        <v>4080</v>
+      </c>
+      <c r="I150" t="s">
+        <v>4081</v>
+      </c>
+      <c r="J150" t="s">
+        <v>4082</v>
+      </c>
+      <c r="K150" t="s">
+        <v>4083</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B151" t="s">
+        <v>4084</v>
+      </c>
+      <c r="C151" t="s">
+        <v>11</v>
+      </c>
+      <c r="D151" t="s">
+        <v>11</v>
+      </c>
+      <c r="E151" t="s">
+        <v>4085</v>
+      </c>
+      <c r="F151" t="s">
+        <v>11</v>
+      </c>
+      <c r="G151" t="s">
+        <v>4086</v>
+      </c>
+      <c r="H151" t="s">
+        <v>4087</v>
+      </c>
+      <c r="I151" t="s">
+        <v>4088</v>
+      </c>
+      <c r="J151" t="s">
+        <v>3733</v>
+      </c>
+      <c r="K151" t="s">
+        <v>4089</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B152" t="s">
+        <v>4090</v>
+      </c>
+      <c r="C152" t="s">
+        <v>11</v>
+      </c>
+      <c r="D152" t="s">
+        <v>11</v>
+      </c>
+      <c r="E152" t="s">
+        <v>4091</v>
+      </c>
+      <c r="F152" t="s">
+        <v>11</v>
+      </c>
+      <c r="G152" t="s">
+        <v>4092</v>
+      </c>
+      <c r="H152" t="s">
+        <v>4093</v>
+      </c>
+      <c r="I152" t="s">
+        <v>4094</v>
+      </c>
+      <c r="J152" t="s">
+        <v>4095</v>
+      </c>
+      <c r="K152" t="s">
+        <v>4096</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B153" t="s">
+        <v>4097</v>
+      </c>
+      <c r="C153" t="s">
+        <v>11</v>
+      </c>
+      <c r="D153" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" t="s">
+        <v>4098</v>
+      </c>
+      <c r="F153" t="s">
+        <v>11</v>
+      </c>
+      <c r="G153" t="s">
+        <v>4099</v>
+      </c>
+      <c r="H153" t="s">
+        <v>4100</v>
+      </c>
+      <c r="I153" t="s">
+        <v>3378</v>
+      </c>
+      <c r="J153" t="s">
+        <v>3159</v>
+      </c>
+      <c r="K153" t="s">
+        <v>4101</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B154" t="s">
+        <v>4102</v>
+      </c>
+      <c r="C154" t="s">
+        <v>11</v>
+      </c>
+      <c r="D154" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" t="s">
+        <v>4103</v>
+      </c>
+      <c r="F154" t="s">
+        <v>11</v>
+      </c>
+      <c r="G154" t="s">
+        <v>4104</v>
+      </c>
+      <c r="H154" t="s">
+        <v>4105</v>
+      </c>
+      <c r="I154" t="s">
+        <v>4106</v>
+      </c>
+      <c r="J154" t="s">
+        <v>4107</v>
+      </c>
+      <c r="K154" t="s">
+        <v>4108</v>
+      </c>
+      <c r="L154" t="s">
+        <v>4109</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B155" t="s">
+        <v>4110</v>
+      </c>
+      <c r="C155" t="s">
+        <v>11</v>
+      </c>
+      <c r="D155" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" t="s">
+        <v>4111</v>
+      </c>
+      <c r="F155" t="s">
+        <v>11</v>
+      </c>
+      <c r="G155" t="s">
+        <v>4112</v>
+      </c>
+      <c r="H155" t="s">
+        <v>4113</v>
+      </c>
+      <c r="I155" t="s">
+        <v>4114</v>
+      </c>
+      <c r="J155" t="s">
+        <v>4115</v>
+      </c>
+      <c r="K155" t="s">
+        <v>4116</v>
+      </c>
+      <c r="L155" t="s">
+        <v>4117</v>
+      </c>
+      <c r="M155" t="s">
+        <v>4118</v>
+      </c>
+      <c r="N155" t="s">
+        <v>4119</v>
+      </c>
+      <c r="O155" t="s">
+        <v>4120</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B156" t="s">
+        <v>4121</v>
+      </c>
+      <c r="C156" t="s">
+        <v>11</v>
+      </c>
+      <c r="D156" t="s">
+        <v>11</v>
+      </c>
+      <c r="E156" t="s">
+        <v>4122</v>
+      </c>
+      <c r="F156" t="s">
+        <v>11</v>
+      </c>
+      <c r="G156" t="s">
+        <v>4123</v>
+      </c>
+      <c r="H156" t="s">
+        <v>4124</v>
+      </c>
+      <c r="I156" t="s">
+        <v>4125</v>
+      </c>
+      <c r="J156" t="s">
+        <v>4126</v>
+      </c>
+      <c r="K156" t="s">
+        <v>4127</v>
+      </c>
+      <c r="L156" t="s">
+        <v>4128</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B157" t="s">
+        <v>4129</v>
+      </c>
+      <c r="C157" t="s">
+        <v>11</v>
+      </c>
+      <c r="D157" t="s">
+        <v>11</v>
+      </c>
+      <c r="E157" t="s">
+        <v>4130</v>
+      </c>
+      <c r="F157" t="s">
+        <v>11</v>
+      </c>
+      <c r="G157" t="s">
+        <v>4131</v>
+      </c>
+      <c r="H157" t="s">
+        <v>4132</v>
+      </c>
+      <c r="I157" t="s">
+        <v>4133</v>
+      </c>
+      <c r="J157" t="s">
+        <v>2704</v>
+      </c>
+      <c r="K157" t="s">
+        <v>4134</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B158" t="s">
+        <v>4135</v>
+      </c>
+      <c r="C158" t="s">
+        <v>11</v>
+      </c>
+      <c r="D158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>4136</v>
+      </c>
+      <c r="F158" t="s">
+        <v>11</v>
+      </c>
+      <c r="G158" t="s">
+        <v>4137</v>
+      </c>
+      <c r="H158" t="s">
+        <v>4138</v>
+      </c>
+      <c r="I158" t="s">
+        <v>4139</v>
+      </c>
+      <c r="J158" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K158" t="s">
+        <v>4140</v>
+      </c>
+      <c r="L158" t="s">
+        <v>4141</v>
+      </c>
+      <c r="M158" t="s">
+        <v>4142</v>
+      </c>
+      <c r="N158" t="s">
+        <v>4143</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B159" t="s">
+        <v>4144</v>
+      </c>
+      <c r="C159" t="s">
+        <v>11</v>
+      </c>
+      <c r="D159" t="s">
+        <v>11</v>
+      </c>
+      <c r="E159" t="s">
+        <v>4145</v>
+      </c>
+      <c r="F159" t="s">
+        <v>11</v>
+      </c>
+      <c r="G159" t="s">
+        <v>4146</v>
+      </c>
+      <c r="H159" t="s">
+        <v>4147</v>
+      </c>
+      <c r="I159" t="s">
+        <v>4148</v>
+      </c>
+      <c r="J159" t="s">
+        <v>3036</v>
+      </c>
+      <c r="K159" t="s">
+        <v>4149</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B160" t="s">
+        <v>4150</v>
+      </c>
+      <c r="C160" t="s">
+        <v>11</v>
+      </c>
+      <c r="D160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>4151</v>
+      </c>
+      <c r="F160" t="s">
+        <v>11</v>
+      </c>
+      <c r="G160" t="s">
+        <v>4152</v>
+      </c>
+      <c r="H160" t="s">
+        <v>4153</v>
+      </c>
+      <c r="I160" t="s">
+        <v>4154</v>
+      </c>
+      <c r="J160" t="s">
+        <v>3946</v>
+      </c>
+      <c r="K160" t="s">
+        <v>4155</v>
+      </c>
+      <c r="L160" t="s">
+        <v>4156</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B161" t="s">
+        <v>4157</v>
+      </c>
+      <c r="C161" t="s">
+        <v>11</v>
+      </c>
+      <c r="D161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
+        <v>4158</v>
+      </c>
+      <c r="F161" t="s">
+        <v>11</v>
+      </c>
+      <c r="G161" t="s">
+        <v>4159</v>
+      </c>
+      <c r="H161" t="s">
+        <v>4160</v>
+      </c>
+      <c r="I161" t="s">
+        <v>4161</v>
+      </c>
+      <c r="J161" t="s">
+        <v>4162</v>
+      </c>
+      <c r="K161" t="s">
+        <v>4163</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B162" t="s">
+        <v>4164</v>
+      </c>
+      <c r="C162" t="s">
+        <v>11</v>
+      </c>
+      <c r="D162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>4165</v>
+      </c>
+      <c r="F162" t="s">
+        <v>11</v>
+      </c>
+      <c r="G162" t="s">
+        <v>4166</v>
+      </c>
+      <c r="H162" t="s">
+        <v>4167</v>
+      </c>
+      <c r="I162" t="s">
+        <v>4168</v>
+      </c>
+      <c r="J162" t="s">
+        <v>3260</v>
+      </c>
+      <c r="K162" t="s">
+        <v>4169</v>
+      </c>
+      <c r="L162" t="s">
+        <v>4170</v>
+      </c>
+      <c r="M162" t="s">
+        <v>4171</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B163" t="s">
+        <v>4172</v>
+      </c>
+      <c r="C163" t="s">
+        <v>11</v>
+      </c>
+      <c r="D163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>4173</v>
+      </c>
+      <c r="F163" t="s">
+        <v>11</v>
+      </c>
+      <c r="G163" t="s">
+        <v>4174</v>
+      </c>
+      <c r="H163" t="s">
+        <v>4175</v>
+      </c>
+      <c r="I163" t="s">
+        <v>4176</v>
+      </c>
+      <c r="J163" t="s">
+        <v>4177</v>
+      </c>
+      <c r="K163" t="s">
+        <v>4178</v>
+      </c>
+      <c r="L163" t="s">
+        <v>4179</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B164" t="s">
+        <v>4180</v>
+      </c>
+      <c r="C164" t="s">
+        <v>11</v>
+      </c>
+      <c r="D164" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" t="s">
+        <v>4181</v>
+      </c>
+      <c r="F164" t="s">
+        <v>11</v>
+      </c>
+      <c r="G164" t="s">
+        <v>4182</v>
+      </c>
+      <c r="H164" t="s">
+        <v>4183</v>
+      </c>
+      <c r="I164" t="s">
+        <v>4184</v>
+      </c>
+      <c r="J164" t="s">
+        <v>4185</v>
+      </c>
+      <c r="K164" t="s">
+        <v>4186</v>
+      </c>
+      <c r="L164" t="s">
+        <v>4187</v>
+      </c>
+      <c r="M164" t="s">
+        <v>4188</v>
+      </c>
+      <c r="N164" t="s">
+        <v>4189</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B165" t="s">
+        <v>4190</v>
+      </c>
+      <c r="C165" t="s">
+        <v>11</v>
+      </c>
+      <c r="D165" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" t="s">
+        <v>4191</v>
+      </c>
+      <c r="F165" t="s">
+        <v>11</v>
+      </c>
+      <c r="G165" t="s">
+        <v>4192</v>
+      </c>
+      <c r="H165" t="s">
+        <v>4193</v>
+      </c>
+      <c r="I165" t="s">
+        <v>4194</v>
+      </c>
+      <c r="J165" t="s">
+        <v>4195</v>
+      </c>
+      <c r="K165" t="s">
+        <v>4196</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B166" t="s">
+        <v>4197</v>
+      </c>
+      <c r="C166" t="s">
+        <v>11</v>
+      </c>
+      <c r="D166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" t="s">
+        <v>4198</v>
+      </c>
+      <c r="F166" t="s">
+        <v>11</v>
+      </c>
+      <c r="G166" t="s">
+        <v>4199</v>
+      </c>
+      <c r="H166" t="s">
+        <v>4200</v>
+      </c>
+      <c r="I166" t="s">
+        <v>4201</v>
+      </c>
+      <c r="J166" t="s">
+        <v>4202</v>
+      </c>
+      <c r="K166" t="s">
+        <v>4203</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B167" t="s">
+        <v>4204</v>
+      </c>
+      <c r="C167" t="s">
+        <v>11</v>
+      </c>
+      <c r="D167" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" t="s">
+        <v>4205</v>
+      </c>
+      <c r="F167" t="s">
+        <v>11</v>
+      </c>
+      <c r="G167" t="s">
+        <v>4206</v>
+      </c>
+      <c r="H167" t="s">
+        <v>4207</v>
+      </c>
+      <c r="I167" t="s">
+        <v>4208</v>
+      </c>
+      <c r="J167" t="s">
+        <v>3214</v>
+      </c>
+      <c r="K167" t="s">
+        <v>4209</v>
+      </c>
+      <c r="L167" t="s">
+        <v>4210</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B168" t="s">
+        <v>4211</v>
+      </c>
+      <c r="C168" t="s">
+        <v>11</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
+        <v>4212</v>
+      </c>
+      <c r="F168" t="s">
+        <v>11</v>
+      </c>
+      <c r="G168" t="s">
+        <v>4213</v>
+      </c>
+      <c r="H168" t="s">
+        <v>4214</v>
+      </c>
+      <c r="I168" t="s">
+        <v>4073</v>
+      </c>
+      <c r="J168" t="s">
+        <v>3810</v>
+      </c>
+      <c r="K168" t="s">
+        <v>4215</v>
+      </c>
+      <c r="L168" t="s">
+        <v>4216</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B169" t="s">
+        <v>4217</v>
+      </c>
+      <c r="C169" t="s">
+        <v>11</v>
+      </c>
+      <c r="D169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" t="s">
+        <v>4218</v>
+      </c>
+      <c r="F169" t="s">
+        <v>11</v>
+      </c>
+      <c r="G169" t="s">
+        <v>4219</v>
+      </c>
+      <c r="H169" t="s">
+        <v>4220</v>
+      </c>
+      <c r="I169" t="s">
+        <v>4221</v>
+      </c>
+      <c r="J169" t="s">
+        <v>3054</v>
+      </c>
+      <c r="K169" t="s">
+        <v>4222</v>
+      </c>
+      <c r="L169" t="s">
+        <v>4223</v>
+      </c>
+      <c r="M169" t="s">
+        <v>4224</v>
+      </c>
+      <c r="N169" t="s">
+        <v>4225</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B170" t="s">
+        <v>4226</v>
+      </c>
+      <c r="C170" t="s">
+        <v>11</v>
+      </c>
+      <c r="D170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" t="s">
+        <v>4227</v>
+      </c>
+      <c r="F170" t="s">
+        <v>11</v>
+      </c>
+      <c r="G170" t="s">
+        <v>4228</v>
+      </c>
+      <c r="H170" t="s">
+        <v>4229</v>
+      </c>
+      <c r="I170" t="s">
+        <v>4230</v>
+      </c>
+      <c r="J170" t="s">
+        <v>4231</v>
+      </c>
+      <c r="K170" t="s">
+        <v>4232</v>
+      </c>
+      <c r="L170" t="s">
+        <v>4233</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B171" t="s">
+        <v>4234</v>
+      </c>
+      <c r="C171" t="s">
+        <v>11</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" t="s">
+        <v>4235</v>
+      </c>
+      <c r="F171" t="s">
+        <v>11</v>
+      </c>
+      <c r="G171" t="s">
+        <v>4236</v>
+      </c>
+      <c r="H171" t="s">
+        <v>4237</v>
+      </c>
+      <c r="I171" t="s">
+        <v>3660</v>
+      </c>
+      <c r="J171" t="s">
+        <v>4238</v>
+      </c>
+      <c r="K171" t="s">
+        <v>4239</v>
+      </c>
+      <c r="L171" t="s">
+        <v>4240</v>
+      </c>
+      <c r="M171" t="s">
+        <v>4241</v>
+      </c>
+      <c r="N171" t="s">
+        <v>4242</v>
+      </c>
+      <c r="O171" t="s">
+        <v>4242</v>
+      </c>
+      <c r="P171" t="s">
+        <v>4243</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>4244</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B172" t="s">
+        <v>4245</v>
+      </c>
+      <c r="C172" t="s">
+        <v>11</v>
+      </c>
+      <c r="D172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" t="s">
+        <v>4246</v>
+      </c>
+      <c r="F172" t="s">
+        <v>11</v>
+      </c>
+      <c r="G172" t="s">
+        <v>4247</v>
+      </c>
+      <c r="H172" t="s">
+        <v>4248</v>
+      </c>
+      <c r="I172" t="s">
+        <v>3762</v>
+      </c>
+      <c r="J172" t="s">
+        <v>3686</v>
+      </c>
+      <c r="K172" t="s">
+        <v>4249</v>
+      </c>
+      <c r="L172" t="s">
+        <v>4250</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B173" t="s">
+        <v>4251</v>
+      </c>
+      <c r="C173" t="s">
+        <v>11</v>
+      </c>
+      <c r="D173" t="s">
+        <v>11</v>
+      </c>
+      <c r="E173" t="s">
+        <v>4252</v>
+      </c>
+      <c r="F173" t="s">
+        <v>11</v>
+      </c>
+      <c r="G173" t="s">
+        <v>4253</v>
+      </c>
+      <c r="H173" t="s">
+        <v>4254</v>
+      </c>
+      <c r="I173" t="s">
+        <v>4255</v>
+      </c>
+      <c r="J173" t="s">
+        <v>4256</v>
+      </c>
+      <c r="K173" t="s">
+        <v>4257</v>
+      </c>
+      <c r="L173" t="s">
+        <v>4258</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B174" t="s">
+        <v>4259</v>
+      </c>
+      <c r="C174" t="s">
+        <v>11</v>
+      </c>
+      <c r="D174" t="s">
+        <v>11</v>
+      </c>
+      <c r="E174" t="s">
+        <v>4260</v>
+      </c>
+      <c r="F174" t="s">
+        <v>11</v>
+      </c>
+      <c r="G174" t="s">
+        <v>4261</v>
+      </c>
+      <c r="H174" t="s">
+        <v>4262</v>
+      </c>
+      <c r="I174" t="s">
+        <v>4263</v>
+      </c>
+      <c r="J174" t="s">
+        <v>4264</v>
+      </c>
+      <c r="K174" t="s">
+        <v>4265</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B175" t="s">
+        <v>4266</v>
+      </c>
+      <c r="C175" t="s">
+        <v>11</v>
+      </c>
+      <c r="D175" t="s">
+        <v>11</v>
+      </c>
+      <c r="E175" t="s">
+        <v>4267</v>
+      </c>
+      <c r="F175" t="s">
+        <v>11</v>
+      </c>
+      <c r="G175" t="s">
+        <v>4268</v>
+      </c>
+      <c r="H175" t="s">
+        <v>4269</v>
+      </c>
+      <c r="I175" t="s">
+        <v>4270</v>
+      </c>
+      <c r="J175" t="s">
+        <v>4271</v>
+      </c>
+      <c r="K175" t="s">
+        <v>4272</v>
+      </c>
+      <c r="L175" t="s">
+        <v>4273</v>
+      </c>
+      <c r="M175" t="s">
+        <v>4274</v>
+      </c>
+      <c r="N175" t="s">
+        <v>4275</v>
+      </c>
+      <c r="O175" t="s">
+        <v>4276</v>
+      </c>
+      <c r="P175" t="s">
+        <v>4277</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>4278</v>
+      </c>
+      <c r="R175" t="s">
+        <v>4279</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B176" t="s">
+        <v>4280</v>
+      </c>
+      <c r="C176" t="s">
+        <v>11</v>
+      </c>
+      <c r="D176" t="s">
+        <v>11</v>
+      </c>
+      <c r="E176" t="s">
+        <v>4281</v>
+      </c>
+      <c r="F176" t="s">
+        <v>11</v>
+      </c>
+      <c r="G176" t="s">
+        <v>4282</v>
+      </c>
+      <c r="H176" t="s">
+        <v>4283</v>
+      </c>
+      <c r="I176" t="s">
+        <v>4284</v>
+      </c>
+      <c r="J176" t="s">
+        <v>4285</v>
+      </c>
+      <c r="K176" t="s">
+        <v>4286</v>
+      </c>
+      <c r="L176" t="s">
+        <v>4287</v>
+      </c>
+      <c r="M176" t="s">
+        <v>4288</v>
+      </c>
+      <c r="N176" t="s">
+        <v>4289</v>
+      </c>
+      <c r="O176" t="s">
+        <v>4290</v>
+      </c>
+      <c r="P176" t="s">
+        <v>4291</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B177" t="s">
+        <v>4292</v>
+      </c>
+      <c r="C177" t="s">
+        <v>11</v>
+      </c>
+      <c r="D177" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" t="s">
+        <v>4293</v>
+      </c>
+      <c r="F177" t="s">
+        <v>11</v>
+      </c>
+      <c r="G177" t="s">
+        <v>4294</v>
+      </c>
+      <c r="H177" t="s">
+        <v>4295</v>
+      </c>
+      <c r="I177" t="s">
+        <v>4296</v>
+      </c>
+      <c r="J177" t="s">
+        <v>4297</v>
+      </c>
+      <c r="K177" t="s">
+        <v>4298</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B178" t="s">
+        <v>4299</v>
+      </c>
+      <c r="C178" t="s">
+        <v>11</v>
+      </c>
+      <c r="D178" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" t="s">
+        <v>4300</v>
+      </c>
+      <c r="F178" t="s">
+        <v>11</v>
+      </c>
+      <c r="G178" t="s">
+        <v>4301</v>
+      </c>
+      <c r="H178" t="s">
+        <v>4302</v>
+      </c>
+      <c r="I178" t="s">
+        <v>4303</v>
+      </c>
+      <c r="J178" t="s">
+        <v>2735</v>
+      </c>
+      <c r="K178" t="s">
+        <v>4304</v>
+      </c>
+      <c r="L178" t="s">
+        <v>4305</v>
+      </c>
+      <c r="M178" t="s">
+        <v>4306</v>
+      </c>
+      <c r="N178" t="s">
+        <v>4307</v>
+      </c>
+      <c r="O178" t="s">
+        <v>4308</v>
+      </c>
+      <c r="P178" t="s">
+        <v>4309</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>4310</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B179" t="s">
+        <v>4311</v>
+      </c>
+      <c r="C179" t="s">
+        <v>11</v>
+      </c>
+      <c r="D179" t="s">
+        <v>11</v>
+      </c>
+      <c r="E179" t="s">
+        <v>4312</v>
+      </c>
+      <c r="F179" t="s">
+        <v>11</v>
+      </c>
+      <c r="G179" t="s">
+        <v>4313</v>
+      </c>
+      <c r="H179" t="s">
+        <v>4314</v>
+      </c>
+      <c r="I179" t="s">
+        <v>4315</v>
+      </c>
+      <c r="J179" t="s">
+        <v>4316</v>
+      </c>
+      <c r="K179" t="s">
+        <v>4317</v>
+      </c>
+      <c r="L179" t="s">
+        <v>4318</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B180" t="s">
+        <v>4319</v>
+      </c>
+      <c r="C180" t="s">
+        <v>11</v>
+      </c>
+      <c r="D180" t="s">
+        <v>11</v>
+      </c>
+      <c r="E180" t="s">
+        <v>4320</v>
+      </c>
+      <c r="F180" t="s">
+        <v>11</v>
+      </c>
+      <c r="G180" t="s">
+        <v>4321</v>
+      </c>
+      <c r="H180" t="s">
+        <v>4322</v>
+      </c>
+      <c r="I180" t="s">
+        <v>4323</v>
+      </c>
+      <c r="J180" t="s">
+        <v>3094</v>
+      </c>
+      <c r="K180" t="s">
+        <v>4324</v>
+      </c>
+      <c r="L180" t="s">
+        <v>4325</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B181" t="s">
+        <v>4326</v>
+      </c>
+      <c r="C181" t="s">
+        <v>11</v>
+      </c>
+      <c r="D181" t="s">
+        <v>11</v>
+      </c>
+      <c r="E181" t="s">
+        <v>4327</v>
+      </c>
+      <c r="F181" t="s">
+        <v>11</v>
+      </c>
+      <c r="G181" t="s">
+        <v>4328</v>
+      </c>
+      <c r="H181" t="s">
+        <v>4329</v>
+      </c>
+      <c r="I181" t="s">
+        <v>4184</v>
+      </c>
+      <c r="J181" t="s">
+        <v>3104</v>
+      </c>
+      <c r="K181" t="s">
+        <v>4330</v>
+      </c>
+      <c r="L181" t="s">
+        <v>4331</v>
+      </c>
+      <c r="M181" t="s">
+        <v>4332</v>
+      </c>
+      <c r="N181" t="s">
+        <v>4333</v>
+      </c>
+      <c r="O181" t="s">
+        <v>4334</v>
+      </c>
+      <c r="P181" t="s">
+        <v>4335</v>
+      </c>
+      <c r="Q181" t="s">
+        <v>4336</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B182" t="s">
+        <v>4337</v>
+      </c>
+      <c r="C182" t="s">
+        <v>11</v>
+      </c>
+      <c r="D182" t="s">
+        <v>11</v>
+      </c>
+      <c r="E182" t="s">
+        <v>4338</v>
+      </c>
+      <c r="F182" t="s">
+        <v>11</v>
+      </c>
+      <c r="G182" t="s">
+        <v>4339</v>
+      </c>
+      <c r="H182" t="s">
+        <v>4340</v>
+      </c>
+      <c r="I182" t="s">
+        <v>4184</v>
+      </c>
+      <c r="J182" t="s">
+        <v>4341</v>
+      </c>
+      <c r="K182" t="s">
+        <v>4342</v>
+      </c>
+      <c r="L182" t="s">
+        <v>4343</v>
+      </c>
+      <c r="M182" t="s">
+        <v>4344</v>
+      </c>
+      <c r="N182" t="s">
+        <v>4345</v>
+      </c>
+      <c r="O182" t="s">
+        <v>4346</v>
+      </c>
+      <c r="P182" t="s">
+        <v>4347</v>
+      </c>
+      <c r="Q182" t="s">
+        <v>4348</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B183" t="s">
+        <v>4349</v>
+      </c>
+      <c r="C183" t="s">
+        <v>11</v>
+      </c>
+      <c r="D183" t="s">
+        <v>11</v>
+      </c>
+      <c r="E183" t="s">
+        <v>4350</v>
+      </c>
+      <c r="F183" t="s">
+        <v>11</v>
+      </c>
+      <c r="G183" t="s">
+        <v>4351</v>
+      </c>
+      <c r="H183" t="s">
+        <v>4352</v>
+      </c>
+      <c r="I183" t="s">
+        <v>4353</v>
+      </c>
+      <c r="J183" t="s">
+        <v>3104</v>
+      </c>
+      <c r="K183" t="s">
+        <v>4354</v>
+      </c>
+      <c r="L183" t="s">
+        <v>4355</v>
+      </c>
+      <c r="M183" t="s">
+        <v>4356</v>
+      </c>
+      <c r="N183" t="s">
+        <v>4357</v>
+      </c>
+      <c r="O183" t="s">
+        <v>4358</v>
+      </c>
+      <c r="P183" t="s">
+        <v>4359</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B184" t="s">
+        <v>4360</v>
+      </c>
+      <c r="C184" t="s">
+        <v>11</v>
+      </c>
+      <c r="D184" t="s">
+        <v>11</v>
+      </c>
+      <c r="E184" t="s">
+        <v>4361</v>
+      </c>
+      <c r="F184" t="s">
+        <v>11</v>
+      </c>
+      <c r="G184" t="s">
+        <v>4362</v>
+      </c>
+      <c r="H184" t="s">
+        <v>4363</v>
+      </c>
+      <c r="I184" t="s">
+        <v>4364</v>
+      </c>
+      <c r="J184" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K184" t="s">
+        <v>4365</v>
+      </c>
+      <c r="L184" t="s">
+        <v>4366</v>
+      </c>
+      <c r="M184" t="s">
+        <v>4367</v>
+      </c>
+      <c r="N184" t="s">
+        <v>4368</v>
+      </c>
+      <c r="O184" t="s">
+        <v>4369</v>
+      </c>
+      <c r="P184" t="s">
+        <v>4370</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>4371</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B185" t="s">
+        <v>4372</v>
+      </c>
+      <c r="C185" t="s">
+        <v>11</v>
+      </c>
+      <c r="D185" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" t="s">
+        <v>4373</v>
+      </c>
+      <c r="F185" t="s">
+        <v>11</v>
+      </c>
+      <c r="G185" t="s">
+        <v>4374</v>
+      </c>
+      <c r="H185" t="s">
+        <v>4375</v>
+      </c>
+      <c r="I185" t="s">
+        <v>4376</v>
+      </c>
+      <c r="J185" t="s">
+        <v>171</v>
+      </c>
+      <c r="K185" t="s">
+        <v>4377</v>
+      </c>
+      <c r="L185" t="s">
+        <v>4378</v>
+      </c>
+      <c r="M185" t="s">
+        <v>4379</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B186" t="s">
+        <v>4380</v>
+      </c>
+      <c r="C186" t="s">
+        <v>11</v>
+      </c>
+      <c r="D186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>4381</v>
+      </c>
+      <c r="F186" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" t="s">
+        <v>4382</v>
+      </c>
+      <c r="H186" t="s">
+        <v>4383</v>
+      </c>
+      <c r="I186" t="s">
+        <v>4384</v>
+      </c>
+      <c r="J186" t="s">
+        <v>4385</v>
+      </c>
+      <c r="K186" t="s">
+        <v>4386</v>
+      </c>
+      <c r="L186" t="s">
+        <v>4387</v>
+      </c>
+      <c r="M186" t="s">
+        <v>4388</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B187" t="s">
+        <v>4389</v>
+      </c>
+      <c r="C187" t="s">
+        <v>11</v>
+      </c>
+      <c r="D187" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" t="s">
+        <v>4390</v>
+      </c>
+      <c r="F187" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" t="s">
+        <v>4391</v>
+      </c>
+      <c r="H187" t="s">
+        <v>4392</v>
+      </c>
+      <c r="I187" t="s">
+        <v>4393</v>
+      </c>
+      <c r="J187" t="s">
+        <v>3237</v>
+      </c>
+      <c r="K187" t="s">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B188" t="s">
+        <v>4395</v>
+      </c>
+      <c r="C188" t="s">
+        <v>11</v>
+      </c>
+      <c r="D188" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" t="s">
+        <v>4396</v>
+      </c>
+      <c r="F188" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188" t="s">
+        <v>4397</v>
+      </c>
+      <c r="H188" t="s">
+        <v>4398</v>
+      </c>
+      <c r="I188" t="s">
+        <v>3505</v>
+      </c>
+      <c r="J188" t="s">
+        <v>3054</v>
+      </c>
+      <c r="K188" t="s">
+        <v>4399</v>
+      </c>
+      <c r="L188" t="s">
+        <v>4400</v>
+      </c>
+      <c r="M188" t="s">
+        <v>4401</v>
+      </c>
+      <c r="N188" t="s">
+        <v>4402</v>
+      </c>
+      <c r="O188" t="s">
+        <v>4403</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B189" t="s">
+        <v>4404</v>
+      </c>
+      <c r="C189" t="s">
+        <v>11</v>
+      </c>
+      <c r="D189" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" t="s">
+        <v>4405</v>
+      </c>
+      <c r="F189" t="s">
+        <v>11</v>
+      </c>
+      <c r="G189" t="s">
+        <v>4406</v>
+      </c>
+      <c r="H189" t="s">
+        <v>4407</v>
+      </c>
+      <c r="I189" t="s">
+        <v>4408</v>
+      </c>
+      <c r="J189" t="s">
+        <v>4409</v>
+      </c>
+      <c r="K189" t="s">
+        <v>4410</v>
+      </c>
+      <c r="L189" t="s">
+        <v>4411</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B190" t="s">
+        <v>4412</v>
+      </c>
+      <c r="C190" t="s">
+        <v>11</v>
+      </c>
+      <c r="D190" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" t="s">
+        <v>4413</v>
+      </c>
+      <c r="F190" t="s">
+        <v>11</v>
+      </c>
+      <c r="G190" t="s">
+        <v>4414</v>
+      </c>
+      <c r="H190" t="s">
+        <v>4415</v>
+      </c>
+      <c r="I190" t="s">
+        <v>3660</v>
+      </c>
+      <c r="J190" t="s">
+        <v>4416</v>
+      </c>
+      <c r="K190" t="s">
+        <v>4417</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B191" t="s">
+        <v>4418</v>
+      </c>
+      <c r="C191" t="s">
+        <v>11</v>
+      </c>
+      <c r="D191" t="s">
+        <v>11</v>
+      </c>
+      <c r="E191" t="s">
+        <v>4419</v>
+      </c>
+      <c r="F191" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" t="s">
+        <v>4420</v>
+      </c>
+      <c r="H191" t="s">
+        <v>4421</v>
+      </c>
+      <c r="I191" t="s">
+        <v>4422</v>
+      </c>
+      <c r="J191" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K191" t="s">
+        <v>4423</v>
+      </c>
+      <c r="L191" t="s">
+        <v>4424</v>
+      </c>
+      <c r="M191" t="s">
+        <v>4425</v>
+      </c>
+      <c r="N191" t="s">
+        <v>4426</v>
+      </c>
+      <c r="O191" t="s">
+        <v>4427</v>
+      </c>
+      <c r="P191" t="s">
+        <v>4428</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B192" t="s">
+        <v>4429</v>
+      </c>
+      <c r="C192" t="s">
+        <v>11</v>
+      </c>
+      <c r="D192" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" t="s">
+        <v>4430</v>
+      </c>
+      <c r="F192" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" t="s">
+        <v>4431</v>
+      </c>
+      <c r="H192" t="s">
+        <v>4432</v>
+      </c>
+      <c r="I192" t="s">
+        <v>4433</v>
+      </c>
+      <c r="J192" t="s">
+        <v>3184</v>
+      </c>
+      <c r="K192" t="s">
+        <v>4434</v>
+      </c>
+      <c r="L192" t="s">
+        <v>4435</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B193" t="s">
+        <v>4436</v>
+      </c>
+      <c r="C193" t="s">
+        <v>11</v>
+      </c>
+      <c r="D193" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" t="s">
+        <v>4437</v>
+      </c>
+      <c r="F193" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" t="s">
+        <v>4438</v>
+      </c>
+      <c r="H193" t="s">
+        <v>4439</v>
+      </c>
+      <c r="I193" t="s">
+        <v>3340</v>
+      </c>
+      <c r="J193" t="s">
+        <v>4440</v>
+      </c>
+      <c r="K193" t="s">
+        <v>4441</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B194" t="s">
+        <v>4442</v>
+      </c>
+      <c r="C194" t="s">
+        <v>11</v>
+      </c>
+      <c r="D194" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" t="s">
+        <v>4443</v>
+      </c>
+      <c r="F194" t="s">
+        <v>11</v>
+      </c>
+      <c r="G194" t="s">
+        <v>4444</v>
+      </c>
+      <c r="H194" t="s">
+        <v>4445</v>
+      </c>
+      <c r="I194" t="s">
+        <v>4446</v>
+      </c>
+      <c r="J194" t="s">
+        <v>3104</v>
+      </c>
+      <c r="K194" t="s">
+        <v>4447</v>
+      </c>
+      <c r="L194" t="s">
+        <v>4448</v>
+      </c>
+      <c r="M194" t="s">
+        <v>4449</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B195" t="s">
+        <v>4450</v>
+      </c>
+      <c r="C195" t="s">
+        <v>11</v>
+      </c>
+      <c r="D195" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" t="s">
+        <v>4451</v>
+      </c>
+      <c r="F195" t="s">
+        <v>11</v>
+      </c>
+      <c r="G195" t="s">
+        <v>4452</v>
+      </c>
+      <c r="H195" t="s">
+        <v>4453</v>
+      </c>
+      <c r="I195" t="s">
+        <v>4353</v>
+      </c>
+      <c r="J195" t="s">
+        <v>232</v>
+      </c>
+      <c r="K195" t="s">
+        <v>4454</v>
+      </c>
+      <c r="L195" t="s">
+        <v>4455</v>
+      </c>
+      <c r="M195" t="s">
+        <v>4456</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B196" t="s">
+        <v>4457</v>
+      </c>
+      <c r="C196" t="s">
+        <v>11</v>
+      </c>
+      <c r="D196" t="s">
+        <v>11</v>
+      </c>
+      <c r="E196" t="s">
+        <v>4458</v>
+      </c>
+      <c r="F196" t="s">
+        <v>11</v>
+      </c>
+      <c r="G196" t="s">
+        <v>4459</v>
+      </c>
+      <c r="H196" t="s">
+        <v>4460</v>
+      </c>
+      <c r="I196" t="s">
+        <v>4461</v>
+      </c>
+      <c r="J196" t="s">
+        <v>4462</v>
+      </c>
+      <c r="K196" t="s">
+        <v>4463</v>
+      </c>
+      <c r="L196" t="s">
+        <v>4464</v>
+      </c>
+      <c r="M196" t="s">
+        <v>4465</v>
+      </c>
+      <c r="N196" t="s">
+        <v>4466</v>
+      </c>
+      <c r="O196" t="s">
+        <v>4467</v>
+      </c>
+      <c r="P196" t="s">
+        <v>4468</v>
+      </c>
+      <c r="Q196" t="s">
+        <v>4469</v>
+      </c>
+      <c r="R196" t="s">
+        <v>4470</v>
+      </c>
+      <c r="S196" t="s">
+        <v>4471</v>
+      </c>
+      <c r="T196" t="s">
+        <v>4472</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B197" t="s">
+        <v>4473</v>
+      </c>
+      <c r="C197" t="s">
+        <v>11</v>
+      </c>
+      <c r="D197" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" t="s">
+        <v>4474</v>
+      </c>
+      <c r="F197" t="s">
+        <v>11</v>
+      </c>
+      <c r="G197" t="s">
+        <v>4475</v>
+      </c>
+      <c r="H197" t="s">
+        <v>4476</v>
+      </c>
+      <c r="I197" t="s">
+        <v>4477</v>
+      </c>
+      <c r="J197" t="s">
+        <v>4478</v>
+      </c>
+      <c r="K197" t="s">
+        <v>4479</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B198" t="s">
+        <v>4480</v>
+      </c>
+      <c r="C198" t="s">
+        <v>11</v>
+      </c>
+      <c r="D198" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" t="s">
+        <v>4481</v>
+      </c>
+      <c r="F198" t="s">
+        <v>11</v>
+      </c>
+      <c r="G198" t="s">
+        <v>4482</v>
+      </c>
+      <c r="H198" t="s">
+        <v>4483</v>
+      </c>
+      <c r="I198" t="s">
+        <v>4073</v>
+      </c>
+      <c r="J198" t="s">
+        <v>4484</v>
+      </c>
+      <c r="K198" t="s">
+        <v>4485</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B199" t="s">
+        <v>4486</v>
+      </c>
+      <c r="C199" t="s">
+        <v>11</v>
+      </c>
+      <c r="D199" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" t="s">
+        <v>4487</v>
+      </c>
+      <c r="F199" t="s">
+        <v>11</v>
+      </c>
+      <c r="G199" t="s">
+        <v>4488</v>
+      </c>
+      <c r="H199" t="s">
+        <v>4489</v>
+      </c>
+      <c r="I199" t="s">
+        <v>4490</v>
+      </c>
+      <c r="J199" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K199" t="s">
+        <v>4491</v>
+      </c>
+      <c r="L199" t="s">
+        <v>4492</v>
+      </c>
+      <c r="M199" t="s">
+        <v>4493</v>
+      </c>
+      <c r="N199" t="s">
+        <v>4494</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B200" t="s">
+        <v>4495</v>
+      </c>
+      <c r="C200" t="s">
+        <v>11</v>
+      </c>
+      <c r="D200" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" t="s">
+        <v>4496</v>
+      </c>
+      <c r="F200" t="s">
+        <v>11</v>
+      </c>
+      <c r="G200" t="s">
+        <v>4497</v>
+      </c>
+      <c r="H200" t="s">
+        <v>4498</v>
+      </c>
+      <c r="I200" t="s">
+        <v>4499</v>
+      </c>
+      <c r="J200" t="s">
+        <v>4500</v>
+      </c>
+      <c r="K200" t="s">
+        <v>4501</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B201" t="s">
+        <v>4502</v>
+      </c>
+      <c r="C201" t="s">
+        <v>11</v>
+      </c>
+      <c r="D201" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" t="s">
+        <v>4503</v>
+      </c>
+      <c r="F201" t="s">
+        <v>11</v>
+      </c>
+      <c r="G201" t="s">
+        <v>4504</v>
+      </c>
+      <c r="H201" t="s">
+        <v>4505</v>
+      </c>
+      <c r="I201" t="s">
+        <v>3584</v>
+      </c>
+      <c r="J201" t="s">
+        <v>3946</v>
+      </c>
+      <c r="K201" t="s">
+        <v>4506</v>
+      </c>
+      <c r="L201" t="s">
+        <v>4507</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B202" t="s">
+        <v>4508</v>
+      </c>
+      <c r="C202" t="s">
+        <v>11</v>
+      </c>
+      <c r="D202" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" t="s">
+        <v>4509</v>
+      </c>
+      <c r="F202" t="s">
+        <v>11</v>
+      </c>
+      <c r="G202" t="s">
+        <v>4510</v>
+      </c>
+      <c r="H202" t="s">
+        <v>4511</v>
+      </c>
+      <c r="I202" t="s">
+        <v>4512</v>
+      </c>
+      <c r="J202" t="s">
+        <v>3214</v>
+      </c>
+      <c r="K202" t="s">
+        <v>4513</v>
+      </c>
+      <c r="L202" t="s">
+        <v>4514</v>
+      </c>
+      <c r="M202" t="s">
+        <v>4515</v>
+      </c>
+      <c r="N202" t="s">
+        <v>4516</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B203" t="s">
+        <v>4517</v>
+      </c>
+      <c r="C203" t="s">
+        <v>11</v>
+      </c>
+      <c r="D203" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" t="s">
+        <v>4518</v>
+      </c>
+      <c r="F203" t="s">
+        <v>11</v>
+      </c>
+      <c r="G203" t="s">
+        <v>4519</v>
+      </c>
+      <c r="H203" t="s">
+        <v>4520</v>
+      </c>
+      <c r="I203" t="s">
+        <v>4521</v>
+      </c>
+      <c r="J203" t="s">
+        <v>4522</v>
+      </c>
+      <c r="K203" t="s">
+        <v>4523</v>
+      </c>
+      <c r="L203" t="s">
+        <v>4524</v>
+      </c>
+      <c r="M203" t="s">
+        <v>4525</v>
+      </c>
+      <c r="N203" t="s">
+        <v>4526</v>
+      </c>
+      <c r="O203" t="s">
+        <v>4527</v>
+      </c>
+      <c r="P203" t="s">
+        <v>4528</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>4529</v>
+      </c>
+      <c r="R203" t="s">
+        <v>4530</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B204" t="s">
+        <v>4531</v>
+      </c>
+      <c r="C204" t="s">
+        <v>11</v>
+      </c>
+      <c r="D204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" t="s">
+        <v>4532</v>
+      </c>
+      <c r="F204" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204" t="s">
+        <v>4533</v>
+      </c>
+      <c r="H204" t="s">
+        <v>4534</v>
+      </c>
+      <c r="I204" t="s">
+        <v>4535</v>
+      </c>
+      <c r="J204" t="s">
+        <v>3946</v>
+      </c>
+      <c r="K204" t="s">
+        <v>4536</v>
+      </c>
+      <c r="L204" t="s">
+        <v>4537</v>
+      </c>
+      <c r="M204" t="s">
+        <v>4538</v>
+      </c>
+      <c r="N204" t="s">
+        <v>4539</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B205" t="s">
+        <v>4540</v>
+      </c>
+      <c r="C205" t="s">
+        <v>11</v>
+      </c>
+      <c r="D205" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" t="s">
+        <v>4532</v>
+      </c>
+      <c r="F205" t="s">
+        <v>11</v>
+      </c>
+      <c r="G205" t="s">
+        <v>4541</v>
+      </c>
+      <c r="H205" t="s">
+        <v>4542</v>
+      </c>
+      <c r="I205" t="s">
+        <v>4543</v>
+      </c>
+      <c r="J205" t="s">
+        <v>4036</v>
+      </c>
+      <c r="K205" t="s">
+        <v>4544</v>
+      </c>
+      <c r="L205" t="s">
+        <v>4545</v>
+      </c>
+      <c r="M205" t="s">
+        <v>4546</v>
+      </c>
+      <c r="N205" t="s">
+        <v>4547</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B206" t="s">
+        <v>4548</v>
+      </c>
+      <c r="C206" t="s">
+        <v>11</v>
+      </c>
+      <c r="D206" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" t="s">
+        <v>4532</v>
+      </c>
+      <c r="F206" t="s">
+        <v>11</v>
+      </c>
+      <c r="G206" t="s">
+        <v>4549</v>
+      </c>
+      <c r="H206" t="s">
+        <v>4550</v>
+      </c>
+      <c r="I206" t="s">
+        <v>4551</v>
+      </c>
+      <c r="J206" t="s">
+        <v>4036</v>
+      </c>
+      <c r="K206" t="s">
+        <v>4552</v>
+      </c>
+      <c r="L206" t="s">
+        <v>4553</v>
+      </c>
+      <c r="M206" t="s">
+        <v>4554</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B207" t="s">
+        <v>4555</v>
+      </c>
+      <c r="C207" t="s">
+        <v>11</v>
+      </c>
+      <c r="D207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" t="s">
+        <v>4556</v>
+      </c>
+      <c r="F207" t="s">
+        <v>11</v>
+      </c>
+      <c r="G207" t="s">
+        <v>4557</v>
+      </c>
+      <c r="H207" t="s">
+        <v>4558</v>
+      </c>
+      <c r="I207" t="s">
+        <v>4559</v>
+      </c>
+      <c r="J207" t="s">
+        <v>3132</v>
+      </c>
+      <c r="K207" t="s">
+        <v>4560</v>
+      </c>
+      <c r="L207" t="s">
+        <v>4561</v>
+      </c>
+      <c r="M207" t="s">
+        <v>4562</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B208" t="s">
+        <v>4563</v>
+      </c>
+      <c r="C208" t="s">
+        <v>11</v>
+      </c>
+      <c r="D208" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" t="s">
+        <v>4564</v>
+      </c>
+      <c r="F208" t="s">
+        <v>11</v>
+      </c>
+      <c r="G208" t="s">
+        <v>4565</v>
+      </c>
+      <c r="H208" t="s">
+        <v>4566</v>
+      </c>
+      <c r="I208" t="s">
+        <v>4567</v>
+      </c>
+      <c r="J208" t="s">
+        <v>4568</v>
+      </c>
+      <c r="K208" t="s">
+        <v>4569</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B209" t="s">
+        <v>4570</v>
+      </c>
+      <c r="C209" t="s">
+        <v>11</v>
+      </c>
+      <c r="D209" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" t="s">
+        <v>4571</v>
+      </c>
+      <c r="F209" t="s">
+        <v>11</v>
+      </c>
+      <c r="G209" t="s">
+        <v>4572</v>
+      </c>
+      <c r="H209" t="s">
+        <v>4573</v>
+      </c>
+      <c r="I209" t="s">
+        <v>4315</v>
+      </c>
+      <c r="J209" t="s">
+        <v>3184</v>
+      </c>
+      <c r="K209" t="s">
+        <v>4574</v>
+      </c>
+      <c r="L209" t="s">
+        <v>4575</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B210" t="s">
+        <v>4576</v>
+      </c>
+      <c r="C210" t="s">
+        <v>11</v>
+      </c>
+      <c r="D210" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" t="s">
+        <v>4571</v>
+      </c>
+      <c r="F210" t="s">
+        <v>11</v>
+      </c>
+      <c r="G210" t="s">
+        <v>4577</v>
+      </c>
+      <c r="H210" t="s">
+        <v>4578</v>
+      </c>
+      <c r="I210" t="s">
+        <v>4263</v>
+      </c>
+      <c r="J210" t="s">
+        <v>171</v>
+      </c>
+      <c r="K210" t="s">
+        <v>4579</v>
+      </c>
+      <c r="L210" t="s">
+        <v>4580</v>
+      </c>
+      <c r="M210" t="s">
+        <v>4581</v>
+      </c>
+      <c r="N210" t="s">
+        <v>4582</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B211" t="s">
+        <v>4583</v>
+      </c>
+      <c r="C211" t="s">
+        <v>11</v>
+      </c>
+      <c r="D211" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" t="s">
+        <v>4584</v>
+      </c>
+      <c r="F211" t="s">
+        <v>11</v>
+      </c>
+      <c r="G211" t="s">
+        <v>4585</v>
+      </c>
+      <c r="H211" t="s">
+        <v>4586</v>
+      </c>
+      <c r="I211" t="s">
+        <v>4587</v>
+      </c>
+      <c r="J211" t="s">
+        <v>4588</v>
+      </c>
+      <c r="K211" t="s">
+        <v>4589</v>
+      </c>
+      <c r="L211" t="s">
+        <v>4590</v>
+      </c>
+      <c r="M211" t="s">
+        <v>4591</v>
+      </c>
+      <c r="N211" t="s">
+        <v>4592</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B212" t="s">
+        <v>4593</v>
+      </c>
+      <c r="C212" t="s">
+        <v>11</v>
+      </c>
+      <c r="D212" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" t="s">
+        <v>4594</v>
+      </c>
+      <c r="F212" t="s">
+        <v>11</v>
+      </c>
+      <c r="G212" t="s">
+        <v>4595</v>
+      </c>
+      <c r="H212" t="s">
+        <v>4596</v>
+      </c>
+      <c r="I212" t="s">
+        <v>4587</v>
+      </c>
+      <c r="J212" t="s">
+        <v>2871</v>
+      </c>
+      <c r="K212" t="s">
+        <v>4597</v>
+      </c>
+      <c r="L212" t="s">
+        <v>4598</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B213" t="s">
+        <v>4599</v>
+      </c>
+      <c r="C213" t="s">
+        <v>11</v>
+      </c>
+      <c r="D213" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" t="s">
+        <v>4600</v>
+      </c>
+      <c r="F213" t="s">
+        <v>11</v>
+      </c>
+      <c r="G213" t="s">
+        <v>4601</v>
+      </c>
+      <c r="H213" t="s">
+        <v>4602</v>
+      </c>
+      <c r="I213" t="s">
+        <v>4603</v>
+      </c>
+      <c r="J213" t="s">
+        <v>4604</v>
+      </c>
+      <c r="K213" t="s">
+        <v>4605</v>
+      </c>
+      <c r="L213" t="s">
+        <v>4606</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B214" t="s">
+        <v>4607</v>
+      </c>
+      <c r="C214" t="s">
+        <v>11</v>
+      </c>
+      <c r="D214" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" t="s">
+        <v>4608</v>
+      </c>
+      <c r="F214" t="s">
+        <v>11</v>
+      </c>
+      <c r="G214" t="s">
+        <v>4609</v>
+      </c>
+      <c r="H214" t="s">
+        <v>4610</v>
+      </c>
+      <c r="I214" t="s">
+        <v>4611</v>
+      </c>
+      <c r="J214" t="s">
+        <v>2871</v>
+      </c>
+      <c r="K214" t="s">
+        <v>4612</v>
+      </c>
+      <c r="L214" t="s">
+        <v>4613</v>
+      </c>
+      <c r="M214" t="s">
+        <v>4614</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B215" t="s">
+        <v>4615</v>
+      </c>
+      <c r="C215" t="s">
+        <v>11</v>
+      </c>
+      <c r="D215" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" t="s">
+        <v>4608</v>
+      </c>
+      <c r="F215" t="s">
+        <v>11</v>
+      </c>
+      <c r="G215" t="s">
+        <v>4616</v>
+      </c>
+      <c r="H215" t="s">
+        <v>4617</v>
+      </c>
+      <c r="I215" t="s">
+        <v>4618</v>
+      </c>
+      <c r="J215" t="s">
+        <v>2871</v>
+      </c>
+      <c r="K215" t="s">
+        <v>4619</v>
+      </c>
+      <c r="L215" t="s">
+        <v>4620</v>
+      </c>
+      <c r="M215" t="s">
+        <v>4621</v>
+      </c>
+      <c r="N215" t="s">
+        <v>4622</v>
+      </c>
+      <c r="O215" t="s">
+        <v>4623</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B216" t="s">
+        <v>4624</v>
+      </c>
+      <c r="C216" t="s">
+        <v>11</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" t="s">
+        <v>4625</v>
+      </c>
+      <c r="F216" t="s">
+        <v>11</v>
+      </c>
+      <c r="G216" t="s">
+        <v>4626</v>
+      </c>
+      <c r="H216" t="s">
+        <v>4627</v>
+      </c>
+      <c r="I216" t="s">
+        <v>4628</v>
+      </c>
+      <c r="J216" t="s">
+        <v>4629</v>
+      </c>
+      <c r="K216" t="s">
+        <v>4630</v>
+      </c>
+      <c r="L216" t="s">
+        <v>4631</v>
+      </c>
+      <c r="M216" t="s">
+        <v>4632</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B217" t="s">
+        <v>4633</v>
+      </c>
+      <c r="C217" t="s">
+        <v>11</v>
+      </c>
+      <c r="D217" t="s">
+        <v>11</v>
+      </c>
+      <c r="E217" t="s">
+        <v>4634</v>
+      </c>
+      <c r="F217" t="s">
+        <v>11</v>
+      </c>
+      <c r="G217" t="s">
+        <v>4635</v>
+      </c>
+      <c r="H217" t="s">
+        <v>4636</v>
+      </c>
+      <c r="I217" t="s">
+        <v>4637</v>
+      </c>
+      <c r="J217" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K217" t="s">
+        <v>4638</v>
+      </c>
+      <c r="L217" t="s">
+        <v>4639</v>
+      </c>
+      <c r="M217" t="s">
+        <v>4640</v>
+      </c>
+      <c r="N217" t="s">
+        <v>4641</v>
+      </c>
+      <c r="O217" t="s">
+        <v>4642</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B218" t="s">
+        <v>4643</v>
+      </c>
+      <c r="C218" t="s">
+        <v>11</v>
+      </c>
+      <c r="D218" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" t="s">
+        <v>4644</v>
+      </c>
+      <c r="F218" t="s">
+        <v>11</v>
+      </c>
+      <c r="G218" t="s">
+        <v>4645</v>
+      </c>
+      <c r="H218" t="s">
+        <v>4646</v>
+      </c>
+      <c r="I218" t="s">
+        <v>4647</v>
+      </c>
+      <c r="J218" t="s">
+        <v>4648</v>
+      </c>
+      <c r="K218" t="s">
+        <v>4649</v>
+      </c>
+      <c r="L218" t="s">
+        <v>4650</v>
+      </c>
+      <c r="M218" t="s">
+        <v>4651</v>
+      </c>
+      <c r="N218" t="s">
+        <v>4652</v>
+      </c>
+      <c r="O218" t="s">
+        <v>4653</v>
+      </c>
+      <c r="P218" t="s">
+        <v>4654</v>
+      </c>
+      <c r="Q218" t="s">
+        <v>4655</v>
+      </c>
+      <c r="R218" t="s">
+        <v>4656</v>
+      </c>
+      <c r="S218" t="s">
+        <v>4657</v>
+      </c>
+      <c r="T218" t="s">
+        <v>4658</v>
+      </c>
+      <c r="U218" t="s">
+        <v>4659</v>
+      </c>
+      <c r="V218" t="s">
+        <v>4660</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B219" t="s">
+        <v>4661</v>
+      </c>
+      <c r="C219" t="s">
+        <v>11</v>
+      </c>
+      <c r="D219" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" t="s">
+        <v>4662</v>
+      </c>
+      <c r="F219" t="s">
+        <v>11</v>
+      </c>
+      <c r="G219" t="s">
+        <v>4663</v>
+      </c>
+      <c r="H219" t="s">
+        <v>4664</v>
+      </c>
+      <c r="I219" t="s">
+        <v>4665</v>
+      </c>
+      <c r="J219" t="s">
+        <v>4666</v>
+      </c>
+      <c r="K219" t="s">
+        <v>4667</v>
+      </c>
+      <c r="L219" t="s">
+        <v>4668</v>
+      </c>
+      <c r="M219" t="s">
+        <v>4669</v>
+      </c>
+      <c r="N219" t="s">
+        <v>4670</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B220" t="s">
+        <v>4671</v>
+      </c>
+      <c r="C220" t="s">
+        <v>11</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" t="s">
+        <v>4672</v>
+      </c>
+      <c r="F220" t="s">
+        <v>11</v>
+      </c>
+      <c r="G220" t="s">
+        <v>4673</v>
+      </c>
+      <c r="H220" t="s">
+        <v>4674</v>
+      </c>
+      <c r="I220" t="s">
+        <v>4675</v>
+      </c>
+      <c r="J220" t="s">
+        <v>4676</v>
+      </c>
+      <c r="K220" t="s">
+        <v>4677</v>
+      </c>
+      <c r="L220" t="s">
+        <v>4678</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B221" t="s">
+        <v>4679</v>
+      </c>
+      <c r="C221" t="s">
+        <v>11</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" t="s">
+        <v>4680</v>
+      </c>
+      <c r="F221" t="s">
+        <v>11</v>
+      </c>
+      <c r="G221" t="s">
+        <v>4681</v>
+      </c>
+      <c r="H221" t="s">
+        <v>4682</v>
+      </c>
+      <c r="I221" t="s">
+        <v>4364</v>
+      </c>
+      <c r="J221" t="s">
+        <v>3886</v>
+      </c>
+      <c r="K221" t="s">
+        <v>4683</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B222" t="s">
+        <v>4684</v>
+      </c>
+      <c r="C222" t="s">
+        <v>11</v>
+      </c>
+      <c r="D222" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" t="s">
+        <v>4685</v>
+      </c>
+      <c r="F222" t="s">
+        <v>11</v>
+      </c>
+      <c r="G222" t="s">
+        <v>4686</v>
+      </c>
+      <c r="H222" t="s">
+        <v>4687</v>
+      </c>
+      <c r="I222" t="s">
+        <v>4688</v>
+      </c>
+      <c r="J222" t="s">
+        <v>4689</v>
+      </c>
+      <c r="K222" t="s">
+        <v>4690</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B223" t="s">
+        <v>4691</v>
+      </c>
+      <c r="C223" t="s">
+        <v>11</v>
+      </c>
+      <c r="D223" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" t="s">
+        <v>4692</v>
+      </c>
+      <c r="F223" t="s">
+        <v>11</v>
+      </c>
+      <c r="G223" t="s">
+        <v>4693</v>
+      </c>
+      <c r="H223" t="s">
+        <v>4694</v>
+      </c>
+      <c r="I223" t="s">
+        <v>4695</v>
+      </c>
+      <c r="J223" t="s">
+        <v>3159</v>
+      </c>
+      <c r="K223" t="s">
+        <v>4696</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B224" t="s">
+        <v>4697</v>
+      </c>
+      <c r="C224" t="s">
+        <v>11</v>
+      </c>
+      <c r="D224" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" t="s">
+        <v>4698</v>
+      </c>
+      <c r="F224" t="s">
+        <v>11</v>
+      </c>
+      <c r="G224" t="s">
+        <v>4699</v>
+      </c>
+      <c r="H224" t="s">
+        <v>4700</v>
+      </c>
+      <c r="I224" t="s">
+        <v>4701</v>
+      </c>
+      <c r="J224" t="s">
+        <v>4702</v>
+      </c>
+      <c r="K224" t="s">
+        <v>4703</v>
+      </c>
+      <c r="L224" t="s">
+        <v>4704</v>
+      </c>
+      <c r="M224" t="s">
+        <v>4705</v>
+      </c>
+      <c r="N224" t="s">
+        <v>4706</v>
+      </c>
+      <c r="O224" t="s">
+        <v>4707</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B225" t="s">
+        <v>4708</v>
+      </c>
+      <c r="C225" t="s">
+        <v>11</v>
+      </c>
+      <c r="D225" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" t="s">
+        <v>4709</v>
+      </c>
+      <c r="F225" t="s">
+        <v>11</v>
+      </c>
+      <c r="G225" t="s">
+        <v>4710</v>
+      </c>
+      <c r="H225" t="s">
+        <v>4711</v>
+      </c>
+      <c r="I225" t="s">
+        <v>4712</v>
+      </c>
+      <c r="J225" t="s">
+        <v>3946</v>
+      </c>
+      <c r="K225" t="s">
+        <v>4713</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B226" t="s">
+        <v>4714</v>
+      </c>
+      <c r="C226" t="s">
+        <v>11</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" t="s">
+        <v>4715</v>
+      </c>
+      <c r="F226" t="s">
+        <v>11</v>
+      </c>
+      <c r="G226" t="s">
+        <v>4716</v>
+      </c>
+      <c r="H226" t="s">
+        <v>4717</v>
+      </c>
+      <c r="I226" t="s">
+        <v>4718</v>
+      </c>
+      <c r="J226" t="s">
+        <v>3046</v>
+      </c>
+      <c r="K226" t="s">
+        <v>4719</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B227" t="s">
+        <v>4720</v>
+      </c>
+      <c r="C227" t="s">
+        <v>11</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" t="s">
+        <v>4721</v>
+      </c>
+      <c r="F227" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227" t="s">
+        <v>4722</v>
+      </c>
+      <c r="H227" t="s">
+        <v>4723</v>
+      </c>
+      <c r="I227" t="s">
+        <v>4724</v>
+      </c>
+      <c r="J227" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K227" t="s">
+        <v>4725</v>
+      </c>
+      <c r="L227" t="s">
+        <v>4726</v>
+      </c>
+      <c r="M227" t="s">
+        <v>4727</v>
+      </c>
+      <c r="N227" t="s">
+        <v>4728</v>
+      </c>
+      <c r="O227" t="s">
+        <v>4729</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B228" t="s">
+        <v>4730</v>
+      </c>
+      <c r="C228" t="s">
+        <v>11</v>
+      </c>
+      <c r="D228" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" t="s">
+        <v>4721</v>
+      </c>
+      <c r="F228" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" t="s">
+        <v>4731</v>
+      </c>
+      <c r="H228" t="s">
+        <v>4732</v>
+      </c>
+      <c r="I228" t="s">
+        <v>4733</v>
+      </c>
+      <c r="J228" t="s">
+        <v>3132</v>
+      </c>
+      <c r="K228" t="s">
+        <v>4734</v>
+      </c>
+      <c r="L228" t="s">
+        <v>4735</v>
+      </c>
+      <c r="M228" t="s">
+        <v>4736</v>
+      </c>
+      <c r="N228" t="s">
+        <v>4737</v>
+      </c>
+      <c r="O228" t="s">
+        <v>4738</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B229" t="s">
+        <v>4739</v>
+      </c>
+      <c r="C229" t="s">
+        <v>11</v>
+      </c>
+      <c r="D229" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" t="s">
+        <v>4740</v>
+      </c>
+      <c r="F229" t="s">
+        <v>11</v>
+      </c>
+      <c r="G229" t="s">
+        <v>4741</v>
+      </c>
+      <c r="H229" t="s">
+        <v>4742</v>
+      </c>
+      <c r="I229" t="s">
+        <v>4743</v>
+      </c>
+      <c r="J229" t="s">
+        <v>3214</v>
+      </c>
+      <c r="K229" t="s">
+        <v>4744</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B230" t="s">
+        <v>4745</v>
+      </c>
+      <c r="C230" t="s">
+        <v>11</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>4746</v>
+      </c>
+      <c r="F230" t="s">
+        <v>11</v>
+      </c>
+      <c r="G230" t="s">
+        <v>4747</v>
+      </c>
+      <c r="H230" t="s">
+        <v>4748</v>
+      </c>
+      <c r="I230" t="s">
+        <v>4749</v>
+      </c>
+      <c r="J230" t="s">
+        <v>4750</v>
+      </c>
+      <c r="K230" t="s">
+        <v>4751</v>
+      </c>
+      <c r="L230" t="s">
+        <v>4752</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B231" t="s">
+        <v>4753</v>
+      </c>
+      <c r="C231" t="s">
+        <v>11</v>
+      </c>
+      <c r="D231" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" t="s">
+        <v>4754</v>
+      </c>
+      <c r="F231" t="s">
+        <v>11</v>
+      </c>
+      <c r="G231" t="s">
+        <v>4755</v>
+      </c>
+      <c r="H231" t="s">
+        <v>4756</v>
+      </c>
+      <c r="I231" t="s">
+        <v>4757</v>
+      </c>
+      <c r="J231" t="s">
+        <v>4758</v>
+      </c>
+      <c r="K231" t="s">
+        <v>4759</v>
+      </c>
+      <c r="L231" t="s">
+        <v>4760</v>
+      </c>
+      <c r="M231" t="s">
+        <v>4761</v>
+      </c>
+      <c r="N231" t="s">
+        <v>4762</v>
+      </c>
+      <c r="O231" t="s">
+        <v>4763</v>
+      </c>
+      <c r="P231" t="s">
+        <v>4764</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>4765</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B232" t="s">
+        <v>4766</v>
+      </c>
+      <c r="C232" t="s">
+        <v>11</v>
+      </c>
+      <c r="D232" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" t="s">
+        <v>4767</v>
+      </c>
+      <c r="F232" t="s">
+        <v>11</v>
+      </c>
+      <c r="G232" t="s">
+        <v>4768</v>
+      </c>
+      <c r="H232" t="s">
+        <v>4769</v>
+      </c>
+      <c r="I232" t="s">
+        <v>4770</v>
+      </c>
+      <c r="J232" t="s">
+        <v>4036</v>
+      </c>
+      <c r="K232" t="s">
+        <v>4771</v>
+      </c>
+      <c r="L232" t="s">
+        <v>4772</v>
+      </c>
+      <c r="M232" t="s">
+        <v>4773</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B233" t="s">
+        <v>4774</v>
+      </c>
+      <c r="C233" t="s">
+        <v>11</v>
+      </c>
+      <c r="D233" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" t="s">
+        <v>4775</v>
+      </c>
+      <c r="F233" t="s">
+        <v>11</v>
+      </c>
+      <c r="G233" t="s">
+        <v>4776</v>
+      </c>
+      <c r="H233" t="s">
+        <v>4777</v>
+      </c>
+      <c r="I233" t="s">
+        <v>3584</v>
+      </c>
+      <c r="J233" t="s">
+        <v>3593</v>
+      </c>
+      <c r="K233" t="s">
+        <v>4778</v>
+      </c>
+      <c r="L233" t="s">
+        <v>4779</v>
+      </c>
+      <c r="M233" t="s">
+        <v>4780</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B234" t="s">
+        <v>4781</v>
+      </c>
+      <c r="C234" t="s">
+        <v>11</v>
+      </c>
+      <c r="D234" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" t="s">
+        <v>4782</v>
+      </c>
+      <c r="F234" t="s">
+        <v>11</v>
+      </c>
+      <c r="G234" t="s">
+        <v>4783</v>
+      </c>
+      <c r="H234" t="s">
+        <v>4784</v>
+      </c>
+      <c r="I234" t="s">
+        <v>4785</v>
+      </c>
+      <c r="J234" t="s">
+        <v>4786</v>
+      </c>
+      <c r="K234" t="s">
+        <v>4787</v>
+      </c>
+      <c r="L234" t="s">
+        <v>4788</v>
+      </c>
+      <c r="M234" t="s">
+        <v>4789</v>
+      </c>
+      <c r="N234" t="s">
+        <v>4790</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B235" t="s">
+        <v>4791</v>
+      </c>
+      <c r="C235" t="s">
+        <v>11</v>
+      </c>
+      <c r="D235" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" t="s">
+        <v>4792</v>
+      </c>
+      <c r="F235" t="s">
+        <v>11</v>
+      </c>
+      <c r="G235" t="s">
+        <v>4793</v>
+      </c>
+      <c r="H235" t="s">
+        <v>4794</v>
+      </c>
+      <c r="I235" t="s">
+        <v>4675</v>
+      </c>
+      <c r="J235" t="s">
+        <v>3946</v>
+      </c>
+      <c r="K235" t="s">
+        <v>4795</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B236" t="s">
+        <v>4796</v>
+      </c>
+      <c r="C236" t="s">
+        <v>11</v>
+      </c>
+      <c r="D236" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" t="s">
+        <v>4797</v>
+      </c>
+      <c r="F236" t="s">
+        <v>11</v>
+      </c>
+      <c r="G236" t="s">
+        <v>4798</v>
+      </c>
+      <c r="H236" t="s">
+        <v>4799</v>
+      </c>
+      <c r="I236" t="s">
+        <v>4800</v>
+      </c>
+      <c r="J236" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K236" t="s">
+        <v>4801</v>
+      </c>
+      <c r="L236" t="s">
+        <v>4802</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B237" t="s">
+        <v>4803</v>
+      </c>
+      <c r="C237" t="s">
+        <v>11</v>
+      </c>
+      <c r="D237" t="s">
+        <v>11</v>
+      </c>
+      <c r="E237" t="s">
+        <v>4797</v>
+      </c>
+      <c r="F237" t="s">
+        <v>11</v>
+      </c>
+      <c r="G237" t="s">
+        <v>4804</v>
+      </c>
+      <c r="H237" t="s">
+        <v>4805</v>
+      </c>
+      <c r="I237" t="s">
+        <v>4806</v>
+      </c>
+      <c r="J237" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K237" t="s">
+        <v>4807</v>
+      </c>
+      <c r="L237" t="s">
+        <v>4808</v>
+      </c>
+      <c r="M237" t="s">
+        <v>4809</v>
+      </c>
+      <c r="N237" t="s">
+        <v>4810</v>
+      </c>
+      <c r="O237" t="s">
+        <v>4811</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B238" t="s">
+        <v>4812</v>
+      </c>
+      <c r="C238" t="s">
+        <v>11</v>
+      </c>
+      <c r="D238" t="s">
+        <v>11</v>
+      </c>
+      <c r="E238" t="s">
+        <v>4813</v>
+      </c>
+      <c r="F238" t="s">
+        <v>11</v>
+      </c>
+      <c r="G238" t="s">
+        <v>4814</v>
+      </c>
+      <c r="H238" t="s">
+        <v>4815</v>
+      </c>
+      <c r="I238" t="s">
+        <v>4816</v>
+      </c>
+      <c r="J238" t="s">
+        <v>3877</v>
+      </c>
+      <c r="K238" t="s">
+        <v>4817</v>
+      </c>
+      <c r="L238" t="s">
+        <v>4818</v>
+      </c>
+      <c r="M238" t="s">
+        <v>4819</v>
+      </c>
+      <c r="N238" t="s">
+        <v>4820</v>
+      </c>
+      <c r="O238" t="s">
+        <v>4821</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B239" t="s">
+        <v>4822</v>
+      </c>
+      <c r="C239" t="s">
+        <v>11</v>
+      </c>
+      <c r="D239" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" t="s">
+        <v>4823</v>
+      </c>
+      <c r="F239" t="s">
+        <v>11</v>
+      </c>
+      <c r="G239" t="s">
+        <v>4824</v>
+      </c>
+      <c r="H239" t="s">
+        <v>4825</v>
+      </c>
+      <c r="I239" t="s">
+        <v>4826</v>
+      </c>
+      <c r="J239" t="s">
+        <v>3184</v>
+      </c>
+      <c r="K239" t="s">
+        <v>4827</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B240" t="s">
+        <v>4828</v>
+      </c>
+      <c r="C240" t="s">
+        <v>11</v>
+      </c>
+      <c r="D240" t="s">
+        <v>11</v>
+      </c>
+      <c r="E240" t="s">
+        <v>4829</v>
+      </c>
+      <c r="F240" t="s">
+        <v>11</v>
+      </c>
+      <c r="G240" t="s">
+        <v>4830</v>
+      </c>
+      <c r="H240" t="s">
+        <v>4831</v>
+      </c>
+      <c r="I240" t="s">
+        <v>4832</v>
+      </c>
+      <c r="J240" t="s">
+        <v>4666</v>
+      </c>
+      <c r="K240" t="s">
+        <v>4833</v>
+      </c>
+      <c r="L240" t="s">
+        <v>4834</v>
+      </c>
+      <c r="M240" t="s">
+        <v>4835</v>
+      </c>
+      <c r="N240" t="s">
+        <v>4836</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B241" t="s">
+        <v>4837</v>
+      </c>
+      <c r="C241" t="s">
+        <v>11</v>
+      </c>
+      <c r="D241" t="s">
+        <v>11</v>
+      </c>
+      <c r="E241" t="s">
+        <v>4829</v>
+      </c>
+      <c r="F241" t="s">
+        <v>11</v>
+      </c>
+      <c r="G241" t="s">
+        <v>4838</v>
+      </c>
+      <c r="H241" t="s">
+        <v>4839</v>
+      </c>
+      <c r="I241" t="s">
+        <v>4840</v>
+      </c>
+      <c r="J241" t="s">
+        <v>4841</v>
+      </c>
+      <c r="K241" t="s">
+        <v>4842</v>
+      </c>
+      <c r="L241" t="s">
+        <v>4843</v>
+      </c>
+      <c r="M241" t="s">
+        <v>4844</v>
+      </c>
+      <c r="N241" t="s">
+        <v>4845</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B242" t="s">
+        <v>4846</v>
+      </c>
+      <c r="C242" t="s">
+        <v>11</v>
+      </c>
+      <c r="D242" t="s">
+        <v>11</v>
+      </c>
+      <c r="E242" t="s">
+        <v>4847</v>
+      </c>
+      <c r="F242" t="s">
+        <v>11</v>
+      </c>
+      <c r="G242" t="s">
+        <v>4848</v>
+      </c>
+      <c r="H242" t="s">
+        <v>4849</v>
+      </c>
+      <c r="I242" t="s">
+        <v>4850</v>
+      </c>
+      <c r="J242" t="s">
+        <v>4851</v>
+      </c>
+      <c r="K242" t="s">
+        <v>4852</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B243" t="s">
+        <v>4853</v>
+      </c>
+      <c r="C243" t="s">
+        <v>11</v>
+      </c>
+      <c r="D243" t="s">
+        <v>11</v>
+      </c>
+      <c r="E243" t="s">
+        <v>4854</v>
+      </c>
+      <c r="F243" t="s">
+        <v>11</v>
+      </c>
+      <c r="G243" t="s">
+        <v>4855</v>
+      </c>
+      <c r="H243" t="s">
+        <v>4856</v>
+      </c>
+      <c r="I243" t="s">
+        <v>3077</v>
+      </c>
+      <c r="J243" t="s">
+        <v>3593</v>
+      </c>
+      <c r="K243" t="s">
+        <v>4857</v>
+      </c>
+      <c r="L243" t="s">
+        <v>4858</v>
+      </c>
+      <c r="M243" t="s">
+        <v>4859</v>
+      </c>
+      <c r="N243" t="s">
+        <v>4860</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B244" t="s">
+        <v>4861</v>
+      </c>
+      <c r="C244" t="s">
+        <v>11</v>
+      </c>
+      <c r="D244" t="s">
+        <v>11</v>
+      </c>
+      <c r="E244" t="s">
+        <v>4862</v>
+      </c>
+      <c r="F244" t="s">
+        <v>11</v>
+      </c>
+      <c r="G244" t="s">
+        <v>4863</v>
+      </c>
+      <c r="H244" t="s">
+        <v>4864</v>
+      </c>
+      <c r="I244" t="s">
+        <v>4865</v>
+      </c>
+      <c r="J244" t="s">
+        <v>3946</v>
+      </c>
+      <c r="K244" t="s">
+        <v>4866</v>
+      </c>
+      <c r="L244" t="s">
+        <v>4867</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B245" t="s">
+        <v>4868</v>
+      </c>
+      <c r="C245" t="s">
+        <v>11</v>
+      </c>
+      <c r="D245" t="s">
+        <v>11</v>
+      </c>
+      <c r="E245" t="s">
+        <v>4869</v>
+      </c>
+      <c r="F245" t="s">
+        <v>11</v>
+      </c>
+      <c r="G245" t="s">
+        <v>4870</v>
+      </c>
+      <c r="H245" t="s">
+        <v>4871</v>
+      </c>
+      <c r="I245" t="s">
+        <v>4872</v>
+      </c>
+      <c r="J245" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K245" t="s">
+        <v>4873</v>
+      </c>
+      <c r="L245" t="s">
+        <v>4874</v>
+      </c>
+      <c r="M245" t="s">
+        <v>4875</v>
+      </c>
+      <c r="N245" t="s">
+        <v>4876</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B246" t="s">
+        <v>4877</v>
+      </c>
+      <c r="C246" t="s">
+        <v>11</v>
+      </c>
+      <c r="D246" t="s">
+        <v>11</v>
+      </c>
+      <c r="E246" t="s">
+        <v>4878</v>
+      </c>
+      <c r="F246" t="s">
+        <v>11</v>
+      </c>
+      <c r="G246" t="s">
+        <v>4879</v>
+      </c>
+      <c r="H246" t="s">
+        <v>4880</v>
+      </c>
+      <c r="I246" t="s">
+        <v>4881</v>
+      </c>
+      <c r="J246" t="s">
+        <v>3184</v>
+      </c>
+      <c r="K246" t="s">
+        <v>4882</v>
+      </c>
+      <c r="L246" t="s">
+        <v>4883</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B247" t="s">
+        <v>4884</v>
+      </c>
+      <c r="C247" t="s">
+        <v>11</v>
+      </c>
+      <c r="D247" t="s">
+        <v>11</v>
+      </c>
+      <c r="E247" t="s">
+        <v>4885</v>
+      </c>
+      <c r="F247" t="s">
+        <v>11</v>
+      </c>
+      <c r="G247" t="s">
+        <v>4886</v>
+      </c>
+      <c r="H247" t="s">
+        <v>4887</v>
+      </c>
+      <c r="I247" t="s">
+        <v>4888</v>
+      </c>
+      <c r="J247" t="s">
+        <v>3214</v>
+      </c>
+      <c r="K247" t="s">
+        <v>4889</v>
+      </c>
+      <c r="L247" t="s">
+        <v>4890</v>
+      </c>
+      <c r="M247" t="s">
+        <v>4891</v>
+      </c>
+      <c r="N247" t="s">
+        <v>4892</v>
+      </c>
+      <c r="O247" t="s">
+        <v>4893</v>
+      </c>
+      <c r="P247" t="s">
+        <v>4894</v>
+      </c>
+      <c r="Q247" t="s">
+        <v>4895</v>
+      </c>
+      <c r="R247" t="s">
+        <v>4896</v>
+      </c>
+      <c r="S247" t="s">
+        <v>4897</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B248" t="s">
+        <v>4898</v>
+      </c>
+      <c r="C248" t="s">
+        <v>11</v>
+      </c>
+      <c r="D248" t="s">
+        <v>11</v>
+      </c>
+      <c r="E248" t="s">
+        <v>4899</v>
+      </c>
+      <c r="F248" t="s">
+        <v>11</v>
+      </c>
+      <c r="G248" t="s">
+        <v>4900</v>
+      </c>
+      <c r="H248" t="s">
+        <v>4901</v>
+      </c>
+      <c r="I248" t="s">
+        <v>4902</v>
+      </c>
+      <c r="J248" t="s">
+        <v>3554</v>
+      </c>
+      <c r="K248" t="s">
+        <v>4903</v>
+      </c>
+      <c r="L248" t="s">
+        <v>4904</v>
+      </c>
+      <c r="M248" t="s">
+        <v>4905</v>
+      </c>
+      <c r="N248" t="s">
+        <v>4906</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B249" t="s">
+        <v>4907</v>
+      </c>
+      <c r="C249" t="s">
+        <v>11</v>
+      </c>
+      <c r="D249" t="s">
+        <v>11</v>
+      </c>
+      <c r="E249" t="s">
+        <v>4908</v>
+      </c>
+      <c r="F249" t="s">
+        <v>11</v>
+      </c>
+      <c r="G249" t="s">
+        <v>4909</v>
+      </c>
+      <c r="H249" t="s">
+        <v>4910</v>
+      </c>
+      <c r="I249" t="s">
+        <v>4911</v>
+      </c>
+      <c r="J249" t="s">
+        <v>2714</v>
+      </c>
+      <c r="K249" t="s">
+        <v>4912</v>
+      </c>
+      <c r="L249" t="s">
+        <v>4913</v>
+      </c>
+      <c r="M249" t="s">
+        <v>4914</v>
+      </c>
+      <c r="N249" t="s">
+        <v>4915</v>
+      </c>
+      <c r="O249" t="s">
+        <v>4916</v>
+      </c>
+      <c r="P249" t="s">
+        <v>4917</v>
+      </c>
+      <c r="Q249" t="s">
+        <v>4918</v>
+      </c>
+      <c r="R249" t="s">
+        <v>4919</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B250" t="s">
+        <v>4920</v>
+      </c>
+      <c r="C250" t="s">
+        <v>11</v>
+      </c>
+      <c r="D250" t="s">
+        <v>11</v>
+      </c>
+      <c r="E250" t="s">
+        <v>4921</v>
+      </c>
+      <c r="F250" t="s">
+        <v>11</v>
+      </c>
+      <c r="G250" t="s">
+        <v>4922</v>
+      </c>
+      <c r="H250" t="s">
+        <v>4923</v>
+      </c>
+      <c r="I250" t="s">
+        <v>4924</v>
+      </c>
+      <c r="J250" t="s">
+        <v>2917</v>
+      </c>
+      <c r="K250" t="s">
+        <v>4925</v>
+      </c>
+      <c r="L250" t="s">
+        <v>4926</v>
+      </c>
+      <c r="M250" t="s">
+        <v>4927</v>
+      </c>
+      <c r="N250" t="s">
+        <v>4928</v>
+      </c>
+      <c r="O250" t="s">
+        <v>4929</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B251" t="s">
+        <v>4930</v>
+      </c>
+      <c r="C251" t="s">
+        <v>11</v>
+      </c>
+      <c r="D251" t="s">
+        <v>11</v>
+      </c>
+      <c r="E251" t="s">
+        <v>4931</v>
+      </c>
+      <c r="F251" t="s">
+        <v>11</v>
+      </c>
+      <c r="G251" t="s">
+        <v>4932</v>
+      </c>
+      <c r="H251" t="s">
+        <v>4933</v>
+      </c>
+      <c r="I251" t="s">
+        <v>4934</v>
+      </c>
+      <c r="J251" t="s">
+        <v>3904</v>
+      </c>
+      <c r="K251" t="s">
+        <v>4935</v>
+      </c>
+      <c r="L251" t="s">
+        <v>4936</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B252" t="s">
+        <v>4937</v>
+      </c>
+      <c r="C252" t="s">
+        <v>11</v>
+      </c>
+      <c r="D252" t="s">
+        <v>11</v>
+      </c>
+      <c r="E252" t="s">
+        <v>4938</v>
+      </c>
+      <c r="F252" t="s">
+        <v>11</v>
+      </c>
+      <c r="G252" t="s">
+        <v>4939</v>
+      </c>
+      <c r="H252" t="s">
+        <v>4940</v>
+      </c>
+      <c r="I252" t="s">
+        <v>4941</v>
+      </c>
+      <c r="J252" t="s">
+        <v>4942</v>
+      </c>
+      <c r="K252" t="s">
+        <v>4943</v>
+      </c>
+      <c r="L252" t="s">
+        <v>4944</v>
+      </c>
+      <c r="M252" t="s">
+        <v>4945</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B253" t="s">
+        <v>4946</v>
+      </c>
+      <c r="C253" t="s">
+        <v>11</v>
+      </c>
+      <c r="D253" t="s">
+        <v>11</v>
+      </c>
+      <c r="E253" t="s">
+        <v>4947</v>
+      </c>
+      <c r="F253" t="s">
+        <v>11</v>
+      </c>
+      <c r="G253" t="s">
+        <v>4948</v>
+      </c>
+      <c r="H253" t="s">
+        <v>4949</v>
+      </c>
+      <c r="I253" t="s">
+        <v>4950</v>
+      </c>
+      <c r="J253" t="s">
+        <v>3132</v>
+      </c>
+      <c r="K253" t="s">
+        <v>4951</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B254" t="s">
+        <v>4952</v>
+      </c>
+      <c r="C254" t="s">
+        <v>11</v>
+      </c>
+      <c r="D254" t="s">
+        <v>11</v>
+      </c>
+      <c r="E254" t="s">
+        <v>4953</v>
+      </c>
+      <c r="F254" t="s">
+        <v>11</v>
+      </c>
+      <c r="G254" t="s">
+        <v>4954</v>
+      </c>
+      <c r="H254" t="s">
+        <v>4955</v>
+      </c>
+      <c r="I254" t="s">
+        <v>4956</v>
+      </c>
+      <c r="J254" t="s">
+        <v>3260</v>
+      </c>
+      <c r="K254" t="s">
+        <v>4957</v>
+      </c>
+      <c r="L254" t="s">
+        <v>4958</v>
+      </c>
+      <c r="M254" t="s">
+        <v>4959</v>
+      </c>
+      <c r="N254" t="s">
+        <v>4960</v>
+      </c>
+      <c r="O254" t="s">
+        <v>4961</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B255" t="s">
+        <v>4962</v>
+      </c>
+      <c r="C255" t="s">
+        <v>11</v>
+      </c>
+      <c r="D255" t="s">
+        <v>11</v>
+      </c>
+      <c r="E255" t="s">
+        <v>4963</v>
+      </c>
+      <c r="F255" t="s">
+        <v>11</v>
+      </c>
+      <c r="G255" t="s">
+        <v>4964</v>
+      </c>
+      <c r="H255" t="s">
+        <v>4965</v>
+      </c>
+      <c r="I255" t="s">
+        <v>4966</v>
+      </c>
+      <c r="J255" t="s">
+        <v>4000</v>
+      </c>
+      <c r="K255" t="s">
+        <v>4967</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B256" t="s">
+        <v>4968</v>
+      </c>
+      <c r="C256" t="s">
+        <v>11</v>
+      </c>
+      <c r="D256" t="s">
+        <v>11</v>
+      </c>
+      <c r="E256" t="s">
+        <v>4969</v>
+      </c>
+      <c r="F256" t="s">
+        <v>11</v>
+      </c>
+      <c r="G256" t="s">
+        <v>4970</v>
+      </c>
+      <c r="H256" t="s">
+        <v>4971</v>
+      </c>
+      <c r="I256" t="s">
+        <v>4972</v>
+      </c>
+      <c r="J256" t="s">
+        <v>3877</v>
+      </c>
+      <c r="K256" t="s">
+        <v>4973</v>
+      </c>
+      <c r="L256" t="s">
+        <v>4974</v>
+      </c>
+      <c r="M256" t="s">
+        <v>4975</v>
+      </c>
+      <c r="N256" t="s">
+        <v>4976</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B257" t="s">
+        <v>4977</v>
+      </c>
+      <c r="C257" t="s">
+        <v>11</v>
+      </c>
+      <c r="D257" t="s">
+        <v>11</v>
+      </c>
+      <c r="E257" t="s">
+        <v>4978</v>
+      </c>
+      <c r="F257" t="s">
+        <v>11</v>
+      </c>
+      <c r="G257" t="s">
+        <v>4979</v>
+      </c>
+      <c r="H257" t="s">
+        <v>4980</v>
+      </c>
+      <c r="I257" t="s">
+        <v>4981</v>
+      </c>
+      <c r="J257" t="s">
+        <v>3301</v>
+      </c>
+      <c r="K257" t="s">
+        <v>4982</v>
+      </c>
+      <c r="L257" t="s">
+        <v>4983</v>
+      </c>
+      <c r="M257" t="s">
+        <v>4984</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B258" t="s">
+        <v>4985</v>
+      </c>
+      <c r="C258" t="s">
+        <v>11</v>
+      </c>
+      <c r="D258" t="s">
+        <v>11</v>
+      </c>
+      <c r="E258" t="s">
+        <v>4986</v>
+      </c>
+      <c r="F258" t="s">
+        <v>11</v>
+      </c>
+      <c r="G258" t="s">
+        <v>4987</v>
+      </c>
+      <c r="H258" t="s">
+        <v>4988</v>
+      </c>
+      <c r="I258" t="s">
+        <v>3505</v>
+      </c>
+      <c r="J258" t="s">
+        <v>137</v>
+      </c>
+      <c r="K258" t="s">
+        <v>4989</v>
+      </c>
+      <c r="L258" t="s">
+        <v>4990</v>
+      </c>
+      <c r="M258" t="s">
+        <v>4991</v>
+      </c>
+      <c r="N258" t="s">
+        <v>4992</v>
+      </c>
+      <c r="O258" t="s">
+        <v>4993</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B259" t="s">
+        <v>4994</v>
+      </c>
+      <c r="C259" t="s">
+        <v>11</v>
+      </c>
+      <c r="D259" t="s">
+        <v>11</v>
+      </c>
+      <c r="E259" t="s">
+        <v>4995</v>
+      </c>
+      <c r="F259" t="s">
+        <v>11</v>
+      </c>
+      <c r="G259" t="s">
+        <v>4996</v>
+      </c>
+      <c r="H259" t="s">
+        <v>4997</v>
+      </c>
+      <c r="I259" t="s">
+        <v>4998</v>
+      </c>
+      <c r="J259" t="s">
+        <v>4999</v>
+      </c>
+      <c r="K259" t="s">
+        <v>5000</v>
+      </c>
+      <c r="L259" t="s">
+        <v>5001</v>
+      </c>
+      <c r="M259" t="s">
+        <v>5002</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B260" t="s">
+        <v>5003</v>
+      </c>
+      <c r="C260" t="s">
+        <v>11</v>
+      </c>
+      <c r="D260" t="s">
+        <v>11</v>
+      </c>
+      <c r="E260" t="s">
+        <v>5004</v>
+      </c>
+      <c r="F260" t="s">
+        <v>11</v>
+      </c>
+      <c r="G260" t="s">
+        <v>5005</v>
+      </c>
+      <c r="H260" t="s">
+        <v>5006</v>
+      </c>
+      <c r="I260" t="s">
+        <v>5007</v>
+      </c>
+      <c r="J260" t="s">
+        <v>4676</v>
+      </c>
+      <c r="K260" t="s">
+        <v>5008</v>
+      </c>
+      <c r="L260" t="s">
+        <v>5009</v>
+      </c>
+      <c r="M260" t="s">
+        <v>5010</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B261" t="s">
+        <v>5011</v>
+      </c>
+      <c r="C261" t="s">
+        <v>11</v>
+      </c>
+      <c r="D261" t="s">
+        <v>11</v>
+      </c>
+      <c r="E261" t="s">
+        <v>5012</v>
+      </c>
+      <c r="F261" t="s">
+        <v>11</v>
+      </c>
+      <c r="G261" t="s">
+        <v>5013</v>
+      </c>
+      <c r="H261" t="s">
+        <v>5014</v>
+      </c>
+      <c r="I261" t="s">
+        <v>5015</v>
+      </c>
+      <c r="J261" t="s">
+        <v>137</v>
+      </c>
+      <c r="K261" t="s">
+        <v>5016</v>
+      </c>
+      <c r="L261" t="s">
+        <v>5017</v>
+      </c>
+      <c r="M261" t="s">
+        <v>5018</v>
+      </c>
+      <c r="N261" t="s">
+        <v>5019</v>
+      </c>
+      <c r="O261" t="s">
+        <v>5020</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B262" t="s">
+        <v>5021</v>
+      </c>
+      <c r="C262" t="s">
+        <v>11</v>
+      </c>
+      <c r="D262" t="s">
+        <v>11</v>
+      </c>
+      <c r="E262" t="s">
+        <v>5022</v>
+      </c>
+      <c r="F262" t="s">
+        <v>11</v>
+      </c>
+      <c r="G262" t="s">
+        <v>5023</v>
+      </c>
+      <c r="H262" t="s">
+        <v>5024</v>
+      </c>
+      <c r="I262" t="s">
+        <v>5025</v>
+      </c>
+      <c r="J262" t="s">
+        <v>4440</v>
+      </c>
+      <c r="K262" t="s">
+        <v>5026</v>
+      </c>
+      <c r="L262" t="s">
+        <v>5027</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B263" t="s">
+        <v>5028</v>
+      </c>
+      <c r="C263" t="s">
+        <v>11</v>
+      </c>
+      <c r="D263" t="s">
+        <v>11</v>
+      </c>
+      <c r="E263" t="s">
+        <v>5029</v>
+      </c>
+      <c r="F263" t="s">
+        <v>11</v>
+      </c>
+      <c r="G263" t="s">
+        <v>5030</v>
+      </c>
+      <c r="H263" t="s">
+        <v>5031</v>
+      </c>
+      <c r="I263" t="s">
+        <v>5032</v>
+      </c>
+      <c r="J263" t="s">
+        <v>5033</v>
+      </c>
+      <c r="K263" t="s">
+        <v>5034</v>
+      </c>
+      <c r="L263" t="s">
+        <v>5035</v>
+      </c>
+      <c r="M263" t="s">
+        <v>5036</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B264" t="s">
+        <v>5037</v>
+      </c>
+      <c r="C264" t="s">
+        <v>11</v>
+      </c>
+      <c r="D264" t="s">
+        <v>11</v>
+      </c>
+      <c r="E264" t="s">
+        <v>5038</v>
+      </c>
+      <c r="F264" t="s">
+        <v>11</v>
+      </c>
+      <c r="G264" t="s">
+        <v>5039</v>
+      </c>
+      <c r="H264" t="s">
+        <v>5040</v>
+      </c>
+      <c r="I264" t="s">
+        <v>5041</v>
+      </c>
+      <c r="J264" t="s">
+        <v>3132</v>
+      </c>
+      <c r="K264" t="s">
+        <v>5042</v>
+      </c>
+      <c r="L264" t="s">
+        <v>5043</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B265" t="s">
+        <v>5044</v>
+      </c>
+      <c r="C265" t="s">
+        <v>11</v>
+      </c>
+      <c r="D265" t="s">
+        <v>11</v>
+      </c>
+      <c r="E265" t="s">
+        <v>5045</v>
+      </c>
+      <c r="F265" t="s">
+        <v>11</v>
+      </c>
+      <c r="G265" t="s">
+        <v>5046</v>
+      </c>
+      <c r="H265" t="s">
+        <v>5047</v>
+      </c>
+      <c r="I265" t="s">
+        <v>5048</v>
+      </c>
+      <c r="J265" t="s">
+        <v>3593</v>
+      </c>
+      <c r="K265" t="s">
+        <v>5049</v>
+      </c>
+      <c r="L265" t="s">
+        <v>5050</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B266" t="s">
+        <v>5051</v>
+      </c>
+      <c r="C266" t="s">
+        <v>11</v>
+      </c>
+      <c r="D266" t="s">
+        <v>11</v>
+      </c>
+      <c r="E266" t="s">
+        <v>5052</v>
+      </c>
+      <c r="F266" t="s">
+        <v>11</v>
+      </c>
+      <c r="G266" t="s">
+        <v>5053</v>
+      </c>
+      <c r="H266" t="s">
+        <v>5054</v>
+      </c>
+      <c r="I266" t="s">
+        <v>5055</v>
+      </c>
+      <c r="J266" t="s">
+        <v>3104</v>
+      </c>
+      <c r="K266" t="s">
+        <v>5056</v>
+      </c>
+      <c r="L266" t="s">
+        <v>5057</v>
+      </c>
+      <c r="M266" t="s">
+        <v>5058</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B267" t="s">
+        <v>5059</v>
+      </c>
+      <c r="C267" t="s">
+        <v>11</v>
+      </c>
+      <c r="D267" t="s">
+        <v>11</v>
+      </c>
+      <c r="E267" t="s">
+        <v>5060</v>
+      </c>
+      <c r="F267" t="s">
+        <v>11</v>
+      </c>
+      <c r="G267" t="s">
+        <v>5061</v>
+      </c>
+      <c r="H267" t="s">
+        <v>5062</v>
+      </c>
+      <c r="I267" t="s">
+        <v>5063</v>
+      </c>
+      <c r="J267" t="s">
+        <v>4604</v>
+      </c>
+      <c r="K267" t="s">
+        <v>5064</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B268" t="s">
+        <v>5065</v>
+      </c>
+      <c r="C268" t="s">
+        <v>11</v>
+      </c>
+      <c r="D268" t="s">
+        <v>11</v>
+      </c>
+      <c r="E268" t="s">
+        <v>5066</v>
+      </c>
+      <c r="F268" t="s">
+        <v>11</v>
+      </c>
+      <c r="G268" t="s">
+        <v>5067</v>
+      </c>
+      <c r="H268" t="s">
+        <v>5068</v>
+      </c>
+      <c r="I268" t="s">
+        <v>5069</v>
+      </c>
+      <c r="J268" t="s">
+        <v>3012</v>
+      </c>
+      <c r="K268" t="s">
+        <v>5070</v>
+      </c>
+      <c r="L268" t="s">
+        <v>5071</v>
+      </c>
+      <c r="M268" t="s">
+        <v>5072</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B269" t="s">
+        <v>5073</v>
+      </c>
+      <c r="C269" t="s">
+        <v>11</v>
+      </c>
+      <c r="D269" t="s">
+        <v>11</v>
+      </c>
+      <c r="E269" t="s">
+        <v>5074</v>
+      </c>
+      <c r="F269" t="s">
+        <v>11</v>
+      </c>
+      <c r="G269" t="s">
+        <v>5075</v>
+      </c>
+      <c r="H269" t="s">
+        <v>5076</v>
+      </c>
+      <c r="I269" t="s">
+        <v>5077</v>
+      </c>
+      <c r="J269" t="s">
+        <v>5078</v>
+      </c>
+      <c r="K269" t="s">
+        <v>5079</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B270" t="s">
+        <v>5080</v>
+      </c>
+      <c r="C270" t="s">
+        <v>11</v>
+      </c>
+      <c r="D270" t="s">
+        <v>11</v>
+      </c>
+      <c r="E270" t="s">
+        <v>5081</v>
+      </c>
+      <c r="F270" t="s">
+        <v>11</v>
+      </c>
+      <c r="G270" t="s">
+        <v>5082</v>
+      </c>
+      <c r="H270" t="s">
+        <v>5083</v>
+      </c>
+      <c r="I270" t="s">
+        <v>4695</v>
+      </c>
+      <c r="J270" t="s">
+        <v>4604</v>
+      </c>
+      <c r="K270" t="s">
+        <v>5084</v>
+      </c>
+      <c r="L270" t="s">
+        <v>5085</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B271" t="s">
+        <v>5086</v>
+      </c>
+      <c r="C271" t="s">
+        <v>11</v>
+      </c>
+      <c r="D271" t="s">
+        <v>11</v>
+      </c>
+      <c r="E271" t="s">
+        <v>5087</v>
+      </c>
+      <c r="F271" t="s">
+        <v>11</v>
+      </c>
+      <c r="G271" t="s">
+        <v>5088</v>
+      </c>
+      <c r="H271" t="s">
+        <v>5089</v>
+      </c>
+      <c r="I271" t="s">
+        <v>5090</v>
+      </c>
+      <c r="J271" t="s">
+        <v>5091</v>
+      </c>
+      <c r="K271" t="s">
+        <v>5092</v>
+      </c>
+      <c r="L271" t="s">
+        <v>5093</v>
+      </c>
+      <c r="M271" t="s">
+        <v>5094</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B272" t="s">
+        <v>5095</v>
+      </c>
+      <c r="C272" t="s">
+        <v>11</v>
+      </c>
+      <c r="D272" t="s">
+        <v>11</v>
+      </c>
+      <c r="E272" t="s">
+        <v>5096</v>
+      </c>
+      <c r="F272" t="s">
+        <v>11</v>
+      </c>
+      <c r="G272" t="s">
+        <v>5097</v>
+      </c>
+      <c r="H272" t="s">
+        <v>5098</v>
+      </c>
+      <c r="I272" t="s">
+        <v>3077</v>
+      </c>
+      <c r="J272" t="s">
+        <v>3946</v>
+      </c>
+      <c r="K272" t="s">
+        <v>5099</v>
+      </c>
+      <c r="L272" t="s">
+        <v>5100</v>
+      </c>
+      <c r="M272" t="s">
+        <v>5101</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B273" t="s">
+        <v>5102</v>
+      </c>
+      <c r="C273" t="s">
+        <v>11</v>
+      </c>
+      <c r="D273" t="s">
+        <v>11</v>
+      </c>
+      <c r="E273" t="s">
+        <v>5103</v>
+      </c>
+      <c r="F273" t="s">
+        <v>11</v>
+      </c>
+      <c r="G273" t="s">
+        <v>5104</v>
+      </c>
+      <c r="H273" t="s">
+        <v>5105</v>
+      </c>
+      <c r="I273" t="s">
+        <v>5106</v>
+      </c>
+      <c r="J273" t="s">
+        <v>5107</v>
+      </c>
+      <c r="K273" t="s">
+        <v>5108</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B274" t="s">
+        <v>5109</v>
+      </c>
+      <c r="C274" t="s">
+        <v>11</v>
+      </c>
+      <c r="D274" t="s">
+        <v>11</v>
+      </c>
+      <c r="E274" t="s">
+        <v>5110</v>
+      </c>
+      <c r="F274" t="s">
+        <v>11</v>
+      </c>
+      <c r="G274" t="s">
+        <v>5111</v>
+      </c>
+      <c r="H274" t="s">
+        <v>5112</v>
+      </c>
+      <c r="I274" t="s">
+        <v>5113</v>
+      </c>
+      <c r="J274" t="s">
+        <v>5114</v>
+      </c>
+      <c r="K274" t="s">
+        <v>5115</v>
+      </c>
+      <c r="L274" t="s">
+        <v>5116</v>
+      </c>
+      <c r="M274" t="s">
+        <v>5117</v>
+      </c>
+      <c r="N274" t="s">
+        <v>5118</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B275" t="s">
+        <v>5119</v>
+      </c>
+      <c r="C275" t="s">
+        <v>11</v>
+      </c>
+      <c r="D275" t="s">
+        <v>11</v>
+      </c>
+      <c r="E275" t="s">
+        <v>5120</v>
+      </c>
+      <c r="F275" t="s">
+        <v>11</v>
+      </c>
+      <c r="G275" t="s">
+        <v>5121</v>
+      </c>
+      <c r="H275" t="s">
+        <v>5122</v>
+      </c>
+      <c r="I275" t="s">
+        <v>5123</v>
+      </c>
+      <c r="J275" t="s">
+        <v>5114</v>
+      </c>
+      <c r="K275" t="s">
+        <v>5124</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B276" t="s">
+        <v>5125</v>
+      </c>
+      <c r="C276" t="s">
+        <v>11</v>
+      </c>
+      <c r="D276" t="s">
+        <v>11</v>
+      </c>
+      <c r="E276" t="s">
+        <v>5126</v>
+      </c>
+      <c r="F276" t="s">
+        <v>11</v>
+      </c>
+      <c r="G276" t="s">
+        <v>5127</v>
+      </c>
+      <c r="H276" t="s">
+        <v>5128</v>
+      </c>
+      <c r="I276" t="s">
+        <v>4184</v>
+      </c>
+      <c r="J276" t="s">
+        <v>232</v>
+      </c>
+      <c r="K276" t="s">
+        <v>5129</v>
+      </c>
+      <c r="L276" t="s">
+        <v>5130</v>
+      </c>
+      <c r="M276" t="s">
+        <v>5131</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B277" t="s">
+        <v>5132</v>
+      </c>
+      <c r="C277" t="s">
+        <v>11</v>
+      </c>
+      <c r="D277" t="s">
+        <v>11</v>
+      </c>
+      <c r="E277" t="s">
+        <v>5133</v>
+      </c>
+      <c r="F277" t="s">
+        <v>11</v>
+      </c>
+      <c r="G277" t="s">
+        <v>5134</v>
+      </c>
+      <c r="H277" t="s">
+        <v>5135</v>
+      </c>
+      <c r="I277" t="s">
+        <v>5136</v>
+      </c>
+      <c r="J277" t="s">
+        <v>171</v>
+      </c>
+      <c r="K277" t="s">
+        <v>5137</v>
+      </c>
+      <c r="L277" t="s">
+        <v>5138</v>
+      </c>
+      <c r="M277" t="s">
+        <v>5139</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B278" t="s">
+        <v>5140</v>
+      </c>
+      <c r="C278" t="s">
+        <v>11</v>
+      </c>
+      <c r="D278" t="s">
+        <v>11</v>
+      </c>
+      <c r="E278" t="s">
+        <v>5133</v>
+      </c>
+      <c r="F278" t="s">
+        <v>11</v>
+      </c>
+      <c r="G278" t="s">
+        <v>5141</v>
+      </c>
+      <c r="H278" t="s">
+        <v>5142</v>
+      </c>
+      <c r="I278" t="s">
+        <v>5136</v>
+      </c>
+      <c r="J278" t="s">
+        <v>5143</v>
+      </c>
+      <c r="K278" t="s">
+        <v>5144</v>
+      </c>
+      <c r="L278" t="s">
+        <v>5145</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B279" t="s">
+        <v>5146</v>
+      </c>
+      <c r="C279" t="s">
+        <v>11</v>
+      </c>
+      <c r="D279" t="s">
+        <v>11</v>
+      </c>
+      <c r="E279" t="s">
+        <v>5147</v>
+      </c>
+      <c r="F279" t="s">
+        <v>11</v>
+      </c>
+      <c r="G279" t="s">
+        <v>5148</v>
+      </c>
+      <c r="H279" t="s">
+        <v>5149</v>
+      </c>
+      <c r="I279" t="s">
+        <v>5150</v>
+      </c>
+      <c r="J279" t="s">
+        <v>5151</v>
+      </c>
+      <c r="K279" t="s">
+        <v>5152</v>
+      </c>
+      <c r="L279" t="s">
+        <v>5153</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B280" t="s">
+        <v>5154</v>
+      </c>
+      <c r="C280" t="s">
+        <v>11</v>
+      </c>
+      <c r="D280" t="s">
+        <v>11</v>
+      </c>
+      <c r="E280" t="s">
+        <v>5155</v>
+      </c>
+      <c r="F280" t="s">
+        <v>11</v>
+      </c>
+      <c r="G280" t="s">
+        <v>5156</v>
+      </c>
+      <c r="H280" t="s">
+        <v>5157</v>
+      </c>
+      <c r="I280" t="s">
+        <v>5158</v>
+      </c>
+      <c r="J280" t="s">
+        <v>5159</v>
+      </c>
+      <c r="K280" t="s">
+        <v>5160</v>
+      </c>
+      <c r="L280" t="s">
+        <v>5161</v>
+      </c>
+      <c r="M280" t="s">
+        <v>5162</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B281" t="s">
+        <v>5163</v>
+      </c>
+      <c r="C281" t="s">
+        <v>11</v>
+      </c>
+      <c r="D281" t="s">
+        <v>11</v>
+      </c>
+      <c r="E281" t="s">
+        <v>5164</v>
+      </c>
+      <c r="F281" t="s">
+        <v>11</v>
+      </c>
+      <c r="G281" t="s">
+        <v>5165</v>
+      </c>
+      <c r="H281" t="s">
+        <v>5166</v>
+      </c>
+      <c r="I281" t="s">
+        <v>5167</v>
+      </c>
+      <c r="J281" t="s">
+        <v>5168</v>
+      </c>
+      <c r="K281" t="s">
+        <v>5169</v>
+      </c>
+      <c r="L281" t="s">
+        <v>5170</v>
+      </c>
+      <c r="M281" t="s">
+        <v>5171</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B282" t="s">
+        <v>5172</v>
+      </c>
+      <c r="C282" t="s">
+        <v>11</v>
+      </c>
+      <c r="D282" t="s">
+        <v>11</v>
+      </c>
+      <c r="E282" t="s">
+        <v>5173</v>
+      </c>
+      <c r="F282" t="s">
+        <v>11</v>
+      </c>
+      <c r="G282" t="s">
+        <v>5174</v>
+      </c>
+      <c r="H282" t="s">
+        <v>5175</v>
+      </c>
+      <c r="I282" t="s">
+        <v>5176</v>
+      </c>
+      <c r="J282" t="s">
+        <v>5177</v>
+      </c>
+      <c r="K282" t="s">
+        <v>5178</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B283" t="s">
+        <v>5179</v>
+      </c>
+      <c r="C283" t="s">
+        <v>11</v>
+      </c>
+      <c r="D283" t="s">
+        <v>11</v>
+      </c>
+      <c r="E283" t="s">
+        <v>5180</v>
+      </c>
+      <c r="F283" t="s">
+        <v>11</v>
+      </c>
+      <c r="G283" t="s">
+        <v>5181</v>
+      </c>
+      <c r="H283" t="s">
+        <v>5182</v>
+      </c>
+      <c r="I283" t="s">
+        <v>5183</v>
+      </c>
+      <c r="J283" t="s">
+        <v>5184</v>
+      </c>
+      <c r="K283" t="s">
+        <v>5185</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B284" t="s">
+        <v>5186</v>
+      </c>
+      <c r="C284" t="s">
+        <v>11</v>
+      </c>
+      <c r="D284" t="s">
+        <v>11</v>
+      </c>
+      <c r="E284" t="s">
+        <v>5187</v>
+      </c>
+      <c r="F284" t="s">
+        <v>11</v>
+      </c>
+      <c r="G284" t="s">
+        <v>5188</v>
+      </c>
+      <c r="H284" t="s">
+        <v>5189</v>
+      </c>
+      <c r="I284" t="s">
+        <v>5190</v>
+      </c>
+      <c r="J284" t="s">
+        <v>11</v>
+      </c>
+      <c r="K284" t="s">
+        <v>5191</v>
+      </c>
+      <c r="L284" t="s">
+        <v>5192</v>
+      </c>
+      <c r="M284" t="s">
+        <v>5193</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B285" t="s">
+        <v>5194</v>
+      </c>
+      <c r="C285" t="s">
+        <v>11</v>
+      </c>
+      <c r="D285" t="s">
+        <v>11</v>
+      </c>
+      <c r="E285" t="s">
+        <v>5195</v>
+      </c>
+      <c r="F285" t="s">
+        <v>11</v>
+      </c>
+      <c r="G285" t="s">
+        <v>5196</v>
+      </c>
+      <c r="H285" t="s">
+        <v>5197</v>
+      </c>
+      <c r="I285" t="s">
+        <v>5198</v>
+      </c>
+      <c r="J285" t="s">
+        <v>5199</v>
+      </c>
+      <c r="K285" t="s">
+        <v>5200</v>
+      </c>
+      <c r="L285" t="s">
+        <v>5201</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B286" t="s">
+        <v>5202</v>
+      </c>
+      <c r="C286" t="s">
+        <v>11</v>
+      </c>
+      <c r="D286" t="s">
+        <v>11</v>
+      </c>
+      <c r="E286" t="s">
+        <v>5203</v>
+      </c>
+      <c r="F286" t="s">
+        <v>11</v>
+      </c>
+      <c r="G286" t="s">
+        <v>5204</v>
+      </c>
+      <c r="H286" t="s">
+        <v>5205</v>
+      </c>
+      <c r="I286" t="s">
+        <v>5206</v>
+      </c>
+      <c r="J286" t="s">
+        <v>11</v>
+      </c>
+      <c r="K286" t="s">
+        <v>5207</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B287" t="s">
+        <v>5208</v>
+      </c>
+      <c r="C287" t="s">
+        <v>11</v>
+      </c>
+      <c r="D287" t="s">
+        <v>11</v>
+      </c>
+      <c r="E287" t="s">
+        <v>5209</v>
+      </c>
+      <c r="F287" t="s">
+        <v>11</v>
+      </c>
+      <c r="G287" t="s">
+        <v>5210</v>
+      </c>
+      <c r="H287" t="s">
+        <v>5211</v>
+      </c>
+      <c r="I287" t="s">
+        <v>5212</v>
+      </c>
+      <c r="J287" t="s">
+        <v>5213</v>
+      </c>
+      <c r="K287" t="s">
+        <v>5214</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B288" t="s">
+        <v>5215</v>
+      </c>
+      <c r="C288" t="s">
+        <v>11</v>
+      </c>
+      <c r="D288" t="s">
+        <v>11</v>
+      </c>
+      <c r="E288" t="s">
+        <v>5216</v>
+      </c>
+      <c r="F288" t="s">
+        <v>11</v>
+      </c>
+      <c r="G288" t="s">
+        <v>5217</v>
+      </c>
+      <c r="H288" t="s">
+        <v>5218</v>
+      </c>
+      <c r="I288" t="s">
+        <v>3660</v>
+      </c>
+      <c r="J288" t="s">
+        <v>5219</v>
+      </c>
+      <c r="K288" t="s">
+        <v>5220</v>
+      </c>
+      <c r="L288" t="s">
+        <v>5221</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B289" t="s">
+        <v>5222</v>
+      </c>
+      <c r="C289" t="s">
+        <v>11</v>
+      </c>
+      <c r="D289" t="s">
+        <v>11</v>
+      </c>
+      <c r="E289" t="s">
+        <v>5223</v>
+      </c>
+      <c r="F289" t="s">
+        <v>11</v>
+      </c>
+      <c r="G289" t="s">
+        <v>5224</v>
+      </c>
+      <c r="H289" t="s">
+        <v>5225</v>
+      </c>
+      <c r="I289" t="s">
+        <v>5226</v>
+      </c>
+      <c r="J289" t="s">
+        <v>5168</v>
+      </c>
+      <c r="K289" t="s">
+        <v>5227</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B290" t="s">
+        <v>5228</v>
+      </c>
+      <c r="C290" t="s">
+        <v>11</v>
+      </c>
+      <c r="D290" t="s">
+        <v>11</v>
+      </c>
+      <c r="E290" t="s">
+        <v>5229</v>
+      </c>
+      <c r="F290" t="s">
+        <v>11</v>
+      </c>
+      <c r="G290" t="s">
+        <v>5230</v>
+      </c>
+      <c r="H290" t="s">
+        <v>5231</v>
+      </c>
+      <c r="I290" t="s">
+        <v>5232</v>
+      </c>
+      <c r="J290" t="s">
+        <v>4750</v>
+      </c>
+      <c r="K290" t="s">
+        <v>5233</v>
+      </c>
+      <c r="L290" t="s">
+        <v>5234</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>5235</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>5236</v>
       </c>
       <c r="C2" t="s">
-        <v>54</v>
+        <v>5237</v>
       </c>
       <c r="D2" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>56</v>
+        <v>5238</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>57</v>
+        <v>5239</v>
       </c>
       <c r="H2" t="s">
-        <v>58</v>
+        <v>5240</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>5235</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>5241</v>
       </c>
       <c r="C3" t="s">
-        <v>60</v>
+        <v>5242</v>
       </c>
       <c r="D3" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>62</v>
+        <v>5243</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>63</v>
+        <v>5244</v>
       </c>
       <c r="H3" t="s">
-        <v>64</v>
+        <v>5245</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>52</v>
+        <v>5235</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>5246</v>
       </c>
       <c r="C4" t="s">
-        <v>66</v>
+        <v>5247</v>
       </c>
       <c r="D4" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>5248</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>69</v>
+        <v>5249</v>
       </c>
       <c r="H4" t="s">
-        <v>70</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>52</v>
+        <v>5235</v>
       </c>
       <c r="B5" t="s">
-        <v>71</v>
+        <v>5251</v>
       </c>
       <c r="C5" t="s">
-        <v>72</v>
+        <v>5252</v>
       </c>
       <c r="D5" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>68</v>
+        <v>5253</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>73</v>
+        <v>5254</v>
       </c>
       <c r="H5" t="s">
-        <v>74</v>
+        <v>5255</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>52</v>
+        <v>5235</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>5256</v>
       </c>
       <c r="C6" t="s">
-        <v>76</v>
+        <v>5257</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>78</v>
+        <v>5258</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>79</v>
+        <v>5259</v>
       </c>
       <c r="H6" t="s">
-        <v>80</v>
+        <v>5260</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>81</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>83</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>87</v>
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J68"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>89</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="H3" t="s">
-        <v>93</v>
+        <v>36</v>
+      </c>
+      <c r="I3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>98</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>99</v>
+        <v>43</v>
+      </c>
+      <c r="I4" t="s">
+        <v>44</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6" t="s">
+        <v>54</v>
+      </c>
+      <c r="I6" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" t="s">
+        <v>60</v>
+      </c>
+      <c r="I7" t="s">
+        <v>61</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>66</v>
+      </c>
+      <c r="H8" t="s">
+        <v>67</v>
+      </c>
+      <c r="I8" t="s">
+        <v>68</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H9" t="s">
+        <v>72</v>
+      </c>
+      <c r="I9" t="s">
+        <v>11</v>
+      </c>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>76</v>
+      </c>
+      <c r="H10" t="s">
+        <v>77</v>
+      </c>
+      <c r="I10" t="s">
+        <v>78</v>
+      </c>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>81</v>
       </c>
+      <c r="H11" t="s">
+        <v>82</v>
+      </c>
+      <c r="I11" t="s">
+        <v>78</v>
+      </c>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>85</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>86</v>
+      </c>
+      <c r="H12" t="s">
+        <v>87</v>
+      </c>
+      <c r="I12" t="s">
+        <v>88</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>90</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>91</v>
+      </c>
+      <c r="H13" t="s">
+        <v>92</v>
+      </c>
+      <c r="I13" t="s">
+        <v>78</v>
+      </c>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>84</v>
+      </c>
+      <c r="E14" t="s">
+        <v>85</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>93</v>
+      </c>
+      <c r="H14" t="s">
+        <v>94</v>
+      </c>
+      <c r="I14" t="s">
+        <v>78</v>
+      </c>
+      <c r="J14" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>97</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>98</v>
+      </c>
+      <c r="H15" t="s">
+        <v>99</v>
+      </c>
+      <c r="I15" t="s">
+        <v>100</v>
+      </c>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>104</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>105</v>
+      </c>
+      <c r="H16" t="s">
+        <v>106</v>
+      </c>
+      <c r="I16" t="s">
+        <v>107</v>
+      </c>
+      <c r="J16" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>110</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>111</v>
+      </c>
+      <c r="H17" t="s">
+        <v>112</v>
+      </c>
+      <c r="I17" t="s">
+        <v>113</v>
+      </c>
+      <c r="J17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" t="s">
+        <v>110</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>116</v>
+      </c>
+      <c r="H18" t="s">
+        <v>117</v>
+      </c>
+      <c r="I18" t="s">
+        <v>118</v>
+      </c>
+      <c r="J18" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>121</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>122</v>
+      </c>
+      <c r="H19" t="s">
+        <v>123</v>
+      </c>
+      <c r="I19" t="s">
+        <v>124</v>
+      </c>
+      <c r="J19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>127</v>
+      </c>
+      <c r="E20" t="s">
+        <v>128</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>129</v>
+      </c>
+      <c r="H20" t="s">
+        <v>130</v>
+      </c>
+      <c r="I20" t="s">
+        <v>11</v>
+      </c>
+      <c r="J20" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" t="s">
+        <v>133</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>134</v>
+      </c>
+      <c r="H21" t="s">
+        <v>135</v>
+      </c>
+      <c r="I21" t="s">
+        <v>136</v>
+      </c>
+      <c r="J21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E22" t="s">
+        <v>140</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>141</v>
+      </c>
+      <c r="H22" t="s">
+        <v>142</v>
+      </c>
+      <c r="I22" t="s">
+        <v>44</v>
+      </c>
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" t="s">
+        <v>144</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>145</v>
+      </c>
+      <c r="E23" t="s">
+        <v>146</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>147</v>
+      </c>
+      <c r="H23" t="s">
+        <v>148</v>
+      </c>
+      <c r="I23" t="s">
+        <v>149</v>
+      </c>
+      <c r="J23" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" t="s">
+        <v>144</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>145</v>
+      </c>
+      <c r="E24" t="s">
+        <v>146</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>150</v>
+      </c>
+      <c r="H24" t="s">
+        <v>151</v>
+      </c>
+      <c r="I24" t="s">
+        <v>149</v>
+      </c>
+      <c r="J24" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" t="s">
+        <v>144</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>145</v>
+      </c>
+      <c r="E25" t="s">
+        <v>152</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>153</v>
+      </c>
+      <c r="H25" t="s">
+        <v>154</v>
+      </c>
+      <c r="I25" t="s">
+        <v>149</v>
+      </c>
+      <c r="J25" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>156</v>
+      </c>
+      <c r="E26" t="s">
+        <v>157</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>158</v>
+      </c>
+      <c r="H26" t="s">
+        <v>159</v>
+      </c>
+      <c r="I26" t="s">
+        <v>160</v>
+      </c>
+      <c r="J26" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>157</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>162</v>
+      </c>
+      <c r="H27" t="s">
+        <v>163</v>
+      </c>
+      <c r="I27" t="s">
+        <v>164</v>
+      </c>
+      <c r="J27" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
+        <v>166</v>
+      </c>
+      <c r="E28" t="s">
+        <v>167</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>168</v>
+      </c>
+      <c r="H28" t="s">
+        <v>169</v>
+      </c>
+      <c r="I28" t="s">
+        <v>170</v>
+      </c>
+      <c r="J28" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>24</v>
+      </c>
+      <c r="B29" t="s">
+        <v>172</v>
+      </c>
+      <c r="C29" t="s">
+        <v>173</v>
+      </c>
+      <c r="D29" t="s">
+        <v>174</v>
+      </c>
+      <c r="E29" t="s">
+        <v>175</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>176</v>
+      </c>
+      <c r="H29" t="s">
+        <v>177</v>
+      </c>
+      <c r="I29" t="s">
+        <v>11</v>
+      </c>
+      <c r="J29" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>24</v>
+      </c>
+      <c r="B30" t="s">
+        <v>179</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>180</v>
+      </c>
+      <c r="E30" t="s">
+        <v>181</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>182</v>
+      </c>
+      <c r="H30" t="s">
+        <v>183</v>
+      </c>
+      <c r="I30" t="s">
+        <v>184</v>
+      </c>
+      <c r="J30" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>24</v>
+      </c>
+      <c r="B31" t="s">
+        <v>185</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>186</v>
+      </c>
+      <c r="E31" t="s">
+        <v>187</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>188</v>
+      </c>
+      <c r="H31" t="s">
+        <v>189</v>
+      </c>
+      <c r="I31" t="s">
+        <v>190</v>
+      </c>
+      <c r="J31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" t="s">
+        <v>52</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
+        <v>192</v>
+      </c>
+      <c r="E32" t="s">
+        <v>193</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>194</v>
+      </c>
+      <c r="H32" t="s">
+        <v>195</v>
+      </c>
+      <c r="I32" t="s">
+        <v>196</v>
+      </c>
+      <c r="J32" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>24</v>
+      </c>
+      <c r="B33" t="s">
+        <v>46</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>192</v>
+      </c>
+      <c r="E33" t="s">
+        <v>193</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>198</v>
+      </c>
+      <c r="H33" t="s">
+        <v>199</v>
+      </c>
+      <c r="I33" t="s">
+        <v>196</v>
+      </c>
+      <c r="J33" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34" t="s">
+        <v>200</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>201</v>
+      </c>
+      <c r="E34" t="s">
+        <v>202</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>203</v>
+      </c>
+      <c r="H34" t="s">
+        <v>204</v>
+      </c>
+      <c r="I34" t="s">
+        <v>205</v>
+      </c>
+      <c r="J34" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>24</v>
+      </c>
+      <c r="B35" t="s">
+        <v>207</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>201</v>
+      </c>
+      <c r="E35" t="s">
+        <v>202</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>208</v>
+      </c>
+      <c r="H35" t="s">
+        <v>209</v>
+      </c>
+      <c r="I35" t="s">
+        <v>210</v>
+      </c>
+      <c r="J35" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>24</v>
+      </c>
+      <c r="B36" t="s">
+        <v>211</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>201</v>
+      </c>
+      <c r="E36" t="s">
+        <v>202</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>212</v>
+      </c>
+      <c r="H36" t="s">
+        <v>213</v>
+      </c>
+      <c r="I36" t="s">
+        <v>214</v>
+      </c>
+      <c r="J36" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>24</v>
+      </c>
+      <c r="B37" t="s">
+        <v>216</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>201</v>
+      </c>
+      <c r="E37" t="s">
+        <v>202</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>217</v>
+      </c>
+      <c r="H37" t="s">
+        <v>218</v>
+      </c>
+      <c r="I37" t="s">
+        <v>214</v>
+      </c>
+      <c r="J37" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" t="s">
+        <v>219</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
+        <v>220</v>
+      </c>
+      <c r="E38" t="s">
+        <v>221</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>222</v>
+      </c>
+      <c r="H38" t="s">
+        <v>223</v>
+      </c>
+      <c r="I38" t="s">
+        <v>224</v>
+      </c>
+      <c r="J38" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>24</v>
+      </c>
+      <c r="B39" t="s">
+        <v>226</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>227</v>
+      </c>
+      <c r="E39" t="s">
+        <v>228</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>229</v>
+      </c>
+      <c r="H39" t="s">
+        <v>230</v>
+      </c>
+      <c r="I39" t="s">
+        <v>231</v>
+      </c>
+      <c r="J39" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>24</v>
+      </c>
+      <c r="B40" t="s">
+        <v>233</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
+        <v>227</v>
+      </c>
+      <c r="E40" t="s">
+        <v>228</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>234</v>
+      </c>
+      <c r="H40" t="s">
+        <v>235</v>
+      </c>
+      <c r="I40" t="s">
+        <v>236</v>
+      </c>
+      <c r="J40" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>24</v>
+      </c>
+      <c r="B41" t="s">
+        <v>237</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>238</v>
+      </c>
+      <c r="E41" t="s">
+        <v>239</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>240</v>
+      </c>
+      <c r="H41" t="s">
+        <v>241</v>
+      </c>
+      <c r="I41" t="s">
+        <v>242</v>
+      </c>
+      <c r="J41" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42" t="s">
+        <v>244</v>
+      </c>
+      <c r="C42" t="s">
+        <v>245</v>
+      </c>
+      <c r="D42" t="s">
+        <v>246</v>
+      </c>
+      <c r="E42" t="s">
+        <v>247</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>248</v>
+      </c>
+      <c r="H42" t="s">
+        <v>249</v>
+      </c>
+      <c r="I42" t="s">
+        <v>250</v>
+      </c>
+      <c r="J42" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" t="s">
+        <v>251</v>
+      </c>
+      <c r="C43" t="s">
+        <v>252</v>
+      </c>
+      <c r="D43" t="s">
+        <v>253</v>
+      </c>
+      <c r="E43" t="s">
+        <v>254</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>255</v>
+      </c>
+      <c r="H43" t="s">
+        <v>256</v>
+      </c>
+      <c r="I43" t="s">
+        <v>252</v>
+      </c>
+      <c r="J43" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>24</v>
+      </c>
+      <c r="B44" t="s">
+        <v>258</v>
+      </c>
+      <c r="C44" t="s">
+        <v>259</v>
+      </c>
+      <c r="D44" t="s">
+        <v>253</v>
+      </c>
+      <c r="E44" t="s">
+        <v>254</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>260</v>
+      </c>
+      <c r="H44" t="s">
+        <v>261</v>
+      </c>
+      <c r="I44" t="s">
+        <v>259</v>
+      </c>
+      <c r="J44" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>24</v>
+      </c>
+      <c r="B45" t="s">
+        <v>262</v>
+      </c>
+      <c r="C45" t="s">
+        <v>259</v>
+      </c>
+      <c r="D45" t="s">
+        <v>253</v>
+      </c>
+      <c r="E45" t="s">
+        <v>263</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>264</v>
+      </c>
+      <c r="H45" t="s">
+        <v>265</v>
+      </c>
+      <c r="I45" t="s">
+        <v>259</v>
+      </c>
+      <c r="J45" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>24</v>
+      </c>
+      <c r="B46" t="s">
+        <v>266</v>
+      </c>
+      <c r="C46" t="s">
+        <v>252</v>
+      </c>
+      <c r="D46" t="s">
+        <v>253</v>
+      </c>
+      <c r="E46" t="s">
+        <v>263</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>267</v>
+      </c>
+      <c r="H46" t="s">
+        <v>268</v>
+      </c>
+      <c r="I46" t="s">
+        <v>252</v>
+      </c>
+      <c r="J46" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>24</v>
+      </c>
+      <c r="B47" t="s">
+        <v>269</v>
+      </c>
+      <c r="C47" t="s">
+        <v>270</v>
+      </c>
+      <c r="D47" t="s">
+        <v>253</v>
+      </c>
+      <c r="E47" t="s">
+        <v>271</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>272</v>
+      </c>
+      <c r="H47" t="s">
+        <v>273</v>
+      </c>
+      <c r="I47" t="s">
+        <v>270</v>
+      </c>
+      <c r="J47" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>24</v>
+      </c>
+      <c r="B48" t="s">
+        <v>275</v>
+      </c>
+      <c r="C48" t="s">
+        <v>270</v>
+      </c>
+      <c r="D48" t="s">
+        <v>253</v>
+      </c>
+      <c r="E48" t="s">
+        <v>271</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>276</v>
+      </c>
+      <c r="H48" t="s">
+        <v>277</v>
+      </c>
+      <c r="I48" t="s">
+        <v>270</v>
+      </c>
+      <c r="J48" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>24</v>
+      </c>
+      <c r="B49" t="s">
+        <v>278</v>
+      </c>
+      <c r="C49" t="s">
+        <v>259</v>
+      </c>
+      <c r="D49" t="s">
+        <v>253</v>
+      </c>
+      <c r="E49" t="s">
+        <v>271</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>279</v>
+      </c>
+      <c r="H49" t="s">
+        <v>280</v>
+      </c>
+      <c r="I49" t="s">
+        <v>259</v>
+      </c>
+      <c r="J49" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>24</v>
+      </c>
+      <c r="B50" t="s">
+        <v>282</v>
+      </c>
+      <c r="C50" t="s">
+        <v>252</v>
+      </c>
+      <c r="D50" t="s">
+        <v>253</v>
+      </c>
+      <c r="E50" t="s">
+        <v>271</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>283</v>
+      </c>
+      <c r="H50" t="s">
+        <v>284</v>
+      </c>
+      <c r="I50" t="s">
+        <v>252</v>
+      </c>
+      <c r="J50" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>24</v>
+      </c>
+      <c r="B51" t="s">
+        <v>285</v>
+      </c>
+      <c r="C51" t="s">
+        <v>286</v>
+      </c>
+      <c r="D51" t="s">
+        <v>287</v>
+      </c>
+      <c r="E51" t="s">
+        <v>288</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>289</v>
+      </c>
+      <c r="H51" t="s">
+        <v>290</v>
+      </c>
+      <c r="I51" t="s">
+        <v>286</v>
+      </c>
+      <c r="J51" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>24</v>
+      </c>
+      <c r="B52" t="s">
+        <v>291</v>
+      </c>
+      <c r="C52" t="s">
+        <v>292</v>
+      </c>
+      <c r="D52" t="s">
+        <v>293</v>
+      </c>
+      <c r="E52" t="s">
+        <v>294</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>295</v>
+      </c>
+      <c r="H52" t="s">
+        <v>296</v>
+      </c>
+      <c r="I52" t="s">
+        <v>292</v>
+      </c>
+      <c r="J52" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>24</v>
+      </c>
+      <c r="B53" t="s">
+        <v>298</v>
+      </c>
+      <c r="C53" t="s">
+        <v>299</v>
+      </c>
+      <c r="D53" t="s">
+        <v>300</v>
+      </c>
+      <c r="E53" t="s">
+        <v>301</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>302</v>
+      </c>
+      <c r="H53" t="s">
+        <v>303</v>
+      </c>
+      <c r="I53" t="s">
+        <v>299</v>
+      </c>
+      <c r="J53" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>24</v>
+      </c>
+      <c r="B54" t="s">
+        <v>304</v>
+      </c>
+      <c r="C54" t="s">
+        <v>305</v>
+      </c>
+      <c r="D54" t="s">
+        <v>306</v>
+      </c>
+      <c r="E54" t="s">
+        <v>307</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>308</v>
+      </c>
+      <c r="H54" t="s">
+        <v>309</v>
+      </c>
+      <c r="I54" t="s">
+        <v>305</v>
+      </c>
+      <c r="J54" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>24</v>
+      </c>
+      <c r="B55" t="s">
+        <v>311</v>
+      </c>
+      <c r="C55" t="s">
+        <v>305</v>
+      </c>
+      <c r="D55" t="s">
+        <v>312</v>
+      </c>
+      <c r="E55" t="s">
+        <v>313</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>314</v>
+      </c>
+      <c r="H55" t="s">
+        <v>315</v>
+      </c>
+      <c r="I55" t="s">
+        <v>305</v>
+      </c>
+      <c r="J55" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>24</v>
+      </c>
+      <c r="B56" t="s">
+        <v>317</v>
+      </c>
+      <c r="C56" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" t="s">
+        <v>318</v>
+      </c>
+      <c r="E56" t="s">
+        <v>319</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>320</v>
+      </c>
+      <c r="H56" t="s">
+        <v>321</v>
+      </c>
+      <c r="I56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J56" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>24</v>
+      </c>
+      <c r="B57" t="s">
+        <v>322</v>
+      </c>
+      <c r="C57" t="s">
+        <v>323</v>
+      </c>
+      <c r="D57" t="s">
+        <v>324</v>
+      </c>
+      <c r="E57" t="s">
+        <v>325</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>326</v>
+      </c>
+      <c r="H57" t="s">
+        <v>327</v>
+      </c>
+      <c r="I57" t="s">
+        <v>323</v>
+      </c>
+      <c r="J57" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>24</v>
+      </c>
+      <c r="B58" t="s">
+        <v>328</v>
+      </c>
+      <c r="C58" t="s">
+        <v>305</v>
+      </c>
+      <c r="D58" t="s">
+        <v>329</v>
+      </c>
+      <c r="E58" t="s">
+        <v>330</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>331</v>
+      </c>
+      <c r="H58" t="s">
+        <v>332</v>
+      </c>
+      <c r="I58" t="s">
+        <v>305</v>
+      </c>
+      <c r="J58" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>24</v>
+      </c>
+      <c r="B59" t="s">
+        <v>334</v>
+      </c>
+      <c r="C59" t="s">
+        <v>305</v>
+      </c>
+      <c r="D59" t="s">
+        <v>335</v>
+      </c>
+      <c r="E59" t="s">
+        <v>336</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>337</v>
+      </c>
+      <c r="H59" t="s">
+        <v>338</v>
+      </c>
+      <c r="I59" t="s">
+        <v>305</v>
+      </c>
+      <c r="J59" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>24</v>
+      </c>
+      <c r="B60" t="s">
+        <v>340</v>
+      </c>
+      <c r="C60" t="s">
+        <v>305</v>
+      </c>
+      <c r="D60" t="s">
+        <v>341</v>
+      </c>
+      <c r="E60" t="s">
+        <v>342</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>343</v>
+      </c>
+      <c r="H60" t="s">
+        <v>344</v>
+      </c>
+      <c r="I60" t="s">
+        <v>305</v>
+      </c>
+      <c r="J60" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>24</v>
+      </c>
+      <c r="B61" t="s">
+        <v>345</v>
+      </c>
+      <c r="C61" t="s">
+        <v>305</v>
+      </c>
+      <c r="D61" t="s">
+        <v>346</v>
+      </c>
+      <c r="E61" t="s">
+        <v>347</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>348</v>
+      </c>
+      <c r="H61" t="s">
+        <v>349</v>
+      </c>
+      <c r="I61" t="s">
+        <v>305</v>
+      </c>
+      <c r="J61" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>24</v>
+      </c>
+      <c r="B62" t="s">
+        <v>350</v>
+      </c>
+      <c r="C62" t="s">
+        <v>305</v>
+      </c>
+      <c r="D62" t="s">
+        <v>346</v>
+      </c>
+      <c r="E62" t="s">
+        <v>351</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>352</v>
+      </c>
+      <c r="H62" t="s">
+        <v>353</v>
+      </c>
+      <c r="I62" t="s">
+        <v>305</v>
+      </c>
+      <c r="J62" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>24</v>
+      </c>
+      <c r="B63" t="s">
+        <v>354</v>
+      </c>
+      <c r="C63" t="s">
+        <v>11</v>
+      </c>
+      <c r="D63" t="s">
+        <v>355</v>
+      </c>
+      <c r="E63" t="s">
+        <v>356</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>357</v>
+      </c>
+      <c r="H63" t="s">
+        <v>358</v>
+      </c>
+      <c r="I63" t="s">
+        <v>11</v>
+      </c>
+      <c r="J63" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>24</v>
+      </c>
+      <c r="B64" t="s">
+        <v>359</v>
+      </c>
+      <c r="C64" t="s">
+        <v>360</v>
+      </c>
+      <c r="D64" t="s">
+        <v>361</v>
+      </c>
+      <c r="E64" t="s">
+        <v>362</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>363</v>
+      </c>
+      <c r="H64" t="s">
+        <v>364</v>
+      </c>
+      <c r="I64" t="s">
+        <v>360</v>
+      </c>
+      <c r="J64" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>24</v>
+      </c>
+      <c r="B65" t="s">
+        <v>366</v>
+      </c>
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" t="s">
+        <v>367</v>
+      </c>
+      <c r="E65" t="s">
+        <v>368</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>369</v>
+      </c>
+      <c r="H65" t="s">
+        <v>370</v>
+      </c>
+      <c r="I65" t="s">
+        <v>11</v>
+      </c>
+      <c r="J65" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>24</v>
+      </c>
+      <c r="B66" t="s">
+        <v>371</v>
+      </c>
+      <c r="C66" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" t="s">
+        <v>372</v>
+      </c>
+      <c r="E66" t="s">
+        <v>373</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>374</v>
+      </c>
+      <c r="H66" t="s">
+        <v>375</v>
+      </c>
+      <c r="I66" t="s">
+        <v>11</v>
+      </c>
+      <c r="J66" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>24</v>
+      </c>
+      <c r="B67" t="s">
+        <v>377</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" t="s">
+        <v>378</v>
+      </c>
+      <c r="E67" t="s">
+        <v>379</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>380</v>
+      </c>
+      <c r="H67" t="s">
+        <v>381</v>
+      </c>
+      <c r="I67" t="s">
+        <v>11</v>
+      </c>
+      <c r="J67" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>24</v>
+      </c>
+      <c r="B68" t="s">
+        <v>383</v>
+      </c>
+      <c r="C68" t="s">
+        <v>384</v>
+      </c>
+      <c r="D68" t="s">
+        <v>385</v>
+      </c>
+      <c r="E68" t="s">
+        <v>386</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>387</v>
+      </c>
+      <c r="H68" t="s">
+        <v>388</v>
+      </c>
+      <c r="I68" t="s">
+        <v>11</v>
+      </c>
+      <c r="J68" t="s">
+        <v>389</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>390</v>
+      </c>
+      <c r="B2" t="s">
+        <v>391</v>
+      </c>
+      <c r="C2" t="s">
+        <v>392</v>
+      </c>
+      <c r="D2" t="s">
+        <v>393</v>
+      </c>
+      <c r="E2" t="s">
+        <v>394</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>395</v>
+      </c>
+      <c r="H2" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C3" t="s">
+        <v>398</v>
+      </c>
+      <c r="D3" t="s">
+        <v>399</v>
+      </c>
+      <c r="E3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>401</v>
+      </c>
+      <c r="H3" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B4" t="s">
+        <v>403</v>
+      </c>
+      <c r="C4" t="s">
+        <v>404</v>
+      </c>
+      <c r="D4" t="s">
+        <v>405</v>
+      </c>
+      <c r="E4" t="s">
+        <v>406</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>407</v>
+      </c>
+      <c r="H4" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>390</v>
+      </c>
       <c r="B5" t="s">
-        <v>100</v>
+        <v>409</v>
       </c>
       <c r="C5" t="s">
-        <v>101</v>
+        <v>410</v>
       </c>
       <c r="D5" t="s">
-        <v>102</v>
+        <v>411</v>
       </c>
       <c r="E5" t="s">
-        <v>103</v>
+        <v>412</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>104</v>
+        <v>413</v>
       </c>
       <c r="H5" t="s">
-        <v>105</v>
+        <v>414</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>390</v>
+      </c>
+      <c r="B6" t="s">
+        <v>415</v>
+      </c>
+      <c r="C6" t="s">
+        <v>416</v>
+      </c>
+      <c r="D6" t="s">
+        <v>417</v>
+      </c>
+      <c r="E6" t="s">
+        <v>418</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>419</v>
+      </c>
+      <c r="H6" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>390</v>
+      </c>
+      <c r="B7" t="s">
+        <v>421</v>
+      </c>
+      <c r="C7" t="s">
+        <v>422</v>
+      </c>
+      <c r="D7" t="s">
+        <v>423</v>
+      </c>
+      <c r="E7" t="s">
+        <v>424</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>425</v>
+      </c>
+      <c r="H7" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>390</v>
+      </c>
+      <c r="B8" t="s">
+        <v>427</v>
+      </c>
+      <c r="C8" t="s">
+        <v>428</v>
+      </c>
+      <c r="D8" t="s">
+        <v>429</v>
+      </c>
+      <c r="E8" t="s">
+        <v>430</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>431</v>
+      </c>
+      <c r="H8" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>390</v>
+      </c>
+      <c r="B9" t="s">
+        <v>433</v>
+      </c>
+      <c r="C9" t="s">
+        <v>434</v>
+      </c>
+      <c r="D9" t="s">
+        <v>435</v>
+      </c>
+      <c r="E9" t="s">
+        <v>436</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>437</v>
+      </c>
+      <c r="H9" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>390</v>
+      </c>
+      <c r="B10" t="s">
+        <v>439</v>
+      </c>
+      <c r="C10" t="s">
+        <v>440</v>
+      </c>
+      <c r="D10" t="s">
+        <v>435</v>
+      </c>
+      <c r="E10" t="s">
+        <v>441</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>442</v>
+      </c>
+      <c r="H10" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>390</v>
+      </c>
+      <c r="B11" t="s">
+        <v>444</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>445</v>
+      </c>
+      <c r="E11" t="s">
+        <v>446</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>447</v>
+      </c>
+      <c r="H11" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>390</v>
+      </c>
+      <c r="B12" t="s">
+        <v>449</v>
+      </c>
+      <c r="C12" t="s">
+        <v>450</v>
+      </c>
+      <c r="D12" t="s">
+        <v>451</v>
+      </c>
+      <c r="E12" t="s">
+        <v>452</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>453</v>
+      </c>
+      <c r="H12" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>390</v>
+      </c>
+      <c r="B13" t="s">
+        <v>455</v>
+      </c>
+      <c r="C13" t="s">
+        <v>456</v>
+      </c>
+      <c r="D13" t="s">
+        <v>457</v>
+      </c>
+      <c r="E13" t="s">
+        <v>458</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>459</v>
+      </c>
+      <c r="H13" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>390</v>
+      </c>
+      <c r="B14" t="s">
+        <v>461</v>
+      </c>
+      <c r="C14" t="s">
+        <v>462</v>
+      </c>
+      <c r="D14" t="s">
+        <v>463</v>
+      </c>
+      <c r="E14" t="s">
+        <v>464</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>465</v>
+      </c>
+      <c r="H14" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>390</v>
+      </c>
+      <c r="B15" t="s">
+        <v>467</v>
+      </c>
+      <c r="C15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D15" t="s">
+        <v>469</v>
+      </c>
+      <c r="E15" t="s">
+        <v>470</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>471</v>
+      </c>
+      <c r="H15" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>390</v>
+      </c>
+      <c r="B16" t="s">
+        <v>473</v>
+      </c>
+      <c r="C16" t="s">
+        <v>474</v>
+      </c>
+      <c r="D16" t="s">
+        <v>475</v>
+      </c>
+      <c r="E16" t="s">
+        <v>476</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>477</v>
+      </c>
+      <c r="H16" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>390</v>
+      </c>
+      <c r="B17" t="s">
+        <v>479</v>
+      </c>
+      <c r="C17" t="s">
+        <v>480</v>
+      </c>
+      <c r="D17" t="s">
+        <v>481</v>
+      </c>
+      <c r="E17" t="s">
+        <v>482</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>483</v>
+      </c>
+      <c r="H17" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>390</v>
+      </c>
+      <c r="B18" t="s">
+        <v>485</v>
+      </c>
+      <c r="C18" t="s">
+        <v>486</v>
+      </c>
+      <c r="D18" t="s">
+        <v>487</v>
+      </c>
+      <c r="E18" t="s">
+        <v>488</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>489</v>
+      </c>
+      <c r="H18" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>390</v>
+      </c>
+      <c r="B19" t="s">
+        <v>491</v>
+      </c>
+      <c r="C19" t="s">
+        <v>492</v>
+      </c>
+      <c r="D19" t="s">
+        <v>493</v>
+      </c>
+      <c r="E19" t="s">
+        <v>494</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>495</v>
+      </c>
+      <c r="H19" t="s">
+        <v>496</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AQ186"/>
+  <dimension ref="A1:H370"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B2" t="s">
-        <v>110</v>
+        <v>498</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>499</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>111</v>
+        <v>500</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>112</v>
+        <v>501</v>
       </c>
       <c r="H2" t="s">
-        <v>113</v>
-[...20 lines deleted...]
-        <v>120</v>
+        <v>502</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B3" t="s">
-        <v>121</v>
+        <v>503</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>504</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>122</v>
+        <v>505</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>123</v>
+        <v>506</v>
       </c>
       <c r="H3" t="s">
-        <v>124</v>
-[...47 lines deleted...]
-        <v>140</v>
+        <v>507</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B4" t="s">
-        <v>141</v>
+        <v>508</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>509</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>510</v>
       </c>
       <c r="E4" t="s">
-        <v>142</v>
+        <v>511</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>143</v>
+        <v>512</v>
       </c>
       <c r="H4" t="s">
-        <v>144</v>
-[...17 lines deleted...]
-        <v>150</v>
+        <v>513</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B5" t="s">
-        <v>151</v>
+        <v>514</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>515</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>152</v>
+        <v>516</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>153</v>
+        <v>517</v>
       </c>
       <c r="H5" t="s">
-        <v>154</v>
-[...23 lines deleted...]
-        <v>162</v>
+        <v>518</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B6" t="s">
-        <v>163</v>
+        <v>519</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>520</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>164</v>
+        <v>521</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>165</v>
+        <v>522</v>
       </c>
       <c r="H6" t="s">
-        <v>166</v>
-[...17 lines deleted...]
-        <v>172</v>
+        <v>523</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B7" t="s">
-        <v>173</v>
+        <v>524</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>525</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>174</v>
+        <v>526</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>175</v>
+        <v>527</v>
       </c>
       <c r="H7" t="s">
-        <v>176</v>
-[...29 lines deleted...]
-        <v>186</v>
+        <v>528</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B8" t="s">
-        <v>187</v>
+        <v>529</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>530</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>188</v>
+        <v>531</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>189</v>
+        <v>532</v>
       </c>
       <c r="H8" t="s">
-        <v>190</v>
-[...26 lines deleted...]
-        <v>199</v>
+        <v>533</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B9" t="s">
-        <v>200</v>
+        <v>534</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>535</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>201</v>
+        <v>531</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>202</v>
+        <v>536</v>
       </c>
       <c r="H9" t="s">
-        <v>203</v>
-[...38 lines deleted...]
-        <v>216</v>
+        <v>537</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B10" t="s">
-        <v>217</v>
+        <v>538</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>539</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>218</v>
+        <v>540</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>219</v>
+        <v>541</v>
       </c>
       <c r="H10" t="s">
-        <v>220</v>
-[...14 lines deleted...]
-        <v>225</v>
+        <v>542</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>543</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>544</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>227</v>
+        <v>545</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>228</v>
+        <v>546</v>
       </c>
       <c r="H11" t="s">
-        <v>229</v>
-[...11 lines deleted...]
-        <v>233</v>
+        <v>547</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B12" t="s">
-        <v>234</v>
+        <v>548</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>549</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>235</v>
+        <v>550</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>236</v>
+        <v>551</v>
       </c>
       <c r="H12" t="s">
-        <v>237</v>
-[...20 lines deleted...]
-        <v>244</v>
+        <v>552</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B13" t="s">
-        <v>245</v>
+        <v>553</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>554</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>246</v>
+        <v>555</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>247</v>
+        <v>556</v>
       </c>
       <c r="H13" t="s">
-        <v>248</v>
-[...29 lines deleted...]
-        <v>258</v>
+        <v>557</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B14" t="s">
-        <v>259</v>
+        <v>558</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>559</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>260</v>
+        <v>555</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>261</v>
+        <v>560</v>
       </c>
       <c r="H14" t="s">
-        <v>262</v>
-[...11 lines deleted...]
-        <v>265</v>
+        <v>561</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B15" t="s">
-        <v>266</v>
+        <v>562</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>563</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>267</v>
+        <v>564</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>268</v>
+        <v>565</v>
       </c>
       <c r="H15" t="s">
-        <v>269</v>
-[...38 lines deleted...]
-        <v>282</v>
+        <v>566</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B16" t="s">
-        <v>283</v>
+        <v>567</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>568</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>284</v>
+        <v>569</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>285</v>
+        <v>570</v>
       </c>
       <c r="H16" t="s">
-        <v>286</v>
-[...11 lines deleted...]
-        <v>290</v>
+        <v>571</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B17" t="s">
-        <v>291</v>
+        <v>572</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>573</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>292</v>
+        <v>574</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>293</v>
+        <v>575</v>
       </c>
       <c r="H17" t="s">
-        <v>294</v>
-[...38 lines deleted...]
-        <v>307</v>
+        <v>576</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B18" t="s">
-        <v>308</v>
+        <v>577</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>578</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>309</v>
+        <v>579</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>310</v>
+        <v>580</v>
       </c>
       <c r="H18" t="s">
-        <v>311</v>
-[...11 lines deleted...]
-        <v>314</v>
+        <v>581</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B19" t="s">
-        <v>315</v>
+        <v>582</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>583</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>316</v>
+        <v>584</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>317</v>
+        <v>585</v>
       </c>
       <c r="H19" t="s">
-        <v>318</v>
-[...23 lines deleted...]
-        <v>326</v>
+        <v>586</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B20" t="s">
-        <v>327</v>
+        <v>587</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>588</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>328</v>
+        <v>589</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>329</v>
+        <v>590</v>
       </c>
       <c r="H20" t="s">
-        <v>330</v>
-[...26 lines deleted...]
-        <v>339</v>
+        <v>591</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B21" t="s">
-        <v>340</v>
+        <v>592</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>593</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>341</v>
+        <v>594</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>342</v>
+        <v>595</v>
       </c>
       <c r="H21" t="s">
-        <v>343</v>
-[...11 lines deleted...]
-        <v>347</v>
+        <v>596</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B22" t="s">
-        <v>348</v>
+        <v>597</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>598</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>349</v>
+        <v>599</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>350</v>
+        <v>600</v>
       </c>
       <c r="H22" t="s">
-        <v>351</v>
-[...14 lines deleted...]
-        <v>356</v>
+        <v>601</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B23" t="s">
-        <v>357</v>
+        <v>602</v>
       </c>
       <c r="C23" t="s">
-        <v>13</v>
+        <v>603</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>358</v>
+        <v>604</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>359</v>
+        <v>605</v>
       </c>
       <c r="H23" t="s">
-        <v>360</v>
-[...8 lines deleted...]
-        <v>363</v>
+        <v>606</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B24" t="s">
-        <v>364</v>
+        <v>607</v>
       </c>
       <c r="C24" t="s">
-        <v>13</v>
+        <v>608</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>609</v>
       </c>
       <c r="E24" t="s">
-        <v>365</v>
+        <v>610</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>366</v>
+        <v>611</v>
       </c>
       <c r="H24" t="s">
-        <v>367</v>
-[...11 lines deleted...]
-        <v>371</v>
+        <v>612</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B25" t="s">
-        <v>372</v>
+        <v>613</v>
       </c>
       <c r="C25" t="s">
-        <v>13</v>
+        <v>614</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>373</v>
+        <v>615</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>374</v>
+        <v>616</v>
       </c>
       <c r="H25" t="s">
-        <v>375</v>
-[...14 lines deleted...]
-        <v>380</v>
+        <v>617</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B26" t="s">
-        <v>381</v>
+        <v>618</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>619</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>382</v>
+        <v>620</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>383</v>
+        <v>621</v>
       </c>
       <c r="H26" t="s">
-        <v>384</v>
-[...8 lines deleted...]
-        <v>386</v>
+        <v>622</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B27" t="s">
-        <v>387</v>
+        <v>623</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>624</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>388</v>
+        <v>625</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>389</v>
+        <v>626</v>
       </c>
       <c r="H27" t="s">
-        <v>390</v>
-[...17 lines deleted...]
-        <v>395</v>
+        <v>627</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B28" t="s">
-        <v>396</v>
+        <v>628</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>629</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>397</v>
+        <v>630</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>398</v>
+        <v>631</v>
       </c>
       <c r="H28" t="s">
-        <v>399</v>
-[...17 lines deleted...]
-        <v>405</v>
+        <v>632</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B29" t="s">
-        <v>406</v>
+        <v>633</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>634</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>407</v>
+        <v>635</v>
       </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>408</v>
+        <v>636</v>
       </c>
       <c r="H29" t="s">
-        <v>409</v>
-[...14 lines deleted...]
-        <v>414</v>
+        <v>637</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B30" t="s">
-        <v>415</v>
+        <v>638</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>639</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>416</v>
+        <v>640</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>417</v>
+        <v>641</v>
       </c>
       <c r="H30" t="s">
-        <v>418</v>
-[...17 lines deleted...]
-        <v>423</v>
+        <v>642</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B31" t="s">
-        <v>424</v>
+        <v>643</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>644</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>425</v>
+        <v>645</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>426</v>
+        <v>646</v>
       </c>
       <c r="H31" t="s">
-        <v>427</v>
-[...23 lines deleted...]
-        <v>435</v>
+        <v>647</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B32" t="s">
-        <v>436</v>
+        <v>648</v>
       </c>
       <c r="C32" t="s">
-        <v>13</v>
+        <v>649</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>437</v>
+        <v>650</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>438</v>
+        <v>651</v>
       </c>
       <c r="H32" t="s">
-        <v>439</v>
-[...44 lines deleted...]
-        <v>453</v>
+        <v>652</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B33" t="s">
-        <v>454</v>
+        <v>653</v>
       </c>
       <c r="C33" t="s">
-        <v>13</v>
+        <v>654</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>455</v>
+        <v>655</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>456</v>
+        <v>656</v>
       </c>
       <c r="H33" t="s">
-        <v>457</v>
-[...11 lines deleted...]
-        <v>461</v>
+        <v>657</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B34" t="s">
-        <v>462</v>
+        <v>658</v>
       </c>
       <c r="C34" t="s">
-        <v>13</v>
+        <v>659</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>463</v>
+        <v>655</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>464</v>
+        <v>660</v>
       </c>
       <c r="H34" t="s">
-        <v>465</v>
-[...11 lines deleted...]
-        <v>469</v>
+        <v>661</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B35" t="s">
-        <v>470</v>
+        <v>662</v>
       </c>
       <c r="C35" t="s">
-        <v>13</v>
+        <v>663</v>
       </c>
       <c r="D35" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>471</v>
+        <v>664</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>472</v>
+        <v>665</v>
       </c>
       <c r="H35" t="s">
-        <v>473</v>
-[...11 lines deleted...]
-        <v>477</v>
+        <v>666</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B36" t="s">
-        <v>478</v>
+        <v>667</v>
       </c>
       <c r="C36" t="s">
-        <v>13</v>
+        <v>668</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>479</v>
+        <v>669</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>480</v>
+        <v>670</v>
       </c>
       <c r="H36" t="s">
-        <v>481</v>
-[...11 lines deleted...]
-        <v>484</v>
+        <v>671</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B37" t="s">
-        <v>485</v>
+        <v>672</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>673</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>486</v>
+        <v>674</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>487</v>
+        <v>675</v>
       </c>
       <c r="H37" t="s">
-        <v>488</v>
-[...14 lines deleted...]
-        <v>492</v>
+        <v>676</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B38" t="s">
-        <v>493</v>
+        <v>677</v>
       </c>
       <c r="C38" t="s">
-        <v>13</v>
+        <v>678</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>494</v>
+        <v>679</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>495</v>
+        <v>680</v>
       </c>
       <c r="H38" t="s">
-        <v>496</v>
-[...26 lines deleted...]
-        <v>505</v>
+        <v>681</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B39" t="s">
-        <v>506</v>
+        <v>682</v>
       </c>
       <c r="C39" t="s">
-        <v>13</v>
+        <v>683</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>507</v>
+        <v>684</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>508</v>
+        <v>685</v>
       </c>
       <c r="H39" t="s">
-        <v>509</v>
-[...17 lines deleted...]
-        <v>515</v>
+        <v>686</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B40" t="s">
-        <v>516</v>
+        <v>687</v>
       </c>
       <c r="C40" t="s">
-        <v>13</v>
+        <v>688</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>517</v>
+        <v>684</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>518</v>
+        <v>689</v>
       </c>
       <c r="H40" t="s">
-        <v>519</v>
-[...32 lines deleted...]
-        <v>530</v>
+        <v>690</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B41" t="s">
-        <v>531</v>
+        <v>691</v>
       </c>
       <c r="C41" t="s">
-        <v>13</v>
+        <v>692</v>
       </c>
       <c r="D41" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>532</v>
+        <v>693</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>533</v>
+        <v>694</v>
       </c>
       <c r="H41" t="s">
-        <v>534</v>
-[...11 lines deleted...]
-        <v>538</v>
+        <v>695</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B42" t="s">
-        <v>539</v>
+        <v>696</v>
       </c>
       <c r="C42" t="s">
-        <v>13</v>
+        <v>697</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>540</v>
+        <v>698</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>541</v>
+        <v>699</v>
       </c>
       <c r="H42" t="s">
-        <v>542</v>
-[...11 lines deleted...]
-        <v>546</v>
+        <v>700</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B43" t="s">
-        <v>547</v>
+        <v>701</v>
       </c>
       <c r="C43" t="s">
-        <v>13</v>
+        <v>702</v>
       </c>
       <c r="D43" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>548</v>
+        <v>703</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>549</v>
+        <v>704</v>
       </c>
       <c r="H43" t="s">
-        <v>550</v>
-[...38 lines deleted...]
-        <v>562</v>
+        <v>705</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B44" t="s">
-        <v>563</v>
+        <v>706</v>
       </c>
       <c r="C44" t="s">
-        <v>13</v>
+        <v>707</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>564</v>
+        <v>708</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>565</v>
+        <v>709</v>
       </c>
       <c r="H44" t="s">
-        <v>566</v>
-[...65 lines deleted...]
-        <v>588</v>
+        <v>710</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B45" t="s">
-        <v>589</v>
+        <v>711</v>
       </c>
       <c r="C45" t="s">
-        <v>13</v>
+        <v>712</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>590</v>
+        <v>713</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>591</v>
+        <v>714</v>
       </c>
       <c r="H45" t="s">
-        <v>592</v>
-[...32 lines deleted...]
-        <v>603</v>
+        <v>715</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B46" t="s">
-        <v>604</v>
+        <v>716</v>
       </c>
       <c r="C46" t="s">
-        <v>13</v>
+        <v>717</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>605</v>
+        <v>718</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>606</v>
+        <v>719</v>
       </c>
       <c r="H46" t="s">
-        <v>607</v>
-[...104 lines deleted...]
-        <v>642</v>
+        <v>720</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B47" t="s">
-        <v>643</v>
+        <v>721</v>
       </c>
       <c r="C47" t="s">
-        <v>13</v>
+        <v>722</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>644</v>
+        <v>723</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>645</v>
+        <v>724</v>
       </c>
       <c r="H47" t="s">
-        <v>646</v>
-[...8 lines deleted...]
-        <v>648</v>
+        <v>725</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B48" t="s">
-        <v>649</v>
+        <v>726</v>
       </c>
       <c r="C48" t="s">
-        <v>13</v>
+        <v>727</v>
       </c>
       <c r="D48" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>650</v>
+        <v>728</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>651</v>
+        <v>729</v>
       </c>
       <c r="H48" t="s">
-        <v>652</v>
-[...14 lines deleted...]
-        <v>656</v>
+        <v>730</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B49" t="s">
-        <v>657</v>
+        <v>731</v>
       </c>
       <c r="C49" t="s">
-        <v>13</v>
+        <v>732</v>
       </c>
       <c r="D49" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>658</v>
+        <v>728</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>659</v>
+        <v>733</v>
       </c>
       <c r="H49" t="s">
-        <v>660</v>
-[...11 lines deleted...]
-        <v>664</v>
+        <v>734</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B50" t="s">
-        <v>665</v>
+        <v>735</v>
       </c>
       <c r="C50" t="s">
-        <v>13</v>
+        <v>736</v>
       </c>
       <c r="D50" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>666</v>
+        <v>728</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>667</v>
+        <v>737</v>
       </c>
       <c r="H50" t="s">
-        <v>668</v>
-[...14 lines deleted...]
-        <v>672</v>
+        <v>738</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B51" t="s">
-        <v>673</v>
+        <v>739</v>
       </c>
       <c r="C51" t="s">
-        <v>13</v>
+        <v>740</v>
       </c>
       <c r="D51" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>674</v>
+        <v>728</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>675</v>
+        <v>741</v>
       </c>
       <c r="H51" t="s">
-        <v>676</v>
-[...38 lines deleted...]
-        <v>688</v>
+        <v>742</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B52" t="s">
-        <v>689</v>
+        <v>743</v>
       </c>
       <c r="C52" t="s">
-        <v>13</v>
+        <v>744</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>745</v>
       </c>
       <c r="E52" t="s">
-        <v>690</v>
+        <v>746</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>691</v>
+        <v>747</v>
       </c>
       <c r="H52" t="s">
-        <v>692</v>
-[...26 lines deleted...]
-        <v>699</v>
+        <v>748</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B53" t="s">
-        <v>700</v>
+        <v>749</v>
       </c>
       <c r="C53" t="s">
-        <v>13</v>
+        <v>750</v>
       </c>
       <c r="D53" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>701</v>
+        <v>751</v>
       </c>
       <c r="F53" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>702</v>
+        <v>752</v>
       </c>
       <c r="H53" t="s">
-        <v>703</v>
-[...14 lines deleted...]
-        <v>708</v>
+        <v>753</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B54" t="s">
-        <v>709</v>
+        <v>754</v>
       </c>
       <c r="C54" t="s">
-        <v>13</v>
+        <v>755</v>
       </c>
       <c r="D54" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>710</v>
+        <v>756</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>711</v>
+        <v>757</v>
       </c>
       <c r="H54" t="s">
-        <v>712</v>
-[...11 lines deleted...]
-        <v>716</v>
+        <v>758</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B55" t="s">
-        <v>717</v>
+        <v>759</v>
       </c>
       <c r="C55" t="s">
-        <v>13</v>
+        <v>760</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>761</v>
       </c>
       <c r="E55" t="s">
-        <v>718</v>
+        <v>762</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>719</v>
+        <v>763</v>
       </c>
       <c r="H55" t="s">
-        <v>720</v>
-[...29 lines deleted...]
-        <v>729</v>
+        <v>764</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B56" t="s">
-        <v>730</v>
+        <v>765</v>
       </c>
       <c r="C56" t="s">
-        <v>13</v>
+        <v>766</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>731</v>
+        <v>762</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>732</v>
+        <v>767</v>
       </c>
       <c r="H56" t="s">
-        <v>733</v>
-[...35 lines deleted...]
-        <v>745</v>
+        <v>768</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B57" t="s">
-        <v>746</v>
+        <v>769</v>
       </c>
       <c r="C57" t="s">
-        <v>13</v>
+        <v>770</v>
       </c>
       <c r="D57" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>747</v>
+        <v>771</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>748</v>
+        <v>772</v>
       </c>
       <c r="H57" t="s">
-        <v>749</v>
-[...35 lines deleted...]
-        <v>760</v>
+        <v>773</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B58" t="s">
-        <v>761</v>
+        <v>774</v>
       </c>
       <c r="C58" t="s">
-        <v>13</v>
+        <v>775</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>762</v>
+        <v>776</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>763</v>
+        <v>777</v>
       </c>
       <c r="H58" t="s">
-        <v>764</v>
-[...29 lines deleted...]
-        <v>773</v>
+        <v>778</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B59" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="C59" t="s">
-        <v>13</v>
+        <v>780</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="H59" t="s">
-        <v>777</v>
-[...19 lines deleted...]
-      <c r="O59" t="s">
         <v>783</v>
-      </c>
-[...7 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B60" t="s">
+        <v>784</v>
+      </c>
+      <c r="C60" t="s">
+        <v>785</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>786</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
         <v>787</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="H60" t="s">
         <v>788</v>
-      </c>
-[...31 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B61" t="s">
-        <v>799</v>
+        <v>789</v>
       </c>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>790</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>800</v>
+        <v>791</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>801</v>
+        <v>792</v>
       </c>
       <c r="H61" t="s">
-        <v>802</v>
-[...20 lines deleted...]
-        <v>808</v>
+        <v>793</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B62" t="s">
-        <v>809</v>
+        <v>794</v>
       </c>
       <c r="C62" t="s">
-        <v>13</v>
+        <v>795</v>
       </c>
       <c r="D62" t="s">
-        <v>13</v>
+        <v>796</v>
       </c>
       <c r="E62" t="s">
-        <v>810</v>
+        <v>797</v>
       </c>
       <c r="F62" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>811</v>
+        <v>798</v>
       </c>
       <c r="H62" t="s">
-        <v>812</v>
-[...14 lines deleted...]
-        <v>817</v>
+        <v>799</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>818</v>
+        <v>800</v>
       </c>
       <c r="C63" t="s">
-        <v>13</v>
+        <v>801</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>796</v>
       </c>
       <c r="E63" t="s">
-        <v>819</v>
+        <v>797</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>820</v>
+        <v>802</v>
       </c>
       <c r="H63" t="s">
-        <v>821</v>
-[...11 lines deleted...]
-        <v>825</v>
+        <v>803</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B64" t="s">
-        <v>826</v>
+        <v>804</v>
       </c>
       <c r="C64" t="s">
-        <v>13</v>
+        <v>805</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>827</v>
+        <v>806</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>828</v>
+        <v>807</v>
       </c>
       <c r="H64" t="s">
-        <v>829</v>
-[...17 lines deleted...]
-        <v>835</v>
+        <v>808</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B65" t="s">
-        <v>836</v>
+        <v>809</v>
       </c>
       <c r="C65" t="s">
-        <v>13</v>
+        <v>810</v>
       </c>
       <c r="D65" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>837</v>
+        <v>811</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>838</v>
+        <v>812</v>
       </c>
       <c r="H65" t="s">
-        <v>839</v>
-[...23 lines deleted...]
-        <v>846</v>
+        <v>813</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B66" t="s">
-        <v>847</v>
+        <v>814</v>
       </c>
       <c r="C66" t="s">
-        <v>13</v>
+        <v>815</v>
       </c>
       <c r="D66" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>848</v>
+        <v>816</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>849</v>
+        <v>817</v>
       </c>
       <c r="H66" t="s">
-        <v>850</v>
-[...11 lines deleted...]
-        <v>854</v>
+        <v>818</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B67" t="s">
-        <v>855</v>
+        <v>819</v>
       </c>
       <c r="C67" t="s">
-        <v>13</v>
+        <v>820</v>
       </c>
       <c r="D67" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>856</v>
+        <v>821</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>857</v>
+        <v>822</v>
       </c>
       <c r="H67" t="s">
-        <v>858</v>
-[...23 lines deleted...]
-        <v>866</v>
+        <v>823</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B68" t="s">
-        <v>867</v>
+        <v>824</v>
       </c>
       <c r="C68" t="s">
-        <v>13</v>
+        <v>825</v>
       </c>
       <c r="D68" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>868</v>
+        <v>826</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>869</v>
+        <v>827</v>
       </c>
       <c r="H68" t="s">
-        <v>870</v>
-[...11 lines deleted...]
-        <v>874</v>
+        <v>828</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B69" t="s">
-        <v>875</v>
+        <v>829</v>
       </c>
       <c r="C69" t="s">
-        <v>13</v>
+        <v>830</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>831</v>
       </c>
       <c r="E69" t="s">
-        <v>876</v>
+        <v>832</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>877</v>
+        <v>833</v>
       </c>
       <c r="H69" t="s">
-        <v>878</v>
-[...11 lines deleted...]
-        <v>881</v>
+        <v>834</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B70" t="s">
-        <v>882</v>
+        <v>835</v>
       </c>
       <c r="C70" t="s">
-        <v>13</v>
+        <v>836</v>
       </c>
       <c r="D70" t="s">
-        <v>13</v>
+        <v>831</v>
       </c>
       <c r="E70" t="s">
-        <v>883</v>
+        <v>832</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>884</v>
+        <v>837</v>
       </c>
       <c r="H70" t="s">
-        <v>885</v>
-[...11 lines deleted...]
-        <v>888</v>
+        <v>838</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B71" t="s">
-        <v>889</v>
+        <v>839</v>
       </c>
       <c r="C71" t="s">
-        <v>13</v>
+        <v>840</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>831</v>
       </c>
       <c r="E71" t="s">
-        <v>890</v>
+        <v>832</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>891</v>
+        <v>841</v>
       </c>
       <c r="H71" t="s">
-        <v>892</v>
-[...8 lines deleted...]
-        <v>895</v>
+        <v>842</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B72" t="s">
-        <v>896</v>
+        <v>843</v>
       </c>
       <c r="C72" t="s">
-        <v>13</v>
+        <v>844</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>831</v>
       </c>
       <c r="E72" t="s">
-        <v>897</v>
+        <v>832</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>898</v>
+        <v>845</v>
       </c>
       <c r="H72" t="s">
-        <v>899</v>
-[...20 lines deleted...]
-        <v>905</v>
+        <v>846</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B73" t="s">
-        <v>906</v>
+        <v>847</v>
       </c>
       <c r="C73" t="s">
-        <v>13</v>
+        <v>848</v>
       </c>
       <c r="D73" t="s">
-        <v>13</v>
+        <v>849</v>
       </c>
       <c r="E73" t="s">
-        <v>907</v>
+        <v>850</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>908</v>
+        <v>851</v>
       </c>
       <c r="H73" t="s">
-        <v>909</v>
-[...11 lines deleted...]
-        <v>912</v>
+        <v>852</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B74" t="s">
-        <v>913</v>
+        <v>853</v>
       </c>
       <c r="C74" t="s">
-        <v>13</v>
+        <v>854</v>
       </c>
       <c r="D74" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>907</v>
+        <v>855</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>914</v>
+        <v>856</v>
       </c>
       <c r="H74" t="s">
-        <v>915</v>
-[...11 lines deleted...]
-        <v>918</v>
+        <v>857</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B75" t="s">
-        <v>919</v>
+        <v>858</v>
       </c>
       <c r="C75" t="s">
-        <v>13</v>
+        <v>859</v>
       </c>
       <c r="D75" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>920</v>
+        <v>860</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>921</v>
+        <v>861</v>
       </c>
       <c r="H75" t="s">
-        <v>922</v>
-[...11 lines deleted...]
-        <v>925</v>
+        <v>862</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B76" t="s">
-        <v>926</v>
+        <v>863</v>
       </c>
       <c r="C76" t="s">
-        <v>13</v>
+        <v>864</v>
       </c>
       <c r="D76" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>927</v>
+        <v>865</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>928</v>
+        <v>866</v>
       </c>
       <c r="H76" t="s">
-        <v>929</v>
-[...14 lines deleted...]
-        <v>933</v>
+        <v>867</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B77" t="s">
-        <v>934</v>
+        <v>868</v>
       </c>
       <c r="C77" t="s">
-        <v>13</v>
+        <v>869</v>
       </c>
       <c r="D77" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>935</v>
+        <v>870</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>936</v>
+        <v>871</v>
       </c>
       <c r="H77" t="s">
-        <v>937</v>
-[...14 lines deleted...]
-        <v>942</v>
+        <v>872</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B78" t="s">
-        <v>943</v>
+        <v>873</v>
       </c>
       <c r="C78" t="s">
-        <v>13</v>
+        <v>874</v>
       </c>
       <c r="D78" t="s">
-        <v>13</v>
+        <v>875</v>
       </c>
       <c r="E78" t="s">
-        <v>944</v>
+        <v>876</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>945</v>
+        <v>877</v>
       </c>
       <c r="H78" t="s">
-        <v>946</v>
-[...59 lines deleted...]
-        <v>965</v>
+        <v>878</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B79" t="s">
-        <v>966</v>
+        <v>879</v>
       </c>
       <c r="C79" t="s">
-        <v>13</v>
+        <v>880</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>967</v>
+        <v>881</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>968</v>
+        <v>882</v>
       </c>
       <c r="H79" t="s">
-        <v>969</v>
-[...29 lines deleted...]
-        <v>979</v>
+        <v>883</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B80" t="s">
-        <v>980</v>
+        <v>884</v>
       </c>
       <c r="C80" t="s">
-        <v>13</v>
+        <v>885</v>
       </c>
       <c r="D80" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>981</v>
+        <v>886</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>982</v>
+        <v>887</v>
       </c>
       <c r="H80" t="s">
-        <v>983</v>
-[...17 lines deleted...]
-        <v>989</v>
+        <v>888</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B81" t="s">
-        <v>990</v>
+        <v>889</v>
       </c>
       <c r="C81" t="s">
-        <v>13</v>
+        <v>890</v>
       </c>
       <c r="D81" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>991</v>
+        <v>891</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>992</v>
+        <v>892</v>
       </c>
       <c r="H81" t="s">
-        <v>993</v>
-[...14 lines deleted...]
-        <v>998</v>
+        <v>893</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B82" t="s">
-        <v>999</v>
+        <v>894</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>895</v>
       </c>
       <c r="D82" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>1000</v>
+        <v>896</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>1001</v>
+        <v>897</v>
       </c>
       <c r="H82" t="s">
-        <v>1002</v>
-[...8 lines deleted...]
-        <v>1005</v>
+        <v>898</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B83" t="s">
-        <v>1006</v>
+        <v>899</v>
       </c>
       <c r="C83" t="s">
-        <v>13</v>
+        <v>900</v>
       </c>
       <c r="D83" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>1007</v>
+        <v>901</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>1008</v>
+        <v>902</v>
       </c>
       <c r="H83" t="s">
-        <v>1009</v>
-[...47 lines deleted...]
-        <v>1024</v>
+        <v>903</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B84" t="s">
-        <v>1025</v>
+        <v>904</v>
       </c>
       <c r="C84" t="s">
-        <v>13</v>
+        <v>905</v>
       </c>
       <c r="D84" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>1026</v>
+        <v>901</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>1027</v>
+        <v>906</v>
       </c>
       <c r="H84" t="s">
-        <v>1028</v>
-[...17 lines deleted...]
-        <v>1033</v>
+        <v>907</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B85" t="s">
-        <v>1034</v>
+        <v>908</v>
       </c>
       <c r="C85" t="s">
-        <v>13</v>
+        <v>909</v>
       </c>
       <c r="D85" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>1035</v>
+        <v>901</v>
       </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>1036</v>
+        <v>910</v>
       </c>
       <c r="H85" t="s">
-        <v>1037</v>
-[...14 lines deleted...]
-        <v>1042</v>
+        <v>911</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B86" t="s">
-        <v>1043</v>
+        <v>912</v>
       </c>
       <c r="C86" t="s">
-        <v>13</v>
+        <v>913</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>1044</v>
+        <v>901</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>1045</v>
+        <v>914</v>
       </c>
       <c r="H86" t="s">
-        <v>1046</v>
-[...8 lines deleted...]
-        <v>1049</v>
+        <v>915</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B87" t="s">
-        <v>1050</v>
+        <v>916</v>
       </c>
       <c r="C87" t="s">
-        <v>13</v>
+        <v>917</v>
       </c>
       <c r="D87" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>1051</v>
+        <v>901</v>
       </c>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>1052</v>
+        <v>918</v>
       </c>
       <c r="H87" t="s">
-        <v>1053</v>
-[...11 lines deleted...]
-        <v>1056</v>
+        <v>919</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B88" t="s">
-        <v>1057</v>
+        <v>920</v>
       </c>
       <c r="C88" t="s">
-        <v>13</v>
+        <v>921</v>
       </c>
       <c r="D88" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>1058</v>
+        <v>901</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>1059</v>
+        <v>922</v>
       </c>
       <c r="H88" t="s">
-        <v>1060</v>
-[...26 lines deleted...]
-        <v>1067</v>
+        <v>923</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B89" t="s">
-        <v>1068</v>
+        <v>924</v>
       </c>
       <c r="C89" t="s">
-        <v>13</v>
+        <v>925</v>
       </c>
       <c r="D89" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>1069</v>
+        <v>901</v>
       </c>
       <c r="F89" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>1070</v>
+        <v>926</v>
       </c>
       <c r="H89" t="s">
-        <v>1071</v>
-[...35 lines deleted...]
-        <v>1081</v>
+        <v>927</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B90" t="s">
-        <v>1082</v>
+        <v>928</v>
       </c>
       <c r="C90" t="s">
-        <v>13</v>
+        <v>929</v>
       </c>
       <c r="D90" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>1083</v>
+        <v>930</v>
       </c>
       <c r="F90" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>1084</v>
+        <v>931</v>
       </c>
       <c r="H90" t="s">
-        <v>1085</v>
-[...23 lines deleted...]
-        <v>1092</v>
+        <v>932</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B91" t="s">
-        <v>1093</v>
+        <v>933</v>
       </c>
       <c r="C91" t="s">
-        <v>13</v>
+        <v>934</v>
       </c>
       <c r="D91" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>1094</v>
+        <v>930</v>
       </c>
       <c r="F91" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>1095</v>
+        <v>935</v>
       </c>
       <c r="H91" t="s">
-        <v>1096</v>
-[...8 lines deleted...]
-        <v>1099</v>
+        <v>936</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B92" t="s">
-        <v>1100</v>
+        <v>937</v>
       </c>
       <c r="C92" t="s">
-        <v>13</v>
+        <v>938</v>
       </c>
       <c r="D92" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>1101</v>
+        <v>930</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>1102</v>
+        <v>939</v>
       </c>
       <c r="H92" t="s">
-        <v>1103</v>
-[...17 lines deleted...]
-        <v>1108</v>
+        <v>940</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B93" t="s">
-        <v>1109</v>
+        <v>941</v>
       </c>
       <c r="C93" t="s">
-        <v>13</v>
+        <v>942</v>
       </c>
       <c r="D93" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>1110</v>
+        <v>930</v>
       </c>
       <c r="F93" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>1111</v>
+        <v>943</v>
       </c>
       <c r="H93" t="s">
-        <v>1112</v>
-[...35 lines deleted...]
-        <v>1123</v>
+        <v>944</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B94" t="s">
-        <v>1124</v>
+        <v>945</v>
       </c>
       <c r="C94" t="s">
-        <v>13</v>
+        <v>946</v>
       </c>
       <c r="D94" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>1125</v>
+        <v>930</v>
       </c>
       <c r="F94" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>1126</v>
+        <v>947</v>
       </c>
       <c r="H94" t="s">
-        <v>1127</v>
-[...11 lines deleted...]
-        <v>1131</v>
+        <v>948</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B95" t="s">
-        <v>1132</v>
+        <v>949</v>
       </c>
       <c r="C95" t="s">
-        <v>13</v>
+        <v>950</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>1133</v>
+        <v>930</v>
       </c>
       <c r="F95" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>1134</v>
+        <v>951</v>
       </c>
       <c r="H95" t="s">
-        <v>1135</v>
-[...8 lines deleted...]
-        <v>1138</v>
+        <v>952</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B96" t="s">
-        <v>1139</v>
+        <v>953</v>
       </c>
       <c r="C96" t="s">
-        <v>13</v>
+        <v>954</v>
       </c>
       <c r="D96" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>1140</v>
+        <v>930</v>
       </c>
       <c r="F96" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>1141</v>
+        <v>955</v>
       </c>
       <c r="H96" t="s">
-        <v>1142</v>
-[...14 lines deleted...]
-        <v>1147</v>
+        <v>956</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B97" t="s">
-        <v>1148</v>
+        <v>957</v>
       </c>
       <c r="C97" t="s">
-        <v>13</v>
+        <v>958</v>
       </c>
       <c r="D97" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>1149</v>
+        <v>930</v>
       </c>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>1150</v>
+        <v>959</v>
       </c>
       <c r="H97" t="s">
-        <v>1151</v>
-[...11 lines deleted...]
-        <v>1154</v>
+        <v>960</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B98" t="s">
-        <v>1155</v>
+        <v>961</v>
       </c>
       <c r="C98" t="s">
-        <v>13</v>
+        <v>962</v>
       </c>
       <c r="D98" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>1156</v>
+        <v>930</v>
       </c>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>1157</v>
+        <v>963</v>
       </c>
       <c r="H98" t="s">
-        <v>1158</v>
-[...50 lines deleted...]
-        <v>1174</v>
+        <v>964</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B99" t="s">
-        <v>1175</v>
+        <v>965</v>
       </c>
       <c r="C99" t="s">
-        <v>13</v>
+        <v>966</v>
       </c>
       <c r="D99" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>1176</v>
+        <v>967</v>
       </c>
       <c r="F99" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>1177</v>
+        <v>968</v>
       </c>
       <c r="H99" t="s">
-        <v>1178</v>
-[...14 lines deleted...]
-        <v>1183</v>
+        <v>969</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B100" t="s">
-        <v>1184</v>
+        <v>970</v>
       </c>
       <c r="C100" t="s">
-        <v>13</v>
+        <v>971</v>
       </c>
       <c r="D100" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>1185</v>
+        <v>972</v>
       </c>
       <c r="F100" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>1186</v>
+        <v>973</v>
       </c>
       <c r="H100" t="s">
-        <v>1187</v>
-[...14 lines deleted...]
-        <v>448</v>
+        <v>974</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B101" t="s">
-        <v>1191</v>
+        <v>975</v>
       </c>
       <c r="C101" t="s">
-        <v>13</v>
+        <v>976</v>
       </c>
       <c r="D101" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>1192</v>
+        <v>972</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>1193</v>
+        <v>977</v>
       </c>
       <c r="H101" t="s">
-        <v>1194</v>
-[...11 lines deleted...]
-        <v>1198</v>
+        <v>978</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B102" t="s">
-        <v>1199</v>
+        <v>979</v>
       </c>
       <c r="C102" t="s">
-        <v>13</v>
+        <v>980</v>
       </c>
       <c r="D102" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>1200</v>
+        <v>972</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>1201</v>
+        <v>981</v>
       </c>
       <c r="H102" t="s">
-        <v>1202</v>
-[...8 lines deleted...]
-        <v>1205</v>
+        <v>982</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B103" t="s">
-        <v>1206</v>
+        <v>983</v>
       </c>
       <c r="C103" t="s">
-        <v>13</v>
+        <v>984</v>
       </c>
       <c r="D103" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>1207</v>
+        <v>972</v>
       </c>
       <c r="F103" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>1208</v>
+        <v>985</v>
       </c>
       <c r="H103" t="s">
-        <v>1209</v>
-[...8 lines deleted...]
-        <v>1212</v>
+        <v>986</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B104" t="s">
-        <v>1213</v>
+        <v>987</v>
       </c>
       <c r="C104" t="s">
-        <v>13</v>
+        <v>988</v>
       </c>
       <c r="D104" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>1214</v>
+        <v>972</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>1215</v>
+        <v>989</v>
       </c>
       <c r="H104" t="s">
-        <v>1216</v>
-[...14 lines deleted...]
-        <v>1220</v>
+        <v>990</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B105" t="s">
-        <v>1221</v>
+        <v>991</v>
       </c>
       <c r="C105" t="s">
-        <v>13</v>
+        <v>992</v>
       </c>
       <c r="D105" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>1222</v>
+        <v>972</v>
       </c>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>1223</v>
+        <v>993</v>
       </c>
       <c r="H105" t="s">
-        <v>1224</v>
-[...8 lines deleted...]
-        <v>1227</v>
+        <v>994</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B106" t="s">
-        <v>1228</v>
+        <v>995</v>
       </c>
       <c r="C106" t="s">
-        <v>13</v>
+        <v>996</v>
       </c>
       <c r="D106" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>1229</v>
+        <v>972</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>1230</v>
+        <v>997</v>
       </c>
       <c r="H106" t="s">
-        <v>1231</v>
-[...8 lines deleted...]
-        <v>1233</v>
+        <v>998</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B107" t="s">
-        <v>1234</v>
+        <v>999</v>
       </c>
       <c r="C107" t="s">
-        <v>13</v>
+        <v>1000</v>
       </c>
       <c r="D107" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>1235</v>
+        <v>972</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>1236</v>
+        <v>1001</v>
       </c>
       <c r="H107" t="s">
-        <v>1237</v>
-[...8 lines deleted...]
-        <v>1240</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B108" t="s">
-        <v>1241</v>
+        <v>1003</v>
       </c>
       <c r="C108" t="s">
-        <v>13</v>
+        <v>1004</v>
       </c>
       <c r="D108" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>1242</v>
+        <v>972</v>
       </c>
       <c r="F108" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>1243</v>
+        <v>1005</v>
       </c>
       <c r="H108" t="s">
-        <v>1244</v>
-[...8 lines deleted...]
-        <v>1246</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B109" t="s">
-        <v>1247</v>
+        <v>1007</v>
       </c>
       <c r="C109" t="s">
-        <v>13</v>
+        <v>1008</v>
       </c>
       <c r="D109" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>1248</v>
+        <v>972</v>
       </c>
       <c r="F109" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>1249</v>
+        <v>1009</v>
       </c>
       <c r="H109" t="s">
-        <v>1250</v>
-[...11 lines deleted...]
-        <v>1254</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B110" t="s">
-        <v>1255</v>
+        <v>1011</v>
       </c>
       <c r="C110" t="s">
-        <v>13</v>
+        <v>1012</v>
       </c>
       <c r="D110" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>1256</v>
+        <v>972</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>1257</v>
+        <v>1013</v>
       </c>
       <c r="H110" t="s">
-        <v>1258</v>
-[...20 lines deleted...]
-        <v>1265</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B111" t="s">
-        <v>1266</v>
+        <v>1015</v>
       </c>
       <c r="C111" t="s">
-        <v>13</v>
+        <v>1016</v>
       </c>
       <c r="D111" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>1267</v>
+        <v>972</v>
       </c>
       <c r="F111" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>1268</v>
+        <v>1017</v>
       </c>
       <c r="H111" t="s">
-        <v>1269</v>
-[...11 lines deleted...]
-        <v>1273</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B112" t="s">
-        <v>1274</v>
+        <v>1019</v>
       </c>
       <c r="C112" t="s">
-        <v>13</v>
+        <v>1020</v>
       </c>
       <c r="D112" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>1275</v>
+        <v>972</v>
       </c>
       <c r="F112" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>1276</v>
+        <v>1021</v>
       </c>
       <c r="H112" t="s">
-        <v>1277</v>
-[...8 lines deleted...]
-        <v>1279</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B113" t="s">
-        <v>1280</v>
+        <v>1023</v>
       </c>
       <c r="C113" t="s">
-        <v>13</v>
+        <v>1024</v>
       </c>
       <c r="D113" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>1281</v>
+        <v>972</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>1282</v>
+        <v>1025</v>
       </c>
       <c r="H113" t="s">
-        <v>1283</v>
-[...17 lines deleted...]
-        <v>1288</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B114" t="s">
-        <v>1289</v>
+        <v>1027</v>
       </c>
       <c r="C114" t="s">
-        <v>13</v>
+        <v>1028</v>
       </c>
       <c r="D114" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>1290</v>
+        <v>972</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>1291</v>
+        <v>1029</v>
       </c>
       <c r="H114" t="s">
-        <v>1292</v>
-[...8 lines deleted...]
-        <v>1294</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B115" t="s">
-        <v>1295</v>
+        <v>1031</v>
       </c>
       <c r="C115" t="s">
-        <v>13</v>
+        <v>1032</v>
       </c>
       <c r="D115" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>1296</v>
+        <v>972</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>1297</v>
+        <v>1033</v>
       </c>
       <c r="H115" t="s">
-        <v>1298</v>
-[...11 lines deleted...]
-        <v>1301</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B116" t="s">
-        <v>1302</v>
+        <v>1035</v>
       </c>
       <c r="C116" t="s">
-        <v>13</v>
+        <v>1036</v>
       </c>
       <c r="D116" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>1303</v>
+        <v>972</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>1304</v>
+        <v>1037</v>
       </c>
       <c r="H116" t="s">
-        <v>1305</v>
-[...14 lines deleted...]
-        <v>1310</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B117" t="s">
-        <v>1311</v>
+        <v>1039</v>
       </c>
       <c r="C117" t="s">
-        <v>13</v>
+        <v>1040</v>
       </c>
       <c r="D117" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>1312</v>
+        <v>1041</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>1313</v>
+        <v>1042</v>
       </c>
       <c r="H117" t="s">
-        <v>1314</v>
-[...11 lines deleted...]
-        <v>1318</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B118" t="s">
-        <v>1319</v>
+        <v>1044</v>
       </c>
       <c r="C118" t="s">
-        <v>13</v>
+        <v>1045</v>
       </c>
       <c r="D118" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>1320</v>
+        <v>1041</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>1321</v>
+        <v>1046</v>
       </c>
       <c r="H118" t="s">
-        <v>1322</v>
-[...17 lines deleted...]
-        <v>1328</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B119" t="s">
-        <v>1329</v>
+        <v>1048</v>
       </c>
       <c r="C119" t="s">
-        <v>13</v>
+        <v>1049</v>
       </c>
       <c r="D119" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>1330</v>
+        <v>1050</v>
       </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>1331</v>
+        <v>1051</v>
       </c>
       <c r="H119" t="s">
-        <v>1332</v>
-[...8 lines deleted...]
-        <v>1335</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B120" t="s">
-        <v>1336</v>
+        <v>1053</v>
       </c>
       <c r="C120" t="s">
-        <v>13</v>
+        <v>1054</v>
       </c>
       <c r="D120" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>1337</v>
+        <v>1050</v>
       </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>1338</v>
+        <v>1055</v>
       </c>
       <c r="H120" t="s">
-        <v>1339</v>
-[...8 lines deleted...]
-        <v>1342</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B121" t="s">
-        <v>1343</v>
+        <v>1057</v>
       </c>
       <c r="C121" t="s">
-        <v>13</v>
+        <v>1058</v>
       </c>
       <c r="D121" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>1344</v>
+        <v>1050</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>1345</v>
+        <v>1059</v>
       </c>
       <c r="H121" t="s">
-        <v>1346</v>
-[...17 lines deleted...]
-        <v>1351</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B122" t="s">
-        <v>1352</v>
+        <v>1061</v>
       </c>
       <c r="C122" t="s">
-        <v>13</v>
+        <v>1062</v>
       </c>
       <c r="D122" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>1353</v>
+        <v>1050</v>
       </c>
       <c r="F122" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>1354</v>
+        <v>1063</v>
       </c>
       <c r="H122" t="s">
-        <v>1355</v>
-[...11 lines deleted...]
-        <v>1359</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B123" t="s">
-        <v>1360</v>
+        <v>1065</v>
       </c>
       <c r="C123" t="s">
-        <v>13</v>
+        <v>1066</v>
       </c>
       <c r="D123" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>1361</v>
+        <v>1050</v>
       </c>
       <c r="F123" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>1362</v>
+        <v>1067</v>
       </c>
       <c r="H123" t="s">
-        <v>1363</v>
-[...29 lines deleted...]
-        <v>1373</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B124" t="s">
-        <v>1374</v>
+        <v>1069</v>
       </c>
       <c r="C124" t="s">
-        <v>13</v>
+        <v>1070</v>
       </c>
       <c r="D124" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>1375</v>
+        <v>1050</v>
       </c>
       <c r="F124" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>1376</v>
+        <v>1071</v>
       </c>
       <c r="H124" t="s">
-        <v>1377</v>
-[...8 lines deleted...]
-        <v>1380</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B125" t="s">
-        <v>1381</v>
+        <v>1073</v>
       </c>
       <c r="C125" t="s">
-        <v>13</v>
+        <v>1074</v>
       </c>
       <c r="D125" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>1382</v>
+        <v>1050</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>1383</v>
+        <v>1075</v>
       </c>
       <c r="H125" t="s">
-        <v>1384</v>
-[...26 lines deleted...]
-        <v>1392</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B126" t="s">
-        <v>1393</v>
+        <v>1077</v>
       </c>
       <c r="C126" t="s">
-        <v>13</v>
+        <v>1078</v>
       </c>
       <c r="D126" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>1394</v>
+        <v>1050</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>1395</v>
+        <v>1079</v>
       </c>
       <c r="H126" t="s">
-        <v>1396</v>
-[...11 lines deleted...]
-        <v>1399</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B127" t="s">
-        <v>1400</v>
+        <v>1081</v>
       </c>
       <c r="C127" t="s">
-        <v>13</v>
+        <v>1082</v>
       </c>
       <c r="D127" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>1401</v>
+        <v>1050</v>
       </c>
       <c r="F127" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>1402</v>
+        <v>1083</v>
       </c>
       <c r="H127" t="s">
-        <v>1403</v>
-[...26 lines deleted...]
-        <v>1410</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B128" t="s">
-        <v>1411</v>
+        <v>1085</v>
       </c>
       <c r="C128" t="s">
-        <v>13</v>
+        <v>1086</v>
       </c>
       <c r="D128" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>1412</v>
+        <v>1050</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>1413</v>
+        <v>1087</v>
       </c>
       <c r="H128" t="s">
-        <v>1414</v>
-[...26 lines deleted...]
-        <v>1422</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B129" t="s">
-        <v>1423</v>
+        <v>1089</v>
       </c>
       <c r="C129" t="s">
-        <v>13</v>
+        <v>1090</v>
       </c>
       <c r="D129" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>1424</v>
+        <v>1091</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>1425</v>
+        <v>1092</v>
       </c>
       <c r="H129" t="s">
-        <v>1426</v>
-[...26 lines deleted...]
-        <v>1434</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B130" t="s">
-        <v>1435</v>
+        <v>1094</v>
       </c>
       <c r="C130" t="s">
-        <v>13</v>
+        <v>1095</v>
       </c>
       <c r="D130" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>1436</v>
+        <v>1096</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>1437</v>
+        <v>1097</v>
       </c>
       <c r="H130" t="s">
-        <v>1438</v>
-[...14 lines deleted...]
-        <v>1443</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B131" t="s">
-        <v>1444</v>
+        <v>1099</v>
       </c>
       <c r="C131" t="s">
-        <v>13</v>
+        <v>1100</v>
       </c>
       <c r="D131" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>1445</v>
+        <v>1101</v>
       </c>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>1446</v>
+        <v>1102</v>
       </c>
       <c r="H131" t="s">
-        <v>1447</v>
-[...14 lines deleted...]
-        <v>1452</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B132" t="s">
-        <v>1453</v>
+        <v>1104</v>
       </c>
       <c r="C132" t="s">
-        <v>13</v>
+        <v>1105</v>
       </c>
       <c r="D132" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>1454</v>
+        <v>1106</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>1455</v>
+        <v>1107</v>
       </c>
       <c r="H132" t="s">
-        <v>1456</v>
-[...20 lines deleted...]
-        <v>1461</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B133" t="s">
-        <v>1462</v>
+        <v>1109</v>
       </c>
       <c r="C133" t="s">
-        <v>13</v>
+        <v>1110</v>
       </c>
       <c r="D133" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>1463</v>
+        <v>1106</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>1464</v>
+        <v>1111</v>
       </c>
       <c r="H133" t="s">
-        <v>1465</v>
-[...11 lines deleted...]
-        <v>1469</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B134" t="s">
-        <v>1470</v>
+        <v>1113</v>
       </c>
       <c r="C134" t="s">
-        <v>13</v>
+        <v>1114</v>
       </c>
       <c r="D134" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>1471</v>
+        <v>1106</v>
       </c>
       <c r="F134" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>1472</v>
+        <v>1115</v>
       </c>
       <c r="H134" t="s">
-        <v>1473</v>
-[...23 lines deleted...]
-        <v>1480</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B135" t="s">
-        <v>1481</v>
+        <v>1117</v>
       </c>
       <c r="C135" t="s">
-        <v>13</v>
+        <v>1118</v>
       </c>
       <c r="D135" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>1482</v>
+        <v>1119</v>
       </c>
       <c r="F135" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>1483</v>
+        <v>1120</v>
       </c>
       <c r="H135" t="s">
-        <v>1484</v>
-[...11 lines deleted...]
-        <v>1487</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B136" t="s">
-        <v>1488</v>
+        <v>1122</v>
       </c>
       <c r="C136" t="s">
-        <v>13</v>
+        <v>1123</v>
       </c>
       <c r="D136" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>1489</v>
+        <v>1119</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>1490</v>
+        <v>1124</v>
       </c>
       <c r="H136" t="s">
-        <v>1491</v>
-[...8 lines deleted...]
-        <v>1494</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B137" t="s">
-        <v>1495</v>
+        <v>1126</v>
       </c>
       <c r="C137" t="s">
-        <v>13</v>
+        <v>1127</v>
       </c>
       <c r="D137" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>1496</v>
+        <v>1119</v>
       </c>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>1497</v>
+        <v>1128</v>
       </c>
       <c r="H137" t="s">
-        <v>1498</v>
-[...17 lines deleted...]
-        <v>1503</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B138" t="s">
-        <v>1504</v>
+        <v>1130</v>
       </c>
       <c r="C138" t="s">
-        <v>13</v>
+        <v>1131</v>
       </c>
       <c r="D138" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>1505</v>
+        <v>1132</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>1506</v>
+        <v>1133</v>
       </c>
       <c r="H138" t="s">
-        <v>1507</v>
-[...8 lines deleted...]
-        <v>1510</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B139" t="s">
-        <v>1511</v>
+        <v>1135</v>
       </c>
       <c r="C139" t="s">
-        <v>13</v>
+        <v>1136</v>
       </c>
       <c r="D139" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>1512</v>
+        <v>1137</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>1513</v>
+        <v>1138</v>
       </c>
       <c r="H139" t="s">
-        <v>1514</v>
-[...11 lines deleted...]
-        <v>1516</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B140" t="s">
-        <v>1517</v>
+        <v>1140</v>
       </c>
       <c r="C140" t="s">
-        <v>13</v>
+        <v>1141</v>
       </c>
       <c r="D140" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E140" t="s">
-        <v>1518</v>
+        <v>1142</v>
       </c>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G140" t="s">
-        <v>1519</v>
+        <v>1143</v>
       </c>
       <c r="H140" t="s">
-        <v>1520</v>
-[...17 lines deleted...]
-        <v>1525</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B141" t="s">
-        <v>1526</v>
+        <v>1145</v>
       </c>
       <c r="C141" t="s">
-        <v>13</v>
+        <v>1146</v>
       </c>
       <c r="D141" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>1527</v>
+        <v>1147</v>
       </c>
       <c r="F141" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>1528</v>
+        <v>1148</v>
       </c>
       <c r="H141" t="s">
-        <v>1529</v>
-[...17 lines deleted...]
-        <v>1534</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B142" t="s">
-        <v>1535</v>
+        <v>1150</v>
       </c>
       <c r="C142" t="s">
-        <v>13</v>
+        <v>1151</v>
       </c>
       <c r="D142" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>1527</v>
+        <v>1152</v>
       </c>
       <c r="F142" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G142" t="s">
-        <v>1536</v>
+        <v>1153</v>
       </c>
       <c r="H142" t="s">
-        <v>1537</v>
-[...17 lines deleted...]
-        <v>1542</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B143" t="s">
-        <v>1543</v>
+        <v>1155</v>
       </c>
       <c r="C143" t="s">
-        <v>13</v>
+        <v>1156</v>
       </c>
       <c r="D143" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>1527</v>
+        <v>1157</v>
       </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>1544</v>
+        <v>1158</v>
       </c>
       <c r="H143" t="s">
-        <v>1545</v>
-[...14 lines deleted...]
-        <v>1549</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B144" t="s">
-        <v>1550</v>
+        <v>1160</v>
       </c>
       <c r="C144" t="s">
-        <v>13</v>
+        <v>1161</v>
       </c>
       <c r="D144" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>1551</v>
+        <v>1162</v>
       </c>
       <c r="F144" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G144" t="s">
-        <v>1552</v>
+        <v>1163</v>
       </c>
       <c r="H144" t="s">
-        <v>1553</v>
-[...14 lines deleted...]
-        <v>1557</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B145" t="s">
-        <v>1558</v>
+        <v>1165</v>
       </c>
       <c r="C145" t="s">
-        <v>13</v>
+        <v>1166</v>
       </c>
       <c r="D145" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E145" t="s">
-        <v>1559</v>
+        <v>1167</v>
       </c>
       <c r="F145" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G145" t="s">
-        <v>1560</v>
+        <v>1168</v>
       </c>
       <c r="H145" t="s">
-        <v>1561</v>
-[...8 lines deleted...]
-        <v>1564</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B146" t="s">
-        <v>1565</v>
+        <v>1170</v>
       </c>
       <c r="C146" t="s">
-        <v>13</v>
+        <v>1171</v>
       </c>
       <c r="D146" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>1566</v>
+        <v>1172</v>
       </c>
       <c r="F146" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G146" t="s">
-        <v>1567</v>
+        <v>1173</v>
       </c>
       <c r="H146" t="s">
-        <v>1568</v>
-[...11 lines deleted...]
-        <v>1571</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B147" t="s">
-        <v>1572</v>
+        <v>1175</v>
       </c>
       <c r="C147" t="s">
-        <v>13</v>
+        <v>1176</v>
       </c>
       <c r="D147" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>1566</v>
+        <v>1177</v>
       </c>
       <c r="F147" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G147" t="s">
-        <v>1573</v>
+        <v>1178</v>
       </c>
       <c r="H147" t="s">
-        <v>1574</v>
-[...17 lines deleted...]
-        <v>1579</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B148" t="s">
-        <v>1580</v>
+        <v>1180</v>
       </c>
       <c r="C148" t="s">
-        <v>13</v>
+        <v>1181</v>
       </c>
       <c r="D148" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>1581</v>
+        <v>1182</v>
       </c>
       <c r="F148" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G148" t="s">
-        <v>1582</v>
+        <v>1183</v>
       </c>
       <c r="H148" t="s">
-        <v>1583</v>
-[...11 lines deleted...]
-        <v>1587</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B149" t="s">
-        <v>1588</v>
+        <v>1185</v>
       </c>
       <c r="C149" t="s">
-        <v>13</v>
+        <v>1186</v>
       </c>
       <c r="D149" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E149" t="s">
-        <v>1589</v>
+        <v>1187</v>
       </c>
       <c r="F149" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G149" t="s">
-        <v>1590</v>
+        <v>1188</v>
       </c>
       <c r="H149" t="s">
-        <v>1591</v>
-[...14 lines deleted...]
-        <v>1596</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B150" t="s">
-        <v>1597</v>
+        <v>1190</v>
       </c>
       <c r="C150" t="s">
-        <v>13</v>
+        <v>1191</v>
       </c>
       <c r="D150" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>1598</v>
+        <v>1187</v>
       </c>
       <c r="F150" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G150" t="s">
-        <v>1599</v>
+        <v>1192</v>
       </c>
       <c r="H150" t="s">
-        <v>1600</v>
-[...20 lines deleted...]
-        <v>1606</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B151" t="s">
-        <v>1607</v>
+        <v>1194</v>
       </c>
       <c r="C151" t="s">
-        <v>13</v>
+        <v>1195</v>
       </c>
       <c r="D151" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>1608</v>
+        <v>1187</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G151" t="s">
-        <v>1609</v>
+        <v>1196</v>
       </c>
       <c r="H151" t="s">
-        <v>1610</v>
-[...11 lines deleted...]
-        <v>1614</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B152" t="s">
-        <v>1615</v>
+        <v>1198</v>
       </c>
       <c r="C152" t="s">
-        <v>13</v>
+        <v>1199</v>
       </c>
       <c r="D152" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>1616</v>
+        <v>1200</v>
       </c>
       <c r="F152" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G152" t="s">
-        <v>1617</v>
+        <v>1201</v>
       </c>
       <c r="H152" t="s">
-        <v>1618</v>
-[...8 lines deleted...]
-        <v>1621</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B153" t="s">
-        <v>1622</v>
+        <v>1203</v>
       </c>
       <c r="C153" t="s">
-        <v>13</v>
+        <v>1204</v>
       </c>
       <c r="D153" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>1623</v>
+        <v>1205</v>
       </c>
       <c r="F153" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G153" t="s">
-        <v>1624</v>
+        <v>1206</v>
       </c>
       <c r="H153" t="s">
-        <v>1625</v>
-[...20 lines deleted...]
-        <v>1632</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B154" t="s">
-        <v>1633</v>
+        <v>1208</v>
       </c>
       <c r="C154" t="s">
-        <v>13</v>
+        <v>1209</v>
       </c>
       <c r="D154" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>1634</v>
+        <v>1210</v>
       </c>
       <c r="F154" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G154" t="s">
-        <v>1635</v>
+        <v>1211</v>
       </c>
       <c r="H154" t="s">
-        <v>1636</v>
-[...20 lines deleted...]
-        <v>1642</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B155" t="s">
-        <v>1643</v>
+        <v>1213</v>
       </c>
       <c r="C155" t="s">
-        <v>13</v>
+        <v>1214</v>
       </c>
       <c r="D155" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>1644</v>
+        <v>1205</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>1645</v>
+        <v>1215</v>
       </c>
       <c r="H155" t="s">
-        <v>1646</v>
-[...11 lines deleted...]
-        <v>1650</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B156" t="s">
-        <v>1651</v>
+        <v>1217</v>
       </c>
       <c r="C156" t="s">
-        <v>13</v>
+        <v>1218</v>
       </c>
       <c r="D156" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>1652</v>
+        <v>1219</v>
       </c>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>1653</v>
+        <v>1220</v>
       </c>
       <c r="H156" t="s">
-        <v>1654</v>
-[...26 lines deleted...]
-        <v>1663</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B157" t="s">
-        <v>1664</v>
+        <v>1222</v>
       </c>
       <c r="C157" t="s">
-        <v>13</v>
+        <v>1223</v>
       </c>
       <c r="D157" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>1665</v>
+        <v>1219</v>
       </c>
       <c r="F157" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G157" t="s">
-        <v>1666</v>
+        <v>1224</v>
       </c>
       <c r="H157" t="s">
-        <v>1667</v>
-[...14 lines deleted...]
-        <v>1670</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B158" t="s">
-        <v>1671</v>
+        <v>1226</v>
       </c>
       <c r="C158" t="s">
-        <v>13</v>
+        <v>1227</v>
       </c>
       <c r="D158" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>1672</v>
+        <v>1219</v>
       </c>
       <c r="F158" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G158" t="s">
-        <v>1673</v>
+        <v>1228</v>
       </c>
       <c r="H158" t="s">
-        <v>1674</v>
-[...11 lines deleted...]
-        <v>1677</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B159" t="s">
-        <v>1678</v>
+        <v>1230</v>
       </c>
       <c r="C159" t="s">
-        <v>13</v>
+        <v>1231</v>
       </c>
       <c r="D159" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>1672</v>
+        <v>1219</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>1679</v>
+        <v>1232</v>
       </c>
       <c r="H159" t="s">
-        <v>1680</v>
-[...20 lines deleted...]
-        <v>1686</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B160" t="s">
-        <v>1687</v>
+        <v>1234</v>
       </c>
       <c r="C160" t="s">
-        <v>13</v>
+        <v>1235</v>
       </c>
       <c r="D160" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>1688</v>
+        <v>1219</v>
       </c>
       <c r="F160" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G160" t="s">
-        <v>1689</v>
+        <v>1236</v>
       </c>
       <c r="H160" t="s">
-        <v>1690</v>
-[...8 lines deleted...]
-        <v>1692</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B161" t="s">
-        <v>1693</v>
+        <v>1238</v>
       </c>
       <c r="C161" t="s">
-        <v>13</v>
+        <v>1239</v>
       </c>
       <c r="D161" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>1694</v>
+        <v>1219</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>1695</v>
+        <v>1240</v>
       </c>
       <c r="H161" t="s">
-        <v>1696</v>
-[...8 lines deleted...]
-        <v>1699</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B162" t="s">
-        <v>1700</v>
+        <v>1242</v>
       </c>
       <c r="C162" t="s">
-        <v>13</v>
+        <v>1243</v>
       </c>
       <c r="D162" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>1701</v>
+        <v>1219</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>1702</v>
+        <v>1244</v>
       </c>
       <c r="H162" t="s">
-        <v>1703</v>
-[...17 lines deleted...]
-        <v>1707</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B163" t="s">
-        <v>1708</v>
+        <v>1246</v>
       </c>
       <c r="C163" t="s">
-        <v>13</v>
+        <v>1247</v>
       </c>
       <c r="D163" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>1709</v>
+        <v>1219</v>
       </c>
       <c r="F163" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G163" t="s">
-        <v>1710</v>
+        <v>1248</v>
       </c>
       <c r="H163" t="s">
-        <v>1711</v>
-[...11 lines deleted...]
-        <v>1714</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B164" t="s">
-        <v>1715</v>
+        <v>1250</v>
       </c>
       <c r="C164" t="s">
-        <v>13</v>
+        <v>1251</v>
       </c>
       <c r="D164" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>1716</v>
+        <v>1219</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G164" t="s">
-        <v>1717</v>
+        <v>1252</v>
       </c>
       <c r="H164" t="s">
-        <v>1718</v>
-[...11 lines deleted...]
-        <v>1721</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B165" t="s">
-        <v>1722</v>
+        <v>1254</v>
       </c>
       <c r="C165" t="s">
-        <v>13</v>
+        <v>1255</v>
       </c>
       <c r="D165" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>1723</v>
+        <v>1219</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G165" t="s">
-        <v>1724</v>
+        <v>1256</v>
       </c>
       <c r="H165" t="s">
-        <v>1725</v>
-[...29 lines deleted...]
-        <v>1734</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B166" t="s">
-        <v>1735</v>
+        <v>1258</v>
       </c>
       <c r="C166" t="s">
-        <v>13</v>
+        <v>1259</v>
       </c>
       <c r="D166" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>1736</v>
+        <v>1260</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>1737</v>
+        <v>1261</v>
       </c>
       <c r="H166" t="s">
-        <v>1738</v>
-[...20 lines deleted...]
-        <v>1744</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B167" t="s">
-        <v>1745</v>
+        <v>1263</v>
       </c>
       <c r="C167" t="s">
-        <v>13</v>
+        <v>1264</v>
       </c>
       <c r="D167" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>1746</v>
+        <v>1260</v>
       </c>
       <c r="F167" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>1747</v>
+        <v>1265</v>
       </c>
       <c r="H167" t="s">
-        <v>1748</v>
-[...11 lines deleted...]
-        <v>1751</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B168" t="s">
-        <v>1752</v>
+        <v>1267</v>
       </c>
       <c r="C168" t="s">
-        <v>13</v>
+        <v>1268</v>
       </c>
       <c r="D168" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>1753</v>
+        <v>1260</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G168" t="s">
-        <v>1754</v>
+        <v>1269</v>
       </c>
       <c r="H168" t="s">
-        <v>1755</v>
-[...8 lines deleted...]
-        <v>1757</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B169" t="s">
-        <v>1758</v>
+        <v>1271</v>
       </c>
       <c r="C169" t="s">
-        <v>13</v>
+        <v>1272</v>
       </c>
       <c r="D169" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>1759</v>
+        <v>1260</v>
       </c>
       <c r="F169" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G169" t="s">
-        <v>1760</v>
+        <v>1273</v>
       </c>
       <c r="H169" t="s">
-        <v>1761</v>
-[...20 lines deleted...]
-        <v>1767</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B170" t="s">
-        <v>1768</v>
+        <v>1275</v>
       </c>
       <c r="C170" t="s">
-        <v>13</v>
+        <v>1276</v>
       </c>
       <c r="D170" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>1769</v>
+        <v>1260</v>
       </c>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>1770</v>
+        <v>1277</v>
       </c>
       <c r="H170" t="s">
-        <v>1771</v>
-[...8 lines deleted...]
-        <v>1773</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B171" t="s">
-        <v>1774</v>
+        <v>1279</v>
       </c>
       <c r="C171" t="s">
-        <v>13</v>
+        <v>1280</v>
       </c>
       <c r="D171" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>1775</v>
+        <v>1260</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G171" t="s">
-        <v>1776</v>
+        <v>1281</v>
       </c>
       <c r="H171" t="s">
-        <v>1777</v>
-[...17 lines deleted...]
-        <v>1782</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B172" t="s">
-        <v>1783</v>
+        <v>1283</v>
       </c>
       <c r="C172" t="s">
-        <v>13</v>
+        <v>1284</v>
       </c>
       <c r="D172" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>1784</v>
+        <v>1260</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G172" t="s">
-        <v>1785</v>
+        <v>1285</v>
       </c>
       <c r="H172" t="s">
-        <v>1786</v>
-[...20 lines deleted...]
-        <v>1792</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B173" t="s">
-        <v>1793</v>
+        <v>1287</v>
       </c>
       <c r="C173" t="s">
-        <v>13</v>
+        <v>1288</v>
       </c>
       <c r="D173" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>1794</v>
+        <v>1260</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G173" t="s">
-        <v>1795</v>
+        <v>1289</v>
       </c>
       <c r="H173" t="s">
-        <v>1796</v>
-[...14 lines deleted...]
-        <v>1801</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B174" t="s">
-        <v>1802</v>
+        <v>1291</v>
       </c>
       <c r="C174" t="s">
-        <v>13</v>
+        <v>1292</v>
       </c>
       <c r="D174" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>1803</v>
+        <v>1260</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>1804</v>
+        <v>1293</v>
       </c>
       <c r="H174" t="s">
-        <v>1805</v>
-[...11 lines deleted...]
-        <v>1808</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B175" t="s">
-        <v>1809</v>
+        <v>1295</v>
       </c>
       <c r="C175" t="s">
-        <v>13</v>
+        <v>1296</v>
       </c>
       <c r="D175" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>1810</v>
+        <v>1260</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G175" t="s">
-        <v>1811</v>
+        <v>1297</v>
       </c>
       <c r="H175" t="s">
-        <v>1812</v>
-[...8 lines deleted...]
-        <v>1814</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B176" t="s">
-        <v>1815</v>
+        <v>1299</v>
       </c>
       <c r="C176" t="s">
-        <v>13</v>
+        <v>1300</v>
       </c>
       <c r="D176" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>1816</v>
+        <v>1260</v>
       </c>
       <c r="F176" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G176" t="s">
-        <v>1817</v>
+        <v>1301</v>
       </c>
       <c r="H176" t="s">
-        <v>1818</v>
-[...14 lines deleted...]
-        <v>1822</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B177" t="s">
-        <v>1823</v>
+        <v>1303</v>
       </c>
       <c r="C177" t="s">
-        <v>13</v>
+        <v>1304</v>
       </c>
       <c r="D177" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>1824</v>
+        <v>1260</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>1825</v>
+        <v>1305</v>
       </c>
       <c r="H177" t="s">
-        <v>1826</v>
-[...8 lines deleted...]
-        <v>1829</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B178" t="s">
-        <v>1830</v>
+        <v>1307</v>
       </c>
       <c r="C178" t="s">
-        <v>13</v>
+        <v>1308</v>
       </c>
       <c r="D178" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>1831</v>
+        <v>1260</v>
       </c>
       <c r="F178" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>1832</v>
+        <v>1309</v>
       </c>
       <c r="H178" t="s">
-        <v>1833</v>
-[...11 lines deleted...]
-        <v>1836</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B179" t="s">
-        <v>1837</v>
+        <v>1311</v>
       </c>
       <c r="C179" t="s">
-        <v>13</v>
+        <v>1312</v>
       </c>
       <c r="D179" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>1838</v>
+        <v>1260</v>
       </c>
       <c r="F179" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G179" t="s">
-        <v>1839</v>
+        <v>1313</v>
       </c>
       <c r="H179" t="s">
-        <v>1840</v>
-[...14 lines deleted...]
-        <v>1843</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B180" t="s">
-        <v>1844</v>
+        <v>1315</v>
       </c>
       <c r="C180" t="s">
-        <v>13</v>
+        <v>1316</v>
       </c>
       <c r="D180" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>1845</v>
+        <v>1317</v>
       </c>
       <c r="F180" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G180" t="s">
-        <v>1846</v>
+        <v>1318</v>
       </c>
       <c r="H180" t="s">
-        <v>1847</v>
-[...8 lines deleted...]
-        <v>1850</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B181" t="s">
-        <v>1851</v>
+        <v>1320</v>
       </c>
       <c r="C181" t="s">
-        <v>13</v>
+        <v>1321</v>
       </c>
       <c r="D181" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>1852</v>
+        <v>1322</v>
       </c>
       <c r="F181" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G181" t="s">
-        <v>1853</v>
+        <v>1323</v>
       </c>
       <c r="H181" t="s">
-        <v>1854</v>
-[...17 lines deleted...]
-        <v>1860</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B182" t="s">
-        <v>1861</v>
+        <v>1325</v>
       </c>
       <c r="C182" t="s">
-        <v>13</v>
+        <v>1326</v>
       </c>
       <c r="D182" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>1862</v>
+        <v>1327</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G182" t="s">
-        <v>1863</v>
+        <v>1328</v>
       </c>
       <c r="H182" t="s">
-        <v>1864</v>
-[...14 lines deleted...]
-        <v>1869</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B183" t="s">
-        <v>1870</v>
+        <v>1330</v>
       </c>
       <c r="C183" t="s">
-        <v>13</v>
+        <v>1331</v>
       </c>
       <c r="D183" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>1871</v>
+        <v>1332</v>
       </c>
       <c r="F183" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>1872</v>
+        <v>1333</v>
       </c>
       <c r="H183" t="s">
-        <v>1873</v>
-[...8 lines deleted...]
-        <v>1876</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B184" t="s">
-        <v>1877</v>
+        <v>1335</v>
       </c>
       <c r="C184" t="s">
-        <v>13</v>
+        <v>1336</v>
       </c>
       <c r="D184" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>1878</v>
+        <v>1332</v>
       </c>
       <c r="F184" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G184" t="s">
-        <v>1879</v>
+        <v>1337</v>
       </c>
       <c r="H184" t="s">
-        <v>1880</v>
-[...8 lines deleted...]
-        <v>1883</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B185" t="s">
-        <v>1884</v>
+        <v>1339</v>
       </c>
       <c r="C185" t="s">
-        <v>13</v>
+        <v>1340</v>
       </c>
       <c r="D185" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E185" t="s">
-        <v>1885</v>
+        <v>1332</v>
       </c>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G185" t="s">
-        <v>1886</v>
+        <v>1341</v>
       </c>
       <c r="H185" t="s">
-        <v>1887</v>
-[...8 lines deleted...]
-        <v>1890</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>109</v>
+        <v>497</v>
       </c>
       <c r="B186" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D186" t="s">
+        <v>11</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F186" t="s">
+        <v>11</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>497</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D187" t="s">
+        <v>11</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F187" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>497</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D188" t="s">
+        <v>11</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F188" t="s">
+        <v>11</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>497</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D189" t="s">
+        <v>11</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F189" t="s">
+        <v>11</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>497</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D190" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F190" t="s">
+        <v>11</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H190" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>497</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D191" t="s">
+        <v>11</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F191" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H191" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>497</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D192" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F192" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H192" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>497</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D193" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F193" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H193" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>497</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D194" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F194" t="s">
+        <v>11</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H194" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>497</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D195" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F195" t="s">
+        <v>11</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>497</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D196" t="s">
+        <v>11</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F196" t="s">
+        <v>11</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H196" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>497</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D197" t="s">
+        <v>11</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F197" t="s">
+        <v>11</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>497</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D198" t="s">
+        <v>11</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F198" t="s">
+        <v>11</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>497</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D199" t="s">
+        <v>11</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F199" t="s">
+        <v>11</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1400</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>497</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D200" t="s">
+        <v>11</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F200" t="s">
+        <v>11</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>497</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D201" t="s">
+        <v>11</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F201" t="s">
+        <v>11</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>497</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D202" t="s">
+        <v>11</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F202" t="s">
+        <v>11</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H202" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>497</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D203" t="s">
+        <v>11</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F203" t="s">
+        <v>11</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>497</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D204" t="s">
+        <v>11</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F204" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>497</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D205" t="s">
+        <v>11</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F205" t="s">
+        <v>11</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>497</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D206" t="s">
+        <v>11</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F206" t="s">
+        <v>11</v>
+      </c>
+      <c r="G206" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>497</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D207" t="s">
+        <v>11</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F207" t="s">
+        <v>11</v>
+      </c>
+      <c r="G207" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H207" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>497</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D208" t="s">
+        <v>11</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F208" t="s">
+        <v>11</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>497</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D209" t="s">
+        <v>11</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F209" t="s">
+        <v>11</v>
+      </c>
+      <c r="G209" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H209" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>497</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D210" t="s">
+        <v>11</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F210" t="s">
+        <v>11</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H210" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>497</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D211" t="s">
+        <v>11</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F211" t="s">
+        <v>11</v>
+      </c>
+      <c r="G211" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H211" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>497</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D212" t="s">
+        <v>11</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F212" t="s">
+        <v>11</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H212" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>497</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D213" t="s">
+        <v>11</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F213" t="s">
+        <v>11</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>497</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D214" t="s">
+        <v>11</v>
+      </c>
+      <c r="E214" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F214" t="s">
+        <v>11</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H214" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>497</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D215" t="s">
+        <v>11</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F215" t="s">
+        <v>11</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H215" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>497</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D216" t="s">
+        <v>11</v>
+      </c>
+      <c r="E216" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F216" t="s">
+        <v>11</v>
+      </c>
+      <c r="G216" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H216" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>497</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1476</v>
+      </c>
+      <c r="E217" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F217" t="s">
+        <v>11</v>
+      </c>
+      <c r="G217" t="s">
+        <v>1478</v>
+      </c>
+      <c r="H217" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>497</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D218" t="s">
+        <v>11</v>
+      </c>
+      <c r="E218" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F218" t="s">
+        <v>11</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H218" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>497</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D219" t="s">
+        <v>11</v>
+      </c>
+      <c r="E219" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F219" t="s">
+        <v>11</v>
+      </c>
+      <c r="G219" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H219" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>497</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D220" t="s">
+        <v>11</v>
+      </c>
+      <c r="E220" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F220" t="s">
+        <v>11</v>
+      </c>
+      <c r="G220" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H220" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>497</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D221" t="s">
+        <v>11</v>
+      </c>
+      <c r="E221" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F221" t="s">
+        <v>11</v>
+      </c>
+      <c r="G221" t="s">
+        <v>1496</v>
+      </c>
+      <c r="H221" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>497</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D222" t="s">
+        <v>11</v>
+      </c>
+      <c r="E222" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F222" t="s">
+        <v>11</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H222" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>497</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D223" t="s">
+        <v>11</v>
+      </c>
+      <c r="E223" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F223" t="s">
+        <v>11</v>
+      </c>
+      <c r="G223" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H223" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>497</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D224" t="s">
+        <v>11</v>
+      </c>
+      <c r="E224" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F224" t="s">
+        <v>11</v>
+      </c>
+      <c r="G224" t="s">
+        <v>1508</v>
+      </c>
+      <c r="H224" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>497</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D225" t="s">
+        <v>11</v>
+      </c>
+      <c r="E225" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F225" t="s">
+        <v>11</v>
+      </c>
+      <c r="G225" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H225" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>497</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D226" t="s">
+        <v>11</v>
+      </c>
+      <c r="E226" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F226" t="s">
+        <v>11</v>
+      </c>
+      <c r="G226" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H226" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>497</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D227" t="s">
+        <v>11</v>
+      </c>
+      <c r="E227" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F227" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1520</v>
+      </c>
+      <c r="H227" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>497</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D228" t="s">
+        <v>11</v>
+      </c>
+      <c r="E228" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F228" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" t="s">
+        <v>1524</v>
+      </c>
+      <c r="H228" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>497</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D229" t="s">
+        <v>11</v>
+      </c>
+      <c r="E229" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F229" t="s">
+        <v>11</v>
+      </c>
+      <c r="G229" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H229" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>497</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D230" t="s">
+        <v>11</v>
+      </c>
+      <c r="E230" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F230" t="s">
+        <v>11</v>
+      </c>
+      <c r="G230" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H230" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>497</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D231" t="s">
+        <v>11</v>
+      </c>
+      <c r="E231" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F231" t="s">
+        <v>11</v>
+      </c>
+      <c r="G231" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H231" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>497</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D232" t="s">
+        <v>11</v>
+      </c>
+      <c r="E232" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F232" t="s">
+        <v>11</v>
+      </c>
+      <c r="G232" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H232" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>497</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D233" t="s">
+        <v>11</v>
+      </c>
+      <c r="E233" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F233" t="s">
+        <v>11</v>
+      </c>
+      <c r="G233" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H233" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>497</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D234" t="s">
+        <v>11</v>
+      </c>
+      <c r="E234" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F234" t="s">
+        <v>11</v>
+      </c>
+      <c r="G234" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H234" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>497</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D235" t="s">
+        <v>11</v>
+      </c>
+      <c r="E235" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F235" t="s">
+        <v>11</v>
+      </c>
+      <c r="G235" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H235" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>497</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D236" t="s">
+        <v>11</v>
+      </c>
+      <c r="E236" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F236" t="s">
+        <v>11</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H236" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>497</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D237" t="s">
+        <v>11</v>
+      </c>
+      <c r="E237" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F237" t="s">
+        <v>11</v>
+      </c>
+      <c r="G237" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H237" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>497</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D238" t="s">
+        <v>11</v>
+      </c>
+      <c r="E238" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F238" t="s">
+        <v>11</v>
+      </c>
+      <c r="G238" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H238" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>497</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D239" t="s">
+        <v>11</v>
+      </c>
+      <c r="E239" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F239" t="s">
+        <v>11</v>
+      </c>
+      <c r="G239" t="s">
+        <v>1571</v>
+      </c>
+      <c r="H239" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>497</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D240" t="s">
+        <v>11</v>
+      </c>
+      <c r="E240" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F240" t="s">
+        <v>11</v>
+      </c>
+      <c r="G240" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H240" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>497</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D241" t="s">
+        <v>11</v>
+      </c>
+      <c r="E241" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F241" t="s">
+        <v>11</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H241" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>497</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D242" t="s">
+        <v>11</v>
+      </c>
+      <c r="E242" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F242" t="s">
+        <v>11</v>
+      </c>
+      <c r="G242" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H242" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>497</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D243" t="s">
+        <v>11</v>
+      </c>
+      <c r="E243" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F243" t="s">
+        <v>11</v>
+      </c>
+      <c r="G243" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H243" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>497</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D244" t="s">
+        <v>11</v>
+      </c>
+      <c r="E244" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F244" t="s">
+        <v>11</v>
+      </c>
+      <c r="G244" t="s">
+        <v>1595</v>
+      </c>
+      <c r="H244" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>497</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D245" t="s">
+        <v>11</v>
+      </c>
+      <c r="E245" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F245" t="s">
+        <v>11</v>
+      </c>
+      <c r="G245" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H245" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>497</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D246" t="s">
+        <v>11</v>
+      </c>
+      <c r="E246" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F246" t="s">
+        <v>11</v>
+      </c>
+      <c r="G246" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H246" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>497</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D247" t="s">
+        <v>11</v>
+      </c>
+      <c r="E247" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F247" t="s">
+        <v>11</v>
+      </c>
+      <c r="G247" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H247" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>497</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D248" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E248" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F248" t="s">
+        <v>11</v>
+      </c>
+      <c r="G248" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H248" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>497</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D249" t="s">
+        <v>11</v>
+      </c>
+      <c r="E249" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F249" t="s">
+        <v>11</v>
+      </c>
+      <c r="G249" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H249" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>497</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D250" t="s">
+        <v>11</v>
+      </c>
+      <c r="E250" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F250" t="s">
+        <v>11</v>
+      </c>
+      <c r="G250" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H250" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>497</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D251" t="s">
+        <v>11</v>
+      </c>
+      <c r="E251" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F251" t="s">
+        <v>11</v>
+      </c>
+      <c r="G251" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H251" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>497</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D252" t="s">
+        <v>11</v>
+      </c>
+      <c r="E252" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F252" t="s">
+        <v>11</v>
+      </c>
+      <c r="G252" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H252" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>497</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D253" t="s">
+        <v>11</v>
+      </c>
+      <c r="E253" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F253" t="s">
+        <v>11</v>
+      </c>
+      <c r="G253" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H253" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>497</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D254" t="s">
+        <v>11</v>
+      </c>
+      <c r="E254" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F254" t="s">
+        <v>11</v>
+      </c>
+      <c r="G254" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H254" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>497</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D255" t="s">
+        <v>11</v>
+      </c>
+      <c r="E255" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F255" t="s">
+        <v>11</v>
+      </c>
+      <c r="G255" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H255" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>497</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D256" t="s">
+        <v>11</v>
+      </c>
+      <c r="E256" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F256" t="s">
+        <v>11</v>
+      </c>
+      <c r="G256" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H256" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>497</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D257" t="s">
+        <v>11</v>
+      </c>
+      <c r="E257" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F257" t="s">
+        <v>11</v>
+      </c>
+      <c r="G257" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>497</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E258" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F258" t="s">
+        <v>11</v>
+      </c>
+      <c r="G258" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>497</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D259" t="s">
+        <v>11</v>
+      </c>
+      <c r="E259" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F259" t="s">
+        <v>11</v>
+      </c>
+      <c r="G259" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>497</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D260" t="s">
+        <v>11</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F260" t="s">
+        <v>11</v>
+      </c>
+      <c r="G260" t="s">
+        <v>1674</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>497</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D261" t="s">
+        <v>11</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F261" t="s">
+        <v>11</v>
+      </c>
+      <c r="G261" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>497</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D262" t="s">
+        <v>11</v>
+      </c>
+      <c r="E262" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F262" t="s">
+        <v>11</v>
+      </c>
+      <c r="G262" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>497</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D263" t="s">
+        <v>11</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F263" t="s">
+        <v>11</v>
+      </c>
+      <c r="G263" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>497</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D264" t="s">
+        <v>11</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F264" t="s">
+        <v>11</v>
+      </c>
+      <c r="G264" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>497</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D265" t="s">
+        <v>11</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F265" t="s">
+        <v>11</v>
+      </c>
+      <c r="G265" t="s">
+        <v>1698</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>497</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D266" t="s">
+        <v>11</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1702</v>
+      </c>
+      <c r="F266" t="s">
+        <v>11</v>
+      </c>
+      <c r="G266" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>497</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D267" t="s">
+        <v>11</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F267" t="s">
+        <v>11</v>
+      </c>
+      <c r="G267" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>497</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D268" t="s">
+        <v>11</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F268" t="s">
+        <v>11</v>
+      </c>
+      <c r="G268" t="s">
+        <v>1713</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>497</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D269" t="s">
+        <v>11</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F269" t="s">
+        <v>11</v>
+      </c>
+      <c r="G269" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>497</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D270" t="s">
+        <v>11</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F270" t="s">
+        <v>11</v>
+      </c>
+      <c r="G270" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>497</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D271" t="s">
+        <v>11</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F271" t="s">
+        <v>11</v>
+      </c>
+      <c r="G271" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>497</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D272" t="s">
+        <v>11</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F272" t="s">
+        <v>11</v>
+      </c>
+      <c r="G272" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>497</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D273" t="s">
+        <v>11</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F273" t="s">
+        <v>11</v>
+      </c>
+      <c r="G273" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>497</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D274" t="s">
+        <v>11</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F274" t="s">
+        <v>11</v>
+      </c>
+      <c r="G274" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>497</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D275" t="s">
+        <v>11</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F275" t="s">
+        <v>11</v>
+      </c>
+      <c r="G275" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>497</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D276" t="s">
+        <v>11</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1752</v>
+      </c>
+      <c r="F276" t="s">
+        <v>11</v>
+      </c>
+      <c r="G276" t="s">
+        <v>1753</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>497</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D277" t="s">
+        <v>11</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F277" t="s">
+        <v>11</v>
+      </c>
+      <c r="G277" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>497</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D278" t="s">
+        <v>11</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F278" t="s">
+        <v>11</v>
+      </c>
+      <c r="G278" t="s">
+        <v>1763</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>497</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D279" t="s">
+        <v>11</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F279" t="s">
+        <v>11</v>
+      </c>
+      <c r="G279" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="s">
+        <v>497</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D280" t="s">
+        <v>11</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F280" t="s">
+        <v>11</v>
+      </c>
+      <c r="G280" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>497</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D281" t="s">
+        <v>11</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F281" t="s">
+        <v>11</v>
+      </c>
+      <c r="G281" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="s">
+        <v>497</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D282" t="s">
+        <v>11</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1782</v>
+      </c>
+      <c r="F282" t="s">
+        <v>11</v>
+      </c>
+      <c r="G282" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="s">
+        <v>497</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D283" t="s">
+        <v>11</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F283" t="s">
+        <v>11</v>
+      </c>
+      <c r="G283" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>497</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D284" t="s">
+        <v>11</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F284" t="s">
+        <v>11</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="s">
+        <v>497</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D285" t="s">
+        <v>11</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1797</v>
+      </c>
+      <c r="F285" t="s">
+        <v>11</v>
+      </c>
+      <c r="G285" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="s">
+        <v>497</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D286" t="s">
+        <v>11</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1797</v>
+      </c>
+      <c r="F286" t="s">
+        <v>11</v>
+      </c>
+      <c r="G286" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="s">
+        <v>497</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D287" t="s">
+        <v>11</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F287" t="s">
+        <v>11</v>
+      </c>
+      <c r="G287" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="s">
+        <v>497</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D288" t="s">
+        <v>11</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F288" t="s">
+        <v>11</v>
+      </c>
+      <c r="G288" t="s">
+        <v>1812</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="s">
+        <v>497</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D289" t="s">
+        <v>11</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F289" t="s">
+        <v>11</v>
+      </c>
+      <c r="G289" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="s">
+        <v>497</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D290" t="s">
+        <v>11</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F290" t="s">
+        <v>11</v>
+      </c>
+      <c r="G290" t="s">
+        <v>1822</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="s">
+        <v>497</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D291" t="s">
+        <v>11</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1826</v>
+      </c>
+      <c r="F291" t="s">
+        <v>11</v>
+      </c>
+      <c r="G291" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="s">
+        <v>497</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D292" t="s">
+        <v>11</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1826</v>
+      </c>
+      <c r="F292" t="s">
+        <v>11</v>
+      </c>
+      <c r="G292" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="s">
+        <v>497</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D293" t="s">
+        <v>11</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1826</v>
+      </c>
+      <c r="F293" t="s">
+        <v>11</v>
+      </c>
+      <c r="G293" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="s">
+        <v>497</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D294" t="s">
+        <v>11</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1839</v>
+      </c>
+      <c r="F294" t="s">
+        <v>11</v>
+      </c>
+      <c r="G294" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="s">
+        <v>497</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D295" t="s">
+        <v>11</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1839</v>
+      </c>
+      <c r="F295" t="s">
+        <v>11</v>
+      </c>
+      <c r="G295" t="s">
+        <v>1844</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="s">
+        <v>497</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D296" t="s">
+        <v>11</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1839</v>
+      </c>
+      <c r="F296" t="s">
+        <v>11</v>
+      </c>
+      <c r="G296" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="s">
+        <v>497</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C297" t="s">
+        <v>11</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F297" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="s">
+        <v>497</v>
+      </c>
+      <c r="B298" t="s">
+        <v>879</v>
+      </c>
+      <c r="C298" t="s">
+        <v>11</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F298" t="s">
+        <v>11</v>
+      </c>
+      <c r="G298" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="s">
+        <v>497</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C299" t="s">
+        <v>11</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F299" t="s">
+        <v>11</v>
+      </c>
+      <c r="G299" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="s">
+        <v>497</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C300" t="s">
+        <v>11</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F300" t="s">
+        <v>11</v>
+      </c>
+      <c r="G300" t="s">
+        <v>1866</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="s">
+        <v>497</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D301" t="s">
+        <v>11</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1870</v>
+      </c>
+      <c r="F301" t="s">
+        <v>11</v>
+      </c>
+      <c r="G301" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="s">
+        <v>497</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D302" t="s">
+        <v>11</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F302" t="s">
+        <v>11</v>
+      </c>
+      <c r="G302" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="s">
+        <v>497</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D303" t="s">
+        <v>11</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F303" t="s">
+        <v>11</v>
+      </c>
+      <c r="G303" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="s">
+        <v>497</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F304" t="s">
+        <v>11</v>
+      </c>
+      <c r="G304" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="s">
+        <v>497</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D305" t="s">
+        <v>11</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F305" t="s">
+        <v>11</v>
+      </c>
+      <c r="G305" t="s">
         <v>1891</v>
       </c>
-      <c r="C186" t="s">
-[...5 lines deleted...]
-      <c r="E186" t="s">
+      <c r="H305" t="s">
         <v>1892</v>
       </c>
-      <c r="F186" t="s">
-[...2 lines deleted...]
-      <c r="G186" t="s">
+    </row>
+    <row r="306">
+      <c r="A306" t="s">
+        <v>497</v>
+      </c>
+      <c r="B306" t="s">
         <v>1893</v>
       </c>
-      <c r="H186" t="s">
+      <c r="C306" t="s">
         <v>1894</v>
       </c>
-      <c r="I186" t="s">
+      <c r="D306" t="s">
+        <v>11</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F306" t="s">
+        <v>11</v>
+      </c>
+      <c r="G306" t="s">
         <v>1895</v>
       </c>
-      <c r="J186" t="s">
+      <c r="H306" t="s">
         <v>1896</v>
       </c>
-      <c r="K186" t="s">
+    </row>
+    <row r="307">
+      <c r="A307" t="s">
+        <v>497</v>
+      </c>
+      <c r="B307" t="s">
         <v>1897</v>
       </c>
-      <c r="L186" t="s">
+      <c r="C307" t="s">
         <v>1898</v>
       </c>
+      <c r="D307" t="s">
+        <v>11</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F307" t="s">
+        <v>11</v>
+      </c>
+      <c r="G307" t="s">
+        <v>1900</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="s">
+        <v>497</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D308" t="s">
+        <v>11</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F308" t="s">
+        <v>11</v>
+      </c>
+      <c r="G308" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="s">
+        <v>497</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D309" t="s">
+        <v>11</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F309" t="s">
+        <v>11</v>
+      </c>
+      <c r="G309" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="s">
+        <v>497</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C310" t="s">
+        <v>11</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1913</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1914</v>
+      </c>
+      <c r="F310" t="s">
+        <v>11</v>
+      </c>
+      <c r="G310" t="s">
+        <v>1915</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="s">
+        <v>497</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D311" t="s">
+        <v>11</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1919</v>
+      </c>
+      <c r="F311" t="s">
+        <v>11</v>
+      </c>
+      <c r="G311" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="s">
+        <v>497</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D312" t="s">
+        <v>11</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F312" t="s">
+        <v>11</v>
+      </c>
+      <c r="G312" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="s">
+        <v>497</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C313" t="s">
+        <v>11</v>
+      </c>
+      <c r="D313" t="s">
+        <v>11</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1928</v>
+      </c>
+      <c r="F313" t="s">
+        <v>11</v>
+      </c>
+      <c r="G313" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="s">
+        <v>497</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D314" t="s">
+        <v>11</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F314" t="s">
+        <v>11</v>
+      </c>
+      <c r="G314" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="s">
+        <v>497</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D315" t="s">
+        <v>11</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F315" t="s">
+        <v>11</v>
+      </c>
+      <c r="G315" t="s">
+        <v>1939</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="s">
+        <v>497</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D316" t="s">
+        <v>11</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F316" t="s">
+        <v>11</v>
+      </c>
+      <c r="G316" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="s">
+        <v>497</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D317" t="s">
+        <v>11</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F317" t="s">
+        <v>11</v>
+      </c>
+      <c r="G317" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="s">
+        <v>497</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D318" t="s">
+        <v>11</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F318" t="s">
+        <v>11</v>
+      </c>
+      <c r="G318" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="s">
+        <v>497</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D319" t="s">
+        <v>11</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1957</v>
+      </c>
+      <c r="F319" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="s">
+        <v>497</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C320" t="s">
+        <v>11</v>
+      </c>
+      <c r="D320" t="s">
+        <v>11</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1961</v>
+      </c>
+      <c r="F320" t="s">
+        <v>11</v>
+      </c>
+      <c r="G320" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="s">
+        <v>497</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D321" t="s">
+        <v>11</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1966</v>
+      </c>
+      <c r="F321" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="s">
+        <v>497</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D322" t="s">
+        <v>11</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1971</v>
+      </c>
+      <c r="F322" t="s">
+        <v>11</v>
+      </c>
+      <c r="G322" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="s">
+        <v>497</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D323" t="s">
+        <v>11</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F323" t="s">
+        <v>11</v>
+      </c>
+      <c r="G323" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="s">
+        <v>497</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D324" t="s">
+        <v>11</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1981</v>
+      </c>
+      <c r="F324" t="s">
+        <v>11</v>
+      </c>
+      <c r="G324" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="s">
+        <v>497</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D325" t="s">
+        <v>11</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1986</v>
+      </c>
+      <c r="F325" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" t="s">
+        <v>497</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D326" t="s">
+        <v>11</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1991</v>
+      </c>
+      <c r="F326" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" t="s">
+        <v>497</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D327" t="s">
+        <v>11</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F327" t="s">
+        <v>11</v>
+      </c>
+      <c r="G327" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="s">
+        <v>497</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C328" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D328" t="s">
+        <v>11</v>
+      </c>
+      <c r="E328" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F328" t="s">
+        <v>11</v>
+      </c>
+      <c r="G328" t="s">
+        <v>2002</v>
+      </c>
+      <c r="H328" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" t="s">
+        <v>497</v>
+      </c>
+      <c r="B329" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C329" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D329" t="s">
+        <v>11</v>
+      </c>
+      <c r="E329" t="s">
+        <v>2006</v>
+      </c>
+      <c r="F329" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" t="s">
+        <v>2007</v>
+      </c>
+      <c r="H329" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" t="s">
+        <v>497</v>
+      </c>
+      <c r="B330" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C330" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D330" t="s">
+        <v>11</v>
+      </c>
+      <c r="E330" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F330" t="s">
+        <v>11</v>
+      </c>
+      <c r="G330" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H330" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="s">
+        <v>497</v>
+      </c>
+      <c r="B331" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C331" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D331" t="s">
+        <v>11</v>
+      </c>
+      <c r="E331" t="s">
+        <v>2016</v>
+      </c>
+      <c r="F331" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H331" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" t="s">
+        <v>497</v>
+      </c>
+      <c r="B332" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C332" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D332" t="s">
+        <v>11</v>
+      </c>
+      <c r="E332" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F332" t="s">
+        <v>11</v>
+      </c>
+      <c r="G332" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H332" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" t="s">
+        <v>497</v>
+      </c>
+      <c r="B333" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C333" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D333" t="s">
+        <v>11</v>
+      </c>
+      <c r="E333" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F333" t="s">
+        <v>11</v>
+      </c>
+      <c r="G333" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H333" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" t="s">
+        <v>497</v>
+      </c>
+      <c r="B334" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C334" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D334" t="s">
+        <v>11</v>
+      </c>
+      <c r="E334" t="s">
+        <v>2031</v>
+      </c>
+      <c r="F334" t="s">
+        <v>11</v>
+      </c>
+      <c r="G334" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H334" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" t="s">
+        <v>497</v>
+      </c>
+      <c r="B335" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C335" t="s">
+        <v>2035</v>
+      </c>
+      <c r="D335" t="s">
+        <v>11</v>
+      </c>
+      <c r="E335" t="s">
+        <v>2036</v>
+      </c>
+      <c r="F335" t="s">
+        <v>11</v>
+      </c>
+      <c r="G335" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H335" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="s">
+        <v>497</v>
+      </c>
+      <c r="B336" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C336" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D336" t="s">
+        <v>11</v>
+      </c>
+      <c r="E336" t="s">
+        <v>2041</v>
+      </c>
+      <c r="F336" t="s">
+        <v>11</v>
+      </c>
+      <c r="G336" t="s">
+        <v>2042</v>
+      </c>
+      <c r="H336" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" t="s">
+        <v>497</v>
+      </c>
+      <c r="B337" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C337" t="s">
+        <v>11</v>
+      </c>
+      <c r="D337" t="s">
+        <v>11</v>
+      </c>
+      <c r="E337" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F337" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337" t="s">
+        <v>2046</v>
+      </c>
+      <c r="H337" t="s">
+        <v>2047</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" t="s">
+        <v>497</v>
+      </c>
+      <c r="B338" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C338" t="s">
+        <v>11</v>
+      </c>
+      <c r="D338" t="s">
+        <v>11</v>
+      </c>
+      <c r="E338" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F338" t="s">
+        <v>11</v>
+      </c>
+      <c r="G338" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H338" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" t="s">
+        <v>497</v>
+      </c>
+      <c r="B339" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C339" t="s">
+        <v>11</v>
+      </c>
+      <c r="D339" t="s">
+        <v>11</v>
+      </c>
+      <c r="E339" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F339" t="s">
+        <v>11</v>
+      </c>
+      <c r="G339" t="s">
+        <v>2052</v>
+      </c>
+      <c r="H339" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" t="s">
+        <v>497</v>
+      </c>
+      <c r="B340" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C340" t="s">
+        <v>11</v>
+      </c>
+      <c r="D340" t="s">
+        <v>11</v>
+      </c>
+      <c r="E340" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F340" t="s">
+        <v>11</v>
+      </c>
+      <c r="G340" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H340" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" t="s">
+        <v>497</v>
+      </c>
+      <c r="B341" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C341" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D341" t="s">
+        <v>11</v>
+      </c>
+      <c r="E341" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F341" t="s">
+        <v>11</v>
+      </c>
+      <c r="G341" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H341" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" t="s">
+        <v>497</v>
+      </c>
+      <c r="B342" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C342" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D342" t="s">
+        <v>11</v>
+      </c>
+      <c r="E342" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F342" t="s">
+        <v>11</v>
+      </c>
+      <c r="G342" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H342" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" t="s">
+        <v>497</v>
+      </c>
+      <c r="B343" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C343" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D343" t="s">
+        <v>2069</v>
+      </c>
+      <c r="E343" t="s">
+        <v>2070</v>
+      </c>
+      <c r="F343" t="s">
+        <v>11</v>
+      </c>
+      <c r="G343" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H343" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" t="s">
+        <v>497</v>
+      </c>
+      <c r="B344" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C344" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D344" t="s">
+        <v>11</v>
+      </c>
+      <c r="E344" t="s">
+        <v>2075</v>
+      </c>
+      <c r="F344" t="s">
+        <v>11</v>
+      </c>
+      <c r="G344" t="s">
+        <v>2076</v>
+      </c>
+      <c r="H344" t="s">
+        <v>2077</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" t="s">
+        <v>497</v>
+      </c>
+      <c r="B345" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C345" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D345" t="s">
+        <v>11</v>
+      </c>
+      <c r="E345" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F345" t="s">
+        <v>11</v>
+      </c>
+      <c r="G345" t="s">
+        <v>2081</v>
+      </c>
+      <c r="H345" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" t="s">
+        <v>497</v>
+      </c>
+      <c r="B346" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C346" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D346" t="s">
+        <v>11</v>
+      </c>
+      <c r="E346" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F346" t="s">
+        <v>11</v>
+      </c>
+      <c r="G346" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H346" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" t="s">
+        <v>497</v>
+      </c>
+      <c r="B347" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C347" t="s">
+        <v>2089</v>
+      </c>
+      <c r="D347" t="s">
+        <v>11</v>
+      </c>
+      <c r="E347" t="s">
+        <v>2090</v>
+      </c>
+      <c r="F347" t="s">
+        <v>11</v>
+      </c>
+      <c r="G347" t="s">
+        <v>2091</v>
+      </c>
+      <c r="H347" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" t="s">
+        <v>497</v>
+      </c>
+      <c r="B348" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C348" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D348" t="s">
+        <v>11</v>
+      </c>
+      <c r="E348" t="s">
+        <v>2095</v>
+      </c>
+      <c r="F348" t="s">
+        <v>11</v>
+      </c>
+      <c r="G348" t="s">
+        <v>2096</v>
+      </c>
+      <c r="H348" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" t="s">
+        <v>497</v>
+      </c>
+      <c r="B349" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C349" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D349" t="s">
+        <v>11</v>
+      </c>
+      <c r="E349" t="s">
+        <v>2100</v>
+      </c>
+      <c r="F349" t="s">
+        <v>11</v>
+      </c>
+      <c r="G349" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H349" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="s">
+        <v>497</v>
+      </c>
+      <c r="B350" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C350" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D350" t="s">
+        <v>11</v>
+      </c>
+      <c r="E350" t="s">
+        <v>2105</v>
+      </c>
+      <c r="F350" t="s">
+        <v>11</v>
+      </c>
+      <c r="G350" t="s">
+        <v>2106</v>
+      </c>
+      <c r="H350" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" t="s">
+        <v>497</v>
+      </c>
+      <c r="B351" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C351" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D351" t="s">
+        <v>2110</v>
+      </c>
+      <c r="E351" t="s">
+        <v>2111</v>
+      </c>
+      <c r="F351" t="s">
+        <v>11</v>
+      </c>
+      <c r="G351" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H351" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" t="s">
+        <v>497</v>
+      </c>
+      <c r="B352" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C352" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D352" t="s">
+        <v>2116</v>
+      </c>
+      <c r="E352" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F352" t="s">
+        <v>11</v>
+      </c>
+      <c r="G352" t="s">
+        <v>2118</v>
+      </c>
+      <c r="H352" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="s">
+        <v>497</v>
+      </c>
+      <c r="B353" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C353" t="s">
+        <v>2121</v>
+      </c>
+      <c r="D353" t="s">
+        <v>2122</v>
+      </c>
+      <c r="E353" t="s">
+        <v>2123</v>
+      </c>
+      <c r="F353" t="s">
+        <v>11</v>
+      </c>
+      <c r="G353" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H353" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" t="s">
+        <v>497</v>
+      </c>
+      <c r="B354" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C354" t="s">
+        <v>11</v>
+      </c>
+      <c r="D354" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E354" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F354" t="s">
+        <v>11</v>
+      </c>
+      <c r="G354" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H354" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" t="s">
+        <v>497</v>
+      </c>
+      <c r="B355" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C355" t="s">
+        <v>11</v>
+      </c>
+      <c r="D355" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E355" t="s">
+        <v>2127</v>
+      </c>
+      <c r="F355" t="s">
+        <v>11</v>
+      </c>
+      <c r="G355" t="s">
+        <v>2132</v>
+      </c>
+      <c r="H355" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="s">
+        <v>497</v>
+      </c>
+      <c r="B356" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C356" t="s">
+        <v>11</v>
+      </c>
+      <c r="D356" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E356" t="s">
+        <v>2127</v>
+      </c>
+      <c r="F356" t="s">
+        <v>11</v>
+      </c>
+      <c r="G356" t="s">
+        <v>2135</v>
+      </c>
+      <c r="H356" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" t="s">
+        <v>497</v>
+      </c>
+      <c r="B357" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C357" t="s">
+        <v>11</v>
+      </c>
+      <c r="D357" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E357" t="s">
+        <v>2127</v>
+      </c>
+      <c r="F357" t="s">
+        <v>11</v>
+      </c>
+      <c r="G357" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H357" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" t="s">
+        <v>497</v>
+      </c>
+      <c r="B358" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C358" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D358" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E358" t="s">
+        <v>2143</v>
+      </c>
+      <c r="F358" t="s">
+        <v>11</v>
+      </c>
+      <c r="G358" t="s">
+        <v>2144</v>
+      </c>
+      <c r="H358" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="s">
+        <v>497</v>
+      </c>
+      <c r="B359" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C359" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D359" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E359" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F359" t="s">
+        <v>11</v>
+      </c>
+      <c r="G359" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H359" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="s">
+        <v>497</v>
+      </c>
+      <c r="B360" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C360" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D360" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E360" t="s">
+        <v>2155</v>
+      </c>
+      <c r="F360" t="s">
+        <v>11</v>
+      </c>
+      <c r="G360" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H360" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="s">
+        <v>497</v>
+      </c>
+      <c r="B361" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C361" t="s">
+        <v>11</v>
+      </c>
+      <c r="D361" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E361" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F361" t="s">
+        <v>11</v>
+      </c>
+      <c r="G361" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H361" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="s">
+        <v>497</v>
+      </c>
+      <c r="B362" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C362" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D362" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E362" t="s">
+        <v>2166</v>
+      </c>
+      <c r="F362" t="s">
+        <v>11</v>
+      </c>
+      <c r="G362" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H362" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="s">
+        <v>497</v>
+      </c>
+      <c r="B363" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C363" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D363" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E363" t="s">
+        <v>2172</v>
+      </c>
+      <c r="F363" t="s">
+        <v>11</v>
+      </c>
+      <c r="G363" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H363" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" t="s">
+        <v>497</v>
+      </c>
+      <c r="B364" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C364" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D364" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E364" t="s">
+        <v>2177</v>
+      </c>
+      <c r="F364" t="s">
+        <v>11</v>
+      </c>
+      <c r="G364" t="s">
+        <v>2178</v>
+      </c>
+      <c r="H364" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" t="s">
+        <v>497</v>
+      </c>
+      <c r="B365" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C365" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D365" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E365" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F365" t="s">
+        <v>11</v>
+      </c>
+      <c r="G365" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H365" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" t="s">
+        <v>497</v>
+      </c>
+      <c r="B366" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C366" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D366" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E366" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F366" t="s">
+        <v>11</v>
+      </c>
+      <c r="G366" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H366" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" t="s">
+        <v>497</v>
+      </c>
+      <c r="B367" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C367" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D367" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E367" t="s">
+        <v>2193</v>
+      </c>
+      <c r="F367" t="s">
+        <v>11</v>
+      </c>
+      <c r="G367" t="s">
+        <v>2194</v>
+      </c>
+      <c r="H367" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" t="s">
+        <v>497</v>
+      </c>
+      <c r="B368" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C368" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D368" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E368" t="s">
+        <v>2199</v>
+      </c>
+      <c r="F368" t="s">
+        <v>11</v>
+      </c>
+      <c r="G368" t="s">
+        <v>2200</v>
+      </c>
+      <c r="H368" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" t="s">
+        <v>497</v>
+      </c>
+      <c r="B369" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C369" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D369" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E369" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F369" t="s">
+        <v>11</v>
+      </c>
+      <c r="G369" t="s">
+        <v>2206</v>
+      </c>
+      <c r="H369" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" t="s">
+        <v>497</v>
+      </c>
+      <c r="B370" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C370" t="s">
+        <v>2209</v>
+      </c>
+      <c r="D370" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E370" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F370" t="s">
+        <v>11</v>
+      </c>
+      <c r="G370" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H370" t="s">
+        <v>2211</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2215</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2216</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2217</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2222</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2223</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2227</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2228</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2233</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2234</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2235</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2238</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2239</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2240</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2241</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2245</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2249</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2245</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2251</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2254</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2255</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2256</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2257</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2258</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2262</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2263</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2268</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2273</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2274</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2275</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2280</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2281</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2282</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2283</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2284</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2285</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2290</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2293</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2295</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C6" t="s">
+        <v>428</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2300</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2304</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2305</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2309</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2310</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2312</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2313</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2314</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2315</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2318</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2319</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2320</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2322</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2323</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2324</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2325</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2328</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2329</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2330</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2334</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2339</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2343</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2344</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2345</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2348</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2349</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2351</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2352</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>488</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2357</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2358</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2361</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2364</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2365</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2366</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2368</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2372</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2374</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2376</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2378</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2379</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2380</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2384</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2385</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2386</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2391</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2392</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2394</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2395</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2372</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2400</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2406</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2407</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2412</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2418</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2419</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2420</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>