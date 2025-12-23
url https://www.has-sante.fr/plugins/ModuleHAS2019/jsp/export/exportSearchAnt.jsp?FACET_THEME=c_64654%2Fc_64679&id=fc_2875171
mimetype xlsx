--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,73511 +1,17881 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...13 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Practice guidelines" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Documents for Patients" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Press release" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Health technology assess" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Drugs" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...13 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Documents for Patients'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14352" uniqueCount="9094">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3429" uniqueCount="2249">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur l’infection par le VIH</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Rapid responses in the context of COVID-19 Drafting method</t>
+  </si>
+  <si>
+    <t>In the context of the current stage-3 epidemic situation with respect to COVID-19 in France, it is necessary to propose a method for the provision of rapid responses to questions raised by the Ministry of Solidarity and Health, healthcare professionals and/or accredited healthcare system user associations stating the position of the HAS in the event of urgent situations.</t>
+  </si>
+  <si>
+    <t>03/30/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2020 21:43:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/07/2025 17:38:00</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168771/fr/methode-d-elaboration-des-reponses-rapides-dans-le-cadre-du-covid-19</t>
+    <t>https://www.has-sante.fr/jcms/p_3168771/en/rapid-responses-in-the-context-of-covid-19-drafting-method</t>
   </si>
   <si>
     <t>p_3168771</t>
   </si>
   <si>
-    <t>Description</t>
-[...638 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_482999/fr/ald-n-29-tuberculose-maladie</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+  </si>
+  <si>
+    <t>p_3498915</t>
+  </si>
+  <si>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+  </si>
+  <si>
+    <t>c_2806160</t>
+  </si>
+  <si>
+    <t>Place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy</t>
+  </si>
+  <si>
+    <t>In response to a demand from the Ministry of Health, HAS establishes guidelines on the place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy. HAS defines the main conditions for the implementation of a combined use of hepatitis B virus (HBV), human immunodeficiency virus (HIV) and hepatitis C virus (HCV) POCTs in France and formulates recommendation for optimizing the efficiency of the POCTs testing, especially in medico-social and community settings.</t>
+  </si>
+  <si>
+    <t>07/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2016 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063232/en/place-of-point-of-care-tests-pocts-in-hepatitis-b-screening-strategy</t>
+  </si>
+  <si>
+    <t>c_2063232</t>
+  </si>
+  <si>
+    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
+  </si>
+  <si>
+    <t>c_272378</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+  </si>
+  <si>
+    <t>c_704257</t>
+  </si>
+  <si>
+    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
+  </si>
+  <si>
+    <t>02/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
+  </si>
+  <si>
+    <t>c_464119</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Active tuberculosis</t>
+  </si>
+  <si>
+    <t>This guide is intended to be a pragmatic reference tool for doctors managing active tuberculosis.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_482999/en/active-tuberculosis</t>
   </si>
   <si>
     <t>c_482999</t>
   </si>
   <si>
-    <t>ALD n° 6 - Hépatite chronique C</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_434397/fr/ald-n-6-hepatite-chronique-c</t>
+    <t>Chronic hepatitis C</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient coming into the ALD [Long-term condition] regime with chronic hepatitis (ALD 6: chronic active liver disease and cirrhosis).</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/15/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434397/en/chronic-hepatitis-c</t>
   </si>
   <si>
     <t>c_434397</t>
   </si>
   <si>
-    <t>ALD n° 6 - Hépatite chronique B</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_452115/fr/ald-n-6-hepatite-chronique-b</t>
+    <t>Chronic hepatitis B</t>
+  </si>
+  <si>
+    <t>This guide is intended as a practical reference tool for primary care doctors managing hepatitis B.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452115/en/chronic-hepatitis-b</t>
   </si>
   <si>
     <t>c_452115</t>
   </si>
   <si>
-    <t>Parcours de soins de l’adulte avec des symptômes prolongés de la Covid-19</t>
-[...239 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+  </si>
+  <si>
+    <t>c_2722749</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+  </si>
+  <si>
+    <t>c_2722670</t>
+  </si>
+  <si>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+  </si>
+  <si>
+    <t>c_2722754</t>
+  </si>
+  <si>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+  </si>
+  <si>
+    <t>c_2722790</t>
+  </si>
+  <si>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+  </si>
+  <si>
+    <t>c_2722806</t>
+  </si>
+  <si>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+  </si>
+  <si>
+    <t>c_2722824</t>
+  </si>
+  <si>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+  </si>
+  <si>
+    <t>c_2722827</t>
+  </si>
+  <si>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+  </si>
+  <si>
+    <t>c_2722914</t>
+  </si>
+  <si>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+  </si>
+  <si>
+    <t>c_2722927</t>
+  </si>
+  <si>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+  </si>
+  <si>
+    <t>p_3529229</t>
+  </si>
+  <si>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+  </si>
+  <si>
+    <t>p_3529230</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>General principles and prescription recommendations for antibiotics in primary care</t>
+  </si>
+  <si>
+    <t>The purpose of this guidance leaflet is to avoid inappropriate prescription of antibiotics, a source of selection pressure, which leads to the emergence of bacterial resistance and to therapeutic impasses.</t>
+  </si>
+  <si>
+    <t>02/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/24/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+  </si>
+  <si>
+    <t>c_1723138</t>
+  </si>
+  <si>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+  </si>
+  <si>
+    <t>c_665169</t>
+  </si>
+  <si>
+    <t>Screening for hepatitis C</t>
+  </si>
+  <si>
+    <t>These guidelines were established by an expert commitee. They cover who should be screened for hepatitis C and how screening should be carried out.</t>
+  </si>
+  <si>
+    <t>01/18/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271987/en/screening-for-hepatitis-c</t>
+  </si>
+  <si>
+    <t>c_271987</t>
+  </si>
+  <si>
+    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
+  </si>
+  <si>
+    <t>These guidelines propose recommendations to the following questions: 1. When should pregnant women be tested for cervicovaginal infection? 2. What samples to be taken from a pregnant woman to detect cervicovaginal bacterial infection? What to do in the event of cervicovaginal bacterial infection during a normal or problem pregnancy? 3. Is there any benefit in routinely screening for group B streptococcus carriers during pregnancy and labour? If so, what method should be used, when and how? 4. What intrapartum antibiotic prophylaxis to be prescribed to prevent neonatal infection caused by group B streptococcus? 5. What tests should be carried out in the event of PROM? 6. What procedure in the vent of infection during PROM?</t>
+  </si>
+  <si>
+    <t>09/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+  </si>
+  <si>
+    <t>c_272118</t>
+  </si>
+  <si>
+    <t>Vaccination against the hepatitis B virus</t>
+  </si>
+  <si>
+    <t>The jury tackled questions by focusing on key areas :# - analysis of epidemiological data and of changes resulting from vaccination, # - vaccine efficacy, # - assessment of side effects and benefit/risk ratios.# It proposed areas in which action might be taken, using as a basis the written evidence submitted by the experts and the data presented and analysed.</t>
+  </si>
+  <si>
+    <t>10/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
+  </si>
+  <si>
+    <t>c_272257</t>
+  </si>
+  <si>
+    <t>Documents for Patients</t>
+  </si>
+  <si>
+    <t>Research and treatment of Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
+  </si>
+  <si>
+    <t>03/13/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/26/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2911396</t>
+  </si>
+  <si>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>COVID-19: the HAS defines criteria to assess the reliability of serological tests</t>
+  </si>
+  <si>
+    <t>In testing for antibody presence to detect a body’s immune response to infection, serological testing could play a critical role in the fight against COVID-19. These tests are currently being developed in an urgent context marked by a continuous progression of knowledge gained on COVID-19. The HAS, thus elaborated the quality and requirement criteria these serological tests must meet for use. This initial work is a prerequisite to developing COVID-19 testing strategy recommendations.</t>
+  </si>
+  <si>
+    <t>04/16/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179988/en/covid-19-the-has-defines-criteria-to-assess-the-reliability-of-serological-tests</t>
+  </si>
+  <si>
+    <t>p_3179988</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+  </si>
+  <si>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
+  </si>
+  <si>
+    <t>Detection of high-risk human papilloma virus (HPV) RNA as part of primary prevention of cervical cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Directorate-General for Health has asked HAS to determine whether HPV RNA can be detected in the same way as HPV DNA, as part of primary screening of precancerous conditions of the cervix, in women age 30 to 65. Three assessment subjects were selected to answer to this request: Subject 1: Is the diagnostic validity of the RNA HPV test different from the diagnostic validity of the DNA HPV test approved for the detection of precancerous conditions of the cervix as part of primary screening? Subject 2: What is the long-term performance of the RNA HPV test compared to that of the DNA HPV test? Subject 3: Is the diagnostic validity of an RNA HPV test on a self sample (SPV) equivalent to the RNA HPV test on a cervical sample collected by a professional (i.e. physician-collected)</t>
+  </si>
+  <si>
+    <t>12/16/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305614/en/detection-of-high-risk-human-papilloma-virus-hpv-rna-as-part-of-primary-prevention-of-cervical-cancer-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3305614</t>
+  </si>
+  <si>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>10/08/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/19/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3213483</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3179992</t>
+  </si>
+  <si>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2842270</t>
+  </si>
+  <si>
+    <t>Assessment of chiropodist-podiatrist consultations for preventing foot lesions in diabetic patients with a grade 1 podiatric risk - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to update an initial review conducted by HAS in 2007, with a view to an indication extension of chiropody-podiatry prevention consultations for diabetic subjects presenting with a grade 1 podiatric risk (isolated sensitive neuropathy). These consultations are not currently covered by French National Health Insurance; as such, the purpose of this report is to: • assess the impact of chiropodist-podiatrist prevention consultations on the morbidity of diabetic subjects with a grade 1 foot ulceration risk; • define the content, frequency and duration of chiropodist-podiatrist prevention consultations for diabetic subjects with grade 1 foot ulceration risk</t>
+  </si>
+  <si>
+    <t>12/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2018 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860579/en/assessment-of-chiropodist-podiatrist-consultations-for-preventing-foot-lesions-in-diabetic-patients-with-a-grade-1-podiatric-risk-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2860579</t>
+  </si>
+  <si>
+    <t>Updating of medical pathology procedures concerning the diagnosis of fasciolosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Distomatoses are zoonoses caused by trematodes. In France, only hepatobiliary distomatosis, or fasciolosis, also known as liver fluke, is pathogenic to humans. Cases are rare and sporadic. During the invasion phase, the disease presents with aspecific digestive disorders, asthenia and myalgia. Complications are mechanical and inflammatory: obstructive jaundice, episodes of biliary colic, cholangitis or cholecystitis. Biological diagnosis is based primarily on the detection of antibodies in serum. The aim of this work is to draw up the list of serological diagnostic techniques currently relevant to the diagnosis of fasciolosis</t>
+  </si>
+  <si>
+    <t>06/20/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2018 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861927/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-fasciolosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2861927</t>
+  </si>
+  <si>
+    <t>Updating of medical pathology procedures concerning the diagnosis of cysticercosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Cysticercosis is the infection of humans by the larval stage of Taenia solium, a tapeworm of the class Cestoda, that parasitises the small intestine. It is found primarily in tropical and sub-tropical regions, though it persists in some European countries. The three most commonly encountered forms of cysticercosis are: i) subcutaneous and muscular cysticercosis, ii) neurocysticercosis and iii) ocular cysticercosis. According to the WHO, 30% of cases of epilepsy worldwide could be ascribed to neurocysticercosis. This would represent between 2.56 and 8.30 million cases of neurocysticercosis per 50,000 deaths per year. Cysticercosis is difficult to diagnose due to the low specificity of the clinical signs and to the time to onset of symptoms after infection. Biological diagnosis is based primarily on the detection of antibodies in serum or cerebrospinal fluid</t>
+  </si>
+  <si>
+    <t>07/05/2018 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823986/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-cysticercosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2823986</t>
+  </si>
+  <si>
+    <t>Updating of medical pathology procedures concerning the diagnosis of trichinellosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Trichinellosis is a cosmopolitan zoonosis transmitted by eating raw meat contaminated with a nematode of the genus Trichinella. Between 2001 and 2003 in France, there were approximately ten confirmed cases. In humans, trichinellosis occurs in the form of small sporadic epidemics. Human trichinellosis generally starts with diarrhoea and high fever, facial oedema and myalgia. Depending on the occurrence of neurological or cardiac complications, the prognosis may be dramatic. Depending on the extent of contamination, human trichinellosis may go unnoticed, be limited to palpebral oedema, or be fatal following allergic shock. Biological diagnosis relies on serology and possibly muscle biopsy. The aim of this work is to draw up the list of serological diagnostic techniques currently relevant to the diagnosis of trichinellosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860414/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-trichinellosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2860414</t>
+  </si>
+  <si>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2801837</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2746956</t>
+  </si>
+  <si>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis and follow-up of hepatitis E - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the Health Insurance proposals to update the list of procedures involved in the diagnosis and follow-up of viral hepatitis E (detection of RNA and detection of serum antibodies), by specifying their indications and the techniques used. The aim of this work is not to assess the treatment, screening or overall management of this type of hepatitis</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2657506</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis of larval echinococcosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Echinococcosis is a zoonotic disease caused by tapeworm larvae of the genus Echinococcus. The aim of this report was to review the serological techniques for detecting anti-Echinococcus antibodies that are currently validated for initial testing, confirming diagnosis and follow-up of treated patients. . This work responds to a request from French National Health Insurance regarding updating the list of Procedures in Medical Biology (NABM ) that it reimburses. This request envisaged limiting initial testing to enzyme immunoassay techniques (EIA/ELISA) and indirect haemagglutination (IHA), confirmation to the Western blot (WB), and finally to specify in the wording of the follow-up that the technique used must be quantitative</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749012/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-larval-echinococcosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2749012</t>
+  </si>
+  <si>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis of leishmaniasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the tests used to detect Leishmania DNA and serum antibodies in the diagnosis and follow-up of leishmaniasis by specifying their indications and the techniques used</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751691/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-leishmaniasis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2751691</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2736666</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2770361</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis of strongyloidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the proposals to amend the diagnostic procedures for strongyloidiasis – testing for larvae in the stool and serum antibody testing – by specifying their indications and the techniques used</t>
+  </si>
+  <si>
+    <t>04/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/25/2017 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729708/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-strongyloidiasis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2729708</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the procedure for therapeutic monitoring of patients infected with Treponema pallidum (bacterium responsible for syphilis) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This concerns a request from the Union nationale des caisses d’assurance maladie (UNCAM) [Association of Health Insurance Funds] sent in June 2014 and included in the 2015 HAS work programme. UNCAM wishes to modify the Nomenclature of Procedures in Laboratory Medicine (NABM) for research into Treponema pallidum (bacteria responsible for syphilis). A new algorithm replacing the current algorithm was proposed by UNCAM together with CNR-Syphilis [Centre National de Référence de la Syphilis - National Syphilis Reference Centre]. The algorithm currently in force in the Nomenclature of Procedures in Laboratory Medicine requires the completion of a treponemal test (TT) and a non treponemal test (NTT) as part of a screening process. They are manual tests and are a tedious job. The algorithm proposed in the request aims primarily to replace the systematic combination of a TT and a NTT with a single treponemal total Ig test using a method that can be reproduced and automated; it uses ELISA (Enzyme-Linked ImmunoSorbent Assay) techniques or related ones such as the EIA (Enzyme ImmunoAssays) or the CMIA (Chemiluminescent Magnetic microparticle ImmunoAssay); these tests, as well as being very sensitive, have a number of practical advantages related to automation. The concern of the request was therefore to ensure that the proposed change was not going to cause a decline in quality in detection that would lead to disregarding cases of infected patients (appearance of false negatives based on a single automated TT)</t>
+  </si>
+  <si>
+    <t>03/22/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/28/2017 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752929/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-procedure-for-therapeutic-monitoring-of-patients-infected-with-treponema-pallidum-bacterium-responsible-for-syphilis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2752929</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the serodiagnosis of toxocariasis (visceral larva migrans) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to review the serological techniques for detecting Toxocara antibodies that are currently validated for initial testing (screening) and confirming diagnosis of toxocariasis (visceral larva migrans), to respond to a request from National Health Insurance regarding updating the list of laboratory medicine procedures that it reimburses. This request envisaged limiting initial testing to immunoenzyme techniques and confirmation to the Western blot</t>
+  </si>
+  <si>
+    <t>03/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2017 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680723/en/update-of-laboratory-medicine-procedures-related-to-the-serodiagnosis-of-toxocariasis-visceral-larva-migrans-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2680723</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2653655</t>
+  </si>
+  <si>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis of schistosomiasis (bilharzia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications for the procedures for which changes are proposed and the techniques used in the diagnosis and follow-up of schistosomiasis (bilharzia)</t>
+  </si>
+  <si>
+    <t>01/18/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/24/2017 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678400/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-schistosomiasis-bilharzia-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2678400</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2653624</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of malaria (protozoan Plasmodium infections). It focuses on immunochromatographic method (rapid diagnostic tests or RDT) for detection of parasite proteins in blood, on specific Plasmodium antibodies detection and also on parasite identification on blood smears using light microscopy. This study was conducted with a view to inclusion or changes in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>12/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2016 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636855/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2636855</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2607794</t>
+  </si>
+  <si>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2589724</t>
+  </si>
+  <si>
+    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this study is to assess gene amplification (polymerase chain reaction, PCR) tests in the diagnosis of meningitis suspected of being bacterial for meningococci (Neisseria meningitidis) and pneumococci (Streptococus pneumoniae) . The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2589730</t>
+  </si>
+  <si>
+    <t>Zika virus RT-PCR testing in blood and urine - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Zika virus is a flavivirus transmitted by mosquito bites. Since May 2015, this virus has been the source of a major epidemic in Brazil, which then quickly spread in Central and South America, as well as in the Caribbean, and today affects the French Departments of the Americas (DFA), in particular Martinique and Guyana. Most infected individuals do not have any symptoms and in symptomatic cases, the disease is usually mild. However, an unusual increase in cases of foetal or neonatal microcephaly as well as Guillain-Barré syndrome (GBS), concurrent with the Zika virus epidemic, led the WHO to declare that this epidemic constituted a “public health emergency of international concern”, even if the causal links are not fully demonstrated to date. In this context, considering the current epidemiological situation in the DFA and the potential risk in mainland France in areas where the mosquito is present, HAS was asked by the Ministry of Health to urgently obtain an opinion on the direct detection test of the virus by RT-PCR in blood and urine. This test can confirm or refute the diagnosis of Zika virus infection in a subject suspected to be infected due to the occurrence of certain suggestive symptoms. This opinion will allow the registration of this test in the Nomenclature of Procedures in Laboratory Medicine (NABM).</t>
+  </si>
+  <si>
+    <t>03/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613150/en/zika-virus-rt-pcr-testing-in-blood-and-urine-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2613150</t>
+  </si>
+  <si>
+    <t>Evaluation of gene amplification for the diagnosis of Herpesviridae infections (cytomegalovirus, herpes simplex virus and varicella-zoster virus) in people living with HIV - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the views of professionals on the other, with a view to including gene amplification (PCR) for the cytomegalovirus (CMV), herpes simplex virus (HSV) and varicella-zoster virus (VZV) through genetic amplification in the diagnosis and treatment of opportunistic diseases in people living with HIV on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>01/27/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/29/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2598203</t>
+  </si>
+  <si>
+    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the view of professionals on the other. This work was conducted with a view to including testing for the genome of the herpes simplex virus (HSV) and varicella-zoster virus (VZV) through gene amplification (PCR) to diagnose herpes and shingles with mucocutaneous and ocular manifestations on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2598252</t>
+  </si>
+  <si>
+    <t>Evaluation of nucleic acid amplification tests (NAATs) for detecting Neisseria gonorrhoeae - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to evaluate the benefit of detecting Neisseria gonorrhoeae (NG), a pathogen that causes sexually transmitted infections (STIs), by a nucleic acid amplification test (NAAT) in symptomatic patients, asymptomatic patients (screening of persons at risk) and in other clinical situations (post-treatment follow-up, reactive arthritis in adults, investigations of male infertility, suspected conjunctival infection in neonates) with a view to deciding on the reimbursement of NAAT by the French National Health Insurance Fund</t>
+  </si>
+  <si>
+    <t>11/25/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035591/en/evaluation-of-nucleic-acid-amplification-tests-naats-for-detecting-neisseria-gonorrhoeae-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2035591</t>
+  </si>
+  <si>
+    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
+  </si>
+  <si>
+    <t>The aim of this work is to assess the clinical utility of measuring the Epstein-Barr virus (EBV) viral load through real-time genetic amplification (PCR) and testing for serum anti-EBV antibodies as part of post-transplant lymphoproliferative disorder (PTLD), with a view to their inclusion in the list of Procedures in Laboratory Medicine reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>11/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/20/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
+  </si>
+  <si>
+    <t>c_2573692</t>
+  </si>
+  <si>
+    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Association of Health Insurance Funds (UNCAM) is applying for the inclusion on the list of procedures and services (LPS) reimbursed by the French National Health Insurance system, of several diagnostic tests relating to mother-to-child transmission of cytomegalovirus (CMV) infection in utero. These are the anti-CMV IgG avidity test and CMV viral load testing by gene amplification (PCR) in several types of sample: amniotic fluid from the mother, and urine and saliva from the neonate. UNCAM also suggests removing immunoenzymatic testing for anti-CMV IgG alone in pregnancy, and cell culture for CMV, from the LPS. The aim of this report is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of UNCAM’s application and whether they therefore support this application for the inclusion or removal of the above tests on/from the LPS</t>
+  </si>
+  <si>
+    <t>11/19/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2572929</t>
+  </si>
+  <si>
+    <t>Assessment of the measurement of cytomegalovirus viral load by gene amplification in allograft recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France of the measurement of cytomegalovirus (CMV) viral load by gene amplification in the follow-up of patients who have received an allograft.</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2015 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027970/en/assessment-of-the-measurement-of-cytomegalovirus-viral-load-by-gene-amplification-in-allograft-recipients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2027970</t>
+  </si>
+  <si>
+    <t>Gene amplification to detect herpes simplex virus (HSV) and varicella-zoster virus (VZV) genomes in cerebrospinal fluid in cases of encephalitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to analyse coherence between the application, and good professional practice guidelines and professional opinion, with a view to including gene amplification for detecting herpes simplex and varicella-zoster virus genomes in cerebrospinal fluid (CSF) in patients with encephalitis on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>06/29/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015366/en/gene-amplification-to-detect-herpes-simplex-virus-hsv-and-varicella-zoster-virus-vzv-genomes-in-cerebrospinal-fluid-in-cases-of-encephalitis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2015366</t>
+  </si>
+  <si>
+    <t>Interferon-gamma release assays as in vitro screening tests for latent tuberculosis infection</t>
+  </si>
+  <si>
+    <t>The aim of this report is to establish whether data from a critical analysis of good practice guidelines are coherent with the information in the application from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) and therefore support this application for the inclusion of IGRA tests on the list of procedures and services reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021762/en/interferon-gamma-release-assays-as-in-vitro-screening-tests-for-latent-tuberculosis-infection</t>
+  </si>
+  <si>
+    <t>c_2021762</t>
+  </si>
+  <si>
+    <t>Modification of the nomenclature of procedures in laboratory medicine for research into Treponema pallidum (bacteria responsible for syphilis) - INAHTA  Brief</t>
+  </si>
+  <si>
+    <t>06/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2015 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021758/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-research-into-treponema-pallidum-bacteria-responsible-for-syphilis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2021758</t>
+  </si>
+  <si>
+    <t>Detection of enterovirus genome in cerebrospinal fluid by gene amplification in meningitis patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>According to professionals in the field, detection of enterovirus (EV) genome in cerebrospinal fluid (CSF) by gene amplification has been gradually becoming standard practice in the management of meningitis over the past 10 or so years, especially since ready-to-use kits came onto the market With a view to having this diagnostic test reimbursed by National Health Insurance, CNAMTS [National Salaried Workers’ Health Insurance Fund] and the French Society for Microbiology agreed on a joint request to the Haute Autorité de Santé for an assessment of this diagnostic tool The purpose of this assessment is to make sure that enterovirus genome detection in CSF by gene amplification is a validated diagnostic tool in the management of meningitis cases</t>
+  </si>
+  <si>
+    <t>07/23/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/29/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739174/en/detection-of-enterovirus-genome-in-cerebrospinal-fluid-by-gene-amplification-in-meningitis-patients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1739174</t>
+  </si>
+  <si>
+    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The main objective is to determine the clinical utility of non-invasive methods for measuring fibrosis in the initial assessment and follow-up of chronic hepatitis B in untreated adults. In the absence of sufficient demonstration of this clinical utility, the diagnostic performances of these non-invasive methods will be defined, in comparison with liver biopsy</t>
+  </si>
+  <si>
+    <t>06/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/19/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1627010</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
+  </si>
+  <si>
+    <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
+  </si>
+  <si>
+    <t>12/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Recommandation vaccinale</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
-[...242 lines deleted...]
-    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>13/06/2024 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+    <t>06/13/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Stratégie de vaccination contre la coqueluche dans le contexte épidémique de 2024. Rappel vaccinal des professionnels au contact des personnes à risque de forme grave</t>
-[...959 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
   </si>
   <si>
     <t>p_3116022</t>
   </si>
   <si>
-    <t>Utilisation du vaccin contre la grippe saisonnière FLUCELVAX TETRA chez les adultes et les enfants âgés de plus de 9 ans</t>
-[...191 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2838905/fr/place-du-vaccin-synflorix-dans-la-strategie-vaccinale-contre-les-infections-a-pneumocoques-chez-l-enfant-age-de-moins-de-5-ans</t>
+    <t>The place of SYNFLORIX™ in the pneumococcal vaccination strategy in children under 5 years of age</t>
+  </si>
+  <si>
+    <t>Vaccine Recommendations on the place of SYNFLORIX™ in the pneumococcal vaccination strategy in children under 5 years of age. At the end of its assessment, the HAS is not in favour of adding vaccination with SYNFLORIX™ to the paediatric strategy for prevention of invasive pneumococcal diseases in the specific French context.</t>
+  </si>
+  <si>
+    <t>03/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/19/2018 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838905/en/the-place-of-synflorix-in-the-pneumococcal-vaccination-strategy-in-children-under-5-years-of-age</t>
   </si>
   <si>
     <t>c_2838905</t>
   </si>
   <si>
-    <t>Vaccination contre la rougeole avant l'âge de 12 mois suite à l'arrêt de commercialisation du vaccin monovalent ROUVAX</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3237041/fr/symptomes-prolonges-suite-a-une-covid-19-de-l-adulte-diagnostic-et-prise-en-charge</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Prolonged symptoms following acute COVID-19 in adults — Diagnosis and management</t>
+  </si>
+  <si>
+    <t>Risk factors for the onset of prolonged symptoms following acute COVID-19 have been identified: hospitalisation and high number of symptoms during the initial episode. New symptoms have been described, such as digestive tract, skin, and eye-related symptoms. They are discussed in new toolkit guides. Prolonged symptoms following acute COVID-19 can affect adolescents and, in rarer cases, children (a specific toolkit guide will be formulated). WHO has proposed a definition of “post-COVID condition”. This definition is liable to change over time. It defines this condition particularly via the presence of symptoms beyond 3 months after the acute episode. The scope of this rapid response is not confined to this definition, but provides guidance on earlier management of persistent symptoms (beyond 4 weeks), in order to rule out any differential diagnoses, including some emergency scenarios, as soon as possible, and initiate treatments and/or rehabilitation.</t>
+  </si>
+  <si>
+    <t>02/12/2021 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237041/en/prolonged-symptoms-following-acute-covid-19-in-adults-diagnosis-and-management</t>
   </si>
   <si>
     <t>p_3237041</t>
   </si>
   <si>
-    <t>Traitement de la Covid-19</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3473102/fr/flash-securite-patient-catheters-et-infections-associees-aux-soins-trop-longtemps-il-restera-une-infection-tu-risqueras</t>
+    <t>Focus on Patient Safety - Catheters and healthcare-associated infections...Keeping a catheter in too long increases the chances of infection</t>
+  </si>
+  <si>
+    <t>11/15/2023 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473102/en/focus-on-patient-safety-catheters-and-healthcare-associated-infections-keeping-a-catheter-in-too-long-increases-the-chances-of-infection</t>
   </si>
   <si>
     <t>p_3473102</t>
   </si>
   <si>
-    <t>Référentiel de fonctionnalités d'un système d'aide à la décision en antibiothérapie</t>
-[...542 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3179826/fr/prise-en-charge-des-patients-post-covid-19-en-medecine-physique-et-de-readaptation-mpr-en-soins-de-suite-et-de-readaptation-ssr-et-retour-a-domicile</t>
+    <t>Management of COVID+ patients in Physical Medicine and Rehabilitation (MPR), and on return home</t>
+  </si>
+  <si>
+    <t>These rapid responses detail the objectives of hospitalization in physical medicine and hospital rehabilitation (diagnostic assessment, evaluation of specific deficiencies, structuring of rehabilitation programs and monitoring of medical complications until rehabilitation sessions on return to home ( light physical activity, etc.).</t>
+  </si>
+  <si>
+    <t>04/17/2020 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179826/en/management-of-covid-patients-in-physical-medicine-and-rehabilitation-mpr-and-on-return-home</t>
   </si>
   <si>
     <t>p_3179826</t>
   </si>
   <si>
-    <t>Prise en charge précoce de médecine physique et de réadaptation (MPR) en réanimation, en soins continus ou en service de rééducation post-réanimation (SRPR)</t>
-[...2 lines deleted...]
-    <t>En unités de réanimation et de soins continus, la prise en charge MPR du patient et les actes de rééducation/réadaptation sont réalisés lorsque les constantes vitales sont stabilisées. Une mise en condition peut s’avérer nécessaire avant la séance de rééducation/réadaptation (modification du mode ventilatoire, majoration de l'oxygénation, ajout d'un traitement antalgique...). Objectifs principaux de la prise en charge précoce ? Prévenir et limiter les conséquences fonctionnelles.</t>
+    <t>Early Physical Medicine and Rehabilitation management, in the Intensive Care Unit, the Intermediate Care Unit or the post-ICU Rehabilitation Department</t>
+  </si>
+  <si>
+    <t>The principles for rehabilitation in the ICU or intermediate care unit of patients infected with the SARS CoV2 virus are similar to those for patients with severe ARDS, with certain specific characteristics related to the contagious nature of the virus and the severity of the ARDS, with a high number of patients requiring neuromuscular blocking agents, placement in the prone position and long-term ventilation. Observation of the first patients leaving French intensive care units, a proportion of whom present complications, suggests that there may be a need for specific, long-term rehabilitation.</t>
   </si>
   <si>
     <t>05/05/2020 17:57:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3182178/fr/prise-en-charge-precoce-de-medecine-physique-et-de-readaptation-mpr-en-reanimation-en-soins-continus-ou-en-service-de-reeducation-post-reanimation-srpr</t>
+    <t>https://www.has-sante.fr/jcms/p_3182178/en/early-physical-medicine-and-rehabilitation-management-in-the-intensive-care-unit-the-intermediate-care-unit-or-the-post-icu-rehabilitation-department</t>
   </si>
   <si>
     <t>p_3182178</t>
   </si>
   <si>
-    <t>Prise en charge médicamenteuse des situations d’anxiolyse et de sédation pour les pratiques palliatives en situation d’accès restreint au midazolam</t>
-[...179 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774179/fr/pertinence-des-actes-et-prescriptions-medicamenteuses-chez-un-patient-adulte-infecte-par-helicobacter-pylori</t>
+    <t>Appropriateness of care – Diagnosis and treatment of Helicobacter pylori infection in adults</t>
+  </si>
+  <si>
+    <t>The appropriateness tools « Diagnosis of Helicobacter pylori infection in adults » and « Treatment of Helicobacter pylori infection in adults » were produced by the French National Authority for Health (HAS) in partnership with the French National Council of gastroenterologists.</t>
+  </si>
+  <si>
+    <t>06/21/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774179/en/appropriateness-of-care-diagnosis-and-treatment-of-helicobacter-pylori-infection-in-adults</t>
   </si>
   <si>
     <t>c_2774179</t>
   </si>
   <si>
-    <t>Comment réagir face à la présence d’humidité dans des boites d’instruments stériles après incision du patient ?</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019436/fr/comment-reagir-face-a-la-presence-d-humidite-dans-des-boites-d-instruments-steriles-apres-incision-du-patient</t>
+    <t>What action to take when finding moisture in boxes of sterile instruments after patient incision</t>
+  </si>
+  <si>
+    <t>This Patient Safety Solution is intended to suggest what to do when sterilisation packaging is found to be wet or moist during the course of an intervention, after patient incision, and in the absence of other immediately available and usable sterile instruments.</t>
+  </si>
+  <si>
+    <t>03/17/2015 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019436/en/what-action-to-take-when-finding-moisture-in-boxes-of-sterile-instruments-after-patient-incision</t>
   </si>
   <si>
     <t>c_2019436</t>
   </si>
   <si>
-    <t>Pose et entretien des cathéters veineux périphériques</t>
-[...9365 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
+  </si>
+  <si>
+    <t>12/09/2025 15:28:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501692/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m</t>
+  </si>
+  <si>
+    <t>p_3501692</t>
+  </si>
+  <si>
+    <t>protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501621/en/nuvaxovid-sars-cov-2-spike-protein-adjuvanted-with-matrix-m-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784589/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m-covid-19</t>
   </si>
   <si>
     <t>REKAMBYS (rilpivirine)</t>
   </si>
   <si>
-    <t>21/10/2025 11:05:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3263205/fr/rekambys-rilpivirine</t>
+    <t>10/21/2025 11:05:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263205/en/rekambys-rilpivirine</t>
   </si>
   <si>
     <t>p_3263205</t>
   </si>
   <si>
     <t>rilpivirine</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3263060/fr/rekambys-rilpivirine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3700800/fr/rekambys-rilpivirine-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+    <t>https://www.has-sante.fr/jcms/p_3263060/en/rekambys-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412895/en/rekambys-rilpivirine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700800/en/rekambys-rilpivirine-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
   </si>
   <si>
     <t>VOCABRIA (cabotégravir)</t>
   </si>
   <si>
-    <t>21/10/2025 11:09:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3263213/fr/vocabria-cabotegravir</t>
+    <t>10/21/2025 11:09:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263213/en/vocabria-cabotegravir</t>
   </si>
   <si>
     <t>p_3263213</t>
   </si>
   <si>
     <t>cabotégravir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3263063/fr/vocabria-cabotegravir</t>
-[...20 lines deleted...]
-    <t>amphotéricine B liposomale</t>
+    <t>https://www.has-sante.fr/jcms/p_3263063/en/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412898/en/vocabria-cabotegravir-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700803/en/vocabria-cabotegravir-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>FLUARIX (virus grippal inactivé fragmenté)</t>
+  </si>
+  <si>
+    <t>10/10/2025 15:32:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984591/en/fluarix-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>pprd_2984591</t>
+  </si>
+  <si>
+    <t>virus grippal inactivé fragmenté</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399678/en/fluarix-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622530/en/fluarix-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056122/en/fluarix-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323116/en/fluarix-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344404/en/fluarix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615549/en/fluarix-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022081/en/fluarix-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689892/en/fluarix-vaccin-grippal-trivalent-a-virion-fragmente-inactive-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>NIMENRIX (polyoside de Neisseria meningitidis de groupe A conjugué à l'anatoxine...)</t>
+  </si>
+  <si>
+    <t>09/26/2025 08:51:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984955/en/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-a-conjugue-a-l-anatoxine</t>
+  </si>
+  <si>
+    <t>pprd_2984955</t>
+  </si>
+  <si>
+    <t>vaccin méningococcique des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352587/en/nimenrix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041961/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296242/en/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-w-135</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534139/en/nimenrix-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687274/en/nimenrix-vaccin-meningococcique-conjugue-des-groupes-a-c-w135-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>BEXSERO (protéine recombinante NadA de Neisseria meningitidis groupe B ((BACTER...)</t>
+  </si>
+  <si>
+    <t>09/25/2025 09:57:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984736/en/bexsero-proteine-recombinante-nada-de-neisseria-meningitidis-groupe-b-bacter</t>
+  </si>
+  <si>
+    <t>pprd_2984736</t>
+  </si>
+  <si>
+    <t>vaccin méningococcique groupe B, ADNr, composant, adsorbé</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753524/en/bexsero</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279808/en/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534142/en/bexsero-meningococcal-group-b-vaccine-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686940/en/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>MENVEO (oligoside de Neisseria meningitidis du groupe W135 conjugué à la proté...)</t>
+  </si>
+  <si>
+    <t>09/25/2025 10:01:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984826/en/menveo-oligoside-de-neisseria-meningitidis-du-groupe-w135-conjugue-a-la-prote</t>
+  </si>
+  <si>
+    <t>pprd_2984826</t>
+  </si>
+  <si>
+    <t>Vaccin méningococcique des groupes A, C, W-135 et Y conjugué à la protéine CRM197 de la toxine de Corynebacterium diphteriae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013267/en/menveo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722891/en/menveo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041931/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315464/en/menveo-oligoside-de-neisseria-meningitidis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534145/en/menveo-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686949/en/menveo-vaccin-meningococcique-des-serogroupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686943/en/menveo-vaccin-meningococcique-des-groupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>TRUMENBA suspension injectable en seringue préremplie</t>
+  </si>
+  <si>
+    <t>09/25/2025 10:08:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281243/en/trumenba-suspension-injectable-en-seringue-preremplie</t>
+  </si>
+  <si>
+    <t>p_3281243</t>
+  </si>
+  <si>
+    <t>vaccin méningococcique groupe B (recombinant, adsorbé)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280981/en/trumenba-meningococcal-group-b-vaccine-recombinant-adsorbed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576429/en/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe-vaccin-anti-meningococcique-serogroupe-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686931/en/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>MENQUADFI (vaccin méningococcique conjugué des groupes A, C, W et Y)</t>
+  </si>
+  <si>
+    <t>09/25/2025 10:08:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296179/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
+  </si>
+  <si>
+    <t>p_3296179</t>
+  </si>
+  <si>
+    <t>vaccin méningococcique conjugué des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
+  </si>
+  <si>
+    <t>SANOFI PASTEUR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295762/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534136/en/menquadfi-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686928/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>JULUCA (dolutégravir sodique/ rilpivirine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:43:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983125/en/juluca-dolutegravir-sodique/-rilpivirine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983125</t>
+  </si>
+  <si>
+    <t>dolutégravir,rilpivirine</t>
+  </si>
+  <si>
+    <t>ViiV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869239/en/juluca-dolutegravir/rilpivirine-combination-of-anti-viral-agents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293338/en/juluca-50-mg/25-mg-rilpivirine-/-dolutegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685906/en/juluca-dolutegravir/rilpivirine-vih</t>
+  </si>
+  <si>
+    <t>TIVICAY (dolutégravir), inhibiteur de l’intégrase</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:44:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983497/en/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
+  </si>
+  <si>
+    <t>pprd_2983497</t>
+  </si>
+  <si>
+    <t>dolutégravir</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748396/en/tivicay</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801228/en/tivicay-dolutegravir-integrase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280958/en/tivicay-dolutegravir-sodique-vih-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293335/en/tivicay-dolutegravir-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685918/en/tivicay-dolutegravir-vih</t>
+  </si>
+  <si>
+    <t>TRIUMEQ (dolutégravir/abacavir/lamivudine),  association fixe d’antirétroviraux</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:44:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984619/en/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>pprd_2984619</t>
+  </si>
+  <si>
+    <t>dolutégravir,abacavir,lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008464/en/triumeq-dolutegravir/abacavir/lamivudine-fixed-dose-combination-of-antiretrovirals</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293332/en/triumeq-abacavir/dolutegravir-sodique/lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445064/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546931/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685912/en/triumeq-dolutegravir/abacavir/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>DOVATO (dolutégravir/ lamivudine)</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147186/en/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>p_3147186</t>
+  </si>
+  <si>
+    <t>dolutégravir,lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146844/en/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294118/en/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497014/en/dovato-dolutegravir/lamivudine-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637598/en/dovato-dolutegravir/lamivudine-hiv-1-infection</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685921/en/dovato-dolutegravir/lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>KETOCONAZOLE HRA (kétoconazole)</t>
+  </si>
+  <si>
+    <t>09/12/2025 16:10:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984525/en/ketoconazole-hra-ketoconazole</t>
+  </si>
+  <si>
+    <t>pprd_2984525</t>
+  </si>
+  <si>
+    <t>kétoconazole</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BIOGARAN / HRA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038116/en/ketoconazole-hra-ketoconazole-imidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643542/en/ketoconazole-arrow-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658186/en/ketoconazole-biogaran-ketoconazole-pityriasis-versicolor-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>AKANTIOR (polihexanide)</t>
+  </si>
+  <si>
+    <t>09/12/2025 16:05:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639394/en/akantior-polihexanide</t>
+  </si>
+  <si>
+    <t>p_3639394</t>
+  </si>
+  <si>
+    <t>polihexanide</t>
+  </si>
+  <si>
+    <t>SIFI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639096/en/akantior-polihexanide-acanthamoeba-keratitis-in-adults-and-children-from-12-years-of-age</t>
+  </si>
+  <si>
+    <t>FLEBOGAMMA DIF (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>08/11/2025 08:32:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985246/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>pprd_2985246</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>GRIFOLS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_992837/en/flebogammadif-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118416/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136109/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3640558/en/flebogamma-normal-human-immunoglobulin-measles-pre/post-exposure</t>
+  </si>
+  <si>
+    <t>PEGASYS (peginterféron alfa-2a)</t>
+  </si>
+  <si>
+    <t>08/07/2025 10:59:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983134/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>pprd_2983134</t>
+  </si>
+  <si>
+    <t>peginterféron alfa-2a</t>
+  </si>
+  <si>
+    <t>CHEPLAPHARM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399754/en/pegasys-135-g-solution-injectable-en-seringue-preremplie-b/1-b/4pegasys-180-g-solution-injectable-en-seringue-preremplie-b/1-b/4-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400333/en/pegasys-135-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4-pegasys-180-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749190/en/pegasys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713153/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937965/en/pegasys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364580/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735588/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735592/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868377/en/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860526/en/pegasys-peginterferon-alfa-2a-interferon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639817/en/pegasys-peginterferon-alfa-2a-polycythaemia-vera-or-essential-thrombocythaemia</t>
+  </si>
+  <si>
+    <t>HEPCLUDEX (bulévirtide)</t>
+  </si>
+  <si>
+    <t>08/07/2025 10:51:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225171/en/hepcludex-bulevirtide</t>
+  </si>
+  <si>
+    <t>p_3225171</t>
+  </si>
+  <si>
+    <t>bulévirtide</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224940/en/hepcludex-bulevirtide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639550/en/hepcludex-bulevirtide-hepatitis-delta-virus-hdv-adult-and-paediatric-patients-3-years-of-age-and-older</t>
+  </si>
+  <si>
+    <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
+  </si>
+  <si>
+    <t>07/11/2025 17:46:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635682/en/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
+  </si>
+  <si>
+    <t>p_3635682</t>
+  </si>
+  <si>
+    <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635500/en/qdenga-dengue-tetravalent-vaccine-live-attenuated-dengue-tetravalent-vaccine</t>
+  </si>
+  <si>
+    <t>PANZYGA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>07/10/2025 15:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983868/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983868</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale (plasmatique)</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682145/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634950/en/panzyga-normal-human-immunoglobulin-immunoglobulin</t>
+  </si>
+  <si>
+    <t>GARDASIL - GARDASIL 9</t>
+  </si>
+  <si>
+    <t>07/03/2025 17:06:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983518/en/gardasil-gardasil-9</t>
+  </si>
+  <si>
+    <t>pprd_2983518</t>
+  </si>
+  <si>
+    <t>vaccin papillomavirus humain 9-valent, recombinant, adsorbé</t>
+  </si>
+  <si>
+    <t>MSD VACCINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523363/en/gardasil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1232860/en/gardasil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525559/en/gardasil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796800/en/gardasil-9-9-valent-human-papillomavirus-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160954/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-human-papillomavirus-9-valent-vaccine-recombinant-adsorbed-vaccine-against-hpv</t>
+  </si>
+  <si>
+    <t>SIVEXTRO (tédizolide (phosphate de))</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:38:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984287/en/sivextro-tedizolide-phosphate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984287</t>
+  </si>
+  <si>
+    <t>phosphate de tédizolid</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581332/en/sivextro-tedizolid-antibiotic-of-the-oxazolidinone-class</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478083/en/sivextro-phosphate-de-tedizolid-infections-de-la-peau</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607243/en/sivextro-phosphate-de-tedizolid-antibiotiques</t>
+  </si>
+  <si>
+    <t>FLUAD (vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:30:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986107/en/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>pprd_2986107</t>
+  </si>
+  <si>
+    <t>vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398937/en/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606844/en/fluad-trivalent-influenza-vaccine-surface-antigen-inactivated-adjuvanted-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>EFLUELDA</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:27:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191986/en/efluelda</t>
+  </si>
+  <si>
+    <t>p_3191986</t>
+  </si>
+  <si>
+    <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191303/en/efluelda</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-trivalent-influenza-vaccine-split-virion-inactivated-prevention-of-influenza</t>
+  </si>
+  <si>
+    <t>PREVENAR 20 (vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20)</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605531/en/prevenar-20-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-ou-vpc20</t>
+  </si>
+  <si>
+    <t>p_3605531</t>
+  </si>
+  <si>
+    <t>vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605182/en/prevenar-20-pneumococcal-polysaccharide-conjugate-vaccine-20-valent-adsorbed-pneumococcal-infections</t>
+  </si>
+  <si>
+    <t>ZUTECTRA (immunoglobuline humaine de l'hépatite B)</t>
+  </si>
+  <si>
+    <t>05/15/2025 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985084/en/zutectra-immunoglobuline-humaine-de-l-hepatite-b</t>
+  </si>
+  <si>
+    <t>pprd_2985084</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine de l'hépatite B</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147586/en/zutectra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605173/en/zutectra-human-hepatitis-b-immunoglobulin-prevention-of-hepatitis-b</t>
+  </si>
+  <si>
+    <t>EXBLIFEP (céfépime/enmétazobactam)</t>
+  </si>
+  <si>
+    <t>05/14/2025 16:34:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605506/en/exblifep-cefepime/enmetazobactam</t>
+  </si>
+  <si>
+    <t>p_3605506</t>
+  </si>
+  <si>
+    <t>céfépime,enmétazobactam</t>
+  </si>
+  <si>
+    <t>ADVANZ PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605176/en/exblifep-cefepime/enmetazobactam-complicated-urinary-tract-infections-cuti</t>
+  </si>
+  <si>
+    <t>FLUENZ - FLUENZ TETRA</t>
+  </si>
+  <si>
+    <t>04/07/2025 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984533/en/fluenz-fluenz-tetra</t>
+  </si>
+  <si>
+    <t>pprd_2984533</t>
+  </si>
+  <si>
+    <t>virus grippal réassorti, vivant atténué</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284808/en/fluenz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035692/en/fluenz-tetra-tetravalent-vaccine-against-seasonal-influenza-in-children</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443740/en/fluenz-tetra-virus-grippal-reassorti-vivant-attenue-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483264/en/fluenz-tetra-four-component-live-attenuated-nasal-influenza-vaccine-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600306/en/-fluenz-trivalent-influenza-vaccine-live-attenuated-nasal-viral-illness</t>
+  </si>
+  <si>
+    <t>IXCHIQ (Vaccin contre le chikungunya, vivant, atténué)</t>
+  </si>
+  <si>
+    <t>04/04/2025 08:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600206/en/ixchiq-vaccin-contre-le-chikungunya-vivant-attenue</t>
+  </si>
+  <si>
+    <t>p_3600206</t>
+  </si>
+  <si>
+    <t>Vaccin contre le chikungunya, vivant, atténué</t>
+  </si>
+  <si>
+    <t>VALNEVA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600181/en/ixchiq-live-chikungunya-vaccine-chikungunya</t>
+  </si>
+  <si>
+    <t>MUTAGRIP - VAXIGRIP (virus grippal, inactivé, fragmenté)</t>
+  </si>
+  <si>
+    <t>03/11/2025 16:56:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985174/en/mutagrip-vaxigrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>pprd_2985174</t>
+  </si>
+  <si>
+    <t>virus grippal, inactivé, fragmenté</t>
+  </si>
+  <si>
+    <t>SANOFI PASTEUR MSD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399695/en/mutagrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555637/en/mutagrip-/-vaxigrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056137/en/mutagrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594958/en/vaxigrip-trivalent-influenza-vaccine-split-virion-inactivated-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>INFLUVAC (antigènes de virus grippal cultivé, inactivé)</t>
+  </si>
+  <si>
+    <t>03/06/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985969/en/influvac-antigenes-de-virus-grippal-cultive-inactive</t>
+  </si>
+  <si>
+    <t>pprd_2985969</t>
+  </si>
+  <si>
+    <t>antigènes de virus grippal cultivé, inactivé</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399685/en/influvac-antigenes-de-virus-grippal-cultive-inactive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594723/en/influvac-influenza-vaccine-surface-antigen-inactivated-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>FLUCELVAX TIV (vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594797/en/flucelvax-tiv-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires</t>
+  </si>
+  <si>
+    <t>p_3594797</t>
+  </si>
+  <si>
+    <t>vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594714/en/flucelvax-influenza-vaccine-surface-antigen-inactivated-prepared-in-cell-cultures-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>PERPRUP (povidone iodée / alcool isopropylique)</t>
+  </si>
+  <si>
+    <t>01/24/2025 16:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585879/en/perprup-povidone-iodee-/-alcool-isopropylique</t>
+  </si>
+  <si>
+    <t>p_3585879</t>
+  </si>
+  <si>
+    <t>povidone iodée,alcool isopropylique</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585762/en/perprup-povidone-iodine-isopropyl-alcohol-antiseptic</t>
+  </si>
+  <si>
+    <t>MRESVIA (Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié))</t>
+  </si>
+  <si>
+    <t>11/21/2024 15:27:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3559480/en/mresvia-vaccin-du-virus-respiratoire-syncytial-a-arnm-a-nucleoside-modifie</t>
+  </si>
+  <si>
+    <t>p_3559480</t>
+  </si>
+  <si>
+    <t>Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié)</t>
+  </si>
+  <si>
+    <t>MODERNA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558030/en/mresvia-respiratory-syncytial-virus-rsv-mrna-vaccine-nucleoside-modified-respiratory-syncytial-virus</t>
+  </si>
+  <si>
+    <t>BEYFORTUS (nirsévimab)</t>
+  </si>
+  <si>
+    <t>11/20/2024 08:37:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456691/en/beyfortus-nirsevimab</t>
+  </si>
+  <si>
+    <t>p_3456691</t>
+  </si>
+  <si>
+    <t>nirsévimab</t>
+  </si>
+  <si>
+    <t>SANOFI PASTEUR EUROPE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456503/en/beyfortus-nirsevimab-rsv-lower-respiratory-tract-infection</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556743/en/beyfortus-nirsvimab-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>INEXIUM</t>
+  </si>
+  <si>
+    <t>10/31/2024 16:11:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984030/en/inexium</t>
+  </si>
+  <si>
+    <t>pprd_2984030</t>
+  </si>
+  <si>
+    <t>esomeprazole</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399748/en/inexium-20-mg-et-40-mg-comprimes-gastro-resistants-boites-de-7-14-et-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400075/en/inexium-40-mg-poudre-pour-solution-injectable-ou-perfusion-boite-de-1-et-10-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400264/en/inexium-20-mg-comprimes-gastro-resistants-boite-de-7-comprimes-code-cip-355-332-0-boite-de-14-comprimes-code-cip-355-333-7-boite-de-28-comprimes-code-cip-355-334-3-boite-de-50-comprimes-code-cip-562-828-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_589380/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622293/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773266/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874846/en/inexium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945889/en/inexium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234519/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658510/en/inexium-esomeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215579/en/inexium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554599/en/inexium-esomeprazole-magnesique-trihydrate-inhibiteur-de-la-pompe-a-protons-ipp</t>
+  </si>
+  <si>
+    <t>ROACTEMRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+  </si>
+  <si>
+    <t>pprd_2982795</t>
+  </si>
+  <si>
+    <t>tocilizumab</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/en/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/en/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/en/roactemra-tocilizumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/en/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/en/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/en/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/en/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>KINERET</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:09:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982828/en/kineret</t>
+  </si>
+  <si>
+    <t>pprd_2982828</t>
+  </si>
+  <si>
+    <t>anakinra</t>
+  </si>
+  <si>
+    <t>SWEDISH ORPHAN BIOVITRUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399561/en/kineret-100-mg-solution-injectable-en-seringue-preremplie-b/1-b/7-b/28-en-flacon-b/1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642557/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701280/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749748/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765197/en/kineret-anakinra-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912136/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221969/en/kineret-fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3329208/en/kineret-anakinra-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539129/en/kineret-anakinra-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CHLORAPREP COLORE - CHLORAPREP (chlorhexidine (gluconate de)/ isopropylique (alcool))</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:07:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982907/en/chloraprep-colore-chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>pprd_2982907</t>
+  </si>
+  <si>
+    <t>chlorhexidine (gluconate de),isopropylique (alcool)</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON FRANCE SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036306/en/chloraprep-colore</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670193/en/chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899211/en/chloraprep-colore-chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168608/en/chloraprep-chlorhexidine-gluconate-de-/-isopropylique-alcool</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540394/en/chloraprep-chlorhexidine-gluconate-isopropyl-alcohol-antiseptic</t>
+  </si>
+  <si>
+    <t>TENKASI (oritavancine)</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:25:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542196/en/tenkasi-oritavancine</t>
+  </si>
+  <si>
+    <t>p_3542196</t>
+  </si>
+  <si>
+    <t>oritavancine</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539078/en/tenkasi-oritavancin-acute-bacterial-skin</t>
+  </si>
+  <si>
+    <t>ABRYSVO (vaccin du virus respiratoire syncytial (bivalent, recombinant))</t>
+  </si>
+  <si>
+    <t>09/06/2024 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535788/en/abrysvo-vaccin-du-virus-respiratoire-syncytial-bivalent-recombinant</t>
+  </si>
+  <si>
+    <t>p_3535788</t>
+  </si>
+  <si>
+    <t>vaccin du virus respiratoire syncytial (bivalent, recombinant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535401/en/abrysvo-respiratory-syncytial-virus-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538272/en/abrysvo-respiratory-syncytial-virus-rsv-vaccine-bivalent-recombinant-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>AREXVY (Vaccin du Virus Respiratoire Syncytial (VRS) (recombinant, avec adjuvant))</t>
+  </si>
+  <si>
+    <t>09/06/2024 09:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538675/en/arexvy-vaccin-du-virus-respiratoire-syncytial-vrs-recombinant-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>p_3538675</t>
+  </si>
+  <si>
+    <t>Vaccin du Virus Respiratoire Syncytial (VRS) (recombinant, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538266/en/arexvy-respiratory-syncytial-virus-rsv-vaccine-recombinant-adjuvanted-respiratory-syncytial-virus-rsv</t>
+  </si>
+  <si>
+    <t>XYDALBA (dalbavancine)</t>
+  </si>
+  <si>
+    <t>07/29/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983769/en/xydalba-dalbavancine</t>
+  </si>
+  <si>
+    <t>pprd_2983769</t>
+  </si>
+  <si>
+    <t>dalbavancine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>CORREVIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735208/en/xydalba-dalbavancin-antibiotic-of-the-glycopeptide-class</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481907/en/xydalba-dalbavancin-skin-and-soft-tissue-infections</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534482/en/xydalba-dalbavancin-antibiotic</t>
+  </si>
+  <si>
+    <t>DIAZEPAM RENAUDIN (diazépam)</t>
+  </si>
+  <si>
+    <t>07/26/2024 11:58:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983823/en/diazepam-renaudin-diazepam</t>
+  </si>
+  <si>
+    <t>pprd_2983823</t>
+  </si>
+  <si>
+    <t>diazépam</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729428/en/diazepam-renaudin-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534497/en/diazepam-renaudin-diazepam-premedication</t>
+  </si>
+  <si>
+    <t>ARTESUNATE AMIVAS (artésunate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534371/en/artesunate-amivas-artesunate</t>
+  </si>
+  <si>
+    <t>p_3534371</t>
+  </si>
+  <si>
+    <t>artésunate</t>
+  </si>
+  <si>
+    <t>CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534151/en/artesunate-amivas-artesunate-malaria</t>
+  </si>
+  <si>
+    <t>APRETUDE (cabotégravir)</t>
+  </si>
+  <si>
+    <t>06/27/2024 08:28:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527311/en/apretude-cabotegravir</t>
+  </si>
+  <si>
+    <t>p_3527311</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526084/en/apretude-cabotegravir-prep-/-hiv</t>
+  </si>
+  <si>
+    <t>VAXCHORA (vaccin contre le choléra (vivant, recombiné, oral))</t>
+  </si>
+  <si>
+    <t>06/27/2024 08:31:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527320/en/vaxchora-vaccin-contre-le-cholera-vivant-recombine-oral</t>
+  </si>
+  <si>
+    <t>p_3527320</t>
+  </si>
+  <si>
+    <t>vaccin contre le choléra (vivant, recombiné, oral)</t>
+  </si>
+  <si>
+    <t>IMAXIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526096/en/vaxchora-cholera-vaccine-recombinant-live-oral-cholera-vaccine</t>
+  </si>
+  <si>
+    <t>REZZAYO (rezafungine)</t>
+  </si>
+  <si>
+    <t>06/04/2024 16:58:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520408/en/rezzayo-rezafungine</t>
+  </si>
+  <si>
+    <t>p_3520408</t>
+  </si>
+  <si>
+    <t>rezafungine</t>
+  </si>
+  <si>
+    <t>MUNDIPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520341/en/rezzayo-rezafungin-antifungal</t>
+  </si>
+  <si>
+    <t>SHINGRIX (Vaccin zona (recombinant, avec adjuvant))</t>
+  </si>
+  <si>
+    <t>04/29/2024 11:39:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511440/en/shingrix-vaccin-zona-recombinant-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>p_3511440</t>
+  </si>
+  <si>
+    <t>Vaccin zona (recombinant, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511387/en/shingrix-adjuvanted-recombinant-herpes-zoster-vaccine-zoster-vaccine</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale/ immunoglobuline humaine normale (plas...)</t>
+  </si>
+  <si>
+    <t>03/06/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>pprd_2982739</t>
+  </si>
+  <si>
+    <t>LFB-BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/en/clairyg-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/en/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>PREVYMIS (létermovir)</t>
+  </si>
+  <si>
+    <t>03/04/2024 09:11:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983127/en/prevymis-letermovir</t>
+  </si>
+  <si>
+    <t>pprd_2983127</t>
+  </si>
+  <si>
+    <t>létermovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869231/en/prevymis-letermovir-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498130/en/prevymis-letermovir-antiviral</t>
+  </si>
+  <si>
+    <t>DIFICLIR</t>
+  </si>
+  <si>
+    <t>03/04/2024 09:04:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984973/en/dificlir</t>
+  </si>
+  <si>
+    <t>pprd_2984973</t>
+  </si>
+  <si>
+    <t>fidaxomicine</t>
+  </si>
+  <si>
+    <t>TILLOTTS PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332053/en/dificlir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214276/en/dificlir-fidaxomicine-fidaxomicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498127/en/dificlir-fidaxomicin-clostridium-difficile-infection</t>
+  </si>
+  <si>
+    <t>XERAVA (éravacycline)</t>
+  </si>
+  <si>
+    <t>02/23/2024 11:52:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497308/en/xerava-eravacycline</t>
+  </si>
+  <si>
+    <t>p_3497308</t>
+  </si>
+  <si>
+    <t>éravacycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497047/en/xerava-eravacycline</t>
+  </si>
+  <si>
+    <t>VIVOTIF (Salmonella enterica sérovar Typhi, souche Ty21a)</t>
+  </si>
+  <si>
+    <t>01/30/2024 15:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491622/en/vivotif-salmonella-enterica-serovar-typhi-souche-ty21a</t>
+  </si>
+  <si>
+    <t>p_3491622</t>
+  </si>
+  <si>
+    <t>Salmonella enterica sérovar Typhi, souche Ty21a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491589/en/vivotif-typhoid-vaccine-ty21a-typhoid-vaccine</t>
+  </si>
+  <si>
+    <t>ZEPATIER (elbasvir/grazoprévir), association fixe d’antiviraux à action directe</t>
+  </si>
+  <si>
+    <t>01/10/2024 09:00:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983842/en/zepatier-elbasvir/grazoprevir-association-fixe-d-antiviraux-a-action-directe</t>
+  </si>
+  <si>
+    <t>pprd_2983842</t>
+  </si>
+  <si>
+    <t>elbasvir,grazoprévir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2724390/en/zepatier-elbasvir-grazoprevir-fixed-combination-of-direct-acting-antivirals</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299682/en/zepatier-grazoprevir-monohydrate/-elbasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478084/en/zepatier-elbasvir/grazoprevir-hepatite-c-chez-les-adolescents-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>FRAGMINE (daltéparine sodique)</t>
+  </si>
+  <si>
+    <t>12/18/2023 11:56:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984830/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984830</t>
+  </si>
+  <si>
+    <t>daltéparine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399426/en/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399427/en/fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-10-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-iv-en-seringue-pre-remplie-boites-de-10-fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400624/en/fragmine-5-000-ui-anti-xa-/0-2-ml-solution-injectable-pour-voie-s-c-et-i-v-en-seringue-pre-remplie-verre-boite-de-2-cip-330-107-3-boite-de-6-cip-335-298-1-boite-de-10-cip-556-085-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623568/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968494/en/fragmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721870/en/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468556/en/fragmine-dalteparine-sodique-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478082/en/fragmine-dalteparine-sodique-maladie-thromboembolique-veineuse-mtev</t>
+  </si>
+  <si>
+    <t>SPIKEVAX (élasoméran/davesoméran/andusoméran)</t>
+  </si>
+  <si>
+    <t>10/06/2023 09:10:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466459/en/spikevax-elasomeran/davesomeran/andusomeran</t>
+  </si>
+  <si>
+    <t>p_3466459</t>
+  </si>
+  <si>
+    <t>élasoméran (monovalent),élasoméran/davésoméran (bivalent),andusoméran (monovalent)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466353/en/spikevax-elasomeran-/-davesomeran-/-andusomeran-covid-19</t>
+  </si>
+  <si>
+    <t>MANTADIX (amantadine (chlorhydrate d’))</t>
+  </si>
+  <si>
+    <t>09/08/2023 11:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984919/en/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984919</t>
+  </si>
+  <si>
+    <t>amantadine (chlorhydrate d’)</t>
+  </si>
+  <si>
+    <t>LABORATOIRE X.O</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474411/en/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599740/en/mantadix-amantadine-dopaminergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280908/en/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280905/en/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459838/en/mantadix-chlorhydrate-d-amantadine-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>GAMUNEX (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107219/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3107219</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106161/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191678/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232152/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455979/en/gamunex-normal-human-immunoglobulin-measles-pre-/post-exposure-prophylaxis-for-susceptible-adults-children-and-adolescents-0-18-years</t>
+  </si>
+  <si>
+    <t>ARIXTRA (fondaparinux)</t>
+  </si>
+  <si>
+    <t>07/13/2023 17:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983673/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>pprd_2983673</t>
+  </si>
+  <si>
+    <t>fondaparinux sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399720/en/arixtra-2-5mg/0-5ml-solution-injectable-en-seringue-pre-remplie-boite-de-10-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400001/en/arixtra-1-5-mg/0-3-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-boite-de-7-et-boite-de-10-arixtra-2-5-mg/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-et-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400614/en/arixtra-2-5-mg/0-2-ml-en-seringue-pre-remplie-boite-de-2-cip-359-225-4-boite-de-7-cip-359-226-0-boite-de-10-cip-563-619-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400615/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619527/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538427/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900506/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698057/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698093/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944528/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075811/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599725/en/arixtra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599731/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599719/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599716/en/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599722/en/arixtra-5-mg-7-5-mg-et-10-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583335/en/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752872/en/arixtra-1-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419173/en/arixtra-fondaparinux-sodique-antithrombotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451972/en/arixtra-fondaparinux-superficial-vein-thrombosis-svt</t>
+  </si>
+  <si>
+    <t>BIKTARVY (emtricitabine/ bictégravir sodique/ ténofovir alafénamide (fumarate de...)</t>
+  </si>
+  <si>
+    <t>06/14/2023 14:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983103/en/biktarvy-emtricitabine/-bictegravir-sodique/-tenofovir-alafenamide-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983103</t>
+  </si>
+  <si>
+    <t>emtricitabine,bictégravir sodique,ténofovir alafénamide (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873692/en/biktarvy-bictegravir-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280914/en/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444901/en/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide-hiv</t>
+  </si>
+  <si>
+    <t>VAXIGRIP TETRA (virus grippal inactivé, fragmenté/ virus de la grippe fragmenté inacti...)</t>
+  </si>
+  <si>
+    <t>05/30/2023 18:05:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983115/en/vaxigrip-tetra-virus-grippal-inactive-fragmente/-virus-de-la-grippe-fragmente-inacti</t>
+  </si>
+  <si>
+    <t>pprd_2983115</t>
+  </si>
+  <si>
+    <t>virus grippal inactivé, fragmenté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399712/en/vaxigrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente/-virus-de-la-grippe-fragmente-inacti</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056128/en/vaxigrip-virus-grippal-inactive-fragmente/-virus-de-la-grippe-fragmente-inacti</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344392/en/vaxigrip</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615553/en/vaxigrip-virus-grippal-inactive-fragmente/-virus-de-la-grippe-fragmente-inacti</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1626114/en/vaxigrip-virus-grippal-inactive-fragmente/-virus-de-la-grippe-fragmente-inacti</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858747/en/vaxigrip-virus-grippal-inactive-fragmente/-virus-de-la-grippe-fragmente-inacti</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870210/en/vaxigrip-tetra-virus-grippal-inactive-fragmente/-virus-de-la-grippe-fragmente-inacti</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800428/en/vaxigriptetra-tetravalent-vaccine-against-seasonal-influenza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443746/en/vaxigriptetra-virus-de-la-grippe-fragmente-inactive-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>FLUARIXTETRA (vaccin grippal quadrivalent, inactivé, à virion fragmenté)</t>
+  </si>
+  <si>
+    <t>05/30/2023 17:51:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983345/en/fluarixtetra-vaccin-grippal-quadrivalent-inactive-a-virion-fragmente</t>
+  </si>
+  <si>
+    <t>pprd_2983345</t>
+  </si>
+  <si>
+    <t>vaccin grippal quadrivalent, inactivé, à virion fragmenté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839011/en/fluarixtetra-vaccin-grippal-quadrivalent-inactive-a-virion-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870201/en/fluarixtetra-quadrivalent-seasonal-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040108/en/fluarixtetra-tetravalent-vaccine-against-seasonal-influenza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443737/en/fluarixtetra-vaccin-grippal-quadrivalent-inactive-a-virion-fragmente-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>INFLUVAC TETRA (vaccin grippal quadrivalent, inactivé, à antigènes de surface)</t>
+  </si>
+  <si>
+    <t>05/30/2023 17:57:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983440/en/influvac-tetra-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>pprd_2983440</t>
+  </si>
+  <si>
+    <t>vaccin grippal quadrivalent, inactivé, à antigènes de surface</t>
+  </si>
+  <si>
+    <t>VIATRIS MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532201/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056125/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344389/en/influvac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615540/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638599/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727463/en/influvac-enfant-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789493/en/influvac-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818508/en/influvac-tetra-tetravalent-vaccine-against-seasonal-influenza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3084029/en/influvac-tetra-vaccin-grippal-quadrivalent-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313606/en/influvac-tetra-grippe-pediatrique-6-mois-antigenes-de-surface-de-virus-de-la-grippe-inactive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443743/en/influvac-tetra-antigenes-de-surface-de-virus-de-la-grippe-inactive-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>NORFLOXACINE ZENTIVA (norfloxacine)</t>
+  </si>
+  <si>
+    <t>05/22/2023 09:39:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442562/en/norfloxacine-zentiva-norfloxacine</t>
+  </si>
+  <si>
+    <t>p_3442562</t>
+  </si>
+  <si>
+    <t>norfloxacine</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434791/en/norfloxacine-zentiva-norfloxacine-gastrointestinal-infections</t>
+  </si>
+  <si>
+    <t>CILOXADEX (ciprofloxacine (chlorhydrate de)/ dexaméthasone)</t>
+  </si>
+  <si>
+    <t>02/17/2023 08:48:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983337/en/ciloxadex-ciprofloxacine-chlorhydrate-de-/-dexamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2983337</t>
+  </si>
+  <si>
+    <t>ciprofloxacine (chlorhydrate de),dexaméthasone</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3700637/fr/amphotericine-b-liposomal-medipha-amphotericine-b-liposomale-antifongique</t>
-[...929 lines deleted...]
-    <t>pprd_2983457</t>
+    <t>https://www.has-sante.fr/jcms/c_1615044/en/ciloxadex-3-mg/ml-ciprofloxacine-dexamethasone-en-solution-auriculaire-fluoroquinolone-et-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839909/en/ciloxadex-ciprofloxacin-dexamethasone-anti-infective-and-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412616/en/ciloxadex-ciprofloxacine/dexamethasone-antibiotique-et-corticoide</t>
+  </si>
+  <si>
+    <t>REPEVAX (vaccin diphtérique, tétanique, coquelucheux (acellulaire, multicomposé et poliomyélitique (inactivé), (adsorbé, à teneur réduite en antigènes))</t>
+  </si>
+  <si>
+    <t>02/03/2023 10:51:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984226/en/repevax-vaccin-diphterique-tetanique-coquelucheux-acellulaire-multicompose-et-poliomyelitique-inactive-adsorbe-a-teneur-reduite-en-antigenes</t>
+  </si>
+  <si>
+    <t>pprd_2984226</t>
+  </si>
+  <si>
+    <t>vaccin diphtérique, tétanique, coquelucheux (acellulaire, multicomposé et poliomyélitique (inactivé), (adsorbé, à teneur réduite en antigènes)</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104005/en/repevax-vaccin-diphterique-tetanique-coquelucheux-acellulaire-multicompose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607065/en/repevax-vaccin-diphterique-tetanique-coquelucheux-acellulaire-multicompose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400014/en/repevax-suspension-injectable-en-seringue-pre-remplie-avec-aiguille-attachee-et-protege-aiguille-boites-de-1-et-de-10-repevax-suspension-injectable-en-seringue-pre-remplie-sans-aiguille-et-avec-capuchon-tip-cap-boites-de-1-et-de-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124003/en/repevax-vaccin-diphterique-tetanique-coquelucheux-acellulaire-multicompose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395170/en/repevax-vaccin-diphterique-tetanique-coquelucheux-acellulaire-multicompose-et-poliomyelitique-inactive-adsorbe-a-teneur-reduite-en-anti-genes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409207/en/repevax-vaccin-diphterique-tetanique-coquelucheux-acellulaire-multicompose-et-poliomyelitique-inactive-adsorbe-a-teneur-reduite-en-anti-genes</t>
+  </si>
+  <si>
+    <t>HEXYON (vaccin hexavalent contre diphtérie, tétanos, poliomyélite, coqueluche,...)</t>
+  </si>
+  <si>
+    <t>02/03/2023 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984447/en/hexyon-vaccin-hexavalent-contre-diphterie-tetanos-poliomyelite-coqueluche</t>
+  </si>
+  <si>
+    <t>pprd_2984447</t>
+  </si>
+  <si>
+    <t>vaccin hexavalent contre diphtérie, tétanos, poliomyélite, coqueluche, infections à Haemophilus influenzae type b, hépatite B</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052626/en/hexyon-hexavalent-vaccine-against-diphtheria-tetanus-poliomyelitis-pertussis-haemophilus-influenzae-type-b-infections-hepatitis-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409198/en/hexyon-vaccin-diphterique-d-tetanique-t-coque-lucheux-acellulaire-multicompose-ca-de-l-hepatite-b-adnr-hepb-poliomyelitique-inactive-p-et-de-l-haemophilus-influenzae-type-b-hib-conjugue-adsorbe</t>
+  </si>
+  <si>
+    <t>VEKLURY</t>
+  </si>
+  <si>
+    <t>01/13/2023 14:52:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201987/en/veklury</t>
+  </si>
+  <si>
+    <t>p_3201987</t>
+  </si>
+  <si>
+    <t>remdesivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201793/en/veklury</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403611/en/veklury-remdesivir-covid-19</t>
+  </si>
+  <si>
+    <t>ZERBAXA (ceftolozane/ tazobactam)</t>
+  </si>
+  <si>
+    <t>01/09/2023 14:21:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984003/en/zerbaxa-ceftolozane/-tazobactam</t>
+  </si>
+  <si>
+    <t>pprd_2984003</t>
+  </si>
+  <si>
+    <t>ceftolozane,tazobactam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658642/en/zerbaxa-ceftolozane/tazobactam-cephalosporin-and-lactamase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152698/en/zerbaxa-ceftolozane/-tazobactam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402033/en/zerbaxa-ceftolozane/tazobactam-traitement-des-infections-chez-les-enfants-de-la-naissance-a-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>DELSTRIGO</t>
+  </si>
+  <si>
+    <t>09/02/2022 16:19:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982781/en/delstrigo</t>
+  </si>
+  <si>
+    <t>pprd_2982781</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil,doravirine,lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965623/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360847/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine-vih-adolescents</t>
+  </si>
+  <si>
+    <t>FLUAD TETRA, vaccin antigrippal</t>
+  </si>
+  <si>
+    <t>09/02/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314222/en/fluad-tetra-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>p_3314222</t>
+  </si>
+  <si>
+    <t>antigènes de surface du virus de la grippe, inactivé, souche A/Cambodia/e0826360/2020 (H3N2) - souche analogue (A/Cambodia/e0826360/2020 IVR-224),antigènes de surface du virus de la grippe, inactivé, souche A/Victoria/2570/2019 (H1N1)pdm09 - souche analogue (A/Victoria/2570/2019 IVR-215),antigènes de surface du virus de la grippe, inactivé, souche B/Phuket/3073/2013 - souche analogue (B/Phuket/3073/2013 BVR-1B),antigènes de surface du virus de la grippe, inactivé, souche B/Washington/02/2019 - souche analogue (B/Victoria/705/2018 BVR-11)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313597/en/fluad-tetra-antigenes-de-surface-du-virus-de-la-grippe-inactive-prevention-de-la-grippe-65-ans-et</t>
+  </si>
+  <si>
+    <t>PIFELTRO</t>
+  </si>
+  <si>
+    <t>08/22/2022 17:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982782/en/pifeltro</t>
+  </si>
+  <si>
+    <t>pprd_2982782</t>
+  </si>
+  <si>
+    <t>doravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965620/en/pifeltro-doravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360844/en/pifeltro-doravirine-adolescents-ages-de-12-ans-a-moins-de-18-ans-et-pesant-au-moins-35-kg-infectes-par-le-vih-1</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983666</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA  SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/en/octagam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/en/octagam-50-mg/ml-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/en/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>ROTATEQ</t>
+  </si>
+  <si>
+    <t>07/12/2022 16:29:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984612/en/rotateq</t>
+  </si>
+  <si>
+    <t>pprd_2984612</t>
+  </si>
+  <si>
+    <t>vaccin rotavirus, vivant</t>
+  </si>
+  <si>
+    <t>MSD Vaccins</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009666/en/rotarix-and-rotateq-rotavirus-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352220/en/rotateq-vaccin-rotavirus-vivant-immunisation-active-des-nourrissons</t>
+  </si>
+  <si>
+    <t>ROTARIX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984613/en/rotarix</t>
+  </si>
+  <si>
+    <t>pprd_2984613</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009660/en/rotarix-rotavirus-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352176/en/rotarix-rotavirus-humain-immunisation-active-des-nourrissons</t>
+  </si>
+  <si>
+    <t>HIZENTRA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>06/07/2022 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983129/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983129</t>
+  </si>
+  <si>
+    <t>CSL BEHRING SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965166/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868844/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099607/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342053/en/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+  </si>
+  <si>
+    <t>VOSEVI (sofosbuvir/ velpatasvir/ voxilaprévir)</t>
+  </si>
+  <si>
+    <t>05/17/2022 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983449/en/vosevi-sofosbuvir/-velpatasvir/-voxilaprevir</t>
+  </si>
+  <si>
+    <t>pprd_2983449</t>
+  </si>
+  <si>
+    <t>sofosbuvir,velpatasvir,voxilaprévir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817995/en/vosevi-sofosbuvir-/-velpatasvir-/-voxilaprevir-fixed-direct-acting-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152658/en/vosevi-sofosbuvir/-velpatasvir/-voxilaprevir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299679/en/vosevi-sofosbuvir/-voxilaprevir/-velpatasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337938/en/vosevi-sofosbuvir/-voxilaprevir/-velpatasvir-vhc</t>
+  </si>
+  <si>
+    <t>DELTYBA (delamanide)</t>
+  </si>
+  <si>
+    <t>05/17/2022 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984240/en/deltyba-delamanide</t>
+  </si>
+  <si>
+    <t>pprd_2984240</t>
+  </si>
+  <si>
+    <t>delamanide</t>
+  </si>
+  <si>
+    <t>OTSUKA PHARMACEUTICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598638/en/deltyba-delamanid-antituberculosis-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120940/en/deltyba-delamanide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269474/en/deltyba-delamanid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337724/en/deltyba-delamanide-tuberculose-pulmonaire-multiresistante-tb-mr</t>
+  </si>
+  <si>
+    <t>EPCLUSA</t>
+  </si>
+  <si>
+    <t>05/16/2022 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983840/en/epclusa</t>
+  </si>
+  <si>
+    <t>pprd_2983840</t>
+  </si>
+  <si>
+    <t>sofosbuvir,velpatasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2724396/en/epclusa-sofosbuvir/velpatasvir-fixed-combination-of-direct-acting-antivirals</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115175/en/epclusa-sofosbuvir/-velpatasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152667/en/epclusa-sofosbuvir/-velpatasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224423/en/epclusa-sofosbuvir/-velpatasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299655/en/epclusa-sofosbuvir/-velpatasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337733/en/epclusa-sofosbuvir/-velpatasvir-vhc</t>
+  </si>
+  <si>
+    <t>VAXELIS, vaccin hexavalent contre diphtérie, tétanos, poliomyélite, coqueluche, infections à Haemophilus influenzae type b, hépatite B (vaccin diphtérique, tétanique, coquelucheux (acellulaire, multicomposé...)</t>
+  </si>
+  <si>
+    <t>05/05/2022 17:55:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983471/en/vaxelis-vaccin-hexavalent-contre-diphterie-tetanos-poliomyelite-coqueluche-infections-a-haemophilus-influenzae-type-b-hepatite-b-vaccin-diphterique-tetanique-coquelucheux-acellulaire-multicompose</t>
+  </si>
+  <si>
+    <t>pprd_2983471</t>
+  </si>
+  <si>
+    <t>vaccin diphtérique, tétanique, coquelucheux (acellulaire, multicomposé), de l'hépatite B (ADNr), poliomyélitique (inactivé) et conjugué de l'Haemophilus de type b (adsorbé)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807261/en/vaxelis-hexavalent-vaccine-against-diphtheria-tetanus-poliomyelitis-pertussis-haemophilus-influenzae-type-b-infections-hepatitis-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337730/en/vaxelis-vaccin-diphterique-tetanique-coquelucheux-acellulaire-multicompose-de-l-hepatite-b-adnr-poliomyelitique-inactive-et-conjugue-de-l-haemophilus-de-type-b-adsorbe</t>
+  </si>
+  <si>
+    <t>PAXLOVID (PF-07321332/ritonavir) - COVID-19</t>
+  </si>
+  <si>
+    <t>04/25/2022 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311154/en/paxlovid-pf-07321332/ritonavir-covid-19</t>
+  </si>
+  <si>
+    <t>p_3311154</t>
+  </si>
+  <si>
+    <t>PF-07321332/Ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311133/en/paxlovid-pf-07321332/ritonavir-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334227/en/paxlovid-pf-07321332-/-ritonavir-covid-19</t>
+  </si>
+  <si>
+    <t>KINERET (anakinra)</t>
+  </si>
+  <si>
+    <t>04/12/2022 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330840/en/kineret-anakinra</t>
+  </si>
+  <si>
+    <t>p_3330840</t>
+  </si>
+  <si>
+    <t>Swedish Orphan Biovitrum (SOBI)</t>
+  </si>
+  <si>
+    <t>DUGRESSA (lévofloxacine/ dexaméthasone)</t>
+  </si>
+  <si>
+    <t>02/08/2022 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315644/en/dugressa-levofloxacine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>p_3315644</t>
+  </si>
+  <si>
+    <t>lévofloxacine,dexaméthasone</t>
+  </si>
+  <si>
+    <t>SANTEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315491/en/dugressa-dexamethasone/-levofloxacine</t>
+  </si>
+  <si>
+    <t>MAVIRET</t>
+  </si>
+  <si>
+    <t>12/07/2021 15:34:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983444/en/maviret</t>
+  </si>
+  <si>
+    <t>pprd_2983444</t>
+  </si>
+  <si>
+    <t>glécaprévir,pibrentasvir</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818016/en/maviret-glecaprevir-/pibrentasvir-fixed-direct-acting-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114485/en/maviret-glecaprevir/-pibrentasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114479/en/maviret-glecaprevir/-pibrentasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224398/en/maviret-glecaprevir/-pibrentasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280978/en/maviret-vhc-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302596/en/maviret-50-mg/20-mg-glecaprevir/-pibrentasvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299661/en/maviret-glecaprevir/-pibrentasvir</t>
+  </si>
+  <si>
+    <t>DENGVAXIA, virus chimérique fièvre jaune/dengue de sérotype 1, 2, 3 et 4 (vivant, atténué)</t>
+  </si>
+  <si>
+    <t>12/07/2021 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303526/en/dengvaxia-virus-chimerique-fievre-jaune/dengue-de-serotype-1-2-3-et-4-vivant-attenue</t>
+  </si>
+  <si>
+    <t>p_3303526</t>
+  </si>
+  <si>
+    <t>Vaccin contre la dengue quadrivalent (vivant, atténué)</t>
+  </si>
+  <si>
+    <t>SANOFI AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302593/en/dengvaxia-dengue-quadrivalent-vaccine-live-attenuated</t>
+  </si>
+  <si>
+    <t>SOVALDI</t>
+  </si>
+  <si>
+    <t>11/22/2021 16:45:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983299/en/sovaldi</t>
+  </si>
+  <si>
+    <t>pprd_2983299</t>
+  </si>
+  <si>
+    <t>sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743036/en/sovaldi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848084/en/sovaldi-sofosbuvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152661/en/sovaldi-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224401/en/sovaldi-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299664/en/sovaldi-sofosbuvir</t>
+  </si>
+  <si>
+    <t>HARVONI</t>
+  </si>
+  <si>
+    <t>11/22/2021 16:47:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983301/en/harvoni</t>
+  </si>
+  <si>
+    <t>pprd_2983301</t>
+  </si>
+  <si>
+    <t>lédipasvir,sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022100/en/harvoni-sofosbuvir/ledipasvir-fixed-combination-of-of-direct-acting-antivirals</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848077/en/harvoni-sofosbuvir/ledipasvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152635/en/harvoni-ledipasvir/-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224404/en/harvoni-ledipasvir/-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299667/en/harvoni-sofosbuvir/-ledipasvir</t>
+  </si>
+  <si>
+    <t>TRUVADA (emtricitabine/ ténofovir disoproxil (fumarate de))</t>
+  </si>
+  <si>
+    <t>10/19/2021 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982985/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982985</t>
+  </si>
+  <si>
+    <t>emtricitabine,ténofovir disoproxil (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631266/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079004/en/truvada</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589181/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752856/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819632/en/truvada-emtricitabine-tenofovir-disoproxil-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888480/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400678/en/truvada-comprime-pellicule-flacon-s-polyethylene-haute-densite-pehd-de-30-comprime-s-avec-fermeture-de-securite-enfant-code-cip-365-656-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293341/en/truvada-200-mg/245-mg-emtricitabine-/-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>ZAVICEFTA (avibactam/ ceftazidime)</t>
+  </si>
+  <si>
+    <t>08/05/2021 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983807/en/zavicefta-avibactam/-ceftazidime</t>
+  </si>
+  <si>
+    <t>pprd_2983807</t>
+  </si>
+  <si>
+    <t>avibactam,ceftazidime</t>
+  </si>
+  <si>
+    <t>PFIZER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281013/en/zavicefta-ceftazidime/avibactam-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152692/en/zavicefta-avibactam/-ceftazidime</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730818/en/zavicefta-ceftazidime/avibactam-cephalosporin-and-lactamase-inhibitor</t>
+  </si>
+  <si>
+    <t>ADONTEX</t>
+  </si>
+  <si>
+    <t>08/05/2021 09:41:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199528/en/adontex</t>
+  </si>
+  <si>
+    <t>p_3199528</t>
+  </si>
+  <si>
+    <t>digluconate de chlorhexidine</t>
+  </si>
+  <si>
+    <t>LABORATOIRES PRED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199395/en/adontex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280984/en/adontex-chlorhexidine</t>
+  </si>
+  <si>
+    <t>ECALTA (anidulafungine)</t>
+  </si>
+  <si>
+    <t>06/18/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983800/en/ecalta-anidulafungine</t>
+  </si>
+  <si>
+    <t>pprd_2983800</t>
+  </si>
+  <si>
+    <t>anidulafungine</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663748/en/ecalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987168/en/ecalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730845/en/ecalta-anidulafungin-echinocandin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272112/en/ecalta-anidulafungine-candidoses-pediatriques</t>
+  </si>
+  <si>
+    <t>RUKOBIA (fostemsavir)</t>
+  </si>
+  <si>
+    <t>06/18/2021 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272198/en/rukobia-fostemsavir</t>
+  </si>
+  <si>
+    <t>p_3272198</t>
+  </si>
+  <si>
+    <t>fostemsavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271861/en/rukobia-fostemsavir</t>
+  </si>
+  <si>
+    <t>FLAMMAZINE (sulfadiazine argentique)</t>
+  </si>
+  <si>
+    <t>05/07/2021 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984893/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>pprd_2984893</t>
+  </si>
+  <si>
+    <t>sulfadiazine argentique</t>
+  </si>
+  <si>
+    <t>ALLIANCE PHARMA FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1321839/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649704/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264808/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>RECARBRIO</t>
+  </si>
+  <si>
+    <t>04/08/2021 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211933/en/recarbrio</t>
+  </si>
+  <si>
+    <t>p_3211933</t>
+  </si>
+  <si>
+    <t>imipénème,cilastatine,relebactam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211570/en/recarbrio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259925/en/recarbrio-imipeneme/-cilastatine/-relebactam</t>
+  </si>
+  <si>
+    <t>FRAKIDEX (framycétine/ dexaméthasone)</t>
+  </si>
+  <si>
+    <t>03/18/2021 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982877/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2982877</t>
+  </si>
+  <si>
+    <t>framycétine,dexaméthasone</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455418/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046769/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631819/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904834/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398952/en/frakidex-collyre-en-solution-flacon-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243899/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>CHIBRO CADRON (phosphate de dexaméthasone/ sulfate de néomycine)</t>
+  </si>
+  <si>
+    <t>03/18/2021 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985053/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>pprd_2985053</t>
+  </si>
+  <si>
+    <t>phosphate de dexaméthasone,sulfate de néomycine</t>
+  </si>
+  <si>
+    <t>THEA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215840/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455264/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243902/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>STERDEX (dexaméthasone/ oxytétracycline)</t>
+  </si>
+  <si>
+    <t>03/18/2021 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985126/en/sterdex-dexamethasone/-oxytetracycline</t>
+  </si>
+  <si>
+    <t>pprd_2985126</t>
+  </si>
+  <si>
+    <t>dexaméthasone,oxytétracycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456584/en/sterdex-dexamethasone/-oxytetracycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104022/en/sterdex-dexamethasone/-oxytetracycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243890/en/sterdex-dexamethasone/-oxyttracycline</t>
+  </si>
+  <si>
+    <t>MAXIDROL (déxaméthasone/ sulfate de néomycine/ sulfate de polymyxine B)</t>
+  </si>
+  <si>
+    <t>03/18/2021 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985129/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>pprd_2985129</t>
+  </si>
+  <si>
+    <t>déxaméthasone,sulfate de néomycine,sulfate de polymyxine B</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455933/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104000/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243893/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>TOBRADEX (dexaméthasone/ tobramycine)</t>
+  </si>
+  <si>
+    <t>03/18/2021 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985194/en/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>pprd_2985194</t>
+  </si>
+  <si>
+    <t>dexaméthasone,tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490335/en/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036518/en/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399064/en/tobradex-collyre-en-solution-flacon-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243887/en/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>FETCROJA (céfidérocol)</t>
+  </si>
+  <si>
+    <t>01/26/2021 18:24:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234697/en/fetcroja-cefiderocol</t>
+  </si>
+  <si>
+    <t>p_3234697</t>
+  </si>
+  <si>
+    <t>céfidérocol</t>
+  </si>
+  <si>
+    <t>SHIONOGI SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234207/en/fetcroja-cefiderocol</t>
+  </si>
+  <si>
+    <t>INTELENCE</t>
+  </si>
+  <si>
+    <t>11/19/2020 12:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982724/en/intelence</t>
+  </si>
+  <si>
+    <t>pprd_2982724</t>
+  </si>
+  <si>
+    <t>étravirine</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1250134/fr/edurant-rilpivirine-chlorhydrate-de</t>
-[...962 lines deleted...]
-    <t>p_3492783</t>
+    <t>https://www.has-sante.fr/jcms/c_748325/en/intelence</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251931/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701293/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711205/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047000/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972771/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217751/en/intelence-etravirine</t>
+  </si>
+  <si>
+    <t>PARIET</t>
+  </si>
+  <si>
+    <t>11/12/2020 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982991/en/pariet</t>
+  </si>
+  <si>
+    <t>pprd_2982991</t>
+  </si>
+  <si>
+    <t>rabéprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399406/en/pariet-10-mg-20-mg-comprime-gastro-resistant-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399451/en/pariet-10-mg-comprimes-gastro-resistants-b/14-b/28-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400127/en/pariet-10-mg-comprime-gastroresistant-boite-de-14-code-cip-336-742-8-pariet-10-mg-comprime-gastroresistant-boite-de-28-code-cip-356-744-0-pariet-20-mg-comprime-gastroresistant-boite-de-14-code-cip-355-145-6-pariet-20-mg-comprime-gastroresistant-boite-de-28-code-cip-355-147-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400128/en/pariet-10-mg-20-mg-comprimes-gastroresistants-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763750/en/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923065/en/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343130/en/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888450/en/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215594/en/pariet-rabeprazole</t>
+  </si>
+  <si>
+    <t>LANZOR</t>
+  </si>
+  <si>
+    <t>11/12/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983753/en/lanzor</t>
+  </si>
+  <si>
+    <t>pprd_2983753</t>
+  </si>
+  <si>
+    <t>lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398985/en/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399434/en/lanzor-15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399749/en/lanzor-15-mg-microgranules-gastroresistants-en-gelule-sous-plaquettes-thermoformees-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399750/en/lanzor-30-mg-microgranules-gastroresistants-en-gelule-sous-plaquette-thermoformee-boite-de-7-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622222/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763753/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332059/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741824/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215600/en/lanzor</t>
+  </si>
+  <si>
+    <t>MOPRAL - ZOLTUM</t>
+  </si>
+  <si>
+    <t>11/12/2020 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984407/en/mopral-zoltum</t>
+  </si>
+  <si>
+    <t>pprd_2984407</t>
+  </si>
+  <si>
+    <t>oméprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399005/en/mopral-10-mg-microgranules-gastro-resistants-en-gelule-b/14-b/28-b/50-mopral-20-mg-microgranules-gastro-resistants-en-gelule-b/7-b/14-b/28-b/50-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399503/en/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400743/en/mopral-10-mg-microgranules-gastroresistants-en-gelule-b/14-341-300-4-b/28-341-301-0-mopral-20-mg-microgranules-gastroresistants-en-gelule-b/7-340-810-9-b/14-340-812-1-b/28-340-814-4-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763738/en/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954780/en/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559097/en/mopral-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559100/en/mopral-zoltum-omeprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215588/en/mopral-zoltum</t>
+  </si>
+  <si>
+    <t>OGAST - OGASTORO</t>
+  </si>
+  <si>
+    <t>11/12/2020 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984969/en/ogast-ogastoro</t>
+  </si>
+  <si>
+    <t>pprd_2984969</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398905/en/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399643/en/ogast-15-mg-microgranule-gastroresistant-en-gelule-sous-plaquettes-thermoformees-b/30-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399644/en/ogast-30-mg-microgranule-gastroresistant-en-gelule-b/7-b/14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335893/en/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763768/en/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622226/en/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679422/en/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399446/en/ogast15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215582/en/ogast-ogastoro</t>
+  </si>
+  <si>
+    <t>EUPANTOL - INIPOMP</t>
+  </si>
+  <si>
+    <t>11/12/2020 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985021/en/eupantol-inipomp</t>
+  </si>
+  <si>
+    <t>pprd_2985021</t>
+  </si>
+  <si>
+    <t>pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399491/en/eupantol-40-mg-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399677/en/eupantol-20-mg-comprimes-enrobes-gastro-resistants-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399775/en/eupantol-20-mg-comprimes-enrobes-gastro-resistants-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399849/en/eupantol-40-mg-comprime-gastro-resistant-boites-de-7-14-28-eupantol-40-mg-comprime-gastro-resistant-boite-de-50-eupantol-40-mg-poudre-pour-solution-injectable-iv-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400709/en/eupantol-40-mg-poudre-pour-solution-injectable-iv-1-flacon-s-en-verre-de-42-3-mg-code-cip-346-065-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622522/en/eupantol-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763771/en/eupantol-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773278/en/eupantol-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254521/en/eupantol-/-inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773290/en/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763744/en/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622516/en/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399498/en/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399793/en/inipomp-20-mg-comprimes-enrobes-gastro-resistants-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399686/en/inipomp-20-mg-comprimes-enrobes-gastro-resistants-boites-de-14-et-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399853/en/inipomp-40-mg-comprime-gastro-resistant-boites-de-7-14-28-inipomp-40-mg-comprime-gastro-resistant-boite-de-50-inipomp-40-mg-poudre-pour-solution-injectable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400741/en/inipomp-40-mg-poudre-pour-solution-injectable-iv-1-flacon-s-en-verre-de-42-3-mg-346-061-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215591/en/eupantol-inipomp</t>
+  </si>
+  <si>
+    <t>KALETRA</t>
+  </si>
+  <si>
+    <t>11/04/2020 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982922/en/kaletra</t>
+  </si>
+  <si>
+    <t>pprd_2982922</t>
+  </si>
+  <si>
+    <t>lopinavir,ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818401/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684136/en/kaletra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726239/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831910/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896415/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399855/en/kaletra-capsule-molle-boite-de-180-2-flacons-de-90-capsules-kaletra-capsule-molle-boite-de-180-30-blisters-de-6-capsules-kaletra-solution-buvable-300-ml-5-flacons-de-60-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215576/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>ZINFORO (ceftaroline), céphalosporine</t>
+  </si>
+  <si>
+    <t>10/01/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983642/en/zinforo-ceftaroline-cephalosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983642</t>
+  </si>
+  <si>
+    <t>ceftaroline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356125/en/zinforo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758333/en/zinforo-ceftaroline-cephalosporin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203286/en/zinforo</t>
+  </si>
+  <si>
+    <t>PREVENAR 13</t>
+  </si>
+  <si>
+    <t>07/22/2020 08:56:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982717/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>pprd_2982717</t>
+  </si>
+  <si>
+    <t>Vaccin pneumococcique polyosidique conjugué 13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474554/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_737003/en/prevenar-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766281/en/prevenar</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939182/en/prevenar-13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638937/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720512/en/prevenar-13-vaccin-anti-pneumococcique-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973611/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973623/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195261/en/prevenar-13-vaccin-pneumococcique-polyosidique-conjugue-13-valent</t>
+  </si>
+  <si>
+    <t>TAMIFLU</t>
+  </si>
+  <si>
+    <t>07/01/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983580/en/tamiflu</t>
+  </si>
+  <si>
+    <t>pprd_2983580</t>
+  </si>
+  <si>
+    <t>oseltamivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399947/en/tamiflu-75-mg-gelule-boite-de-10-tamiflu-12-mg/ml-poudre-pour-suspension-buvable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460229/en/tamiflu-oseltamivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664013/en/tamiflu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874858/en/tamiflu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146385/en/tamiflu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756173/en/tamiflu-oseltamivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776117/en/tamiflu-oseltamivir-antiviral-neuraminidase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191478/en/tamiflu</t>
+  </si>
+  <si>
+    <t>RELENZA</t>
+  </si>
+  <si>
+    <t>07/01/2020 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984641/en/relenza</t>
+  </si>
+  <si>
+    <t>pprd_2984641</t>
+  </si>
+  <si>
+    <t>zanamivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614500/en/relenza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782536/en/relenza-zanamivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191475/en/relenza-zanamivir</t>
+  </si>
+  <si>
+    <t>TROGARZO</t>
+  </si>
+  <si>
+    <t>05/18/2020 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184817/en/trogarzo</t>
+  </si>
+  <si>
+    <t>p_3184817</t>
+  </si>
+  <si>
+    <t>ibalizumab</t>
+  </si>
+  <si>
+    <t>THERATECHNOLOGIES INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184445/en/trogarzo</t>
+  </si>
+  <si>
+    <t>ENCEPUR (virus de l'encéphalite à tiques souche K23)</t>
+  </si>
+  <si>
+    <t>05/07/2020 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985275/en/encepur-virus-de-l-encephalite-a-tiques-souche-k23</t>
+  </si>
+  <si>
+    <t>pprd_2985275</t>
+  </si>
+  <si>
+    <t>virus de l'encéphalite à tiques souche K23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954798/en/encepur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182785/en/encepur-virus-de-l-encephalite-a-tiques-souche-k23</t>
+  </si>
+  <si>
+    <t>DECTOVA</t>
+  </si>
+  <si>
+    <t>04/24/2020 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181206/en/dectova</t>
+  </si>
+  <si>
+    <t>p_3181206</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181098/en/dectova-zanamivir</t>
+  </si>
+  <si>
+    <t>VIREAD</t>
+  </si>
+  <si>
+    <t>04/03/2020 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983062/en/viread</t>
+  </si>
+  <si>
+    <t>pprd_2983062</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399667/en/viread-245-mg-comprimes-pellicules-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400218/en/viread-245-mg-comprimes-pellicules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810800/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022281/en/viread</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834965/en/viread</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701303/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702549/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879777/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168605/en/viread-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>CERVARIX (protéine L1 de Papillomavirus humain de type 18 (HPV) (recombinant, ad...)</t>
+  </si>
+  <si>
+    <t>03/12/2020 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984934/en/cervarix-proteine-l1-de-papillomavirus-humain-de-type-18-hpv-recombinant-ad</t>
+  </si>
+  <si>
+    <t>pprd_2984934</t>
+  </si>
+  <si>
+    <t>protéine L1 de Papillomavirus humain de type 18 (HPV) (recombinant, adsorbé, avec adjuvant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657243/en/cervarix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1232863/en/cervarix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517921/en/cervarix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517923/en/cervarix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161427/en/cervarix-proteine-l1-de-papillomavirus-humain-de-type-18-hpv-recombinant-ad</t>
+  </si>
+  <si>
+    <t>REVOLADE (eltrombopag)</t>
+  </si>
+  <si>
+    <t>03/04/2020 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983678/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>pprd_2983678</t>
+  </si>
+  <si>
+    <t>eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969539/en/revolade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015425/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671734/en/revolade-eltrombopag-thrombopoietin-receptor-agonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748397/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748739/en/revolade-ri-thrombopenie-vhc-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752842/en/revolade-eltrombopag-thrombopoietin-receptor-agonists</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151443/en/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>AVAXIM (vaccin inactivé de l'hépatite A adsorbé)</t>
+  </si>
+  <si>
+    <t>03/04/2020 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985268/en/avaxim-vaccin-inactive-de-l-hepatite-a-adsorbe</t>
+  </si>
+  <si>
+    <t>pprd_2985268</t>
+  </si>
+  <si>
+    <t>vaccin inactivé de l'hépatite A adsorbé</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959655/en/avaxim-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959029/en/avaxim-adultes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151138/en/avaxim-vaccin-inactive-de-l-hepatite-a-adsorbe</t>
+  </si>
+  <si>
+    <t>HAVRIX (vaccin inactivé de l'hépatite A adsorbé)</t>
+  </si>
+  <si>
+    <t>03/04/2020 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985269/en/havrix-vaccin-inactive-de-l-hepatite-a-adsorbe</t>
+  </si>
+  <si>
+    <t>pprd_2985269</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959028/en/havrix-nourrissons-et-enfants</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959030/en/havrix-adultes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151144/en/havrix-vaccin-inactive-de-l-hepatite-a-adsorbe</t>
+  </si>
+  <si>
+    <t>ERVEBO (vaccin contre Ebola Zaïre, vivant atténué)</t>
+  </si>
+  <si>
+    <t>03/02/2020 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159879/en/ervebo-vaccin-contre-ebola-zaire-vivant-attenue</t>
+  </si>
+  <si>
+    <t>p_3159879</t>
+  </si>
+  <si>
+    <t>vaccin contre Ebola Zaïre, vivant atténué</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159838/en/ervebo-vaccin-contre-ebola-zaire-vivant-attenue</t>
+  </si>
+  <si>
+    <t>VABOREM (méropénème/ vaborbactam)</t>
+  </si>
+  <si>
+    <t>02/21/2020 17:39:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153000/en/vaborem-meropeneme/-vaborbactam</t>
+  </si>
+  <si>
+    <t>p_3153000</t>
+  </si>
+  <si>
+    <t>méropénème,vaborbactam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152689/en/vaborem-meropeneme/-vaborbactam</t>
+  </si>
+  <si>
+    <t>FOSCAVIR (foscarnet sodique hexahydraté)</t>
+  </si>
+  <si>
+    <t>12/10/2019 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124477/en/foscavir-foscarnet-sodique-hexahydrate</t>
+  </si>
+  <si>
+    <t>p_3124477</t>
+  </si>
+  <si>
+    <t>foscarnet sodique hexahydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124155/en/foscavir-foscarnet-sodique-hexahydrate</t>
+  </si>
+  <si>
+    <t>COLOBREATHE (colistiméthate de sodium)</t>
+  </si>
+  <si>
+    <t>12/09/2019 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984804/en/colobreathe-colistimethate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984804</t>
+  </si>
+  <si>
+    <t>colistiméthate de sodium</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638060/en/colobreathe-colistine-polymyxine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730050/en/colobreathe-colistimethate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3123997/en/colobreathe-colistimethate-de-sodium</t>
+  </si>
+  <si>
+    <t>SYMTUZA (cobicistat/ darunavir (éthanolate de)/ emtricitabine/ ténofovir alafén...)</t>
+  </si>
+  <si>
+    <t>09/12/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983010/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>pprd_2983010</t>
+  </si>
+  <si>
+    <t>cobicistat,darunavir (éthanolate de),emtricitabine,ténofovir alafénamide (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863577/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886171/en/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>STRIBILD (cobicistat/ ténofovir disoproxil (fumarate de)/ elvitégravir/ emtricit...)</t>
+  </si>
+  <si>
+    <t>09/12/2019 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983132/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+  </si>
+  <si>
+    <t>pprd_2983132</t>
+  </si>
+  <si>
+    <t>cobicistat,ténofovir disoproxil (fumarate de),elvitégravir,emtricitabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701324/en/stribild-emtricitabine-et-cobicistat-/elvitegravir/tenofovir-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570626/en/stribild-emtricitabine-cobicistat-elvitegravir-et-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868568/en/stribild-emtricitabine-cobicistat-elvitegravir-and-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080479/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+  </si>
+  <si>
+    <t>ATRIPLA (efavirenz/ emtricitabine/ fumarate de ténofovir disoproxil)</t>
+  </si>
+  <si>
+    <t>09/06/2019 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984481/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>pprd_2984481</t>
+  </si>
+  <si>
+    <t>efavirenz,emtricitabine,fumarate de ténofovir disoproxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743975/en/atripla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044339/en/atripla-efavirenz-emtricitabine-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083824/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>TERGYNAN (métronidazole/ néomycine (sulfate de)/ nystatine)</t>
+  </si>
+  <si>
+    <t>06/05/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982737/en/tergynan-metronidazole/-neomycine-sulfate-de-/-nystatine</t>
+  </si>
+  <si>
+    <t>pprd_2982737</t>
+  </si>
+  <si>
+    <t>métronidazole,néomycine (sulfate de),nystatine</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810807/en/tergynan-metronidazole/-neomycine-sulfate-de-/-nystatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820680/en/tergynan-neomycin-metronidazole-nystatin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971777/en/tergynan-metronidazole/-neomycine-sulfate-de-/-nystatine</t>
+  </si>
+  <si>
+    <t>ISENTRESS (raltégravir potassique)</t>
+  </si>
+  <si>
+    <t>05/14/2019 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982756/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>pprd_2982756</t>
+  </si>
+  <si>
+    <t>raltégravir potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657726/en/isentress</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001255/en/isentress</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701815/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702552/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776508/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580837/en/isentress-100-mg-raltegravir-granules-for-oral-suspension-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818004/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966049/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967178/en/isentress-raltegravir-potassique</t>
+  </si>
+  <si>
+    <t>POLYGYNAX (néomycine (sulfate de)/ nystatine/ polymyxine B (sulfate de))</t>
+  </si>
+  <si>
+    <t>05/14/2019 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982765/en/polygynax-neomycine-sulfate-de-/-nystatine/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982765</t>
+  </si>
+  <si>
+    <t>néomycine (sulfate de),nystatine,polymyxine B (sulfate de)</t>
+  </si>
+  <si>
+    <t>INNOTECH INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810808/en/polygynax-polygynax-virgo-neomycine-sulfate-de-/-nystatine/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820674/en/polygynax-and-polygynax-virgo-neomycin-polymyxin-b-nystatin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967151/en/polygynax-neomycine-sulfate-de-/-nystatine/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>RIAMET (artéméther/ luméfantrine)</t>
+  </si>
+  <si>
+    <t>05/13/2019 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982767/en/riamet-artemether/-lumefantrine</t>
+  </si>
+  <si>
+    <t>pprd_2982767</t>
+  </si>
+  <si>
+    <t>artéméther,luméfantrine</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399703/en/riamet-20-mg/120-mg-comprime-boite-de-24-comprimes-sous-plaquettes-thermoformees-boite-de-400-comprimes-sous-plaquettes-thermoformees-artemether/-lumefantrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517717/en/riamet-artemether/-lumefantrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684121/en/riamet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727460/en/riamet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966261/en/riamet-artemether/-lumefantrine</t>
+  </si>
+  <si>
+    <t>TAVANIC (lévofloxacine hémihydraté)</t>
+  </si>
+  <si>
+    <t>04/25/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982789/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982789</t>
+  </si>
+  <si>
+    <t>lévofloxacine hémihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399518/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399880/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400948/en/tavanic-500-mg-comprime-pellicule-secable-b/5-cip-349-655-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400991/en/tavanic-5-mg/ml-solution-pour-perfusion-1-flacon-de-50-ml-cip-561-898-6-tavanic-5-mg/ml-solution-pour-perfusion-1-flacon-en-verre-de-100-ml-cip-561-900-0-tavanic-500-mg-comprime-pellicule-secable-plaquette-de-5-comprimes-cip-349-655-6-tavanic-500-mg-comprime-pellicule-secable-plaquette-de-50-comprimes-cip-561-904-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970609/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022066/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024578/en/tavanic-levofloxacin-fluoroquinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964762/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>IZILOX (moxifloxacine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/18/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982876/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982876</t>
+  </si>
+  <si>
+    <t>moxifloxacine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399295/en/izilox-400-mg-comprime-pellicule-boites-5-7-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468673/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973830/en/izilox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234504/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856009/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904835/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>MERONEM (méropénem trihydraté)</t>
+  </si>
+  <si>
+    <t>11/30/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983003/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983003</t>
+  </si>
+  <si>
+    <t>méropénem trihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713145/en/meronem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610188/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610506/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886960/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>SELEXID (pivmécillinam (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983026/en/selexid-pivmecillinam-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983026</t>
+  </si>
+  <si>
+    <t>pivmécillinam (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525557/en/selexid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801255/en/selexid-pivmecillinam-related-to-beta-lactams</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856018/en/selexid-pivmecillinam-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884361/en/selexid-pivmecillinam-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>INFANRIX HEXA (N/R/ VIRUS POLIOMYELITIQUE SOUCHE SAUKETT DE TYPE 3 INACTIVE ((MAMMIFE...)</t>
+  </si>
+  <si>
+    <t>11/06/2018 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983056/en/infanrix-hexa-n/r/-virus-poliomyelitique-souche-saukett-de-type-3-inactive-mammife</t>
+  </si>
+  <si>
+    <t>pprd_2983056</t>
+  </si>
+  <si>
+    <t>antigène pertussique : anatoxine pertussique ((BACTERIE/BORDETELLA PERTUSSIS)),antigène pertussique : hémagglutinine filamenteuse ((BACTERIE/BORDETELLA PERTUSSIS)),antigène pertussique : pertactine  ((BACTERIE/BORDETELLA PERTUSSIS)),antigène de surface de l'hépatite B recombinant ((LEVURE/SACCHAROMYCES CEREVISIAE)),antigènes de Bordetella pertussis (anatoxine, hémagglutinine filamenteuse, pertactine),anatoxine diphtérique ((BACTERIE/CORYNEBACTERIUM DIPHTERIAE)),anatoxine tétanique ((BACTERIE/CLOSTRIDIUM TETANI)),polyoside Haemophilus influenzae type b conjugué à l'anatoxine tétanique,virus poliomyelitique souche Mahoney de type 1 inactivé ((MAMMIFERE/SINGE/CELLULES VERO)),virus poliomyélitique souche MEF-1 de type 2 inactivé ((MAMMIFERE/SINGE/CELLULES VERO)),virus poliomyélitique souche Saukett de type 3 inactivé ((MAMMIFERE/SINGE/CELLULES VERO))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398972/en/infanrix-hexa-anatoxine-diphterique-anatoxine-tetanique/-antigenes-coquelucheux-anatoxine-pertussique-hemagglutinine-filamenteuse-pertactine-/-antigene-hepatite-b-virus-poliomyelitiques-inactives-type-1-2-3-/-polyoside-d-haemophilus-influenzae-type-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398973/en/infanrix-polio-hib-nourrissons-anatoxine-diphterique-et-tetanique/-antigenes-de-bordetella-pertussis-anatoxine-hemagglutinine-filamenteuse-pertactine-/-virus-poliomyelitique-inactives-type-1-2-3-/-polyoside-haemophilus-influenzae-type-b-conjugue-a-l-anatoxine-tetanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399557/en/infanrix-hexa-anatoxine-diphterique-anatoxine-tetanique/-antigenes-coquelucheux-anatoxine-pertussique-hemagglutinine-filamenteuse-pertactine-/-antigene-hepatite-b-virus-poliomyelitiques-inactives-type-1-2-3-/-polyoside-d-haemophilus-influenzae-type-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622351/en/infanrix-hexa-polyoside-d-haemophilus-influenzae-type-b-antigene-de-bordetella-pertussis-anatoxine-antigene-de-bordetella-pertussis-hemagglutinine-filamenteuse-antigene-de-bordetella-pertussis-pertactine-anatoxine-diphterique-anatoxine-tetanique-antigene-de-surface-de-l-hepatite-b-recombinant-virus-poliomyelitique-souche-mahoney-de-type-1-inactive-virus-poliomyelitique-souche-mef-1-de-type-2-inactive-virus-poliomyelitique-souche-saukett-de-type-3-inactive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879802/en/infanrix-hexa-vaccin-diphterique-tetanique-coquelucheux-acellulaire-multicompose-de-l-hepatite-b-poliomyelitique-inactive-et-conjugue-de-l-haemophilus-influenzae-type-b-adsorbe</t>
+  </si>
+  <si>
+    <t>PREZISTA (darunavir (éthanolate de))</t>
+  </si>
+  <si>
+    <t>10/09/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983092/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983092</t>
+  </si>
+  <si>
+    <t>darunavir (éthanolate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813801/en/prezista-600-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574601/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900460/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172428/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813329/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813802/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352584/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525564/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747988/en/prezista</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621282/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876133/en/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>CELSENTRI (maraviroc)</t>
+  </si>
+  <si>
+    <t>09/18/2018 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983122/en/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>pprd_2983122</t>
+  </si>
+  <si>
+    <t>maraviroc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676960/en/celsentri</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561558/en/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848372/en/celsentri-maraviroc-ccr5-receptor-antagonist-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869665/en/celsentri-maraviroc</t>
+  </si>
+  <si>
+    <t>GENVOYA</t>
+  </si>
+  <si>
+    <t>11/27/2018 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983131/en/genvoya</t>
+  </si>
+  <si>
+    <t>pprd_2983131</t>
+  </si>
+  <si>
+    <t>cobicistat,elvitégravir,emtricitabine,ténofovir alafénamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621468/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868644/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>HELICOBACTER TEST INFAI (urée)</t>
+  </si>
+  <si>
+    <t>07/17/2018 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983190/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>pprd_2983190</t>
+  </si>
+  <si>
+    <t>urée</t>
+  </si>
+  <si>
+    <t>INFAI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672973/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827719/en/helicobacter-test-infai</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758551/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794097/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862561/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>BETADINE (povidone iodée/ éthanol)</t>
+  </si>
+  <si>
+    <t>06/25/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983210/en/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>pprd_2983210</t>
+  </si>
+  <si>
+    <t>povidone iodée,éthanol</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398835/en/betadine-10-solution-vaginale-en-recipient-unidose-10-ml-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399917/en/betadine-alcoolique-5-solution-pour-application-cutanee-flacon-de-500-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724561/en/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725193/en/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025857/en/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728830/en/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735634/en/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739020/en/betadine-scrub</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031551/en/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642059/en/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655908/en/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658582/en/betadine-tulle-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756341/en/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857750/en/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858744/en/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>VEMLIDY (ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983306/en/vemlidy-tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>pprd_2983306</t>
+  </si>
+  <si>
+    <t>ténofovir alafénamide (fumarate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847939/en/vemlidy-tenofovir-alafenamide-nucleotide-analogue</t>
+  </si>
+  <si>
+    <t>PYLERA (bismuth potassique (sous-citrate de)/ métronidazole/ tétracycline (chl...)</t>
+  </si>
+  <si>
+    <t>05/04/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983315/en/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
+  </si>
+  <si>
+    <t>pprd_2983315</t>
+  </si>
+  <si>
+    <t>bismuth potassique (sous-citrate de),métronidazole,tétracycline (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323107/en/pylera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847905/en/pylera-bismuth-potassique-sous-citrate-de-/-metronidazole/-tetracycline-chl</t>
+  </si>
+  <si>
+    <t>BARACLUDE (entécavir monohydraté)</t>
+  </si>
+  <si>
+    <t>05/02/2018 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983321/en/baraclude-entecavir-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983321</t>
+  </si>
+  <si>
+    <t>entécavir monohydraté</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473516/en/baraclude</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106803/en/baraclude</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277946/en/baraclude-entecavir-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844755/en/baraclude-entecavir-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661380/en/baraclude-entecavir-antiviral-for-hepatitis-b</t>
+  </si>
+  <si>
+    <t>CAYSTON (aztréonam lysine/ lysine (aztréonam de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983323/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+  </si>
+  <si>
+    <t>pprd_2983323</t>
+  </si>
+  <si>
+    <t>aztréonam lysine,lysine (aztréonam de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221610/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701812/en/cayston-aztreonam-beta-lactamine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844537/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+  </si>
+  <si>
+    <t>AURICULARUM (nystatine/ oxytétracycline (chlorhydrate d')/ polymyxine B (sulfate de...)</t>
+  </si>
+  <si>
+    <t>06/27/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983326/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983326</t>
+  </si>
+  <si>
+    <t>nystatine,oxytétracycline (chlorhydrate d'),polymyxine B (sulfate de),dexaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400288/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585417/en/auricularum-oxytetracycline-polymyxin-b-dexamethasone-nystatin-fixed-combination-of-antibiotics-antifungal-and-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844528/en/auricularum-oxytetracycline-polymyxin-b-dexamethasone-nystatin-anti-infective-and-corticosteroid-in-combination</t>
+  </si>
+  <si>
+    <t>Anti-infectieux associés à un corticoïde en gouttes auriculaires (oxytétracycline, polymyxine B, nystatine, dexaméthasone)</t>
+  </si>
+  <si>
+    <t>07/06/2018 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983414/en/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-oxytetracycline-polymyxine-b-nystatine-dexamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2983414</t>
+  </si>
+  <si>
+    <t>dexaméthasone,ciprofloxacine (chlorhydrate de),polymyxine B (sulfate de),néomycine (sulfate de),acétonide de fluocinolone,dexaméthasone (métasulfobenzoate sodique de),lidocaïne (chlorhydrate de),fludrocortisone (acétate de),framycétine (sulfate de),dexaméthasone (phosphate sodique de),nystatine,oxytétracycline (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>GRIMBERG / JOLLY-JATEL / ZAMBON FRANCE / BOUCHARA RECORDATI / NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824464/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-ciloxadex-ciprofloxacin-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824473/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824476/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-polydexa-neomycin-polymyxin-b-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824479/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-panotile-polymyxin-b-neomycin-fludrocortisone-lidocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824485/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824491/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-auricularum-oxytetracycline-polymyxin-b-nystatin-dexamethasone</t>
+  </si>
+  <si>
+    <t>EVIPLERA (ténofovir disoproxil (fumarate de)/ emtricitabine/ rilpivirine)</t>
+  </si>
+  <si>
+    <t>01/03/2018 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983454/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>pprd_2983454</t>
+  </si>
+  <si>
+    <t>ténofovir disoproxil (fumarate de),emtricitabine,rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250131/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570617/en/eviplera-rilpivirine-emtricitabine-tenofovir-disoproxil-fumarate-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813827/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>ZINPLAVA (bezlotoxumab), anticorps monoclonal anti-toxine B de Clostridium difficile</t>
+  </si>
+  <si>
+    <t>09/07/2017 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983535/en/zinplava-bezlotoxumab-anticorps-monoclonal-anti-toxine-b-de-clostridium-difficile</t>
+  </si>
+  <si>
+    <t>pprd_2983535</t>
+  </si>
+  <si>
+    <t>bezlotoxumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792203/en/zinplava-bezlotoxumab-anti-toxin-b-monoclonal-antibody-of-clostridium-difficile</t>
+  </si>
+  <si>
+    <t>IMMUGRIP (virus grippal inactivé fragmenté)</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983541/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>pprd_2983541</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399635/en/immugrip-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622526/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056140/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367961/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344398/en/immugrip</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615537/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790350/en/immugrip-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>COMBIVIR (N/R/ lamivudine/ zidovudine/ lamivudine et zidovudine)</t>
+  </si>
+  <si>
+    <t>06/29/2017 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983579/en/combivir-n/r/-lamivudine/-zidovudine/-lamivudine-et-zidovudine</t>
+  </si>
+  <si>
+    <t>pprd_2983579</t>
+  </si>
+  <si>
+    <t>lamivudine,zidovudine</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE/ ViiV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631239/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798080/en/combivir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254511/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777368/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399614/en/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>VIEKIRAX - EXVIERA</t>
+  </si>
+  <si>
+    <t>06/23/2017 14:51:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983583/en/viekirax-exviera</t>
+  </si>
+  <si>
+    <t>pprd_2983583</t>
+  </si>
+  <si>
+    <t>EXVIERA : dasabuvir sodique monohydraté,VIEKIRAX : ombitasvir/paritaprévir/ritonavir (association fixe),dasabuvir,ombitasvir,ritonavir,paritaprévir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025737/en/viekirax-ombitasvir/paritaprevir/ritonavir-fixed-dose-direct-acting-antiviral-combination-exviera-dasabuvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725212/en/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775799/en/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>DESCOVY (emtricitabine/ ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>07/12/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983591/en/descovy-emtricitabine/-tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>pprd_2983591</t>
+  </si>
+  <si>
+    <t>emtricitabine,ténofovir alafénamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774120/en/descovy-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
+  </si>
+  <si>
+    <t>ZELITREX (N/R/ valaciclovir/ valaciclovir (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983614/en/zelitrex-n/r/-valaciclovir/-valaciclovir-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983614</t>
+  </si>
+  <si>
+    <t>valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399354/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399599/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400042/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574666/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574662/en/zelitrex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260379/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769381/en/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>NEISVAC (vaccin méningococcique polyosidique du groupe C conjugué)</t>
+  </si>
+  <si>
+    <t>05/18/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983621/en/neisvac-vaccin-meningococcique-polyosidique-du-groupe-c-conjugue</t>
+  </si>
+  <si>
+    <t>pprd_2983621</t>
+  </si>
+  <si>
+    <t>vaccin méningococcique polyosidique du groupe C conjugué</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883298/en/neisvac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038854/en/neisvac-vaccin-meningococcique-polyosidique-du-groupe-c-conjugue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768599/en/neisvac-vaccin-meningococcique-polyosidique-du-groupe-c-conjugue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399982/en/neisvac-suspension-injectable-en-seringue-pre-remplie-vaccin-meningococcique-polyosidique-du-groupe-c-conjugue-seringue-pre-remplie-2-aiguilles-boite-de-1-seringues-pre-remplies-boite-de-10-et-boite-de-20</t>
+  </si>
+  <si>
+    <t>APROKAM (céfuroxime sodique)</t>
+  </si>
+  <si>
+    <t>03/23/2017 16:51:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983688/en/aprokam-cefuroxime-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983688</t>
+  </si>
+  <si>
+    <t>céfuroxime sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517920/en/aprokam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736013/en/aprokam-cefuroxime-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751852/en/aprokam-cefuroxime-sodique</t>
+  </si>
+  <si>
+    <t>APTIVUS (tipranavir)</t>
+  </si>
+  <si>
+    <t>03/09/2017 17:05:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983697/en/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>pprd_2983697</t>
+  </si>
+  <si>
+    <t>tipranavir</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400997/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945883/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945898/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945910/en/aptivus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219566/en/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749464/en/aptivus-tipranavir</t>
+  </si>
+  <si>
+    <t>ODEFSEY (emtricitabine/ rilpivirine/ ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>03/29/2017 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983792/en/odefsey-emtricitabine/-rilpivirine/-tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>pprd_2983792</t>
+  </si>
+  <si>
+    <t>emtricitabine,rilpivirine,ténofovir alafénamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732128/en/odefsey-emtricitabine-rilpivirine-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>IMMUNOGLOBULINE EQUINE TETANIQUE PASTEUR (fragments F(ab’)2 d’immunoglobuline équine tétanique/ IMMUNOGLOBULINE ...)</t>
+  </si>
+  <si>
+    <t>11/07/2016 09:06:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983871/en/immunoglobuline-equine-tetanique-pasteur-fragments-f-ab-2-d-immunoglobuline-equine-tetanique/-immunoglobuline</t>
+  </si>
+  <si>
+    <t>pprd_2983871</t>
+  </si>
+  <si>
+    <t>fragments F(ab’)2 d’immunoglobuline équine tétanique,IMMUNOGLOBULINE HUMAINE DE L'HEPATITE B ((MAMMIFERE/HUMAIN/PLASMA)),fragment F(ab')2 d'immunoglobuline équine tétanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763735/en/immunoglobuline-equine-tetanique-pasteur-fragments-f-ab-2-d-immunoglobuline-equine-tetanique/-immunoglobuline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336438/en/human-hepatitis-b-immunoglobulin-lfb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570614/en/immunoglobuline-equine-tetanique-pasteur-fragments-f-ab-2-d-immunoglobuline-equine-tetanique/-immunoglobuline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682133/en/immunoglobuline-equine-tetanique-pasteur-fragments-f-ab-2-d-immunoglobuline-equine-tetanique/-immunoglobuline</t>
+  </si>
+  <si>
+    <t>NIVAQUINE (chloroquine (sulfate de))</t>
+  </si>
+  <si>
+    <t>09/30/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983955/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983955</t>
+  </si>
+  <si>
+    <t>chloroquine (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468413/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323110/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671800/en/nivaquine-chloroquine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759080/en/nivaquine</t>
+  </si>
+  <si>
+    <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>09/27/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983986</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>DELPRIM (triméthoprime)</t>
+  </si>
+  <si>
+    <t>10/13/2016 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984033/en/delprim-trimethoprime</t>
+  </si>
+  <si>
+    <t>pprd_2984033</t>
+  </si>
+  <si>
+    <t>triméthoprime</t>
+  </si>
+  <si>
+    <t>LISAPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656837/en/delprim-trimethoprim-antibiotic</t>
+  </si>
+  <si>
+    <t>VFEND IV (voriconazole), antifongique triazolé</t>
+  </si>
+  <si>
+    <t>09/09/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984078/en/vfend-iv-voriconazole-antifongique-triazole</t>
+  </si>
+  <si>
+    <t>pprd_2984078</t>
+  </si>
+  <si>
+    <t>N/R,-,voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399664/en/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477584/en/vfend</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558835/en/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559121/en/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055712/en/vfend-voriconazole-antifungal-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640148/en/vfend-iv-voriconazole-triazole-antifungal</t>
+  </si>
+  <si>
+    <t>CAELYX (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/13/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984088</t>
+  </si>
+  <si>
+    <t>doxorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398845/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/en/caelyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/en/caelyx-pegylated-liposomal-doxorubicin-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/en/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/en/caelyx-pegylated-liposomal-doxorubicin-cytotoxic-agent-ovarian-cancer</t>
+  </si>
+  <si>
+    <t>CRESEMBA (isavuconazole)</t>
+  </si>
+  <si>
+    <t>05/25/2016 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984151/en/cresemba-isavuconazole</t>
+  </si>
+  <si>
+    <t>pprd_2984151</t>
+  </si>
+  <si>
+    <t>isavuconazole</t>
+  </si>
+  <si>
+    <t>NOVEX PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621471/en/cresemba-isavuconazole-antifungal</t>
+  </si>
+  <si>
+    <t>DAKLINZA</t>
+  </si>
+  <si>
+    <t>04/04/2016 14:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984155/en/daklinza</t>
+  </si>
+  <si>
+    <t>pprd_2984155</t>
+  </si>
+  <si>
+    <t>daclatasvir (dichlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009488/en/daklinza-daclatasvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621276/en/daklinza-daclatasvir-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ONYTEC (ciclopirox)</t>
+  </si>
+  <si>
+    <t>02/12/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984221/en/onytec-ciclopirox</t>
+  </si>
+  <si>
+    <t>pprd_2984221</t>
   </si>
   <si>
     <t>ciclopirox</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3492662/fr/ciclopirox-substipharm-ciclopirox-antifongique-a-usage-topique</t>
-[...2813 lines deleted...]
-    <t>pprd_2983341</t>
+    <t>BAILLEUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928136/en/onytec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608641/en/onytec-ciclopirox</t>
+  </si>
+  <si>
+    <t>REZOLSTA (cobicistat/ darunavir (éthanolate de))</t>
+  </si>
+  <si>
+    <t>04/06/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984224/en/rezolsta-cobicistat/-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984224</t>
+  </si>
+  <si>
+    <t>cobicistat,darunavir (éthanolate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607076/en/rezolsta-darunavir/cobicistat-antiretroviral</t>
+  </si>
+  <si>
+    <t>TOBI - TOBI PODHALER (N/R/ tobramycine)</t>
+  </si>
+  <si>
+    <t>01/18/2016 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984257/en/tobi-tobi-podhaler-n/r/-tobramycine</t>
+  </si>
+  <si>
+    <t>pprd_2984257</t>
+  </si>
+  <si>
+    <t>tobramycine</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399065/en/tobi-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400201/en/tobi-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1080278/en/tobi-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172458/en/tobi-podhaler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588392/en/tobi-tobi-podhaler-tobramycine</t>
+  </si>
+  <si>
+    <t>CILOXAN (ciprofloxacine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>01/05/2016 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984279/en/ciloxan-ciprofloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984279</t>
+  </si>
+  <si>
+    <t>ciprofloxacine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>ALCON SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399741/en/ciloxan-0-3-pommade-ophtalmique-tube-de-3-5-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400733/en/ciloxan-0-3-pommade-ophtalmique-tube-de-3-5-g-cip-359-227-7-ciloxan-0-3-pour-cent-collyre-flacon-compte-gouttes-de-5-ml-cip-337-375-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944540/en/ciloxan-ciprofloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118589/en/ciloxan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583320/en/ciloxan-ciprofloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ORBACTIV (oritavancine (diphosphate d'))</t>
+  </si>
+  <si>
+    <t>01/18/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984285/en/orbactiv-oritavancine-diphosphate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984285</t>
+  </si>
+  <si>
+    <t>oritavancine (diphosphate d')</t>
+  </si>
+  <si>
+    <t>THE MEDECINES COMPANY FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581344/en/orbactiv-oritavancin-antibiotic-of-the-glycopeptide-class</t>
+  </si>
+  <si>
+    <t>REYATAZ (atazanavir)</t>
+  </si>
+  <si>
+    <t>10/21/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984372/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>pprd_2984372</t>
+  </si>
+  <si>
+    <t>atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400131/en/reyataz-150-mg-gelules-boite-de-60-reyataz-200-mg-gelules-boite-de-60-reyataz-50-mg/1-5-g-poudre-orale-flacon-de-180-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677435/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828101/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991888/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747985/en/reyataz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561597/en/reyataz-atazanavir</t>
+  </si>
+  <si>
+    <t>TICOVAC (virus de l'encéphalite à tiques inactivé (souche Neudoerfl))</t>
+  </si>
+  <si>
+    <t>10/21/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984382/en/ticovac-virus-de-l-encephalite-a-tiques-inactive-souche-neudoerfl</t>
+  </si>
+  <si>
+    <t>pprd_2984382</t>
+  </si>
+  <si>
+    <t>virus de l'encéphalite à tiques inactivé (souche Neudoerfl)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399168/en/ticovac-virus-de-l-encephalite-a-tiques-inactive-souche-neudoerfl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401034/en/ticovac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401035/en/ticovac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561552/en/ticovac-virus-de-l-encephalite-a-tiques-inactive-souche-neudoerfl</t>
+  </si>
+  <si>
+    <t>REBETOL (ribavirine)</t>
+  </si>
+  <si>
+    <t>09/02/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984435/en/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>pprd_2984435</t>
+  </si>
+  <si>
+    <t>ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399197/en/rebetol-200-mg-gelule-b/84-b/140-b/168</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400173/en/rebetol-200-mg-gelule-boite-de-84-boite-de-140-boite-de-168</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400822/en/rebetol-200-mg-gelule-b-/-84-gelules-351-971-9-b/-140-gelules-351-972-5-b/-168-gelules-351-973-1-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400823/en/rebetol-40-mg/ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698188/en/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736826/en/rebetol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050838/en/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298562/en/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055709/en/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>QUININE LAFRAN (ascorbique (acide)/ quinine (bisulfate de) heptahydrate/ quinine (chlo...)</t>
+  </si>
+  <si>
+    <t>04/27/2015 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984559/en/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>pprd_2984559</t>
+  </si>
+  <si>
+    <t>ascorbique (acide),quinine (bisulfate de) heptahydrate,quinine (chlorhydrate de),quinine (sulfate de)</t>
+  </si>
+  <si>
+    <t>LAFRAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400821/en/quinine-vitamine-c-grand-comprime-enrobe-boite-de-24-comprimes-308-874-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468642/en/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990906/en/quinine-vitamine-c-grand-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060124/en/quinine-vitamine-c-grand</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028104/en/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>TOPISCAB 5% (perméthrine)</t>
+  </si>
+  <si>
+    <t>04/09/2015 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984608/en/topiscab-5-permethrine</t>
+  </si>
+  <si>
+    <t>pprd_2984608</t>
+  </si>
+  <si>
+    <t>perméthrine</t>
+  </si>
+  <si>
+    <t>CODEXIAL DERMATOLOGIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011663/en/topiscab-5-permethrin-antiparasitic</t>
+  </si>
+  <si>
+    <t>OLYSIO</t>
+  </si>
+  <si>
+    <t>03/06/2015 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984623/en/olysio</t>
+  </si>
+  <si>
+    <t>pprd_2984623</t>
+  </si>
+  <si>
+    <t>siméprévir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2007183/en/olysio-simeprevir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>GRANUPAS (aminosalicylique (acide))</t>
+  </si>
+  <si>
+    <t>01/21/2015 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984643/en/granupas-aminosalicylique-acide</t>
+  </si>
+  <si>
+    <t>pprd_2984643</t>
+  </si>
+  <si>
+    <t>aminosalicylique (acide)</t>
+  </si>
+  <si>
+    <t>LUCANE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782523/en/granupas-para-aminosalicylic-acid-antituberculosis-agent</t>
+  </si>
+  <si>
+    <t>ZOSTAVAX, vaccin zona vivant atténué</t>
+  </si>
+  <si>
+    <t>02/23/2015 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984669/en/zostavax-vaccin-zona-vivant-attenue</t>
+  </si>
+  <si>
+    <t>pprd_2984669</t>
+  </si>
+  <si>
+    <t>virus de la varicelle souche Oka (vivant, atténué) ((MAMMIFERES/HUMAIN/CELLULES DIPLOIDES MRC-5))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774169/en/zostavax-live-attenuated-shingles-herpes-zoster-vaccine</t>
+  </si>
+  <si>
+    <t>DAUNOXOME (daunorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>08/07/2014 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984722/en/daunoxome-daunorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984722</t>
+  </si>
+  <si>
+    <t>daunorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758549/en/daunoxome</t>
+  </si>
+  <si>
+    <t>VICTRELIS (bocéprévir), inhibiteur de protéase</t>
+  </si>
+  <si>
+    <t>10/13/2014 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984747/en/victrelis-boceprevir-inhibiteur-de-protease</t>
+  </si>
+  <si>
+    <t>pprd_2984747</t>
+  </si>
+  <si>
+    <t>bocéprévir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189486/en/victrelis-boceprevir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751174/en/victrelis</t>
+  </si>
+  <si>
+    <t>INCIVO (télaprévir)</t>
+  </si>
+  <si>
+    <t>10/14/2014 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984748/en/incivo-telaprevir</t>
+  </si>
+  <si>
+    <t>pprd_2984748</t>
+  </si>
+  <si>
+    <t>télaprévir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189487/en/incivo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751171/en/incivo</t>
+  </si>
+  <si>
+    <t>MABELIO (ceftobiprole)</t>
+  </si>
+  <si>
+    <t>09/15/2014 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984750/en/mabelio-ceftobiprole</t>
+  </si>
+  <si>
+    <t>pprd_2984750</t>
+  </si>
+  <si>
+    <t>ceftobiprole</t>
+  </si>
+  <si>
+    <t>BASILEA MEDICAL Ltd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750087/en/mabelio</t>
+  </si>
+  <si>
+    <t>TYBOST (cobicistat)</t>
+  </si>
+  <si>
+    <t>09/09/2014 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984768/en/tybost-cobicistat</t>
+  </si>
+  <si>
+    <t>pprd_2984768</t>
+  </si>
+  <si>
+    <t>cobicistat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742475/en/tybost</t>
+  </si>
+  <si>
+    <t>AGRIPPAL (virus grippal inactivé à antigènes de surface)</t>
+  </si>
+  <si>
+    <t>04/30/2014 17:23:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984785/en/agrippal-virus-grippal-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>pprd_2984785</t>
+  </si>
+  <si>
+    <t>virus grippal inactivé à antigènes de surface</t>
+  </si>
+  <si>
+    <t>NOVARTIS VACCINES AND DIAGNOSTICS S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399824/en/agrippal-virus-grippal-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962472/en/agrippal-virus-grippal-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056131/en/agrippal-virus-grippal-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344407/en/agrippal-previgrip</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615546/en/agrippal-virus-grippal-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738606/en/agrippal-virus-grippal-inactive-a-antigenes-de-surface</t>
+  </si>
+  <si>
+    <t>OPTAFLU (Antigènes de surface du virus de la grippe, inactivés, des souches sui...)</t>
+  </si>
+  <si>
+    <t>01/27/2014 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984842/en/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
+  </si>
+  <si>
+    <t>pprd_2984842</t>
+  </si>
+  <si>
+    <t>Antigènes de surface du virus de la grippe, inactivés, des souches suivantes :</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719404/en/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554442/en/optaflu</t>
+  </si>
+  <si>
+    <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>03/05/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2984872</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>TETAGRIP (N/R/ anatoxine tétanique et  Virus grippal inactivé, fragmenté/ virus ...)</t>
+  </si>
+  <si>
+    <t>05/21/2013 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984961/en/tetagrip-n/r/-anatoxine-tetanique-et-virus-grippal-inactive-fragmente/-virus</t>
+  </si>
+  <si>
+    <t>pprd_2984961</t>
+  </si>
+  <si>
+    <t>anatoxine tétanique,virus grippal inactivé, fragmenté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399708/en/tetagrip-anatoxine-tetanique/-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556195/en/tetagrip-anatoxine-tetanique/-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056143/en/tetagrip-anatoxine-tetanique/-virus-grippal-inactive-fragmente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344386/en/tetagrip</t>
+  </si>
+  <si>
+    <t>VIRAFERONPEG (N/R/ peginterféron alfa 2b/ peginterféron alfa-2b ((BACTERIE/ESCHERICH...)</t>
+  </si>
+  <si>
+    <t>09/24/2012 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984999/en/viraferonpeg-n/r/-peginterferon-alfa-2b/-peginterferon-alfa-2b-bacterie/escherich</t>
+  </si>
+  <si>
+    <t>pprd_2984999</t>
+  </si>
+  <si>
+    <t>peginterféron alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399205/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701486/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698217/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736838/en/viraferonpeg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977225/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298582/en/viraferonpeg-peginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>TYGACIL (tigécycline)</t>
+  </si>
+  <si>
+    <t>10/12/2016 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985077/en/tygacil-tigecycline</t>
+  </si>
+  <si>
+    <t>pprd_2985077</t>
   </si>
   <si>
     <t>tigécycline</t>
   </si>
   <si>
-    <t>MYLAN S.A.S / ACCORD HEALTHCARE FRANCE SAS</t>
-[...8444 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2661383/fr/tygacil-tigecycline-glycylcyclines</t>
+    <t>https://www.has-sante.fr/jcms/c_461190/en/tygacil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1163443/en/tygacil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661383/en/tygacil-tigecycline-glycylcyclines</t>
   </si>
   <si>
     <t>INTANZA (virus grippal, fragmenté, inactivé)</t>
   </si>
   <si>
-    <t>21/09/2011 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985122/fr/intanza-virus-grippal-fragmente-inactive</t>
+    <t>09/21/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985122/en/intanza-virus-grippal-fragmente-inactive</t>
   </si>
   <si>
     <t>pprd_2985122</t>
   </si>
   <si>
     <t>virus grippal, fragmenté, inactivé</t>
   </si>
   <si>
     <t>Laboratoire SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1106814/fr/intanza-virus-grippal-fragmente-inactive</t>
-[...242 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_997499/fr/vibraveineuse-doxycycline</t>
+    <t>https://www.has-sante.fr/jcms/c_1106814/en/intanza</t>
   </si>
   <si>
     <t>XIGRIS (drotrécogine alfa activée (analogue recombinant de la protéine C activée endogène))</t>
   </si>
   <si>
-    <t>16/09/2010 08:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985258/fr/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
+    <t>09/16/2010 08:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985258/en/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
   </si>
   <si>
     <t>pprd_2985258</t>
   </si>
   <si>
     <t>drotrécogine alfa activée (analogue recombinant de la protéine C activée endogène)</t>
   </si>
   <si>
     <t>Laboratoire LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399767/fr/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1719392/fr/erythrocine-erythromycine-ethylsuccinate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_399767/en/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556247/en/xigris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_981919/en/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
   </si>
   <si>
     <t>MENCEVAX (neisseria meningitidis de groupe A/ neisseria meningitidis de groupe C...)</t>
   </si>
   <si>
-    <t>14/03/2011 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985343/fr/mencevax-neisseria-meningitidis-de-groupe-a/-neisseria-meningitidis-de-groupe-c</t>
+    <t>03/14/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985343/en/mencevax-neisseria-meningitidis-de-groupe-a/-neisseria-meningitidis-de-groupe-c</t>
   </si>
   <si>
     <t>pprd_2985343</t>
   </si>
   <si>
     <t>neisseria meningitidis de groupe A,neisseria meningitidis de groupe C,neisseria meningitidis de groupe Y,neisseria meningitidis de groupe W135</t>
   </si>
   <si>
     <t>Laboratoire GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_763780/fr/mencevax-neisseria-meningitidis-de-groupe-a/-neisseria-meningitidis-de-groupe-c</t>
-[...761 lines deleted...]
-    <t>c_2894525</t>
+    <t>https://www.has-sante.fr/jcms/c_763780/en/mencevax</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1665</v>
+        <v>422</v>
       </c>
       <c r="B2" t="s">
-        <v>1666</v>
+        <v>423</v>
       </c>
       <c r="C2" t="s">
-        <v>1667</v>
+        <v>424</v>
       </c>
       <c r="D2" t="s">
-        <v>1668</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1669</v>
+        <v>425</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1670</v>
+        <v>426</v>
       </c>
       <c r="H2" t="s">
-        <v>1671</v>
+        <v>427</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1665</v>
+        <v>422</v>
       </c>
       <c r="B3" t="s">
-        <v>1672</v>
+        <v>428</v>
       </c>
       <c r="C3" t="s">
-        <v>1673</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>379</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1674</v>
+        <v>429</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1675</v>
+        <v>430</v>
       </c>
       <c r="H3" t="s">
-        <v>1676</v>
+        <v>431</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1665</v>
+        <v>422</v>
       </c>
       <c r="B4" t="s">
-        <v>1677</v>
+        <v>432</v>
       </c>
       <c r="C4" t="s">
-        <v>1678</v>
+        <v>433</v>
       </c>
       <c r="D4" t="s">
-        <v>1679</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1680</v>
+        <v>434</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1681</v>
+        <v>435</v>
       </c>
       <c r="H4" t="s">
-        <v>1682</v>
+        <v>436</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1665</v>
+        <v>422</v>
       </c>
       <c r="B5" t="s">
-        <v>1683</v>
+        <v>437</v>
       </c>
       <c r="C5" t="s">
-        <v>1684</v>
+        <v>438</v>
       </c>
       <c r="D5" t="s">
-        <v>1685</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1686</v>
+        <v>439</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1687</v>
+        <v>440</v>
       </c>
       <c r="H5" t="s">
-        <v>1688</v>
+        <v>441</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1665</v>
+        <v>422</v>
       </c>
       <c r="B6" t="s">
-        <v>1689</v>
+        <v>442</v>
       </c>
       <c r="C6" t="s">
-        <v>1690</v>
+        <v>443</v>
       </c>
       <c r="D6" t="s">
-        <v>1691</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1692</v>
+        <v>444</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1693</v>
+        <v>445</v>
       </c>
       <c r="H6" t="s">
-        <v>1694</v>
+        <v>446</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1665</v>
+        <v>422</v>
       </c>
       <c r="B7" t="s">
-        <v>1695</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
-        <v>1696</v>
+        <v>448</v>
       </c>
       <c r="D7" t="s">
-        <v>1697</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1698</v>
+        <v>449</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1699</v>
+        <v>450</v>
       </c>
       <c r="H7" t="s">
-        <v>1700</v>
-[...129 lines deleted...]
-        <v>1728</v>
+        <v>451</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H209"/>
+  <dimension ref="A1:AD194"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>452</v>
+      </c>
+      <c r="J1" t="s">
+        <v>453</v>
+      </c>
+      <c r="K1" t="s">
+        <v>454</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B2" t="s">
-        <v>1730</v>
+        <v>456</v>
       </c>
       <c r="C2" t="s">
-        <v>1731</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1187</v>
+        <v>457</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1732</v>
+        <v>458</v>
       </c>
       <c r="H2" t="s">
-        <v>1733</v>
+        <v>459</v>
+      </c>
+      <c r="I2" t="s">
+        <v>460</v>
+      </c>
+      <c r="J2" t="s">
+        <v>461</v>
+      </c>
+      <c r="K2" t="s">
+        <v>462</v>
+      </c>
+      <c r="L2" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B3" t="s">
-        <v>1734</v>
+        <v>464</v>
       </c>
       <c r="C3" t="s">
-        <v>1735</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>380</v>
+        <v>465</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1736</v>
+        <v>466</v>
       </c>
       <c r="H3" t="s">
-        <v>1737</v>
+        <v>467</v>
+      </c>
+      <c r="I3" t="s">
+        <v>468</v>
+      </c>
+      <c r="J3" t="s">
+        <v>469</v>
+      </c>
+      <c r="K3" t="s">
+        <v>470</v>
+      </c>
+      <c r="L3" t="s">
+        <v>471</v>
+      </c>
+      <c r="M3" t="s">
+        <v>472</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B4" t="s">
-        <v>1738</v>
+        <v>473</v>
       </c>
       <c r="C4" t="s">
-        <v>1739</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1192</v>
+        <v>474</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1740</v>
+        <v>475</v>
       </c>
       <c r="H4" t="s">
-        <v>1741</v>
+        <v>476</v>
+      </c>
+      <c r="I4" t="s">
+        <v>477</v>
+      </c>
+      <c r="J4" t="s">
+        <v>469</v>
+      </c>
+      <c r="K4" t="s">
+        <v>478</v>
+      </c>
+      <c r="L4" t="s">
+        <v>479</v>
+      </c>
+      <c r="M4" t="s">
+        <v>480</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B5" t="s">
-        <v>1742</v>
+        <v>481</v>
       </c>
       <c r="C5" t="s">
-        <v>1743</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1744</v>
+        <v>482</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1745</v>
+        <v>483</v>
       </c>
       <c r="H5" t="s">
-        <v>1746</v>
+        <v>484</v>
+      </c>
+      <c r="I5" t="s">
+        <v>485</v>
+      </c>
+      <c r="J5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K5" t="s">
+        <v>487</v>
+      </c>
+      <c r="L5" t="s">
+        <v>488</v>
+      </c>
+      <c r="M5" t="s">
+        <v>489</v>
+      </c>
+      <c r="N5" t="s">
+        <v>490</v>
+      </c>
+      <c r="O5" t="s">
+        <v>491</v>
+      </c>
+      <c r="P5" t="s">
+        <v>492</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>493</v>
+      </c>
+      <c r="R5" t="s">
+        <v>494</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>1747</v>
+        <v>495</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>386</v>
+        <v>496</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1748</v>
+        <v>497</v>
       </c>
       <c r="H6" t="s">
-        <v>1749</v>
+        <v>498</v>
+      </c>
+      <c r="I6" t="s">
+        <v>499</v>
+      </c>
+      <c r="J6" t="s">
+        <v>500</v>
+      </c>
+      <c r="K6" t="s">
+        <v>501</v>
+      </c>
+      <c r="L6" t="s">
+        <v>502</v>
+      </c>
+      <c r="M6" t="s">
+        <v>503</v>
+      </c>
+      <c r="N6" t="s">
+        <v>504</v>
+      </c>
+      <c r="O6" t="s">
+        <v>505</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B7" t="s">
-        <v>1750</v>
+        <v>506</v>
       </c>
       <c r="C7" t="s">
-        <v>1751</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1752</v>
+        <v>507</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1753</v>
+        <v>508</v>
       </c>
       <c r="H7" t="s">
-        <v>1754</v>
+        <v>509</v>
+      </c>
+      <c r="I7" t="s">
+        <v>510</v>
+      </c>
+      <c r="J7" t="s">
+        <v>486</v>
+      </c>
+      <c r="K7" t="s">
+        <v>511</v>
+      </c>
+      <c r="L7" t="s">
+        <v>512</v>
+      </c>
+      <c r="M7" t="s">
+        <v>513</v>
+      </c>
+      <c r="N7" t="s">
+        <v>514</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B8" t="s">
-        <v>1755</v>
+        <v>515</v>
       </c>
       <c r="C8" t="s">
-        <v>1756</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>433</v>
+        <v>516</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1757</v>
+        <v>517</v>
       </c>
       <c r="H8" t="s">
-        <v>1758</v>
+        <v>518</v>
+      </c>
+      <c r="I8" t="s">
+        <v>519</v>
+      </c>
+      <c r="J8" t="s">
+        <v>486</v>
+      </c>
+      <c r="K8" t="s">
+        <v>520</v>
+      </c>
+      <c r="L8" t="s">
+        <v>521</v>
+      </c>
+      <c r="M8" t="s">
+        <v>522</v>
+      </c>
+      <c r="N8" t="s">
+        <v>523</v>
+      </c>
+      <c r="O8" t="s">
+        <v>524</v>
+      </c>
+      <c r="P8" t="s">
+        <v>525</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>526</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>1759</v>
+        <v>527</v>
       </c>
       <c r="C9" t="s">
-        <v>1760</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1197</v>
+        <v>528</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1761</v>
+        <v>529</v>
       </c>
       <c r="H9" t="s">
-        <v>1762</v>
+        <v>530</v>
+      </c>
+      <c r="I9" t="s">
+        <v>531</v>
+      </c>
+      <c r="J9" t="s">
+        <v>500</v>
+      </c>
+      <c r="K9" t="s">
+        <v>532</v>
+      </c>
+      <c r="L9" t="s">
+        <v>533</v>
+      </c>
+      <c r="M9" t="s">
+        <v>534</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B10" t="s">
-        <v>1763</v>
+        <v>535</v>
       </c>
       <c r="C10" t="s">
-        <v>1764</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1765</v>
+        <v>536</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1766</v>
+        <v>537</v>
       </c>
       <c r="H10" t="s">
-        <v>1767</v>
+        <v>538</v>
+      </c>
+      <c r="I10" t="s">
+        <v>539</v>
+      </c>
+      <c r="J10" t="s">
+        <v>540</v>
+      </c>
+      <c r="K10" t="s">
+        <v>541</v>
+      </c>
+      <c r="L10" t="s">
+        <v>542</v>
+      </c>
+      <c r="M10" t="s">
+        <v>543</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B11" t="s">
-        <v>1768</v>
+        <v>544</v>
       </c>
       <c r="C11" t="s">
-        <v>1769</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1770</v>
+        <v>545</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1771</v>
+        <v>546</v>
       </c>
       <c r="H11" t="s">
-        <v>1772</v>
+        <v>547</v>
+      </c>
+      <c r="I11" t="s">
+        <v>548</v>
+      </c>
+      <c r="J11" t="s">
+        <v>549</v>
+      </c>
+      <c r="K11" t="s">
+        <v>550</v>
+      </c>
+      <c r="L11" t="s">
+        <v>551</v>
+      </c>
+      <c r="M11" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B12" t="s">
-        <v>1773</v>
+        <v>553</v>
       </c>
       <c r="C12" t="s">
-        <v>1774</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1775</v>
+        <v>554</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1776</v>
+        <v>555</v>
       </c>
       <c r="H12" t="s">
-        <v>1777</v>
+        <v>556</v>
+      </c>
+      <c r="I12" t="s">
+        <v>557</v>
+      </c>
+      <c r="J12" t="s">
+        <v>558</v>
+      </c>
+      <c r="K12" t="s">
+        <v>559</v>
+      </c>
+      <c r="L12" t="s">
+        <v>560</v>
+      </c>
+      <c r="M12" t="s">
+        <v>561</v>
+      </c>
+      <c r="N12" t="s">
+        <v>562</v>
+      </c>
+      <c r="O12" t="s">
+        <v>563</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B13" t="s">
-        <v>1778</v>
+        <v>564</v>
       </c>
       <c r="C13" t="s">
-        <v>1779</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1780</v>
+        <v>565</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1781</v>
+        <v>566</v>
       </c>
       <c r="H13" t="s">
-        <v>1782</v>
+        <v>567</v>
+      </c>
+      <c r="I13" t="s">
+        <v>568</v>
+      </c>
+      <c r="J13" t="s">
+        <v>558</v>
+      </c>
+      <c r="K13" t="s">
+        <v>569</v>
+      </c>
+      <c r="L13" t="s">
+        <v>570</v>
+      </c>
+      <c r="M13" t="s">
+        <v>571</v>
+      </c>
+      <c r="N13" t="s">
+        <v>572</v>
+      </c>
+      <c r="O13" t="s">
+        <v>573</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B14" t="s">
-        <v>1783</v>
+        <v>574</v>
       </c>
       <c r="C14" t="s">
-        <v>1784</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1203</v>
+        <v>575</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1785</v>
+        <v>576</v>
       </c>
       <c r="H14" t="s">
-        <v>1786</v>
+        <v>577</v>
+      </c>
+      <c r="I14" t="s">
+        <v>578</v>
+      </c>
+      <c r="J14" t="s">
+        <v>558</v>
+      </c>
+      <c r="K14" t="s">
+        <v>579</v>
+      </c>
+      <c r="L14" t="s">
+        <v>580</v>
+      </c>
+      <c r="M14" t="s">
+        <v>581</v>
+      </c>
+      <c r="N14" t="s">
+        <v>582</v>
+      </c>
+      <c r="O14" t="s">
+        <v>583</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B15" t="s">
-        <v>1787</v>
+        <v>584</v>
       </c>
       <c r="C15" t="s">
-        <v>1788</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1789</v>
+        <v>585</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1790</v>
+        <v>586</v>
       </c>
       <c r="H15" t="s">
-        <v>1791</v>
+        <v>587</v>
+      </c>
+      <c r="I15" t="s">
+        <v>588</v>
+      </c>
+      <c r="J15" t="s">
+        <v>589</v>
+      </c>
+      <c r="K15" t="s">
+        <v>590</v>
+      </c>
+      <c r="L15" t="s">
+        <v>591</v>
+      </c>
+      <c r="M15" t="s">
+        <v>592</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B16" t="s">
-        <v>1792</v>
+        <v>593</v>
       </c>
       <c r="C16" t="s">
-        <v>1793</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1794</v>
+        <v>594</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1795</v>
+        <v>595</v>
       </c>
       <c r="H16" t="s">
-        <v>1796</v>
+        <v>596</v>
+      </c>
+      <c r="I16" t="s">
+        <v>597</v>
+      </c>
+      <c r="J16" t="s">
+        <v>598</v>
+      </c>
+      <c r="K16" t="s">
+        <v>599</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B17" t="s">
-        <v>1797</v>
+        <v>600</v>
       </c>
       <c r="C17" t="s">
-        <v>1798</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1552</v>
+        <v>601</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1799</v>
+        <v>602</v>
       </c>
       <c r="H17" t="s">
-        <v>1800</v>
+        <v>603</v>
+      </c>
+      <c r="I17" t="s">
+        <v>604</v>
+      </c>
+      <c r="J17" t="s">
+        <v>605</v>
+      </c>
+      <c r="K17" t="s">
+        <v>606</v>
+      </c>
+      <c r="L17" t="s">
+        <v>607</v>
+      </c>
+      <c r="M17" t="s">
+        <v>608</v>
+      </c>
+      <c r="N17" t="s">
+        <v>609</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B18" t="s">
-        <v>1801</v>
+        <v>610</v>
       </c>
       <c r="C18" t="s">
-        <v>1802</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>499</v>
+        <v>611</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1803</v>
+        <v>612</v>
       </c>
       <c r="H18" t="s">
-        <v>1804</v>
+        <v>613</v>
+      </c>
+      <c r="I18" t="s">
+        <v>614</v>
+      </c>
+      <c r="J18" t="s">
+        <v>615</v>
+      </c>
+      <c r="K18" t="s">
+        <v>616</v>
+      </c>
+      <c r="L18" t="s">
+        <v>617</v>
+      </c>
+      <c r="M18" t="s">
+        <v>618</v>
+      </c>
+      <c r="N18" t="s">
+        <v>619</v>
+      </c>
+      <c r="O18" t="s">
+        <v>620</v>
+      </c>
+      <c r="P18" t="s">
+        <v>621</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>622</v>
+      </c>
+      <c r="R18" t="s">
+        <v>623</v>
+      </c>
+      <c r="S18" t="s">
+        <v>624</v>
+      </c>
+      <c r="T18" t="s">
+        <v>625</v>
+      </c>
+      <c r="U18" t="s">
+        <v>626</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B19" t="s">
-        <v>1805</v>
+        <v>627</v>
       </c>
       <c r="C19" t="s">
-        <v>1806</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1807</v>
+        <v>628</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1808</v>
+        <v>629</v>
       </c>
       <c r="H19" t="s">
-        <v>1809</v>
+        <v>630</v>
+      </c>
+      <c r="I19" t="s">
+        <v>631</v>
+      </c>
+      <c r="J19" t="s">
+        <v>632</v>
+      </c>
+      <c r="K19" t="s">
+        <v>633</v>
+      </c>
+      <c r="L19" t="s">
+        <v>634</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B20" t="s">
-        <v>1810</v>
+        <v>635</v>
       </c>
       <c r="C20" t="s">
-        <v>1811</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1812</v>
+        <v>636</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1813</v>
+        <v>637</v>
       </c>
       <c r="H20" t="s">
-        <v>1814</v>
+        <v>638</v>
+      </c>
+      <c r="I20" t="s">
+        <v>639</v>
+      </c>
+      <c r="J20" t="s">
+        <v>640</v>
+      </c>
+      <c r="K20" t="s">
+        <v>641</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B21" t="s">
-        <v>1815</v>
+        <v>642</v>
       </c>
       <c r="C21" t="s">
-        <v>1816</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1817</v>
+        <v>643</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1818</v>
+        <v>644</v>
       </c>
       <c r="H21" t="s">
-        <v>1819</v>
+        <v>645</v>
+      </c>
+      <c r="I21" t="s">
+        <v>646</v>
+      </c>
+      <c r="J21" t="s">
+        <v>647</v>
+      </c>
+      <c r="K21" t="s">
+        <v>648</v>
+      </c>
+      <c r="L21" t="s">
+        <v>649</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B22" t="s">
-        <v>1820</v>
+        <v>650</v>
       </c>
       <c r="C22" t="s">
-        <v>1821</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1822</v>
+        <v>651</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1823</v>
+        <v>652</v>
       </c>
       <c r="H22" t="s">
-        <v>1824</v>
+        <v>653</v>
+      </c>
+      <c r="I22" t="s">
+        <v>654</v>
+      </c>
+      <c r="J22" t="s">
+        <v>655</v>
+      </c>
+      <c r="K22" t="s">
+        <v>656</v>
+      </c>
+      <c r="L22" t="s">
+        <v>657</v>
+      </c>
+      <c r="M22" t="s">
+        <v>658</v>
+      </c>
+      <c r="N22" t="s">
+        <v>659</v>
+      </c>
+      <c r="O22" t="s">
+        <v>660</v>
+      </c>
+      <c r="P22" t="s">
+        <v>661</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B23" t="s">
-        <v>1825</v>
+        <v>662</v>
       </c>
       <c r="C23" t="s">
-        <v>1826</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1827</v>
+        <v>663</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1828</v>
+        <v>664</v>
       </c>
       <c r="H23" t="s">
-        <v>1829</v>
+        <v>665</v>
+      </c>
+      <c r="I23" t="s">
+        <v>666</v>
+      </c>
+      <c r="J23" t="s">
+        <v>667</v>
+      </c>
+      <c r="K23" t="s">
+        <v>668</v>
+      </c>
+      <c r="L23" t="s">
+        <v>669</v>
+      </c>
+      <c r="M23" t="s">
+        <v>670</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B24" t="s">
-        <v>1830</v>
+        <v>671</v>
       </c>
       <c r="C24" t="s">
-        <v>1831</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1832</v>
+        <v>672</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1833</v>
+        <v>673</v>
       </c>
       <c r="H24" t="s">
-        <v>1834</v>
+        <v>674</v>
+      </c>
+      <c r="I24" t="s">
+        <v>675</v>
+      </c>
+      <c r="J24" t="s">
+        <v>676</v>
+      </c>
+      <c r="K24" t="s">
+        <v>677</v>
+      </c>
+      <c r="L24" t="s">
+        <v>678</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B25" t="s">
-        <v>1835</v>
+        <v>679</v>
       </c>
       <c r="C25" t="s">
-        <v>1836</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1837</v>
+        <v>680</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1838</v>
+        <v>681</v>
       </c>
       <c r="H25" t="s">
-        <v>1839</v>
+        <v>682</v>
+      </c>
+      <c r="I25" t="s">
+        <v>683</v>
+      </c>
+      <c r="J25" t="s">
+        <v>461</v>
+      </c>
+      <c r="K25" t="s">
+        <v>684</v>
+      </c>
+      <c r="L25" t="s">
+        <v>685</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B26" t="s">
-        <v>1840</v>
+        <v>686</v>
       </c>
       <c r="C26" t="s">
-        <v>1841</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1842</v>
+        <v>687</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1843</v>
+        <v>688</v>
       </c>
       <c r="H26" t="s">
-        <v>1844</v>
+        <v>689</v>
+      </c>
+      <c r="I26" t="s">
+        <v>690</v>
+      </c>
+      <c r="J26" t="s">
+        <v>500</v>
+      </c>
+      <c r="K26" t="s">
+        <v>691</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B27" t="s">
-        <v>1845</v>
+        <v>692</v>
       </c>
       <c r="C27" t="s">
-        <v>1846</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1847</v>
+        <v>693</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1848</v>
+        <v>694</v>
       </c>
       <c r="H27" t="s">
-        <v>1849</v>
+        <v>695</v>
+      </c>
+      <c r="I27" t="s">
+        <v>696</v>
+      </c>
+      <c r="J27" t="s">
+        <v>605</v>
+      </c>
+      <c r="K27" t="s">
+        <v>697</v>
+      </c>
+      <c r="L27" t="s">
+        <v>698</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B28" t="s">
-        <v>1850</v>
+        <v>699</v>
       </c>
       <c r="C28" t="s">
-        <v>1851</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>535</v>
+        <v>700</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1852</v>
+        <v>701</v>
       </c>
       <c r="H28" t="s">
-        <v>1853</v>
+        <v>702</v>
+      </c>
+      <c r="I28" t="s">
+        <v>703</v>
+      </c>
+      <c r="J28" t="s">
+        <v>704</v>
+      </c>
+      <c r="K28" t="s">
+        <v>705</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B29" t="s">
-        <v>1854</v>
+        <v>706</v>
       </c>
       <c r="C29" t="s">
-        <v>1855</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>551</v>
+        <v>707</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1856</v>
+        <v>708</v>
       </c>
       <c r="H29" t="s">
-        <v>1857</v>
+        <v>709</v>
+      </c>
+      <c r="I29" t="s">
+        <v>710</v>
+      </c>
+      <c r="J29" t="s">
+        <v>711</v>
+      </c>
+      <c r="K29" t="s">
+        <v>712</v>
+      </c>
+      <c r="L29" t="s">
+        <v>713</v>
+      </c>
+      <c r="M29" t="s">
+        <v>714</v>
+      </c>
+      <c r="N29" t="s">
+        <v>715</v>
+      </c>
+      <c r="O29" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B30" t="s">
-        <v>1858</v>
+        <v>717</v>
       </c>
       <c r="C30" t="s">
-        <v>1859</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1860</v>
+        <v>718</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1861</v>
+        <v>719</v>
       </c>
       <c r="H30" t="s">
-        <v>1862</v>
+        <v>720</v>
+      </c>
+      <c r="I30" t="s">
+        <v>721</v>
+      </c>
+      <c r="J30" t="s">
+        <v>722</v>
+      </c>
+      <c r="K30" t="s">
+        <v>723</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B31" t="s">
-        <v>1863</v>
+        <v>724</v>
       </c>
       <c r="C31" t="s">
-        <v>1864</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1865</v>
+        <v>725</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1866</v>
+        <v>726</v>
       </c>
       <c r="H31" t="s">
-        <v>1867</v>
+        <v>727</v>
+      </c>
+      <c r="I31" t="s">
+        <v>728</v>
+      </c>
+      <c r="J31" t="s">
+        <v>729</v>
+      </c>
+      <c r="K31" t="s">
+        <v>730</v>
+      </c>
+      <c r="L31" t="s">
+        <v>731</v>
+      </c>
+      <c r="M31" t="s">
+        <v>732</v>
+      </c>
+      <c r="N31" t="s">
+        <v>733</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B32" t="s">
-        <v>1868</v>
+        <v>734</v>
       </c>
       <c r="C32" t="s">
-        <v>1869</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1870</v>
+        <v>735</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1871</v>
+        <v>736</v>
       </c>
       <c r="H32" t="s">
-        <v>1872</v>
+        <v>737</v>
+      </c>
+      <c r="I32" t="s">
+        <v>738</v>
+      </c>
+      <c r="J32" t="s">
+        <v>739</v>
+      </c>
+      <c r="K32" t="s">
+        <v>740</v>
+      </c>
+      <c r="L32" t="s">
+        <v>741</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B33" t="s">
-        <v>1873</v>
+        <v>742</v>
       </c>
       <c r="C33" t="s">
-        <v>1874</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>918</v>
+        <v>735</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1875</v>
+        <v>743</v>
       </c>
       <c r="H33" t="s">
-        <v>1876</v>
+        <v>744</v>
+      </c>
+      <c r="I33" t="s">
+        <v>745</v>
+      </c>
+      <c r="J33" t="s">
+        <v>676</v>
+      </c>
+      <c r="K33" t="s">
+        <v>746</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B34" t="s">
-        <v>1877</v>
+        <v>747</v>
       </c>
       <c r="C34" t="s">
-        <v>1878</v>
+        <v>13</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1879</v>
+        <v>748</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1880</v>
+        <v>749</v>
       </c>
       <c r="H34" t="s">
-        <v>1881</v>
+        <v>750</v>
+      </c>
+      <c r="I34" t="s">
+        <v>751</v>
+      </c>
+      <c r="J34" t="s">
+        <v>752</v>
+      </c>
+      <c r="K34" t="s">
+        <v>753</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B35" t="s">
-        <v>1882</v>
+        <v>754</v>
       </c>
       <c r="C35" t="s">
-        <v>1883</v>
+        <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1884</v>
+        <v>755</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1885</v>
+        <v>756</v>
       </c>
       <c r="H35" t="s">
-        <v>1886</v>
+        <v>757</v>
+      </c>
+      <c r="I35" t="s">
+        <v>758</v>
+      </c>
+      <c r="J35" t="s">
+        <v>759</v>
+      </c>
+      <c r="K35" t="s">
+        <v>760</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B36" t="s">
-        <v>1887</v>
+        <v>761</v>
       </c>
       <c r="C36" t="s">
-        <v>1888</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1889</v>
+        <v>762</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1890</v>
+        <v>763</v>
       </c>
       <c r="H36" t="s">
-        <v>1891</v>
+        <v>764</v>
+      </c>
+      <c r="I36" t="s">
+        <v>765</v>
+      </c>
+      <c r="J36" t="s">
+        <v>766</v>
+      </c>
+      <c r="K36" t="s">
+        <v>767</v>
+      </c>
+      <c r="L36" t="s">
+        <v>768</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B37" t="s">
-        <v>1892</v>
+        <v>769</v>
       </c>
       <c r="C37" t="s">
-        <v>1893</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1894</v>
+        <v>770</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1895</v>
+        <v>771</v>
       </c>
       <c r="H37" t="s">
-        <v>1896</v>
+        <v>772</v>
+      </c>
+      <c r="I37" t="s">
+        <v>773</v>
+      </c>
+      <c r="J37" t="s">
+        <v>774</v>
+      </c>
+      <c r="K37" t="s">
+        <v>775</v>
+      </c>
+      <c r="L37" t="s">
+        <v>776</v>
+      </c>
+      <c r="M37" t="s">
+        <v>777</v>
+      </c>
+      <c r="N37" t="s">
+        <v>778</v>
+      </c>
+      <c r="O37" t="s">
+        <v>779</v>
+      </c>
+      <c r="P37" t="s">
+        <v>780</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>781</v>
+      </c>
+      <c r="R37" t="s">
+        <v>782</v>
+      </c>
+      <c r="S37" t="s">
+        <v>783</v>
+      </c>
+      <c r="T37" t="s">
+        <v>784</v>
+      </c>
+      <c r="U37" t="s">
+        <v>785</v>
+      </c>
+      <c r="V37" t="s">
+        <v>786</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B38" t="s">
-        <v>1897</v>
+        <v>787</v>
       </c>
       <c r="C38" t="s">
-        <v>1898</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1899</v>
+        <v>788</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1900</v>
+        <v>789</v>
       </c>
       <c r="H38" t="s">
-        <v>1901</v>
+        <v>790</v>
+      </c>
+      <c r="I38" t="s">
+        <v>791</v>
+      </c>
+      <c r="J38" t="s">
+        <v>792</v>
+      </c>
+      <c r="K38" t="s">
+        <v>793</v>
+      </c>
+      <c r="L38" t="s">
+        <v>794</v>
+      </c>
+      <c r="M38" t="s">
+        <v>795</v>
+      </c>
+      <c r="N38" t="s">
+        <v>796</v>
+      </c>
+      <c r="O38" t="s">
+        <v>797</v>
+      </c>
+      <c r="P38" t="s">
+        <v>798</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>799</v>
+      </c>
+      <c r="R38" t="s">
+        <v>800</v>
+      </c>
+      <c r="S38" t="s">
+        <v>801</v>
+      </c>
+      <c r="T38" t="s">
+        <v>802</v>
+      </c>
+      <c r="U38" t="s">
+        <v>803</v>
+      </c>
+      <c r="V38" t="s">
+        <v>804</v>
+      </c>
+      <c r="W38" t="s">
+        <v>805</v>
+      </c>
+      <c r="X38" t="s">
+        <v>806</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>807</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>808</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>809</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>810</v>
+      </c>
+      <c r="AC38" t="s">
+        <v>811</v>
+      </c>
+      <c r="AD38" t="s">
+        <v>812</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B39" t="s">
-        <v>1902</v>
+        <v>813</v>
       </c>
       <c r="C39" t="s">
-        <v>1903</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1904</v>
+        <v>814</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1905</v>
+        <v>815</v>
       </c>
       <c r="H39" t="s">
-        <v>1906</v>
+        <v>816</v>
+      </c>
+      <c r="I39" t="s">
+        <v>817</v>
+      </c>
+      <c r="J39" t="s">
+        <v>818</v>
+      </c>
+      <c r="K39" t="s">
+        <v>819</v>
+      </c>
+      <c r="L39" t="s">
+        <v>820</v>
+      </c>
+      <c r="M39" t="s">
+        <v>821</v>
+      </c>
+      <c r="N39" t="s">
+        <v>822</v>
+      </c>
+      <c r="O39" t="s">
+        <v>823</v>
+      </c>
+      <c r="P39" t="s">
+        <v>824</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>825</v>
+      </c>
+      <c r="R39" t="s">
+        <v>826</v>
+      </c>
+      <c r="S39" t="s">
+        <v>827</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B40" t="s">
-        <v>1907</v>
+        <v>828</v>
       </c>
       <c r="C40" t="s">
-        <v>1908</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1909</v>
+        <v>829</v>
       </c>
       <c r="F40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1910</v>
+        <v>830</v>
       </c>
       <c r="H40" t="s">
-        <v>1911</v>
+        <v>831</v>
+      </c>
+      <c r="I40" t="s">
+        <v>832</v>
+      </c>
+      <c r="J40" t="s">
+        <v>833</v>
+      </c>
+      <c r="K40" t="s">
+        <v>834</v>
+      </c>
+      <c r="L40" t="s">
+        <v>835</v>
+      </c>
+      <c r="M40" t="s">
+        <v>836</v>
+      </c>
+      <c r="N40" t="s">
+        <v>837</v>
+      </c>
+      <c r="O40" t="s">
+        <v>838</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B41" t="s">
-        <v>1912</v>
+        <v>839</v>
       </c>
       <c r="C41" t="s">
-        <v>1913</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1914</v>
+        <v>840</v>
       </c>
       <c r="F41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1915</v>
+        <v>841</v>
       </c>
       <c r="H41" t="s">
-        <v>1916</v>
+        <v>842</v>
+      </c>
+      <c r="I41" t="s">
+        <v>843</v>
+      </c>
+      <c r="J41" t="s">
+        <v>844</v>
+      </c>
+      <c r="K41" t="s">
+        <v>845</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B42" t="s">
-        <v>1917</v>
+        <v>846</v>
       </c>
       <c r="C42" t="s">
-        <v>1918</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1919</v>
+        <v>847</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1920</v>
+        <v>848</v>
       </c>
       <c r="H42" t="s">
-        <v>1921</v>
+        <v>849</v>
+      </c>
+      <c r="I42" t="s">
+        <v>850</v>
+      </c>
+      <c r="J42" t="s">
+        <v>500</v>
+      </c>
+      <c r="K42" t="s">
+        <v>851</v>
+      </c>
+      <c r="L42" t="s">
+        <v>852</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B43" t="s">
-        <v>1922</v>
+        <v>853</v>
       </c>
       <c r="C43" t="s">
-        <v>1923</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1924</v>
+        <v>854</v>
       </c>
       <c r="F43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1925</v>
+        <v>855</v>
       </c>
       <c r="H43" t="s">
-        <v>1926</v>
+        <v>856</v>
+      </c>
+      <c r="I43" t="s">
+        <v>857</v>
+      </c>
+      <c r="J43" t="s">
+        <v>486</v>
+      </c>
+      <c r="K43" t="s">
+        <v>858</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B44" t="s">
-        <v>1927</v>
+        <v>859</v>
       </c>
       <c r="C44" t="s">
-        <v>1928</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1929</v>
+        <v>860</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1930</v>
+        <v>861</v>
       </c>
       <c r="H44" t="s">
-        <v>1931</v>
+        <v>862</v>
+      </c>
+      <c r="I44" t="s">
+        <v>863</v>
+      </c>
+      <c r="J44" t="s">
+        <v>864</v>
+      </c>
+      <c r="K44" t="s">
+        <v>865</v>
+      </c>
+      <c r="L44" t="s">
+        <v>866</v>
+      </c>
+      <c r="M44" t="s">
+        <v>867</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B45" t="s">
-        <v>1932</v>
+        <v>868</v>
       </c>
       <c r="C45" t="s">
-        <v>1933</v>
+        <v>13</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1934</v>
+        <v>869</v>
       </c>
       <c r="F45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1935</v>
+        <v>870</v>
       </c>
       <c r="H45" t="s">
-        <v>1936</v>
+        <v>871</v>
+      </c>
+      <c r="I45" t="s">
+        <v>872</v>
+      </c>
+      <c r="J45" t="s">
+        <v>873</v>
+      </c>
+      <c r="K45" t="s">
+        <v>874</v>
+      </c>
+      <c r="L45" t="s">
+        <v>875</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B46" t="s">
-        <v>1937</v>
+        <v>876</v>
       </c>
       <c r="C46" t="s">
-        <v>1938</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1934</v>
+        <v>869</v>
       </c>
       <c r="F46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1939</v>
+        <v>877</v>
       </c>
       <c r="H46" t="s">
-        <v>1940</v>
+        <v>878</v>
+      </c>
+      <c r="I46" t="s">
+        <v>879</v>
+      </c>
+      <c r="J46" t="s">
+        <v>880</v>
+      </c>
+      <c r="K46" t="s">
+        <v>881</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B47" t="s">
-        <v>1941</v>
+        <v>882</v>
       </c>
       <c r="C47" t="s">
-        <v>1942</v>
+        <v>13</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1934</v>
+        <v>883</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1943</v>
+        <v>884</v>
       </c>
       <c r="H47" t="s">
-        <v>1944</v>
+        <v>885</v>
+      </c>
+      <c r="I47" t="s">
+        <v>477</v>
+      </c>
+      <c r="J47" t="s">
+        <v>558</v>
+      </c>
+      <c r="K47" t="s">
+        <v>886</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B48" t="s">
-        <v>1945</v>
+        <v>887</v>
       </c>
       <c r="C48" t="s">
-        <v>1946</v>
+        <v>13</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1934</v>
+        <v>888</v>
       </c>
       <c r="F48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1947</v>
+        <v>889</v>
       </c>
       <c r="H48" t="s">
-        <v>1948</v>
+        <v>890</v>
+      </c>
+      <c r="I48" t="s">
+        <v>891</v>
+      </c>
+      <c r="J48" t="s">
+        <v>892</v>
+      </c>
+      <c r="K48" t="s">
+        <v>893</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B49" t="s">
-        <v>1949</v>
+        <v>894</v>
       </c>
       <c r="C49" t="s">
-        <v>1950</v>
+        <v>13</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1951</v>
+        <v>895</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1952</v>
+        <v>896</v>
       </c>
       <c r="H49" t="s">
-        <v>1953</v>
+        <v>897</v>
+      </c>
+      <c r="I49" t="s">
+        <v>898</v>
+      </c>
+      <c r="J49" t="s">
+        <v>899</v>
+      </c>
+      <c r="K49" t="s">
+        <v>900</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B50" t="s">
-        <v>1954</v>
+        <v>901</v>
       </c>
       <c r="C50" t="s">
-        <v>1955</v>
+        <v>13</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1956</v>
+        <v>902</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1957</v>
+        <v>903</v>
       </c>
       <c r="H50" t="s">
-        <v>1958</v>
+        <v>904</v>
+      </c>
+      <c r="I50" t="s">
+        <v>905</v>
+      </c>
+      <c r="J50" t="s">
+        <v>486</v>
+      </c>
+      <c r="K50" t="s">
+        <v>906</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B51" t="s">
-        <v>1959</v>
+        <v>907</v>
       </c>
       <c r="C51" t="s">
-        <v>1960</v>
+        <v>13</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1961</v>
+        <v>908</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1962</v>
+        <v>909</v>
       </c>
       <c r="H51" t="s">
-        <v>1963</v>
+        <v>910</v>
+      </c>
+      <c r="I51" t="s">
+        <v>604</v>
+      </c>
+      <c r="J51" t="s">
+        <v>911</v>
+      </c>
+      <c r="K51" t="s">
+        <v>912</v>
+      </c>
+      <c r="L51" t="s">
+        <v>913</v>
+      </c>
+      <c r="M51" t="s">
+        <v>914</v>
+      </c>
+      <c r="N51" t="s">
+        <v>915</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B52" t="s">
-        <v>1964</v>
+        <v>916</v>
       </c>
       <c r="C52" t="s">
-        <v>1965</v>
+        <v>13</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>928</v>
+        <v>917</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1966</v>
+        <v>918</v>
       </c>
       <c r="H52" t="s">
-        <v>1967</v>
+        <v>919</v>
+      </c>
+      <c r="I52" t="s">
+        <v>920</v>
+      </c>
+      <c r="J52" t="s">
+        <v>667</v>
+      </c>
+      <c r="K52" t="s">
+        <v>921</v>
+      </c>
+      <c r="L52" t="s">
+        <v>922</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B53" t="s">
-        <v>1968</v>
+        <v>923</v>
       </c>
       <c r="C53" t="s">
-        <v>1969</v>
+        <v>13</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1970</v>
+        <v>924</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1971</v>
+        <v>925</v>
       </c>
       <c r="H53" t="s">
-        <v>1972</v>
+        <v>926</v>
+      </c>
+      <c r="I53" t="s">
+        <v>927</v>
+      </c>
+      <c r="J53" t="s">
+        <v>928</v>
+      </c>
+      <c r="K53" t="s">
+        <v>929</v>
+      </c>
+      <c r="L53" t="s">
+        <v>930</v>
+      </c>
+      <c r="M53" t="s">
+        <v>931</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B54" t="s">
-        <v>1973</v>
+        <v>932</v>
       </c>
       <c r="C54" t="s">
-        <v>1974</v>
+        <v>13</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1975</v>
+        <v>933</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1976</v>
+        <v>934</v>
       </c>
       <c r="H54" t="s">
-        <v>1977</v>
+        <v>935</v>
+      </c>
+      <c r="I54" t="s">
+        <v>936</v>
+      </c>
+      <c r="J54" t="s">
+        <v>739</v>
+      </c>
+      <c r="K54" t="s">
+        <v>937</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B55" t="s">
-        <v>1978</v>
+        <v>938</v>
       </c>
       <c r="C55" t="s">
-        <v>1979</v>
+        <v>13</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1980</v>
+        <v>939</v>
       </c>
       <c r="F55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1981</v>
+        <v>940</v>
       </c>
       <c r="H55" t="s">
-        <v>1982</v>
+        <v>941</v>
+      </c>
+      <c r="I55" t="s">
+        <v>942</v>
+      </c>
+      <c r="J55" t="s">
+        <v>892</v>
+      </c>
+      <c r="K55" t="s">
+        <v>943</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B56" t="s">
-        <v>1983</v>
+        <v>944</v>
       </c>
       <c r="C56" t="s">
-        <v>1984</v>
+        <v>13</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1985</v>
+        <v>945</v>
       </c>
       <c r="F56" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1986</v>
+        <v>946</v>
       </c>
       <c r="H56" t="s">
-        <v>1987</v>
+        <v>947</v>
+      </c>
+      <c r="I56" t="s">
+        <v>948</v>
+      </c>
+      <c r="J56" t="s">
+        <v>667</v>
+      </c>
+      <c r="K56" t="s">
+        <v>949</v>
+      </c>
+      <c r="L56" t="s">
+        <v>950</v>
+      </c>
+      <c r="M56" t="s">
+        <v>951</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B57" t="s">
-        <v>1988</v>
+        <v>952</v>
       </c>
       <c r="C57" t="s">
-        <v>1989</v>
+        <v>13</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1990</v>
+        <v>953</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1991</v>
+        <v>954</v>
       </c>
       <c r="H57" t="s">
-        <v>1992</v>
+        <v>955</v>
+      </c>
+      <c r="I57" t="s">
+        <v>956</v>
+      </c>
+      <c r="J57" t="s">
+        <v>500</v>
+      </c>
+      <c r="K57" t="s">
+        <v>957</v>
+      </c>
+      <c r="L57" t="s">
+        <v>958</v>
+      </c>
+      <c r="M57" t="s">
+        <v>959</v>
+      </c>
+      <c r="N57" t="s">
+        <v>960</v>
+      </c>
+      <c r="O57" t="s">
+        <v>961</v>
+      </c>
+      <c r="P57" t="s">
+        <v>962</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>963</v>
+      </c>
+      <c r="R57" t="s">
+        <v>964</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B58" t="s">
-        <v>1993</v>
+        <v>965</v>
       </c>
       <c r="C58" t="s">
-        <v>1994</v>
+        <v>13</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1995</v>
+        <v>966</v>
       </c>
       <c r="F58" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1996</v>
+        <v>967</v>
       </c>
       <c r="H58" t="s">
-        <v>1997</v>
+        <v>968</v>
+      </c>
+      <c r="I58" t="s">
+        <v>969</v>
+      </c>
+      <c r="J58" t="s">
+        <v>759</v>
+      </c>
+      <c r="K58" t="s">
+        <v>970</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B59" t="s">
-        <v>1998</v>
+        <v>971</v>
       </c>
       <c r="C59" t="s">
-        <v>1999</v>
+        <v>13</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>2000</v>
+        <v>972</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>2001</v>
+        <v>973</v>
       </c>
       <c r="H59" t="s">
-        <v>2002</v>
+        <v>974</v>
+      </c>
+      <c r="I59" t="s">
+        <v>975</v>
+      </c>
+      <c r="J59" t="s">
+        <v>976</v>
+      </c>
+      <c r="K59" t="s">
+        <v>977</v>
+      </c>
+      <c r="L59" t="s">
+        <v>978</v>
+      </c>
+      <c r="M59" t="s">
+        <v>979</v>
+      </c>
+      <c r="N59" t="s">
+        <v>980</v>
+      </c>
+      <c r="O59" t="s">
+        <v>981</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B60" t="s">
-        <v>2003</v>
+        <v>982</v>
       </c>
       <c r="C60" t="s">
-        <v>2004</v>
+        <v>13</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>2005</v>
+        <v>983</v>
       </c>
       <c r="F60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>2006</v>
+        <v>984</v>
       </c>
       <c r="H60" t="s">
-        <v>2007</v>
+        <v>985</v>
+      </c>
+      <c r="I60" t="s">
+        <v>604</v>
+      </c>
+      <c r="J60" t="s">
+        <v>605</v>
+      </c>
+      <c r="K60" t="s">
+        <v>986</v>
+      </c>
+      <c r="L60" t="s">
+        <v>987</v>
+      </c>
+      <c r="M60" t="s">
+        <v>988</v>
+      </c>
+      <c r="N60" t="s">
+        <v>989</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>2008</v>
+        <v>990</v>
       </c>
       <c r="C61" t="s">
-        <v>2009</v>
+        <v>13</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>2010</v>
+        <v>991</v>
       </c>
       <c r="F61" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>2011</v>
+        <v>992</v>
       </c>
       <c r="H61" t="s">
-        <v>2012</v>
+        <v>993</v>
+      </c>
+      <c r="I61" t="s">
+        <v>994</v>
+      </c>
+      <c r="J61" t="s">
+        <v>739</v>
+      </c>
+      <c r="K61" t="s">
+        <v>995</v>
+      </c>
+      <c r="L61" t="s">
+        <v>996</v>
+      </c>
+      <c r="M61" t="s">
+        <v>997</v>
+      </c>
+      <c r="N61" t="s">
+        <v>998</v>
+      </c>
+      <c r="O61" t="s">
+        <v>999</v>
+      </c>
+      <c r="P61" t="s">
+        <v>1000</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>1001</v>
+      </c>
+      <c r="R61" t="s">
+        <v>1002</v>
+      </c>
+      <c r="S61" t="s">
+        <v>1003</v>
+      </c>
+      <c r="T61" t="s">
+        <v>1004</v>
+      </c>
+      <c r="U61" t="s">
+        <v>1005</v>
+      </c>
+      <c r="V61" t="s">
+        <v>1006</v>
+      </c>
+      <c r="W61" t="s">
+        <v>1007</v>
+      </c>
+      <c r="X61" t="s">
+        <v>1008</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>1009</v>
+      </c>
+      <c r="Z61" t="s">
+        <v>1010</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>1011</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>1012</v>
+      </c>
+      <c r="AC61" t="s">
+        <v>1013</v>
+      </c>
+      <c r="AD61" t="s">
+        <v>1014</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B62" t="s">
-        <v>2013</v>
+        <v>1015</v>
       </c>
       <c r="C62" t="s">
-        <v>2014</v>
+        <v>13</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>2015</v>
+        <v>1016</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>2016</v>
+        <v>1017</v>
       </c>
       <c r="H62" t="s">
-        <v>2017</v>
+        <v>1018</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J62" t="s">
+        <v>632</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1020</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1021</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1022</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B63" t="s">
-        <v>2018</v>
+        <v>1023</v>
       </c>
       <c r="C63" t="s">
-        <v>2019</v>
+        <v>13</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>2015</v>
+        <v>1024</v>
       </c>
       <c r="F63" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>2020</v>
+        <v>1025</v>
       </c>
       <c r="H63" t="s">
-        <v>2021</v>
+        <v>1026</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1027</v>
+      </c>
+      <c r="J63" t="s">
+        <v>766</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1028</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1030</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1031</v>
+      </c>
+      <c r="O63" t="s">
+        <v>1032</v>
+      </c>
+      <c r="P63" t="s">
+        <v>1033</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>1034</v>
+      </c>
+      <c r="R63" t="s">
+        <v>1035</v>
+      </c>
+      <c r="S63" t="s">
+        <v>1036</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>2022</v>
+        <v>1037</v>
       </c>
       <c r="C64" t="s">
-        <v>2023</v>
+        <v>13</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>2024</v>
+        <v>1038</v>
       </c>
       <c r="F64" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>2025</v>
+        <v>1039</v>
       </c>
       <c r="H64" t="s">
-        <v>2026</v>
+        <v>1040</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1041</v>
+      </c>
+      <c r="J64" t="s">
+        <v>486</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1042</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1044</v>
+      </c>
+      <c r="N64" t="s">
+        <v>1045</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B65" t="s">
-        <v>2027</v>
+        <v>1046</v>
       </c>
       <c r="C65" t="s">
-        <v>2028</v>
+        <v>13</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>622</v>
+        <v>1047</v>
       </c>
       <c r="F65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>2029</v>
+        <v>1048</v>
       </c>
       <c r="H65" t="s">
-        <v>2030</v>
+        <v>1049</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1050</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1051</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1052</v>
+      </c>
+      <c r="L65" t="s">
+        <v>1053</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="N65" t="s">
+        <v>1055</v>
+      </c>
+      <c r="O65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1057</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>1058</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1059</v>
+      </c>
+      <c r="S65" t="s">
+        <v>1060</v>
+      </c>
+      <c r="T65" t="s">
+        <v>1061</v>
+      </c>
+      <c r="U65" t="s">
+        <v>1062</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B66" t="s">
-        <v>2031</v>
+        <v>1063</v>
       </c>
       <c r="C66" t="s">
-        <v>2032</v>
+        <v>13</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>2033</v>
+        <v>1064</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>2034</v>
+        <v>1065</v>
       </c>
       <c r="H66" t="s">
-        <v>2035</v>
+        <v>1066</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1067</v>
+      </c>
+      <c r="J66" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1069</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B67" t="s">
-        <v>2036</v>
+        <v>1070</v>
       </c>
       <c r="C67" t="s">
-        <v>2037</v>
+        <v>13</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>2038</v>
+        <v>1071</v>
       </c>
       <c r="F67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>2039</v>
+        <v>1072</v>
       </c>
       <c r="H67" t="s">
-        <v>2040</v>
+        <v>1073</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1076</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1077</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1078</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B68" t="s">
-        <v>2041</v>
+        <v>1079</v>
       </c>
       <c r="C68" t="s">
-        <v>2042</v>
+        <v>13</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>2043</v>
+        <v>1080</v>
       </c>
       <c r="F68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>2044</v>
+        <v>1081</v>
       </c>
       <c r="H68" t="s">
-        <v>2045</v>
+        <v>1082</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1083</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1085</v>
+      </c>
+      <c r="L68" t="s">
+        <v>1086</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1087</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1088</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1089</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1090</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B69" t="s">
-        <v>2046</v>
+        <v>1091</v>
       </c>
       <c r="C69" t="s">
-        <v>2047</v>
+        <v>13</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>2048</v>
+        <v>1092</v>
       </c>
       <c r="F69" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>2049</v>
+        <v>1093</v>
       </c>
       <c r="H69" t="s">
-        <v>2050</v>
+        <v>1094</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1095</v>
+      </c>
+      <c r="J69" t="s">
+        <v>729</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1096</v>
+      </c>
+      <c r="L69" t="s">
+        <v>1097</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B70" t="s">
-        <v>2051</v>
+        <v>1098</v>
       </c>
       <c r="C70" t="s">
-        <v>2052</v>
+        <v>13</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>2053</v>
+        <v>1099</v>
       </c>
       <c r="F70" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>2054</v>
+        <v>1100</v>
       </c>
       <c r="H70" t="s">
-        <v>2055</v>
+        <v>1101</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J70" t="s">
+        <v>632</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1103</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1104</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B71" t="s">
-        <v>2056</v>
+        <v>1105</v>
       </c>
       <c r="C71" t="s">
-        <v>2057</v>
+        <v>13</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>2058</v>
+        <v>1106</v>
       </c>
       <c r="F71" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>2059</v>
+        <v>1107</v>
       </c>
       <c r="H71" t="s">
-        <v>2060</v>
+        <v>1108</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1109</v>
+      </c>
+      <c r="J71" t="s">
+        <v>667</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1110</v>
+      </c>
+      <c r="L71" t="s">
+        <v>1111</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1112</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B72" t="s">
-        <v>2061</v>
+        <v>1113</v>
       </c>
       <c r="C72" t="s">
-        <v>2062</v>
+        <v>13</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>2063</v>
+        <v>1114</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>2064</v>
+        <v>1115</v>
       </c>
       <c r="H72" t="s">
-        <v>2065</v>
+        <v>1116</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1117</v>
+      </c>
+      <c r="J72" t="s">
+        <v>667</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1118</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1119</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B73" t="s">
-        <v>2066</v>
+        <v>1120</v>
       </c>
       <c r="C73" t="s">
-        <v>2067</v>
+        <v>13</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>2063</v>
+        <v>1121</v>
       </c>
       <c r="F73" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>2068</v>
+        <v>1122</v>
       </c>
       <c r="H73" t="s">
-        <v>2069</v>
+        <v>1123</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1124</v>
+      </c>
+      <c r="J73" t="s">
+        <v>13</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1125</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B74" t="s">
-        <v>2070</v>
+        <v>1126</v>
       </c>
       <c r="C74" t="s">
-        <v>2071</v>
+        <v>13</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>2072</v>
+        <v>1127</v>
       </c>
       <c r="F74" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>2073</v>
+        <v>1128</v>
       </c>
       <c r="H74" t="s">
-        <v>2074</v>
+        <v>1129</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1130</v>
+      </c>
+      <c r="J74" t="s">
+        <v>667</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1131</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1132</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B75" t="s">
-        <v>2075</v>
+        <v>1133</v>
       </c>
       <c r="C75" t="s">
-        <v>2076</v>
+        <v>13</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>2077</v>
+        <v>1134</v>
       </c>
       <c r="F75" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>2078</v>
+        <v>1135</v>
       </c>
       <c r="H75" t="s">
-        <v>2079</v>
+        <v>1136</v>
+      </c>
+      <c r="I75" t="s">
+        <v>604</v>
+      </c>
+      <c r="J75" t="s">
+        <v>1137</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1138</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1139</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1140</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1141</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1142</v>
+      </c>
+      <c r="P75" t="s">
+        <v>1143</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B76" t="s">
-        <v>2080</v>
+        <v>1144</v>
       </c>
       <c r="C76" t="s">
-        <v>2081</v>
+        <v>13</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>2077</v>
+        <v>1145</v>
       </c>
       <c r="F76" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>2082</v>
+        <v>1146</v>
       </c>
       <c r="H76" t="s">
-        <v>2083</v>
+        <v>1147</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1148</v>
+      </c>
+      <c r="J76" t="s">
+        <v>1149</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1150</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1151</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B77" t="s">
-        <v>2084</v>
+        <v>1152</v>
       </c>
       <c r="C77" t="s">
-        <v>2085</v>
+        <v>13</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>2086</v>
+        <v>1145</v>
       </c>
       <c r="F77" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>2087</v>
+        <v>1153</v>
       </c>
       <c r="H77" t="s">
-        <v>2088</v>
+        <v>1154</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1148</v>
+      </c>
+      <c r="J77" t="s">
+        <v>486</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L77" t="s">
+        <v>1156</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B78" t="s">
-        <v>2089</v>
+        <v>1157</v>
       </c>
       <c r="C78" t="s">
-        <v>2090</v>
+        <v>13</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>2086</v>
+        <v>1158</v>
       </c>
       <c r="F78" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>2091</v>
+        <v>1159</v>
       </c>
       <c r="H78" t="s">
-        <v>2092</v>
+        <v>1160</v>
+      </c>
+      <c r="I78" t="s">
+        <v>604</v>
+      </c>
+      <c r="J78" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1162</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1163</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1164</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1165</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B79" t="s">
-        <v>2093</v>
+        <v>1166</v>
       </c>
       <c r="C79" t="s">
-        <v>2094</v>
+        <v>13</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>933</v>
+        <v>1167</v>
       </c>
       <c r="F79" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>2095</v>
+        <v>1168</v>
       </c>
       <c r="H79" t="s">
-        <v>2096</v>
+        <v>1169</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1170</v>
+      </c>
+      <c r="J79" t="s">
+        <v>632</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L79" t="s">
+        <v>1172</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1173</v>
+      </c>
+      <c r="N79" t="s">
+        <v>1174</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B80" t="s">
-        <v>2097</v>
+        <v>1175</v>
       </c>
       <c r="C80" t="s">
-        <v>2098</v>
+        <v>13</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>640</v>
+        <v>1176</v>
       </c>
       <c r="F80" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>2099</v>
+        <v>1177</v>
       </c>
       <c r="H80" t="s">
-        <v>2100</v>
+        <v>1178</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1179</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1181</v>
+      </c>
+      <c r="L80" t="s">
+        <v>1182</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1183</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1184</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B81" t="s">
-        <v>2101</v>
+        <v>1185</v>
       </c>
       <c r="C81" t="s">
-        <v>2102</v>
+        <v>13</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>2103</v>
+        <v>1186</v>
       </c>
       <c r="F81" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>2104</v>
+        <v>1187</v>
       </c>
       <c r="H81" t="s">
-        <v>2105</v>
+        <v>1188</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1189</v>
+      </c>
+      <c r="J81" t="s">
+        <v>632</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1190</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1191</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1192</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1193</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1194</v>
+      </c>
+      <c r="P81" t="s">
+        <v>1195</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B82" t="s">
-        <v>2106</v>
+        <v>1196</v>
       </c>
       <c r="C82" t="s">
-        <v>650</v>
+        <v>13</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>646</v>
+        <v>1197</v>
       </c>
       <c r="F82" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2107</v>
+        <v>1198</v>
       </c>
       <c r="H82" t="s">
-        <v>2108</v>
+        <v>1199</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1200</v>
+      </c>
+      <c r="J82" t="s">
+        <v>655</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1202</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B83" t="s">
-        <v>2109</v>
+        <v>1203</v>
       </c>
       <c r="C83" t="s">
-        <v>2110</v>
+        <v>13</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>2111</v>
+        <v>1204</v>
       </c>
       <c r="F83" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>2112</v>
+        <v>1205</v>
       </c>
       <c r="H83" t="s">
-        <v>2113</v>
+        <v>1206</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1207</v>
+      </c>
+      <c r="J83" t="s">
+        <v>500</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1208</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1209</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B84" t="s">
-        <v>2114</v>
+        <v>1210</v>
       </c>
       <c r="C84" t="s">
-        <v>2115</v>
+        <v>13</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>2116</v>
+        <v>1211</v>
       </c>
       <c r="F84" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>2117</v>
+        <v>1212</v>
       </c>
       <c r="H84" t="s">
-        <v>2118</v>
+        <v>1213</v>
+      </c>
+      <c r="I84" t="s">
+        <v>817</v>
+      </c>
+      <c r="J84" t="s">
+        <v>1214</v>
+      </c>
+      <c r="K84" t="s">
+        <v>826</v>
+      </c>
+      <c r="L84" t="s">
+        <v>826</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B85" t="s">
-        <v>2119</v>
+        <v>1215</v>
       </c>
       <c r="C85" t="s">
-        <v>2120</v>
+        <v>13</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>2121</v>
+        <v>1216</v>
       </c>
       <c r="F85" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>2122</v>
+        <v>1217</v>
       </c>
       <c r="H85" t="s">
-        <v>2123</v>
+        <v>1218</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1219</v>
+      </c>
+      <c r="J85" t="s">
+        <v>1220</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1221</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B86" t="s">
-        <v>2124</v>
+        <v>1222</v>
       </c>
       <c r="C86" t="s">
-        <v>2125</v>
+        <v>13</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>2121</v>
+        <v>1223</v>
       </c>
       <c r="F86" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2126</v>
+        <v>1224</v>
       </c>
       <c r="H86" t="s">
-        <v>2127</v>
+        <v>1225</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1226</v>
+      </c>
+      <c r="J86" t="s">
+        <v>1227</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1228</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1229</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1230</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1231</v>
+      </c>
+      <c r="O86" t="s">
+        <v>1232</v>
+      </c>
+      <c r="P86" t="s">
+        <v>1233</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>1234</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B87" t="s">
-        <v>2128</v>
+        <v>1235</v>
       </c>
       <c r="C87" t="s">
-        <v>2129</v>
+        <v>13</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>2130</v>
+        <v>1236</v>
       </c>
       <c r="F87" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>2131</v>
+        <v>1237</v>
       </c>
       <c r="H87" t="s">
-        <v>2132</v>
+        <v>1238</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1239</v>
+      </c>
+      <c r="J87" t="s">
+        <v>1240</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1241</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B88" t="s">
-        <v>2133</v>
+        <v>1242</v>
       </c>
       <c r="C88" t="s">
-        <v>2134</v>
+        <v>13</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>2135</v>
+        <v>1243</v>
       </c>
       <c r="F88" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2136</v>
+        <v>1244</v>
       </c>
       <c r="H88" t="s">
-        <v>2137</v>
+        <v>1245</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1246</v>
+      </c>
+      <c r="J88" t="s">
+        <v>632</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1247</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M88" t="s">
+        <v>1249</v>
+      </c>
+      <c r="N88" t="s">
+        <v>1250</v>
+      </c>
+      <c r="O88" t="s">
+        <v>1251</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B89" t="s">
-        <v>2138</v>
+        <v>1252</v>
       </c>
       <c r="C89" t="s">
-        <v>2139</v>
+        <v>13</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>2140</v>
+        <v>1253</v>
       </c>
       <c r="F89" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>2141</v>
+        <v>1254</v>
       </c>
       <c r="H89" t="s">
-        <v>2142</v>
+        <v>1255</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1256</v>
+      </c>
+      <c r="J89" t="s">
+        <v>632</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1257</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1259</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1260</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1261</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B90" t="s">
-        <v>2143</v>
+        <v>1262</v>
       </c>
       <c r="C90" t="s">
-        <v>2144</v>
+        <v>13</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>2145</v>
+        <v>1263</v>
       </c>
       <c r="F90" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>2146</v>
+        <v>1264</v>
       </c>
       <c r="H90" t="s">
-        <v>2147</v>
+        <v>1265</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1266</v>
+      </c>
+      <c r="J90" t="s">
+        <v>632</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1267</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1268</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1269</v>
+      </c>
+      <c r="N90" t="s">
+        <v>1270</v>
+      </c>
+      <c r="O90" t="s">
+        <v>1271</v>
+      </c>
+      <c r="P90" t="s">
+        <v>1272</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>1273</v>
+      </c>
+      <c r="R90" t="s">
+        <v>1274</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B91" t="s">
-        <v>2148</v>
+        <v>1275</v>
       </c>
       <c r="C91" t="s">
-        <v>2149</v>
+        <v>13</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>2150</v>
+        <v>1276</v>
       </c>
       <c r="F91" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>2151</v>
+        <v>1277</v>
       </c>
       <c r="H91" t="s">
-        <v>2152</v>
+        <v>1278</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1281</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1282</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1283</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B92" t="s">
-        <v>2153</v>
+        <v>1284</v>
       </c>
       <c r="C92" t="s">
-        <v>2154</v>
+        <v>13</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>943</v>
+        <v>1285</v>
       </c>
       <c r="F92" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>2155</v>
+        <v>1286</v>
       </c>
       <c r="H92" t="s">
-        <v>2156</v>
+        <v>1287</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1288</v>
+      </c>
+      <c r="J92" t="s">
+        <v>1289</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1290</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1291</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B93" t="s">
-        <v>2157</v>
+        <v>1292</v>
       </c>
       <c r="C93" t="s">
-        <v>2158</v>
+        <v>13</v>
       </c>
       <c r="D93" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>2159</v>
+        <v>1293</v>
       </c>
       <c r="F93" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>2160</v>
+        <v>1294</v>
       </c>
       <c r="H93" t="s">
-        <v>2161</v>
+        <v>1295</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1296</v>
+      </c>
+      <c r="J93" t="s">
+        <v>1297</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1298</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1300</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1301</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B94" t="s">
-        <v>2162</v>
+        <v>1302</v>
       </c>
       <c r="C94" t="s">
-        <v>2163</v>
+        <v>13</v>
       </c>
       <c r="D94" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>2164</v>
+        <v>1303</v>
       </c>
       <c r="F94" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>2165</v>
+        <v>1304</v>
       </c>
       <c r="H94" t="s">
-        <v>2166</v>
+        <v>1305</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J94" t="s">
+        <v>469</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1307</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B95" t="s">
-        <v>2167</v>
+        <v>1308</v>
       </c>
       <c r="C95" t="s">
-        <v>2168</v>
+        <v>13</v>
       </c>
       <c r="D95" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>2169</v>
+        <v>1309</v>
       </c>
       <c r="F95" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>2170</v>
+        <v>1310</v>
       </c>
       <c r="H95" t="s">
-        <v>2171</v>
+        <v>1311</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1312</v>
+      </c>
+      <c r="J95" t="s">
+        <v>1313</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1314</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1315</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1316</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B96" t="s">
-        <v>2172</v>
+        <v>1317</v>
       </c>
       <c r="C96" t="s">
-        <v>2173</v>
+        <v>13</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>2174</v>
+        <v>1318</v>
       </c>
       <c r="F96" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>2175</v>
+        <v>1319</v>
       </c>
       <c r="H96" t="s">
-        <v>2176</v>
+        <v>1320</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1321</v>
+      </c>
+      <c r="J96" t="s">
+        <v>667</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1323</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B97" t="s">
-        <v>2177</v>
+        <v>1324</v>
       </c>
       <c r="C97" t="s">
-        <v>2178</v>
+        <v>13</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>2179</v>
+        <v>1325</v>
       </c>
       <c r="F97" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>2180</v>
+        <v>1326</v>
       </c>
       <c r="H97" t="s">
-        <v>2181</v>
+        <v>1327</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1328</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1329</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1330</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1331</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1332</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1333</v>
+      </c>
+      <c r="O97" t="s">
+        <v>1334</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1335</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B98" t="s">
-        <v>2182</v>
+        <v>1336</v>
       </c>
       <c r="C98" t="s">
-        <v>2183</v>
+        <v>13</v>
       </c>
       <c r="D98" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>691</v>
+        <v>1337</v>
       </c>
       <c r="F98" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>2184</v>
+        <v>1338</v>
       </c>
       <c r="H98" t="s">
-        <v>2185</v>
+        <v>1339</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1340</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1341</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1342</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1343</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1344</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B99" t="s">
-        <v>2186</v>
+        <v>1345</v>
       </c>
       <c r="C99" t="s">
-        <v>2187</v>
+        <v>13</v>
       </c>
       <c r="D99" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>702</v>
+        <v>1346</v>
       </c>
       <c r="F99" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>2188</v>
+        <v>1347</v>
       </c>
       <c r="H99" t="s">
-        <v>2189</v>
+        <v>1348</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1349</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1341</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1352</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B100" t="s">
-        <v>2190</v>
+        <v>1353</v>
       </c>
       <c r="C100" t="s">
-        <v>2191</v>
+        <v>13</v>
       </c>
       <c r="D100" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>656</v>
+        <v>1354</v>
       </c>
       <c r="F100" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>2192</v>
+        <v>1355</v>
       </c>
       <c r="H100" t="s">
-        <v>2193</v>
+        <v>1356</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1357</v>
+      </c>
+      <c r="J100" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1359</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1360</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1361</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B101" t="s">
-        <v>2194</v>
+        <v>1362</v>
       </c>
       <c r="C101" t="s">
-        <v>2195</v>
+        <v>13</v>
       </c>
       <c r="D101" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>883</v>
+        <v>1363</v>
       </c>
       <c r="F101" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>2196</v>
+        <v>1364</v>
       </c>
       <c r="H101" t="s">
-        <v>2197</v>
+        <v>1365</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1366</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1367</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1368</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1369</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1370</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B102" t="s">
-        <v>2198</v>
+        <v>1371</v>
       </c>
       <c r="C102" t="s">
-        <v>2199</v>
+        <v>13</v>
       </c>
       <c r="D102" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>2200</v>
+        <v>1372</v>
       </c>
       <c r="F102" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>2201</v>
+        <v>1373</v>
       </c>
       <c r="H102" t="s">
-        <v>2202</v>
+        <v>1374</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1375</v>
+      </c>
+      <c r="J102" t="s">
+        <v>1376</v>
+      </c>
+      <c r="K102" t="s">
+        <v>1377</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B103" t="s">
-        <v>2203</v>
+        <v>1378</v>
       </c>
       <c r="C103" t="s">
-        <v>2204</v>
+        <v>13</v>
       </c>
       <c r="D103" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>2205</v>
+        <v>1379</v>
       </c>
       <c r="F103" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>2206</v>
+        <v>1380</v>
       </c>
       <c r="H103" t="s">
-        <v>2207</v>
+        <v>1381</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1382</v>
+      </c>
+      <c r="J103" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K103" t="s">
+        <v>1384</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1385</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1386</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1387</v>
+      </c>
+      <c r="O103" t="s">
+        <v>1388</v>
+      </c>
+      <c r="P103" t="s">
+        <v>1389</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>1390</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B104" t="s">
-        <v>2208</v>
+        <v>1391</v>
       </c>
       <c r="C104" t="s">
-        <v>2209</v>
+        <v>13</v>
       </c>
       <c r="D104" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>2210</v>
+        <v>1392</v>
       </c>
       <c r="F104" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>2211</v>
+        <v>1393</v>
       </c>
       <c r="H104" t="s">
-        <v>2212</v>
+        <v>1394</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1395</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1396</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1397</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1398</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1399</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1400</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1401</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>1402</v>
+      </c>
+      <c r="R104" t="s">
+        <v>1403</v>
+      </c>
+      <c r="S104" t="s">
+        <v>1404</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B105" t="s">
-        <v>2213</v>
+        <v>1405</v>
       </c>
       <c r="C105" t="s">
-        <v>724</v>
+        <v>13</v>
       </c>
       <c r="D105" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>2214</v>
+        <v>1406</v>
       </c>
       <c r="F105" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>2215</v>
+        <v>1407</v>
       </c>
       <c r="H105" t="s">
-        <v>2216</v>
+        <v>1408</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1410</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1411</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1412</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1413</v>
+      </c>
+      <c r="O105" t="s">
+        <v>1414</v>
+      </c>
+      <c r="P105" t="s">
+        <v>1415</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>1416</v>
+      </c>
+      <c r="R105" t="s">
+        <v>1417</v>
+      </c>
+      <c r="S105" t="s">
+        <v>1418</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B106" t="s">
-        <v>2217</v>
+        <v>1419</v>
       </c>
       <c r="C106" t="s">
-        <v>2218</v>
+        <v>13</v>
       </c>
       <c r="D106" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>2219</v>
+        <v>1420</v>
       </c>
       <c r="F106" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>2220</v>
+        <v>1421</v>
       </c>
       <c r="H106" t="s">
-        <v>2221</v>
+        <v>1422</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1423</v>
+      </c>
+      <c r="J106" t="s">
+        <v>711</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1424</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1425</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1427</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1428</v>
+      </c>
+      <c r="P106" t="s">
+        <v>1429</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>1430</v>
+      </c>
+      <c r="R106" t="s">
+        <v>1431</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B107" t="s">
-        <v>2222</v>
+        <v>1432</v>
       </c>
       <c r="C107" t="s">
-        <v>2223</v>
+        <v>13</v>
       </c>
       <c r="D107" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>2224</v>
+        <v>1433</v>
       </c>
       <c r="F107" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>2225</v>
+        <v>1434</v>
       </c>
       <c r="H107" t="s">
-        <v>2226</v>
+        <v>1435</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J107" t="s">
+        <v>640</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1436</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1437</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1438</v>
+      </c>
+      <c r="N107" t="s">
+        <v>1439</v>
+      </c>
+      <c r="O107" t="s">
+        <v>1440</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1441</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>1442</v>
+      </c>
+      <c r="R107" t="s">
+        <v>1443</v>
+      </c>
+      <c r="S107" t="s">
+        <v>1444</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B108" t="s">
-        <v>2227</v>
+        <v>1445</v>
       </c>
       <c r="C108" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D108" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>2228</v>
+        <v>1446</v>
       </c>
       <c r="F108" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>2229</v>
+        <v>1447</v>
       </c>
       <c r="H108" t="s">
-        <v>2230</v>
+        <v>1448</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1449</v>
+      </c>
+      <c r="J108" t="s">
+        <v>640</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1450</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1451</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1452</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1453</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1454</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1455</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>1456</v>
+      </c>
+      <c r="R108" t="s">
+        <v>1457</v>
+      </c>
+      <c r="S108" t="s">
+        <v>1458</v>
+      </c>
+      <c r="T108" t="s">
+        <v>1459</v>
+      </c>
+      <c r="U108" t="s">
+        <v>1460</v>
+      </c>
+      <c r="V108" t="s">
+        <v>1461</v>
+      </c>
+      <c r="W108" t="s">
+        <v>1462</v>
+      </c>
+      <c r="X108" t="s">
+        <v>1463</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>1464</v>
+      </c>
+      <c r="Z108" t="s">
+        <v>1465</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>1466</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>1467</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B109" t="s">
-        <v>2231</v>
+        <v>1468</v>
       </c>
       <c r="C109" t="s">
-        <v>2232</v>
+        <v>13</v>
       </c>
       <c r="D109" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>2233</v>
+        <v>1469</v>
       </c>
       <c r="F109" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>2234</v>
+        <v>1470</v>
       </c>
       <c r="H109" t="s">
-        <v>2235</v>
+        <v>1471</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1472</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1227</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1473</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1474</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1475</v>
+      </c>
+      <c r="N109" t="s">
+        <v>1476</v>
+      </c>
+      <c r="O109" t="s">
+        <v>1477</v>
+      </c>
+      <c r="P109" t="s">
+        <v>1478</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>1479</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B110" t="s">
-        <v>2236</v>
+        <v>1480</v>
       </c>
       <c r="C110" t="s">
-        <v>2237</v>
+        <v>13</v>
       </c>
       <c r="D110" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>2238</v>
+        <v>1481</v>
       </c>
       <c r="F110" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>2239</v>
+        <v>1482</v>
       </c>
       <c r="H110" t="s">
-        <v>2240</v>
+        <v>1483</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J110" t="s">
+        <v>1297</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1485</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1486</v>
+      </c>
+      <c r="M110" t="s">
+        <v>1487</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B111" t="s">
-        <v>2241</v>
+        <v>1488</v>
       </c>
       <c r="C111" t="s">
-        <v>2242</v>
+        <v>13</v>
       </c>
       <c r="D111" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>340</v>
+        <v>1489</v>
       </c>
       <c r="F111" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>2243</v>
+        <v>1490</v>
       </c>
       <c r="H111" t="s">
-        <v>2244</v>
+        <v>1491</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1492</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1297</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1493</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1494</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1495</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1496</v>
+      </c>
+      <c r="O111" t="s">
+        <v>1497</v>
+      </c>
+      <c r="P111" t="s">
+        <v>1498</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>1499</v>
+      </c>
+      <c r="R111" t="s">
+        <v>1500</v>
+      </c>
+      <c r="S111" t="s">
+        <v>1501</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B112" t="s">
-        <v>2245</v>
+        <v>1502</v>
       </c>
       <c r="C112" t="s">
-        <v>2246</v>
+        <v>13</v>
       </c>
       <c r="D112" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>2247</v>
+        <v>1503</v>
       </c>
       <c r="F112" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>2248</v>
+        <v>1504</v>
       </c>
       <c r="H112" t="s">
-        <v>2249</v>
+        <v>1505</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1506</v>
+      </c>
+      <c r="J112" t="s">
+        <v>792</v>
+      </c>
+      <c r="K112" t="s">
+        <v>1507</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1508</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1509</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1510</v>
+      </c>
+      <c r="O112" t="s">
+        <v>1511</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1512</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>1513</v>
+      </c>
+      <c r="R112" t="s">
+        <v>1514</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B113" t="s">
-        <v>2250</v>
+        <v>1515</v>
       </c>
       <c r="C113" t="s">
-        <v>2251</v>
+        <v>13</v>
       </c>
       <c r="D113" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>2252</v>
+        <v>1516</v>
       </c>
       <c r="F113" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>2253</v>
+        <v>1517</v>
       </c>
       <c r="H113" t="s">
-        <v>2254</v>
+        <v>1518</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1519</v>
+      </c>
+      <c r="J113" t="s">
+        <v>486</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1520</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1521</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1522</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B114" t="s">
-        <v>2255</v>
+        <v>1523</v>
       </c>
       <c r="C114" t="s">
-        <v>2256</v>
+        <v>13</v>
       </c>
       <c r="D114" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>2257</v>
+        <v>1524</v>
       </c>
       <c r="F114" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>2258</v>
+        <v>1525</v>
       </c>
       <c r="H114" t="s">
-        <v>2259</v>
+        <v>1526</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1527</v>
+      </c>
+      <c r="J114" t="s">
+        <v>1528</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1529</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B115" t="s">
-        <v>2260</v>
+        <v>1530</v>
       </c>
       <c r="C115" t="s">
-        <v>2261</v>
+        <v>13</v>
       </c>
       <c r="D115" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>1039</v>
+        <v>1531</v>
       </c>
       <c r="F115" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>2262</v>
+        <v>1532</v>
       </c>
       <c r="H115" t="s">
-        <v>2263</v>
+        <v>1533</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J115" t="s">
+        <v>486</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1535</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1536</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B116" t="s">
-        <v>2264</v>
+        <v>1537</v>
       </c>
       <c r="C116" t="s">
-        <v>2265</v>
+        <v>13</v>
       </c>
       <c r="D116" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>2266</v>
+        <v>1538</v>
       </c>
       <c r="F116" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>2267</v>
+        <v>1539</v>
       </c>
       <c r="H116" t="s">
-        <v>2268</v>
+        <v>1540</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1519</v>
+      </c>
+      <c r="J116" t="s">
+        <v>486</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1541</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B117" t="s">
-        <v>2269</v>
+        <v>1542</v>
       </c>
       <c r="C117" t="s">
-        <v>2270</v>
+        <v>13</v>
       </c>
       <c r="D117" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>1034</v>
+        <v>1543</v>
       </c>
       <c r="F117" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>2271</v>
+        <v>1544</v>
       </c>
       <c r="H117" t="s">
-        <v>2272</v>
+        <v>1545</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1546</v>
+      </c>
+      <c r="J117" t="s">
+        <v>632</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1547</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1548</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1549</v>
+      </c>
+      <c r="N117" t="s">
+        <v>1550</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1551</v>
+      </c>
+      <c r="P117" t="s">
+        <v>1552</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>1553</v>
+      </c>
+      <c r="R117" t="s">
+        <v>1554</v>
+      </c>
+      <c r="S117" t="s">
+        <v>1555</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B118" t="s">
-        <v>2273</v>
+        <v>1556</v>
       </c>
       <c r="C118" t="s">
-        <v>2274</v>
+        <v>13</v>
       </c>
       <c r="D118" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>2275</v>
+        <v>1557</v>
       </c>
       <c r="F118" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>2276</v>
+        <v>1558</v>
       </c>
       <c r="H118" t="s">
-        <v>2277</v>
+        <v>1559</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J118" t="s">
+        <v>486</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1561</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1562</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1563</v>
+      </c>
+      <c r="N118" t="s">
+        <v>1564</v>
+      </c>
+      <c r="O118" t="s">
+        <v>1565</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B119" t="s">
-        <v>2278</v>
+        <v>1566</v>
       </c>
       <c r="C119" t="s">
-        <v>2279</v>
+        <v>13</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>2280</v>
+        <v>1567</v>
       </c>
       <c r="F119" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>2281</v>
+        <v>1568</v>
       </c>
       <c r="H119" t="s">
-        <v>2282</v>
+        <v>1569</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1570</v>
+      </c>
+      <c r="J119" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K119" t="s">
+        <v>1571</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1572</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1573</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1574</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1575</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1576</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>1577</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B120" t="s">
-        <v>2283</v>
+        <v>1578</v>
       </c>
       <c r="C120" t="s">
-        <v>2284</v>
+        <v>13</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>2280</v>
+        <v>1579</v>
       </c>
       <c r="F120" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>2285</v>
+        <v>1580</v>
       </c>
       <c r="H120" t="s">
-        <v>2286</v>
+        <v>1581</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1582</v>
+      </c>
+      <c r="J120" t="s">
+        <v>766</v>
+      </c>
+      <c r="K120" t="s">
+        <v>1583</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1584</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1585</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B121" t="s">
-        <v>2287</v>
+        <v>1586</v>
       </c>
       <c r="C121" t="s">
-        <v>2288</v>
+        <v>13</v>
       </c>
       <c r="D121" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>2289</v>
+        <v>1587</v>
       </c>
       <c r="F121" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>2290</v>
+        <v>1588</v>
       </c>
       <c r="H121" t="s">
-        <v>2291</v>
+        <v>1589</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1582</v>
+      </c>
+      <c r="J121" t="s">
+        <v>486</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1590</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1591</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1592</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B122" t="s">
-        <v>2292</v>
+        <v>1593</v>
       </c>
       <c r="C122" t="s">
-        <v>2293</v>
+        <v>13</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>2294</v>
+        <v>1594</v>
       </c>
       <c r="F122" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>2295</v>
+        <v>1595</v>
       </c>
       <c r="H122" t="s">
-        <v>2296</v>
+        <v>1596</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1597</v>
+      </c>
+      <c r="J122" t="s">
+        <v>655</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1598</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B123" t="s">
-        <v>2297</v>
+        <v>1599</v>
       </c>
       <c r="C123" t="s">
-        <v>2298</v>
+        <v>13</v>
       </c>
       <c r="D123" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>2299</v>
+        <v>1600</v>
       </c>
       <c r="F123" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>2300</v>
+        <v>1601</v>
       </c>
       <c r="H123" t="s">
-        <v>2301</v>
+        <v>1602</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1603</v>
+      </c>
+      <c r="J123" t="s">
+        <v>844</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1604</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B124" t="s">
-        <v>2302</v>
+        <v>1605</v>
       </c>
       <c r="C124" t="s">
-        <v>2303</v>
+        <v>13</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>744</v>
+        <v>1606</v>
       </c>
       <c r="F124" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>2304</v>
+        <v>1607</v>
       </c>
       <c r="H124" t="s">
-        <v>2305</v>
+        <v>1608</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1609</v>
+      </c>
+      <c r="J124" t="s">
+        <v>1075</v>
+      </c>
+      <c r="K124" t="s">
+        <v>1610</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B125" t="s">
-        <v>2306</v>
+        <v>1611</v>
       </c>
       <c r="C125" t="s">
-        <v>2307</v>
+        <v>13</v>
       </c>
       <c r="D125" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>1044</v>
+        <v>1612</v>
       </c>
       <c r="F125" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>2308</v>
+        <v>1613</v>
       </c>
       <c r="H125" t="s">
-        <v>2309</v>
+        <v>1614</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1615</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1616</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1617</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1618</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1619</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B126" t="s">
-        <v>2310</v>
+        <v>1620</v>
       </c>
       <c r="C126" t="s">
-        <v>2311</v>
+        <v>13</v>
       </c>
       <c r="D126" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>2312</v>
+        <v>1621</v>
       </c>
       <c r="F126" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>2313</v>
+        <v>1622</v>
       </c>
       <c r="H126" t="s">
-        <v>2314</v>
+        <v>1623</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1624</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1625</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1626</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B127" t="s">
-        <v>2315</v>
+        <v>1627</v>
       </c>
       <c r="C127" t="s">
-        <v>2316</v>
+        <v>13</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>2317</v>
+        <v>1628</v>
       </c>
       <c r="F127" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>2318</v>
+        <v>1629</v>
       </c>
       <c r="H127" t="s">
-        <v>2319</v>
+        <v>1630</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1631</v>
+      </c>
+      <c r="J127" t="s">
+        <v>632</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1632</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1633</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N127" t="s">
+        <v>1635</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B128" t="s">
-        <v>2320</v>
+        <v>1636</v>
       </c>
       <c r="C128" t="s">
-        <v>2321</v>
+        <v>13</v>
       </c>
       <c r="D128" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>2322</v>
+        <v>1637</v>
       </c>
       <c r="F128" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>2323</v>
+        <v>1638</v>
       </c>
       <c r="H128" t="s">
-        <v>2324</v>
+        <v>1639</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J128" t="s">
+        <v>632</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1641</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1642</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1643</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B129" t="s">
-        <v>2325</v>
+        <v>1644</v>
       </c>
       <c r="C129" t="s">
-        <v>2326</v>
+        <v>13</v>
       </c>
       <c r="D129" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>2327</v>
+        <v>1645</v>
       </c>
       <c r="F129" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>2328</v>
+        <v>1646</v>
       </c>
       <c r="H129" t="s">
-        <v>2329</v>
+        <v>1647</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1648</v>
+      </c>
+      <c r="J129" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1650</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1651</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1652</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B130" t="s">
-        <v>2330</v>
+        <v>1653</v>
       </c>
       <c r="C130" t="s">
-        <v>2331</v>
+        <v>13</v>
       </c>
       <c r="D130" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>2332</v>
+        <v>1654</v>
       </c>
       <c r="F130" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>2333</v>
+        <v>1655</v>
       </c>
       <c r="H130" t="s">
-        <v>2334</v>
+        <v>1656</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1657</v>
+      </c>
+      <c r="J130" t="s">
+        <v>667</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1658</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1659</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1660</v>
+      </c>
+      <c r="N130" t="s">
+        <v>1661</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1662</v>
+      </c>
+      <c r="P130" t="s">
+        <v>1663</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>1664</v>
+      </c>
+      <c r="R130" t="s">
+        <v>1665</v>
+      </c>
+      <c r="S130" t="s">
+        <v>1666</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B131" t="s">
-        <v>2335</v>
+        <v>1667</v>
       </c>
       <c r="C131" t="s">
-        <v>2336</v>
+        <v>13</v>
       </c>
       <c r="D131" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E131" t="s">
-        <v>2337</v>
+        <v>1668</v>
       </c>
       <c r="F131" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>2338</v>
+        <v>1669</v>
       </c>
       <c r="H131" t="s">
-        <v>2339</v>
+        <v>1670</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1671</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1672</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1673</v>
+      </c>
+      <c r="L131" t="s">
+        <v>1674</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1675</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B132" t="s">
-        <v>2340</v>
+        <v>1676</v>
       </c>
       <c r="C132" t="s">
-        <v>2341</v>
+        <v>13</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E132" t="s">
-        <v>2342</v>
+        <v>1677</v>
       </c>
       <c r="F132" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>2343</v>
+        <v>1678</v>
       </c>
       <c r="H132" t="s">
-        <v>2344</v>
+        <v>1679</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1680</v>
+      </c>
+      <c r="J132" t="s">
+        <v>1681</v>
+      </c>
+      <c r="K132" t="s">
+        <v>1682</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1683</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1684</v>
+      </c>
+      <c r="N132" t="s">
+        <v>1685</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1686</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B133" t="s">
-        <v>2345</v>
+        <v>1687</v>
       </c>
       <c r="C133" t="s">
-        <v>2346</v>
+        <v>13</v>
       </c>
       <c r="D133" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E133" t="s">
-        <v>2347</v>
+        <v>1688</v>
       </c>
       <c r="F133" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>2348</v>
+        <v>1689</v>
       </c>
       <c r="H133" t="s">
-        <v>2349</v>
+        <v>1690</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1691</v>
+      </c>
+      <c r="J133" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1692</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1693</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1694</v>
+      </c>
+      <c r="N133" t="s">
+        <v>1695</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1696</v>
+      </c>
+      <c r="P133" t="s">
+        <v>1697</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>1698</v>
+      </c>
+      <c r="R133" t="s">
+        <v>1699</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B134" t="s">
-        <v>2350</v>
+        <v>1700</v>
       </c>
       <c r="C134" t="s">
-        <v>2351</v>
+        <v>13</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E134" t="s">
-        <v>2352</v>
+        <v>1701</v>
       </c>
       <c r="F134" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>2353</v>
+        <v>1702</v>
       </c>
       <c r="H134" t="s">
-        <v>2354</v>
+        <v>1703</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1704</v>
+      </c>
+      <c r="J134" t="s">
+        <v>1705</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1706</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1707</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1708</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1709</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1710</v>
+      </c>
+      <c r="P134" t="s">
+        <v>1711</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B135" t="s">
-        <v>2355</v>
+        <v>1712</v>
       </c>
       <c r="C135" t="s">
-        <v>2356</v>
+        <v>13</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>2357</v>
+        <v>1713</v>
       </c>
       <c r="F135" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>2358</v>
+        <v>1714</v>
       </c>
       <c r="H135" t="s">
-        <v>2359</v>
+        <v>1715</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1716</v>
+      </c>
+      <c r="J135" t="s">
+        <v>1297</v>
+      </c>
+      <c r="K135" t="s">
+        <v>1717</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1718</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1719</v>
+      </c>
+      <c r="N135" t="s">
+        <v>1720</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
+        <v>455</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C136" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1723</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1724</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1725</v>
+      </c>
+      <c r="K136" t="s">
+        <v>1726</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1727</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1728</v>
+      </c>
+      <c r="N136" t="s">
         <v>1729</v>
-      </c>
-[...19 lines deleted...]
-        <v>2363</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B137" t="s">
-        <v>2364</v>
+        <v>1730</v>
       </c>
       <c r="C137" t="s">
-        <v>2365</v>
+        <v>13</v>
       </c>
       <c r="D137" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>2366</v>
+        <v>1731</v>
       </c>
       <c r="F137" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>2367</v>
+        <v>1732</v>
       </c>
       <c r="H137" t="s">
-        <v>2368</v>
+        <v>1733</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1734</v>
+      </c>
+      <c r="J137" t="s">
+        <v>486</v>
+      </c>
+      <c r="K137" t="s">
+        <v>1735</v>
+      </c>
+      <c r="L137" t="s">
+        <v>1736</v>
+      </c>
+      <c r="M137" t="s">
+        <v>1737</v>
+      </c>
+      <c r="N137" t="s">
+        <v>1738</v>
+      </c>
+      <c r="O137" t="s">
+        <v>1739</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B138" t="s">
-        <v>2369</v>
+        <v>1740</v>
       </c>
       <c r="C138" t="s">
-        <v>2370</v>
+        <v>13</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>2371</v>
+        <v>1741</v>
       </c>
       <c r="F138" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>2372</v>
+        <v>1742</v>
       </c>
       <c r="H138" t="s">
-        <v>2373</v>
+        <v>1743</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1744</v>
+      </c>
+      <c r="J138" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K138" t="s">
+        <v>1745</v>
+      </c>
+      <c r="L138" t="s">
+        <v>1746</v>
+      </c>
+      <c r="M138" t="s">
+        <v>1747</v>
+      </c>
+      <c r="N138" t="s">
+        <v>1748</v>
+      </c>
+      <c r="O138" t="s">
+        <v>1749</v>
+      </c>
+      <c r="P138" t="s">
+        <v>1750</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>1751</v>
+      </c>
+      <c r="R138" t="s">
+        <v>1752</v>
+      </c>
+      <c r="S138" t="s">
+        <v>1753</v>
+      </c>
+      <c r="T138" t="s">
+        <v>1754</v>
+      </c>
+      <c r="U138" t="s">
+        <v>1755</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B139" t="s">
-        <v>2374</v>
+        <v>1756</v>
       </c>
       <c r="C139" t="s">
-        <v>2375</v>
+        <v>13</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E139" t="s">
-        <v>2376</v>
+        <v>1757</v>
       </c>
       <c r="F139" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>2377</v>
+        <v>1758</v>
       </c>
       <c r="H139" t="s">
-        <v>2378</v>
+        <v>1759</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1760</v>
+      </c>
+      <c r="J139" t="s">
+        <v>549</v>
+      </c>
+      <c r="K139" t="s">
+        <v>1761</v>
+      </c>
+      <c r="L139" t="s">
+        <v>1762</v>
+      </c>
+      <c r="M139" t="s">
+        <v>1763</v>
+      </c>
+      <c r="N139" t="s">
+        <v>1764</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B140" t="s">
-        <v>2379</v>
+        <v>1765</v>
       </c>
       <c r="C140" t="s">
-        <v>2380</v>
+        <v>13</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E140" t="s">
-        <v>2381</v>
+        <v>1766</v>
       </c>
       <c r="F140" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G140" t="s">
-        <v>2382</v>
+        <v>1767</v>
       </c>
       <c r="H140" t="s">
-        <v>2383</v>
+        <v>1768</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1769</v>
+      </c>
+      <c r="J140" t="s">
+        <v>632</v>
+      </c>
+      <c r="K140" t="s">
+        <v>1770</v>
+      </c>
+      <c r="L140" t="s">
+        <v>1771</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B141" t="s">
-        <v>2384</v>
+        <v>1772</v>
       </c>
       <c r="C141" t="s">
-        <v>2385</v>
+        <v>13</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>2381</v>
+        <v>1773</v>
       </c>
       <c r="F141" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>2386</v>
+        <v>1774</v>
       </c>
       <c r="H141" t="s">
-        <v>2387</v>
+        <v>1775</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1776</v>
+      </c>
+      <c r="J141" t="s">
+        <v>1777</v>
+      </c>
+      <c r="K141" t="s">
+        <v>1778</v>
+      </c>
+      <c r="L141" t="s">
+        <v>1779</v>
+      </c>
+      <c r="M141" t="s">
+        <v>1780</v>
+      </c>
+      <c r="N141" t="s">
+        <v>1781</v>
+      </c>
+      <c r="O141" t="s">
+        <v>1782</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B142" t="s">
-        <v>2388</v>
+        <v>1783</v>
       </c>
       <c r="C142" t="s">
-        <v>2389</v>
+        <v>13</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E142" t="s">
-        <v>2381</v>
+        <v>1784</v>
       </c>
       <c r="F142" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>2390</v>
+        <v>1785</v>
       </c>
       <c r="H142" t="s">
-        <v>2391</v>
+        <v>1786</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1787</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1788</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1789</v>
+      </c>
+      <c r="L142" t="s">
+        <v>1790</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1791</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1792</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1793</v>
+      </c>
+      <c r="P142" t="s">
+        <v>1794</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>1795</v>
+      </c>
+      <c r="R142" t="s">
+        <v>1796</v>
+      </c>
+      <c r="S142" t="s">
+        <v>1797</v>
+      </c>
+      <c r="T142" t="s">
+        <v>1798</v>
+      </c>
+      <c r="U142" t="s">
+        <v>1799</v>
+      </c>
+      <c r="V142" t="s">
+        <v>1800</v>
+      </c>
+      <c r="W142" t="s">
+        <v>1801</v>
+      </c>
+      <c r="X142" t="s">
+        <v>1802</v>
+      </c>
+      <c r="Y142" t="s">
+        <v>1803</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B143" t="s">
-        <v>2392</v>
+        <v>1804</v>
       </c>
       <c r="C143" t="s">
-        <v>2393</v>
+        <v>13</v>
       </c>
       <c r="D143" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>2394</v>
+        <v>1805</v>
       </c>
       <c r="F143" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G143" t="s">
-        <v>2395</v>
+        <v>1806</v>
       </c>
       <c r="H143" t="s">
-        <v>2396</v>
+        <v>1807</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1808</v>
+      </c>
+      <c r="J143" t="s">
+        <v>632</v>
+      </c>
+      <c r="K143" t="s">
+        <v>1809</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B144" t="s">
-        <v>2397</v>
+        <v>1810</v>
       </c>
       <c r="C144" t="s">
-        <v>2398</v>
+        <v>13</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E144" t="s">
-        <v>2399</v>
+        <v>1811</v>
       </c>
       <c r="F144" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G144" t="s">
-        <v>2400</v>
+        <v>1812</v>
       </c>
       <c r="H144" t="s">
-        <v>2401</v>
+        <v>1813</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1814</v>
+      </c>
+      <c r="J144" t="s">
+        <v>1815</v>
+      </c>
+      <c r="K144" t="s">
+        <v>1816</v>
+      </c>
+      <c r="L144" t="s">
+        <v>1817</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B145" t="s">
-        <v>2402</v>
+        <v>1818</v>
       </c>
       <c r="C145" t="s">
-        <v>2403</v>
+        <v>13</v>
       </c>
       <c r="D145" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E145" t="s">
-        <v>2404</v>
+        <v>1819</v>
       </c>
       <c r="F145" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G145" t="s">
-        <v>2405</v>
+        <v>1820</v>
       </c>
       <c r="H145" t="s">
-        <v>2406</v>
+        <v>1821</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1822</v>
+      </c>
+      <c r="J145" t="s">
+        <v>1823</v>
+      </c>
+      <c r="K145" t="s">
+        <v>1824</v>
+      </c>
+      <c r="L145" t="s">
+        <v>1825</v>
+      </c>
+      <c r="M145" t="s">
+        <v>1826</v>
+      </c>
+      <c r="N145" t="s">
+        <v>1827</v>
+      </c>
+      <c r="O145" t="s">
+        <v>1828</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B146" t="s">
-        <v>2407</v>
+        <v>1829</v>
       </c>
       <c r="C146" t="s">
-        <v>2408</v>
+        <v>13</v>
       </c>
       <c r="D146" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E146" t="s">
-        <v>2409</v>
+        <v>1819</v>
       </c>
       <c r="F146" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G146" t="s">
-        <v>2410</v>
+        <v>1830</v>
       </c>
       <c r="H146" t="s">
-        <v>2411</v>
+        <v>1831</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1832</v>
+      </c>
+      <c r="J146" t="s">
+        <v>632</v>
+      </c>
+      <c r="K146" t="s">
+        <v>1833</v>
+      </c>
+      <c r="L146" t="s">
+        <v>1834</v>
+      </c>
+      <c r="M146" t="s">
+        <v>1835</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B147" t="s">
-        <v>2412</v>
+        <v>1836</v>
       </c>
       <c r="C147" t="s">
-        <v>2413</v>
+        <v>13</v>
       </c>
       <c r="D147" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E147" t="s">
-        <v>2414</v>
+        <v>1837</v>
       </c>
       <c r="F147" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G147" t="s">
-        <v>2415</v>
+        <v>1838</v>
       </c>
       <c r="H147" t="s">
-        <v>2416</v>
+        <v>1839</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1840</v>
+      </c>
+      <c r="J147" t="s">
+        <v>1841</v>
+      </c>
+      <c r="K147" t="s">
+        <v>1842</v>
+      </c>
+      <c r="L147" t="s">
+        <v>1843</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1844</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B148" t="s">
-        <v>2417</v>
+        <v>1845</v>
       </c>
       <c r="C148" t="s">
-        <v>2418</v>
+        <v>13</v>
       </c>
       <c r="D148" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E148" t="s">
-        <v>2419</v>
+        <v>1846</v>
       </c>
       <c r="F148" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G148" t="s">
-        <v>2420</v>
+        <v>1847</v>
       </c>
       <c r="H148" t="s">
-        <v>2421</v>
+        <v>1848</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1849</v>
+      </c>
+      <c r="J148" t="s">
+        <v>1850</v>
+      </c>
+      <c r="K148" t="s">
+        <v>1851</v>
+      </c>
+      <c r="L148" t="s">
+        <v>1852</v>
+      </c>
+      <c r="M148" t="s">
+        <v>1853</v>
+      </c>
+      <c r="N148" t="s">
+        <v>1854</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1855</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1856</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B149" t="s">
-        <v>2422</v>
+        <v>1857</v>
       </c>
       <c r="C149" t="s">
-        <v>2423</v>
+        <v>13</v>
       </c>
       <c r="D149" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E149" t="s">
-        <v>2424</v>
+        <v>1858</v>
       </c>
       <c r="F149" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G149" t="s">
-        <v>2425</v>
+        <v>1859</v>
       </c>
       <c r="H149" t="s">
-        <v>2426</v>
+        <v>1860</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1861</v>
+      </c>
+      <c r="J149" t="s">
+        <v>632</v>
+      </c>
+      <c r="K149" t="s">
+        <v>1862</v>
+      </c>
+      <c r="L149" t="s">
+        <v>1863</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1864</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B150" t="s">
-        <v>2427</v>
+        <v>1865</v>
       </c>
       <c r="C150" t="s">
-        <v>2428</v>
+        <v>13</v>
       </c>
       <c r="D150" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E150" t="s">
-        <v>2429</v>
+        <v>1866</v>
       </c>
       <c r="F150" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G150" t="s">
-        <v>2430</v>
+        <v>1867</v>
       </c>
       <c r="H150" t="s">
-        <v>2431</v>
+        <v>1868</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1869</v>
+      </c>
+      <c r="J150" t="s">
+        <v>667</v>
+      </c>
+      <c r="K150" t="s">
+        <v>1870</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B151" t="s">
-        <v>2432</v>
+        <v>1871</v>
       </c>
       <c r="C151" t="s">
-        <v>2433</v>
+        <v>13</v>
       </c>
       <c r="D151" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E151" t="s">
-        <v>2429</v>
+        <v>1872</v>
       </c>
       <c r="F151" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G151" t="s">
-        <v>2434</v>
+        <v>1873</v>
       </c>
       <c r="H151" t="s">
-        <v>2435</v>
+        <v>1874</v>
+      </c>
+      <c r="I151" t="s">
+        <v>485</v>
+      </c>
+      <c r="J151" t="s">
+        <v>1875</v>
+      </c>
+      <c r="K151" t="s">
+        <v>1876</v>
+      </c>
+      <c r="L151" t="s">
+        <v>1877</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1878</v>
+      </c>
+      <c r="N151" t="s">
+        <v>1879</v>
+      </c>
+      <c r="O151" t="s">
+        <v>1880</v>
+      </c>
+      <c r="P151" t="s">
+        <v>1881</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>1882</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B152" t="s">
-        <v>2436</v>
+        <v>1883</v>
       </c>
       <c r="C152" t="s">
-        <v>2437</v>
+        <v>13</v>
       </c>
       <c r="D152" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E152" t="s">
-        <v>2438</v>
+        <v>1884</v>
       </c>
       <c r="F152" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G152" t="s">
-        <v>2439</v>
+        <v>1885</v>
       </c>
       <c r="H152" t="s">
-        <v>2440</v>
+        <v>1886</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1887</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1888</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1889</v>
+      </c>
+      <c r="L152" t="s">
+        <v>1890</v>
+      </c>
+      <c r="M152" t="s">
+        <v>1891</v>
+      </c>
+      <c r="N152" t="s">
+        <v>1892</v>
+      </c>
+      <c r="O152" t="s">
+        <v>1893</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B153" t="s">
-        <v>2441</v>
+        <v>1894</v>
       </c>
       <c r="C153" t="s">
-        <v>2442</v>
+        <v>13</v>
       </c>
       <c r="D153" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E153" t="s">
-        <v>2443</v>
+        <v>1895</v>
       </c>
       <c r="F153" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G153" t="s">
-        <v>2444</v>
+        <v>1896</v>
       </c>
       <c r="H153" t="s">
-        <v>2445</v>
+        <v>1897</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1898</v>
+      </c>
+      <c r="J153" t="s">
+        <v>1227</v>
+      </c>
+      <c r="K153" t="s">
+        <v>1899</v>
+      </c>
+      <c r="L153" t="s">
+        <v>1900</v>
+      </c>
+      <c r="M153" t="s">
+        <v>1901</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B154" t="s">
-        <v>2446</v>
+        <v>1902</v>
       </c>
       <c r="C154" t="s">
-        <v>2447</v>
+        <v>13</v>
       </c>
       <c r="D154" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E154" t="s">
-        <v>1129</v>
+        <v>1903</v>
       </c>
       <c r="F154" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G154" t="s">
-        <v>2448</v>
+        <v>1904</v>
       </c>
       <c r="H154" t="s">
-        <v>2449</v>
+        <v>1905</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1906</v>
+      </c>
+      <c r="J154" t="s">
+        <v>632</v>
+      </c>
+      <c r="K154" t="s">
+        <v>1907</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B155" t="s">
-        <v>2450</v>
+        <v>1908</v>
       </c>
       <c r="C155" t="s">
-        <v>2451</v>
+        <v>13</v>
       </c>
       <c r="D155" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E155" t="s">
-        <v>2452</v>
+        <v>1909</v>
       </c>
       <c r="F155" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G155" t="s">
-        <v>2453</v>
+        <v>1910</v>
       </c>
       <c r="H155" t="s">
-        <v>2454</v>
+        <v>1911</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1912</v>
+      </c>
+      <c r="J155" t="s">
+        <v>486</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1913</v>
+      </c>
+      <c r="L155" t="s">
+        <v>1914</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1915</v>
+      </c>
+      <c r="N155" t="s">
+        <v>1916</v>
+      </c>
+      <c r="O155" t="s">
+        <v>1917</v>
+      </c>
+      <c r="P155" t="s">
+        <v>1918</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>1919</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B156" t="s">
-        <v>2455</v>
+        <v>1920</v>
       </c>
       <c r="C156" t="s">
-        <v>2456</v>
+        <v>13</v>
       </c>
       <c r="D156" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E156" t="s">
-        <v>2457</v>
+        <v>1921</v>
       </c>
       <c r="F156" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G156" t="s">
-        <v>2458</v>
+        <v>1922</v>
       </c>
       <c r="H156" t="s">
-        <v>2459</v>
+        <v>1923</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1924</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1297</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1925</v>
+      </c>
+      <c r="L156" t="s">
+        <v>1926</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1927</v>
+      </c>
+      <c r="N156" t="s">
+        <v>1928</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B157" t="s">
-        <v>2460</v>
+        <v>1929</v>
       </c>
       <c r="C157" t="s">
-        <v>2461</v>
+        <v>13</v>
       </c>
       <c r="D157" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E157" t="s">
-        <v>977</v>
+        <v>1930</v>
       </c>
       <c r="F157" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G157" t="s">
-        <v>2462</v>
+        <v>1931</v>
       </c>
       <c r="H157" t="s">
-        <v>2463</v>
+        <v>1932</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1933</v>
+      </c>
+      <c r="J157" t="s">
+        <v>1341</v>
+      </c>
+      <c r="K157" t="s">
+        <v>1934</v>
+      </c>
+      <c r="L157" t="s">
+        <v>1935</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1936</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B158" t="s">
-        <v>2464</v>
+        <v>1937</v>
       </c>
       <c r="C158" t="s">
-        <v>2465</v>
+        <v>13</v>
       </c>
       <c r="D158" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E158" t="s">
-        <v>972</v>
+        <v>1938</v>
       </c>
       <c r="F158" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G158" t="s">
-        <v>2466</v>
+        <v>1939</v>
       </c>
       <c r="H158" t="s">
-        <v>2467</v>
+        <v>1940</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1941</v>
+      </c>
+      <c r="J158" t="s">
+        <v>1942</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1943</v>
+      </c>
+      <c r="L158" t="s">
+        <v>1944</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1945</v>
+      </c>
+      <c r="N158" t="s">
+        <v>1946</v>
+      </c>
+      <c r="O158" t="s">
+        <v>1947</v>
+      </c>
+      <c r="P158" t="s">
+        <v>1948</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B159" t="s">
-        <v>2468</v>
+        <v>1949</v>
       </c>
       <c r="C159" t="s">
-        <v>2469</v>
+        <v>13</v>
       </c>
       <c r="D159" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E159" t="s">
-        <v>1134</v>
+        <v>1950</v>
       </c>
       <c r="F159" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G159" t="s">
-        <v>2470</v>
+        <v>1951</v>
       </c>
       <c r="H159" t="s">
-        <v>2471</v>
+        <v>1952</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1953</v>
+      </c>
+      <c r="J159" t="s">
+        <v>632</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1954</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B160" t="s">
-        <v>2472</v>
+        <v>1955</v>
       </c>
       <c r="C160" t="s">
-        <v>2473</v>
+        <v>13</v>
       </c>
       <c r="D160" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E160" t="s">
-        <v>2474</v>
+        <v>1956</v>
       </c>
       <c r="F160" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G160" t="s">
-        <v>2475</v>
+        <v>1957</v>
       </c>
       <c r="H160" t="s">
-        <v>2476</v>
+        <v>1958</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1959</v>
+      </c>
+      <c r="J160" t="s">
+        <v>729</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1960</v>
+      </c>
+      <c r="L160" t="s">
+        <v>1961</v>
+      </c>
+      <c r="M160" t="s">
+        <v>1962</v>
+      </c>
+      <c r="N160" t="s">
+        <v>1963</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B161" t="s">
-        <v>2477</v>
+        <v>1964</v>
       </c>
       <c r="C161" t="s">
-        <v>2478</v>
+        <v>13</v>
       </c>
       <c r="D161" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E161" t="s">
-        <v>982</v>
+        <v>1965</v>
       </c>
       <c r="F161" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G161" t="s">
-        <v>2479</v>
+        <v>1966</v>
       </c>
       <c r="H161" t="s">
-        <v>2480</v>
+        <v>1967</v>
+      </c>
+      <c r="I161" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1084</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1969</v>
+      </c>
+      <c r="L161" t="s">
+        <v>1970</v>
+      </c>
+      <c r="M161" t="s">
+        <v>1971</v>
+      </c>
+      <c r="N161" t="s">
+        <v>1972</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B162" t="s">
-        <v>2481</v>
+        <v>1973</v>
       </c>
       <c r="C162" t="s">
-        <v>2482</v>
+        <v>13</v>
       </c>
       <c r="D162" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E162" t="s">
-        <v>982</v>
+        <v>1974</v>
       </c>
       <c r="F162" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G162" t="s">
-        <v>2483</v>
+        <v>1975</v>
       </c>
       <c r="H162" t="s">
-        <v>2484</v>
+        <v>1976</v>
+      </c>
+      <c r="I162" t="s">
+        <v>646</v>
+      </c>
+      <c r="J162" t="s">
+        <v>911</v>
+      </c>
+      <c r="K162" t="s">
+        <v>1977</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1978</v>
+      </c>
+      <c r="M162" t="s">
+        <v>1979</v>
+      </c>
+      <c r="N162" t="s">
+        <v>1980</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B163" t="s">
-        <v>2485</v>
+        <v>1981</v>
       </c>
       <c r="C163" t="s">
-        <v>2486</v>
+        <v>13</v>
       </c>
       <c r="D163" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E163" t="s">
-        <v>2487</v>
+        <v>1982</v>
       </c>
       <c r="F163" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G163" t="s">
-        <v>2488</v>
+        <v>1983</v>
       </c>
       <c r="H163" t="s">
-        <v>2489</v>
+        <v>1984</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1985</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K163" t="s">
+        <v>1987</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B164" t="s">
-        <v>2490</v>
+        <v>1988</v>
       </c>
       <c r="C164" t="s">
-        <v>2491</v>
+        <v>13</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E164" t="s">
-        <v>1062</v>
+        <v>1989</v>
       </c>
       <c r="F164" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G164" t="s">
-        <v>2492</v>
+        <v>1990</v>
       </c>
       <c r="H164" t="s">
-        <v>2493</v>
+        <v>1991</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1992</v>
+      </c>
+      <c r="J164" t="s">
+        <v>1297</v>
+      </c>
+      <c r="K164" t="s">
+        <v>1993</v>
+      </c>
+      <c r="L164" t="s">
+        <v>1994</v>
+      </c>
+      <c r="M164" t="s">
+        <v>1995</v>
+      </c>
+      <c r="N164" t="s">
+        <v>1996</v>
+      </c>
+      <c r="O164" t="s">
+        <v>1997</v>
+      </c>
+      <c r="P164" t="s">
+        <v>1998</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B165" t="s">
-        <v>2494</v>
+        <v>1999</v>
       </c>
       <c r="C165" t="s">
-        <v>2495</v>
+        <v>13</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E165" t="s">
-        <v>2487</v>
+        <v>2000</v>
       </c>
       <c r="F165" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G165" t="s">
-        <v>2496</v>
+        <v>2001</v>
       </c>
       <c r="H165" t="s">
-        <v>2497</v>
+        <v>2002</v>
+      </c>
+      <c r="I165" t="s">
+        <v>2003</v>
+      </c>
+      <c r="J165" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K165" t="s">
+        <v>2004</v>
+      </c>
+      <c r="L165" t="s">
+        <v>2005</v>
+      </c>
+      <c r="M165" t="s">
+        <v>2006</v>
+      </c>
+      <c r="N165" t="s">
+        <v>2007</v>
+      </c>
+      <c r="O165" t="s">
+        <v>2008</v>
+      </c>
+      <c r="P165" t="s">
+        <v>2009</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>2010</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B166" t="s">
-        <v>2498</v>
+        <v>2011</v>
       </c>
       <c r="C166" t="s">
-        <v>2499</v>
+        <v>13</v>
       </c>
       <c r="D166" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E166" t="s">
-        <v>2500</v>
+        <v>2012</v>
       </c>
       <c r="F166" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>2501</v>
+        <v>2013</v>
       </c>
       <c r="H166" t="s">
-        <v>2502</v>
+        <v>2014</v>
+      </c>
+      <c r="I166" t="s">
+        <v>2015</v>
+      </c>
+      <c r="J166" t="s">
+        <v>2016</v>
+      </c>
+      <c r="K166" t="s">
+        <v>2017</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B167" t="s">
-        <v>2503</v>
+        <v>2018</v>
       </c>
       <c r="C167" t="s">
-        <v>2504</v>
+        <v>13</v>
       </c>
       <c r="D167" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E167" t="s">
-        <v>2505</v>
+        <v>2019</v>
       </c>
       <c r="F167" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G167" t="s">
-        <v>2506</v>
+        <v>2020</v>
       </c>
       <c r="H167" t="s">
-        <v>2507</v>
+        <v>2021</v>
+      </c>
+      <c r="I167" t="s">
+        <v>2022</v>
+      </c>
+      <c r="J167" t="s">
+        <v>1823</v>
+      </c>
+      <c r="K167" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L167" t="s">
+        <v>2024</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B168" t="s">
-        <v>2508</v>
+        <v>2025</v>
       </c>
       <c r="C168" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D168" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E168" t="s">
-        <v>2509</v>
+        <v>2026</v>
       </c>
       <c r="F168" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G168" t="s">
-        <v>2510</v>
+        <v>2027</v>
       </c>
       <c r="H168" t="s">
-        <v>2511</v>
+        <v>2028</v>
+      </c>
+      <c r="I168" t="s">
+        <v>2029</v>
+      </c>
+      <c r="J168" t="s">
+        <v>2030</v>
+      </c>
+      <c r="K168" t="s">
+        <v>2031</v>
+      </c>
+      <c r="L168" t="s">
+        <v>2032</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B169" t="s">
-        <v>2512</v>
+        <v>2033</v>
       </c>
       <c r="C169" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D169" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E169" t="s">
-        <v>35</v>
+        <v>2034</v>
       </c>
       <c r="F169" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G169" t="s">
-        <v>2513</v>
+        <v>2035</v>
       </c>
       <c r="H169" t="s">
-        <v>2514</v>
+        <v>2036</v>
+      </c>
+      <c r="I169" t="s">
+        <v>2037</v>
+      </c>
+      <c r="J169" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K169" t="s">
+        <v>2038</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B170" t="s">
-        <v>2515</v>
+        <v>2039</v>
       </c>
       <c r="C170" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E170" t="s">
-        <v>35</v>
+        <v>2040</v>
       </c>
       <c r="F170" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G170" t="s">
-        <v>2516</v>
+        <v>2041</v>
       </c>
       <c r="H170" t="s">
-        <v>2517</v>
+        <v>2042</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2043</v>
+      </c>
+      <c r="J170" t="s">
+        <v>2044</v>
+      </c>
+      <c r="K170" t="s">
+        <v>2045</v>
+      </c>
+      <c r="L170" t="s">
+        <v>2046</v>
+      </c>
+      <c r="M170" t="s">
+        <v>2047</v>
+      </c>
+      <c r="N170" t="s">
+        <v>2048</v>
+      </c>
+      <c r="O170" t="s">
+        <v>2049</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B171" t="s">
-        <v>2518</v>
+        <v>2050</v>
       </c>
       <c r="C171" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E171" t="s">
-        <v>35</v>
+        <v>2051</v>
       </c>
       <c r="F171" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G171" t="s">
-        <v>2519</v>
+        <v>2052</v>
       </c>
       <c r="H171" t="s">
-        <v>2520</v>
+        <v>2053</v>
+      </c>
+      <c r="I171" t="s">
+        <v>2054</v>
+      </c>
+      <c r="J171" t="s">
+        <v>2055</v>
+      </c>
+      <c r="K171" t="s">
+        <v>2056</v>
+      </c>
+      <c r="L171" t="s">
+        <v>2057</v>
+      </c>
+      <c r="M171" t="s">
+        <v>2058</v>
+      </c>
+      <c r="N171" t="s">
+        <v>2059</v>
+      </c>
+      <c r="O171" t="s">
+        <v>2060</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B172" t="s">
-        <v>2521</v>
+        <v>2061</v>
       </c>
       <c r="C172" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D172" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E172" t="s">
-        <v>35</v>
+        <v>2062</v>
       </c>
       <c r="F172" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G172" t="s">
-        <v>2522</v>
+        <v>2063</v>
       </c>
       <c r="H172" t="s">
-        <v>2523</v>
+        <v>2064</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2065</v>
+      </c>
+      <c r="J172" t="s">
+        <v>2066</v>
+      </c>
+      <c r="K172" t="s">
+        <v>2067</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B173" t="s">
-        <v>2524</v>
+        <v>2068</v>
       </c>
       <c r="C173" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D173" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E173" t="s">
-        <v>2525</v>
+        <v>2069</v>
       </c>
       <c r="F173" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G173" t="s">
-        <v>2526</v>
+        <v>2070</v>
       </c>
       <c r="H173" t="s">
-        <v>2527</v>
+        <v>2071</v>
+      </c>
+      <c r="I173" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J173" t="s">
+        <v>1823</v>
+      </c>
+      <c r="K173" t="s">
+        <v>2073</v>
+      </c>
+      <c r="L173" t="s">
+        <v>2074</v>
+      </c>
+      <c r="M173" t="s">
+        <v>2075</v>
+      </c>
+      <c r="N173" t="s">
+        <v>2076</v>
+      </c>
+      <c r="O173" t="s">
+        <v>2077</v>
+      </c>
+      <c r="P173" t="s">
+        <v>2078</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B174" t="s">
-        <v>2528</v>
+        <v>2079</v>
       </c>
       <c r="C174" t="s">
-        <v>2529</v>
+        <v>13</v>
       </c>
       <c r="D174" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E174" t="s">
-        <v>2530</v>
+        <v>2080</v>
       </c>
       <c r="F174" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G174" t="s">
-        <v>2531</v>
+        <v>2081</v>
       </c>
       <c r="H174" t="s">
-        <v>2532</v>
+        <v>2082</v>
+      </c>
+      <c r="I174" t="s">
+        <v>2083</v>
+      </c>
+      <c r="J174" t="s">
+        <v>500</v>
+      </c>
+      <c r="K174" t="s">
+        <v>2084</v>
+      </c>
+      <c r="L174" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M174" t="s">
+        <v>2086</v>
+      </c>
+      <c r="N174" t="s">
+        <v>2087</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B175" t="s">
-        <v>2533</v>
+        <v>2088</v>
       </c>
       <c r="C175" t="s">
-        <v>2534</v>
+        <v>13</v>
       </c>
       <c r="D175" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E175" t="s">
-        <v>782</v>
+        <v>2089</v>
       </c>
       <c r="F175" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G175" t="s">
-        <v>2535</v>
+        <v>2090</v>
       </c>
       <c r="H175" t="s">
-        <v>2536</v>
+        <v>2091</v>
+      </c>
+      <c r="I175" t="s">
+        <v>2092</v>
+      </c>
+      <c r="J175" t="s">
+        <v>667</v>
+      </c>
+      <c r="K175" t="s">
+        <v>2093</v>
+      </c>
+      <c r="L175" t="s">
+        <v>2094</v>
+      </c>
+      <c r="M175" t="s">
+        <v>2095</v>
+      </c>
+      <c r="N175" t="s">
+        <v>2096</v>
+      </c>
+      <c r="O175" t="s">
+        <v>2097</v>
+      </c>
+      <c r="P175" t="s">
+        <v>2098</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>2099</v>
+      </c>
+      <c r="R175" t="s">
+        <v>2100</v>
+      </c>
+      <c r="S175" t="s">
+        <v>2101</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B176" t="s">
-        <v>2537</v>
+        <v>2102</v>
       </c>
       <c r="C176" t="s">
-        <v>2538</v>
+        <v>13</v>
       </c>
       <c r="D176" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E176" t="s">
-        <v>2539</v>
+        <v>2103</v>
       </c>
       <c r="F176" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G176" t="s">
-        <v>2540</v>
+        <v>2104</v>
       </c>
       <c r="H176" t="s">
-        <v>2541</v>
+        <v>2105</v>
+      </c>
+      <c r="I176" t="s">
+        <v>2106</v>
+      </c>
+      <c r="J176" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K176" t="s">
+        <v>2108</v>
+      </c>
+      <c r="L176" t="s">
+        <v>2109</v>
+      </c>
+      <c r="M176" t="s">
+        <v>2110</v>
+      </c>
+      <c r="N176" t="s">
+        <v>2111</v>
+      </c>
+      <c r="O176" t="s">
+        <v>2112</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B177" t="s">
-        <v>2542</v>
+        <v>2113</v>
       </c>
       <c r="C177" t="s">
-        <v>2543</v>
+        <v>13</v>
       </c>
       <c r="D177" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E177" t="s">
-        <v>2544</v>
+        <v>2114</v>
       </c>
       <c r="F177" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G177" t="s">
-        <v>2545</v>
+        <v>2115</v>
       </c>
       <c r="H177" t="s">
-        <v>2546</v>
+        <v>2116</v>
+      </c>
+      <c r="I177" t="s">
+        <v>2117</v>
+      </c>
+      <c r="J177" t="s">
+        <v>2118</v>
+      </c>
+      <c r="K177" t="s">
+        <v>2119</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B178" t="s">
-        <v>2547</v>
+        <v>2120</v>
       </c>
       <c r="C178" t="s">
-        <v>2548</v>
+        <v>13</v>
       </c>
       <c r="D178" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E178" t="s">
-        <v>2549</v>
+        <v>2121</v>
       </c>
       <c r="F178" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G178" t="s">
-        <v>2550</v>
+        <v>2122</v>
       </c>
       <c r="H178" t="s">
-        <v>2551</v>
+        <v>2123</v>
+      </c>
+      <c r="I178" t="s">
+        <v>2124</v>
+      </c>
+      <c r="J178" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K178" t="s">
+        <v>2125</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B179" t="s">
-        <v>2552</v>
+        <v>2126</v>
       </c>
       <c r="C179" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E179" t="s">
-        <v>2553</v>
+        <v>2127</v>
       </c>
       <c r="F179" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G179" t="s">
-        <v>2554</v>
+        <v>2128</v>
       </c>
       <c r="H179" t="s">
-        <v>2555</v>
+        <v>2129</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2130</v>
+      </c>
+      <c r="J179" t="s">
+        <v>2131</v>
+      </c>
+      <c r="K179" t="s">
+        <v>2132</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B180" t="s">
-        <v>2556</v>
+        <v>2133</v>
       </c>
       <c r="C180" t="s">
-        <v>2557</v>
+        <v>13</v>
       </c>
       <c r="D180" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E180" t="s">
-        <v>1238</v>
+        <v>2134</v>
       </c>
       <c r="F180" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G180" t="s">
-        <v>2558</v>
+        <v>2135</v>
       </c>
       <c r="H180" t="s">
-        <v>2559</v>
+        <v>2136</v>
+      </c>
+      <c r="I180" t="s">
+        <v>2137</v>
+      </c>
+      <c r="J180" t="s">
+        <v>729</v>
+      </c>
+      <c r="K180" t="s">
+        <v>2138</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B181" t="s">
-        <v>2560</v>
+        <v>2139</v>
       </c>
       <c r="C181" t="s">
-        <v>2561</v>
+        <v>13</v>
       </c>
       <c r="D181" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E181" t="s">
-        <v>1143</v>
+        <v>2140</v>
       </c>
       <c r="F181" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G181" t="s">
-        <v>2562</v>
+        <v>2141</v>
       </c>
       <c r="H181" t="s">
-        <v>2563</v>
+        <v>2142</v>
+      </c>
+      <c r="I181" t="s">
+        <v>2143</v>
+      </c>
+      <c r="J181" t="s">
+        <v>2016</v>
+      </c>
+      <c r="K181" t="s">
+        <v>2144</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B182" t="s">
-        <v>2564</v>
+        <v>2145</v>
       </c>
       <c r="C182" t="s">
-        <v>2565</v>
+        <v>13</v>
       </c>
       <c r="D182" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E182" t="s">
-        <v>2566</v>
+        <v>2146</v>
       </c>
       <c r="F182" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G182" t="s">
-        <v>2567</v>
+        <v>2147</v>
       </c>
       <c r="H182" t="s">
-        <v>2568</v>
+        <v>2148</v>
+      </c>
+      <c r="I182" t="s">
+        <v>2149</v>
+      </c>
+      <c r="J182" t="s">
+        <v>667</v>
+      </c>
+      <c r="K182" t="s">
+        <v>2150</v>
+      </c>
+      <c r="L182" t="s">
+        <v>2151</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B183" t="s">
-        <v>2569</v>
+        <v>2152</v>
       </c>
       <c r="C183" t="s">
-        <v>2570</v>
+        <v>13</v>
       </c>
       <c r="D183" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E183" t="s">
-        <v>2571</v>
+        <v>2153</v>
       </c>
       <c r="F183" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G183" t="s">
-        <v>2572</v>
+        <v>2154</v>
       </c>
       <c r="H183" t="s">
-        <v>2573</v>
+        <v>2155</v>
+      </c>
+      <c r="I183" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J183" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K183" t="s">
+        <v>2157</v>
+      </c>
+      <c r="L183" t="s">
+        <v>2158</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B184" t="s">
-        <v>2574</v>
+        <v>2159</v>
       </c>
       <c r="C184" t="s">
-        <v>2575</v>
+        <v>13</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E184" t="s">
-        <v>2576</v>
+        <v>2160</v>
       </c>
       <c r="F184" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G184" t="s">
-        <v>2577</v>
+        <v>2161</v>
       </c>
       <c r="H184" t="s">
-        <v>2578</v>
+        <v>2162</v>
+      </c>
+      <c r="I184" t="s">
+        <v>2163</v>
+      </c>
+      <c r="J184" t="s">
+        <v>2164</v>
+      </c>
+      <c r="K184" t="s">
+        <v>2165</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B185" t="s">
-        <v>2579</v>
+        <v>2166</v>
       </c>
       <c r="C185" t="s">
-        <v>2580</v>
+        <v>13</v>
       </c>
       <c r="D185" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E185" t="s">
-        <v>1148</v>
+        <v>2167</v>
       </c>
       <c r="F185" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G185" t="s">
-        <v>2581</v>
+        <v>2168</v>
       </c>
       <c r="H185" t="s">
-        <v>2582</v>
+        <v>2169</v>
+      </c>
+      <c r="I185" t="s">
+        <v>2170</v>
+      </c>
+      <c r="J185" t="s">
+        <v>632</v>
+      </c>
+      <c r="K185" t="s">
+        <v>2171</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B186" t="s">
-        <v>2583</v>
+        <v>2172</v>
       </c>
       <c r="C186" t="s">
-        <v>2584</v>
+        <v>13</v>
       </c>
       <c r="D186" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E186" t="s">
-        <v>2585</v>
+        <v>2173</v>
       </c>
       <c r="F186" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G186" t="s">
-        <v>2586</v>
+        <v>2174</v>
       </c>
       <c r="H186" t="s">
-        <v>2587</v>
+        <v>2175</v>
+      </c>
+      <c r="I186" t="s">
+        <v>2176</v>
+      </c>
+      <c r="J186" t="s">
+        <v>2177</v>
+      </c>
+      <c r="K186" t="s">
+        <v>2178</v>
+      </c>
+      <c r="L186" t="s">
+        <v>2179</v>
+      </c>
+      <c r="M186" t="s">
+        <v>2180</v>
+      </c>
+      <c r="N186" t="s">
+        <v>2181</v>
+      </c>
+      <c r="O186" t="s">
+        <v>2182</v>
+      </c>
+      <c r="P186" t="s">
+        <v>2183</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B187" t="s">
-        <v>2588</v>
+        <v>2184</v>
       </c>
       <c r="C187" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D187" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E187" t="s">
-        <v>2589</v>
+        <v>2185</v>
       </c>
       <c r="F187" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G187" t="s">
-        <v>2590</v>
+        <v>2186</v>
       </c>
       <c r="H187" t="s">
-        <v>2591</v>
+        <v>2187</v>
+      </c>
+      <c r="I187" t="s">
+        <v>2188</v>
+      </c>
+      <c r="J187" t="s">
+        <v>2177</v>
+      </c>
+      <c r="K187" t="s">
+        <v>2189</v>
+      </c>
+      <c r="L187" t="s">
+        <v>2190</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B188" t="s">
-        <v>2592</v>
+        <v>2191</v>
       </c>
       <c r="C188" t="s">
-        <v>2593</v>
+        <v>13</v>
       </c>
       <c r="D188" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E188" t="s">
-        <v>2594</v>
+        <v>2192</v>
       </c>
       <c r="F188" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G188" t="s">
-        <v>2595</v>
+        <v>2193</v>
       </c>
       <c r="H188" t="s">
-        <v>2596</v>
+        <v>2194</v>
+      </c>
+      <c r="I188" t="s">
+        <v>646</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K188" t="s">
+        <v>2195</v>
+      </c>
+      <c r="L188" t="s">
+        <v>2196</v>
+      </c>
+      <c r="M188" t="s">
+        <v>2197</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B189" t="s">
-        <v>2597</v>
+        <v>2198</v>
       </c>
       <c r="C189" t="s">
-        <v>2598</v>
+        <v>13</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E189" t="s">
-        <v>2599</v>
+        <v>2199</v>
       </c>
       <c r="F189" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G189" t="s">
-        <v>2600</v>
+        <v>2200</v>
       </c>
       <c r="H189" t="s">
-        <v>2601</v>
+        <v>2201</v>
+      </c>
+      <c r="I189" t="s">
+        <v>2202</v>
+      </c>
+      <c r="J189" t="s">
+        <v>729</v>
+      </c>
+      <c r="K189" t="s">
+        <v>2203</v>
+      </c>
+      <c r="L189" t="s">
+        <v>2204</v>
+      </c>
+      <c r="M189" t="s">
+        <v>2205</v>
+      </c>
+      <c r="N189" t="s">
+        <v>2206</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B190" t="s">
-        <v>2602</v>
+        <v>2207</v>
       </c>
       <c r="C190" t="s">
-        <v>2603</v>
+        <v>13</v>
       </c>
       <c r="D190" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E190" t="s">
-        <v>2604</v>
+        <v>2208</v>
       </c>
       <c r="F190" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G190" t="s">
-        <v>2605</v>
+        <v>2209</v>
       </c>
       <c r="H190" t="s">
-        <v>2606</v>
+        <v>2210</v>
+      </c>
+      <c r="I190" t="s">
+        <v>2211</v>
+      </c>
+      <c r="J190" t="s">
+        <v>667</v>
+      </c>
+      <c r="K190" t="s">
+        <v>2212</v>
+      </c>
+      <c r="L190" t="s">
+        <v>2213</v>
+      </c>
+      <c r="M190" t="s">
+        <v>2214</v>
+      </c>
+      <c r="N190" t="s">
+        <v>2215</v>
+      </c>
+      <c r="O190" t="s">
+        <v>2216</v>
+      </c>
+      <c r="P190" t="s">
+        <v>2217</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B191" t="s">
-        <v>2607</v>
+        <v>2218</v>
       </c>
       <c r="C191" t="s">
-        <v>2608</v>
+        <v>13</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E191" t="s">
-        <v>2609</v>
+        <v>2219</v>
       </c>
       <c r="F191" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G191" t="s">
-        <v>2610</v>
+        <v>2220</v>
       </c>
       <c r="H191" t="s">
-        <v>2611</v>
+        <v>2221</v>
+      </c>
+      <c r="I191" t="s">
+        <v>2222</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1297</v>
+      </c>
+      <c r="K191" t="s">
+        <v>2223</v>
+      </c>
+      <c r="L191" t="s">
+        <v>2224</v>
+      </c>
+      <c r="M191" t="s">
+        <v>2225</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B192" t="s">
-        <v>2612</v>
+        <v>2226</v>
       </c>
       <c r="C192" t="s">
-        <v>2613</v>
+        <v>13</v>
       </c>
       <c r="D192" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E192" t="s">
-        <v>2614</v>
+        <v>2227</v>
       </c>
       <c r="F192" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G192" t="s">
-        <v>2615</v>
+        <v>2228</v>
       </c>
       <c r="H192" t="s">
-        <v>2616</v>
+        <v>2229</v>
+      </c>
+      <c r="I192" t="s">
+        <v>2230</v>
+      </c>
+      <c r="J192" t="s">
+        <v>2231</v>
+      </c>
+      <c r="K192" t="s">
+        <v>2232</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B193" t="s">
-        <v>2617</v>
+        <v>2233</v>
       </c>
       <c r="C193" t="s">
-        <v>2618</v>
+        <v>13</v>
       </c>
       <c r="D193" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E193" t="s">
-        <v>2619</v>
+        <v>2234</v>
       </c>
       <c r="F193" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G193" t="s">
-        <v>2620</v>
+        <v>2235</v>
       </c>
       <c r="H193" t="s">
-        <v>2621</v>
+        <v>2236</v>
+      </c>
+      <c r="I193" t="s">
+        <v>2237</v>
+      </c>
+      <c r="J193" t="s">
+        <v>2238</v>
+      </c>
+      <c r="K193" t="s">
+        <v>2239</v>
+      </c>
+      <c r="L193" t="s">
+        <v>2240</v>
+      </c>
+      <c r="M193" t="s">
+        <v>2241</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>1729</v>
+        <v>455</v>
       </c>
       <c r="B194" t="s">
-        <v>2622</v>
+        <v>2242</v>
       </c>
       <c r="C194" t="s">
-        <v>2623</v>
+        <v>13</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E194" t="s">
-        <v>1268</v>
+        <v>2243</v>
       </c>
       <c r="F194" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G194" t="s">
-        <v>2624</v>
+        <v>2244</v>
       </c>
       <c r="H194" t="s">
-        <v>2625</v>
-[...389 lines deleted...]
-        <v>2694</v>
+        <v>2245</v>
+      </c>
+      <c r="I194" t="s">
+        <v>2246</v>
+      </c>
+      <c r="J194" t="s">
+        <v>2247</v>
+      </c>
+      <c r="K194" t="s">
+        <v>2248</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H72"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2695</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>2696</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>2697</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>346</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>2698</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2699</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>2700</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2695</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>2701</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>2702</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>379</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>2703</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2704</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>2705</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2695</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>2706</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>2707</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>2708</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>2709</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2710</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>2711</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2695</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>2712</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>2713</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>2714</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>2715</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2716</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>2717</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2695</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>2718</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
-        <v>2719</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>2720</v>
+        <v>43</v>
       </c>
       <c r="E6" t="s">
-        <v>2721</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2722</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>2723</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2695</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>2724</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>2725</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>438</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>2726</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2727</v>
+        <v>51</v>
       </c>
       <c r="H7" t="s">
-        <v>2728</v>
+        <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2695</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>2729</v>
+        <v>53</v>
       </c>
       <c r="C8" t="s">
-        <v>2730</v>
+        <v>54</v>
       </c>
       <c r="D8" t="s">
-        <v>2731</v>
+        <v>55</v>
       </c>
       <c r="E8" t="s">
-        <v>2732</v>
+        <v>56</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2733</v>
+        <v>57</v>
       </c>
       <c r="H8" t="s">
-        <v>2734</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2695</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>2735</v>
+        <v>59</v>
       </c>
       <c r="C9" t="s">
-        <v>2736</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>1459</v>
+        <v>60</v>
       </c>
       <c r="E9" t="s">
-        <v>2737</v>
+        <v>61</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2738</v>
+        <v>62</v>
       </c>
       <c r="H9" t="s">
-        <v>2739</v>
-[...1637 lines deleted...]
-        <v>3087</v>
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H225"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3088</v>
+        <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>3089</v>
+        <v>65</v>
       </c>
       <c r="C2" t="s">
-        <v>3090</v>
+        <v>66</v>
       </c>
       <c r="D2" t="s">
-        <v>3091</v>
+        <v>67</v>
       </c>
       <c r="E2" t="s">
-        <v>347</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>3092</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>3093</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3088</v>
+        <v>64</v>
       </c>
       <c r="B3" t="s">
-        <v>3094</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
-        <v>3095</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>3096</v>
+        <v>73</v>
       </c>
       <c r="E3" t="s">
-        <v>3097</v>
+        <v>74</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>3098</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>3099</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3088</v>
+        <v>64</v>
       </c>
       <c r="B4" t="s">
-        <v>3100</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
-        <v>3101</v>
+        <v>78</v>
       </c>
       <c r="D4" t="s">
-        <v>3102</v>
+        <v>73</v>
       </c>
       <c r="E4" t="s">
-        <v>3097</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>3103</v>
+        <v>79</v>
       </c>
       <c r="H4" t="s">
-        <v>3104</v>
-[...5745 lines deleted...]
-        <v>4275</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AH521"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>4279</v>
+        <v>82</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E2" t="s">
-        <v>4280</v>
+        <v>85</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>4281</v>
+        <v>86</v>
       </c>
       <c r="H2" t="s">
-        <v>4282</v>
-[...14 lines deleted...]
-        <v>4287</v>
+        <v>87</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B3" t="s">
-        <v>4288</v>
+        <v>88</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>83</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E3" t="s">
-        <v>4289</v>
+        <v>85</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>4290</v>
+        <v>89</v>
       </c>
       <c r="H3" t="s">
-        <v>4291</v>
-[...14 lines deleted...]
-        <v>4295</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B4" t="s">
-        <v>4296</v>
+        <v>91</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E4" t="s">
-        <v>4297</v>
+        <v>93</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>4298</v>
+        <v>94</v>
       </c>
       <c r="H4" t="s">
-        <v>4299</v>
-[...8 lines deleted...]
-        <v>4302</v>
+        <v>95</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B5" t="s">
-        <v>4303</v>
+        <v>96</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E5" t="s">
-        <v>4304</v>
+        <v>85</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>4305</v>
+        <v>97</v>
       </c>
       <c r="H5" t="s">
-        <v>4306</v>
-[...11 lines deleted...]
-        <v>4310</v>
+        <v>98</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B6" t="s">
-        <v>4311</v>
+        <v>99</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E6" t="s">
-        <v>4312</v>
+        <v>101</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>4313</v>
+        <v>102</v>
       </c>
       <c r="H6" t="s">
-        <v>4314</v>
-[...29 lines deleted...]
-        <v>4324</v>
+        <v>103</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B7" t="s">
-        <v>4325</v>
+        <v>104</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E7" t="s">
-        <v>4326</v>
+        <v>105</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>4327</v>
+        <v>106</v>
       </c>
       <c r="H7" t="s">
-        <v>4328</v>
-[...17 lines deleted...]
-        <v>4334</v>
+        <v>107</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B8" t="s">
-        <v>4335</v>
+        <v>108</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E8" t="s">
-        <v>4336</v>
+        <v>93</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>4337</v>
+        <v>110</v>
       </c>
       <c r="H8" t="s">
-        <v>4338</v>
-[...11 lines deleted...]
-        <v>4342</v>
+        <v>111</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B9" t="s">
-        <v>4343</v>
+        <v>112</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E9" t="s">
-        <v>4344</v>
+        <v>113</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>4345</v>
+        <v>114</v>
       </c>
       <c r="H9" t="s">
-        <v>4346</v>
-[...20 lines deleted...]
-        <v>4353</v>
+        <v>115</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B10" t="s">
-        <v>4354</v>
+        <v>116</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E10" t="s">
-        <v>4355</v>
+        <v>113</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>4356</v>
+        <v>117</v>
       </c>
       <c r="H10" t="s">
-        <v>4357</v>
-[...17 lines deleted...]
-        <v>4362</v>
+        <v>118</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B11" t="s">
-        <v>4363</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E11" t="s">
-        <v>4364</v>
+        <v>119</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>4365</v>
+        <v>120</v>
       </c>
       <c r="H11" t="s">
-        <v>4366</v>
-[...26 lines deleted...]
-        <v>4374</v>
+        <v>121</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B12" t="s">
-        <v>4375</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>84</v>
       </c>
       <c r="E12" t="s">
-        <v>4376</v>
+        <v>122</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>4377</v>
+        <v>123</v>
       </c>
       <c r="H12" t="s">
-        <v>4378</v>
-[...14 lines deleted...]
-        <v>4382</v>
+        <v>124</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B13" t="s">
-        <v>4383</v>
+        <v>125</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>126</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>127</v>
       </c>
       <c r="E13" t="s">
-        <v>4384</v>
+        <v>128</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>4385</v>
+        <v>129</v>
       </c>
       <c r="H13" t="s">
-        <v>4386</v>
-[...14 lines deleted...]
-        <v>4391</v>
+        <v>130</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B14" t="s">
-        <v>4392</v>
+        <v>131</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>132</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>133</v>
       </c>
       <c r="E14" t="s">
-        <v>4393</v>
+        <v>134</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>4394</v>
+        <v>135</v>
       </c>
       <c r="H14" t="s">
-        <v>4395</v>
-[...14 lines deleted...]
-        <v>4400</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B15" t="s">
-        <v>4401</v>
+        <v>137</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>138</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>139</v>
       </c>
       <c r="E15" t="s">
-        <v>4402</v>
+        <v>140</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>4403</v>
+        <v>141</v>
       </c>
       <c r="H15" t="s">
-        <v>4404</v>
-[...20 lines deleted...]
-        <v>4411</v>
+        <v>142</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B16" t="s">
-        <v>4412</v>
+        <v>143</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>144</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="E16" t="s">
-        <v>4413</v>
+        <v>146</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>4414</v>
+        <v>147</v>
       </c>
       <c r="H16" t="s">
-        <v>4415</v>
-[...20 lines deleted...]
-        <v>4421</v>
+        <v>148</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B17" t="s">
-        <v>4422</v>
+        <v>149</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>150</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>151</v>
       </c>
       <c r="E17" t="s">
-        <v>4423</v>
+        <v>151</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>4424</v>
+        <v>152</v>
       </c>
       <c r="H17" t="s">
-        <v>4425</v>
-[...20 lines deleted...]
-        <v>4431</v>
+        <v>153</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>4278</v>
+        <v>81</v>
       </c>
       <c r="B18" t="s">
-        <v>4432</v>
+        <v>154</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>155</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>156</v>
       </c>
       <c r="E18" t="s">
-        <v>4433</v>
+        <v>157</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>4434</v>
+        <v>158</v>
       </c>
       <c r="H18" t="s">
-        <v>4435</v>
-[...21675 lines deleted...]
-        <v>8853</v>
+        <v>159</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H51"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8854</v>
+        <v>160</v>
       </c>
       <c r="B2" t="s">
-        <v>8855</v>
+        <v>161</v>
       </c>
       <c r="C2" t="s">
-        <v>8856</v>
+        <v>162</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="E2" t="s">
-        <v>8857</v>
+        <v>164</v>
       </c>
       <c r="F2" t="s">
-        <v>8858</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>8859</v>
+        <v>165</v>
       </c>
       <c r="H2" t="s">
-        <v>8860</v>
-[...1273 lines deleted...]
-        <v>9093</v>
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>167</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>168</v>
       </c>
       <c r="C2" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="D2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>29</v>
+        <v>170</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="H2" t="s">
-        <v>31</v>
-[...25 lines deleted...]
-        <v>37</v>
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J38"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>174</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>175</v>
       </c>
       <c r="D2" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>43</v>
+        <v>176</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>44</v>
+        <v>177</v>
       </c>
       <c r="H2" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>178</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>179</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>180</v>
       </c>
       <c r="D3" t="s">
-        <v>49</v>
+        <v>181</v>
       </c>
       <c r="E3" t="s">
-        <v>50</v>
+        <v>182</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>51</v>
+        <v>183</v>
       </c>
       <c r="H3" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>184</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B4" t="s">
-        <v>55</v>
+        <v>185</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>186</v>
       </c>
       <c r="D4" t="s">
-        <v>56</v>
+        <v>187</v>
       </c>
       <c r="E4" t="s">
-        <v>57</v>
+        <v>188</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>58</v>
+        <v>189</v>
       </c>
       <c r="H4" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>185</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>186</v>
       </c>
       <c r="D5" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="E5" t="s">
-        <v>63</v>
+        <v>192</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>64</v>
+        <v>193</v>
       </c>
       <c r="H5" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>66</v>
+        <v>194</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>195</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>196</v>
       </c>
       <c r="D6" t="s">
-        <v>68</v>
+        <v>197</v>
       </c>
       <c r="E6" t="s">
-        <v>69</v>
+        <v>198</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>70</v>
+        <v>199</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>73</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>201</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>202</v>
       </c>
       <c r="D7" t="s">
-        <v>74</v>
+        <v>203</v>
       </c>
       <c r="E7" t="s">
-        <v>75</v>
+        <v>204</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>76</v>
+        <v>205</v>
       </c>
       <c r="H7" t="s">
-        <v>77</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>206</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>208</v>
       </c>
       <c r="D8" t="s">
-        <v>74</v>
+        <v>209</v>
       </c>
       <c r="E8" t="s">
-        <v>75</v>
+        <v>210</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>79</v>
+        <v>211</v>
       </c>
       <c r="H8" t="s">
-        <v>80</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>212</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B9" t="s">
-        <v>41</v>
+        <v>213</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>214</v>
       </c>
       <c r="D9" t="s">
-        <v>74</v>
+        <v>209</v>
       </c>
       <c r="E9" t="s">
-        <v>75</v>
+        <v>215</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>81</v>
+        <v>216</v>
       </c>
       <c r="H9" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>217</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B10" t="s">
-        <v>41</v>
+        <v>218</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>219</v>
       </c>
       <c r="D10" t="s">
-        <v>74</v>
+        <v>209</v>
       </c>
       <c r="E10" t="s">
-        <v>75</v>
+        <v>215</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>83</v>
+        <v>220</v>
       </c>
       <c r="H10" t="s">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>221</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>222</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>223</v>
       </c>
       <c r="D11" t="s">
-        <v>74</v>
+        <v>224</v>
       </c>
       <c r="E11" t="s">
-        <v>86</v>
+        <v>225</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>87</v>
+        <v>226</v>
       </c>
       <c r="H11" t="s">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>227</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>228</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>229</v>
       </c>
       <c r="D12" t="s">
-        <v>90</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>91</v>
+        <v>231</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>92</v>
+        <v>232</v>
       </c>
       <c r="H12" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>95</v>
+        <v>233</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>234</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>235</v>
       </c>
       <c r="D13" t="s">
-        <v>97</v>
+        <v>236</v>
       </c>
       <c r="E13" t="s">
-        <v>98</v>
+        <v>231</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>99</v>
+        <v>237</v>
       </c>
       <c r="H13" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>102</v>
+        <v>238</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>239</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>240</v>
       </c>
       <c r="D14" t="s">
-        <v>104</v>
+        <v>241</v>
       </c>
       <c r="E14" t="s">
-        <v>105</v>
+        <v>242</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>106</v>
+        <v>243</v>
       </c>
       <c r="H14" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>108</v>
+        <v>244</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B15" t="s">
-        <v>109</v>
+        <v>245</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>246</v>
       </c>
       <c r="D15" t="s">
-        <v>104</v>
+        <v>241</v>
       </c>
       <c r="E15" t="s">
-        <v>105</v>
+        <v>242</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>110</v>
+        <v>247</v>
       </c>
       <c r="H15" t="s">
-        <v>111</v>
-[...5 lines deleted...]
-        <v>112</v>
+        <v>248</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>249</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>250</v>
       </c>
       <c r="D16" t="s">
-        <v>114</v>
+        <v>241</v>
       </c>
       <c r="E16" t="s">
-        <v>115</v>
+        <v>242</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>116</v>
+        <v>251</v>
       </c>
       <c r="H16" t="s">
-        <v>117</v>
-[...5 lines deleted...]
-        <v>119</v>
+        <v>252</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B17" t="s">
-        <v>113</v>
+        <v>253</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>254</v>
       </c>
       <c r="D17" t="s">
-        <v>114</v>
+        <v>255</v>
       </c>
       <c r="E17" t="s">
-        <v>115</v>
+        <v>256</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>120</v>
+        <v>257</v>
       </c>
       <c r="H17" t="s">
-        <v>121</v>
-[...5 lines deleted...]
-        <v>119</v>
+        <v>258</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B18" t="s">
-        <v>123</v>
+        <v>259</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>260</v>
       </c>
       <c r="D18" t="s">
-        <v>114</v>
+        <v>261</v>
       </c>
       <c r="E18" t="s">
-        <v>115</v>
+        <v>262</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>124</v>
+        <v>263</v>
       </c>
       <c r="H18" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-        <v>102</v>
+        <v>264</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>265</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>266</v>
       </c>
       <c r="D19" t="s">
-        <v>114</v>
+        <v>267</v>
       </c>
       <c r="E19" t="s">
-        <v>115</v>
+        <v>268</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>126</v>
+        <v>269</v>
       </c>
       <c r="H19" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>270</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B20" t="s">
-        <v>128</v>
+        <v>271</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>272</v>
       </c>
       <c r="D20" t="s">
-        <v>129</v>
+        <v>273</v>
       </c>
       <c r="E20" t="s">
-        <v>130</v>
+        <v>274</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>131</v>
+        <v>275</v>
       </c>
       <c r="H20" t="s">
-        <v>132</v>
-[...5 lines deleted...]
-        <v>134</v>
+        <v>276</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B21" t="s">
-        <v>135</v>
+        <v>277</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>278</v>
       </c>
       <c r="D21" t="s">
-        <v>136</v>
+        <v>279</v>
       </c>
       <c r="E21" t="s">
-        <v>137</v>
+        <v>280</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>138</v>
+        <v>281</v>
       </c>
       <c r="H21" t="s">
-        <v>139</v>
-[...5 lines deleted...]
-        <v>141</v>
+        <v>282</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B22" t="s">
-        <v>142</v>
+        <v>283</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>284</v>
       </c>
       <c r="D22" t="s">
-        <v>143</v>
+        <v>285</v>
       </c>
       <c r="E22" t="s">
-        <v>144</v>
+        <v>286</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>145</v>
+        <v>287</v>
       </c>
       <c r="H22" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>288</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B23" t="s">
-        <v>149</v>
+        <v>289</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>290</v>
       </c>
       <c r="D23" t="s">
-        <v>150</v>
+        <v>291</v>
       </c>
       <c r="E23" t="s">
-        <v>151</v>
+        <v>292</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>152</v>
+        <v>293</v>
       </c>
       <c r="H23" t="s">
-        <v>153</v>
-[...5 lines deleted...]
-        <v>155</v>
+        <v>294</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B24" t="s">
-        <v>156</v>
+        <v>295</v>
       </c>
       <c r="C24" t="s">
-        <v>157</v>
+        <v>296</v>
       </c>
       <c r="D24" t="s">
-        <v>158</v>
+        <v>297</v>
       </c>
       <c r="E24" t="s">
-        <v>159</v>
+        <v>298</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>160</v>
+        <v>299</v>
       </c>
       <c r="H24" t="s">
-        <v>161</v>
-[...5 lines deleted...]
-        <v>163</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B25" t="s">
-        <v>164</v>
+        <v>301</v>
       </c>
       <c r="C25" t="s">
-        <v>165</v>
+        <v>302</v>
       </c>
       <c r="D25" t="s">
-        <v>166</v>
+        <v>303</v>
       </c>
       <c r="E25" t="s">
-        <v>167</v>
+        <v>304</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>168</v>
+        <v>305</v>
       </c>
       <c r="H25" t="s">
-        <v>169</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>306</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B26" t="s">
-        <v>170</v>
+        <v>301</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>307</v>
       </c>
       <c r="D26" t="s">
-        <v>171</v>
+        <v>308</v>
       </c>
       <c r="E26" t="s">
-        <v>172</v>
+        <v>309</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>173</v>
+        <v>310</v>
       </c>
       <c r="H26" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>176</v>
+        <v>311</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B27" t="s">
-        <v>62</v>
+        <v>312</v>
       </c>
       <c r="C27" t="s">
-        <v>11</v>
+        <v>313</v>
       </c>
       <c r="D27" t="s">
-        <v>177</v>
+        <v>314</v>
       </c>
       <c r="E27" t="s">
-        <v>178</v>
+        <v>315</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>179</v>
+        <v>316</v>
       </c>
       <c r="H27" t="s">
-        <v>180</v>
-[...5 lines deleted...]
-        <v>182</v>
+        <v>317</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B28" t="s">
-        <v>41</v>
+        <v>318</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>319</v>
       </c>
       <c r="D28" t="s">
-        <v>183</v>
+        <v>314</v>
       </c>
       <c r="E28" t="s">
-        <v>184</v>
+        <v>320</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>185</v>
+        <v>321</v>
       </c>
       <c r="H28" t="s">
-        <v>186</v>
-[...5 lines deleted...]
-        <v>187</v>
+        <v>322</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B29" t="s">
-        <v>41</v>
+        <v>323</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>324</v>
       </c>
       <c r="D29" t="s">
-        <v>188</v>
+        <v>325</v>
       </c>
       <c r="E29" t="s">
-        <v>189</v>
+        <v>326</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>190</v>
+        <v>327</v>
       </c>
       <c r="H29" t="s">
-        <v>191</v>
-[...5 lines deleted...]
-        <v>187</v>
+        <v>328</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B30" t="s">
-        <v>193</v>
+        <v>329</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>330</v>
       </c>
       <c r="D30" t="s">
-        <v>194</v>
+        <v>331</v>
       </c>
       <c r="E30" t="s">
-        <v>195</v>
+        <v>332</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>196</v>
+        <v>333</v>
       </c>
       <c r="H30" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>199</v>
+        <v>334</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B31" t="s">
-        <v>41</v>
+        <v>335</v>
       </c>
       <c r="C31" t="s">
-        <v>11</v>
+        <v>336</v>
       </c>
       <c r="D31" t="s">
-        <v>200</v>
+        <v>331</v>
       </c>
       <c r="E31" t="s">
-        <v>195</v>
+        <v>332</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>201</v>
+        <v>337</v>
       </c>
       <c r="H31" t="s">
-        <v>202</v>
-[...5 lines deleted...]
-        <v>203</v>
+        <v>338</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>204</v>
+        <v>339</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>340</v>
       </c>
       <c r="D32" t="s">
-        <v>205</v>
+        <v>341</v>
       </c>
       <c r="E32" t="s">
-        <v>206</v>
+        <v>342</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>207</v>
+        <v>343</v>
       </c>
       <c r="H32" t="s">
-        <v>208</v>
-[...5 lines deleted...]
-        <v>210</v>
+        <v>344</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B33" t="s">
-        <v>211</v>
+        <v>345</v>
       </c>
       <c r="C33" t="s">
-        <v>11</v>
+        <v>346</v>
       </c>
       <c r="D33" t="s">
-        <v>205</v>
+        <v>347</v>
       </c>
       <c r="E33" t="s">
-        <v>206</v>
+        <v>348</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>212</v>
+        <v>349</v>
       </c>
       <c r="H33" t="s">
-        <v>213</v>
-[...5 lines deleted...]
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B34" t="s">
-        <v>89</v>
+        <v>351</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
+        <v>352</v>
       </c>
       <c r="D34" t="s">
-        <v>215</v>
+        <v>347</v>
       </c>
       <c r="E34" t="s">
-        <v>216</v>
+        <v>353</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>217</v>
+        <v>354</v>
       </c>
       <c r="H34" t="s">
-        <v>218</v>
-[...5 lines deleted...]
-        <v>219</v>
+        <v>355</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B35" t="s">
-        <v>142</v>
+        <v>356</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>357</v>
       </c>
       <c r="D35" t="s">
-        <v>220</v>
+        <v>358</v>
       </c>
       <c r="E35" t="s">
-        <v>221</v>
+        <v>359</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>222</v>
+        <v>360</v>
       </c>
       <c r="H35" t="s">
-        <v>223</v>
-[...5 lines deleted...]
-        <v>224</v>
+        <v>361</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B36" t="s">
-        <v>225</v>
+        <v>362</v>
       </c>
       <c r="C36" t="s">
-        <v>226</v>
+        <v>363</v>
       </c>
       <c r="D36" t="s">
-        <v>227</v>
+        <v>364</v>
       </c>
       <c r="E36" t="s">
-        <v>228</v>
+        <v>365</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>229</v>
+        <v>366</v>
       </c>
       <c r="H36" t="s">
-        <v>230</v>
-[...5 lines deleted...]
-        <v>231</v>
+        <v>367</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B37" t="s">
-        <v>232</v>
+        <v>368</v>
       </c>
       <c r="C37" t="s">
-        <v>233</v>
+        <v>369</v>
       </c>
       <c r="D37" t="s">
-        <v>234</v>
+        <v>370</v>
       </c>
       <c r="E37" t="s">
-        <v>235</v>
+        <v>365</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>236</v>
+        <v>371</v>
       </c>
       <c r="H37" t="s">
-        <v>237</v>
-[...5 lines deleted...]
-        <v>238</v>
+        <v>372</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="B38" t="s">
-        <v>239</v>
+        <v>373</v>
       </c>
       <c r="C38" t="s">
-        <v>240</v>
+        <v>272</v>
       </c>
       <c r="D38" t="s">
-        <v>241</v>
+        <v>374</v>
       </c>
       <c r="E38" t="s">
-        <v>242</v>
+        <v>375</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>243</v>
+        <v>376</v>
       </c>
       <c r="H38" t="s">
-        <v>244</v>
-[...5 lines deleted...]
-        <v>245</v>
+        <v>377</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>173</v>
+      </c>
+      <c r="B39" t="s">
+        <v>378</v>
+      </c>
+      <c r="C39" t="s">
+        <v>379</v>
+      </c>
+      <c r="D39" t="s">
+        <v>380</v>
+      </c>
+      <c r="E39" t="s">
+        <v>381</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>382</v>
+      </c>
+      <c r="H39" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" t="s">
+        <v>384</v>
+      </c>
+      <c r="C40" t="s">
+        <v>385</v>
+      </c>
+      <c r="D40" t="s">
+        <v>386</v>
+      </c>
+      <c r="E40" t="s">
+        <v>387</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>388</v>
+      </c>
+      <c r="H40" t="s">
+        <v>389</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>246</v>
+        <v>390</v>
       </c>
       <c r="B2" t="s">
-        <v>247</v>
+        <v>391</v>
       </c>
       <c r="C2" t="s">
-        <v>248</v>
+        <v>392</v>
       </c>
       <c r="D2" t="s">
-        <v>249</v>
+        <v>393</v>
       </c>
       <c r="E2" t="s">
-        <v>250</v>
+        <v>394</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>251</v>
+        <v>395</v>
       </c>
       <c r="H2" t="s">
-        <v>252</v>
-[...207 lines deleted...]
-        <v>293</v>
+        <v>396</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>294</v>
+        <v>397</v>
       </c>
       <c r="B2" t="s">
-        <v>295</v>
+        <v>398</v>
       </c>
       <c r="C2" t="s">
-        <v>296</v>
+        <v>399</v>
       </c>
       <c r="D2" t="s">
-        <v>297</v>
+        <v>400</v>
       </c>
       <c r="E2" t="s">
-        <v>298</v>
+        <v>401</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>299</v>
+        <v>402</v>
       </c>
       <c r="H2" t="s">
-        <v>300</v>
+        <v>403</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>294</v>
+        <v>397</v>
       </c>
       <c r="B3" t="s">
-        <v>301</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
-        <v>302</v>
+        <v>405</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>406</v>
       </c>
       <c r="E3" t="s">
-        <v>298</v>
+        <v>407</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>303</v>
+        <v>408</v>
       </c>
       <c r="H3" t="s">
-        <v>304</v>
+        <v>409</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>294</v>
+        <v>397</v>
       </c>
       <c r="B4" t="s">
-        <v>305</v>
+        <v>410</v>
       </c>
       <c r="C4" t="s">
-        <v>306</v>
+        <v>411</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>412</v>
       </c>
       <c r="E4" t="s">
-        <v>307</v>
+        <v>413</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>308</v>
+        <v>414</v>
       </c>
       <c r="H4" t="s">
-        <v>309</v>
+        <v>415</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>294</v>
+        <v>397</v>
       </c>
       <c r="B5" t="s">
-        <v>310</v>
+        <v>416</v>
       </c>
       <c r="C5" t="s">
-        <v>311</v>
+        <v>417</v>
       </c>
       <c r="D5" t="s">
-        <v>312</v>
+        <v>418</v>
       </c>
       <c r="E5" t="s">
-        <v>313</v>
+        <v>419</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>314</v>
+        <v>420</v>
       </c>
       <c r="H5" t="s">
-        <v>315</v>
-[...532 lines deleted...]
-      <c r="H15" t="s">
         <v>421</v>
-      </c>
-[...6384 lines deleted...]
-        <v>1664</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>