--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -51,51 +51,51 @@
     <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
     <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Dossier'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5890" uniqueCount="3704">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5958" uniqueCount="3745">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -152,50 +152,71 @@
   <si>
     <t>Autisme</t>
   </si>
   <si>
     <t>Panorama des principales publications de la HAS sur l'autisme.</t>
   </si>
   <si>
     <t>13/05/2022 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3286288/fr/autisme</t>
   </si>
   <si>
     <t>p_3286288</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>DREAMSTATION BIPAP AUTOSV</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741858/fr/dreamstation-bipap-autosv</t>
+  </si>
+  <si>
+    <t>p_3741858</t>
+  </si>
+  <si>
+    <t>Système de Ventilation Auto-Asservie</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE COMMERCIAL</t>
+  </si>
+  <si>
     <t>SOMNIO</t>
   </si>
   <si>
     <t>15/07/2025 00:00:00</t>
   </si>
   <si>
     <t>25/09/2025 16:38:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643539/fr/somnio</t>
   </si>
   <si>
     <t>p_3643539</t>
   </si>
   <si>
     <t>Thérapie cognitivo-comportementale numérique de l’insomnie</t>
   </si>
   <si>
     <t>RESMED (France)</t>
   </si>
   <si>
     <t>INSPIRE IV</t>
   </si>
   <si>
     <t>01/07/2025 00:00:00</t>
@@ -287,53 +308,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534674/fr/hellobetter-insomnie</t>
   </si>
   <si>
     <t>p_3534674</t>
   </si>
   <si>
     <t>GET.ON INSTITUT FÜR ONLINE GESUNDHEITSTRAININGS GMBH</t>
   </si>
   <si>
     <t>AIRCURVE 11 ASV PACEWAVE</t>
   </si>
   <si>
     <t>21/11/2023 00:00:00</t>
   </si>
   <si>
     <t>28/11/2023 15:26:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3474308/fr/aircurve-11-asv-pacewave</t>
   </si>
   <si>
     <t>p_3474308</t>
   </si>
   <si>
-    <t>Système de Ventilation Auto-Asservie</t>
-[...1 lines deleted...]
-  <si>
     <t>RESMED S.A.S (France)</t>
   </si>
   <si>
     <t>02/05/2023 00:00:00</t>
   </si>
   <si>
     <t>16/05/2023 17:39:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433897/fr/somnodent-avant</t>
   </si>
   <si>
     <t>p_3433897</t>
   </si>
   <si>
     <t>Orthèse d’avancée mandibulaire</t>
   </si>
   <si>
     <t>SOMNOMED France S.A.S (France)</t>
   </si>
   <si>
     <t>DEPREXIS</t>
   </si>
   <si>
     <t>20/09/2022 00:00:00</t>
@@ -941,50 +959,95 @@
   <si>
     <t>ORTHOSOM SAS</t>
   </si>
   <si>
     <t>ORTHESE TYPE O.R.M.</t>
   </si>
   <si>
     <t>15/04/2008 00:00:00</t>
   </si>
   <si>
     <t>15/04/2008 11:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_657701/fr/orthese-type-o-r-m</t>
   </si>
   <si>
     <t>c_657701</t>
   </si>
   <si>
     <t>Laboratoires NARVAL SA France</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Syndrome de Myhre</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Myhre (SMy). Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/10/2025 13:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689386/fr/syndrome-de-myhre</t>
   </si>
   <si>
     <t>p_3689386</t>
   </si>
   <si>
     <t>Syndrome neurodéveloppemental lié à SETD5</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/09/2025 17:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
@@ -1655,80 +1718,80 @@
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Regarder le replay - TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?</t>
   </si>
   <si>
     <t>HAS - Les rendez-vous des bonnes pratiques : regarder en replay le webinaire "TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?"</t>
   </si>
   <si>
     <t>23/09/2024 16:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3542985/fr/regarder-le-replay-tdah-enfants-adolescents-comment-diagnostiquer-et-accompagner</t>
   </si>
   <si>
     <t>p_3542985</t>
   </si>
   <si>
     <t>Événement</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
+    <t>IQSS - e-Satis PSY : Mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte</t>
+  </si>
+  <si>
+    <t>11/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2025 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609631/fr/iqss-e-satis-psy-mesure-de-l-experience-rapportee-par-les-patients-hospitalises-a-temps-plein-en-psychiatrie-adulte</t>
+  </si>
+  <si>
+    <t>p_3609631</t>
+  </si>
+  <si>
     <t>Développement de la mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte (e-Satis PSY)</t>
   </si>
   <si>
     <t>La HAS développe un indicateur de mesure de l’expérience rapportée par les patients adultes hospitalisés à temps plein en psychiatrie. Il est important et légitime pour les patients en psychiatrie, comme pour ceux pris en charge dans les autres champs de la santé, d’exprimer leur point de vue sur la qualité des soins au moyen d’un questionnaire qui permet de compléter la gamme des indicateurs de qualité et de sécurité des soins disponibles dans le champ de la psychiatrie.</t>
   </si>
   <si>
     <t>29/04/2024 14:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3445075/fr/developpement-de-la-mesure-de-l-experience-rapportee-par-les-patients-hospitalises-a-temps-plein-en-psychiatrie-adulte-e-satis-psy</t>
   </si>
   <si>
     <t>p_3445075</t>
   </si>
   <si>
-    <t>IQSS - e-Satis PSY : Mesure de l’expérience rapportée par les patients hospitalisés à temps plein en psychiatrie adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>Les suicides et tentatives de suicide de patients</t>
   </si>
   <si>
     <t>Le suicide d'un patient est considéré comme un événement grave et fréquent au sein des établissements de soins, nécessitant une analyse approfondie. Cette étude vise à identifier les circonstances et les causes de ces événements, à en tirer des enseignements et à proposer des préconisations pour réduire leur survenue.</t>
   </si>
   <si>
     <t>07/06/2022 00:00:00</t>
   </si>
   <si>
     <t>18/09/2022 16:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3597845/fr/les-suicides-et-tentatives-de-suicide-de-patients</t>
   </si>
   <si>
     <t>p_3597845</t>
   </si>
   <si>
     <t>Résultats des IQSS - Dossier patient en santé mentale : périmètre « hospitalisation à temps plein »</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient en santé mentale pour adulte : périmètre « hospitalisation à temps plein »</t>
   </si>
   <si>
     <t>14/12/2023 00:00:00</t>
@@ -2186,50 +2249,68 @@
   <si>
     <t>c_2635050</t>
   </si>
   <si>
     <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
   </si>
   <si>
     <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
   </si>
   <si>
     <t>18/01/2007 00:00:00</t>
   </si>
   <si>
     <t>23/01/2007 12:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
   </si>
   <si>
     <t>c_477515</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont de définir le syndrome d’épuisement professionnel ou burnout, d’améliorer son repérage et sa prise en charge, ainsi que l’accompagnement des patients lors de leur retour au travail. Ces recommandations se limitent au volet clinique du thème : l’action sur le milieu et l’organisation du travail est exclue du champ de ces recommandations. Elle est néanmoins indispensable dans une démarche de prévention du burnout.</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2017 07:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769318/fr/reperage-et-prise-en-charge-cliniques-du-syndrome-d-epuisement-professionnel-ou-burnout</t>
+  </si>
+  <si>
+    <t>c_2769318</t>
+  </si>
+  <si>
     <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
   </si>
   <si>
     <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
   </si>
   <si>
     <t>10/07/2025 00:00:00</t>
   </si>
   <si>
     <t>05/09/2025 14:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
   </si>
   <si>
     <t>p_3643610</t>
   </si>
   <si>
     <t>Repérage et prise en charge des personnes présentant un premier épisode psychotique ou un risque d’évolution vers une psychose – Note de cadrage</t>
   </si>
   <si>
     <t>Dans le cadre de son programme « santé mentale et psychiatrie » 2025-2030, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur le repérage et la prise en charge des personnes présentant un premier épisode psychotique (PEP) ou un haut risque d’évolution vers une psychose (HRP).</t>
   </si>
   <si>
     <t>09/07/2025 00:00:00</t>
@@ -2993,68 +3074,50 @@
   <si>
     <t>12/07/2017 00:00:00</t>
   </si>
   <si>
     <t>29/09/2017 08:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_1760393</t>
   </si>
   <si>
     <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
   </si>
   <si>
     <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
-[...16 lines deleted...]
-  <si>
     <t>Isolement et contention en psychiatrie générale</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à déterminer la place de l’isolement et de la contention en psychiatrie générale. Son objectif est de permettre aux professionnels de santé amenés à recourir éventuellement à ces mesures de dernier recours, d’améliorer et d’harmoniser leurs pratiques, en répondant aux exigences cliniques, éthiques, légales et organisationnelles. La finalité est la sécurité et l’amélioration de la qualité de la prise en charge des patients.</t>
   </si>
   <si>
     <t>22/02/2017 00:00:00</t>
   </si>
   <si>
     <t>20/03/2017 04:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2055362/fr/isolement-et-contention-en-psychiatrie-generale</t>
   </si>
   <si>
     <t>c_2055362</t>
   </si>
   <si>
     <t>Patient avec un trouble bipolaire : repérage et prise en charge initiale en premier recours</t>
   </si>
   <si>
     <t>L’objectif de cette fiche mémo est d’aider les médecins assurant les soins de premier recours à : Améliorer le repérage des patients adultes et adolescents souffrant d’un trouble bipolaire. Améliorer par un repérage précoce la prévention des complications des troubles bipolaires.</t>
   </si>
   <si>
     <t>03/06/2015 00:00:00</t>
@@ -3890,50 +3953,65 @@
   <si>
     <t>10/09/2012 14:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1501551/fr/alzheimer-ou-d-une-maladie-apparentee-faites-le-point-avec-votre-medecin-traitant-document-pour-les-aidants</t>
   </si>
   <si>
     <t>r_1501551</t>
   </si>
   <si>
     <t>Anorexie mentale : documents d'information</t>
   </si>
   <si>
     <t>Qu’est ce qu’un trouble du comportement alimentaire ? comment le repérer ? que faire ? en guérit-on ? Afin d'informer les patients et leur entourage sur les troubles du comportement alimentaire deux brochures d'information ont été réalisées.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1500502/fr/anorexie-mentale-documents-d-information</t>
   </si>
   <si>
     <t>r_1500502</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
+    <t>Apprendre, travailler et profiter de ses loisirs quand on présente un trouble du développement intellectuel</t>
+  </si>
+  <si>
+    <t>Il est primordial, dans l’accompagnement des personnes présentant un trouble du développement intellectuel (TDI), de prendre en compte leurs droits, besoins et préférences. Tel était le message principal porté par la Haute Autorité de santé (HAS) en 2022 dans le premier volet de ses recommandations à destination des professionnels et des proches accompagnant les personnes concernées. La HAS en publie aujourd’hui le second volet, consacré aux différents environnements de vie : la scolarité, le travail et le temps libre. Ces recommandations seront, comme les premières, transcrites en facile à lire et à comprendre (FALC).</t>
+  </si>
+  <si>
+    <t>18/11/2025 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741343/fr/apprendre-travailler-et-profiter-de-ses-loisirs-quand-on-presente-un-trouble-du-developpement-intellectuel</t>
+  </si>
+  <si>
+    <t>p_3741343</t>
+  </si>
+  <si>
     <t>Vers une meilleure collaboration entre la protection de l’enfance et la psychiatrie de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Les enfants qui bénéficient d’une mesure de protection[1],[2] ont à la fois un risque plus important de présenter des troubles psychiques et neurodéveloppementaux et des difficultés d’accès aux soins psychiatriques. Par ailleurs, la continuité de leurs parcours de soins peut ensuite être compromise, entre autres, par manque de coordination entre les acteurs de protection de l’enfance et ceux de la psychiatrie de l’enfant et de l’adolescent. Dans ce contexte, la Haute Autorité de santé (HAS) s’est auto-saisie pour élaborer une recommandation afin de favoriser la coordination entre les acteurs des deux champs concernés. Ce travail s’inscrit dans le cadre de son propre programme « santé mentale et psychiatrie » et dans un contexte où la santé mentale est Grande cause nationale 2025.</t>
   </si>
   <si>
     <t>26/05/2025 11:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3607991/fr/vers-une-meilleure-collaboration-entre-la-protection-de-l-enfance-et-la-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3607991</t>
   </si>
   <si>
     <t>Alcool : un sujet de santé pour les femmes à toutes les étapes de la vie</t>
   </si>
   <si>
     <t>Les modalités de consommation d’alcool des femmes évoluent et tendent à se rapprocher des pratiques masculines. Pourtant, femmes et hommes ne sont pas égaux face à l’alcool. Les complications associées à la consommation sont amplifiées chez les premières. Le tabou qui entoure l’alcool est également accentué vis-à-vis des femmes et les représentations liées au genre conduisent à une sous-évaluation médicale et un défaut d’accompagnement. Après avoir élaboré en 2023 un guide et des outils sur la diminution du risque alcool en population générale, la Haute Autorité de santé (HAS) met à disposition des professionnels de premier recours des ressources pour les sensibiliser aux spécificités de l’exposition des femmes à l’alcool, au-delà des seules périodes de grossesse et de maternité.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592986/fr/alcool-un-sujet-de-sante-pour-les-femmes-a-toutes-les-etapes-de-la-vie</t>
   </si>
   <si>
     <t>p_3592986</t>
@@ -5324,50 +5402,143 @@
   <si>
     <t>Référentiel concernant l’épisode dépressif caractérisé isolé de l’adulte. Le référentiel soumis à l’avis de la HAS comprend : * un document d’aide à la prise en charge de l’épisode dépressif caractérisé, * un document présentant de manière simplifiée les critères diagnostiques de l’épisode dépressif caractérisé l’épisode dépressif caractérisé selon les classifications CIM-10 et DSM-IV.</t>
   </si>
   <si>
     <t>01/09/2010 00:00:00</t>
   </si>
   <si>
     <t>29/09/2010 17:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_986540/fr/avis-de-la-has-sur-le-referentiel-concernant-l-episode-depressif-caracterise-isole-de-l-adulte-saisine-du-3-aout-2010</t>
   </si>
   <si>
     <t>c_986540</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>LIKOZAM (clobazam)</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/fr/likozam-clobazam</t>
+  </si>
+  <si>
+    <t>pprd_2983931</t>
+  </si>
+  <si>
+    <t>clobazam</t>
+  </si>
+  <si>
+    <t>ADVICENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676744/fr/likozam-clobazam-en-suspension-buvable-benzodiazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/fr/likozam-clobazam-epilepsie</t>
+  </si>
+  <si>
+    <t>LORAZEPAM (lorazépam)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457344/fr/lorazepam-lorazepam</t>
+  </si>
+  <si>
+    <t>p_3457344</t>
+  </si>
+  <si>
+    <t>lorazépam</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BIOGARAN / LABORATOIRES DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457064/fr/lorazepam-xilmac-lorazepam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750739/fr/lorazepam-arrow-lorazepam-anxiete</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399333/fr/lorazepam-biogaran-1-mg-comprime-secable-boite-de-50</t>
+  </si>
+  <si>
+    <t>RXULTI (brexpiprazole)</t>
+  </si>
+  <si>
+    <t>28/11/2025 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3767233/fr/rxulti-brexpiprazole</t>
+  </si>
+  <si>
+    <t>p_3767233</t>
+  </si>
+  <si>
+    <t>brexpiprazole</t>
+  </si>
+  <si>
+    <t>OTSUKA PHARMACEUTICAL FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742005/fr/rxulti-brexpiprazole-schizophrenie-chez-les-adultes-et-les-adolescents-ages-de-13-ans-et-plus</t>
+  </si>
+  <si>
+    <t>ADAFLEX (mélatonine)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:06:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742069/fr/adaflex-melatonine</t>
+  </si>
+  <si>
+    <t>p_3742069</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741591/fr/adaflex-melatonine-insomnie</t>
+  </si>
+  <si>
     <t>LEQEMBI (lécanémab) </t>
   </si>
   <si>
     <t>07/11/2025 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644198/fr/leqembi-lecanemab</t>
   </si>
   <si>
     <t>p_3644198</t>
   </si>
   <si>
     <t>lécanémab</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644185/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3702487/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
   </si>
   <si>
     <t>ZURZUVAE (zuranolone)</t>
@@ -5846,71 +6017,50 @@
   <si>
     <t>08/09/2023 11:27:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984728/fr/mogadon-nitrazepam</t>
   </si>
   <si>
     <t>pprd_2984728</t>
   </si>
   <si>
     <t>nitrazépam</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_944495/fr/mogadon-nitrazepam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1756183/fr/mogadon-nitrazepam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459850/fr/mogadon-nitrazepam-insomnie-occasionnelle-ou-transitoire</t>
   </si>
   <si>
-    <t>LORAZEPAM XILMAC (lorazépam)</t>
-[...19 lines deleted...]
-  <si>
     <t>TREVICTA (palmitate de palipéridone)</t>
   </si>
   <si>
     <t>27/07/2023 10:25:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983913/fr/trevicta-palmitate-de-paliperidone</t>
   </si>
   <si>
     <t>pprd_2983913</t>
   </si>
   <si>
     <t>palipéridone (palmitate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2678886/fr/trevicta-paliperidone-antipsychotique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3452869/fr/trevicta-palmitate-de-paliperidone-schizophrenie</t>
   </si>
   <si>
     <t>THERALENE (alimémazine (tartrate d'))</t>
   </si>
   <si>
     <t>29/06/2023 12:46:30</t>
@@ -6017,53 +6167,50 @@
   <si>
     <t>CURIUM PET FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2899212/fr/neuraceq-florbetabene-18f</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3427910/fr/neuraceq-florbetabene-18f-maladie-d-alzheimer</t>
   </si>
   <si>
     <t>MEDIKINET (méthylphénidate (chlorhydrate de))</t>
   </si>
   <si>
     <t>10/03/2023 17:41:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982941/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982941</t>
   </si>
   <si>
     <t>méthylphénidate (chlorhydrate de)</t>
   </si>
   <si>
-    <t>HAC PHARMA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_1334805/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2893478/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3210115/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3419433/fr/medikinet-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
   </si>
   <si>
     <t>CONCERTA LP (méthylphénidate (chlorhydrate de))</t>
   </si>
   <si>
     <t>10/03/2023 17:35:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984462/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984462</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399886/fr/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
@@ -8426,71 +8573,50 @@
   <si>
     <t>14/10/2016 10:47:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983923/fr/xeroquel-lp-quetiapine/-quetiapine-fumarate-de</t>
   </si>
   <si>
     <t>pprd_2983923</t>
   </si>
   <si>
     <t>quétiapine,quétiapine (fumarate de)</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1065592/fr/xeroquel-quetiapine/-quetiapine-fumarate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1241697/fr/xeroquel-quetiapine/-quetiapine-fumarate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676775/fr/xeroquel-lp-quetiapine/-quetiapine-fumarate-de</t>
   </si>
   <si>
-    <t>LIKOZAM (clobazam)</t>
-[...19 lines deleted...]
-  <si>
     <t>HAVLANE (loprazolam (mésilate de) monohydraté)</t>
   </si>
   <si>
     <t>14/10/2016 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983940/fr/havlane-loprazolam-mesilate-de-monohydrate</t>
   </si>
   <si>
     <t>pprd_2983940</t>
   </si>
   <si>
     <t>loprazolam (mésilate de) monohydraté</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_486399/fr/havlane-loprazolam-mesilate-de-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1756176/fr/havlane-loprazolam-mesilate-de-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676702/fr/havlane-loprazolam-mesilate-de-monohydrate</t>
   </si>
   <si>
     <t>VICTAN (ioflazépate d'éthyle)</t>
@@ -10341,53 +10467,50 @@
     <t>https://www.has-sante.fr/jcms/pprd_2985205/fr/strattera-atomoxetine</t>
   </si>
   <si>
     <t>pprd_2985205</t>
   </si>
   <si>
     <t>atomoxétine</t>
   </si>
   <si>
     <t>Laboratoire LILLY FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1025881/fr/strattera-atomoxetine</t>
   </si>
   <si>
     <t>CIRCADIN (mélatonine)</t>
   </si>
   <si>
     <t>06/02/2013 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985264/fr/circadin-melatonine</t>
   </si>
   <si>
     <t>pprd_2985264</t>
-  </si>
-[...1 lines deleted...]
-    <t>mélatonine</t>
   </si>
   <si>
     <t>Laboratoires Lundbeck</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_967008/fr/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-adulte-melatonine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_967446/fr/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-enfant-melatonine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_727179/fr/circadin-melatonine-lp-hypnotique</t>
   </si>
   <si>
     <t>SUBOXONE (buprénorphine (chlorhydrate de)/ naloxone (chlorhydrate de) dihydraté)</t>
   </si>
   <si>
     <t>10/09/2015 14:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985388/fr/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
   </si>
   <si>
     <t>pprd_2985388</t>
   </si>
@@ -11391,12609 +11514,12717 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B2" t="s">
-        <v>1230</v>
+        <v>1251</v>
       </c>
       <c r="C2" t="s">
-        <v>1231</v>
+        <v>1252</v>
       </c>
       <c r="D2" t="s">
-        <v>754</v>
+        <v>781</v>
       </c>
       <c r="E2" t="s">
-        <v>1232</v>
+        <v>1253</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1233</v>
+        <v>1254</v>
       </c>
       <c r="H2" t="s">
-        <v>1234</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B3" t="s">
-        <v>1235</v>
+        <v>1256</v>
       </c>
       <c r="C3" t="s">
-        <v>1236</v>
+        <v>1257</v>
       </c>
       <c r="D3" t="s">
-        <v>1237</v>
+        <v>1258</v>
       </c>
       <c r="E3" t="s">
-        <v>1238</v>
+        <v>1259</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1239</v>
+        <v>1260</v>
       </c>
       <c r="H3" t="s">
-        <v>1240</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B4" t="s">
-        <v>1241</v>
+        <v>1262</v>
       </c>
       <c r="C4" t="s">
-        <v>1242</v>
+        <v>1263</v>
       </c>
       <c r="D4" t="s">
-        <v>754</v>
+        <v>781</v>
       </c>
       <c r="E4" t="s">
-        <v>1243</v>
+        <v>1264</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1244</v>
+        <v>1265</v>
       </c>
       <c r="H4" t="s">
-        <v>1245</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B5" t="s">
-        <v>1246</v>
+        <v>1267</v>
       </c>
       <c r="C5" t="s">
-        <v>1247</v>
+        <v>1268</v>
       </c>
       <c r="D5" t="s">
-        <v>1248</v>
+        <v>1269</v>
       </c>
       <c r="E5" t="s">
-        <v>1249</v>
+        <v>1270</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1250</v>
+        <v>1271</v>
       </c>
       <c r="H5" t="s">
-        <v>1251</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B6" t="s">
-        <v>1252</v>
+        <v>1273</v>
       </c>
       <c r="C6" t="s">
-        <v>1253</v>
+        <v>1274</v>
       </c>
       <c r="D6" t="s">
-        <v>1254</v>
+        <v>1275</v>
       </c>
       <c r="E6" t="s">
-        <v>1255</v>
+        <v>1276</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1256</v>
+        <v>1277</v>
       </c>
       <c r="H6" t="s">
-        <v>1257</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B7" t="s">
-        <v>1258</v>
+        <v>1279</v>
       </c>
       <c r="C7" t="s">
-        <v>1259</v>
+        <v>1280</v>
       </c>
       <c r="D7" t="s">
-        <v>1260</v>
+        <v>1281</v>
       </c>
       <c r="E7" t="s">
-        <v>1261</v>
+        <v>1282</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1262</v>
+        <v>1283</v>
       </c>
       <c r="H7" t="s">
-        <v>1263</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B8" t="s">
-        <v>613</v>
+        <v>634</v>
       </c>
       <c r="C8" t="s">
-        <v>1264</v>
+        <v>1285</v>
       </c>
       <c r="D8" t="s">
-        <v>1265</v>
+        <v>1286</v>
       </c>
       <c r="E8" t="s">
-        <v>1266</v>
+        <v>1287</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1267</v>
+        <v>1288</v>
       </c>
       <c r="H8" t="s">
-        <v>1268</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B9" t="s">
-        <v>1269</v>
+        <v>1290</v>
       </c>
       <c r="C9" t="s">
-        <v>1270</v>
+        <v>1291</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1271</v>
+        <v>1292</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1272</v>
+        <v>1293</v>
       </c>
       <c r="H9" t="s">
-        <v>1273</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B10" t="s">
-        <v>1274</v>
+        <v>1295</v>
       </c>
       <c r="C10" t="s">
-        <v>1275</v>
+        <v>1296</v>
       </c>
       <c r="D10" t="s">
-        <v>1112</v>
+        <v>1133</v>
       </c>
       <c r="E10" t="s">
-        <v>1112</v>
+        <v>1133</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1276</v>
+        <v>1297</v>
       </c>
       <c r="H10" t="s">
-        <v>1277</v>
+        <v>1298</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H69"/>
+  <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B2" t="s">
-        <v>1279</v>
+        <v>1300</v>
       </c>
       <c r="C2" t="s">
-        <v>1280</v>
+        <v>1301</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1281</v>
+        <v>1302</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1282</v>
+        <v>1303</v>
       </c>
       <c r="H2" t="s">
-        <v>1283</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B3" t="s">
-        <v>1284</v>
+        <v>1305</v>
       </c>
       <c r="C3" t="s">
-        <v>1285</v>
+        <v>1306</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>590</v>
+        <v>1307</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1286</v>
+        <v>1308</v>
       </c>
       <c r="H3" t="s">
-        <v>1287</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B4" t="s">
-        <v>1288</v>
+        <v>1310</v>
       </c>
       <c r="C4" t="s">
-        <v>1289</v>
+        <v>1311</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1290</v>
+        <v>611</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1291</v>
+        <v>1312</v>
       </c>
       <c r="H4" t="s">
-        <v>1292</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B5" t="s">
-        <v>1293</v>
+        <v>1314</v>
       </c>
       <c r="C5" t="s">
-        <v>1294</v>
+        <v>1315</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1295</v>
+        <v>1316</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1296</v>
+        <v>1317</v>
       </c>
       <c r="H5" t="s">
-        <v>1297</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B6" t="s">
-        <v>1298</v>
+        <v>1319</v>
       </c>
       <c r="C6" t="s">
-        <v>1299</v>
+        <v>1320</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1300</v>
+        <v>1321</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1301</v>
+        <v>1322</v>
       </c>
       <c r="H6" t="s">
-        <v>1302</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B7" t="s">
-        <v>1303</v>
+        <v>1324</v>
       </c>
       <c r="C7" t="s">
-        <v>1304</v>
+        <v>1325</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1305</v>
+        <v>1326</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1306</v>
+        <v>1327</v>
       </c>
       <c r="H7" t="s">
-        <v>1307</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B8" t="s">
-        <v>1308</v>
+        <v>1329</v>
       </c>
       <c r="C8" t="s">
-        <v>1309</v>
+        <v>1330</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1310</v>
+        <v>1331</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1311</v>
+        <v>1332</v>
       </c>
       <c r="H8" t="s">
-        <v>1312</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B9" t="s">
-        <v>1313</v>
+        <v>1334</v>
       </c>
       <c r="C9" t="s">
-        <v>1314</v>
+        <v>1335</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1315</v>
+        <v>1336</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1316</v>
+        <v>1337</v>
       </c>
       <c r="H9" t="s">
-        <v>1317</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B10" t="s">
-        <v>1318</v>
+        <v>1339</v>
       </c>
       <c r="C10" t="s">
-        <v>1319</v>
+        <v>1340</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1320</v>
+        <v>1341</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1321</v>
+        <v>1342</v>
       </c>
       <c r="H10" t="s">
-        <v>1322</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B11" t="s">
-        <v>1323</v>
+        <v>1344</v>
       </c>
       <c r="C11" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>788</v>
+        <v>1346</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1325</v>
+        <v>1347</v>
       </c>
       <c r="H11" t="s">
-        <v>1326</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B12" t="s">
-        <v>1327</v>
+        <v>1349</v>
       </c>
       <c r="C12" t="s">
-        <v>1328</v>
+        <v>1350</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1329</v>
+        <v>815</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1330</v>
+        <v>1351</v>
       </c>
       <c r="H12" t="s">
-        <v>1331</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B13" t="s">
-        <v>1332</v>
+        <v>1353</v>
       </c>
       <c r="C13" t="s">
-        <v>1333</v>
+        <v>1354</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>605</v>
+        <v>1355</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1334</v>
+        <v>1356</v>
       </c>
       <c r="H13" t="s">
-        <v>1335</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B14" t="s">
-        <v>1336</v>
+        <v>1358</v>
       </c>
       <c r="C14" t="s">
-        <v>1337</v>
+        <v>1359</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>610</v>
+        <v>626</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1338</v>
+        <v>1360</v>
       </c>
       <c r="H14" t="s">
-        <v>1339</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B15" t="s">
-        <v>1340</v>
+        <v>1362</v>
       </c>
       <c r="C15" t="s">
-        <v>1341</v>
+        <v>1363</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1342</v>
+        <v>631</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1343</v>
+        <v>1364</v>
       </c>
       <c r="H15" t="s">
-        <v>1344</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B16" t="s">
-        <v>1345</v>
+        <v>1366</v>
       </c>
       <c r="C16" t="s">
-        <v>1346</v>
+        <v>1367</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>818</v>
+        <v>1368</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1347</v>
+        <v>1369</v>
       </c>
       <c r="H16" t="s">
-        <v>1348</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B17" t="s">
-        <v>1349</v>
+        <v>1371</v>
       </c>
       <c r="C17" t="s">
-        <v>1350</v>
+        <v>1372</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1351</v>
+        <v>845</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1352</v>
+        <v>1373</v>
       </c>
       <c r="H17" t="s">
-        <v>1353</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B18" t="s">
-        <v>1354</v>
+        <v>1375</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>1376</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>635</v>
+        <v>1377</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1355</v>
+        <v>1378</v>
       </c>
       <c r="H18" t="s">
-        <v>1356</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B19" t="s">
-        <v>1357</v>
+        <v>1380</v>
       </c>
       <c r="C19" t="s">
-        <v>1358</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>1359</v>
+        <v>656</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1360</v>
+        <v>1381</v>
       </c>
       <c r="H19" t="s">
-        <v>1361</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B20" t="s">
-        <v>1362</v>
+        <v>1383</v>
       </c>
       <c r="C20" t="s">
-        <v>1363</v>
+        <v>1384</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>1364</v>
+        <v>1385</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1365</v>
+        <v>1386</v>
       </c>
       <c r="H20" t="s">
-        <v>1366</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B21" t="s">
-        <v>1367</v>
+        <v>1388</v>
       </c>
       <c r="C21" t="s">
-        <v>1368</v>
+        <v>1389</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>1369</v>
+        <v>1390</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1370</v>
+        <v>1391</v>
       </c>
       <c r="H21" t="s">
-        <v>1371</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B22" t="s">
-        <v>1372</v>
+        <v>1393</v>
       </c>
       <c r="C22" t="s">
-        <v>1373</v>
+        <v>1394</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>640</v>
+        <v>1395</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1374</v>
+        <v>1396</v>
       </c>
       <c r="H22" t="s">
-        <v>1375</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B23" t="s">
-        <v>1376</v>
+        <v>1398</v>
       </c>
       <c r="C23" t="s">
-        <v>1377</v>
+        <v>1399</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>640</v>
+        <v>661</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1378</v>
+        <v>1400</v>
       </c>
       <c r="H23" t="s">
-        <v>1379</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B24" t="s">
-        <v>1380</v>
+        <v>1402</v>
       </c>
       <c r="C24" t="s">
-        <v>1381</v>
+        <v>1403</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>502</v>
+        <v>661</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1382</v>
+        <v>1404</v>
       </c>
       <c r="H24" t="s">
-        <v>1383</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B25" t="s">
-        <v>1384</v>
+        <v>1406</v>
       </c>
       <c r="C25" t="s">
-        <v>1385</v>
+        <v>1407</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>961</v>
+        <v>523</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1386</v>
+        <v>1408</v>
       </c>
       <c r="H25" t="s">
-        <v>1387</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B26" t="s">
-        <v>1388</v>
+        <v>1410</v>
       </c>
       <c r="C26" t="s">
-        <v>1389</v>
+        <v>1411</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>961</v>
+        <v>988</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1390</v>
+        <v>1412</v>
       </c>
       <c r="H26" t="s">
-        <v>1391</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B27" t="s">
-        <v>1392</v>
+        <v>1414</v>
       </c>
       <c r="C27" t="s">
-        <v>1393</v>
+        <v>1415</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1394</v>
+        <v>988</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1395</v>
+        <v>1416</v>
       </c>
       <c r="H27" t="s">
-        <v>1396</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B28" t="s">
-        <v>1397</v>
+        <v>1418</v>
       </c>
       <c r="C28" t="s">
-        <v>1398</v>
+        <v>1419</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1399</v>
+        <v>1420</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1400</v>
+        <v>1421</v>
       </c>
       <c r="H28" t="s">
-        <v>1401</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B29" t="s">
-        <v>1402</v>
+        <v>1423</v>
       </c>
       <c r="C29" t="s">
-        <v>1403</v>
+        <v>1424</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>967</v>
+        <v>1425</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1404</v>
+        <v>1426</v>
       </c>
       <c r="H29" t="s">
-        <v>1405</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B30" t="s">
-        <v>1406</v>
+        <v>1428</v>
       </c>
       <c r="C30" t="s">
-        <v>1407</v>
+        <v>1429</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>973</v>
+        <v>994</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1408</v>
+        <v>1430</v>
       </c>
       <c r="H30" t="s">
-        <v>1409</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B31" t="s">
-        <v>1410</v>
+        <v>1432</v>
       </c>
       <c r="C31" t="s">
-        <v>1411</v>
+        <v>1433</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>983</v>
+        <v>1000</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1412</v>
+        <v>1434</v>
       </c>
       <c r="H31" t="s">
-        <v>1413</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B32" t="s">
-        <v>1414</v>
+        <v>1436</v>
       </c>
       <c r="C32" t="s">
-        <v>1415</v>
+        <v>1437</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>989</v>
+        <v>735</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1416</v>
+        <v>1438</v>
       </c>
       <c r="H32" t="s">
-        <v>1417</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B33" t="s">
-        <v>1418</v>
+        <v>1440</v>
       </c>
       <c r="C33" t="s">
-        <v>1419</v>
+        <v>1441</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>1420</v>
+        <v>1010</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1421</v>
+        <v>1442</v>
       </c>
       <c r="H33" t="s">
-        <v>1422</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B34" t="s">
-        <v>1423</v>
+        <v>1444</v>
       </c>
       <c r="C34" t="s">
-        <v>1424</v>
+        <v>1445</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>1425</v>
+        <v>1446</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1426</v>
+        <v>1447</v>
       </c>
       <c r="H34" t="s">
-        <v>1427</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B35" t="s">
-        <v>1428</v>
+        <v>1449</v>
       </c>
       <c r="C35" t="s">
-        <v>1429</v>
+        <v>1450</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>1430</v>
+        <v>1451</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1431</v>
+        <v>1452</v>
       </c>
       <c r="H35" t="s">
-        <v>1432</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B36" t="s">
-        <v>1433</v>
+        <v>1454</v>
       </c>
       <c r="C36" t="s">
-        <v>1434</v>
+        <v>1455</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>1435</v>
+        <v>1456</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1436</v>
+        <v>1457</v>
       </c>
       <c r="H36" t="s">
-        <v>1437</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B37" t="s">
-        <v>1438</v>
+        <v>1459</v>
       </c>
       <c r="C37" t="s">
-        <v>1439</v>
+        <v>1460</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>1006</v>
+        <v>1461</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1440</v>
+        <v>1462</v>
       </c>
       <c r="H37" t="s">
-        <v>1441</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B38" t="s">
-        <v>1442</v>
+        <v>1464</v>
       </c>
       <c r="C38" t="s">
-        <v>1443</v>
+        <v>1465</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>1444</v>
+        <v>1027</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1445</v>
+        <v>1466</v>
       </c>
       <c r="H38" t="s">
-        <v>1446</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B39" t="s">
-        <v>1447</v>
+        <v>1468</v>
       </c>
       <c r="C39" t="s">
-        <v>1448</v>
+        <v>1469</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>1449</v>
+        <v>1470</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1450</v>
+        <v>1471</v>
       </c>
       <c r="H39" t="s">
-        <v>1451</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B40" t="s">
-        <v>1452</v>
+        <v>1473</v>
       </c>
       <c r="C40" t="s">
-        <v>1453</v>
+        <v>1474</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>1454</v>
+        <v>1475</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1455</v>
+        <v>1476</v>
       </c>
       <c r="H40" t="s">
-        <v>1456</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B41" t="s">
-        <v>1457</v>
+        <v>1478</v>
       </c>
       <c r="C41" t="s">
-        <v>1458</v>
+        <v>1479</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>1459</v>
+        <v>1480</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1460</v>
+        <v>1481</v>
       </c>
       <c r="H41" t="s">
-        <v>1461</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B42" t="s">
-        <v>1462</v>
+        <v>1483</v>
       </c>
       <c r="C42" t="s">
-        <v>1463</v>
+        <v>1484</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>1030</v>
+        <v>1485</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1464</v>
+        <v>1486</v>
       </c>
       <c r="H42" t="s">
-        <v>1465</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B43" t="s">
-        <v>1466</v>
+        <v>1488</v>
       </c>
       <c r="C43" t="s">
-        <v>1467</v>
+        <v>1489</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>1468</v>
+        <v>1051</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1469</v>
+        <v>1490</v>
       </c>
       <c r="H43" t="s">
-        <v>1470</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B44" t="s">
-        <v>1471</v>
+        <v>1492</v>
       </c>
       <c r="C44" t="s">
-        <v>1472</v>
+        <v>1493</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>1473</v>
+        <v>1494</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1474</v>
+        <v>1495</v>
       </c>
       <c r="H44" t="s">
-        <v>1475</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B45" t="s">
-        <v>1476</v>
+        <v>1497</v>
       </c>
       <c r="C45" t="s">
-        <v>1477</v>
+        <v>1498</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>1478</v>
+        <v>1499</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1479</v>
+        <v>1500</v>
       </c>
       <c r="H45" t="s">
-        <v>1480</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B46" t="s">
-        <v>1481</v>
+        <v>1502</v>
       </c>
       <c r="C46" t="s">
-        <v>1482</v>
+        <v>1503</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>1483</v>
+        <v>1504</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1484</v>
+        <v>1505</v>
       </c>
       <c r="H46" t="s">
-        <v>1485</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B47" t="s">
-        <v>1486</v>
+        <v>1507</v>
       </c>
       <c r="C47" t="s">
-        <v>1487</v>
+        <v>1508</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>1488</v>
+        <v>1509</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1489</v>
+        <v>1510</v>
       </c>
       <c r="H47" t="s">
-        <v>1490</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B48" t="s">
-        <v>1491</v>
+        <v>1512</v>
       </c>
       <c r="C48" t="s">
-        <v>1492</v>
+        <v>1513</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>1493</v>
+        <v>1514</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1494</v>
+        <v>1515</v>
       </c>
       <c r="H48" t="s">
-        <v>1495</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B49" t="s">
-        <v>1496</v>
+        <v>1517</v>
       </c>
       <c r="C49" t="s">
-        <v>1497</v>
+        <v>1518</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>1498</v>
+        <v>1519</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1499</v>
+        <v>1520</v>
       </c>
       <c r="H49" t="s">
-        <v>1500</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B50" t="s">
-        <v>1501</v>
+        <v>1522</v>
       </c>
       <c r="C50" t="s">
-        <v>1502</v>
+        <v>1523</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>1503</v>
+        <v>1524</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1504</v>
+        <v>1525</v>
       </c>
       <c r="H50" t="s">
-        <v>1505</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B51" t="s">
-        <v>1506</v>
+        <v>1527</v>
       </c>
       <c r="C51" t="s">
-        <v>1507</v>
+        <v>1528</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>1508</v>
+        <v>1529</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1509</v>
+        <v>1530</v>
       </c>
       <c r="H51" t="s">
-        <v>1510</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B52" t="s">
-        <v>1511</v>
+        <v>1532</v>
       </c>
       <c r="C52" t="s">
-        <v>1512</v>
+        <v>1533</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>1513</v>
+        <v>1534</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1514</v>
+        <v>1535</v>
       </c>
       <c r="H52" t="s">
-        <v>1515</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B53" t="s">
-        <v>1516</v>
+        <v>1537</v>
       </c>
       <c r="C53" t="s">
-        <v>1517</v>
+        <v>1538</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>1518</v>
+        <v>1539</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1519</v>
+        <v>1540</v>
       </c>
       <c r="H53" t="s">
-        <v>1520</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B54" t="s">
-        <v>1521</v>
+        <v>1542</v>
       </c>
       <c r="C54" t="s">
-        <v>1522</v>
+        <v>1543</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>1523</v>
+        <v>1544</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1524</v>
+        <v>1545</v>
       </c>
       <c r="H54" t="s">
-        <v>1525</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B55" t="s">
-        <v>1526</v>
+        <v>1547</v>
       </c>
       <c r="C55" t="s">
-        <v>1527</v>
+        <v>1548</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>1528</v>
+        <v>1549</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1529</v>
+        <v>1550</v>
       </c>
       <c r="H55" t="s">
-        <v>1530</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B56" t="s">
-        <v>1531</v>
+        <v>1552</v>
       </c>
       <c r="C56" t="s">
-        <v>1532</v>
+        <v>1553</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>1119</v>
+        <v>1554</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1533</v>
+        <v>1555</v>
       </c>
       <c r="H56" t="s">
-        <v>1534</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B57" t="s">
-        <v>1535</v>
+        <v>1557</v>
       </c>
       <c r="C57" t="s">
-        <v>1536</v>
+        <v>1558</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>1537</v>
+        <v>1140</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1538</v>
+        <v>1559</v>
       </c>
       <c r="H57" t="s">
-        <v>1539</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B58" t="s">
-        <v>1540</v>
+        <v>1561</v>
       </c>
       <c r="C58" t="s">
-        <v>1541</v>
+        <v>1562</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>1542</v>
+        <v>1563</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1543</v>
+        <v>1564</v>
       </c>
       <c r="H58" t="s">
-        <v>1544</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B59" t="s">
-        <v>1545</v>
+        <v>1566</v>
       </c>
       <c r="C59" t="s">
-        <v>1546</v>
+        <v>1567</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>1125</v>
+        <v>1568</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1547</v>
+        <v>1569</v>
       </c>
       <c r="H59" t="s">
-        <v>1548</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B60" t="s">
-        <v>1549</v>
+        <v>1571</v>
       </c>
       <c r="C60" t="s">
-        <v>1550</v>
+        <v>1572</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>1551</v>
+        <v>1146</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1552</v>
+        <v>1573</v>
       </c>
       <c r="H60" t="s">
-        <v>1553</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B61" t="s">
-        <v>1554</v>
+        <v>1575</v>
       </c>
       <c r="C61" t="s">
-        <v>1555</v>
+        <v>1576</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>1556</v>
+        <v>1577</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1557</v>
+        <v>1578</v>
       </c>
       <c r="H61" t="s">
-        <v>1558</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B62" t="s">
-        <v>1559</v>
+        <v>1580</v>
       </c>
       <c r="C62" t="s">
-        <v>1560</v>
+        <v>1581</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>1561</v>
+        <v>1582</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1562</v>
+        <v>1583</v>
       </c>
       <c r="H62" t="s">
-        <v>1563</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B63" t="s">
-        <v>1564</v>
+        <v>1585</v>
       </c>
       <c r="C63" t="s">
-        <v>1565</v>
+        <v>1586</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>1566</v>
+        <v>1587</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1567</v>
+        <v>1588</v>
       </c>
       <c r="H63" t="s">
-        <v>1568</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B64" t="s">
-        <v>1569</v>
+        <v>1590</v>
       </c>
       <c r="C64" t="s">
-        <v>11</v>
+        <v>1591</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>1570</v>
+        <v>1592</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1571</v>
+        <v>1593</v>
       </c>
       <c r="H64" t="s">
-        <v>1572</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B65" t="s">
-        <v>1573</v>
+        <v>1595</v>
       </c>
       <c r="C65" t="s">
-        <v>1574</v>
+        <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>1575</v>
+        <v>1596</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1576</v>
+        <v>1597</v>
       </c>
       <c r="H65" t="s">
-        <v>1577</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B66" t="s">
-        <v>1578</v>
+        <v>1599</v>
       </c>
       <c r="C66" t="s">
-        <v>1579</v>
+        <v>1600</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>1580</v>
+        <v>1601</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1581</v>
+        <v>1602</v>
       </c>
       <c r="H66" t="s">
-        <v>1582</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B67" t="s">
-        <v>1583</v>
+        <v>1604</v>
       </c>
       <c r="C67" t="s">
-        <v>11</v>
+        <v>1605</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>1584</v>
+        <v>1606</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1585</v>
+        <v>1607</v>
       </c>
       <c r="H67" t="s">
-        <v>1586</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B68" t="s">
-        <v>1587</v>
+        <v>1609</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>1588</v>
+        <v>1610</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1589</v>
+        <v>1611</v>
       </c>
       <c r="H68" t="s">
-        <v>1590</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1278</v>
+        <v>1299</v>
       </c>
       <c r="B69" t="s">
-        <v>1223</v>
+        <v>1613</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>1591</v>
+        <v>1614</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1592</v>
+        <v>1615</v>
       </c>
       <c r="H69" t="s">
-        <v>1593</v>
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C70" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1619</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B2" t="s">
-        <v>1595</v>
+        <v>1621</v>
       </c>
       <c r="C2" t="s">
-        <v>1596</v>
+        <v>1622</v>
       </c>
       <c r="D2" t="s">
-        <v>1597</v>
+        <v>1623</v>
       </c>
       <c r="E2" t="s">
-        <v>1598</v>
+        <v>1624</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1599</v>
+        <v>1625</v>
       </c>
       <c r="H2" t="s">
-        <v>1600</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B3" t="s">
-        <v>1601</v>
+        <v>1627</v>
       </c>
       <c r="C3" t="s">
-        <v>1602</v>
+        <v>1628</v>
       </c>
       <c r="D3" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="E3" t="s">
-        <v>1603</v>
+        <v>1629</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1604</v>
+        <v>1630</v>
       </c>
       <c r="H3" t="s">
-        <v>1605</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B4" t="s">
-        <v>1606</v>
+        <v>1632</v>
       </c>
       <c r="C4" t="s">
-        <v>1607</v>
+        <v>1633</v>
       </c>
       <c r="D4" t="s">
-        <v>1597</v>
+        <v>1623</v>
       </c>
       <c r="E4" t="s">
-        <v>1608</v>
+        <v>1634</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1609</v>
+        <v>1635</v>
       </c>
       <c r="H4" t="s">
-        <v>1610</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B5" t="s">
-        <v>1611</v>
+        <v>1637</v>
       </c>
       <c r="C5" t="s">
-        <v>1612</v>
+        <v>1638</v>
       </c>
       <c r="D5" t="s">
-        <v>1613</v>
+        <v>1639</v>
       </c>
       <c r="E5" t="s">
-        <v>1614</v>
+        <v>1640</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1615</v>
+        <v>1641</v>
       </c>
       <c r="H5" t="s">
-        <v>1616</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B6" t="s">
-        <v>1617</v>
+        <v>1643</v>
       </c>
       <c r="C6" t="s">
-        <v>1618</v>
+        <v>1644</v>
       </c>
       <c r="D6" t="s">
-        <v>1619</v>
+        <v>1645</v>
       </c>
       <c r="E6" t="s">
-        <v>1620</v>
+        <v>1646</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1621</v>
+        <v>1647</v>
       </c>
       <c r="H6" t="s">
-        <v>1622</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B7" t="s">
-        <v>1623</v>
+        <v>1649</v>
       </c>
       <c r="C7" t="s">
-        <v>1624</v>
+        <v>1650</v>
       </c>
       <c r="D7" t="s">
-        <v>1625</v>
+        <v>1651</v>
       </c>
       <c r="E7" t="s">
-        <v>1626</v>
+        <v>1652</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1627</v>
+        <v>1653</v>
       </c>
       <c r="H7" t="s">
-        <v>1628</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B8" t="s">
-        <v>1629</v>
+        <v>1655</v>
       </c>
       <c r="C8" t="s">
-        <v>1630</v>
+        <v>1656</v>
       </c>
       <c r="D8" t="s">
-        <v>1631</v>
+        <v>1657</v>
       </c>
       <c r="E8" t="s">
-        <v>1632</v>
+        <v>1658</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1633</v>
+        <v>1659</v>
       </c>
       <c r="H8" t="s">
-        <v>1634</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B9" t="s">
-        <v>1635</v>
+        <v>1661</v>
       </c>
       <c r="C9" t="s">
-        <v>1636</v>
+        <v>1662</v>
       </c>
       <c r="D9" t="s">
-        <v>1637</v>
+        <v>1663</v>
       </c>
       <c r="E9" t="s">
-        <v>1638</v>
+        <v>1664</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1639</v>
+        <v>1665</v>
       </c>
       <c r="H9" t="s">
-        <v>1640</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B10" t="s">
-        <v>1641</v>
+        <v>1667</v>
       </c>
       <c r="C10" t="s">
-        <v>1642</v>
+        <v>1668</v>
       </c>
       <c r="D10" t="s">
-        <v>1643</v>
+        <v>1669</v>
       </c>
       <c r="E10" t="s">
-        <v>1644</v>
+        <v>1670</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1645</v>
+        <v>1671</v>
       </c>
       <c r="H10" t="s">
-        <v>1646</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B11" t="s">
-        <v>1647</v>
+        <v>1673</v>
       </c>
       <c r="C11" t="s">
-        <v>1648</v>
+        <v>1674</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1649</v>
+        <v>1675</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1650</v>
+        <v>1676</v>
       </c>
       <c r="H11" t="s">
-        <v>1651</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B12" t="s">
-        <v>1652</v>
+        <v>1678</v>
       </c>
       <c r="C12" t="s">
-        <v>1653</v>
+        <v>1679</v>
       </c>
       <c r="D12" t="s">
-        <v>1654</v>
+        <v>1680</v>
       </c>
       <c r="E12" t="s">
-        <v>1655</v>
+        <v>1681</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1656</v>
+        <v>1682</v>
       </c>
       <c r="H12" t="s">
-        <v>1657</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B13" t="s">
-        <v>1658</v>
+        <v>1684</v>
       </c>
       <c r="C13" t="s">
-        <v>1659</v>
+        <v>1685</v>
       </c>
       <c r="D13" t="s">
-        <v>1029</v>
+        <v>1050</v>
       </c>
       <c r="E13" t="s">
-        <v>1660</v>
+        <v>1686</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1661</v>
+        <v>1687</v>
       </c>
       <c r="H13" t="s">
-        <v>1662</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B14" t="s">
-        <v>1663</v>
+        <v>1689</v>
       </c>
       <c r="C14" t="s">
-        <v>1664</v>
+        <v>1690</v>
       </c>
       <c r="D14" t="s">
-        <v>1665</v>
+        <v>1691</v>
       </c>
       <c r="E14" t="s">
-        <v>1042</v>
+        <v>1063</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1666</v>
+        <v>1692</v>
       </c>
       <c r="H14" t="s">
-        <v>1667</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B15" t="s">
-        <v>1668</v>
+        <v>1694</v>
       </c>
       <c r="C15" t="s">
-        <v>1669</v>
+        <v>1695</v>
       </c>
       <c r="D15" t="s">
-        <v>1670</v>
+        <v>1696</v>
       </c>
       <c r="E15" t="s">
-        <v>1671</v>
+        <v>1697</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1672</v>
+        <v>1698</v>
       </c>
       <c r="H15" t="s">
-        <v>1673</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B16" t="s">
-        <v>1674</v>
+        <v>1700</v>
       </c>
       <c r="C16" t="s">
-        <v>1675</v>
+        <v>1701</v>
       </c>
       <c r="D16" t="s">
-        <v>1676</v>
+        <v>1702</v>
       </c>
       <c r="E16" t="s">
-        <v>1677</v>
+        <v>1703</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1678</v>
+        <v>1704</v>
       </c>
       <c r="H16" t="s">
-        <v>1679</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1594</v>
+        <v>1620</v>
       </c>
       <c r="B17" t="s">
-        <v>1680</v>
+        <v>1706</v>
       </c>
       <c r="C17" t="s">
-        <v>1681</v>
+        <v>1707</v>
       </c>
       <c r="D17" t="s">
-        <v>1682</v>
+        <v>1708</v>
       </c>
       <c r="E17" t="s">
-        <v>1551</v>
+        <v>1577</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1683</v>
+        <v>1709</v>
       </c>
       <c r="H17" t="s">
-        <v>1684</v>
+        <v>1710</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B2" t="s">
-        <v>1686</v>
+        <v>1712</v>
       </c>
       <c r="C2" t="s">
-        <v>1687</v>
+        <v>1713</v>
       </c>
       <c r="D2" t="s">
-        <v>1688</v>
+        <v>1714</v>
       </c>
       <c r="E2" t="s">
-        <v>1620</v>
+        <v>1646</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1689</v>
+        <v>1715</v>
       </c>
       <c r="H2" t="s">
-        <v>1690</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B3" t="s">
-        <v>1691</v>
+        <v>1717</v>
       </c>
       <c r="C3" t="s">
-        <v>1692</v>
+        <v>1718</v>
       </c>
       <c r="D3" t="s">
-        <v>1693</v>
+        <v>1719</v>
       </c>
       <c r="E3" t="s">
-        <v>1694</v>
+        <v>1720</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1695</v>
+        <v>1721</v>
       </c>
       <c r="H3" t="s">
-        <v>1696</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B4" t="s">
-        <v>1697</v>
+        <v>1723</v>
       </c>
       <c r="C4" t="s">
-        <v>1698</v>
+        <v>1724</v>
       </c>
       <c r="D4" t="s">
-        <v>1693</v>
+        <v>1719</v>
       </c>
       <c r="E4" t="s">
-        <v>1694</v>
+        <v>1720</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1699</v>
+        <v>1725</v>
       </c>
       <c r="H4" t="s">
-        <v>1700</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B5" t="s">
-        <v>1701</v>
+        <v>1727</v>
       </c>
       <c r="C5" t="s">
-        <v>1687</v>
+        <v>1713</v>
       </c>
       <c r="D5" t="s">
-        <v>1702</v>
+        <v>1728</v>
       </c>
       <c r="E5" t="s">
-        <v>1703</v>
+        <v>1729</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1704</v>
+        <v>1730</v>
       </c>
       <c r="H5" t="s">
-        <v>1705</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B6" t="s">
-        <v>1706</v>
+        <v>1732</v>
       </c>
       <c r="C6" t="s">
-        <v>1707</v>
+        <v>1733</v>
       </c>
       <c r="D6" t="s">
-        <v>1708</v>
+        <v>1734</v>
       </c>
       <c r="E6" t="s">
-        <v>1709</v>
+        <v>1735</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1710</v>
+        <v>1736</v>
       </c>
       <c r="H6" t="s">
-        <v>1711</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B7" t="s">
-        <v>1712</v>
+        <v>1738</v>
       </c>
       <c r="C7" t="s">
-        <v>1713</v>
+        <v>1739</v>
       </c>
       <c r="D7" t="s">
-        <v>1708</v>
+        <v>1734</v>
       </c>
       <c r="E7" t="s">
-        <v>1709</v>
+        <v>1735</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1714</v>
+        <v>1740</v>
       </c>
       <c r="H7" t="s">
-        <v>1715</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B8" t="s">
-        <v>1716</v>
+        <v>1742</v>
       </c>
       <c r="C8" t="s">
-        <v>1687</v>
+        <v>1713</v>
       </c>
       <c r="D8" t="s">
-        <v>1717</v>
+        <v>1743</v>
       </c>
       <c r="E8" t="s">
-        <v>1718</v>
+        <v>1744</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1719</v>
+        <v>1745</v>
       </c>
       <c r="H8" t="s">
-        <v>1720</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B9" t="s">
-        <v>1721</v>
+        <v>1747</v>
       </c>
       <c r="C9" t="s">
-        <v>1722</v>
+        <v>1748</v>
       </c>
       <c r="D9" t="s">
-        <v>1723</v>
+        <v>1749</v>
       </c>
       <c r="E9" t="s">
-        <v>1718</v>
+        <v>1744</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1724</v>
+        <v>1750</v>
       </c>
       <c r="H9" t="s">
-        <v>1725</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B10" t="s">
-        <v>1726</v>
+        <v>1752</v>
       </c>
       <c r="C10" t="s">
-        <v>1727</v>
+        <v>1753</v>
       </c>
       <c r="D10" t="s">
-        <v>1723</v>
+        <v>1749</v>
       </c>
       <c r="E10" t="s">
-        <v>1718</v>
+        <v>1744</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1728</v>
+        <v>1754</v>
       </c>
       <c r="H10" t="s">
-        <v>1729</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B11" t="s">
-        <v>1730</v>
+        <v>1756</v>
       </c>
       <c r="C11" t="s">
-        <v>1731</v>
+        <v>1757</v>
       </c>
       <c r="D11" t="s">
-        <v>1732</v>
+        <v>1758</v>
       </c>
       <c r="E11" t="s">
-        <v>1733</v>
+        <v>1759</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1734</v>
+        <v>1760</v>
       </c>
       <c r="H11" t="s">
-        <v>1735</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B12" t="s">
-        <v>1736</v>
+        <v>1762</v>
       </c>
       <c r="C12" t="s">
-        <v>1737</v>
+        <v>1763</v>
       </c>
       <c r="D12" t="s">
-        <v>1738</v>
+        <v>1764</v>
       </c>
       <c r="E12" t="s">
-        <v>1739</v>
+        <v>1765</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1740</v>
+        <v>1766</v>
       </c>
       <c r="H12" t="s">
-        <v>1741</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B13" t="s">
-        <v>1742</v>
+        <v>1768</v>
       </c>
       <c r="C13" t="s">
-        <v>1743</v>
+        <v>1769</v>
       </c>
       <c r="D13" t="s">
-        <v>1744</v>
+        <v>1770</v>
       </c>
       <c r="E13" t="s">
-        <v>1745</v>
+        <v>1771</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1746</v>
+        <v>1772</v>
       </c>
       <c r="H13" t="s">
-        <v>1747</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1685</v>
+        <v>1711</v>
       </c>
       <c r="B14" t="s">
-        <v>1748</v>
+        <v>1774</v>
       </c>
       <c r="C14" t="s">
-        <v>1749</v>
+        <v>1775</v>
       </c>
       <c r="D14" t="s">
-        <v>1750</v>
+        <v>1776</v>
       </c>
       <c r="E14" t="s">
-        <v>1751</v>
+        <v>1777</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1752</v>
+        <v>1778</v>
       </c>
       <c r="H14" t="s">
-        <v>1753</v>
+        <v>1779</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AK191"/>
+  <dimension ref="A1:AK193"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1754</v>
+        <v>1780</v>
       </c>
       <c r="J1" t="s">
         <v>31</v>
       </c>
       <c r="K1" t="s">
-        <v>1755</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B2" t="s">
-        <v>1757</v>
+        <v>1783</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1758</v>
+        <v>1784</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1759</v>
+        <v>1785</v>
       </c>
       <c r="H2" t="s">
-        <v>1760</v>
+        <v>1786</v>
       </c>
       <c r="I2" t="s">
-        <v>1761</v>
+        <v>1787</v>
       </c>
       <c r="J2" t="s">
-        <v>1762</v>
+        <v>1788</v>
       </c>
       <c r="K2" t="s">
-        <v>1763</v>
+        <v>1789</v>
       </c>
       <c r="L2" t="s">
-        <v>1764</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B3" t="s">
-        <v>1765</v>
+        <v>1791</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1766</v>
+        <v>1792</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1767</v>
+        <v>1793</v>
       </c>
       <c r="H3" t="s">
-        <v>1768</v>
+        <v>1794</v>
       </c>
       <c r="I3" t="s">
-        <v>1769</v>
+        <v>1795</v>
       </c>
       <c r="J3" t="s">
-        <v>1770</v>
+        <v>1796</v>
       </c>
       <c r="K3" t="s">
-        <v>1771</v>
+        <v>1797</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1798</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1799</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1798</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B4" t="s">
-        <v>1772</v>
+        <v>1800</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1773</v>
+        <v>1801</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1774</v>
+        <v>1802</v>
       </c>
       <c r="H4" t="s">
-        <v>1775</v>
+        <v>1803</v>
       </c>
       <c r="I4" t="s">
-        <v>1776</v>
+        <v>1804</v>
       </c>
       <c r="J4" t="s">
-        <v>1777</v>
+        <v>1805</v>
       </c>
       <c r="K4" t="s">
-        <v>1778</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B5" t="s">
-        <v>1779</v>
+        <v>1807</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1780</v>
+        <v>1808</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1781</v>
+        <v>1809</v>
       </c>
       <c r="H5" t="s">
-        <v>1782</v>
+        <v>1810</v>
       </c>
       <c r="I5" t="s">
-        <v>1783</v>
+        <v>1811</v>
       </c>
       <c r="J5" t="s">
-        <v>1784</v>
+        <v>1812</v>
       </c>
       <c r="K5" t="s">
-        <v>1785</v>
-[...29 lines deleted...]
-        <v>1794</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B6" t="s">
-        <v>1795</v>
+        <v>1814</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1796</v>
+        <v>1815</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1797</v>
+        <v>1816</v>
       </c>
       <c r="H6" t="s">
-        <v>1798</v>
+        <v>1817</v>
       </c>
       <c r="I6" t="s">
-        <v>1799</v>
+        <v>1818</v>
       </c>
       <c r="J6" t="s">
-        <v>1800</v>
+        <v>1819</v>
       </c>
       <c r="K6" t="s">
-        <v>1801</v>
+        <v>1820</v>
       </c>
       <c r="L6" t="s">
-        <v>1802</v>
-[...2 lines deleted...]
-        <v>1803</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B7" t="s">
-        <v>1804</v>
+        <v>1822</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1805</v>
+        <v>1823</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1806</v>
+        <v>1824</v>
       </c>
       <c r="H7" t="s">
-        <v>1807</v>
+        <v>1825</v>
       </c>
       <c r="I7" t="s">
-        <v>1808</v>
+        <v>1826</v>
       </c>
       <c r="J7" t="s">
-        <v>1809</v>
+        <v>1827</v>
       </c>
       <c r="K7" t="s">
-        <v>1810</v>
-[...14 lines deleted...]
-        <v>1815</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B8" t="s">
-        <v>1816</v>
+        <v>1829</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1817</v>
+        <v>1830</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1818</v>
+        <v>1831</v>
       </c>
       <c r="H8" t="s">
-        <v>1819</v>
+        <v>1832</v>
       </c>
       <c r="I8" t="s">
-        <v>1820</v>
+        <v>1833</v>
       </c>
       <c r="J8" t="s">
-        <v>1821</v>
+        <v>1834</v>
       </c>
       <c r="K8" t="s">
-        <v>1822</v>
-[...23 lines deleted...]
-        <v>1830</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B9" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="H9" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="I9" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="J9" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="K9" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="L9" t="s">
-        <v>1838</v>
+        <v>1843</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1844</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1845</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1846</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1847</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1848</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1849</v>
+      </c>
+      <c r="S9" t="s">
+        <v>1845</v>
+      </c>
+      <c r="T9" t="s">
+        <v>1850</v>
+      </c>
+      <c r="U9" t="s">
+        <v>1851</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B10" t="s">
-        <v>1839</v>
+        <v>1852</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1840</v>
+        <v>1853</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1841</v>
+        <v>1854</v>
       </c>
       <c r="H10" t="s">
-        <v>1842</v>
+        <v>1855</v>
       </c>
       <c r="I10" t="s">
-        <v>1843</v>
+        <v>1856</v>
       </c>
       <c r="J10" t="s">
-        <v>1844</v>
+        <v>1857</v>
       </c>
       <c r="K10" t="s">
-        <v>1845</v>
+        <v>1858</v>
       </c>
       <c r="L10" t="s">
-        <v>1846</v>
+        <v>1859</v>
       </c>
       <c r="M10" t="s">
-        <v>1847</v>
-[...29 lines deleted...]
-        <v>1857</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B11" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="H11" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="I11" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="J11" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="K11" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="L11" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="M11" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
       <c r="N11" t="s">
-        <v>1866</v>
+        <v>1870</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1871</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1872</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B12" t="s">
-        <v>1867</v>
+        <v>1873</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1869</v>
+        <v>1875</v>
       </c>
       <c r="H12" t="s">
-        <v>1870</v>
+        <v>1876</v>
       </c>
       <c r="I12" t="s">
-        <v>1871</v>
+        <v>1877</v>
       </c>
       <c r="J12" t="s">
-        <v>1872</v>
+        <v>1878</v>
       </c>
       <c r="K12" t="s">
-        <v>1873</v>
+        <v>1879</v>
       </c>
       <c r="L12" t="s">
-        <v>1874</v>
+        <v>1880</v>
       </c>
       <c r="M12" t="s">
-        <v>1875</v>
+        <v>1881</v>
       </c>
       <c r="N12" t="s">
-        <v>1876</v>
+        <v>1882</v>
       </c>
       <c r="O12" t="s">
-        <v>1877</v>
+        <v>1883</v>
       </c>
       <c r="P12" t="s">
-        <v>1878</v>
+        <v>1884</v>
       </c>
       <c r="Q12" t="s">
-        <v>1879</v>
+        <v>1885</v>
       </c>
       <c r="R12" t="s">
-        <v>1880</v>
+        <v>1886</v>
+      </c>
+      <c r="S12" t="s">
+        <v>1887</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B13" t="s">
-        <v>1881</v>
+        <v>1888</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1868</v>
+        <v>1889</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1882</v>
+        <v>1890</v>
       </c>
       <c r="H13" t="s">
-        <v>1883</v>
+        <v>1891</v>
       </c>
       <c r="I13" t="s">
-        <v>1884</v>
+        <v>1892</v>
       </c>
       <c r="J13" t="s">
-        <v>1885</v>
+        <v>1893</v>
       </c>
       <c r="K13" t="s">
-        <v>1886</v>
+        <v>1894</v>
       </c>
       <c r="L13" t="s">
-        <v>1887</v>
-[...5 lines deleted...]
-        <v>1889</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B14" t="s">
-        <v>1890</v>
+        <v>1896</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1868</v>
+        <v>1897</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1891</v>
+        <v>1898</v>
       </c>
       <c r="H14" t="s">
-        <v>1892</v>
+        <v>1899</v>
       </c>
       <c r="I14" t="s">
-        <v>1893</v>
+        <v>1900</v>
       </c>
       <c r="J14" t="s">
-        <v>1894</v>
+        <v>1901</v>
       </c>
       <c r="K14" t="s">
-        <v>1895</v>
+        <v>1902</v>
       </c>
       <c r="L14" t="s">
-        <v>1896</v>
+        <v>1903</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1904</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1905</v>
+      </c>
+      <c r="O14" t="s">
+        <v>1906</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1907</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>1908</v>
+      </c>
+      <c r="R14" t="s">
+        <v>1909</v>
+      </c>
+      <c r="S14" t="s">
+        <v>1910</v>
+      </c>
+      <c r="T14" t="s">
+        <v>1911</v>
+      </c>
+      <c r="U14" t="s">
+        <v>1912</v>
+      </c>
+      <c r="V14" t="s">
+        <v>1913</v>
+      </c>
+      <c r="W14" t="s">
+        <v>1914</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B15" t="s">
-        <v>1897</v>
+        <v>1915</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1898</v>
+        <v>1916</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1899</v>
+        <v>1917</v>
       </c>
       <c r="H15" t="s">
-        <v>1900</v>
+        <v>1918</v>
       </c>
       <c r="I15" t="s">
-        <v>1884</v>
+        <v>1919</v>
       </c>
       <c r="J15" t="s">
-        <v>1901</v>
+        <v>1920</v>
       </c>
       <c r="K15" t="s">
-        <v>1902</v>
+        <v>1921</v>
       </c>
       <c r="L15" t="s">
-        <v>1903</v>
+        <v>1922</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1922</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1923</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B16" t="s">
-        <v>1904</v>
+        <v>1924</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>1905</v>
+        <v>1925</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1906</v>
+        <v>1926</v>
       </c>
       <c r="H16" t="s">
-        <v>1907</v>
+        <v>1927</v>
       </c>
       <c r="I16" t="s">
-        <v>1908</v>
+        <v>1928</v>
       </c>
       <c r="J16" t="s">
-        <v>1909</v>
+        <v>1929</v>
       </c>
       <c r="K16" t="s">
-        <v>1910</v>
+        <v>1930</v>
       </c>
       <c r="L16" t="s">
-        <v>1911</v>
+        <v>1931</v>
       </c>
       <c r="M16" t="s">
-        <v>1912</v>
+        <v>1932</v>
       </c>
       <c r="N16" t="s">
-        <v>1913</v>
+        <v>1933</v>
       </c>
       <c r="O16" t="s">
-        <v>1914</v>
+        <v>1934</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1935</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1936</v>
+      </c>
+      <c r="R16" t="s">
+        <v>1937</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B17" t="s">
-        <v>1915</v>
+        <v>1938</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1916</v>
+        <v>1925</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1917</v>
+        <v>1939</v>
       </c>
       <c r="H17" t="s">
-        <v>1918</v>
+        <v>1940</v>
       </c>
       <c r="I17" t="s">
-        <v>1919</v>
+        <v>1941</v>
       </c>
       <c r="J17" t="s">
-        <v>1920</v>
+        <v>1942</v>
       </c>
       <c r="K17" t="s">
-        <v>1921</v>
+        <v>1943</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1944</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1945</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1946</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B18" t="s">
-        <v>1922</v>
+        <v>1947</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1924</v>
+        <v>1948</v>
       </c>
       <c r="H18" t="s">
-        <v>1925</v>
+        <v>1949</v>
       </c>
       <c r="I18" t="s">
-        <v>1926</v>
+        <v>1950</v>
       </c>
       <c r="J18" t="s">
-        <v>1927</v>
+        <v>1951</v>
       </c>
       <c r="K18" t="s">
-        <v>1928</v>
+        <v>1952</v>
       </c>
       <c r="L18" t="s">
-        <v>1929</v>
-[...2 lines deleted...]
-        <v>1930</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B19" t="s">
-        <v>1931</v>
+        <v>1954</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>1932</v>
+        <v>1955</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1933</v>
+        <v>1956</v>
       </c>
       <c r="H19" t="s">
-        <v>1934</v>
+        <v>1957</v>
       </c>
       <c r="I19" t="s">
-        <v>1935</v>
+        <v>1941</v>
       </c>
       <c r="J19" t="s">
-        <v>1936</v>
+        <v>1958</v>
       </c>
       <c r="K19" t="s">
-        <v>1937</v>
+        <v>1959</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1960</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B20" t="s">
-        <v>1938</v>
+        <v>1961</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>1939</v>
+        <v>1962</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1940</v>
+        <v>1963</v>
       </c>
       <c r="H20" t="s">
-        <v>1941</v>
+        <v>1964</v>
       </c>
       <c r="I20" t="s">
-        <v>1942</v>
+        <v>1965</v>
       </c>
       <c r="J20" t="s">
-        <v>1863</v>
+        <v>1966</v>
       </c>
       <c r="K20" t="s">
-        <v>1943</v>
+        <v>1967</v>
       </c>
       <c r="L20" t="s">
-        <v>1944</v>
+        <v>1968</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1969</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1970</v>
+      </c>
+      <c r="O20" t="s">
+        <v>1971</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B21" t="s">
-        <v>1945</v>
+        <v>1972</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>1946</v>
+        <v>1973</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1947</v>
+        <v>1974</v>
       </c>
       <c r="H21" t="s">
-        <v>1948</v>
+        <v>1975</v>
       </c>
       <c r="I21" t="s">
-        <v>1949</v>
+        <v>1976</v>
       </c>
       <c r="J21" t="s">
-        <v>1950</v>
+        <v>1977</v>
       </c>
       <c r="K21" t="s">
-        <v>1951</v>
-[...11 lines deleted...]
-        <v>1955</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B22" t="s">
-        <v>1956</v>
+        <v>1979</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>1957</v>
+        <v>1980</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1958</v>
+        <v>1981</v>
       </c>
       <c r="H22" t="s">
-        <v>1959</v>
+        <v>1982</v>
       </c>
       <c r="I22" t="s">
-        <v>1820</v>
+        <v>1983</v>
       </c>
       <c r="J22" t="s">
-        <v>1960</v>
+        <v>1984</v>
       </c>
       <c r="K22" t="s">
-        <v>1961</v>
+        <v>1985</v>
       </c>
       <c r="L22" t="s">
-        <v>1962</v>
+        <v>1986</v>
       </c>
       <c r="M22" t="s">
-        <v>1963</v>
-[...5 lines deleted...]
-        <v>1965</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B23" t="s">
-        <v>1966</v>
+        <v>1988</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>1957</v>
+        <v>1989</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1967</v>
+        <v>1990</v>
       </c>
       <c r="H23" t="s">
-        <v>1968</v>
+        <v>1991</v>
       </c>
       <c r="I23" t="s">
-        <v>1969</v>
+        <v>1992</v>
       </c>
       <c r="J23" t="s">
-        <v>1762</v>
+        <v>1920</v>
       </c>
       <c r="K23" t="s">
-        <v>1970</v>
+        <v>1993</v>
       </c>
       <c r="L23" t="s">
-        <v>1971</v>
-[...8 lines deleted...]
-        <v>1974</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B24" t="s">
-        <v>1975</v>
+        <v>1995</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>1976</v>
+        <v>1996</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1977</v>
+        <v>1997</v>
       </c>
       <c r="H24" t="s">
-        <v>1978</v>
+        <v>1998</v>
       </c>
       <c r="I24" t="s">
-        <v>1979</v>
+        <v>1999</v>
       </c>
       <c r="J24" t="s">
-        <v>1980</v>
+        <v>2000</v>
       </c>
       <c r="K24" t="s">
-        <v>1981</v>
+        <v>2001</v>
       </c>
       <c r="L24" t="s">
-        <v>1982</v>
+        <v>2002</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2003</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2004</v>
+      </c>
+      <c r="O24" t="s">
+        <v>2005</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B25" t="s">
-        <v>1983</v>
+        <v>2006</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>1984</v>
+        <v>2007</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1985</v>
+        <v>2008</v>
       </c>
       <c r="H25" t="s">
-        <v>1986</v>
+        <v>2009</v>
       </c>
       <c r="I25" t="s">
-        <v>1987</v>
+        <v>1877</v>
       </c>
       <c r="J25" t="s">
-        <v>1988</v>
+        <v>2010</v>
       </c>
       <c r="K25" t="s">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="L25" t="s">
-        <v>1990</v>
+        <v>2012</v>
       </c>
       <c r="M25" t="s">
-        <v>1991</v>
+        <v>2013</v>
       </c>
       <c r="N25" t="s">
-        <v>1992</v>
+        <v>2014</v>
+      </c>
+      <c r="O25" t="s">
+        <v>2015</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B26" t="s">
-        <v>1993</v>
+        <v>2016</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>1994</v>
+        <v>2007</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1995</v>
+        <v>2017</v>
       </c>
       <c r="H26" t="s">
-        <v>1996</v>
+        <v>2018</v>
       </c>
       <c r="I26" t="s">
-        <v>1987</v>
+        <v>2019</v>
       </c>
       <c r="J26" t="s">
-        <v>1863</v>
+        <v>1819</v>
       </c>
       <c r="K26" t="s">
-        <v>1997</v>
+        <v>2020</v>
       </c>
       <c r="L26" t="s">
-        <v>1998</v>
+        <v>2021</v>
       </c>
       <c r="M26" t="s">
-        <v>1999</v>
+        <v>2022</v>
       </c>
       <c r="N26" t="s">
-        <v>2000</v>
+        <v>2023</v>
       </c>
       <c r="O26" t="s">
-        <v>2001</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B27" t="s">
-        <v>2003</v>
+        <v>2025</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2004</v>
+        <v>2026</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2005</v>
+        <v>2027</v>
       </c>
       <c r="H27" t="s">
-        <v>2006</v>
+        <v>2028</v>
       </c>
       <c r="I27" t="s">
-        <v>2007</v>
+        <v>2029</v>
       </c>
       <c r="J27" t="s">
-        <v>2008</v>
+        <v>2030</v>
       </c>
       <c r="K27" t="s">
-        <v>2009</v>
+        <v>2031</v>
       </c>
       <c r="L27" t="s">
-        <v>2010</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B28" t="s">
-        <v>2012</v>
+        <v>2033</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2013</v>
+        <v>2034</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2014</v>
+        <v>2035</v>
       </c>
       <c r="H28" t="s">
-        <v>2015</v>
+        <v>2036</v>
       </c>
       <c r="I28" t="s">
-        <v>2016</v>
+        <v>2037</v>
       </c>
       <c r="J28" t="s">
-        <v>2017</v>
+        <v>1812</v>
       </c>
       <c r="K28" t="s">
-        <v>2018</v>
+        <v>2038</v>
       </c>
       <c r="L28" t="s">
-        <v>2019</v>
+        <v>2039</v>
       </c>
       <c r="M28" t="s">
-        <v>2020</v>
+        <v>2040</v>
       </c>
       <c r="N28" t="s">
-        <v>2021</v>
-[...8 lines deleted...]
-        <v>2024</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B29" t="s">
-        <v>2025</v>
+        <v>2042</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2026</v>
+        <v>2043</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2027</v>
+        <v>2044</v>
       </c>
       <c r="H29" t="s">
-        <v>2028</v>
+        <v>2045</v>
       </c>
       <c r="I29" t="s">
-        <v>2029</v>
+        <v>2037</v>
       </c>
       <c r="J29" t="s">
-        <v>2030</v>
+        <v>1920</v>
       </c>
       <c r="K29" t="s">
-        <v>2031</v>
+        <v>2046</v>
+      </c>
+      <c r="L29" t="s">
+        <v>2047</v>
+      </c>
+      <c r="M29" t="s">
+        <v>2048</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2049</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2050</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2051</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B30" t="s">
-        <v>2032</v>
+        <v>2052</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2033</v>
+        <v>2053</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2034</v>
+        <v>2054</v>
       </c>
       <c r="H30" t="s">
-        <v>2035</v>
+        <v>2055</v>
       </c>
       <c r="I30" t="s">
-        <v>2036</v>
+        <v>2056</v>
       </c>
       <c r="J30" t="s">
-        <v>1863</v>
+        <v>2057</v>
       </c>
       <c r="K30" t="s">
-        <v>2037</v>
+        <v>2058</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2059</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2060</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B31" t="s">
-        <v>2038</v>
+        <v>2061</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2039</v>
+        <v>2062</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2040</v>
+        <v>2063</v>
       </c>
       <c r="H31" t="s">
-        <v>2041</v>
+        <v>2064</v>
       </c>
       <c r="I31" t="s">
-        <v>2007</v>
+        <v>2065</v>
       </c>
       <c r="J31" t="s">
-        <v>2042</v>
+        <v>2066</v>
       </c>
       <c r="K31" t="s">
-        <v>2043</v>
+        <v>2067</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2068</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2069</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2070</v>
+      </c>
+      <c r="O31" t="s">
+        <v>2071</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2072</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>2073</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B32" t="s">
-        <v>2044</v>
+        <v>2074</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>2045</v>
+        <v>2075</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>2046</v>
+        <v>2076</v>
       </c>
       <c r="H32" t="s">
-        <v>2047</v>
+        <v>2077</v>
       </c>
       <c r="I32" t="s">
-        <v>2048</v>
+        <v>2078</v>
       </c>
       <c r="J32" t="s">
-        <v>2049</v>
+        <v>2079</v>
       </c>
       <c r="K32" t="s">
-        <v>2050</v>
-[...2 lines deleted...]
-        <v>2051</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B33" t="s">
-        <v>2052</v>
+        <v>2081</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>2053</v>
+        <v>2082</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2054</v>
+        <v>2083</v>
       </c>
       <c r="H33" t="s">
-        <v>2055</v>
+        <v>2084</v>
       </c>
       <c r="I33" t="s">
-        <v>2056</v>
+        <v>2085</v>
       </c>
       <c r="J33" t="s">
-        <v>2057</v>
+        <v>1920</v>
       </c>
       <c r="K33" t="s">
-        <v>2058</v>
-[...26 lines deleted...]
-        <v>2067</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B34" t="s">
-        <v>2068</v>
+        <v>2087</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>2069</v>
+        <v>2088</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>2070</v>
+        <v>2089</v>
       </c>
       <c r="H34" t="s">
-        <v>2071</v>
+        <v>2090</v>
       </c>
       <c r="I34" t="s">
-        <v>2072</v>
+        <v>2056</v>
       </c>
       <c r="J34" t="s">
-        <v>1800</v>
+        <v>2091</v>
       </c>
       <c r="K34" t="s">
-        <v>2073</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B35" t="s">
-        <v>2074</v>
+        <v>2093</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>2075</v>
+        <v>2094</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="H35" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="I35" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="J35" t="s">
-        <v>2079</v>
+        <v>2098</v>
       </c>
       <c r="K35" t="s">
-        <v>2080</v>
+        <v>2099</v>
+      </c>
+      <c r="L35" t="s">
+        <v>2100</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B36" t="s">
-        <v>2081</v>
+        <v>2101</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>2082</v>
+        <v>2102</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2083</v>
+        <v>2103</v>
       </c>
       <c r="H36" t="s">
-        <v>2084</v>
+        <v>2104</v>
       </c>
       <c r="I36" t="s">
-        <v>1987</v>
+        <v>2105</v>
       </c>
       <c r="J36" t="s">
-        <v>2085</v>
+        <v>2106</v>
       </c>
       <c r="K36" t="s">
-        <v>2086</v>
+        <v>2107</v>
       </c>
       <c r="L36" t="s">
-        <v>2087</v>
+        <v>2108</v>
       </c>
       <c r="M36" t="s">
-        <v>2088</v>
+        <v>2109</v>
       </c>
       <c r="N36" t="s">
-        <v>2089</v>
+        <v>2110</v>
       </c>
       <c r="O36" t="s">
-        <v>2090</v>
+        <v>2111</v>
       </c>
       <c r="P36" t="s">
-        <v>2091</v>
+        <v>2112</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>2113</v>
+      </c>
+      <c r="R36" t="s">
+        <v>2114</v>
+      </c>
+      <c r="S36" t="s">
+        <v>2115</v>
+      </c>
+      <c r="T36" t="s">
+        <v>2116</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B37" t="s">
-        <v>2092</v>
+        <v>2117</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>2093</v>
+        <v>2118</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>2094</v>
+        <v>2119</v>
       </c>
       <c r="H37" t="s">
-        <v>2095</v>
+        <v>2120</v>
       </c>
       <c r="I37" t="s">
-        <v>2096</v>
+        <v>2121</v>
       </c>
       <c r="J37" t="s">
-        <v>2097</v>
+        <v>1857</v>
       </c>
       <c r="K37" t="s">
-        <v>2098</v>
-[...8 lines deleted...]
-        <v>2101</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B38" t="s">
-        <v>2102</v>
+        <v>2123</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>2103</v>
+        <v>2124</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>2104</v>
+        <v>2125</v>
       </c>
       <c r="H38" t="s">
-        <v>2105</v>
+        <v>2126</v>
       </c>
       <c r="I38" t="s">
-        <v>2106</v>
+        <v>2127</v>
       </c>
       <c r="J38" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="K38" t="s">
-        <v>2108</v>
-[...2 lines deleted...]
-        <v>2109</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B39" t="s">
-        <v>2110</v>
+        <v>2130</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>2111</v>
+        <v>2131</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>2112</v>
+        <v>2132</v>
       </c>
       <c r="H39" t="s">
-        <v>2113</v>
+        <v>2133</v>
       </c>
       <c r="I39" t="s">
-        <v>2114</v>
+        <v>2037</v>
       </c>
       <c r="J39" t="s">
-        <v>2115</v>
+        <v>2134</v>
       </c>
       <c r="K39" t="s">
-        <v>2116</v>
+        <v>2135</v>
       </c>
       <c r="L39" t="s">
-        <v>2117</v>
+        <v>2136</v>
       </c>
       <c r="M39" t="s">
-        <v>2118</v>
+        <v>2137</v>
       </c>
       <c r="N39" t="s">
-        <v>2119</v>
+        <v>2138</v>
       </c>
       <c r="O39" t="s">
-        <v>2120</v>
+        <v>2139</v>
+      </c>
+      <c r="P39" t="s">
+        <v>2140</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B40" t="s">
-        <v>2121</v>
+        <v>2141</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>2122</v>
+        <v>2142</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>2123</v>
+        <v>2143</v>
       </c>
       <c r="H40" t="s">
-        <v>2124</v>
+        <v>2144</v>
       </c>
       <c r="I40" t="s">
-        <v>2125</v>
+        <v>2145</v>
       </c>
       <c r="J40" t="s">
-        <v>2126</v>
+        <v>2146</v>
       </c>
       <c r="K40" t="s">
-        <v>2127</v>
+        <v>2147</v>
       </c>
       <c r="L40" t="s">
-        <v>2128</v>
+        <v>2148</v>
       </c>
       <c r="M40" t="s">
-        <v>2129</v>
+        <v>2149</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2150</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B41" t="s">
-        <v>2130</v>
+        <v>2151</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>2131</v>
+        <v>2152</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>2132</v>
+        <v>2153</v>
       </c>
       <c r="H41" t="s">
-        <v>2133</v>
+        <v>2154</v>
       </c>
       <c r="I41" t="s">
-        <v>2134</v>
+        <v>2155</v>
       </c>
       <c r="J41" t="s">
-        <v>2135</v>
+        <v>2156</v>
       </c>
       <c r="K41" t="s">
-        <v>2136</v>
+        <v>2157</v>
       </c>
       <c r="L41" t="s">
-        <v>2137</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B42" t="s">
-        <v>2138</v>
+        <v>2159</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>2139</v>
+        <v>2160</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>2140</v>
+        <v>2161</v>
       </c>
       <c r="H42" t="s">
-        <v>2141</v>
+        <v>2162</v>
       </c>
       <c r="I42" t="s">
-        <v>2142</v>
+        <v>2163</v>
       </c>
       <c r="J42" t="s">
-        <v>2143</v>
+        <v>2164</v>
       </c>
       <c r="K42" t="s">
-        <v>2144</v>
+        <v>2165</v>
       </c>
       <c r="L42" t="s">
-        <v>2145</v>
+        <v>2166</v>
       </c>
       <c r="M42" t="s">
-        <v>2146</v>
+        <v>2167</v>
+      </c>
+      <c r="N42" t="s">
+        <v>2168</v>
+      </c>
+      <c r="O42" t="s">
+        <v>2169</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B43" t="s">
-        <v>2147</v>
+        <v>2170</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>2148</v>
+        <v>2171</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>2149</v>
+        <v>2172</v>
       </c>
       <c r="H43" t="s">
-        <v>2150</v>
+        <v>2173</v>
       </c>
       <c r="I43" t="s">
-        <v>2151</v>
+        <v>2174</v>
       </c>
       <c r="J43" t="s">
-        <v>2152</v>
+        <v>2175</v>
       </c>
       <c r="K43" t="s">
-        <v>2153</v>
+        <v>2176</v>
       </c>
       <c r="L43" t="s">
-        <v>2154</v>
+        <v>2177</v>
       </c>
       <c r="M43" t="s">
-        <v>2155</v>
-[...5 lines deleted...]
-        <v>2157</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B44" t="s">
-        <v>2158</v>
+        <v>2179</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>2159</v>
+        <v>2180</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>2160</v>
+        <v>2181</v>
       </c>
       <c r="H44" t="s">
-        <v>2161</v>
+        <v>2182</v>
       </c>
       <c r="I44" t="s">
-        <v>1987</v>
+        <v>2183</v>
       </c>
       <c r="J44" t="s">
-        <v>2162</v>
+        <v>2184</v>
       </c>
       <c r="K44" t="s">
-        <v>2163</v>
+        <v>2185</v>
       </c>
       <c r="L44" t="s">
-        <v>2164</v>
-[...5 lines deleted...]
-        <v>2166</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B45" t="s">
-        <v>2167</v>
+        <v>2187</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>2168</v>
+        <v>2188</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>2169</v>
+        <v>2189</v>
       </c>
       <c r="H45" t="s">
-        <v>2170</v>
+        <v>2190</v>
       </c>
       <c r="I45" t="s">
-        <v>1843</v>
+        <v>2191</v>
       </c>
       <c r="J45" t="s">
-        <v>2171</v>
+        <v>2192</v>
       </c>
       <c r="K45" t="s">
-        <v>2172</v>
+        <v>2193</v>
+      </c>
+      <c r="L45" t="s">
+        <v>2194</v>
+      </c>
+      <c r="M45" t="s">
+        <v>2195</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B46" t="s">
-        <v>2173</v>
+        <v>2196</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>2174</v>
+        <v>2197</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>2175</v>
+        <v>2198</v>
       </c>
       <c r="H46" t="s">
-        <v>2176</v>
+        <v>2199</v>
       </c>
       <c r="I46" t="s">
-        <v>2177</v>
+        <v>2200</v>
       </c>
       <c r="J46" t="s">
-        <v>2178</v>
+        <v>2201</v>
       </c>
       <c r="K46" t="s">
-        <v>2179</v>
+        <v>2202</v>
       </c>
       <c r="L46" t="s">
-        <v>2180</v>
+        <v>2203</v>
+      </c>
+      <c r="M46" t="s">
+        <v>2204</v>
+      </c>
+      <c r="N46" t="s">
+        <v>2205</v>
+      </c>
+      <c r="O46" t="s">
+        <v>2206</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B47" t="s">
-        <v>2181</v>
+        <v>2207</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>2182</v>
+        <v>2208</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>2183</v>
+        <v>2209</v>
       </c>
       <c r="H47" t="s">
-        <v>2184</v>
+        <v>2210</v>
       </c>
       <c r="I47" t="s">
-        <v>2185</v>
+        <v>2037</v>
       </c>
       <c r="J47" t="s">
-        <v>2186</v>
+        <v>2211</v>
       </c>
       <c r="K47" t="s">
-        <v>2187</v>
+        <v>2212</v>
+      </c>
+      <c r="L47" t="s">
+        <v>2213</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2214</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2215</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B48" t="s">
-        <v>2188</v>
+        <v>2216</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>2189</v>
+        <v>2217</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>2190</v>
+        <v>2218</v>
       </c>
       <c r="H48" t="s">
-        <v>2191</v>
+        <v>2219</v>
       </c>
       <c r="I48" t="s">
-        <v>2192</v>
+        <v>1900</v>
       </c>
       <c r="J48" t="s">
-        <v>2193</v>
+        <v>2220</v>
       </c>
       <c r="K48" t="s">
-        <v>2194</v>
-[...8 lines deleted...]
-        <v>2197</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B49" t="s">
-        <v>2198</v>
+        <v>2222</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>2199</v>
+        <v>2223</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>2200</v>
+        <v>2224</v>
       </c>
       <c r="H49" t="s">
-        <v>2201</v>
+        <v>2225</v>
       </c>
       <c r="I49" t="s">
-        <v>2202</v>
+        <v>2226</v>
       </c>
       <c r="J49" t="s">
-        <v>2057</v>
+        <v>2227</v>
       </c>
       <c r="K49" t="s">
-        <v>2203</v>
+        <v>2228</v>
       </c>
       <c r="L49" t="s">
-        <v>2204</v>
-[...8 lines deleted...]
-        <v>2207</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B50" t="s">
-        <v>2208</v>
+        <v>2230</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>2209</v>
+        <v>2231</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>2210</v>
+        <v>2232</v>
       </c>
       <c r="H50" t="s">
-        <v>2211</v>
+        <v>2233</v>
       </c>
       <c r="I50" t="s">
-        <v>2212</v>
+        <v>2234</v>
       </c>
       <c r="J50" t="s">
-        <v>2213</v>
+        <v>2235</v>
       </c>
       <c r="K50" t="s">
-        <v>2214</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B51" t="s">
-        <v>2215</v>
+        <v>2237</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>2216</v>
+        <v>2238</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>2217</v>
+        <v>2239</v>
       </c>
       <c r="H51" t="s">
-        <v>2218</v>
+        <v>2240</v>
       </c>
       <c r="I51" t="s">
-        <v>2202</v>
+        <v>2241</v>
       </c>
       <c r="J51" t="s">
-        <v>2219</v>
+        <v>2242</v>
       </c>
       <c r="K51" t="s">
-        <v>2220</v>
+        <v>2243</v>
       </c>
       <c r="L51" t="s">
-        <v>2221</v>
+        <v>2244</v>
       </c>
       <c r="M51" t="s">
-        <v>2222</v>
+        <v>2245</v>
       </c>
       <c r="N51" t="s">
-        <v>2223</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B52" t="s">
-        <v>2224</v>
+        <v>2247</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>2225</v>
+        <v>2248</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>2226</v>
+        <v>2249</v>
       </c>
       <c r="H52" t="s">
-        <v>2227</v>
+        <v>2250</v>
       </c>
       <c r="I52" t="s">
-        <v>2228</v>
+        <v>2251</v>
       </c>
       <c r="J52" t="s">
-        <v>2229</v>
+        <v>2106</v>
       </c>
       <c r="K52" t="s">
-        <v>2230</v>
+        <v>2252</v>
       </c>
       <c r="L52" t="s">
-        <v>2231</v>
+        <v>2253</v>
       </c>
       <c r="M52" t="s">
-        <v>2232</v>
+        <v>2254</v>
       </c>
       <c r="N52" t="s">
-        <v>2233</v>
+        <v>2255</v>
+      </c>
+      <c r="O52" t="s">
+        <v>2256</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B53" t="s">
-        <v>2234</v>
+        <v>2257</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>2235</v>
+        <v>2258</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>2236</v>
+        <v>2259</v>
       </c>
       <c r="H53" t="s">
-        <v>2237</v>
+        <v>2260</v>
       </c>
       <c r="I53" t="s">
-        <v>2238</v>
+        <v>2261</v>
       </c>
       <c r="J53" t="s">
-        <v>2239</v>
+        <v>2262</v>
       </c>
       <c r="K53" t="s">
-        <v>2240</v>
-[...2 lines deleted...]
-        <v>2241</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B54" t="s">
-        <v>2242</v>
+        <v>2264</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>2243</v>
+        <v>2265</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>2244</v>
+        <v>2266</v>
       </c>
       <c r="H54" t="s">
-        <v>2245</v>
+        <v>2267</v>
       </c>
       <c r="I54" t="s">
-        <v>2134</v>
+        <v>2251</v>
       </c>
       <c r="J54" t="s">
-        <v>2246</v>
+        <v>2268</v>
       </c>
       <c r="K54" t="s">
-        <v>2247</v>
+        <v>2269</v>
+      </c>
+      <c r="L54" t="s">
+        <v>2270</v>
+      </c>
+      <c r="M54" t="s">
+        <v>2271</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2272</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B55" t="s">
-        <v>2248</v>
+        <v>2273</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>2249</v>
+        <v>2274</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>2250</v>
+        <v>2275</v>
       </c>
       <c r="H55" t="s">
-        <v>2251</v>
+        <v>2276</v>
       </c>
       <c r="I55" t="s">
-        <v>1820</v>
+        <v>2277</v>
       </c>
       <c r="J55" t="s">
-        <v>2252</v>
+        <v>2278</v>
       </c>
       <c r="K55" t="s">
-        <v>2253</v>
+        <v>2279</v>
       </c>
       <c r="L55" t="s">
-        <v>2254</v>
+        <v>2280</v>
       </c>
       <c r="M55" t="s">
-        <v>2255</v>
+        <v>2281</v>
       </c>
       <c r="N55" t="s">
-        <v>2256</v>
-[...8 lines deleted...]
-        <v>2259</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B56" t="s">
-        <v>2260</v>
+        <v>2283</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>2261</v>
+        <v>2284</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>2262</v>
+        <v>2285</v>
       </c>
       <c r="H56" t="s">
-        <v>2263</v>
+        <v>2286</v>
       </c>
       <c r="I56" t="s">
-        <v>2264</v>
+        <v>2287</v>
       </c>
       <c r="J56" t="s">
-        <v>2246</v>
+        <v>2288</v>
       </c>
       <c r="K56" t="s">
-        <v>2265</v>
+        <v>2289</v>
+      </c>
+      <c r="L56" t="s">
+        <v>2290</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B57" t="s">
-        <v>2266</v>
+        <v>2291</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>2267</v>
+        <v>2292</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>2268</v>
+        <v>2293</v>
       </c>
       <c r="H57" t="s">
-        <v>2269</v>
+        <v>2294</v>
       </c>
       <c r="I57" t="s">
-        <v>2270</v>
+        <v>2183</v>
       </c>
       <c r="J57" t="s">
-        <v>2115</v>
+        <v>2295</v>
       </c>
       <c r="K57" t="s">
-        <v>2271</v>
-[...11 lines deleted...]
-        <v>2275</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B58" t="s">
-        <v>2276</v>
+        <v>2297</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>2277</v>
+        <v>2298</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>2278</v>
+        <v>2299</v>
       </c>
       <c r="H58" t="s">
-        <v>2279</v>
+        <v>2300</v>
       </c>
       <c r="I58" t="s">
-        <v>2016</v>
+        <v>1877</v>
       </c>
       <c r="J58" t="s">
-        <v>2280</v>
+        <v>2301</v>
       </c>
       <c r="K58" t="s">
-        <v>2281</v>
+        <v>2302</v>
       </c>
       <c r="L58" t="s">
-        <v>2282</v>
+        <v>2303</v>
       </c>
       <c r="M58" t="s">
-        <v>2283</v>
+        <v>2304</v>
+      </c>
+      <c r="N58" t="s">
+        <v>2305</v>
+      </c>
+      <c r="O58" t="s">
+        <v>2306</v>
+      </c>
+      <c r="P58" t="s">
+        <v>2307</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>2308</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B59" t="s">
-        <v>2284</v>
+        <v>2309</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>2285</v>
+        <v>2310</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>2286</v>
+        <v>2311</v>
       </c>
       <c r="H59" t="s">
-        <v>2287</v>
+        <v>2312</v>
       </c>
       <c r="I59" t="s">
-        <v>2288</v>
+        <v>2313</v>
       </c>
       <c r="J59" t="s">
-        <v>2115</v>
+        <v>2295</v>
       </c>
       <c r="K59" t="s">
-        <v>2289</v>
-[...8 lines deleted...]
-        <v>2292</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B60" t="s">
-        <v>2293</v>
+        <v>2315</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>2294</v>
+        <v>2316</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>2295</v>
+        <v>2317</v>
       </c>
       <c r="H60" t="s">
-        <v>2296</v>
+        <v>2318</v>
       </c>
       <c r="I60" t="s">
-        <v>2297</v>
+        <v>2319</v>
       </c>
       <c r="J60" t="s">
-        <v>2298</v>
+        <v>2164</v>
       </c>
       <c r="K60" t="s">
-        <v>2299</v>
+        <v>2320</v>
       </c>
       <c r="L60" t="s">
-        <v>2300</v>
+        <v>2321</v>
       </c>
       <c r="M60" t="s">
-        <v>2301</v>
+        <v>2322</v>
       </c>
       <c r="N60" t="s">
-        <v>2302</v>
+        <v>2323</v>
       </c>
       <c r="O60" t="s">
-        <v>2303</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B61" t="s">
-        <v>2304</v>
+        <v>2325</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>2305</v>
+        <v>2326</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>2306</v>
+        <v>2327</v>
       </c>
       <c r="H61" t="s">
-        <v>2307</v>
+        <v>2328</v>
       </c>
       <c r="I61" t="s">
-        <v>2308</v>
+        <v>2065</v>
       </c>
       <c r="J61" t="s">
-        <v>2309</v>
+        <v>2329</v>
       </c>
       <c r="K61" t="s">
-        <v>2310</v>
+        <v>2330</v>
+      </c>
+      <c r="L61" t="s">
+        <v>2331</v>
+      </c>
+      <c r="M61" t="s">
+        <v>2332</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B62" t="s">
-        <v>2311</v>
+        <v>2333</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>2312</v>
+        <v>2334</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>2313</v>
+        <v>2335</v>
       </c>
       <c r="H62" t="s">
-        <v>2314</v>
+        <v>2336</v>
       </c>
       <c r="I62" t="s">
-        <v>2315</v>
+        <v>2337</v>
       </c>
       <c r="J62" t="s">
-        <v>2316</v>
+        <v>2164</v>
       </c>
       <c r="K62" t="s">
-        <v>2317</v>
+        <v>2338</v>
       </c>
       <c r="L62" t="s">
-        <v>2318</v>
+        <v>2339</v>
       </c>
       <c r="M62" t="s">
-        <v>2319</v>
+        <v>2340</v>
       </c>
       <c r="N62" t="s">
-        <v>2320</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B63" t="s">
-        <v>2321</v>
+        <v>2342</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>2322</v>
+        <v>2343</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>2323</v>
+        <v>2344</v>
       </c>
       <c r="H63" t="s">
-        <v>2324</v>
+        <v>2345</v>
       </c>
       <c r="I63" t="s">
-        <v>2325</v>
+        <v>2346</v>
       </c>
       <c r="J63" t="s">
-        <v>2280</v>
+        <v>2347</v>
       </c>
       <c r="K63" t="s">
-        <v>2326</v>
+        <v>2348</v>
+      </c>
+      <c r="L63" t="s">
+        <v>2349</v>
+      </c>
+      <c r="M63" t="s">
+        <v>2350</v>
+      </c>
+      <c r="N63" t="s">
+        <v>2351</v>
+      </c>
+      <c r="O63" t="s">
+        <v>2352</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B64" t="s">
-        <v>2327</v>
+        <v>2353</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>2328</v>
+        <v>2354</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>2329</v>
+        <v>2355</v>
       </c>
       <c r="H64" t="s">
-        <v>2330</v>
+        <v>2356</v>
       </c>
       <c r="I64" t="s">
-        <v>2331</v>
+        <v>2357</v>
       </c>
       <c r="J64" t="s">
-        <v>2332</v>
+        <v>2358</v>
       </c>
       <c r="K64" t="s">
-        <v>2333</v>
-[...5 lines deleted...]
-        <v>2335</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B65" t="s">
-        <v>2336</v>
+        <v>2360</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>2337</v>
+        <v>2361</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2338</v>
+        <v>2362</v>
       </c>
       <c r="H65" t="s">
-        <v>2339</v>
+        <v>2363</v>
       </c>
       <c r="I65" t="s">
-        <v>2340</v>
+        <v>2364</v>
       </c>
       <c r="J65" t="s">
-        <v>2341</v>
+        <v>2365</v>
       </c>
       <c r="K65" t="s">
-        <v>2342</v>
+        <v>2366</v>
       </c>
       <c r="L65" t="s">
-        <v>2343</v>
+        <v>2367</v>
       </c>
       <c r="M65" t="s">
-        <v>2344</v>
+        <v>2368</v>
       </c>
       <c r="N65" t="s">
-        <v>2345</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B66" t="s">
-        <v>2346</v>
+        <v>2370</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>2328</v>
+        <v>2371</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>2347</v>
+        <v>2372</v>
       </c>
       <c r="H66" t="s">
-        <v>2348</v>
+        <v>2373</v>
       </c>
       <c r="I66" t="s">
-        <v>2349</v>
+        <v>2374</v>
       </c>
       <c r="J66" t="s">
-        <v>2017</v>
+        <v>2329</v>
       </c>
       <c r="K66" t="s">
-        <v>2350</v>
-[...5 lines deleted...]
-        <v>2352</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B67" t="s">
-        <v>2353</v>
+        <v>2376</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>2354</v>
+        <v>2377</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>2355</v>
+        <v>2378</v>
       </c>
       <c r="H67" t="s">
-        <v>2356</v>
+        <v>2379</v>
       </c>
       <c r="I67" t="s">
-        <v>2228</v>
+        <v>2380</v>
       </c>
       <c r="J67" t="s">
-        <v>2357</v>
+        <v>2381</v>
       </c>
       <c r="K67" t="s">
-        <v>2358</v>
+        <v>2382</v>
       </c>
       <c r="L67" t="s">
-        <v>2359</v>
+        <v>2383</v>
       </c>
       <c r="M67" t="s">
-        <v>2360</v>
-[...26 lines deleted...]
-        <v>2369</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B68" t="s">
-        <v>2370</v>
+        <v>2385</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>2371</v>
+        <v>2386</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2372</v>
+        <v>2387</v>
       </c>
       <c r="H68" t="s">
-        <v>2373</v>
+        <v>2388</v>
       </c>
       <c r="I68" t="s">
-        <v>2374</v>
+        <v>2389</v>
       </c>
       <c r="J68" t="s">
-        <v>2357</v>
+        <v>2390</v>
       </c>
       <c r="K68" t="s">
-        <v>2375</v>
+        <v>2391</v>
       </c>
       <c r="L68" t="s">
-        <v>2376</v>
+        <v>2392</v>
+      </c>
+      <c r="M68" t="s">
+        <v>2393</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2394</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B69" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
         <v>2377</v>
       </c>
-      <c r="C69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>2379</v>
+        <v>2396</v>
       </c>
       <c r="H69" t="s">
-        <v>2380</v>
+        <v>2397</v>
       </c>
       <c r="I69" t="s">
-        <v>2381</v>
+        <v>2398</v>
       </c>
       <c r="J69" t="s">
-        <v>2246</v>
+        <v>2066</v>
       </c>
       <c r="K69" t="s">
-        <v>2382</v>
+        <v>2399</v>
+      </c>
+      <c r="L69" t="s">
+        <v>2400</v>
+      </c>
+      <c r="M69" t="s">
+        <v>2401</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B70" t="s">
-        <v>2383</v>
+        <v>2402</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>2384</v>
+        <v>2403</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2385</v>
+        <v>2404</v>
       </c>
       <c r="H70" t="s">
-        <v>2386</v>
+        <v>2405</v>
       </c>
       <c r="I70" t="s">
-        <v>2029</v>
+        <v>2277</v>
       </c>
       <c r="J70" t="s">
-        <v>2115</v>
+        <v>2406</v>
       </c>
       <c r="K70" t="s">
-        <v>2387</v>
+        <v>2407</v>
       </c>
       <c r="L70" t="s">
-        <v>2388</v>
+        <v>2408</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2409</v>
+      </c>
+      <c r="N70" t="s">
+        <v>2410</v>
+      </c>
+      <c r="O70" t="s">
+        <v>2411</v>
+      </c>
+      <c r="P70" t="s">
+        <v>2412</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>2413</v>
+      </c>
+      <c r="R70" t="s">
+        <v>2414</v>
+      </c>
+      <c r="S70" t="s">
+        <v>2415</v>
+      </c>
+      <c r="T70" t="s">
+        <v>2416</v>
+      </c>
+      <c r="U70" t="s">
+        <v>2417</v>
+      </c>
+      <c r="V70" t="s">
+        <v>2418</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B71" t="s">
-        <v>2389</v>
+        <v>2419</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>2384</v>
+        <v>2420</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2390</v>
+        <v>2421</v>
       </c>
       <c r="H71" t="s">
-        <v>2391</v>
+        <v>2422</v>
       </c>
       <c r="I71" t="s">
-        <v>2392</v>
+        <v>2423</v>
       </c>
       <c r="J71" t="s">
-        <v>1863</v>
+        <v>2406</v>
       </c>
       <c r="K71" t="s">
-        <v>2393</v>
+        <v>2424</v>
       </c>
       <c r="L71" t="s">
-        <v>2394</v>
-[...11 lines deleted...]
-        <v>2398</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B72" t="s">
-        <v>2399</v>
+        <v>2426</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>2400</v>
+        <v>2427</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>2401</v>
+        <v>2428</v>
       </c>
       <c r="H72" t="s">
-        <v>2402</v>
+        <v>2429</v>
       </c>
       <c r="I72" t="s">
-        <v>2403</v>
+        <v>2430</v>
       </c>
       <c r="J72" t="s">
-        <v>2404</v>
+        <v>2295</v>
       </c>
       <c r="K72" t="s">
-        <v>2405</v>
-[...8 lines deleted...]
-        <v>2408</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B73" t="s">
-        <v>2409</v>
+        <v>2432</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>2410</v>
+        <v>2433</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>2411</v>
+        <v>2434</v>
       </c>
       <c r="H73" t="s">
-        <v>2412</v>
+        <v>2435</v>
       </c>
       <c r="I73" t="s">
-        <v>2413</v>
+        <v>2078</v>
       </c>
       <c r="J73" t="s">
-        <v>2414</v>
+        <v>2164</v>
       </c>
       <c r="K73" t="s">
-        <v>2415</v>
+        <v>2436</v>
       </c>
       <c r="L73" t="s">
-        <v>2416</v>
-[...5 lines deleted...]
-        <v>2418</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B74" t="s">
-        <v>2419</v>
+        <v>2438</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>2420</v>
+        <v>2433</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>2421</v>
+        <v>2439</v>
       </c>
       <c r="H74" t="s">
-        <v>2422</v>
+        <v>2440</v>
       </c>
       <c r="I74" t="s">
-        <v>2423</v>
+        <v>2441</v>
       </c>
       <c r="J74" t="s">
-        <v>2424</v>
+        <v>1920</v>
       </c>
       <c r="K74" t="s">
-        <v>2425</v>
+        <v>2442</v>
       </c>
       <c r="L74" t="s">
-        <v>2426</v>
+        <v>2443</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2444</v>
+      </c>
+      <c r="N74" t="s">
+        <v>2445</v>
+      </c>
+      <c r="O74" t="s">
+        <v>2446</v>
+      </c>
+      <c r="P74" t="s">
+        <v>2447</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B75" t="s">
-        <v>2427</v>
+        <v>2448</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>2428</v>
+        <v>2449</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>2429</v>
+        <v>2450</v>
       </c>
       <c r="H75" t="s">
-        <v>2430</v>
+        <v>2451</v>
       </c>
       <c r="I75" t="s">
-        <v>2431</v>
+        <v>2452</v>
       </c>
       <c r="J75" t="s">
-        <v>2432</v>
+        <v>2453</v>
       </c>
       <c r="K75" t="s">
-        <v>2433</v>
+        <v>2454</v>
+      </c>
+      <c r="L75" t="s">
+        <v>2455</v>
+      </c>
+      <c r="M75" t="s">
+        <v>2456</v>
+      </c>
+      <c r="N75" t="s">
+        <v>2457</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B76" t="s">
-        <v>2434</v>
+        <v>2458</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>2428</v>
+        <v>2459</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>2435</v>
+        <v>2460</v>
       </c>
       <c r="H76" t="s">
-        <v>2436</v>
+        <v>2461</v>
       </c>
       <c r="I76" t="s">
-        <v>2437</v>
+        <v>2462</v>
       </c>
       <c r="J76" t="s">
-        <v>2432</v>
+        <v>2463</v>
       </c>
       <c r="K76" t="s">
-        <v>2438</v>
+        <v>2464</v>
       </c>
       <c r="L76" t="s">
-        <v>2439</v>
+        <v>2465</v>
       </c>
       <c r="M76" t="s">
-        <v>2440</v>
+        <v>2466</v>
+      </c>
+      <c r="N76" t="s">
+        <v>2467</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B77" t="s">
-        <v>2441</v>
+        <v>2468</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>2428</v>
+        <v>2469</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>2442</v>
+        <v>2470</v>
       </c>
       <c r="H77" t="s">
-        <v>2443</v>
+        <v>2471</v>
       </c>
       <c r="I77" t="s">
-        <v>2444</v>
+        <v>2472</v>
       </c>
       <c r="J77" t="s">
-        <v>2445</v>
+        <v>2473</v>
       </c>
       <c r="K77" t="s">
-        <v>2446</v>
+        <v>2474</v>
       </c>
       <c r="L77" t="s">
-        <v>2447</v>
-[...20 lines deleted...]
-        <v>2454</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B78" t="s">
-        <v>2455</v>
+        <v>2476</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>2428</v>
+        <v>2477</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>2456</v>
+        <v>2478</v>
       </c>
       <c r="H78" t="s">
-        <v>2457</v>
+        <v>2479</v>
       </c>
       <c r="I78" t="s">
-        <v>2458</v>
+        <v>2480</v>
       </c>
       <c r="J78" t="s">
-        <v>2126</v>
+        <v>2481</v>
       </c>
       <c r="K78" t="s">
-        <v>2459</v>
-[...20 lines deleted...]
-        <v>2466</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B79" t="s">
-        <v>2467</v>
+        <v>2483</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>2428</v>
+        <v>2477</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>2468</v>
+        <v>2484</v>
       </c>
       <c r="H79" t="s">
-        <v>2469</v>
+        <v>2485</v>
       </c>
       <c r="I79" t="s">
-        <v>2470</v>
+        <v>2486</v>
       </c>
       <c r="J79" t="s">
-        <v>2432</v>
+        <v>2481</v>
       </c>
       <c r="K79" t="s">
-        <v>2471</v>
+        <v>2487</v>
+      </c>
+      <c r="L79" t="s">
+        <v>2488</v>
+      </c>
+      <c r="M79" t="s">
+        <v>2489</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B80" t="s">
-        <v>2472</v>
+        <v>2490</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>2428</v>
+        <v>2477</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>2473</v>
+        <v>2491</v>
       </c>
       <c r="H80" t="s">
-        <v>2474</v>
+        <v>2492</v>
       </c>
       <c r="I80" t="s">
-        <v>2475</v>
+        <v>2493</v>
       </c>
       <c r="J80" t="s">
-        <v>1762</v>
+        <v>2494</v>
       </c>
       <c r="K80" t="s">
-        <v>2476</v>
+        <v>2495</v>
       </c>
       <c r="L80" t="s">
-        <v>2477</v>
+        <v>2496</v>
       </c>
       <c r="M80" t="s">
-        <v>2478</v>
+        <v>2497</v>
       </c>
       <c r="N80" t="s">
-        <v>2479</v>
+        <v>2498</v>
       </c>
       <c r="O80" t="s">
-        <v>2480</v>
+        <v>2499</v>
+      </c>
+      <c r="P80" t="s">
+        <v>2500</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>2501</v>
+      </c>
+      <c r="R80" t="s">
+        <v>2502</v>
+      </c>
+      <c r="S80" t="s">
+        <v>2503</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B81" t="s">
-        <v>2481</v>
+        <v>2504</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>2482</v>
+        <v>2477</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>2483</v>
+        <v>2505</v>
       </c>
       <c r="H81" t="s">
-        <v>2484</v>
+        <v>2506</v>
       </c>
       <c r="I81" t="s">
-        <v>2485</v>
+        <v>2507</v>
       </c>
       <c r="J81" t="s">
-        <v>2486</v>
+        <v>2175</v>
       </c>
       <c r="K81" t="s">
-        <v>2487</v>
+        <v>2508</v>
       </c>
       <c r="L81" t="s">
-        <v>2488</v>
+        <v>2509</v>
       </c>
       <c r="M81" t="s">
-        <v>2489</v>
+        <v>2510</v>
       </c>
       <c r="N81" t="s">
-        <v>2490</v>
+        <v>2511</v>
       </c>
       <c r="O81" t="s">
-        <v>2491</v>
+        <v>2512</v>
+      </c>
+      <c r="P81" t="s">
+        <v>2513</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>2514</v>
+      </c>
+      <c r="R81" t="s">
+        <v>2515</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B82" t="s">
-        <v>2492</v>
+        <v>2516</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>2493</v>
+        <v>2477</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>2494</v>
+        <v>2517</v>
       </c>
       <c r="H82" t="s">
-        <v>2495</v>
+        <v>2518</v>
       </c>
       <c r="I82" t="s">
-        <v>1919</v>
+        <v>2519</v>
       </c>
       <c r="J82" t="s">
-        <v>2496</v>
+        <v>2481</v>
       </c>
       <c r="K82" t="s">
-        <v>2497</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B83" t="s">
-        <v>2498</v>
+        <v>2521</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>2499</v>
+        <v>2477</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>2500</v>
+        <v>2522</v>
       </c>
       <c r="H83" t="s">
-        <v>2501</v>
+        <v>2523</v>
       </c>
       <c r="I83" t="s">
-        <v>2007</v>
+        <v>2524</v>
       </c>
       <c r="J83" t="s">
-        <v>2496</v>
+        <v>1819</v>
       </c>
       <c r="K83" t="s">
-        <v>2502</v>
+        <v>2525</v>
       </c>
       <c r="L83" t="s">
-        <v>2503</v>
+        <v>2526</v>
       </c>
       <c r="M83" t="s">
-        <v>2504</v>
+        <v>2527</v>
       </c>
       <c r="N83" t="s">
-        <v>2505</v>
+        <v>2528</v>
+      </c>
+      <c r="O83" t="s">
+        <v>2529</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B84" t="s">
-        <v>2506</v>
+        <v>2530</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>2507</v>
+        <v>2531</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>2508</v>
+        <v>2532</v>
       </c>
       <c r="H84" t="s">
-        <v>2509</v>
+        <v>2533</v>
       </c>
       <c r="I84" t="s">
-        <v>2510</v>
+        <v>2534</v>
       </c>
       <c r="J84" t="s">
-        <v>2357</v>
+        <v>2535</v>
       </c>
       <c r="K84" t="s">
-        <v>2511</v>
+        <v>2536</v>
       </c>
       <c r="L84" t="s">
-        <v>2512</v>
+        <v>2537</v>
       </c>
       <c r="M84" t="s">
-        <v>2513</v>
+        <v>2538</v>
       </c>
       <c r="N84" t="s">
-        <v>2514</v>
+        <v>2539</v>
+      </c>
+      <c r="O84" t="s">
+        <v>2540</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B85" t="s">
-        <v>2515</v>
+        <v>2541</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>2516</v>
+        <v>2542</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>2517</v>
+        <v>2543</v>
       </c>
       <c r="H85" t="s">
-        <v>2518</v>
+        <v>2544</v>
       </c>
       <c r="I85" t="s">
-        <v>2519</v>
+        <v>1976</v>
       </c>
       <c r="J85" t="s">
-        <v>2017</v>
+        <v>2545</v>
       </c>
       <c r="K85" t="s">
-        <v>2520</v>
-[...8 lines deleted...]
-        <v>2523</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B86" t="s">
-        <v>2524</v>
+        <v>2547</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>2525</v>
+        <v>2548</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>2526</v>
+        <v>2549</v>
       </c>
       <c r="H86" t="s">
-        <v>2527</v>
+        <v>2550</v>
       </c>
       <c r="I86" t="s">
-        <v>2528</v>
+        <v>2056</v>
       </c>
       <c r="J86" t="s">
-        <v>2085</v>
+        <v>2545</v>
       </c>
       <c r="K86" t="s">
-        <v>2529</v>
+        <v>2551</v>
       </c>
       <c r="L86" t="s">
-        <v>2530</v>
+        <v>2552</v>
       </c>
       <c r="M86" t="s">
-        <v>2531</v>
+        <v>2553</v>
       </c>
       <c r="N86" t="s">
-        <v>2532</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B87" t="s">
-        <v>2533</v>
+        <v>2555</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>2534</v>
+        <v>2556</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>2535</v>
+        <v>2557</v>
       </c>
       <c r="H87" t="s">
-        <v>2536</v>
+        <v>2558</v>
       </c>
       <c r="I87" t="s">
-        <v>2537</v>
+        <v>2559</v>
       </c>
       <c r="J87" t="s">
-        <v>2126</v>
+        <v>2406</v>
       </c>
       <c r="K87" t="s">
-        <v>2538</v>
+        <v>2560</v>
       </c>
       <c r="L87" t="s">
-        <v>2539</v>
+        <v>2561</v>
       </c>
       <c r="M87" t="s">
-        <v>2540</v>
+        <v>2562</v>
       </c>
       <c r="N87" t="s">
-        <v>2541</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B88" t="s">
-        <v>2542</v>
+        <v>2564</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>2534</v>
+        <v>2565</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>2543</v>
+        <v>2566</v>
       </c>
       <c r="H88" t="s">
-        <v>2544</v>
+        <v>2567</v>
       </c>
       <c r="I88" t="s">
-        <v>2545</v>
+        <v>2568</v>
       </c>
       <c r="J88" t="s">
-        <v>2546</v>
+        <v>2066</v>
       </c>
       <c r="K88" t="s">
-        <v>2547</v>
+        <v>2569</v>
       </c>
       <c r="L88" t="s">
-        <v>2548</v>
+        <v>2570</v>
       </c>
       <c r="M88" t="s">
-        <v>2549</v>
+        <v>2571</v>
       </c>
       <c r="N88" t="s">
-        <v>2550</v>
-[...8 lines deleted...]
-        <v>2553</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B89" t="s">
-        <v>2554</v>
+        <v>2573</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>2555</v>
+        <v>2574</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>2556</v>
+        <v>2575</v>
       </c>
       <c r="H89" t="s">
-        <v>2557</v>
+        <v>2576</v>
       </c>
       <c r="I89" t="s">
-        <v>2558</v>
+        <v>2577</v>
       </c>
       <c r="J89" t="s">
-        <v>1809</v>
+        <v>2134</v>
       </c>
       <c r="K89" t="s">
-        <v>2559</v>
+        <v>2578</v>
       </c>
       <c r="L89" t="s">
-        <v>2560</v>
+        <v>2579</v>
       </c>
       <c r="M89" t="s">
-        <v>2561</v>
+        <v>2580</v>
       </c>
       <c r="N89" t="s">
-        <v>2562</v>
-[...11 lines deleted...]
-        <v>2566</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B90" t="s">
-        <v>2567</v>
+        <v>2582</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>2568</v>
+        <v>2583</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>2569</v>
+        <v>2584</v>
       </c>
       <c r="H90" t="s">
-        <v>2570</v>
+        <v>2585</v>
       </c>
       <c r="I90" t="s">
-        <v>2571</v>
+        <v>2586</v>
       </c>
       <c r="J90" t="s">
-        <v>2097</v>
+        <v>2175</v>
       </c>
       <c r="K90" t="s">
-        <v>2572</v>
+        <v>2587</v>
       </c>
       <c r="L90" t="s">
-        <v>2573</v>
+        <v>2588</v>
       </c>
       <c r="M90" t="s">
-        <v>2574</v>
+        <v>2589</v>
+      </c>
+      <c r="N90" t="s">
+        <v>2590</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B91" t="s">
-        <v>2575</v>
+        <v>2591</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>2576</v>
+        <v>2583</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>2577</v>
+        <v>2592</v>
       </c>
       <c r="H91" t="s">
-        <v>2578</v>
+        <v>2593</v>
       </c>
       <c r="I91" t="s">
-        <v>2579</v>
+        <v>2594</v>
       </c>
       <c r="J91" t="s">
-        <v>1809</v>
+        <v>2595</v>
       </c>
       <c r="K91" t="s">
-        <v>2580</v>
+        <v>2596</v>
       </c>
       <c r="L91" t="s">
-        <v>2581</v>
+        <v>2597</v>
       </c>
       <c r="M91" t="s">
-        <v>2582</v>
+        <v>2598</v>
+      </c>
+      <c r="N91" t="s">
+        <v>2599</v>
+      </c>
+      <c r="O91" t="s">
+        <v>2600</v>
+      </c>
+      <c r="P91" t="s">
+        <v>2601</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>2602</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B92" t="s">
-        <v>2583</v>
+        <v>2603</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>2584</v>
+        <v>2604</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>2585</v>
+        <v>2605</v>
       </c>
       <c r="H92" t="s">
-        <v>2586</v>
+        <v>2606</v>
       </c>
       <c r="I92" t="s">
-        <v>2587</v>
+        <v>2607</v>
       </c>
       <c r="J92" t="s">
-        <v>2162</v>
+        <v>1866</v>
       </c>
       <c r="K92" t="s">
-        <v>2588</v>
+        <v>2608</v>
+      </c>
+      <c r="L92" t="s">
+        <v>2609</v>
+      </c>
+      <c r="M92" t="s">
+        <v>2610</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2611</v>
+      </c>
+      <c r="O92" t="s">
+        <v>2612</v>
+      </c>
+      <c r="P92" t="s">
+        <v>2613</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>2614</v>
+      </c>
+      <c r="R92" t="s">
+        <v>2615</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B93" t="s">
-        <v>2589</v>
+        <v>2616</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>2590</v>
+        <v>2617</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>2591</v>
+        <v>2618</v>
       </c>
       <c r="H93" t="s">
-        <v>2592</v>
+        <v>2619</v>
       </c>
       <c r="I93" t="s">
-        <v>2593</v>
+        <v>2620</v>
       </c>
       <c r="J93" t="s">
-        <v>2097</v>
+        <v>2146</v>
       </c>
       <c r="K93" t="s">
-        <v>2594</v>
+        <v>2621</v>
       </c>
       <c r="L93" t="s">
-        <v>2595</v>
+        <v>2622</v>
       </c>
       <c r="M93" t="s">
-        <v>2596</v>
-[...2 lines deleted...]
-        <v>2597</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B94" t="s">
-        <v>2598</v>
+        <v>2624</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>2599</v>
+        <v>2625</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>2600</v>
+        <v>2626</v>
       </c>
       <c r="H94" t="s">
-        <v>2601</v>
+        <v>2627</v>
       </c>
       <c r="I94" t="s">
-        <v>2602</v>
+        <v>2628</v>
       </c>
       <c r="J94" t="s">
-        <v>2603</v>
+        <v>1866</v>
       </c>
       <c r="K94" t="s">
-        <v>2604</v>
+        <v>2629</v>
       </c>
       <c r="L94" t="s">
-        <v>2605</v>
+        <v>2630</v>
       </c>
       <c r="M94" t="s">
-        <v>2606</v>
-[...2 lines deleted...]
-        <v>2607</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B95" t="s">
-        <v>2608</v>
+        <v>2632</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>2599</v>
+        <v>2633</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>2609</v>
+        <v>2634</v>
       </c>
       <c r="H95" t="s">
-        <v>2610</v>
+        <v>2635</v>
       </c>
       <c r="I95" t="s">
-        <v>2611</v>
+        <v>2636</v>
       </c>
       <c r="J95" t="s">
-        <v>2017</v>
+        <v>2211</v>
       </c>
       <c r="K95" t="s">
-        <v>2612</v>
-[...5 lines deleted...]
-        <v>2614</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B96" t="s">
-        <v>2615</v>
+        <v>2638</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>2616</v>
+        <v>2639</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>2617</v>
+        <v>2640</v>
       </c>
       <c r="H96" t="s">
-        <v>2618</v>
+        <v>2641</v>
       </c>
       <c r="I96" t="s">
-        <v>2619</v>
+        <v>2642</v>
       </c>
       <c r="J96" t="s">
-        <v>2017</v>
+        <v>2146</v>
       </c>
       <c r="K96" t="s">
-        <v>2620</v>
+        <v>2643</v>
       </c>
       <c r="L96" t="s">
-        <v>2621</v>
+        <v>2644</v>
       </c>
       <c r="M96" t="s">
-        <v>2622</v>
+        <v>2645</v>
+      </c>
+      <c r="N96" t="s">
+        <v>2646</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B97" t="s">
-        <v>2623</v>
+        <v>2647</v>
       </c>
       <c r="C97" t="s">
         <v>11</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>2616</v>
+        <v>2648</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>2624</v>
+        <v>2649</v>
       </c>
       <c r="H97" t="s">
-        <v>2625</v>
+        <v>2650</v>
       </c>
       <c r="I97" t="s">
-        <v>2626</v>
+        <v>2651</v>
       </c>
       <c r="J97" t="s">
-        <v>2017</v>
+        <v>2652</v>
       </c>
       <c r="K97" t="s">
-        <v>2627</v>
+        <v>2653</v>
       </c>
       <c r="L97" t="s">
-        <v>2628</v>
+        <v>2654</v>
       </c>
       <c r="M97" t="s">
-        <v>2629</v>
+        <v>2655</v>
+      </c>
+      <c r="N97" t="s">
+        <v>2656</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B98" t="s">
-        <v>2630</v>
+        <v>2657</v>
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>2631</v>
+        <v>2648</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>2632</v>
+        <v>2658</v>
       </c>
       <c r="H98" t="s">
-        <v>2633</v>
+        <v>2659</v>
       </c>
       <c r="I98" t="s">
-        <v>2634</v>
+        <v>2660</v>
       </c>
       <c r="J98" t="s">
-        <v>2017</v>
+        <v>2066</v>
       </c>
       <c r="K98" t="s">
-        <v>2635</v>
+        <v>2661</v>
       </c>
       <c r="L98" t="s">
-        <v>2636</v>
+        <v>2662</v>
       </c>
       <c r="M98" t="s">
-        <v>2637</v>
-[...2 lines deleted...]
-        <v>2638</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B99" t="s">
-        <v>2639</v>
+        <v>2664</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>2631</v>
+        <v>2665</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>2640</v>
+        <v>2666</v>
       </c>
       <c r="H99" t="s">
-        <v>2641</v>
+        <v>2667</v>
       </c>
       <c r="I99" t="s">
-        <v>2642</v>
+        <v>2668</v>
       </c>
       <c r="J99" t="s">
-        <v>2309</v>
+        <v>2066</v>
       </c>
       <c r="K99" t="s">
-        <v>2643</v>
+        <v>2669</v>
       </c>
       <c r="L99" t="s">
-        <v>2644</v>
+        <v>2670</v>
       </c>
       <c r="M99" t="s">
-        <v>2645</v>
-[...17 lines deleted...]
-        <v>2651</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B100" t="s">
-        <v>2652</v>
+        <v>2672</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>2631</v>
+        <v>2665</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>2653</v>
+        <v>2673</v>
       </c>
       <c r="H100" t="s">
-        <v>2654</v>
+        <v>2674</v>
       </c>
       <c r="I100" t="s">
-        <v>2655</v>
+        <v>2675</v>
       </c>
       <c r="J100" t="s">
-        <v>2057</v>
+        <v>2066</v>
       </c>
       <c r="K100" t="s">
-        <v>2656</v>
+        <v>2676</v>
       </c>
       <c r="L100" t="s">
-        <v>2657</v>
+        <v>2677</v>
       </c>
       <c r="M100" t="s">
-        <v>2658</v>
-[...11 lines deleted...]
-        <v>2662</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B101" t="s">
-        <v>2663</v>
+        <v>2679</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>2664</v>
+        <v>2680</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>2665</v>
+        <v>2681</v>
       </c>
       <c r="H101" t="s">
-        <v>2666</v>
+        <v>2682</v>
       </c>
       <c r="I101" t="s">
-        <v>2667</v>
+        <v>2683</v>
       </c>
       <c r="J101" t="s">
-        <v>2115</v>
+        <v>2066</v>
       </c>
       <c r="K101" t="s">
-        <v>2668</v>
+        <v>2684</v>
+      </c>
+      <c r="L101" t="s">
+        <v>2685</v>
+      </c>
+      <c r="M101" t="s">
+        <v>2686</v>
+      </c>
+      <c r="N101" t="s">
+        <v>2687</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B102" t="s">
-        <v>2669</v>
+        <v>2688</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>2670</v>
+        <v>2680</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>2671</v>
+        <v>2689</v>
       </c>
       <c r="H102" t="s">
-        <v>2672</v>
+        <v>2690</v>
       </c>
       <c r="I102" t="s">
-        <v>2673</v>
+        <v>2691</v>
       </c>
       <c r="J102" t="s">
-        <v>2126</v>
+        <v>2358</v>
       </c>
       <c r="K102" t="s">
-        <v>2674</v>
+        <v>2692</v>
       </c>
       <c r="L102" t="s">
-        <v>2675</v>
+        <v>2693</v>
       </c>
       <c r="M102" t="s">
-        <v>2676</v>
+        <v>2694</v>
+      </c>
+      <c r="N102" t="s">
+        <v>2695</v>
+      </c>
+      <c r="O102" t="s">
+        <v>2696</v>
+      </c>
+      <c r="P102" t="s">
+        <v>2697</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>2698</v>
+      </c>
+      <c r="R102" t="s">
+        <v>2699</v>
+      </c>
+      <c r="S102" t="s">
+        <v>2700</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B103" t="s">
-        <v>2677</v>
+        <v>2701</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>2678</v>
+        <v>2680</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>2679</v>
+        <v>2702</v>
       </c>
       <c r="H103" t="s">
-        <v>2680</v>
+        <v>2703</v>
       </c>
       <c r="I103" t="s">
-        <v>2681</v>
+        <v>2704</v>
       </c>
       <c r="J103" t="s">
-        <v>2017</v>
+        <v>2106</v>
       </c>
       <c r="K103" t="s">
-        <v>2682</v>
+        <v>2705</v>
       </c>
       <c r="L103" t="s">
-        <v>2683</v>
+        <v>2706</v>
       </c>
       <c r="M103" t="s">
-        <v>2684</v>
+        <v>2707</v>
+      </c>
+      <c r="N103" t="s">
+        <v>2708</v>
+      </c>
+      <c r="O103" t="s">
+        <v>2709</v>
+      </c>
+      <c r="P103" t="s">
+        <v>2710</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>2711</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B104" t="s">
-        <v>2685</v>
+        <v>2712</v>
       </c>
       <c r="C104" t="s">
         <v>11</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>2686</v>
+        <v>2713</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>2687</v>
+        <v>2714</v>
       </c>
       <c r="H104" t="s">
-        <v>2688</v>
+        <v>2715</v>
       </c>
       <c r="I104" t="s">
-        <v>2689</v>
+        <v>2716</v>
       </c>
       <c r="J104" t="s">
-        <v>2690</v>
+        <v>2164</v>
       </c>
       <c r="K104" t="s">
-        <v>2691</v>
-[...2 lines deleted...]
-        <v>2692</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B105" t="s">
-        <v>2693</v>
+        <v>2718</v>
       </c>
       <c r="C105" t="s">
         <v>11</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>2694</v>
+        <v>2719</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>2695</v>
+        <v>2720</v>
       </c>
       <c r="H105" t="s">
-        <v>2696</v>
+        <v>2721</v>
       </c>
       <c r="I105" t="s">
-        <v>2697</v>
+        <v>2722</v>
       </c>
       <c r="J105" t="s">
-        <v>2017</v>
+        <v>2175</v>
       </c>
       <c r="K105" t="s">
-        <v>2698</v>
+        <v>2723</v>
       </c>
       <c r="L105" t="s">
-        <v>2699</v>
+        <v>2724</v>
       </c>
       <c r="M105" t="s">
-        <v>2700</v>
-[...2 lines deleted...]
-        <v>2701</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B106" t="s">
-        <v>2702</v>
+        <v>2726</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>2703</v>
+        <v>2727</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>2704</v>
+        <v>2728</v>
       </c>
       <c r="H106" t="s">
-        <v>2705</v>
+        <v>2729</v>
       </c>
       <c r="I106" t="s">
-        <v>2706</v>
+        <v>2730</v>
       </c>
       <c r="J106" t="s">
-        <v>2707</v>
+        <v>2066</v>
       </c>
       <c r="K106" t="s">
-        <v>2708</v>
+        <v>2731</v>
       </c>
       <c r="L106" t="s">
-        <v>2709</v>
+        <v>2732</v>
       </c>
       <c r="M106" t="s">
-        <v>2710</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B107" t="s">
-        <v>2711</v>
+        <v>2734</v>
       </c>
       <c r="C107" t="s">
         <v>11</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>2712</v>
+        <v>2735</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>2713</v>
+        <v>2736</v>
       </c>
       <c r="H107" t="s">
-        <v>2714</v>
+        <v>2737</v>
       </c>
       <c r="I107" t="s">
-        <v>2715</v>
+        <v>2738</v>
       </c>
       <c r="J107" t="s">
-        <v>1885</v>
+        <v>2739</v>
       </c>
       <c r="K107" t="s">
-        <v>2716</v>
+        <v>2740</v>
       </c>
       <c r="L107" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>2718</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B108" t="s">
-        <v>2719</v>
+        <v>2742</v>
       </c>
       <c r="C108" t="s">
         <v>11</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>2720</v>
+        <v>2743</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>2721</v>
+        <v>2744</v>
       </c>
       <c r="H108" t="s">
-        <v>2722</v>
+        <v>2745</v>
       </c>
       <c r="I108" t="s">
-        <v>2723</v>
+        <v>2746</v>
       </c>
       <c r="J108" t="s">
-        <v>2724</v>
+        <v>2066</v>
       </c>
       <c r="K108" t="s">
-        <v>2725</v>
+        <v>2747</v>
+      </c>
+      <c r="L108" t="s">
+        <v>2748</v>
+      </c>
+      <c r="M108" t="s">
+        <v>2749</v>
+      </c>
+      <c r="N108" t="s">
+        <v>2750</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B109" t="s">
-        <v>2726</v>
+        <v>2751</v>
       </c>
       <c r="C109" t="s">
         <v>11</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>2727</v>
+        <v>2752</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>2728</v>
+        <v>2753</v>
       </c>
       <c r="H109" t="s">
-        <v>2729</v>
+        <v>2754</v>
       </c>
       <c r="I109" t="s">
-        <v>2634</v>
+        <v>2755</v>
       </c>
       <c r="J109" t="s">
-        <v>2115</v>
+        <v>2756</v>
       </c>
       <c r="K109" t="s">
-        <v>2730</v>
+        <v>2757</v>
+      </c>
+      <c r="L109" t="s">
+        <v>2758</v>
+      </c>
+      <c r="M109" t="s">
+        <v>2759</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B110" t="s">
-        <v>2731</v>
+        <v>2760</v>
       </c>
       <c r="C110" t="s">
         <v>11</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>2732</v>
+        <v>2761</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>2733</v>
+        <v>2762</v>
       </c>
       <c r="H110" t="s">
-        <v>2734</v>
+        <v>2763</v>
       </c>
       <c r="I110" t="s">
-        <v>2735</v>
+        <v>2764</v>
       </c>
       <c r="J110" t="s">
-        <v>2115</v>
+        <v>1942</v>
       </c>
       <c r="K110" t="s">
-        <v>2736</v>
+        <v>2765</v>
+      </c>
+      <c r="L110" t="s">
+        <v>2766</v>
+      </c>
+      <c r="M110" t="s">
+        <v>2767</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B111" t="s">
-        <v>2737</v>
+        <v>2768</v>
       </c>
       <c r="C111" t="s">
         <v>11</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>2738</v>
+        <v>2769</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>2739</v>
+        <v>2770</v>
       </c>
       <c r="H111" t="s">
-        <v>2740</v>
+        <v>2771</v>
       </c>
       <c r="I111" t="s">
-        <v>2437</v>
+        <v>2772</v>
       </c>
       <c r="J111" t="s">
-        <v>2741</v>
+        <v>2773</v>
       </c>
       <c r="K111" t="s">
-        <v>2742</v>
-[...8 lines deleted...]
-        <v>2745</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B112" t="s">
-        <v>2746</v>
+        <v>2775</v>
       </c>
       <c r="C112" t="s">
         <v>11</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>2747</v>
+        <v>2776</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>2748</v>
+        <v>2777</v>
       </c>
       <c r="H112" t="s">
-        <v>2749</v>
+        <v>2778</v>
       </c>
       <c r="I112" t="s">
-        <v>2750</v>
+        <v>2683</v>
       </c>
       <c r="J112" t="s">
-        <v>2603</v>
+        <v>2164</v>
       </c>
       <c r="K112" t="s">
-        <v>2751</v>
-[...11 lines deleted...]
-        <v>2755</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B113" t="s">
-        <v>2756</v>
+        <v>2780</v>
       </c>
       <c r="C113" t="s">
         <v>11</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>2757</v>
+        <v>2781</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>2758</v>
+        <v>2782</v>
       </c>
       <c r="H113" t="s">
-        <v>2759</v>
+        <v>2783</v>
       </c>
       <c r="I113" t="s">
-        <v>1935</v>
+        <v>2784</v>
       </c>
       <c r="J113" t="s">
-        <v>2760</v>
+        <v>2164</v>
       </c>
       <c r="K113" t="s">
-        <v>2761</v>
-[...11 lines deleted...]
-        <v>2765</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B114" t="s">
-        <v>2766</v>
+        <v>2786</v>
       </c>
       <c r="C114" t="s">
         <v>11</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>2767</v>
+        <v>2787</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>2768</v>
+        <v>2788</v>
       </c>
       <c r="H114" t="s">
-        <v>2769</v>
+        <v>2789</v>
       </c>
       <c r="I114" t="s">
-        <v>2770</v>
+        <v>2486</v>
       </c>
       <c r="J114" t="s">
-        <v>2017</v>
+        <v>2790</v>
       </c>
       <c r="K114" t="s">
-        <v>2771</v>
+        <v>2791</v>
       </c>
       <c r="L114" t="s">
-        <v>2772</v>
+        <v>2792</v>
       </c>
       <c r="M114" t="s">
-        <v>2773</v>
+        <v>2793</v>
+      </c>
+      <c r="N114" t="s">
+        <v>2794</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B115" t="s">
-        <v>2774</v>
+        <v>2795</v>
       </c>
       <c r="C115" t="s">
         <v>11</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>2747</v>
+        <v>2796</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>2775</v>
+        <v>2797</v>
       </c>
       <c r="H115" t="s">
-        <v>2776</v>
+        <v>2798</v>
       </c>
       <c r="I115" t="s">
-        <v>2777</v>
+        <v>2799</v>
       </c>
       <c r="J115" t="s">
-        <v>2017</v>
+        <v>2652</v>
       </c>
       <c r="K115" t="s">
-        <v>2778</v>
+        <v>2800</v>
       </c>
       <c r="L115" t="s">
-        <v>2779</v>
+        <v>2801</v>
       </c>
       <c r="M115" t="s">
-        <v>2780</v>
+        <v>2802</v>
       </c>
       <c r="N115" t="s">
-        <v>2781</v>
+        <v>2803</v>
+      </c>
+      <c r="O115" t="s">
+        <v>2804</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B116" t="s">
-        <v>2782</v>
+        <v>2805</v>
       </c>
       <c r="C116" t="s">
         <v>11</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>2783</v>
+        <v>2806</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>2784</v>
+        <v>2807</v>
       </c>
       <c r="H116" t="s">
-        <v>2785</v>
+        <v>2808</v>
       </c>
       <c r="I116" t="s">
-        <v>2786</v>
+        <v>1795</v>
       </c>
       <c r="J116" t="s">
-        <v>2787</v>
+        <v>2809</v>
       </c>
       <c r="K116" t="s">
-        <v>2788</v>
+        <v>2810</v>
       </c>
       <c r="L116" t="s">
-        <v>2789</v>
+        <v>2811</v>
       </c>
       <c r="M116" t="s">
-        <v>2790</v>
+        <v>2812</v>
+      </c>
+      <c r="N116" t="s">
+        <v>2813</v>
+      </c>
+      <c r="O116" t="s">
+        <v>2814</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B117" t="s">
-        <v>2791</v>
+        <v>2815</v>
       </c>
       <c r="C117" t="s">
         <v>11</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>2792</v>
+        <v>2816</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>2793</v>
+        <v>2817</v>
       </c>
       <c r="H117" t="s">
-        <v>2794</v>
+        <v>2818</v>
       </c>
       <c r="I117" t="s">
-        <v>2795</v>
+        <v>2819</v>
       </c>
       <c r="J117" t="s">
-        <v>2796</v>
+        <v>2066</v>
       </c>
       <c r="K117" t="s">
-        <v>2797</v>
+        <v>2820</v>
+      </c>
+      <c r="L117" t="s">
+        <v>2821</v>
+      </c>
+      <c r="M117" t="s">
+        <v>2822</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B118" t="s">
-        <v>2798</v>
+        <v>2823</v>
       </c>
       <c r="C118" t="s">
         <v>11</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>2799</v>
+        <v>2796</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>2800</v>
+        <v>2824</v>
       </c>
       <c r="H118" t="s">
-        <v>2801</v>
+        <v>2825</v>
       </c>
       <c r="I118" t="s">
-        <v>2802</v>
+        <v>2826</v>
       </c>
       <c r="J118" t="s">
-        <v>2017</v>
+        <v>2066</v>
       </c>
       <c r="K118" t="s">
-        <v>2803</v>
+        <v>2827</v>
       </c>
       <c r="L118" t="s">
-        <v>2804</v>
+        <v>2828</v>
       </c>
       <c r="M118" t="s">
-        <v>2805</v>
+        <v>2829</v>
+      </c>
+      <c r="N118" t="s">
+        <v>2830</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B119" t="s">
-        <v>2806</v>
+        <v>2831</v>
       </c>
       <c r="C119" t="s">
         <v>11</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>2807</v>
+        <v>2832</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>2808</v>
+        <v>2833</v>
       </c>
       <c r="H119" t="s">
-        <v>2809</v>
+        <v>2834</v>
       </c>
       <c r="I119" t="s">
-        <v>2810</v>
+        <v>2835</v>
       </c>
       <c r="J119" t="s">
-        <v>2017</v>
+        <v>2836</v>
       </c>
       <c r="K119" t="s">
-        <v>2811</v>
+        <v>2837</v>
       </c>
       <c r="L119" t="s">
-        <v>2812</v>
+        <v>2838</v>
       </c>
       <c r="M119" t="s">
-        <v>2813</v>
-[...5 lines deleted...]
-        <v>2815</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B120" t="s">
-        <v>2816</v>
+        <v>2840</v>
       </c>
       <c r="C120" t="s">
         <v>11</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>2817</v>
+        <v>2841</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>2818</v>
+        <v>2842</v>
       </c>
       <c r="H120" t="s">
-        <v>2819</v>
+        <v>2843</v>
       </c>
       <c r="I120" t="s">
-        <v>2820</v>
+        <v>2844</v>
       </c>
       <c r="J120" t="s">
-        <v>2760</v>
+        <v>2066</v>
       </c>
       <c r="K120" t="s">
-        <v>2821</v>
+        <v>2845</v>
       </c>
       <c r="L120" t="s">
-        <v>2822</v>
+        <v>2846</v>
       </c>
       <c r="M120" t="s">
-        <v>2823</v>
-[...2 lines deleted...]
-        <v>2824</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B121" t="s">
-        <v>2825</v>
+        <v>2848</v>
       </c>
       <c r="C121" t="s">
         <v>11</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>2826</v>
+        <v>2849</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>2827</v>
+        <v>2850</v>
       </c>
       <c r="H121" t="s">
-        <v>2828</v>
+        <v>2851</v>
       </c>
       <c r="I121" t="s">
-        <v>2829</v>
+        <v>2852</v>
       </c>
       <c r="J121" t="s">
-        <v>2830</v>
+        <v>2066</v>
       </c>
       <c r="K121" t="s">
-        <v>2831</v>
+        <v>2853</v>
       </c>
       <c r="L121" t="s">
-        <v>2832</v>
+        <v>2854</v>
+      </c>
+      <c r="M121" t="s">
+        <v>2855</v>
+      </c>
+      <c r="N121" t="s">
+        <v>2856</v>
+      </c>
+      <c r="O121" t="s">
+        <v>2857</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B122" t="s">
-        <v>2833</v>
+        <v>2858</v>
       </c>
       <c r="C122" t="s">
         <v>11</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>2807</v>
+        <v>2859</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>2834</v>
+        <v>2860</v>
       </c>
       <c r="H122" t="s">
-        <v>2835</v>
+        <v>2861</v>
       </c>
       <c r="I122" t="s">
-        <v>2836</v>
+        <v>2862</v>
       </c>
       <c r="J122" t="s">
-        <v>2152</v>
+        <v>2809</v>
       </c>
       <c r="K122" t="s">
-        <v>2837</v>
+        <v>2863</v>
       </c>
       <c r="L122" t="s">
-        <v>2838</v>
+        <v>2864</v>
       </c>
       <c r="M122" t="s">
-        <v>2839</v>
+        <v>2865</v>
       </c>
       <c r="N122" t="s">
-        <v>2840</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B123" t="s">
-        <v>2841</v>
+        <v>2867</v>
       </c>
       <c r="C123" t="s">
         <v>11</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>2826</v>
+        <v>2868</v>
       </c>
       <c r="F123" t="s">
         <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>2842</v>
+        <v>2869</v>
       </c>
       <c r="H123" t="s">
-        <v>2843</v>
+        <v>2870</v>
       </c>
       <c r="I123" t="s">
-        <v>2844</v>
+        <v>2871</v>
       </c>
       <c r="J123" t="s">
-        <v>2845</v>
+        <v>2872</v>
       </c>
       <c r="K123" t="s">
-        <v>2846</v>
+        <v>2873</v>
       </c>
       <c r="L123" t="s">
-        <v>2847</v>
-[...5 lines deleted...]
-        <v>2849</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B124" t="s">
-        <v>2850</v>
+        <v>2875</v>
       </c>
       <c r="C124" t="s">
         <v>11</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>2817</v>
+        <v>2849</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>2851</v>
+        <v>2876</v>
       </c>
       <c r="H124" t="s">
-        <v>2852</v>
+        <v>2877</v>
       </c>
       <c r="I124" t="s">
-        <v>2853</v>
+        <v>2878</v>
       </c>
       <c r="J124" t="s">
-        <v>2690</v>
+        <v>2201</v>
       </c>
       <c r="K124" t="s">
-        <v>2854</v>
+        <v>2879</v>
       </c>
       <c r="L124" t="s">
-        <v>2855</v>
+        <v>2880</v>
       </c>
       <c r="M124" t="s">
-        <v>2856</v>
+        <v>2881</v>
       </c>
       <c r="N124" t="s">
-        <v>2857</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B125" t="s">
-        <v>2858</v>
+        <v>2883</v>
       </c>
       <c r="C125" t="s">
         <v>11</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>2817</v>
+        <v>2868</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>2859</v>
+        <v>2884</v>
       </c>
       <c r="H125" t="s">
-        <v>2860</v>
+        <v>2885</v>
       </c>
       <c r="I125" t="s">
-        <v>2177</v>
+        <v>2886</v>
       </c>
       <c r="J125" t="s">
-        <v>1809</v>
+        <v>2887</v>
       </c>
       <c r="K125" t="s">
-        <v>2861</v>
+        <v>2888</v>
       </c>
       <c r="L125" t="s">
-        <v>2862</v>
+        <v>2889</v>
       </c>
       <c r="M125" t="s">
-        <v>2863</v>
+        <v>2890</v>
       </c>
       <c r="N125" t="s">
-        <v>2864</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B126" t="s">
-        <v>2865</v>
+        <v>2892</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>2826</v>
+        <v>2859</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>2866</v>
+        <v>2893</v>
       </c>
       <c r="H126" t="s">
-        <v>2867</v>
+        <v>2894</v>
       </c>
       <c r="I126" t="s">
-        <v>2795</v>
+        <v>2895</v>
       </c>
       <c r="J126" t="s">
-        <v>2017</v>
+        <v>2739</v>
       </c>
       <c r="K126" t="s">
-        <v>2868</v>
+        <v>2896</v>
       </c>
       <c r="L126" t="s">
-        <v>2869</v>
+        <v>2897</v>
       </c>
       <c r="M126" t="s">
-        <v>2870</v>
+        <v>2898</v>
       </c>
       <c r="N126" t="s">
-        <v>2871</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B127" t="s">
-        <v>2872</v>
+        <v>2900</v>
       </c>
       <c r="C127" t="s">
         <v>11</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>2873</v>
+        <v>2859</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>2874</v>
+        <v>2901</v>
       </c>
       <c r="H127" t="s">
-        <v>2875</v>
+        <v>2902</v>
       </c>
       <c r="I127" t="s">
-        <v>2876</v>
+        <v>2226</v>
       </c>
       <c r="J127" t="s">
-        <v>2877</v>
+        <v>1866</v>
       </c>
       <c r="K127" t="s">
-        <v>2878</v>
+        <v>2903</v>
       </c>
       <c r="L127" t="s">
-        <v>2879</v>
+        <v>2904</v>
       </c>
       <c r="M127" t="s">
-        <v>2880</v>
+        <v>2905</v>
+      </c>
+      <c r="N127" t="s">
+        <v>2906</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B128" t="s">
-        <v>2881</v>
+        <v>2907</v>
       </c>
       <c r="C128" t="s">
         <v>11</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>2882</v>
+        <v>2868</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>2883</v>
+        <v>2908</v>
       </c>
       <c r="H128" t="s">
-        <v>2884</v>
+        <v>2909</v>
       </c>
       <c r="I128" t="s">
-        <v>2885</v>
+        <v>1787</v>
       </c>
       <c r="J128" t="s">
-        <v>2017</v>
+        <v>2066</v>
       </c>
       <c r="K128" t="s">
-        <v>2886</v>
+        <v>2910</v>
       </c>
       <c r="L128" t="s">
-        <v>2887</v>
+        <v>2911</v>
       </c>
       <c r="M128" t="s">
-        <v>2888</v>
+        <v>2912</v>
+      </c>
+      <c r="N128" t="s">
+        <v>2913</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B129" t="s">
-        <v>2889</v>
+        <v>2914</v>
       </c>
       <c r="C129" t="s">
         <v>11</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>2882</v>
+        <v>2915</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>2890</v>
+        <v>2916</v>
       </c>
       <c r="H129" t="s">
-        <v>2891</v>
+        <v>2917</v>
       </c>
       <c r="I129" t="s">
-        <v>2892</v>
+        <v>2918</v>
       </c>
       <c r="J129" t="s">
-        <v>2893</v>
+        <v>2919</v>
       </c>
       <c r="K129" t="s">
-        <v>2894</v>
+        <v>2920</v>
       </c>
       <c r="L129" t="s">
-        <v>2895</v>
+        <v>2921</v>
       </c>
       <c r="M129" t="s">
-        <v>2896</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B130" t="s">
-        <v>2897</v>
+        <v>2923</v>
       </c>
       <c r="C130" t="s">
         <v>11</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>2898</v>
+        <v>2924</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>2899</v>
+        <v>2925</v>
       </c>
       <c r="H130" t="s">
-        <v>2900</v>
+        <v>2926</v>
       </c>
       <c r="I130" t="s">
-        <v>2723</v>
+        <v>2927</v>
       </c>
       <c r="J130" t="s">
-        <v>2893</v>
+        <v>2066</v>
       </c>
       <c r="K130" t="s">
-        <v>2901</v>
+        <v>2928</v>
       </c>
       <c r="L130" t="s">
-        <v>2902</v>
+        <v>2929</v>
+      </c>
+      <c r="M130" t="s">
+        <v>2930</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B131" t="s">
-        <v>2903</v>
+        <v>2931</v>
       </c>
       <c r="C131" t="s">
         <v>11</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>2904</v>
+        <v>2924</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>2905</v>
+        <v>2932</v>
       </c>
       <c r="H131" t="s">
-        <v>2906</v>
+        <v>2933</v>
       </c>
       <c r="I131" t="s">
-        <v>2907</v>
+        <v>2934</v>
       </c>
       <c r="J131" t="s">
-        <v>2252</v>
+        <v>2935</v>
       </c>
       <c r="K131" t="s">
-        <v>2908</v>
+        <v>2936</v>
       </c>
       <c r="L131" t="s">
-        <v>2909</v>
+        <v>2937</v>
       </c>
       <c r="M131" t="s">
-        <v>2910</v>
-[...5 lines deleted...]
-        <v>2912</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B132" t="s">
-        <v>2913</v>
+        <v>2939</v>
       </c>
       <c r="C132" t="s">
         <v>11</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>2914</v>
+        <v>2940</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>2915</v>
+        <v>2941</v>
       </c>
       <c r="H132" t="s">
-        <v>2916</v>
+        <v>2942</v>
       </c>
       <c r="I132" t="s">
-        <v>2917</v>
+        <v>2772</v>
       </c>
       <c r="J132" t="s">
-        <v>2918</v>
+        <v>2935</v>
       </c>
       <c r="K132" t="s">
-        <v>2919</v>
+        <v>2943</v>
       </c>
       <c r="L132" t="s">
-        <v>2920</v>
-[...2 lines deleted...]
-        <v>2921</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B133" t="s">
-        <v>2922</v>
+        <v>2945</v>
       </c>
       <c r="C133" t="s">
         <v>11</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>2923</v>
+        <v>2946</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>2924</v>
+        <v>2947</v>
       </c>
       <c r="H133" t="s">
-        <v>2925</v>
+        <v>2948</v>
       </c>
       <c r="I133" t="s">
-        <v>2926</v>
+        <v>2949</v>
       </c>
       <c r="J133" t="s">
-        <v>2357</v>
+        <v>2301</v>
       </c>
       <c r="K133" t="s">
-        <v>2927</v>
+        <v>2950</v>
       </c>
       <c r="L133" t="s">
-        <v>2928</v>
+        <v>2951</v>
       </c>
       <c r="M133" t="s">
-        <v>2929</v>
+        <v>2952</v>
+      </c>
+      <c r="N133" t="s">
+        <v>2953</v>
+      </c>
+      <c r="O133" t="s">
+        <v>2954</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B134" t="s">
-        <v>2930</v>
+        <v>2955</v>
       </c>
       <c r="C134" t="s">
         <v>11</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>2923</v>
+        <v>2956</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>2931</v>
+        <v>2957</v>
       </c>
       <c r="H134" t="s">
-        <v>2932</v>
+        <v>2958</v>
       </c>
       <c r="I134" t="s">
-        <v>2029</v>
+        <v>2959</v>
       </c>
       <c r="J134" t="s">
-        <v>1863</v>
+        <v>2960</v>
       </c>
       <c r="K134" t="s">
-        <v>2933</v>
+        <v>2961</v>
       </c>
       <c r="L134" t="s">
-        <v>2934</v>
+        <v>2962</v>
       </c>
       <c r="M134" t="s">
-        <v>2935</v>
-[...23 lines deleted...]
-        <v>2943</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B135" t="s">
-        <v>2944</v>
+        <v>2964</v>
       </c>
       <c r="C135" t="s">
         <v>11</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>2945</v>
+        <v>2965</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>2946</v>
+        <v>2966</v>
       </c>
       <c r="H135" t="s">
-        <v>2947</v>
+        <v>2967</v>
       </c>
       <c r="I135" t="s">
-        <v>2948</v>
+        <v>2968</v>
       </c>
       <c r="J135" t="s">
-        <v>2017</v>
+        <v>2406</v>
       </c>
       <c r="K135" t="s">
-        <v>2949</v>
+        <v>2969</v>
       </c>
       <c r="L135" t="s">
-        <v>2950</v>
+        <v>2970</v>
       </c>
       <c r="M135" t="s">
-        <v>2951</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B136" t="s">
-        <v>2952</v>
+        <v>2972</v>
       </c>
       <c r="C136" t="s">
         <v>11</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>2953</v>
+        <v>2965</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>2954</v>
+        <v>2973</v>
       </c>
       <c r="H136" t="s">
-        <v>2955</v>
+        <v>2974</v>
       </c>
       <c r="I136" t="s">
-        <v>2956</v>
+        <v>2078</v>
       </c>
       <c r="J136" t="s">
-        <v>2957</v>
+        <v>1920</v>
       </c>
       <c r="K136" t="s">
-        <v>2958</v>
+        <v>2975</v>
       </c>
       <c r="L136" t="s">
-        <v>2959</v>
+        <v>2976</v>
+      </c>
+      <c r="M136" t="s">
+        <v>2977</v>
+      </c>
+      <c r="N136" t="s">
+        <v>2978</v>
+      </c>
+      <c r="O136" t="s">
+        <v>2979</v>
+      </c>
+      <c r="P136" t="s">
+        <v>2980</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>2981</v>
+      </c>
+      <c r="R136" t="s">
+        <v>2982</v>
+      </c>
+      <c r="S136" t="s">
+        <v>2983</v>
+      </c>
+      <c r="T136" t="s">
+        <v>2984</v>
+      </c>
+      <c r="U136" t="s">
+        <v>2985</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B137" t="s">
-        <v>2960</v>
+        <v>2986</v>
       </c>
       <c r="C137" t="s">
         <v>11</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>2961</v>
+        <v>2987</v>
       </c>
       <c r="F137" t="s">
         <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>2962</v>
+        <v>2988</v>
       </c>
       <c r="H137" t="s">
-        <v>2963</v>
+        <v>2989</v>
       </c>
       <c r="I137" t="s">
-        <v>2964</v>
+        <v>2990</v>
       </c>
       <c r="J137" t="s">
-        <v>2126</v>
+        <v>2066</v>
       </c>
       <c r="K137" t="s">
-        <v>2965</v>
+        <v>2991</v>
       </c>
       <c r="L137" t="s">
-        <v>2966</v>
+        <v>2992</v>
       </c>
       <c r="M137" t="s">
-        <v>2967</v>
-[...2 lines deleted...]
-        <v>2968</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B138" t="s">
-        <v>2969</v>
+        <v>2994</v>
       </c>
       <c r="C138" t="s">
         <v>11</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>2970</v>
+        <v>2995</v>
       </c>
       <c r="F138" t="s">
         <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>2971</v>
+        <v>2996</v>
       </c>
       <c r="H138" t="s">
-        <v>2972</v>
+        <v>2997</v>
       </c>
       <c r="I138" t="s">
-        <v>2973</v>
+        <v>2998</v>
       </c>
       <c r="J138" t="s">
-        <v>2193</v>
+        <v>2999</v>
       </c>
       <c r="K138" t="s">
-        <v>2974</v>
+        <v>3000</v>
       </c>
       <c r="L138" t="s">
-        <v>2975</v>
-[...2 lines deleted...]
-        <v>2976</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B139" t="s">
-        <v>2977</v>
+        <v>3002</v>
       </c>
       <c r="C139" t="s">
         <v>11</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
-        <v>2978</v>
+        <v>3003</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>2979</v>
+        <v>3004</v>
       </c>
       <c r="H139" t="s">
-        <v>2980</v>
+        <v>3005</v>
       </c>
       <c r="I139" t="s">
-        <v>2981</v>
+        <v>3006</v>
       </c>
       <c r="J139" t="s">
-        <v>1762</v>
+        <v>2175</v>
       </c>
       <c r="K139" t="s">
-        <v>2982</v>
+        <v>3007</v>
       </c>
       <c r="L139" t="s">
-        <v>2983</v>
+        <v>3008</v>
       </c>
       <c r="M139" t="s">
-        <v>2984</v>
+        <v>3009</v>
+      </c>
+      <c r="N139" t="s">
+        <v>3010</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B140" t="s">
-        <v>2985</v>
+        <v>3011</v>
       </c>
       <c r="C140" t="s">
         <v>11</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
-        <v>2986</v>
+        <v>3012</v>
       </c>
       <c r="F140" t="s">
         <v>11</v>
       </c>
       <c r="G140" t="s">
-        <v>2987</v>
+        <v>3013</v>
       </c>
       <c r="H140" t="s">
-        <v>2988</v>
+        <v>3014</v>
       </c>
       <c r="I140" t="s">
-        <v>2989</v>
+        <v>3015</v>
       </c>
       <c r="J140" t="s">
-        <v>2309</v>
+        <v>2242</v>
       </c>
       <c r="K140" t="s">
-        <v>2990</v>
+        <v>3016</v>
       </c>
       <c r="L140" t="s">
-        <v>2991</v>
+        <v>3017</v>
       </c>
       <c r="M140" t="s">
-        <v>2992</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B141" t="s">
-        <v>2993</v>
+        <v>3019</v>
       </c>
       <c r="C141" t="s">
         <v>11</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
-        <v>2986</v>
+        <v>3020</v>
       </c>
       <c r="F141" t="s">
         <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>2994</v>
+        <v>3021</v>
       </c>
       <c r="H141" t="s">
-        <v>2995</v>
+        <v>3022</v>
       </c>
       <c r="I141" t="s">
-        <v>2996</v>
+        <v>3023</v>
       </c>
       <c r="J141" t="s">
-        <v>1885</v>
+        <v>1819</v>
       </c>
       <c r="K141" t="s">
-        <v>2997</v>
+        <v>3024</v>
       </c>
       <c r="L141" t="s">
-        <v>2998</v>
+        <v>3025</v>
+      </c>
+      <c r="M141" t="s">
+        <v>3026</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B142" t="s">
-        <v>2999</v>
+        <v>3027</v>
       </c>
       <c r="C142" t="s">
         <v>11</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
-        <v>3000</v>
+        <v>3028</v>
       </c>
       <c r="F142" t="s">
         <v>11</v>
       </c>
       <c r="G142" t="s">
-        <v>3001</v>
+        <v>3029</v>
       </c>
       <c r="H142" t="s">
-        <v>3002</v>
+        <v>3030</v>
       </c>
       <c r="I142" t="s">
-        <v>3003</v>
+        <v>3031</v>
       </c>
       <c r="J142" t="s">
-        <v>2126</v>
+        <v>2358</v>
       </c>
       <c r="K142" t="s">
-        <v>3004</v>
+        <v>3032</v>
       </c>
       <c r="L142" t="s">
-        <v>3005</v>
+        <v>3033</v>
       </c>
       <c r="M142" t="s">
-        <v>3006</v>
-[...5 lines deleted...]
-        <v>3008</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B143" t="s">
-        <v>3009</v>
+        <v>3035</v>
       </c>
       <c r="C143" t="s">
         <v>11</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
-        <v>3010</v>
+        <v>3028</v>
       </c>
       <c r="F143" t="s">
         <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>3011</v>
+        <v>3036</v>
       </c>
       <c r="H143" t="s">
-        <v>3012</v>
+        <v>3037</v>
       </c>
       <c r="I143" t="s">
-        <v>3013</v>
+        <v>3038</v>
       </c>
       <c r="J143" t="s">
-        <v>2252</v>
+        <v>1942</v>
       </c>
       <c r="K143" t="s">
-        <v>3014</v>
+        <v>3039</v>
       </c>
       <c r="L143" t="s">
-        <v>3015</v>
-[...2 lines deleted...]
-        <v>3016</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B144" t="s">
-        <v>3017</v>
+        <v>3041</v>
       </c>
       <c r="C144" t="s">
         <v>11</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144" t="s">
-        <v>3018</v>
+        <v>3042</v>
       </c>
       <c r="F144" t="s">
         <v>11</v>
       </c>
       <c r="G144" t="s">
-        <v>3019</v>
+        <v>3043</v>
       </c>
       <c r="H144" t="s">
-        <v>3020</v>
+        <v>3044</v>
       </c>
       <c r="I144" t="s">
-        <v>3021</v>
+        <v>3045</v>
       </c>
       <c r="J144" t="s">
-        <v>3022</v>
+        <v>2175</v>
       </c>
       <c r="K144" t="s">
-        <v>3023</v>
+        <v>3046</v>
       </c>
       <c r="L144" t="s">
-        <v>3024</v>
+        <v>3047</v>
       </c>
       <c r="M144" t="s">
-        <v>3025</v>
+        <v>3048</v>
       </c>
       <c r="N144" t="s">
-        <v>3026</v>
+        <v>3049</v>
       </c>
       <c r="O144" t="s">
-        <v>3027</v>
-[...2 lines deleted...]
-        <v>3028</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B145" t="s">
-        <v>3029</v>
+        <v>3051</v>
       </c>
       <c r="C145" t="s">
         <v>11</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145" t="s">
-        <v>3030</v>
+        <v>3052</v>
       </c>
       <c r="F145" t="s">
         <v>11</v>
       </c>
       <c r="G145" t="s">
-        <v>3031</v>
+        <v>3053</v>
       </c>
       <c r="H145" t="s">
-        <v>3032</v>
+        <v>3054</v>
       </c>
       <c r="I145" t="s">
-        <v>3033</v>
+        <v>3055</v>
       </c>
       <c r="J145" t="s">
-        <v>2126</v>
+        <v>2301</v>
       </c>
       <c r="K145" t="s">
-        <v>3034</v>
+        <v>3056</v>
       </c>
       <c r="L145" t="s">
-        <v>3035</v>
+        <v>3057</v>
+      </c>
+      <c r="M145" t="s">
+        <v>3058</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B146" t="s">
-        <v>3036</v>
+        <v>3059</v>
       </c>
       <c r="C146" t="s">
         <v>11</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146" t="s">
-        <v>3037</v>
+        <v>3060</v>
       </c>
       <c r="F146" t="s">
         <v>11</v>
       </c>
       <c r="G146" t="s">
-        <v>3038</v>
+        <v>3061</v>
       </c>
       <c r="H146" t="s">
-        <v>3039</v>
+        <v>3062</v>
       </c>
       <c r="I146" t="s">
-        <v>3040</v>
+        <v>3063</v>
       </c>
       <c r="J146" t="s">
-        <v>3041</v>
+        <v>3064</v>
       </c>
       <c r="K146" t="s">
-        <v>3042</v>
+        <v>3065</v>
+      </c>
+      <c r="L146" t="s">
+        <v>3066</v>
+      </c>
+      <c r="M146" t="s">
+        <v>3067</v>
+      </c>
+      <c r="N146" t="s">
+        <v>3068</v>
+      </c>
+      <c r="O146" t="s">
+        <v>3069</v>
+      </c>
+      <c r="P146" t="s">
+        <v>3070</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B147" t="s">
-        <v>3043</v>
+        <v>3071</v>
       </c>
       <c r="C147" t="s">
         <v>11</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147" t="s">
-        <v>3044</v>
+        <v>3072</v>
       </c>
       <c r="F147" t="s">
         <v>11</v>
       </c>
       <c r="G147" t="s">
-        <v>3045</v>
+        <v>3073</v>
       </c>
       <c r="H147" t="s">
-        <v>3046</v>
+        <v>3074</v>
       </c>
       <c r="I147" t="s">
-        <v>3047</v>
+        <v>3075</v>
       </c>
       <c r="J147" t="s">
-        <v>3048</v>
+        <v>2175</v>
       </c>
       <c r="K147" t="s">
-        <v>3049</v>
+        <v>3076</v>
       </c>
       <c r="L147" t="s">
-        <v>3050</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B148" t="s">
-        <v>3051</v>
+        <v>3078</v>
       </c>
       <c r="C148" t="s">
         <v>11</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148" t="s">
-        <v>3052</v>
+        <v>3079</v>
       </c>
       <c r="F148" t="s">
         <v>11</v>
       </c>
       <c r="G148" t="s">
-        <v>3053</v>
+        <v>3080</v>
       </c>
       <c r="H148" t="s">
-        <v>3054</v>
+        <v>3081</v>
       </c>
       <c r="I148" t="s">
-        <v>3055</v>
+        <v>3082</v>
       </c>
       <c r="J148" t="s">
-        <v>3056</v>
+        <v>3083</v>
       </c>
       <c r="K148" t="s">
-        <v>3057</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B149" t="s">
-        <v>3058</v>
+        <v>3085</v>
       </c>
       <c r="C149" t="s">
         <v>11</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149" t="s">
-        <v>3052</v>
+        <v>3086</v>
       </c>
       <c r="F149" t="s">
         <v>11</v>
       </c>
       <c r="G149" t="s">
-        <v>3059</v>
+        <v>3087</v>
       </c>
       <c r="H149" t="s">
-        <v>3060</v>
+        <v>3088</v>
       </c>
       <c r="I149" t="s">
-        <v>2844</v>
+        <v>3089</v>
       </c>
       <c r="J149" t="s">
-        <v>2280</v>
+        <v>3090</v>
       </c>
       <c r="K149" t="s">
-        <v>3061</v>
+        <v>3091</v>
       </c>
       <c r="L149" t="s">
-        <v>3062</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B150" t="s">
-        <v>3063</v>
+        <v>3093</v>
       </c>
       <c r="C150" t="s">
         <v>11</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
-        <v>3064</v>
+        <v>3094</v>
       </c>
       <c r="F150" t="s">
         <v>11</v>
       </c>
       <c r="G150" t="s">
-        <v>3065</v>
+        <v>3095</v>
       </c>
       <c r="H150" t="s">
-        <v>3066</v>
+        <v>3096</v>
       </c>
       <c r="I150" t="s">
-        <v>3067</v>
+        <v>3097</v>
       </c>
       <c r="J150" t="s">
-        <v>3041</v>
+        <v>3098</v>
       </c>
       <c r="K150" t="s">
-        <v>3068</v>
-[...2 lines deleted...]
-        <v>3069</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B151" t="s">
-        <v>3070</v>
+        <v>3100</v>
       </c>
       <c r="C151" t="s">
         <v>11</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
-        <v>1473</v>
+        <v>3094</v>
       </c>
       <c r="F151" t="s">
         <v>11</v>
       </c>
       <c r="G151" t="s">
-        <v>3071</v>
+        <v>3101</v>
       </c>
       <c r="H151" t="s">
-        <v>3072</v>
+        <v>3102</v>
       </c>
       <c r="I151" t="s">
-        <v>3073</v>
+        <v>2886</v>
       </c>
       <c r="J151" t="s">
-        <v>3074</v>
+        <v>2329</v>
       </c>
       <c r="K151" t="s">
-        <v>3075</v>
+        <v>3103</v>
       </c>
       <c r="L151" t="s">
-        <v>3076</v>
-[...2 lines deleted...]
-        <v>3077</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B152" t="s">
-        <v>3078</v>
+        <v>3105</v>
       </c>
       <c r="C152" t="s">
         <v>11</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152" t="s">
-        <v>1473</v>
+        <v>3106</v>
       </c>
       <c r="F152" t="s">
         <v>11</v>
       </c>
       <c r="G152" t="s">
-        <v>3079</v>
+        <v>3107</v>
       </c>
       <c r="H152" t="s">
-        <v>3080</v>
+        <v>3108</v>
       </c>
       <c r="I152" t="s">
-        <v>3081</v>
+        <v>3109</v>
       </c>
       <c r="J152" t="s">
-        <v>3056</v>
+        <v>3083</v>
       </c>
       <c r="K152" t="s">
-        <v>3082</v>
+        <v>3110</v>
+      </c>
+      <c r="L152" t="s">
+        <v>3111</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B153" t="s">
-        <v>3083</v>
+        <v>3112</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153" t="s">
-        <v>3084</v>
+        <v>1499</v>
       </c>
       <c r="F153" t="s">
         <v>11</v>
       </c>
       <c r="G153" t="s">
-        <v>3085</v>
+        <v>3113</v>
       </c>
       <c r="H153" t="s">
-        <v>3086</v>
+        <v>3114</v>
       </c>
       <c r="I153" t="s">
-        <v>3087</v>
+        <v>3115</v>
       </c>
       <c r="J153" t="s">
-        <v>1800</v>
+        <v>3116</v>
       </c>
       <c r="K153" t="s">
-        <v>3088</v>
+        <v>3117</v>
+      </c>
+      <c r="L153" t="s">
+        <v>3118</v>
+      </c>
+      <c r="M153" t="s">
+        <v>3119</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B154" t="s">
-        <v>3089</v>
+        <v>3120</v>
       </c>
       <c r="C154" t="s">
         <v>11</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154" t="s">
-        <v>3090</v>
+        <v>1499</v>
       </c>
       <c r="F154" t="s">
         <v>11</v>
       </c>
       <c r="G154" t="s">
-        <v>3091</v>
+        <v>3121</v>
       </c>
       <c r="H154" t="s">
-        <v>3092</v>
+        <v>3122</v>
       </c>
       <c r="I154" t="s">
-        <v>2228</v>
+        <v>3123</v>
       </c>
       <c r="J154" t="s">
-        <v>3093</v>
+        <v>3098</v>
       </c>
       <c r="K154" t="s">
-        <v>3094</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B155" t="s">
-        <v>3095</v>
+        <v>3125</v>
       </c>
       <c r="C155" t="s">
         <v>11</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>3096</v>
+        <v>3126</v>
       </c>
       <c r="F155" t="s">
         <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>3097</v>
+        <v>3127</v>
       </c>
       <c r="H155" t="s">
-        <v>3098</v>
+        <v>3128</v>
       </c>
       <c r="I155" t="s">
-        <v>3099</v>
+        <v>3129</v>
       </c>
       <c r="J155" t="s">
-        <v>3100</v>
+        <v>1857</v>
       </c>
       <c r="K155" t="s">
-        <v>3101</v>
-[...11 lines deleted...]
-        <v>3105</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B156" t="s">
-        <v>3106</v>
+        <v>3131</v>
       </c>
       <c r="C156" t="s">
         <v>11</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>3107</v>
+        <v>3132</v>
       </c>
       <c r="F156" t="s">
         <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>3108</v>
+        <v>3133</v>
       </c>
       <c r="H156" t="s">
-        <v>3109</v>
+        <v>3134</v>
       </c>
       <c r="I156" t="s">
-        <v>3110</v>
+        <v>2277</v>
       </c>
       <c r="J156" t="s">
-        <v>2357</v>
+        <v>3135</v>
       </c>
       <c r="K156" t="s">
-        <v>3111</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B157" t="s">
-        <v>3112</v>
+        <v>3137</v>
       </c>
       <c r="C157" t="s">
         <v>11</v>
       </c>
       <c r="D157" t="s">
         <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>3113</v>
+        <v>3138</v>
       </c>
       <c r="F157" t="s">
         <v>11</v>
       </c>
       <c r="G157" t="s">
-        <v>3114</v>
+        <v>3139</v>
       </c>
       <c r="H157" t="s">
-        <v>3115</v>
+        <v>3140</v>
       </c>
       <c r="I157" t="s">
-        <v>3116</v>
+        <v>3141</v>
       </c>
       <c r="J157" t="s">
-        <v>2957</v>
+        <v>3142</v>
       </c>
       <c r="K157" t="s">
-        <v>3117</v>
+        <v>3143</v>
       </c>
       <c r="L157" t="s">
-        <v>3118</v>
+        <v>3144</v>
       </c>
       <c r="M157" t="s">
-        <v>3119</v>
+        <v>3145</v>
+      </c>
+      <c r="N157" t="s">
+        <v>3146</v>
+      </c>
+      <c r="O157" t="s">
+        <v>3147</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B158" t="s">
-        <v>3120</v>
+        <v>3148</v>
       </c>
       <c r="C158" t="s">
         <v>11</v>
       </c>
       <c r="D158" t="s">
         <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>3121</v>
+        <v>3149</v>
       </c>
       <c r="F158" t="s">
         <v>11</v>
       </c>
       <c r="G158" t="s">
-        <v>3122</v>
+        <v>3150</v>
       </c>
       <c r="H158" t="s">
-        <v>3123</v>
+        <v>3151</v>
       </c>
       <c r="I158" t="s">
-        <v>3124</v>
+        <v>3152</v>
       </c>
       <c r="J158" t="s">
-        <v>1863</v>
+        <v>2406</v>
       </c>
       <c r="K158" t="s">
-        <v>3125</v>
-[...2 lines deleted...]
-        <v>3126</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B159" t="s">
-        <v>3127</v>
+        <v>3154</v>
       </c>
       <c r="C159" t="s">
         <v>11</v>
       </c>
       <c r="D159" t="s">
         <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>3128</v>
+        <v>3155</v>
       </c>
       <c r="F159" t="s">
         <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>3129</v>
+        <v>3156</v>
       </c>
       <c r="H159" t="s">
-        <v>3130</v>
+        <v>3157</v>
       </c>
       <c r="I159" t="s">
-        <v>3131</v>
+        <v>3158</v>
       </c>
       <c r="J159" t="s">
-        <v>1863</v>
+        <v>2999</v>
       </c>
       <c r="K159" t="s">
-        <v>3132</v>
+        <v>3159</v>
       </c>
       <c r="L159" t="s">
-        <v>3133</v>
+        <v>3160</v>
+      </c>
+      <c r="M159" t="s">
+        <v>3161</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B160" t="s">
-        <v>3134</v>
+        <v>3162</v>
       </c>
       <c r="C160" t="s">
         <v>11</v>
       </c>
       <c r="D160" t="s">
         <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>3135</v>
+        <v>3163</v>
       </c>
       <c r="F160" t="s">
         <v>11</v>
       </c>
       <c r="G160" t="s">
-        <v>3136</v>
+        <v>3164</v>
       </c>
       <c r="H160" t="s">
-        <v>3137</v>
+        <v>3165</v>
       </c>
       <c r="I160" t="s">
-        <v>3138</v>
+        <v>3166</v>
       </c>
       <c r="J160" t="s">
-        <v>3139</v>
+        <v>1920</v>
       </c>
       <c r="K160" t="s">
-        <v>3140</v>
+        <v>3167</v>
       </c>
       <c r="L160" t="s">
-        <v>3141</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B161" t="s">
-        <v>3142</v>
+        <v>3169</v>
       </c>
       <c r="C161" t="s">
         <v>11</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>3143</v>
+        <v>3170</v>
       </c>
       <c r="F161" t="s">
         <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>3144</v>
+        <v>3171</v>
       </c>
       <c r="H161" t="s">
-        <v>3145</v>
+        <v>3172</v>
       </c>
       <c r="I161" t="s">
-        <v>3146</v>
+        <v>3173</v>
       </c>
       <c r="J161" t="s">
-        <v>3147</v>
+        <v>1920</v>
       </c>
       <c r="K161" t="s">
-        <v>3148</v>
+        <v>3174</v>
       </c>
       <c r="L161" t="s">
-        <v>3149</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B162" t="s">
-        <v>3150</v>
+        <v>3176</v>
       </c>
       <c r="C162" t="s">
         <v>11</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>3151</v>
+        <v>3177</v>
       </c>
       <c r="F162" t="s">
         <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>3152</v>
+        <v>3178</v>
       </c>
       <c r="H162" t="s">
-        <v>3153</v>
+        <v>3179</v>
       </c>
       <c r="I162" t="s">
-        <v>3154</v>
+        <v>3180</v>
       </c>
       <c r="J162" t="s">
-        <v>3155</v>
+        <v>3181</v>
       </c>
       <c r="K162" t="s">
-        <v>3156</v>
+        <v>3182</v>
       </c>
       <c r="L162" t="s">
-        <v>3157</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B163" t="s">
-        <v>3158</v>
+        <v>3184</v>
       </c>
       <c r="C163" t="s">
         <v>11</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>3159</v>
+        <v>3185</v>
       </c>
       <c r="F163" t="s">
         <v>11</v>
       </c>
       <c r="G163" t="s">
-        <v>3160</v>
+        <v>3186</v>
       </c>
       <c r="H163" t="s">
-        <v>3161</v>
+        <v>3187</v>
       </c>
       <c r="I163" t="s">
-        <v>3162</v>
+        <v>3188</v>
       </c>
       <c r="J163" t="s">
-        <v>3163</v>
+        <v>3189</v>
       </c>
       <c r="K163" t="s">
-        <v>3164</v>
+        <v>3190</v>
       </c>
       <c r="L163" t="s">
-        <v>3165</v>
-[...2 lines deleted...]
-        <v>3166</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B164" t="s">
-        <v>3167</v>
+        <v>3192</v>
       </c>
       <c r="C164" t="s">
         <v>11</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>3168</v>
+        <v>3193</v>
       </c>
       <c r="F164" t="s">
         <v>11</v>
       </c>
       <c r="G164" t="s">
-        <v>3169</v>
+        <v>3194</v>
       </c>
       <c r="H164" t="s">
-        <v>3170</v>
+        <v>3195</v>
       </c>
       <c r="I164" t="s">
-        <v>3171</v>
+        <v>3196</v>
       </c>
       <c r="J164" t="s">
-        <v>3172</v>
+        <v>3197</v>
       </c>
       <c r="K164" t="s">
-        <v>3173</v>
+        <v>3198</v>
+      </c>
+      <c r="L164" t="s">
+        <v>3199</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B165" t="s">
-        <v>3174</v>
+        <v>3200</v>
       </c>
       <c r="C165" t="s">
         <v>11</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>3175</v>
+        <v>3201</v>
       </c>
       <c r="F165" t="s">
         <v>11</v>
       </c>
       <c r="G165" t="s">
-        <v>3176</v>
+        <v>3202</v>
       </c>
       <c r="H165" t="s">
-        <v>3177</v>
+        <v>3203</v>
       </c>
       <c r="I165" t="s">
-        <v>3178</v>
+        <v>3204</v>
       </c>
       <c r="J165" t="s">
-        <v>3179</v>
+        <v>3205</v>
       </c>
       <c r="K165" t="s">
-        <v>3180</v>
+        <v>3206</v>
+      </c>
+      <c r="L165" t="s">
+        <v>3207</v>
+      </c>
+      <c r="M165" t="s">
+        <v>3208</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B166" t="s">
-        <v>3181</v>
+        <v>3209</v>
       </c>
       <c r="C166" t="s">
         <v>11</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>3182</v>
+        <v>3210</v>
       </c>
       <c r="F166" t="s">
         <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>3183</v>
+        <v>3211</v>
       </c>
       <c r="H166" t="s">
-        <v>3184</v>
+        <v>3212</v>
       </c>
       <c r="I166" t="s">
-        <v>3185</v>
+        <v>3213</v>
       </c>
       <c r="J166" t="s">
-        <v>3186</v>
+        <v>3214</v>
       </c>
       <c r="K166" t="s">
-        <v>3187</v>
-[...8 lines deleted...]
-        <v>3190</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B167" t="s">
-        <v>3191</v>
+        <v>3216</v>
       </c>
       <c r="C167" t="s">
         <v>11</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>1083</v>
+        <v>3217</v>
       </c>
       <c r="F167" t="s">
         <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>3192</v>
+        <v>3218</v>
       </c>
       <c r="H167" t="s">
-        <v>3193</v>
+        <v>3219</v>
       </c>
       <c r="I167" t="s">
-        <v>3194</v>
+        <v>3220</v>
       </c>
       <c r="J167" t="s">
-        <v>3195</v>
+        <v>3221</v>
       </c>
       <c r="K167" t="s">
-        <v>3196</v>
-[...29 lines deleted...]
-        <v>3206</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B168" t="s">
-        <v>3207</v>
+        <v>3223</v>
       </c>
       <c r="C168" t="s">
         <v>11</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>1083</v>
+        <v>3224</v>
       </c>
       <c r="F168" t="s">
         <v>11</v>
       </c>
       <c r="G168" t="s">
-        <v>3208</v>
+        <v>3225</v>
       </c>
       <c r="H168" t="s">
-        <v>3209</v>
+        <v>3226</v>
       </c>
       <c r="I168" t="s">
-        <v>3194</v>
+        <v>3227</v>
       </c>
       <c r="J168" t="s">
-        <v>2017</v>
+        <v>3228</v>
       </c>
       <c r="K168" t="s">
-        <v>3210</v>
+        <v>3229</v>
       </c>
       <c r="L168" t="s">
-        <v>3211</v>
+        <v>3230</v>
       </c>
       <c r="M168" t="s">
-        <v>3212</v>
+        <v>3231</v>
       </c>
       <c r="N168" t="s">
-        <v>3213</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B169" t="s">
-        <v>3214</v>
+        <v>3233</v>
       </c>
       <c r="C169" t="s">
         <v>11</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>3215</v>
+        <v>1104</v>
       </c>
       <c r="F169" t="s">
         <v>11</v>
       </c>
       <c r="G169" t="s">
-        <v>3216</v>
+        <v>3234</v>
       </c>
       <c r="H169" t="s">
-        <v>3217</v>
+        <v>3235</v>
       </c>
       <c r="I169" t="s">
-        <v>3218</v>
+        <v>3236</v>
       </c>
       <c r="J169" t="s">
-        <v>3048</v>
+        <v>3237</v>
       </c>
       <c r="K169" t="s">
-        <v>3219</v>
+        <v>3238</v>
       </c>
       <c r="L169" t="s">
-        <v>3220</v>
+        <v>3239</v>
       </c>
       <c r="M169" t="s">
-        <v>3221</v>
+        <v>3240</v>
       </c>
       <c r="N169" t="s">
-        <v>3222</v>
+        <v>3241</v>
       </c>
       <c r="O169" t="s">
-        <v>3223</v>
+        <v>3242</v>
       </c>
       <c r="P169" t="s">
-        <v>3224</v>
+        <v>3243</v>
       </c>
       <c r="Q169" t="s">
-        <v>3225</v>
+        <v>3244</v>
       </c>
       <c r="R169" t="s">
-        <v>3226</v>
+        <v>3245</v>
       </c>
       <c r="S169" t="s">
-        <v>3227</v>
+        <v>3246</v>
       </c>
       <c r="T169" t="s">
-        <v>3227</v>
+        <v>3247</v>
       </c>
       <c r="U169" t="s">
-        <v>3228</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B170" t="s">
-        <v>3229</v>
+        <v>3249</v>
       </c>
       <c r="C170" t="s">
         <v>11</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>3230</v>
+        <v>1104</v>
       </c>
       <c r="F170" t="s">
         <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>3231</v>
+        <v>3250</v>
       </c>
       <c r="H170" t="s">
-        <v>3232</v>
+        <v>3251</v>
       </c>
       <c r="I170" t="s">
-        <v>2593</v>
+        <v>3236</v>
       </c>
       <c r="J170" t="s">
-        <v>3233</v>
+        <v>2066</v>
       </c>
       <c r="K170" t="s">
-        <v>3234</v>
+        <v>3252</v>
       </c>
       <c r="L170" t="s">
-        <v>3235</v>
+        <v>3253</v>
       </c>
       <c r="M170" t="s">
-        <v>3236</v>
+        <v>3254</v>
       </c>
       <c r="N170" t="s">
-        <v>3237</v>
-[...52 lines deleted...]
-      <c r="AF170" t="s">
         <v>3255</v>
-      </c>
-[...13 lines deleted...]
-        <v>3260</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B171" t="s">
+        <v>3256</v>
+      </c>
+      <c r="C171" t="s">
+        <v>11</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" t="s">
+        <v>3257</v>
+      </c>
+      <c r="F171" t="s">
+        <v>11</v>
+      </c>
+      <c r="G171" t="s">
+        <v>3258</v>
+      </c>
+      <c r="H171" t="s">
+        <v>3259</v>
+      </c>
+      <c r="I171" t="s">
+        <v>3260</v>
+      </c>
+      <c r="J171" t="s">
+        <v>3090</v>
+      </c>
+      <c r="K171" t="s">
         <v>3261</v>
       </c>
-      <c r="C171" t="s">
-[...11 lines deleted...]
-      <c r="G171" t="s">
+      <c r="L171" t="s">
         <v>3262</v>
       </c>
-      <c r="H171" t="s">
+      <c r="M171" t="s">
         <v>3263</v>
       </c>
-      <c r="I171" t="s">
+      <c r="N171" t="s">
         <v>3264</v>
       </c>
-      <c r="J171" t="s">
+      <c r="O171" t="s">
         <v>3265</v>
       </c>
-      <c r="K171" t="s">
+      <c r="P171" t="s">
         <v>3266</v>
       </c>
-      <c r="L171" t="s">
+      <c r="Q171" t="s">
         <v>3267</v>
       </c>
-      <c r="M171" t="s">
+      <c r="R171" t="s">
         <v>3268</v>
       </c>
-      <c r="N171" t="s">
+      <c r="S171" t="s">
         <v>3269</v>
       </c>
-      <c r="O171" t="s">
+      <c r="T171" t="s">
+        <v>3269</v>
+      </c>
+      <c r="U171" t="s">
         <v>3270</v>
-      </c>
-[...49 lines deleted...]
-        <v>3287</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B172" t="s">
+        <v>3271</v>
+      </c>
+      <c r="C172" t="s">
+        <v>11</v>
+      </c>
+      <c r="D172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" t="s">
+        <v>3272</v>
+      </c>
+      <c r="F172" t="s">
+        <v>11</v>
+      </c>
+      <c r="G172" t="s">
+        <v>3273</v>
+      </c>
+      <c r="H172" t="s">
+        <v>3274</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2642</v>
+      </c>
+      <c r="J172" t="s">
+        <v>3275</v>
+      </c>
+      <c r="K172" t="s">
+        <v>3276</v>
+      </c>
+      <c r="L172" t="s">
+        <v>3277</v>
+      </c>
+      <c r="M172" t="s">
+        <v>3278</v>
+      </c>
+      <c r="N172" t="s">
+        <v>3279</v>
+      </c>
+      <c r="O172" t="s">
+        <v>3280</v>
+      </c>
+      <c r="P172" t="s">
+        <v>3281</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>3282</v>
+      </c>
+      <c r="R172" t="s">
+        <v>3283</v>
+      </c>
+      <c r="S172" t="s">
+        <v>3284</v>
+      </c>
+      <c r="T172" t="s">
+        <v>3285</v>
+      </c>
+      <c r="U172" t="s">
+        <v>3286</v>
+      </c>
+      <c r="V172" t="s">
+        <v>3287</v>
+      </c>
+      <c r="W172" t="s">
         <v>3288</v>
       </c>
-      <c r="C172" t="s">
-[...11 lines deleted...]
-      <c r="G172" t="s">
+      <c r="X172" t="s">
         <v>3289</v>
       </c>
-      <c r="H172" t="s">
+      <c r="Y172" t="s">
         <v>3290</v>
       </c>
-      <c r="I172" t="s">
-[...5 lines deleted...]
-      <c r="K172" t="s">
+      <c r="Z172" t="s">
         <v>3291</v>
       </c>
-      <c r="L172" t="s">
+      <c r="AA172" t="s">
         <v>3292</v>
+      </c>
+      <c r="AB172" t="s">
+        <v>3293</v>
+      </c>
+      <c r="AC172" t="s">
+        <v>3294</v>
+      </c>
+      <c r="AD172" t="s">
+        <v>3295</v>
+      </c>
+      <c r="AE172" t="s">
+        <v>3296</v>
+      </c>
+      <c r="AF172" t="s">
+        <v>3297</v>
+      </c>
+      <c r="AG172" t="s">
+        <v>3298</v>
+      </c>
+      <c r="AH172" t="s">
+        <v>3299</v>
+      </c>
+      <c r="AI172" t="s">
+        <v>3300</v>
+      </c>
+      <c r="AJ172" t="s">
+        <v>3301</v>
+      </c>
+      <c r="AK172" t="s">
+        <v>3302</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B173" t="s">
-        <v>3293</v>
+        <v>3303</v>
       </c>
       <c r="C173" t="s">
         <v>11</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>3294</v>
+        <v>3224</v>
       </c>
       <c r="F173" t="s">
         <v>11</v>
       </c>
       <c r="G173" t="s">
-        <v>3295</v>
+        <v>3304</v>
       </c>
       <c r="H173" t="s">
-        <v>3296</v>
+        <v>3305</v>
       </c>
       <c r="I173" t="s">
-        <v>3297</v>
+        <v>3306</v>
       </c>
       <c r="J173" t="s">
-        <v>3298</v>
+        <v>3307</v>
       </c>
       <c r="K173" t="s">
-        <v>3299</v>
+        <v>3308</v>
+      </c>
+      <c r="L173" t="s">
+        <v>3309</v>
+      </c>
+      <c r="M173" t="s">
+        <v>3310</v>
+      </c>
+      <c r="N173" t="s">
+        <v>3311</v>
+      </c>
+      <c r="O173" t="s">
+        <v>3312</v>
+      </c>
+      <c r="P173" t="s">
+        <v>3313</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>3314</v>
+      </c>
+      <c r="R173" t="s">
+        <v>3315</v>
+      </c>
+      <c r="S173" t="s">
+        <v>3316</v>
+      </c>
+      <c r="T173" t="s">
+        <v>3317</v>
+      </c>
+      <c r="U173" t="s">
+        <v>3318</v>
+      </c>
+      <c r="V173" t="s">
+        <v>3319</v>
+      </c>
+      <c r="W173" t="s">
+        <v>3320</v>
+      </c>
+      <c r="X173" t="s">
+        <v>3321</v>
+      </c>
+      <c r="Y173" t="s">
+        <v>3322</v>
+      </c>
+      <c r="Z173" t="s">
+        <v>3323</v>
+      </c>
+      <c r="AA173" t="s">
+        <v>3324</v>
+      </c>
+      <c r="AB173" t="s">
+        <v>3325</v>
+      </c>
+      <c r="AC173" t="s">
+        <v>3326</v>
+      </c>
+      <c r="AD173" t="s">
+        <v>3327</v>
+      </c>
+      <c r="AE173" t="s">
+        <v>3328</v>
+      </c>
+      <c r="AF173" t="s">
+        <v>3329</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B174" t="s">
-        <v>3300</v>
+        <v>3330</v>
       </c>
       <c r="C174" t="s">
         <v>11</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>3182</v>
+        <v>3224</v>
       </c>
       <c r="F174" t="s">
         <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>3301</v>
+        <v>3331</v>
       </c>
       <c r="H174" t="s">
-        <v>3302</v>
+        <v>3332</v>
       </c>
       <c r="I174" t="s">
-        <v>3264</v>
+        <v>3306</v>
       </c>
       <c r="J174" t="s">
-        <v>2017</v>
+        <v>3197</v>
       </c>
       <c r="K174" t="s">
-        <v>3303</v>
+        <v>3333</v>
       </c>
       <c r="L174" t="s">
-        <v>3304</v>
-[...2 lines deleted...]
-        <v>3305</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B175" t="s">
-        <v>3306</v>
+        <v>3335</v>
       </c>
       <c r="C175" t="s">
         <v>11</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>3182</v>
+        <v>3336</v>
       </c>
       <c r="F175" t="s">
         <v>11</v>
       </c>
       <c r="G175" t="s">
-        <v>3307</v>
+        <v>3337</v>
       </c>
       <c r="H175" t="s">
-        <v>3308</v>
+        <v>3338</v>
       </c>
       <c r="I175" t="s">
-        <v>3309</v>
+        <v>3339</v>
       </c>
       <c r="J175" t="s">
-        <v>2486</v>
+        <v>3340</v>
       </c>
       <c r="K175" t="s">
-        <v>3310</v>
-[...11 lines deleted...]
-        <v>3314</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B176" t="s">
-        <v>3315</v>
+        <v>3342</v>
       </c>
       <c r="C176" t="s">
         <v>11</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>3182</v>
+        <v>3224</v>
       </c>
       <c r="F176" t="s">
         <v>11</v>
       </c>
       <c r="G176" t="s">
-        <v>3316</v>
+        <v>3343</v>
       </c>
       <c r="H176" t="s">
-        <v>3317</v>
+        <v>3344</v>
       </c>
       <c r="I176" t="s">
-        <v>3318</v>
+        <v>3306</v>
       </c>
       <c r="J176" t="s">
-        <v>3186</v>
+        <v>2066</v>
       </c>
       <c r="K176" t="s">
-        <v>3319</v>
+        <v>3345</v>
       </c>
       <c r="L176" t="s">
-        <v>3320</v>
+        <v>3346</v>
       </c>
       <c r="M176" t="s">
-        <v>3321</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B177" t="s">
-        <v>3322</v>
+        <v>3348</v>
       </c>
       <c r="C177" t="s">
         <v>11</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>3182</v>
+        <v>3224</v>
       </c>
       <c r="F177" t="s">
         <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>3323</v>
+        <v>3349</v>
       </c>
       <c r="H177" t="s">
-        <v>3324</v>
+        <v>3350</v>
       </c>
       <c r="I177" t="s">
-        <v>3325</v>
+        <v>3351</v>
       </c>
       <c r="J177" t="s">
-        <v>3326</v>
+        <v>2535</v>
       </c>
       <c r="K177" t="s">
-        <v>3327</v>
+        <v>3352</v>
       </c>
       <c r="L177" t="s">
-        <v>3328</v>
+        <v>3353</v>
       </c>
       <c r="M177" t="s">
-        <v>3329</v>
+        <v>3354</v>
       </c>
       <c r="N177" t="s">
-        <v>3330</v>
+        <v>3355</v>
       </c>
       <c r="O177" t="s">
-        <v>3331</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B178" t="s">
-        <v>3332</v>
+        <v>3357</v>
       </c>
       <c r="C178" t="s">
         <v>11</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>3182</v>
+        <v>3224</v>
       </c>
       <c r="F178" t="s">
         <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>3333</v>
+        <v>3358</v>
       </c>
       <c r="H178" t="s">
-        <v>3334</v>
+        <v>3359</v>
       </c>
       <c r="I178" t="s">
-        <v>3335</v>
+        <v>3360</v>
       </c>
       <c r="J178" t="s">
-        <v>3336</v>
+        <v>3228</v>
       </c>
       <c r="K178" t="s">
-        <v>3337</v>
+        <v>3361</v>
       </c>
       <c r="L178" t="s">
-        <v>3338</v>
+        <v>3362</v>
       </c>
       <c r="M178" t="s">
-        <v>3339</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B179" t="s">
-        <v>3340</v>
+        <v>3364</v>
       </c>
       <c r="C179" t="s">
         <v>11</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>3182</v>
+        <v>3224</v>
       </c>
       <c r="F179" t="s">
         <v>11</v>
       </c>
       <c r="G179" t="s">
-        <v>3341</v>
+        <v>3365</v>
       </c>
       <c r="H179" t="s">
-        <v>3342</v>
+        <v>3366</v>
       </c>
       <c r="I179" t="s">
-        <v>3343</v>
+        <v>3367</v>
       </c>
       <c r="J179" t="s">
-        <v>3344</v>
+        <v>3368</v>
       </c>
       <c r="K179" t="s">
-        <v>3345</v>
+        <v>3369</v>
       </c>
       <c r="L179" t="s">
-        <v>3346</v>
+        <v>3370</v>
       </c>
       <c r="M179" t="s">
-        <v>3347</v>
+        <v>3371</v>
+      </c>
+      <c r="N179" t="s">
+        <v>3372</v>
+      </c>
+      <c r="O179" t="s">
+        <v>3373</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B180" t="s">
-        <v>3348</v>
+        <v>3374</v>
       </c>
       <c r="C180" t="s">
         <v>11</v>
       </c>
       <c r="D180" t="s">
         <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>3182</v>
+        <v>3224</v>
       </c>
       <c r="F180" t="s">
         <v>11</v>
       </c>
       <c r="G180" t="s">
-        <v>3349</v>
+        <v>3375</v>
       </c>
       <c r="H180" t="s">
-        <v>3350</v>
+        <v>3376</v>
       </c>
       <c r="I180" t="s">
-        <v>3351</v>
+        <v>3377</v>
       </c>
       <c r="J180" t="s">
-        <v>3352</v>
+        <v>3378</v>
       </c>
       <c r="K180" t="s">
-        <v>3353</v>
+        <v>3379</v>
       </c>
       <c r="L180" t="s">
-        <v>3354</v>
+        <v>3380</v>
+      </c>
+      <c r="M180" t="s">
+        <v>3381</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B181" t="s">
-        <v>3355</v>
+        <v>3382</v>
       </c>
       <c r="C181" t="s">
         <v>11</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>3182</v>
+        <v>3224</v>
       </c>
       <c r="F181" t="s">
         <v>11</v>
       </c>
       <c r="G181" t="s">
-        <v>3356</v>
+        <v>3383</v>
       </c>
       <c r="H181" t="s">
-        <v>3357</v>
+        <v>3384</v>
       </c>
       <c r="I181" t="s">
-        <v>3343</v>
+        <v>3385</v>
       </c>
       <c r="J181" t="s">
-        <v>3358</v>
+        <v>3386</v>
       </c>
       <c r="K181" t="s">
-        <v>3359</v>
+        <v>3387</v>
       </c>
       <c r="L181" t="s">
-        <v>3360</v>
+        <v>3388</v>
       </c>
       <c r="M181" t="s">
-        <v>3361</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B182" t="s">
-        <v>3362</v>
+        <v>3390</v>
       </c>
       <c r="C182" t="s">
         <v>11</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>3363</v>
+        <v>3224</v>
       </c>
       <c r="F182" t="s">
         <v>11</v>
       </c>
       <c r="G182" t="s">
-        <v>3364</v>
+        <v>3391</v>
       </c>
       <c r="H182" t="s">
-        <v>3365</v>
+        <v>3392</v>
       </c>
       <c r="I182" t="s">
-        <v>3185</v>
+        <v>3393</v>
       </c>
       <c r="J182" t="s">
-        <v>3366</v>
+        <v>3394</v>
       </c>
       <c r="K182" t="s">
-        <v>3367</v>
+        <v>3395</v>
+      </c>
+      <c r="L182" t="s">
+        <v>3396</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B183" t="s">
-        <v>3368</v>
+        <v>3397</v>
       </c>
       <c r="C183" t="s">
         <v>11</v>
       </c>
       <c r="D183" t="s">
         <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>3369</v>
+        <v>3224</v>
       </c>
       <c r="F183" t="s">
         <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>3370</v>
+        <v>3398</v>
       </c>
       <c r="H183" t="s">
-        <v>3371</v>
+        <v>3399</v>
       </c>
       <c r="I183" t="s">
-        <v>3372</v>
+        <v>3385</v>
       </c>
       <c r="J183" t="s">
-        <v>3373</v>
+        <v>3400</v>
       </c>
       <c r="K183" t="s">
-        <v>3374</v>
+        <v>3401</v>
+      </c>
+      <c r="L183" t="s">
+        <v>3402</v>
+      </c>
+      <c r="M183" t="s">
+        <v>3403</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B184" t="s">
-        <v>3375</v>
+        <v>3404</v>
       </c>
       <c r="C184" t="s">
         <v>11</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>3376</v>
+        <v>3405</v>
       </c>
       <c r="F184" t="s">
         <v>11</v>
       </c>
       <c r="G184" t="s">
-        <v>3377</v>
+        <v>3406</v>
       </c>
       <c r="H184" t="s">
-        <v>3378</v>
+        <v>3407</v>
       </c>
       <c r="I184" t="s">
-        <v>3379</v>
+        <v>3227</v>
       </c>
       <c r="J184" t="s">
-        <v>3186</v>
+        <v>3408</v>
       </c>
       <c r="K184" t="s">
-        <v>3380</v>
-[...2 lines deleted...]
-        <v>3381</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B185" t="s">
-        <v>3382</v>
+        <v>3410</v>
       </c>
       <c r="C185" t="s">
         <v>11</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185" t="s">
-        <v>3383</v>
+        <v>3411</v>
       </c>
       <c r="F185" t="s">
         <v>11</v>
       </c>
       <c r="G185" t="s">
-        <v>3384</v>
+        <v>3412</v>
       </c>
       <c r="H185" t="s">
-        <v>3385</v>
+        <v>3413</v>
       </c>
       <c r="I185" t="s">
-        <v>3386</v>
+        <v>3414</v>
       </c>
       <c r="J185" t="s">
-        <v>3387</v>
+        <v>3415</v>
       </c>
       <c r="K185" t="s">
-        <v>3388</v>
-[...5 lines deleted...]
-        <v>3390</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B186" t="s">
-        <v>3391</v>
+        <v>3417</v>
       </c>
       <c r="C186" t="s">
         <v>11</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186" t="s">
-        <v>3392</v>
+        <v>3418</v>
       </c>
       <c r="F186" t="s">
         <v>11</v>
       </c>
       <c r="G186" t="s">
-        <v>3393</v>
+        <v>3419</v>
       </c>
       <c r="H186" t="s">
-        <v>3394</v>
+        <v>3420</v>
       </c>
       <c r="I186" t="s">
-        <v>3395</v>
+        <v>3421</v>
       </c>
       <c r="J186" t="s">
-        <v>3396</v>
+        <v>3228</v>
       </c>
       <c r="K186" t="s">
-        <v>3397</v>
+        <v>3422</v>
       </c>
       <c r="L186" t="s">
-        <v>3398</v>
-[...8 lines deleted...]
-        <v>3401</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B187" t="s">
-        <v>3402</v>
+        <v>3424</v>
       </c>
       <c r="C187" t="s">
         <v>11</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187" t="s">
-        <v>3403</v>
+        <v>3425</v>
       </c>
       <c r="F187" t="s">
         <v>11</v>
       </c>
       <c r="G187" t="s">
-        <v>3404</v>
+        <v>3426</v>
       </c>
       <c r="H187" t="s">
-        <v>3405</v>
+        <v>3427</v>
       </c>
       <c r="I187" t="s">
-        <v>3406</v>
+        <v>3428</v>
       </c>
       <c r="J187" t="s">
-        <v>3407</v>
+        <v>3429</v>
       </c>
       <c r="K187" t="s">
-        <v>3408</v>
+        <v>3430</v>
       </c>
       <c r="L187" t="s">
-        <v>3409</v>
+        <v>3431</v>
+      </c>
+      <c r="M187" t="s">
+        <v>3432</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B188" t="s">
-        <v>3410</v>
+        <v>3433</v>
       </c>
       <c r="C188" t="s">
         <v>11</v>
       </c>
       <c r="D188" t="s">
         <v>11</v>
       </c>
       <c r="E188" t="s">
-        <v>3392</v>
+        <v>3434</v>
       </c>
       <c r="F188" t="s">
         <v>11</v>
       </c>
       <c r="G188" t="s">
-        <v>3411</v>
+        <v>3435</v>
       </c>
       <c r="H188" t="s">
-        <v>3412</v>
+        <v>3436</v>
       </c>
       <c r="I188" t="s">
-        <v>3413</v>
+        <v>3437</v>
       </c>
       <c r="J188" t="s">
-        <v>2252</v>
+        <v>3438</v>
       </c>
       <c r="K188" t="s">
-        <v>3414</v>
+        <v>3439</v>
       </c>
       <c r="L188" t="s">
-        <v>3415</v>
+        <v>3440</v>
       </c>
       <c r="M188" t="s">
-        <v>3416</v>
+        <v>3441</v>
       </c>
       <c r="N188" t="s">
-        <v>3417</v>
+        <v>3442</v>
       </c>
       <c r="O188" t="s">
-        <v>3418</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B189" t="s">
-        <v>3419</v>
+        <v>3444</v>
       </c>
       <c r="C189" t="s">
         <v>11</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
-        <v>3420</v>
+        <v>3445</v>
       </c>
       <c r="F189" t="s">
         <v>11</v>
       </c>
       <c r="G189" t="s">
-        <v>3421</v>
+        <v>3446</v>
       </c>
       <c r="H189" t="s">
-        <v>3422</v>
+        <v>3447</v>
       </c>
       <c r="I189" t="s">
-        <v>3423</v>
+        <v>3448</v>
       </c>
       <c r="J189" t="s">
-        <v>3424</v>
+        <v>3449</v>
       </c>
       <c r="K189" t="s">
-        <v>3425</v>
+        <v>3450</v>
+      </c>
+      <c r="L189" t="s">
+        <v>3451</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B190" t="s">
-        <v>3426</v>
+        <v>3452</v>
       </c>
       <c r="C190" t="s">
         <v>11</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190" t="s">
-        <v>3427</v>
+        <v>3434</v>
       </c>
       <c r="F190" t="s">
         <v>11</v>
       </c>
       <c r="G190" t="s">
-        <v>3428</v>
+        <v>3453</v>
       </c>
       <c r="H190" t="s">
-        <v>3429</v>
+        <v>3454</v>
       </c>
       <c r="I190" t="s">
-        <v>3430</v>
+        <v>3455</v>
       </c>
       <c r="J190" t="s">
-        <v>3431</v>
+        <v>2301</v>
       </c>
       <c r="K190" t="s">
-        <v>3432</v>
+        <v>3456</v>
       </c>
       <c r="L190" t="s">
-        <v>3433</v>
+        <v>3457</v>
       </c>
       <c r="M190" t="s">
-        <v>3434</v>
+        <v>3458</v>
+      </c>
+      <c r="N190" t="s">
+        <v>3459</v>
+      </c>
+      <c r="O190" t="s">
+        <v>3460</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="B191" t="s">
-        <v>3435</v>
+        <v>3461</v>
       </c>
       <c r="C191" t="s">
         <v>11</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191" t="s">
-        <v>3436</v>
+        <v>3462</v>
       </c>
       <c r="F191" t="s">
         <v>11</v>
       </c>
       <c r="G191" t="s">
-        <v>3437</v>
+        <v>3463</v>
       </c>
       <c r="H191" t="s">
-        <v>3438</v>
+        <v>3464</v>
       </c>
       <c r="I191" t="s">
-        <v>2325</v>
+        <v>3465</v>
       </c>
       <c r="J191" t="s">
-        <v>3439</v>
+        <v>3466</v>
       </c>
       <c r="K191" t="s">
-        <v>3440</v>
-[...2 lines deleted...]
-        <v>3441</v>
+        <v>3467</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B192" t="s">
+        <v>3468</v>
+      </c>
+      <c r="C192" t="s">
+        <v>11</v>
+      </c>
+      <c r="D192" t="s">
+        <v>11</v>
+      </c>
+      <c r="E192" t="s">
+        <v>3469</v>
+      </c>
+      <c r="F192" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" t="s">
+        <v>3470</v>
+      </c>
+      <c r="H192" t="s">
+        <v>3471</v>
+      </c>
+      <c r="I192" t="s">
+        <v>1811</v>
+      </c>
+      <c r="J192" t="s">
+        <v>3472</v>
+      </c>
+      <c r="K192" t="s">
+        <v>3473</v>
+      </c>
+      <c r="L192" t="s">
+        <v>3474</v>
+      </c>
+      <c r="M192" t="s">
+        <v>3475</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B193" t="s">
+        <v>3476</v>
+      </c>
+      <c r="C193" t="s">
+        <v>11</v>
+      </c>
+      <c r="D193" t="s">
+        <v>11</v>
+      </c>
+      <c r="E193" t="s">
+        <v>3477</v>
+      </c>
+      <c r="F193" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" t="s">
+        <v>3478</v>
+      </c>
+      <c r="H193" t="s">
+        <v>3479</v>
+      </c>
+      <c r="I193" t="s">
+        <v>2374</v>
+      </c>
+      <c r="J193" t="s">
+        <v>3480</v>
+      </c>
+      <c r="K193" t="s">
+        <v>3481</v>
+      </c>
+      <c r="L193" t="s">
+        <v>3482</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B2" t="s">
-        <v>3443</v>
+        <v>3484</v>
       </c>
       <c r="C2" t="s">
-        <v>3444</v>
+        <v>3485</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>3445</v>
+        <v>3486</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>3446</v>
+        <v>3487</v>
       </c>
       <c r="H2" t="s">
-        <v>3447</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B3" t="s">
-        <v>3448</v>
+        <v>3489</v>
       </c>
       <c r="C3" t="s">
-        <v>3449</v>
+        <v>3490</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>3450</v>
+        <v>3491</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>3451</v>
+        <v>3492</v>
       </c>
       <c r="H3" t="s">
-        <v>3452</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B4" t="s">
-        <v>3453</v>
+        <v>3494</v>
       </c>
       <c r="C4" t="s">
-        <v>3454</v>
+        <v>3495</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>3455</v>
+        <v>3496</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>3456</v>
+        <v>3497</v>
       </c>
       <c r="H4" t="s">
-        <v>3457</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B5" t="s">
-        <v>3458</v>
+        <v>3499</v>
       </c>
       <c r="C5" t="s">
-        <v>3459</v>
+        <v>3500</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>3460</v>
+        <v>3501</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>3461</v>
+        <v>3502</v>
       </c>
       <c r="H5" t="s">
-        <v>3462</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B6" t="s">
-        <v>3463</v>
+        <v>3504</v>
       </c>
       <c r="C6" t="s">
-        <v>3464</v>
+        <v>3505</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>3465</v>
+        <v>3506</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>3466</v>
+        <v>3507</v>
       </c>
       <c r="H6" t="s">
-        <v>3467</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B7" t="s">
-        <v>3468</v>
+        <v>3509</v>
       </c>
       <c r="C7" t="s">
-        <v>3464</v>
+        <v>3505</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>3469</v>
+        <v>3510</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>3470</v>
+        <v>3511</v>
       </c>
       <c r="H7" t="s">
-        <v>3471</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B8" t="s">
-        <v>3472</v>
+        <v>3513</v>
       </c>
       <c r="C8" t="s">
-        <v>3473</v>
+        <v>3514</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>3474</v>
+        <v>3515</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>3475</v>
+        <v>3516</v>
       </c>
       <c r="H8" t="s">
-        <v>3476</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B9" t="s">
-        <v>3477</v>
+        <v>3518</v>
       </c>
       <c r="C9" t="s">
-        <v>3478</v>
+        <v>3519</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>3479</v>
+        <v>3520</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>3480</v>
+        <v>3521</v>
       </c>
       <c r="H9" t="s">
-        <v>3481</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B10" t="s">
-        <v>3482</v>
+        <v>3523</v>
       </c>
       <c r="C10" t="s">
-        <v>3483</v>
+        <v>3524</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>3484</v>
+        <v>3525</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>3485</v>
+        <v>3526</v>
       </c>
       <c r="H10" t="s">
-        <v>3486</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B11" t="s">
-        <v>3487</v>
+        <v>3528</v>
       </c>
       <c r="C11" t="s">
-        <v>3488</v>
+        <v>3529</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>3489</v>
+        <v>3530</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>3490</v>
+        <v>3531</v>
       </c>
       <c r="H11" t="s">
-        <v>3491</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B12" t="s">
-        <v>3492</v>
+        <v>3533</v>
       </c>
       <c r="C12" t="s">
-        <v>3493</v>
+        <v>3534</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>3494</v>
+        <v>3535</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>3495</v>
+        <v>3536</v>
       </c>
       <c r="H12" t="s">
-        <v>3496</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B13" t="s">
-        <v>3497</v>
+        <v>3538</v>
       </c>
       <c r="C13" t="s">
-        <v>3493</v>
+        <v>3534</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>3498</v>
+        <v>3539</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>3499</v>
+        <v>3540</v>
       </c>
       <c r="H13" t="s">
-        <v>3500</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B14" t="s">
-        <v>3501</v>
+        <v>3542</v>
       </c>
       <c r="C14" t="s">
-        <v>3502</v>
+        <v>3543</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>3503</v>
+        <v>3544</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>3504</v>
+        <v>3545</v>
       </c>
       <c r="H14" t="s">
-        <v>3505</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B15" t="s">
-        <v>561</v>
+        <v>582</v>
       </c>
       <c r="C15" t="s">
-        <v>3506</v>
+        <v>3547</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>3507</v>
+        <v>3548</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>3508</v>
+        <v>3549</v>
       </c>
       <c r="H15" t="s">
-        <v>3509</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B16" t="s">
-        <v>3510</v>
+        <v>3551</v>
       </c>
       <c r="C16" t="s">
-        <v>3511</v>
+        <v>3552</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>3512</v>
+        <v>3553</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>3513</v>
+        <v>3554</v>
       </c>
       <c r="H16" t="s">
-        <v>3514</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B17" t="s">
-        <v>3515</v>
+        <v>3556</v>
       </c>
       <c r="C17" t="s">
-        <v>3516</v>
+        <v>3557</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>3517</v>
+        <v>3558</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>3518</v>
+        <v>3559</v>
       </c>
       <c r="H17" t="s">
-        <v>3519</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B18" t="s">
-        <v>3520</v>
+        <v>3561</v>
       </c>
       <c r="C18" t="s">
-        <v>3521</v>
+        <v>3562</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>3522</v>
+        <v>3563</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>3523</v>
+        <v>3564</v>
       </c>
       <c r="H18" t="s">
-        <v>3524</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B19" t="s">
-        <v>3525</v>
+        <v>3566</v>
       </c>
       <c r="C19" t="s">
-        <v>3526</v>
+        <v>3567</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>3527</v>
+        <v>3568</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>3528</v>
+        <v>3569</v>
       </c>
       <c r="H19" t="s">
-        <v>3529</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B20" t="s">
-        <v>3530</v>
+        <v>3571</v>
       </c>
       <c r="C20" t="s">
-        <v>3531</v>
+        <v>3572</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>3532</v>
+        <v>3573</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>3533</v>
+        <v>3574</v>
       </c>
       <c r="H20" t="s">
-        <v>3534</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B21" t="s">
-        <v>3535</v>
+        <v>3576</v>
       </c>
       <c r="C21" t="s">
-        <v>3536</v>
+        <v>3577</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>3537</v>
+        <v>3578</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>3538</v>
+        <v>3579</v>
       </c>
       <c r="H21" t="s">
-        <v>3539</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B22" t="s">
-        <v>3540</v>
+        <v>3581</v>
       </c>
       <c r="C22" t="s">
-        <v>3541</v>
+        <v>3582</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>3542</v>
+        <v>3583</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>3543</v>
+        <v>3584</v>
       </c>
       <c r="H22" t="s">
-        <v>3544</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B23" t="s">
-        <v>3545</v>
+        <v>3586</v>
       </c>
       <c r="C23" t="s">
-        <v>3546</v>
+        <v>3587</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>3547</v>
+        <v>3588</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>3548</v>
+        <v>3589</v>
       </c>
       <c r="H23" t="s">
-        <v>3549</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B24" t="s">
-        <v>3550</v>
+        <v>3591</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>3551</v>
+        <v>3592</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>3552</v>
+        <v>3593</v>
       </c>
       <c r="H24" t="s">
-        <v>3553</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B25" t="s">
-        <v>3554</v>
+        <v>3595</v>
       </c>
       <c r="C25" t="s">
-        <v>3555</v>
+        <v>3596</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>3556</v>
+        <v>3597</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>3557</v>
+        <v>3598</v>
       </c>
       <c r="H25" t="s">
-        <v>3558</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B26" t="s">
-        <v>3559</v>
+        <v>3600</v>
       </c>
       <c r="C26" t="s">
-        <v>3560</v>
+        <v>3601</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>3561</v>
+        <v>3602</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>3562</v>
+        <v>3603</v>
       </c>
       <c r="H26" t="s">
-        <v>3563</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B27" t="s">
-        <v>3564</v>
+        <v>3605</v>
       </c>
       <c r="C27" t="s">
-        <v>3565</v>
+        <v>3606</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>3566</v>
+        <v>3607</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>3567</v>
+        <v>3608</v>
       </c>
       <c r="H27" t="s">
-        <v>3568</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B28" t="s">
-        <v>3569</v>
+        <v>3610</v>
       </c>
       <c r="C28" t="s">
-        <v>3570</v>
+        <v>3611</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>3571</v>
+        <v>3612</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>3572</v>
+        <v>3613</v>
       </c>
       <c r="H28" t="s">
-        <v>3573</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B29" t="s">
-        <v>3574</v>
+        <v>3615</v>
       </c>
       <c r="C29" t="s">
-        <v>3575</v>
+        <v>3616</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>3576</v>
+        <v>3617</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>3577</v>
+        <v>3618</v>
       </c>
       <c r="H29" t="s">
-        <v>3578</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B30" t="s">
-        <v>3579</v>
+        <v>3620</v>
       </c>
       <c r="C30" t="s">
-        <v>3580</v>
+        <v>3621</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>3581</v>
+        <v>3622</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>3582</v>
+        <v>3623</v>
       </c>
       <c r="H30" t="s">
-        <v>3583</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B31" t="s">
-        <v>3584</v>
+        <v>3625</v>
       </c>
       <c r="C31" t="s">
-        <v>3585</v>
+        <v>3626</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>3586</v>
+        <v>3627</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>3587</v>
+        <v>3628</v>
       </c>
       <c r="H31" t="s">
-        <v>3588</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B32" t="s">
-        <v>3589</v>
+        <v>3630</v>
       </c>
       <c r="C32" t="s">
-        <v>3590</v>
+        <v>3631</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>3591</v>
+        <v>3632</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>3592</v>
+        <v>3633</v>
       </c>
       <c r="H32" t="s">
-        <v>3593</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B33" t="s">
-        <v>3594</v>
+        <v>3635</v>
       </c>
       <c r="C33" t="s">
-        <v>3595</v>
+        <v>3636</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>3596</v>
+        <v>3637</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>3597</v>
+        <v>3638</v>
       </c>
       <c r="H33" t="s">
-        <v>3598</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B34" t="s">
-        <v>3599</v>
+        <v>3640</v>
       </c>
       <c r="C34" t="s">
-        <v>3600</v>
+        <v>3641</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>3601</v>
+        <v>3642</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>3602</v>
+        <v>3643</v>
       </c>
       <c r="H34" t="s">
-        <v>3603</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B35" t="s">
-        <v>3604</v>
+        <v>3645</v>
       </c>
       <c r="C35" t="s">
-        <v>3605</v>
+        <v>3646</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>3606</v>
+        <v>3647</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>3607</v>
+        <v>3648</v>
       </c>
       <c r="H35" t="s">
-        <v>3608</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B36" t="s">
-        <v>3609</v>
+        <v>3650</v>
       </c>
       <c r="C36" t="s">
-        <v>3610</v>
+        <v>3651</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>3611</v>
+        <v>3652</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>3612</v>
+        <v>3653</v>
       </c>
       <c r="H36" t="s">
-        <v>3613</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B37" t="s">
-        <v>3614</v>
+        <v>3655</v>
       </c>
       <c r="C37" t="s">
-        <v>3615</v>
+        <v>3656</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>3616</v>
+        <v>3657</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>3617</v>
+        <v>3658</v>
       </c>
       <c r="H37" t="s">
-        <v>3618</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B38" t="s">
-        <v>3619</v>
+        <v>3660</v>
       </c>
       <c r="C38" t="s">
-        <v>3620</v>
+        <v>3661</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>3621</v>
+        <v>3662</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>3622</v>
+        <v>3663</v>
       </c>
       <c r="H38" t="s">
-        <v>3623</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B39" t="s">
-        <v>3624</v>
+        <v>3665</v>
       </c>
       <c r="C39" t="s">
-        <v>3625</v>
+        <v>3666</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>3626</v>
+        <v>3667</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>3627</v>
+        <v>3668</v>
       </c>
       <c r="H39" t="s">
-        <v>3628</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B40" t="s">
-        <v>3629</v>
+        <v>3670</v>
       </c>
       <c r="C40" t="s">
-        <v>3630</v>
+        <v>3671</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>3631</v>
+        <v>3672</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>3632</v>
+        <v>3673</v>
       </c>
       <c r="H40" t="s">
-        <v>3633</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B41" t="s">
-        <v>3634</v>
+        <v>3675</v>
       </c>
       <c r="C41" t="s">
-        <v>3635</v>
+        <v>3676</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>3636</v>
+        <v>3677</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>3637</v>
+        <v>3678</v>
       </c>
       <c r="H41" t="s">
-        <v>3638</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B42" t="s">
-        <v>3639</v>
+        <v>3680</v>
       </c>
       <c r="C42" t="s">
-        <v>3640</v>
+        <v>3681</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>3641</v>
+        <v>3682</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>3642</v>
+        <v>3683</v>
       </c>
       <c r="H42" t="s">
-        <v>3643</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B43" t="s">
-        <v>3644</v>
+        <v>3685</v>
       </c>
       <c r="C43" t="s">
-        <v>3645</v>
+        <v>3686</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>3646</v>
+        <v>3687</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>3647</v>
+        <v>3688</v>
       </c>
       <c r="H43" t="s">
-        <v>3648</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B44" t="s">
-        <v>3649</v>
+        <v>3690</v>
       </c>
       <c r="C44" t="s">
-        <v>3650</v>
+        <v>3691</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>3651</v>
+        <v>3692</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>3652</v>
+        <v>3693</v>
       </c>
       <c r="H44" t="s">
-        <v>3653</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B45" t="s">
-        <v>3654</v>
+        <v>3695</v>
       </c>
       <c r="C45" t="s">
-        <v>3655</v>
+        <v>3696</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>3656</v>
+        <v>3697</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>3657</v>
+        <v>3698</v>
       </c>
       <c r="H45" t="s">
-        <v>3658</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B46" t="s">
-        <v>3659</v>
+        <v>3700</v>
       </c>
       <c r="C46" t="s">
-        <v>3660</v>
+        <v>3701</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>3661</v>
+        <v>3702</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>3662</v>
+        <v>3703</v>
       </c>
       <c r="H46" t="s">
-        <v>3663</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B47" t="s">
-        <v>3664</v>
+        <v>3705</v>
       </c>
       <c r="C47" t="s">
-        <v>3555</v>
+        <v>3596</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>3665</v>
+        <v>3706</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>3666</v>
+        <v>3707</v>
       </c>
       <c r="H47" t="s">
-        <v>3667</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B48" t="s">
-        <v>3668</v>
+        <v>3709</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>3669</v>
+        <v>3710</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>3670</v>
+        <v>3711</v>
       </c>
       <c r="H48" t="s">
-        <v>3671</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B49" t="s">
-        <v>3672</v>
+        <v>3713</v>
       </c>
       <c r="C49" t="s">
-        <v>3673</v>
+        <v>3714</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>961</v>
+        <v>988</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>3674</v>
+        <v>3715</v>
       </c>
       <c r="H49" t="s">
-        <v>3675</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B50" t="s">
-        <v>3676</v>
+        <v>3717</v>
       </c>
       <c r="C50" t="s">
-        <v>3677</v>
+        <v>3718</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>3678</v>
+        <v>3719</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>3679</v>
+        <v>3720</v>
       </c>
       <c r="H50" t="s">
-        <v>3680</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B51" t="s">
-        <v>3681</v>
+        <v>3722</v>
       </c>
       <c r="C51" t="s">
-        <v>3682</v>
+        <v>3723</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>3683</v>
+        <v>3724</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>3684</v>
+        <v>3725</v>
       </c>
       <c r="H51" t="s">
-        <v>3685</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B52" t="s">
-        <v>3686</v>
+        <v>3727</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>1498</v>
+        <v>1524</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>3687</v>
+        <v>3728</v>
       </c>
       <c r="H52" t="s">
-        <v>3688</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B53" t="s">
-        <v>3689</v>
+        <v>3730</v>
       </c>
       <c r="C53" t="s">
-        <v>3690</v>
+        <v>3731</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>3691</v>
+        <v>3732</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>3692</v>
+        <v>3733</v>
       </c>
       <c r="H53" t="s">
-        <v>3693</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B54" t="s">
-        <v>3694</v>
+        <v>3735</v>
       </c>
       <c r="C54" t="s">
-        <v>3695</v>
+        <v>3736</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>3696</v>
+        <v>3737</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>3697</v>
+        <v>3738</v>
       </c>
       <c r="H54" t="s">
-        <v>3698</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>3442</v>
+        <v>3483</v>
       </c>
       <c r="B55" t="s">
-        <v>3699</v>
+        <v>3740</v>
       </c>
       <c r="C55" t="s">
-        <v>3700</v>
+        <v>3741</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>3701</v>
+        <v>3742</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>3702</v>
+        <v>3743</v>
       </c>
       <c r="H55" t="s">
-        <v>3703</v>
+        <v>3744</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J46"/>
+  <dimension ref="A1:J47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -24109,1174 +24340,1174 @@
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>55</v>
       </c>
       <c r="E5" t="s">
         <v>56</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>57</v>
       </c>
       <c r="H5" t="s">
         <v>58</v>
       </c>
       <c r="I5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="J5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I6" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="J6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>68</v>
       </c>
       <c r="E7" t="s">
         <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>71</v>
       </c>
       <c r="I7" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="J7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I8" t="s">
-        <v>78</v>
+        <v>45</v>
       </c>
       <c r="J8" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>80</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I9" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="J9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
         <v>86</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>87</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>88</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>89</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>90</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
         <v>93</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>94</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>95</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>96</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J11" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>99</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>100</v>
       </c>
       <c r="E12" t="s">
         <v>101</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>102</v>
       </c>
       <c r="H12" t="s">
         <v>103</v>
       </c>
       <c r="I12" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="J12" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I13" t="s">
-        <v>109</v>
+        <v>90</v>
       </c>
       <c r="J13" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
         <v>111</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>112</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>113</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>114</v>
       </c>
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="J14" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>118</v>
       </c>
       <c r="E15" t="s">
         <v>119</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>120</v>
       </c>
       <c r="H15" t="s">
         <v>121</v>
       </c>
       <c r="I15" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="J15" t="s">
-        <v>59</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="E16" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H16" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I16" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="J16" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="E17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="I17" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="J17" t="s">
-        <v>131</v>
+        <v>66</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>132</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I18" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="J18" t="s">
-        <v>110</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>47</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I19" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="J19" t="s">
-        <v>141</v>
+        <v>116</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>142</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>143</v>
       </c>
       <c r="E20" t="s">
         <v>144</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>145</v>
       </c>
       <c r="H20" t="s">
         <v>146</v>
       </c>
       <c r="I20" t="s">
+        <v>59</v>
+      </c>
+      <c r="J20" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>32</v>
       </c>
       <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
         <v>149</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>150</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
         <v>151</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>152</v>
       </c>
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>153</v>
       </c>
-      <c r="I21" t="s">
+      <c r="J21" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>32</v>
       </c>
       <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
         <v>156</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>157</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
         <v>158</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>159</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="J22" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>32</v>
       </c>
       <c r="B23" t="s">
-        <v>117</v>
+        <v>162</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I23" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="J23" t="s">
-        <v>59</v>
+        <v>167</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>166</v>
+        <v>123</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="D24" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I24" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="J24" t="s">
-        <v>161</v>
+        <v>66</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
+        <v>173</v>
+      </c>
+      <c r="E25" t="s">
+        <v>174</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>175</v>
+      </c>
+      <c r="H25" t="s">
+        <v>176</v>
+      </c>
+      <c r="I25" t="s">
+        <v>11</v>
+      </c>
+      <c r="J25" t="s">
         <v>167</v>
-      </c>
-[...16 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C26" t="s">
-        <v>176</v>
+        <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="E26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I26" t="s">
-        <v>176</v>
+        <v>11</v>
       </c>
       <c r="J26" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>32</v>
       </c>
       <c r="B27" t="s">
-        <v>126</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D27" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="E27" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
+        <v>184</v>
+      </c>
+      <c r="H27" t="s">
+        <v>185</v>
+      </c>
+      <c r="I27" t="s">
         <v>182</v>
       </c>
-      <c r="H27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>131</v>
+        <v>186</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>32</v>
       </c>
       <c r="B28" t="s">
-        <v>184</v>
+        <v>132</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
       <c r="D28" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="E28" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
+        <v>188</v>
+      </c>
+      <c r="H28" t="s">
+        <v>189</v>
+      </c>
+      <c r="I28" t="s">
         <v>187</v>
       </c>
-      <c r="H28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="I29" t="s">
-        <v>194</v>
+        <v>11</v>
       </c>
       <c r="J29" t="s">
-        <v>195</v>
+        <v>167</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
+        <v>195</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
       <c r="E30" t="s">
         <v>197</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>198</v>
       </c>
       <c r="H30" t="s">
         <v>199</v>
       </c>
       <c r="I30" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="J30" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>32</v>
       </c>
       <c r="B31" t="s">
+        <v>202</v>
+      </c>
+      <c r="C31" t="s">
         <v>200</v>
       </c>
-      <c r="C31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="E31" t="s">
         <v>203</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>204</v>
       </c>
       <c r="H31" t="s">
         <v>205</v>
       </c>
       <c r="I31" t="s">
+        <v>200</v>
+      </c>
+      <c r="J31" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>32</v>
       </c>
       <c r="B32" t="s">
+        <v>206</v>
+      </c>
+      <c r="C32" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D32" t="s">
         <v>208</v>
       </c>
       <c r="E32" t="s">
         <v>209</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>210</v>
       </c>
       <c r="H32" t="s">
         <v>211</v>
       </c>
       <c r="I32" t="s">
-        <v>52</v>
+        <v>207</v>
       </c>
       <c r="J32" t="s">
-        <v>161</v>
+        <v>212</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>122</v>
+        <v>213</v>
       </c>
       <c r="C33" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="D33" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E33" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="H33" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="I33" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="J33" t="s">
-        <v>216</v>
+        <v>167</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>217</v>
+        <v>128</v>
       </c>
       <c r="C34" t="s">
+        <v>59</v>
+      </c>
+      <c r="D34" t="s">
         <v>218</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>219</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
         <v>220</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>221</v>
       </c>
-      <c r="H34" t="s">
+      <c r="I34" t="s">
+        <v>59</v>
+      </c>
+      <c r="J34" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>32</v>
       </c>
       <c r="B35" t="s">
         <v>223</v>
       </c>
       <c r="C35" t="s">
         <v>224</v>
       </c>
       <c r="D35" t="s">
         <v>225</v>
       </c>
       <c r="E35" t="s">
         <v>226</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>227</v>
       </c>
       <c r="H35" t="s">
         <v>228</v>
       </c>
       <c r="I35" t="s">
         <v>224</v>
       </c>
       <c r="J35" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>32</v>
       </c>
       <c r="B36" t="s">
-        <v>142</v>
+        <v>229</v>
       </c>
       <c r="C36" t="s">
-        <v>52</v>
+        <v>230</v>
       </c>
       <c r="D36" t="s">
+        <v>231</v>
+      </c>
+      <c r="E36" t="s">
+        <v>232</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>233</v>
+      </c>
+      <c r="H36" t="s">
+        <v>234</v>
+      </c>
+      <c r="I36" t="s">
         <v>230</v>
       </c>
-      <c r="E36" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>66</v>
+        <v>235</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>32</v>
       </c>
       <c r="B37" t="s">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="C37" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="D37" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="E37" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="H37" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="I37" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="J37" t="s">
-        <v>238</v>
+        <v>73</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>32</v>
       </c>
       <c r="B38" t="s">
-        <v>239</v>
+        <v>137</v>
       </c>
       <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
         <v>240</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>241</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
         <v>242</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>243</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
+        <v>11</v>
+      </c>
+      <c r="J38" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>32</v>
       </c>
       <c r="B39" t="s">
+        <v>245</v>
+      </c>
+      <c r="C39" t="s">
         <v>246</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>247</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>248</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
         <v>249</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>250</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
+        <v>246</v>
+      </c>
+      <c r="J39" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>32</v>
       </c>
       <c r="B40" t="s">
         <v>252</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>253</v>
       </c>
       <c r="D40" t="s">
+        <v>254</v>
+      </c>
+      <c r="E40" t="s">
+        <v>255</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>256</v>
+      </c>
+      <c r="H40" t="s">
+        <v>257</v>
+      </c>
+      <c r="I40" t="s">
         <v>253</v>
       </c>
-      <c r="E40" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>257</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>32</v>
       </c>
       <c r="B41" t="s">
         <v>258</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>259</v>
       </c>
       <c r="E41" t="s">
         <v>260</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
         <v>261</v>
       </c>
       <c r="H41" t="s">
@@ -25307,4999 +25538,5109 @@
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
         <v>267</v>
       </c>
       <c r="H42" t="s">
         <v>268</v>
       </c>
       <c r="I42" t="s">
         <v>11</v>
       </c>
       <c r="J42" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>32</v>
       </c>
       <c r="B43" t="s">
         <v>270</v>
       </c>
       <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
         <v>271</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>272</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
         <v>273</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>274</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
+        <v>11</v>
+      </c>
+      <c r="J43" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>32</v>
       </c>
       <c r="B44" t="s">
+        <v>276</v>
+      </c>
+      <c r="C44" t="s">
         <v>277</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>278</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>279</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
         <v>280</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>281</v>
       </c>
-      <c r="H44" t="s">
+      <c r="I44" t="s">
+        <v>11</v>
+      </c>
+      <c r="J44" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>32</v>
       </c>
       <c r="B45" t="s">
-        <v>122</v>
+        <v>283</v>
       </c>
       <c r="C45" t="s">
-        <v>11</v>
+        <v>284</v>
       </c>
       <c r="D45" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E45" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H45" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I45" t="s">
         <v>11</v>
       </c>
       <c r="J45" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>32</v>
       </c>
       <c r="B46" t="s">
-        <v>289</v>
+        <v>128</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>290</v>
       </c>
       <c r="E46" t="s">
         <v>291</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
         <v>292</v>
       </c>
       <c r="H46" t="s">
         <v>293</v>
       </c>
       <c r="I46" t="s">
         <v>11</v>
       </c>
       <c r="J46" t="s">
         <v>294</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>32</v>
+      </c>
+      <c r="B47" t="s">
+        <v>295</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
+        <v>296</v>
+      </c>
+      <c r="E47" t="s">
+        <v>297</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>298</v>
+      </c>
+      <c r="H47" t="s">
+        <v>299</v>
+      </c>
+      <c r="I47" t="s">
+        <v>11</v>
+      </c>
+      <c r="J47" t="s">
+        <v>300</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:H53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B2" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="C2" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="H2" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B3" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="C3" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="H3" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B4" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="C4" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="D4" t="s">
-        <v>308</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="H4" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B5" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C5" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="H5" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B6" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C6" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
       <c r="D6" t="s">
-        <v>318</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="H6" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B7" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C7" t="s">
-        <v>307</v>
+        <v>328</v>
       </c>
       <c r="D7" t="s">
-        <v>318</v>
+        <v>329</v>
       </c>
       <c r="E7" t="s">
-        <v>319</v>
+        <v>330</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="H7" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B8" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="C8" t="s">
-        <v>307</v>
+        <v>334</v>
       </c>
       <c r="D8" t="s">
-        <v>318</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>319</v>
+        <v>335</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="H8" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B9" t="s">
+        <v>338</v>
+      </c>
+      <c r="C9" t="s">
         <v>328</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="E9" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="H9" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B10" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="C10" t="s">
-        <v>307</v>
+        <v>328</v>
       </c>
       <c r="D10" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="E10" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="H10" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B11" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="C11" t="s">
+        <v>328</v>
+      </c>
+      <c r="D11" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>340</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="H11" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B12" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="C12" t="s">
-        <v>344</v>
+        <v>328</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>350</v>
       </c>
       <c r="E12" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="H12" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B13" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="C13" t="s">
-        <v>349</v>
+        <v>328</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>355</v>
       </c>
       <c r="E13" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="H13" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B14" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="C14" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="H14" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B15" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="C15" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>355</v>
+        <v>366</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="H15" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B16" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="C16" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>355</v>
+        <v>371</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="H16" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B17" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="C17" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>355</v>
+        <v>376</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="H17" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B18" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="C18" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="H18" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B19" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="C19" t="s">
+        <v>384</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>376</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="H19" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B20" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C20" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="H20" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B21" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="C21" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="H21" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B22" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="C22" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="H22" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B23" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="C23" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="H23" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B24" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="C24" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>391</v>
+        <v>407</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="H24" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C25" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="H25" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B26" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="C26" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="H26" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B27" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="C27" t="s">
+        <v>420</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
         <v>412</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="H27" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B28" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="C28" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>404</v>
+        <v>425</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="H28" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B29" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="C29" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>404</v>
+        <v>425</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="H29" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B30" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="C30" t="s">
-        <v>424</v>
+        <v>433</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>404</v>
+        <v>425</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="H30" t="s">
-        <v>426</v>
+        <v>435</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B31" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="C31" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>404</v>
+        <v>425</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="H31" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B32" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="C32" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>433</v>
+        <v>425</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="H32" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B33" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="C33" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="H33" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B34" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="C34" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>443</v>
+        <v>425</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="H34" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B35" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="C35" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="H35" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B36" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="C36" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="H36" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B37" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="C37" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>448</v>
+        <v>464</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="H37" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B38" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="C38" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>448</v>
+        <v>469</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>461</v>
+        <v>470</v>
       </c>
       <c r="H38" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B39" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="C39" t="s">
-        <v>464</v>
+        <v>473</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>448</v>
+        <v>469</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="H39" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C40" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>469</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="H40" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B41" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="C41" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="H41" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B42" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="C42" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="H42" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B43" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="C43" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="D43" t="s">
-        <v>484</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H43" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B44" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C44" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="H44" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B45" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="C45" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="D45" t="s">
-        <v>495</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="H45" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B46" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C46" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="D46" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="E46" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="H46" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B47" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="C47" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="H47" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B48" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="C48" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>516</v>
       </c>
       <c r="E48" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="H48" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B49" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="C49" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>522</v>
       </c>
       <c r="E49" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="H49" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="B50" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="C50" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="H50" t="s">
-        <v>524</v>
+        <v>530</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>301</v>
+      </c>
+      <c r="B51" t="s">
+        <v>531</v>
+      </c>
+      <c r="C51" t="s">
+        <v>532</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>533</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>534</v>
+      </c>
+      <c r="H51" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>301</v>
+      </c>
+      <c r="B52" t="s">
+        <v>536</v>
+      </c>
+      <c r="C52" t="s">
+        <v>537</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>538</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>539</v>
+      </c>
+      <c r="H52" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>301</v>
+      </c>
+      <c r="B53" t="s">
+        <v>541</v>
+      </c>
+      <c r="C53" t="s">
+        <v>542</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>543</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>544</v>
+      </c>
+      <c r="H53" t="s">
+        <v>545</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>525</v>
+        <v>546</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>526</v>
+        <v>547</v>
       </c>
       <c r="B2" t="s">
-        <v>527</v>
+        <v>548</v>
       </c>
       <c r="C2" t="s">
-        <v>528</v>
+        <v>549</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>529</v>
+        <v>550</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>530</v>
+        <v>551</v>
       </c>
       <c r="H2" t="s">
-        <v>531</v>
+        <v>552</v>
       </c>
       <c r="I2" t="s">
-        <v>532</v>
+        <v>553</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="B2" t="s">
-        <v>534</v>
+        <v>555</v>
       </c>
       <c r="C2" t="s">
-        <v>535</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>556</v>
       </c>
       <c r="E2" t="s">
-        <v>536</v>
+        <v>557</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>537</v>
+        <v>558</v>
       </c>
       <c r="H2" t="s">
-        <v>538</v>
+        <v>559</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="B3" t="s">
-        <v>539</v>
+        <v>560</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>561</v>
       </c>
       <c r="D3" t="s">
-        <v>540</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>541</v>
+        <v>562</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>542</v>
+        <v>563</v>
       </c>
       <c r="H3" t="s">
-        <v>543</v>
+        <v>564</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="B4" t="s">
-        <v>544</v>
+        <v>565</v>
       </c>
       <c r="C4" t="s">
-        <v>545</v>
+        <v>566</v>
       </c>
       <c r="D4" t="s">
-        <v>546</v>
+        <v>567</v>
       </c>
       <c r="E4" t="s">
-        <v>547</v>
+        <v>568</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>548</v>
+        <v>569</v>
       </c>
       <c r="H4" t="s">
-        <v>549</v>
+        <v>570</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="B5" t="s">
-        <v>550</v>
+        <v>571</v>
       </c>
       <c r="C5" t="s">
-        <v>551</v>
+        <v>572</v>
       </c>
       <c r="D5" t="s">
-        <v>552</v>
+        <v>573</v>
       </c>
       <c r="E5" t="s">
-        <v>553</v>
+        <v>574</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>554</v>
+        <v>575</v>
       </c>
       <c r="H5" t="s">
-        <v>555</v>
+        <v>576</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="B6" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="C6" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="D6" t="s">
-        <v>552</v>
+        <v>573</v>
       </c>
       <c r="E6" t="s">
-        <v>558</v>
+        <v>579</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>559</v>
+        <v>580</v>
       </c>
       <c r="H6" t="s">
-        <v>560</v>
+        <v>581</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="B7" t="s">
-        <v>561</v>
+        <v>582</v>
       </c>
       <c r="C7" t="s">
-        <v>562</v>
+        <v>583</v>
       </c>
       <c r="D7" t="s">
-        <v>563</v>
+        <v>584</v>
       </c>
       <c r="E7" t="s">
-        <v>564</v>
+        <v>585</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>565</v>
+        <v>586</v>
       </c>
       <c r="H7" t="s">
-        <v>566</v>
+        <v>587</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="B8" t="s">
-        <v>567</v>
+        <v>588</v>
       </c>
       <c r="C8" t="s">
-        <v>568</v>
+        <v>589</v>
       </c>
       <c r="D8" t="s">
-        <v>569</v>
+        <v>590</v>
       </c>
       <c r="E8" t="s">
-        <v>570</v>
+        <v>591</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>571</v>
+        <v>592</v>
       </c>
       <c r="H8" t="s">
-        <v>572</v>
+        <v>593</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>533</v>
+        <v>554</v>
       </c>
       <c r="B9" t="s">
-        <v>573</v>
+        <v>594</v>
       </c>
       <c r="C9" t="s">
-        <v>574</v>
+        <v>595</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>575</v>
+        <v>596</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>576</v>
+        <v>597</v>
       </c>
       <c r="H9" t="s">
-        <v>577</v>
+        <v>598</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B2" t="s">
-        <v>579</v>
+        <v>600</v>
       </c>
       <c r="C2" t="s">
-        <v>580</v>
+        <v>601</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>581</v>
+        <v>602</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>582</v>
+        <v>603</v>
       </c>
       <c r="H2" t="s">
-        <v>583</v>
+        <v>604</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B3" t="s">
-        <v>584</v>
+        <v>605</v>
       </c>
       <c r="C3" t="s">
-        <v>585</v>
+        <v>606</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>586</v>
+        <v>607</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>587</v>
+        <v>608</v>
       </c>
       <c r="H3" t="s">
-        <v>588</v>
+        <v>609</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B4" t="s">
-        <v>589</v>
+        <v>610</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>590</v>
+        <v>611</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>591</v>
+        <v>612</v>
       </c>
       <c r="H4" t="s">
-        <v>592</v>
+        <v>613</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B5" t="s">
-        <v>593</v>
+        <v>614</v>
       </c>
       <c r="C5" t="s">
-        <v>594</v>
+        <v>615</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>595</v>
+        <v>616</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>596</v>
+        <v>617</v>
       </c>
       <c r="H5" t="s">
-        <v>597</v>
+        <v>618</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B6" t="s">
-        <v>598</v>
+        <v>619</v>
       </c>
       <c r="C6" t="s">
-        <v>599</v>
+        <v>620</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>600</v>
+        <v>621</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>601</v>
+        <v>622</v>
       </c>
       <c r="H6" t="s">
-        <v>602</v>
+        <v>623</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B7" t="s">
-        <v>603</v>
+        <v>624</v>
       </c>
       <c r="C7" t="s">
-        <v>604</v>
+        <v>625</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>605</v>
+        <v>626</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>606</v>
+        <v>627</v>
       </c>
       <c r="H7" t="s">
-        <v>607</v>
+        <v>628</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B8" t="s">
-        <v>608</v>
+        <v>629</v>
       </c>
       <c r="C8" t="s">
-        <v>609</v>
+        <v>630</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>610</v>
+        <v>631</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>611</v>
+        <v>632</v>
       </c>
       <c r="H8" t="s">
-        <v>612</v>
+        <v>633</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B9" t="s">
-        <v>613</v>
+        <v>634</v>
       </c>
       <c r="C9" t="s">
-        <v>614</v>
+        <v>635</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>615</v>
+        <v>636</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>616</v>
+        <v>637</v>
       </c>
       <c r="H9" t="s">
-        <v>617</v>
+        <v>638</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B10" t="s">
-        <v>618</v>
+        <v>639</v>
       </c>
       <c r="C10" t="s">
-        <v>619</v>
+        <v>640</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>620</v>
+        <v>641</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>621</v>
+        <v>642</v>
       </c>
       <c r="H10" t="s">
-        <v>622</v>
+        <v>643</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B11" t="s">
-        <v>623</v>
+        <v>644</v>
       </c>
       <c r="C11" t="s">
-        <v>624</v>
+        <v>645</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>625</v>
+        <v>646</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>626</v>
+        <v>647</v>
       </c>
       <c r="H11" t="s">
-        <v>627</v>
+        <v>648</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B12" t="s">
-        <v>628</v>
+        <v>649</v>
       </c>
       <c r="C12" t="s">
-        <v>629</v>
+        <v>650</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>630</v>
+        <v>651</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>631</v>
+        <v>652</v>
       </c>
       <c r="H12" t="s">
-        <v>632</v>
+        <v>653</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B13" t="s">
-        <v>633</v>
+        <v>654</v>
       </c>
       <c r="C13" t="s">
-        <v>634</v>
+        <v>655</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>635</v>
+        <v>656</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>636</v>
+        <v>657</v>
       </c>
       <c r="H13" t="s">
-        <v>637</v>
+        <v>658</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B14" t="s">
-        <v>638</v>
+        <v>659</v>
       </c>
       <c r="C14" t="s">
-        <v>639</v>
+        <v>660</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>640</v>
+        <v>661</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>641</v>
+        <v>662</v>
       </c>
       <c r="H14" t="s">
-        <v>642</v>
+        <v>663</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B15" t="s">
-        <v>643</v>
+        <v>664</v>
       </c>
       <c r="C15" t="s">
-        <v>644</v>
+        <v>665</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>645</v>
+        <v>666</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>646</v>
+        <v>667</v>
       </c>
       <c r="H15" t="s">
-        <v>647</v>
+        <v>668</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B16" t="s">
-        <v>648</v>
+        <v>669</v>
       </c>
       <c r="C16" t="s">
-        <v>649</v>
+        <v>670</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>650</v>
+        <v>671</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>651</v>
+        <v>672</v>
       </c>
       <c r="H16" t="s">
-        <v>652</v>
+        <v>673</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B17" t="s">
-        <v>653</v>
+        <v>674</v>
       </c>
       <c r="C17" t="s">
-        <v>654</v>
+        <v>675</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>655</v>
+        <v>676</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>656</v>
+        <v>677</v>
       </c>
       <c r="H17" t="s">
-        <v>657</v>
+        <v>678</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B18" t="s">
-        <v>658</v>
+        <v>679</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>659</v>
+        <v>680</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>660</v>
+        <v>681</v>
       </c>
       <c r="H18" t="s">
-        <v>661</v>
+        <v>682</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B19" t="s">
-        <v>662</v>
+        <v>683</v>
       </c>
       <c r="C19" t="s">
-        <v>663</v>
+        <v>684</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>664</v>
+        <v>685</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>665</v>
+        <v>686</v>
       </c>
       <c r="H19" t="s">
-        <v>666</v>
+        <v>687</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B20" t="s">
-        <v>667</v>
+        <v>688</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>668</v>
+        <v>689</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>669</v>
+        <v>690</v>
       </c>
       <c r="H20" t="s">
-        <v>670</v>
+        <v>691</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B21" t="s">
-        <v>671</v>
+        <v>692</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>672</v>
+        <v>693</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>673</v>
+        <v>694</v>
       </c>
       <c r="H21" t="s">
-        <v>674</v>
+        <v>695</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B22" t="s">
-        <v>675</v>
+        <v>696</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>676</v>
+        <v>697</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>677</v>
+        <v>698</v>
       </c>
       <c r="H22" t="s">
-        <v>678</v>
+        <v>699</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B23" t="s">
-        <v>679</v>
+        <v>700</v>
       </c>
       <c r="C23" t="s">
-        <v>680</v>
+        <v>701</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>672</v>
+        <v>693</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>681</v>
+        <v>702</v>
       </c>
       <c r="H23" t="s">
-        <v>682</v>
+        <v>703</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>578</v>
+        <v>599</v>
       </c>
       <c r="B24" t="s">
-        <v>683</v>
+        <v>704</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>672</v>
+        <v>693</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>684</v>
+        <v>705</v>
       </c>
       <c r="H24" t="s">
-        <v>685</v>
+        <v>706</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>686</v>
+        <v>707</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
-        <v>687</v>
+        <v>708</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>688</v>
+        <v>709</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>689</v>
+        <v>710</v>
       </c>
       <c r="H2" t="s">
-        <v>690</v>
+        <v>711</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>691</v>
+        <v>712</v>
       </c>
       <c r="B2" t="s">
-        <v>692</v>
+        <v>713</v>
       </c>
       <c r="C2" t="s">
-        <v>693</v>
+        <v>714</v>
       </c>
       <c r="D2" t="s">
-        <v>694</v>
+        <v>715</v>
       </c>
       <c r="E2" t="s">
-        <v>695</v>
+        <v>716</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>696</v>
+        <v>717</v>
       </c>
       <c r="H2" t="s">
-        <v>697</v>
+        <v>718</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>691</v>
+        <v>712</v>
       </c>
       <c r="B3" t="s">
-        <v>698</v>
+        <v>719</v>
       </c>
       <c r="C3" t="s">
-        <v>699</v>
+        <v>720</v>
       </c>
       <c r="D3" t="s">
-        <v>700</v>
+        <v>721</v>
       </c>
       <c r="E3" t="s">
-        <v>701</v>
+        <v>722</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>702</v>
+        <v>723</v>
       </c>
       <c r="H3" t="s">
-        <v>703</v>
+        <v>724</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>691</v>
+        <v>712</v>
       </c>
       <c r="B4" t="s">
-        <v>704</v>
+        <v>725</v>
       </c>
       <c r="C4" t="s">
-        <v>705</v>
+        <v>726</v>
       </c>
       <c r="D4" t="s">
-        <v>706</v>
+        <v>727</v>
       </c>
       <c r="E4" t="s">
-        <v>707</v>
+        <v>728</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>708</v>
+        <v>729</v>
       </c>
       <c r="H4" t="s">
-        <v>709</v>
+        <v>730</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B2" t="s">
-        <v>711</v>
+        <v>732</v>
       </c>
       <c r="C2" t="s">
-        <v>712</v>
+        <v>733</v>
       </c>
       <c r="D2" t="s">
-        <v>713</v>
+        <v>734</v>
       </c>
       <c r="E2" t="s">
-        <v>714</v>
+        <v>735</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>715</v>
+        <v>736</v>
       </c>
       <c r="H2" t="s">
-        <v>716</v>
+        <v>737</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B3" t="s">
-        <v>717</v>
+        <v>738</v>
       </c>
       <c r="C3" t="s">
-        <v>718</v>
+        <v>739</v>
       </c>
       <c r="D3" t="s">
-        <v>719</v>
+        <v>740</v>
       </c>
       <c r="E3" t="s">
-        <v>720</v>
+        <v>741</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>721</v>
+        <v>742</v>
       </c>
       <c r="H3" t="s">
-        <v>722</v>
+        <v>743</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B4" t="s">
-        <v>723</v>
+        <v>744</v>
       </c>
       <c r="C4" t="s">
-        <v>724</v>
+        <v>745</v>
       </c>
       <c r="D4" t="s">
-        <v>725</v>
+        <v>746</v>
       </c>
       <c r="E4" t="s">
-        <v>726</v>
+        <v>747</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>727</v>
+        <v>748</v>
       </c>
       <c r="H4" t="s">
-        <v>728</v>
+        <v>749</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B5" t="s">
-        <v>729</v>
+        <v>750</v>
       </c>
       <c r="C5" t="s">
-        <v>730</v>
+        <v>751</v>
       </c>
       <c r="D5" t="s">
-        <v>731</v>
+        <v>752</v>
       </c>
       <c r="E5" t="s">
-        <v>732</v>
+        <v>753</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>733</v>
+        <v>754</v>
       </c>
       <c r="H5" t="s">
-        <v>734</v>
+        <v>755</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B6" t="s">
-        <v>735</v>
+        <v>756</v>
       </c>
       <c r="C6" t="s">
-        <v>736</v>
+        <v>757</v>
       </c>
       <c r="D6" t="s">
-        <v>737</v>
+        <v>758</v>
       </c>
       <c r="E6" t="s">
-        <v>738</v>
+        <v>759</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>739</v>
+        <v>760</v>
       </c>
       <c r="H6" t="s">
-        <v>740</v>
+        <v>761</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B7" t="s">
-        <v>741</v>
+        <v>762</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>763</v>
       </c>
       <c r="D7" t="s">
-        <v>742</v>
+        <v>764</v>
       </c>
       <c r="E7" t="s">
-        <v>743</v>
+        <v>765</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>744</v>
+        <v>766</v>
       </c>
       <c r="H7" t="s">
-        <v>745</v>
+        <v>767</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B8" t="s">
-        <v>746</v>
+        <v>768</v>
       </c>
       <c r="C8" t="s">
-        <v>747</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>748</v>
+        <v>769</v>
       </c>
       <c r="E8" t="s">
-        <v>749</v>
+        <v>770</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>750</v>
+        <v>771</v>
       </c>
       <c r="H8" t="s">
-        <v>751</v>
+        <v>772</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B9" t="s">
-        <v>752</v>
+        <v>773</v>
       </c>
       <c r="C9" t="s">
-        <v>753</v>
+        <v>774</v>
       </c>
       <c r="D9" t="s">
-        <v>754</v>
+        <v>775</v>
       </c>
       <c r="E9" t="s">
-        <v>755</v>
+        <v>776</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>756</v>
+        <v>777</v>
       </c>
       <c r="H9" t="s">
-        <v>757</v>
+        <v>778</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B10" t="s">
-        <v>758</v>
+        <v>779</v>
       </c>
       <c r="C10" t="s">
-        <v>759</v>
+        <v>780</v>
       </c>
       <c r="D10" t="s">
-        <v>760</v>
+        <v>781</v>
       </c>
       <c r="E10" t="s">
-        <v>761</v>
+        <v>782</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>762</v>
+        <v>783</v>
       </c>
       <c r="H10" t="s">
-        <v>763</v>
+        <v>784</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B11" t="s">
-        <v>764</v>
+        <v>785</v>
       </c>
       <c r="C11" t="s">
-        <v>765</v>
+        <v>786</v>
       </c>
       <c r="D11" t="s">
-        <v>766</v>
+        <v>787</v>
       </c>
       <c r="E11" t="s">
-        <v>767</v>
+        <v>788</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>768</v>
+        <v>789</v>
       </c>
       <c r="H11" t="s">
-        <v>769</v>
+        <v>790</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B12" t="s">
-        <v>770</v>
+        <v>791</v>
       </c>
       <c r="C12" t="s">
-        <v>771</v>
+        <v>792</v>
       </c>
       <c r="D12" t="s">
-        <v>766</v>
+        <v>793</v>
       </c>
       <c r="E12" t="s">
-        <v>772</v>
+        <v>794</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>773</v>
+        <v>795</v>
       </c>
       <c r="H12" t="s">
-        <v>774</v>
+        <v>796</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B13" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>798</v>
       </c>
       <c r="D13" t="s">
-        <v>776</v>
+        <v>793</v>
       </c>
       <c r="E13" t="s">
-        <v>777</v>
+        <v>799</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>778</v>
+        <v>800</v>
       </c>
       <c r="H13" t="s">
-        <v>779</v>
+        <v>801</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B14" t="s">
-        <v>780</v>
+        <v>802</v>
       </c>
       <c r="C14" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>782</v>
+        <v>803</v>
       </c>
       <c r="E14" t="s">
-        <v>783</v>
+        <v>804</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>784</v>
+        <v>805</v>
       </c>
       <c r="H14" t="s">
-        <v>785</v>
+        <v>806</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B15" t="s">
-        <v>786</v>
+        <v>807</v>
       </c>
       <c r="C15" t="s">
-        <v>787</v>
+        <v>808</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>809</v>
       </c>
       <c r="E15" t="s">
-        <v>788</v>
+        <v>810</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>789</v>
+        <v>811</v>
       </c>
       <c r="H15" t="s">
-        <v>790</v>
+        <v>812</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B16" t="s">
-        <v>791</v>
+        <v>813</v>
       </c>
       <c r="C16" t="s">
-        <v>792</v>
+        <v>814</v>
       </c>
       <c r="D16" t="s">
-        <v>793</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>794</v>
+        <v>815</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>795</v>
+        <v>816</v>
       </c>
       <c r="H16" t="s">
-        <v>796</v>
+        <v>817</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B17" t="s">
-        <v>797</v>
+        <v>818</v>
       </c>
       <c r="C17" t="s">
-        <v>798</v>
+        <v>819</v>
       </c>
       <c r="D17" t="s">
-        <v>799</v>
+        <v>820</v>
       </c>
       <c r="E17" t="s">
-        <v>800</v>
+        <v>821</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>801</v>
+        <v>822</v>
       </c>
       <c r="H17" t="s">
-        <v>802</v>
+        <v>823</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B18" t="s">
-        <v>803</v>
+        <v>824</v>
       </c>
       <c r="C18" t="s">
-        <v>804</v>
+        <v>825</v>
       </c>
       <c r="D18" t="s">
-        <v>805</v>
+        <v>826</v>
       </c>
       <c r="E18" t="s">
-        <v>806</v>
+        <v>827</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>807</v>
+        <v>828</v>
       </c>
       <c r="H18" t="s">
-        <v>808</v>
+        <v>829</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B19" t="s">
-        <v>809</v>
+        <v>830</v>
       </c>
       <c r="C19" t="s">
-        <v>810</v>
+        <v>831</v>
       </c>
       <c r="D19" t="s">
-        <v>811</v>
+        <v>832</v>
       </c>
       <c r="E19" t="s">
-        <v>812</v>
+        <v>833</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>813</v>
+        <v>834</v>
       </c>
       <c r="H19" t="s">
-        <v>814</v>
+        <v>835</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B20" t="s">
-        <v>815</v>
+        <v>836</v>
       </c>
       <c r="C20" t="s">
-        <v>816</v>
+        <v>837</v>
       </c>
       <c r="D20" t="s">
-        <v>817</v>
+        <v>838</v>
       </c>
       <c r="E20" t="s">
-        <v>818</v>
+        <v>839</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>819</v>
+        <v>840</v>
       </c>
       <c r="H20" t="s">
-        <v>820</v>
+        <v>841</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B21" t="s">
-        <v>821</v>
+        <v>842</v>
       </c>
       <c r="C21" t="s">
-        <v>822</v>
+        <v>843</v>
       </c>
       <c r="D21" t="s">
-        <v>823</v>
+        <v>844</v>
       </c>
       <c r="E21" t="s">
-        <v>824</v>
+        <v>845</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>825</v>
+        <v>846</v>
       </c>
       <c r="H21" t="s">
-        <v>826</v>
+        <v>847</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B22" t="s">
-        <v>827</v>
+        <v>848</v>
       </c>
       <c r="C22" t="s">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c r="D22" t="s">
-        <v>829</v>
+        <v>850</v>
       </c>
       <c r="E22" t="s">
-        <v>830</v>
+        <v>851</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>831</v>
+        <v>852</v>
       </c>
       <c r="H22" t="s">
-        <v>832</v>
+        <v>853</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B23" t="s">
-        <v>833</v>
+        <v>854</v>
       </c>
       <c r="C23" t="s">
-        <v>834</v>
+        <v>855</v>
       </c>
       <c r="D23" t="s">
-        <v>835</v>
+        <v>856</v>
       </c>
       <c r="E23" t="s">
-        <v>836</v>
+        <v>857</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>837</v>
+        <v>858</v>
       </c>
       <c r="H23" t="s">
-        <v>838</v>
+        <v>859</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B24" t="s">
-        <v>839</v>
+        <v>860</v>
       </c>
       <c r="C24" t="s">
-        <v>840</v>
+        <v>861</v>
       </c>
       <c r="D24" t="s">
-        <v>841</v>
+        <v>862</v>
       </c>
       <c r="E24" t="s">
-        <v>842</v>
+        <v>863</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>843</v>
+        <v>864</v>
       </c>
       <c r="H24" t="s">
-        <v>844</v>
+        <v>865</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B25" t="s">
-        <v>845</v>
+        <v>866</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>867</v>
       </c>
       <c r="D25" t="s">
-        <v>846</v>
+        <v>868</v>
       </c>
       <c r="E25" t="s">
-        <v>847</v>
+        <v>869</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>848</v>
+        <v>870</v>
       </c>
       <c r="H25" t="s">
-        <v>849</v>
+        <v>871</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B26" t="s">
-        <v>850</v>
+        <v>872</v>
       </c>
       <c r="C26" t="s">
-        <v>851</v>
+        <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>852</v>
+        <v>873</v>
       </c>
       <c r="E26" t="s">
-        <v>853</v>
+        <v>874</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>854</v>
+        <v>875</v>
       </c>
       <c r="H26" t="s">
-        <v>855</v>
+        <v>876</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B27" t="s">
-        <v>856</v>
+        <v>877</v>
       </c>
       <c r="C27" t="s">
-        <v>857</v>
+        <v>878</v>
       </c>
       <c r="D27" t="s">
-        <v>858</v>
+        <v>879</v>
       </c>
       <c r="E27" t="s">
-        <v>859</v>
+        <v>880</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>860</v>
+        <v>881</v>
       </c>
       <c r="H27" t="s">
-        <v>861</v>
+        <v>882</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B28" t="s">
-        <v>862</v>
+        <v>883</v>
       </c>
       <c r="C28" t="s">
-        <v>863</v>
+        <v>884</v>
       </c>
       <c r="D28" t="s">
-        <v>864</v>
+        <v>885</v>
       </c>
       <c r="E28" t="s">
-        <v>865</v>
+        <v>886</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>866</v>
+        <v>887</v>
       </c>
       <c r="H28" t="s">
-        <v>867</v>
+        <v>888</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B29" t="s">
-        <v>868</v>
+        <v>889</v>
       </c>
       <c r="C29" t="s">
-        <v>869</v>
+        <v>890</v>
       </c>
       <c r="D29" t="s">
-        <v>870</v>
+        <v>891</v>
       </c>
       <c r="E29" t="s">
-        <v>871</v>
+        <v>892</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>872</v>
+        <v>893</v>
       </c>
       <c r="H29" t="s">
-        <v>873</v>
+        <v>894</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B30" t="s">
-        <v>874</v>
+        <v>895</v>
       </c>
       <c r="C30" t="s">
-        <v>875</v>
+        <v>896</v>
       </c>
       <c r="D30" t="s">
-        <v>876</v>
+        <v>897</v>
       </c>
       <c r="E30" t="s">
-        <v>877</v>
+        <v>898</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>878</v>
+        <v>899</v>
       </c>
       <c r="H30" t="s">
-        <v>879</v>
+        <v>900</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B31" t="s">
-        <v>880</v>
+        <v>901</v>
       </c>
       <c r="C31" t="s">
-        <v>881</v>
+        <v>902</v>
       </c>
       <c r="D31" t="s">
-        <v>882</v>
+        <v>903</v>
       </c>
       <c r="E31" t="s">
-        <v>883</v>
+        <v>904</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>884</v>
+        <v>905</v>
       </c>
       <c r="H31" t="s">
-        <v>885</v>
+        <v>906</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B32" t="s">
-        <v>886</v>
+        <v>907</v>
       </c>
       <c r="C32" t="s">
-        <v>887</v>
+        <v>908</v>
       </c>
       <c r="D32" t="s">
-        <v>888</v>
+        <v>909</v>
       </c>
       <c r="E32" t="s">
-        <v>889</v>
+        <v>910</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>890</v>
+        <v>911</v>
       </c>
       <c r="H32" t="s">
-        <v>891</v>
+        <v>912</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B33" t="s">
-        <v>892</v>
+        <v>913</v>
       </c>
       <c r="C33" t="s">
-        <v>893</v>
+        <v>914</v>
       </c>
       <c r="D33" t="s">
-        <v>894</v>
+        <v>915</v>
       </c>
       <c r="E33" t="s">
-        <v>895</v>
+        <v>916</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>896</v>
+        <v>917</v>
       </c>
       <c r="H33" t="s">
-        <v>897</v>
+        <v>918</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B34" t="s">
-        <v>898</v>
+        <v>919</v>
       </c>
       <c r="C34" t="s">
-        <v>899</v>
+        <v>920</v>
       </c>
       <c r="D34" t="s">
-        <v>900</v>
+        <v>921</v>
       </c>
       <c r="E34" t="s">
-        <v>901</v>
+        <v>922</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>902</v>
+        <v>923</v>
       </c>
       <c r="H34" t="s">
-        <v>903</v>
+        <v>924</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B35" t="s">
-        <v>904</v>
+        <v>925</v>
       </c>
       <c r="C35" t="s">
-        <v>905</v>
+        <v>926</v>
       </c>
       <c r="D35" t="s">
-        <v>906</v>
+        <v>927</v>
       </c>
       <c r="E35" t="s">
-        <v>907</v>
+        <v>928</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>908</v>
+        <v>929</v>
       </c>
       <c r="H35" t="s">
-        <v>909</v>
+        <v>930</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B36" t="s">
-        <v>910</v>
+        <v>931</v>
       </c>
       <c r="C36" t="s">
-        <v>911</v>
+        <v>932</v>
       </c>
       <c r="D36" t="s">
-        <v>912</v>
+        <v>933</v>
       </c>
       <c r="E36" t="s">
-        <v>912</v>
+        <v>934</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>913</v>
+        <v>935</v>
       </c>
       <c r="H36" t="s">
-        <v>914</v>
+        <v>936</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B37" t="s">
-        <v>915</v>
+        <v>937</v>
       </c>
       <c r="C37" t="s">
-        <v>916</v>
+        <v>938</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>939</v>
       </c>
       <c r="E37" t="s">
-        <v>917</v>
+        <v>939</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>918</v>
+        <v>940</v>
       </c>
       <c r="H37" t="s">
-        <v>919</v>
+        <v>941</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B38" t="s">
-        <v>920</v>
+        <v>942</v>
       </c>
       <c r="C38" t="s">
-        <v>921</v>
+        <v>943</v>
       </c>
       <c r="D38" t="s">
-        <v>922</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>923</v>
+        <v>944</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>924</v>
+        <v>945</v>
       </c>
       <c r="H38" t="s">
-        <v>925</v>
+        <v>946</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B39" t="s">
-        <v>926</v>
+        <v>947</v>
       </c>
       <c r="C39" t="s">
-        <v>927</v>
+        <v>948</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>949</v>
       </c>
       <c r="E39" t="s">
-        <v>928</v>
+        <v>950</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>929</v>
+        <v>951</v>
       </c>
       <c r="H39" t="s">
-        <v>930</v>
+        <v>952</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B40" t="s">
-        <v>931</v>
+        <v>953</v>
       </c>
       <c r="C40" t="s">
-        <v>932</v>
+        <v>954</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>933</v>
+        <v>955</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>934</v>
+        <v>956</v>
       </c>
       <c r="H40" t="s">
-        <v>935</v>
+        <v>957</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B41" t="s">
-        <v>936</v>
+        <v>958</v>
       </c>
       <c r="C41" t="s">
-        <v>937</v>
+        <v>959</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>938</v>
+        <v>960</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>939</v>
+        <v>961</v>
       </c>
       <c r="H41" t="s">
-        <v>940</v>
+        <v>962</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B42" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="C42" t="s">
-        <v>942</v>
+        <v>964</v>
       </c>
       <c r="D42" t="s">
-        <v>943</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>944</v>
+        <v>965</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>945</v>
+        <v>966</v>
       </c>
       <c r="H42" t="s">
-        <v>946</v>
+        <v>967</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B43" t="s">
-        <v>947</v>
+        <v>968</v>
       </c>
       <c r="C43" t="s">
-        <v>948</v>
+        <v>969</v>
       </c>
       <c r="D43" t="s">
-        <v>949</v>
+        <v>970</v>
       </c>
       <c r="E43" t="s">
-        <v>950</v>
+        <v>971</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>951</v>
+        <v>972</v>
       </c>
       <c r="H43" t="s">
-        <v>952</v>
+        <v>973</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B44" t="s">
-        <v>953</v>
+        <v>974</v>
       </c>
       <c r="C44" t="s">
-        <v>954</v>
+        <v>975</v>
       </c>
       <c r="D44" t="s">
-        <v>955</v>
+        <v>976</v>
       </c>
       <c r="E44" t="s">
-        <v>955</v>
+        <v>977</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>956</v>
+        <v>978</v>
       </c>
       <c r="H44" t="s">
-        <v>957</v>
+        <v>979</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B45" t="s">
-        <v>958</v>
+        <v>980</v>
       </c>
       <c r="C45" t="s">
-        <v>959</v>
+        <v>981</v>
       </c>
       <c r="D45" t="s">
-        <v>960</v>
+        <v>982</v>
       </c>
       <c r="E45" t="s">
-        <v>961</v>
+        <v>982</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>962</v>
+        <v>983</v>
       </c>
       <c r="H45" t="s">
-        <v>963</v>
+        <v>984</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B46" t="s">
-        <v>964</v>
+        <v>985</v>
       </c>
       <c r="C46" t="s">
-        <v>965</v>
+        <v>986</v>
       </c>
       <c r="D46" t="s">
-        <v>966</v>
+        <v>987</v>
       </c>
       <c r="E46" t="s">
-        <v>967</v>
+        <v>988</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>968</v>
+        <v>989</v>
       </c>
       <c r="H46" t="s">
-        <v>969</v>
+        <v>990</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B47" t="s">
-        <v>970</v>
+        <v>991</v>
       </c>
       <c r="C47" t="s">
-        <v>971</v>
+        <v>992</v>
       </c>
       <c r="D47" t="s">
-        <v>972</v>
+        <v>993</v>
       </c>
       <c r="E47" t="s">
-        <v>973</v>
+        <v>994</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>974</v>
+        <v>995</v>
       </c>
       <c r="H47" t="s">
-        <v>975</v>
+        <v>996</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B48" t="s">
-        <v>976</v>
+        <v>997</v>
       </c>
       <c r="C48" t="s">
-        <v>977</v>
+        <v>998</v>
       </c>
       <c r="D48" t="s">
-        <v>972</v>
+        <v>999</v>
       </c>
       <c r="E48" t="s">
-        <v>973</v>
+        <v>1000</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>978</v>
+        <v>1001</v>
       </c>
       <c r="H48" t="s">
-        <v>979</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B49" t="s">
-        <v>980</v>
+        <v>1003</v>
       </c>
       <c r="C49" t="s">
-        <v>981</v>
+        <v>1004</v>
       </c>
       <c r="D49" t="s">
-        <v>982</v>
+        <v>999</v>
       </c>
       <c r="E49" t="s">
-        <v>983</v>
+        <v>1000</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>984</v>
+        <v>1005</v>
       </c>
       <c r="H49" t="s">
-        <v>985</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B50" t="s">
-        <v>986</v>
+        <v>1007</v>
       </c>
       <c r="C50" t="s">
-        <v>987</v>
+        <v>1008</v>
       </c>
       <c r="D50" t="s">
-        <v>988</v>
+        <v>1009</v>
       </c>
       <c r="E50" t="s">
-        <v>989</v>
+        <v>1010</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>990</v>
+        <v>1011</v>
       </c>
       <c r="H50" t="s">
-        <v>991</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B51" t="s">
-        <v>992</v>
+        <v>1013</v>
       </c>
       <c r="C51" t="s">
-        <v>993</v>
+        <v>1014</v>
       </c>
       <c r="D51" t="s">
-        <v>994</v>
+        <v>1015</v>
       </c>
       <c r="E51" t="s">
-        <v>995</v>
+        <v>1016</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>996</v>
+        <v>1017</v>
       </c>
       <c r="H51" t="s">
-        <v>997</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B52" t="s">
-        <v>998</v>
+        <v>1019</v>
       </c>
       <c r="C52" t="s">
-        <v>999</v>
+        <v>1020</v>
       </c>
       <c r="D52" t="s">
-        <v>1000</v>
+        <v>1021</v>
       </c>
       <c r="E52" t="s">
-        <v>1001</v>
+        <v>1022</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1002</v>
+        <v>1023</v>
       </c>
       <c r="H52" t="s">
-        <v>1003</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B53" t="s">
-        <v>1004</v>
+        <v>1025</v>
       </c>
       <c r="C53" t="s">
-        <v>1005</v>
+        <v>1026</v>
       </c>
       <c r="D53" t="s">
-        <v>994</v>
+        <v>1015</v>
       </c>
       <c r="E53" t="s">
-        <v>1006</v>
+        <v>1027</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1007</v>
+        <v>1028</v>
       </c>
       <c r="H53" t="s">
-        <v>1008</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B54" t="s">
-        <v>1009</v>
+        <v>1030</v>
       </c>
       <c r="C54" t="s">
-        <v>1010</v>
+        <v>1031</v>
       </c>
       <c r="D54" t="s">
-        <v>1011</v>
+        <v>1032</v>
       </c>
       <c r="E54" t="s">
-        <v>1012</v>
+        <v>1033</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1013</v>
+        <v>1034</v>
       </c>
       <c r="H54" t="s">
-        <v>1014</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B55" t="s">
-        <v>1015</v>
+        <v>1036</v>
       </c>
       <c r="C55" t="s">
-        <v>1016</v>
+        <v>1037</v>
       </c>
       <c r="D55" t="s">
-        <v>1017</v>
+        <v>1038</v>
       </c>
       <c r="E55" t="s">
-        <v>1018</v>
+        <v>1039</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1019</v>
+        <v>1040</v>
       </c>
       <c r="H55" t="s">
-        <v>1020</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B56" t="s">
-        <v>1021</v>
+        <v>1042</v>
       </c>
       <c r="C56" t="s">
-        <v>1022</v>
+        <v>1043</v>
       </c>
       <c r="D56" t="s">
-        <v>1023</v>
+        <v>1044</v>
       </c>
       <c r="E56" t="s">
-        <v>1024</v>
+        <v>1045</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1025</v>
+        <v>1046</v>
       </c>
       <c r="H56" t="s">
-        <v>1026</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B57" t="s">
-        <v>1027</v>
+        <v>1048</v>
       </c>
       <c r="C57" t="s">
-        <v>1028</v>
+        <v>1049</v>
       </c>
       <c r="D57" t="s">
-        <v>1029</v>
+        <v>1050</v>
       </c>
       <c r="E57" t="s">
-        <v>1030</v>
+        <v>1051</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1031</v>
+        <v>1052</v>
       </c>
       <c r="H57" t="s">
-        <v>1032</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B58" t="s">
-        <v>1033</v>
+        <v>1054</v>
       </c>
       <c r="C58" t="s">
-        <v>1034</v>
+        <v>1055</v>
       </c>
       <c r="D58" t="s">
-        <v>1035</v>
+        <v>1056</v>
       </c>
       <c r="E58" t="s">
-        <v>1036</v>
+        <v>1057</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1037</v>
+        <v>1058</v>
       </c>
       <c r="H58" t="s">
-        <v>1038</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B59" t="s">
-        <v>1039</v>
+        <v>1060</v>
       </c>
       <c r="C59" t="s">
-        <v>1040</v>
+        <v>1061</v>
       </c>
       <c r="D59" t="s">
-        <v>1041</v>
+        <v>1062</v>
       </c>
       <c r="E59" t="s">
-        <v>1042</v>
+        <v>1063</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1043</v>
+        <v>1064</v>
       </c>
       <c r="H59" t="s">
-        <v>1044</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B60" t="s">
-        <v>1045</v>
+        <v>1066</v>
       </c>
       <c r="C60" t="s">
-        <v>1046</v>
+        <v>1067</v>
       </c>
       <c r="D60" t="s">
-        <v>1047</v>
+        <v>1068</v>
       </c>
       <c r="E60" t="s">
-        <v>1048</v>
+        <v>1069</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1049</v>
+        <v>1070</v>
       </c>
       <c r="H60" t="s">
-        <v>1050</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B61" t="s">
-        <v>1051</v>
+        <v>1072</v>
       </c>
       <c r="C61" t="s">
-        <v>1052</v>
+        <v>1073</v>
       </c>
       <c r="D61" t="s">
-        <v>1053</v>
+        <v>1074</v>
       </c>
       <c r="E61" t="s">
-        <v>1054</v>
+        <v>1075</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1055</v>
+        <v>1076</v>
       </c>
       <c r="H61" t="s">
-        <v>1056</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B62" t="s">
-        <v>1057</v>
+        <v>1078</v>
       </c>
       <c r="C62" t="s">
-        <v>1058</v>
+        <v>1079</v>
       </c>
       <c r="D62" t="s">
-        <v>1059</v>
+        <v>1080</v>
       </c>
       <c r="E62" t="s">
-        <v>1060</v>
+        <v>1081</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1061</v>
+        <v>1082</v>
       </c>
       <c r="H62" t="s">
-        <v>1062</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B63" t="s">
-        <v>1063</v>
+        <v>1084</v>
       </c>
       <c r="C63" t="s">
-        <v>1064</v>
+        <v>1085</v>
       </c>
       <c r="D63" t="s">
-        <v>1065</v>
+        <v>1086</v>
       </c>
       <c r="E63" t="s">
-        <v>1066</v>
+        <v>1087</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1067</v>
+        <v>1088</v>
       </c>
       <c r="H63" t="s">
-        <v>1068</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B64" t="s">
-        <v>1069</v>
+        <v>1090</v>
       </c>
       <c r="C64" t="s">
-        <v>1070</v>
+        <v>1091</v>
       </c>
       <c r="D64" t="s">
-        <v>1071</v>
+        <v>1092</v>
       </c>
       <c r="E64" t="s">
-        <v>1072</v>
+        <v>1093</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1073</v>
+        <v>1094</v>
       </c>
       <c r="H64" t="s">
-        <v>1074</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B65" t="s">
-        <v>1075</v>
+        <v>1096</v>
       </c>
       <c r="C65" t="s">
-        <v>1076</v>
+        <v>1097</v>
       </c>
       <c r="D65" t="s">
-        <v>1077</v>
+        <v>1098</v>
       </c>
       <c r="E65" t="s">
-        <v>1078</v>
+        <v>1099</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1079</v>
+        <v>1100</v>
       </c>
       <c r="H65" t="s">
-        <v>1080</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B66" t="s">
-        <v>1081</v>
+        <v>1102</v>
       </c>
       <c r="C66" t="s">
-        <v>1082</v>
+        <v>1103</v>
       </c>
       <c r="D66" t="s">
-        <v>1083</v>
+        <v>1104</v>
       </c>
       <c r="E66" t="s">
-        <v>1084</v>
+        <v>1105</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1085</v>
+        <v>1106</v>
       </c>
       <c r="H66" t="s">
-        <v>1086</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B67" t="s">
-        <v>1087</v>
+        <v>1108</v>
       </c>
       <c r="C67" t="s">
-        <v>1088</v>
+        <v>1109</v>
       </c>
       <c r="D67" t="s">
-        <v>1089</v>
+        <v>1110</v>
       </c>
       <c r="E67" t="s">
-        <v>1090</v>
+        <v>1111</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1091</v>
+        <v>1112</v>
       </c>
       <c r="H67" t="s">
-        <v>1092</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B68" t="s">
-        <v>1093</v>
+        <v>1114</v>
       </c>
       <c r="C68" t="s">
-        <v>1094</v>
+        <v>1115</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>1095</v>
+        <v>1116</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1096</v>
+        <v>1117</v>
       </c>
       <c r="H68" t="s">
-        <v>1097</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B69" t="s">
-        <v>1098</v>
+        <v>1119</v>
       </c>
       <c r="C69" t="s">
-        <v>1099</v>
+        <v>1120</v>
       </c>
       <c r="D69" t="s">
-        <v>1100</v>
+        <v>1121</v>
       </c>
       <c r="E69" t="s">
-        <v>1101</v>
+        <v>1122</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1102</v>
+        <v>1123</v>
       </c>
       <c r="H69" t="s">
-        <v>1103</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B70" t="s">
-        <v>1104</v>
+        <v>1125</v>
       </c>
       <c r="C70" t="s">
-        <v>1105</v>
+        <v>1126</v>
       </c>
       <c r="D70" t="s">
-        <v>1106</v>
+        <v>1127</v>
       </c>
       <c r="E70" t="s">
-        <v>1107</v>
+        <v>1128</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1108</v>
+        <v>1129</v>
       </c>
       <c r="H70" t="s">
-        <v>1109</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B71" t="s">
-        <v>1110</v>
+        <v>1131</v>
       </c>
       <c r="C71" t="s">
-        <v>1111</v>
+        <v>1132</v>
       </c>
       <c r="D71" t="s">
-        <v>1112</v>
+        <v>1133</v>
       </c>
       <c r="E71" t="s">
-        <v>1113</v>
+        <v>1134</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>1114</v>
+        <v>1135</v>
       </c>
       <c r="H71" t="s">
-        <v>1115</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B72" t="s">
-        <v>1116</v>
+        <v>1137</v>
       </c>
       <c r="C72" t="s">
-        <v>1117</v>
+        <v>1138</v>
       </c>
       <c r="D72" t="s">
-        <v>1118</v>
+        <v>1139</v>
       </c>
       <c r="E72" t="s">
-        <v>1119</v>
+        <v>1140</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1120</v>
+        <v>1141</v>
       </c>
       <c r="H72" t="s">
-        <v>1121</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B73" t="s">
-        <v>1122</v>
+        <v>1143</v>
       </c>
       <c r="C73" t="s">
-        <v>1123</v>
+        <v>1144</v>
       </c>
       <c r="D73" t="s">
-        <v>1124</v>
+        <v>1145</v>
       </c>
       <c r="E73" t="s">
-        <v>1125</v>
+        <v>1146</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1126</v>
+        <v>1147</v>
       </c>
       <c r="H73" t="s">
-        <v>1127</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B74" t="s">
-        <v>1128</v>
+        <v>1149</v>
       </c>
       <c r="C74" t="s">
-        <v>1129</v>
+        <v>1150</v>
       </c>
       <c r="D74" t="s">
-        <v>1130</v>
+        <v>1151</v>
       </c>
       <c r="E74" t="s">
-        <v>1131</v>
+        <v>1152</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1132</v>
+        <v>1153</v>
       </c>
       <c r="H74" t="s">
-        <v>1133</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B75" t="s">
-        <v>1134</v>
+        <v>1155</v>
       </c>
       <c r="C75" t="s">
-        <v>1135</v>
+        <v>1156</v>
       </c>
       <c r="D75" t="s">
-        <v>1059</v>
+        <v>1080</v>
       </c>
       <c r="E75" t="s">
-        <v>1136</v>
+        <v>1157</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>1137</v>
+        <v>1158</v>
       </c>
       <c r="H75" t="s">
-        <v>1138</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B76" t="s">
-        <v>1139</v>
+        <v>1160</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>1140</v>
+        <v>1161</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>1141</v>
+        <v>1162</v>
       </c>
       <c r="H76" t="s">
-        <v>1142</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B77" t="s">
-        <v>1143</v>
+        <v>1164</v>
       </c>
       <c r="C77" t="s">
-        <v>1144</v>
+        <v>1165</v>
       </c>
       <c r="D77" t="s">
-        <v>1145</v>
+        <v>1166</v>
       </c>
       <c r="E77" t="s">
-        <v>1146</v>
+        <v>1167</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1147</v>
+        <v>1168</v>
       </c>
       <c r="H77" t="s">
-        <v>1148</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B78" t="s">
-        <v>1149</v>
+        <v>1170</v>
       </c>
       <c r="C78" t="s">
-        <v>1150</v>
+        <v>1171</v>
       </c>
       <c r="D78" t="s">
-        <v>1151</v>
+        <v>1172</v>
       </c>
       <c r="E78" t="s">
-        <v>1152</v>
+        <v>1173</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1153</v>
+        <v>1174</v>
       </c>
       <c r="H78" t="s">
-        <v>1154</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B79" t="s">
-        <v>1155</v>
+        <v>1176</v>
       </c>
       <c r="C79" t="s">
-        <v>1156</v>
+        <v>1177</v>
       </c>
       <c r="D79" t="s">
-        <v>1157</v>
+        <v>1178</v>
       </c>
       <c r="E79" t="s">
-        <v>1158</v>
+        <v>1179</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1159</v>
+        <v>1180</v>
       </c>
       <c r="H79" t="s">
-        <v>1160</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B80" t="s">
-        <v>1161</v>
+        <v>1182</v>
       </c>
       <c r="C80" t="s">
-        <v>1162</v>
+        <v>1183</v>
       </c>
       <c r="D80" t="s">
-        <v>1163</v>
+        <v>1184</v>
       </c>
       <c r="E80" t="s">
-        <v>1164</v>
+        <v>1185</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>1165</v>
+        <v>1186</v>
       </c>
       <c r="H80" t="s">
-        <v>1166</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B81" t="s">
-        <v>1167</v>
+        <v>1188</v>
       </c>
       <c r="C81" t="s">
-        <v>1168</v>
+        <v>1189</v>
       </c>
       <c r="D81" t="s">
-        <v>1169</v>
+        <v>1190</v>
       </c>
       <c r="E81" t="s">
-        <v>1169</v>
+        <v>1190</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>1170</v>
+        <v>1191</v>
       </c>
       <c r="H81" t="s">
-        <v>1171</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B82" t="s">
-        <v>1172</v>
+        <v>1193</v>
       </c>
       <c r="C82" t="s">
-        <v>1173</v>
+        <v>1194</v>
       </c>
       <c r="D82" t="s">
-        <v>1174</v>
+        <v>1195</v>
       </c>
       <c r="E82" t="s">
-        <v>1174</v>
+        <v>1195</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>1175</v>
+        <v>1196</v>
       </c>
       <c r="H82" t="s">
-        <v>1176</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B83" t="s">
-        <v>1177</v>
+        <v>1198</v>
       </c>
       <c r="C83" t="s">
-        <v>1178</v>
+        <v>1199</v>
       </c>
       <c r="D83" t="s">
-        <v>1179</v>
+        <v>1200</v>
       </c>
       <c r="E83" t="s">
-        <v>1180</v>
+        <v>1201</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>1181</v>
+        <v>1202</v>
       </c>
       <c r="H83" t="s">
-        <v>1182</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B84" t="s">
-        <v>1183</v>
+        <v>1204</v>
       </c>
       <c r="C84" t="s">
-        <v>1184</v>
+        <v>1205</v>
       </c>
       <c r="D84" t="s">
-        <v>1185</v>
+        <v>1206</v>
       </c>
       <c r="E84" t="s">
-        <v>1186</v>
+        <v>1207</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>1187</v>
+        <v>1208</v>
       </c>
       <c r="H84" t="s">
-        <v>1188</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B85" t="s">
-        <v>1189</v>
+        <v>1210</v>
       </c>
       <c r="C85" t="s">
-        <v>1190</v>
+        <v>1211</v>
       </c>
       <c r="D85" t="s">
-        <v>1191</v>
+        <v>1212</v>
       </c>
       <c r="E85" t="s">
-        <v>1192</v>
+        <v>1213</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>1193</v>
+        <v>1214</v>
       </c>
       <c r="H85" t="s">
-        <v>1194</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B86" t="s">
-        <v>1195</v>
+        <v>1216</v>
       </c>
       <c r="C86" t="s">
-        <v>1196</v>
+        <v>1217</v>
       </c>
       <c r="D86" t="s">
-        <v>1197</v>
+        <v>1218</v>
       </c>
       <c r="E86" t="s">
-        <v>1198</v>
+        <v>1219</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>1199</v>
+        <v>1220</v>
       </c>
       <c r="H86" t="s">
-        <v>1200</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B87" t="s">
-        <v>1201</v>
+        <v>1222</v>
       </c>
       <c r="C87" t="s">
-        <v>1202</v>
+        <v>1223</v>
       </c>
       <c r="D87" t="s">
-        <v>1197</v>
+        <v>1218</v>
       </c>
       <c r="E87" t="s">
-        <v>1198</v>
+        <v>1219</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>1203</v>
+        <v>1224</v>
       </c>
       <c r="H87" t="s">
-        <v>1204</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B88" t="s">
-        <v>1205</v>
+        <v>1226</v>
       </c>
       <c r="C88" t="s">
-        <v>1206</v>
+        <v>1227</v>
       </c>
       <c r="D88" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="E88" t="s">
-        <v>1208</v>
+        <v>1229</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>1209</v>
+        <v>1230</v>
       </c>
       <c r="H88" t="s">
-        <v>1210</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B89" t="s">
-        <v>1211</v>
+        <v>1232</v>
       </c>
       <c r="C89" t="s">
-        <v>1212</v>
+        <v>1233</v>
       </c>
       <c r="D89" t="s">
-        <v>1213</v>
+        <v>1234</v>
       </c>
       <c r="E89" t="s">
-        <v>1214</v>
+        <v>1235</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>1215</v>
+        <v>1236</v>
       </c>
       <c r="H89" t="s">
-        <v>1216</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B90" t="s">
-        <v>1217</v>
+        <v>1238</v>
       </c>
       <c r="C90" t="s">
-        <v>1218</v>
+        <v>1239</v>
       </c>
       <c r="D90" t="s">
-        <v>1219</v>
+        <v>1240</v>
       </c>
       <c r="E90" t="s">
-        <v>1220</v>
+        <v>1241</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>1221</v>
+        <v>1242</v>
       </c>
       <c r="H90" t="s">
-        <v>1222</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>710</v>
+        <v>731</v>
       </c>
       <c r="B91" t="s">
-        <v>1223</v>
+        <v>1244</v>
       </c>
       <c r="C91" t="s">
-        <v>1224</v>
+        <v>1245</v>
       </c>
       <c r="D91" t="s">
-        <v>1225</v>
+        <v>1246</v>
       </c>
       <c r="E91" t="s">
-        <v>1226</v>
+        <v>1247</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>1227</v>
+        <v>1248</v>
       </c>
       <c r="H91" t="s">
-        <v>1228</v>
+        <v>1249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>