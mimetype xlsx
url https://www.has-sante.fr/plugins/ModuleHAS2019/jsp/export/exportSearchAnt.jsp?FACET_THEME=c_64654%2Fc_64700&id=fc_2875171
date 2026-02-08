--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -1,30646 +1,6942 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...13 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Press release" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Tool to improve professi" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Drugs" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...13 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5958" uniqueCount="3745">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1307" uniqueCount="864">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur la maladie d'Alzheimer</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>AUTOSET CS - 29 june 2010 (2413) - Opinion</t>
+  </si>
+  <si>
+    <t>Adaptive servo-ventilation machines</t>
+  </si>
+  <si>
+    <t>06/29/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2010 17:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/09/2023 12:11:00</t>
-[...803 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_961937/fr/autoset-cs-29-juin-2010-2413-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_961937/en/autoset-cs-29-june-2010-2413-opinion</t>
   </si>
   <si>
     <t>c_961937</t>
   </si>
   <si>
-    <t>RESMED SAS France</t>
-[...176 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_556489/fr/ald-n-23-troubles-anxieux-graves</t>
+    <t>RESMED SAS FRANCE</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
+  </si>
+  <si>
+    <t>People living in very precarious conditions and suffering from mental health problems face many difficulties and obstacles in gaining access to the care and social services available at local and national level. The Haute Autorité de santé provides professionals in the health, social and medico-social sectors with recommendations for good practice, offering benchmarks and a common approach to improving care and support for the people concerned.</t>
+  </si>
+  <si>
+    <t>11/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
+  </si>
+  <si>
+    <t>Objectifs Defining patients at risk for PICS Diagnose these patients Early and long-term management of PICS Improving care pathways Develop documents for the patient, their family or those close to them in order to alert them to this post-resuscitation syndrome and to support them in its treatment by referring them to healthcare professionals trained in this syndrome.</t>
+  </si>
+  <si>
+    <t>05/17/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+  </si>
+  <si>
+    <t>p_3312530</t>
+  </si>
+  <si>
+    <t>Suicidal thoughts and behaviour in children and adolescents: prevention, detection, assessment, management</t>
+  </si>
+  <si>
+    <t>OBJECTIVE The aim of this guideline is to optimise prevention, detection, assessment, and management of children or adolescents who have attempted suicide or with suicidal ideation.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288864/en/suicidal-thoughts-and-behaviour-in-children-and-adolescents-prevention-detection-assessment-management</t>
+  </si>
+  <si>
+    <t>p_3288864</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
+  </si>
+  <si>
+    <t>This Best Practice Guideline aims to optimise the pathway of the child or the adolescent with Autism spectrum disorder (ASD) and his/her family, from the identification of warning signs, to detection, diagnosis and assessment It updates the “Professional practice guidelines for the diagnosis of autism” which were developed in 2005 by the French Federation of Psychiatry (FFP) in partnership with HAS.</t>
+  </si>
+  <si>
+    <t>02/08/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_468812</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Seclusion and mechanical restraint in general psychiatry</t>
+  </si>
+  <si>
+    <t>This good practice guideline aims to determine the place of seclusion and restraint in general psychiatry. The objective is to enable Healthcare professionals who could use these last resort measures to improve and harmonize their practices, by meeting clinical, ethical, legal, and organizational requirements. The main goal is the improvement of the safety and the quality of patient care.</t>
+  </si>
+  <si>
+    <t>02/22/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2017 04:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055362/en/seclusion-and-mechanical-restraint-in-general-psychiatry</t>
+  </si>
+  <si>
+    <t>c_2055362</t>
+  </si>
+  <si>
+    <t>Discontinuation of benzodiazepines and related medicinal products: procedure for the doctor providing outpatient treatment</t>
+  </si>
+  <si>
+    <t>The aim is to reduce the long-term prescription of benzodiazepines (BZD) and related medicinal products for anxiety disorders and insomnia because the benefit-risk relationship is unfavourable.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+  </si>
+  <si>
+    <t>c_2038262</t>
+  </si>
+  <si>
+    <t>Fetal alcohol spectrum disorder : identification</t>
+  </si>
+  <si>
+    <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
+  </si>
+  <si>
+    <t>07/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Anorexia nervosa</t>
+  </si>
+  <si>
+    <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
+  </si>
+  <si>
+    <t>c_985715</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Long-term psychiatric conditions : Severe anxiety disorders</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the clinical pathway for a patient entering the ALD [Long-term condition] scheme with ALD 23: long-term psychiatric conditions. The guide is limited to the management of patients with severe anxiety disorders.</t>
+  </si>
+  <si>
+    <t>01/23/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/31/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556489/en/long-term-psychiatric-conditions-severe-anxiety-disorders</t>
   </si>
   <si>
     <t>c_556489</t>
   </si>
   <si>
-    <t>ALD n° 23 - Troubles dépressifs récurrents ou persistants chez l’adulte</t>
-[...152 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Monosomie 5p</t>
-[...677 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3381939/fr/flash-securite-patient-patient-sous-neuroleptique-la-vigilance-est-la-bonne-pratique</t>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>ALCOVE, a European Cooperative Project focused on Alzheimer’s Disease</t>
+  </si>
+  <si>
+    <t>ALCOVE (ALzheimer COoperative Valuation in Europe) is a European Joint Action which was launched in April 2011. The project’s aim is to improve knowledge about dementia care and to work together to find the best options for preserving the quality of life, autonomy, and rights of individuals living with dementia and their carers. The HAS is in charge of the overall coordination of the project in conjunction with the French Alzheimer Plan and Ministry of Health. This coming April 12, all of the representatives of the countries participating in the project have been invited by the HAS to meet so that they may share their findings and assess their progress mid-project.</t>
+  </si>
+  <si>
+    <t>04/11/2012 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239488/en/alcove-a-european-cooperative-project-focused-on-alzheimer-s-disease</t>
+  </si>
+  <si>
+    <t>c_1239488</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3424326</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Evaluation of the METAglut1™ test in the diagnosis of glucose transporter type 1 deficiency syndrome - INAHTA  Brief</t>
+  </si>
+  <si>
+    <t>Glucose transporter type 1 (Glut1) deficiency syndrome is an encephalopathy characterised, in its typical form, by treatment-resistant infantile-onset epilepsy, slowed head circumference growth resulting in microcephaly, delayed psychomotor development, spasticity, ataxia, dysarthria and other paroxysmal neurological disorders. “Atypical” forms, including a very broad variety of phenotypes, are also described. The prevalence of the condition is between 1/83,000 and 1/24,000. The diagnosis of Glut1 deficiency syndrome is based on demonstration of hypoglycorrhachia as the reference test. This requires the performance of a lumbar puncture. An additional genetic test (molecular analysis of the SLC2A1 gene) can be used to confirm the diagnosis. The METAglut1™ test is an in vitro diagnostic medical device (IVDMD). The test is performed on a blood sample to detect a reduction in glucose transporter (Glut1) expression on the surface of circulating erythrocytes and therefore diagnose glucose transporter type 1 deficiency syndrome. In November 2017, METAFORA Biosystems SAS, the company that markets the METAglut1™ test, received the approval of the HAS to carry out a clinical study as part of the French “forfait innovation” innovation funding programme. The clinical study proposed in this context aimed to evaluate the diagnostic performance of the METAglut1™ test in patients with a clinical presentation compatible with glucose transporter type 1 deficiency syndrome, thereby providing the clinical data required for a procedure to be able to claim a sufficient expected clinical benefit. With the clinical study now completed, the French Directorate General of Healthcare Provision (DGOS) therefore consulted the HAS on 29 April 2022, with a view to assessing whether it would be appropriate for this test to be funded by the French National Health Insurance system. The objective of this work is to evaluate the diagnostic performance of the METAglut1™ test in comparison with glycorrhachia after lumbar puncture, in terms of sensitivity, specificity, positive predictive value and negative predictive value (NPV), in the diagnosis of glucose transporter type 1 deficiency syndrome, with a view to positioning the METAglut1™ test as a first-line test in place of glycorrhachia</t>
+  </si>
+  <si>
+    <t>03/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424746/en/evaluation-of-the-metaglut1-test-in-the-diagnosis-of-glucose-transporter-type-1-deficiency-syndrome-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3424746</t>
+  </si>
+  <si>
+    <t>Transcranial magnetic stimulation (rTMS) in the treatment of adult treatment-resistant depression</t>
+  </si>
+  <si>
+    <t>Aim The aim of the assessment was to: assess the efficacy and safety of conventional rTMS as adjuvant therapy to the standard therapeutic strategy for treatment-resistant depression during two different treatment phases: acute phase (course of treatment) and consolidation phase (maintenance sessions); compare the new therapeutic strategy including rTMS (alongside medication and psychotherapy) to the two current conventional strategies for treatment-resistant depression: pharmacological optimisation plus psychotherapy in most cases, or use of electroconvulsive therapy in specific cases; compare the organisational impact of the new therapeutic strategy with rTMS to the current conventional strategies.</t>
+  </si>
+  <si>
+    <t>07/21/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211966/en/transcranial-magnetic-stimulation-rtms-in-the-treatment-of-adult-treatment-resistant-depression</t>
+  </si>
+  <si>
+    <t>p_3211966</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+  </si>
+  <si>
+    <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Focus on patient safety - "Neuroleptic medication. Vigilance is best practice"</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/03/2022 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381939/en/focus-on-patient-safety-neuroleptic-medication-vigilance-is-best-practice</t>
   </si>
   <si>
     <t>p_3381939</t>
   </si>
   <si>
-    <t>Processus d’annonce d’un diagnostic psychiatrique sévère à un patient adulte : enjeux, principes et place de l’entourage</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3363656/fr/flash-securite-patient-suicide-mieux-vaut-prevenir-que-mourir</t>
+    <t>Focus on patient safety - " Suicide Prevention is better than death "</t>
+  </si>
+  <si>
+    <t>France is one of the European countries the most affected by suicide. In 2016, there were 9,300 deaths by suicide in France. There are around an additional 200,000 suicide attempts per year, by which patients come into contact with the healthcare system. Suicide is the first cause of death among 25-34-year-olds and the second cause among 15-24-year-olds, after road traffic accidents.</t>
+  </si>
+  <si>
+    <t>09/08/2022 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363656/en/focus-on-patient-safety-suicide-prevention-is-better-than-death</t>
   </si>
   <si>
     <t>p_3363656</t>
   </si>
   <si>
-    <t>Programme de soins psychiatriques sans consentement</t>
-[...3443 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>SLENYTO</t>
+  </si>
+  <si>
+    <t>02/05/2026 18:46:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080614/en/slenyto</t>
+  </si>
+  <si>
+    <t>p_3080614</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080473/en/slenyto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267210/en/slenyto-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858392/en/slenyto-melatonine-insomnie-chez-les-enfants-et-les-adolescents-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858398/en/slenyto-melatonine-insomnie-liee-a-des-troubles-neurogenetiques-chez-les-enfants-et-les-adolescents-de-2-a-18-ans</t>
   </si>
   <si>
     <t>LIKOZAM (clobazam)</t>
   </si>
   <si>
-    <t>15/12/2025 08:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983931/fr/likozam-clobazam</t>
+    <t>12/15/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/en/likozam-clobazam</t>
   </si>
   <si>
     <t>pprd_2983931</t>
   </si>
   <si>
     <t>clobazam</t>
   </si>
   <si>
     <t>ADVICENNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2676744/fr/likozam-clobazam-en-suspension-buvable-benzodiazepine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3457344/fr/lorazepam-lorazepam</t>
+    <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/en/likozam-clobazam-epilepsie</t>
+  </si>
+  <si>
+    <t>LORAZEPAM XILMAC (lorazépam)</t>
+  </si>
+  <si>
+    <t>12/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457344/en/lorazepam-xilmac-lorazepam</t>
   </si>
   <si>
     <t>p_3457344</t>
   </si>
   <si>
     <t>lorazépam</t>
   </si>
   <si>
     <t>ARROW GENERIQUES / BIOGARAN / LABORATOIRES DELBERT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3457064/fr/lorazepam-xilmac-lorazepam-premedication</t>
-[...41 lines deleted...]
-    <t>mélatonine</t>
+    <t>https://www.has-sante.fr/jcms/p_3457064/en/lorazepam-xilmac-lorazepam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750739/en/lorazepam-arrow-lorazepam-anxiete</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399333/en/lorazepam-biogaran-1-mg-comprime-secable-boite-de-50</t>
+  </si>
+  <si>
+    <t>ACEMAP (penfluridol)</t>
+  </si>
+  <si>
+    <t>06/13/2025 16:45:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609905/en/acemap-penfluridol</t>
+  </si>
+  <si>
+    <t>p_3609905</t>
+  </si>
+  <si>
+    <t>penfluridol</t>
+  </si>
+  <si>
+    <t>INTSEL CHIMOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609556/en/acemap-penfluridol-schizophrenia</t>
+  </si>
+  <si>
+    <t>WAKIX (pitolisant)</t>
+  </si>
+  <si>
+    <t>05/12/2025 17:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984044/en/wakix-pitolisant</t>
+  </si>
+  <si>
+    <t>pprd_2984044</t>
+  </si>
+  <si>
+    <t>pitolisant (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BIOPROJET PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656361/en/wakix-pitolisant-histamine-h3-inverse-agonist/antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456303/en/wakix-pitolisant-narcolepsy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603851/en/wakix-pitolisant-narcolepsy</t>
+  </si>
+  <si>
+    <t>CHAMPIX (varénicline (tartrate de))</t>
+  </si>
+  <si>
+    <t>03/26/2025 14:48:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983834/en/champix-varenicline-tartrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983834</t>
+  </si>
+  <si>
+    <t>tartrate de varénicline</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523453/en/champix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818410/en/champix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725862/en/champix-varenicline-brain-nicotinic-receptor-partial-agonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258961/en/champix-tartrate-de-varenicline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264259/en/champix-tartrate-de-varenicline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599233/en/champix-tartrate-de-varenicline-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>ABILIFY (aripiprazole)</t>
+  </si>
+  <si>
+    <t>11/14/2024 10:26:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984349/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>pprd_2984349</t>
+  </si>
+  <si>
+    <t>aripiprazole</t>
+  </si>
+  <si>
+    <t>OTSUKA PHARMACEUTICALS FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400137/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642494/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756239/en/abilify</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798068/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968488/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977226/en/abilify</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241688/en/abilify</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701286/en/abilify-aripiprazole-antipsychotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743369/en/abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038113/en/abilify-abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2566812/en/abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361550/en/abilify-maintena-aripiprazole-traitement-d-entretien-de-la-schizophrenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556165/en/abilify-maintena-aripiprazole-schizophrenia</t>
+  </si>
+  <si>
+    <t>SPRAVATO</t>
+  </si>
+  <si>
+    <t>09/05/2024 17:02:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192924/en/spravato</t>
+  </si>
+  <si>
+    <t>p_3192924</t>
+  </si>
+  <si>
+    <t>eskétamine</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191469/en/spravato</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298608/en/spravato-28-mg-esketamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538219/en/spravato-esketamine-depressive</t>
+  </si>
+  <si>
+    <t>TRANXENE (chlorazépate dipotassique)</t>
+  </si>
+  <si>
+    <t>07/29/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982800/en/tranxene-chlorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>pprd_2982800</t>
+  </si>
+  <si>
+    <t>chlorazépate dipotassique</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399061/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400176/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493284/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281713/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042202/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656334/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963962/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534491/en/tranxene-clorazepate-dipotassium-premedication</t>
+  </si>
+  <si>
+    <t>VALIUM (diazépam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984487/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>pprd_2984487</t>
+  </si>
+  <si>
+    <t>diazépam</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642367/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098676/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042196/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534479/en/valium-diazepam-premedication</t>
+  </si>
+  <si>
+    <t>HYDROXYZINE (hydroxyzine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281398/en/hydroxyzine-hydroxyzine</t>
+  </si>
+  <si>
+    <t>p_3281398</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'hydroxyzine</t>
+  </si>
+  <si>
+    <t>BLUEFISH PHARMACEUTICALS AB / LABORATOIRE RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280950/en/hydroxyzine-bluefish-hydroxyzine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534473/en/hydroxyzine-renaudin-hydroxyzine-premedication</t>
+  </si>
+  <si>
+    <t>DIAZEPAM RENAUDIN (diazépam)</t>
+  </si>
+  <si>
+    <t>07/26/2024 11:58:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983823/en/diazepam-renaudin-diazepam</t>
+  </si>
+  <si>
+    <t>pprd_2983823</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729428/en/diazepam-renaudin-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534497/en/diazepam-renaudin-diazepam-premedication</t>
+  </si>
+  <si>
+    <t>MOGADON (nitrazépam)</t>
+  </si>
+  <si>
+    <t>09/08/2023 11:27:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984728/en/mogadon-nitrazepam</t>
+  </si>
+  <si>
+    <t>pprd_2984728</t>
+  </si>
+  <si>
+    <t>nitrazépam</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944495/en/mogadon-nitrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756183/en/mogadon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459850/en/mogadon-nitrazepam-insomnie-occasionnelle-ou-transitoire</t>
+  </si>
+  <si>
+    <t>TREVICTA (palipéridone), antipsychotique</t>
+  </si>
+  <si>
+    <t>07/27/2023 10:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983913/en/trevicta-paliperidone-antipsychotique</t>
+  </si>
+  <si>
+    <t>pprd_2983913</t>
+  </si>
+  <si>
+    <t>palipéridone (palmitate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678886/en/trevicta-paliperidone-antipsychotic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452869/en/trevicta-paliperidone-palmitate-schizophrenia</t>
+  </si>
+  <si>
+    <t>NEURACEQ (florbétabène (18F))</t>
+  </si>
+  <si>
+    <t>04/25/2023 17:41:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982906/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>pprd_2982906</t>
+  </si>
+  <si>
+    <t>florbétabène (18F)</t>
+  </si>
+  <si>
+    <t>CURIUM PET FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899212/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427910/en/neuraceq-florbetaben-18f-alzheimer-s-disease</t>
+  </si>
+  <si>
+    <t>MEDIKINET</t>
+  </si>
+  <si>
+    <t>03/10/2023 17:41:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982941/en/medikinet</t>
+  </si>
+  <si>
+    <t>pprd_2982941</t>
+  </si>
+  <si>
+    <t>méthylphénidate (chlorhydrate de)</t>
   </si>
   <si>
     <t>HAC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3741591/fr/adaflex-melatonine-insomnie</t>
-[...14 lines deleted...]
-    <t>lécanémab</t>
+    <t>https://www.has-sante.fr/jcms/c_1334805/en/medikinet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893478/en/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210115/en/medikinet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419433/en/medikinet-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>CONCERTA LP</t>
+  </si>
+  <si>
+    <t>03/10/2023 17:35:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984462/en/concerta-lp</t>
+  </si>
+  <si>
+    <t>pprd_2984462</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399886/en/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750923/en/concerta-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334823/en/concerta-lp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047012/en/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210109/en/concerta-lp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419448/en/concerta-lp-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>BUVIDAL (buprénorphine)</t>
+  </si>
+  <si>
+    <t>03/10/2023 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217096/en/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>p_3217096</t>
+  </si>
+  <si>
+    <t>buprénorphine</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217092/en/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244165/en/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419439/en/buvidal-buprenorphine-dependance-aux-opiaces</t>
+  </si>
+  <si>
+    <t>OKEDI (rispéridone)</t>
+  </si>
+  <si>
+    <t>12/12/2022 08:33:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395204/en/okedi-risperidone</t>
+  </si>
+  <si>
+    <t>p_3395204</t>
+  </si>
+  <si>
+    <t>rispéridone</t>
+  </si>
+  <si>
+    <t>ROVI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395167/en/okedi-risperidone-schizophrenie</t>
+  </si>
+  <si>
+    <t>BYANNLI (palmitate de palipéridone)</t>
+  </si>
+  <si>
+    <t>11/23/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389561/en/byannli-palmitate-de-paliperidone</t>
+  </si>
+  <si>
+    <t>p_3389561</t>
+  </si>
+  <si>
+    <t>palmitate de palipéridone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389400/en/byannli-palmitate-de-paliperidone-schizophrenie</t>
+  </si>
+  <si>
+    <t>VIZAMYL (flutémétamol, 18F)</t>
+  </si>
+  <si>
+    <t>07/18/2022 10:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983672/en/vizamyl-flutemetamol-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983672</t>
+  </si>
+  <si>
+    <t>flutémétamol (18F)</t>
+  </si>
+  <si>
+    <t>GE HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2753721/en/vizamyl-flutemetamol-18f-diagnostic-product-for-the-central-nervous-system</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352209/en/vizamyl-flutemetamol-18f-produit-diagnostique-de-la-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>LAMICTAL - LAMICSTART (lamotrigine)</t>
+  </si>
+  <si>
+    <t>03/07/2022 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985274/en/lamictal-lamicstart-lamotrigine</t>
+  </si>
+  <si>
+    <t>pprd_2985274</t>
+  </si>
+  <si>
+    <t>lamotrigine</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957059/en/lamictal-lamicstart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652822/en/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556176/en/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957058/en/lamictal-lamicstart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399433/en/lamictal-25mg-comprimes-dispersibles-lamictal-100mg-comprimes-dispersibles-boite-de-30-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398983/en/lamictal-25-mg-comprime-instauration-du-traitement-boite-de-21-lamictal-50-mg-comprime-instauration-du-traitement-boite-de-42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398982/en/lamictal-5-mg-comprime-dispersible-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098822/en/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148224/en/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322081/en/lamictal-lamotrigine-epilepsies-partielles-et-generalisees</t>
+  </si>
+  <si>
+    <t>OZAWADE (pitolisant (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>02/10/2022 14:11:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316076/en/ozawade-pitolisant-chlorhydrate</t>
+  </si>
+  <si>
+    <t>p_3316076</t>
+  </si>
+  <si>
+    <t>pitolisant (chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315446/en/ozawade-pitolisant</t>
+  </si>
+  <si>
+    <t>NOXIBEN (eszopiclone)</t>
+  </si>
+  <si>
+    <t>02/07/2022 17:36:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315121/en/noxiben-eszopiclone</t>
+  </si>
+  <si>
+    <t>p_3315121</t>
+  </si>
+  <si>
+    <t>eszopiclone</t>
+  </si>
+  <si>
+    <t>Laboratoire G.L. PHARMA GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313550/en/noxiben-eszopiclone</t>
+  </si>
+  <si>
+    <t>RITALINE - RITALINE LP</t>
+  </si>
+  <si>
+    <t>01/10/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982913/en/ritaline-ritaline-lp</t>
+  </si>
+  <si>
+    <t>pprd_2982913</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399583/en/ritaline-10-mg-comprimes-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399926/en/ritaline-lp-20-mg-gelules-boite-de-30-ritaline-lp-30-mg-gelules-boite-de-30-ritaline-lp-40-mg-gelules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334799/en/ritalin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897010/en/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210112/en/ritaline-ritaline-lp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305318/en/ritaline-lp-methylphenidate-tdah</t>
+  </si>
+  <si>
+    <t>XYREM (sodium (oxybate de))</t>
+  </si>
+  <si>
+    <t>08/17/2021 10:13:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983743/en/xyrem-sodium-oxybate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983743</t>
+  </si>
+  <si>
+    <t>sodium (oxybate de)</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401038/en/xyrem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_604928/en/xyrem-sodium-oxybate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744320/en/xyrem-sodium-oxybate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282244/en/xyrem-oxybate-de-sodium-narcolepsie-pediatrique</t>
+  </si>
+  <si>
+    <t>SELINCRO (nalméfène (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>04/08/2021 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983111/en/selincro-nalmefene-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983111</t>
+  </si>
+  <si>
+    <t>nalméfène</t>
+  </si>
+  <si>
+    <t>LUNDBECK SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716023/en/selincro-nalmefene-antagoniste-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872648/en/selincro-nalmefene-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259937/en/selincro-nalmefene</t>
+  </si>
+  <si>
+    <t>BACLOFENE ZENTIVA (baclofène)</t>
+  </si>
+  <si>
+    <t>04/01/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985511/en/baclofene-zentiva-baclofene</t>
+  </si>
+  <si>
+    <t>pprd_2985511</t>
+  </si>
+  <si>
+    <t>baclofène</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459731/en/baclofene-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258706/en/baclofene-zentiva-baclofene</t>
+  </si>
+  <si>
+    <t>ANDROCUR</t>
+  </si>
+  <si>
+    <t>10/22/2020 17:14:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984070/en/androcur</t>
+  </si>
+  <si>
+    <t>pprd_2984070</t>
+  </si>
+  <si>
+    <t>cyprotérone (acétate de)</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400848/en/androcur-50-mg-comprime-secable-b/20-cip-323-510-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_653795/en/androcur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352602/en/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655917/en/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213329/en/androcur</t>
+  </si>
+  <si>
+    <t>QUASYM LP</t>
+  </si>
+  <si>
+    <t>09/30/2020 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984144/en/quasym-lp</t>
+  </si>
+  <si>
+    <t>pprd_2984144</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939181/en/quasym</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334808/en/quasym-lp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621698/en/quasym-lp-methylphenidate-psychostimulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210094/en/quasym-lp</t>
+  </si>
+  <si>
+    <t>SUNOSI</t>
+  </si>
+  <si>
+    <t>07/08/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193296/en/sunosi</t>
+  </si>
+  <si>
+    <t>p_3193296</t>
+  </si>
+  <si>
+    <t>solriamfetol</t>
+  </si>
+  <si>
+    <t>JAZZ PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193178/en/sunosi</t>
+  </si>
+  <si>
+    <t>STRESAM</t>
+  </si>
+  <si>
+    <t>06/18/2020 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983641/en/stresam</t>
+  </si>
+  <si>
+    <t>pprd_2983641</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'étifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490351/en/stresam-chlorhydrate-d-etifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189031/en/stresam-chlorhydrate-d-etifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758336/en/stresam-chlorhydrate-d-etifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190306/en/stresam</t>
+  </si>
+  <si>
+    <t>BACLOCUR (baclofène)</t>
+  </si>
+  <si>
+    <t>12/11/2019 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124496/en/baclocur-baclofene</t>
+  </si>
+  <si>
+    <t>p_3124496</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124375/en/baclocur-baclofene</t>
+  </si>
+  <si>
+    <t>PRENOXAD (naloxone (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982959/en/prenoxad-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982959</t>
+  </si>
+  <si>
+    <t>naloxone (chlorhydrate de) dihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891870/en/prenoxad-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>NAFTILUX (naftidrofuryl (hydrogénooxalate de))</t>
+  </si>
+  <si>
+    <t>05/17/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982894/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982894</t>
+  </si>
+  <si>
+    <t>naftidrofuryl (hydrogénooxalate de)</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449333/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618052/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198187/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900186/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>AOTAL (acamprosate)</t>
+  </si>
+  <si>
+    <t>01/17/2019 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983033/en/aotal-acamprosate</t>
+  </si>
+  <si>
+    <t>pprd_2983033</t>
+  </si>
+  <si>
+    <t>acamprosate</t>
+  </si>
+  <si>
+    <t>MERCK SANTE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455069/en/aotal-acamprosate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198149/en/aotal-acamprosate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883479/en/aotal-acamprosate-alcohol-dependence-products</t>
+  </si>
+  <si>
+    <t>REVIA (naltrexone (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>01/17/2019 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983036/en/revia-naltrexone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983036</t>
+  </si>
+  <si>
+    <t>naltrexone (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400252/en/revia-50-mg-comprime-pellicule-secable-boite-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923060/en/revia-naltrexone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030380/en/revia-naltrexone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883463/en/revia-naltrexone-alcohol-dependence-products</t>
+  </si>
+  <si>
+    <t>ESPERAL (disulfirame)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983038/en/esperal-disulfirame</t>
+  </si>
+  <si>
+    <t>pprd_2983038</t>
+  </si>
+  <si>
+    <t>disulfirame</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468454/en/esperal-disulfirame</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198181/en/esperal-disulfirame</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883457/en/esperal-disulfiram-alcohol-dependence-products</t>
+  </si>
+  <si>
+    <t>ZYPREXA (olanzapine)</t>
+  </si>
+  <si>
+    <t>11/13/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983041/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>pprd_2983041</t>
+  </si>
+  <si>
+    <t>olanzapine</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399018/en/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399308/en/zyprexa-10-mg-poudre-pour-solution-injectable-boites-de-1-et-10-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399309/en/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399602/en/zyprexa-5-mg-boites-de-28-comprimes-enrobes-zyprexa-7-5-mg-boites-de-56-comprimes-enrobes-zyprexa-10-mg-boites-de-28-et-56-comprimes-enrobes-zyprexa-7-5-mg-28-comprimes-enrobes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399718/en/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399952/en/zyprexa-10-mg-poudre-pour-solution-injectable-boite-de-1-et-10-flacons-zyprexa-10-mg-poudre-et-solvant-pour-solution-injectable-etui-de-1-flacon-1-seringue-pre-remplie-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400018/en/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-boite-de-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400959/en/zyprexa-velotab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555588/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242837/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241672/en/zyprexa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881410/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>ZYPADHERA (pamoate monohydraté d'olanzapine/ olanzapine (pamoate d') monohydraté)</t>
+  </si>
+  <si>
+    <t>11/13/2018 16:31:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983043/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983043</t>
+  </si>
+  <si>
+    <t>pamoate monohydraté d'olanzapine,olanzapine (pamoate d') monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866771/en/zypadhera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881401/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>OROBUPRE (buprénorphine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/22/2019 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983074/en/orobupre-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983074</t>
+  </si>
+  <si>
+    <t>buprénorphine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877332/en/orobupre-buprenorphine-medicine-used-in-cases-of-opiate-dependence</t>
+  </si>
+  <si>
+    <t>EXELON (Rivastigmine (hydrogénotartrate))</t>
+  </si>
+  <si>
+    <t>05/25/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983276/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>pprd_2983276</t>
+  </si>
+  <si>
+    <t>Rivastigmine (hydrogénotartrate)</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398931/en/exelon-1-5-mg-gelule-exelon-3-mg-gelule-exelon-4-5-mg-gelule-exelon-6-mg-gelule-boites-de-28-et-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400006/en/exelon-2-mg/ml-solution-buvable-flacon-de-50-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593209/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468391/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619531/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117849/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714286/en/exelon-13-3-mg/24-h-dispositif-transdermique-rivastigmine-anticholinesterasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681008/en/exelon-rivastigmine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851265/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>EBIXA (mémantine chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983277/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983277</t>
+  </si>
+  <si>
+    <t>mémantine chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399676/en/ebixa-10mg-comprime-pellicule-boite-de-56-boite-de-112-ebixa-10mg/g-solution-buvable-flacon-de-50g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593206/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012347/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725214/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593201/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117850/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681003/en/ebixa-memantine-non-competitive-nmda-receptor-antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851260/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>ARICEPT (donépézil (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983281/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983281</t>
+  </si>
+  <si>
+    <t>donépézil (chlorhydrate)</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3644185/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
-[...1658 lines deleted...]
-    <t>pprd_2982984</t>
+    <t>https://www.has-sante.fr/jcms/c_593193/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022283/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117852/en/aricept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681001/en/aricept-donepezil-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851228/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>PROZAC (fluoxétine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/22/2017 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983476/en/prozac-fluoxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983476</t>
+  </si>
+  <si>
+    <t>fluoxétine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399778/en/prozac-20-mg/5-ml-solution-buvable-flacon-de-70-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603019/en/prozac-fluoxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758561/en/prozac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806286/en/prozac-fluoxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>EFFEXOR (venlafaxine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>07/05/2017 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983576/en/effexor-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983576</t>
+  </si>
+  <si>
+    <t>venlafaxine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399422/en/effexor-lp-37-5-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399940/en/effexor-lp-75-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400004/en/effexor-25-mg-comprime-boite-de-30-effexor-50-mg-comprime-boite-de-30-effexor-l-p-37-5-mg-gelule-a-liberation-prolongee-boite-de-30-effexor-l-p-75-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400186/en/effexor-l-p-37-5-mg-gelule-a-liberation-prolongee-boite-de-30-effexor-l-p-75-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545044/en/effexor-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703358/en/effexor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670240/en/effexor-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778102/en/effexor-lp-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>INTUNIV (guanfacine)</t>
+  </si>
+  <si>
+    <t>10/04/2017 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983616/en/intuniv-guanfacine</t>
+  </si>
+  <si>
+    <t>pprd_2983616</t>
+  </si>
+  <si>
+    <t>guanfacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769369/en/intuniv-guanfacine-adrenergic-alpha-agonist</t>
+  </si>
+  <si>
+    <t>LEPONEX (clozapine)</t>
+  </si>
+  <si>
+    <t>03/09/2017 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983695/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>pprd_2983695</t>
+  </si>
+  <si>
+    <t>clozapine</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517525/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241650/en/leponex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716223/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749470/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>STILNOX (zolpidem (tartrate de))</t>
+  </si>
+  <si>
+    <t>03/03/2017 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983701/en/stilnox-zolpidem-tartrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983701</t>
+  </si>
+  <si>
+    <t>zolpidem (tartrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399084/en/stilnox-10-mg-comprimes-pellicules-secables-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487025/en/stilnox-zolpidem-tartrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759121/en/stilnox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748751/en/stilnox-zolpidem-tartrate-de</t>
+  </si>
+  <si>
+    <t>SOLIAN (amisulpride)</t>
+  </si>
+  <si>
+    <t>01/04/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983771/en/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>pprd_2983771</t>
+  </si>
+  <si>
+    <t>amisulpride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399516/en/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574621/en/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241692/en/solian</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733866/en/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>REMINYL (galantamine bromhydrate)</t>
+  </si>
+  <si>
+    <t>01/25/2017 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983883/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983883</t>
+  </si>
+  <si>
+    <t>galantamine bromhydrate</t>
+  </si>
+  <si>
+    <t>JANSSEN CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400337/en/reminyl-l-p-8-mg-16-mg-24-mg-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593217/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117851/en/reminyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681026/en/reminyl-galantamine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>XEROQUEL LP (quétiapine/ quétiapine (fumarate de))</t>
+  </si>
+  <si>
+    <t>10/14/2016 10:47:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983923/en/xeroquel-lp-quetiapine/-quetiapine-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983923</t>
+  </si>
+  <si>
+    <t>quétiapine,quétiapine (fumarate de)</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1065592/en/xeroquel-quetiapine/-quetiapine-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241697/en/xeroquel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676775/en/xeroquel-lp-quetiapine/-quetiapine-fumarate-de</t>
+  </si>
+  <si>
+    <t>HAVLANE (loprazolam (mésilate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>10/14/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983940/en/havlane-loprazolam-mesilate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983940</t>
+  </si>
+  <si>
+    <t>loprazolam (mésilate de) monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486399/en/havlane-loprazolam-mesilate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756176/en/havlane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676702/en/havlane-loprazolam-mesilate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>NOCTAMIDE (lormétazépam)</t>
+  </si>
+  <si>
+    <t>09/30/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983959/en/noctamide-lormetazepam</t>
+  </si>
+  <si>
+    <t>pprd_2983959</t>
+  </si>
+  <si>
+    <t>lormétazépam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400810/en/noctamide-1-mg-comprime-secable-b/14-cip-349-667-4-noctamide-2-mg-comprime-secable-b/14-cip-354-470-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098662/en/noctamide-lormetazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756191/en/noctamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671773/en/noctamide-lormetazepam</t>
+  </si>
+  <si>
+    <t>CYMBALTA (duloxétine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/30/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984161/en/cymbalta-duloxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984161</t>
+  </si>
+  <si>
+    <t>duloxétine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523247/en/cymbalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828100/en/cymbalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620138/en/cymbalta-duloxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>RISPERDAL - RISPERDALCONSTA - RISPERDALORO (rispéridone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984165/en/risperdal-risperdalconsta-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>pprd_2984165</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399101/en/risperdal-0-1-pour-cent-1-mg/ml-solution-buvable-flacons-de-60-et-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399342/en/risperdal-1-mg-comprime-risperdal-2-mg-comprime-boites-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400148/en/risperdal-0-5-mg-risperdal-1-mg-risperdal-1-mg/ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400989/en/risperdal-1-mg-comprime-pellicule-b/60-risperdal-2-mg-comprime-pellicule-b/60-risperdal-4-mg-comprime-pellicule-b/60-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml-60ml-et-120ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969961/en/risperdal-risperdaloro-risperdalconsta-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241693/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728502/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619974/en/risperdal-risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957062/en/risperdalconsta-l-p</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400016/en/risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400339/en/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
+  </si>
+  <si>
+    <t>VALDOXAN (agomélatine)</t>
+  </si>
+  <si>
+    <t>04/18/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984326/en/valdoxan-agomelatine</t>
+  </si>
+  <si>
+    <t>pprd_2984326</t>
+  </si>
+  <si>
+    <t>agomélatine</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900492/en/valdoxan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572142/en/valdoxan-agomelatine-antidepressant</t>
+  </si>
+  <si>
+    <t>SEROPLEX (escitalopram (oxalate d'))</t>
+  </si>
+  <si>
+    <t>07/07/2015 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984493/en/seroplex-escitalopram-oxalate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984493</t>
+  </si>
+  <si>
+    <t>escitalopram (oxalate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400078/en/seroplex-5-mg-comprime-pellicule-boite-de-14-et-boite-de-100-seroplex-10-mg-comprime-pellicule-secable-boite-de-28-et-boite-de-100-seroplex-20-mg-comprime-pellicule-secable-boite-de-28-et-boite-de-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657694/en/seroplex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638602/en/seroplex-escitalopram-inhibiteur-selectif-de-la-recapture-de-la-serotonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041940/en/seroplex-escitalopram-oxalate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313580/en/seroplex-escitalopram</t>
+  </si>
+  <si>
+    <t>SIFROL (pramipexole (dichlorhydrate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>06/15/2015 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984524/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984524</t>
+  </si>
+  <si>
+    <t>pramipexole (dichlorhydrate de) monohydraté</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400017/en/sifrol-0-125-mg-comprime-boite-de-30-sifrol-0-25-mg-comprime-boite-de-30-sifrol-0-5-mg-comprime-boite-de-30-sifrol-1-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517621/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912566/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058652/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356136/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038119/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>BRINTELLIX (vortioxétine)</t>
+  </si>
+  <si>
+    <t>06/08/2015 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984577/en/brintellix-vortioxetine</t>
+  </si>
+  <si>
+    <t>pprd_2984577</t>
+  </si>
+  <si>
+    <t>vortioxétine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025252/en/brintellix-vortioxetine-antidepressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313577/en/brintellix-vortioxetine</t>
+  </si>
+  <si>
+    <t>LATUDA (lurasidone (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>12/19/2014 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984640/en/latuda-lurasidone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984640</t>
+  </si>
+  <si>
+    <t>lurasidone (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792838/en/latuda-lurasidone-oral-antipsychotic</t>
+  </si>
+  <si>
+    <t>SALVACYL (triptoréline (pamoate = embonate de))</t>
+  </si>
+  <si>
+    <t>11/14/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984672/en/salvacyl-triptoreline-pamoate-embonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984672</t>
+  </si>
+  <si>
+    <t>triptoréline (pamoate = embonate de)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763783/en/salvacyl-l-p</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774157/en/salvacyl-triptoreline-pamoate-embonate-de</t>
+  </si>
+  <si>
+    <t>NUCTALON (estazolam)</t>
+  </si>
+  <si>
+    <t>08/06/2014 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984720/en/nuctalon-estazolam</t>
+  </si>
+  <si>
+    <t>pprd_2984720</t>
+  </si>
+  <si>
+    <t>estazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486480/en/nuctalon-estazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758678/en/nuctalon</t>
+  </si>
+  <si>
+    <t>ROHYPNOL (flunitrazépam)</t>
+  </si>
+  <si>
+    <t>07/24/2014 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984727/en/rohypnol-flunitrazepam</t>
+  </si>
+  <si>
+    <t>pprd_2984727</t>
+  </si>
+  <si>
+    <t>flunitrazépam</t>
+  </si>
+  <si>
+    <t>SERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399283/en/rohypnol-1mg-comprime-pellicule-secable-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486476/en/rohypnol-flunitrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756186/en/rohypnol</t>
+  </si>
+  <si>
+    <t>NORMISON (témazépam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984729/en/normison-temazepam</t>
+  </si>
+  <si>
+    <t>pprd_2984729</t>
+  </si>
+  <si>
+    <t>témazépam</t>
+  </si>
+  <si>
+    <t>PRIMIUS LAB LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756179/en/normison</t>
+  </si>
+  <si>
+    <t>ADASUVE (loxapine)</t>
+  </si>
+  <si>
+    <t>09/10/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984753/en/adasuve-loxapine</t>
+  </si>
+  <si>
+    <t>pprd_2984753</t>
+  </si>
+  <si>
+    <t>loxapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747982/en/adasuve</t>
+  </si>
+  <si>
+    <t>ZOLOFT (N/R/ sertraline (chlorhydrate de)/ chlorhydrate de sertraline)</t>
+  </si>
+  <si>
+    <t>03/12/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984818/en/zoloft-n/r/-sertraline-chlorhydrate-de-/-chlorhydrate-de-sertraline</t>
+  </si>
+  <si>
+    <t>pprd_2984818</t>
+  </si>
+  <si>
+    <t>sertraline</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399023/en/zoloft-sertraline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399916/en/zoloft-sertraline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400841/en/zoloft-sertraline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525539/en/zoloft</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726944/en/zoloft-sertraline</t>
+  </si>
+  <si>
+    <t>STABLON (tianeptine sodique)</t>
+  </si>
+  <si>
+    <t>08/30/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984958/en/stablon-tianeptine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984958</t>
+  </si>
+  <si>
+    <t>tianeptine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399087/en/stablon-12-5-mg-comprime-enrobe-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460225/en/stablon-tianeptine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352572/en/stablon</t>
+  </si>
+  <si>
+    <t>XEPLION (palipéridone (palmitate))</t>
+  </si>
+  <si>
+    <t>02/01/2012 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985049/en/xeplion-paliperidone-palmitate</t>
+  </si>
+  <si>
+    <t>pprd_2985049</t>
+  </si>
+  <si>
+    <t>palipéridone (palmitate)</t>
+  </si>
+  <si>
+    <t>Laboratoire JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218117/en/xeplion</t>
+  </si>
+  <si>
+    <t>SYCREST (asénapine)</t>
+  </si>
+  <si>
+    <t>11/02/2011 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985096/en/sycrest-asenapine</t>
+  </si>
+  <si>
+    <t>pprd_2985096</t>
+  </si>
+  <si>
+    <t>asénapine</t>
+  </si>
+  <si>
+    <t>Laboratoire LUNDBECK SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146484/en/sycrest</t>
+  </si>
+  <si>
+    <t>MEPRONIZINE (méprobamate/ acéprométazine)</t>
+  </si>
+  <si>
+    <t>04/27/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985162/en/mepronizine-meprobamate/-aceprometazine</t>
+  </si>
+  <si>
+    <t>pprd_2985162</t>
+  </si>
+  <si>
+    <t>méprobamate,acéprométazine</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060141/en/mepronizine-meprobamate/-aceprometazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060134/en/mepronizine</t>
+  </si>
+  <si>
+    <t>ADARTREL (ropinirole (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/09/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985185/en/adartrel-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985185</t>
+  </si>
+  <si>
+    <t>ropinirole (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>Laboratoire GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400138/en/adartrel-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944549/en/adartrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050829/en/adartrel</t>
+  </si>
+  <si>
+    <t>STRATTERA (atomoxétine)</t>
+  </si>
+  <si>
+    <t>01/19/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985205/en/strattera-atomoxetine</t>
+  </si>
+  <si>
+    <t>pprd_2985205</t>
+  </si>
+  <si>
+    <t>atomoxétine</t>
+  </si>
+  <si>
+    <t>Laboratoire LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025881/en/strattera</t>
+  </si>
+  <si>
+    <t>CIRCADIN (mélatonine)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985264/en/circadin-melatonine</t>
+  </si>
+  <si>
+    <t>pprd_2985264</t>
+  </si>
+  <si>
+    <t>Laboratoires Lundbeck</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967008/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-adulte-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967446/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-enfant-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727179/en/circadin</t>
+  </si>
+  <si>
+    <t>SUBOXONE (buprénorphine (chlorhydrate de)/ naloxone (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>09/10/2015 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985388/en/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985388</t>
   </si>
   <si>
     <t>buprénorphine (chlorhydrate de),naloxone (chlorhydrate de) dihydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2888484/fr/buprenorphine/naloxone-arrow-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
-[...3313 lines deleted...]
-  <si>
     <t>RB PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_666452/fr/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
-[...788 lines deleted...]
-    <t>c_935617</t>
+    <t>https://www.has-sante.fr/jcms/c_666452/en/suboxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030404/en/suboxone-buprenorphine/naloxone-treatment-of-opioid-dependence</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...15 lines deleted...]
-      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="H3" t="s">
-[...53 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1250</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>1251</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>1252</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>781</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>1253</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>1254</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>1255</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1250</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>1256</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>1257</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>1258</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>1259</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>1260</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>1261</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1250</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>1262</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>1263</v>
+        <v>33</v>
       </c>
       <c r="D4" t="s">
-        <v>781</v>
+        <v>34</v>
       </c>
       <c r="E4" t="s">
-        <v>1264</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>1265</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>1266</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1250</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
-        <v>1267</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
-        <v>1268</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>1269</v>
+        <v>40</v>
       </c>
       <c r="E5" t="s">
-        <v>1270</v>
+        <v>41</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>1271</v>
+        <v>42</v>
       </c>
       <c r="H5" t="s">
-        <v>1272</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1250</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>1273</v>
+        <v>44</v>
       </c>
       <c r="C6" t="s">
-        <v>1274</v>
+        <v>45</v>
       </c>
       <c r="D6" t="s">
-        <v>1275</v>
+        <v>46</v>
       </c>
       <c r="E6" t="s">
-        <v>1276</v>
+        <v>47</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>1277</v>
+        <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>1278</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1250</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>1279</v>
+        <v>50</v>
       </c>
       <c r="C7" t="s">
-        <v>1280</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
-        <v>1281</v>
+        <v>52</v>
       </c>
       <c r="E7" t="s">
-        <v>1282</v>
+        <v>53</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>1283</v>
+        <v>54</v>
       </c>
       <c r="H7" t="s">
-        <v>1284</v>
+        <v>55</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1250</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>634</v>
+        <v>56</v>
       </c>
       <c r="C8" t="s">
-        <v>1285</v>
+        <v>57</v>
       </c>
       <c r="D8" t="s">
-        <v>1286</v>
+        <v>58</v>
       </c>
       <c r="E8" t="s">
-        <v>1287</v>
+        <v>59</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>1288</v>
+        <v>60</v>
       </c>
       <c r="H8" t="s">
-        <v>1289</v>
+        <v>61</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1250</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>1290</v>
+        <v>62</v>
       </c>
       <c r="C9" t="s">
-        <v>1291</v>
+        <v>63</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="E9" t="s">
-        <v>1292</v>
+        <v>65</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>1293</v>
+        <v>66</v>
       </c>
       <c r="H9" t="s">
-        <v>1294</v>
+        <v>67</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1250</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>1295</v>
+        <v>68</v>
       </c>
       <c r="C10" t="s">
-        <v>1296</v>
+        <v>69</v>
       </c>
       <c r="D10" t="s">
-        <v>1133</v>
+        <v>64</v>
       </c>
       <c r="E10" t="s">
-        <v>1133</v>
+        <v>65</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>1297</v>
+        <v>70</v>
       </c>
       <c r="H10" t="s">
-        <v>1298</v>
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>76</v>
+      </c>
+      <c r="H11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>94</v>
+      </c>
+      <c r="H14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>100</v>
+      </c>
+      <c r="H15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>103</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>105</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>106</v>
+      </c>
+      <c r="H16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>111</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>112</v>
+      </c>
+      <c r="H17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>118</v>
+      </c>
+      <c r="H18" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H70"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1299</v>
+        <v>120</v>
       </c>
       <c r="B2" t="s">
-        <v>1300</v>
+        <v>121</v>
       </c>
       <c r="C2" t="s">
-        <v>1301</v>
+        <v>122</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>123</v>
       </c>
       <c r="E2" t="s">
-        <v>1302</v>
+        <v>124</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>1303</v>
+        <v>125</v>
       </c>
       <c r="H2" t="s">
-        <v>1304</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1299</v>
+        <v>120</v>
       </c>
       <c r="B3" t="s">
-        <v>1305</v>
+        <v>127</v>
       </c>
       <c r="C3" t="s">
-        <v>1306</v>
+        <v>128</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>1307</v>
+        <v>129</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>1308</v>
+        <v>130</v>
       </c>
       <c r="H3" t="s">
-        <v>1309</v>
-[...12884 lines deleted...]
-      <c r="H17" t="s">
         <v>131</v>
-      </c>
-[...2356 lines deleted...]
-        <v>545</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...956 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>707</v>
+        <v>132</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>708</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>709</v>
+        <v>135</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>710</v>
+        <v>136</v>
       </c>
       <c r="H2" t="s">
-        <v>711</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>712</v>
+        <v>138</v>
       </c>
       <c r="B2" t="s">
-        <v>713</v>
+        <v>139</v>
       </c>
       <c r="C2" t="s">
-        <v>714</v>
+        <v>140</v>
       </c>
       <c r="D2" t="s">
-        <v>715</v>
+        <v>141</v>
       </c>
       <c r="E2" t="s">
-        <v>716</v>
+        <v>142</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>717</v>
+        <v>143</v>
       </c>
       <c r="H2" t="s">
-        <v>718</v>
+        <v>144</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>712</v>
+        <v>138</v>
       </c>
       <c r="B3" t="s">
-        <v>719</v>
+        <v>145</v>
       </c>
       <c r="C3" t="s">
-        <v>720</v>
+        <v>146</v>
       </c>
       <c r="D3" t="s">
-        <v>721</v>
+        <v>147</v>
       </c>
       <c r="E3" t="s">
-        <v>722</v>
+        <v>148</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>723</v>
+        <v>149</v>
       </c>
       <c r="H3" t="s">
-        <v>724</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>712</v>
+        <v>138</v>
       </c>
       <c r="B4" t="s">
-        <v>725</v>
+        <v>151</v>
       </c>
       <c r="C4" t="s">
-        <v>726</v>
+        <v>152</v>
       </c>
       <c r="D4" t="s">
-        <v>727</v>
+        <v>153</v>
       </c>
       <c r="E4" t="s">
-        <v>728</v>
+        <v>154</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>729</v>
+        <v>155</v>
       </c>
       <c r="H4" t="s">
-        <v>730</v>
+        <v>156</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B5" t="s">
+        <v>157</v>
+      </c>
+      <c r="C5" t="s">
+        <v>158</v>
+      </c>
+      <c r="D5" t="s">
+        <v>159</v>
+      </c>
+      <c r="E5" t="s">
+        <v>160</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>161</v>
+      </c>
+      <c r="H5" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>138</v>
+      </c>
+      <c r="B6" t="s">
+        <v>163</v>
+      </c>
+      <c r="C6" t="s">
+        <v>164</v>
+      </c>
+      <c r="D6" t="s">
+        <v>165</v>
+      </c>
+      <c r="E6" t="s">
+        <v>166</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>167</v>
+      </c>
+      <c r="H6" t="s">
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H91"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>731</v>
+        <v>169</v>
       </c>
       <c r="B2" t="s">
-        <v>732</v>
+        <v>170</v>
       </c>
       <c r="C2" t="s">
-        <v>733</v>
+        <v>171</v>
       </c>
       <c r="D2" t="s">
-        <v>734</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>735</v>
+        <v>172</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>736</v>
+        <v>173</v>
       </c>
       <c r="H2" t="s">
-        <v>737</v>
+        <v>174</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>731</v>
+        <v>169</v>
       </c>
       <c r="B3" t="s">
-        <v>738</v>
+        <v>175</v>
       </c>
       <c r="C3" t="s">
-        <v>739</v>
+        <v>176</v>
       </c>
       <c r="D3" t="s">
-        <v>740</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>741</v>
+        <v>177</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>742</v>
+        <v>178</v>
       </c>
       <c r="H3" t="s">
-        <v>743</v>
+        <v>179</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:W76"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>180</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>184</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>185</v>
+      </c>
+      <c r="H2" t="s">
+        <v>186</v>
+      </c>
+      <c r="I2" t="s">
+        <v>187</v>
+      </c>
+      <c r="J2" t="s">
+        <v>188</v>
+      </c>
+      <c r="K2" t="s">
+        <v>189</v>
+      </c>
+      <c r="L2" t="s">
+        <v>190</v>
+      </c>
+      <c r="M2" t="s">
+        <v>191</v>
+      </c>
+      <c r="N2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>195</v>
+      </c>
+      <c r="H3" t="s">
+        <v>196</v>
+      </c>
+      <c r="I3" t="s">
+        <v>197</v>
+      </c>
+      <c r="J3" t="s">
+        <v>198</v>
+      </c>
+      <c r="K3" t="s">
+        <v>199</v>
+      </c>
+      <c r="L3" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B4" t="s">
-        <v>744</v>
+        <v>201</v>
       </c>
       <c r="C4" t="s">
-        <v>745</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>746</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>747</v>
+        <v>202</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>748</v>
+        <v>203</v>
       </c>
       <c r="H4" t="s">
-        <v>749</v>
+        <v>204</v>
+      </c>
+      <c r="I4" t="s">
+        <v>205</v>
+      </c>
+      <c r="J4" t="s">
+        <v>206</v>
+      </c>
+      <c r="K4" t="s">
+        <v>207</v>
+      </c>
+      <c r="L4" t="s">
+        <v>208</v>
+      </c>
+      <c r="M4" t="s">
+        <v>209</v>
+      </c>
+      <c r="N4" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B5" t="s">
-        <v>750</v>
+        <v>210</v>
       </c>
       <c r="C5" t="s">
-        <v>751</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>752</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>753</v>
+        <v>211</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>754</v>
+        <v>212</v>
       </c>
       <c r="H5" t="s">
-        <v>755</v>
+        <v>213</v>
+      </c>
+      <c r="I5" t="s">
+        <v>214</v>
+      </c>
+      <c r="J5" t="s">
+        <v>215</v>
+      </c>
+      <c r="K5" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B6" t="s">
-        <v>756</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
-        <v>757</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>758</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>759</v>
+        <v>218</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>760</v>
+        <v>219</v>
       </c>
       <c r="H6" t="s">
-        <v>761</v>
+        <v>220</v>
+      </c>
+      <c r="I6" t="s">
+        <v>221</v>
+      </c>
+      <c r="J6" t="s">
+        <v>222</v>
+      </c>
+      <c r="K6" t="s">
+        <v>223</v>
+      </c>
+      <c r="L6" t="s">
+        <v>224</v>
+      </c>
+      <c r="M6" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B7" t="s">
-        <v>762</v>
+        <v>226</v>
       </c>
       <c r="C7" t="s">
-        <v>763</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>764</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>765</v>
+        <v>227</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>766</v>
+        <v>228</v>
       </c>
       <c r="H7" t="s">
-        <v>767</v>
+        <v>229</v>
+      </c>
+      <c r="I7" t="s">
+        <v>230</v>
+      </c>
+      <c r="J7" t="s">
+        <v>231</v>
+      </c>
+      <c r="K7" t="s">
+        <v>232</v>
+      </c>
+      <c r="L7" t="s">
+        <v>233</v>
+      </c>
+      <c r="M7" t="s">
+        <v>234</v>
+      </c>
+      <c r="N7" t="s">
+        <v>235</v>
+      </c>
+      <c r="O7" t="s">
+        <v>236</v>
+      </c>
+      <c r="P7" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B8" t="s">
-        <v>768</v>
+        <v>238</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>769</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>770</v>
+        <v>239</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>771</v>
+        <v>240</v>
       </c>
       <c r="H8" t="s">
-        <v>772</v>
+        <v>241</v>
+      </c>
+      <c r="I8" t="s">
+        <v>242</v>
+      </c>
+      <c r="J8" t="s">
+        <v>243</v>
+      </c>
+      <c r="K8" t="s">
+        <v>244</v>
+      </c>
+      <c r="L8" t="s">
+        <v>245</v>
+      </c>
+      <c r="M8" t="s">
+        <v>246</v>
+      </c>
+      <c r="N8" t="s">
+        <v>247</v>
+      </c>
+      <c r="O8" t="s">
+        <v>248</v>
+      </c>
+      <c r="P8" t="s">
+        <v>249</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>250</v>
+      </c>
+      <c r="R8" t="s">
+        <v>251</v>
+      </c>
+      <c r="S8" t="s">
+        <v>252</v>
+      </c>
+      <c r="T8" t="s">
+        <v>253</v>
+      </c>
+      <c r="U8" t="s">
+        <v>254</v>
+      </c>
+      <c r="V8" t="s">
+        <v>255</v>
+      </c>
+      <c r="W8" t="s">
+        <v>256</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B9" t="s">
-        <v>773</v>
+        <v>257</v>
       </c>
       <c r="C9" t="s">
-        <v>774</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>775</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>776</v>
+        <v>258</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>777</v>
+        <v>259</v>
       </c>
       <c r="H9" t="s">
-        <v>778</v>
+        <v>260</v>
+      </c>
+      <c r="I9" t="s">
+        <v>261</v>
+      </c>
+      <c r="J9" t="s">
+        <v>262</v>
+      </c>
+      <c r="K9" t="s">
+        <v>263</v>
+      </c>
+      <c r="L9" t="s">
+        <v>264</v>
+      </c>
+      <c r="M9" t="s">
+        <v>264</v>
+      </c>
+      <c r="N9" t="s">
+        <v>265</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B10" t="s">
-        <v>779</v>
+        <v>266</v>
       </c>
       <c r="C10" t="s">
-        <v>780</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>781</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>782</v>
+        <v>267</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>783</v>
+        <v>268</v>
       </c>
       <c r="H10" t="s">
-        <v>784</v>
+        <v>269</v>
+      </c>
+      <c r="I10" t="s">
+        <v>270</v>
+      </c>
+      <c r="J10" t="s">
+        <v>271</v>
+      </c>
+      <c r="K10" t="s">
+        <v>272</v>
+      </c>
+      <c r="L10" t="s">
+        <v>273</v>
+      </c>
+      <c r="M10" t="s">
+        <v>274</v>
+      </c>
+      <c r="N10" t="s">
+        <v>275</v>
+      </c>
+      <c r="O10" t="s">
+        <v>276</v>
+      </c>
+      <c r="P10" t="s">
+        <v>277</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>278</v>
+      </c>
+      <c r="R10" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B11" t="s">
-        <v>785</v>
+        <v>280</v>
       </c>
       <c r="C11" t="s">
-        <v>786</v>
+        <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>787</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>788</v>
+        <v>267</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>789</v>
+        <v>281</v>
       </c>
       <c r="H11" t="s">
-        <v>790</v>
+        <v>282</v>
+      </c>
+      <c r="I11" t="s">
+        <v>283</v>
+      </c>
+      <c r="J11" t="s">
+        <v>284</v>
+      </c>
+      <c r="K11" t="s">
+        <v>285</v>
+      </c>
+      <c r="L11" t="s">
+        <v>286</v>
+      </c>
+      <c r="M11" t="s">
+        <v>287</v>
+      </c>
+      <c r="N11" t="s">
+        <v>288</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B12" t="s">
-        <v>791</v>
+        <v>289</v>
       </c>
       <c r="C12" t="s">
-        <v>792</v>
+        <v>15</v>
       </c>
       <c r="D12" t="s">
-        <v>793</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>794</v>
+        <v>267</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>795</v>
+        <v>290</v>
       </c>
       <c r="H12" t="s">
-        <v>796</v>
+        <v>291</v>
+      </c>
+      <c r="I12" t="s">
+        <v>292</v>
+      </c>
+      <c r="J12" t="s">
+        <v>293</v>
+      </c>
+      <c r="K12" t="s">
+        <v>294</v>
+      </c>
+      <c r="L12" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B13" t="s">
-        <v>797</v>
+        <v>296</v>
       </c>
       <c r="C13" t="s">
-        <v>798</v>
+        <v>15</v>
       </c>
       <c r="D13" t="s">
-        <v>793</v>
+        <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>799</v>
+        <v>297</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>800</v>
+        <v>298</v>
       </c>
       <c r="H13" t="s">
-        <v>801</v>
+        <v>299</v>
+      </c>
+      <c r="I13" t="s">
+        <v>283</v>
+      </c>
+      <c r="J13" t="s">
+        <v>300</v>
+      </c>
+      <c r="K13" t="s">
+        <v>301</v>
+      </c>
+      <c r="L13" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B14" t="s">
-        <v>802</v>
+        <v>303</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D14" t="s">
-        <v>803</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>804</v>
+        <v>304</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>805</v>
+        <v>305</v>
       </c>
       <c r="H14" t="s">
-        <v>806</v>
+        <v>306</v>
+      </c>
+      <c r="I14" t="s">
+        <v>307</v>
+      </c>
+      <c r="J14" t="s">
+        <v>308</v>
+      </c>
+      <c r="K14" t="s">
+        <v>309</v>
+      </c>
+      <c r="L14" t="s">
+        <v>310</v>
+      </c>
+      <c r="M14" t="s">
+        <v>311</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B15" t="s">
-        <v>807</v>
+        <v>312</v>
       </c>
       <c r="C15" t="s">
-        <v>808</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
-        <v>809</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>810</v>
+        <v>313</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>811</v>
+        <v>314</v>
       </c>
       <c r="H15" t="s">
-        <v>812</v>
+        <v>315</v>
+      </c>
+      <c r="I15" t="s">
+        <v>316</v>
+      </c>
+      <c r="J15" t="s">
+        <v>262</v>
+      </c>
+      <c r="K15" t="s">
+        <v>317</v>
+      </c>
+      <c r="L15" t="s">
+        <v>318</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B16" t="s">
-        <v>813</v>
+        <v>319</v>
       </c>
       <c r="C16" t="s">
-        <v>814</v>
+        <v>15</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>815</v>
+        <v>320</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>816</v>
+        <v>321</v>
       </c>
       <c r="H16" t="s">
-        <v>817</v>
+        <v>322</v>
+      </c>
+      <c r="I16" t="s">
+        <v>323</v>
+      </c>
+      <c r="J16" t="s">
+        <v>324</v>
+      </c>
+      <c r="K16" t="s">
+        <v>325</v>
+      </c>
+      <c r="L16" t="s">
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B17" t="s">
-        <v>818</v>
+        <v>327</v>
       </c>
       <c r="C17" t="s">
-        <v>819</v>
+        <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>820</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>821</v>
+        <v>328</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>822</v>
+        <v>329</v>
       </c>
       <c r="H17" t="s">
-        <v>823</v>
+        <v>330</v>
+      </c>
+      <c r="I17" t="s">
+        <v>331</v>
+      </c>
+      <c r="J17" t="s">
+        <v>332</v>
+      </c>
+      <c r="K17" t="s">
+        <v>333</v>
+      </c>
+      <c r="L17" t="s">
+        <v>334</v>
+      </c>
+      <c r="M17" t="s">
+        <v>335</v>
+      </c>
+      <c r="N17" t="s">
+        <v>336</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B18" t="s">
-        <v>824</v>
+        <v>337</v>
       </c>
       <c r="C18" t="s">
-        <v>825</v>
+        <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>826</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>827</v>
+        <v>338</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>828</v>
+        <v>339</v>
       </c>
       <c r="H18" t="s">
-        <v>829</v>
+        <v>340</v>
+      </c>
+      <c r="I18" t="s">
+        <v>331</v>
+      </c>
+      <c r="J18" t="s">
+        <v>262</v>
+      </c>
+      <c r="K18" t="s">
+        <v>341</v>
+      </c>
+      <c r="L18" t="s">
+        <v>342</v>
+      </c>
+      <c r="M18" t="s">
+        <v>343</v>
+      </c>
+      <c r="N18" t="s">
+        <v>344</v>
+      </c>
+      <c r="O18" t="s">
+        <v>345</v>
+      </c>
+      <c r="P18" t="s">
+        <v>346</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B19" t="s">
-        <v>830</v>
+        <v>347</v>
       </c>
       <c r="C19" t="s">
-        <v>831</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>832</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>833</v>
+        <v>348</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>834</v>
+        <v>349</v>
       </c>
       <c r="H19" t="s">
-        <v>835</v>
+        <v>350</v>
+      </c>
+      <c r="I19" t="s">
+        <v>351</v>
+      </c>
+      <c r="J19" t="s">
+        <v>352</v>
+      </c>
+      <c r="K19" t="s">
+        <v>353</v>
+      </c>
+      <c r="L19" t="s">
+        <v>354</v>
+      </c>
+      <c r="M19" t="s">
+        <v>355</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B20" t="s">
-        <v>836</v>
+        <v>356</v>
       </c>
       <c r="C20" t="s">
-        <v>837</v>
+        <v>15</v>
       </c>
       <c r="D20" t="s">
-        <v>838</v>
+        <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>839</v>
+        <v>357</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>840</v>
+        <v>358</v>
       </c>
       <c r="H20" t="s">
-        <v>841</v>
+        <v>359</v>
+      </c>
+      <c r="I20" t="s">
+        <v>360</v>
+      </c>
+      <c r="J20" t="s">
+        <v>361</v>
+      </c>
+      <c r="K20" t="s">
+        <v>362</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B21" t="s">
-        <v>842</v>
+        <v>363</v>
       </c>
       <c r="C21" t="s">
-        <v>843</v>
+        <v>15</v>
       </c>
       <c r="D21" t="s">
-        <v>844</v>
+        <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>845</v>
+        <v>364</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>846</v>
+        <v>365</v>
       </c>
       <c r="H21" t="s">
-        <v>847</v>
+        <v>366</v>
+      </c>
+      <c r="I21" t="s">
+        <v>367</v>
+      </c>
+      <c r="J21" t="s">
+        <v>262</v>
+      </c>
+      <c r="K21" t="s">
+        <v>368</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B22" t="s">
-        <v>848</v>
+        <v>369</v>
       </c>
       <c r="C22" t="s">
-        <v>849</v>
+        <v>15</v>
       </c>
       <c r="D22" t="s">
-        <v>850</v>
+        <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>851</v>
+        <v>370</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>852</v>
+        <v>371</v>
       </c>
       <c r="H22" t="s">
-        <v>853</v>
+        <v>372</v>
+      </c>
+      <c r="I22" t="s">
+        <v>373</v>
+      </c>
+      <c r="J22" t="s">
+        <v>374</v>
+      </c>
+      <c r="K22" t="s">
+        <v>375</v>
+      </c>
+      <c r="L22" t="s">
+        <v>376</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B23" t="s">
-        <v>854</v>
+        <v>377</v>
       </c>
       <c r="C23" t="s">
-        <v>855</v>
+        <v>15</v>
       </c>
       <c r="D23" t="s">
-        <v>856</v>
+        <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>857</v>
+        <v>378</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>858</v>
+        <v>379</v>
       </c>
       <c r="H23" t="s">
-        <v>859</v>
+        <v>380</v>
+      </c>
+      <c r="I23" t="s">
+        <v>381</v>
+      </c>
+      <c r="J23" t="s">
+        <v>382</v>
+      </c>
+      <c r="K23" t="s">
+        <v>383</v>
+      </c>
+      <c r="L23" t="s">
+        <v>384</v>
+      </c>
+      <c r="M23" t="s">
+        <v>385</v>
+      </c>
+      <c r="N23" t="s">
+        <v>386</v>
+      </c>
+      <c r="O23" t="s">
+        <v>387</v>
+      </c>
+      <c r="P23" t="s">
+        <v>388</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>389</v>
+      </c>
+      <c r="R23" t="s">
+        <v>390</v>
+      </c>
+      <c r="S23" t="s">
+        <v>391</v>
+      </c>
+      <c r="T23" t="s">
+        <v>392</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B24" t="s">
-        <v>860</v>
+        <v>393</v>
       </c>
       <c r="C24" t="s">
-        <v>861</v>
+        <v>15</v>
       </c>
       <c r="D24" t="s">
-        <v>862</v>
+        <v>15</v>
       </c>
       <c r="E24" t="s">
-        <v>863</v>
+        <v>394</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>864</v>
+        <v>395</v>
       </c>
       <c r="H24" t="s">
-        <v>865</v>
+        <v>396</v>
+      </c>
+      <c r="I24" t="s">
+        <v>397</v>
+      </c>
+      <c r="J24" t="s">
+        <v>222</v>
+      </c>
+      <c r="K24" t="s">
+        <v>398</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>866</v>
+        <v>399</v>
       </c>
       <c r="C25" t="s">
-        <v>867</v>
+        <v>15</v>
       </c>
       <c r="D25" t="s">
-        <v>868</v>
+        <v>15</v>
       </c>
       <c r="E25" t="s">
-        <v>869</v>
+        <v>400</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>870</v>
+        <v>401</v>
       </c>
       <c r="H25" t="s">
-        <v>871</v>
+        <v>402</v>
+      </c>
+      <c r="I25" t="s">
+        <v>403</v>
+      </c>
+      <c r="J25" t="s">
+        <v>404</v>
+      </c>
+      <c r="K25" t="s">
+        <v>405</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>872</v>
+        <v>406</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D26" t="s">
-        <v>873</v>
+        <v>15</v>
       </c>
       <c r="E26" t="s">
-        <v>874</v>
+        <v>407</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>875</v>
+        <v>408</v>
       </c>
       <c r="H26" t="s">
-        <v>876</v>
+        <v>409</v>
+      </c>
+      <c r="I26" t="s">
+        <v>331</v>
+      </c>
+      <c r="J26" t="s">
+        <v>410</v>
+      </c>
+      <c r="K26" t="s">
+        <v>411</v>
+      </c>
+      <c r="L26" t="s">
+        <v>412</v>
+      </c>
+      <c r="M26" t="s">
+        <v>413</v>
+      </c>
+      <c r="N26" t="s">
+        <v>414</v>
+      </c>
+      <c r="O26" t="s">
+        <v>415</v>
+      </c>
+      <c r="P26" t="s">
+        <v>416</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B27" t="s">
-        <v>877</v>
+        <v>417</v>
       </c>
       <c r="C27" t="s">
-        <v>878</v>
+        <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>879</v>
+        <v>15</v>
       </c>
       <c r="E27" t="s">
-        <v>880</v>
+        <v>418</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>881</v>
+        <v>419</v>
       </c>
       <c r="H27" t="s">
-        <v>882</v>
+        <v>420</v>
+      </c>
+      <c r="I27" t="s">
+        <v>421</v>
+      </c>
+      <c r="J27" t="s">
+        <v>422</v>
+      </c>
+      <c r="K27" t="s">
+        <v>423</v>
+      </c>
+      <c r="L27" t="s">
+        <v>424</v>
+      </c>
+      <c r="M27" t="s">
+        <v>425</v>
+      </c>
+      <c r="N27" t="s">
+        <v>426</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B28" t="s">
-        <v>883</v>
+        <v>427</v>
       </c>
       <c r="C28" t="s">
-        <v>884</v>
+        <v>15</v>
       </c>
       <c r="D28" t="s">
-        <v>885</v>
+        <v>15</v>
       </c>
       <c r="E28" t="s">
-        <v>886</v>
+        <v>428</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G28" t="s">
-        <v>887</v>
+        <v>429</v>
       </c>
       <c r="H28" t="s">
-        <v>888</v>
+        <v>430</v>
+      </c>
+      <c r="I28" t="s">
+        <v>431</v>
+      </c>
+      <c r="J28" t="s">
+        <v>432</v>
+      </c>
+      <c r="K28" t="s">
+        <v>433</v>
+      </c>
+      <c r="L28" t="s">
+        <v>434</v>
+      </c>
+      <c r="M28" t="s">
+        <v>435</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B29" t="s">
-        <v>889</v>
+        <v>436</v>
       </c>
       <c r="C29" t="s">
-        <v>890</v>
+        <v>15</v>
       </c>
       <c r="D29" t="s">
-        <v>891</v>
+        <v>15</v>
       </c>
       <c r="E29" t="s">
-        <v>892</v>
+        <v>437</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G29" t="s">
-        <v>893</v>
+        <v>438</v>
       </c>
       <c r="H29" t="s">
-        <v>894</v>
+        <v>439</v>
+      </c>
+      <c r="I29" t="s">
+        <v>440</v>
+      </c>
+      <c r="J29" t="s">
+        <v>441</v>
+      </c>
+      <c r="K29" t="s">
+        <v>442</v>
+      </c>
+      <c r="L29" t="s">
+        <v>443</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B30" t="s">
-        <v>895</v>
+        <v>444</v>
       </c>
       <c r="C30" t="s">
-        <v>896</v>
+        <v>15</v>
       </c>
       <c r="D30" t="s">
-        <v>897</v>
+        <v>15</v>
       </c>
       <c r="E30" t="s">
-        <v>898</v>
+        <v>445</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G30" t="s">
-        <v>899</v>
+        <v>446</v>
       </c>
       <c r="H30" t="s">
-        <v>900</v>
+        <v>447</v>
+      </c>
+      <c r="I30" t="s">
+        <v>448</v>
+      </c>
+      <c r="J30" t="s">
+        <v>449</v>
+      </c>
+      <c r="K30" t="s">
+        <v>450</v>
+      </c>
+      <c r="L30" t="s">
+        <v>451</v>
+      </c>
+      <c r="M30" t="s">
+        <v>452</v>
+      </c>
+      <c r="N30" t="s">
+        <v>453</v>
+      </c>
+      <c r="O30" t="s">
+        <v>454</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B31" t="s">
-        <v>901</v>
+        <v>455</v>
       </c>
       <c r="C31" t="s">
-        <v>902</v>
+        <v>15</v>
       </c>
       <c r="D31" t="s">
-        <v>903</v>
+        <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>904</v>
+        <v>456</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>905</v>
+        <v>457</v>
       </c>
       <c r="H31" t="s">
-        <v>906</v>
+        <v>458</v>
+      </c>
+      <c r="I31" t="s">
+        <v>331</v>
+      </c>
+      <c r="J31" t="s">
+        <v>459</v>
+      </c>
+      <c r="K31" t="s">
+        <v>460</v>
+      </c>
+      <c r="L31" t="s">
+        <v>461</v>
+      </c>
+      <c r="M31" t="s">
+        <v>462</v>
+      </c>
+      <c r="N31" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B32" t="s">
-        <v>907</v>
+        <v>464</v>
       </c>
       <c r="C32" t="s">
-        <v>908</v>
+        <v>15</v>
       </c>
       <c r="D32" t="s">
-        <v>909</v>
+        <v>15</v>
       </c>
       <c r="E32" t="s">
-        <v>910</v>
+        <v>465</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G32" t="s">
-        <v>911</v>
+        <v>466</v>
       </c>
       <c r="H32" t="s">
-        <v>912</v>
+        <v>467</v>
+      </c>
+      <c r="I32" t="s">
+        <v>468</v>
+      </c>
+      <c r="J32" t="s">
+        <v>469</v>
+      </c>
+      <c r="K32" t="s">
+        <v>470</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B33" t="s">
-        <v>913</v>
+        <v>471</v>
       </c>
       <c r="C33" t="s">
-        <v>914</v>
+        <v>15</v>
       </c>
       <c r="D33" t="s">
-        <v>915</v>
+        <v>15</v>
       </c>
       <c r="E33" t="s">
-        <v>916</v>
+        <v>472</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G33" t="s">
-        <v>917</v>
+        <v>473</v>
       </c>
       <c r="H33" t="s">
-        <v>918</v>
+        <v>474</v>
+      </c>
+      <c r="I33" t="s">
+        <v>475</v>
+      </c>
+      <c r="J33" t="s">
+        <v>188</v>
+      </c>
+      <c r="K33" t="s">
+        <v>476</v>
+      </c>
+      <c r="L33" t="s">
+        <v>477</v>
+      </c>
+      <c r="M33" t="s">
+        <v>478</v>
+      </c>
+      <c r="N33" t="s">
+        <v>479</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B34" t="s">
-        <v>919</v>
+        <v>480</v>
       </c>
       <c r="C34" t="s">
-        <v>920</v>
+        <v>15</v>
       </c>
       <c r="D34" t="s">
-        <v>921</v>
+        <v>15</v>
       </c>
       <c r="E34" t="s">
-        <v>922</v>
+        <v>481</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G34" t="s">
-        <v>923</v>
+        <v>482</v>
       </c>
       <c r="H34" t="s">
-        <v>924</v>
+        <v>483</v>
+      </c>
+      <c r="I34" t="s">
+        <v>440</v>
+      </c>
+      <c r="J34" t="s">
+        <v>484</v>
+      </c>
+      <c r="K34" t="s">
+        <v>485</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>925</v>
+        <v>486</v>
       </c>
       <c r="C35" t="s">
-        <v>926</v>
+        <v>15</v>
       </c>
       <c r="D35" t="s">
-        <v>927</v>
+        <v>15</v>
       </c>
       <c r="E35" t="s">
-        <v>928</v>
+        <v>487</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>929</v>
+        <v>488</v>
       </c>
       <c r="H35" t="s">
-        <v>930</v>
+        <v>489</v>
+      </c>
+      <c r="I35" t="s">
+        <v>490</v>
+      </c>
+      <c r="J35" t="s">
+        <v>484</v>
+      </c>
+      <c r="K35" t="s">
+        <v>491</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B36" t="s">
-        <v>931</v>
+        <v>492</v>
       </c>
       <c r="C36" t="s">
-        <v>932</v>
+        <v>15</v>
       </c>
       <c r="D36" t="s">
-        <v>933</v>
+        <v>15</v>
       </c>
       <c r="E36" t="s">
-        <v>934</v>
+        <v>493</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>935</v>
+        <v>494</v>
       </c>
       <c r="H36" t="s">
-        <v>936</v>
+        <v>495</v>
+      </c>
+      <c r="I36" t="s">
+        <v>496</v>
+      </c>
+      <c r="J36" t="s">
+        <v>497</v>
+      </c>
+      <c r="K36" t="s">
+        <v>498</v>
+      </c>
+      <c r="L36" t="s">
+        <v>499</v>
+      </c>
+      <c r="M36" t="s">
+        <v>500</v>
+      </c>
+      <c r="N36" t="s">
+        <v>501</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B37" t="s">
-        <v>937</v>
+        <v>502</v>
       </c>
       <c r="C37" t="s">
-        <v>938</v>
+        <v>15</v>
       </c>
       <c r="D37" t="s">
-        <v>939</v>
+        <v>15</v>
       </c>
       <c r="E37" t="s">
-        <v>939</v>
+        <v>503</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G37" t="s">
-        <v>940</v>
+        <v>504</v>
       </c>
       <c r="H37" t="s">
-        <v>941</v>
+        <v>505</v>
+      </c>
+      <c r="I37" t="s">
+        <v>506</v>
+      </c>
+      <c r="J37" t="s">
+        <v>507</v>
+      </c>
+      <c r="K37" t="s">
+        <v>508</v>
+      </c>
+      <c r="L37" t="s">
+        <v>509</v>
+      </c>
+      <c r="M37" t="s">
+        <v>510</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B38" t="s">
-        <v>942</v>
+        <v>511</v>
       </c>
       <c r="C38" t="s">
-        <v>943</v>
+        <v>15</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E38" t="s">
-        <v>944</v>
+        <v>512</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G38" t="s">
-        <v>945</v>
+        <v>513</v>
       </c>
       <c r="H38" t="s">
-        <v>946</v>
+        <v>514</v>
+      </c>
+      <c r="I38" t="s">
+        <v>515</v>
+      </c>
+      <c r="J38" t="s">
+        <v>516</v>
+      </c>
+      <c r="K38" t="s">
+        <v>517</v>
+      </c>
+      <c r="L38" t="s">
+        <v>518</v>
+      </c>
+      <c r="M38" t="s">
+        <v>519</v>
+      </c>
+      <c r="N38" t="s">
+        <v>520</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B39" t="s">
-        <v>947</v>
+        <v>521</v>
       </c>
       <c r="C39" t="s">
-        <v>948</v>
+        <v>15</v>
       </c>
       <c r="D39" t="s">
-        <v>949</v>
+        <v>15</v>
       </c>
       <c r="E39" t="s">
-        <v>950</v>
+        <v>503</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G39" t="s">
-        <v>951</v>
+        <v>522</v>
       </c>
       <c r="H39" t="s">
-        <v>952</v>
+        <v>523</v>
+      </c>
+      <c r="I39" t="s">
+        <v>524</v>
+      </c>
+      <c r="J39" t="s">
+        <v>525</v>
+      </c>
+      <c r="K39" t="s">
+        <v>526</v>
+      </c>
+      <c r="L39" t="s">
+        <v>527</v>
+      </c>
+      <c r="M39" t="s">
+        <v>528</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B40" t="s">
-        <v>953</v>
+        <v>529</v>
       </c>
       <c r="C40" t="s">
-        <v>954</v>
+        <v>15</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E40" t="s">
-        <v>955</v>
+        <v>530</v>
       </c>
       <c r="F40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>956</v>
+        <v>531</v>
       </c>
       <c r="H40" t="s">
-        <v>957</v>
+        <v>532</v>
+      </c>
+      <c r="I40" t="s">
+        <v>533</v>
+      </c>
+      <c r="J40" t="s">
+        <v>534</v>
+      </c>
+      <c r="K40" t="s">
+        <v>535</v>
+      </c>
+      <c r="L40" t="s">
+        <v>536</v>
+      </c>
+      <c r="M40" t="s">
+        <v>537</v>
+      </c>
+      <c r="N40" t="s">
+        <v>538</v>
+      </c>
+      <c r="O40" t="s">
+        <v>539</v>
+      </c>
+      <c r="P40" t="s">
+        <v>540</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>541</v>
+      </c>
+      <c r="R40" t="s">
+        <v>542</v>
+      </c>
+      <c r="S40" t="s">
+        <v>543</v>
+      </c>
+      <c r="T40" t="s">
+        <v>544</v>
+      </c>
+      <c r="U40" t="s">
+        <v>545</v>
+      </c>
+      <c r="V40" t="s">
+        <v>546</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B41" t="s">
-        <v>958</v>
+        <v>547</v>
       </c>
       <c r="C41" t="s">
-        <v>959</v>
+        <v>15</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E41" t="s">
-        <v>960</v>
+        <v>548</v>
       </c>
       <c r="F41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G41" t="s">
-        <v>961</v>
+        <v>549</v>
       </c>
       <c r="H41" t="s">
-        <v>962</v>
+        <v>550</v>
+      </c>
+      <c r="I41" t="s">
+        <v>551</v>
+      </c>
+      <c r="J41" t="s">
+        <v>534</v>
+      </c>
+      <c r="K41" t="s">
+        <v>552</v>
+      </c>
+      <c r="L41" t="s">
+        <v>553</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B42" t="s">
-        <v>963</v>
+        <v>554</v>
       </c>
       <c r="C42" t="s">
-        <v>964</v>
+        <v>15</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E42" t="s">
-        <v>965</v>
+        <v>555</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G42" t="s">
-        <v>966</v>
+        <v>556</v>
       </c>
       <c r="H42" t="s">
-        <v>967</v>
+        <v>557</v>
+      </c>
+      <c r="I42" t="s">
+        <v>558</v>
+      </c>
+      <c r="J42" t="s">
+        <v>484</v>
+      </c>
+      <c r="K42" t="s">
+        <v>559</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B43" t="s">
-        <v>968</v>
+        <v>560</v>
       </c>
       <c r="C43" t="s">
-        <v>969</v>
+        <v>15</v>
       </c>
       <c r="D43" t="s">
-        <v>970</v>
+        <v>15</v>
       </c>
       <c r="E43" t="s">
-        <v>971</v>
+        <v>561</v>
       </c>
       <c r="F43" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G43" t="s">
-        <v>972</v>
+        <v>562</v>
       </c>
       <c r="H43" t="s">
-        <v>973</v>
+        <v>563</v>
+      </c>
+      <c r="I43" t="s">
+        <v>564</v>
+      </c>
+      <c r="J43" t="s">
+        <v>565</v>
+      </c>
+      <c r="K43" t="s">
+        <v>566</v>
+      </c>
+      <c r="L43" t="s">
+        <v>567</v>
+      </c>
+      <c r="M43" t="s">
+        <v>568</v>
+      </c>
+      <c r="N43" t="s">
+        <v>569</v>
+      </c>
+      <c r="O43" t="s">
+        <v>570</v>
+      </c>
+      <c r="P43" t="s">
+        <v>571</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>572</v>
+      </c>
+      <c r="R43" t="s">
+        <v>573</v>
+      </c>
+      <c r="S43" t="s">
+        <v>574</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B44" t="s">
-        <v>974</v>
+        <v>575</v>
       </c>
       <c r="C44" t="s">
-        <v>975</v>
+        <v>15</v>
       </c>
       <c r="D44" t="s">
-        <v>976</v>
+        <v>15</v>
       </c>
       <c r="E44" t="s">
-        <v>977</v>
+        <v>561</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G44" t="s">
-        <v>978</v>
+        <v>576</v>
       </c>
       <c r="H44" t="s">
-        <v>979</v>
+        <v>577</v>
+      </c>
+      <c r="I44" t="s">
+        <v>578</v>
+      </c>
+      <c r="J44" t="s">
+        <v>432</v>
+      </c>
+      <c r="K44" t="s">
+        <v>579</v>
+      </c>
+      <c r="L44" t="s">
+        <v>580</v>
+      </c>
+      <c r="M44" t="s">
+        <v>581</v>
+      </c>
+      <c r="N44" t="s">
+        <v>582</v>
+      </c>
+      <c r="O44" t="s">
+        <v>583</v>
+      </c>
+      <c r="P44" t="s">
+        <v>584</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>585</v>
+      </c>
+      <c r="R44" t="s">
+        <v>586</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
-        <v>980</v>
+        <v>587</v>
       </c>
       <c r="C45" t="s">
-        <v>981</v>
+        <v>15</v>
       </c>
       <c r="D45" t="s">
-        <v>982</v>
+        <v>15</v>
       </c>
       <c r="E45" t="s">
-        <v>982</v>
+        <v>561</v>
       </c>
       <c r="F45" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G45" t="s">
-        <v>983</v>
+        <v>588</v>
       </c>
       <c r="H45" t="s">
-        <v>984</v>
+        <v>589</v>
+      </c>
+      <c r="I45" t="s">
+        <v>590</v>
+      </c>
+      <c r="J45" t="s">
+        <v>591</v>
+      </c>
+      <c r="K45" t="s">
+        <v>592</v>
+      </c>
+      <c r="L45" t="s">
+        <v>593</v>
+      </c>
+      <c r="M45" t="s">
+        <v>594</v>
+      </c>
+      <c r="N45" t="s">
+        <v>595</v>
+      </c>
+      <c r="O45" t="s">
+        <v>596</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B46" t="s">
-        <v>985</v>
+        <v>597</v>
       </c>
       <c r="C46" t="s">
-        <v>986</v>
+        <v>15</v>
       </c>
       <c r="D46" t="s">
-        <v>987</v>
+        <v>15</v>
       </c>
       <c r="E46" t="s">
-        <v>988</v>
+        <v>598</v>
       </c>
       <c r="F46" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G46" t="s">
-        <v>989</v>
+        <v>599</v>
       </c>
       <c r="H46" t="s">
-        <v>990</v>
+        <v>600</v>
+      </c>
+      <c r="I46" t="s">
+        <v>601</v>
+      </c>
+      <c r="J46" t="s">
+        <v>534</v>
+      </c>
+      <c r="K46" t="s">
+        <v>602</v>
+      </c>
+      <c r="L46" t="s">
+        <v>603</v>
+      </c>
+      <c r="M46" t="s">
+        <v>604</v>
+      </c>
+      <c r="N46" t="s">
+        <v>605</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B47" t="s">
-        <v>991</v>
+        <v>606</v>
       </c>
       <c r="C47" t="s">
-        <v>992</v>
+        <v>15</v>
       </c>
       <c r="D47" t="s">
-        <v>993</v>
+        <v>15</v>
       </c>
       <c r="E47" t="s">
-        <v>994</v>
+        <v>607</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G47" t="s">
-        <v>995</v>
+        <v>608</v>
       </c>
       <c r="H47" t="s">
-        <v>996</v>
+        <v>609</v>
+      </c>
+      <c r="I47" t="s">
+        <v>610</v>
+      </c>
+      <c r="J47" t="s">
+        <v>231</v>
+      </c>
+      <c r="K47" t="s">
+        <v>611</v>
+      </c>
+      <c r="L47" t="s">
+        <v>612</v>
+      </c>
+      <c r="M47" t="s">
+        <v>613</v>
+      </c>
+      <c r="N47" t="s">
+        <v>614</v>
+      </c>
+      <c r="O47" t="s">
+        <v>615</v>
+      </c>
+      <c r="P47" t="s">
+        <v>616</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>617</v>
+      </c>
+      <c r="R47" t="s">
+        <v>618</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B48" t="s">
-        <v>997</v>
+        <v>619</v>
       </c>
       <c r="C48" t="s">
-        <v>998</v>
+        <v>15</v>
       </c>
       <c r="D48" t="s">
-        <v>999</v>
+        <v>15</v>
       </c>
       <c r="E48" t="s">
-        <v>1000</v>
+        <v>620</v>
       </c>
       <c r="F48" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G48" t="s">
-        <v>1001</v>
+        <v>621</v>
       </c>
       <c r="H48" t="s">
-        <v>1002</v>
+        <v>622</v>
+      </c>
+      <c r="I48" t="s">
+        <v>623</v>
+      </c>
+      <c r="J48" t="s">
+        <v>459</v>
+      </c>
+      <c r="K48" t="s">
+        <v>624</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B49" t="s">
-        <v>1003</v>
+        <v>625</v>
       </c>
       <c r="C49" t="s">
-        <v>1004</v>
+        <v>15</v>
       </c>
       <c r="D49" t="s">
-        <v>999</v>
+        <v>15</v>
       </c>
       <c r="E49" t="s">
-        <v>1000</v>
+        <v>626</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G49" t="s">
-        <v>1005</v>
+        <v>627</v>
       </c>
       <c r="H49" t="s">
-        <v>1006</v>
+        <v>628</v>
+      </c>
+      <c r="I49" t="s">
+        <v>629</v>
+      </c>
+      <c r="J49" t="s">
+        <v>630</v>
+      </c>
+      <c r="K49" t="s">
+        <v>631</v>
+      </c>
+      <c r="L49" t="s">
+        <v>632</v>
+      </c>
+      <c r="M49" t="s">
+        <v>633</v>
+      </c>
+      <c r="N49" t="s">
+        <v>634</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B50" t="s">
-        <v>1007</v>
+        <v>635</v>
       </c>
       <c r="C50" t="s">
-        <v>1008</v>
+        <v>15</v>
       </c>
       <c r="D50" t="s">
-        <v>1009</v>
+        <v>15</v>
       </c>
       <c r="E50" t="s">
-        <v>1010</v>
+        <v>636</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G50" t="s">
-        <v>1011</v>
+        <v>637</v>
       </c>
       <c r="H50" t="s">
-        <v>1012</v>
+        <v>638</v>
+      </c>
+      <c r="I50" t="s">
+        <v>639</v>
+      </c>
+      <c r="J50" t="s">
+        <v>525</v>
+      </c>
+      <c r="K50" t="s">
+        <v>640</v>
+      </c>
+      <c r="L50" t="s">
+        <v>641</v>
+      </c>
+      <c r="M50" t="s">
+        <v>642</v>
+      </c>
+      <c r="N50" t="s">
+        <v>643</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B51" t="s">
-        <v>1013</v>
+        <v>644</v>
       </c>
       <c r="C51" t="s">
-        <v>1014</v>
+        <v>15</v>
       </c>
       <c r="D51" t="s">
-        <v>1015</v>
+        <v>15</v>
       </c>
       <c r="E51" t="s">
-        <v>1016</v>
+        <v>645</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G51" t="s">
-        <v>1017</v>
+        <v>646</v>
       </c>
       <c r="H51" t="s">
-        <v>1018</v>
+        <v>647</v>
+      </c>
+      <c r="I51" t="s">
+        <v>648</v>
+      </c>
+      <c r="J51" t="s">
+        <v>525</v>
+      </c>
+      <c r="K51" t="s">
+        <v>649</v>
+      </c>
+      <c r="L51" t="s">
+        <v>650</v>
+      </c>
+      <c r="M51" t="s">
+        <v>651</v>
+      </c>
+      <c r="N51" t="s">
+        <v>652</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B52" t="s">
-        <v>1019</v>
+        <v>653</v>
       </c>
       <c r="C52" t="s">
-        <v>1020</v>
+        <v>15</v>
       </c>
       <c r="D52" t="s">
-        <v>1021</v>
+        <v>15</v>
       </c>
       <c r="E52" t="s">
-        <v>1022</v>
+        <v>654</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G52" t="s">
-        <v>1023</v>
+        <v>655</v>
       </c>
       <c r="H52" t="s">
-        <v>1024</v>
+        <v>656</v>
+      </c>
+      <c r="I52" t="s">
+        <v>657</v>
+      </c>
+      <c r="J52" t="s">
+        <v>658</v>
+      </c>
+      <c r="K52" t="s">
+        <v>659</v>
+      </c>
+      <c r="L52" t="s">
+        <v>660</v>
+      </c>
+      <c r="M52" t="s">
+        <v>661</v>
+      </c>
+      <c r="N52" t="s">
+        <v>662</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B53" t="s">
-        <v>1025</v>
+        <v>663</v>
       </c>
       <c r="C53" t="s">
-        <v>1026</v>
+        <v>15</v>
       </c>
       <c r="D53" t="s">
-        <v>1015</v>
+        <v>15</v>
       </c>
       <c r="E53" t="s">
-        <v>1027</v>
+        <v>664</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G53" t="s">
-        <v>1028</v>
+        <v>665</v>
       </c>
       <c r="H53" t="s">
-        <v>1029</v>
+        <v>666</v>
+      </c>
+      <c r="I53" t="s">
+        <v>667</v>
+      </c>
+      <c r="J53" t="s">
+        <v>668</v>
+      </c>
+      <c r="K53" t="s">
+        <v>669</v>
+      </c>
+      <c r="L53" t="s">
+        <v>670</v>
+      </c>
+      <c r="M53" t="s">
+        <v>671</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B54" t="s">
-        <v>1030</v>
+        <v>672</v>
       </c>
       <c r="C54" t="s">
-        <v>1031</v>
+        <v>15</v>
       </c>
       <c r="D54" t="s">
-        <v>1032</v>
+        <v>15</v>
       </c>
       <c r="E54" t="s">
-        <v>1033</v>
+        <v>673</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G54" t="s">
-        <v>1034</v>
+        <v>674</v>
       </c>
       <c r="H54" t="s">
-        <v>1035</v>
+        <v>675</v>
+      </c>
+      <c r="I54" t="s">
+        <v>676</v>
+      </c>
+      <c r="J54" t="s">
+        <v>525</v>
+      </c>
+      <c r="K54" t="s">
+        <v>677</v>
+      </c>
+      <c r="L54" t="s">
+        <v>678</v>
+      </c>
+      <c r="M54" t="s">
+        <v>679</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B55" t="s">
-        <v>1036</v>
+        <v>680</v>
       </c>
       <c r="C55" t="s">
-        <v>1037</v>
+        <v>15</v>
       </c>
       <c r="D55" t="s">
-        <v>1038</v>
+        <v>15</v>
       </c>
       <c r="E55" t="s">
-        <v>1039</v>
+        <v>681</v>
       </c>
       <c r="F55" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G55" t="s">
-        <v>1040</v>
+        <v>682</v>
       </c>
       <c r="H55" t="s">
-        <v>1041</v>
+        <v>683</v>
+      </c>
+      <c r="I55" t="s">
+        <v>684</v>
+      </c>
+      <c r="J55" t="s">
+        <v>449</v>
+      </c>
+      <c r="K55" t="s">
+        <v>685</v>
+      </c>
+      <c r="L55" t="s">
+        <v>686</v>
+      </c>
+      <c r="M55" t="s">
+        <v>687</v>
+      </c>
+      <c r="N55" t="s">
+        <v>688</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B56" t="s">
-        <v>1042</v>
+        <v>689</v>
       </c>
       <c r="C56" t="s">
-        <v>1043</v>
+        <v>15</v>
       </c>
       <c r="D56" t="s">
-        <v>1044</v>
+        <v>15</v>
       </c>
       <c r="E56" t="s">
-        <v>1045</v>
+        <v>690</v>
       </c>
       <c r="F56" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G56" t="s">
-        <v>1046</v>
+        <v>691</v>
       </c>
       <c r="H56" t="s">
-        <v>1047</v>
+        <v>692</v>
+      </c>
+      <c r="I56" t="s">
+        <v>693</v>
+      </c>
+      <c r="J56" t="s">
+        <v>534</v>
+      </c>
+      <c r="K56" t="s">
+        <v>694</v>
+      </c>
+      <c r="L56" t="s">
+        <v>695</v>
+      </c>
+      <c r="M56" t="s">
+        <v>696</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B57" t="s">
-        <v>1048</v>
+        <v>697</v>
       </c>
       <c r="C57" t="s">
-        <v>1049</v>
+        <v>15</v>
       </c>
       <c r="D57" t="s">
-        <v>1050</v>
+        <v>15</v>
       </c>
       <c r="E57" t="s">
-        <v>1051</v>
+        <v>690</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G57" t="s">
-        <v>1052</v>
+        <v>698</v>
       </c>
       <c r="H57" t="s">
-        <v>1053</v>
+        <v>699</v>
+      </c>
+      <c r="I57" t="s">
+        <v>360</v>
+      </c>
+      <c r="J57" t="s">
+        <v>262</v>
+      </c>
+      <c r="K57" t="s">
+        <v>700</v>
+      </c>
+      <c r="L57" t="s">
+        <v>701</v>
+      </c>
+      <c r="M57" t="s">
+        <v>702</v>
+      </c>
+      <c r="N57" t="s">
+        <v>703</v>
+      </c>
+      <c r="O57" t="s">
+        <v>704</v>
+      </c>
+      <c r="P57" t="s">
+        <v>705</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>706</v>
+      </c>
+      <c r="R57" t="s">
+        <v>707</v>
+      </c>
+      <c r="S57" t="s">
+        <v>708</v>
+      </c>
+      <c r="T57" t="s">
+        <v>709</v>
+      </c>
+      <c r="U57" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B58" t="s">
-        <v>1054</v>
+        <v>711</v>
       </c>
       <c r="C58" t="s">
-        <v>1055</v>
+        <v>15</v>
       </c>
       <c r="D58" t="s">
-        <v>1056</v>
+        <v>15</v>
       </c>
       <c r="E58" t="s">
-        <v>1057</v>
+        <v>712</v>
       </c>
       <c r="F58" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G58" t="s">
-        <v>1058</v>
+        <v>713</v>
       </c>
       <c r="H58" t="s">
-        <v>1059</v>
+        <v>714</v>
+      </c>
+      <c r="I58" t="s">
+        <v>715</v>
+      </c>
+      <c r="J58" t="s">
+        <v>716</v>
+      </c>
+      <c r="K58" t="s">
+        <v>717</v>
+      </c>
+      <c r="L58" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B59" t="s">
-        <v>1060</v>
+        <v>719</v>
       </c>
       <c r="C59" t="s">
-        <v>1061</v>
+        <v>15</v>
       </c>
       <c r="D59" t="s">
-        <v>1062</v>
+        <v>15</v>
       </c>
       <c r="E59" t="s">
-        <v>1063</v>
+        <v>720</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G59" t="s">
-        <v>1064</v>
+        <v>721</v>
       </c>
       <c r="H59" t="s">
-        <v>1065</v>
+        <v>722</v>
+      </c>
+      <c r="I59" t="s">
+        <v>723</v>
+      </c>
+      <c r="J59" t="s">
+        <v>432</v>
+      </c>
+      <c r="K59" t="s">
+        <v>724</v>
+      </c>
+      <c r="L59" t="s">
+        <v>725</v>
+      </c>
+      <c r="M59" t="s">
+        <v>726</v>
+      </c>
+      <c r="N59" t="s">
+        <v>727</v>
+      </c>
+      <c r="O59" t="s">
+        <v>728</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
+        <v>182</v>
+      </c>
+      <c r="B60" t="s">
+        <v>729</v>
+      </c>
+      <c r="C60" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" t="s">
+        <v>730</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
         <v>731</v>
       </c>
-      <c r="B60" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H60" t="s">
-        <v>1071</v>
+        <v>732</v>
+      </c>
+      <c r="I60" t="s">
+        <v>733</v>
+      </c>
+      <c r="J60" t="s">
+        <v>734</v>
+      </c>
+      <c r="K60" t="s">
+        <v>735</v>
+      </c>
+      <c r="L60" t="s">
+        <v>736</v>
+      </c>
+      <c r="M60" t="s">
+        <v>737</v>
+      </c>
+      <c r="N60" t="s">
+        <v>738</v>
+      </c>
+      <c r="O60" t="s">
+        <v>739</v>
+      </c>
+      <c r="P60" t="s">
+        <v>740</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B61" t="s">
-        <v>1072</v>
+        <v>741</v>
       </c>
       <c r="C61" t="s">
-        <v>1073</v>
+        <v>15</v>
       </c>
       <c r="D61" t="s">
-        <v>1074</v>
+        <v>15</v>
       </c>
       <c r="E61" t="s">
-        <v>1075</v>
+        <v>742</v>
       </c>
       <c r="F61" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G61" t="s">
-        <v>1076</v>
+        <v>743</v>
       </c>
       <c r="H61" t="s">
-        <v>1077</v>
+        <v>744</v>
+      </c>
+      <c r="I61" t="s">
+        <v>745</v>
+      </c>
+      <c r="J61" t="s">
+        <v>432</v>
+      </c>
+      <c r="K61" t="s">
+        <v>746</v>
+      </c>
+      <c r="L61" t="s">
+        <v>747</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B62" t="s">
-        <v>1078</v>
+        <v>748</v>
       </c>
       <c r="C62" t="s">
-        <v>1079</v>
+        <v>15</v>
       </c>
       <c r="D62" t="s">
-        <v>1080</v>
+        <v>15</v>
       </c>
       <c r="E62" t="s">
-        <v>1081</v>
+        <v>749</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G62" t="s">
-        <v>1082</v>
+        <v>750</v>
       </c>
       <c r="H62" t="s">
-        <v>1083</v>
+        <v>751</v>
+      </c>
+      <c r="I62" t="s">
+        <v>752</v>
+      </c>
+      <c r="J62" t="s">
+        <v>753</v>
+      </c>
+      <c r="K62" t="s">
+        <v>754</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B63" t="s">
-        <v>1084</v>
+        <v>755</v>
       </c>
       <c r="C63" t="s">
-        <v>1085</v>
+        <v>15</v>
       </c>
       <c r="D63" t="s">
-        <v>1086</v>
+        <v>15</v>
       </c>
       <c r="E63" t="s">
-        <v>1087</v>
+        <v>756</v>
       </c>
       <c r="F63" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G63" t="s">
-        <v>1088</v>
+        <v>757</v>
       </c>
       <c r="H63" t="s">
-        <v>1089</v>
+        <v>758</v>
+      </c>
+      <c r="I63" t="s">
+        <v>759</v>
+      </c>
+      <c r="J63" t="s">
+        <v>760</v>
+      </c>
+      <c r="K63" t="s">
+        <v>761</v>
+      </c>
+      <c r="L63" t="s">
+        <v>762</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B64" t="s">
-        <v>1090</v>
+        <v>763</v>
       </c>
       <c r="C64" t="s">
-        <v>1091</v>
+        <v>15</v>
       </c>
       <c r="D64" t="s">
-        <v>1092</v>
+        <v>15</v>
       </c>
       <c r="E64" t="s">
-        <v>1093</v>
+        <v>764</v>
       </c>
       <c r="F64" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G64" t="s">
-        <v>1094</v>
+        <v>765</v>
       </c>
       <c r="H64" t="s">
-        <v>1095</v>
+        <v>766</v>
+      </c>
+      <c r="I64" t="s">
+        <v>767</v>
+      </c>
+      <c r="J64" t="s">
+        <v>753</v>
+      </c>
+      <c r="K64" t="s">
+        <v>768</v>
+      </c>
+      <c r="L64" t="s">
+        <v>769</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B65" t="s">
-        <v>1096</v>
+        <v>770</v>
       </c>
       <c r="C65" t="s">
-        <v>1097</v>
+        <v>15</v>
       </c>
       <c r="D65" t="s">
-        <v>1098</v>
+        <v>15</v>
       </c>
       <c r="E65" t="s">
-        <v>1099</v>
+        <v>771</v>
       </c>
       <c r="F65" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G65" t="s">
-        <v>1100</v>
+        <v>772</v>
       </c>
       <c r="H65" t="s">
-        <v>1101</v>
+        <v>773</v>
+      </c>
+      <c r="I65" t="s">
+        <v>774</v>
+      </c>
+      <c r="J65" t="s">
+        <v>775</v>
+      </c>
+      <c r="K65" t="s">
+        <v>776</v>
+      </c>
+      <c r="L65" t="s">
+        <v>777</v>
+      </c>
+      <c r="M65" t="s">
+        <v>778</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B66" t="s">
-        <v>1102</v>
+        <v>779</v>
       </c>
       <c r="C66" t="s">
-        <v>1103</v>
+        <v>15</v>
       </c>
       <c r="D66" t="s">
-        <v>1104</v>
+        <v>15</v>
       </c>
       <c r="E66" t="s">
-        <v>1105</v>
+        <v>771</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G66" t="s">
-        <v>1106</v>
+        <v>780</v>
       </c>
       <c r="H66" t="s">
-        <v>1107</v>
+        <v>781</v>
+      </c>
+      <c r="I66" t="s">
+        <v>782</v>
+      </c>
+      <c r="J66" t="s">
+        <v>783</v>
+      </c>
+      <c r="K66" t="s">
+        <v>784</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B67" t="s">
-        <v>1108</v>
+        <v>785</v>
       </c>
       <c r="C67" t="s">
-        <v>1109</v>
+        <v>15</v>
       </c>
       <c r="D67" t="s">
-        <v>1110</v>
+        <v>15</v>
       </c>
       <c r="E67" t="s">
-        <v>1111</v>
+        <v>786</v>
       </c>
       <c r="F67" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G67" t="s">
-        <v>1112</v>
+        <v>787</v>
       </c>
       <c r="H67" t="s">
-        <v>1113</v>
+        <v>788</v>
+      </c>
+      <c r="I67" t="s">
+        <v>789</v>
+      </c>
+      <c r="J67" t="s">
+        <v>222</v>
+      </c>
+      <c r="K67" t="s">
+        <v>790</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B68" t="s">
-        <v>1114</v>
+        <v>791</v>
       </c>
       <c r="C68" t="s">
-        <v>1115</v>
+        <v>15</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E68" t="s">
-        <v>1116</v>
+        <v>792</v>
       </c>
       <c r="F68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G68" t="s">
-        <v>1117</v>
+        <v>793</v>
       </c>
       <c r="H68" t="s">
-        <v>1118</v>
+        <v>794</v>
+      </c>
+      <c r="I68" t="s">
+        <v>795</v>
+      </c>
+      <c r="J68" t="s">
+        <v>796</v>
+      </c>
+      <c r="K68" t="s">
+        <v>797</v>
+      </c>
+      <c r="L68" t="s">
+        <v>798</v>
+      </c>
+      <c r="M68" t="s">
+        <v>799</v>
+      </c>
+      <c r="N68" t="s">
+        <v>800</v>
+      </c>
+      <c r="O68" t="s">
+        <v>801</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B69" t="s">
-        <v>1119</v>
+        <v>802</v>
       </c>
       <c r="C69" t="s">
-        <v>1120</v>
+        <v>15</v>
       </c>
       <c r="D69" t="s">
-        <v>1121</v>
+        <v>15</v>
       </c>
       <c r="E69" t="s">
-        <v>1122</v>
+        <v>803</v>
       </c>
       <c r="F69" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G69" t="s">
-        <v>1123</v>
+        <v>804</v>
       </c>
       <c r="H69" t="s">
-        <v>1124</v>
+        <v>805</v>
+      </c>
+      <c r="I69" t="s">
+        <v>806</v>
+      </c>
+      <c r="J69" t="s">
+        <v>716</v>
+      </c>
+      <c r="K69" t="s">
+        <v>807</v>
+      </c>
+      <c r="L69" t="s">
+        <v>808</v>
+      </c>
+      <c r="M69" t="s">
+        <v>809</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B70" t="s">
-        <v>1125</v>
+        <v>810</v>
       </c>
       <c r="C70" t="s">
-        <v>1126</v>
+        <v>15</v>
       </c>
       <c r="D70" t="s">
-        <v>1127</v>
+        <v>15</v>
       </c>
       <c r="E70" t="s">
-        <v>1128</v>
+        <v>811</v>
       </c>
       <c r="F70" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G70" t="s">
-        <v>1129</v>
+        <v>812</v>
       </c>
       <c r="H70" t="s">
-        <v>1130</v>
+        <v>813</v>
+      </c>
+      <c r="I70" t="s">
+        <v>814</v>
+      </c>
+      <c r="J70" t="s">
+        <v>815</v>
+      </c>
+      <c r="K70" t="s">
+        <v>816</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B71" t="s">
-        <v>1131</v>
+        <v>817</v>
       </c>
       <c r="C71" t="s">
-        <v>1132</v>
+        <v>15</v>
       </c>
       <c r="D71" t="s">
-        <v>1133</v>
+        <v>15</v>
       </c>
       <c r="E71" t="s">
-        <v>1134</v>
+        <v>818</v>
       </c>
       <c r="F71" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G71" t="s">
-        <v>1135</v>
+        <v>819</v>
       </c>
       <c r="H71" t="s">
-        <v>1136</v>
+        <v>820</v>
+      </c>
+      <c r="I71" t="s">
+        <v>821</v>
+      </c>
+      <c r="J71" t="s">
+        <v>822</v>
+      </c>
+      <c r="K71" t="s">
+        <v>823</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B72" t="s">
-        <v>1137</v>
+        <v>824</v>
       </c>
       <c r="C72" t="s">
-        <v>1138</v>
+        <v>15</v>
       </c>
       <c r="D72" t="s">
-        <v>1139</v>
+        <v>15</v>
       </c>
       <c r="E72" t="s">
-        <v>1140</v>
+        <v>825</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G72" t="s">
-        <v>1141</v>
+        <v>826</v>
       </c>
       <c r="H72" t="s">
-        <v>1142</v>
+        <v>827</v>
+      </c>
+      <c r="I72" t="s">
+        <v>828</v>
+      </c>
+      <c r="J72" t="s">
+        <v>829</v>
+      </c>
+      <c r="K72" t="s">
+        <v>830</v>
+      </c>
+      <c r="L72" t="s">
+        <v>831</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B73" t="s">
-        <v>1143</v>
+        <v>832</v>
       </c>
       <c r="C73" t="s">
-        <v>1144</v>
+        <v>15</v>
       </c>
       <c r="D73" t="s">
-        <v>1145</v>
+        <v>15</v>
       </c>
       <c r="E73" t="s">
-        <v>1146</v>
+        <v>833</v>
       </c>
       <c r="F73" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G73" t="s">
-        <v>1147</v>
+        <v>834</v>
       </c>
       <c r="H73" t="s">
-        <v>1148</v>
+        <v>835</v>
+      </c>
+      <c r="I73" t="s">
+        <v>836</v>
+      </c>
+      <c r="J73" t="s">
+        <v>837</v>
+      </c>
+      <c r="K73" t="s">
+        <v>838</v>
+      </c>
+      <c r="L73" t="s">
+        <v>839</v>
+      </c>
+      <c r="M73" t="s">
+        <v>840</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B74" t="s">
-        <v>1149</v>
+        <v>841</v>
       </c>
       <c r="C74" t="s">
-        <v>1150</v>
+        <v>15</v>
       </c>
       <c r="D74" t="s">
-        <v>1151</v>
+        <v>15</v>
       </c>
       <c r="E74" t="s">
-        <v>1152</v>
+        <v>842</v>
       </c>
       <c r="F74" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G74" t="s">
-        <v>1153</v>
+        <v>843</v>
       </c>
       <c r="H74" t="s">
-        <v>1154</v>
+        <v>844</v>
+      </c>
+      <c r="I74" t="s">
+        <v>845</v>
+      </c>
+      <c r="J74" t="s">
+        <v>846</v>
+      </c>
+      <c r="K74" t="s">
+        <v>847</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B75" t="s">
-        <v>1155</v>
+        <v>848</v>
       </c>
       <c r="C75" t="s">
-        <v>1156</v>
+        <v>15</v>
       </c>
       <c r="D75" t="s">
-        <v>1080</v>
+        <v>15</v>
       </c>
       <c r="E75" t="s">
-        <v>1157</v>
+        <v>849</v>
       </c>
       <c r="F75" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G75" t="s">
-        <v>1158</v>
+        <v>850</v>
       </c>
       <c r="H75" t="s">
-        <v>1159</v>
+        <v>851</v>
+      </c>
+      <c r="I75" t="s">
+        <v>187</v>
+      </c>
+      <c r="J75" t="s">
+        <v>852</v>
+      </c>
+      <c r="K75" t="s">
+        <v>853</v>
+      </c>
+      <c r="L75" t="s">
+        <v>854</v>
+      </c>
+      <c r="M75" t="s">
+        <v>855</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>731</v>
+        <v>182</v>
       </c>
       <c r="B76" t="s">
-        <v>1160</v>
+        <v>856</v>
       </c>
       <c r="C76" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E76" t="s">
-        <v>1161</v>
+        <v>857</v>
       </c>
       <c r="F76" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G76" t="s">
-        <v>1162</v>
+        <v>858</v>
       </c>
       <c r="H76" t="s">
-        <v>1163</v>
-[...389 lines deleted...]
-        <v>1249</v>
+        <v>859</v>
+      </c>
+      <c r="I76" t="s">
+        <v>860</v>
+      </c>
+      <c r="J76" t="s">
+        <v>861</v>
+      </c>
+      <c r="K76" t="s">
+        <v>862</v>
+      </c>
+      <c r="L76" t="s">
+        <v>863</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>