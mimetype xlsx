--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -48,51 +48,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
     <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4580" uniqueCount="2947">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4649" uniqueCount="2992">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -125,50 +125,71 @@
   <si>
     <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
   </si>
   <si>
     <t>19/02/2014 00:00:00</t>
   </si>
   <si>
     <t>07/04/2014 15:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>BRAVO</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2025 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700068/fr/bravo</t>
+  </si>
+  <si>
+    <t>p_3700068</t>
+  </si>
+  <si>
+    <t>Capsule de test du reflux gastro-œsophagien</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S (France)</t>
+  </si>
+  <si>
     <t>MICRO INR LINK</t>
   </si>
   <si>
     <t>20/05/2025 00:00:00</t>
   </si>
   <si>
     <t>25/07/2025 14:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635815/fr/micro-inr-link</t>
   </si>
   <si>
     <t>p_3635815</t>
   </si>
   <si>
     <t>Dispositif d’automesure de l’INR</t>
   </si>
   <si>
     <t>ILINE MICROSYSTEMS, S.L (Espagne)</t>
   </si>
   <si>
     <t>SPYSCOPE DS</t>
   </si>
   <si>
     <t>01/07/2025 00:00:00</t>
@@ -584,50 +605,65 @@
   <si>
     <t>ALERE</t>
   </si>
   <si>
     <t>COAGUCHEK XS - 12 juillet 2011 (3528) avis</t>
   </si>
   <si>
     <t>12/07/2011 00:00:00</t>
   </si>
   <si>
     <t>20/12/2011 15:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1060092/fr/coaguchek-xs-12-juillet-2011-3528-avis</t>
   </si>
   <si>
     <t>c_1060092</t>
   </si>
   <si>
     <t>ROCHE DIAGNOSTICS (France)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
     <t>Malformations pulmonaires congénitales de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant avec malformation pulmonaire congénitale. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/06/2021 10:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3272442/fr/malformations-pulmonaires-congenitales-de-l-enfant</t>
   </si>
   <si>
     <t>p_3272442</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN</t>
   </si>
   <si>
     <t>Enquête nationale de pratique réalisée en 2022 auprès des professionnels de santé visant déterminer l’état des pratiques relatives au séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, notamment en matière d’altérations géniques recherchées et d’indications.</t>
   </si>
   <si>
     <t>23/07/2024 00:00:00</t>
@@ -2768,86 +2804,149 @@
   <si>
     <t>29/09/2006 15:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_437005/fr/prise-en-charge-de-l-osteoporose-la-has-publie-une-synthese-a-destination-des-professionnels-de-sante</t>
   </si>
   <si>
     <t>c_437005</t>
   </si>
   <si>
     <t>Évaluation et état des lieux de la tomographie par émission de positons couplée à la tomodensitométrie (TEP-TDM)</t>
   </si>
   <si>
     <t>07/10/2005 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240747/fr/evaluation-et-etat-des-lieux-de-la-tomographie-par-emission-de-positons-couplee-a-la-tomodensitometrie-tep-tdm</t>
   </si>
   <si>
     <t>c_240747</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
+  </si>
+  <si>
+    <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit (SHD) ciblé ; ADN tumoral circulant ; panel de gènes ; biopsie liquide ; génétique ; cancer du poumon ; CBNPC ; altérations moléculaires ; EGFR ; KRAS ; BRAF ; RET ; ALK ; ROS1</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (maladies rares et oncogénétique)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué, pour la première fois, la possibilité de remboursement d’une technologie innovante en biologie médicale : le séquençage haut débit ciblé. Cette primo-évaluation couvre un champ particulièrement large, car de très nombreuses situations cliniques seront considérées. Face aux technologies émergentes comme le séquençage haut débit et très haut débit, il devient essentiel de concilier exigence scientifique et réactivité.</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/11/2025 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704400/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-maladies-rares-et-oncogenetique</t>
+  </si>
+  <si>
+    <t>p_3704400</t>
+  </si>
+  <si>
     <t>Actualisation des indications des tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma (tests IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs d’une infection tuberculeuse latente (ITL) - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Tuberculose ; infection tuberculeuse latente ; tests IGRA ; tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma ; intradermoréaction à la tuberculine ; IDR ; sujet-contact ; migrant ; sujet immunocompétent</t>
   </si>
   <si>
     <t>23/10/2025 00:00:00</t>
   </si>
   <si>
     <t>29/10/2025 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3599453/fr/actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente-itl-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3599453</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
-[...16 lines deleted...]
-  <si>
     <t>Séquençage haut débit ciblé d’un panel d’altérations moléculaires dans la prise en charge du myélome multiple</t>
   </si>
   <si>
     <t>Séquençage Haut Débit ciblé (ou NGS ciblé ou SHD ciblé) ; panel d’altérations moléculaires, génétique somatique des cancers, hémopathie maligne</t>
   </si>
   <si>
     <t>21/10/2025 17:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701474/fr/sequencage-haut-debit-cible-d-un-panel-d-alterations-moleculaires-dans-la-prise-en-charge-du-myelome-multiple</t>
   </si>
   <si>
     <t>p_3701474</t>
   </si>
   <si>
     <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
   </si>
   <si>
     <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
   </si>
   <si>
     <t>17/04/2025 00:00:00</t>
   </si>
   <si>
     <t>06/05/2025 15:05:00</t>
@@ -2888,65 +2987,50 @@
   <si>
     <t>29/07/2025 17:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
   </si>
   <si>
     <t>p_3637474</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
   </si>
   <si>
     <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
   </si>
   <si>
     <t>29/07/2025 17:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3639045</t>
   </si>
   <si>
-    <t>Pertinence de prescrire la vitesse de sédimentation – Reste-t-il des indications à la VS ? - Note de cadrage</t>
-[...13 lines deleted...]
-  <si>
     <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales - Actualisation d'avril 2025</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé (ou NGS ou SHD) ; panel de gènes ; génétique ; tumeur stromale gastro-intestinale ; GIST ; sarcome ; sarcome des tissus mous ; maladie rare ; cancer ; appareil digestif ; tissu conjonctif ; altérations moléculaires ; KIT ; PDGFRA ; NTRK</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>16/05/2025 12:16:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
     <t>Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses – Rapport d'évaluation - Actualisation d'avril 2025</t>
   </si>
   <si>
     <t>Mycoplasme ; Mycoplasma genitalium ; Mycoplasma hominis ; Ureaplasma urealyticum ; Ureaplasma parvum ; infection sexuellement transmissible ; infection génitale basse ; cervicite ; urétrite ; antibiorésistance ; macrolides ; mutations de résistance</t>
   </si>
   <si>
     <t>14/05/2025 09:14:00</t>
@@ -2993,71 +3077,56 @@
   <si>
     <t>Activité des techniques d’amplification des acides nucléiques simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
   </si>
   <si>
     <t>Enquête de pratique sur les techniques d’amplification des acides nucléiques (TAAN) simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
   </si>
   <si>
     <t>24/03/2025 00:00:00</t>
   </si>
   <si>
     <t>24/03/2025 16:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598864/fr/activite-des-techniques-d-amplification-des-acides-nucleiques-simplex-et-multiplex-en-infectiologie-financees-dans-le-cadre-du-rihn</t>
   </si>
   <si>
     <t>p_3598864</t>
   </si>
   <si>
     <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
   </si>
   <si>
-    <t>28/02/2025 08:49:00</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
   </si>
   <si>
     <t>p_3491330</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
-[...10 lines deleted...]
-  <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
   </si>
   <si>
     <t>16/01/2025 00:00:00</t>
   </si>
   <si>
     <t>23/01/2025 16:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
   </si>
   <si>
     <t>p_3585537</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
@@ -3275,68 +3344,50 @@
   <si>
     <t>22/12/2023 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3483189/fr/examens-permettant-l-exploration-des-differents-composants-du-systeme-du-complement</t>
   </si>
   <si>
     <t>p_3483189</t>
   </si>
   <si>
     <t>Actualisation 2023 : utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce</t>
   </si>
   <si>
     <t>Ce travail est une actualisation du précédent rapport d’évaluation de 2019 portant sur l’utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce. Ces tests sont revendiqués comme étant pronostiques et/ou prédictifs de l’efficacité de la chimiothérapie adjuvante (CTA). Dans les deux cas, ils permettraient de sursoir à une CTA inutile en cas de score génomique favorable</t>
   </si>
   <si>
     <t>19/10/2023 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Microscopie confocale par réflectance pour le diagnostic du mélanome cutané – Note de cadrage</t>
-[...16 lines deleted...]
-  <si>
     <t>Évaluation des actes de dosage de la théophylline</t>
   </si>
   <si>
     <t>Evaluation des actes de dosage de la théophylline</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>05/10/2023 08:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466021/fr/evaluation-des-actes-de-dosage-de-la-theophylline</t>
   </si>
   <si>
     <t>p_3466021</t>
   </si>
   <si>
     <t>Évaluation de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l'adulte</t>
   </si>
   <si>
     <t>Evaluation de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l'adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466023/fr/evaluation-de-plusieurs-actes-relatifs-au-depistage-cible-annuel-de-la-maladie-renale-chronique-chez-l-adulte</t>
@@ -5075,74 +5126,137 @@
   <si>
     <t>c_758948</t>
   </si>
   <si>
     <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
   </si>
   <si>
     <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
   </si>
   <si>
     <t>01/12/2008 00:00:00</t>
   </si>
   <si>
     <t>01/12/2008 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
   </si>
   <si>
     <t>c_745452</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
+    <t>Décision n°2025.0262/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome », qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>13/11/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741809/fr/decision-n2025-0262/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3741809</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0057/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, des actes d’imagerie non invasive de seconde ligne, notamment la microscopie confocale in vivo, pour le diagnostic et la cartographie préopératoire du mélanome</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des actes d’imagerie non invasive de seconde ligne, notamment la microscopie confocale in vivo, pour le diagnostic et la cartographie préopératoire du mélanome. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741813/fr/avis-n2025-0057/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-des-actes-d-imagerie-non-invasive-de-seconde-ligne-notamment-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-du-melanome</t>
+  </si>
+  <si>
+    <t>p_3741813</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0055/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:13:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:55:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738201/fr/avis-n2025-0055/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-la-modification-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-mesure-de-la-vitesse-de-sedimentation</t>
+  </si>
+  <si>
+    <t>p_3738201</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0259/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS ? »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738209/fr/decision-n2025-0259/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs</t>
+  </si>
+  <si>
+    <t>p_3738209</t>
+  </si>
+  <si>
     <t>Avis n°2025.0050/AC/SEAP du 23 octobre 2025 du collège de la Haute  Autorité de santé relatif à la modification des conditions d’inscription sur la  liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la  sécurité sociale, de l’acte intitulé « Test de détection de la production  d’interféron gamma (IGRA) »</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification des conditions d’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte intitulé « Test de détection de la production d’interféron gamma (IGRA) ». Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
   </si>
   <si>
     <t>23/10/2025 15:22:00</t>
   </si>
   <si>
     <t>29/10/2025 16:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3703097/fr/avis-n2025-0050/ac/seap-du-23-octobre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-la-modification-des-conditions-d-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-intitule-test-de-detection-de-la-production-d-interferon-gamma-igra</t>
   </si>
   <si>
     <t>p_3703097</t>
   </si>
   <si>
     <t>Décision n° 2025.0252/DC/SEAP du 23 octobre 2025 du collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique  intitulé « Actualisation des indications des tests de détection de l’infection  tuberculeuse latente par mesure de la production d’interféron gamma (tests  IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs  d’une infection tuberculeuse latente »</t>
   </si>
   <si>
-    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
-[...1 lines deleted...]
-  <si>
     <t>23/10/2025 15:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3703102/fr/decision-n-2025-0252/dc/seap-du-23-octobre-2025-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-rapport-d-evaluation-technologique-intitule-actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente</t>
   </si>
   <si>
     <t>p_3703102</t>
   </si>
   <si>
     <t>Avis n°2025.0032/AC/SEAP du 17 juillet 2025 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
   </si>
   <si>
     <t>17/07/2025 10:59:00</t>
   </si>
   <si>
     <t>29/07/2025 17:07:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639050/fr/avis-n2025-0032/ac/seap-du-17-juillet-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes</t>
   </si>
   <si>
     <t>p_3639050</t>
@@ -6182,50 +6296,125 @@
   <si>
     <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Haute Normandie a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice, pour la réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins.</t>
   </si>
   <si>
     <t>12/07/2011 16:00:00</t>
   </si>
   <si>
     <t>11/08/2011 10:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1084155/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-d-echographies-par-les-manipulateurs-d-electroradiologie-validee-par-des-medecins</t>
   </si>
   <si>
     <t>c_1084155</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>TUBERCULINE PPD RT 23 AJV (tuberculine)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:14:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730135/fr/tuberculine-ppd-rt-23-ajv-tuberculine</t>
+  </si>
+  <si>
+    <t>p_3730135</t>
+  </si>
+  <si>
+    <t>tuberculine</t>
+  </si>
+  <si>
+    <t>IMAXIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704521/fr/tuberculine-ppd-rt-23-ajv-tuberculine-intradermoreaction-a-la-tuberculine-test-de-mantoux</t>
+  </si>
+  <si>
+    <t>GADOVIST (gadobutrol)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:30:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983118/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>pprd_2983118</t>
+  </si>
+  <si>
+    <t>gadobutrol</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474325/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539510/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642516/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024753/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298556/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717941/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038857/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656319/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869901/fr/gadovist-gadobutrol-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869907/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500935/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704143/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
     <t>PROHANCE (gadotéridol)</t>
   </si>
   <si>
     <t>07/08/2025 11:01:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983119/fr/prohance-gadoteridol</t>
   </si>
   <si>
     <t>pprd_2983119</t>
   </si>
   <si>
     <t>gadotéridol</t>
   </si>
   <si>
     <t>BRACCO IMAGING FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400129/fr/prohance-2793-mg/10-ml-4189-5-mg/15-ml-et-4748-1-mg/17-ml-gadoteridol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_893643/fr/prohance-gadoteridol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2018882/fr/prohance-gadoteridol</t>
@@ -6239,53 +6428,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264401/fr/prohance-gadoteridol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3454355/fr/prohance-gadoteridol-produit-de-contraste-en-irm</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639634/fr/prohance-gadoteridol-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
   </si>
   <si>
     <t>PRIMOVIST (acide gadoxétique)</t>
   </si>
   <si>
     <t>16/07/2025 16:46:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225192/fr/primovist-acide-gadoxetique</t>
   </si>
   <si>
     <t>p_3225192</t>
   </si>
   <si>
     <t>acide gadoxétique</t>
   </si>
   <si>
-    <t>BAYER HEALTHCARE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3224949/fr/primovist-acide-gadoxetique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635767/fr/primovist-acide-gadoxetique-produit-de-contraste</t>
   </si>
   <si>
     <t>ELUCIREM (gadopiclénol)</t>
   </si>
   <si>
     <t>31/10/2024 16:10:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554678/fr/elucirem-gadopiclenol</t>
   </si>
   <si>
     <t>p_3554678</t>
   </si>
   <si>
     <t>gadopiclénol</t>
   </si>
   <si>
     <t>GUERBET FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554605/fr/elucirem-gadopiclenol-diagnostic</t>
@@ -6429,101 +6615,50 @@
     <t>https://www.has-sante.fr/jcms/p_3474603/fr/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498744/fr/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>LUNCA (chlorure de lutétium (177Lu))</t>
   </si>
   <si>
     <t>21/05/2024 17:56:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3518427/fr/lunca-chlorure-de-lutetium-177lu</t>
   </si>
   <si>
     <t>p_3518427</t>
   </si>
   <si>
     <t>chlorure de lutétium (177Lu)</t>
   </si>
   <si>
     <t>MONROL EUROPE SRL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3518264/fr/lunca-chlorure-de-lutetium-177lu-precurseur-radiopharmaceutique</t>
-  </si>
-[...49 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3704143/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
   </si>
   <si>
     <t>RADELUMIN ((18F) PSMA-1007)</t>
   </si>
   <si>
     <t>05/03/2024 17:32:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337468/fr/radelumin-18f-psma-1007</t>
   </si>
   <si>
     <t>p_3337468</t>
   </si>
   <si>
     <t>(18F) PSMA-1007</t>
   </si>
   <si>
     <t>ABX GMBH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337433/fr/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3352203/fr/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
   </si>
@@ -9039,11832 +9174,11997 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B2" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="C2" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>593</v>
+        <v>605</v>
       </c>
       <c r="H2" t="s">
-        <v>594</v>
+        <v>606</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B3" t="s">
-        <v>595</v>
+        <v>607</v>
       </c>
       <c r="C3" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="H3" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B4" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
       <c r="C4" t="s">
-        <v>601</v>
+        <v>613</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>602</v>
+        <v>614</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>603</v>
+        <v>615</v>
       </c>
       <c r="H4" t="s">
-        <v>604</v>
+        <v>616</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B5" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
       <c r="C5" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>607</v>
+        <v>619</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>608</v>
+        <v>620</v>
       </c>
       <c r="H5" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B6" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
       <c r="C6" t="s">
-        <v>611</v>
+        <v>623</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>612</v>
+        <v>624</v>
       </c>
       <c r="H6" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B7" t="s">
-        <v>614</v>
+        <v>626</v>
       </c>
       <c r="C7" t="s">
-        <v>615</v>
+        <v>627</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>616</v>
+        <v>628</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>617</v>
+        <v>629</v>
       </c>
       <c r="H7" t="s">
-        <v>618</v>
+        <v>630</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B8" t="s">
-        <v>619</v>
+        <v>631</v>
       </c>
       <c r="C8" t="s">
-        <v>620</v>
+        <v>632</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>621</v>
+        <v>633</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>622</v>
+        <v>634</v>
       </c>
       <c r="H8" t="s">
-        <v>623</v>
+        <v>635</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B9" t="s">
-        <v>624</v>
+        <v>636</v>
       </c>
       <c r="C9" t="s">
-        <v>625</v>
+        <v>637</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>626</v>
+        <v>638</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>627</v>
+        <v>639</v>
       </c>
       <c r="H9" t="s">
-        <v>628</v>
+        <v>640</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B10" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="C10" t="s">
-        <v>630</v>
+        <v>642</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>631</v>
+        <v>643</v>
       </c>
       <c r="H10" t="s">
-        <v>632</v>
+        <v>644</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B11" t="s">
-        <v>633</v>
+        <v>645</v>
       </c>
       <c r="C11" t="s">
-        <v>634</v>
+        <v>646</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>636</v>
+        <v>648</v>
       </c>
       <c r="H11" t="s">
-        <v>637</v>
+        <v>649</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B12" t="s">
-        <v>638</v>
+        <v>650</v>
       </c>
       <c r="C12" t="s">
-        <v>639</v>
+        <v>651</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>640</v>
+        <v>652</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>641</v>
+        <v>653</v>
       </c>
       <c r="H12" t="s">
-        <v>642</v>
+        <v>654</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B13" t="s">
-        <v>643</v>
+        <v>655</v>
       </c>
       <c r="C13" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>645</v>
+        <v>657</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>646</v>
+        <v>658</v>
       </c>
       <c r="H13" t="s">
-        <v>647</v>
+        <v>659</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B14" t="s">
-        <v>648</v>
+        <v>660</v>
       </c>
       <c r="C14" t="s">
-        <v>649</v>
+        <v>661</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>650</v>
+        <v>662</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>651</v>
+        <v>663</v>
       </c>
       <c r="H14" t="s">
-        <v>652</v>
+        <v>664</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B15" t="s">
-        <v>653</v>
+        <v>665</v>
       </c>
       <c r="C15" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="H15" t="s">
-        <v>657</v>
+        <v>669</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B16" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
       <c r="C16" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="H16" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B17" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
       <c r="C17" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="H17" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B18" t="s">
-        <v>667</v>
+        <v>679</v>
       </c>
       <c r="C18" t="s">
-        <v>668</v>
+        <v>680</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>669</v>
+        <v>681</v>
       </c>
       <c r="H18" t="s">
-        <v>670</v>
+        <v>682</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B19" t="s">
-        <v>671</v>
+        <v>683</v>
       </c>
       <c r="C19" t="s">
-        <v>672</v>
+        <v>684</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>673</v>
+        <v>685</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
       <c r="H19" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B20" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
       <c r="C20" t="s">
-        <v>677</v>
+        <v>689</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>678</v>
+        <v>690</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>679</v>
+        <v>691</v>
       </c>
       <c r="H20" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B21" t="s">
-        <v>681</v>
+        <v>693</v>
       </c>
       <c r="C21" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>684</v>
+        <v>696</v>
       </c>
       <c r="H21" t="s">
-        <v>685</v>
+        <v>697</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B22" t="s">
-        <v>686</v>
+        <v>698</v>
       </c>
       <c r="C22" t="s">
-        <v>687</v>
+        <v>699</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
       <c r="H22" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B23" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
       <c r="C23" t="s">
-        <v>692</v>
+        <v>704</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>693</v>
+        <v>705</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>694</v>
+        <v>706</v>
       </c>
       <c r="H23" t="s">
-        <v>695</v>
+        <v>707</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B24" t="s">
-        <v>696</v>
+        <v>708</v>
       </c>
       <c r="C24" t="s">
-        <v>697</v>
+        <v>709</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>699</v>
+        <v>711</v>
       </c>
       <c r="H24" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B25" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="C25" t="s">
-        <v>702</v>
+        <v>714</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>704</v>
+        <v>716</v>
       </c>
       <c r="H25" t="s">
-        <v>705</v>
+        <v>717</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B26" t="s">
-        <v>706</v>
+        <v>718</v>
       </c>
       <c r="C26" t="s">
-        <v>707</v>
+        <v>719</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="H26" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B27" t="s">
-        <v>710</v>
+        <v>722</v>
       </c>
       <c r="C27" t="s">
-        <v>711</v>
+        <v>723</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>712</v>
+        <v>724</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>713</v>
+        <v>725</v>
       </c>
       <c r="H27" t="s">
-        <v>714</v>
+        <v>726</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B28" t="s">
-        <v>715</v>
+        <v>727</v>
       </c>
       <c r="C28" t="s">
-        <v>716</v>
+        <v>728</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>717</v>
+        <v>729</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>718</v>
+        <v>730</v>
       </c>
       <c r="H28" t="s">
-        <v>719</v>
+        <v>731</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B29" t="s">
-        <v>720</v>
+        <v>732</v>
       </c>
       <c r="C29" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>722</v>
+        <v>734</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>723</v>
+        <v>735</v>
       </c>
       <c r="H29" t="s">
-        <v>724</v>
+        <v>736</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B30" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
       <c r="C30" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>728</v>
+        <v>740</v>
       </c>
       <c r="H30" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B31" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="C31" t="s">
-        <v>731</v>
+        <v>743</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>732</v>
+        <v>744</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>733</v>
+        <v>745</v>
       </c>
       <c r="H31" t="s">
-        <v>734</v>
+        <v>746</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B32" t="s">
-        <v>735</v>
+        <v>747</v>
       </c>
       <c r="C32" t="s">
-        <v>736</v>
+        <v>748</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>738</v>
+        <v>750</v>
       </c>
       <c r="H32" t="s">
-        <v>739</v>
+        <v>751</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B33" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="C33" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>743</v>
+        <v>755</v>
       </c>
       <c r="H33" t="s">
-        <v>744</v>
+        <v>756</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B34" t="s">
-        <v>745</v>
+        <v>757</v>
       </c>
       <c r="C34" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>747</v>
+        <v>759</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="H34" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B35" t="s">
-        <v>750</v>
+        <v>762</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>751</v>
+        <v>763</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
       <c r="H35" t="s">
-        <v>753</v>
+        <v>765</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B36" t="s">
-        <v>754</v>
+        <v>766</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>755</v>
+        <v>767</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>756</v>
+        <v>768</v>
       </c>
       <c r="H36" t="s">
-        <v>757</v>
+        <v>769</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B37" t="s">
-        <v>758</v>
+        <v>770</v>
       </c>
       <c r="C37" t="s">
-        <v>759</v>
+        <v>771</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>760</v>
+        <v>772</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>761</v>
+        <v>773</v>
       </c>
       <c r="H37" t="s">
-        <v>762</v>
+        <v>774</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B38" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="C38" t="s">
-        <v>764</v>
+        <v>776</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>766</v>
+        <v>778</v>
       </c>
       <c r="H38" t="s">
-        <v>767</v>
+        <v>779</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B39" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="C39" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
       <c r="H39" t="s">
-        <v>771</v>
+        <v>783</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B40" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="C40" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>493</v>
+        <v>505</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>774</v>
+        <v>786</v>
       </c>
       <c r="H40" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B41" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="C41" t="s">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>778</v>
+        <v>790</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
       <c r="H41" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B42" t="s">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="C42" t="s">
-        <v>782</v>
+        <v>794</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>783</v>
+        <v>795</v>
       </c>
       <c r="H42" t="s">
-        <v>784</v>
+        <v>796</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B43" t="s">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="C43" t="s">
-        <v>786</v>
+        <v>798</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>19</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>787</v>
+        <v>799</v>
       </c>
       <c r="H43" t="s">
-        <v>788</v>
+        <v>800</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B44" t="s">
-        <v>789</v>
+        <v>801</v>
       </c>
       <c r="C44" t="s">
-        <v>790</v>
+        <v>802</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>791</v>
+        <v>803</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>792</v>
+        <v>804</v>
       </c>
       <c r="H44" t="s">
-        <v>793</v>
+        <v>805</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B45" t="s">
-        <v>794</v>
+        <v>806</v>
       </c>
       <c r="C45" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>796</v>
+        <v>808</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>797</v>
+        <v>809</v>
       </c>
       <c r="H45" t="s">
-        <v>798</v>
+        <v>810</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B46" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="C46" t="s">
-        <v>800</v>
+        <v>812</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="H46" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B47" t="s">
-        <v>804</v>
+        <v>816</v>
       </c>
       <c r="C47" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>806</v>
+        <v>818</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
       <c r="H47" t="s">
-        <v>808</v>
+        <v>820</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B48" t="s">
-        <v>809</v>
+        <v>821</v>
       </c>
       <c r="C48" t="s">
-        <v>810</v>
+        <v>822</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="H48" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B49" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
       <c r="C49" t="s">
-        <v>814</v>
+        <v>826</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="H49" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B50" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="C50" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="H50" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B51" t="s">
-        <v>823</v>
+        <v>835</v>
       </c>
       <c r="C51" t="s">
-        <v>824</v>
+        <v>836</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>825</v>
+        <v>837</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>826</v>
+        <v>838</v>
       </c>
       <c r="H51" t="s">
-        <v>827</v>
+        <v>839</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B52" t="s">
-        <v>828</v>
+        <v>840</v>
       </c>
       <c r="C52" t="s">
-        <v>829</v>
+        <v>841</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>831</v>
+        <v>843</v>
       </c>
       <c r="H52" t="s">
-        <v>832</v>
+        <v>844</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B53" t="s">
-        <v>833</v>
+        <v>845</v>
       </c>
       <c r="C53" t="s">
-        <v>834</v>
+        <v>846</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>835</v>
+        <v>847</v>
       </c>
       <c r="H53" t="s">
-        <v>836</v>
+        <v>848</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B54" t="s">
-        <v>837</v>
+        <v>849</v>
       </c>
       <c r="C54" t="s">
-        <v>838</v>
+        <v>850</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>839</v>
+        <v>851</v>
       </c>
       <c r="H54" t="s">
-        <v>840</v>
+        <v>852</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B55" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="C55" t="s">
-        <v>842</v>
+        <v>854</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>843</v>
+        <v>855</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>844</v>
+        <v>856</v>
       </c>
       <c r="H55" t="s">
-        <v>845</v>
+        <v>857</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B56" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
       <c r="C56" t="s">
-        <v>847</v>
+        <v>859</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>848</v>
+        <v>860</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>849</v>
+        <v>861</v>
       </c>
       <c r="H56" t="s">
-        <v>850</v>
+        <v>862</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B57" t="s">
-        <v>851</v>
+        <v>863</v>
       </c>
       <c r="C57" t="s">
-        <v>852</v>
+        <v>864</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>854</v>
+        <v>866</v>
       </c>
       <c r="H57" t="s">
-        <v>855</v>
+        <v>867</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B58" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
       <c r="C58" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="H58" t="s">
-        <v>860</v>
+        <v>872</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B59" t="s">
-        <v>861</v>
+        <v>873</v>
       </c>
       <c r="C59" t="s">
-        <v>862</v>
+        <v>874</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>863</v>
+        <v>875</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>864</v>
+        <v>876</v>
       </c>
       <c r="H59" t="s">
-        <v>865</v>
+        <v>877</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B60" t="s">
-        <v>866</v>
+        <v>878</v>
       </c>
       <c r="C60" t="s">
-        <v>867</v>
+        <v>879</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>868</v>
+        <v>880</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>869</v>
+        <v>881</v>
       </c>
       <c r="H60" t="s">
-        <v>870</v>
+        <v>882</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B61" t="s">
-        <v>871</v>
+        <v>883</v>
       </c>
       <c r="C61" t="s">
-        <v>872</v>
+        <v>884</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>873</v>
+        <v>885</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>874</v>
+        <v>886</v>
       </c>
       <c r="H61" t="s">
-        <v>875</v>
+        <v>887</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B62" t="s">
-        <v>876</v>
+        <v>888</v>
       </c>
       <c r="C62" t="s">
-        <v>877</v>
+        <v>889</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>878</v>
+        <v>890</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>879</v>
+        <v>891</v>
       </c>
       <c r="H62" t="s">
-        <v>880</v>
+        <v>892</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B63" t="s">
-        <v>881</v>
+        <v>893</v>
       </c>
       <c r="C63" t="s">
-        <v>882</v>
+        <v>894</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>883</v>
+        <v>895</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>884</v>
+        <v>896</v>
       </c>
       <c r="H63" t="s">
-        <v>885</v>
+        <v>897</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B64" t="s">
-        <v>886</v>
+        <v>898</v>
       </c>
       <c r="C64" t="s">
-        <v>887</v>
+        <v>899</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>888</v>
+        <v>900</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>889</v>
+        <v>901</v>
       </c>
       <c r="H64" t="s">
-        <v>890</v>
+        <v>902</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B65" t="s">
-        <v>891</v>
+        <v>903</v>
       </c>
       <c r="C65" t="s">
-        <v>892</v>
+        <v>904</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>893</v>
+        <v>905</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>894</v>
+        <v>906</v>
       </c>
       <c r="H65" t="s">
-        <v>895</v>
+        <v>907</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B66" t="s">
-        <v>896</v>
+        <v>908</v>
       </c>
       <c r="C66" t="s">
-        <v>897</v>
+        <v>909</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>898</v>
+        <v>910</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>899</v>
+        <v>911</v>
       </c>
       <c r="H66" t="s">
-        <v>900</v>
+        <v>912</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="B67" t="s">
-        <v>901</v>
+        <v>913</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>902</v>
+        <v>914</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>903</v>
+        <v>915</v>
       </c>
       <c r="H67" t="s">
-        <v>904</v>
+        <v>916</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H138"/>
+  <dimension ref="A1:H139"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B2" t="s">
-        <v>906</v>
+        <v>918</v>
       </c>
       <c r="C2" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="D2" t="s">
-        <v>908</v>
+        <v>429</v>
       </c>
       <c r="E2" t="s">
-        <v>909</v>
+        <v>920</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>910</v>
+        <v>921</v>
       </c>
       <c r="H2" t="s">
-        <v>911</v>
+        <v>922</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B3" t="s">
-        <v>912</v>
+        <v>923</v>
       </c>
       <c r="C3" t="s">
-        <v>913</v>
+        <v>924</v>
       </c>
       <c r="D3" t="s">
-        <v>914</v>
+        <v>925</v>
       </c>
       <c r="E3" t="s">
-        <v>915</v>
+        <v>926</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
       <c r="H3" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B4" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="C4" t="s">
-        <v>919</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>914</v>
+        <v>925</v>
       </c>
       <c r="E4" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
       <c r="H4" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B5" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="C5" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="D5" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="E5" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="H5" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B6" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="C6" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="D6" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="E6" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>933</v>
+        <v>943</v>
       </c>
       <c r="H6" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B7" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="C7" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="D7" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="E7" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="H7" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B8" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="C8" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="D8" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="E8" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="H8" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B9" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>957</v>
       </c>
       <c r="D9" t="s">
-        <v>947</v>
+        <v>958</v>
       </c>
       <c r="E9" t="s">
-        <v>948</v>
+        <v>959</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>949</v>
+        <v>960</v>
       </c>
       <c r="H9" t="s">
-        <v>950</v>
+        <v>961</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B10" t="s">
-        <v>951</v>
+        <v>962</v>
       </c>
       <c r="C10" t="s">
-        <v>952</v>
+        <v>963</v>
       </c>
       <c r="D10" t="s">
-        <v>953</v>
+        <v>964</v>
       </c>
       <c r="E10" t="s">
-        <v>954</v>
+        <v>965</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>955</v>
+        <v>966</v>
       </c>
       <c r="H10" t="s">
-        <v>956</v>
+        <v>967</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B11" t="s">
-        <v>957</v>
+        <v>968</v>
       </c>
       <c r="C11" t="s">
-        <v>958</v>
+        <v>969</v>
       </c>
       <c r="D11" t="s">
-        <v>411</v>
+        <v>970</v>
       </c>
       <c r="E11" t="s">
-        <v>959</v>
+        <v>971</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>960</v>
+        <v>972</v>
       </c>
       <c r="H11" t="s">
-        <v>961</v>
+        <v>973</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B12" t="s">
-        <v>962</v>
+        <v>974</v>
       </c>
       <c r="C12" t="s">
-        <v>963</v>
+        <v>975</v>
       </c>
       <c r="D12" t="s">
-        <v>925</v>
+        <v>970</v>
       </c>
       <c r="E12" t="s">
-        <v>964</v>
+        <v>976</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>965</v>
+        <v>977</v>
       </c>
       <c r="H12" t="s">
-        <v>966</v>
+        <v>978</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B13" t="s">
-        <v>967</v>
+        <v>979</v>
       </c>
       <c r="C13" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="D13" t="s">
-        <v>969</v>
+        <v>981</v>
       </c>
       <c r="E13" t="s">
-        <v>970</v>
+        <v>982</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>971</v>
+        <v>983</v>
       </c>
       <c r="H13" t="s">
-        <v>972</v>
+        <v>984</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B14" t="s">
-        <v>973</v>
+        <v>985</v>
       </c>
       <c r="C14" t="s">
-        <v>974</v>
+        <v>986</v>
       </c>
       <c r="D14" t="s">
-        <v>975</v>
+        <v>423</v>
       </c>
       <c r="E14" t="s">
-        <v>976</v>
+        <v>987</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>977</v>
+        <v>988</v>
       </c>
       <c r="H14" t="s">
-        <v>978</v>
+        <v>989</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B15" t="s">
-        <v>979</v>
+        <v>990</v>
       </c>
       <c r="C15" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="D15" t="s">
-        <v>417</v>
+        <v>958</v>
       </c>
       <c r="E15" t="s">
-        <v>981</v>
+        <v>992</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>982</v>
+        <v>993</v>
       </c>
       <c r="H15" t="s">
-        <v>983</v>
+        <v>994</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B16" t="s">
-        <v>984</v>
+        <v>995</v>
       </c>
       <c r="C16" t="s">
-        <v>985</v>
+        <v>996</v>
       </c>
       <c r="D16" t="s">
-        <v>417</v>
+        <v>997</v>
       </c>
       <c r="E16" t="s">
-        <v>981</v>
+        <v>998</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
       <c r="H16" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B17" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
       <c r="C17" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="D17" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="E17" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
       <c r="H17" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B18" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
       <c r="C18" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="D18" t="s">
-        <v>996</v>
+        <v>429</v>
       </c>
       <c r="E18" t="s">
-        <v>997</v>
+        <v>920</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>998</v>
+        <v>1009</v>
       </c>
       <c r="H18" t="s">
-        <v>999</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B19" t="s">
-        <v>1000</v>
+        <v>1011</v>
       </c>
       <c r="C19" t="s">
-        <v>1001</v>
+        <v>1012</v>
       </c>
       <c r="D19" t="s">
-        <v>1002</v>
+        <v>1013</v>
       </c>
       <c r="E19" t="s">
-        <v>1003</v>
+        <v>1014</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="H19" t="s">
-        <v>1005</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B20" t="s">
-        <v>1006</v>
+        <v>1017</v>
       </c>
       <c r="C20" t="s">
-        <v>1007</v>
+        <v>1018</v>
       </c>
       <c r="D20" t="s">
-        <v>1008</v>
+        <v>1019</v>
       </c>
       <c r="E20" t="s">
-        <v>1009</v>
+        <v>1020</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1010</v>
+        <v>1021</v>
       </c>
       <c r="H20" t="s">
-        <v>1011</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B21" t="s">
-        <v>1012</v>
+        <v>1023</v>
       </c>
       <c r="C21" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="D21" t="s">
-        <v>931</v>
+        <v>1025</v>
       </c>
       <c r="E21" t="s">
-        <v>1014</v>
+        <v>1026</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="H21" t="s">
-        <v>1016</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B22" t="s">
-        <v>1017</v>
+        <v>1029</v>
       </c>
       <c r="C22" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="D22" t="s">
-        <v>1019</v>
+        <v>1031</v>
       </c>
       <c r="E22" t="s">
-        <v>1020</v>
+        <v>1032</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1021</v>
+        <v>1033</v>
       </c>
       <c r="H22" t="s">
-        <v>1022</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B23" t="s">
-        <v>1023</v>
+        <v>1035</v>
       </c>
       <c r="C23" t="s">
-        <v>1024</v>
+        <v>1036</v>
       </c>
       <c r="D23" t="s">
-        <v>1025</v>
+        <v>964</v>
       </c>
       <c r="E23" t="s">
-        <v>187</v>
+        <v>1037</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1026</v>
+        <v>1038</v>
       </c>
       <c r="H23" t="s">
-        <v>1027</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B24" t="s">
-        <v>1028</v>
+        <v>1040</v>
       </c>
       <c r="C24" t="s">
-        <v>1029</v>
+        <v>1041</v>
       </c>
       <c r="D24" t="s">
-        <v>1025</v>
+        <v>1042</v>
       </c>
       <c r="E24" t="s">
-        <v>187</v>
+        <v>1043</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1030</v>
+        <v>1044</v>
       </c>
       <c r="H24" t="s">
-        <v>1031</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B25" t="s">
-        <v>1032</v>
+        <v>1046</v>
       </c>
       <c r="C25" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="D25" t="s">
-        <v>1034</v>
+        <v>1048</v>
       </c>
       <c r="E25" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1035</v>
+        <v>1049</v>
       </c>
       <c r="H25" t="s">
-        <v>1036</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B26" t="s">
-        <v>1037</v>
+        <v>1051</v>
       </c>
       <c r="C26" t="s">
-        <v>1038</v>
+        <v>1052</v>
       </c>
       <c r="D26" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="E26" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1040</v>
+        <v>1053</v>
       </c>
       <c r="H26" t="s">
-        <v>1041</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B27" t="s">
-        <v>1042</v>
+        <v>1055</v>
       </c>
       <c r="C27" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="D27" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="E27" t="s">
-        <v>1045</v>
+        <v>199</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="H27" t="s">
-        <v>1047</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B28" t="s">
-        <v>1048</v>
+        <v>1060</v>
       </c>
       <c r="C28" t="s">
-        <v>1049</v>
+        <v>1061</v>
       </c>
       <c r="D28" t="s">
-        <v>1050</v>
+        <v>1062</v>
       </c>
       <c r="E28" t="s">
-        <v>1051</v>
+        <v>199</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1052</v>
+        <v>1063</v>
       </c>
       <c r="H28" t="s">
-        <v>1053</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B29" t="s">
-        <v>1054</v>
+        <v>1065</v>
       </c>
       <c r="C29" t="s">
-        <v>1055</v>
+        <v>1066</v>
       </c>
       <c r="D29" t="s">
-        <v>1056</v>
+        <v>1067</v>
       </c>
       <c r="E29" t="s">
-        <v>1057</v>
+        <v>1068</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1058</v>
+        <v>1069</v>
       </c>
       <c r="H29" t="s">
-        <v>1059</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B30" t="s">
-        <v>1060</v>
+        <v>1071</v>
       </c>
       <c r="C30" t="s">
-        <v>1061</v>
+        <v>1072</v>
       </c>
       <c r="D30" t="s">
-        <v>1056</v>
+        <v>1073</v>
       </c>
       <c r="E30" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="H30" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B31" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
       <c r="C31" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="D31" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="E31" t="s">
-        <v>1067</v>
+        <v>1080</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1068</v>
+        <v>1081</v>
       </c>
       <c r="H31" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B32" t="s">
-        <v>1070</v>
+        <v>1083</v>
       </c>
       <c r="C32" t="s">
-        <v>1071</v>
+        <v>1084</v>
       </c>
       <c r="D32" t="s">
-        <v>1072</v>
+        <v>1079</v>
       </c>
       <c r="E32" t="s">
-        <v>607</v>
+        <v>1085</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1073</v>
+        <v>1086</v>
       </c>
       <c r="H32" t="s">
-        <v>1074</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B33" t="s">
-        <v>1075</v>
+        <v>1088</v>
       </c>
       <c r="C33" t="s">
-        <v>1076</v>
+        <v>1089</v>
       </c>
       <c r="D33" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="E33" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1079</v>
+        <v>1091</v>
       </c>
       <c r="H33" t="s">
-        <v>1080</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B34" t="s">
-        <v>1081</v>
+        <v>1093</v>
       </c>
       <c r="C34" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
       <c r="D34" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
       <c r="E34" t="s">
-        <v>1084</v>
+        <v>619</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="H34" t="s">
-        <v>1086</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B35" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
       <c r="C35" t="s">
-        <v>1088</v>
+        <v>1099</v>
       </c>
       <c r="D35" t="s">
-        <v>1083</v>
+        <v>1100</v>
       </c>
       <c r="E35" t="s">
-        <v>1084</v>
+        <v>1101</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1089</v>
+        <v>1102</v>
       </c>
       <c r="H35" t="s">
-        <v>1090</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B36" t="s">
-        <v>1091</v>
+        <v>1104</v>
       </c>
       <c r="C36" t="s">
-        <v>1092</v>
+        <v>1105</v>
       </c>
       <c r="D36" t="s">
-        <v>1093</v>
+        <v>1100</v>
       </c>
       <c r="E36" t="s">
-        <v>1094</v>
+        <v>1101</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1095</v>
+        <v>1106</v>
       </c>
       <c r="H36" t="s">
-        <v>1096</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B37" t="s">
-        <v>1097</v>
+        <v>1108</v>
       </c>
       <c r="C37" t="s">
-        <v>1098</v>
+        <v>1109</v>
       </c>
       <c r="D37" t="s">
-        <v>1099</v>
+        <v>1110</v>
       </c>
       <c r="E37" t="s">
-        <v>1100</v>
+        <v>1111</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1101</v>
+        <v>1112</v>
       </c>
       <c r="H37" t="s">
-        <v>1102</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B38" t="s">
-        <v>1103</v>
+        <v>1114</v>
       </c>
       <c r="C38" t="s">
-        <v>1104</v>
+        <v>1115</v>
       </c>
       <c r="D38" t="s">
-        <v>1105</v>
+        <v>1116</v>
       </c>
       <c r="E38" t="s">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
       <c r="H38" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B39" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="C39" t="s">
-        <v>1110</v>
+        <v>1121</v>
       </c>
       <c r="D39" t="s">
-        <v>1111</v>
+        <v>1122</v>
       </c>
       <c r="E39" t="s">
-        <v>1112</v>
+        <v>1123</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1113</v>
+        <v>1124</v>
       </c>
       <c r="H39" t="s">
-        <v>1114</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B40" t="s">
-        <v>1115</v>
+        <v>1126</v>
       </c>
       <c r="C40" t="s">
-        <v>1116</v>
+        <v>1127</v>
       </c>
       <c r="D40" t="s">
-        <v>1117</v>
+        <v>1128</v>
       </c>
       <c r="E40" t="s">
-        <v>616</v>
+        <v>1129</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="H40" t="s">
-        <v>1119</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B41" t="s">
-        <v>1120</v>
+        <v>1132</v>
       </c>
       <c r="C41" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
       <c r="D41" t="s">
-        <v>1122</v>
+        <v>1134</v>
       </c>
       <c r="E41" t="s">
-        <v>1123</v>
+        <v>628</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1124</v>
+        <v>1135</v>
       </c>
       <c r="H41" t="s">
-        <v>1125</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B42" t="s">
-        <v>1126</v>
+        <v>1137</v>
       </c>
       <c r="C42" t="s">
-        <v>1127</v>
+        <v>1138</v>
       </c>
       <c r="D42" t="s">
-        <v>1128</v>
+        <v>1139</v>
       </c>
       <c r="E42" t="s">
-        <v>1129</v>
+        <v>1140</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1130</v>
+        <v>1141</v>
       </c>
       <c r="H42" t="s">
-        <v>1131</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B43" t="s">
-        <v>1132</v>
+        <v>1143</v>
       </c>
       <c r="C43" t="s">
-        <v>1133</v>
+        <v>1144</v>
       </c>
       <c r="D43" t="s">
-        <v>1134</v>
+        <v>1145</v>
       </c>
       <c r="E43" t="s">
-        <v>1135</v>
+        <v>1146</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1136</v>
+        <v>1147</v>
       </c>
       <c r="H43" t="s">
-        <v>1137</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B44" t="s">
-        <v>1138</v>
+        <v>1149</v>
       </c>
       <c r="C44" t="s">
-        <v>1139</v>
+        <v>1150</v>
       </c>
       <c r="D44" t="s">
-        <v>1140</v>
+        <v>1151</v>
       </c>
       <c r="E44" t="s">
-        <v>1141</v>
+        <v>1152</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="H44" t="s">
-        <v>1143</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B45" t="s">
-        <v>1144</v>
+        <v>1155</v>
       </c>
       <c r="C45" t="s">
-        <v>1145</v>
+        <v>1156</v>
       </c>
       <c r="D45" t="s">
-        <v>1146</v>
+        <v>1157</v>
       </c>
       <c r="E45" t="s">
-        <v>1147</v>
+        <v>1158</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1148</v>
+        <v>1159</v>
       </c>
       <c r="H45" t="s">
-        <v>1149</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B46" t="s">
-        <v>1150</v>
+        <v>1161</v>
       </c>
       <c r="C46" t="s">
-        <v>1151</v>
+        <v>1162</v>
       </c>
       <c r="D46" t="s">
-        <v>444</v>
+        <v>1163</v>
       </c>
       <c r="E46" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
       <c r="H46" t="s">
-        <v>1154</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B47" t="s">
-        <v>1155</v>
+        <v>1167</v>
       </c>
       <c r="C47" t="s">
-        <v>1156</v>
+        <v>1168</v>
       </c>
       <c r="D47" t="s">
-        <v>1157</v>
+        <v>456</v>
       </c>
       <c r="E47" t="s">
-        <v>645</v>
+        <v>1169</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1158</v>
+        <v>1170</v>
       </c>
       <c r="H47" t="s">
-        <v>1159</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B48" t="s">
-        <v>1160</v>
+        <v>1172</v>
       </c>
       <c r="C48" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="D48" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
       <c r="E48" t="s">
-        <v>1163</v>
+        <v>657</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1164</v>
+        <v>1175</v>
       </c>
       <c r="H48" t="s">
-        <v>1165</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B49" t="s">
-        <v>1166</v>
+        <v>1177</v>
       </c>
       <c r="C49" t="s">
-        <v>1167</v>
+        <v>1178</v>
       </c>
       <c r="D49" t="s">
-        <v>1168</v>
+        <v>1179</v>
       </c>
       <c r="E49" t="s">
-        <v>1169</v>
+        <v>1180</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1170</v>
+        <v>1181</v>
       </c>
       <c r="H49" t="s">
-        <v>1171</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B50" t="s">
-        <v>1172</v>
+        <v>1183</v>
       </c>
       <c r="C50" t="s">
-        <v>1173</v>
+        <v>1184</v>
       </c>
       <c r="D50" t="s">
-        <v>1162</v>
+        <v>1185</v>
       </c>
       <c r="E50" t="s">
-        <v>1174</v>
+        <v>1186</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1175</v>
+        <v>1187</v>
       </c>
       <c r="H50" t="s">
-        <v>1176</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B51" t="s">
-        <v>1177</v>
+        <v>1189</v>
       </c>
       <c r="C51" t="s">
-        <v>1178</v>
+        <v>1190</v>
       </c>
       <c r="D51" t="s">
         <v>1179</v>
       </c>
       <c r="E51" t="s">
-        <v>1180</v>
+        <v>1191</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1181</v>
+        <v>1192</v>
       </c>
       <c r="H51" t="s">
-        <v>1182</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B52" t="s">
-        <v>1183</v>
+        <v>1194</v>
       </c>
       <c r="C52" t="s">
-        <v>1184</v>
+        <v>1195</v>
       </c>
       <c r="D52" t="s">
-        <v>1185</v>
+        <v>1196</v>
       </c>
       <c r="E52" t="s">
-        <v>1186</v>
+        <v>1197</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1187</v>
+        <v>1198</v>
       </c>
       <c r="H52" t="s">
-        <v>1188</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B53" t="s">
-        <v>1189</v>
+        <v>1200</v>
       </c>
       <c r="C53" t="s">
-        <v>1190</v>
+        <v>1201</v>
       </c>
       <c r="D53" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
       <c r="E53" t="s">
-        <v>664</v>
+        <v>1203</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1192</v>
+        <v>1204</v>
       </c>
       <c r="H53" t="s">
-        <v>1193</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B54" t="s">
-        <v>1194</v>
+        <v>1206</v>
       </c>
       <c r="C54" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
       <c r="D54" t="s">
-        <v>1196</v>
+        <v>1208</v>
       </c>
       <c r="E54" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1197</v>
+        <v>1209</v>
       </c>
       <c r="H54" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B55" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="C55" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="D55" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="E55" t="s">
-        <v>1202</v>
+        <v>685</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1203</v>
+        <v>1214</v>
       </c>
       <c r="H55" t="s">
-        <v>1204</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B56" t="s">
-        <v>1205</v>
+        <v>1216</v>
       </c>
       <c r="C56" t="s">
-        <v>1206</v>
+        <v>1217</v>
       </c>
       <c r="D56" t="s">
-        <v>1207</v>
+        <v>1218</v>
       </c>
       <c r="E56" t="s">
-        <v>1208</v>
+        <v>1219</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1209</v>
+        <v>1220</v>
       </c>
       <c r="H56" t="s">
-        <v>1210</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B57" t="s">
-        <v>1211</v>
+        <v>1222</v>
       </c>
       <c r="C57" t="s">
-        <v>1212</v>
+        <v>1223</v>
       </c>
       <c r="D57" t="s">
-        <v>1213</v>
+        <v>1224</v>
       </c>
       <c r="E57" t="s">
-        <v>1214</v>
+        <v>1225</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1215</v>
+        <v>1226</v>
       </c>
       <c r="H57" t="s">
-        <v>1216</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B58" t="s">
-        <v>1217</v>
+        <v>1228</v>
       </c>
       <c r="C58" t="s">
-        <v>1218</v>
+        <v>1229</v>
       </c>
       <c r="D58" t="s">
-        <v>1219</v>
+        <v>1230</v>
       </c>
       <c r="E58" t="s">
-        <v>1220</v>
+        <v>1231</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1221</v>
+        <v>1232</v>
       </c>
       <c r="H58" t="s">
-        <v>1222</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B59" t="s">
-        <v>1223</v>
+        <v>1234</v>
       </c>
       <c r="C59" t="s">
-        <v>1224</v>
+        <v>1235</v>
       </c>
       <c r="D59" t="s">
-        <v>1225</v>
+        <v>1236</v>
       </c>
       <c r="E59" t="s">
-        <v>1226</v>
+        <v>1237</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1227</v>
+        <v>1238</v>
       </c>
       <c r="H59" t="s">
-        <v>1228</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B60" t="s">
-        <v>1229</v>
+        <v>1240</v>
       </c>
       <c r="C60" t="s">
-        <v>1230</v>
+        <v>1241</v>
       </c>
       <c r="D60" t="s">
-        <v>1231</v>
+        <v>1242</v>
       </c>
       <c r="E60" t="s">
-        <v>1232</v>
+        <v>1243</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1233</v>
+        <v>1244</v>
       </c>
       <c r="H60" t="s">
-        <v>1234</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B61" t="s">
-        <v>1235</v>
+        <v>1246</v>
       </c>
       <c r="C61" t="s">
-        <v>1236</v>
+        <v>1247</v>
       </c>
       <c r="D61" t="s">
-        <v>1213</v>
+        <v>1248</v>
       </c>
       <c r="E61" t="s">
-        <v>1232</v>
+        <v>1249</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1237</v>
+        <v>1250</v>
       </c>
       <c r="H61" t="s">
-        <v>1238</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B62" t="s">
-        <v>1239</v>
+        <v>1252</v>
       </c>
       <c r="C62" t="s">
-        <v>1240</v>
+        <v>1253</v>
       </c>
       <c r="D62" t="s">
-        <v>1241</v>
+        <v>1230</v>
       </c>
       <c r="E62" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1243</v>
+        <v>1254</v>
       </c>
       <c r="H62" t="s">
-        <v>1244</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B63" t="s">
-        <v>1245</v>
+        <v>1256</v>
       </c>
       <c r="C63" t="s">
-        <v>1246</v>
+        <v>1257</v>
       </c>
       <c r="D63" t="s">
-        <v>1247</v>
+        <v>1258</v>
       </c>
       <c r="E63" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
       <c r="H63" t="s">
-        <v>1250</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B64" t="s">
-        <v>1251</v>
+        <v>1262</v>
       </c>
       <c r="C64" t="s">
-        <v>1252</v>
+        <v>1263</v>
       </c>
       <c r="D64" t="s">
-        <v>1253</v>
+        <v>1264</v>
       </c>
       <c r="E64" t="s">
-        <v>1254</v>
+        <v>1265</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1255</v>
+        <v>1266</v>
       </c>
       <c r="H64" t="s">
-        <v>1256</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B65" t="s">
-        <v>1257</v>
+        <v>1268</v>
       </c>
       <c r="C65" t="s">
-        <v>1258</v>
+        <v>1269</v>
       </c>
       <c r="D65" t="s">
-        <v>1259</v>
+        <v>1270</v>
       </c>
       <c r="E65" t="s">
-        <v>1260</v>
+        <v>1271</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1261</v>
+        <v>1272</v>
       </c>
       <c r="H65" t="s">
-        <v>1262</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B66" t="s">
-        <v>1263</v>
+        <v>1274</v>
       </c>
       <c r="C66" t="s">
-        <v>1264</v>
+        <v>1275</v>
       </c>
       <c r="D66" t="s">
-        <v>1259</v>
+        <v>1276</v>
       </c>
       <c r="E66" t="s">
-        <v>1260</v>
+        <v>1277</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1265</v>
+        <v>1278</v>
       </c>
       <c r="H66" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B67" t="s">
-        <v>1267</v>
+        <v>1280</v>
       </c>
       <c r="C67" t="s">
-        <v>1268</v>
+        <v>1281</v>
       </c>
       <c r="D67" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="E67" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1271</v>
+        <v>1282</v>
       </c>
       <c r="H67" t="s">
-        <v>1272</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B68" t="s">
-        <v>1273</v>
+        <v>1284</v>
       </c>
       <c r="C68" t="s">
-        <v>1274</v>
+        <v>1285</v>
       </c>
       <c r="D68" t="s">
-        <v>1275</v>
+        <v>1286</v>
       </c>
       <c r="E68" t="s">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1277</v>
+        <v>1288</v>
       </c>
       <c r="H68" t="s">
-        <v>1278</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B69" t="s">
-        <v>1279</v>
+        <v>1290</v>
       </c>
       <c r="C69" t="s">
-        <v>1280</v>
+        <v>1291</v>
       </c>
       <c r="D69" t="s">
-        <v>1275</v>
+        <v>1292</v>
       </c>
       <c r="E69" t="s">
-        <v>1276</v>
+        <v>1293</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1281</v>
+        <v>1294</v>
       </c>
       <c r="H69" t="s">
-        <v>1282</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B70" t="s">
-        <v>1283</v>
+        <v>1296</v>
       </c>
       <c r="C70" t="s">
-        <v>1284</v>
+        <v>1297</v>
       </c>
       <c r="D70" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="E70" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1287</v>
+        <v>1298</v>
       </c>
       <c r="H70" t="s">
-        <v>1288</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B71" t="s">
-        <v>1289</v>
+        <v>1300</v>
       </c>
       <c r="C71" t="s">
-        <v>1290</v>
+        <v>1301</v>
       </c>
       <c r="D71" t="s">
-        <v>1291</v>
+        <v>1302</v>
       </c>
       <c r="E71" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>1293</v>
+        <v>1304</v>
       </c>
       <c r="H71" t="s">
-        <v>1294</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B72" t="s">
-        <v>1295</v>
+        <v>1306</v>
       </c>
       <c r="C72" t="s">
-        <v>1296</v>
+        <v>1307</v>
       </c>
       <c r="D72" t="s">
-        <v>316</v>
+        <v>1308</v>
       </c>
       <c r="E72" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="H72" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B73" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
       <c r="C73" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
       <c r="D73" t="s">
-        <v>1302</v>
+        <v>328</v>
       </c>
       <c r="E73" t="s">
-        <v>1303</v>
+        <v>1314</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1304</v>
+        <v>1315</v>
       </c>
       <c r="H73" t="s">
-        <v>1305</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B74" t="s">
-        <v>1306</v>
+        <v>1317</v>
       </c>
       <c r="C74" t="s">
-        <v>1307</v>
+        <v>1318</v>
       </c>
       <c r="D74" t="s">
-        <v>1308</v>
+        <v>1319</v>
       </c>
       <c r="E74" t="s">
-        <v>1309</v>
+        <v>1320</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1310</v>
+        <v>1321</v>
       </c>
       <c r="H74" t="s">
-        <v>1311</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B75" t="s">
-        <v>1312</v>
+        <v>1323</v>
       </c>
       <c r="C75" t="s">
-        <v>1313</v>
+        <v>1324</v>
       </c>
       <c r="D75" t="s">
-        <v>1314</v>
+        <v>1325</v>
       </c>
       <c r="E75" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>1316</v>
+        <v>1327</v>
       </c>
       <c r="H75" t="s">
-        <v>1317</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B76" t="s">
-        <v>1318</v>
+        <v>1329</v>
       </c>
       <c r="C76" t="s">
-        <v>1319</v>
+        <v>1330</v>
       </c>
       <c r="D76" t="s">
-        <v>1320</v>
+        <v>1331</v>
       </c>
       <c r="E76" t="s">
-        <v>1321</v>
+        <v>1332</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>1322</v>
+        <v>1333</v>
       </c>
       <c r="H76" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B77" t="s">
-        <v>1324</v>
+        <v>1335</v>
       </c>
       <c r="C77" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
       <c r="D77" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
       <c r="E77" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
       <c r="H77" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B78" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="C78" t="s">
-        <v>1331</v>
+        <v>1342</v>
       </c>
       <c r="D78" t="s">
-        <v>1326</v>
+        <v>1343</v>
       </c>
       <c r="E78" t="s">
-        <v>1332</v>
+        <v>1344</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="H78" t="s">
-        <v>1334</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B79" t="s">
-        <v>1335</v>
+        <v>1347</v>
       </c>
       <c r="C79" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
       <c r="D79" t="s">
-        <v>1326</v>
+        <v>1343</v>
       </c>
       <c r="E79" t="s">
-        <v>1332</v>
+        <v>1349</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1337</v>
+        <v>1350</v>
       </c>
       <c r="H79" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B80" t="s">
-        <v>1339</v>
+        <v>1352</v>
       </c>
       <c r="C80" t="s">
-        <v>1340</v>
+        <v>1353</v>
       </c>
       <c r="D80" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="E80" t="s">
-        <v>765</v>
+        <v>1349</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>1342</v>
+        <v>1354</v>
       </c>
       <c r="H80" t="s">
-        <v>1343</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B81" t="s">
-        <v>1344</v>
+        <v>1356</v>
       </c>
       <c r="C81" t="s">
-        <v>1345</v>
+        <v>1357</v>
       </c>
       <c r="D81" t="s">
-        <v>1346</v>
+        <v>1358</v>
       </c>
       <c r="E81" t="s">
-        <v>1347</v>
+        <v>777</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>1348</v>
+        <v>1359</v>
       </c>
       <c r="H81" t="s">
-        <v>1349</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B82" t="s">
-        <v>1350</v>
+        <v>1361</v>
       </c>
       <c r="C82" t="s">
-        <v>1351</v>
+        <v>1362</v>
       </c>
       <c r="D82" t="s">
-        <v>1352</v>
+        <v>1363</v>
       </c>
       <c r="E82" t="s">
-        <v>1353</v>
+        <v>1364</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>1354</v>
+        <v>1365</v>
       </c>
       <c r="H82" t="s">
-        <v>1355</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B83" t="s">
-        <v>1356</v>
+        <v>1367</v>
       </c>
       <c r="C83" t="s">
-        <v>1357</v>
+        <v>1368</v>
       </c>
       <c r="D83" t="s">
-        <v>1358</v>
+        <v>1369</v>
       </c>
       <c r="E83" t="s">
-        <v>1359</v>
+        <v>1370</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>1360</v>
+        <v>1371</v>
       </c>
       <c r="H83" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B84" t="s">
-        <v>1362</v>
+        <v>1373</v>
       </c>
       <c r="C84" t="s">
-        <v>1363</v>
+        <v>1374</v>
       </c>
       <c r="D84" t="s">
-        <v>1364</v>
+        <v>1375</v>
       </c>
       <c r="E84" t="s">
-        <v>1359</v>
+        <v>1376</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
       <c r="H84" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B85" t="s">
-        <v>1367</v>
+        <v>1379</v>
       </c>
       <c r="C85" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="D85" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="E85" t="s">
-        <v>1370</v>
+        <v>1376</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>1371</v>
+        <v>1382</v>
       </c>
       <c r="H85" t="s">
-        <v>1372</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B86" t="s">
-        <v>1373</v>
+        <v>1384</v>
       </c>
       <c r="C86" t="s">
-        <v>1374</v>
+        <v>1385</v>
       </c>
       <c r="D86" t="s">
-        <v>1369</v>
+        <v>1386</v>
       </c>
       <c r="E86" t="s">
-        <v>1375</v>
+        <v>1387</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>1376</v>
+        <v>1388</v>
       </c>
       <c r="H86" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B87" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="C87" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
       <c r="D87" t="s">
-        <v>1369</v>
+        <v>1386</v>
       </c>
       <c r="E87" t="s">
-        <v>1375</v>
+        <v>1392</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="H87" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B88" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="C88" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="D88" t="s">
-        <v>1369</v>
+        <v>1386</v>
       </c>
       <c r="E88" t="s">
-        <v>1375</v>
+        <v>1392</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>1384</v>
+        <v>1397</v>
       </c>
       <c r="H88" t="s">
-        <v>1385</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B89" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D89" t="s">
         <v>1386</v>
       </c>
-      <c r="C89" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>1390</v>
+        <v>1401</v>
       </c>
       <c r="H89" t="s">
-        <v>1391</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B90" t="s">
-        <v>1392</v>
+        <v>1403</v>
       </c>
       <c r="C90" t="s">
-        <v>1393</v>
+        <v>1404</v>
       </c>
       <c r="D90" t="s">
-        <v>1394</v>
+        <v>1405</v>
       </c>
       <c r="E90" t="s">
-        <v>1395</v>
+        <v>1406</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>1396</v>
+        <v>1407</v>
       </c>
       <c r="H90" t="s">
-        <v>1397</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B91" t="s">
-        <v>1398</v>
+        <v>1409</v>
       </c>
       <c r="C91" t="s">
-        <v>1399</v>
+        <v>1410</v>
       </c>
       <c r="D91" t="s">
-        <v>1400</v>
+        <v>1411</v>
       </c>
       <c r="E91" t="s">
-        <v>1401</v>
+        <v>1412</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>1402</v>
+        <v>1413</v>
       </c>
       <c r="H91" t="s">
-        <v>1403</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B92" t="s">
-        <v>1404</v>
+        <v>1415</v>
       </c>
       <c r="C92" t="s">
-        <v>1404</v>
+        <v>1416</v>
       </c>
       <c r="D92" t="s">
-        <v>1405</v>
+        <v>1417</v>
       </c>
       <c r="E92" t="s">
-        <v>1406</v>
+        <v>1418</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
       <c r="H92" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B93" t="s">
-        <v>1409</v>
+        <v>1421</v>
       </c>
       <c r="C93" t="s">
-        <v>1410</v>
+        <v>1421</v>
       </c>
       <c r="D93" t="s">
-        <v>1411</v>
+        <v>1422</v>
       </c>
       <c r="E93" t="s">
-        <v>1412</v>
+        <v>1423</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>1413</v>
+        <v>1424</v>
       </c>
       <c r="H93" t="s">
-        <v>1414</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B94" t="s">
-        <v>1415</v>
+        <v>1426</v>
       </c>
       <c r="C94" t="s">
-        <v>1416</v>
+        <v>1427</v>
       </c>
       <c r="D94" t="s">
-        <v>1417</v>
+        <v>1428</v>
       </c>
       <c r="E94" t="s">
-        <v>1418</v>
+        <v>1429</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>1419</v>
+        <v>1430</v>
       </c>
       <c r="H94" t="s">
-        <v>1420</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B95" t="s">
-        <v>1421</v>
+        <v>1432</v>
       </c>
       <c r="C95" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="D95" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="E95" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>1424</v>
+        <v>1436</v>
       </c>
       <c r="H95" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B96" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="C96" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="D96" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="E96" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="H96" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B97" t="s">
-        <v>1431</v>
+        <v>1443</v>
       </c>
       <c r="C97" t="s">
-        <v>1432</v>
+        <v>1443</v>
       </c>
       <c r="D97" t="s">
-        <v>1433</v>
+        <v>1444</v>
       </c>
       <c r="E97" t="s">
-        <v>1434</v>
+        <v>1445</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>1435</v>
+        <v>1446</v>
       </c>
       <c r="H97" t="s">
-        <v>1436</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B98" t="s">
-        <v>1437</v>
+        <v>1448</v>
       </c>
       <c r="C98" t="s">
-        <v>1438</v>
+        <v>1449</v>
       </c>
       <c r="D98" t="s">
-        <v>1439</v>
+        <v>1450</v>
       </c>
       <c r="E98" t="s">
-        <v>1440</v>
+        <v>1451</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>1441</v>
+        <v>1452</v>
       </c>
       <c r="H98" t="s">
-        <v>1442</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B99" t="s">
-        <v>1443</v>
+        <v>1454</v>
       </c>
       <c r="C99" t="s">
-        <v>1444</v>
+        <v>1455</v>
       </c>
       <c r="D99" t="s">
-        <v>1445</v>
+        <v>1456</v>
       </c>
       <c r="E99" t="s">
-        <v>1446</v>
+        <v>1457</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>1447</v>
+        <v>1458</v>
       </c>
       <c r="H99" t="s">
-        <v>1448</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B100" t="s">
-        <v>1449</v>
+        <v>1460</v>
       </c>
       <c r="C100" t="s">
-        <v>1450</v>
+        <v>1461</v>
       </c>
       <c r="D100" t="s">
-        <v>1451</v>
+        <v>1462</v>
       </c>
       <c r="E100" t="s">
-        <v>1452</v>
+        <v>1463</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>1453</v>
+        <v>1464</v>
       </c>
       <c r="H100" t="s">
-        <v>1454</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B101" t="s">
-        <v>1455</v>
+        <v>1466</v>
       </c>
       <c r="C101" t="s">
-        <v>1456</v>
+        <v>1467</v>
       </c>
       <c r="D101" t="s">
-        <v>1451</v>
+        <v>1468</v>
       </c>
       <c r="E101" t="s">
-        <v>1457</v>
+        <v>1469</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
       <c r="H101" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B102" t="s">
-        <v>1460</v>
+        <v>1472</v>
       </c>
       <c r="C102" t="s">
-        <v>1461</v>
+        <v>1473</v>
       </c>
       <c r="D102" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="E102" t="s">
-        <v>1463</v>
+        <v>1474</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>1464</v>
+        <v>1475</v>
       </c>
       <c r="H102" t="s">
-        <v>1465</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B103" t="s">
-        <v>1466</v>
+        <v>1477</v>
       </c>
       <c r="C103" t="s">
-        <v>1467</v>
+        <v>1478</v>
       </c>
       <c r="D103" t="s">
-        <v>1468</v>
+        <v>1479</v>
       </c>
       <c r="E103" t="s">
-        <v>1469</v>
+        <v>1480</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>1470</v>
+        <v>1481</v>
       </c>
       <c r="H103" t="s">
-        <v>1471</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B104" t="s">
-        <v>1472</v>
+        <v>1483</v>
       </c>
       <c r="C104" t="s">
-        <v>1473</v>
+        <v>1484</v>
       </c>
       <c r="D104" t="s">
-        <v>1474</v>
+        <v>1485</v>
       </c>
       <c r="E104" t="s">
-        <v>1475</v>
+        <v>1486</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>1476</v>
+        <v>1487</v>
       </c>
       <c r="H104" t="s">
-        <v>1477</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B105" t="s">
-        <v>1478</v>
+        <v>1489</v>
       </c>
       <c r="C105" t="s">
-        <v>1479</v>
+        <v>1490</v>
       </c>
       <c r="D105" t="s">
-        <v>1480</v>
+        <v>1491</v>
       </c>
       <c r="E105" t="s">
-        <v>1481</v>
+        <v>1492</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>1482</v>
+        <v>1493</v>
       </c>
       <c r="H105" t="s">
-        <v>1483</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B106" t="s">
-        <v>1484</v>
+        <v>1495</v>
       </c>
       <c r="C106" t="s">
-        <v>1485</v>
+        <v>1496</v>
       </c>
       <c r="D106" t="s">
-        <v>1486</v>
+        <v>1497</v>
       </c>
       <c r="E106" t="s">
-        <v>1487</v>
+        <v>1498</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>1488</v>
+        <v>1499</v>
       </c>
       <c r="H106" t="s">
-        <v>1489</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B107" t="s">
-        <v>1490</v>
+        <v>1501</v>
       </c>
       <c r="C107" t="s">
-        <v>1491</v>
+        <v>1502</v>
       </c>
       <c r="D107" t="s">
-        <v>1486</v>
+        <v>1503</v>
       </c>
       <c r="E107" t="s">
-        <v>1487</v>
+        <v>1504</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>1492</v>
+        <v>1505</v>
       </c>
       <c r="H107" t="s">
-        <v>1493</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B108" t="s">
-        <v>1494</v>
+        <v>1507</v>
       </c>
       <c r="C108" t="s">
-        <v>1495</v>
+        <v>1508</v>
       </c>
       <c r="D108" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="E108" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>1498</v>
+        <v>1509</v>
       </c>
       <c r="H108" t="s">
-        <v>1499</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B109" t="s">
-        <v>1500</v>
+        <v>1511</v>
       </c>
       <c r="C109" t="s">
-        <v>1501</v>
+        <v>1512</v>
       </c>
       <c r="D109" t="s">
-        <v>1502</v>
+        <v>1513</v>
       </c>
       <c r="E109" t="s">
-        <v>1503</v>
+        <v>1514</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>1504</v>
+        <v>1515</v>
       </c>
       <c r="H109" t="s">
-        <v>1505</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B110" t="s">
-        <v>1506</v>
+        <v>1517</v>
       </c>
       <c r="C110" t="s">
-        <v>1507</v>
+        <v>1518</v>
       </c>
       <c r="D110" t="s">
-        <v>1502</v>
+        <v>1519</v>
       </c>
       <c r="E110" t="s">
-        <v>1508</v>
+        <v>1520</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>1509</v>
+        <v>1521</v>
       </c>
       <c r="H110" t="s">
-        <v>1510</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B111" t="s">
-        <v>1511</v>
+        <v>1523</v>
       </c>
       <c r="C111" t="s">
-        <v>1512</v>
+        <v>1524</v>
       </c>
       <c r="D111" t="s">
-        <v>1513</v>
+        <v>1519</v>
       </c>
       <c r="E111" t="s">
-        <v>1514</v>
+        <v>1525</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>1515</v>
+        <v>1526</v>
       </c>
       <c r="H111" t="s">
-        <v>1516</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B112" t="s">
-        <v>1517</v>
+        <v>1528</v>
       </c>
       <c r="C112" t="s">
-        <v>1518</v>
+        <v>1529</v>
       </c>
       <c r="D112" t="s">
-        <v>1513</v>
+        <v>1530</v>
       </c>
       <c r="E112" t="s">
-        <v>1519</v>
+        <v>1531</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>1520</v>
+        <v>1532</v>
       </c>
       <c r="H112" t="s">
-        <v>1521</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B113" t="s">
-        <v>1522</v>
+        <v>1534</v>
       </c>
       <c r="C113" t="s">
-        <v>1523</v>
+        <v>1535</v>
       </c>
       <c r="D113" t="s">
-        <v>1524</v>
+        <v>1530</v>
       </c>
       <c r="E113" t="s">
-        <v>1525</v>
+        <v>1536</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>1526</v>
+        <v>1537</v>
       </c>
       <c r="H113" t="s">
-        <v>1527</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B114" t="s">
-        <v>1528</v>
+        <v>1539</v>
       </c>
       <c r="C114" t="s">
-        <v>1529</v>
+        <v>1540</v>
       </c>
       <c r="D114" t="s">
-        <v>1530</v>
+        <v>1541</v>
       </c>
       <c r="E114" t="s">
-        <v>1525</v>
+        <v>1542</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>1531</v>
+        <v>1543</v>
       </c>
       <c r="H114" t="s">
-        <v>1532</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B115" t="s">
-        <v>1533</v>
+        <v>1545</v>
       </c>
       <c r="C115" t="s">
-        <v>1534</v>
+        <v>1546</v>
       </c>
       <c r="D115" t="s">
-        <v>1535</v>
+        <v>1547</v>
       </c>
       <c r="E115" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>1537</v>
+        <v>1548</v>
       </c>
       <c r="H115" t="s">
-        <v>1538</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B116" t="s">
-        <v>1539</v>
+        <v>1550</v>
       </c>
       <c r="C116" t="s">
-        <v>1540</v>
+        <v>1551</v>
       </c>
       <c r="D116" t="s">
-        <v>1541</v>
+        <v>1552</v>
       </c>
       <c r="E116" t="s">
-        <v>1542</v>
+        <v>1553</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>1543</v>
+        <v>1554</v>
       </c>
       <c r="H116" t="s">
-        <v>1544</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B117" t="s">
-        <v>1545</v>
+        <v>1556</v>
       </c>
       <c r="C117" t="s">
-        <v>1546</v>
+        <v>1557</v>
       </c>
       <c r="D117" t="s">
-        <v>1547</v>
+        <v>1558</v>
       </c>
       <c r="E117" t="s">
-        <v>1548</v>
+        <v>1559</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>1549</v>
+        <v>1560</v>
       </c>
       <c r="H117" t="s">
-        <v>1550</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B118" t="s">
-        <v>1551</v>
+        <v>1562</v>
       </c>
       <c r="C118" t="s">
-        <v>1552</v>
+        <v>1563</v>
       </c>
       <c r="D118" t="s">
-        <v>1553</v>
+        <v>1564</v>
       </c>
       <c r="E118" t="s">
-        <v>1554</v>
+        <v>1565</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>1555</v>
+        <v>1566</v>
       </c>
       <c r="H118" t="s">
-        <v>1556</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B119" t="s">
-        <v>1557</v>
+        <v>1568</v>
       </c>
       <c r="C119" t="s">
-        <v>1558</v>
+        <v>1569</v>
       </c>
       <c r="D119" t="s">
-        <v>1559</v>
+        <v>1570</v>
       </c>
       <c r="E119" t="s">
-        <v>1560</v>
+        <v>1571</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>1561</v>
+        <v>1572</v>
       </c>
       <c r="H119" t="s">
-        <v>1562</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B120" t="s">
-        <v>1563</v>
+        <v>1574</v>
       </c>
       <c r="C120" t="s">
-        <v>1564</v>
+        <v>1575</v>
       </c>
       <c r="D120" t="s">
-        <v>1565</v>
+        <v>1576</v>
       </c>
       <c r="E120" t="s">
-        <v>1566</v>
+        <v>1577</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>1567</v>
+        <v>1578</v>
       </c>
       <c r="H120" t="s">
-        <v>1568</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B121" t="s">
-        <v>1569</v>
+        <v>1580</v>
       </c>
       <c r="C121" t="s">
-        <v>1570</v>
+        <v>1581</v>
       </c>
       <c r="D121" t="s">
-        <v>1571</v>
+        <v>1582</v>
       </c>
       <c r="E121" t="s">
-        <v>1572</v>
+        <v>1583</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>1573</v>
+        <v>1584</v>
       </c>
       <c r="H121" t="s">
-        <v>1574</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B122" t="s">
-        <v>1575</v>
+        <v>1586</v>
       </c>
       <c r="C122" t="s">
-        <v>1576</v>
+        <v>1587</v>
       </c>
       <c r="D122" t="s">
-        <v>1577</v>
+        <v>1588</v>
       </c>
       <c r="E122" t="s">
-        <v>1578</v>
+        <v>1589</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>1579</v>
+        <v>1590</v>
       </c>
       <c r="H122" t="s">
-        <v>1580</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B123" t="s">
-        <v>1581</v>
+        <v>1592</v>
       </c>
       <c r="C123" t="s">
-        <v>1582</v>
+        <v>1593</v>
       </c>
       <c r="D123" t="s">
-        <v>1583</v>
+        <v>1594</v>
       </c>
       <c r="E123" t="s">
-        <v>1584</v>
+        <v>1595</v>
       </c>
       <c r="F123" t="s">
         <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>1585</v>
+        <v>1596</v>
       </c>
       <c r="H123" t="s">
-        <v>1586</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B124" t="s">
-        <v>1587</v>
+        <v>1598</v>
       </c>
       <c r="C124" t="s">
-        <v>1588</v>
+        <v>1599</v>
       </c>
       <c r="D124" t="s">
-        <v>1589</v>
+        <v>1600</v>
       </c>
       <c r="E124" t="s">
-        <v>1590</v>
+        <v>1601</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>1591</v>
+        <v>1602</v>
       </c>
       <c r="H124" t="s">
-        <v>1592</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B125" t="s">
-        <v>1593</v>
+        <v>1604</v>
       </c>
       <c r="C125" t="s">
-        <v>1594</v>
+        <v>1605</v>
       </c>
       <c r="D125" t="s">
-        <v>1595</v>
+        <v>1606</v>
       </c>
       <c r="E125" t="s">
-        <v>1596</v>
+        <v>1607</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>1597</v>
+        <v>1608</v>
       </c>
       <c r="H125" t="s">
-        <v>1598</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B126" t="s">
-        <v>1599</v>
+        <v>1610</v>
       </c>
       <c r="C126" t="s">
-        <v>1600</v>
+        <v>1611</v>
       </c>
       <c r="D126" t="s">
-        <v>1601</v>
+        <v>1612</v>
       </c>
       <c r="E126" t="s">
-        <v>1602</v>
+        <v>1613</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>1603</v>
+        <v>1614</v>
       </c>
       <c r="H126" t="s">
-        <v>1604</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B127" t="s">
-        <v>1605</v>
+        <v>1616</v>
       </c>
       <c r="C127" t="s">
-        <v>1606</v>
+        <v>1617</v>
       </c>
       <c r="D127" t="s">
-        <v>1607</v>
+        <v>1618</v>
       </c>
       <c r="E127" t="s">
-        <v>1608</v>
+        <v>1619</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>1609</v>
+        <v>1620</v>
       </c>
       <c r="H127" t="s">
-        <v>1610</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B128" t="s">
-        <v>1611</v>
+        <v>1622</v>
       </c>
       <c r="C128" t="s">
-        <v>1612</v>
+        <v>1623</v>
       </c>
       <c r="D128" t="s">
-        <v>1613</v>
+        <v>1624</v>
       </c>
       <c r="E128" t="s">
-        <v>1614</v>
+        <v>1625</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>1615</v>
+        <v>1626</v>
       </c>
       <c r="H128" t="s">
-        <v>1616</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B129" t="s">
-        <v>1617</v>
+        <v>1628</v>
       </c>
       <c r="C129" t="s">
-        <v>1618</v>
+        <v>1629</v>
       </c>
       <c r="D129" t="s">
-        <v>1613</v>
+        <v>1630</v>
       </c>
       <c r="E129" t="s">
-        <v>1619</v>
+        <v>1631</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>1620</v>
+        <v>1632</v>
       </c>
       <c r="H129" t="s">
-        <v>1621</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B130" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="C130" t="s">
-        <v>1623</v>
+        <v>1635</v>
       </c>
       <c r="D130" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="E130" t="s">
-        <v>1625</v>
+        <v>1636</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>1626</v>
+        <v>1637</v>
       </c>
       <c r="H130" t="s">
-        <v>1627</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B131" t="s">
-        <v>1628</v>
+        <v>1639</v>
       </c>
       <c r="C131" t="s">
-        <v>1629</v>
+        <v>1640</v>
       </c>
       <c r="D131" t="s">
-        <v>1630</v>
+        <v>1641</v>
       </c>
       <c r="E131" t="s">
-        <v>1631</v>
+        <v>1642</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>1632</v>
+        <v>1643</v>
       </c>
       <c r="H131" t="s">
-        <v>1633</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B132" t="s">
-        <v>1634</v>
+        <v>1645</v>
       </c>
       <c r="C132" t="s">
-        <v>1635</v>
+        <v>1646</v>
       </c>
       <c r="D132" t="s">
-        <v>1630</v>
+        <v>1647</v>
       </c>
       <c r="E132" t="s">
-        <v>1631</v>
+        <v>1648</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>1636</v>
+        <v>1649</v>
       </c>
       <c r="H132" t="s">
-        <v>1637</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B133" t="s">
-        <v>1638</v>
+        <v>1651</v>
       </c>
       <c r="C133" t="s">
-        <v>1639</v>
+        <v>1652</v>
       </c>
       <c r="D133" t="s">
-        <v>1640</v>
+        <v>1647</v>
       </c>
       <c r="E133" t="s">
-        <v>1641</v>
+        <v>1648</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>1642</v>
+        <v>1653</v>
       </c>
       <c r="H133" t="s">
-        <v>1643</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B134" t="s">
-        <v>1644</v>
+        <v>1655</v>
       </c>
       <c r="C134" t="s">
-        <v>1645</v>
+        <v>1656</v>
       </c>
       <c r="D134" t="s">
-        <v>1646</v>
+        <v>1657</v>
       </c>
       <c r="E134" t="s">
-        <v>1647</v>
+        <v>1658</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>1648</v>
+        <v>1659</v>
       </c>
       <c r="H134" t="s">
-        <v>1649</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B135" t="s">
-        <v>1650</v>
+        <v>1661</v>
       </c>
       <c r="C135" t="s">
-        <v>1651</v>
+        <v>1662</v>
       </c>
       <c r="D135" t="s">
-        <v>1652</v>
+        <v>1663</v>
       </c>
       <c r="E135" t="s">
-        <v>1653</v>
+        <v>1664</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>1654</v>
+        <v>1665</v>
       </c>
       <c r="H135" t="s">
-        <v>1655</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B136" t="s">
-        <v>1656</v>
+        <v>1667</v>
       </c>
       <c r="C136" t="s">
-        <v>1657</v>
+        <v>1668</v>
       </c>
       <c r="D136" t="s">
-        <v>1658</v>
+        <v>1669</v>
       </c>
       <c r="E136" t="s">
-        <v>1659</v>
+        <v>1670</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>1660</v>
+        <v>1671</v>
       </c>
       <c r="H136" t="s">
-        <v>1661</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B137" t="s">
-        <v>1662</v>
+        <v>1673</v>
       </c>
       <c r="C137" t="s">
-        <v>1663</v>
+        <v>1674</v>
       </c>
       <c r="D137" t="s">
-        <v>1664</v>
+        <v>1675</v>
       </c>
       <c r="E137" t="s">
-        <v>1665</v>
+        <v>1676</v>
       </c>
       <c r="F137" t="s">
         <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>1666</v>
+        <v>1677</v>
       </c>
       <c r="H137" t="s">
-        <v>1667</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
       <c r="B138" t="s">
-        <v>1668</v>
+        <v>1679</v>
       </c>
       <c r="C138" t="s">
-        <v>1669</v>
+        <v>1680</v>
       </c>
       <c r="D138" t="s">
-        <v>1670</v>
+        <v>1681</v>
       </c>
       <c r="E138" t="s">
-        <v>1671</v>
+        <v>1682</v>
       </c>
       <c r="F138" t="s">
         <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>1672</v>
+        <v>1683</v>
       </c>
       <c r="H138" t="s">
-        <v>1673</v>
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>917</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F139" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1690</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H71"/>
+  <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B2" t="s">
-        <v>1675</v>
+        <v>1692</v>
       </c>
       <c r="C2" t="s">
-        <v>1676</v>
+        <v>1693</v>
       </c>
       <c r="D2" t="s">
-        <v>1677</v>
+        <v>1694</v>
       </c>
       <c r="E2" t="s">
-        <v>1678</v>
+        <v>1695</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="H2" t="s">
-        <v>1680</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B3" t="s">
-        <v>1681</v>
+        <v>1698</v>
       </c>
       <c r="C3" t="s">
-        <v>1682</v>
+        <v>1699</v>
       </c>
       <c r="D3" t="s">
-        <v>1683</v>
+        <v>1700</v>
       </c>
       <c r="E3" t="s">
-        <v>1678</v>
+        <v>1695</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1684</v>
+        <v>1701</v>
       </c>
       <c r="H3" t="s">
-        <v>1685</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B4" t="s">
-        <v>1686</v>
+        <v>1703</v>
       </c>
       <c r="C4" t="s">
-        <v>1687</v>
+        <v>1704</v>
       </c>
       <c r="D4" t="s">
-        <v>1688</v>
+        <v>1705</v>
       </c>
       <c r="E4" t="s">
-        <v>1689</v>
+        <v>1706</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1690</v>
+        <v>1707</v>
       </c>
       <c r="H4" t="s">
-        <v>1691</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B5" t="s">
-        <v>1692</v>
+        <v>1709</v>
       </c>
       <c r="C5" t="s">
-        <v>1682</v>
+        <v>1710</v>
       </c>
       <c r="D5" t="s">
-        <v>1693</v>
+        <v>1711</v>
       </c>
       <c r="E5" t="s">
-        <v>1689</v>
+        <v>1706</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1694</v>
+        <v>1712</v>
       </c>
       <c r="H5" t="s">
-        <v>1695</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B6" t="s">
-        <v>1696</v>
+        <v>1714</v>
       </c>
       <c r="C6" t="s">
-        <v>1697</v>
+        <v>1715</v>
       </c>
       <c r="D6" t="s">
-        <v>1698</v>
+        <v>1716</v>
       </c>
       <c r="E6" t="s">
-        <v>954</v>
+        <v>1717</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1699</v>
+        <v>1718</v>
       </c>
       <c r="H6" t="s">
-        <v>1700</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B7" t="s">
-        <v>1701</v>
+        <v>1720</v>
       </c>
       <c r="C7" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
       <c r="D7" t="s">
-        <v>1703</v>
+        <v>1721</v>
       </c>
       <c r="E7" t="s">
-        <v>954</v>
+        <v>1717</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1704</v>
+        <v>1722</v>
       </c>
       <c r="H7" t="s">
-        <v>1705</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B8" t="s">
-        <v>1706</v>
+        <v>1724</v>
       </c>
       <c r="C8" t="s">
-        <v>1707</v>
+        <v>1725</v>
       </c>
       <c r="D8" t="s">
-        <v>1708</v>
+        <v>1726</v>
       </c>
       <c r="E8" t="s">
-        <v>1709</v>
+        <v>1727</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1710</v>
+        <v>1728</v>
       </c>
       <c r="H8" t="s">
-        <v>1711</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B9" t="s">
-        <v>1712</v>
+        <v>1730</v>
       </c>
       <c r="C9" t="s">
-        <v>1713</v>
+        <v>1710</v>
       </c>
       <c r="D9" t="s">
-        <v>1714</v>
+        <v>1731</v>
       </c>
       <c r="E9" t="s">
-        <v>1709</v>
+        <v>1727</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1715</v>
+        <v>1732</v>
       </c>
       <c r="H9" t="s">
-        <v>1716</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B10" t="s">
-        <v>1717</v>
+        <v>1734</v>
       </c>
       <c r="C10" t="s">
-        <v>1718</v>
+        <v>1735</v>
       </c>
       <c r="D10" t="s">
-        <v>1719</v>
+        <v>1736</v>
       </c>
       <c r="E10" t="s">
-        <v>1720</v>
+        <v>982</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1721</v>
+        <v>1737</v>
       </c>
       <c r="H10" t="s">
-        <v>1722</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B11" t="s">
-        <v>1723</v>
+        <v>1739</v>
       </c>
       <c r="C11" t="s">
-        <v>1713</v>
+        <v>1740</v>
       </c>
       <c r="D11" t="s">
-        <v>1724</v>
+        <v>1741</v>
       </c>
       <c r="E11" t="s">
-        <v>1720</v>
+        <v>982</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1725</v>
+        <v>1742</v>
       </c>
       <c r="H11" t="s">
-        <v>1726</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B12" t="s">
-        <v>1727</v>
+        <v>1744</v>
       </c>
       <c r="C12" t="s">
-        <v>1713</v>
+        <v>1745</v>
       </c>
       <c r="D12" t="s">
-        <v>1728</v>
+        <v>1746</v>
       </c>
       <c r="E12" t="s">
-        <v>981</v>
+        <v>1747</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1729</v>
+        <v>1748</v>
       </c>
       <c r="H12" t="s">
-        <v>1730</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B13" t="s">
-        <v>1731</v>
+        <v>1750</v>
       </c>
       <c r="C13" t="s">
-        <v>1732</v>
+        <v>1751</v>
       </c>
       <c r="D13" t="s">
-        <v>1733</v>
+        <v>1752</v>
       </c>
       <c r="E13" t="s">
-        <v>1720</v>
+        <v>1747</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1734</v>
+        <v>1753</v>
       </c>
       <c r="H13" t="s">
-        <v>1735</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B14" t="s">
-        <v>1736</v>
+        <v>1755</v>
       </c>
       <c r="C14" t="s">
-        <v>1737</v>
+        <v>1756</v>
       </c>
       <c r="D14" t="s">
-        <v>1733</v>
+        <v>1757</v>
       </c>
       <c r="E14" t="s">
-        <v>1720</v>
+        <v>1758</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1738</v>
+        <v>1759</v>
       </c>
       <c r="H14" t="s">
-        <v>1739</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B15" t="s">
-        <v>1740</v>
+        <v>1761</v>
       </c>
       <c r="C15" t="s">
-        <v>1741</v>
+        <v>1751</v>
       </c>
       <c r="D15" t="s">
-        <v>1742</v>
+        <v>1762</v>
       </c>
       <c r="E15" t="s">
-        <v>1014</v>
+        <v>1758</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1743</v>
+        <v>1763</v>
       </c>
       <c r="H15" t="s">
-        <v>1744</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B16" t="s">
-        <v>1745</v>
+        <v>1765</v>
       </c>
       <c r="C16" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="D16" t="s">
-        <v>1747</v>
+        <v>1766</v>
       </c>
       <c r="E16" t="s">
-        <v>1014</v>
+        <v>920</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1748</v>
+        <v>1767</v>
       </c>
       <c r="H16" t="s">
-        <v>1749</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B17" t="s">
-        <v>1750</v>
+        <v>1769</v>
       </c>
       <c r="C17" t="s">
-        <v>1751</v>
+        <v>1770</v>
       </c>
       <c r="D17" t="s">
-        <v>1752</v>
+        <v>1771</v>
       </c>
       <c r="E17" t="s">
-        <v>187</v>
+        <v>1758</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1753</v>
+        <v>1772</v>
       </c>
       <c r="H17" t="s">
-        <v>1754</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B18" t="s">
-        <v>1755</v>
+        <v>1774</v>
       </c>
       <c r="C18" t="s">
-        <v>1756</v>
+        <v>1775</v>
       </c>
       <c r="D18" t="s">
-        <v>1757</v>
+        <v>1771</v>
       </c>
       <c r="E18" t="s">
         <v>1758</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1759</v>
+        <v>1776</v>
       </c>
       <c r="H18" t="s">
-        <v>1760</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B19" t="s">
-        <v>1761</v>
+        <v>1778</v>
       </c>
       <c r="C19" t="s">
-        <v>1762</v>
+        <v>1779</v>
       </c>
       <c r="D19" t="s">
-        <v>1763</v>
+        <v>1780</v>
       </c>
       <c r="E19" t="s">
-        <v>1758</v>
+        <v>1037</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1764</v>
+        <v>1781</v>
       </c>
       <c r="H19" t="s">
-        <v>1765</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B20" t="s">
-        <v>1766</v>
+        <v>1783</v>
       </c>
       <c r="C20" t="s">
-        <v>1713</v>
+        <v>1784</v>
       </c>
       <c r="D20" t="s">
-        <v>1767</v>
+        <v>1785</v>
       </c>
       <c r="E20" t="s">
-        <v>187</v>
+        <v>1037</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1768</v>
+        <v>1786</v>
       </c>
       <c r="H20" t="s">
-        <v>1769</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B21" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="C21" t="s">
-        <v>1713</v>
+        <v>1789</v>
       </c>
       <c r="D21" t="s">
-        <v>1767</v>
+        <v>1790</v>
       </c>
       <c r="E21" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1771</v>
+        <v>1791</v>
       </c>
       <c r="H21" t="s">
-        <v>1772</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B22" t="s">
-        <v>1773</v>
+        <v>1793</v>
       </c>
       <c r="C22" t="s">
-        <v>1774</v>
+        <v>1794</v>
       </c>
       <c r="D22" t="s">
-        <v>1763</v>
+        <v>1795</v>
       </c>
       <c r="E22" t="s">
-        <v>1758</v>
+        <v>1796</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1775</v>
+        <v>1797</v>
       </c>
       <c r="H22" t="s">
-        <v>1776</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B23" t="s">
-        <v>1777</v>
+        <v>1799</v>
       </c>
       <c r="C23" t="s">
-        <v>1713</v>
+        <v>1800</v>
       </c>
       <c r="D23" t="s">
-        <v>1778</v>
+        <v>1801</v>
       </c>
       <c r="E23" t="s">
-        <v>1779</v>
+        <v>1796</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1780</v>
+        <v>1802</v>
       </c>
       <c r="H23" t="s">
-        <v>1781</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B24" t="s">
-        <v>1782</v>
+        <v>1804</v>
       </c>
       <c r="C24" t="s">
-        <v>1783</v>
+        <v>1751</v>
       </c>
       <c r="D24" t="s">
-        <v>1784</v>
+        <v>1805</v>
       </c>
       <c r="E24" t="s">
-        <v>1785</v>
+        <v>199</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1786</v>
+        <v>1806</v>
       </c>
       <c r="H24" t="s">
-        <v>1787</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B25" t="s">
-        <v>1788</v>
+        <v>1808</v>
       </c>
       <c r="C25" t="s">
-        <v>1789</v>
+        <v>1751</v>
       </c>
       <c r="D25" t="s">
-        <v>1784</v>
+        <v>1805</v>
       </c>
       <c r="E25" t="s">
-        <v>1785</v>
+        <v>199</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1790</v>
+        <v>1809</v>
       </c>
       <c r="H25" t="s">
-        <v>1791</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B26" t="s">
-        <v>1792</v>
+        <v>1811</v>
       </c>
       <c r="C26" t="s">
-        <v>1713</v>
+        <v>1812</v>
       </c>
       <c r="D26" t="s">
-        <v>1793</v>
+        <v>1801</v>
       </c>
       <c r="E26" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1795</v>
+        <v>1813</v>
       </c>
       <c r="H26" t="s">
-        <v>1796</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B27" t="s">
-        <v>1797</v>
+        <v>1815</v>
       </c>
       <c r="C27" t="s">
-        <v>1798</v>
+        <v>1751</v>
       </c>
       <c r="D27" t="s">
-        <v>1799</v>
+        <v>1816</v>
       </c>
       <c r="E27" t="s">
-        <v>1051</v>
+        <v>1817</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1800</v>
+        <v>1818</v>
       </c>
       <c r="H27" t="s">
-        <v>1801</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B28" t="s">
-        <v>1802</v>
+        <v>1820</v>
       </c>
       <c r="C28" t="s">
-        <v>1803</v>
+        <v>1821</v>
       </c>
       <c r="D28" t="s">
-        <v>1804</v>
+        <v>1822</v>
       </c>
       <c r="E28" t="s">
-        <v>1805</v>
+        <v>1823</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1806</v>
+        <v>1824</v>
       </c>
       <c r="H28" t="s">
-        <v>1807</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B29" t="s">
-        <v>1808</v>
+        <v>1826</v>
       </c>
       <c r="C29" t="s">
-        <v>1713</v>
+        <v>1827</v>
       </c>
       <c r="D29" t="s">
-        <v>1809</v>
+        <v>1822</v>
       </c>
       <c r="E29" t="s">
-        <v>1810</v>
+        <v>1823</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1811</v>
+        <v>1828</v>
       </c>
       <c r="H29" t="s">
-        <v>1812</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B30" t="s">
-        <v>1813</v>
+        <v>1830</v>
       </c>
       <c r="C30" t="s">
-        <v>1814</v>
+        <v>1751</v>
       </c>
       <c r="D30" t="s">
-        <v>1815</v>
+        <v>1831</v>
       </c>
       <c r="E30" t="s">
-        <v>1810</v>
+        <v>1832</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1816</v>
+        <v>1833</v>
       </c>
       <c r="H30" t="s">
-        <v>1817</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B31" t="s">
-        <v>1818</v>
+        <v>1835</v>
       </c>
       <c r="C31" t="s">
-        <v>1819</v>
+        <v>1836</v>
       </c>
       <c r="D31" t="s">
-        <v>1815</v>
+        <v>1837</v>
       </c>
       <c r="E31" t="s">
-        <v>1810</v>
+        <v>1074</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1820</v>
+        <v>1838</v>
       </c>
       <c r="H31" t="s">
-        <v>1821</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B32" t="s">
-        <v>1822</v>
+        <v>1840</v>
       </c>
       <c r="C32" t="s">
-        <v>1823</v>
+        <v>1841</v>
       </c>
       <c r="D32" t="s">
-        <v>1824</v>
+        <v>1842</v>
       </c>
       <c r="E32" t="s">
-        <v>1825</v>
+        <v>1843</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1826</v>
+        <v>1844</v>
       </c>
       <c r="H32" t="s">
-        <v>1827</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B33" t="s">
-        <v>1828</v>
+        <v>1846</v>
       </c>
       <c r="C33" t="s">
-        <v>1713</v>
+        <v>1751</v>
       </c>
       <c r="D33" t="s">
-        <v>1829</v>
+        <v>1847</v>
       </c>
       <c r="E33" t="s">
-        <v>1830</v>
+        <v>1848</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1831</v>
+        <v>1849</v>
       </c>
       <c r="H33" t="s">
-        <v>1832</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B34" t="s">
-        <v>1833</v>
+        <v>1851</v>
       </c>
       <c r="C34" t="s">
-        <v>1834</v>
+        <v>1852</v>
       </c>
       <c r="D34" t="s">
-        <v>1835</v>
+        <v>1853</v>
       </c>
       <c r="E34" t="s">
-        <v>1836</v>
+        <v>1848</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1837</v>
+        <v>1854</v>
       </c>
       <c r="H34" t="s">
-        <v>1838</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B35" t="s">
-        <v>1839</v>
+        <v>1856</v>
       </c>
       <c r="C35" t="s">
-        <v>1840</v>
+        <v>1857</v>
       </c>
       <c r="D35" t="s">
-        <v>1841</v>
+        <v>1853</v>
       </c>
       <c r="E35" t="s">
-        <v>616</v>
+        <v>1848</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1842</v>
+        <v>1858</v>
       </c>
       <c r="H35" t="s">
-        <v>1843</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B36" t="s">
-        <v>1844</v>
+        <v>1860</v>
       </c>
       <c r="C36" t="s">
-        <v>1845</v>
+        <v>1861</v>
       </c>
       <c r="D36" t="s">
-        <v>1846</v>
+        <v>1862</v>
       </c>
       <c r="E36" t="s">
-        <v>635</v>
+        <v>1863</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1847</v>
+        <v>1864</v>
       </c>
       <c r="H36" t="s">
-        <v>1848</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B37" t="s">
-        <v>1849</v>
+        <v>1866</v>
       </c>
       <c r="C37" t="s">
-        <v>1713</v>
+        <v>1751</v>
       </c>
       <c r="D37" t="s">
-        <v>1850</v>
+        <v>1867</v>
       </c>
       <c r="E37" t="s">
-        <v>1851</v>
+        <v>1868</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1852</v>
+        <v>1869</v>
       </c>
       <c r="H37" t="s">
-        <v>1853</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B38" t="s">
-        <v>1854</v>
+        <v>1871</v>
       </c>
       <c r="C38" t="s">
-        <v>1855</v>
+        <v>1872</v>
       </c>
       <c r="D38" t="s">
-        <v>1856</v>
+        <v>1873</v>
       </c>
       <c r="E38" t="s">
-        <v>1851</v>
+        <v>1874</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1857</v>
+        <v>1875</v>
       </c>
       <c r="H38" t="s">
-        <v>1858</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B39" t="s">
-        <v>1859</v>
+        <v>1877</v>
       </c>
       <c r="C39" t="s">
-        <v>1860</v>
+        <v>1878</v>
       </c>
       <c r="D39" t="s">
-        <v>1861</v>
+        <v>1879</v>
       </c>
       <c r="E39" t="s">
-        <v>645</v>
+        <v>628</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1862</v>
+        <v>1880</v>
       </c>
       <c r="H39" t="s">
-        <v>1863</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B40" t="s">
-        <v>1864</v>
+        <v>1882</v>
       </c>
       <c r="C40" t="s">
-        <v>1865</v>
+        <v>1883</v>
       </c>
       <c r="D40" t="s">
-        <v>1866</v>
+        <v>1884</v>
       </c>
       <c r="E40" t="s">
-        <v>1867</v>
+        <v>647</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1868</v>
+        <v>1885</v>
       </c>
       <c r="H40" t="s">
-        <v>1869</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B41" t="s">
-        <v>1870</v>
+        <v>1887</v>
       </c>
       <c r="C41" t="s">
-        <v>1871</v>
+        <v>1751</v>
       </c>
       <c r="D41" t="s">
-        <v>1872</v>
+        <v>1888</v>
       </c>
       <c r="E41" t="s">
-        <v>1873</v>
+        <v>1889</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1874</v>
+        <v>1890</v>
       </c>
       <c r="H41" t="s">
-        <v>1875</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B42" t="s">
-        <v>1876</v>
+        <v>1892</v>
       </c>
       <c r="C42" t="s">
-        <v>1877</v>
+        <v>1893</v>
       </c>
       <c r="D42" t="s">
-        <v>1878</v>
+        <v>1894</v>
       </c>
       <c r="E42" t="s">
-        <v>1879</v>
+        <v>1889</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1880</v>
+        <v>1895</v>
       </c>
       <c r="H42" t="s">
-        <v>1881</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B43" t="s">
-        <v>1882</v>
+        <v>1897</v>
       </c>
       <c r="C43" t="s">
-        <v>1883</v>
+        <v>1898</v>
       </c>
       <c r="D43" t="s">
-        <v>1884</v>
+        <v>1899</v>
       </c>
       <c r="E43" t="s">
-        <v>1885</v>
+        <v>657</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1886</v>
+        <v>1900</v>
       </c>
       <c r="H43" t="s">
-        <v>1887</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B44" t="s">
-        <v>1888</v>
+        <v>1902</v>
       </c>
       <c r="C44" t="s">
-        <v>1889</v>
+        <v>1903</v>
       </c>
       <c r="D44" t="s">
-        <v>1890</v>
+        <v>1904</v>
       </c>
       <c r="E44" t="s">
-        <v>1891</v>
+        <v>1905</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1892</v>
+        <v>1906</v>
       </c>
       <c r="H44" t="s">
-        <v>1893</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B45" t="s">
-        <v>1894</v>
+        <v>1908</v>
       </c>
       <c r="C45" t="s">
-        <v>1895</v>
+        <v>1909</v>
       </c>
       <c r="D45" t="s">
-        <v>1896</v>
+        <v>1910</v>
       </c>
       <c r="E45" t="s">
-        <v>1897</v>
+        <v>1911</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1898</v>
+        <v>1912</v>
       </c>
       <c r="H45" t="s">
-        <v>1899</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B46" t="s">
-        <v>1900</v>
+        <v>1914</v>
       </c>
       <c r="C46" t="s">
-        <v>1901</v>
+        <v>1915</v>
       </c>
       <c r="D46" t="s">
-        <v>1902</v>
+        <v>1916</v>
       </c>
       <c r="E46" t="s">
-        <v>1903</v>
+        <v>1917</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1904</v>
+        <v>1918</v>
       </c>
       <c r="H46" t="s">
-        <v>1905</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B47" t="s">
-        <v>1906</v>
+        <v>1920</v>
       </c>
       <c r="C47" t="s">
-        <v>1907</v>
+        <v>1921</v>
       </c>
       <c r="D47" t="s">
-        <v>1908</v>
+        <v>1922</v>
       </c>
       <c r="E47" t="s">
-        <v>1909</v>
+        <v>1923</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1910</v>
+        <v>1924</v>
       </c>
       <c r="H47" t="s">
-        <v>1911</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B48" t="s">
-        <v>1912</v>
+        <v>1926</v>
       </c>
       <c r="C48" t="s">
-        <v>1913</v>
+        <v>1927</v>
       </c>
       <c r="D48" t="s">
-        <v>1914</v>
+        <v>1928</v>
       </c>
       <c r="E48" t="s">
-        <v>1226</v>
+        <v>1929</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1915</v>
+        <v>1930</v>
       </c>
       <c r="H48" t="s">
-        <v>1916</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B49" t="s">
-        <v>1917</v>
+        <v>1932</v>
       </c>
       <c r="C49" t="s">
-        <v>1918</v>
+        <v>1933</v>
       </c>
       <c r="D49" t="s">
-        <v>1919</v>
+        <v>1934</v>
       </c>
       <c r="E49" t="s">
-        <v>1920</v>
+        <v>1935</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1921</v>
+        <v>1936</v>
       </c>
       <c r="H49" t="s">
-        <v>1922</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B50" t="s">
-        <v>1923</v>
+        <v>1938</v>
       </c>
       <c r="C50" t="s">
-        <v>1924</v>
+        <v>1939</v>
       </c>
       <c r="D50" t="s">
-        <v>1925</v>
+        <v>1940</v>
       </c>
       <c r="E50" t="s">
-        <v>1926</v>
+        <v>1941</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1927</v>
+        <v>1942</v>
       </c>
       <c r="H50" t="s">
-        <v>1928</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B51" t="s">
-        <v>1929</v>
+        <v>1944</v>
       </c>
       <c r="C51" t="s">
-        <v>1930</v>
+        <v>1945</v>
       </c>
       <c r="D51" t="s">
-        <v>1931</v>
+        <v>1946</v>
       </c>
       <c r="E51" t="s">
-        <v>693</v>
+        <v>1947</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1932</v>
+        <v>1948</v>
       </c>
       <c r="H51" t="s">
-        <v>1933</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B52" t="s">
-        <v>1934</v>
+        <v>1950</v>
       </c>
       <c r="C52" t="s">
-        <v>1935</v>
+        <v>1951</v>
       </c>
       <c r="D52" t="s">
-        <v>1931</v>
+        <v>1952</v>
       </c>
       <c r="E52" t="s">
-        <v>693</v>
+        <v>1243</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1936</v>
+        <v>1953</v>
       </c>
       <c r="H52" t="s">
-        <v>1937</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B53" t="s">
-        <v>1938</v>
+        <v>1955</v>
       </c>
       <c r="C53" t="s">
-        <v>1939</v>
+        <v>1956</v>
       </c>
       <c r="D53" t="s">
-        <v>1931</v>
+        <v>1957</v>
       </c>
       <c r="E53" t="s">
-        <v>693</v>
+        <v>1958</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1940</v>
+        <v>1959</v>
       </c>
       <c r="H53" t="s">
-        <v>1941</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B54" t="s">
-        <v>1942</v>
+        <v>1961</v>
       </c>
       <c r="C54" t="s">
-        <v>1943</v>
+        <v>1962</v>
       </c>
       <c r="D54" t="s">
-        <v>1944</v>
+        <v>1963</v>
       </c>
       <c r="E54" t="s">
-        <v>1945</v>
+        <v>1964</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1946</v>
+        <v>1965</v>
       </c>
       <c r="H54" t="s">
-        <v>1947</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B55" t="s">
-        <v>1948</v>
+        <v>1967</v>
       </c>
       <c r="C55" t="s">
-        <v>1949</v>
+        <v>1968</v>
       </c>
       <c r="D55" t="s">
-        <v>1950</v>
+        <v>1969</v>
       </c>
       <c r="E55" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1951</v>
+        <v>1970</v>
       </c>
       <c r="H55" t="s">
-        <v>1952</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B56" t="s">
-        <v>1953</v>
+        <v>1972</v>
       </c>
       <c r="C56" t="s">
-        <v>1954</v>
+        <v>1973</v>
       </c>
       <c r="D56" t="s">
-        <v>1950</v>
+        <v>1969</v>
       </c>
       <c r="E56" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1955</v>
+        <v>1974</v>
       </c>
       <c r="H56" t="s">
-        <v>1956</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B57" t="s">
-        <v>1957</v>
+        <v>1976</v>
       </c>
       <c r="C57" t="s">
-        <v>1958</v>
+        <v>1977</v>
       </c>
       <c r="D57" t="s">
-        <v>1959</v>
+        <v>1969</v>
       </c>
       <c r="E57" t="s">
-        <v>1960</v>
+        <v>705</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1961</v>
+        <v>1978</v>
       </c>
       <c r="H57" t="s">
-        <v>1962</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B58" t="s">
-        <v>1963</v>
+        <v>1980</v>
       </c>
       <c r="C58" t="s">
-        <v>1964</v>
+        <v>1981</v>
       </c>
       <c r="D58" t="s">
-        <v>1959</v>
+        <v>1982</v>
       </c>
       <c r="E58" t="s">
-        <v>1960</v>
+        <v>1983</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1965</v>
+        <v>1984</v>
       </c>
       <c r="H58" t="s">
-        <v>1966</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B59" t="s">
-        <v>1967</v>
+        <v>1986</v>
       </c>
       <c r="C59" t="s">
-        <v>1968</v>
+        <v>1987</v>
       </c>
       <c r="D59" t="s">
-        <v>1969</v>
+        <v>1988</v>
       </c>
       <c r="E59" t="s">
-        <v>1970</v>
+        <v>710</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1971</v>
+        <v>1989</v>
       </c>
       <c r="H59" t="s">
-        <v>1972</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B60" t="s">
-        <v>1973</v>
+        <v>1991</v>
       </c>
       <c r="C60" t="s">
-        <v>1974</v>
+        <v>1992</v>
       </c>
       <c r="D60" t="s">
-        <v>1975</v>
+        <v>1988</v>
       </c>
       <c r="E60" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1976</v>
+        <v>1993</v>
       </c>
       <c r="H60" t="s">
-        <v>1977</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B61" t="s">
-        <v>1978</v>
+        <v>1995</v>
       </c>
       <c r="C61" t="s">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="D61" t="s">
-        <v>1980</v>
+        <v>1997</v>
       </c>
       <c r="E61" t="s">
-        <v>722</v>
+        <v>1998</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1981</v>
+        <v>1999</v>
       </c>
       <c r="H61" t="s">
-        <v>1982</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B62" t="s">
-        <v>1983</v>
+        <v>2001</v>
       </c>
       <c r="C62" t="s">
-        <v>1984</v>
+        <v>2002</v>
       </c>
       <c r="D62" t="s">
-        <v>1985</v>
+        <v>1997</v>
       </c>
       <c r="E62" t="s">
-        <v>1986</v>
+        <v>1998</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1987</v>
+        <v>2003</v>
       </c>
       <c r="H62" t="s">
-        <v>1988</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B63" t="s">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="C63" t="s">
-        <v>1990</v>
+        <v>2006</v>
       </c>
       <c r="D63" t="s">
-        <v>1991</v>
+        <v>2007</v>
       </c>
       <c r="E63" t="s">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1993</v>
+        <v>2009</v>
       </c>
       <c r="H63" t="s">
-        <v>1994</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B64" t="s">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="C64" t="s">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="D64" t="s">
-        <v>1997</v>
+        <v>2013</v>
       </c>
       <c r="E64" t="s">
-        <v>1992</v>
+        <v>729</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1998</v>
+        <v>2014</v>
       </c>
       <c r="H64" t="s">
-        <v>1999</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B65" t="s">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="C65" t="s">
-        <v>2001</v>
+        <v>2017</v>
       </c>
       <c r="D65" t="s">
-        <v>2002</v>
+        <v>2018</v>
       </c>
       <c r="E65" t="s">
-        <v>2003</v>
+        <v>734</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="H65" t="s">
-        <v>2005</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B66" t="s">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="C66" t="s">
-        <v>2007</v>
+        <v>2022</v>
       </c>
       <c r="D66" t="s">
-        <v>2008</v>
+        <v>2023</v>
       </c>
       <c r="E66" t="s">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="H66" t="s">
-        <v>2011</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B67" t="s">
-        <v>2012</v>
+        <v>2027</v>
       </c>
       <c r="C67" t="s">
-        <v>2013</v>
+        <v>2028</v>
       </c>
       <c r="D67" t="s">
-        <v>2014</v>
+        <v>2029</v>
       </c>
       <c r="E67" t="s">
-        <v>2015</v>
+        <v>2030</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>2016</v>
+        <v>2031</v>
       </c>
       <c r="H67" t="s">
-        <v>2017</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B68" t="s">
-        <v>2018</v>
+        <v>2033</v>
       </c>
       <c r="C68" t="s">
-        <v>2019</v>
+        <v>2034</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>2035</v>
       </c>
       <c r="E68" t="s">
-        <v>2020</v>
+        <v>2030</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2021</v>
+        <v>2036</v>
       </c>
       <c r="H68" t="s">
-        <v>2022</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B69" t="s">
-        <v>2023</v>
+        <v>2038</v>
       </c>
       <c r="C69" t="s">
-        <v>2024</v>
+        <v>2039</v>
       </c>
       <c r="D69" t="s">
-        <v>2025</v>
+        <v>2040</v>
       </c>
       <c r="E69" t="s">
-        <v>2026</v>
+        <v>2041</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>2027</v>
+        <v>2042</v>
       </c>
       <c r="H69" t="s">
-        <v>2028</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B70" t="s">
-        <v>2029</v>
+        <v>2044</v>
       </c>
       <c r="C70" t="s">
-        <v>2030</v>
+        <v>2045</v>
       </c>
       <c r="D70" t="s">
-        <v>2031</v>
+        <v>2046</v>
       </c>
       <c r="E70" t="s">
-        <v>2032</v>
+        <v>2047</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2033</v>
+        <v>2048</v>
       </c>
       <c r="H70" t="s">
-        <v>2034</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1674</v>
+        <v>1691</v>
       </c>
       <c r="B71" t="s">
-        <v>2035</v>
+        <v>2050</v>
       </c>
       <c r="C71" t="s">
-        <v>2036</v>
+        <v>2051</v>
       </c>
       <c r="D71" t="s">
-        <v>2037</v>
+        <v>2052</v>
       </c>
       <c r="E71" t="s">
-        <v>2038</v>
+        <v>2053</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2039</v>
+        <v>2054</v>
       </c>
       <c r="H71" t="s">
-        <v>2040</v>
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C72" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2058</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C73" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2063</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C74" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2069</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2070</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C75" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2078</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z102"/>
+  <dimension ref="A1:Z103"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2041</v>
+        <v>2079</v>
       </c>
       <c r="J1" t="s">
         <v>23</v>
       </c>
       <c r="K1" t="s">
-        <v>2042</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B2" t="s">
-        <v>2044</v>
+        <v>2082</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2045</v>
+        <v>2083</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2046</v>
+        <v>2084</v>
       </c>
       <c r="H2" t="s">
-        <v>2047</v>
+        <v>2085</v>
       </c>
       <c r="I2" t="s">
-        <v>2048</v>
+        <v>2086</v>
       </c>
       <c r="J2" t="s">
-        <v>2049</v>
+        <v>2087</v>
       </c>
       <c r="K2" t="s">
-        <v>2050</v>
-[...20 lines deleted...]
-        <v>2057</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B3" t="s">
-        <v>2058</v>
+        <v>2089</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2059</v>
+        <v>2090</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2060</v>
+        <v>2091</v>
       </c>
       <c r="H3" t="s">
-        <v>2061</v>
+        <v>2092</v>
       </c>
       <c r="I3" t="s">
-        <v>2062</v>
+        <v>2093</v>
       </c>
       <c r="J3" t="s">
-        <v>2063</v>
+        <v>2094</v>
       </c>
       <c r="K3" t="s">
-        <v>2064</v>
+        <v>2095</v>
       </c>
       <c r="L3" t="s">
-        <v>2065</v>
+        <v>2096</v>
+      </c>
+      <c r="M3" t="s">
+        <v>2097</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2098</v>
+      </c>
+      <c r="O3" t="s">
+        <v>2099</v>
+      </c>
+      <c r="P3" t="s">
+        <v>2100</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>2101</v>
+      </c>
+      <c r="R3" t="s">
+        <v>2102</v>
+      </c>
+      <c r="S3" t="s">
+        <v>2103</v>
+      </c>
+      <c r="T3" t="s">
+        <v>2104</v>
+      </c>
+      <c r="U3" t="s">
+        <v>2105</v>
+      </c>
+      <c r="V3" t="s">
+        <v>2106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B4" t="s">
-        <v>2066</v>
+        <v>2107</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2067</v>
+        <v>2108</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2068</v>
+        <v>2109</v>
       </c>
       <c r="H4" t="s">
-        <v>2069</v>
+        <v>2110</v>
       </c>
       <c r="I4" t="s">
-        <v>2070</v>
+        <v>2111</v>
       </c>
       <c r="J4" t="s">
-        <v>2071</v>
+        <v>2112</v>
       </c>
       <c r="K4" t="s">
-        <v>2072</v>
+        <v>2113</v>
+      </c>
+      <c r="L4" t="s">
+        <v>2114</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2115</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2116</v>
+      </c>
+      <c r="O4" t="s">
+        <v>2117</v>
+      </c>
+      <c r="P4" t="s">
+        <v>2118</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>2119</v>
+      </c>
+      <c r="R4" t="s">
+        <v>2120</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B5" t="s">
-        <v>2073</v>
+        <v>2121</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2074</v>
+        <v>2122</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2075</v>
+        <v>2123</v>
       </c>
       <c r="H5" t="s">
-        <v>2076</v>
+        <v>2124</v>
       </c>
       <c r="I5" t="s">
-        <v>2070</v>
+        <v>2125</v>
       </c>
       <c r="J5" t="s">
-        <v>2049</v>
+        <v>2094</v>
       </c>
       <c r="K5" t="s">
-        <v>2077</v>
+        <v>2126</v>
+      </c>
+      <c r="L5" t="s">
+        <v>2127</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B6" t="s">
-        <v>2078</v>
+        <v>2128</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2079</v>
+        <v>2129</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2080</v>
+        <v>2130</v>
       </c>
       <c r="H6" t="s">
-        <v>2081</v>
+        <v>2131</v>
       </c>
       <c r="I6" t="s">
-        <v>2082</v>
+        <v>2132</v>
       </c>
       <c r="J6" t="s">
-        <v>2063</v>
+        <v>2133</v>
       </c>
       <c r="K6" t="s">
-        <v>2083</v>
-[...20 lines deleted...]
-        <v>2090</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B7" t="s">
-        <v>2091</v>
+        <v>2135</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2092</v>
+        <v>2136</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2093</v>
+        <v>2137</v>
       </c>
       <c r="H7" t="s">
-        <v>2094</v>
+        <v>2138</v>
       </c>
       <c r="I7" t="s">
-        <v>2095</v>
+        <v>2132</v>
       </c>
       <c r="J7" t="s">
-        <v>2096</v>
+        <v>2112</v>
       </c>
       <c r="K7" t="s">
-        <v>2097</v>
-[...20 lines deleted...]
-        <v>2103</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B8" t="s">
-        <v>2104</v>
+        <v>2140</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2105</v>
+        <v>2141</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2106</v>
+        <v>2142</v>
       </c>
       <c r="H8" t="s">
-        <v>2107</v>
+        <v>2143</v>
       </c>
       <c r="I8" t="s">
-        <v>2108</v>
+        <v>2144</v>
       </c>
       <c r="J8" t="s">
-        <v>2109</v>
+        <v>2094</v>
       </c>
       <c r="K8" t="s">
-        <v>2110</v>
+        <v>2145</v>
       </c>
       <c r="L8" t="s">
-        <v>2111</v>
+        <v>2146</v>
+      </c>
+      <c r="M8" t="s">
+        <v>2147</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2148</v>
+      </c>
+      <c r="O8" t="s">
+        <v>2149</v>
+      </c>
+      <c r="P8" t="s">
+        <v>2150</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>2151</v>
+      </c>
+      <c r="R8" t="s">
+        <v>2152</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B9" t="s">
-        <v>2112</v>
+        <v>2153</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2113</v>
+        <v>2154</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2114</v>
+        <v>2155</v>
       </c>
       <c r="H9" t="s">
-        <v>2115</v>
+        <v>2156</v>
       </c>
       <c r="I9" t="s">
-        <v>2116</v>
+        <v>2157</v>
       </c>
       <c r="J9" t="s">
-        <v>2117</v>
+        <v>2158</v>
       </c>
       <c r="K9" t="s">
-        <v>2118</v>
+        <v>2159</v>
       </c>
       <c r="L9" t="s">
-        <v>2119</v>
+        <v>2160</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2161</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2162</v>
+      </c>
+      <c r="O9" t="s">
+        <v>2163</v>
+      </c>
+      <c r="P9" t="s">
+        <v>2163</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>2164</v>
+      </c>
+      <c r="R9" t="s">
+        <v>2165</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B10" t="s">
-        <v>2120</v>
+        <v>2166</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2121</v>
+        <v>2167</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2122</v>
+        <v>2168</v>
       </c>
       <c r="H10" t="s">
-        <v>2123</v>
+        <v>2169</v>
       </c>
       <c r="I10" t="s">
-        <v>2124</v>
+        <v>2170</v>
       </c>
       <c r="J10" t="s">
-        <v>2125</v>
+        <v>2171</v>
       </c>
       <c r="K10" t="s">
-        <v>2126</v>
+        <v>2172</v>
+      </c>
+      <c r="L10" t="s">
+        <v>2173</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B11" t="s">
-        <v>2127</v>
+        <v>2174</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2128</v>
+        <v>2175</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2129</v>
+        <v>2176</v>
       </c>
       <c r="H11" t="s">
-        <v>2130</v>
+        <v>2177</v>
       </c>
       <c r="I11" t="s">
-        <v>2131</v>
+        <v>2178</v>
       </c>
       <c r="J11" t="s">
-        <v>2063</v>
+        <v>2179</v>
       </c>
       <c r="K11" t="s">
-        <v>2132</v>
+        <v>2180</v>
       </c>
       <c r="L11" t="s">
-        <v>2133</v>
-[...29 lines deleted...]
-        <v>2143</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B12" t="s">
-        <v>2144</v>
+        <v>2182</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2145</v>
+        <v>2183</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2146</v>
+        <v>2184</v>
       </c>
       <c r="H12" t="s">
-        <v>2147</v>
+        <v>2185</v>
       </c>
       <c r="I12" t="s">
-        <v>2148</v>
+        <v>2186</v>
       </c>
       <c r="J12" t="s">
-        <v>2149</v>
+        <v>2187</v>
       </c>
       <c r="K12" t="s">
-        <v>2150</v>
-[...8 lines deleted...]
-        <v>2153</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B13" t="s">
-        <v>2154</v>
+        <v>2189</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2155</v>
+        <v>2190</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2156</v>
+        <v>2191</v>
       </c>
       <c r="H13" t="s">
-        <v>2157</v>
+        <v>2192</v>
       </c>
       <c r="I13" t="s">
-        <v>2158</v>
+        <v>2193</v>
       </c>
       <c r="J13" t="s">
-        <v>2096</v>
+        <v>2194</v>
       </c>
       <c r="K13" t="s">
-        <v>2159</v>
+        <v>2195</v>
       </c>
       <c r="L13" t="s">
-        <v>2160</v>
+        <v>2196</v>
       </c>
       <c r="M13" t="s">
-        <v>2161</v>
+        <v>2197</v>
       </c>
       <c r="N13" t="s">
-        <v>2162</v>
-[...5 lines deleted...]
-        <v>2164</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B14" t="s">
-        <v>2165</v>
+        <v>2199</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2155</v>
+        <v>2200</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2166</v>
+        <v>2201</v>
       </c>
       <c r="H14" t="s">
-        <v>2167</v>
+        <v>2202</v>
       </c>
       <c r="I14" t="s">
-        <v>2168</v>
+        <v>2203</v>
       </c>
       <c r="J14" t="s">
-        <v>2169</v>
+        <v>2158</v>
       </c>
       <c r="K14" t="s">
-        <v>2170</v>
+        <v>2204</v>
       </c>
       <c r="L14" t="s">
-        <v>2171</v>
+        <v>2205</v>
       </c>
       <c r="M14" t="s">
-        <v>2172</v>
+        <v>2206</v>
       </c>
       <c r="N14" t="s">
-        <v>2173</v>
+        <v>2207</v>
       </c>
       <c r="O14" t="s">
-        <v>2174</v>
+        <v>2208</v>
       </c>
       <c r="P14" t="s">
-        <v>2175</v>
-[...14 lines deleted...]
-        <v>2180</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B15" t="s">
-        <v>2181</v>
+        <v>2210</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2155</v>
+        <v>2200</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2182</v>
+        <v>2211</v>
       </c>
       <c r="H15" t="s">
-        <v>2183</v>
+        <v>2212</v>
       </c>
       <c r="I15" t="s">
-        <v>2184</v>
+        <v>2213</v>
       </c>
       <c r="J15" t="s">
-        <v>2185</v>
+        <v>2214</v>
       </c>
       <c r="K15" t="s">
-        <v>2186</v>
+        <v>2215</v>
       </c>
       <c r="L15" t="s">
-        <v>2187</v>
+        <v>2216</v>
       </c>
       <c r="M15" t="s">
-        <v>2188</v>
+        <v>2217</v>
       </c>
       <c r="N15" t="s">
-        <v>2189</v>
+        <v>2218</v>
       </c>
       <c r="O15" t="s">
-        <v>2190</v>
+        <v>2219</v>
       </c>
       <c r="P15" t="s">
-        <v>2190</v>
+        <v>2220</v>
       </c>
       <c r="Q15" t="s">
-        <v>2191</v>
+        <v>2221</v>
+      </c>
+      <c r="R15" t="s">
+        <v>2222</v>
+      </c>
+      <c r="S15" t="s">
+        <v>2223</v>
+      </c>
+      <c r="T15" t="s">
+        <v>2224</v>
+      </c>
+      <c r="U15" t="s">
+        <v>2225</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B16" t="s">
-        <v>2192</v>
+        <v>2226</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2193</v>
+        <v>2200</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2194</v>
+        <v>2227</v>
       </c>
       <c r="H16" t="s">
-        <v>2195</v>
+        <v>2228</v>
       </c>
       <c r="I16" t="s">
-        <v>2196</v>
+        <v>2229</v>
       </c>
       <c r="J16" t="s">
-        <v>2049</v>
+        <v>2230</v>
       </c>
       <c r="K16" t="s">
-        <v>2197</v>
+        <v>2231</v>
       </c>
       <c r="L16" t="s">
-        <v>2198</v>
+        <v>2232</v>
       </c>
       <c r="M16" t="s">
-        <v>2199</v>
+        <v>2233</v>
       </c>
       <c r="N16" t="s">
-        <v>2200</v>
+        <v>2234</v>
       </c>
       <c r="O16" t="s">
-        <v>2201</v>
+        <v>2235</v>
       </c>
       <c r="P16" t="s">
-        <v>2202</v>
+        <v>2235</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>2236</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B17" t="s">
-        <v>2203</v>
+        <v>2237</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2193</v>
+        <v>2238</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2204</v>
+        <v>2239</v>
       </c>
       <c r="H17" t="s">
-        <v>2205</v>
+        <v>2240</v>
       </c>
       <c r="I17" t="s">
-        <v>2206</v>
+        <v>2241</v>
       </c>
       <c r="J17" t="s">
-        <v>2169</v>
+        <v>2112</v>
       </c>
       <c r="K17" t="s">
-        <v>2207</v>
+        <v>2242</v>
       </c>
       <c r="L17" t="s">
-        <v>2208</v>
+        <v>2243</v>
       </c>
       <c r="M17" t="s">
-        <v>2209</v>
+        <v>2244</v>
       </c>
       <c r="N17" t="s">
-        <v>2210</v>
+        <v>2245</v>
       </c>
       <c r="O17" t="s">
-        <v>2211</v>
+        <v>2246</v>
       </c>
       <c r="P17" t="s">
-        <v>2212</v>
-[...17 lines deleted...]
-        <v>2218</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B18" t="s">
-        <v>2219</v>
+        <v>2248</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2193</v>
+        <v>2238</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2220</v>
+        <v>2249</v>
       </c>
       <c r="H18" t="s">
-        <v>2221</v>
+        <v>2250</v>
       </c>
       <c r="I18" t="s">
-        <v>2222</v>
+        <v>2251</v>
       </c>
       <c r="J18" t="s">
-        <v>2049</v>
+        <v>2214</v>
       </c>
       <c r="K18" t="s">
-        <v>2223</v>
+        <v>2252</v>
       </c>
       <c r="L18" t="s">
-        <v>2224</v>
+        <v>2253</v>
       </c>
       <c r="M18" t="s">
-        <v>2225</v>
+        <v>2254</v>
       </c>
       <c r="N18" t="s">
-        <v>2226</v>
+        <v>2255</v>
       </c>
       <c r="O18" t="s">
-        <v>2227</v>
+        <v>2256</v>
       </c>
       <c r="P18" t="s">
-        <v>2228</v>
+        <v>2257</v>
       </c>
       <c r="Q18" t="s">
-        <v>2229</v>
+        <v>2258</v>
+      </c>
+      <c r="R18" t="s">
+        <v>2259</v>
+      </c>
+      <c r="S18" t="s">
+        <v>2260</v>
+      </c>
+      <c r="T18" t="s">
+        <v>2261</v>
+      </c>
+      <c r="U18" t="s">
+        <v>2262</v>
+      </c>
+      <c r="V18" t="s">
+        <v>2263</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B19" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2231</v>
+        <v>2238</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2232</v>
+        <v>2265</v>
       </c>
       <c r="H19" t="s">
-        <v>2233</v>
+        <v>2266</v>
       </c>
       <c r="I19" t="s">
-        <v>2234</v>
+        <v>2267</v>
       </c>
       <c r="J19" t="s">
-        <v>2185</v>
+        <v>2112</v>
       </c>
       <c r="K19" t="s">
-        <v>2235</v>
+        <v>2268</v>
       </c>
       <c r="L19" t="s">
-        <v>2236</v>
+        <v>2269</v>
       </c>
       <c r="M19" t="s">
-        <v>2237</v>
+        <v>2270</v>
       </c>
       <c r="N19" t="s">
-        <v>2238</v>
+        <v>2271</v>
       </c>
       <c r="O19" t="s">
-        <v>2239</v>
+        <v>2272</v>
       </c>
       <c r="P19" t="s">
-        <v>2240</v>
+        <v>2273</v>
       </c>
       <c r="Q19" t="s">
-        <v>2241</v>
-[...26 lines deleted...]
-        <v>2250</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B20" t="s">
-        <v>2251</v>
+        <v>2275</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2252</v>
+        <v>2276</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2253</v>
+        <v>2277</v>
       </c>
       <c r="H20" t="s">
-        <v>2254</v>
+        <v>2278</v>
       </c>
       <c r="I20" t="s">
-        <v>2255</v>
+        <v>2279</v>
       </c>
       <c r="J20" t="s">
-        <v>2185</v>
+        <v>2230</v>
       </c>
       <c r="K20" t="s">
-        <v>2256</v>
+        <v>2280</v>
       </c>
       <c r="L20" t="s">
-        <v>2257</v>
+        <v>2281</v>
       </c>
       <c r="M20" t="s">
-        <v>2258</v>
+        <v>2282</v>
       </c>
       <c r="N20" t="s">
-        <v>2259</v>
+        <v>2283</v>
+      </c>
+      <c r="O20" t="s">
+        <v>2284</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2285</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2286</v>
+      </c>
+      <c r="R20" t="s">
+        <v>2287</v>
+      </c>
+      <c r="S20" t="s">
+        <v>2288</v>
+      </c>
+      <c r="T20" t="s">
+        <v>2289</v>
+      </c>
+      <c r="U20" t="s">
+        <v>2290</v>
+      </c>
+      <c r="V20" t="s">
+        <v>2291</v>
+      </c>
+      <c r="W20" t="s">
+        <v>2292</v>
+      </c>
+      <c r="X20" t="s">
+        <v>2293</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>2294</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>2295</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B21" t="s">
-        <v>2260</v>
+        <v>2296</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2261</v>
+        <v>2297</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2262</v>
+        <v>2298</v>
       </c>
       <c r="H21" t="s">
-        <v>2263</v>
+        <v>2299</v>
       </c>
       <c r="I21" t="s">
-        <v>2264</v>
+        <v>2300</v>
       </c>
       <c r="J21" t="s">
-        <v>2265</v>
+        <v>2230</v>
       </c>
       <c r="K21" t="s">
-        <v>2266</v>
+        <v>2301</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2302</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2303</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2304</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B22" t="s">
-        <v>2267</v>
+        <v>2305</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2268</v>
+        <v>2306</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2269</v>
+        <v>2307</v>
       </c>
       <c r="H22" t="s">
-        <v>2270</v>
+        <v>2308</v>
       </c>
       <c r="I22" t="s">
-        <v>2206</v>
+        <v>2309</v>
       </c>
       <c r="J22" t="s">
-        <v>2169</v>
+        <v>2310</v>
       </c>
       <c r="K22" t="s">
-        <v>2271</v>
-[...11 lines deleted...]
-        <v>2275</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B23" t="s">
-        <v>2276</v>
+        <v>2312</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2277</v>
+        <v>2313</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2278</v>
+        <v>2314</v>
       </c>
       <c r="H23" t="s">
-        <v>2279</v>
+        <v>2315</v>
       </c>
       <c r="I23" t="s">
-        <v>2280</v>
+        <v>2251</v>
       </c>
       <c r="J23" t="s">
-        <v>2281</v>
+        <v>2214</v>
       </c>
       <c r="K23" t="s">
-        <v>2282</v>
+        <v>2316</v>
+      </c>
+      <c r="L23" t="s">
+        <v>2317</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2318</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2319</v>
+      </c>
+      <c r="O23" t="s">
+        <v>2320</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B24" t="s">
-        <v>2283</v>
+        <v>2321</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2284</v>
+        <v>2322</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2285</v>
+        <v>2323</v>
       </c>
       <c r="H24" t="s">
-        <v>2286</v>
+        <v>2324</v>
       </c>
       <c r="I24" t="s">
-        <v>2287</v>
+        <v>2325</v>
       </c>
       <c r="J24" t="s">
-        <v>2117</v>
+        <v>2326</v>
       </c>
       <c r="K24" t="s">
-        <v>2288</v>
-[...2 lines deleted...]
-        <v>2289</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B25" t="s">
-        <v>2290</v>
+        <v>2328</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2291</v>
+        <v>2329</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2292</v>
+        <v>2330</v>
       </c>
       <c r="H25" t="s">
-        <v>2293</v>
+        <v>2331</v>
       </c>
       <c r="I25" t="s">
-        <v>2294</v>
+        <v>2332</v>
       </c>
       <c r="J25" t="s">
-        <v>2295</v>
+        <v>2179</v>
       </c>
       <c r="K25" t="s">
-        <v>2296</v>
+        <v>2333</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2334</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B26" t="s">
-        <v>2297</v>
+        <v>2335</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2298</v>
+        <v>2336</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2299</v>
+        <v>2337</v>
       </c>
       <c r="H26" t="s">
-        <v>2300</v>
+        <v>2338</v>
       </c>
       <c r="I26" t="s">
-        <v>2301</v>
+        <v>2339</v>
       </c>
       <c r="J26" t="s">
-        <v>2096</v>
+        <v>2340</v>
       </c>
       <c r="K26" t="s">
-        <v>2302</v>
-[...5 lines deleted...]
-        <v>2304</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B27" t="s">
-        <v>2305</v>
+        <v>2342</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2306</v>
+        <v>2343</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2307</v>
+        <v>2344</v>
       </c>
       <c r="H27" t="s">
-        <v>2308</v>
+        <v>2345</v>
       </c>
       <c r="I27" t="s">
-        <v>2309</v>
+        <v>2346</v>
       </c>
       <c r="J27" t="s">
-        <v>2310</v>
+        <v>2158</v>
       </c>
       <c r="K27" t="s">
-        <v>2311</v>
+        <v>2347</v>
+      </c>
+      <c r="L27" t="s">
+        <v>2348</v>
+      </c>
+      <c r="M27" t="s">
+        <v>2349</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B28" t="s">
-        <v>2312</v>
+        <v>2350</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2313</v>
+        <v>2351</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2314</v>
+        <v>2352</v>
       </c>
       <c r="H28" t="s">
-        <v>2315</v>
+        <v>2353</v>
       </c>
       <c r="I28" t="s">
-        <v>2206</v>
+        <v>2354</v>
       </c>
       <c r="J28" t="s">
-        <v>2185</v>
+        <v>2355</v>
       </c>
       <c r="K28" t="s">
-        <v>2316</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B29" t="s">
-        <v>2317</v>
+        <v>2357</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2318</v>
+        <v>2358</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2319</v>
+        <v>2359</v>
       </c>
       <c r="H29" t="s">
-        <v>2320</v>
+        <v>2360</v>
       </c>
       <c r="I29" t="s">
-        <v>2321</v>
+        <v>2251</v>
       </c>
       <c r="J29" t="s">
-        <v>2322</v>
+        <v>2230</v>
       </c>
       <c r="K29" t="s">
-        <v>2323</v>
-[...5 lines deleted...]
-        <v>2325</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B30" t="s">
-        <v>2326</v>
+        <v>2362</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2327</v>
+        <v>2363</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2328</v>
+        <v>2364</v>
       </c>
       <c r="H30" t="s">
-        <v>2329</v>
+        <v>2365</v>
       </c>
       <c r="I30" t="s">
-        <v>2330</v>
+        <v>2366</v>
       </c>
       <c r="J30" t="s">
-        <v>2331</v>
+        <v>2367</v>
       </c>
       <c r="K30" t="s">
-        <v>2332</v>
+        <v>2368</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2369</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2370</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B31" t="s">
-        <v>2333</v>
+        <v>2371</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2334</v>
+        <v>2372</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2335</v>
+        <v>2373</v>
       </c>
       <c r="H31" t="s">
-        <v>2336</v>
+        <v>2374</v>
       </c>
       <c r="I31" t="s">
-        <v>2337</v>
+        <v>2375</v>
       </c>
       <c r="J31" t="s">
-        <v>2338</v>
+        <v>2376</v>
       </c>
       <c r="K31" t="s">
-        <v>2339</v>
-[...2 lines deleted...]
-        <v>2339</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B32" t="s">
-        <v>2340</v>
+        <v>2378</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>2341</v>
+        <v>2379</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>2342</v>
+        <v>2380</v>
       </c>
       <c r="H32" t="s">
-        <v>2343</v>
+        <v>2381</v>
       </c>
       <c r="I32" t="s">
-        <v>2344</v>
+        <v>2382</v>
       </c>
       <c r="J32" t="s">
-        <v>2096</v>
+        <v>2383</v>
       </c>
       <c r="K32" t="s">
-        <v>2345</v>
+        <v>2384</v>
       </c>
       <c r="L32" t="s">
-        <v>2346</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B33" t="s">
-        <v>2347</v>
+        <v>2385</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>2348</v>
+        <v>2386</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2349</v>
+        <v>2387</v>
       </c>
       <c r="H33" t="s">
-        <v>2350</v>
+        <v>2388</v>
       </c>
       <c r="I33" t="s">
-        <v>2351</v>
+        <v>2389</v>
       </c>
       <c r="J33" t="s">
-        <v>2352</v>
+        <v>2158</v>
       </c>
       <c r="K33" t="s">
-        <v>2353</v>
+        <v>2390</v>
       </c>
       <c r="L33" t="s">
-        <v>2354</v>
-[...5 lines deleted...]
-        <v>2356</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B34" t="s">
-        <v>2357</v>
+        <v>2392</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>2358</v>
+        <v>2393</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>2359</v>
+        <v>2394</v>
       </c>
       <c r="H34" t="s">
-        <v>2360</v>
+        <v>2395</v>
       </c>
       <c r="I34" t="s">
-        <v>2361</v>
+        <v>2396</v>
       </c>
       <c r="J34" t="s">
-        <v>2362</v>
+        <v>2397</v>
       </c>
       <c r="K34" t="s">
-        <v>2363</v>
+        <v>2398</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2399</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2400</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2401</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B35" t="s">
-        <v>2364</v>
+        <v>2402</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>2365</v>
+        <v>2403</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>2366</v>
+        <v>2404</v>
       </c>
       <c r="H35" t="s">
-        <v>2367</v>
+        <v>2405</v>
       </c>
       <c r="I35" t="s">
-        <v>2206</v>
+        <v>2406</v>
       </c>
       <c r="J35" t="s">
-        <v>2169</v>
+        <v>2407</v>
       </c>
       <c r="K35" t="s">
-        <v>2368</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B36" t="s">
-        <v>2369</v>
+        <v>2409</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>2370</v>
+        <v>2410</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2371</v>
+        <v>2411</v>
       </c>
       <c r="H36" t="s">
-        <v>2372</v>
+        <v>2412</v>
       </c>
       <c r="I36" t="s">
-        <v>2373</v>
+        <v>2251</v>
       </c>
       <c r="J36" t="s">
-        <v>2374</v>
+        <v>2214</v>
       </c>
       <c r="K36" t="s">
-        <v>2375</v>
-[...2 lines deleted...]
-        <v>2376</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B37" t="s">
-        <v>2377</v>
+        <v>2414</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>2378</v>
+        <v>2415</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>2379</v>
+        <v>2416</v>
       </c>
       <c r="H37" t="s">
-        <v>2380</v>
+        <v>2417</v>
       </c>
       <c r="I37" t="s">
-        <v>2131</v>
+        <v>2418</v>
       </c>
       <c r="J37" t="s">
-        <v>2381</v>
+        <v>2419</v>
       </c>
       <c r="K37" t="s">
-        <v>2382</v>
+        <v>2420</v>
       </c>
       <c r="L37" t="s">
-        <v>2383</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B38" t="s">
-        <v>2384</v>
+        <v>2422</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>2385</v>
+        <v>2423</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>2386</v>
+        <v>2424</v>
       </c>
       <c r="H38" t="s">
-        <v>2387</v>
+        <v>2425</v>
       </c>
       <c r="I38" t="s">
-        <v>2131</v>
+        <v>2093</v>
       </c>
       <c r="J38" t="s">
-        <v>2381</v>
+        <v>2426</v>
       </c>
       <c r="K38" t="s">
-        <v>2388</v>
+        <v>2427</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2428</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B39" t="s">
-        <v>2389</v>
+        <v>2429</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>2390</v>
+        <v>2430</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>2391</v>
+        <v>2431</v>
       </c>
       <c r="H39" t="s">
-        <v>2392</v>
+        <v>2432</v>
       </c>
       <c r="I39" t="s">
-        <v>2393</v>
+        <v>2093</v>
       </c>
       <c r="J39" t="s">
-        <v>2394</v>
+        <v>2426</v>
       </c>
       <c r="K39" t="s">
-        <v>2395</v>
-[...5 lines deleted...]
-        <v>2397</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B40" t="s">
-        <v>2398</v>
+        <v>2434</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>2399</v>
+        <v>2435</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>2400</v>
+        <v>2436</v>
       </c>
       <c r="H40" t="s">
-        <v>2401</v>
+        <v>2437</v>
       </c>
       <c r="I40" t="s">
-        <v>2402</v>
+        <v>2438</v>
       </c>
       <c r="J40" t="s">
-        <v>2352</v>
+        <v>2439</v>
       </c>
       <c r="K40" t="s">
-        <v>2403</v>
+        <v>2440</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2441</v>
+      </c>
+      <c r="M40" t="s">
+        <v>2442</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B41" t="s">
-        <v>2404</v>
+        <v>2443</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>2405</v>
+        <v>2444</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>2406</v>
+        <v>2445</v>
       </c>
       <c r="H41" t="s">
-        <v>2407</v>
+        <v>2446</v>
       </c>
       <c r="I41" t="s">
-        <v>2408</v>
+        <v>2447</v>
       </c>
       <c r="J41" t="s">
-        <v>2409</v>
+        <v>2397</v>
       </c>
       <c r="K41" t="s">
-        <v>2410</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B42" t="s">
-        <v>2411</v>
+        <v>2449</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>2412</v>
+        <v>2450</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>2413</v>
+        <v>2451</v>
       </c>
       <c r="H42" t="s">
-        <v>2414</v>
+        <v>2452</v>
       </c>
       <c r="I42" t="s">
-        <v>2415</v>
+        <v>2453</v>
       </c>
       <c r="J42" t="s">
-        <v>2096</v>
+        <v>2454</v>
       </c>
       <c r="K42" t="s">
-        <v>2416</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B43" t="s">
-        <v>2417</v>
+        <v>2456</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>2418</v>
+        <v>2457</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>2419</v>
+        <v>2458</v>
       </c>
       <c r="H43" t="s">
-        <v>2420</v>
+        <v>2459</v>
       </c>
       <c r="I43" t="s">
-        <v>2421</v>
+        <v>2460</v>
       </c>
       <c r="J43" t="s">
-        <v>2049</v>
+        <v>2158</v>
       </c>
       <c r="K43" t="s">
-        <v>2422</v>
-[...23 lines deleted...]
-        <v>2430</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B44" t="s">
-        <v>2431</v>
+        <v>2462</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>2432</v>
+        <v>2463</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>2433</v>
+        <v>2464</v>
       </c>
       <c r="H44" t="s">
-        <v>2434</v>
+        <v>2465</v>
       </c>
       <c r="I44" t="s">
-        <v>2435</v>
+        <v>2466</v>
       </c>
       <c r="J44" t="s">
-        <v>2281</v>
+        <v>2112</v>
       </c>
       <c r="K44" t="s">
-        <v>2436</v>
+        <v>2467</v>
+      </c>
+      <c r="L44" t="s">
+        <v>2468</v>
+      </c>
+      <c r="M44" t="s">
+        <v>2469</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2470</v>
+      </c>
+      <c r="O44" t="s">
+        <v>2471</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2472</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>2473</v>
+      </c>
+      <c r="R44" t="s">
+        <v>2474</v>
+      </c>
+      <c r="S44" t="s">
+        <v>2475</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B45" t="s">
-        <v>2437</v>
+        <v>2476</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>2438</v>
+        <v>2477</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>2439</v>
+        <v>2478</v>
       </c>
       <c r="H45" t="s">
-        <v>2440</v>
+        <v>2479</v>
       </c>
       <c r="I45" t="s">
-        <v>2441</v>
+        <v>2480</v>
       </c>
       <c r="J45" t="s">
-        <v>2442</v>
+        <v>2326</v>
       </c>
       <c r="K45" t="s">
-        <v>2443</v>
-[...5 lines deleted...]
-        <v>2445</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B46" t="s">
-        <v>2446</v>
+        <v>2482</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>2447</v>
+        <v>2483</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>2448</v>
+        <v>2484</v>
       </c>
       <c r="H46" t="s">
-        <v>2449</v>
+        <v>2485</v>
       </c>
       <c r="I46" t="s">
-        <v>2450</v>
+        <v>2486</v>
       </c>
       <c r="J46" t="s">
-        <v>2451</v>
+        <v>2487</v>
       </c>
       <c r="K46" t="s">
-        <v>2452</v>
+        <v>2488</v>
       </c>
       <c r="L46" t="s">
-        <v>2453</v>
+        <v>2489</v>
       </c>
       <c r="M46" t="s">
-        <v>2454</v>
-[...5 lines deleted...]
-        <v>2456</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B47" t="s">
-        <v>2457</v>
+        <v>2491</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>2458</v>
+        <v>2492</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>2459</v>
+        <v>2493</v>
       </c>
       <c r="H47" t="s">
-        <v>2460</v>
+        <v>2494</v>
       </c>
       <c r="I47" t="s">
-        <v>2461</v>
+        <v>2495</v>
       </c>
       <c r="J47" t="s">
-        <v>2462</v>
+        <v>2496</v>
       </c>
       <c r="K47" t="s">
-        <v>2463</v>
+        <v>2497</v>
+      </c>
+      <c r="L47" t="s">
+        <v>2498</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2499</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2500</v>
+      </c>
+      <c r="O47" t="s">
+        <v>2501</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B48" t="s">
-        <v>2464</v>
+        <v>2502</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>2432</v>
+        <v>2503</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>2465</v>
+        <v>2504</v>
       </c>
       <c r="H48" t="s">
-        <v>2466</v>
+        <v>2505</v>
       </c>
       <c r="I48" t="s">
-        <v>2467</v>
+        <v>2506</v>
       </c>
       <c r="J48" t="s">
-        <v>2049</v>
+        <v>2507</v>
       </c>
       <c r="K48" t="s">
-        <v>2468</v>
-[...14 lines deleted...]
-        <v>2473</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B49" t="s">
-        <v>2474</v>
+        <v>2509</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>2476</v>
+        <v>2510</v>
       </c>
       <c r="H49" t="s">
-        <v>2477</v>
+        <v>2511</v>
       </c>
       <c r="I49" t="s">
-        <v>2478</v>
+        <v>2512</v>
       </c>
       <c r="J49" t="s">
-        <v>2479</v>
+        <v>2112</v>
       </c>
       <c r="K49" t="s">
-        <v>2480</v>
+        <v>2513</v>
       </c>
       <c r="L49" t="s">
-        <v>2481</v>
+        <v>2514</v>
       </c>
       <c r="M49" t="s">
-        <v>2482</v>
+        <v>2515</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2516</v>
+      </c>
+      <c r="O49" t="s">
+        <v>2517</v>
+      </c>
+      <c r="P49" t="s">
+        <v>2518</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B50" t="s">
-        <v>2483</v>
+        <v>2519</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>2484</v>
+        <v>2520</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>2485</v>
+        <v>2521</v>
       </c>
       <c r="H50" t="s">
-        <v>2486</v>
+        <v>2522</v>
       </c>
       <c r="I50" t="s">
-        <v>2487</v>
+        <v>2523</v>
       </c>
       <c r="J50" t="s">
-        <v>2394</v>
+        <v>2524</v>
       </c>
       <c r="K50" t="s">
-        <v>2488</v>
+        <v>2525</v>
       </c>
       <c r="L50" t="s">
-        <v>2489</v>
+        <v>2526</v>
       </c>
       <c r="M50" t="s">
-        <v>2490</v>
-[...5 lines deleted...]
-        <v>2492</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B51" t="s">
-        <v>2493</v>
+        <v>2528</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>2494</v>
+        <v>2529</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>2495</v>
+        <v>2530</v>
       </c>
       <c r="H51" t="s">
-        <v>2496</v>
+        <v>2531</v>
       </c>
       <c r="I51" t="s">
-        <v>2497</v>
+        <v>2532</v>
       </c>
       <c r="J51" t="s">
-        <v>2498</v>
+        <v>2439</v>
       </c>
       <c r="K51" t="s">
-        <v>2499</v>
+        <v>2533</v>
       </c>
       <c r="L51" t="s">
-        <v>2500</v>
+        <v>2534</v>
       </c>
       <c r="M51" t="s">
-        <v>2501</v>
+        <v>2535</v>
       </c>
       <c r="N51" t="s">
-        <v>2502</v>
+        <v>2536</v>
+      </c>
+      <c r="O51" t="s">
+        <v>2537</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B52" t="s">
-        <v>2503</v>
+        <v>2538</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>2504</v>
+        <v>2539</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>2505</v>
+        <v>2540</v>
       </c>
       <c r="H52" t="s">
-        <v>2506</v>
+        <v>2541</v>
       </c>
       <c r="I52" t="s">
-        <v>2507</v>
+        <v>2542</v>
       </c>
       <c r="J52" t="s">
-        <v>2508</v>
+        <v>2543</v>
       </c>
       <c r="K52" t="s">
-        <v>2509</v>
+        <v>2544</v>
+      </c>
+      <c r="L52" t="s">
+        <v>2545</v>
+      </c>
+      <c r="M52" t="s">
+        <v>2546</v>
+      </c>
+      <c r="N52" t="s">
+        <v>2547</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B53" t="s">
-        <v>2510</v>
+        <v>2548</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>2511</v>
+        <v>2549</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>2512</v>
+        <v>2550</v>
       </c>
       <c r="H53" t="s">
-        <v>2513</v>
+        <v>2551</v>
       </c>
       <c r="I53" t="s">
-        <v>2514</v>
+        <v>2552</v>
       </c>
       <c r="J53" t="s">
-        <v>2515</v>
+        <v>2553</v>
       </c>
       <c r="K53" t="s">
-        <v>2516</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B54" t="s">
-        <v>2517</v>
+        <v>2555</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>2518</v>
+        <v>2556</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>2519</v>
+        <v>2557</v>
       </c>
       <c r="H54" t="s">
-        <v>2520</v>
+        <v>2558</v>
       </c>
       <c r="I54" t="s">
-        <v>2521</v>
+        <v>2559</v>
       </c>
       <c r="J54" t="s">
-        <v>2522</v>
+        <v>2560</v>
       </c>
       <c r="K54" t="s">
-        <v>2523</v>
-[...14 lines deleted...]
-        <v>2528</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B55" t="s">
-        <v>2529</v>
+        <v>2562</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>2530</v>
+        <v>2563</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>2531</v>
+        <v>2564</v>
       </c>
       <c r="H55" t="s">
-        <v>2532</v>
+        <v>2565</v>
       </c>
       <c r="I55" t="s">
-        <v>2533</v>
+        <v>2566</v>
       </c>
       <c r="J55" t="s">
-        <v>2534</v>
+        <v>2567</v>
       </c>
       <c r="K55" t="s">
-        <v>2535</v>
+        <v>2568</v>
       </c>
       <c r="L55" t="s">
-        <v>2536</v>
+        <v>2569</v>
+      </c>
+      <c r="M55" t="s">
+        <v>2570</v>
+      </c>
+      <c r="N55" t="s">
+        <v>2571</v>
+      </c>
+      <c r="O55" t="s">
+        <v>2572</v>
+      </c>
+      <c r="P55" t="s">
+        <v>2573</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B56" t="s">
-        <v>2537</v>
+        <v>2574</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>2538</v>
+        <v>2575</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>2539</v>
+        <v>2576</v>
       </c>
       <c r="H56" t="s">
-        <v>2540</v>
+        <v>2577</v>
       </c>
       <c r="I56" t="s">
-        <v>2541</v>
+        <v>2578</v>
       </c>
       <c r="J56" t="s">
-        <v>2542</v>
+        <v>2579</v>
       </c>
       <c r="K56" t="s">
-        <v>2543</v>
+        <v>2580</v>
       </c>
       <c r="L56" t="s">
-        <v>2544</v>
-[...5 lines deleted...]
-        <v>2546</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B57" t="s">
-        <v>2547</v>
+        <v>2582</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>2548</v>
+        <v>2583</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>2549</v>
+        <v>2584</v>
       </c>
       <c r="H57" t="s">
-        <v>2550</v>
+        <v>2585</v>
       </c>
       <c r="I57" t="s">
-        <v>2551</v>
+        <v>2586</v>
       </c>
       <c r="J57" t="s">
-        <v>2552</v>
+        <v>2587</v>
       </c>
       <c r="K57" t="s">
-        <v>2553</v>
+        <v>2588</v>
       </c>
       <c r="L57" t="s">
-        <v>2554</v>
+        <v>2589</v>
       </c>
       <c r="M57" t="s">
-        <v>2555</v>
+        <v>2590</v>
       </c>
       <c r="N57" t="s">
-        <v>2556</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B58" t="s">
-        <v>2557</v>
+        <v>2592</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>2558</v>
+        <v>2593</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>2559</v>
+        <v>2594</v>
       </c>
       <c r="H58" t="s">
-        <v>2560</v>
+        <v>2595</v>
       </c>
       <c r="I58" t="s">
-        <v>2561</v>
+        <v>2596</v>
       </c>
       <c r="J58" t="s">
-        <v>2281</v>
+        <v>2597</v>
       </c>
       <c r="K58" t="s">
-        <v>2562</v>
+        <v>2598</v>
+      </c>
+      <c r="L58" t="s">
+        <v>2599</v>
+      </c>
+      <c r="M58" t="s">
+        <v>2600</v>
+      </c>
+      <c r="N58" t="s">
+        <v>2601</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B59" t="s">
-        <v>2563</v>
+        <v>2602</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>2558</v>
+        <v>2603</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>2564</v>
+        <v>2604</v>
       </c>
       <c r="H59" t="s">
-        <v>2565</v>
+        <v>2605</v>
       </c>
       <c r="I59" t="s">
-        <v>2566</v>
+        <v>2606</v>
       </c>
       <c r="J59" t="s">
-        <v>2567</v>
+        <v>2326</v>
       </c>
       <c r="K59" t="s">
-        <v>2568</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B60" t="s">
-        <v>2569</v>
+        <v>2608</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>2570</v>
+        <v>2603</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>2571</v>
+        <v>2609</v>
       </c>
       <c r="H60" t="s">
-        <v>2572</v>
+        <v>2610</v>
       </c>
       <c r="I60" t="s">
-        <v>2573</v>
+        <v>2611</v>
       </c>
       <c r="J60" t="s">
-        <v>2567</v>
+        <v>2612</v>
       </c>
       <c r="K60" t="s">
-        <v>2574</v>
-[...5 lines deleted...]
-        <v>2576</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B61" t="s">
-        <v>2577</v>
+        <v>2614</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>2578</v>
+        <v>2615</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>2579</v>
+        <v>2616</v>
       </c>
       <c r="H61" t="s">
-        <v>2580</v>
+        <v>2617</v>
       </c>
       <c r="I61" t="s">
-        <v>2561</v>
+        <v>2618</v>
       </c>
       <c r="J61" t="s">
-        <v>2581</v>
+        <v>2612</v>
       </c>
       <c r="K61" t="s">
-        <v>2582</v>
+        <v>2619</v>
+      </c>
+      <c r="L61" t="s">
+        <v>2620</v>
+      </c>
+      <c r="M61" t="s">
+        <v>2621</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B62" t="s">
-        <v>2583</v>
+        <v>2622</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>2584</v>
+        <v>2623</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>2585</v>
+        <v>2624</v>
       </c>
       <c r="H62" t="s">
-        <v>2586</v>
+        <v>2625</v>
       </c>
       <c r="I62" t="s">
-        <v>2587</v>
+        <v>2606</v>
       </c>
       <c r="J62" t="s">
-        <v>2581</v>
+        <v>2626</v>
       </c>
       <c r="K62" t="s">
-        <v>2588</v>
-[...2 lines deleted...]
-        <v>2589</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B63" t="s">
-        <v>2590</v>
+        <v>2628</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>2584</v>
+        <v>2629</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>2591</v>
+        <v>2630</v>
       </c>
       <c r="H63" t="s">
-        <v>2592</v>
+        <v>2631</v>
       </c>
       <c r="I63" t="s">
-        <v>2593</v>
+        <v>2632</v>
       </c>
       <c r="J63" t="s">
-        <v>2594</v>
+        <v>2626</v>
       </c>
       <c r="K63" t="s">
-        <v>2595</v>
+        <v>2633</v>
+      </c>
+      <c r="L63" t="s">
+        <v>2634</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B64" t="s">
-        <v>2596</v>
+        <v>2635</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>2597</v>
+        <v>2629</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>2598</v>
+        <v>2636</v>
       </c>
       <c r="H64" t="s">
-        <v>2599</v>
+        <v>2637</v>
       </c>
       <c r="I64" t="s">
-        <v>2600</v>
+        <v>2638</v>
       </c>
       <c r="J64" t="s">
-        <v>2063</v>
+        <v>2639</v>
       </c>
       <c r="K64" t="s">
-        <v>2601</v>
-[...11 lines deleted...]
-        <v>2605</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B65" t="s">
-        <v>2606</v>
+        <v>2641</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>2597</v>
+        <v>2642</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2607</v>
+        <v>2643</v>
       </c>
       <c r="H65" t="s">
-        <v>2608</v>
+        <v>2644</v>
       </c>
       <c r="I65" t="s">
-        <v>2609</v>
+        <v>2645</v>
       </c>
       <c r="J65" t="s">
-        <v>2063</v>
+        <v>2094</v>
       </c>
       <c r="K65" t="s">
-        <v>2610</v>
+        <v>2646</v>
       </c>
       <c r="L65" t="s">
-        <v>2611</v>
+        <v>2647</v>
       </c>
       <c r="M65" t="s">
-        <v>2612</v>
+        <v>2648</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2649</v>
+      </c>
+      <c r="O65" t="s">
+        <v>2650</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B66" t="s">
-        <v>2613</v>
+        <v>2651</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>2614</v>
+        <v>2642</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>2615</v>
+        <v>2652</v>
       </c>
       <c r="H66" t="s">
-        <v>2616</v>
+        <v>2653</v>
       </c>
       <c r="I66" t="s">
-        <v>2617</v>
+        <v>2654</v>
       </c>
       <c r="J66" t="s">
-        <v>2567</v>
+        <v>2094</v>
       </c>
       <c r="K66" t="s">
-        <v>2618</v>
+        <v>2655</v>
+      </c>
+      <c r="L66" t="s">
+        <v>2656</v>
+      </c>
+      <c r="M66" t="s">
+        <v>2657</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B67" t="s">
-        <v>2619</v>
+        <v>2658</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>2620</v>
+        <v>2659</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>2621</v>
+        <v>2660</v>
       </c>
       <c r="H67" t="s">
-        <v>2622</v>
+        <v>2661</v>
       </c>
       <c r="I67" t="s">
-        <v>2623</v>
+        <v>2662</v>
       </c>
       <c r="J67" t="s">
-        <v>2624</v>
+        <v>2612</v>
       </c>
       <c r="K67" t="s">
-        <v>2625</v>
-[...11 lines deleted...]
-        <v>2629</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B68" t="s">
-        <v>2630</v>
+        <v>2664</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>2631</v>
+        <v>2665</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2632</v>
+        <v>2666</v>
       </c>
       <c r="H68" t="s">
-        <v>2633</v>
+        <v>2667</v>
       </c>
       <c r="I68" t="s">
-        <v>2634</v>
+        <v>2668</v>
       </c>
       <c r="J68" t="s">
-        <v>2567</v>
+        <v>2669</v>
       </c>
       <c r="K68" t="s">
-        <v>2635</v>
+        <v>2670</v>
+      </c>
+      <c r="L68" t="s">
+        <v>2671</v>
+      </c>
+      <c r="M68" t="s">
+        <v>2672</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2673</v>
+      </c>
+      <c r="O68" t="s">
+        <v>2674</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B69" t="s">
-        <v>2636</v>
+        <v>2675</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>2637</v>
+        <v>2676</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>2638</v>
+        <v>2677</v>
       </c>
       <c r="H69" t="s">
-        <v>2639</v>
+        <v>2678</v>
       </c>
       <c r="I69" t="s">
-        <v>2640</v>
+        <v>2679</v>
       </c>
       <c r="J69" t="s">
-        <v>2185</v>
+        <v>2612</v>
       </c>
       <c r="K69" t="s">
-        <v>2641</v>
-[...5 lines deleted...]
-        <v>2643</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B70" t="s">
-        <v>2644</v>
+        <v>2681</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>2645</v>
+        <v>2682</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2646</v>
+        <v>2683</v>
       </c>
       <c r="H70" t="s">
-        <v>2647</v>
+        <v>2684</v>
       </c>
       <c r="I70" t="s">
-        <v>2648</v>
+        <v>2685</v>
       </c>
       <c r="J70" t="s">
-        <v>2649</v>
+        <v>2230</v>
       </c>
       <c r="K70" t="s">
-        <v>2650</v>
+        <v>2686</v>
+      </c>
+      <c r="L70" t="s">
+        <v>2687</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2688</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B71" t="s">
-        <v>2651</v>
+        <v>2689</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>2652</v>
+        <v>2690</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2653</v>
+        <v>2691</v>
       </c>
       <c r="H71" t="s">
-        <v>2654</v>
+        <v>2692</v>
       </c>
       <c r="I71" t="s">
-        <v>2655</v>
+        <v>2693</v>
       </c>
       <c r="J71" t="s">
-        <v>2581</v>
+        <v>2694</v>
       </c>
       <c r="K71" t="s">
-        <v>2656</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B72" t="s">
-        <v>2657</v>
+        <v>2696</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>2658</v>
+        <v>2697</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>2659</v>
+        <v>2698</v>
       </c>
       <c r="H72" t="s">
-        <v>2660</v>
+        <v>2699</v>
       </c>
       <c r="I72" t="s">
-        <v>2661</v>
+        <v>2700</v>
       </c>
       <c r="J72" t="s">
-        <v>2594</v>
+        <v>2626</v>
       </c>
       <c r="K72" t="s">
-        <v>2662</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B73" t="s">
-        <v>2663</v>
+        <v>2702</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>2664</v>
+        <v>2703</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>2665</v>
+        <v>2704</v>
       </c>
       <c r="H73" t="s">
-        <v>2666</v>
+        <v>2705</v>
       </c>
       <c r="I73" t="s">
-        <v>2667</v>
+        <v>2706</v>
       </c>
       <c r="J73" t="s">
-        <v>2668</v>
+        <v>2639</v>
       </c>
       <c r="K73" t="s">
-        <v>2669</v>
-[...8 lines deleted...]
-        <v>2672</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B74" t="s">
-        <v>2673</v>
+        <v>2708</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>2674</v>
+        <v>2709</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>2675</v>
+        <v>2710</v>
       </c>
       <c r="H74" t="s">
-        <v>2676</v>
+        <v>2711</v>
       </c>
       <c r="I74" t="s">
-        <v>2677</v>
+        <v>2712</v>
       </c>
       <c r="J74" t="s">
-        <v>2281</v>
+        <v>2713</v>
       </c>
       <c r="K74" t="s">
-        <v>2678</v>
+        <v>2714</v>
+      </c>
+      <c r="L74" t="s">
+        <v>2715</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2716</v>
+      </c>
+      <c r="N74" t="s">
+        <v>2717</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B75" t="s">
-        <v>2679</v>
+        <v>2718</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>2674</v>
+        <v>2719</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>2680</v>
+        <v>2720</v>
       </c>
       <c r="H75" t="s">
-        <v>2681</v>
+        <v>2721</v>
       </c>
       <c r="I75" t="s">
-        <v>2587</v>
+        <v>2722</v>
       </c>
       <c r="J75" t="s">
-        <v>2281</v>
+        <v>2326</v>
       </c>
       <c r="K75" t="s">
-        <v>2682</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B76" t="s">
-        <v>2683</v>
+        <v>2724</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>2684</v>
+        <v>2719</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>2685</v>
+        <v>2725</v>
       </c>
       <c r="H76" t="s">
-        <v>2686</v>
+        <v>2726</v>
       </c>
       <c r="I76" t="s">
-        <v>2687</v>
+        <v>2632</v>
       </c>
       <c r="J76" t="s">
-        <v>2688</v>
+        <v>2326</v>
       </c>
       <c r="K76" t="s">
-        <v>2689</v>
-[...5 lines deleted...]
-        <v>2691</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B77" t="s">
-        <v>2692</v>
+        <v>2728</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>2693</v>
+        <v>2729</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>2694</v>
+        <v>2730</v>
       </c>
       <c r="H77" t="s">
-        <v>2695</v>
+        <v>2731</v>
       </c>
       <c r="I77" t="s">
-        <v>2696</v>
+        <v>2732</v>
       </c>
       <c r="J77" t="s">
-        <v>2624</v>
+        <v>2733</v>
       </c>
       <c r="K77" t="s">
-        <v>2697</v>
+        <v>2734</v>
       </c>
       <c r="L77" t="s">
-        <v>2698</v>
+        <v>2735</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2736</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B78" t="s">
-        <v>2699</v>
+        <v>2737</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>2700</v>
+        <v>2738</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>2701</v>
+        <v>2739</v>
       </c>
       <c r="H78" t="s">
-        <v>2702</v>
+        <v>2740</v>
       </c>
       <c r="I78" t="s">
-        <v>2696</v>
+        <v>2741</v>
       </c>
       <c r="J78" t="s">
-        <v>2508</v>
+        <v>2669</v>
       </c>
       <c r="K78" t="s">
-        <v>2703</v>
+        <v>2742</v>
       </c>
       <c r="L78" t="s">
-        <v>2704</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B79" t="s">
-        <v>2705</v>
+        <v>2744</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>2706</v>
+        <v>2745</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>2707</v>
+        <v>2746</v>
       </c>
       <c r="H79" t="s">
-        <v>2708</v>
+        <v>2747</v>
       </c>
       <c r="I79" t="s">
-        <v>2709</v>
+        <v>2741</v>
       </c>
       <c r="J79" t="s">
-        <v>2710</v>
+        <v>2553</v>
       </c>
       <c r="K79" t="s">
-        <v>2711</v>
+        <v>2748</v>
       </c>
       <c r="L79" t="s">
-        <v>2712</v>
-[...5 lines deleted...]
-        <v>2714</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B80" t="s">
-        <v>2715</v>
+        <v>2750</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>2706</v>
+        <v>2751</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>2716</v>
+        <v>2752</v>
       </c>
       <c r="H80" t="s">
-        <v>2717</v>
+        <v>2753</v>
       </c>
       <c r="I80" t="s">
-        <v>2718</v>
+        <v>2754</v>
       </c>
       <c r="J80" t="s">
-        <v>2552</v>
+        <v>2755</v>
       </c>
       <c r="K80" t="s">
-        <v>2719</v>
+        <v>2756</v>
       </c>
       <c r="L80" t="s">
-        <v>2720</v>
+        <v>2757</v>
+      </c>
+      <c r="M80" t="s">
+        <v>2758</v>
+      </c>
+      <c r="N80" t="s">
+        <v>2759</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B81" t="s">
-        <v>2721</v>
+        <v>2760</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>2722</v>
+        <v>2751</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>2723</v>
+        <v>2761</v>
       </c>
       <c r="H81" t="s">
-        <v>2724</v>
+        <v>2762</v>
       </c>
       <c r="I81" t="s">
-        <v>2725</v>
+        <v>2763</v>
       </c>
       <c r="J81" t="s">
-        <v>2567</v>
+        <v>2597</v>
       </c>
       <c r="K81" t="s">
-        <v>2726</v>
+        <v>2764</v>
+      </c>
+      <c r="L81" t="s">
+        <v>2765</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B82" t="s">
-        <v>2727</v>
+        <v>2766</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>2728</v>
+        <v>2767</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>2729</v>
+        <v>2768</v>
       </c>
       <c r="H82" t="s">
-        <v>2730</v>
+        <v>2769</v>
       </c>
       <c r="I82" t="s">
-        <v>2731</v>
+        <v>2770</v>
       </c>
       <c r="J82" t="s">
-        <v>2515</v>
+        <v>2612</v>
       </c>
       <c r="K82" t="s">
-        <v>2732</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B83" t="s">
-        <v>2733</v>
+        <v>2772</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>2734</v>
+        <v>2773</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>2735</v>
+        <v>2774</v>
       </c>
       <c r="H83" t="s">
-        <v>2736</v>
+        <v>2775</v>
       </c>
       <c r="I83" t="s">
-        <v>2737</v>
+        <v>2776</v>
       </c>
       <c r="J83" t="s">
-        <v>2394</v>
+        <v>2560</v>
       </c>
       <c r="K83" t="s">
-        <v>2738</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B84" t="s">
-        <v>2739</v>
+        <v>2778</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>2740</v>
+        <v>2779</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>2741</v>
+        <v>2780</v>
       </c>
       <c r="H84" t="s">
-        <v>2742</v>
+        <v>2781</v>
       </c>
       <c r="I84" t="s">
-        <v>2743</v>
+        <v>2782</v>
       </c>
       <c r="J84" t="s">
-        <v>2381</v>
+        <v>2439</v>
       </c>
       <c r="K84" t="s">
-        <v>2744</v>
-[...5 lines deleted...]
-        <v>2746</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B85" t="s">
-        <v>2747</v>
+        <v>2784</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>2748</v>
+        <v>2785</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>2749</v>
+        <v>2786</v>
       </c>
       <c r="H85" t="s">
-        <v>2750</v>
+        <v>2787</v>
       </c>
       <c r="I85" t="s">
-        <v>2751</v>
+        <v>2788</v>
       </c>
       <c r="J85" t="s">
-        <v>2534</v>
+        <v>2426</v>
       </c>
       <c r="K85" t="s">
-        <v>2752</v>
+        <v>2789</v>
+      </c>
+      <c r="L85" t="s">
+        <v>2790</v>
+      </c>
+      <c r="M85" t="s">
+        <v>2791</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B86" t="s">
-        <v>2753</v>
+        <v>2792</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>2754</v>
+        <v>2793</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>2755</v>
+        <v>2794</v>
       </c>
       <c r="H86" t="s">
-        <v>2756</v>
+        <v>2795</v>
       </c>
       <c r="I86" t="s">
-        <v>2757</v>
+        <v>2796</v>
       </c>
       <c r="J86" t="s">
-        <v>2758</v>
+        <v>2579</v>
       </c>
       <c r="K86" t="s">
-        <v>2759</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B87" t="s">
-        <v>2760</v>
+        <v>2798</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>2761</v>
+        <v>2799</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>2762</v>
+        <v>2800</v>
       </c>
       <c r="H87" t="s">
-        <v>2763</v>
+        <v>2801</v>
       </c>
       <c r="I87" t="s">
-        <v>2764</v>
+        <v>2802</v>
       </c>
       <c r="J87" t="s">
-        <v>2758</v>
+        <v>2803</v>
       </c>
       <c r="K87" t="s">
-        <v>2765</v>
-[...2 lines deleted...]
-        <v>2766</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B88" t="s">
-        <v>2767</v>
+        <v>2805</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>2768</v>
+        <v>2806</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>2769</v>
+        <v>2807</v>
       </c>
       <c r="H88" t="s">
-        <v>2770</v>
+        <v>2808</v>
       </c>
       <c r="I88" t="s">
-        <v>2771</v>
+        <v>2809</v>
       </c>
       <c r="J88" t="s">
-        <v>2096</v>
+        <v>2803</v>
       </c>
       <c r="K88" t="s">
-        <v>2772</v>
+        <v>2810</v>
       </c>
       <c r="L88" t="s">
-        <v>2773</v>
-[...5 lines deleted...]
-        <v>2775</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B89" t="s">
-        <v>2776</v>
+        <v>2812</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>2777</v>
+        <v>2813</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>2778</v>
+        <v>2814</v>
       </c>
       <c r="H89" t="s">
-        <v>2779</v>
+        <v>2815</v>
       </c>
       <c r="I89" t="s">
-        <v>2780</v>
+        <v>2816</v>
       </c>
       <c r="J89" t="s">
-        <v>2781</v>
+        <v>2158</v>
       </c>
       <c r="K89" t="s">
-        <v>2782</v>
+        <v>2817</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2818</v>
+      </c>
+      <c r="M89" t="s">
+        <v>2819</v>
+      </c>
+      <c r="N89" t="s">
+        <v>2820</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B90" t="s">
-        <v>2783</v>
+        <v>2821</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>2784</v>
+        <v>2822</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>2785</v>
+        <v>2823</v>
       </c>
       <c r="H90" t="s">
-        <v>2786</v>
+        <v>2824</v>
       </c>
       <c r="I90" t="s">
-        <v>2787</v>
+        <v>2825</v>
       </c>
       <c r="J90" t="s">
-        <v>2096</v>
+        <v>2826</v>
       </c>
       <c r="K90" t="s">
-        <v>2788</v>
-[...2 lines deleted...]
-        <v>2789</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B91" t="s">
-        <v>2790</v>
+        <v>2828</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>2791</v>
+        <v>2829</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>2792</v>
+        <v>2830</v>
       </c>
       <c r="H91" t="s">
-        <v>2793</v>
+        <v>2831</v>
       </c>
       <c r="I91" t="s">
-        <v>2794</v>
+        <v>2832</v>
       </c>
       <c r="J91" t="s">
-        <v>2795</v>
+        <v>2158</v>
       </c>
       <c r="K91" t="s">
-        <v>2796</v>
+        <v>2833</v>
       </c>
       <c r="L91" t="s">
-        <v>2797</v>
-[...5 lines deleted...]
-        <v>2799</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B92" t="s">
-        <v>2800</v>
+        <v>2835</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>2801</v>
+        <v>2836</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>2802</v>
+        <v>2837</v>
       </c>
       <c r="H92" t="s">
-        <v>2803</v>
+        <v>2838</v>
       </c>
       <c r="I92" t="s">
-        <v>2804</v>
+        <v>2839</v>
       </c>
       <c r="J92" t="s">
-        <v>2185</v>
+        <v>2840</v>
       </c>
       <c r="K92" t="s">
-        <v>2805</v>
+        <v>2841</v>
       </c>
       <c r="L92" t="s">
-        <v>2806</v>
+        <v>2842</v>
       </c>
       <c r="M92" t="s">
-        <v>2807</v>
+        <v>2843</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2844</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B93" t="s">
-        <v>2808</v>
+        <v>2845</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>2809</v>
+        <v>2846</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="H93" t="s">
-        <v>2811</v>
+        <v>2848</v>
       </c>
       <c r="I93" t="s">
-        <v>2812</v>
+        <v>2849</v>
       </c>
       <c r="J93" t="s">
-        <v>2813</v>
+        <v>2230</v>
       </c>
       <c r="K93" t="s">
-        <v>2814</v>
+        <v>2850</v>
+      </c>
+      <c r="L93" t="s">
+        <v>2851</v>
+      </c>
+      <c r="M93" t="s">
+        <v>2852</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B94" t="s">
-        <v>2815</v>
+        <v>2853</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>2816</v>
+        <v>2854</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>2817</v>
+        <v>2855</v>
       </c>
       <c r="H94" t="s">
-        <v>2818</v>
+        <v>2856</v>
       </c>
       <c r="I94" t="s">
-        <v>2819</v>
+        <v>2857</v>
       </c>
       <c r="J94" t="s">
-        <v>2820</v>
+        <v>2858</v>
       </c>
       <c r="K94" t="s">
-        <v>2821</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B95" t="s">
-        <v>2822</v>
+        <v>2860</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>2823</v>
+        <v>2861</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>2824</v>
+        <v>2862</v>
       </c>
       <c r="H95" t="s">
-        <v>2825</v>
+        <v>2863</v>
       </c>
       <c r="I95" t="s">
-        <v>2826</v>
+        <v>2864</v>
       </c>
       <c r="J95" t="s">
-        <v>2567</v>
+        <v>2865</v>
       </c>
       <c r="K95" t="s">
-        <v>2827</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B96" t="s">
-        <v>2828</v>
+        <v>2867</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>2829</v>
+        <v>2868</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>2830</v>
+        <v>2869</v>
       </c>
       <c r="H96" t="s">
-        <v>2831</v>
+        <v>2870</v>
       </c>
       <c r="I96" t="s">
-        <v>2832</v>
+        <v>2871</v>
       </c>
       <c r="J96" t="s">
-        <v>2833</v>
+        <v>2612</v>
       </c>
       <c r="K96" t="s">
-        <v>2834</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B97" t="s">
-        <v>2835</v>
+        <v>2873</v>
       </c>
       <c r="C97" t="s">
         <v>11</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>2836</v>
+        <v>2874</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>2837</v>
+        <v>2875</v>
       </c>
       <c r="H97" t="s">
-        <v>2838</v>
+        <v>2876</v>
       </c>
       <c r="I97" t="s">
-        <v>2839</v>
+        <v>2877</v>
       </c>
       <c r="J97" t="s">
-        <v>2840</v>
+        <v>2878</v>
       </c>
       <c r="K97" t="s">
-        <v>2841</v>
-[...8 lines deleted...]
-        <v>2844</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B98" t="s">
-        <v>2845</v>
+        <v>2880</v>
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>2846</v>
+        <v>2881</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>2847</v>
+        <v>2882</v>
       </c>
       <c r="H98" t="s">
-        <v>2848</v>
+        <v>2883</v>
       </c>
       <c r="I98" t="s">
-        <v>2849</v>
+        <v>2884</v>
       </c>
       <c r="J98" t="s">
-        <v>2850</v>
+        <v>2885</v>
       </c>
       <c r="K98" t="s">
-        <v>2851</v>
+        <v>2886</v>
+      </c>
+      <c r="L98" t="s">
+        <v>2887</v>
+      </c>
+      <c r="M98" t="s">
+        <v>2888</v>
+      </c>
+      <c r="N98" t="s">
+        <v>2889</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B99" t="s">
-        <v>2852</v>
+        <v>2890</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>2853</v>
+        <v>2891</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>2854</v>
+        <v>2892</v>
       </c>
       <c r="H99" t="s">
-        <v>2855</v>
+        <v>2893</v>
       </c>
       <c r="I99" t="s">
-        <v>2832</v>
+        <v>2894</v>
       </c>
       <c r="J99" t="s">
-        <v>2856</v>
+        <v>2895</v>
       </c>
       <c r="K99" t="s">
-        <v>2857</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B100" t="s">
-        <v>2858</v>
+        <v>2897</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>2859</v>
+        <v>2898</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>2860</v>
+        <v>2899</v>
       </c>
       <c r="H100" t="s">
-        <v>2861</v>
+        <v>2900</v>
       </c>
       <c r="I100" t="s">
-        <v>2862</v>
+        <v>2877</v>
       </c>
       <c r="J100" t="s">
-        <v>2856</v>
+        <v>2901</v>
       </c>
       <c r="K100" t="s">
-        <v>2863</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B101" t="s">
-        <v>2864</v>
+        <v>2903</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>2865</v>
+        <v>2904</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>2866</v>
+        <v>2905</v>
       </c>
       <c r="H101" t="s">
-        <v>2867</v>
+        <v>2906</v>
       </c>
       <c r="I101" t="s">
-        <v>2868</v>
+        <v>2907</v>
       </c>
       <c r="J101" t="s">
-        <v>2856</v>
+        <v>2901</v>
       </c>
       <c r="K101" t="s">
-        <v>2869</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>2043</v>
+        <v>2081</v>
       </c>
       <c r="B102" t="s">
-        <v>2870</v>
+        <v>2909</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>2871</v>
+        <v>2910</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>2872</v>
+        <v>2911</v>
       </c>
       <c r="H102" t="s">
-        <v>2873</v>
+        <v>2912</v>
       </c>
       <c r="I102" t="s">
-        <v>2874</v>
+        <v>2913</v>
       </c>
       <c r="J102" t="s">
-        <v>2875</v>
+        <v>2901</v>
       </c>
       <c r="K102" t="s">
-        <v>2876</v>
+        <v>2914</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C103" t="s">
+        <v>11</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F103" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2917</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2918</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2919</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2920</v>
+      </c>
+      <c r="K103" t="s">
+        <v>2921</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B2" t="s">
-        <v>2878</v>
+        <v>2923</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2879</v>
+        <v>2924</v>
       </c>
       <c r="H2" t="s">
-        <v>2880</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B3" t="s">
-        <v>2881</v>
+        <v>2926</v>
       </c>
       <c r="C3" t="s">
-        <v>2882</v>
+        <v>2927</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2883</v>
+        <v>2928</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2884</v>
+        <v>2929</v>
       </c>
       <c r="H3" t="s">
-        <v>2885</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B4" t="s">
-        <v>2886</v>
+        <v>2931</v>
       </c>
       <c r="C4" t="s">
-        <v>2887</v>
+        <v>2932</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>616</v>
+        <v>628</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2888</v>
+        <v>2933</v>
       </c>
       <c r="H4" t="s">
-        <v>2889</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B5" t="s">
-        <v>2890</v>
+        <v>2935</v>
       </c>
       <c r="C5" t="s">
-        <v>2891</v>
+        <v>2936</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2892</v>
+        <v>2937</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2893</v>
+        <v>2938</v>
       </c>
       <c r="H5" t="s">
-        <v>2894</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B6" t="s">
-        <v>2895</v>
+        <v>2940</v>
       </c>
       <c r="C6" t="s">
-        <v>2896</v>
+        <v>2941</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2897</v>
+        <v>2942</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2898</v>
+        <v>2943</v>
       </c>
       <c r="H6" t="s">
-        <v>2899</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B7" t="s">
-        <v>2900</v>
+        <v>2945</v>
       </c>
       <c r="C7" t="s">
-        <v>2896</v>
+        <v>2941</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2897</v>
+        <v>2942</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2901</v>
+        <v>2946</v>
       </c>
       <c r="H7" t="s">
-        <v>2902</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B8" t="s">
-        <v>2903</v>
+        <v>2948</v>
       </c>
       <c r="C8" t="s">
-        <v>2904</v>
+        <v>2949</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2905</v>
+        <v>2950</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2906</v>
+        <v>2951</v>
       </c>
       <c r="H8" t="s">
-        <v>2907</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B9" t="s">
-        <v>2908</v>
+        <v>2953</v>
       </c>
       <c r="C9" t="s">
-        <v>2909</v>
+        <v>2954</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2910</v>
+        <v>2955</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2911</v>
+        <v>2956</v>
       </c>
       <c r="H9" t="s">
-        <v>2912</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B10" t="s">
-        <v>2913</v>
+        <v>2958</v>
       </c>
       <c r="C10" t="s">
-        <v>2914</v>
+        <v>2959</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2915</v>
+        <v>2960</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2916</v>
+        <v>2961</v>
       </c>
       <c r="H10" t="s">
-        <v>2917</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B11" t="s">
-        <v>2918</v>
+        <v>2963</v>
       </c>
       <c r="C11" t="s">
-        <v>2919</v>
+        <v>2964</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2920</v>
+        <v>2965</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2921</v>
+        <v>2966</v>
       </c>
       <c r="H11" t="s">
-        <v>2922</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B12" t="s">
-        <v>2923</v>
+        <v>2968</v>
       </c>
       <c r="C12" t="s">
-        <v>2924</v>
+        <v>2969</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2925</v>
+        <v>2970</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2926</v>
+        <v>2971</v>
       </c>
       <c r="H12" t="s">
-        <v>2927</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B13" t="s">
-        <v>2928</v>
+        <v>2973</v>
       </c>
       <c r="C13" t="s">
-        <v>2929</v>
+        <v>2974</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2925</v>
+        <v>2970</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2930</v>
+        <v>2975</v>
       </c>
       <c r="H13" t="s">
-        <v>2931</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B14" t="s">
-        <v>2932</v>
+        <v>2977</v>
       </c>
       <c r="C14" t="s">
-        <v>2933</v>
+        <v>2978</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2934</v>
+        <v>2979</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2935</v>
+        <v>2980</v>
       </c>
       <c r="H14" t="s">
-        <v>2936</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B15" t="s">
-        <v>2937</v>
+        <v>2982</v>
       </c>
       <c r="C15" t="s">
-        <v>2938</v>
+        <v>2983</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2939</v>
+        <v>2984</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2940</v>
+        <v>2985</v>
       </c>
       <c r="H15" t="s">
-        <v>2941</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2877</v>
+        <v>2922</v>
       </c>
       <c r="B16" t="s">
-        <v>2942</v>
+        <v>2987</v>
       </c>
       <c r="C16" t="s">
-        <v>2943</v>
+        <v>2988</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2944</v>
+        <v>2989</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2945</v>
+        <v>2990</v>
       </c>
       <c r="H16" t="s">
-        <v>2946</v>
+        <v>2991</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -20897,51 +21197,51 @@
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>20</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J26"/>
+  <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -21089,150 +21389,150 @@
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>56</v>
       </c>
       <c r="H6" t="s">
         <v>57</v>
       </c>
       <c r="I6" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="J6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I7" t="s">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="J7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>67</v>
       </c>
       <c r="E8" t="s">
         <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
         <v>70</v>
       </c>
       <c r="I8" t="s">
         <v>71</v>
       </c>
       <c r="J8" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J9" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>80</v>
       </c>
       <c r="E10" t="s">
         <v>81</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>82</v>
       </c>
       <c r="H10" t="s">
@@ -21260,2656 +21560,2714 @@
       </c>
       <c r="E11" t="s">
         <v>88</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>89</v>
       </c>
       <c r="H11" t="s">
         <v>90</v>
       </c>
       <c r="I11" t="s">
         <v>91</v>
       </c>
       <c r="J11" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I12" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="J12" t="s">
-        <v>45</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>24</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="E13" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="H13" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="I13" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="J13" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
         <v>100</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>101</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H14" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="I14" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="J14" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>24</v>
       </c>
       <c r="B15" t="s">
         <v>107</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="E15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>24</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="E16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H16" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J16" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>24</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="E17" t="s">
         <v>121</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
         <v>122</v>
       </c>
       <c r="H17" t="s">
         <v>123</v>
       </c>
       <c r="I17" t="s">
         <v>124</v>
       </c>
       <c r="J17" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>24</v>
       </c>
       <c r="B18" t="s">
         <v>126</v>
       </c>
       <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
         <v>127</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>128</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>129</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>130</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="J18" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>24</v>
       </c>
       <c r="B19" t="s">
         <v>133</v>
       </c>
       <c r="C19" t="s">
         <v>134</v>
       </c>
       <c r="D19" t="s">
         <v>135</v>
       </c>
       <c r="E19" t="s">
         <v>136</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>137</v>
       </c>
       <c r="H19" t="s">
         <v>138</v>
       </c>
       <c r="I19" t="s">
         <v>134</v>
       </c>
       <c r="J19" t="s">
-        <v>45</v>
+        <v>139</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>24</v>
       </c>
       <c r="B20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D20" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E20" t="s">
+        <v>143</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>144</v>
+      </c>
+      <c r="H20" t="s">
+        <v>145</v>
+      </c>
+      <c r="I20" t="s">
         <v>141</v>
       </c>
-      <c r="F20" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>144</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C21" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I21" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="J21" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="D22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E22" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I22" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="J22" t="s">
-        <v>58</v>
+        <v>157</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>24</v>
       </c>
       <c r="B23" t="s">
-        <v>100</v>
+        <v>158</v>
       </c>
       <c r="C23" t="s">
-        <v>156</v>
+        <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="H23" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I23" t="s">
-        <v>156</v>
+        <v>11</v>
       </c>
       <c r="J23" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>24</v>
       </c>
       <c r="B24" t="s">
-        <v>161</v>
+        <v>107</v>
       </c>
       <c r="C24" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="D24" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="E24" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="H24" t="s">
+        <v>167</v>
+      </c>
+      <c r="I24" t="s">
         <v>163</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>164</v>
+        <v>113</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>163</v>
+      </c>
+      <c r="D25" t="s">
+        <v>164</v>
+      </c>
+      <c r="E25" t="s">
         <v>165</v>
       </c>
-      <c r="C25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I25" t="s">
-        <v>71</v>
+        <v>163</v>
       </c>
       <c r="J25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>24</v>
       </c>
       <c r="B26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C26" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="D26" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="I26" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="J26" t="s">
-        <v>176</v>
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>37</v>
+      </c>
+      <c r="D27" t="s">
+        <v>179</v>
+      </c>
+      <c r="E27" t="s">
+        <v>180</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>181</v>
+      </c>
+      <c r="H27" t="s">
+        <v>182</v>
+      </c>
+      <c r="I27" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="B2" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C2" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="H2" t="s">
-        <v>182</v>
+        <v>189</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>193</v>
+      </c>
+      <c r="H3" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="B2" t="s">
-        <v>184</v>
+        <v>196</v>
       </c>
       <c r="C2" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="D2" t="s">
-        <v>186</v>
+        <v>198</v>
       </c>
       <c r="E2" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="H2" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="B3" t="s">
-        <v>190</v>
+        <v>202</v>
       </c>
       <c r="C3" t="s">
-        <v>191</v>
+        <v>203</v>
       </c>
       <c r="D3" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="E3" t="s">
-        <v>193</v>
+        <v>205</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>194</v>
+        <v>206</v>
       </c>
       <c r="H3" t="s">
-        <v>195</v>
+        <v>207</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="B4" t="s">
-        <v>196</v>
+        <v>208</v>
       </c>
       <c r="C4" t="s">
-        <v>197</v>
+        <v>209</v>
       </c>
       <c r="D4" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
       <c r="E4" t="s">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
       <c r="H4" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B2" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="C2" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="H2" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B3" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="C3" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>211</v>
+        <v>223</v>
       </c>
       <c r="H3" t="s">
-        <v>212</v>
+        <v>224</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
       <c r="C4" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="H4" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B5" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="C5" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="H5" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B6" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="C6" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="H6" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B7" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="C7" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
       <c r="H7" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B8" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="C8" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="H8" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B9" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="C9" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="H9" t="s">
-        <v>241</v>
+        <v>253</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B10" t="s">
-        <v>242</v>
+        <v>254</v>
       </c>
       <c r="C10" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="H10" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B11" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="C11" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="H11" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B12" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="H12" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B13" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="H13" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B14" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="C14" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="H14" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B15" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="C15" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>267</v>
+        <v>279</v>
       </c>
       <c r="H15" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B16" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="C16" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="H16" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="B17" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="H17" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B2" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="C2" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="D2" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="E2" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="H2" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B3" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="C3" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="D3" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="E3" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="H3" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B4" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="C4" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="D4" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="E4" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="H4" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B5" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="C5" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="D5" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="E5" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="H5" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B6" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="C6" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="D6" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="E6" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>306</v>
+        <v>318</v>
       </c>
       <c r="H6" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B7" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="C7" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="D7" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="E7" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="H7" t="s">
-        <v>313</v>
+        <v>325</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B8" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="C8" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="D8" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="E8" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="H8" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B9" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="E9" t="s">
-        <v>322</v>
+        <v>334</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>323</v>
+        <v>335</v>
       </c>
       <c r="H9" t="s">
-        <v>324</v>
+        <v>336</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B10" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="C10" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="D10" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="E10" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="H10" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B11" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="C11" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="D11" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="E11" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="H11" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B12" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="C12" t="s">
-        <v>338</v>
+        <v>350</v>
       </c>
       <c r="D12" t="s">
-        <v>339</v>
+        <v>351</v>
       </c>
       <c r="E12" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="H12" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B13" t="s">
-        <v>343</v>
+        <v>355</v>
       </c>
       <c r="C13" t="s">
-        <v>344</v>
+        <v>356</v>
       </c>
       <c r="D13" t="s">
-        <v>345</v>
+        <v>357</v>
       </c>
       <c r="E13" t="s">
-        <v>346</v>
+        <v>358</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>347</v>
+        <v>359</v>
       </c>
       <c r="H13" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B14" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="C14" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="D14" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="E14" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="H14" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B15" t="s">
-        <v>355</v>
+        <v>367</v>
       </c>
       <c r="C15" t="s">
-        <v>356</v>
+        <v>368</v>
       </c>
       <c r="D15" t="s">
-        <v>357</v>
+        <v>369</v>
       </c>
       <c r="E15" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>359</v>
+        <v>371</v>
       </c>
       <c r="H15" t="s">
-        <v>360</v>
+        <v>372</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B16" t="s">
-        <v>361</v>
+        <v>373</v>
       </c>
       <c r="C16" t="s">
-        <v>362</v>
+        <v>374</v>
       </c>
       <c r="D16" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="E16" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="H16" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B17" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="C17" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="D17" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="E17" t="s">
-        <v>370</v>
+        <v>382</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="H17" t="s">
-        <v>372</v>
+        <v>384</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B18" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
       <c r="C18" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="D18" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="E18" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="H18" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B19" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="C19" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="D19" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="E19" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="H19" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B20" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
       <c r="C20" t="s">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="D20" t="s">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="E20" t="s">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>388</v>
+        <v>400</v>
       </c>
       <c r="H20" t="s">
-        <v>389</v>
+        <v>401</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
       <c r="B21" t="s">
-        <v>390</v>
+        <v>402</v>
       </c>
       <c r="C21" t="s">
-        <v>391</v>
+        <v>403</v>
       </c>
       <c r="D21" t="s">
-        <v>392</v>
+        <v>404</v>
       </c>
       <c r="E21" t="s">
-        <v>393</v>
+        <v>405</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>394</v>
+        <v>406</v>
       </c>
       <c r="H21" t="s">
-        <v>395</v>
+        <v>407</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B2" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="C2" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
       <c r="D2" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
       <c r="E2" t="s">
-        <v>400</v>
+        <v>412</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="H2" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B3" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="C3" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="D3" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="E3" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="H3" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="C4" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="D4" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="E4" t="s">
-        <v>412</v>
+        <v>424</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="H4" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B5" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="C5" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="D5" t="s">
-        <v>417</v>
+        <v>429</v>
       </c>
       <c r="E5" t="s">
-        <v>418</v>
+        <v>430</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="H5" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B6" t="s">
-        <v>421</v>
+        <v>433</v>
       </c>
       <c r="C6" t="s">
-        <v>422</v>
+        <v>434</v>
       </c>
       <c r="D6" t="s">
-        <v>423</v>
+        <v>435</v>
       </c>
       <c r="E6" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
       <c r="H6" t="s">
-        <v>426</v>
+        <v>438</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B7" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
       <c r="C7" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>430</v>
+        <v>442</v>
       </c>
       <c r="H7" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B8" t="s">
-        <v>432</v>
+        <v>444</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>433</v>
+        <v>445</v>
       </c>
       <c r="E8" t="s">
-        <v>434</v>
+        <v>446</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="H8" t="s">
-        <v>436</v>
+        <v>448</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B9" t="s">
-        <v>437</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
-        <v>438</v>
+        <v>450</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="H9" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B10" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="C10" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="D10" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="E10" t="s">
-        <v>445</v>
+        <v>457</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
       <c r="H10" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B11" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="C11" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="D11" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="E11" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="H11" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B12" t="s">
-        <v>454</v>
+        <v>466</v>
       </c>
       <c r="C12" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="D12" t="s">
-        <v>456</v>
+        <v>468</v>
       </c>
       <c r="E12" t="s">
-        <v>457</v>
+        <v>469</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="H12" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B13" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="C13" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="D13" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="E13" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="H13" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B14" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="C14" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="D14" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="E14" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="H14" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B15" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="C15" t="s">
-        <v>473</v>
+        <v>485</v>
       </c>
       <c r="D15" t="s">
-        <v>474</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>475</v>
+        <v>487</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>476</v>
+        <v>488</v>
       </c>
       <c r="H15" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B16" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="C16" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="E16" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>482</v>
+        <v>494</v>
       </c>
       <c r="H16" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B17" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
       <c r="C17" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
       <c r="D17" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="E17" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>488</v>
+        <v>500</v>
       </c>
       <c r="H17" t="s">
-        <v>489</v>
+        <v>501</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B18" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
       <c r="C18" t="s">
-        <v>491</v>
+        <v>503</v>
       </c>
       <c r="D18" t="s">
-        <v>492</v>
+        <v>504</v>
       </c>
       <c r="E18" t="s">
-        <v>493</v>
+        <v>505</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>494</v>
+        <v>506</v>
       </c>
       <c r="H18" t="s">
-        <v>495</v>
+        <v>507</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B19" t="s">
-        <v>496</v>
+        <v>508</v>
       </c>
       <c r="C19" t="s">
-        <v>497</v>
+        <v>509</v>
       </c>
       <c r="D19" t="s">
-        <v>498</v>
+        <v>510</v>
       </c>
       <c r="E19" t="s">
-        <v>499</v>
+        <v>511</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>500</v>
+        <v>512</v>
       </c>
       <c r="H19" t="s">
-        <v>501</v>
+        <v>513</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B20" t="s">
-        <v>502</v>
+        <v>514</v>
       </c>
       <c r="C20" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
       <c r="D20" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="E20" t="s">
-        <v>505</v>
+        <v>517</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="H20" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B21" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
       <c r="C21" t="s">
-        <v>509</v>
+        <v>521</v>
       </c>
       <c r="D21" t="s">
-        <v>510</v>
+        <v>522</v>
       </c>
       <c r="E21" t="s">
-        <v>511</v>
+        <v>523</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>512</v>
+        <v>524</v>
       </c>
       <c r="H21" t="s">
-        <v>513</v>
+        <v>525</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B22" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
       <c r="C22" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="D22" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="H22" t="s">
-        <v>518</v>
+        <v>530</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B23" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="C23" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="D23" t="s">
-        <v>521</v>
+        <v>533</v>
       </c>
       <c r="E23" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>523</v>
+        <v>535</v>
       </c>
       <c r="H23" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B24" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="C24" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
       <c r="E24" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>529</v>
+        <v>541</v>
       </c>
       <c r="H24" t="s">
-        <v>530</v>
+        <v>542</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B25" t="s">
-        <v>531</v>
+        <v>543</v>
       </c>
       <c r="C25" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="D25" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="E25" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>534</v>
+        <v>546</v>
       </c>
       <c r="H25" t="s">
-        <v>535</v>
+        <v>547</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B26" t="s">
-        <v>536</v>
+        <v>548</v>
       </c>
       <c r="C26" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="D26" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
       <c r="E26" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="H26" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B27" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="C27" t="s">
-        <v>542</v>
+        <v>554</v>
       </c>
       <c r="D27" t="s">
-        <v>543</v>
+        <v>555</v>
       </c>
       <c r="E27" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="H27" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B28" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="C28" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="D28" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="E28" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="H28" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
       <c r="B29" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="C29" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
       <c r="D29" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="E29" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="H29" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="B2" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="C2" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="D2" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="E2" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="H2" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="B3" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="C3" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
       <c r="D3" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="E3" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="H3" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="B4" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="C4" t="s">
-        <v>573</v>
+        <v>585</v>
       </c>
       <c r="D4" t="s">
-        <v>574</v>
+        <v>586</v>
       </c>
       <c r="E4" t="s">
-        <v>575</v>
+        <v>587</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>576</v>
+        <v>588</v>
       </c>
       <c r="H4" t="s">
-        <v>577</v>
+        <v>589</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="B5" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
       <c r="C5" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="D5" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="E5" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="H5" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="B6" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="C6" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
       <c r="D6" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="E6" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="H6" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>