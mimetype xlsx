--- v1 (2025-12-22)
+++ v2 (2026-02-05)
@@ -48,51 +48,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
     <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4649" uniqueCount="2992">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4713" uniqueCount="3033">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1859,50 +1859,65 @@
   <si>
     <t>p_3287556</t>
   </si>
   <si>
     <t>Cancer : recherche d’un déficit en enzyme dihydropyrimidine déshydrogénase (DPD) avant chimiothérapie</t>
   </si>
   <si>
     <t>Explications sur cette étape préalable à une chimiothérapie comportant des fluoropyrimidines (5-FU) ou des capécitabines.</t>
   </si>
   <si>
     <t>30/04/2019 00:00:00</t>
   </si>
   <si>
     <t>30/04/2019 13:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2966449/fr/cancer-recherche-d-un-deficit-en-enzyme-dihydropyrimidine-deshydrogenase-dpd-avant-chimiotherapie</t>
   </si>
   <si>
     <t>c_2966449</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
+    <t>La HAS recommande de ne plus prescrire la vitesse de sédimentation</t>
+  </si>
+  <si>
+    <t>La vitesse de sédimentation (VS) est un marqueur de l’inflammation. L’usage de ce test sanguin est ancien et de moins en moins fréquent. Prescrit majoritairement en médecine générale et en rhumatologie, il représentait en 2023 près de seize millions d’actes remboursés par l’Assurance maladie, pour un montant de douze millions d’euros. La Haute Autorité de santé (HAS) a été saisie par l’Union nationale des caisses d'assurance maladie (UNCAM) afin d’évaluer la pertinence de ce test, dans l’objectif, le cas échéant, d’envisager son déremboursement. Aujourd’hui, considérant ses inconvénients et l’existence d’autres examens plus performants en complément de l’examen clinique, la HAS recommande de ne plus le prescrire.</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738149/fr/la-has-recommande-de-ne-plus-prescrire-la-vitesse-de-sedimentation</t>
+  </si>
+  <si>
+    <t>p_3738149</t>
+  </si>
+  <si>
     <t>Cytomégalovirus (CMV) chez la femme enceinte : la HAS recommande un dépistage systématique pour toutes à réévaluer après 3 ans de mise en œuvre</t>
   </si>
   <si>
     <t>L’infection à cytomégalovirus (CMV) est bénigne dans la majorité des cas. Cependant, si elle est développée pendant la grossesse, notamment pendant la période encadrant le début de grossesse, elle peut provoquer chez le bébé à naître des séquelles lourdes, telles que des troubles auditifs ou du développement cérébral. Actuellement en France, bien qu’un dépistage de l’infection chez les femmes enceintes soit réalisé de plus en plus fréquemment, il n’existe pas de recommandation en faveur d’un dépistage systématique pendant la grossesse. En 2018 puis en 2023, le Haut Conseil de la santé publique (HCSP) s’est en effet prononcé contre sa mise en œuvre, faute d’éléments suffisants pour en démontrer le bénéfice. Comme prévu par la loi de financement de la Sécurité sociale pour 2024, le ministère chargé de la Santé a sollicité la HAS afin qu’elle rende un avis sur la pertinence de ce dépistage systématique. Aujourd’hui, la HAS se prononce en prenant en compte l’évolution des connaissances. Elle recommande au ministère chargé de la Santé de mettre en place un dépistage systématique chez les femmes enceintes dont le statut sérologique est inconnu ou négatif, sous réserve qu’un suivi et qu’une collecte de nouvelles données soient mis en place. Cette recommandation devra faire l’objet d’une réévaluation au bout de trois ans, sur la base de données qui devront avoir été recueillies d’ici là.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3610208/fr/cytomegalovirus-cmv-chez-la-femme-enceinte-la-has-recommande-un-depistage-systematique-pour-toutes-a-reevaluer-apres-3-ans-de-mise-en-oeuvre</t>
   </si>
   <si>
     <t>p_3610208</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques : la HAS actualise ses recommandations</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) actualise les recommandations élaborées en 2018 sur la prise en charge de la borréliose de Lyme et des autres maladies transmises par les tiques. Cette actualisation vise à faire le point sur les connaissances scientifiques actuelles, harmoniser les pratiques cliniques et aider les professionnels concernés dans leurs démarches diagnostique et thérapeutique. L’enjeu est ainsi d’éviter l’errance médicale de tout patient atteint ou susceptible d’être atteint de ces pathologies. La publication de ces recommandations s’inscrit dans la continuité du guide de parcours de soins, publié en 2022 et qui est toujours d’actualité.</t>
   </si>
   <si>
     <t>18/02/2025 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591081/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-la-has-actualise-ses-recommandations</t>
   </si>
   <si>
     <t>p_3591081</t>
@@ -2804,50 +2819,128 @@
   <si>
     <t>29/09/2006 15:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_437005/fr/prise-en-charge-de-l-osteoporose-la-has-publie-une-synthese-a-destination-des-professionnels-de-sante</t>
   </si>
   <si>
     <t>c_437005</t>
   </si>
   <si>
     <t>Évaluation et état des lieux de la tomographie par émission de positons couplée à la tomodensitométrie (TEP-TDM)</t>
   </si>
   <si>
     <t>07/10/2005 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240747/fr/evaluation-et-etat-des-lieux-de-la-tomographie-par-emission-de-positons-couplee-a-la-tomodensitometrie-tep-tdm</t>
   </si>
   <si>
     <t>c_240747</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, rhinopharyngite aiguë, amygdalite aiguë, angine, rhinosinusite aiguë, otite moyenne aiguë, infections aiguës du larynx, laryngite aiguë, laryngite sous-glottique, épiglottite, syndrome pseudo-grippal</t>
+  </si>
+  <si>
+    <t>22/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845939/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3845939</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale – Volet pharmacogénétique</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (volet pharmacogénétique), détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation.</t>
+  </si>
+  <si>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>19/01/2026 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809232/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-volet-pharmacogenetique</t>
+  </si>
+  <si>
+    <t>p_3809232</t>
+  </si>
+  <si>
+    <t>Mesure directe de la pression tissulaire dans les loges musculaires des membres, par voie transcutanée</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de la mesure directe de la pression tissulaire dans les loges musculaires des membres par voie transcutanée, acte dit « manquant », utilisée pour participer au diagnostic du syndrome de loge chronique. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>18/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/12/2025 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806704/fr/mesure-directe-de-la-pression-tissulaire-dans-les-loges-musculaires-des-membres-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>p_3806704</t>
+  </si>
+  <si>
+    <t>Mesure de la force, du travail et de la puissance musculaire du rachis, par dynamomètre informatisé et motorisé</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de la mesure de la force, du travail et de la puissance musculaire du rachis, par dynamomètre informatisé et motorisé, acte dit « manquant », utilisée dans le cadre de la prise en charge des lombalgies chroniques. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806726/fr/mesure-de-la-force-du-travail-et-de-la-puissance-musculaire-du-rachis-par-dynamometre-informatise-et-motorise</t>
+  </si>
+  <si>
+    <t>p_3806726</t>
+  </si>
+  <si>
+    <t>Analyse métrologique instrumentale de la préhension</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de l’analyse métrologique instrumentale de la préhension, acte dit « manquant », utilisée dans le cadre du suivi des patients neurologiques centraux. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806738/fr/analyse-metrologique-instrumentale-de-la-prehension</t>
+  </si>
+  <si>
+    <t>p_3806738</t>
+  </si>
+  <si>
     <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
   </si>
   <si>
     <t>28/02/2025 08:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3591624</t>
   </si>
   <si>
     <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
   </si>
   <si>
     <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
   </si>
   <si>
     <t>13/11/2025 00:00:00</t>
   </si>
   <si>
     <t>19/11/2025 16:38:00</t>
@@ -5126,50 +5219,83 @@
   <si>
     <t>c_758948</t>
   </si>
   <si>
     <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
   </si>
   <si>
     <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
   </si>
   <si>
     <t>01/12/2008 00:00:00</t>
   </si>
   <si>
     <t>01/12/2008 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
   </si>
   <si>
     <t>c_745452</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
+    <t>Décision n° 2026.0013/DC/SEAP du 22 janvier 2026 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>22/01/2026 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845963/fr/decision-n-2026-0013/dc/seap-du-22-janvier-2026-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures</t>
+  </si>
+  <si>
+    <t>p_3845963</t>
+  </si>
+  <si>
+    <t>Avis n°2026.0011/AC/SEAP du 22 janvier 2026 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>22/01/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845969/fr/avis-n2026-0011/ac/seap-du-22-janvier-2026-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures</t>
+  </si>
+  <si>
+    <t>p_3845969</t>
+  </si>
+  <si>
     <t>Décision n°2025.0262/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome »</t>
   </si>
   <si>
     <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome », qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
   </si>
   <si>
     <t>13/11/2025 11:07:00</t>
   </si>
   <si>
     <t>19/11/2025 16:38:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3741809/fr/decision-n2025-0262/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
   </si>
   <si>
     <t>p_3741809</t>
   </si>
   <si>
     <t>Avis n°2025.0057/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, des actes d’imagerie non invasive de seconde ligne, notamment la microscopie confocale in vivo, pour le diagnostic et la cartographie préopératoire du mélanome</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des actes d’imagerie non invasive de seconde ligne, notamment la microscopie confocale in vivo, pour le diagnostic et la cartographie préopératoire du mélanome. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
   </si>
   <si>
     <t>13/11/2025 11:12:00</t>
@@ -5178,53 +5304,50 @@
     <t>https://www.has-sante.fr/jcms/p_3741813/fr/avis-n2025-0057/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-des-actes-d-imagerie-non-invasive-de-seconde-ligne-notamment-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-du-melanome</t>
   </si>
   <si>
     <t>p_3741813</t>
   </si>
   <si>
     <t>Avis n°2025.0055/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
   </si>
   <si>
     <t>13/11/2025 16:13:00</t>
   </si>
   <si>
     <t>17/11/2025 10:55:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3738201/fr/avis-n2025-0055/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-la-modification-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-mesure-de-la-vitesse-de-sedimentation</t>
   </si>
   <si>
     <t>p_3738201</t>
   </si>
   <si>
     <t>Décision n°2025.0259/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS ? »</t>
-  </si>
-[...1 lines deleted...]
-    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
   </si>
   <si>
     <t>13/11/2025 16:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3738209/fr/decision-n2025-0259/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs</t>
   </si>
   <si>
     <t>p_3738209</t>
   </si>
   <si>
     <t>Avis n°2025.0050/AC/SEAP du 23 octobre 2025 du collège de la Haute  Autorité de santé relatif à la modification des conditions d’inscription sur la  liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la  sécurité sociale, de l’acte intitulé « Test de détection de la production  d’interféron gamma (IGRA) »</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification des conditions d’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte intitulé « Test de détection de la production d’interféron gamma (IGRA) ». Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
   </si>
   <si>
     <t>23/10/2025 15:22:00</t>
   </si>
   <si>
     <t>29/10/2025 16:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3703097/fr/avis-n2025-0050/ac/seap-du-23-octobre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-la-modification-des-conditions-d-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-intitule-test-de-detection-de-la-production-d-interferon-gamma-igra</t>
   </si>
@@ -9140,123 +9263,123 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>602</v>
       </c>
       <c r="B2" t="s">
         <v>603</v>
       </c>
       <c r="C2" t="s">
         <v>604</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>293</v>
+        <v>605</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H2" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>602</v>
       </c>
       <c r="B3" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C3" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>609</v>
+        <v>293</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>610</v>
       </c>
       <c r="H3" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>602</v>
       </c>
       <c r="B4" t="s">
         <v>612</v>
       </c>
       <c r="C4" t="s">
         <v>613</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
@@ -9290,77 +9413,77 @@
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>620</v>
       </c>
       <c r="H5" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>602</v>
       </c>
       <c r="B6" t="s">
         <v>622</v>
       </c>
       <c r="C6" t="s">
         <v>623</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>436</v>
+        <v>624</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H6" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>602</v>
       </c>
       <c r="B7" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C7" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>628</v>
+        <v>436</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>629</v>
       </c>
       <c r="H7" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>602</v>
       </c>
       <c r="B8" t="s">
         <v>631</v>
       </c>
       <c r="C8" t="s">
         <v>632</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
@@ -9394,77 +9517,77 @@
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>639</v>
       </c>
       <c r="H9" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>602</v>
       </c>
       <c r="B10" t="s">
         <v>641</v>
       </c>
       <c r="C10" t="s">
         <v>642</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>451</v>
+        <v>643</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="H10" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>602</v>
       </c>
       <c r="B11" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C11" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>647</v>
+        <v>451</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>648</v>
       </c>
       <c r="H11" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>602</v>
       </c>
       <c r="B12" t="s">
         <v>650</v>
       </c>
       <c r="C12" t="s">
         <v>651</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
@@ -9550,129 +9673,129 @@
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>668</v>
       </c>
       <c r="H15" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>602</v>
       </c>
       <c r="B16" t="s">
         <v>670</v>
       </c>
       <c r="C16" t="s">
         <v>671</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>227</v>
+        <v>672</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H16" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>602</v>
       </c>
       <c r="B17" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C17" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>676</v>
+        <v>227</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
         <v>677</v>
       </c>
       <c r="H17" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>602</v>
       </c>
       <c r="B18" t="s">
         <v>679</v>
       </c>
       <c r="C18" t="s">
         <v>680</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="H18" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>602</v>
       </c>
       <c r="B19" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C19" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>686</v>
       </c>
       <c r="H19" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>602</v>
       </c>
       <c r="B20" t="s">
         <v>688</v>
       </c>
       <c r="C20" t="s">
         <v>689</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
@@ -9810,77 +9933,77 @@
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
         <v>716</v>
       </c>
       <c r="H25" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>602</v>
       </c>
       <c r="B26" t="s">
         <v>718</v>
       </c>
       <c r="C26" t="s">
         <v>719</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H26" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>602</v>
       </c>
       <c r="B27" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C27" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>725</v>
       </c>
       <c r="H27" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>602</v>
       </c>
       <c r="B28" t="s">
         <v>727</v>
       </c>
       <c r="C28" t="s">
         <v>728</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
@@ -10038,103 +10161,103 @@
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>759</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
         <v>760</v>
       </c>
       <c r="H34" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>602</v>
       </c>
       <c r="B35" t="s">
         <v>762</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>763</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="H35" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>602</v>
       </c>
       <c r="B36" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H36" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>602</v>
       </c>
       <c r="B37" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C37" t="s">
-        <v>771</v>
+        <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>772</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>773</v>
       </c>
       <c r="H37" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>602</v>
       </c>
       <c r="B38" t="s">
         <v>775</v>
       </c>
       <c r="C38" t="s">
@@ -10148,181 +10271,181 @@
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>778</v>
       </c>
       <c r="H38" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>602</v>
       </c>
       <c r="B39" t="s">
         <v>780</v>
       </c>
       <c r="C39" t="s">
         <v>781</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>493</v>
+        <v>782</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="H39" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>602</v>
       </c>
       <c r="B40" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C40" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="H40" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>602</v>
       </c>
       <c r="B41" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C41" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>790</v>
+        <v>505</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
         <v>791</v>
       </c>
       <c r="H41" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>602</v>
       </c>
       <c r="B42" t="s">
         <v>793</v>
       </c>
       <c r="C42" t="s">
         <v>794</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>346</v>
+        <v>795</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="H42" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>602</v>
       </c>
       <c r="B43" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C43" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>19</v>
+        <v>346</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="H43" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>602</v>
       </c>
       <c r="B44" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C44" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>803</v>
+        <v>19</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
         <v>804</v>
       </c>
       <c r="H44" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>602</v>
       </c>
       <c r="B45" t="s">
         <v>806</v>
       </c>
       <c r="C45" t="s">
         <v>807</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
@@ -10382,77 +10505,77 @@
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
         <v>819</v>
       </c>
       <c r="H47" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>602</v>
       </c>
       <c r="B48" t="s">
         <v>821</v>
       </c>
       <c r="C48" t="s">
         <v>822</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>352</v>
+        <v>823</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H48" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>602</v>
       </c>
       <c r="B49" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C49" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>827</v>
+        <v>352</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
         <v>828</v>
       </c>
       <c r="H49" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>602</v>
       </c>
       <c r="B50" t="s">
         <v>830</v>
       </c>
       <c r="C50" t="s">
         <v>831</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
@@ -10512,103 +10635,103 @@
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
         <v>843</v>
       </c>
       <c r="H52" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>602</v>
       </c>
       <c r="B53" t="s">
         <v>845</v>
       </c>
       <c r="C53" t="s">
         <v>846</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>364</v>
+        <v>847</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="H53" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>602</v>
       </c>
       <c r="B54" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C54" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="H54" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>602</v>
       </c>
       <c r="B55" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C55" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>855</v>
+        <v>376</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
         <v>856</v>
       </c>
       <c r="H55" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>602</v>
       </c>
       <c r="B56" t="s">
         <v>858</v>
       </c>
       <c r="C56" t="s">
         <v>859</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
@@ -10870,10301 +10993,10509 @@
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>910</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
         <v>911</v>
       </c>
       <c r="H66" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>602</v>
       </c>
       <c r="B67" t="s">
         <v>913</v>
       </c>
       <c r="C67" t="s">
-        <v>11</v>
+        <v>914</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="H67" t="s">
-        <v>916</v>
+        <v>917</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>602</v>
+      </c>
+      <c r="B68" t="s">
+        <v>918</v>
+      </c>
+      <c r="C68" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>919</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>920</v>
+      </c>
+      <c r="H68" t="s">
+        <v>921</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H139"/>
+  <dimension ref="A1:H144"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B2" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="C2" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="D2" t="s">
-        <v>429</v>
+        <v>925</v>
       </c>
       <c r="E2" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="H2" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B3" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="C3" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="D3" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="E3" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="H3" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B4" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>936</v>
       </c>
       <c r="D4" t="s">
-        <v>925</v>
+        <v>937</v>
       </c>
       <c r="E4" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="H4" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B5" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="C5" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="D5" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="E5" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="H5" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B6" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="C6" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="D6" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="E6" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="H6" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B7" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="C7" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="D7" t="s">
-        <v>947</v>
+        <v>429</v>
       </c>
       <c r="E7" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="H7" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B8" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="C8" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="D8" t="s">
-        <v>935</v>
+        <v>956</v>
       </c>
       <c r="E8" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="H8" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B9" t="s">
+        <v>960</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
         <v>956</v>
       </c>
-      <c r="C9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="H9" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B10" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C10" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="D10" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="E10" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="H10" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B11" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C11" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="D11" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="E11" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="H11" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B12" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="C12" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="D12" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="E12" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="H12" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B13" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="C13" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="D13" t="s">
-        <v>981</v>
+        <v>966</v>
       </c>
       <c r="E13" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="H13" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B14" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C14" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D14" t="s">
-        <v>423</v>
+        <v>989</v>
       </c>
       <c r="E14" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="H14" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B15" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="C15" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="D15" t="s">
-        <v>958</v>
+        <v>995</v>
       </c>
       <c r="E15" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="H15" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B16" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="C16" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="D16" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="E16" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="H16" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B17" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D17" t="s">
         <v>1001</v>
       </c>
-      <c r="C17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="H17" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B18" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="C18" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="D18" t="s">
-        <v>429</v>
+        <v>1012</v>
       </c>
       <c r="E18" t="s">
-        <v>920</v>
+        <v>1013</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="H18" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B19" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="C19" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="D19" t="s">
-        <v>1013</v>
+        <v>423</v>
       </c>
       <c r="E19" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="H19" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B20" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="C20" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="D20" t="s">
-        <v>1019</v>
+        <v>989</v>
       </c>
       <c r="E20" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="H20" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B21" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="C21" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="D21" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="E21" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="H21" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B22" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="C22" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="D22" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="E22" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="H22" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B23" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="C23" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="D23" t="s">
-        <v>964</v>
+        <v>429</v>
       </c>
       <c r="E23" t="s">
-        <v>1037</v>
+        <v>951</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="H23" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B24" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="C24" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="D24" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="E24" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="H24" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B25" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C25" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="D25" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="E25" t="s">
-        <v>199</v>
+        <v>1051</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="H25" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B26" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="C26" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="D26" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
       <c r="E26" t="s">
-        <v>199</v>
+        <v>1057</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="H26" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B27" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="C27" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="D27" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="E27" t="s">
-        <v>199</v>
+        <v>1063</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="H27" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B28" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="C28" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="D28" t="s">
-        <v>1062</v>
+        <v>995</v>
       </c>
       <c r="E28" t="s">
-        <v>199</v>
+        <v>1068</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="H28" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B29" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="C29" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="D29" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="E29" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="H29" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B30" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
       <c r="C30" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="D30" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="E30" t="s">
-        <v>1074</v>
+        <v>199</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="H30" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B31" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="C31" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="D31" t="s">
         <v>1079</v>
       </c>
       <c r="E31" t="s">
-        <v>1080</v>
+        <v>199</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="H31" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B32" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="C32" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="D32" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="E32" t="s">
-        <v>1085</v>
+        <v>199</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="H32" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B33" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="C33" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="D33" t="s">
-        <v>1079</v>
+        <v>1093</v>
       </c>
       <c r="E33" t="s">
-        <v>1090</v>
+        <v>199</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="H33" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B34" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="C34" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="D34" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="E34" t="s">
-        <v>619</v>
+        <v>1099</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="H34" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B35" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C35" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D35" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="E35" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="H35" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B36" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="C36" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="D36" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
       <c r="E36" t="s">
-        <v>1101</v>
+        <v>1111</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1106</v>
+        <v>1112</v>
       </c>
       <c r="H36" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B37" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="C37" t="s">
-        <v>1109</v>
+        <v>1115</v>
       </c>
       <c r="D37" t="s">
         <v>1110</v>
       </c>
       <c r="E37" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="H37" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B38" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="C38" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="D38" t="s">
-        <v>1116</v>
+        <v>1110</v>
       </c>
       <c r="E38" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="H38" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B39" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="C39" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="D39" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="E39" t="s">
-        <v>1123</v>
+        <v>624</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="H39" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B40" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="C40" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="D40" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="E40" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="H40" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B41" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E41" t="s">
         <v>1132</v>
       </c>
-      <c r="C41" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="H41" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B42" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C42" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="D42" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="E42" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="H42" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B43" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C43" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D43" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="E43" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="H43" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B44" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C44" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="D44" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="E44" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="H44" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B45" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C45" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D45" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="E45" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="H45" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B46" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="C46" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D46" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="E46" t="s">
-        <v>1164</v>
+        <v>633</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H46" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B47" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="C47" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="D47" t="s">
-        <v>456</v>
+        <v>1170</v>
       </c>
       <c r="E47" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="H47" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B48" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="C48" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="D48" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="E48" t="s">
-        <v>657</v>
+        <v>1177</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="H48" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B49" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="C49" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="D49" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="E49" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="H49" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B50" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="C50" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="D50" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="E50" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="H50" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B51" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="C51" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="D51" t="s">
-        <v>1179</v>
+        <v>1194</v>
       </c>
       <c r="E51" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="H51" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B52" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="C52" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="D52" t="s">
-        <v>1196</v>
+        <v>456</v>
       </c>
       <c r="E52" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="H52" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B53" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="C53" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="D53" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="E53" t="s">
-        <v>1203</v>
+        <v>662</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="H53" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B54" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C54" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="D54" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="E54" t="s">
-        <v>676</v>
+        <v>1211</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="H54" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B55" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="C55" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="D55" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="E55" t="s">
-        <v>685</v>
+        <v>1217</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="H55" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B56" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="C56" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="D56" t="s">
-        <v>1218</v>
+        <v>1210</v>
       </c>
       <c r="E56" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="H56" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B57" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="C57" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="D57" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="E57" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="H57" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B58" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="C58" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="D58" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="E58" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="H58" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B59" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="C59" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="D59" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="E59" t="s">
-        <v>1237</v>
+        <v>681</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="H59" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B60" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="C60" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D60" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="E60" t="s">
-        <v>1243</v>
+        <v>690</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="H60" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B61" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C61" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="D61" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="E61" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="H61" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B62" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C62" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="D62" t="s">
-        <v>1230</v>
+        <v>1255</v>
       </c>
       <c r="E62" t="s">
-        <v>1249</v>
+        <v>1256</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="H62" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B63" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="C63" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="D63" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="E63" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="H63" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B64" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="C64" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="D64" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="E64" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="H64" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B65" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="C65" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="D65" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="E65" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="H65" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B66" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="C66" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="D66" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="E66" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="H66" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B67" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E67" t="s">
         <v>1280</v>
       </c>
-      <c r="C67" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="H67" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B68" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="C68" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="D68" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="E68" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="H68" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B69" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="C69" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="D69" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="E69" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="H69" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B70" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="C70" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="D70" t="s">
-        <v>1292</v>
+        <v>1301</v>
       </c>
       <c r="E70" t="s">
-        <v>1293</v>
+        <v>1302</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="H70" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B71" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="C71" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
       <c r="D71" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="E71" t="s">
-        <v>1303</v>
+        <v>1308</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>1304</v>
+        <v>1309</v>
       </c>
       <c r="H71" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B72" t="s">
-        <v>1306</v>
+        <v>1311</v>
       </c>
       <c r="C72" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D72" t="s">
         <v>1307</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>1308</v>
       </c>
-      <c r="E72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="H72" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B73" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="C73" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="D73" t="s">
-        <v>328</v>
+        <v>1317</v>
       </c>
       <c r="E73" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="H73" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B74" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="C74" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="D74" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="E74" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="H74" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B75" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D75" t="s">
         <v>1323</v>
       </c>
-      <c r="C75" t="s">
+      <c r="E75" t="s">
         <v>1324</v>
       </c>
-      <c r="D75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="H75" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B76" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="C76" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="D76" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="E76" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="H76" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B77" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="C77" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="D77" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="E77" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="H77" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B78" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="C78" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="D78" t="s">
-        <v>1343</v>
+        <v>328</v>
       </c>
       <c r="E78" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="H78" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B79" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="C79" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="D79" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="E79" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="H79" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B80" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="C80" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="D80" t="s">
-        <v>1343</v>
+        <v>1356</v>
       </c>
       <c r="E80" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="H80" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B81" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="C81" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="D81" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="E81" t="s">
-        <v>777</v>
+        <v>1363</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="H81" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B82" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="C82" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="D82" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="E82" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="H82" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B83" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="C83" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="D83" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="E83" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="H83" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B84" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="C84" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D84" t="s">
         <v>1374</v>
       </c>
-      <c r="D84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>1376</v>
+        <v>1380</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>1377</v>
+        <v>1381</v>
       </c>
       <c r="H84" t="s">
-        <v>1378</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B85" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="C85" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E85" t="s">
         <v>1380</v>
       </c>
-      <c r="D85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="H85" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B86" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
       <c r="C86" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="D86" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="E86" t="s">
-        <v>1387</v>
+        <v>782</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="H86" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B87" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="C87" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D87" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
       <c r="E87" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="H87" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B88" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
       <c r="C88" t="s">
-        <v>1396</v>
+        <v>1399</v>
       </c>
       <c r="D88" t="s">
-        <v>1386</v>
+        <v>1400</v>
       </c>
       <c r="E88" t="s">
-        <v>1392</v>
+        <v>1401</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="H88" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B89" t="s">
-        <v>1399</v>
+        <v>1404</v>
       </c>
       <c r="C89" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="D89" t="s">
-        <v>1386</v>
+        <v>1406</v>
       </c>
       <c r="E89" t="s">
-        <v>1392</v>
+        <v>1407</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="H89" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B90" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="C90" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="D90" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="E90" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="H90" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B91" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="C91" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="D91" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="E91" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="H91" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B92" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
       <c r="C92" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
       <c r="D92" t="s">
         <v>1417</v>
       </c>
       <c r="E92" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="H92" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B93" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
       <c r="C93" t="s">
-        <v>1421</v>
+        <v>1427</v>
       </c>
       <c r="D93" t="s">
-        <v>1422</v>
+        <v>1417</v>
       </c>
       <c r="E93" t="s">
         <v>1423</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="H93" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B94" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="C94" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="D94" t="s">
-        <v>1428</v>
+        <v>1417</v>
       </c>
       <c r="E94" t="s">
-        <v>1429</v>
+        <v>1423</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="H94" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B95" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="C95" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="D95" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="E95" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="H95" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B96" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="C96" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="D96" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="E96" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="H96" t="s">
-        <v>1442</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B97" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="C97" t="s">
-        <v>1443</v>
+        <v>1447</v>
       </c>
       <c r="D97" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
       <c r="E97" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="H97" t="s">
-        <v>1447</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B98" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="C98" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="D98" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="E98" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="H98" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B99" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="C99" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="D99" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="E99" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="H99" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B100" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="C100" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="D100" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="E100" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="H100" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B101" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="C101" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="D101" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="E101" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="H101" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B102" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C102" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="D102" t="s">
-        <v>1468</v>
+        <v>1475</v>
       </c>
       <c r="E102" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="H102" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B103" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="C103" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="D103" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="E103" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="H103" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B104" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="C104" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="D104" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="E104" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="H104" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B105" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="C105" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="D105" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="E105" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="H105" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B106" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="C106" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="D106" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="E106" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="H106" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B107" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="C107" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="D107" t="s">
-        <v>1503</v>
+        <v>1499</v>
       </c>
       <c r="E107" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="H107" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B108" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="C108" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="D108" t="s">
-        <v>1503</v>
+        <v>1510</v>
       </c>
       <c r="E108" t="s">
-        <v>1504</v>
+        <v>1511</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="H108" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B109" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="C109" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="D109" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="E109" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="H109" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B110" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="C110" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="D110" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="E110" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="H110" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B111" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="C111" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="D111" t="s">
-        <v>1519</v>
+        <v>1528</v>
       </c>
       <c r="E111" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="H111" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B112" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="C112" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="D112" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="E112" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="H112" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B113" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D113" t="s">
         <v>1534</v>
       </c>
-      <c r="C113" t="s">
+      <c r="E113" t="s">
         <v>1535</v>
       </c>
-      <c r="D113" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="H113" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B114" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="C114" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="D114" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="E114" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="H114" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B115" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="C115" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="D115" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
       <c r="E115" t="s">
-        <v>1542</v>
+        <v>1551</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="H115" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B116" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1555</v>
+      </c>
+      <c r="D116" t="s">
         <v>1550</v>
       </c>
-      <c r="C116" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E116" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="H116" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B117" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="C117" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="D117" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="E117" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="H117" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B118" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="C118" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="D118" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="E118" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="H118" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B119" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="C119" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="D119" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="E119" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="H119" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B120" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="C120" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="D120" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="E120" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="H120" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B121" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="C121" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="D121" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="E121" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="H121" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B122" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="C122" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="D122" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="E122" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="H122" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B123" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="C123" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="D123" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="E123" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="F123" t="s">
         <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="H123" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B124" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="C124" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="D124" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="E124" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="H124" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B125" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="C125" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D125" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="E125" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="H125" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B126" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="C126" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="D126" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="E126" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="H126" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B127" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="C127" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="D127" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="E127" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="H127" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B128" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="C128" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D128" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="E128" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="H128" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B129" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="C129" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="D129" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="E129" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="H129" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B130" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="C130" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="D130" t="s">
-        <v>1630</v>
+        <v>1637</v>
       </c>
       <c r="E130" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="H130" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B131" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="C131" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="D131" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="E131" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="H131" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B132" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="C132" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="D132" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="E132" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="H132" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B133" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="C133" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="D133" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
       <c r="E133" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="H133" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B134" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="C134" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="D134" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="E134" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="H134" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B135" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D135" t="s">
         <v>1661</v>
       </c>
-      <c r="C135" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E135" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="H135" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B136" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="C136" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="D136" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="E136" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="H136" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B137" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="C137" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="D137" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="E137" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="F137" t="s">
         <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="H137" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B138" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D138" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E138" t="s">
         <v>1679</v>
       </c>
-      <c r="C138" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F138" t="s">
         <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="H138" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B139" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="C139" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="D139" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="E139" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="H139" t="s">
-        <v>1690</v>
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>922</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F140" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>922</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D141" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F141" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>922</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D142" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F142" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>922</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D143" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F143" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>922</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D144" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F144" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1721</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H75"/>
+  <dimension ref="A1:H77"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B2" t="s">
-        <v>1692</v>
+        <v>1723</v>
       </c>
       <c r="C2" t="s">
-        <v>1693</v>
+        <v>1724</v>
       </c>
       <c r="D2" t="s">
-        <v>1694</v>
+        <v>1725</v>
       </c>
       <c r="E2" t="s">
-        <v>1695</v>
+        <v>926</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1696</v>
+        <v>1726</v>
       </c>
       <c r="H2" t="s">
-        <v>1697</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B3" t="s">
-        <v>1698</v>
+        <v>1728</v>
       </c>
       <c r="C3" t="s">
-        <v>1699</v>
+        <v>1729</v>
       </c>
       <c r="D3" t="s">
-        <v>1700</v>
+        <v>1730</v>
       </c>
       <c r="E3" t="s">
-        <v>1695</v>
+        <v>1731</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1701</v>
+        <v>1732</v>
       </c>
       <c r="H3" t="s">
-        <v>1702</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B4" t="s">
-        <v>1703</v>
+        <v>1734</v>
       </c>
       <c r="C4" t="s">
-        <v>1704</v>
+        <v>1735</v>
       </c>
       <c r="D4" t="s">
-        <v>1705</v>
+        <v>1736</v>
       </c>
       <c r="E4" t="s">
-        <v>1706</v>
+        <v>1737</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1707</v>
+        <v>1738</v>
       </c>
       <c r="H4" t="s">
-        <v>1708</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B5" t="s">
-        <v>1709</v>
+        <v>1740</v>
       </c>
       <c r="C5" t="s">
-        <v>1710</v>
+        <v>1741</v>
       </c>
       <c r="D5" t="s">
-        <v>1711</v>
+        <v>1742</v>
       </c>
       <c r="E5" t="s">
-        <v>1706</v>
+        <v>1737</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1712</v>
+        <v>1743</v>
       </c>
       <c r="H5" t="s">
-        <v>1713</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B6" t="s">
-        <v>1714</v>
+        <v>1745</v>
       </c>
       <c r="C6" t="s">
-        <v>1715</v>
+        <v>1746</v>
       </c>
       <c r="D6" t="s">
-        <v>1716</v>
+        <v>1747</v>
       </c>
       <c r="E6" t="s">
-        <v>1717</v>
+        <v>1748</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1718</v>
+        <v>1749</v>
       </c>
       <c r="H6" t="s">
-        <v>1719</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B7" t="s">
-        <v>1720</v>
+        <v>1751</v>
       </c>
       <c r="C7" t="s">
-        <v>1710</v>
+        <v>1724</v>
       </c>
       <c r="D7" t="s">
-        <v>1721</v>
+        <v>1752</v>
       </c>
       <c r="E7" t="s">
-        <v>1717</v>
+        <v>1748</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1722</v>
+        <v>1753</v>
       </c>
       <c r="H7" t="s">
-        <v>1723</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B8" t="s">
-        <v>1724</v>
+        <v>1755</v>
       </c>
       <c r="C8" t="s">
-        <v>1725</v>
+        <v>1756</v>
       </c>
       <c r="D8" t="s">
-        <v>1726</v>
+        <v>1757</v>
       </c>
       <c r="E8" t="s">
-        <v>1727</v>
+        <v>1758</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1728</v>
+        <v>1759</v>
       </c>
       <c r="H8" t="s">
-        <v>1729</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B9" t="s">
-        <v>1730</v>
+        <v>1761</v>
       </c>
       <c r="C9" t="s">
-        <v>1710</v>
+        <v>1724</v>
       </c>
       <c r="D9" t="s">
-        <v>1731</v>
+        <v>1762</v>
       </c>
       <c r="E9" t="s">
-        <v>1727</v>
+        <v>1758</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1732</v>
+        <v>1763</v>
       </c>
       <c r="H9" t="s">
-        <v>1733</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B10" t="s">
-        <v>1734</v>
+        <v>1765</v>
       </c>
       <c r="C10" t="s">
-        <v>1735</v>
+        <v>1766</v>
       </c>
       <c r="D10" t="s">
-        <v>1736</v>
+        <v>1767</v>
       </c>
       <c r="E10" t="s">
-        <v>982</v>
+        <v>1768</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1737</v>
+        <v>1769</v>
       </c>
       <c r="H10" t="s">
-        <v>1738</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B11" t="s">
-        <v>1739</v>
+        <v>1771</v>
       </c>
       <c r="C11" t="s">
-        <v>1740</v>
+        <v>1724</v>
       </c>
       <c r="D11" t="s">
-        <v>1741</v>
+        <v>1772</v>
       </c>
       <c r="E11" t="s">
-        <v>982</v>
+        <v>1768</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1742</v>
+        <v>1773</v>
       </c>
       <c r="H11" t="s">
-        <v>1743</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B12" t="s">
-        <v>1744</v>
+        <v>1775</v>
       </c>
       <c r="C12" t="s">
-        <v>1745</v>
+        <v>1776</v>
       </c>
       <c r="D12" t="s">
-        <v>1746</v>
+        <v>1777</v>
       </c>
       <c r="E12" t="s">
-        <v>1747</v>
+        <v>1013</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1748</v>
+        <v>1778</v>
       </c>
       <c r="H12" t="s">
-        <v>1749</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B13" t="s">
-        <v>1750</v>
+        <v>1780</v>
       </c>
       <c r="C13" t="s">
-        <v>1751</v>
+        <v>1781</v>
       </c>
       <c r="D13" t="s">
-        <v>1752</v>
+        <v>1782</v>
       </c>
       <c r="E13" t="s">
-        <v>1747</v>
+        <v>1013</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1753</v>
+        <v>1783</v>
       </c>
       <c r="H13" t="s">
-        <v>1754</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B14" t="s">
-        <v>1755</v>
+        <v>1785</v>
       </c>
       <c r="C14" t="s">
-        <v>1756</v>
+        <v>1786</v>
       </c>
       <c r="D14" t="s">
-        <v>1757</v>
+        <v>1787</v>
       </c>
       <c r="E14" t="s">
-        <v>1758</v>
+        <v>1788</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1759</v>
+        <v>1789</v>
       </c>
       <c r="H14" t="s">
-        <v>1760</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B15" t="s">
-        <v>1761</v>
+        <v>1791</v>
       </c>
       <c r="C15" t="s">
-        <v>1751</v>
+        <v>1792</v>
       </c>
       <c r="D15" t="s">
-        <v>1762</v>
+        <v>1793</v>
       </c>
       <c r="E15" t="s">
-        <v>1758</v>
+        <v>1788</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1763</v>
+        <v>1794</v>
       </c>
       <c r="H15" t="s">
-        <v>1764</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B16" t="s">
-        <v>1765</v>
+        <v>1796</v>
       </c>
       <c r="C16" t="s">
-        <v>1751</v>
+        <v>1797</v>
       </c>
       <c r="D16" t="s">
-        <v>1766</v>
+        <v>1798</v>
       </c>
       <c r="E16" t="s">
-        <v>920</v>
+        <v>1799</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1767</v>
+        <v>1800</v>
       </c>
       <c r="H16" t="s">
-        <v>1768</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B17" t="s">
-        <v>1769</v>
+        <v>1802</v>
       </c>
       <c r="C17" t="s">
-        <v>1770</v>
+        <v>1792</v>
       </c>
       <c r="D17" t="s">
-        <v>1771</v>
+        <v>1803</v>
       </c>
       <c r="E17" t="s">
-        <v>1758</v>
+        <v>1799</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1772</v>
+        <v>1804</v>
       </c>
       <c r="H17" t="s">
-        <v>1773</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B18" t="s">
-        <v>1774</v>
+        <v>1806</v>
       </c>
       <c r="C18" t="s">
-        <v>1775</v>
+        <v>1792</v>
       </c>
       <c r="D18" t="s">
-        <v>1771</v>
+        <v>1807</v>
       </c>
       <c r="E18" t="s">
-        <v>1758</v>
+        <v>951</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1776</v>
+        <v>1808</v>
       </c>
       <c r="H18" t="s">
-        <v>1777</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B19" t="s">
-        <v>1778</v>
+        <v>1810</v>
       </c>
       <c r="C19" t="s">
-        <v>1779</v>
+        <v>1811</v>
       </c>
       <c r="D19" t="s">
-        <v>1780</v>
+        <v>1812</v>
       </c>
       <c r="E19" t="s">
-        <v>1037</v>
+        <v>1799</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1781</v>
+        <v>1813</v>
       </c>
       <c r="H19" t="s">
-        <v>1782</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B20" t="s">
-        <v>1783</v>
+        <v>1815</v>
       </c>
       <c r="C20" t="s">
-        <v>1784</v>
+        <v>1816</v>
       </c>
       <c r="D20" t="s">
-        <v>1785</v>
+        <v>1812</v>
       </c>
       <c r="E20" t="s">
-        <v>1037</v>
+        <v>1799</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1786</v>
+        <v>1817</v>
       </c>
       <c r="H20" t="s">
-        <v>1787</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B21" t="s">
-        <v>1788</v>
+        <v>1819</v>
       </c>
       <c r="C21" t="s">
-        <v>1789</v>
+        <v>1820</v>
       </c>
       <c r="D21" t="s">
-        <v>1790</v>
+        <v>1821</v>
       </c>
       <c r="E21" t="s">
-        <v>199</v>
+        <v>1068</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1791</v>
+        <v>1822</v>
       </c>
       <c r="H21" t="s">
-        <v>1792</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B22" t="s">
-        <v>1793</v>
+        <v>1824</v>
       </c>
       <c r="C22" t="s">
-        <v>1794</v>
+        <v>1825</v>
       </c>
       <c r="D22" t="s">
-        <v>1795</v>
+        <v>1826</v>
       </c>
       <c r="E22" t="s">
-        <v>1796</v>
+        <v>1068</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1797</v>
+        <v>1827</v>
       </c>
       <c r="H22" t="s">
-        <v>1798</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B23" t="s">
-        <v>1799</v>
+        <v>1829</v>
       </c>
       <c r="C23" t="s">
-        <v>1800</v>
+        <v>1830</v>
       </c>
       <c r="D23" t="s">
-        <v>1801</v>
+        <v>1831</v>
       </c>
       <c r="E23" t="s">
-        <v>1796</v>
+        <v>199</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1802</v>
+        <v>1832</v>
       </c>
       <c r="H23" t="s">
-        <v>1803</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B24" t="s">
-        <v>1804</v>
+        <v>1834</v>
       </c>
       <c r="C24" t="s">
-        <v>1751</v>
+        <v>1835</v>
       </c>
       <c r="D24" t="s">
-        <v>1805</v>
+        <v>1836</v>
       </c>
       <c r="E24" t="s">
-        <v>199</v>
+        <v>1837</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1806</v>
+        <v>1838</v>
       </c>
       <c r="H24" t="s">
-        <v>1807</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B25" t="s">
-        <v>1808</v>
+        <v>1840</v>
       </c>
       <c r="C25" t="s">
-        <v>1751</v>
+        <v>1841</v>
       </c>
       <c r="D25" t="s">
-        <v>1805</v>
+        <v>1842</v>
       </c>
       <c r="E25" t="s">
-        <v>199</v>
+        <v>1837</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1809</v>
+        <v>1843</v>
       </c>
       <c r="H25" t="s">
-        <v>1810</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B26" t="s">
-        <v>1811</v>
+        <v>1845</v>
       </c>
       <c r="C26" t="s">
-        <v>1812</v>
+        <v>1792</v>
       </c>
       <c r="D26" t="s">
-        <v>1801</v>
+        <v>1846</v>
       </c>
       <c r="E26" t="s">
-        <v>1796</v>
+        <v>199</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1813</v>
+        <v>1847</v>
       </c>
       <c r="H26" t="s">
-        <v>1814</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B27" t="s">
-        <v>1815</v>
+        <v>1849</v>
       </c>
       <c r="C27" t="s">
-        <v>1751</v>
+        <v>1792</v>
       </c>
       <c r="D27" t="s">
-        <v>1816</v>
+        <v>1846</v>
       </c>
       <c r="E27" t="s">
-        <v>1817</v>
+        <v>199</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1818</v>
+        <v>1850</v>
       </c>
       <c r="H27" t="s">
-        <v>1819</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B28" t="s">
-        <v>1820</v>
+        <v>1852</v>
       </c>
       <c r="C28" t="s">
-        <v>1821</v>
+        <v>1853</v>
       </c>
       <c r="D28" t="s">
-        <v>1822</v>
+        <v>1842</v>
       </c>
       <c r="E28" t="s">
-        <v>1823</v>
+        <v>1837</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1824</v>
+        <v>1854</v>
       </c>
       <c r="H28" t="s">
-        <v>1825</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B29" t="s">
-        <v>1826</v>
+        <v>1856</v>
       </c>
       <c r="C29" t="s">
-        <v>1827</v>
+        <v>1792</v>
       </c>
       <c r="D29" t="s">
-        <v>1822</v>
+        <v>1857</v>
       </c>
       <c r="E29" t="s">
-        <v>1823</v>
+        <v>1858</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1828</v>
+        <v>1859</v>
       </c>
       <c r="H29" t="s">
-        <v>1829</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B30" t="s">
-        <v>1830</v>
+        <v>1861</v>
       </c>
       <c r="C30" t="s">
-        <v>1751</v>
+        <v>1862</v>
       </c>
       <c r="D30" t="s">
-        <v>1831</v>
+        <v>1863</v>
       </c>
       <c r="E30" t="s">
-        <v>1832</v>
+        <v>1864</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1833</v>
+        <v>1865</v>
       </c>
       <c r="H30" t="s">
-        <v>1834</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B31" t="s">
-        <v>1835</v>
+        <v>1867</v>
       </c>
       <c r="C31" t="s">
-        <v>1836</v>
+        <v>1868</v>
       </c>
       <c r="D31" t="s">
-        <v>1837</v>
+        <v>1863</v>
       </c>
       <c r="E31" t="s">
-        <v>1074</v>
+        <v>1864</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1838</v>
+        <v>1869</v>
       </c>
       <c r="H31" t="s">
-        <v>1839</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B32" t="s">
-        <v>1840</v>
+        <v>1871</v>
       </c>
       <c r="C32" t="s">
-        <v>1841</v>
+        <v>1792</v>
       </c>
       <c r="D32" t="s">
-        <v>1842</v>
+        <v>1872</v>
       </c>
       <c r="E32" t="s">
-        <v>1843</v>
+        <v>1873</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1844</v>
+        <v>1874</v>
       </c>
       <c r="H32" t="s">
-        <v>1845</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B33" t="s">
-        <v>1846</v>
+        <v>1876</v>
       </c>
       <c r="C33" t="s">
-        <v>1751</v>
+        <v>1877</v>
       </c>
       <c r="D33" t="s">
-        <v>1847</v>
+        <v>1878</v>
       </c>
       <c r="E33" t="s">
-        <v>1848</v>
+        <v>1105</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1849</v>
+        <v>1879</v>
       </c>
       <c r="H33" t="s">
-        <v>1850</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B34" t="s">
-        <v>1851</v>
+        <v>1881</v>
       </c>
       <c r="C34" t="s">
-        <v>1852</v>
+        <v>1882</v>
       </c>
       <c r="D34" t="s">
-        <v>1853</v>
+        <v>1883</v>
       </c>
       <c r="E34" t="s">
-        <v>1848</v>
+        <v>1884</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1854</v>
+        <v>1885</v>
       </c>
       <c r="H34" t="s">
-        <v>1855</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B35" t="s">
-        <v>1856</v>
+        <v>1887</v>
       </c>
       <c r="C35" t="s">
-        <v>1857</v>
+        <v>1792</v>
       </c>
       <c r="D35" t="s">
-        <v>1853</v>
+        <v>1888</v>
       </c>
       <c r="E35" t="s">
-        <v>1848</v>
+        <v>1889</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1858</v>
+        <v>1890</v>
       </c>
       <c r="H35" t="s">
-        <v>1859</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B36" t="s">
-        <v>1860</v>
+        <v>1892</v>
       </c>
       <c r="C36" t="s">
-        <v>1861</v>
+        <v>1893</v>
       </c>
       <c r="D36" t="s">
-        <v>1862</v>
+        <v>1894</v>
       </c>
       <c r="E36" t="s">
-        <v>1863</v>
+        <v>1889</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1864</v>
+        <v>1895</v>
       </c>
       <c r="H36" t="s">
-        <v>1865</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B37" t="s">
-        <v>1866</v>
+        <v>1897</v>
       </c>
       <c r="C37" t="s">
-        <v>1751</v>
+        <v>1898</v>
       </c>
       <c r="D37" t="s">
-        <v>1867</v>
+        <v>1894</v>
       </c>
       <c r="E37" t="s">
-        <v>1868</v>
+        <v>1889</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1869</v>
+        <v>1899</v>
       </c>
       <c r="H37" t="s">
-        <v>1870</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B38" t="s">
-        <v>1871</v>
+        <v>1901</v>
       </c>
       <c r="C38" t="s">
-        <v>1872</v>
+        <v>1902</v>
       </c>
       <c r="D38" t="s">
-        <v>1873</v>
+        <v>1903</v>
       </c>
       <c r="E38" t="s">
-        <v>1874</v>
+        <v>1904</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1875</v>
+        <v>1905</v>
       </c>
       <c r="H38" t="s">
-        <v>1876</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B39" t="s">
-        <v>1877</v>
+        <v>1907</v>
       </c>
       <c r="C39" t="s">
-        <v>1878</v>
+        <v>1792</v>
       </c>
       <c r="D39" t="s">
-        <v>1879</v>
+        <v>1908</v>
       </c>
       <c r="E39" t="s">
-        <v>628</v>
+        <v>1909</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1880</v>
+        <v>1910</v>
       </c>
       <c r="H39" t="s">
-        <v>1881</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B40" t="s">
-        <v>1882</v>
+        <v>1912</v>
       </c>
       <c r="C40" t="s">
-        <v>1883</v>
+        <v>1913</v>
       </c>
       <c r="D40" t="s">
-        <v>1884</v>
+        <v>1914</v>
       </c>
       <c r="E40" t="s">
-        <v>647</v>
+        <v>1915</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1885</v>
+        <v>1916</v>
       </c>
       <c r="H40" t="s">
-        <v>1886</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B41" t="s">
-        <v>1887</v>
+        <v>1918</v>
       </c>
       <c r="C41" t="s">
-        <v>1751</v>
+        <v>1919</v>
       </c>
       <c r="D41" t="s">
-        <v>1888</v>
+        <v>1920</v>
       </c>
       <c r="E41" t="s">
-        <v>1889</v>
+        <v>633</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1890</v>
+        <v>1921</v>
       </c>
       <c r="H41" t="s">
-        <v>1891</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B42" t="s">
-        <v>1892</v>
+        <v>1923</v>
       </c>
       <c r="C42" t="s">
-        <v>1893</v>
+        <v>1924</v>
       </c>
       <c r="D42" t="s">
-        <v>1894</v>
+        <v>1925</v>
       </c>
       <c r="E42" t="s">
-        <v>1889</v>
+        <v>652</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1895</v>
+        <v>1926</v>
       </c>
       <c r="H42" t="s">
-        <v>1896</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B43" t="s">
-        <v>1897</v>
+        <v>1928</v>
       </c>
       <c r="C43" t="s">
-        <v>1898</v>
+        <v>1792</v>
       </c>
       <c r="D43" t="s">
-        <v>1899</v>
+        <v>1929</v>
       </c>
       <c r="E43" t="s">
-        <v>657</v>
+        <v>1930</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1900</v>
+        <v>1931</v>
       </c>
       <c r="H43" t="s">
-        <v>1901</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B44" t="s">
-        <v>1902</v>
+        <v>1933</v>
       </c>
       <c r="C44" t="s">
-        <v>1903</v>
+        <v>1934</v>
       </c>
       <c r="D44" t="s">
-        <v>1904</v>
+        <v>1935</v>
       </c>
       <c r="E44" t="s">
-        <v>1905</v>
+        <v>1930</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1906</v>
+        <v>1936</v>
       </c>
       <c r="H44" t="s">
-        <v>1907</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B45" t="s">
-        <v>1908</v>
+        <v>1938</v>
       </c>
       <c r="C45" t="s">
-        <v>1909</v>
+        <v>1939</v>
       </c>
       <c r="D45" t="s">
-        <v>1910</v>
+        <v>1940</v>
       </c>
       <c r="E45" t="s">
-        <v>1911</v>
+        <v>662</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1912</v>
+        <v>1941</v>
       </c>
       <c r="H45" t="s">
-        <v>1913</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B46" t="s">
-        <v>1914</v>
+        <v>1943</v>
       </c>
       <c r="C46" t="s">
-        <v>1915</v>
+        <v>1944</v>
       </c>
       <c r="D46" t="s">
-        <v>1916</v>
+        <v>1945</v>
       </c>
       <c r="E46" t="s">
-        <v>1917</v>
+        <v>1946</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1918</v>
+        <v>1947</v>
       </c>
       <c r="H46" t="s">
-        <v>1919</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B47" t="s">
-        <v>1920</v>
+        <v>1949</v>
       </c>
       <c r="C47" t="s">
-        <v>1921</v>
+        <v>1950</v>
       </c>
       <c r="D47" t="s">
-        <v>1922</v>
+        <v>1951</v>
       </c>
       <c r="E47" t="s">
-        <v>1923</v>
+        <v>1952</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1924</v>
+        <v>1953</v>
       </c>
       <c r="H47" t="s">
-        <v>1925</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B48" t="s">
-        <v>1926</v>
+        <v>1955</v>
       </c>
       <c r="C48" t="s">
-        <v>1927</v>
+        <v>1956</v>
       </c>
       <c r="D48" t="s">
-        <v>1928</v>
+        <v>1957</v>
       </c>
       <c r="E48" t="s">
-        <v>1929</v>
+        <v>1958</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1930</v>
+        <v>1959</v>
       </c>
       <c r="H48" t="s">
-        <v>1931</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B49" t="s">
-        <v>1932</v>
+        <v>1961</v>
       </c>
       <c r="C49" t="s">
-        <v>1933</v>
+        <v>1962</v>
       </c>
       <c r="D49" t="s">
-        <v>1934</v>
+        <v>1963</v>
       </c>
       <c r="E49" t="s">
-        <v>1935</v>
+        <v>1964</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1936</v>
+        <v>1965</v>
       </c>
       <c r="H49" t="s">
-        <v>1937</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B50" t="s">
-        <v>1938</v>
+        <v>1967</v>
       </c>
       <c r="C50" t="s">
-        <v>1939</v>
+        <v>1968</v>
       </c>
       <c r="D50" t="s">
-        <v>1940</v>
+        <v>1969</v>
       </c>
       <c r="E50" t="s">
-        <v>1941</v>
+        <v>1970</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1942</v>
+        <v>1971</v>
       </c>
       <c r="H50" t="s">
-        <v>1943</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B51" t="s">
-        <v>1944</v>
+        <v>1973</v>
       </c>
       <c r="C51" t="s">
-        <v>1945</v>
+        <v>1974</v>
       </c>
       <c r="D51" t="s">
-        <v>1946</v>
+        <v>1975</v>
       </c>
       <c r="E51" t="s">
-        <v>1947</v>
+        <v>1976</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1948</v>
+        <v>1977</v>
       </c>
       <c r="H51" t="s">
-        <v>1949</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B52" t="s">
-        <v>1950</v>
+        <v>1979</v>
       </c>
       <c r="C52" t="s">
-        <v>1951</v>
+        <v>1980</v>
       </c>
       <c r="D52" t="s">
-        <v>1952</v>
+        <v>1981</v>
       </c>
       <c r="E52" t="s">
-        <v>1243</v>
+        <v>1982</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1953</v>
+        <v>1983</v>
       </c>
       <c r="H52" t="s">
-        <v>1954</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B53" t="s">
-        <v>1955</v>
+        <v>1985</v>
       </c>
       <c r="C53" t="s">
-        <v>1956</v>
+        <v>1986</v>
       </c>
       <c r="D53" t="s">
-        <v>1957</v>
+        <v>1987</v>
       </c>
       <c r="E53" t="s">
-        <v>1958</v>
+        <v>1988</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1959</v>
+        <v>1989</v>
       </c>
       <c r="H53" t="s">
-        <v>1960</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B54" t="s">
-        <v>1961</v>
+        <v>1991</v>
       </c>
       <c r="C54" t="s">
-        <v>1962</v>
+        <v>1992</v>
       </c>
       <c r="D54" t="s">
-        <v>1963</v>
+        <v>1993</v>
       </c>
       <c r="E54" t="s">
-        <v>1964</v>
+        <v>1274</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1965</v>
+        <v>1994</v>
       </c>
       <c r="H54" t="s">
-        <v>1966</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B55" t="s">
-        <v>1967</v>
+        <v>1996</v>
       </c>
       <c r="C55" t="s">
-        <v>1968</v>
+        <v>1997</v>
       </c>
       <c r="D55" t="s">
-        <v>1969</v>
+        <v>1998</v>
       </c>
       <c r="E55" t="s">
-        <v>705</v>
+        <v>1999</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1970</v>
+        <v>2000</v>
       </c>
       <c r="H55" t="s">
-        <v>1971</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B56" t="s">
-        <v>1972</v>
+        <v>2002</v>
       </c>
       <c r="C56" t="s">
-        <v>1973</v>
+        <v>2003</v>
       </c>
       <c r="D56" t="s">
-        <v>1969</v>
+        <v>2004</v>
       </c>
       <c r="E56" t="s">
-        <v>705</v>
+        <v>2005</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1974</v>
+        <v>2006</v>
       </c>
       <c r="H56" t="s">
-        <v>1975</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B57" t="s">
-        <v>1976</v>
+        <v>2008</v>
       </c>
       <c r="C57" t="s">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="D57" t="s">
-        <v>1969</v>
+        <v>2010</v>
       </c>
       <c r="E57" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1978</v>
+        <v>2011</v>
       </c>
       <c r="H57" t="s">
-        <v>1979</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B58" t="s">
-        <v>1980</v>
+        <v>2013</v>
       </c>
       <c r="C58" t="s">
-        <v>1981</v>
+        <v>2014</v>
       </c>
       <c r="D58" t="s">
-        <v>1982</v>
+        <v>2010</v>
       </c>
       <c r="E58" t="s">
-        <v>1983</v>
+        <v>710</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1984</v>
+        <v>2015</v>
       </c>
       <c r="H58" t="s">
-        <v>1985</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B59" t="s">
-        <v>1986</v>
+        <v>2017</v>
       </c>
       <c r="C59" t="s">
-        <v>1987</v>
+        <v>2018</v>
       </c>
       <c r="D59" t="s">
-        <v>1988</v>
+        <v>2010</v>
       </c>
       <c r="E59" t="s">
         <v>710</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1989</v>
+        <v>2019</v>
       </c>
       <c r="H59" t="s">
-        <v>1990</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B60" t="s">
-        <v>1991</v>
+        <v>2021</v>
       </c>
       <c r="C60" t="s">
-        <v>1992</v>
+        <v>2022</v>
       </c>
       <c r="D60" t="s">
-        <v>1988</v>
+        <v>2023</v>
       </c>
       <c r="E60" t="s">
-        <v>710</v>
+        <v>2024</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1993</v>
+        <v>2025</v>
       </c>
       <c r="H60" t="s">
-        <v>1994</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B61" t="s">
-        <v>1995</v>
+        <v>2027</v>
       </c>
       <c r="C61" t="s">
-        <v>1996</v>
+        <v>2028</v>
       </c>
       <c r="D61" t="s">
-        <v>1997</v>
+        <v>2029</v>
       </c>
       <c r="E61" t="s">
-        <v>1998</v>
+        <v>715</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1999</v>
+        <v>2030</v>
       </c>
       <c r="H61" t="s">
-        <v>2000</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B62" t="s">
-        <v>2001</v>
+        <v>2032</v>
       </c>
       <c r="C62" t="s">
-        <v>2002</v>
+        <v>2033</v>
       </c>
       <c r="D62" t="s">
-        <v>1997</v>
+        <v>2029</v>
       </c>
       <c r="E62" t="s">
-        <v>1998</v>
+        <v>715</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>2003</v>
+        <v>2034</v>
       </c>
       <c r="H62" t="s">
-        <v>2004</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B63" t="s">
-        <v>2005</v>
+        <v>2036</v>
       </c>
       <c r="C63" t="s">
-        <v>2006</v>
+        <v>2037</v>
       </c>
       <c r="D63" t="s">
-        <v>2007</v>
+        <v>2038</v>
       </c>
       <c r="E63" t="s">
-        <v>2008</v>
+        <v>2039</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>2009</v>
+        <v>2040</v>
       </c>
       <c r="H63" t="s">
-        <v>2010</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B64" t="s">
-        <v>2011</v>
+        <v>2042</v>
       </c>
       <c r="C64" t="s">
-        <v>2012</v>
+        <v>2043</v>
       </c>
       <c r="D64" t="s">
-        <v>2013</v>
+        <v>2038</v>
       </c>
       <c r="E64" t="s">
-        <v>729</v>
+        <v>2039</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>2014</v>
+        <v>2044</v>
       </c>
       <c r="H64" t="s">
-        <v>2015</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B65" t="s">
-        <v>2016</v>
+        <v>2046</v>
       </c>
       <c r="C65" t="s">
-        <v>2017</v>
+        <v>2047</v>
       </c>
       <c r="D65" t="s">
-        <v>2018</v>
+        <v>2048</v>
       </c>
       <c r="E65" t="s">
-        <v>734</v>
+        <v>2049</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2019</v>
+        <v>2050</v>
       </c>
       <c r="H65" t="s">
-        <v>2020</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B66" t="s">
-        <v>2021</v>
+        <v>2052</v>
       </c>
       <c r="C66" t="s">
-        <v>2022</v>
+        <v>2053</v>
       </c>
       <c r="D66" t="s">
-        <v>2023</v>
+        <v>2054</v>
       </c>
       <c r="E66" t="s">
-        <v>2024</v>
+        <v>734</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>2025</v>
+        <v>2055</v>
       </c>
       <c r="H66" t="s">
-        <v>2026</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B67" t="s">
-        <v>2027</v>
+        <v>2057</v>
       </c>
       <c r="C67" t="s">
-        <v>2028</v>
+        <v>2058</v>
       </c>
       <c r="D67" t="s">
-        <v>2029</v>
+        <v>2059</v>
       </c>
       <c r="E67" t="s">
-        <v>2030</v>
+        <v>739</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>2031</v>
+        <v>2060</v>
       </c>
       <c r="H67" t="s">
-        <v>2032</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B68" t="s">
-        <v>2033</v>
+        <v>2062</v>
       </c>
       <c r="C68" t="s">
-        <v>2034</v>
+        <v>2063</v>
       </c>
       <c r="D68" t="s">
-        <v>2035</v>
+        <v>2064</v>
       </c>
       <c r="E68" t="s">
-        <v>2030</v>
+        <v>2065</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2036</v>
+        <v>2066</v>
       </c>
       <c r="H68" t="s">
-        <v>2037</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B69" t="s">
-        <v>2038</v>
+        <v>2068</v>
       </c>
       <c r="C69" t="s">
-        <v>2039</v>
+        <v>2069</v>
       </c>
       <c r="D69" t="s">
-        <v>2040</v>
+        <v>2070</v>
       </c>
       <c r="E69" t="s">
-        <v>2041</v>
+        <v>2071</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>2042</v>
+        <v>2072</v>
       </c>
       <c r="H69" t="s">
-        <v>2043</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B70" t="s">
-        <v>2044</v>
+        <v>2074</v>
       </c>
       <c r="C70" t="s">
-        <v>2045</v>
+        <v>2075</v>
       </c>
       <c r="D70" t="s">
-        <v>2046</v>
+        <v>2076</v>
       </c>
       <c r="E70" t="s">
-        <v>2047</v>
+        <v>2071</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2048</v>
+        <v>2077</v>
       </c>
       <c r="H70" t="s">
-        <v>2049</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B71" t="s">
-        <v>2050</v>
+        <v>2079</v>
       </c>
       <c r="C71" t="s">
-        <v>2051</v>
+        <v>2080</v>
       </c>
       <c r="D71" t="s">
-        <v>2052</v>
+        <v>2081</v>
       </c>
       <c r="E71" t="s">
-        <v>2053</v>
+        <v>2082</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2054</v>
+        <v>2083</v>
       </c>
       <c r="H71" t="s">
-        <v>2055</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B72" t="s">
-        <v>2056</v>
+        <v>2085</v>
       </c>
       <c r="C72" t="s">
-        <v>2057</v>
+        <v>2086</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>2087</v>
       </c>
       <c r="E72" t="s">
-        <v>2058</v>
+        <v>2088</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>2059</v>
+        <v>2089</v>
       </c>
       <c r="H72" t="s">
-        <v>2060</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B73" t="s">
-        <v>2061</v>
+        <v>2091</v>
       </c>
       <c r="C73" t="s">
-        <v>2062</v>
+        <v>2092</v>
       </c>
       <c r="D73" t="s">
-        <v>2063</v>
+        <v>2093</v>
       </c>
       <c r="E73" t="s">
-        <v>2064</v>
+        <v>2094</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>2065</v>
+        <v>2095</v>
       </c>
       <c r="H73" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B74" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="C74" t="s">
-        <v>2068</v>
+        <v>2098</v>
       </c>
       <c r="D74" t="s">
-        <v>2069</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>2070</v>
+        <v>2099</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>2071</v>
+        <v>2100</v>
       </c>
       <c r="H74" t="s">
-        <v>2072</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1691</v>
+        <v>1722</v>
       </c>
       <c r="B75" t="s">
-        <v>2073</v>
+        <v>2102</v>
       </c>
       <c r="C75" t="s">
-        <v>2074</v>
+        <v>2103</v>
       </c>
       <c r="D75" t="s">
-        <v>2075</v>
+        <v>2104</v>
       </c>
       <c r="E75" t="s">
-        <v>2076</v>
+        <v>2105</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>2077</v>
+        <v>2106</v>
       </c>
       <c r="H75" t="s">
-        <v>2078</v>
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C76" t="s">
+        <v>2109</v>
+      </c>
+      <c r="D76" t="s">
+        <v>2110</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2111</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C77" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D77" t="s">
+        <v>2116</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2118</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z103"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2079</v>
+        <v>2120</v>
       </c>
       <c r="J1" t="s">
         <v>23</v>
       </c>
       <c r="K1" t="s">
-        <v>2080</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B2" t="s">
-        <v>2082</v>
+        <v>2123</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2083</v>
+        <v>2124</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2084</v>
+        <v>2125</v>
       </c>
       <c r="H2" t="s">
-        <v>2085</v>
+        <v>2126</v>
       </c>
       <c r="I2" t="s">
-        <v>2086</v>
+        <v>2127</v>
       </c>
       <c r="J2" t="s">
-        <v>2087</v>
+        <v>2128</v>
       </c>
       <c r="K2" t="s">
-        <v>2088</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B3" t="s">
-        <v>2089</v>
+        <v>2130</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2090</v>
+        <v>2131</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2091</v>
+        <v>2132</v>
       </c>
       <c r="H3" t="s">
-        <v>2092</v>
+        <v>2133</v>
       </c>
       <c r="I3" t="s">
-        <v>2093</v>
+        <v>2134</v>
       </c>
       <c r="J3" t="s">
-        <v>2094</v>
+        <v>2135</v>
       </c>
       <c r="K3" t="s">
-        <v>2095</v>
+        <v>2136</v>
       </c>
       <c r="L3" t="s">
-        <v>2096</v>
+        <v>2137</v>
       </c>
       <c r="M3" t="s">
-        <v>2097</v>
+        <v>2138</v>
       </c>
       <c r="N3" t="s">
-        <v>2098</v>
+        <v>2139</v>
       </c>
       <c r="O3" t="s">
-        <v>2099</v>
+        <v>2140</v>
       </c>
       <c r="P3" t="s">
-        <v>2100</v>
+        <v>2141</v>
       </c>
       <c r="Q3" t="s">
-        <v>2101</v>
+        <v>2142</v>
       </c>
       <c r="R3" t="s">
-        <v>2102</v>
+        <v>2143</v>
       </c>
       <c r="S3" t="s">
-        <v>2103</v>
+        <v>2144</v>
       </c>
       <c r="T3" t="s">
-        <v>2104</v>
+        <v>2145</v>
       </c>
       <c r="U3" t="s">
-        <v>2105</v>
+        <v>2146</v>
       </c>
       <c r="V3" t="s">
-        <v>2106</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B4" t="s">
-        <v>2107</v>
+        <v>2148</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2108</v>
+        <v>2149</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2109</v>
+        <v>2150</v>
       </c>
       <c r="H4" t="s">
-        <v>2110</v>
+        <v>2151</v>
       </c>
       <c r="I4" t="s">
-        <v>2111</v>
+        <v>2152</v>
       </c>
       <c r="J4" t="s">
-        <v>2112</v>
+        <v>2153</v>
       </c>
       <c r="K4" t="s">
-        <v>2113</v>
+        <v>2154</v>
       </c>
       <c r="L4" t="s">
-        <v>2114</v>
+        <v>2155</v>
       </c>
       <c r="M4" t="s">
-        <v>2115</v>
+        <v>2156</v>
       </c>
       <c r="N4" t="s">
-        <v>2116</v>
+        <v>2157</v>
       </c>
       <c r="O4" t="s">
-        <v>2117</v>
+        <v>2158</v>
       </c>
       <c r="P4" t="s">
-        <v>2118</v>
+        <v>2159</v>
       </c>
       <c r="Q4" t="s">
-        <v>2119</v>
+        <v>2160</v>
       </c>
       <c r="R4" t="s">
-        <v>2120</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B5" t="s">
-        <v>2121</v>
+        <v>2162</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2122</v>
+        <v>2163</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2123</v>
+        <v>2164</v>
       </c>
       <c r="H5" t="s">
-        <v>2124</v>
+        <v>2165</v>
       </c>
       <c r="I5" t="s">
-        <v>2125</v>
+        <v>2166</v>
       </c>
       <c r="J5" t="s">
-        <v>2094</v>
+        <v>2135</v>
       </c>
       <c r="K5" t="s">
-        <v>2126</v>
+        <v>2167</v>
       </c>
       <c r="L5" t="s">
-        <v>2127</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B6" t="s">
-        <v>2128</v>
+        <v>2169</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2129</v>
+        <v>2170</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2130</v>
+        <v>2171</v>
       </c>
       <c r="H6" t="s">
-        <v>2131</v>
+        <v>2172</v>
       </c>
       <c r="I6" t="s">
-        <v>2132</v>
+        <v>2173</v>
       </c>
       <c r="J6" t="s">
-        <v>2133</v>
+        <v>2174</v>
       </c>
       <c r="K6" t="s">
-        <v>2134</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B7" t="s">
-        <v>2135</v>
+        <v>2176</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2136</v>
+        <v>2177</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2137</v>
+        <v>2178</v>
       </c>
       <c r="H7" t="s">
-        <v>2138</v>
+        <v>2179</v>
       </c>
       <c r="I7" t="s">
-        <v>2132</v>
+        <v>2173</v>
       </c>
       <c r="J7" t="s">
-        <v>2112</v>
+        <v>2153</v>
       </c>
       <c r="K7" t="s">
-        <v>2139</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B8" t="s">
-        <v>2140</v>
+        <v>2181</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2141</v>
+        <v>2182</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2142</v>
+        <v>2183</v>
       </c>
       <c r="H8" t="s">
-        <v>2143</v>
+        <v>2184</v>
       </c>
       <c r="I8" t="s">
-        <v>2144</v>
+        <v>2185</v>
       </c>
       <c r="J8" t="s">
-        <v>2094</v>
+        <v>2135</v>
       </c>
       <c r="K8" t="s">
-        <v>2145</v>
+        <v>2186</v>
       </c>
       <c r="L8" t="s">
-        <v>2146</v>
+        <v>2187</v>
       </c>
       <c r="M8" t="s">
-        <v>2147</v>
+        <v>2188</v>
       </c>
       <c r="N8" t="s">
-        <v>2148</v>
+        <v>2189</v>
       </c>
       <c r="O8" t="s">
-        <v>2149</v>
+        <v>2190</v>
       </c>
       <c r="P8" t="s">
-        <v>2150</v>
+        <v>2191</v>
       </c>
       <c r="Q8" t="s">
-        <v>2151</v>
+        <v>2192</v>
       </c>
       <c r="R8" t="s">
-        <v>2152</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B9" t="s">
-        <v>2153</v>
+        <v>2194</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2154</v>
+        <v>2195</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2155</v>
+        <v>2196</v>
       </c>
       <c r="H9" t="s">
-        <v>2156</v>
+        <v>2197</v>
       </c>
       <c r="I9" t="s">
-        <v>2157</v>
+        <v>2198</v>
       </c>
       <c r="J9" t="s">
-        <v>2158</v>
+        <v>2199</v>
       </c>
       <c r="K9" t="s">
-        <v>2159</v>
+        <v>2200</v>
       </c>
       <c r="L9" t="s">
-        <v>2160</v>
+        <v>2201</v>
       </c>
       <c r="M9" t="s">
-        <v>2161</v>
+        <v>2202</v>
       </c>
       <c r="N9" t="s">
-        <v>2162</v>
+        <v>2203</v>
       </c>
       <c r="O9" t="s">
-        <v>2163</v>
+        <v>2204</v>
       </c>
       <c r="P9" t="s">
-        <v>2163</v>
+        <v>2204</v>
       </c>
       <c r="Q9" t="s">
-        <v>2164</v>
+        <v>2205</v>
       </c>
       <c r="R9" t="s">
-        <v>2165</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B10" t="s">
-        <v>2166</v>
+        <v>2207</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2167</v>
+        <v>2208</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2168</v>
+        <v>2209</v>
       </c>
       <c r="H10" t="s">
-        <v>2169</v>
+        <v>2210</v>
       </c>
       <c r="I10" t="s">
-        <v>2170</v>
+        <v>2211</v>
       </c>
       <c r="J10" t="s">
-        <v>2171</v>
+        <v>2212</v>
       </c>
       <c r="K10" t="s">
-        <v>2172</v>
+        <v>2213</v>
       </c>
       <c r="L10" t="s">
-        <v>2173</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B11" t="s">
-        <v>2174</v>
+        <v>2215</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2175</v>
+        <v>2216</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2176</v>
+        <v>2217</v>
       </c>
       <c r="H11" t="s">
-        <v>2177</v>
+        <v>2218</v>
       </c>
       <c r="I11" t="s">
-        <v>2178</v>
+        <v>2219</v>
       </c>
       <c r="J11" t="s">
-        <v>2179</v>
+        <v>2220</v>
       </c>
       <c r="K11" t="s">
-        <v>2180</v>
+        <v>2221</v>
       </c>
       <c r="L11" t="s">
-        <v>2181</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B12" t="s">
-        <v>2182</v>
+        <v>2223</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2183</v>
+        <v>2224</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2184</v>
+        <v>2225</v>
       </c>
       <c r="H12" t="s">
-        <v>2185</v>
+        <v>2226</v>
       </c>
       <c r="I12" t="s">
-        <v>2186</v>
+        <v>2227</v>
       </c>
       <c r="J12" t="s">
-        <v>2187</v>
+        <v>2228</v>
       </c>
       <c r="K12" t="s">
-        <v>2188</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B13" t="s">
-        <v>2189</v>
+        <v>2230</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2190</v>
+        <v>2231</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2191</v>
+        <v>2232</v>
       </c>
       <c r="H13" t="s">
-        <v>2192</v>
+        <v>2233</v>
       </c>
       <c r="I13" t="s">
-        <v>2193</v>
+        <v>2234</v>
       </c>
       <c r="J13" t="s">
-        <v>2194</v>
+        <v>2235</v>
       </c>
       <c r="K13" t="s">
-        <v>2195</v>
+        <v>2236</v>
       </c>
       <c r="L13" t="s">
-        <v>2196</v>
+        <v>2237</v>
       </c>
       <c r="M13" t="s">
-        <v>2197</v>
+        <v>2238</v>
       </c>
       <c r="N13" t="s">
-        <v>2198</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B14" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2241</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2242</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2243</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2244</v>
+      </c>
+      <c r="J14" t="s">
         <v>2199</v>
       </c>
-      <c r="C14" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K14" t="s">
-        <v>2204</v>
+        <v>2245</v>
       </c>
       <c r="L14" t="s">
-        <v>2205</v>
+        <v>2246</v>
       </c>
       <c r="M14" t="s">
-        <v>2206</v>
+        <v>2247</v>
       </c>
       <c r="N14" t="s">
-        <v>2207</v>
+        <v>2248</v>
       </c>
       <c r="O14" t="s">
-        <v>2208</v>
+        <v>2249</v>
       </c>
       <c r="P14" t="s">
-        <v>2209</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B15" t="s">
-        <v>2210</v>
+        <v>2251</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2200</v>
+        <v>2241</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2211</v>
+        <v>2252</v>
       </c>
       <c r="H15" t="s">
-        <v>2212</v>
+        <v>2253</v>
       </c>
       <c r="I15" t="s">
-        <v>2213</v>
+        <v>2254</v>
       </c>
       <c r="J15" t="s">
-        <v>2214</v>
+        <v>2255</v>
       </c>
       <c r="K15" t="s">
-        <v>2215</v>
+        <v>2256</v>
       </c>
       <c r="L15" t="s">
-        <v>2216</v>
+        <v>2257</v>
       </c>
       <c r="M15" t="s">
-        <v>2217</v>
+        <v>2258</v>
       </c>
       <c r="N15" t="s">
-        <v>2218</v>
+        <v>2259</v>
       </c>
       <c r="O15" t="s">
-        <v>2219</v>
+        <v>2260</v>
       </c>
       <c r="P15" t="s">
-        <v>2220</v>
+        <v>2261</v>
       </c>
       <c r="Q15" t="s">
-        <v>2221</v>
+        <v>2262</v>
       </c>
       <c r="R15" t="s">
-        <v>2222</v>
+        <v>2263</v>
       </c>
       <c r="S15" t="s">
-        <v>2223</v>
+        <v>2264</v>
       </c>
       <c r="T15" t="s">
-        <v>2224</v>
+        <v>2265</v>
       </c>
       <c r="U15" t="s">
-        <v>2225</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B16" t="s">
-        <v>2226</v>
+        <v>2267</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2200</v>
+        <v>2241</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2227</v>
+        <v>2268</v>
       </c>
       <c r="H16" t="s">
-        <v>2228</v>
+        <v>2269</v>
       </c>
       <c r="I16" t="s">
-        <v>2229</v>
+        <v>2270</v>
       </c>
       <c r="J16" t="s">
-        <v>2230</v>
+        <v>2271</v>
       </c>
       <c r="K16" t="s">
-        <v>2231</v>
+        <v>2272</v>
       </c>
       <c r="L16" t="s">
-        <v>2232</v>
+        <v>2273</v>
       </c>
       <c r="M16" t="s">
-        <v>2233</v>
+        <v>2274</v>
       </c>
       <c r="N16" t="s">
-        <v>2234</v>
+        <v>2275</v>
       </c>
       <c r="O16" t="s">
-        <v>2235</v>
+        <v>2276</v>
       </c>
       <c r="P16" t="s">
-        <v>2235</v>
+        <v>2276</v>
       </c>
       <c r="Q16" t="s">
-        <v>2236</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B17" t="s">
-        <v>2237</v>
+        <v>2278</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2238</v>
+        <v>2279</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2239</v>
+        <v>2280</v>
       </c>
       <c r="H17" t="s">
-        <v>2240</v>
+        <v>2281</v>
       </c>
       <c r="I17" t="s">
-        <v>2241</v>
+        <v>2282</v>
       </c>
       <c r="J17" t="s">
-        <v>2112</v>
+        <v>2153</v>
       </c>
       <c r="K17" t="s">
-        <v>2242</v>
+        <v>2283</v>
       </c>
       <c r="L17" t="s">
-        <v>2243</v>
+        <v>2284</v>
       </c>
       <c r="M17" t="s">
-        <v>2244</v>
+        <v>2285</v>
       </c>
       <c r="N17" t="s">
-        <v>2245</v>
+        <v>2286</v>
       </c>
       <c r="O17" t="s">
-        <v>2246</v>
+        <v>2287</v>
       </c>
       <c r="P17" t="s">
-        <v>2247</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B18" t="s">
-        <v>2248</v>
+        <v>2289</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2238</v>
+        <v>2279</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2249</v>
+        <v>2290</v>
       </c>
       <c r="H18" t="s">
-        <v>2250</v>
+        <v>2291</v>
       </c>
       <c r="I18" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="J18" t="s">
-        <v>2214</v>
+        <v>2255</v>
       </c>
       <c r="K18" t="s">
-        <v>2252</v>
+        <v>2293</v>
       </c>
       <c r="L18" t="s">
-        <v>2253</v>
+        <v>2294</v>
       </c>
       <c r="M18" t="s">
-        <v>2254</v>
+        <v>2295</v>
       </c>
       <c r="N18" t="s">
-        <v>2255</v>
+        <v>2296</v>
       </c>
       <c r="O18" t="s">
-        <v>2256</v>
+        <v>2297</v>
       </c>
       <c r="P18" t="s">
-        <v>2257</v>
+        <v>2298</v>
       </c>
       <c r="Q18" t="s">
-        <v>2258</v>
+        <v>2299</v>
       </c>
       <c r="R18" t="s">
-        <v>2259</v>
+        <v>2300</v>
       </c>
       <c r="S18" t="s">
-        <v>2260</v>
+        <v>2301</v>
       </c>
       <c r="T18" t="s">
-        <v>2261</v>
+        <v>2302</v>
       </c>
       <c r="U18" t="s">
-        <v>2262</v>
+        <v>2303</v>
       </c>
       <c r="V18" t="s">
-        <v>2263</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B19" t="s">
-        <v>2264</v>
+        <v>2305</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2238</v>
+        <v>2279</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2265</v>
+        <v>2306</v>
       </c>
       <c r="H19" t="s">
-        <v>2266</v>
+        <v>2307</v>
       </c>
       <c r="I19" t="s">
-        <v>2267</v>
+        <v>2308</v>
       </c>
       <c r="J19" t="s">
-        <v>2112</v>
+        <v>2153</v>
       </c>
       <c r="K19" t="s">
-        <v>2268</v>
+        <v>2309</v>
       </c>
       <c r="L19" t="s">
-        <v>2269</v>
+        <v>2310</v>
       </c>
       <c r="M19" t="s">
-        <v>2270</v>
+        <v>2311</v>
       </c>
       <c r="N19" t="s">
-        <v>2271</v>
+        <v>2312</v>
       </c>
       <c r="O19" t="s">
-        <v>2272</v>
+        <v>2313</v>
       </c>
       <c r="P19" t="s">
-        <v>2273</v>
+        <v>2314</v>
       </c>
       <c r="Q19" t="s">
-        <v>2274</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B20" t="s">
-        <v>2275</v>
+        <v>2316</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2276</v>
+        <v>2317</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2277</v>
+        <v>2318</v>
       </c>
       <c r="H20" t="s">
-        <v>2278</v>
+        <v>2319</v>
       </c>
       <c r="I20" t="s">
-        <v>2279</v>
+        <v>2320</v>
       </c>
       <c r="J20" t="s">
-        <v>2230</v>
+        <v>2271</v>
       </c>
       <c r="K20" t="s">
-        <v>2280</v>
+        <v>2321</v>
       </c>
       <c r="L20" t="s">
-        <v>2281</v>
+        <v>2322</v>
       </c>
       <c r="M20" t="s">
-        <v>2282</v>
+        <v>2323</v>
       </c>
       <c r="N20" t="s">
-        <v>2283</v>
+        <v>2324</v>
       </c>
       <c r="O20" t="s">
-        <v>2284</v>
+        <v>2325</v>
       </c>
       <c r="P20" t="s">
-        <v>2285</v>
+        <v>2326</v>
       </c>
       <c r="Q20" t="s">
-        <v>2286</v>
+        <v>2327</v>
       </c>
       <c r="R20" t="s">
-        <v>2287</v>
+        <v>2328</v>
       </c>
       <c r="S20" t="s">
-        <v>2288</v>
+        <v>2329</v>
       </c>
       <c r="T20" t="s">
-        <v>2289</v>
+        <v>2330</v>
       </c>
       <c r="U20" t="s">
-        <v>2290</v>
+        <v>2331</v>
       </c>
       <c r="V20" t="s">
-        <v>2291</v>
+        <v>2332</v>
       </c>
       <c r="W20" t="s">
-        <v>2292</v>
+        <v>2333</v>
       </c>
       <c r="X20" t="s">
-        <v>2293</v>
+        <v>2334</v>
       </c>
       <c r="Y20" t="s">
-        <v>2294</v>
+        <v>2335</v>
       </c>
       <c r="Z20" t="s">
-        <v>2295</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B21" t="s">
-        <v>2296</v>
+        <v>2337</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2297</v>
+        <v>2338</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2298</v>
+        <v>2339</v>
       </c>
       <c r="H21" t="s">
-        <v>2299</v>
+        <v>2340</v>
       </c>
       <c r="I21" t="s">
-        <v>2300</v>
+        <v>2341</v>
       </c>
       <c r="J21" t="s">
-        <v>2230</v>
+        <v>2271</v>
       </c>
       <c r="K21" t="s">
-        <v>2301</v>
+        <v>2342</v>
       </c>
       <c r="L21" t="s">
-        <v>2302</v>
+        <v>2343</v>
       </c>
       <c r="M21" t="s">
-        <v>2303</v>
+        <v>2344</v>
       </c>
       <c r="N21" t="s">
-        <v>2304</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B22" t="s">
-        <v>2305</v>
+        <v>2346</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2306</v>
+        <v>2347</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2307</v>
+        <v>2348</v>
       </c>
       <c r="H22" t="s">
-        <v>2308</v>
+        <v>2349</v>
       </c>
       <c r="I22" t="s">
-        <v>2309</v>
+        <v>2350</v>
       </c>
       <c r="J22" t="s">
-        <v>2310</v>
+        <v>2351</v>
       </c>
       <c r="K22" t="s">
-        <v>2311</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B23" t="s">
-        <v>2312</v>
+        <v>2353</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2313</v>
+        <v>2354</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2314</v>
+        <v>2355</v>
       </c>
       <c r="H23" t="s">
-        <v>2315</v>
+        <v>2356</v>
       </c>
       <c r="I23" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="J23" t="s">
-        <v>2214</v>
+        <v>2255</v>
       </c>
       <c r="K23" t="s">
-        <v>2316</v>
+        <v>2357</v>
       </c>
       <c r="L23" t="s">
-        <v>2317</v>
+        <v>2358</v>
       </c>
       <c r="M23" t="s">
-        <v>2318</v>
+        <v>2359</v>
       </c>
       <c r="N23" t="s">
-        <v>2319</v>
+        <v>2360</v>
       </c>
       <c r="O23" t="s">
-        <v>2320</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B24" t="s">
-        <v>2321</v>
+        <v>2362</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2322</v>
+        <v>2363</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2323</v>
+        <v>2364</v>
       </c>
       <c r="H24" t="s">
-        <v>2324</v>
+        <v>2365</v>
       </c>
       <c r="I24" t="s">
-        <v>2325</v>
+        <v>2366</v>
       </c>
       <c r="J24" t="s">
-        <v>2326</v>
+        <v>2367</v>
       </c>
       <c r="K24" t="s">
-        <v>2327</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B25" t="s">
-        <v>2328</v>
+        <v>2369</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2329</v>
+        <v>2370</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2330</v>
+        <v>2371</v>
       </c>
       <c r="H25" t="s">
-        <v>2331</v>
+        <v>2372</v>
       </c>
       <c r="I25" t="s">
-        <v>2332</v>
+        <v>2373</v>
       </c>
       <c r="J25" t="s">
-        <v>2179</v>
+        <v>2220</v>
       </c>
       <c r="K25" t="s">
-        <v>2333</v>
+        <v>2374</v>
       </c>
       <c r="L25" t="s">
-        <v>2334</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B26" t="s">
-        <v>2335</v>
+        <v>2376</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2336</v>
+        <v>2377</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2337</v>
+        <v>2378</v>
       </c>
       <c r="H26" t="s">
-        <v>2338</v>
+        <v>2379</v>
       </c>
       <c r="I26" t="s">
-        <v>2339</v>
+        <v>2380</v>
       </c>
       <c r="J26" t="s">
-        <v>2340</v>
+        <v>2381</v>
       </c>
       <c r="K26" t="s">
-        <v>2341</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B27" t="s">
-        <v>2342</v>
+        <v>2383</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2343</v>
+        <v>2384</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2344</v>
+        <v>2385</v>
       </c>
       <c r="H27" t="s">
-        <v>2345</v>
+        <v>2386</v>
       </c>
       <c r="I27" t="s">
-        <v>2346</v>
+        <v>2387</v>
       </c>
       <c r="J27" t="s">
-        <v>2158</v>
+        <v>2199</v>
       </c>
       <c r="K27" t="s">
-        <v>2347</v>
+        <v>2388</v>
       </c>
       <c r="L27" t="s">
-        <v>2348</v>
+        <v>2389</v>
       </c>
       <c r="M27" t="s">
-        <v>2349</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B28" t="s">
-        <v>2350</v>
+        <v>2391</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2351</v>
+        <v>2392</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2352</v>
+        <v>2393</v>
       </c>
       <c r="H28" t="s">
-        <v>2353</v>
+        <v>2394</v>
       </c>
       <c r="I28" t="s">
-        <v>2354</v>
+        <v>2395</v>
       </c>
       <c r="J28" t="s">
-        <v>2355</v>
+        <v>2396</v>
       </c>
       <c r="K28" t="s">
-        <v>2356</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B29" t="s">
-        <v>2357</v>
+        <v>2398</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2358</v>
+        <v>2399</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2359</v>
+        <v>2400</v>
       </c>
       <c r="H29" t="s">
-        <v>2360</v>
+        <v>2401</v>
       </c>
       <c r="I29" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="J29" t="s">
-        <v>2230</v>
+        <v>2271</v>
       </c>
       <c r="K29" t="s">
-        <v>2361</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B30" t="s">
-        <v>2362</v>
+        <v>2403</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2363</v>
+        <v>2404</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2364</v>
+        <v>2405</v>
       </c>
       <c r="H30" t="s">
-        <v>2365</v>
+        <v>2406</v>
       </c>
       <c r="I30" t="s">
-        <v>2366</v>
+        <v>2407</v>
       </c>
       <c r="J30" t="s">
-        <v>2367</v>
+        <v>2408</v>
       </c>
       <c r="K30" t="s">
-        <v>2368</v>
+        <v>2409</v>
       </c>
       <c r="L30" t="s">
-        <v>2369</v>
+        <v>2410</v>
       </c>
       <c r="M30" t="s">
-        <v>2370</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B31" t="s">
-        <v>2371</v>
+        <v>2412</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2372</v>
+        <v>2413</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2373</v>
+        <v>2414</v>
       </c>
       <c r="H31" t="s">
-        <v>2374</v>
+        <v>2415</v>
       </c>
       <c r="I31" t="s">
-        <v>2375</v>
+        <v>2416</v>
       </c>
       <c r="J31" t="s">
-        <v>2376</v>
+        <v>2417</v>
       </c>
       <c r="K31" t="s">
-        <v>2377</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B32" t="s">
-        <v>2378</v>
+        <v>2419</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>2379</v>
+        <v>2420</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>2380</v>
+        <v>2421</v>
       </c>
       <c r="H32" t="s">
-        <v>2381</v>
+        <v>2422</v>
       </c>
       <c r="I32" t="s">
-        <v>2382</v>
+        <v>2423</v>
       </c>
       <c r="J32" t="s">
-        <v>2383</v>
+        <v>2424</v>
       </c>
       <c r="K32" t="s">
-        <v>2384</v>
+        <v>2425</v>
       </c>
       <c r="L32" t="s">
-        <v>2384</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B33" t="s">
-        <v>2385</v>
+        <v>2426</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>2386</v>
+        <v>2427</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2387</v>
+        <v>2428</v>
       </c>
       <c r="H33" t="s">
-        <v>2388</v>
+        <v>2429</v>
       </c>
       <c r="I33" t="s">
-        <v>2389</v>
+        <v>2430</v>
       </c>
       <c r="J33" t="s">
-        <v>2158</v>
+        <v>2199</v>
       </c>
       <c r="K33" t="s">
-        <v>2390</v>
+        <v>2431</v>
       </c>
       <c r="L33" t="s">
-        <v>2391</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B34" t="s">
-        <v>2392</v>
+        <v>2433</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>2393</v>
+        <v>2434</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>2394</v>
+        <v>2435</v>
       </c>
       <c r="H34" t="s">
-        <v>2395</v>
+        <v>2436</v>
       </c>
       <c r="I34" t="s">
-        <v>2396</v>
+        <v>2437</v>
       </c>
       <c r="J34" t="s">
-        <v>2397</v>
+        <v>2438</v>
       </c>
       <c r="K34" t="s">
-        <v>2398</v>
+        <v>2439</v>
       </c>
       <c r="L34" t="s">
-        <v>2399</v>
+        <v>2440</v>
       </c>
       <c r="M34" t="s">
-        <v>2400</v>
+        <v>2441</v>
       </c>
       <c r="N34" t="s">
-        <v>2401</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B35" t="s">
-        <v>2402</v>
+        <v>2443</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>2403</v>
+        <v>2444</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>2404</v>
+        <v>2445</v>
       </c>
       <c r="H35" t="s">
-        <v>2405</v>
+        <v>2446</v>
       </c>
       <c r="I35" t="s">
-        <v>2406</v>
+        <v>2447</v>
       </c>
       <c r="J35" t="s">
-        <v>2407</v>
+        <v>2448</v>
       </c>
       <c r="K35" t="s">
-        <v>2408</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B36" t="s">
-        <v>2409</v>
+        <v>2450</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>2410</v>
+        <v>2451</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2411</v>
+        <v>2452</v>
       </c>
       <c r="H36" t="s">
-        <v>2412</v>
+        <v>2453</v>
       </c>
       <c r="I36" t="s">
-        <v>2251</v>
+        <v>2292</v>
       </c>
       <c r="J36" t="s">
-        <v>2214</v>
+        <v>2255</v>
       </c>
       <c r="K36" t="s">
-        <v>2413</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B37" t="s">
-        <v>2414</v>
+        <v>2455</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>2415</v>
+        <v>2456</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>2416</v>
+        <v>2457</v>
       </c>
       <c r="H37" t="s">
-        <v>2417</v>
+        <v>2458</v>
       </c>
       <c r="I37" t="s">
-        <v>2418</v>
+        <v>2459</v>
       </c>
       <c r="J37" t="s">
-        <v>2419</v>
+        <v>2460</v>
       </c>
       <c r="K37" t="s">
-        <v>2420</v>
+        <v>2461</v>
       </c>
       <c r="L37" t="s">
-        <v>2421</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B38" t="s">
-        <v>2422</v>
+        <v>2463</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>2423</v>
+        <v>2464</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>2424</v>
+        <v>2465</v>
       </c>
       <c r="H38" t="s">
-        <v>2425</v>
+        <v>2466</v>
       </c>
       <c r="I38" t="s">
-        <v>2093</v>
+        <v>2134</v>
       </c>
       <c r="J38" t="s">
-        <v>2426</v>
+        <v>2467</v>
       </c>
       <c r="K38" t="s">
-        <v>2427</v>
+        <v>2468</v>
       </c>
       <c r="L38" t="s">
-        <v>2428</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B39" t="s">
-        <v>2429</v>
+        <v>2470</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>2430</v>
+        <v>2471</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>2431</v>
+        <v>2472</v>
       </c>
       <c r="H39" t="s">
-        <v>2432</v>
+        <v>2473</v>
       </c>
       <c r="I39" t="s">
-        <v>2093</v>
+        <v>2134</v>
       </c>
       <c r="J39" t="s">
-        <v>2426</v>
+        <v>2467</v>
       </c>
       <c r="K39" t="s">
-        <v>2433</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B40" t="s">
-        <v>2434</v>
+        <v>2475</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>2435</v>
+        <v>2476</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>2436</v>
+        <v>2477</v>
       </c>
       <c r="H40" t="s">
-        <v>2437</v>
+        <v>2478</v>
       </c>
       <c r="I40" t="s">
-        <v>2438</v>
+        <v>2479</v>
       </c>
       <c r="J40" t="s">
-        <v>2439</v>
+        <v>2480</v>
       </c>
       <c r="K40" t="s">
-        <v>2440</v>
+        <v>2481</v>
       </c>
       <c r="L40" t="s">
-        <v>2441</v>
+        <v>2482</v>
       </c>
       <c r="M40" t="s">
-        <v>2442</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B41" t="s">
-        <v>2443</v>
+        <v>2484</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>2444</v>
+        <v>2485</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>2445</v>
+        <v>2486</v>
       </c>
       <c r="H41" t="s">
-        <v>2446</v>
+        <v>2487</v>
       </c>
       <c r="I41" t="s">
-        <v>2447</v>
+        <v>2488</v>
       </c>
       <c r="J41" t="s">
-        <v>2397</v>
+        <v>2438</v>
       </c>
       <c r="K41" t="s">
-        <v>2448</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B42" t="s">
-        <v>2449</v>
+        <v>2490</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>2450</v>
+        <v>2491</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>2451</v>
+        <v>2492</v>
       </c>
       <c r="H42" t="s">
-        <v>2452</v>
+        <v>2493</v>
       </c>
       <c r="I42" t="s">
-        <v>2453</v>
+        <v>2494</v>
       </c>
       <c r="J42" t="s">
-        <v>2454</v>
+        <v>2495</v>
       </c>
       <c r="K42" t="s">
-        <v>2455</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B43" t="s">
-        <v>2456</v>
+        <v>2497</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>2457</v>
+        <v>2498</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>2458</v>
+        <v>2499</v>
       </c>
       <c r="H43" t="s">
-        <v>2459</v>
+        <v>2500</v>
       </c>
       <c r="I43" t="s">
-        <v>2460</v>
+        <v>2501</v>
       </c>
       <c r="J43" t="s">
-        <v>2158</v>
+        <v>2199</v>
       </c>
       <c r="K43" t="s">
-        <v>2461</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B44" t="s">
-        <v>2462</v>
+        <v>2503</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>2463</v>
+        <v>2504</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>2464</v>
+        <v>2505</v>
       </c>
       <c r="H44" t="s">
-        <v>2465</v>
+        <v>2506</v>
       </c>
       <c r="I44" t="s">
-        <v>2466</v>
+        <v>2507</v>
       </c>
       <c r="J44" t="s">
-        <v>2112</v>
+        <v>2153</v>
       </c>
       <c r="K44" t="s">
-        <v>2467</v>
+        <v>2508</v>
       </c>
       <c r="L44" t="s">
-        <v>2468</v>
+        <v>2509</v>
       </c>
       <c r="M44" t="s">
-        <v>2469</v>
+        <v>2510</v>
       </c>
       <c r="N44" t="s">
-        <v>2470</v>
+        <v>2511</v>
       </c>
       <c r="O44" t="s">
-        <v>2471</v>
+        <v>2512</v>
       </c>
       <c r="P44" t="s">
-        <v>2472</v>
+        <v>2513</v>
       </c>
       <c r="Q44" t="s">
-        <v>2473</v>
+        <v>2514</v>
       </c>
       <c r="R44" t="s">
-        <v>2474</v>
+        <v>2515</v>
       </c>
       <c r="S44" t="s">
-        <v>2475</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B45" t="s">
-        <v>2476</v>
+        <v>2517</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>2477</v>
+        <v>2518</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>2478</v>
+        <v>2519</v>
       </c>
       <c r="H45" t="s">
-        <v>2479</v>
+        <v>2520</v>
       </c>
       <c r="I45" t="s">
-        <v>2480</v>
+        <v>2521</v>
       </c>
       <c r="J45" t="s">
-        <v>2326</v>
+        <v>2367</v>
       </c>
       <c r="K45" t="s">
-        <v>2481</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B46" t="s">
-        <v>2482</v>
+        <v>2523</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>2483</v>
+        <v>2524</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>2484</v>
+        <v>2525</v>
       </c>
       <c r="H46" t="s">
-        <v>2485</v>
+        <v>2526</v>
       </c>
       <c r="I46" t="s">
-        <v>2486</v>
+        <v>2527</v>
       </c>
       <c r="J46" t="s">
-        <v>2487</v>
+        <v>2528</v>
       </c>
       <c r="K46" t="s">
-        <v>2488</v>
+        <v>2529</v>
       </c>
       <c r="L46" t="s">
-        <v>2489</v>
+        <v>2530</v>
       </c>
       <c r="M46" t="s">
-        <v>2490</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B47" t="s">
-        <v>2491</v>
+        <v>2532</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>2492</v>
+        <v>2533</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>2493</v>
+        <v>2534</v>
       </c>
       <c r="H47" t="s">
-        <v>2494</v>
+        <v>2535</v>
       </c>
       <c r="I47" t="s">
-        <v>2495</v>
+        <v>2536</v>
       </c>
       <c r="J47" t="s">
-        <v>2496</v>
+        <v>2537</v>
       </c>
       <c r="K47" t="s">
-        <v>2497</v>
+        <v>2538</v>
       </c>
       <c r="L47" t="s">
-        <v>2498</v>
+        <v>2539</v>
       </c>
       <c r="M47" t="s">
-        <v>2499</v>
+        <v>2540</v>
       </c>
       <c r="N47" t="s">
-        <v>2500</v>
+        <v>2541</v>
       </c>
       <c r="O47" t="s">
-        <v>2501</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B48" t="s">
-        <v>2502</v>
+        <v>2543</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>2503</v>
+        <v>2544</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>2504</v>
+        <v>2545</v>
       </c>
       <c r="H48" t="s">
-        <v>2505</v>
+        <v>2546</v>
       </c>
       <c r="I48" t="s">
-        <v>2506</v>
+        <v>2547</v>
       </c>
       <c r="J48" t="s">
-        <v>2507</v>
+        <v>2548</v>
       </c>
       <c r="K48" t="s">
-        <v>2508</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B49" t="s">
-        <v>2509</v>
+        <v>2550</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>2477</v>
+        <v>2518</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>2510</v>
+        <v>2551</v>
       </c>
       <c r="H49" t="s">
-        <v>2511</v>
+        <v>2552</v>
       </c>
       <c r="I49" t="s">
-        <v>2512</v>
+        <v>2553</v>
       </c>
       <c r="J49" t="s">
-        <v>2112</v>
+        <v>2153</v>
       </c>
       <c r="K49" t="s">
-        <v>2513</v>
+        <v>2554</v>
       </c>
       <c r="L49" t="s">
-        <v>2514</v>
+        <v>2555</v>
       </c>
       <c r="M49" t="s">
-        <v>2515</v>
+        <v>2556</v>
       </c>
       <c r="N49" t="s">
-        <v>2516</v>
+        <v>2557</v>
       </c>
       <c r="O49" t="s">
-        <v>2517</v>
+        <v>2558</v>
       </c>
       <c r="P49" t="s">
-        <v>2518</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B50" t="s">
-        <v>2519</v>
+        <v>2560</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>2520</v>
+        <v>2561</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>2521</v>
+        <v>2562</v>
       </c>
       <c r="H50" t="s">
-        <v>2522</v>
+        <v>2563</v>
       </c>
       <c r="I50" t="s">
-        <v>2523</v>
+        <v>2564</v>
       </c>
       <c r="J50" t="s">
-        <v>2524</v>
+        <v>2565</v>
       </c>
       <c r="K50" t="s">
-        <v>2525</v>
+        <v>2566</v>
       </c>
       <c r="L50" t="s">
-        <v>2526</v>
+        <v>2567</v>
       </c>
       <c r="M50" t="s">
-        <v>2527</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B51" t="s">
-        <v>2528</v>
+        <v>2569</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>2529</v>
+        <v>2570</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>2530</v>
+        <v>2571</v>
       </c>
       <c r="H51" t="s">
-        <v>2531</v>
+        <v>2572</v>
       </c>
       <c r="I51" t="s">
-        <v>2532</v>
+        <v>2573</v>
       </c>
       <c r="J51" t="s">
-        <v>2439</v>
+        <v>2480</v>
       </c>
       <c r="K51" t="s">
-        <v>2533</v>
+        <v>2574</v>
       </c>
       <c r="L51" t="s">
-        <v>2534</v>
+        <v>2575</v>
       </c>
       <c r="M51" t="s">
-        <v>2535</v>
+        <v>2576</v>
       </c>
       <c r="N51" t="s">
-        <v>2536</v>
+        <v>2577</v>
       </c>
       <c r="O51" t="s">
-        <v>2537</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B52" t="s">
-        <v>2538</v>
+        <v>2579</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>2539</v>
+        <v>2580</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>2540</v>
+        <v>2581</v>
       </c>
       <c r="H52" t="s">
-        <v>2541</v>
+        <v>2582</v>
       </c>
       <c r="I52" t="s">
-        <v>2542</v>
+        <v>2583</v>
       </c>
       <c r="J52" t="s">
-        <v>2543</v>
+        <v>2584</v>
       </c>
       <c r="K52" t="s">
-        <v>2544</v>
+        <v>2585</v>
       </c>
       <c r="L52" t="s">
-        <v>2545</v>
+        <v>2586</v>
       </c>
       <c r="M52" t="s">
-        <v>2546</v>
+        <v>2587</v>
       </c>
       <c r="N52" t="s">
-        <v>2547</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B53" t="s">
-        <v>2548</v>
+        <v>2589</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>2549</v>
+        <v>2590</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>2550</v>
+        <v>2591</v>
       </c>
       <c r="H53" t="s">
-        <v>2551</v>
+        <v>2592</v>
       </c>
       <c r="I53" t="s">
-        <v>2552</v>
+        <v>2593</v>
       </c>
       <c r="J53" t="s">
-        <v>2553</v>
+        <v>2594</v>
       </c>
       <c r="K53" t="s">
-        <v>2554</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B54" t="s">
-        <v>2555</v>
+        <v>2596</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>2556</v>
+        <v>2597</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>2557</v>
+        <v>2598</v>
       </c>
       <c r="H54" t="s">
-        <v>2558</v>
+        <v>2599</v>
       </c>
       <c r="I54" t="s">
-        <v>2559</v>
+        <v>2600</v>
       </c>
       <c r="J54" t="s">
-        <v>2560</v>
+        <v>2601</v>
       </c>
       <c r="K54" t="s">
-        <v>2561</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B55" t="s">
-        <v>2562</v>
+        <v>2603</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>2563</v>
+        <v>2604</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>2564</v>
+        <v>2605</v>
       </c>
       <c r="H55" t="s">
-        <v>2565</v>
+        <v>2606</v>
       </c>
       <c r="I55" t="s">
-        <v>2566</v>
+        <v>2607</v>
       </c>
       <c r="J55" t="s">
-        <v>2567</v>
+        <v>2608</v>
       </c>
       <c r="K55" t="s">
-        <v>2568</v>
+        <v>2609</v>
       </c>
       <c r="L55" t="s">
-        <v>2569</v>
+        <v>2610</v>
       </c>
       <c r="M55" t="s">
-        <v>2570</v>
+        <v>2611</v>
       </c>
       <c r="N55" t="s">
-        <v>2571</v>
+        <v>2612</v>
       </c>
       <c r="O55" t="s">
-        <v>2572</v>
+        <v>2613</v>
       </c>
       <c r="P55" t="s">
-        <v>2573</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B56" t="s">
-        <v>2574</v>
+        <v>2615</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>2575</v>
+        <v>2616</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>2576</v>
+        <v>2617</v>
       </c>
       <c r="H56" t="s">
-        <v>2577</v>
+        <v>2618</v>
       </c>
       <c r="I56" t="s">
-        <v>2578</v>
+        <v>2619</v>
       </c>
       <c r="J56" t="s">
-        <v>2579</v>
+        <v>2620</v>
       </c>
       <c r="K56" t="s">
-        <v>2580</v>
+        <v>2621</v>
       </c>
       <c r="L56" t="s">
-        <v>2581</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B57" t="s">
-        <v>2582</v>
+        <v>2623</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>2583</v>
+        <v>2624</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>2584</v>
+        <v>2625</v>
       </c>
       <c r="H57" t="s">
-        <v>2585</v>
+        <v>2626</v>
       </c>
       <c r="I57" t="s">
-        <v>2586</v>
+        <v>2627</v>
       </c>
       <c r="J57" t="s">
-        <v>2587</v>
+        <v>2628</v>
       </c>
       <c r="K57" t="s">
-        <v>2588</v>
+        <v>2629</v>
       </c>
       <c r="L57" t="s">
-        <v>2589</v>
+        <v>2630</v>
       </c>
       <c r="M57" t="s">
-        <v>2590</v>
+        <v>2631</v>
       </c>
       <c r="N57" t="s">
-        <v>2591</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B58" t="s">
-        <v>2592</v>
+        <v>2633</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>2593</v>
+        <v>2634</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>2594</v>
+        <v>2635</v>
       </c>
       <c r="H58" t="s">
-        <v>2595</v>
+        <v>2636</v>
       </c>
       <c r="I58" t="s">
-        <v>2596</v>
+        <v>2637</v>
       </c>
       <c r="J58" t="s">
-        <v>2597</v>
+        <v>2638</v>
       </c>
       <c r="K58" t="s">
-        <v>2598</v>
+        <v>2639</v>
       </c>
       <c r="L58" t="s">
-        <v>2599</v>
+        <v>2640</v>
       </c>
       <c r="M58" t="s">
-        <v>2600</v>
+        <v>2641</v>
       </c>
       <c r="N58" t="s">
-        <v>2601</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B59" t="s">
-        <v>2602</v>
+        <v>2643</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>2603</v>
+        <v>2644</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>2604</v>
+        <v>2645</v>
       </c>
       <c r="H59" t="s">
-        <v>2605</v>
+        <v>2646</v>
       </c>
       <c r="I59" t="s">
-        <v>2606</v>
+        <v>2647</v>
       </c>
       <c r="J59" t="s">
-        <v>2326</v>
+        <v>2367</v>
       </c>
       <c r="K59" t="s">
-        <v>2607</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B60" t="s">
-        <v>2608</v>
+        <v>2649</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>2603</v>
+        <v>2644</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>2609</v>
+        <v>2650</v>
       </c>
       <c r="H60" t="s">
-        <v>2610</v>
+        <v>2651</v>
       </c>
       <c r="I60" t="s">
-        <v>2611</v>
+        <v>2652</v>
       </c>
       <c r="J60" t="s">
-        <v>2612</v>
+        <v>2653</v>
       </c>
       <c r="K60" t="s">
-        <v>2613</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B61" t="s">
-        <v>2614</v>
+        <v>2655</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>2615</v>
+        <v>2656</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>2616</v>
+        <v>2657</v>
       </c>
       <c r="H61" t="s">
-        <v>2617</v>
+        <v>2658</v>
       </c>
       <c r="I61" t="s">
-        <v>2618</v>
+        <v>2659</v>
       </c>
       <c r="J61" t="s">
-        <v>2612</v>
+        <v>2653</v>
       </c>
       <c r="K61" t="s">
-        <v>2619</v>
+        <v>2660</v>
       </c>
       <c r="L61" t="s">
-        <v>2620</v>
+        <v>2661</v>
       </c>
       <c r="M61" t="s">
-        <v>2621</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B62" t="s">
-        <v>2622</v>
+        <v>2663</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>2623</v>
+        <v>2664</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>2624</v>
+        <v>2665</v>
       </c>
       <c r="H62" t="s">
-        <v>2625</v>
+        <v>2666</v>
       </c>
       <c r="I62" t="s">
-        <v>2606</v>
+        <v>2647</v>
       </c>
       <c r="J62" t="s">
-        <v>2626</v>
+        <v>2667</v>
       </c>
       <c r="K62" t="s">
-        <v>2627</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B63" t="s">
-        <v>2628</v>
+        <v>2669</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>2629</v>
+        <v>2670</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>2630</v>
+        <v>2671</v>
       </c>
       <c r="H63" t="s">
-        <v>2631</v>
+        <v>2672</v>
       </c>
       <c r="I63" t="s">
-        <v>2632</v>
+        <v>2673</v>
       </c>
       <c r="J63" t="s">
-        <v>2626</v>
+        <v>2667</v>
       </c>
       <c r="K63" t="s">
-        <v>2633</v>
+        <v>2674</v>
       </c>
       <c r="L63" t="s">
-        <v>2634</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B64" t="s">
-        <v>2635</v>
+        <v>2676</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>2629</v>
+        <v>2670</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>2636</v>
+        <v>2677</v>
       </c>
       <c r="H64" t="s">
-        <v>2637</v>
+        <v>2678</v>
       </c>
       <c r="I64" t="s">
-        <v>2638</v>
+        <v>2679</v>
       </c>
       <c r="J64" t="s">
-        <v>2639</v>
+        <v>2680</v>
       </c>
       <c r="K64" t="s">
-        <v>2640</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B65" t="s">
-        <v>2641</v>
+        <v>2682</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>2642</v>
+        <v>2683</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2643</v>
+        <v>2684</v>
       </c>
       <c r="H65" t="s">
-        <v>2644</v>
+        <v>2685</v>
       </c>
       <c r="I65" t="s">
-        <v>2645</v>
+        <v>2686</v>
       </c>
       <c r="J65" t="s">
-        <v>2094</v>
+        <v>2135</v>
       </c>
       <c r="K65" t="s">
-        <v>2646</v>
+        <v>2687</v>
       </c>
       <c r="L65" t="s">
-        <v>2647</v>
+        <v>2688</v>
       </c>
       <c r="M65" t="s">
-        <v>2648</v>
+        <v>2689</v>
       </c>
       <c r="N65" t="s">
-        <v>2649</v>
+        <v>2690</v>
       </c>
       <c r="O65" t="s">
-        <v>2650</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B66" t="s">
-        <v>2651</v>
+        <v>2692</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>2642</v>
+        <v>2683</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>2652</v>
+        <v>2693</v>
       </c>
       <c r="H66" t="s">
-        <v>2653</v>
+        <v>2694</v>
       </c>
       <c r="I66" t="s">
-        <v>2654</v>
+        <v>2695</v>
       </c>
       <c r="J66" t="s">
-        <v>2094</v>
+        <v>2135</v>
       </c>
       <c r="K66" t="s">
-        <v>2655</v>
+        <v>2696</v>
       </c>
       <c r="L66" t="s">
-        <v>2656</v>
+        <v>2697</v>
       </c>
       <c r="M66" t="s">
-        <v>2657</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B67" t="s">
-        <v>2658</v>
+        <v>2699</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>2659</v>
+        <v>2700</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>2660</v>
+        <v>2701</v>
       </c>
       <c r="H67" t="s">
-        <v>2661</v>
+        <v>2702</v>
       </c>
       <c r="I67" t="s">
-        <v>2662</v>
+        <v>2703</v>
       </c>
       <c r="J67" t="s">
-        <v>2612</v>
+        <v>2653</v>
       </c>
       <c r="K67" t="s">
-        <v>2663</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B68" t="s">
-        <v>2664</v>
+        <v>2705</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>2665</v>
+        <v>2706</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2666</v>
+        <v>2707</v>
       </c>
       <c r="H68" t="s">
-        <v>2667</v>
+        <v>2708</v>
       </c>
       <c r="I68" t="s">
-        <v>2668</v>
+        <v>2709</v>
       </c>
       <c r="J68" t="s">
-        <v>2669</v>
+        <v>2710</v>
       </c>
       <c r="K68" t="s">
-        <v>2670</v>
+        <v>2711</v>
       </c>
       <c r="L68" t="s">
-        <v>2671</v>
+        <v>2712</v>
       </c>
       <c r="M68" t="s">
-        <v>2672</v>
+        <v>2713</v>
       </c>
       <c r="N68" t="s">
-        <v>2673</v>
+        <v>2714</v>
       </c>
       <c r="O68" t="s">
-        <v>2674</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B69" t="s">
-        <v>2675</v>
+        <v>2716</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>2676</v>
+        <v>2717</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>2677</v>
+        <v>2718</v>
       </c>
       <c r="H69" t="s">
-        <v>2678</v>
+        <v>2719</v>
       </c>
       <c r="I69" t="s">
-        <v>2679</v>
+        <v>2720</v>
       </c>
       <c r="J69" t="s">
-        <v>2612</v>
+        <v>2653</v>
       </c>
       <c r="K69" t="s">
-        <v>2680</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B70" t="s">
-        <v>2681</v>
+        <v>2722</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>2682</v>
+        <v>2723</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2683</v>
+        <v>2724</v>
       </c>
       <c r="H70" t="s">
-        <v>2684</v>
+        <v>2725</v>
       </c>
       <c r="I70" t="s">
-        <v>2685</v>
+        <v>2726</v>
       </c>
       <c r="J70" t="s">
-        <v>2230</v>
+        <v>2271</v>
       </c>
       <c r="K70" t="s">
-        <v>2686</v>
+        <v>2727</v>
       </c>
       <c r="L70" t="s">
-        <v>2687</v>
+        <v>2728</v>
       </c>
       <c r="M70" t="s">
-        <v>2688</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B71" t="s">
-        <v>2689</v>
+        <v>2730</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>2690</v>
+        <v>2731</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2691</v>
+        <v>2732</v>
       </c>
       <c r="H71" t="s">
-        <v>2692</v>
+        <v>2733</v>
       </c>
       <c r="I71" t="s">
-        <v>2693</v>
+        <v>2734</v>
       </c>
       <c r="J71" t="s">
-        <v>2694</v>
+        <v>2735</v>
       </c>
       <c r="K71" t="s">
-        <v>2695</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B72" t="s">
-        <v>2696</v>
+        <v>2737</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>2697</v>
+        <v>2738</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>2698</v>
+        <v>2739</v>
       </c>
       <c r="H72" t="s">
-        <v>2699</v>
+        <v>2740</v>
       </c>
       <c r="I72" t="s">
-        <v>2700</v>
+        <v>2741</v>
       </c>
       <c r="J72" t="s">
-        <v>2626</v>
+        <v>2667</v>
       </c>
       <c r="K72" t="s">
-        <v>2701</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B73" t="s">
-        <v>2702</v>
+        <v>2743</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>2703</v>
+        <v>2744</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>2704</v>
+        <v>2745</v>
       </c>
       <c r="H73" t="s">
-        <v>2705</v>
+        <v>2746</v>
       </c>
       <c r="I73" t="s">
-        <v>2706</v>
+        <v>2747</v>
       </c>
       <c r="J73" t="s">
-        <v>2639</v>
+        <v>2680</v>
       </c>
       <c r="K73" t="s">
-        <v>2707</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B74" t="s">
-        <v>2708</v>
+        <v>2749</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>2709</v>
+        <v>2750</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>2710</v>
+        <v>2751</v>
       </c>
       <c r="H74" t="s">
-        <v>2711</v>
+        <v>2752</v>
       </c>
       <c r="I74" t="s">
-        <v>2712</v>
+        <v>2753</v>
       </c>
       <c r="J74" t="s">
-        <v>2713</v>
+        <v>2754</v>
       </c>
       <c r="K74" t="s">
-        <v>2714</v>
+        <v>2755</v>
       </c>
       <c r="L74" t="s">
-        <v>2715</v>
+        <v>2756</v>
       </c>
       <c r="M74" t="s">
-        <v>2716</v>
+        <v>2757</v>
       </c>
       <c r="N74" t="s">
-        <v>2717</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B75" t="s">
-        <v>2718</v>
+        <v>2759</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>2719</v>
+        <v>2760</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>2720</v>
+        <v>2761</v>
       </c>
       <c r="H75" t="s">
-        <v>2721</v>
+        <v>2762</v>
       </c>
       <c r="I75" t="s">
-        <v>2722</v>
+        <v>2763</v>
       </c>
       <c r="J75" t="s">
-        <v>2326</v>
+        <v>2367</v>
       </c>
       <c r="K75" t="s">
-        <v>2723</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B76" t="s">
-        <v>2724</v>
+        <v>2765</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>2719</v>
+        <v>2760</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>2725</v>
+        <v>2766</v>
       </c>
       <c r="H76" t="s">
-        <v>2726</v>
+        <v>2767</v>
       </c>
       <c r="I76" t="s">
-        <v>2632</v>
+        <v>2673</v>
       </c>
       <c r="J76" t="s">
-        <v>2326</v>
+        <v>2367</v>
       </c>
       <c r="K76" t="s">
-        <v>2727</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B77" t="s">
-        <v>2728</v>
+        <v>2769</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>2729</v>
+        <v>2770</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>2730</v>
+        <v>2771</v>
       </c>
       <c r="H77" t="s">
-        <v>2731</v>
+        <v>2772</v>
       </c>
       <c r="I77" t="s">
-        <v>2732</v>
+        <v>2773</v>
       </c>
       <c r="J77" t="s">
-        <v>2733</v>
+        <v>2774</v>
       </c>
       <c r="K77" t="s">
-        <v>2734</v>
+        <v>2775</v>
       </c>
       <c r="L77" t="s">
-        <v>2735</v>
+        <v>2776</v>
       </c>
       <c r="M77" t="s">
-        <v>2736</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B78" t="s">
-        <v>2737</v>
+        <v>2778</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>2738</v>
+        <v>2779</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>2739</v>
+        <v>2780</v>
       </c>
       <c r="H78" t="s">
-        <v>2740</v>
+        <v>2781</v>
       </c>
       <c r="I78" t="s">
-        <v>2741</v>
+        <v>2782</v>
       </c>
       <c r="J78" t="s">
-        <v>2669</v>
+        <v>2710</v>
       </c>
       <c r="K78" t="s">
-        <v>2742</v>
+        <v>2783</v>
       </c>
       <c r="L78" t="s">
-        <v>2743</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B79" t="s">
-        <v>2744</v>
+        <v>2785</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>2745</v>
+        <v>2786</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>2746</v>
+        <v>2787</v>
       </c>
       <c r="H79" t="s">
-        <v>2747</v>
+        <v>2788</v>
       </c>
       <c r="I79" t="s">
-        <v>2741</v>
+        <v>2782</v>
       </c>
       <c r="J79" t="s">
-        <v>2553</v>
+        <v>2594</v>
       </c>
       <c r="K79" t="s">
-        <v>2748</v>
+        <v>2789</v>
       </c>
       <c r="L79" t="s">
-        <v>2749</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B80" t="s">
-        <v>2750</v>
+        <v>2791</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>2751</v>
+        <v>2792</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>2752</v>
+        <v>2793</v>
       </c>
       <c r="H80" t="s">
-        <v>2753</v>
+        <v>2794</v>
       </c>
       <c r="I80" t="s">
-        <v>2754</v>
+        <v>2795</v>
       </c>
       <c r="J80" t="s">
-        <v>2755</v>
+        <v>2796</v>
       </c>
       <c r="K80" t="s">
-        <v>2756</v>
+        <v>2797</v>
       </c>
       <c r="L80" t="s">
-        <v>2757</v>
+        <v>2798</v>
       </c>
       <c r="M80" t="s">
-        <v>2758</v>
+        <v>2799</v>
       </c>
       <c r="N80" t="s">
-        <v>2759</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B81" t="s">
-        <v>2760</v>
+        <v>2801</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>2751</v>
+        <v>2792</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>2761</v>
+        <v>2802</v>
       </c>
       <c r="H81" t="s">
-        <v>2762</v>
+        <v>2803</v>
       </c>
       <c r="I81" t="s">
-        <v>2763</v>
+        <v>2804</v>
       </c>
       <c r="J81" t="s">
-        <v>2597</v>
+        <v>2638</v>
       </c>
       <c r="K81" t="s">
-        <v>2764</v>
+        <v>2805</v>
       </c>
       <c r="L81" t="s">
-        <v>2765</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B82" t="s">
-        <v>2766</v>
+        <v>2807</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>2767</v>
+        <v>2808</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>2768</v>
+        <v>2809</v>
       </c>
       <c r="H82" t="s">
-        <v>2769</v>
+        <v>2810</v>
       </c>
       <c r="I82" t="s">
-        <v>2770</v>
+        <v>2811</v>
       </c>
       <c r="J82" t="s">
-        <v>2612</v>
+        <v>2653</v>
       </c>
       <c r="K82" t="s">
-        <v>2771</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B83" t="s">
-        <v>2772</v>
+        <v>2813</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>2773</v>
+        <v>2814</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>2774</v>
+        <v>2815</v>
       </c>
       <c r="H83" t="s">
-        <v>2775</v>
+        <v>2816</v>
       </c>
       <c r="I83" t="s">
-        <v>2776</v>
+        <v>2817</v>
       </c>
       <c r="J83" t="s">
-        <v>2560</v>
+        <v>2601</v>
       </c>
       <c r="K83" t="s">
-        <v>2777</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B84" t="s">
-        <v>2778</v>
+        <v>2819</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>2779</v>
+        <v>2820</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>2780</v>
+        <v>2821</v>
       </c>
       <c r="H84" t="s">
-        <v>2781</v>
+        <v>2822</v>
       </c>
       <c r="I84" t="s">
-        <v>2782</v>
+        <v>2823</v>
       </c>
       <c r="J84" t="s">
-        <v>2439</v>
+        <v>2480</v>
       </c>
       <c r="K84" t="s">
-        <v>2783</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B85" t="s">
-        <v>2784</v>
+        <v>2825</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>2785</v>
+        <v>2826</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>2786</v>
+        <v>2827</v>
       </c>
       <c r="H85" t="s">
-        <v>2787</v>
+        <v>2828</v>
       </c>
       <c r="I85" t="s">
-        <v>2788</v>
+        <v>2829</v>
       </c>
       <c r="J85" t="s">
-        <v>2426</v>
+        <v>2467</v>
       </c>
       <c r="K85" t="s">
-        <v>2789</v>
+        <v>2830</v>
       </c>
       <c r="L85" t="s">
-        <v>2790</v>
+        <v>2831</v>
       </c>
       <c r="M85" t="s">
-        <v>2791</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B86" t="s">
-        <v>2792</v>
+        <v>2833</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>2793</v>
+        <v>2834</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>2794</v>
+        <v>2835</v>
       </c>
       <c r="H86" t="s">
-        <v>2795</v>
+        <v>2836</v>
       </c>
       <c r="I86" t="s">
-        <v>2796</v>
+        <v>2837</v>
       </c>
       <c r="J86" t="s">
-        <v>2579</v>
+        <v>2620</v>
       </c>
       <c r="K86" t="s">
-        <v>2797</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B87" t="s">
-        <v>2798</v>
+        <v>2839</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>2799</v>
+        <v>2840</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>2800</v>
+        <v>2841</v>
       </c>
       <c r="H87" t="s">
-        <v>2801</v>
+        <v>2842</v>
       </c>
       <c r="I87" t="s">
-        <v>2802</v>
+        <v>2843</v>
       </c>
       <c r="J87" t="s">
-        <v>2803</v>
+        <v>2844</v>
       </c>
       <c r="K87" t="s">
-        <v>2804</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B88" t="s">
-        <v>2805</v>
+        <v>2846</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>2806</v>
+        <v>2847</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>2807</v>
+        <v>2848</v>
       </c>
       <c r="H88" t="s">
-        <v>2808</v>
+        <v>2849</v>
       </c>
       <c r="I88" t="s">
-        <v>2809</v>
+        <v>2850</v>
       </c>
       <c r="J88" t="s">
-        <v>2803</v>
+        <v>2844</v>
       </c>
       <c r="K88" t="s">
-        <v>2810</v>
+        <v>2851</v>
       </c>
       <c r="L88" t="s">
-        <v>2811</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B89" t="s">
-        <v>2812</v>
+        <v>2853</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>2813</v>
+        <v>2854</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>2814</v>
+        <v>2855</v>
       </c>
       <c r="H89" t="s">
-        <v>2815</v>
+        <v>2856</v>
       </c>
       <c r="I89" t="s">
-        <v>2816</v>
+        <v>2857</v>
       </c>
       <c r="J89" t="s">
-        <v>2158</v>
+        <v>2199</v>
       </c>
       <c r="K89" t="s">
-        <v>2817</v>
+        <v>2858</v>
       </c>
       <c r="L89" t="s">
-        <v>2818</v>
+        <v>2859</v>
       </c>
       <c r="M89" t="s">
-        <v>2819</v>
+        <v>2860</v>
       </c>
       <c r="N89" t="s">
-        <v>2820</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B90" t="s">
-        <v>2821</v>
+        <v>2862</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>2822</v>
+        <v>2863</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>2823</v>
+        <v>2864</v>
       </c>
       <c r="H90" t="s">
-        <v>2824</v>
+        <v>2865</v>
       </c>
       <c r="I90" t="s">
-        <v>2825</v>
+        <v>2866</v>
       </c>
       <c r="J90" t="s">
-        <v>2826</v>
+        <v>2867</v>
       </c>
       <c r="K90" t="s">
-        <v>2827</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B91" t="s">
-        <v>2828</v>
+        <v>2869</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>2829</v>
+        <v>2870</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>2830</v>
+        <v>2871</v>
       </c>
       <c r="H91" t="s">
-        <v>2831</v>
+        <v>2872</v>
       </c>
       <c r="I91" t="s">
-        <v>2832</v>
+        <v>2873</v>
       </c>
       <c r="J91" t="s">
-        <v>2158</v>
+        <v>2199</v>
       </c>
       <c r="K91" t="s">
-        <v>2833</v>
+        <v>2874</v>
       </c>
       <c r="L91" t="s">
-        <v>2834</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B92" t="s">
-        <v>2835</v>
+        <v>2876</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>2836</v>
+        <v>2877</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>2837</v>
+        <v>2878</v>
       </c>
       <c r="H92" t="s">
-        <v>2838</v>
+        <v>2879</v>
       </c>
       <c r="I92" t="s">
-        <v>2839</v>
+        <v>2880</v>
       </c>
       <c r="J92" t="s">
-        <v>2840</v>
+        <v>2881</v>
       </c>
       <c r="K92" t="s">
-        <v>2841</v>
+        <v>2882</v>
       </c>
       <c r="L92" t="s">
-        <v>2842</v>
+        <v>2883</v>
       </c>
       <c r="M92" t="s">
-        <v>2843</v>
+        <v>2884</v>
       </c>
       <c r="N92" t="s">
-        <v>2844</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B93" t="s">
-        <v>2845</v>
+        <v>2886</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>2846</v>
+        <v>2887</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>2847</v>
+        <v>2888</v>
       </c>
       <c r="H93" t="s">
-        <v>2848</v>
+        <v>2889</v>
       </c>
       <c r="I93" t="s">
-        <v>2849</v>
+        <v>2890</v>
       </c>
       <c r="J93" t="s">
-        <v>2230</v>
+        <v>2271</v>
       </c>
       <c r="K93" t="s">
-        <v>2850</v>
+        <v>2891</v>
       </c>
       <c r="L93" t="s">
-        <v>2851</v>
+        <v>2892</v>
       </c>
       <c r="M93" t="s">
-        <v>2852</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B94" t="s">
-        <v>2853</v>
+        <v>2894</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>2854</v>
+        <v>2895</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>2855</v>
+        <v>2896</v>
       </c>
       <c r="H94" t="s">
-        <v>2856</v>
+        <v>2897</v>
       </c>
       <c r="I94" t="s">
-        <v>2857</v>
+        <v>2898</v>
       </c>
       <c r="J94" t="s">
-        <v>2858</v>
+        <v>2899</v>
       </c>
       <c r="K94" t="s">
-        <v>2859</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B95" t="s">
-        <v>2860</v>
+        <v>2901</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>2861</v>
+        <v>2902</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>2862</v>
+        <v>2903</v>
       </c>
       <c r="H95" t="s">
-        <v>2863</v>
+        <v>2904</v>
       </c>
       <c r="I95" t="s">
-        <v>2864</v>
+        <v>2905</v>
       </c>
       <c r="J95" t="s">
-        <v>2865</v>
+        <v>2906</v>
       </c>
       <c r="K95" t="s">
-        <v>2866</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B96" t="s">
-        <v>2867</v>
+        <v>2908</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>2868</v>
+        <v>2909</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>2869</v>
+        <v>2910</v>
       </c>
       <c r="H96" t="s">
-        <v>2870</v>
+        <v>2911</v>
       </c>
       <c r="I96" t="s">
-        <v>2871</v>
+        <v>2912</v>
       </c>
       <c r="J96" t="s">
-        <v>2612</v>
+        <v>2653</v>
       </c>
       <c r="K96" t="s">
-        <v>2872</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B97" t="s">
-        <v>2873</v>
+        <v>2914</v>
       </c>
       <c r="C97" t="s">
         <v>11</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>2874</v>
+        <v>2915</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>2875</v>
+        <v>2916</v>
       </c>
       <c r="H97" t="s">
-        <v>2876</v>
+        <v>2917</v>
       </c>
       <c r="I97" t="s">
-        <v>2877</v>
+        <v>2918</v>
       </c>
       <c r="J97" t="s">
-        <v>2878</v>
+        <v>2919</v>
       </c>
       <c r="K97" t="s">
-        <v>2879</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B98" t="s">
-        <v>2880</v>
+        <v>2921</v>
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>2881</v>
+        <v>2922</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>2882</v>
+        <v>2923</v>
       </c>
       <c r="H98" t="s">
-        <v>2883</v>
+        <v>2924</v>
       </c>
       <c r="I98" t="s">
-        <v>2884</v>
+        <v>2925</v>
       </c>
       <c r="J98" t="s">
-        <v>2885</v>
+        <v>2926</v>
       </c>
       <c r="K98" t="s">
-        <v>2886</v>
+        <v>2927</v>
       </c>
       <c r="L98" t="s">
-        <v>2887</v>
+        <v>2928</v>
       </c>
       <c r="M98" t="s">
-        <v>2888</v>
+        <v>2929</v>
       </c>
       <c r="N98" t="s">
-        <v>2889</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B99" t="s">
-        <v>2890</v>
+        <v>2931</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>2891</v>
+        <v>2932</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>2892</v>
+        <v>2933</v>
       </c>
       <c r="H99" t="s">
-        <v>2893</v>
+        <v>2934</v>
       </c>
       <c r="I99" t="s">
-        <v>2894</v>
+        <v>2935</v>
       </c>
       <c r="J99" t="s">
-        <v>2895</v>
+        <v>2936</v>
       </c>
       <c r="K99" t="s">
-        <v>2896</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B100" t="s">
-        <v>2897</v>
+        <v>2938</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>2898</v>
+        <v>2939</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>2899</v>
+        <v>2940</v>
       </c>
       <c r="H100" t="s">
-        <v>2900</v>
+        <v>2941</v>
       </c>
       <c r="I100" t="s">
-        <v>2877</v>
+        <v>2918</v>
       </c>
       <c r="J100" t="s">
-        <v>2901</v>
+        <v>2942</v>
       </c>
       <c r="K100" t="s">
-        <v>2902</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B101" t="s">
-        <v>2903</v>
+        <v>2944</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>2904</v>
+        <v>2945</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>2905</v>
+        <v>2946</v>
       </c>
       <c r="H101" t="s">
-        <v>2906</v>
+        <v>2947</v>
       </c>
       <c r="I101" t="s">
-        <v>2907</v>
+        <v>2948</v>
       </c>
       <c r="J101" t="s">
-        <v>2901</v>
+        <v>2942</v>
       </c>
       <c r="K101" t="s">
-        <v>2908</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B102" t="s">
-        <v>2909</v>
+        <v>2950</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>2910</v>
+        <v>2951</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>2911</v>
+        <v>2952</v>
       </c>
       <c r="H102" t="s">
-        <v>2912</v>
+        <v>2953</v>
       </c>
       <c r="I102" t="s">
-        <v>2913</v>
+        <v>2954</v>
       </c>
       <c r="J102" t="s">
-        <v>2901</v>
+        <v>2942</v>
       </c>
       <c r="K102" t="s">
-        <v>2914</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>2081</v>
+        <v>2122</v>
       </c>
       <c r="B103" t="s">
-        <v>2915</v>
+        <v>2956</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>2916</v>
+        <v>2957</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>2917</v>
+        <v>2958</v>
       </c>
       <c r="H103" t="s">
-        <v>2918</v>
+        <v>2959</v>
       </c>
       <c r="I103" t="s">
-        <v>2919</v>
+        <v>2960</v>
       </c>
       <c r="J103" t="s">
-        <v>2920</v>
+        <v>2961</v>
       </c>
       <c r="K103" t="s">
-        <v>2921</v>
+        <v>2962</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B2" t="s">
-        <v>2923</v>
+        <v>2964</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>199</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2924</v>
+        <v>2965</v>
       </c>
       <c r="H2" t="s">
-        <v>2925</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B3" t="s">
-        <v>2926</v>
+        <v>2967</v>
       </c>
       <c r="C3" t="s">
-        <v>2927</v>
+        <v>2968</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2928</v>
+        <v>2969</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2929</v>
+        <v>2970</v>
       </c>
       <c r="H3" t="s">
-        <v>2930</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B4" t="s">
-        <v>2931</v>
+        <v>2972</v>
       </c>
       <c r="C4" t="s">
-        <v>2932</v>
+        <v>2973</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2933</v>
+        <v>2974</v>
       </c>
       <c r="H4" t="s">
-        <v>2934</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B5" t="s">
-        <v>2935</v>
+        <v>2976</v>
       </c>
       <c r="C5" t="s">
-        <v>2936</v>
+        <v>2977</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2937</v>
+        <v>2978</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2938</v>
+        <v>2979</v>
       </c>
       <c r="H5" t="s">
-        <v>2939</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B6" t="s">
-        <v>2940</v>
+        <v>2981</v>
       </c>
       <c r="C6" t="s">
-        <v>2941</v>
+        <v>2982</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2942</v>
+        <v>2983</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2943</v>
+        <v>2984</v>
       </c>
       <c r="H6" t="s">
-        <v>2944</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B7" t="s">
-        <v>2945</v>
+        <v>2986</v>
       </c>
       <c r="C7" t="s">
-        <v>2941</v>
+        <v>2982</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2942</v>
+        <v>2983</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2946</v>
+        <v>2987</v>
       </c>
       <c r="H7" t="s">
-        <v>2947</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B8" t="s">
-        <v>2948</v>
+        <v>2989</v>
       </c>
       <c r="C8" t="s">
-        <v>2949</v>
+        <v>2990</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2950</v>
+        <v>2991</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2951</v>
+        <v>2992</v>
       </c>
       <c r="H8" t="s">
-        <v>2952</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B9" t="s">
-        <v>2953</v>
+        <v>2994</v>
       </c>
       <c r="C9" t="s">
-        <v>2954</v>
+        <v>2995</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2955</v>
+        <v>2996</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2956</v>
+        <v>2997</v>
       </c>
       <c r="H9" t="s">
-        <v>2957</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B10" t="s">
-        <v>2958</v>
+        <v>2999</v>
       </c>
       <c r="C10" t="s">
-        <v>2959</v>
+        <v>3000</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2960</v>
+        <v>3001</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2961</v>
+        <v>3002</v>
       </c>
       <c r="H10" t="s">
-        <v>2962</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B11" t="s">
-        <v>2963</v>
+        <v>3004</v>
       </c>
       <c r="C11" t="s">
-        <v>2964</v>
+        <v>3005</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2965</v>
+        <v>3006</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2966</v>
+        <v>3007</v>
       </c>
       <c r="H11" t="s">
-        <v>2967</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B12" t="s">
-        <v>2968</v>
+        <v>3009</v>
       </c>
       <c r="C12" t="s">
-        <v>2969</v>
+        <v>3010</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2970</v>
+        <v>3011</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2971</v>
+        <v>3012</v>
       </c>
       <c r="H12" t="s">
-        <v>2972</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B13" t="s">
-        <v>2973</v>
+        <v>3014</v>
       </c>
       <c r="C13" t="s">
-        <v>2974</v>
+        <v>3015</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2970</v>
+        <v>3011</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2975</v>
+        <v>3016</v>
       </c>
       <c r="H13" t="s">
-        <v>2976</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B14" t="s">
-        <v>2977</v>
+        <v>3018</v>
       </c>
       <c r="C14" t="s">
-        <v>2978</v>
+        <v>3019</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2979</v>
+        <v>3020</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2980</v>
+        <v>3021</v>
       </c>
       <c r="H14" t="s">
-        <v>2981</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B15" t="s">
-        <v>2982</v>
+        <v>3023</v>
       </c>
       <c r="C15" t="s">
-        <v>2983</v>
+        <v>3024</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2984</v>
+        <v>3025</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2985</v>
+        <v>3026</v>
       </c>
       <c r="H15" t="s">
-        <v>2986</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2922</v>
+        <v>2963</v>
       </c>
       <c r="B16" t="s">
-        <v>2987</v>
+        <v>3028</v>
       </c>
       <c r="C16" t="s">
-        <v>2988</v>
+        <v>3029</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2989</v>
+        <v>3030</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2990</v>
+        <v>3031</v>
       </c>
       <c r="H16" t="s">
-        <v>2991</v>
+        <v>3032</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>