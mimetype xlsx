--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,1282 +1,463 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Tool to improve professi" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="618" uniqueCount="385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="115">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>BALLON BIOPROTECT</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>SIR-Spheres - 21 december 2010 (2952) - Opinion</t>
+  </si>
+  <si>
+    <t>Microspheres of yttrium-90</t>
+  </si>
+  <si>
+    <t>12/21/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 13:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>25/02/2025 00:00:00</t>
-[...479 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1011043/fr/sir-spheres-21-decembre-2010-2952-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_1011043/en/sir-spheres-21-december-2010-2952-opinion</t>
   </si>
   <si>
     <t>c_1011043</t>
   </si>
   <si>
-    <t>SIRTEX Medical Europe GmbH (Allemagne)</t>
-[...149 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
+    <t>SIRTEX Medical Products Pty Ltd (Australia)</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate - Rapport d'évaluation</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3447378/fr/occlusion-de-la-petite-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee-avec-guidage-echographique</t>
+    <t>Ultrasound-guided transcutaneous venous occlusion of the small saphenous vein - INAHTA BRIEF</t>
+  </si>
+  <si>
+    <t>The aim of this assessment was to assess the benefit-risk balance of the radiofrequency (RF) small saphenous vein (SSV) occlusion procedure, which had not previously been assessed by the French National Authority for Health (HAS), and to define its role among previously assessed techniques approved for cover. The ultimate aim was to assess whether it should be covered by National Health Insurance</t>
+  </si>
+  <si>
+    <t>06/15/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/20/2023 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447378/en/ultrasound-guided-transcutaneous-venous-occlusion-of-the-small-saphenous-vein-inahta-brief</t>
   </si>
   <si>
     <t>p_3447378</t>
   </si>
   <si>
-    <t>Stimulation magnétique transcrânienne dans le traitement de la dépression de l’adulte</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3211966/fr/stimulation-magnetique-transcranienne-dans-le-traitement-de-la-depression-de-l-adulte</t>
+    <t>Transcranial magnetic stimulation (rTMS) in the treatment of adult treatment-resistant depression</t>
+  </si>
+  <si>
+    <t>Aim The aim of the assessment was to: assess the efficacy and safety of conventional rTMS as adjuvant therapy to the standard therapeutic strategy for treatment-resistant depression during two different treatment phases: acute phase (course of treatment) and consolidation phase (maintenance sessions); compare the new therapeutic strategy including rTMS (alongside medication and psychotherapy) to the two current conventional strategies for treatment-resistant depression: pharmacological optimisation plus psychotherapy in most cases, or use of electroconvulsive therapy in specific cases; compare the organisational impact of the new therapeutic strategy with rTMS to the current conventional strategies.</t>
+  </si>
+  <si>
+    <t>07/21/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211966/en/transcranial-magnetic-stimulation-rtms-in-the-treatment-of-adult-treatment-resistant-depression</t>
   </si>
   <si>
     <t>p_3211966</t>
   </si>
   <si>
-    <t>Évaluation de l’efficacité et de la sécurité du laser femtoseconde dans la chirurgie de la cataracte</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
+    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to appraise the side effects of cryolipolysis, an aesthetic non-invasive fat reduction procedure carried out by a controlled cooling system to reduce localised subcutaneous adipose tissue (in abdomen, tights, flanks , back, upper arms, submental area, chest fat in men). This assessment is conducted in order to respond to the Health Ministry‘s request about the potential danger of this technique (article L.1151-3 of the Health National Law)</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
   </si>
   <si>
     <t>c_2865012</t>
   </si>
   <si>
-    <t>Évaluation des actes de vitrification et réchauffement ovocytaire - vitrification et réchauffement embryonnaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749002/fr/evaluation-des-actes-de-vitrification-et-rechauffement-ovocytaire-vitrification-et-rechauffement-embryonnaire</t>
+    <t>Assessment of oocyte/embryo vitrification and warming procedures - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Haute Autorité de santé (HAS [French National Authority for Health]) has decided to assess oocyte and embryo vitrification and warming procedures in order to be able to rule on the appropriateness of including them in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749002/en/assessment-of-oocyte/embryo-vitrification-and-warming-procedures-inahta-brief</t>
   </si>
   <si>
     <t>c_2749002</t>
   </si>
   <si>
-    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653644/fr/evaluation-de-l-ablation-endocavitaire-des-tachycardies-par-cryotherapie</t>
+    <t>Assessment of endocavitary ablation of tachycardia by cryotherapy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The request for assessment came from the Association of Health Insurance Funds (UNCAM). It concerns the assessment of endocavitary ablation of tachycardia by cryotherapy. In 2006, the Haute Autorité de santé (HAS) assessed methods of tachycardia ablation, and radiofrequency was the only technique retained; cryoablation was considered an investigational method. The goal of the assessment is to determine, given the new data published since 2006, whether cryoablation is a valid method in endocavitary ablation of tachycardia compared to radiofrequency, and to specify whether it can be used in the same indications as the latter. Currently, the wording of the Joint classification of medical procedures (CCAM) describes ablation procedures for arrhythmia, but only by radiofrequency (RF). The arguments must therefore assess whether cryoablation can be included in supplement to RF in the CCAM to allow for reimbursement thereof</t>
+  </si>
+  <si>
+    <t>12/14/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653644/en/assessment-of-endocavitary-ablation-of-tachycardia-by-cryotherapy-inahta-brief</t>
   </si>
   <si>
     <t>c_2653644</t>
   </si>
   <si>
-    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>28/09/2016 00:00:00</t>
+    <t>09/28/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
   <si>
-    <t>Évaluation de la radiothérapie peropératoire (RTPO) dans le cancer du sein</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2562276/fr/evaluation-de-la-radiotherapie-peroperatoire-rtpo-dans-le-cancer-du-sein</t>
+    <t>Assessment of intraoperative radiotherapy (IORT) in breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions of this assessment focus on intraoperative radiotherapy (IORT), in women undergoing lumpectomy (breast-conserving surgery) and adjuvant radiotherapy for early breast cancer, in order for it to be refunded by the National Health Insurance. IORT was compared to standard whole-breast irradiation</t>
+  </si>
+  <si>
+    <t>04/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/18/2016 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2562276/en/assessment-of-intraoperative-radiotherapy-iort-in-breast-cancer-inahta-brief</t>
   </si>
   <si>
     <t>c_2562276</t>
   </si>
   <si>
-    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col de l’utérus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
+    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
+  </si>
+  <si>
+    <t>to assess the clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of cervical cancer, in view of reimbursement of IMRT by National Health Insurance, the comparator being conformational three-dimensional radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
-    <t>Occlusion de grande veine saphène  par radiofréquence par voie veineuse transcutanée</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1019703/fr/destruction-par-ultrasons-focalises-de-haute-intensite-hifu-par-voie-rectale-d-un-adenocarcinome-localise-de-la-prostate</t>
+    <t>High Intensity Focused Ultrasound (HIFU) for the treatment of localized prostate cancer</t>
+  </si>
+  <si>
+    <t>To evaluate the clinical effectiveness of HIFU therapy for early localized prostate cancer. HIFU therapy is applied as primary treatment for low and intermediate risk localized prostate cancer (T1-2 NxM0) in patients older than 70 years, and for local recurrence of prostate cancer after radiotherapy failure</t>
+  </si>
+  <si>
+    <t>12/16/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019703/en/high-intensity-focused-ultrasound-hifu-for-the-treatment-of-localized-prostate-cancer</t>
   </si>
   <si>
     <t>c_1019703</t>
   </si>
   <si>
-    <t>Évaluation des traitements des plaies par pression négative (TPN)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_927017/fr/evaluation-des-traitements-des-plaies-par-pression-negative-tpn</t>
+    <t>Evaluation of Negative-Pressure Wound Therapy (NPWT)</t>
+  </si>
+  <si>
+    <t>* To evaluate the clinical data available * To define the clinical situations that could justify use of NPWT * To recommend conditions of use and prescription</t>
+  </si>
+  <si>
+    <t>01/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>01/27/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_927017/en/evaluation-of-negative-pressure-wound-therapy-npwt</t>
   </si>
   <si>
     <t>c_927017</t>
   </si>
   <si>
-    <t>Évaluation des appareils de neurostimulation électrique transcutanée (TENS)</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545041/fr/label-energies-laser-en-urologie</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Label - Laser energy in urology</t>
+  </si>
+  <si>
+    <t>The accreditation body for urologists, the AFU (Association française d'urologie), is proposing a list of key points for all professionals involved in the treatment of male urinary disorders or urinary calculi using laser energy (urologists, anaesthetists, biomedical engineers, risk managers, hospital pharmacists, nurses, etc.). These key points are detailed in the patient safety solution "Energies laser en urologie. How to avoid complications for patients (and professionals)? ".</t>
+  </si>
+  <si>
+    <t>10/02/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545041/en/label-laser-energy-in-urology</t>
   </si>
   <si>
     <t>p_3545041</t>
   </si>
   <si>
-    <t>Traitements non médicamenteux des fibromes utérins - Fiche pertinence</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984040/fr/xofigo-dichlorure-de-radium-ra-223</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>XOFIGO</t>
+  </si>
+  <si>
+    <t>09/06/2019 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984040/en/xofigo</t>
   </si>
   <si>
     <t>pprd_2984040</t>
   </si>
   <si>
     <t>dichlorure de radium (Ra-223)</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1753132/fr/xofigo-dichlorure-de-radium-radio-isotope</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2869662/fr/haldol-haloperidol</t>
+    <t>https://www.has-sante.fr/jcms/c_1753132/en/xofigo-radium-dichloride-radioisotope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656373/en/xofigo-radium-radioisotope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080449/en/xofigo-dichlorure-de-radium-ra-223</t>
   </si>
   <si>
     <t>ERBITUX (cetuximab)</t>
   </si>
   <si>
-    <t>08/01/2016 16:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984265/fr/erbitux-cetuximab</t>
+    <t>01/08/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984265/en/erbitux-cetuximab</t>
   </si>
   <si>
     <t>pprd_2984265</t>
   </si>
   <si>
     <t>cetuximab</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400187/fr/erbitux-2-mg/ml-solution-pour-perfusion-1-flacon-50-ml</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2587099/fr/erbitux-cetuximab</t>
+    <t>https://www.has-sante.fr/jcms/c_400187/en/erbitux-2-mg/ml-solution-pour-perfusion-1-flacon-50-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458750/en/erbitux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929982/en/erbitux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847976/en/erbitux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587099/en/erbitux-cetuximab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J29"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1287,2066 +468,590 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
-      </c>
-[...862 lines deleted...]
-        <v>180</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>60</v>
+      </c>
+      <c r="H8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>66</v>
+      </c>
+      <c r="H9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>72</v>
+      </c>
+      <c r="H10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>78</v>
+      </c>
+      <c r="H11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>181</v>
+        <v>86</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>87</v>
       </c>
       <c r="C2" t="s">
-        <v>183</v>
+        <v>88</v>
       </c>
       <c r="D2" t="s">
-        <v>184</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>185</v>
+        <v>89</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>186</v>
+        <v>90</v>
       </c>
       <c r="H2" t="s">
-        <v>187</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:O3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>92</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>188</v>
+        <v>94</v>
       </c>
       <c r="B2" t="s">
-        <v>189</v>
+        <v>95</v>
       </c>
       <c r="C2" t="s">
-        <v>190</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>191</v>
+        <v>96</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>192</v>
+        <v>97</v>
       </c>
       <c r="H2" t="s">
-        <v>193</v>
+        <v>98</v>
+      </c>
+      <c r="I2" t="s">
+        <v>99</v>
+      </c>
+      <c r="J2" t="s">
+        <v>100</v>
+      </c>
+      <c r="K2" t="s">
+        <v>101</v>
+      </c>
+      <c r="L2" t="s">
+        <v>102</v>
+      </c>
+      <c r="M2" t="s">
+        <v>103</v>
+      </c>
+      <c r="N2" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>188</v>
+        <v>94</v>
       </c>
       <c r="B3" t="s">
-        <v>194</v>
+        <v>104</v>
       </c>
       <c r="C3" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>196</v>
+        <v>105</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>197</v>
+        <v>106</v>
       </c>
       <c r="H3" t="s">
-        <v>198</v>
-[...914 lines deleted...]
-        <v>365</v>
+        <v>107</v>
       </c>
       <c r="I3" t="s">
-        <v>366</v>
+        <v>108</v>
       </c>
       <c r="J3" t="s">
-        <v>367</v>
+        <v>109</v>
       </c>
       <c r="K3" t="s">
-        <v>368</v>
+        <v>110</v>
       </c>
       <c r="L3" t="s">
-        <v>369</v>
+        <v>111</v>
       </c>
       <c r="M3" t="s">
-        <v>370</v>
+        <v>112</v>
       </c>
       <c r="N3" t="s">
-        <v>371</v>
+        <v>113</v>
       </c>
       <c r="O3" t="s">
-        <v>372</v>
-[...49 lines deleted...]
-        <v>384</v>
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>