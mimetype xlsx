--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -36,51 +36,51 @@
     <sheet name="Export Guide usagers" r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4100" uniqueCount="2638">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4136" uniqueCount="2663">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1628,50 +1628,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1710328/fr/rappel-d-information-sur-la-vaccination-contre-les-papillomavirus-humains-par-le-gardasil</t>
   </si>
   <si>
     <t>c_1710328</t>
   </si>
   <si>
     <t>Cancer du col de l’utérus</t>
   </si>
   <si>
     <t>Saisie par la ministre de la santé, la Haute Autorité de Santé a évalué les différentes stratégies de dépistage du cancer du col de l’utérus, qui atteint chaque année en France 3 000 nouvelles femmes et en tue plus de 1000.</t>
   </si>
   <si>
     <t>15/11/2010 15:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_998815/fr/cancer-du-col-de-l-uterus</t>
   </si>
   <si>
     <t>c_998815</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
+    <t>Décision n°2025.0288/DC/SESPEV du 4 décembre 2025 du collège de la Haute Autorité de santé portant adoption de l’avis intitulé « FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale »</t>
+  </si>
+  <si>
+    <t>L’avis intitulé « FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale, ci-joint, est adopté.</t>
+  </si>
+  <si>
+    <t>04/12/2025 10:34:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804142/fr/decision-n2025-0288/dc/sespev-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-l-avis-intitule-flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale</t>
+  </si>
+  <si>
+    <t>p_3804142</t>
+  </si>
+  <si>
     <t>Décision n° 2025.0253/DC/SESPEV du 23 octobre 2025 du collège de la Haute Autorité de santé portant adoption de l’avis intitulé « Stratégie de vaccination contre la COVID-19 : révision de la place du vaccin NUVAXOVID »</t>
   </si>
   <si>
     <t>Décision du 23 octobre 2025 du collège de la Haute Autorité de santé portant adoption de l’avis intitulé « Stratégie de vaccination contre la COVID-19 : révision de la place du vaccin NUVAXOVID ».</t>
   </si>
   <si>
     <t>23/10/2025 16:40:00</t>
   </si>
   <si>
     <t>31/10/2025 11:24:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3703273/fr/decision-n-2025-0253/dc/sespev-du-23-octobre-2025-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-l-avis-intitule-strategie-de-vaccination-contre-la-covid-19-revision-de-la-place-du-vaccin-nuvaxovid</t>
   </si>
   <si>
     <t>p_3703273</t>
   </si>
   <si>
     <t>Avis n°2025.0037/AC/SESPEV du 17 juillet 2025 du collège de la Haute Autorité de santé portant sur les sous-populations cibles à vacciner prioritairement parmi les personnes âgées de 65 ans et plus avec les vaccins EFLUELDA et FLUAD dans le cadre de la grippe saisonnière</t>
   </si>
   <si>
     <t>La HAS a été saisie en urgence par le Directeur général de la santé en date du 10 juin 2025 pour indiquer les sous-populations cibles à vacciner prioritairement parmi les personnes âgées de 65 ans et plus avec les vaccins EFLUELDA, vaccin haute dose (HD) et FLUAD, vaccin adjuvanté (ADJ) dans l’hypothèse où le nombre de doses disponibles de ces vaccins serait limité lors de la prochaine saison grippale.</t>
   </si>
   <si>
     <t>17/07/2025 15:45:00</t>
@@ -3914,75 +3932,129 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426554/fr/experimentation-de-l-indicateur-de-qualite-et-de-securite-des-soins-du-theme-des-infections-associees-aux-soins-couverture-vaccinale-antigrippale-du-personnel-hospitalier</t>
   </si>
   <si>
     <t>p_3426554</t>
   </si>
   <si>
     <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
   </si>
   <si>
     <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
   </si>
   <si>
     <t>01/12/2020 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus – Note de cadrage</t>
+  </si>
+  <si>
+    <t>La HAS publie la note de cadrage concernant la recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus</t>
+  </si>
+  <si>
+    <t>08/12/2025 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777770/fr/recommandation-vaccinale-contre-la-varicelle-chez-les-nourrissons-de-12-mois-et-plus-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3777770</t>
+  </si>
+  <si>
+    <t>Grippe saisonnière : Évaluation de la pertinence d'une obligation vaccinale - note de cadrage</t>
+  </si>
+  <si>
+    <t>La présente note de cadrage décrit la méthodologie qui sera utilisée pour évaluer la pertinence d’une obligation vaccinale antigrippale annuelle chez les professionnels exerçant en établissement de santé et en établissement social et médico-social, les professionnels de santé libéraux, les autres professionnels en contact des personnes âgées de 65 ans et plus, impliqués dans des soins d'hygiène et les aides à la vie quotidienne, lorsque leur activité les expose ou expose les personnes dont ils ont la charge à des risques de contamination, ainsi que les personnes âgées de 65 ans et plus résidant en collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701698/fr/grippe-saisonniere-evaluation-de-la-pertinence-d-une-obligation-vaccinale-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3701698</t>
+  </si>
+  <si>
     <t>Stratégie de vaccination contre la COVID-19 : Révision de la place du vaccin NUVAXOVID</t>
   </si>
   <si>
     <t>Le laboratoire NOVAVAX a saisi la HAS le 14 mai 2024 afin que cette dernière ré-évalue la place du vaccin NUVAXOVID dans la stratégie vaccinale contre la COVID-19. Depuis le 15 janvier 2025, le vaccin NUVAXOVID appartient au portefeuille du laboratoire SANOFI WINTHROP INDUSTRIE. Au terme de son évaluation, la HAS considère que le vaccin NUVAXOVID peut être utilisé dans le cadre de son AMM, au même titre que les vaccins à ARNm, dès lors qu’il présente le même niveau d’adaptation aux souches circulantes les plus récentes, en vaccination annuelle pour l’immunisation active afin de prévenir la COVID-19 causée par le virus SARS-CoV-2 chez les personnes âgées de 12 ans et plus, à risque de forme grave, quel que soit leur statut vaccinal</t>
   </si>
   <si>
     <t>23/10/2025 00:00:00</t>
   </si>
   <si>
+    <t>31/10/2025 11:24:00</t>
+  </si>
+  <si>
     <t>https://www.has-sante.fr/jcms/p_3703269/fr/strategie-de-vaccination-contre-la-covid-19-revision-de-la-place-du-vaccin-nuvaxovid</t>
   </si>
   <si>
     <t>p_3703269</t>
   </si>
   <si>
     <t>Élaboration d’une stratégie vaccinale contre l’encéphalite à tiques (TBE) chez les sujets à risque d’exposition au virus de l’encéphalite à tiques (TBEV) - note de cadrage</t>
   </si>
   <si>
     <t>La HAS publie ce jour la note de cadrage concernant l’élaboration d’une stratégie vaccinale contre l’encéphalite à tiques (TBE) chez les sujets à risque d’exposition au virus de l’encéphalite à tiques (TBEV), présentant la méthodologie de travail et le calendrier prévisionnel.</t>
   </si>
   <si>
     <t>24/09/2025 00:00:00</t>
   </si>
   <si>
-    <t>07/10/2025 17:27:17</t>
+    <t>07/10/2025 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689262/fr/elaboration-d-une-strategie-vaccinale-contre-l-encephalite-a-tiques-tbe-chez-les-sujets-a-risque-d-exposition-au-virus-de-l-encephalite-a-tiques-tbev-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3689262</t>
   </si>
   <si>
     <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
   </si>
   <si>
     <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>22/07/2025 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
   </si>
   <si>
     <t>p_3636256</t>
   </si>
@@ -3998,51 +4070,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3637198/fr/vaccin-antigrippal-fluarix-transition-du-vaccin-antigrippal-fluarix-de-sa-forme-quadrivalente-a-une-forme-trivalente-dans-la-strategie-de-vaccination-contre-la-grippe-saisonniere</t>
   </si>
   <si>
     <t>p_3637198</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
   </si>
   <si>
     <t>La HAS émet une recommandation d’utilisation préférentielle des vaccins Efluelda et Fluad chez les personnes de 65 ans et plus par rapport aux vaccins à dose standard disponibles dans cette population, dans le cadre de la stratégie vaccinale française vis-à-vis de la grippe saisonnière. La HAS positionne de manière équivalente les vaccins adjuvantés et hautement dosés.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604446/fr/vaccination-contre-la-grippe-saisonniere-des-personnes-de-65-ans-et-plus-place-des-vaccins-efluelda-et-fluad</t>
   </si>
   <si>
     <t>p_3604446</t>
   </si>
   <si>
     <t>Épidémie de chikungunya : utilisation du vaccin IXCHIQ à La Réunion et à Mayotte</t>
   </si>
@@ -5552,50 +5624,95 @@
   <si>
     <t>Les enjeux de la stratégie vaccinale contre la Covid-19</t>
   </si>
   <si>
     <t>La vaccination contre la Covid-19 pose – outre les enjeux scientifiques et organisationnels – des enjeux sociétaux et éthiques. Ils portent en particulier sur l’accès universel et équitable à la vaccination dans un contexte où la disponibilité progressive des doses de vaccin pourrait imposer des choix quant aux populations à vacciner en priorité, sur l’acceptabilité de la vaccination elle-même au sein des différentes populations, et sur l’organisation d’une campagne de vaccination optimale en concertation avec tous les acteurs du système de santé. Tenant compte de ces enjeux, le Conseil pour l'engagement des usagers publie aujourd’hui des recommandations permettant d’éclairer l’ensemble des travaux liés à la vaccination contre la Covid-19. Il y formule notamment des points d’attention à destination des pouvoirs publics.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216097/fr/les-enjeux-de-la-strategie-vaccinale-contre-la-covid-19</t>
   </si>
   <si>
     <t>p_3216097</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>VIMKUNYA (vaccin contre le chikungunya (recombinant, adsorbé))</t>
+  </si>
+  <si>
+    <t>12/12/2025 08:36:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793886/fr/vimkunya-vaccin-contre-le-chikungunya-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>p_3793886</t>
+  </si>
+  <si>
+    <t>vaccin contre le chikungunya (recombinant, adsorbé)</t>
+  </si>
+  <si>
+    <t>BAVARIAN NORDIC FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785145/fr/vimkunya-vaccin-contre-le-chikungunya-recombinant-adsorbe-chikungunya</t>
+  </si>
+  <si>
+    <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
+  </si>
+  <si>
+    <t>09/12/2025 15:28:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501692/fr/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m</t>
+  </si>
+  <si>
+    <t>p_3501692</t>
+  </si>
+  <si>
+    <t>protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501621/fr/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784589/fr/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m-covid-19</t>
+  </si>
+  <si>
     <t>FLUARIX (virus grippal inactivé fragmenté)</t>
   </si>
   <si>
     <t>10/10/2025 15:32:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984591/fr/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>pprd_2984591</t>
   </si>
   <si>
     <t>virus grippal inactivé fragmenté</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399678/fr/fluarix-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_622530/fr/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1056122/fr/fluarix-virus-grippal-inactive-fragmente</t>
@@ -5837,53 +5954,50 @@
   <si>
     <t>VIFOR FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398937/fr/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606844/fr/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant-vaccin-antigrippal</t>
   </si>
   <si>
     <t>EFLUELDA (vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche)</t>
   </si>
   <si>
     <t>21/05/2025 16:27:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191986/fr/efluelda-vaccin-antigrippal-trivalent-inactive-a-virion-fragmente-60-g-ha/souche</t>
   </si>
   <si>
     <t>p_3191986</t>
   </si>
   <si>
     <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
   </si>
   <si>
-    <t>SANOFI WINTHROP INDUSTRIE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3191303/fr/efluelda-vaccin-grippal-quadrivalent-inactive-a-virion-fragmente-60-microgr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606853/fr/efluelda-vaccin-antigrippal-trivalent-inactive-a-virion-fragmente-60-g-ha/souche-vaccin-antigrippal</t>
   </si>
   <si>
     <t>PREVENAR 20 (vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20)</t>
   </si>
   <si>
     <t>21/05/2025 16:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605531/fr/prevenar-20-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-ou-vpc20</t>
   </si>
   <si>
     <t>p_3605531</t>
   </si>
   <si>
     <t>vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605182/fr/prevenar-20-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-ou-vpc20-infections-a-pneumocoques</t>
   </si>
   <si>
     <t>FLUENZ - FLUENZ TETRA (virus grippal réassorti, vivant atténué)</t>
@@ -6110,71 +6224,50 @@
   <si>
     <t>IMAXIO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3526096/fr/vaxchora-vaccin-contre-le-cholera-vivant-recombine-oral-vaccin-anticholerique</t>
   </si>
   <si>
     <t>SHINGRIX (Vaccin zona (recombinant, avec adjuvant))</t>
   </si>
   <si>
     <t>29/04/2024 11:39:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3511440/fr/shingrix-vaccin-zona-recombinant-avec-adjuvant</t>
   </si>
   <si>
     <t>p_3511440</t>
   </si>
   <si>
     <t>Vaccin zona (recombinant, avec adjuvant)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3511387/fr/shingrix-vaccin-zona-recombinant-avec-adjuvant-vaccin-zona</t>
   </si>
   <si>
-    <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
-[...19 lines deleted...]
-  <si>
     <t>VIVOTIF (Salmonella enterica sérovar Typhi, souche Ty21a)</t>
   </si>
   <si>
     <t>30/01/2024 15:15:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3491622/fr/vivotif-salmonella-enterica-serovar-typhi-souche-ty21a</t>
   </si>
   <si>
     <t>p_3491622</t>
   </si>
   <si>
     <t>Salmonella enterica sérovar Typhi, souche Ty21a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3491589/fr/vivotif-salmonella-enterica-serovar-typhi-souche-ty21a-vaccin-anti-typhoidique-vivant-attenue</t>
   </si>
   <si>
     <t>SPIKEVAX (élasoméran/davesoméran/andusoméran)</t>
   </si>
   <si>
     <t>06/10/2023 09:10:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466459/fr/spikevax-elasomeran/davesomeran/andusomeran</t>
@@ -7743,68 +7836,50 @@
     <t>https://www.has-sante.fr/jcms/c_399555/fr/hexavac-anatoxine-diphterique/-anatoxine-tetanique/-anatoxine-coquelucheuse-purifiee/-hemagglutinine-filamenteuse-coquelucheuse-purifiee/-antigene-de-surface-du-virus-de-l-hepatite-b/-virus-poliomyelitiques-inactives-de-type-1-2-3/-polyoside-d-haemophilus-influenzae-type-b-conjugue-a-l-anatoxine-tetanique</t>
   </si>
   <si>
     <t>PREVENAR (polyoside pneumococcique sérotype 4/ polyoside pneumococcique sérotype...)</t>
   </si>
   <si>
     <t>24/04/2002 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986019/fr/prevenar-polyoside-pneumococcique-serotype-4/-polyoside-pneumococcique-serotype</t>
   </si>
   <si>
     <t>pprd_2986019</t>
   </si>
   <si>
     <t>polyoside pneumococcique sérotype 4,polyoside pneumococcique sérotype 6B,polyoside pneumococcique sérotype 9V,polyoside pneumococcique sérotype 14,oligoside pneumococcique sérotype 18C,polyoside pneumococcique sérotype 19F,polyoside pneumococcique sérotype 23F</t>
   </si>
   <si>
     <t>WYETH-LEDERLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399455/fr/prevenar-polyoside-pneumococcique-serotype-4/-polyoside-pneumococcique-serotype</t>
   </si>
   <si>
     <t>Article HAS</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3690000</t>
   </si>
   <si>
     <t>IQSS 2025 - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier : campagne nationale de recueil d'un indicateur de qualité et de sécurité des soins</t>
   </si>
   <si>
     <t>Campagne nationale 2025 de mesure de l'indicateur de qualité et de sécurité des soins « Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier » (données hiver 2024/2025).</t>
   </si>
   <si>
     <t>18/10/2022 16:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3379643/fr/iqss-2025-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier-campagne-nationale-de-recueil-d-un-indicateur-de-qualite-et-de-securite-des-soins</t>
   </si>
   <si>
     <t>p_3379643</t>
   </si>
   <si>
     <t>Vaccin Vimkunya contre le chikungunya à la Réunion et à Mayotte : la HAS en attente des données complémentaires</t>
   </si>
   <si>
     <t>Saisie par le ministère de la Santé et de l’Accès aux soins, la Haute Autorité de santé (HAS) ne peut à ce jour recommander l’utilisation du vaccin Vimkunya de Bavarian Nordic contre le virus chikungunya à Mayotte et sur l'Ile de La Réunion</t>
   </si>
   <si>
     <t>06/06/2025 17:00:00</t>
   </si>
@@ -8170,444 +8245,418 @@
       </c>
       <c r="D6" t="s">
         <v>36</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B2" t="s">
-        <v>2569</v>
+        <v>2600</v>
       </c>
       <c r="C2" t="s">
-        <v>2570</v>
+        <v>2601</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2571</v>
+        <v>2602</v>
       </c>
       <c r="F2" t="s">
-        <v>2572</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2573</v>
+        <v>2603</v>
       </c>
       <c r="H2" t="s">
-        <v>2574</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B3" t="s">
-        <v>2575</v>
+        <v>2605</v>
       </c>
       <c r="C3" t="s">
-        <v>2576</v>
+        <v>2606</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2577</v>
+        <v>2607</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2578</v>
+        <v>2608</v>
       </c>
       <c r="H3" t="s">
-        <v>2579</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B4" t="s">
-        <v>2580</v>
+        <v>2610</v>
       </c>
       <c r="C4" t="s">
-        <v>2581</v>
+        <v>2611</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2582</v>
+        <v>280</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2583</v>
+        <v>2612</v>
       </c>
       <c r="H4" t="s">
-        <v>2584</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B5" t="s">
-        <v>2585</v>
+        <v>2614</v>
       </c>
       <c r="C5" t="s">
-        <v>2586</v>
+        <v>2615</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>280</v>
+        <v>2616</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2587</v>
+        <v>2617</v>
       </c>
       <c r="H5" t="s">
-        <v>2588</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B6" t="s">
-        <v>2589</v>
+        <v>2619</v>
       </c>
       <c r="C6" t="s">
-        <v>2590</v>
+        <v>2620</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2591</v>
+        <v>2621</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2592</v>
+        <v>2622</v>
       </c>
       <c r="H6" t="s">
-        <v>2593</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B7" t="s">
-        <v>2594</v>
+        <v>2624</v>
       </c>
       <c r="C7" t="s">
-        <v>2595</v>
+        <v>2625</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2596</v>
+        <v>2626</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2597</v>
+        <v>2627</v>
       </c>
       <c r="H7" t="s">
-        <v>2598</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B8" t="s">
-        <v>2599</v>
+        <v>2629</v>
       </c>
       <c r="C8" t="s">
-        <v>2600</v>
+        <v>2630</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2601</v>
+        <v>2631</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2602</v>
+        <v>2632</v>
       </c>
       <c r="H8" t="s">
-        <v>2603</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B9" t="s">
-        <v>2604</v>
+        <v>2634</v>
       </c>
       <c r="C9" t="s">
-        <v>2605</v>
+        <v>1288</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2606</v>
+        <v>2635</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2607</v>
+        <v>2636</v>
       </c>
       <c r="H9" t="s">
-        <v>2608</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B10" t="s">
-        <v>2609</v>
+        <v>2638</v>
       </c>
       <c r="C10" t="s">
-        <v>1282</v>
+        <v>2639</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2610</v>
+        <v>2640</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2611</v>
+        <v>2641</v>
       </c>
       <c r="H10" t="s">
-        <v>2612</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B11" t="s">
-        <v>2613</v>
+        <v>2643</v>
       </c>
       <c r="C11" t="s">
-        <v>2614</v>
+        <v>2644</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2615</v>
+        <v>2645</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2616</v>
+        <v>2646</v>
       </c>
       <c r="H11" t="s">
-        <v>2617</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B12" t="s">
-        <v>2618</v>
+        <v>2648</v>
       </c>
       <c r="C12" t="s">
-        <v>2619</v>
+        <v>2649</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2620</v>
+        <v>2650</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2621</v>
+        <v>2651</v>
       </c>
       <c r="H12" t="s">
-        <v>2622</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B13" t="s">
-        <v>2623</v>
+        <v>2653</v>
       </c>
       <c r="C13" t="s">
-        <v>2624</v>
+        <v>2654</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2625</v>
+        <v>2655</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2626</v>
+        <v>2656</v>
       </c>
       <c r="H13" t="s">
-        <v>2627</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="B14" t="s">
-        <v>2628</v>
+        <v>2658</v>
       </c>
       <c r="C14" t="s">
-        <v>2629</v>
+        <v>2659</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>2630</v>
+        <v>2660</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2631</v>
+        <v>2661</v>
       </c>
       <c r="H14" t="s">
-        <v>2632</v>
-[...25 lines deleted...]
-        <v>2637</v>
+        <v>2662</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -11242,51 +11291,51 @@
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
         <v>526</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
         <v>527</v>
       </c>
       <c r="H94" t="s">
         <v>528</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H137"/>
+  <dimension ref="A1:H138"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -11415,227 +11464,227 @@
       </c>
       <c r="E6" t="s">
         <v>557</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>558</v>
       </c>
       <c r="H6" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>529</v>
       </c>
       <c r="B7" t="s">
         <v>560</v>
       </c>
       <c r="C7" t="s">
         <v>561</v>
       </c>
       <c r="D7" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="E7" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H7" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>529</v>
       </c>
       <c r="B8" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C8" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D8" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="E8" t="s">
         <v>568</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>569</v>
       </c>
       <c r="H8" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>529</v>
       </c>
       <c r="B9" t="s">
         <v>571</v>
       </c>
       <c r="C9" t="s">
         <v>572</v>
       </c>
       <c r="D9" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="E9" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="H9" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>529</v>
       </c>
       <c r="B10" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C10" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D10" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="E10" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H10" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>529</v>
       </c>
       <c r="B11" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C11" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D11" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="E11" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H11" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>529</v>
       </c>
       <c r="B12" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C12" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D12" t="s">
-        <v>588</v>
+        <v>562</v>
       </c>
       <c r="E12" t="s">
         <v>589</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>590</v>
       </c>
       <c r="H12" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>529</v>
       </c>
       <c r="B13" t="s">
         <v>592</v>
       </c>
       <c r="C13" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D13" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E13" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H13" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>529</v>
       </c>
       <c r="B14" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C14" t="s">
         <v>598</v>
       </c>
       <c r="D14" t="s">
         <v>599</v>
       </c>
       <c r="E14" t="s">
         <v>600</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>601</v>
       </c>
       <c r="H14" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>529</v>
       </c>
       <c r="B15" t="s">
@@ -11704,256 +11753,256 @@
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>619</v>
       </c>
       <c r="H17" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>529</v>
       </c>
       <c r="B18" t="s">
         <v>621</v>
       </c>
       <c r="C18" t="s">
         <v>622</v>
       </c>
       <c r="D18" t="s">
         <v>623</v>
       </c>
       <c r="E18" t="s">
-        <v>88</v>
+        <v>624</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H18" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>529</v>
       </c>
       <c r="B19" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C19" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D19" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E19" t="s">
-        <v>629</v>
+        <v>88</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>630</v>
       </c>
       <c r="H19" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>529</v>
       </c>
       <c r="B20" t="s">
         <v>632</v>
       </c>
       <c r="C20" t="s">
         <v>633</v>
       </c>
       <c r="D20" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="E20" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="H20" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>529</v>
       </c>
       <c r="B21" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C21" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D21" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="E21" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="H21" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>529</v>
       </c>
       <c r="B22" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C22" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="D22" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="E22" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="H22" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>529</v>
       </c>
       <c r="B23" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C23" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D23" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
       <c r="E23" t="s">
-        <v>647</v>
+        <v>635</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>648</v>
       </c>
       <c r="H23" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>529</v>
       </c>
       <c r="B24" t="s">
         <v>650</v>
       </c>
       <c r="C24" t="s">
         <v>651</v>
       </c>
       <c r="D24" t="s">
         <v>652</v>
       </c>
       <c r="E24" t="s">
         <v>653</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>654</v>
       </c>
       <c r="H24" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>529</v>
       </c>
       <c r="B25" t="s">
         <v>656</v>
       </c>
       <c r="C25" t="s">
         <v>657</v>
       </c>
       <c r="D25" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="E25" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H25" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>529</v>
       </c>
       <c r="B26" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C26" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D26" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="E26" t="s">
         <v>664</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>665</v>
       </c>
       <c r="H26" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>529</v>
       </c>
       <c r="B27" t="s">
         <v>667</v>
       </c>
       <c r="C27" t="s">
         <v>668</v>
       </c>
       <c r="D27" t="s">
@@ -11964,103 +12013,103 @@
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>671</v>
       </c>
       <c r="H27" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>529</v>
       </c>
       <c r="B28" t="s">
         <v>673</v>
       </c>
       <c r="C28" t="s">
         <v>674</v>
       </c>
       <c r="D28" t="s">
         <v>675</v>
       </c>
       <c r="E28" t="s">
-        <v>19</v>
+        <v>676</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="H28" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>529</v>
       </c>
       <c r="B29" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C29" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D29" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="E29" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="H29" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>529</v>
       </c>
       <c r="B30" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C30" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D30" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E30" t="s">
-        <v>686</v>
+        <v>25</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>687</v>
       </c>
       <c r="H30" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>529</v>
       </c>
       <c r="B31" t="s">
         <v>689</v>
       </c>
       <c r="C31" t="s">
         <v>690</v>
       </c>
       <c r="D31" t="s">
         <v>691</v>
       </c>
       <c r="E31" t="s">
@@ -12146,311 +12195,311 @@
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>711</v>
       </c>
       <c r="H34" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>529</v>
       </c>
       <c r="B35" t="s">
         <v>713</v>
       </c>
       <c r="C35" t="s">
         <v>714</v>
       </c>
       <c r="D35" t="s">
         <v>715</v>
       </c>
       <c r="E35" t="s">
-        <v>176</v>
+        <v>716</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H35" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>529</v>
       </c>
       <c r="B36" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C36" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D36" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E36" t="s">
-        <v>721</v>
+        <v>176</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>722</v>
       </c>
       <c r="H36" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>529</v>
       </c>
       <c r="B37" t="s">
         <v>724</v>
       </c>
       <c r="C37" t="s">
         <v>725</v>
       </c>
       <c r="D37" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="E37" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="H37" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>529</v>
       </c>
       <c r="B38" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C38" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D38" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="E38" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="H38" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>529</v>
       </c>
       <c r="B39" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C39" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="D39" t="s">
-        <v>734</v>
+        <v>726</v>
       </c>
       <c r="E39" t="s">
-        <v>191</v>
+        <v>727</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="H39" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>529</v>
       </c>
       <c r="B40" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C40" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D40" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E40" t="s">
-        <v>740</v>
+        <v>191</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>741</v>
       </c>
       <c r="H40" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>529</v>
       </c>
       <c r="B41" t="s">
         <v>743</v>
       </c>
       <c r="C41" t="s">
         <v>744</v>
       </c>
       <c r="D41" t="s">
         <v>745</v>
       </c>
       <c r="E41" t="s">
-        <v>196</v>
+        <v>746</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="H41" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>529</v>
       </c>
       <c r="B42" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C42" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D42" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="E42" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H42" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>529</v>
       </c>
       <c r="B43" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C43" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D43" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="E43" t="s">
-        <v>756</v>
+        <v>206</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>757</v>
       </c>
       <c r="H43" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>529</v>
       </c>
       <c r="B44" t="s">
         <v>759</v>
       </c>
       <c r="C44" t="s">
         <v>760</v>
       </c>
       <c r="D44" t="s">
         <v>761</v>
       </c>
       <c r="E44" t="s">
-        <v>221</v>
+        <v>762</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="H44" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>529</v>
       </c>
       <c r="B45" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C45" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D45" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="E45" t="s">
-        <v>767</v>
+        <v>221</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>768</v>
       </c>
       <c r="H45" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>529</v>
       </c>
       <c r="B46" t="s">
         <v>770</v>
       </c>
       <c r="C46" t="s">
         <v>771</v>
       </c>
       <c r="D46" t="s">
         <v>772</v>
       </c>
       <c r="E46" t="s">
@@ -12640,103 +12689,103 @@
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>816</v>
       </c>
       <c r="H53" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>529</v>
       </c>
       <c r="B54" t="s">
         <v>818</v>
       </c>
       <c r="C54" t="s">
         <v>819</v>
       </c>
       <c r="D54" t="s">
         <v>820</v>
       </c>
       <c r="E54" t="s">
-        <v>236</v>
+        <v>821</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="H54" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>529</v>
       </c>
       <c r="B55" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C55" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D55" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E55" t="s">
         <v>236</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="H55" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>529</v>
       </c>
       <c r="B56" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C56" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="D56" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="E56" t="s">
-        <v>831</v>
+        <v>236</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>832</v>
       </c>
       <c r="H56" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>529</v>
       </c>
       <c r="B57" t="s">
         <v>834</v>
       </c>
       <c r="C57" t="s">
         <v>835</v>
       </c>
       <c r="D57" t="s">
         <v>836</v>
       </c>
       <c r="E57" t="s">
@@ -12790,74 +12839,74 @@
       </c>
       <c r="D59" t="s">
         <v>848</v>
       </c>
       <c r="E59" t="s">
         <v>849</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>850</v>
       </c>
       <c r="H59" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>529</v>
       </c>
       <c r="B60" t="s">
         <v>852</v>
       </c>
       <c r="C60" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D60" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E60" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="H60" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>529</v>
       </c>
       <c r="B61" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C61" t="s">
         <v>858</v>
       </c>
       <c r="D61" t="s">
         <v>859</v>
       </c>
       <c r="E61" t="s">
         <v>860</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>861</v>
       </c>
       <c r="H61" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>529</v>
       </c>
       <c r="B62" t="s">
@@ -12874,77 +12923,77 @@
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>867</v>
       </c>
       <c r="H62" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>529</v>
       </c>
       <c r="B63" t="s">
         <v>869</v>
       </c>
       <c r="C63" t="s">
         <v>870</v>
       </c>
       <c r="D63" t="s">
         <v>871</v>
       </c>
       <c r="E63" t="s">
-        <v>255</v>
+        <v>872</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H63" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>529</v>
       </c>
       <c r="B64" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C64" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D64" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="E64" t="s">
-        <v>877</v>
+        <v>255</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>878</v>
       </c>
       <c r="H64" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>529</v>
       </c>
       <c r="B65" t="s">
         <v>880</v>
       </c>
       <c r="C65" t="s">
         <v>881</v>
       </c>
       <c r="D65" t="s">
         <v>882</v>
       </c>
       <c r="E65" t="s">
@@ -12952,285 +13001,285 @@
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>884</v>
       </c>
       <c r="H65" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>529</v>
       </c>
       <c r="B66" t="s">
         <v>886</v>
       </c>
       <c r="C66" t="s">
         <v>887</v>
       </c>
       <c r="D66" t="s">
         <v>888</v>
       </c>
       <c r="E66" t="s">
-        <v>260</v>
+        <v>889</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="H66" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>529</v>
       </c>
       <c r="B67" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C67" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D67" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="E67" t="s">
-        <v>894</v>
+        <v>260</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>895</v>
       </c>
       <c r="H67" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>529</v>
       </c>
       <c r="B68" t="s">
         <v>897</v>
       </c>
       <c r="C68" t="s">
         <v>898</v>
       </c>
       <c r="D68" t="s">
         <v>899</v>
       </c>
       <c r="E68" t="s">
-        <v>270</v>
+        <v>900</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="H68" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>529</v>
       </c>
       <c r="B69" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C69" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D69" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="E69" t="s">
-        <v>905</v>
+        <v>270</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>906</v>
       </c>
       <c r="H69" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>529</v>
       </c>
       <c r="B70" t="s">
         <v>908</v>
       </c>
       <c r="C70" t="s">
         <v>909</v>
       </c>
       <c r="D70" t="s">
         <v>910</v>
       </c>
       <c r="E70" t="s">
-        <v>275</v>
+        <v>911</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="H70" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>529</v>
       </c>
       <c r="B71" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C71" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D71" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="E71" t="s">
-        <v>916</v>
+        <v>275</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>917</v>
       </c>
       <c r="H71" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>529</v>
       </c>
       <c r="B72" t="s">
         <v>919</v>
       </c>
       <c r="C72" t="s">
         <v>920</v>
       </c>
       <c r="D72" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="E72" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="H72" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>529</v>
       </c>
       <c r="B73" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C73" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D73" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="E73" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="H73" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>529</v>
       </c>
       <c r="B74" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="C74" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D74" t="s">
-        <v>931</v>
+        <v>921</v>
       </c>
       <c r="E74" t="s">
-        <v>280</v>
+        <v>932</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H74" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>529</v>
       </c>
       <c r="B75" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C75" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D75" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="E75" t="s">
-        <v>937</v>
+        <v>280</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>938</v>
       </c>
       <c r="H75" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>529</v>
       </c>
       <c r="B76" t="s">
         <v>940</v>
       </c>
       <c r="C76" t="s">
         <v>941</v>
       </c>
       <c r="D76" t="s">
         <v>942</v>
       </c>
       <c r="E76" t="s">
@@ -13261,77 +13310,77 @@
       </c>
       <c r="E77" t="s">
         <v>949</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>950</v>
       </c>
       <c r="H77" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>529</v>
       </c>
       <c r="B78" t="s">
         <v>952</v>
       </c>
       <c r="C78" t="s">
         <v>953</v>
       </c>
       <c r="D78" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="E78" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="H78" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>529</v>
       </c>
       <c r="B79" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C79" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D79" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="E79" t="s">
         <v>960</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
         <v>961</v>
       </c>
       <c r="H79" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>529</v>
       </c>
       <c r="B80" t="s">
         <v>963</v>
       </c>
       <c r="C80" t="s">
         <v>964</v>
       </c>
       <c r="D80" t="s">
@@ -13394,207 +13443,207 @@
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
         <v>979</v>
       </c>
       <c r="H82" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>529</v>
       </c>
       <c r="B83" t="s">
         <v>981</v>
       </c>
       <c r="C83" t="s">
         <v>982</v>
       </c>
       <c r="D83" t="s">
         <v>983</v>
       </c>
       <c r="E83" t="s">
-        <v>315</v>
+        <v>984</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="H83" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>529</v>
       </c>
       <c r="B84" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C84" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D84" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="E84" t="s">
-        <v>988</v>
+        <v>315</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="H84" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>529</v>
       </c>
       <c r="B85" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C85" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D85" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="E85" t="s">
-        <v>324</v>
+        <v>994</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="H85" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>529</v>
       </c>
       <c r="B86" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C86" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D86" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="E86" t="s">
-        <v>999</v>
+        <v>324</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
         <v>1000</v>
       </c>
       <c r="H86" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>529</v>
       </c>
       <c r="B87" t="s">
         <v>1002</v>
       </c>
       <c r="C87" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D87" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="E87" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="H87" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>529</v>
       </c>
       <c r="B88" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C88" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D88" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="E88" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="H88" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>529</v>
       </c>
       <c r="B89" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E89" t="s">
         <v>1010</v>
-      </c>
-[...7 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
         <v>1014</v>
       </c>
       <c r="H89" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>529</v>
       </c>
       <c r="B90" t="s">
         <v>1016</v>
       </c>
       <c r="C90" t="s">
         <v>1017</v>
       </c>
       <c r="D90" t="s">
         <v>1018</v>
       </c>
       <c r="E90" t="s">
@@ -13602,94 +13651,94 @@
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
         <v>1020</v>
       </c>
       <c r="H90" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>529</v>
       </c>
       <c r="B91" t="s">
         <v>1022</v>
       </c>
       <c r="C91" t="s">
         <v>1023</v>
       </c>
       <c r="D91" t="s">
         <v>1024</v>
       </c>
       <c r="E91" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="H91" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>529</v>
       </c>
       <c r="B92" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C92" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="D92" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="E92" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="H92" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>529</v>
       </c>
       <c r="B93" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C93" t="s">
         <v>1033</v>
       </c>
       <c r="D93" t="s">
         <v>1034</v>
       </c>
       <c r="E93" t="s">
         <v>1035</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
         <v>1036</v>
       </c>
       <c r="H93" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>529</v>
       </c>
       <c r="B94" t="s">
@@ -13703,132 +13752,132 @@
       </c>
       <c r="E94" t="s">
         <v>1041</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
         <v>1042</v>
       </c>
       <c r="H94" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>529</v>
       </c>
       <c r="B95" t="s">
         <v>1044</v>
       </c>
       <c r="C95" t="s">
         <v>1045</v>
       </c>
       <c r="D95" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="E95" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="H95" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>529</v>
       </c>
       <c r="B96" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C96" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D96" t="s">
-        <v>1051</v>
+        <v>1046</v>
       </c>
       <c r="E96" t="s">
         <v>1052</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
         <v>1053</v>
       </c>
       <c r="H96" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>529</v>
       </c>
       <c r="B97" t="s">
         <v>1055</v>
       </c>
       <c r="C97" t="s">
         <v>1056</v>
       </c>
       <c r="D97" t="s">
         <v>1057</v>
       </c>
       <c r="E97" t="s">
-        <v>377</v>
+        <v>1058</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="H97" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>529</v>
       </c>
       <c r="B98" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C98" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="D98" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="E98" t="s">
-        <v>1063</v>
+        <v>377</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
         <v>1064</v>
       </c>
       <c r="H98" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>529</v>
       </c>
       <c r="B99" t="s">
         <v>1066</v>
       </c>
       <c r="C99" t="s">
         <v>1067</v>
       </c>
       <c r="D99" t="s">
         <v>1068</v>
       </c>
       <c r="E99" t="s">
@@ -13911,77 +13960,77 @@
       </c>
       <c r="E102" t="s">
         <v>1087</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
         <v>1088</v>
       </c>
       <c r="H102" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>529</v>
       </c>
       <c r="B103" t="s">
         <v>1090</v>
       </c>
       <c r="C103" t="s">
         <v>1091</v>
       </c>
       <c r="D103" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="E103" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="H103" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>529</v>
       </c>
       <c r="B104" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="C104" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="D104" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="E104" t="s">
         <v>1098</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
         <v>1099</v>
       </c>
       <c r="H104" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>529</v>
       </c>
       <c r="B105" t="s">
         <v>1101</v>
       </c>
       <c r="C105" t="s">
         <v>1102</v>
       </c>
       <c r="D105" t="s">
@@ -14093,103 +14142,103 @@
       </c>
       <c r="E109" t="s">
         <v>1128</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
         <v>1129</v>
       </c>
       <c r="H109" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>529</v>
       </c>
       <c r="B110" t="s">
         <v>1131</v>
       </c>
       <c r="C110" t="s">
         <v>1132</v>
       </c>
       <c r="D110" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="E110" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="H110" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>529</v>
       </c>
       <c r="B111" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C111" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D111" t="s">
-        <v>1121</v>
+        <v>1133</v>
       </c>
       <c r="E111" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="H111" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>529</v>
       </c>
       <c r="B112" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C112" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D112" t="s">
-        <v>1143</v>
+        <v>1127</v>
       </c>
       <c r="E112" t="s">
         <v>1144</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
         <v>1145</v>
       </c>
       <c r="H112" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>529</v>
       </c>
       <c r="B113" t="s">
         <v>1147</v>
       </c>
       <c r="C113" t="s">
         <v>1148</v>
       </c>
       <c r="D113" t="s">
@@ -14249,106 +14298,106 @@
       </c>
       <c r="E115" t="s">
         <v>1162</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
         <v>1163</v>
       </c>
       <c r="H115" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>529</v>
       </c>
       <c r="B116" t="s">
         <v>1165</v>
       </c>
       <c r="C116" t="s">
         <v>1166</v>
       </c>
       <c r="D116" t="s">
-        <v>1062</v>
+        <v>1167</v>
       </c>
       <c r="E116" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="H116" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>529</v>
       </c>
       <c r="B117" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C117" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="D117" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="E117" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="H117" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>529</v>
       </c>
       <c r="B118" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="C118" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="D118" t="s">
-        <v>1176</v>
+        <v>1068</v>
       </c>
       <c r="E118" t="s">
-        <v>1177</v>
+        <v>1173</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
         <v>1178</v>
       </c>
       <c r="H118" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>529</v>
       </c>
       <c r="B119" t="s">
         <v>1180</v>
       </c>
       <c r="C119" t="s">
         <v>1181</v>
       </c>
       <c r="D119" t="s">
         <v>1182</v>
       </c>
       <c r="E119" t="s">
@@ -14356,7033 +14405,7175 @@
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
         <v>1184</v>
       </c>
       <c r="H119" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>529</v>
       </c>
       <c r="B120" t="s">
         <v>1186</v>
       </c>
       <c r="C120" t="s">
         <v>1187</v>
       </c>
       <c r="D120" t="s">
         <v>1188</v>
       </c>
       <c r="E120" t="s">
-        <v>481</v>
+        <v>1189</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="H120" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>529</v>
       </c>
       <c r="B121" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="C121" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="D121" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="E121" t="s">
-        <v>1194</v>
+        <v>481</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
         <v>1195</v>
       </c>
       <c r="H121" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>529</v>
       </c>
       <c r="B122" t="s">
         <v>1197</v>
       </c>
       <c r="C122" t="s">
         <v>1198</v>
       </c>
       <c r="D122" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="E122" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="H122" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>529</v>
       </c>
       <c r="B123" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C123" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D123" t="s">
-        <v>1204</v>
+        <v>1199</v>
       </c>
       <c r="E123" t="s">
         <v>1205</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
         <v>1206</v>
       </c>
       <c r="H123" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>529</v>
       </c>
       <c r="B124" t="s">
         <v>1208</v>
       </c>
       <c r="C124" t="s">
-        <v>1192</v>
+        <v>1209</v>
       </c>
       <c r="D124" t="s">
-        <v>1204</v>
+        <v>1210</v>
       </c>
       <c r="E124" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="H124" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>529</v>
       </c>
       <c r="B125" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="C125" t="s">
-        <v>1213</v>
+        <v>1198</v>
       </c>
       <c r="D125" t="s">
-        <v>1214</v>
+        <v>1210</v>
       </c>
       <c r="E125" t="s">
         <v>1215</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
         <v>1216</v>
       </c>
       <c r="H125" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>529</v>
       </c>
       <c r="B126" t="s">
         <v>1218</v>
       </c>
       <c r="C126" t="s">
         <v>1219</v>
       </c>
       <c r="D126" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="E126" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="H126" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>529</v>
       </c>
       <c r="B127" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="C127" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="D127" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="E127" t="s">
-        <v>1215</v>
+        <v>1221</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="H127" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>529</v>
       </c>
       <c r="B128" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="C128" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="D128" t="s">
-        <v>1228</v>
+        <v>1220</v>
       </c>
       <c r="E128" t="s">
-        <v>1229</v>
+        <v>1221</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
         <v>1230</v>
       </c>
       <c r="H128" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>529</v>
       </c>
       <c r="B129" t="s">
         <v>1232</v>
       </c>
       <c r="C129" t="s">
         <v>1233</v>
       </c>
       <c r="D129" t="s">
         <v>1234</v>
       </c>
       <c r="E129" t="s">
         <v>1235</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
         <v>1236</v>
       </c>
       <c r="H129" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>529</v>
       </c>
       <c r="B130" t="s">
         <v>1238</v>
       </c>
       <c r="C130" t="s">
         <v>1239</v>
       </c>
       <c r="D130" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="E130" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="H130" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>529</v>
       </c>
       <c r="B131" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C131" t="s">
-        <v>549</v>
+        <v>1245</v>
       </c>
       <c r="D131" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
       <c r="E131" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="H131" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>529</v>
       </c>
       <c r="B132" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C132" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="D132" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="E132" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="H132" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>529</v>
       </c>
       <c r="B133" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C133" t="s">
-        <v>1252</v>
+        <v>555</v>
       </c>
       <c r="D133" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="E133" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" t="s">
         <v>1255</v>
       </c>
       <c r="H133" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>529</v>
       </c>
       <c r="B134" t="s">
         <v>1257</v>
       </c>
       <c r="C134" t="s">
-        <v>1203</v>
+        <v>1258</v>
       </c>
       <c r="D134" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="E134" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="H134" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>529</v>
       </c>
       <c r="B135" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D135" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E135" t="s">
         <v>1260</v>
       </c>
-      <c r="C135" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="H135" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>529</v>
       </c>
       <c r="B136" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="C136" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="D136" t="s">
-        <v>1266</v>
+        <v>1259</v>
       </c>
       <c r="E136" t="s">
-        <v>1267</v>
+        <v>1260</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
         <v>1268</v>
       </c>
       <c r="H136" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>529</v>
       </c>
       <c r="B137" t="s">
         <v>1270</v>
       </c>
       <c r="C137" t="s">
         <v>1271</v>
       </c>
       <c r="D137" t="s">
-        <v>1266</v>
+        <v>1272</v>
       </c>
       <c r="E137" t="s">
-        <v>1267</v>
+        <v>1273</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>529</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D138" t="s">
         <v>1272</v>
       </c>
-      <c r="H137" t="s">
+      <c r="E138" t="s">
         <v>1273</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1279</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="B2" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="C2" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="D2" t="s">
-        <v>1277</v>
+        <v>1283</v>
       </c>
       <c r="E2" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="H2" t="s">
-        <v>1280</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="B3" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
       <c r="C3" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="H3" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="B4" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="C4" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="D4" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="E4" t="s">
         <v>436</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="H4" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H101"/>
+  <dimension ref="A1:H104"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B2" t="s">
-        <v>1292</v>
+        <v>1298</v>
       </c>
       <c r="C2" t="s">
-        <v>1293</v>
+        <v>1299</v>
       </c>
       <c r="D2" t="s">
-        <v>1294</v>
+        <v>1300</v>
       </c>
       <c r="E2" t="s">
-        <v>533</v>
+        <v>1301</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="H2" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B3" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="C3" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="D3" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="E3" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="H3" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B4" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="C4" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="D4" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="E4" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="H4" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B5" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="C5" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="D5" t="s">
-        <v>1305</v>
+        <v>1317</v>
       </c>
       <c r="E5" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="H5" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B6" t="s">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="C6" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>1323</v>
       </c>
       <c r="E6" t="s">
-        <v>1316</v>
+        <v>1324</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1317</v>
+        <v>1325</v>
       </c>
       <c r="H6" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B7" t="s">
-        <v>1319</v>
+        <v>1327</v>
       </c>
       <c r="C7" t="s">
-        <v>1320</v>
+        <v>1328</v>
       </c>
       <c r="D7" t="s">
-        <v>1321</v>
+        <v>1329</v>
       </c>
       <c r="E7" t="s">
-        <v>74</v>
+        <v>1330</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1322</v>
+        <v>1331</v>
       </c>
       <c r="H7" t="s">
-        <v>1323</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B8" t="s">
-        <v>1324</v>
+        <v>1333</v>
       </c>
       <c r="C8" t="s">
-        <v>1325</v>
+        <v>1334</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>1329</v>
       </c>
       <c r="E8" t="s">
-        <v>79</v>
+        <v>1335</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1326</v>
+        <v>1336</v>
       </c>
       <c r="H8" t="s">
-        <v>1327</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B9" t="s">
-        <v>1328</v>
+        <v>1338</v>
       </c>
       <c r="C9" t="s">
-        <v>1329</v>
+        <v>1339</v>
       </c>
       <c r="D9" t="s">
-        <v>1330</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>88</v>
+        <v>1340</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1331</v>
+        <v>1341</v>
       </c>
       <c r="H9" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B10" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="C10" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>1345</v>
       </c>
       <c r="E10" t="s">
-        <v>1335</v>
+        <v>74</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1336</v>
+        <v>1346</v>
       </c>
       <c r="H10" t="s">
-        <v>1337</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B11" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="C11" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="D11" t="s">
-        <v>1340</v>
+        <v>61</v>
       </c>
       <c r="E11" t="s">
-        <v>1341</v>
+        <v>79</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1342</v>
+        <v>1350</v>
       </c>
       <c r="H11" t="s">
-        <v>1343</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B12" t="s">
-        <v>1344</v>
+        <v>1352</v>
       </c>
       <c r="C12" t="s">
-        <v>1345</v>
+        <v>1353</v>
       </c>
       <c r="D12" t="s">
-        <v>1346</v>
+        <v>1354</v>
       </c>
       <c r="E12" t="s">
-        <v>1347</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="H12" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B13" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="C13" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="D13" t="s">
-        <v>1352</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="H13" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B14" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="C14" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="D14" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="E14" t="s">
-        <v>629</v>
+        <v>1365</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
       <c r="H14" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B15" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="C15" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="D15" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="E15" t="s">
-        <v>629</v>
+        <v>1371</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1363</v>
+        <v>1372</v>
       </c>
       <c r="H15" t="s">
-        <v>1364</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B16" t="s">
-        <v>1365</v>
+        <v>1374</v>
       </c>
       <c r="C16" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="D16" t="s">
-        <v>1358</v>
+        <v>1376</v>
       </c>
       <c r="E16" t="s">
-        <v>629</v>
+        <v>1377</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1367</v>
+        <v>1378</v>
       </c>
       <c r="H16" t="s">
-        <v>1368</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B17" t="s">
-        <v>1369</v>
+        <v>1380</v>
       </c>
       <c r="C17" t="s">
-        <v>1370</v>
+        <v>1381</v>
       </c>
       <c r="D17" t="s">
-        <v>1358</v>
+        <v>1382</v>
       </c>
       <c r="E17" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="H17" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B18" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="C18" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="D18" t="s">
-        <v>1375</v>
+        <v>1382</v>
       </c>
       <c r="E18" t="s">
-        <v>93</v>
+        <v>635</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1376</v>
+        <v>1387</v>
       </c>
       <c r="H18" t="s">
-        <v>1377</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B19" t="s">
-        <v>1378</v>
+        <v>1389</v>
       </c>
       <c r="C19" t="s">
-        <v>1379</v>
+        <v>1390</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>1382</v>
       </c>
       <c r="E19" t="s">
-        <v>1380</v>
+        <v>635</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="H19" t="s">
-        <v>1382</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B20" t="s">
-        <v>1383</v>
+        <v>1393</v>
       </c>
       <c r="C20" t="s">
-        <v>1384</v>
+        <v>1394</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>1382</v>
       </c>
       <c r="E20" t="s">
-        <v>658</v>
+        <v>635</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1385</v>
+        <v>1395</v>
       </c>
       <c r="H20" t="s">
-        <v>1386</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B21" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
       <c r="C21" t="s">
-        <v>1388</v>
+        <v>1398</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>1399</v>
       </c>
       <c r="E21" t="s">
-        <v>1389</v>
+        <v>93</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1390</v>
+        <v>1400</v>
       </c>
       <c r="H21" t="s">
-        <v>1391</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B22" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="C22" t="s">
-        <v>1393</v>
+        <v>1403</v>
       </c>
       <c r="D22" t="s">
-        <v>1394</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>1395</v>
+        <v>1404</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1396</v>
+        <v>1405</v>
       </c>
       <c r="H22" t="s">
-        <v>1397</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B23" t="s">
-        <v>1398</v>
+        <v>1407</v>
       </c>
       <c r="C23" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="D23" t="s">
-        <v>1400</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>1401</v>
+        <v>664</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="H23" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B24" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="C24" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="D24" t="s">
-        <v>1406</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
       <c r="H24" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B25" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="C25" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="D25" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
       <c r="E25" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
       <c r="H25" t="s">
-        <v>1415</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B26" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
       <c r="C26" t="s">
-        <v>1417</v>
+        <v>1423</v>
       </c>
       <c r="D26" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="E26" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="H26" t="s">
-        <v>1420</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B27" t="s">
-        <v>1421</v>
+        <v>1428</v>
       </c>
       <c r="C27" t="s">
-        <v>1422</v>
+        <v>1429</v>
       </c>
       <c r="D27" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="E27" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1425</v>
+        <v>1432</v>
       </c>
       <c r="H27" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B28" t="s">
-        <v>1427</v>
+        <v>1434</v>
       </c>
       <c r="C28" t="s">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="D28" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="E28" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="H28" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B29" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="C29" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="D29" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="E29" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="H29" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B30" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="C30" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="D30" t="s">
-        <v>1429</v>
+        <v>1447</v>
       </c>
       <c r="E30" t="s">
-        <v>136</v>
+        <v>1448</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1440</v>
+        <v>1449</v>
       </c>
       <c r="H30" t="s">
-        <v>1441</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B31" t="s">
-        <v>1442</v>
+        <v>1451</v>
       </c>
       <c r="C31" t="s">
-        <v>1443</v>
+        <v>1452</v>
       </c>
       <c r="D31" t="s">
-        <v>1444</v>
+        <v>1453</v>
       </c>
       <c r="E31" t="s">
-        <v>1445</v>
+        <v>1454</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1446</v>
+        <v>1455</v>
       </c>
       <c r="H31" t="s">
-        <v>1447</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B32" t="s">
-        <v>1448</v>
+        <v>1457</v>
       </c>
       <c r="C32" t="s">
-        <v>1449</v>
+        <v>1458</v>
       </c>
       <c r="D32" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="E32" t="s">
-        <v>1451</v>
+        <v>1459</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1452</v>
+        <v>1460</v>
       </c>
       <c r="H32" t="s">
-        <v>1453</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B33" t="s">
-        <v>1454</v>
+        <v>1462</v>
       </c>
       <c r="C33" t="s">
-        <v>1455</v>
+        <v>1463</v>
       </c>
       <c r="D33" t="s">
-        <v>1456</v>
+        <v>1453</v>
       </c>
       <c r="E33" t="s">
-        <v>1457</v>
+        <v>136</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1458</v>
+        <v>1464</v>
       </c>
       <c r="H33" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B34" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="C34" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="D34" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="E34" t="s">
-        <v>1463</v>
+        <v>1469</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1464</v>
+        <v>1470</v>
       </c>
       <c r="H34" t="s">
-        <v>1465</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B35" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
       <c r="C35" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="D35" t="s">
-        <v>1468</v>
+        <v>1474</v>
       </c>
       <c r="E35" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1470</v>
+        <v>1476</v>
       </c>
       <c r="H35" t="s">
-        <v>1471</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B36" t="s">
-        <v>1472</v>
+        <v>1478</v>
       </c>
       <c r="C36" t="s">
-        <v>1473</v>
+        <v>1479</v>
       </c>
       <c r="D36" t="s">
-        <v>1474</v>
+        <v>1480</v>
       </c>
       <c r="E36" t="s">
-        <v>161</v>
+        <v>1481</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1475</v>
+        <v>1482</v>
       </c>
       <c r="H36" t="s">
-        <v>1476</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B37" t="s">
-        <v>1477</v>
+        <v>1484</v>
       </c>
       <c r="C37" t="s">
-        <v>1478</v>
+        <v>1485</v>
       </c>
       <c r="D37" t="s">
-        <v>1474</v>
+        <v>1486</v>
       </c>
       <c r="E37" t="s">
-        <v>161</v>
+        <v>1487</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1479</v>
+        <v>1488</v>
       </c>
       <c r="H37" t="s">
-        <v>1480</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B38" t="s">
-        <v>1481</v>
+        <v>1490</v>
       </c>
       <c r="C38" t="s">
-        <v>1482</v>
+        <v>1491</v>
       </c>
       <c r="D38" t="s">
-        <v>1483</v>
+        <v>1492</v>
       </c>
       <c r="E38" t="s">
-        <v>1484</v>
+        <v>1493</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1485</v>
+        <v>1494</v>
       </c>
       <c r="H38" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B39" t="s">
-        <v>1487</v>
+        <v>1496</v>
       </c>
       <c r="C39" t="s">
-        <v>1488</v>
+        <v>1497</v>
       </c>
       <c r="D39" t="s">
-        <v>1489</v>
+        <v>1498</v>
       </c>
       <c r="E39" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1490</v>
+        <v>1499</v>
       </c>
       <c r="H39" t="s">
-        <v>1491</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B40" t="s">
-        <v>1492</v>
+        <v>1501</v>
       </c>
       <c r="C40" t="s">
-        <v>1493</v>
+        <v>1502</v>
       </c>
       <c r="D40" t="s">
-        <v>1489</v>
+        <v>1498</v>
       </c>
       <c r="E40" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1494</v>
+        <v>1503</v>
       </c>
       <c r="H40" t="s">
-        <v>1495</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B41" t="s">
-        <v>1496</v>
+        <v>1505</v>
       </c>
       <c r="C41" t="s">
-        <v>1497</v>
+        <v>1506</v>
       </c>
       <c r="D41" t="s">
-        <v>1489</v>
+        <v>1507</v>
       </c>
       <c r="E41" t="s">
-        <v>166</v>
+        <v>1508</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1498</v>
+        <v>1509</v>
       </c>
       <c r="H41" t="s">
-        <v>1499</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B42" t="s">
-        <v>1500</v>
+        <v>1511</v>
       </c>
       <c r="C42" t="s">
-        <v>1501</v>
+        <v>1512</v>
       </c>
       <c r="D42" t="s">
-        <v>1502</v>
+        <v>1513</v>
       </c>
       <c r="E42" t="s">
-        <v>710</v>
+        <v>166</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1503</v>
+        <v>1514</v>
       </c>
       <c r="H42" t="s">
-        <v>1504</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B43" t="s">
-        <v>1505</v>
+        <v>1516</v>
       </c>
       <c r="C43" t="s">
-        <v>1506</v>
+        <v>1517</v>
       </c>
       <c r="D43" t="s">
-        <v>1483</v>
+        <v>1513</v>
       </c>
       <c r="E43" t="s">
-        <v>721</v>
+        <v>166</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1507</v>
+        <v>1518</v>
       </c>
       <c r="H43" t="s">
-        <v>1508</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B44" t="s">
-        <v>1509</v>
+        <v>1520</v>
       </c>
       <c r="C44" t="s">
-        <v>1510</v>
+        <v>1521</v>
       </c>
       <c r="D44" t="s">
-        <v>1483</v>
+        <v>1513</v>
       </c>
       <c r="E44" t="s">
-        <v>721</v>
+        <v>166</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1511</v>
+        <v>1522</v>
       </c>
       <c r="H44" t="s">
-        <v>1512</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B45" t="s">
-        <v>1513</v>
+        <v>1524</v>
       </c>
       <c r="C45" t="s">
-        <v>1514</v>
+        <v>1525</v>
       </c>
       <c r="D45" t="s">
-        <v>1515</v>
+        <v>1526</v>
       </c>
       <c r="E45" t="s">
-        <v>1516</v>
+        <v>716</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1517</v>
+        <v>1527</v>
       </c>
       <c r="H45" t="s">
-        <v>1518</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B46" t="s">
-        <v>1519</v>
+        <v>1529</v>
       </c>
       <c r="C46" t="s">
-        <v>1520</v>
+        <v>1530</v>
       </c>
       <c r="D46" t="s">
-        <v>1515</v>
+        <v>1507</v>
       </c>
       <c r="E46" t="s">
-        <v>211</v>
+        <v>727</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1521</v>
+        <v>1531</v>
       </c>
       <c r="H46" t="s">
-        <v>1522</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B47" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C47" t="s">
-        <v>1524</v>
+        <v>1534</v>
       </c>
       <c r="D47" t="s">
-        <v>1515</v>
+        <v>1507</v>
       </c>
       <c r="E47" t="s">
-        <v>211</v>
+        <v>727</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1525</v>
+        <v>1535</v>
       </c>
       <c r="H47" t="s">
-        <v>1526</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B48" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="C48" t="s">
-        <v>1528</v>
+        <v>1538</v>
       </c>
       <c r="D48" t="s">
-        <v>1529</v>
+        <v>1539</v>
       </c>
       <c r="E48" t="s">
-        <v>767</v>
+        <v>1540</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1530</v>
+        <v>1541</v>
       </c>
       <c r="H48" t="s">
-        <v>1531</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B49" t="s">
-        <v>1532</v>
+        <v>1543</v>
       </c>
       <c r="C49" t="s">
-        <v>1533</v>
+        <v>1544</v>
       </c>
       <c r="D49" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="E49" t="s">
-        <v>1535</v>
+        <v>211</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1536</v>
+        <v>1545</v>
       </c>
       <c r="H49" t="s">
-        <v>1537</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B50" t="s">
-        <v>1538</v>
+        <v>1547</v>
       </c>
       <c r="C50" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D50" t="s">
         <v>1539</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" t="s">
-        <v>1541</v>
+        <v>211</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1542</v>
+        <v>1549</v>
       </c>
       <c r="H50" t="s">
-        <v>1543</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B51" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
       <c r="C51" t="s">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="D51" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="E51" t="s">
-        <v>894</v>
+        <v>773</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="H51" t="s">
-        <v>1548</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B52" t="s">
-        <v>1549</v>
+        <v>1556</v>
       </c>
       <c r="C52" t="s">
-        <v>1550</v>
+        <v>1557</v>
       </c>
       <c r="D52" t="s">
-        <v>1551</v>
+        <v>1558</v>
       </c>
       <c r="E52" t="s">
-        <v>905</v>
+        <v>1559</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1552</v>
+        <v>1560</v>
       </c>
       <c r="H52" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B53" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="C53" t="s">
-        <v>1555</v>
+        <v>1563</v>
       </c>
       <c r="D53" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
       <c r="E53" t="s">
-        <v>1557</v>
+        <v>1565</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1558</v>
+        <v>1566</v>
       </c>
       <c r="H53" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B54" t="s">
-        <v>1560</v>
+        <v>1568</v>
       </c>
       <c r="C54" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="D54" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="E54" t="s">
-        <v>280</v>
+        <v>900</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
       <c r="H54" t="s">
-        <v>1564</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B55" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
       <c r="C55" t="s">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="D55" t="s">
-        <v>1567</v>
+        <v>1575</v>
       </c>
       <c r="E55" t="s">
-        <v>949</v>
+        <v>911</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1568</v>
+        <v>1576</v>
       </c>
       <c r="H55" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B56" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="C56" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="D56" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="E56" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="H56" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B57" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="C57" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
       <c r="D57" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="E57" t="s">
-        <v>333</v>
+        <v>280</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="H57" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B58" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="C58" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="D58" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="E58" t="s">
-        <v>338</v>
+        <v>955</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="H58" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B59" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="C59" t="s">
-        <v>337</v>
+        <v>1595</v>
       </c>
       <c r="D59" t="s">
-        <v>1583</v>
+        <v>1596</v>
       </c>
       <c r="E59" t="s">
-        <v>338</v>
+        <v>1597</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1587</v>
+        <v>1598</v>
       </c>
       <c r="H59" t="s">
-        <v>1588</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B60" t="s">
-        <v>1589</v>
+        <v>1600</v>
       </c>
       <c r="C60" t="s">
-        <v>1590</v>
+        <v>1601</v>
       </c>
       <c r="D60" t="s">
-        <v>1591</v>
+        <v>1602</v>
       </c>
       <c r="E60" t="s">
-        <v>407</v>
+        <v>333</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1592</v>
+        <v>1603</v>
       </c>
       <c r="H60" t="s">
-        <v>1593</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B61" t="s">
-        <v>1594</v>
+        <v>1605</v>
       </c>
       <c r="C61" t="s">
-        <v>1595</v>
+        <v>1606</v>
       </c>
       <c r="D61" t="s">
-        <v>1596</v>
+        <v>1607</v>
       </c>
       <c r="E61" t="s">
-        <v>1597</v>
+        <v>338</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1598</v>
+        <v>1608</v>
       </c>
       <c r="H61" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B62" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="C62" t="s">
-        <v>1601</v>
+        <v>337</v>
       </c>
       <c r="D62" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="E62" t="s">
-        <v>1603</v>
+        <v>338</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1604</v>
+        <v>1611</v>
       </c>
       <c r="H62" t="s">
-        <v>1605</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B63" t="s">
-        <v>1606</v>
+        <v>1613</v>
       </c>
       <c r="C63" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="D63" t="s">
-        <v>1602</v>
+        <v>1615</v>
       </c>
       <c r="E63" t="s">
-        <v>1608</v>
+        <v>407</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="H63" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B64" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="C64" t="s">
-        <v>1612</v>
+        <v>1619</v>
       </c>
       <c r="D64" t="s">
-        <v>1613</v>
+        <v>1620</v>
       </c>
       <c r="E64" t="s">
-        <v>1614</v>
+        <v>1621</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1615</v>
+        <v>1622</v>
       </c>
       <c r="H64" t="s">
-        <v>1616</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B65" t="s">
-        <v>1617</v>
+        <v>1624</v>
       </c>
       <c r="C65" t="s">
-        <v>1618</v>
+        <v>1625</v>
       </c>
       <c r="D65" t="s">
-        <v>1619</v>
+        <v>1626</v>
       </c>
       <c r="E65" t="s">
-        <v>1620</v>
+        <v>1627</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1621</v>
+        <v>1628</v>
       </c>
       <c r="H65" t="s">
-        <v>1622</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B66" t="s">
-        <v>1623</v>
+        <v>1630</v>
       </c>
       <c r="C66" t="s">
-        <v>1624</v>
+        <v>1631</v>
       </c>
       <c r="D66" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="E66" t="s">
-        <v>397</v>
+        <v>1632</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1626</v>
+        <v>1633</v>
       </c>
       <c r="H66" t="s">
-        <v>1627</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B67" t="s">
-        <v>1628</v>
+        <v>1635</v>
       </c>
       <c r="C67" t="s">
-        <v>1629</v>
+        <v>1636</v>
       </c>
       <c r="D67" t="s">
-        <v>1097</v>
+        <v>1637</v>
       </c>
       <c r="E67" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
       <c r="H67" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B68" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="C68" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="D68" t="s">
-        <v>1097</v>
+        <v>1643</v>
       </c>
       <c r="E68" t="s">
-        <v>402</v>
+        <v>1644</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1635</v>
+        <v>1645</v>
       </c>
       <c r="H68" t="s">
-        <v>1636</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B69" t="s">
-        <v>1637</v>
+        <v>1647</v>
       </c>
       <c r="C69" t="s">
-        <v>1638</v>
+        <v>1648</v>
       </c>
       <c r="D69" t="s">
-        <v>1639</v>
+        <v>1649</v>
       </c>
       <c r="E69" t="s">
-        <v>1640</v>
+        <v>397</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1641</v>
+        <v>1650</v>
       </c>
       <c r="H69" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B70" t="s">
-        <v>1643</v>
+        <v>1652</v>
       </c>
       <c r="C70" t="s">
-        <v>1644</v>
+        <v>1653</v>
       </c>
       <c r="D70" t="s">
-        <v>1645</v>
+        <v>1103</v>
       </c>
       <c r="E70" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
       <c r="H70" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B71" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="C71" t="s">
-        <v>1650</v>
+        <v>1658</v>
       </c>
       <c r="D71" t="s">
-        <v>1651</v>
+        <v>1103</v>
       </c>
       <c r="E71" t="s">
-        <v>1652</v>
+        <v>402</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="H71" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B72" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="C72" t="s">
-        <v>416</v>
+        <v>1662</v>
       </c>
       <c r="D72" t="s">
-        <v>1656</v>
+        <v>1663</v>
       </c>
       <c r="E72" t="s">
-        <v>1657</v>
+        <v>1664</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1658</v>
+        <v>1665</v>
       </c>
       <c r="H72" t="s">
-        <v>1659</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B73" t="s">
-        <v>1660</v>
+        <v>1667</v>
       </c>
       <c r="C73" t="s">
-        <v>1661</v>
+        <v>1668</v>
       </c>
       <c r="D73" t="s">
-        <v>1662</v>
+        <v>1669</v>
       </c>
       <c r="E73" t="s">
-        <v>1663</v>
+        <v>1670</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1664</v>
+        <v>1671</v>
       </c>
       <c r="H73" t="s">
-        <v>1665</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B74" t="s">
-        <v>1666</v>
+        <v>1673</v>
       </c>
       <c r="C74" t="s">
-        <v>1667</v>
+        <v>1674</v>
       </c>
       <c r="D74" t="s">
-        <v>1668</v>
+        <v>1675</v>
       </c>
       <c r="E74" t="s">
-        <v>1669</v>
+        <v>1676</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
       <c r="H74" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B75" t="s">
-        <v>1672</v>
+        <v>1679</v>
       </c>
       <c r="C75" t="s">
-        <v>1673</v>
+        <v>416</v>
       </c>
       <c r="D75" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="E75" t="s">
-        <v>451</v>
+        <v>1681</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1675</v>
+        <v>1682</v>
       </c>
       <c r="H75" t="s">
-        <v>1676</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B76" t="s">
-        <v>1677</v>
+        <v>1684</v>
       </c>
       <c r="C76" t="s">
-        <v>1678</v>
+        <v>1685</v>
       </c>
       <c r="D76" t="s">
-        <v>1674</v>
+        <v>1686</v>
       </c>
       <c r="E76" t="s">
-        <v>451</v>
+        <v>1687</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>1679</v>
+        <v>1688</v>
       </c>
       <c r="H76" t="s">
-        <v>1680</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B77" t="s">
-        <v>1681</v>
+        <v>1690</v>
       </c>
       <c r="C77" t="s">
-        <v>1682</v>
+        <v>1691</v>
       </c>
       <c r="D77" t="s">
-        <v>1683</v>
+        <v>1692</v>
       </c>
       <c r="E77" t="s">
-        <v>1684</v>
+        <v>1693</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>1685</v>
+        <v>1694</v>
       </c>
       <c r="H77" t="s">
-        <v>1686</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B78" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="C78" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
       <c r="D78" t="s">
-        <v>1683</v>
+        <v>1698</v>
       </c>
       <c r="E78" t="s">
-        <v>1689</v>
+        <v>451</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="H78" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B79" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="C79" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
       <c r="D79" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="E79" t="s">
-        <v>1695</v>
+        <v>451</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="H79" t="s">
-        <v>1697</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B80" t="s">
-        <v>1698</v>
+        <v>1705</v>
       </c>
       <c r="C80" t="s">
-        <v>1699</v>
+        <v>1706</v>
       </c>
       <c r="D80" t="s">
-        <v>1700</v>
+        <v>1707</v>
       </c>
       <c r="E80" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>1702</v>
+        <v>1709</v>
       </c>
       <c r="H80" t="s">
-        <v>1703</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B81" t="s">
-        <v>1704</v>
+        <v>1711</v>
       </c>
       <c r="C81" t="s">
-        <v>1705</v>
+        <v>1712</v>
       </c>
       <c r="D81" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="E81" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>1708</v>
+        <v>1714</v>
       </c>
       <c r="H81" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B82" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="C82" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="D82" t="s">
-        <v>1706</v>
+        <v>1718</v>
       </c>
       <c r="E82" t="s">
-        <v>481</v>
+        <v>1719</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="H82" t="s">
-        <v>1713</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B83" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="C83" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="D83" t="s">
-        <v>1716</v>
+        <v>1724</v>
       </c>
       <c r="E83" t="s">
-        <v>1194</v>
+        <v>1725</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>1717</v>
+        <v>1726</v>
       </c>
       <c r="H83" t="s">
-        <v>1718</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B84" t="s">
-        <v>1719</v>
+        <v>1728</v>
       </c>
       <c r="C84" t="s">
-        <v>1720</v>
+        <v>1729</v>
       </c>
       <c r="D84" t="s">
-        <v>1721</v>
+        <v>1730</v>
       </c>
       <c r="E84" t="s">
-        <v>1722</v>
+        <v>1731</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>1723</v>
+        <v>1732</v>
       </c>
       <c r="H84" t="s">
-        <v>1724</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B85" t="s">
-        <v>1725</v>
+        <v>1734</v>
       </c>
       <c r="C85" t="s">
-        <v>1726</v>
+        <v>1735</v>
       </c>
       <c r="D85" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="E85" t="s">
-        <v>1728</v>
+        <v>481</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>1729</v>
+        <v>1736</v>
       </c>
       <c r="H85" t="s">
-        <v>1730</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B86" t="s">
-        <v>1731</v>
+        <v>1738</v>
       </c>
       <c r="C86" t="s">
-        <v>1732</v>
+        <v>1739</v>
       </c>
       <c r="D86" t="s">
-        <v>1733</v>
+        <v>1740</v>
       </c>
       <c r="E86" t="s">
-        <v>1734</v>
+        <v>1200</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>1735</v>
+        <v>1741</v>
       </c>
       <c r="H86" t="s">
-        <v>1736</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B87" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
       <c r="C87" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
       <c r="D87" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="E87" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
       <c r="H87" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B88" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="C88" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="D88" t="s">
-        <v>1739</v>
+        <v>1751</v>
       </c>
       <c r="E88" t="s">
-        <v>1745</v>
+        <v>1752</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>1746</v>
+        <v>1753</v>
       </c>
       <c r="H88" t="s">
-        <v>1747</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B89" t="s">
-        <v>1748</v>
+        <v>1755</v>
       </c>
       <c r="C89" t="s">
-        <v>1749</v>
+        <v>1756</v>
       </c>
       <c r="D89" t="s">
-        <v>1750</v>
+        <v>1757</v>
       </c>
       <c r="E89" t="s">
-        <v>1751</v>
+        <v>1758</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="H89" t="s">
-        <v>1753</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B90" t="s">
-        <v>1754</v>
+        <v>1761</v>
       </c>
       <c r="C90" t="s">
-        <v>1755</v>
+        <v>1762</v>
       </c>
       <c r="D90" t="s">
-        <v>1756</v>
+        <v>1763</v>
       </c>
       <c r="E90" t="s">
-        <v>1244</v>
+        <v>1764</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="H90" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B91" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
       <c r="C91" t="s">
-        <v>1760</v>
+        <v>1768</v>
       </c>
       <c r="D91" t="s">
-        <v>13</v>
+        <v>1763</v>
       </c>
       <c r="E91" t="s">
-        <v>1244</v>
+        <v>1769</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>1761</v>
+        <v>1770</v>
       </c>
       <c r="H91" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B92" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
       <c r="C92" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
       <c r="D92" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
       <c r="E92" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>1767</v>
+        <v>1776</v>
       </c>
       <c r="H92" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B93" t="s">
-        <v>1769</v>
+        <v>1778</v>
       </c>
       <c r="C93" t="s">
-        <v>1770</v>
+        <v>1779</v>
       </c>
       <c r="D93" t="s">
-        <v>1771</v>
+        <v>1780</v>
       </c>
       <c r="E93" t="s">
-        <v>1772</v>
+        <v>1250</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>1773</v>
+        <v>1781</v>
       </c>
       <c r="H93" t="s">
-        <v>1774</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B94" t="s">
-        <v>1775</v>
+        <v>1783</v>
       </c>
       <c r="C94" t="s">
-        <v>1776</v>
+        <v>1784</v>
       </c>
       <c r="D94" t="s">
-        <v>1771</v>
+        <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>1772</v>
+        <v>1250</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>1777</v>
+        <v>1785</v>
       </c>
       <c r="H94" t="s">
-        <v>1778</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B95" t="s">
-        <v>1779</v>
+        <v>1787</v>
       </c>
       <c r="C95" t="s">
-        <v>1780</v>
+        <v>1788</v>
       </c>
       <c r="D95" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="E95" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="H95" t="s">
-        <v>1783</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B96" t="s">
-        <v>1784</v>
+        <v>1793</v>
       </c>
       <c r="C96" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
       <c r="D96" t="s">
-        <v>1771</v>
+        <v>1795</v>
       </c>
       <c r="E96" t="s">
-        <v>1786</v>
+        <v>1796</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>1787</v>
+        <v>1797</v>
       </c>
       <c r="H96" t="s">
-        <v>1788</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B97" t="s">
-        <v>1789</v>
+        <v>1799</v>
       </c>
       <c r="C97" t="s">
-        <v>1790</v>
+        <v>1800</v>
       </c>
       <c r="D97" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
       <c r="E97" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>1793</v>
+        <v>1801</v>
       </c>
       <c r="H97" t="s">
-        <v>1794</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B98" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D98" t="s">
         <v>1795</v>
       </c>
-      <c r="C98" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E98" t="s">
-        <v>1798</v>
+        <v>1805</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>1799</v>
+        <v>1806</v>
       </c>
       <c r="H98" t="s">
-        <v>1800</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B99" t="s">
-        <v>1801</v>
+        <v>1808</v>
       </c>
       <c r="C99" t="s">
-        <v>1802</v>
+        <v>1809</v>
       </c>
       <c r="D99" t="s">
-        <v>1803</v>
+        <v>1795</v>
       </c>
       <c r="E99" t="s">
-        <v>1804</v>
+        <v>1810</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>1805</v>
+        <v>1811</v>
       </c>
       <c r="H99" t="s">
-        <v>1806</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B100" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="C100" t="s">
-        <v>1808</v>
+        <v>1814</v>
       </c>
       <c r="D100" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="E100" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>1811</v>
+        <v>1817</v>
       </c>
       <c r="H100" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="B101" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="C101" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
       <c r="D101" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="E101" t="s">
-        <v>1816</v>
+        <v>1822</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>1817</v>
+        <v>1823</v>
       </c>
       <c r="H101" t="s">
-        <v>1818</v>
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D103" t="s">
+        <v>1833</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D104" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1842</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1819</v>
+        <v>1843</v>
       </c>
       <c r="B2" t="s">
-        <v>1820</v>
+        <v>1844</v>
       </c>
       <c r="C2" t="s">
-        <v>1821</v>
+        <v>1845</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1822</v>
+        <v>1846</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1823</v>
+        <v>1847</v>
       </c>
       <c r="H2" t="s">
-        <v>1824</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1819</v>
+        <v>1843</v>
       </c>
       <c r="B3" t="s">
-        <v>1825</v>
+        <v>1849</v>
       </c>
       <c r="C3" t="s">
-        <v>1826</v>
+        <v>1850</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1827</v>
+        <v>1851</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1828</v>
+        <v>1852</v>
       </c>
       <c r="H3" t="s">
-        <v>1829</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1819</v>
+        <v>1843</v>
       </c>
       <c r="B4" t="s">
-        <v>1830</v>
+        <v>1854</v>
       </c>
       <c r="C4" t="s">
-        <v>1831</v>
+        <v>1855</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>446</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1832</v>
+        <v>1856</v>
       </c>
       <c r="H4" t="s">
-        <v>1833</v>
+        <v>1857</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:U89"/>
+  <dimension ref="A1:U90"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1834</v>
+        <v>1858</v>
       </c>
       <c r="J1" t="s">
-        <v>1835</v>
+        <v>1859</v>
       </c>
       <c r="K1" t="s">
-        <v>1836</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B2" t="s">
-        <v>1838</v>
+        <v>1862</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1839</v>
+        <v>1863</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1840</v>
+        <v>1864</v>
       </c>
       <c r="H2" t="s">
-        <v>1841</v>
+        <v>1865</v>
       </c>
       <c r="I2" t="s">
-        <v>1842</v>
+        <v>1866</v>
       </c>
       <c r="J2" t="s">
-        <v>1843</v>
+        <v>1867</v>
       </c>
       <c r="K2" t="s">
-        <v>1844</v>
-[...20 lines deleted...]
-        <v>1851</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B3" t="s">
-        <v>1852</v>
+        <v>1869</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1853</v>
+        <v>1870</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1854</v>
+        <v>1871</v>
       </c>
       <c r="H3" t="s">
-        <v>1855</v>
+        <v>1872</v>
       </c>
       <c r="I3" t="s">
-        <v>1856</v>
+        <v>1873</v>
       </c>
       <c r="J3" t="s">
-        <v>1857</v>
+        <v>1874</v>
       </c>
       <c r="K3" t="s">
-        <v>1858</v>
+        <v>1875</v>
       </c>
       <c r="L3" t="s">
-        <v>1859</v>
-[...8 lines deleted...]
-        <v>1862</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B4" t="s">
-        <v>1863</v>
+        <v>1877</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1864</v>
+        <v>1878</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1865</v>
+        <v>1879</v>
       </c>
       <c r="H4" t="s">
-        <v>1866</v>
+        <v>1880</v>
       </c>
       <c r="I4" t="s">
-        <v>1867</v>
+        <v>1881</v>
       </c>
       <c r="J4" t="s">
-        <v>1843</v>
+        <v>1882</v>
       </c>
       <c r="K4" t="s">
-        <v>1868</v>
+        <v>1883</v>
       </c>
       <c r="L4" t="s">
-        <v>1869</v>
+        <v>1884</v>
       </c>
       <c r="M4" t="s">
-        <v>1870</v>
+        <v>1885</v>
       </c>
       <c r="N4" t="s">
-        <v>1871</v>
+        <v>1886</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1887</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1888</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1889</v>
+      </c>
+      <c r="R4" t="s">
+        <v>1890</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B5" t="s">
-        <v>1872</v>
+        <v>1891</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1873</v>
+        <v>1892</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1874</v>
+        <v>1893</v>
       </c>
       <c r="H5" t="s">
-        <v>1875</v>
+        <v>1894</v>
       </c>
       <c r="I5" t="s">
-        <v>1876</v>
+        <v>1895</v>
       </c>
       <c r="J5" t="s">
-        <v>1843</v>
+        <v>1896</v>
       </c>
       <c r="K5" t="s">
-        <v>1877</v>
+        <v>1897</v>
       </c>
       <c r="L5" t="s">
-        <v>1878</v>
+        <v>1898</v>
       </c>
       <c r="M5" t="s">
-        <v>1879</v>
+        <v>1899</v>
       </c>
       <c r="N5" t="s">
-        <v>1880</v>
+        <v>1900</v>
       </c>
       <c r="O5" t="s">
-        <v>1881</v>
-[...5 lines deleted...]
-        <v>1883</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B6" t="s">
-        <v>1884</v>
+        <v>1902</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1885</v>
+        <v>1903</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1886</v>
+        <v>1904</v>
       </c>
       <c r="H6" t="s">
-        <v>1887</v>
+        <v>1905</v>
       </c>
       <c r="I6" t="s">
-        <v>1888</v>
+        <v>1906</v>
       </c>
       <c r="J6" t="s">
-        <v>1857</v>
+        <v>1882</v>
       </c>
       <c r="K6" t="s">
-        <v>1889</v>
+        <v>1907</v>
       </c>
       <c r="L6" t="s">
-        <v>1890</v>
+        <v>1908</v>
       </c>
       <c r="M6" t="s">
-        <v>1891</v>
+        <v>1909</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1910</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B7" t="s">
-        <v>1892</v>
+        <v>1911</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1893</v>
+        <v>1912</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1894</v>
+        <v>1913</v>
       </c>
       <c r="H7" t="s">
-        <v>1895</v>
+        <v>1914</v>
       </c>
       <c r="I7" t="s">
-        <v>1896</v>
+        <v>1915</v>
       </c>
       <c r="J7" t="s">
-        <v>1897</v>
+        <v>1882</v>
       </c>
       <c r="K7" t="s">
-        <v>1898</v>
+        <v>1916</v>
       </c>
       <c r="L7" t="s">
-        <v>1899</v>
+        <v>1917</v>
       </c>
       <c r="M7" t="s">
-        <v>1900</v>
+        <v>1918</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1919</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1920</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1921</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1922</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B8" t="s">
-        <v>1901</v>
+        <v>1923</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1902</v>
+        <v>1924</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1903</v>
+        <v>1925</v>
       </c>
       <c r="H8" t="s">
-        <v>1904</v>
+        <v>1926</v>
       </c>
       <c r="I8" t="s">
-        <v>1905</v>
+        <v>1927</v>
       </c>
       <c r="J8" t="s">
-        <v>1906</v>
+        <v>1896</v>
       </c>
       <c r="K8" t="s">
-        <v>1907</v>
+        <v>1928</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1929</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1930</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B9" t="s">
-        <v>1908</v>
+        <v>1931</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1909</v>
+        <v>1932</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1910</v>
+        <v>1933</v>
       </c>
       <c r="H9" t="s">
-        <v>1911</v>
+        <v>1934</v>
       </c>
       <c r="I9" t="s">
-        <v>1912</v>
+        <v>1935</v>
       </c>
       <c r="J9" t="s">
-        <v>1913</v>
+        <v>1936</v>
       </c>
       <c r="K9" t="s">
-        <v>1914</v>
+        <v>1937</v>
       </c>
       <c r="L9" t="s">
-        <v>1915</v>
+        <v>1938</v>
       </c>
       <c r="M9" t="s">
-        <v>1916</v>
-[...8 lines deleted...]
-        <v>1919</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B10" t="s">
-        <v>1920</v>
+        <v>1940</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1921</v>
+        <v>1941</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1922</v>
+        <v>1942</v>
       </c>
       <c r="H10" t="s">
-        <v>1923</v>
+        <v>1943</v>
       </c>
       <c r="I10" t="s">
-        <v>1924</v>
+        <v>1944</v>
       </c>
       <c r="J10" t="s">
-        <v>1925</v>
+        <v>1945</v>
       </c>
       <c r="K10" t="s">
-        <v>1926</v>
-[...2 lines deleted...]
-        <v>1927</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B11" t="s">
-        <v>1928</v>
+        <v>1947</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1929</v>
+        <v>1948</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1930</v>
+        <v>1949</v>
       </c>
       <c r="H11" t="s">
-        <v>1931</v>
+        <v>1950</v>
       </c>
       <c r="I11" t="s">
-        <v>1932</v>
+        <v>1951</v>
       </c>
       <c r="J11" t="s">
-        <v>1933</v>
+        <v>1952</v>
       </c>
       <c r="K11" t="s">
-        <v>1934</v>
+        <v>1953</v>
       </c>
       <c r="L11" t="s">
-        <v>1935</v>
+        <v>1954</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1955</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1956</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1957</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1958</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B12" t="s">
-        <v>1936</v>
+        <v>1959</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1937</v>
+        <v>1960</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1938</v>
+        <v>1961</v>
       </c>
       <c r="H12" t="s">
-        <v>1939</v>
+        <v>1962</v>
       </c>
       <c r="I12" t="s">
-        <v>1940</v>
+        <v>1963</v>
       </c>
       <c r="J12" t="s">
-        <v>1857</v>
+        <v>1964</v>
       </c>
       <c r="K12" t="s">
-        <v>1941</v>
+        <v>1965</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1966</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B13" t="s">
-        <v>1942</v>
+        <v>1967</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1943</v>
+        <v>1968</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1944</v>
+        <v>1969</v>
       </c>
       <c r="H13" t="s">
-        <v>1945</v>
+        <v>1970</v>
       </c>
       <c r="I13" t="s">
-        <v>1946</v>
+        <v>1971</v>
       </c>
       <c r="J13" t="s">
-        <v>1947</v>
+        <v>1874</v>
       </c>
       <c r="K13" t="s">
-        <v>1948</v>
+        <v>1972</v>
       </c>
       <c r="L13" t="s">
-        <v>1949</v>
-[...8 lines deleted...]
-        <v>1952</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B14" t="s">
-        <v>1953</v>
+        <v>1974</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1954</v>
+        <v>1975</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1955</v>
+        <v>1976</v>
       </c>
       <c r="H14" t="s">
-        <v>1956</v>
+        <v>1977</v>
       </c>
       <c r="I14" t="s">
-        <v>1957</v>
+        <v>1978</v>
       </c>
       <c r="J14" t="s">
-        <v>1958</v>
+        <v>1896</v>
       </c>
       <c r="K14" t="s">
-        <v>1959</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B15" t="s">
-        <v>1960</v>
+        <v>1980</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1961</v>
+        <v>1981</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1962</v>
+        <v>1982</v>
       </c>
       <c r="H15" t="s">
-        <v>1963</v>
+        <v>1983</v>
       </c>
       <c r="I15" t="s">
-        <v>1964</v>
+        <v>1984</v>
       </c>
       <c r="J15" t="s">
-        <v>1965</v>
+        <v>1985</v>
       </c>
       <c r="K15" t="s">
-        <v>1966</v>
+        <v>1986</v>
       </c>
       <c r="L15" t="s">
-        <v>1967</v>
+        <v>1987</v>
       </c>
       <c r="M15" t="s">
-        <v>1968</v>
+        <v>1988</v>
       </c>
       <c r="N15" t="s">
-        <v>1969</v>
+        <v>1989</v>
+      </c>
+      <c r="O15" t="s">
+        <v>1990</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B16" t="s">
-        <v>1970</v>
+        <v>1991</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1971</v>
+        <v>1992</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1972</v>
+        <v>1993</v>
       </c>
       <c r="H16" t="s">
-        <v>1973</v>
+        <v>1994</v>
       </c>
       <c r="I16" t="s">
-        <v>1974</v>
+        <v>1995</v>
       </c>
       <c r="J16" t="s">
-        <v>1975</v>
+        <v>1996</v>
       </c>
       <c r="K16" t="s">
-        <v>1976</v>
-[...2 lines deleted...]
-        <v>1977</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B17" t="s">
-        <v>1978</v>
+        <v>1998</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1971</v>
+        <v>1999</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1979</v>
+        <v>2000</v>
       </c>
       <c r="H17" t="s">
-        <v>1980</v>
+        <v>2001</v>
       </c>
       <c r="I17" t="s">
-        <v>1981</v>
+        <v>2002</v>
       </c>
       <c r="J17" t="s">
-        <v>1925</v>
+        <v>2003</v>
       </c>
       <c r="K17" t="s">
-        <v>1982</v>
+        <v>2004</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2005</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2006</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2007</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B18" t="s">
-        <v>1983</v>
+        <v>2008</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1984</v>
+        <v>2009</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1985</v>
+        <v>2010</v>
       </c>
       <c r="H18" t="s">
-        <v>1986</v>
+        <v>2011</v>
       </c>
       <c r="I18" t="s">
-        <v>1987</v>
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>1988</v>
+        <v>2013</v>
       </c>
       <c r="K18" t="s">
-        <v>1989</v>
+        <v>2014</v>
+      </c>
+      <c r="L18" t="s">
+        <v>2015</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B19" t="s">
-        <v>1990</v>
+        <v>2016</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1991</v>
+        <v>2009</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="H19" t="s">
-        <v>1993</v>
+        <v>2018</v>
       </c>
       <c r="I19" t="s">
-        <v>1994</v>
+        <v>2019</v>
       </c>
       <c r="J19" t="s">
-        <v>1995</v>
+        <v>1964</v>
       </c>
       <c r="K19" t="s">
-        <v>1996</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B20" t="s">
-        <v>1998</v>
+        <v>2021</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1999</v>
+        <v>2022</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2000</v>
+        <v>2023</v>
       </c>
       <c r="H20" t="s">
-        <v>2001</v>
+        <v>2024</v>
       </c>
       <c r="I20" t="s">
-        <v>2002</v>
+        <v>2025</v>
       </c>
       <c r="J20" t="s">
-        <v>1857</v>
+        <v>2026</v>
       </c>
       <c r="K20" t="s">
-        <v>2003</v>
-[...2 lines deleted...]
-        <v>2004</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B21" t="s">
-        <v>2005</v>
+        <v>2028</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>2006</v>
+        <v>2029</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2007</v>
+        <v>2030</v>
       </c>
       <c r="H21" t="s">
-        <v>2008</v>
+        <v>2031</v>
       </c>
       <c r="I21" t="s">
-        <v>2009</v>
+        <v>2032</v>
       </c>
       <c r="J21" t="s">
-        <v>1843</v>
+        <v>2033</v>
       </c>
       <c r="K21" t="s">
-        <v>2010</v>
+        <v>2034</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2035</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B22" t="s">
-        <v>2011</v>
+        <v>2036</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>2012</v>
+        <v>2037</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2013</v>
+        <v>2038</v>
       </c>
       <c r="H22" t="s">
-        <v>2014</v>
+        <v>2039</v>
       </c>
       <c r="I22" t="s">
-        <v>2015</v>
+        <v>2040</v>
       </c>
       <c r="J22" t="s">
-        <v>2016</v>
+        <v>1896</v>
       </c>
       <c r="K22" t="s">
-        <v>2017</v>
+        <v>2041</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2042</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B23" t="s">
-        <v>2018</v>
+        <v>2043</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>2019</v>
+        <v>2044</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2020</v>
+        <v>2045</v>
       </c>
       <c r="H23" t="s">
-        <v>2021</v>
+        <v>2046</v>
       </c>
       <c r="I23" t="s">
-        <v>2022</v>
+        <v>2047</v>
       </c>
       <c r="J23" t="s">
-        <v>1843</v>
+        <v>1882</v>
       </c>
       <c r="K23" t="s">
-        <v>2023</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B24" t="s">
-        <v>2024</v>
+        <v>2049</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>2025</v>
+        <v>2050</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2026</v>
+        <v>2051</v>
       </c>
       <c r="H24" t="s">
-        <v>2027</v>
+        <v>2052</v>
       </c>
       <c r="I24" t="s">
-        <v>2028</v>
+        <v>2053</v>
       </c>
       <c r="J24" t="s">
-        <v>2029</v>
+        <v>2054</v>
       </c>
       <c r="K24" t="s">
-        <v>2030</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B25" t="s">
-        <v>2031</v>
+        <v>2056</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>2032</v>
+        <v>2057</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2033</v>
+        <v>2058</v>
       </c>
       <c r="H25" t="s">
-        <v>2034</v>
+        <v>2059</v>
       </c>
       <c r="I25" t="s">
-        <v>2035</v>
+        <v>2060</v>
       </c>
       <c r="J25" t="s">
-        <v>2016</v>
+        <v>1882</v>
       </c>
       <c r="K25" t="s">
-        <v>2036</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B26" t="s">
-        <v>2037</v>
+        <v>2062</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>2038</v>
+        <v>2063</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2039</v>
+        <v>2064</v>
       </c>
       <c r="H26" t="s">
-        <v>2040</v>
+        <v>2065</v>
       </c>
       <c r="I26" t="s">
-        <v>2041</v>
+        <v>2066</v>
       </c>
       <c r="J26" t="s">
-        <v>1988</v>
+        <v>2054</v>
       </c>
       <c r="K26" t="s">
-        <v>2042</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B27" t="s">
-        <v>2043</v>
+        <v>2068</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>2044</v>
+        <v>2069</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2045</v>
+        <v>2070</v>
       </c>
       <c r="H27" t="s">
-        <v>2046</v>
+        <v>2071</v>
       </c>
       <c r="I27" t="s">
-        <v>2047</v>
+        <v>2072</v>
       </c>
       <c r="J27" t="s">
-        <v>2048</v>
+        <v>2026</v>
       </c>
       <c r="K27" t="s">
-        <v>2049</v>
-[...11 lines deleted...]
-        <v>2053</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B28" t="s">
-        <v>2054</v>
+        <v>2074</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>2055</v>
+        <v>2075</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2056</v>
+        <v>2076</v>
       </c>
       <c r="H28" t="s">
-        <v>2057</v>
+        <v>2077</v>
       </c>
       <c r="I28" t="s">
-        <v>2058</v>
+        <v>2078</v>
       </c>
       <c r="J28" t="s">
-        <v>1995</v>
+        <v>2079</v>
       </c>
       <c r="K28" t="s">
-        <v>2059</v>
+        <v>2080</v>
       </c>
       <c r="L28" t="s">
-        <v>2060</v>
+        <v>2081</v>
       </c>
       <c r="M28" t="s">
-        <v>2061</v>
+        <v>2082</v>
       </c>
       <c r="N28" t="s">
-        <v>2062</v>
+        <v>2083</v>
       </c>
       <c r="O28" t="s">
-        <v>2063</v>
-[...11 lines deleted...]
-        <v>2067</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B29" t="s">
-        <v>2068</v>
+        <v>2085</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>2069</v>
+        <v>2086</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2070</v>
+        <v>2087</v>
       </c>
       <c r="H29" t="s">
-        <v>2071</v>
+        <v>2088</v>
       </c>
       <c r="I29" t="s">
-        <v>2072</v>
+        <v>2089</v>
       </c>
       <c r="J29" t="s">
-        <v>1843</v>
+        <v>2033</v>
       </c>
       <c r="K29" t="s">
-        <v>2073</v>
+        <v>2090</v>
       </c>
       <c r="L29" t="s">
-        <v>2074</v>
+        <v>2091</v>
       </c>
       <c r="M29" t="s">
-        <v>2075</v>
+        <v>2092</v>
       </c>
       <c r="N29" t="s">
-        <v>2076</v>
+        <v>2093</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2094</v>
+      </c>
+      <c r="P29" t="s">
+        <v>2095</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>2096</v>
+      </c>
+      <c r="R29" t="s">
+        <v>2097</v>
+      </c>
+      <c r="S29" t="s">
+        <v>2098</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B30" t="s">
-        <v>2077</v>
+        <v>2099</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>2078</v>
+        <v>2100</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2079</v>
+        <v>2101</v>
       </c>
       <c r="H30" t="s">
-        <v>2080</v>
+        <v>2102</v>
       </c>
       <c r="I30" t="s">
-        <v>2081</v>
+        <v>2103</v>
       </c>
       <c r="J30" t="s">
-        <v>2082</v>
+        <v>1882</v>
       </c>
       <c r="K30" t="s">
-        <v>2083</v>
+        <v>2104</v>
       </c>
       <c r="L30" t="s">
-        <v>2084</v>
+        <v>2105</v>
       </c>
       <c r="M30" t="s">
-        <v>2085</v>
+        <v>2106</v>
       </c>
       <c r="N30" t="s">
-        <v>2086</v>
-[...20 lines deleted...]
-        <v>2093</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B31" t="s">
-        <v>2094</v>
+        <v>2108</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>2095</v>
+        <v>2109</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2096</v>
+        <v>2110</v>
       </c>
       <c r="H31" t="s">
-        <v>2097</v>
+        <v>2111</v>
       </c>
       <c r="I31" t="s">
-        <v>2098</v>
+        <v>2112</v>
       </c>
       <c r="J31" t="s">
-        <v>1965</v>
+        <v>2113</v>
       </c>
       <c r="K31" t="s">
-        <v>2099</v>
+        <v>2114</v>
       </c>
       <c r="L31" t="s">
-        <v>2100</v>
+        <v>2115</v>
       </c>
       <c r="M31" t="s">
-        <v>2101</v>
+        <v>2116</v>
       </c>
       <c r="N31" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="O31" t="s">
-        <v>2103</v>
+        <v>2118</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2119</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>2120</v>
+      </c>
+      <c r="R31" t="s">
+        <v>2121</v>
+      </c>
+      <c r="S31" t="s">
+        <v>2122</v>
+      </c>
+      <c r="T31" t="s">
+        <v>2123</v>
+      </c>
+      <c r="U31" t="s">
+        <v>2124</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B32" t="s">
-        <v>2104</v>
+        <v>2125</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>2105</v>
+        <v>2126</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2106</v>
+        <v>2127</v>
       </c>
       <c r="H32" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="I32" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="J32" t="s">
-        <v>1965</v>
+        <v>2003</v>
       </c>
       <c r="K32" t="s">
-        <v>2109</v>
+        <v>2130</v>
       </c>
       <c r="L32" t="s">
-        <v>2110</v>
+        <v>2131</v>
       </c>
       <c r="M32" t="s">
-        <v>2111</v>
+        <v>2132</v>
       </c>
       <c r="N32" t="s">
-        <v>2112</v>
+        <v>2133</v>
+      </c>
+      <c r="O32" t="s">
+        <v>2134</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B33" t="s">
-        <v>2113</v>
+        <v>2135</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>2114</v>
+        <v>2136</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2115</v>
+        <v>2137</v>
       </c>
       <c r="H33" t="s">
-        <v>2116</v>
+        <v>2138</v>
       </c>
       <c r="I33" t="s">
-        <v>2117</v>
+        <v>2139</v>
       </c>
       <c r="J33" t="s">
-        <v>2118</v>
+        <v>2003</v>
       </c>
       <c r="K33" t="s">
-        <v>2119</v>
+        <v>2140</v>
       </c>
       <c r="L33" t="s">
-        <v>2120</v>
+        <v>2141</v>
       </c>
       <c r="M33" t="s">
-        <v>2121</v>
+        <v>2142</v>
       </c>
       <c r="N33" t="s">
-        <v>2122</v>
-[...5 lines deleted...]
-        <v>2124</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B34" t="s">
-        <v>2125</v>
+        <v>2144</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>2126</v>
+        <v>2145</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2127</v>
+        <v>2146</v>
       </c>
       <c r="H34" t="s">
-        <v>2128</v>
+        <v>2147</v>
       </c>
       <c r="I34" t="s">
-        <v>2129</v>
+        <v>2148</v>
       </c>
       <c r="J34" t="s">
-        <v>1965</v>
+        <v>2149</v>
       </c>
       <c r="K34" t="s">
-        <v>2130</v>
+        <v>2150</v>
       </c>
       <c r="L34" t="s">
-        <v>2131</v>
+        <v>2151</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2152</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2153</v>
+      </c>
+      <c r="O34" t="s">
+        <v>2154</v>
+      </c>
+      <c r="P34" t="s">
+        <v>2155</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B35" t="s">
-        <v>2132</v>
+        <v>2156</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>2133</v>
+        <v>2157</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2134</v>
+        <v>2158</v>
       </c>
       <c r="H35" t="s">
-        <v>2135</v>
+        <v>2159</v>
       </c>
       <c r="I35" t="s">
-        <v>2136</v>
+        <v>2160</v>
       </c>
       <c r="J35" t="s">
-        <v>1843</v>
+        <v>2003</v>
       </c>
       <c r="K35" t="s">
-        <v>2137</v>
+        <v>2161</v>
       </c>
       <c r="L35" t="s">
-        <v>2138</v>
-[...5 lines deleted...]
-        <v>2140</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B36" t="s">
-        <v>2141</v>
+        <v>2163</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>2142</v>
+        <v>2164</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2143</v>
+        <v>2165</v>
       </c>
       <c r="H36" t="s">
-        <v>2144</v>
+        <v>2166</v>
       </c>
       <c r="I36" t="s">
-        <v>2145</v>
+        <v>2167</v>
       </c>
       <c r="J36" t="s">
-        <v>13</v>
+        <v>1882</v>
       </c>
       <c r="K36" t="s">
-        <v>2146</v>
+        <v>2168</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2169</v>
+      </c>
+      <c r="M36" t="s">
+        <v>2170</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2171</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B37" t="s">
-        <v>2147</v>
+        <v>2172</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>201</v>
+        <v>2173</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2148</v>
+        <v>2174</v>
       </c>
       <c r="H37" t="s">
-        <v>2149</v>
+        <v>2175</v>
       </c>
       <c r="I37" t="s">
-        <v>2150</v>
+        <v>2176</v>
       </c>
       <c r="J37" t="s">
-        <v>2151</v>
+        <v>13</v>
       </c>
       <c r="K37" t="s">
-        <v>2152</v>
-[...2 lines deleted...]
-        <v>2153</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B38" t="s">
-        <v>2154</v>
+        <v>2178</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>201</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2155</v>
+        <v>2179</v>
       </c>
       <c r="H38" t="s">
-        <v>2156</v>
+        <v>2180</v>
       </c>
       <c r="I38" t="s">
-        <v>2150</v>
+        <v>2181</v>
       </c>
       <c r="J38" t="s">
-        <v>1843</v>
+        <v>2182</v>
       </c>
       <c r="K38" t="s">
-        <v>2157</v>
+        <v>2183</v>
       </c>
       <c r="L38" t="s">
-        <v>2158</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B39" t="s">
-        <v>2159</v>
+        <v>2185</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>2160</v>
+        <v>201</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2161</v>
+        <v>2186</v>
       </c>
       <c r="H39" t="s">
-        <v>2162</v>
+        <v>2187</v>
       </c>
       <c r="I39" t="s">
-        <v>2163</v>
+        <v>2181</v>
       </c>
       <c r="J39" t="s">
-        <v>1913</v>
+        <v>1882</v>
       </c>
       <c r="K39" t="s">
-        <v>2164</v>
+        <v>2188</v>
       </c>
       <c r="L39" t="s">
-        <v>2165</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B40" t="s">
-        <v>2166</v>
+        <v>2190</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>2167</v>
+        <v>2191</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2168</v>
+        <v>2192</v>
       </c>
       <c r="H40" t="s">
-        <v>2169</v>
+        <v>2193</v>
       </c>
       <c r="I40" t="s">
-        <v>2170</v>
+        <v>2194</v>
       </c>
       <c r="J40" t="s">
-        <v>2171</v>
+        <v>1952</v>
       </c>
       <c r="K40" t="s">
-        <v>2172</v>
+        <v>2195</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2196</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B41" t="s">
-        <v>2173</v>
+        <v>2197</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>2174</v>
+        <v>2198</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2175</v>
+        <v>2199</v>
       </c>
       <c r="H41" t="s">
-        <v>2176</v>
+        <v>2200</v>
       </c>
       <c r="I41" t="s">
-        <v>2177</v>
+        <v>2201</v>
       </c>
       <c r="J41" t="s">
-        <v>1913</v>
+        <v>2202</v>
       </c>
       <c r="K41" t="s">
-        <v>2178</v>
-[...5 lines deleted...]
-        <v>2180</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B42" t="s">
-        <v>2181</v>
+        <v>2204</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>2182</v>
+        <v>2205</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2183</v>
+        <v>2206</v>
       </c>
       <c r="H42" t="s">
-        <v>2184</v>
+        <v>2207</v>
       </c>
       <c r="I42" t="s">
-        <v>2185</v>
+        <v>2208</v>
       </c>
       <c r="J42" t="s">
-        <v>2186</v>
+        <v>1952</v>
       </c>
       <c r="K42" t="s">
-        <v>2187</v>
+        <v>2209</v>
       </c>
       <c r="L42" t="s">
-        <v>2188</v>
+        <v>2210</v>
       </c>
       <c r="M42" t="s">
-        <v>2189</v>
-[...17 lines deleted...]
-        <v>2195</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B43" t="s">
-        <v>2196</v>
+        <v>2212</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>2197</v>
+        <v>2213</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2198</v>
+        <v>2214</v>
       </c>
       <c r="H43" t="s">
-        <v>2199</v>
+        <v>2215</v>
       </c>
       <c r="I43" t="s">
-        <v>2200</v>
+        <v>2216</v>
       </c>
       <c r="J43" t="s">
-        <v>1843</v>
+        <v>2217</v>
       </c>
       <c r="K43" t="s">
-        <v>2201</v>
+        <v>2218</v>
       </c>
       <c r="L43" t="s">
-        <v>2202</v>
+        <v>2219</v>
+      </c>
+      <c r="M43" t="s">
+        <v>2220</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2221</v>
+      </c>
+      <c r="O43" t="s">
+        <v>2222</v>
+      </c>
+      <c r="P43" t="s">
+        <v>2223</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>2224</v>
+      </c>
+      <c r="R43" t="s">
+        <v>2225</v>
+      </c>
+      <c r="S43" t="s">
+        <v>2226</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B44" t="s">
-        <v>2203</v>
+        <v>2227</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>2204</v>
+        <v>2228</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2205</v>
+        <v>2229</v>
       </c>
       <c r="H44" t="s">
-        <v>2206</v>
+        <v>2230</v>
       </c>
       <c r="I44" t="s">
-        <v>2207</v>
+        <v>2231</v>
       </c>
       <c r="J44" t="s">
-        <v>1843</v>
+        <v>1882</v>
       </c>
       <c r="K44" t="s">
-        <v>2208</v>
+        <v>2232</v>
       </c>
       <c r="L44" t="s">
-        <v>2209</v>
-[...8 lines deleted...]
-        <v>2212</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B45" t="s">
-        <v>2213</v>
+        <v>2234</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>2214</v>
+        <v>2235</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2215</v>
+        <v>2236</v>
       </c>
       <c r="H45" t="s">
-        <v>2216</v>
+        <v>2237</v>
       </c>
       <c r="I45" t="s">
-        <v>2217</v>
+        <v>2238</v>
       </c>
       <c r="J45" t="s">
-        <v>1995</v>
+        <v>1882</v>
       </c>
       <c r="K45" t="s">
-        <v>2218</v>
+        <v>2239</v>
       </c>
       <c r="L45" t="s">
-        <v>2219</v>
+        <v>2240</v>
       </c>
       <c r="M45" t="s">
-        <v>2220</v>
+        <v>2241</v>
+      </c>
+      <c r="N45" t="s">
+        <v>2242</v>
+      </c>
+      <c r="O45" t="s">
+        <v>2243</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B46" t="s">
-        <v>2221</v>
+        <v>2244</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>2222</v>
+        <v>2245</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2223</v>
+        <v>2246</v>
       </c>
       <c r="H46" t="s">
-        <v>2224</v>
+        <v>2247</v>
       </c>
       <c r="I46" t="s">
-        <v>2217</v>
+        <v>2248</v>
       </c>
       <c r="J46" t="s">
-        <v>1843</v>
+        <v>2033</v>
       </c>
       <c r="K46" t="s">
-        <v>2225</v>
+        <v>2249</v>
       </c>
       <c r="L46" t="s">
-        <v>2226</v>
+        <v>2250</v>
       </c>
       <c r="M46" t="s">
-        <v>2227</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B47" t="s">
-        <v>2228</v>
+        <v>2252</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1701</v>
+        <v>2253</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2229</v>
+        <v>2254</v>
       </c>
       <c r="H47" t="s">
-        <v>2230</v>
+        <v>2255</v>
       </c>
       <c r="I47" t="s">
-        <v>2231</v>
+        <v>2248</v>
       </c>
       <c r="J47" t="s">
-        <v>1913</v>
+        <v>1882</v>
       </c>
       <c r="K47" t="s">
-        <v>2232</v>
+        <v>2256</v>
+      </c>
+      <c r="L47" t="s">
+        <v>2257</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2258</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B48" t="s">
-        <v>2233</v>
+        <v>2259</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>2234</v>
+        <v>1725</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2235</v>
+        <v>2260</v>
       </c>
       <c r="H48" t="s">
-        <v>2236</v>
+        <v>2261</v>
       </c>
       <c r="I48" t="s">
-        <v>2237</v>
+        <v>2262</v>
       </c>
       <c r="J48" t="s">
-        <v>1843</v>
+        <v>1952</v>
       </c>
       <c r="K48" t="s">
-        <v>2238</v>
-[...8 lines deleted...]
-        <v>2241</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B49" t="s">
-        <v>2242</v>
+        <v>2264</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>2243</v>
+        <v>2265</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2244</v>
+        <v>2266</v>
       </c>
       <c r="H49" t="s">
-        <v>2245</v>
+        <v>2267</v>
       </c>
       <c r="I49" t="s">
-        <v>2246</v>
+        <v>2268</v>
       </c>
       <c r="J49" t="s">
-        <v>1913</v>
+        <v>1882</v>
       </c>
       <c r="K49" t="s">
-        <v>2247</v>
+        <v>2269</v>
       </c>
       <c r="L49" t="s">
-        <v>2248</v>
+        <v>2270</v>
       </c>
       <c r="M49" t="s">
-        <v>2249</v>
+        <v>2271</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2272</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B50" t="s">
-        <v>2250</v>
+        <v>2273</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>2251</v>
+        <v>2274</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2252</v>
+        <v>2275</v>
       </c>
       <c r="H50" t="s">
-        <v>2253</v>
+        <v>2276</v>
       </c>
       <c r="I50" t="s">
-        <v>2254</v>
+        <v>2277</v>
       </c>
       <c r="J50" t="s">
-        <v>1843</v>
+        <v>1952</v>
       </c>
       <c r="K50" t="s">
-        <v>2255</v>
+        <v>2278</v>
       </c>
       <c r="L50" t="s">
-        <v>2256</v>
+        <v>2279</v>
       </c>
       <c r="M50" t="s">
-        <v>2257</v>
-[...5 lines deleted...]
-        <v>2259</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B51" t="s">
-        <v>2260</v>
+        <v>2281</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>2261</v>
+        <v>2282</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2262</v>
+        <v>2283</v>
       </c>
       <c r="H51" t="s">
-        <v>2263</v>
+        <v>2284</v>
       </c>
       <c r="I51" t="s">
-        <v>2264</v>
+        <v>2285</v>
       </c>
       <c r="J51" t="s">
-        <v>1913</v>
+        <v>1882</v>
       </c>
       <c r="K51" t="s">
-        <v>2265</v>
+        <v>2286</v>
       </c>
       <c r="L51" t="s">
-        <v>2266</v>
+        <v>2287</v>
       </c>
       <c r="M51" t="s">
-        <v>2267</v>
+        <v>2288</v>
       </c>
       <c r="N51" t="s">
-        <v>2268</v>
+        <v>2289</v>
+      </c>
+      <c r="O51" t="s">
+        <v>2290</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B52" t="s">
-        <v>2269</v>
+        <v>2291</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>2270</v>
+        <v>2292</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>2271</v>
+        <v>2293</v>
       </c>
       <c r="H52" t="s">
-        <v>2272</v>
+        <v>2294</v>
       </c>
       <c r="I52" t="s">
-        <v>2273</v>
+        <v>2295</v>
       </c>
       <c r="J52" t="s">
-        <v>1843</v>
+        <v>1952</v>
       </c>
       <c r="K52" t="s">
-        <v>2274</v>
+        <v>2296</v>
       </c>
       <c r="L52" t="s">
-        <v>2275</v>
+        <v>2297</v>
       </c>
       <c r="M52" t="s">
-        <v>2276</v>
+        <v>2298</v>
       </c>
       <c r="N52" t="s">
-        <v>2277</v>
-[...5 lines deleted...]
-        <v>2279</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B53" t="s">
-        <v>2280</v>
+        <v>2300</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>2281</v>
+        <v>2301</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2282</v>
+        <v>2302</v>
       </c>
       <c r="H53" t="s">
-        <v>2283</v>
+        <v>2303</v>
       </c>
       <c r="I53" t="s">
-        <v>1842</v>
+        <v>2304</v>
       </c>
       <c r="J53" t="s">
-        <v>2284</v>
+        <v>1882</v>
       </c>
       <c r="K53" t="s">
-        <v>2285</v>
+        <v>2305</v>
       </c>
       <c r="L53" t="s">
-        <v>2286</v>
+        <v>2306</v>
       </c>
       <c r="M53" t="s">
-        <v>2287</v>
+        <v>2307</v>
       </c>
       <c r="N53" t="s">
-        <v>2288</v>
+        <v>2308</v>
       </c>
       <c r="O53" t="s">
-        <v>2289</v>
+        <v>2309</v>
       </c>
       <c r="P53" t="s">
-        <v>2290</v>
-[...2 lines deleted...]
-        <v>2291</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B54" t="s">
-        <v>2292</v>
+        <v>2311</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>2293</v>
+        <v>2312</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2294</v>
+        <v>2313</v>
       </c>
       <c r="H54" t="s">
-        <v>2295</v>
+        <v>2314</v>
       </c>
       <c r="I54" t="s">
-        <v>2296</v>
+        <v>1881</v>
       </c>
       <c r="J54" t="s">
-        <v>2186</v>
+        <v>2315</v>
       </c>
       <c r="K54" t="s">
-        <v>2297</v>
+        <v>2316</v>
       </c>
       <c r="L54" t="s">
-        <v>2298</v>
+        <v>2317</v>
       </c>
       <c r="M54" t="s">
-        <v>2299</v>
+        <v>2318</v>
       </c>
       <c r="N54" t="s">
-        <v>2300</v>
+        <v>2319</v>
+      </c>
+      <c r="O54" t="s">
+        <v>2320</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2321</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>2322</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B55" t="s">
-        <v>2301</v>
+        <v>2323</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>2302</v>
+        <v>2324</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>2303</v>
+        <v>2325</v>
       </c>
       <c r="H55" t="s">
-        <v>2304</v>
+        <v>2326</v>
       </c>
       <c r="I55" t="s">
-        <v>2305</v>
+        <v>2327</v>
       </c>
       <c r="J55" t="s">
-        <v>1965</v>
+        <v>2217</v>
       </c>
       <c r="K55" t="s">
-        <v>2306</v>
+        <v>2328</v>
       </c>
       <c r="L55" t="s">
-        <v>2307</v>
+        <v>2329</v>
       </c>
       <c r="M55" t="s">
-        <v>2308</v>
+        <v>2330</v>
       </c>
       <c r="N55" t="s">
-        <v>2309</v>
-[...2 lines deleted...]
-        <v>2310</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B56" t="s">
-        <v>2311</v>
+        <v>2332</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>2312</v>
+        <v>2333</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>2313</v>
+        <v>2334</v>
       </c>
       <c r="H56" t="s">
-        <v>2314</v>
+        <v>2335</v>
       </c>
       <c r="I56" t="s">
-        <v>2315</v>
+        <v>2336</v>
       </c>
       <c r="J56" t="s">
-        <v>1965</v>
+        <v>2003</v>
       </c>
       <c r="K56" t="s">
-        <v>2316</v>
+        <v>2337</v>
       </c>
       <c r="L56" t="s">
-        <v>2317</v>
+        <v>2338</v>
       </c>
       <c r="M56" t="s">
-        <v>2318</v>
+        <v>2339</v>
       </c>
       <c r="N56" t="s">
-        <v>2319</v>
+        <v>2340</v>
+      </c>
+      <c r="O56" t="s">
+        <v>2341</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B57" t="s">
-        <v>2320</v>
+        <v>2342</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>2321</v>
+        <v>2343</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>2322</v>
+        <v>2344</v>
       </c>
       <c r="H57" t="s">
-        <v>2323</v>
+        <v>2345</v>
       </c>
       <c r="I57" t="s">
-        <v>2324</v>
+        <v>2346</v>
       </c>
       <c r="J57" t="s">
-        <v>1843</v>
+        <v>2003</v>
       </c>
       <c r="K57" t="s">
-        <v>2325</v>
+        <v>2347</v>
       </c>
       <c r="L57" t="s">
-        <v>2326</v>
+        <v>2348</v>
+      </c>
+      <c r="M57" t="s">
+        <v>2349</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2350</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B58" t="s">
-        <v>2327</v>
+        <v>2351</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>2328</v>
+        <v>2352</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>2329</v>
+        <v>2353</v>
       </c>
       <c r="H58" t="s">
-        <v>2330</v>
+        <v>2354</v>
       </c>
       <c r="I58" t="s">
-        <v>2331</v>
+        <v>2355</v>
       </c>
       <c r="J58" t="s">
-        <v>1843</v>
+        <v>1882</v>
       </c>
       <c r="K58" t="s">
-        <v>2332</v>
+        <v>2356</v>
       </c>
       <c r="L58" t="s">
-        <v>2333</v>
-[...2 lines deleted...]
-        <v>2334</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B59" t="s">
-        <v>2335</v>
+        <v>2358</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>2336</v>
+        <v>2359</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>2337</v>
+        <v>2360</v>
       </c>
       <c r="H59" t="s">
-        <v>2338</v>
+        <v>2361</v>
       </c>
       <c r="I59" t="s">
-        <v>2339</v>
+        <v>2362</v>
       </c>
       <c r="J59" t="s">
-        <v>1965</v>
+        <v>1882</v>
       </c>
       <c r="K59" t="s">
-        <v>2340</v>
+        <v>2363</v>
       </c>
       <c r="L59" t="s">
-        <v>2341</v>
+        <v>2364</v>
       </c>
       <c r="M59" t="s">
-        <v>2342</v>
-[...11 lines deleted...]
-        <v>2346</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B60" t="s">
-        <v>2347</v>
+        <v>2366</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>2348</v>
+        <v>2367</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>2349</v>
+        <v>2368</v>
       </c>
       <c r="H60" t="s">
-        <v>2350</v>
+        <v>2369</v>
       </c>
       <c r="I60" t="s">
-        <v>2351</v>
+        <v>2370</v>
       </c>
       <c r="J60" t="s">
-        <v>1965</v>
+        <v>2003</v>
       </c>
       <c r="K60" t="s">
-        <v>2352</v>
+        <v>2371</v>
       </c>
       <c r="L60" t="s">
-        <v>2353</v>
+        <v>2372</v>
       </c>
       <c r="M60" t="s">
-        <v>2354</v>
+        <v>2373</v>
       </c>
       <c r="N60" t="s">
-        <v>2355</v>
+        <v>2374</v>
+      </c>
+      <c r="O60" t="s">
+        <v>2375</v>
+      </c>
+      <c r="P60" t="s">
+        <v>2376</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>2377</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B61" t="s">
-        <v>2356</v>
+        <v>2378</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>2348</v>
+        <v>2379</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>2357</v>
+        <v>2380</v>
       </c>
       <c r="H61" t="s">
-        <v>2358</v>
+        <v>2381</v>
       </c>
       <c r="I61" t="s">
-        <v>2359</v>
+        <v>2382</v>
       </c>
       <c r="J61" t="s">
-        <v>1843</v>
+        <v>2003</v>
       </c>
       <c r="K61" t="s">
-        <v>2360</v>
+        <v>2383</v>
       </c>
       <c r="L61" t="s">
-        <v>2361</v>
+        <v>2384</v>
       </c>
       <c r="M61" t="s">
-        <v>2362</v>
+        <v>2385</v>
+      </c>
+      <c r="N61" t="s">
+        <v>2386</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B62" t="s">
-        <v>2363</v>
+        <v>2387</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>2348</v>
+        <v>2379</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>2364</v>
+        <v>2388</v>
       </c>
       <c r="H62" t="s">
-        <v>2365</v>
+        <v>2389</v>
       </c>
       <c r="I62" t="s">
-        <v>2366</v>
+        <v>2390</v>
       </c>
       <c r="J62" t="s">
-        <v>1843</v>
+        <v>1882</v>
       </c>
       <c r="K62" t="s">
-        <v>2367</v>
+        <v>2391</v>
       </c>
       <c r="L62" t="s">
-        <v>2368</v>
+        <v>2392</v>
       </c>
       <c r="M62" t="s">
-        <v>2369</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B63" t="s">
-        <v>2370</v>
+        <v>2394</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>2371</v>
+        <v>2379</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>2372</v>
+        <v>2395</v>
       </c>
       <c r="H63" t="s">
-        <v>2373</v>
+        <v>2396</v>
       </c>
       <c r="I63" t="s">
-        <v>2374</v>
+        <v>2397</v>
       </c>
       <c r="J63" t="s">
-        <v>1857</v>
+        <v>1882</v>
       </c>
       <c r="K63" t="s">
-        <v>2375</v>
+        <v>2398</v>
       </c>
       <c r="L63" t="s">
-        <v>2376</v>
+        <v>2399</v>
       </c>
       <c r="M63" t="s">
-        <v>2377</v>
-[...2 lines deleted...]
-        <v>2378</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B64" t="s">
-        <v>2379</v>
+        <v>2401</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>2380</v>
+        <v>2402</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>2381</v>
+        <v>2403</v>
       </c>
       <c r="H64" t="s">
-        <v>2382</v>
+        <v>2404</v>
       </c>
       <c r="I64" t="s">
-        <v>2383</v>
+        <v>2405</v>
       </c>
       <c r="J64" t="s">
-        <v>2384</v>
+        <v>1896</v>
       </c>
       <c r="K64" t="s">
-        <v>2385</v>
+        <v>2406</v>
       </c>
       <c r="L64" t="s">
-        <v>2386</v>
+        <v>2407</v>
       </c>
       <c r="M64" t="s">
-        <v>2387</v>
+        <v>2408</v>
+      </c>
+      <c r="N64" t="s">
+        <v>2409</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B65" t="s">
-        <v>2388</v>
+        <v>2410</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>2389</v>
+        <v>2411</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>2390</v>
+        <v>2412</v>
       </c>
       <c r="H65" t="s">
-        <v>2391</v>
+        <v>2413</v>
       </c>
       <c r="I65" t="s">
-        <v>2392</v>
+        <v>2414</v>
       </c>
       <c r="J65" t="s">
-        <v>2393</v>
+        <v>2415</v>
       </c>
       <c r="K65" t="s">
-        <v>2394</v>
+        <v>2416</v>
       </c>
       <c r="L65" t="s">
-        <v>2395</v>
+        <v>2417</v>
       </c>
       <c r="M65" t="s">
-        <v>2396</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B66" t="s">
-        <v>2397</v>
+        <v>2419</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>2398</v>
+        <v>2420</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>2399</v>
+        <v>2421</v>
       </c>
       <c r="H66" t="s">
-        <v>2400</v>
+        <v>2422</v>
       </c>
       <c r="I66" t="s">
-        <v>2401</v>
+        <v>2423</v>
       </c>
       <c r="J66" t="s">
-        <v>1965</v>
+        <v>2424</v>
       </c>
       <c r="K66" t="s">
-        <v>2402</v>
+        <v>2425</v>
+      </c>
+      <c r="L66" t="s">
+        <v>2426</v>
+      </c>
+      <c r="M66" t="s">
+        <v>2427</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B67" t="s">
-        <v>2403</v>
+        <v>2428</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>2404</v>
+        <v>2429</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>2405</v>
+        <v>2430</v>
       </c>
       <c r="H67" t="s">
-        <v>2406</v>
+        <v>2431</v>
       </c>
       <c r="I67" t="s">
-        <v>2407</v>
+        <v>2432</v>
       </c>
       <c r="J67" t="s">
-        <v>1965</v>
+        <v>2003</v>
       </c>
       <c r="K67" t="s">
-        <v>2408</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B68" t="s">
-        <v>2409</v>
+        <v>2434</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>2410</v>
+        <v>2435</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>2411</v>
+        <v>2436</v>
       </c>
       <c r="H68" t="s">
-        <v>2412</v>
+        <v>2437</v>
       </c>
       <c r="I68" t="s">
-        <v>2413</v>
+        <v>2438</v>
       </c>
       <c r="J68" t="s">
-        <v>2384</v>
+        <v>2003</v>
       </c>
       <c r="K68" t="s">
-        <v>2414</v>
-[...14 lines deleted...]
-        <v>2419</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B69" t="s">
-        <v>2420</v>
+        <v>2440</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>2421</v>
+        <v>2441</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>2422</v>
+        <v>2442</v>
       </c>
       <c r="H69" t="s">
-        <v>2423</v>
+        <v>2443</v>
       </c>
       <c r="I69" t="s">
-        <v>2424</v>
+        <v>2444</v>
       </c>
       <c r="J69" t="s">
-        <v>1965</v>
+        <v>2415</v>
       </c>
       <c r="K69" t="s">
-        <v>2425</v>
+        <v>2445</v>
       </c>
       <c r="L69" t="s">
-        <v>2426</v>
+        <v>2446</v>
+      </c>
+      <c r="M69" t="s">
+        <v>2447</v>
+      </c>
+      <c r="N69" t="s">
+        <v>2448</v>
+      </c>
+      <c r="O69" t="s">
+        <v>2449</v>
+      </c>
+      <c r="P69" t="s">
+        <v>2450</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B70" t="s">
-        <v>2427</v>
+        <v>2451</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>2428</v>
+        <v>2452</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>2429</v>
+        <v>2453</v>
       </c>
       <c r="H70" t="s">
-        <v>2430</v>
+        <v>2454</v>
       </c>
       <c r="I70" t="s">
-        <v>2431</v>
+        <v>2455</v>
       </c>
       <c r="J70" t="s">
-        <v>2384</v>
+        <v>2003</v>
       </c>
       <c r="K70" t="s">
-        <v>2432</v>
+        <v>2456</v>
       </c>
       <c r="L70" t="s">
-        <v>2433</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B71" t="s">
-        <v>2434</v>
+        <v>2458</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>2435</v>
+        <v>2459</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>2436</v>
+        <v>2460</v>
       </c>
       <c r="H71" t="s">
-        <v>2437</v>
+        <v>2461</v>
       </c>
       <c r="I71" t="s">
-        <v>2438</v>
+        <v>2462</v>
       </c>
       <c r="J71" t="s">
-        <v>1965</v>
+        <v>2415</v>
       </c>
       <c r="K71" t="s">
-        <v>2439</v>
+        <v>2463</v>
       </c>
       <c r="L71" t="s">
-        <v>2440</v>
-[...2 lines deleted...]
-        <v>2441</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B72" t="s">
-        <v>2442</v>
+        <v>2465</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>2443</v>
+        <v>2466</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>2444</v>
+        <v>2467</v>
       </c>
       <c r="H72" t="s">
-        <v>2445</v>
+        <v>2468</v>
       </c>
       <c r="I72" t="s">
-        <v>2446</v>
+        <v>2469</v>
       </c>
       <c r="J72" t="s">
-        <v>1965</v>
+        <v>2003</v>
       </c>
       <c r="K72" t="s">
-        <v>2447</v>
+        <v>2470</v>
       </c>
       <c r="L72" t="s">
-        <v>2448</v>
+        <v>2471</v>
+      </c>
+      <c r="M72" t="s">
+        <v>2472</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B73" t="s">
-        <v>2449</v>
+        <v>2473</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>2450</v>
+        <v>2474</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>2451</v>
+        <v>2475</v>
       </c>
       <c r="H73" t="s">
-        <v>2452</v>
+        <v>2476</v>
       </c>
       <c r="I73" t="s">
-        <v>2453</v>
+        <v>2477</v>
       </c>
       <c r="J73" t="s">
-        <v>1965</v>
+        <v>2003</v>
       </c>
       <c r="K73" t="s">
-        <v>2454</v>
+        <v>2478</v>
       </c>
       <c r="L73" t="s">
-        <v>2455</v>
-[...5 lines deleted...]
-        <v>2457</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B74" t="s">
-        <v>2458</v>
+        <v>2480</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>2459</v>
+        <v>2481</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>2460</v>
+        <v>2482</v>
       </c>
       <c r="H74" t="s">
-        <v>2461</v>
+        <v>2483</v>
       </c>
       <c r="I74" t="s">
-        <v>2462</v>
+        <v>2484</v>
       </c>
       <c r="J74" t="s">
-        <v>2463</v>
+        <v>2003</v>
       </c>
       <c r="K74" t="s">
-        <v>2464</v>
+        <v>2485</v>
+      </c>
+      <c r="L74" t="s">
+        <v>2486</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2487</v>
+      </c>
+      <c r="N74" t="s">
+        <v>2488</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B75" t="s">
-        <v>2465</v>
+        <v>2489</v>
       </c>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>2466</v>
+        <v>2490</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>2467</v>
+        <v>2491</v>
       </c>
       <c r="H75" t="s">
-        <v>2468</v>
+        <v>2492</v>
       </c>
       <c r="I75" t="s">
-        <v>2058</v>
+        <v>2493</v>
       </c>
       <c r="J75" t="s">
-        <v>2469</v>
+        <v>2494</v>
       </c>
       <c r="K75" t="s">
-        <v>2470</v>
-[...5 lines deleted...]
-        <v>2472</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B76" t="s">
-        <v>2473</v>
+        <v>2496</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>2474</v>
+        <v>2497</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>2475</v>
+        <v>2498</v>
       </c>
       <c r="H76" t="s">
-        <v>2476</v>
+        <v>2499</v>
       </c>
       <c r="I76" t="s">
-        <v>2477</v>
+        <v>2089</v>
       </c>
       <c r="J76" t="s">
-        <v>2469</v>
+        <v>2500</v>
       </c>
       <c r="K76" t="s">
-        <v>2478</v>
+        <v>2501</v>
+      </c>
+      <c r="L76" t="s">
+        <v>2502</v>
+      </c>
+      <c r="M76" t="s">
+        <v>2503</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B77" t="s">
-        <v>2479</v>
+        <v>2504</v>
       </c>
       <c r="C77" t="s">
         <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>2480</v>
+        <v>2505</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>2481</v>
+        <v>2506</v>
       </c>
       <c r="H77" t="s">
-        <v>2482</v>
+        <v>2507</v>
       </c>
       <c r="I77" t="s">
-        <v>2483</v>
+        <v>2508</v>
       </c>
       <c r="J77" t="s">
-        <v>2484</v>
+        <v>2500</v>
       </c>
       <c r="K77" t="s">
-        <v>2485</v>
-[...2 lines deleted...]
-        <v>2486</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B78" t="s">
-        <v>2487</v>
+        <v>2510</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>2488</v>
+        <v>2511</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>2489</v>
+        <v>2512</v>
       </c>
       <c r="H78" t="s">
-        <v>2490</v>
+        <v>2513</v>
       </c>
       <c r="I78" t="s">
-        <v>2491</v>
+        <v>2514</v>
       </c>
       <c r="J78" t="s">
-        <v>2492</v>
+        <v>2515</v>
       </c>
       <c r="K78" t="s">
-        <v>2493</v>
+        <v>2516</v>
+      </c>
+      <c r="L78" t="s">
+        <v>2517</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B79" t="s">
-        <v>2494</v>
+        <v>2518</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>2495</v>
+        <v>2519</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>2496</v>
+        <v>2520</v>
       </c>
       <c r="H79" t="s">
-        <v>2497</v>
+        <v>2521</v>
       </c>
       <c r="I79" t="s">
-        <v>2498</v>
+        <v>2522</v>
       </c>
       <c r="J79" t="s">
-        <v>2499</v>
+        <v>2523</v>
       </c>
       <c r="K79" t="s">
-        <v>2500</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B80" t="s">
-        <v>2501</v>
+        <v>2525</v>
       </c>
       <c r="C80" t="s">
         <v>13</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>2502</v>
+        <v>2526</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>2503</v>
+        <v>2527</v>
       </c>
       <c r="H80" t="s">
-        <v>2504</v>
+        <v>2528</v>
       </c>
       <c r="I80" t="s">
-        <v>2505</v>
+        <v>2529</v>
       </c>
       <c r="J80" t="s">
-        <v>1965</v>
+        <v>2530</v>
       </c>
       <c r="K80" t="s">
-        <v>2506</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B81" t="s">
-        <v>2507</v>
+        <v>2532</v>
       </c>
       <c r="C81" t="s">
         <v>13</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>2508</v>
+        <v>2533</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>2509</v>
+        <v>2534</v>
       </c>
       <c r="H81" t="s">
-        <v>2510</v>
+        <v>2535</v>
       </c>
       <c r="I81" t="s">
-        <v>2511</v>
+        <v>2536</v>
       </c>
       <c r="J81" t="s">
-        <v>2512</v>
+        <v>2003</v>
       </c>
       <c r="K81" t="s">
-        <v>2513</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B82" t="s">
-        <v>2514</v>
+        <v>2538</v>
       </c>
       <c r="C82" t="s">
         <v>13</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>2515</v>
+        <v>2539</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2516</v>
+        <v>2540</v>
       </c>
       <c r="H82" t="s">
-        <v>2517</v>
+        <v>2541</v>
       </c>
       <c r="I82" t="s">
-        <v>2518</v>
+        <v>2542</v>
       </c>
       <c r="J82" t="s">
-        <v>2519</v>
+        <v>2543</v>
       </c>
       <c r="K82" t="s">
-        <v>2520</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B83" t="s">
-        <v>2521</v>
+        <v>2545</v>
       </c>
       <c r="C83" t="s">
         <v>13</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>2522</v>
+        <v>2546</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>2523</v>
+        <v>2547</v>
       </c>
       <c r="H83" t="s">
-        <v>2524</v>
+        <v>2548</v>
       </c>
       <c r="I83" t="s">
-        <v>2525</v>
+        <v>2549</v>
       </c>
       <c r="J83" t="s">
-        <v>2526</v>
+        <v>2550</v>
       </c>
       <c r="K83" t="s">
-        <v>2527</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B84" t="s">
-        <v>2528</v>
+        <v>2552</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>2529</v>
+        <v>2553</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>2530</v>
+        <v>2554</v>
       </c>
       <c r="H84" t="s">
-        <v>2531</v>
+        <v>2555</v>
       </c>
       <c r="I84" t="s">
-        <v>2532</v>
+        <v>2556</v>
       </c>
       <c r="J84" t="s">
-        <v>2526</v>
+        <v>2557</v>
       </c>
       <c r="K84" t="s">
-        <v>2533</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B85" t="s">
-        <v>2534</v>
+        <v>2559</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>2535</v>
+        <v>2560</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>2536</v>
+        <v>2561</v>
       </c>
       <c r="H85" t="s">
-        <v>2537</v>
+        <v>2562</v>
       </c>
       <c r="I85" t="s">
-        <v>2538</v>
+        <v>2563</v>
       </c>
       <c r="J85" t="s">
-        <v>2539</v>
+        <v>2557</v>
       </c>
       <c r="K85" t="s">
-        <v>2540</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B86" t="s">
-        <v>2541</v>
+        <v>2565</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>2542</v>
+        <v>2566</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2543</v>
+        <v>2567</v>
       </c>
       <c r="H86" t="s">
-        <v>2544</v>
+        <v>2568</v>
       </c>
       <c r="I86" t="s">
-        <v>2545</v>
+        <v>2569</v>
       </c>
       <c r="J86" t="s">
-        <v>2526</v>
+        <v>2570</v>
       </c>
       <c r="K86" t="s">
-        <v>2546</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B87" t="s">
-        <v>2547</v>
+        <v>2572</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>2535</v>
+        <v>2573</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>2548</v>
+        <v>2574</v>
       </c>
       <c r="H87" t="s">
-        <v>2549</v>
+        <v>2575</v>
       </c>
       <c r="I87" t="s">
-        <v>2550</v>
+        <v>2576</v>
       </c>
       <c r="J87" t="s">
-        <v>2551</v>
+        <v>2557</v>
       </c>
       <c r="K87" t="s">
-        <v>2552</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B88" t="s">
-        <v>2553</v>
+        <v>2578</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>2554</v>
+        <v>2566</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2555</v>
+        <v>2579</v>
       </c>
       <c r="H88" t="s">
-        <v>2556</v>
+        <v>2580</v>
       </c>
       <c r="I88" t="s">
-        <v>2557</v>
+        <v>2581</v>
       </c>
       <c r="J88" t="s">
-        <v>2558</v>
+        <v>2582</v>
       </c>
       <c r="K88" t="s">
-        <v>2559</v>
-[...2 lines deleted...]
-        <v>2560</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1837</v>
+        <v>1861</v>
       </c>
       <c r="B89" t="s">
-        <v>2561</v>
+        <v>2584</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>2562</v>
+        <v>2585</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>2563</v>
+        <v>2586</v>
       </c>
       <c r="H89" t="s">
-        <v>2564</v>
+        <v>2587</v>
       </c>
       <c r="I89" t="s">
-        <v>2565</v>
+        <v>2588</v>
       </c>
       <c r="J89" t="s">
-        <v>2566</v>
+        <v>2589</v>
       </c>
       <c r="K89" t="s">
-        <v>2567</v>
+        <v>2590</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2591</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2592</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2594</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2595</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2596</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2597</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2598</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>