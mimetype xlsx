--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -36,51 +36,51 @@
     <sheet name="Export Guide usagers" r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4136" uniqueCount="2663">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4148" uniqueCount="2670">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -3881,138 +3881,135 @@
   <si>
     <t>25/01/2018 16:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2820299/fr/avis-n2018-0001/ac/seesp-du-10-janvier-2018-du-college-de-la-haute-autorite-de-sante-concernant-le-projet-de-decret-relatif-a-la-vaccination-obligatoire-pris-en-application-de-l-article-49-de-la-loi-n-2017-1836-du-30-decembre-2017-de-financement-de-la-securite-sociale-pour-2018</t>
   </si>
   <si>
     <t>c_2820299</t>
   </si>
   <si>
     <t>Avis n°2018.0002/AC/DEMESP du 10 janvier 2018 du collège de la Haute Autorité de santé relatif à l’édition 2018 du calendrier des vaccinations et recommandations vaccinales</t>
   </si>
   <si>
     <t>En application des articles L.3111-1 du code de la santé publique et L. 161-37 du code de la sécurité sociale, le directeur général de la santé a sollicité l'avis de la Haute Autorité de Santé sur l’édition 2018 du calendrier des vaccinations et recommandations vaccinales .</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2821276/fr/avis-n2018-0002/ac/demesp-du-10-janvier-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-edition-2018-du-calendrier-des-vaccinations-et-recommandations-vaccinales</t>
   </si>
   <si>
     <t>c_2821276</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
-    <t>Résultats des IQSS - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier</t>
+    <t>Résultats des IQSS - Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes de l'indicateur « Suivi de la vaccination antigrippale du personnel hospitalier ».</t>
   </si>
   <si>
     <t>14/12/2023 00:00:00</t>
   </si>
   <si>
     <t>14/02/2024 09:01:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3470616/fr/resultats-des-iqss-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier</t>
+    <t>https://www.has-sante.fr/jcms/p_3470616/fr/resultats-des-iqss-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier</t>
   </si>
   <si>
     <t>p_3470616</t>
   </si>
   <si>
     <t>Expérimentation de l’indicateur de qualité et de sécurité des soins du thème des infections associées aux soins : « Couverture vaccinale antigrippale du personnel hospitalier »</t>
   </si>
   <si>
     <t>Développement terminé de l’indicateur « Suivi de la vaccination antigrippale du personnel hospitalier ». Il concerne les établissements de santé tous secteurs d'activités confondus.</t>
   </si>
   <si>
     <t>22/06/2023 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426554/fr/experimentation-de-l-indicateur-de-qualite-et-de-securite-des-soins-du-theme-des-infections-associees-aux-soins-couverture-vaccinale-antigrippale-du-personnel-hospitalier</t>
   </si>
   <si>
     <t>p_3426554</t>
   </si>
   <si>
     <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
   </si>
   <si>
     <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
   </si>
   <si>
     <t>01/12/2020 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
   </si>
   <si>
     <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/12/2025 09:50:14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
   </si>
   <si>
     <t>p_3804134</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus – Note de cadrage</t>
   </si>
   <si>
     <t>La HAS publie la note de cadrage concernant la recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus</t>
   </si>
   <si>
     <t>08/12/2025 08:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3777770/fr/recommandation-vaccinale-contre-la-varicelle-chez-les-nourrissons-de-12-mois-et-plus-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3777770</t>
   </si>
   <si>
     <t>Grippe saisonnière : Évaluation de la pertinence d'une obligation vaccinale - note de cadrage</t>
   </si>
   <si>
-    <t>La présente note de cadrage décrit la méthodologie qui sera utilisée pour évaluer la pertinence d’une obligation vaccinale antigrippale annuelle chez les professionnels exerçant en établissement de santé et en établissement social et médico-social, les professionnels de santé libéraux, les autres professionnels en contact des personnes âgées de 65 ans et plus, impliqués dans des soins d'hygiène et les aides à la vie quotidienne, lorsque leur activité les expose ou expose les personnes dont ils ont la charge à des risques de contamination, ainsi que les personnes âgées de 65 ans et plus résidant en collectivité.</t>
+    <t>La présente note de cadrage décrit la méthodologie qui sera utilisée pour évaluer la pertinence d’une obligation vaccinale antigrippale annuelle chez les professionnels exerçant en établissement de santé et en établissement social et médico-social, les professionnels de santé libéraux et personnes employées dans les structures d’exercice libéral, les autres professionnels en contact des personnes âgées de 65 ans et plus, impliqués dans des soins d'hygiène et les aides à la vie quotidienne, lorsque leur activité les expose ou expose les personnes dont ils ont la charge à des risques de contamination, ainsi que les personnes âgées de 65 ans et plus résidant en collectivité.</t>
   </si>
   <si>
     <t>22/10/2025 00:00:00</t>
   </si>
   <si>
     <t>17/11/2025 15:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701698/fr/grippe-saisonniere-evaluation-de-la-pertinence-d-une-obligation-vaccinale-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3701698</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre la COVID-19 : Révision de la place du vaccin NUVAXOVID</t>
   </si>
   <si>
     <t>Le laboratoire NOVAVAX a saisi la HAS le 14 mai 2024 afin que cette dernière ré-évalue la place du vaccin NUVAXOVID dans la stratégie vaccinale contre la COVID-19. Depuis le 15 janvier 2025, le vaccin NUVAXOVID appartient au portefeuille du laboratoire SANOFI WINTHROP INDUSTRIE. Au terme de son évaluation, la HAS considère que le vaccin NUVAXOVID peut être utilisé dans le cadre de son AMM, au même titre que les vaccins à ARNm, dès lors qu’il présente le même niveau d’adaptation aux souches circulantes les plus récentes, en vaccination annuelle pour l’immunisation active afin de prévenir la COVID-19 causée par le virus SARS-CoV-2 chez les personnes âgées de 12 ans et plus, à risque de forme grave, quel que soit leur statut vaccinal</t>
   </si>
   <si>
     <t>23/10/2025 00:00:00</t>
   </si>
   <si>
     <t>31/10/2025 11:24:00</t>
   </si>
@@ -5624,50 +5621,95 @@
   <si>
     <t>Les enjeux de la stratégie vaccinale contre la Covid-19</t>
   </si>
   <si>
     <t>La vaccination contre la Covid-19 pose – outre les enjeux scientifiques et organisationnels – des enjeux sociétaux et éthiques. Ils portent en particulier sur l’accès universel et équitable à la vaccination dans un contexte où la disponibilité progressive des doses de vaccin pourrait imposer des choix quant aux populations à vacciner en priorité, sur l’acceptabilité de la vaccination elle-même au sein des différentes populations, et sur l’organisation d’une campagne de vaccination optimale en concertation avec tous les acteurs du système de santé. Tenant compte de ces enjeux, le Conseil pour l'engagement des usagers publie aujourd’hui des recommandations permettant d’éclairer l’ensemble des travaux liés à la vaccination contre la Covid-19. Il y formule notamment des points d’attention à destination des pouvoirs publics.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216097/fr/les-enjeux-de-la-strategie-vaccinale-contre-la-covid-19</t>
   </si>
   <si>
     <t>p_3216097</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>FLUCELVAX (vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires)</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:50:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594797/fr/flucelvax-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires</t>
+  </si>
+  <si>
+    <t>p_3594797</t>
+  </si>
+  <si>
+    <t>vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594714/fr/flucelvax-tiv-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837721/fr/flucelvax-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires-vaccin-antigrippal-chez-les-adultes-et-enfants-a-partir-de-6-mois</t>
+  </si>
+  <si>
+    <t>COMIRNATY (Vaccin à ARNm (à nucléoside modifié) contre la COVID-19)</t>
+  </si>
+  <si>
+    <t>20/01/2026 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809162/fr/comirnaty-vaccin-a-arnm-a-nucleoside-modifie-contre-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3809162</t>
+  </si>
+  <si>
+    <t>Vaccin à ARNm (à nucléoside modifié) contre la COVID-19</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809128/fr/comirnaty-vaccin-a-arnm-a-nucleoside-modifie-contre-la-covid-19-covid-19-chez-les-patients-ages-de-6-mois-et-plus</t>
+  </si>
+  <si>
     <t>VIMKUNYA (vaccin contre le chikungunya (recombinant, adsorbé))</t>
   </si>
   <si>
     <t>12/12/2025 08:36:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3793886/fr/vimkunya-vaccin-contre-le-chikungunya-recombinant-adsorbe</t>
   </si>
   <si>
     <t>p_3793886</t>
   </si>
   <si>
     <t>vaccin contre le chikungunya (recombinant, adsorbé)</t>
   </si>
   <si>
     <t>BAVARIAN NORDIC FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3785145/fr/vimkunya-vaccin-contre-le-chikungunya-recombinant-adsorbe-chikungunya</t>
   </si>
   <si>
     <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
   </si>
   <si>
     <t>09/12/2025 15:28:52</t>
@@ -5726,53 +5768,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1615549/fr/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2022081/fr/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689892/fr/fluarix-vaccin-grippal-trivalent-a-virion-fragmente-inactive-vaccin-antigrippal</t>
   </si>
   <si>
     <t>NIMENRIX (vaccin méningococcique des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique)</t>
   </si>
   <si>
     <t>26/09/2025 08:51:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984955/fr/nimenrix-vaccin-meningococcique-des-groupes-a-c-w-135-et-y-conjugue-a-l-anatoxine-tetanique</t>
   </si>
   <si>
     <t>pprd_2984955</t>
   </si>
   <si>
     <t>vaccin méningococcique des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
   </si>
   <si>
-    <t>PFIZER</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_1352587/fr/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-a-conjugue-a-l-anatoxine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2041961/fr/nimenrix-vaccins-meningococciques-a-c-w135-et-y-conjugues-polyoside-de-neisseria-meningitidis-de-groupe-a-conjugue-a-l-anatoxine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296242/fr/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-w-135</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534139/fr/nimenrix-vaccin-meningococcique-des-groupes-a-c-w-135-et-y-conjugue-a-l-anatoxine-tetanique-vaccin-anti-meningococcique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3687274/fr/nimenrix-vaccin-meningococcique-conjugue-des-groupes-a-c-w135-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
   </si>
   <si>
     <t>BEXSERO (vaccin méningococcique groupe B, ADNr, composant, adsorbé)</t>
   </si>
   <si>
     <t>25/09/2025 09:57:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984736/fr/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe</t>
   </si>
   <si>
     <t>pprd_2984736</t>
@@ -5930,53 +5969,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2796800/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3160954/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634549/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe-vaccin-hpv</t>
   </si>
   <si>
     <t>FLUAD (vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant)</t>
   </si>
   <si>
     <t>21/05/2025 16:30:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986107/fr/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
   </si>
   <si>
     <t>pprd_2986107</t>
   </si>
   <si>
     <t>vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant</t>
   </si>
   <si>
-    <t>VIFOR FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_398937/fr/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606844/fr/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant-vaccin-antigrippal</t>
   </si>
   <si>
     <t>EFLUELDA (vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche)</t>
   </si>
   <si>
     <t>21/05/2025 16:27:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191986/fr/efluelda-vaccin-antigrippal-trivalent-inactive-a-virion-fragmente-60-g-ha/souche</t>
   </si>
   <si>
     <t>p_3191986</t>
   </si>
   <si>
     <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191303/fr/efluelda-vaccin-grippal-quadrivalent-inactive-a-virion-fragmente-60-microgr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606853/fr/efluelda-vaccin-antigrippal-trivalent-inactive-a-virion-fragmente-60-g-ha/souche-vaccin-antigrippal</t>
@@ -6086,65 +6122,50 @@
   <si>
     <t>INFLUVAC (antigènes de virus grippal cultivé, inactivé)</t>
   </si>
   <si>
     <t>06/03/2025 18:07:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985969/fr/influvac-antigenes-de-virus-grippal-cultive-inactive</t>
   </si>
   <si>
     <t>pprd_2985969</t>
   </si>
   <si>
     <t>antigènes de virus grippal cultivé, inactivé</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399685/fr/influvac-antigenes-de-virus-grippal-cultive-inactive</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594723/fr/influvac-vaccin-grippal-inactive-a-antigenes-de-surface-vaccin-antigrippal</t>
   </si>
   <si>
-    <t>FLUCELVAX TIV (vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires)</t>
-[...13 lines deleted...]
-  <si>
     <t>MRESVIA (Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié))</t>
   </si>
   <si>
     <t>21/11/2024 15:27:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3559480/fr/mresvia-vaccin-du-virus-respiratoire-syncytial-a-arnm-a-nucleoside-modifie</t>
   </si>
   <si>
     <t>p_3559480</t>
   </si>
   <si>
     <t>Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié)</t>
   </si>
   <si>
     <t>MODERNA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3558030/fr/mresvia-vaccin-du-virus-respiratoire-syncytial-a-arnm-a-nucleoside-modifie-virus-respiratoire-syncytial</t>
   </si>
   <si>
     <t>BEYFORTUS (nirsévimab)</t>
   </si>
   <si>
     <t>20/11/2024 08:37:55</t>
@@ -7838,120 +7859,120 @@
   <si>
     <t>PREVENAR (polyoside pneumococcique sérotype 4/ polyoside pneumococcique sérotype...)</t>
   </si>
   <si>
     <t>24/04/2002 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986019/fr/prevenar-polyoside-pneumococcique-serotype-4/-polyoside-pneumococcique-serotype</t>
   </si>
   <si>
     <t>pprd_2986019</t>
   </si>
   <si>
     <t>polyoside pneumococcique sérotype 4,polyoside pneumococcique sérotype 6B,polyoside pneumococcique sérotype 9V,polyoside pneumococcique sérotype 14,oligoside pneumococcique sérotype 18C,polyoside pneumococcique sérotype 19F,polyoside pneumococcique sérotype 23F</t>
   </si>
   <si>
     <t>WYETH-LEDERLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399455/fr/prevenar-polyoside-pneumococcique-serotype-4/-polyoside-pneumococcique-serotype</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
-    <t>IQSS 2025 - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier : campagne nationale de recueil d'un indicateur de qualité et de sécurité des soins</t>
-[...2 lines deleted...]
-    <t>Campagne nationale 2025 de mesure de l'indicateur de qualité et de sécurité des soins « Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier » (données hiver 2024/2025).</t>
+    <t>IQSS - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier  - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagne nationale de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir du questionnaire établissement : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier.</t>
+  </si>
+  <si>
+    <t>18/12/2023 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479080/fr/iqss-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3479080</t>
+  </si>
+  <si>
+    <t>IQSS 2026 - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier : campagne nationale de recueil d'un indicateur de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2026 de mesure de l'indicateur de qualité et de sécurité des soins « Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier » (données hiver 2025/2026).</t>
   </si>
   <si>
     <t>18/10/2022 16:06:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3379643/fr/iqss-2025-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier-campagne-nationale-de-recueil-d-un-indicateur-de-qualite-et-de-securite-des-soins</t>
+    <t>https://www.has-sante.fr/jcms/p_3379643/fr/iqss-2026-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier-campagne-nationale-de-recueil-d-un-indicateur-de-qualite-et-de-securite-des-soins</t>
   </si>
   <si>
     <t>p_3379643</t>
   </si>
   <si>
+    <t>IQSS -Archives - IAS : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier (VAG) - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir d'un questionnaire établissement : Prévention de la grippe en établissement de santé, indicateur de couverture vaccinale antigrippale du personnel hospitalier.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500703/fr/iqss-archives-ias-prevention-de-la-grippe-en-etablissement-de-sante-indicateur-de-couverture-vaccinale-antigrippale-du-personnel-hospitalier-vag-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3500703</t>
+  </si>
+  <si>
     <t>Vaccin Vimkunya contre le chikungunya à la Réunion et à Mayotte : la HAS en attente des données complémentaires</t>
   </si>
   <si>
     <t>Saisie par le ministère de la Santé et de l’Accès aux soins, la Haute Autorité de santé (HAS) ne peut à ce jour recommander l’utilisation du vaccin Vimkunya de Bavarian Nordic contre le virus chikungunya à Mayotte et sur l'Ile de La Réunion</t>
   </si>
   <si>
     <t>06/06/2025 17:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609277/fr/vaccin-vimkunya-contre-le-chikungunya-a-la-reunion-et-a-mayotte-la-has-en-attente-des-donnees-complementaires</t>
   </si>
   <si>
     <t>p_3609277</t>
   </si>
   <si>
     <t>Vaccination dans le cadre de la Covid-19</t>
   </si>
   <si>
     <t>[mis à jour le 13/03/2025] Dans le contexte de l'épidémie Covid-19, retrouvez tous les avis de la HAS concernant la vaccination.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3178533/fr/vaccination-dans-le-cadre-de-la-covid-19</t>
   </si>
   <si>
     <t>p_3178533</t>
-  </si>
-[...28 lines deleted...]
-    <t>p_3500703</t>
   </si>
   <si>
     <t>Une nouvelle composition pour la commission technique des vaccinations (CTV) de la HAS</t>
   </si>
   <si>
     <t>Présidée par le Pr Anne-Claude Crémieux, membre du Collège de la HAS, la commission technique des vaccinations (CTV) voit sa composition renouvelée à compter du 1er août 2023. Les 24 membres désignés pour trois ans sont cliniciens, microbiologistes, biostatisticiens, immunologues, pharmaciens, économistes de la santé, sociologues et représentants d’usagers. Un poste réservé à un professionnel de la santé des femmes (sage-femme ou gynécologue) reste à pourvoir. Avec 11 femmes et 13 hommes, la nouvelle commission atteint quasiment la parité.</t>
   </si>
   <si>
     <t>01/08/2023 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3456459/fr/une-nouvelle-composition-pour-la-commission-technique-des-vaccinations-ctv-de-la-has</t>
   </si>
   <si>
     <t>p_3456459</t>
   </si>
   <si>
     <t>La HAS participe à la semaine européenne de la vaccination 2023</t>
   </si>
   <si>
     <t>À l’occasion de la semaine européenne de la vaccination, du 24 avril au 1er mai, la HAS propose aux professionnels de santé une sélection de ses plus récentes recommantions vaccinales.</t>
   </si>
   <si>
     <t>24/04/2023 12:30:00</t>
   </si>
@@ -8279,384 +8300,384 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B2" t="s">
-        <v>2600</v>
+        <v>2607</v>
       </c>
       <c r="C2" t="s">
-        <v>2601</v>
+        <v>2608</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2602</v>
+        <v>2609</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2603</v>
+        <v>2610</v>
       </c>
       <c r="H2" t="s">
-        <v>2604</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B3" t="s">
-        <v>2605</v>
+        <v>2612</v>
       </c>
       <c r="C3" t="s">
-        <v>2606</v>
+        <v>2613</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2607</v>
+        <v>2614</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2608</v>
+        <v>2615</v>
       </c>
       <c r="H3" t="s">
-        <v>2609</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B4" t="s">
-        <v>2610</v>
+        <v>2617</v>
       </c>
       <c r="C4" t="s">
-        <v>2611</v>
+        <v>2618</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>280</v>
+        <v>2619</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2612</v>
+        <v>2620</v>
       </c>
       <c r="H4" t="s">
-        <v>2613</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B5" t="s">
-        <v>2614</v>
+        <v>2622</v>
       </c>
       <c r="C5" t="s">
-        <v>2615</v>
+        <v>2623</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2616</v>
+        <v>2624</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2617</v>
+        <v>2625</v>
       </c>
       <c r="H5" t="s">
-        <v>2618</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B6" t="s">
-        <v>2619</v>
+        <v>2627</v>
       </c>
       <c r="C6" t="s">
-        <v>2620</v>
+        <v>2628</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2621</v>
+        <v>280</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2622</v>
+        <v>2629</v>
       </c>
       <c r="H6" t="s">
-        <v>2623</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B7" t="s">
-        <v>2624</v>
+        <v>2631</v>
       </c>
       <c r="C7" t="s">
-        <v>2625</v>
+        <v>2632</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2626</v>
+        <v>2633</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2627</v>
+        <v>2634</v>
       </c>
       <c r="H7" t="s">
-        <v>2628</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B8" t="s">
-        <v>2629</v>
+        <v>2636</v>
       </c>
       <c r="C8" t="s">
-        <v>2630</v>
+        <v>2637</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2631</v>
+        <v>2638</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2632</v>
+        <v>2639</v>
       </c>
       <c r="H8" t="s">
-        <v>2633</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B9" t="s">
-        <v>2634</v>
+        <v>2641</v>
       </c>
       <c r="C9" t="s">
         <v>1288</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2635</v>
+        <v>2642</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2636</v>
+        <v>2643</v>
       </c>
       <c r="H9" t="s">
-        <v>2637</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B10" t="s">
-        <v>2638</v>
+        <v>2645</v>
       </c>
       <c r="C10" t="s">
-        <v>2639</v>
+        <v>2646</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2640</v>
+        <v>2647</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2641</v>
+        <v>2648</v>
       </c>
       <c r="H10" t="s">
-        <v>2642</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B11" t="s">
-        <v>2643</v>
+        <v>2650</v>
       </c>
       <c r="C11" t="s">
-        <v>2644</v>
+        <v>2651</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2645</v>
+        <v>2652</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2646</v>
+        <v>2653</v>
       </c>
       <c r="H11" t="s">
-        <v>2647</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B12" t="s">
-        <v>2648</v>
+        <v>2655</v>
       </c>
       <c r="C12" t="s">
-        <v>2649</v>
+        <v>2656</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2650</v>
+        <v>2657</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2651</v>
+        <v>2658</v>
       </c>
       <c r="H12" t="s">
-        <v>2652</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B13" t="s">
-        <v>2653</v>
+        <v>2660</v>
       </c>
       <c r="C13" t="s">
-        <v>2654</v>
+        <v>2661</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2655</v>
+        <v>2662</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2656</v>
+        <v>2663</v>
       </c>
       <c r="H13" t="s">
-        <v>2657</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B14" t="s">
-        <v>2658</v>
+        <v>2665</v>
       </c>
       <c r="C14" t="s">
-        <v>2659</v>
+        <v>2666</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>2660</v>
+        <v>2667</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2661</v>
+        <v>2668</v>
       </c>
       <c r="H14" t="s">
-        <v>2662</v>
+        <v>2669</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -15057,6523 +15078,6561 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1297</v>
       </c>
       <c r="B2" t="s">
         <v>1298</v>
       </c>
       <c r="C2" t="s">
         <v>1299</v>
       </c>
       <c r="D2" t="s">
         <v>1300</v>
       </c>
       <c r="E2" t="s">
+        <v>533</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>1301</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>1302</v>
-      </c>
-[...1 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1297</v>
       </c>
       <c r="B3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C3" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
       <c r="D3" t="s">
         <v>1300</v>
       </c>
       <c r="E3" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>1306</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>1307</v>
-      </c>
-[...1 lines deleted...]
-        <v>1308</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1297</v>
       </c>
       <c r="B4" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C4" t="s">
         <v>1309</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>1310</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>1311</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>1312</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>1313</v>
-      </c>
-[...1 lines deleted...]
-        <v>1314</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>1297</v>
       </c>
       <c r="B5" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C5" t="s">
         <v>1315</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>1316</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>1317</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>1318</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>1319</v>
-      </c>
-[...1 lines deleted...]
-        <v>1320</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>1297</v>
       </c>
       <c r="B6" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C6" t="s">
         <v>1321</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>1322</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>1323</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>1324</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>1325</v>
-      </c>
-[...1 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1297</v>
       </c>
       <c r="B7" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C7" t="s">
         <v>1327</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>1328</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>1329</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>1330</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>1331</v>
-      </c>
-[...1 lines deleted...]
-        <v>1332</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>1297</v>
       </c>
       <c r="B8" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C8" t="s">
         <v>1333</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E8" t="s">
         <v>1334</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>1335</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>1336</v>
-      </c>
-[...1 lines deleted...]
-        <v>1337</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>1297</v>
       </c>
       <c r="B9" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C9" t="s">
         <v>1338</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>1339</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>1340</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>1297</v>
       </c>
       <c r="B10" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C10" t="s">
         <v>1343</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>1344</v>
-      </c>
-[...1 lines deleted...]
-        <v>1345</v>
       </c>
       <c r="E10" t="s">
         <v>74</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H10" t="s">
         <v>1346</v>
-      </c>
-[...1 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>1297</v>
       </c>
       <c r="B11" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C11" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v>1349</v>
       </c>
       <c r="D11" t="s">
         <v>61</v>
       </c>
       <c r="E11" t="s">
         <v>79</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H11" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>1297</v>
       </c>
       <c r="B12" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C12" t="s">
         <v>1352</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>1353</v>
-      </c>
-[...1 lines deleted...]
-        <v>1354</v>
       </c>
       <c r="E12" t="s">
         <v>88</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H12" t="s">
         <v>1355</v>
-      </c>
-[...1 lines deleted...]
-        <v>1356</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>1297</v>
       </c>
       <c r="B13" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C13" t="s">
         <v>1357</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>1358</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>1359</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>1297</v>
       </c>
       <c r="B14" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C14" t="s">
         <v>1362</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>1363</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>1364</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>1365</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>1297</v>
       </c>
       <c r="B15" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C15" t="s">
         <v>1368</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>1369</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>1370</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>1371</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>1297</v>
       </c>
       <c r="B16" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C16" t="s">
         <v>1374</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>1375</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>1376</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>1377</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>1297</v>
       </c>
       <c r="B17" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C17" t="s">
         <v>1380</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
       <c r="E17" t="s">
         <v>635</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H17" t="s">
         <v>1383</v>
-      </c>
-[...1 lines deleted...]
-        <v>1384</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>1297</v>
       </c>
       <c r="B18" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C18" t="s">
         <v>1385</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="E18" t="s">
         <v>635</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H18" t="s">
         <v>1387</v>
-      </c>
-[...1 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>1297</v>
       </c>
       <c r="B19" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C19" t="s">
         <v>1389</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="E19" t="s">
         <v>635</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H19" t="s">
         <v>1391</v>
-      </c>
-[...1 lines deleted...]
-        <v>1392</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>1297</v>
       </c>
       <c r="B20" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C20" t="s">
         <v>1393</v>
       </c>
-      <c r="C20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="E20" t="s">
         <v>635</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H20" t="s">
         <v>1395</v>
-      </c>
-[...1 lines deleted...]
-        <v>1396</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>1297</v>
       </c>
       <c r="B21" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C21" t="s">
         <v>1397</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>1398</v>
-      </c>
-[...1 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="E21" t="s">
         <v>93</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H21" t="s">
         <v>1400</v>
-      </c>
-[...1 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>1297</v>
       </c>
       <c r="B22" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C22" t="s">
         <v>1402</v>
-      </c>
-[...1 lines deleted...]
-        <v>1403</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>1404</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>1405</v>
-      </c>
-[...1 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>1297</v>
       </c>
       <c r="B23" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C23" t="s">
         <v>1407</v>
-      </c>
-[...1 lines deleted...]
-        <v>1408</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>664</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H23" t="s">
         <v>1409</v>
-      </c>
-[...1 lines deleted...]
-        <v>1410</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>1297</v>
       </c>
       <c r="B24" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C24" t="s">
         <v>1411</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
         <v>1412</v>
       </c>
-      <c r="D24" t="s">
-[...2 lines deleted...]
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>1413</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>1414</v>
-      </c>
-[...1 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>1297</v>
       </c>
       <c r="B25" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C25" t="s">
         <v>1416</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>1417</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>1418</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
         <v>1419</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>1420</v>
-      </c>
-[...1 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>1297</v>
       </c>
       <c r="B26" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C26" t="s">
         <v>1422</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>1423</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>1424</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>1425</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>1426</v>
-      </c>
-[...1 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>1297</v>
       </c>
       <c r="B27" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C27" t="s">
         <v>1428</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>1429</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>1430</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>1431</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>1297</v>
       </c>
       <c r="B28" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C28" t="s">
         <v>1434</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>1435</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>1436</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>1437</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>1438</v>
-      </c>
-[...1 lines deleted...]
-        <v>1439</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>1297</v>
       </c>
       <c r="B29" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C29" t="s">
         <v>1440</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E29" t="s">
         <v>1441</v>
       </c>
-      <c r="D29" t="s">
-[...2 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>1442</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>1297</v>
       </c>
       <c r="B30" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C30" t="s">
         <v>1445</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>1446</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>1447</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>1448</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>1297</v>
       </c>
       <c r="B31" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C31" t="s">
         <v>1451</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>1452</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>1453</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>1454</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>1297</v>
       </c>
       <c r="B32" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C32" t="s">
         <v>1457</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E32" t="s">
         <v>1458</v>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
         <v>1459</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>1297</v>
       </c>
       <c r="B33" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C33" t="s">
         <v>1462</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
       <c r="E33" t="s">
         <v>136</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H33" t="s">
         <v>1464</v>
-      </c>
-[...1 lines deleted...]
-        <v>1465</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>1297</v>
       </c>
       <c r="B34" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C34" t="s">
         <v>1466</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>1467</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>1468</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
         <v>1469</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>1470</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>1297</v>
       </c>
       <c r="B35" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C35" t="s">
         <v>1472</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>1473</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>1474</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
         <v>1475</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>1476</v>
-      </c>
-[...1 lines deleted...]
-        <v>1477</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>1297</v>
       </c>
       <c r="B36" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C36" t="s">
         <v>1478</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>1479</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>1480</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
         <v>1481</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>1297</v>
       </c>
       <c r="B37" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C37" t="s">
         <v>1484</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>1485</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>1486</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
         <v>1487</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>1488</v>
-      </c>
-[...1 lines deleted...]
-        <v>1489</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>1297</v>
       </c>
       <c r="B38" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C38" t="s">
         <v>1490</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>1491</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>1492</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
         <v>1493</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>1494</v>
-      </c>
-[...1 lines deleted...]
-        <v>1495</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>1297</v>
       </c>
       <c r="B39" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C39" t="s">
         <v>1496</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>1497</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498</v>
       </c>
       <c r="E39" t="s">
         <v>161</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H39" t="s">
         <v>1499</v>
-      </c>
-[...1 lines deleted...]
-        <v>1500</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>1297</v>
       </c>
       <c r="B40" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C40" t="s">
         <v>1501</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>1498</v>
+        <v>1497</v>
       </c>
       <c r="E40" t="s">
         <v>161</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
+        <v>1502</v>
+      </c>
+      <c r="H40" t="s">
         <v>1503</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>1297</v>
       </c>
       <c r="B41" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C41" t="s">
         <v>1505</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>1506</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>1507</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
         <v>1508</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>1297</v>
       </c>
       <c r="B42" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C42" t="s">
         <v>1511</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>1512</v>
-      </c>
-[...1 lines deleted...]
-        <v>1513</v>
       </c>
       <c r="E42" t="s">
         <v>166</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H42" t="s">
         <v>1514</v>
-      </c>
-[...1 lines deleted...]
-        <v>1515</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>1297</v>
       </c>
       <c r="B43" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C43" t="s">
         <v>1516</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>1513</v>
+        <v>1512</v>
       </c>
       <c r="E43" t="s">
         <v>166</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H43" t="s">
         <v>1518</v>
-      </c>
-[...1 lines deleted...]
-        <v>1519</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>1297</v>
       </c>
       <c r="B44" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C44" t="s">
         <v>1520</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>1513</v>
+        <v>1512</v>
       </c>
       <c r="E44" t="s">
         <v>166</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H44" t="s">
         <v>1522</v>
-      </c>
-[...1 lines deleted...]
-        <v>1523</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>1297</v>
       </c>
       <c r="B45" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C45" t="s">
         <v>1524</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>1525</v>
-      </c>
-[...1 lines deleted...]
-        <v>1526</v>
       </c>
       <c r="E45" t="s">
         <v>716</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H45" t="s">
         <v>1527</v>
-      </c>
-[...1 lines deleted...]
-        <v>1528</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>1297</v>
       </c>
       <c r="B46" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C46" t="s">
         <v>1529</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>1507</v>
+        <v>1506</v>
       </c>
       <c r="E46" t="s">
         <v>727</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
+        <v>1530</v>
+      </c>
+      <c r="H46" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1532</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>1297</v>
       </c>
       <c r="B47" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C47" t="s">
         <v>1533</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>1507</v>
+        <v>1506</v>
       </c>
       <c r="E47" t="s">
         <v>727</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H47" t="s">
         <v>1535</v>
-      </c>
-[...1 lines deleted...]
-        <v>1536</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>1297</v>
       </c>
       <c r="B48" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C48" t="s">
         <v>1537</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>1538</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>1539</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
         <v>1540</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>1541</v>
-      </c>
-[...1 lines deleted...]
-        <v>1542</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>1297</v>
       </c>
       <c r="B49" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C49" t="s">
         <v>1543</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="E49" t="s">
         <v>211</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H49" t="s">
         <v>1545</v>
-      </c>
-[...1 lines deleted...]
-        <v>1546</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>1297</v>
       </c>
       <c r="B50" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C50" t="s">
         <v>1547</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="E50" t="s">
         <v>211</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
+        <v>1548</v>
+      </c>
+      <c r="H50" t="s">
         <v>1549</v>
-      </c>
-[...1 lines deleted...]
-        <v>1550</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>1297</v>
       </c>
       <c r="B51" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C51" t="s">
         <v>1551</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>1552</v>
-      </c>
-[...1 lines deleted...]
-        <v>1553</v>
       </c>
       <c r="E51" t="s">
         <v>773</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H51" t="s">
         <v>1554</v>
-      </c>
-[...1 lines deleted...]
-        <v>1555</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>1297</v>
       </c>
       <c r="B52" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C52" t="s">
         <v>1556</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>1557</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52" t="s">
         <v>1558</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
         <v>1559</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>1560</v>
-      </c>
-[...1 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>1297</v>
       </c>
       <c r="B53" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C53" t="s">
         <v>1562</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>1563</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>1564</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
         <v>1565</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>1566</v>
-      </c>
-[...1 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>1297</v>
       </c>
       <c r="B54" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C54" t="s">
         <v>1568</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>1569</v>
-      </c>
-[...1 lines deleted...]
-        <v>1570</v>
       </c>
       <c r="E54" t="s">
         <v>900</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H54" t="s">
         <v>1571</v>
-      </c>
-[...1 lines deleted...]
-        <v>1572</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>1297</v>
       </c>
       <c r="B55" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C55" t="s">
         <v>1573</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>1574</v>
-      </c>
-[...1 lines deleted...]
-        <v>1575</v>
       </c>
       <c r="E55" t="s">
         <v>911</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H55" t="s">
         <v>1576</v>
-      </c>
-[...1 lines deleted...]
-        <v>1577</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>1297</v>
       </c>
       <c r="B56" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C56" t="s">
         <v>1578</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>1579</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E56" t="s">
         <v>1580</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
         <v>1581</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="H56" t="s">
         <v>1582</v>
-      </c>
-[...1 lines deleted...]
-        <v>1583</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>1297</v>
       </c>
       <c r="B57" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C57" t="s">
         <v>1584</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
       <c r="E57" t="s">
         <v>280</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H57" t="s">
         <v>1587</v>
-      </c>
-[...1 lines deleted...]
-        <v>1588</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>1297</v>
       </c>
       <c r="B58" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C58" t="s">
         <v>1589</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>1590</v>
-      </c>
-[...1 lines deleted...]
-        <v>1591</v>
       </c>
       <c r="E58" t="s">
         <v>955</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H58" t="s">
         <v>1592</v>
-      </c>
-[...1 lines deleted...]
-        <v>1593</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>1297</v>
       </c>
       <c r="B59" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C59" t="s">
         <v>1594</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>1595</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>1596</v>
       </c>
-      <c r="E59" t="s">
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
         <v>1597</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="H59" t="s">
         <v>1598</v>
-      </c>
-[...1 lines deleted...]
-        <v>1599</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>1297</v>
       </c>
       <c r="B60" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C60" t="s">
         <v>1600</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>1601</v>
-      </c>
-[...1 lines deleted...]
-        <v>1602</v>
       </c>
       <c r="E60" t="s">
         <v>333</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H60" t="s">
         <v>1603</v>
-      </c>
-[...1 lines deleted...]
-        <v>1604</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>1297</v>
       </c>
       <c r="B61" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C61" t="s">
         <v>1605</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>1606</v>
-      </c>
-[...1 lines deleted...]
-        <v>1607</v>
       </c>
       <c r="E61" t="s">
         <v>338</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H61" t="s">
         <v>1608</v>
-      </c>
-[...1 lines deleted...]
-        <v>1609</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>1297</v>
       </c>
       <c r="B62" t="s">
-        <v>1610</v>
+        <v>1609</v>
       </c>
       <c r="C62" t="s">
         <v>337</v>
       </c>
       <c r="D62" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
       <c r="E62" t="s">
         <v>338</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H62" t="s">
         <v>1611</v>
-      </c>
-[...1 lines deleted...]
-        <v>1612</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>1297</v>
       </c>
       <c r="B63" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C63" t="s">
         <v>1613</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>1614</v>
-      </c>
-[...1 lines deleted...]
-        <v>1615</v>
       </c>
       <c r="E63" t="s">
         <v>407</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H63" t="s">
         <v>1616</v>
-      </c>
-[...1 lines deleted...]
-        <v>1617</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>1297</v>
       </c>
       <c r="B64" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C64" t="s">
         <v>1618</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>1619</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>1620</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
         <v>1621</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>1622</v>
-      </c>
-[...1 lines deleted...]
-        <v>1623</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>1297</v>
       </c>
       <c r="B65" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C65" t="s">
         <v>1624</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>1625</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>1626</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
         <v>1627</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>1628</v>
-      </c>
-[...1 lines deleted...]
-        <v>1629</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>1297</v>
       </c>
       <c r="B66" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C66" t="s">
         <v>1630</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E66" t="s">
         <v>1631</v>
       </c>
-      <c r="D66" t="s">
-[...2 lines deleted...]
-      <c r="E66" t="s">
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
         <v>1632</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>1633</v>
-      </c>
-[...1 lines deleted...]
-        <v>1634</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>1297</v>
       </c>
       <c r="B67" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C67" t="s">
         <v>1635</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>1636</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>1637</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
         <v>1638</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>1639</v>
-      </c>
-[...1 lines deleted...]
-        <v>1640</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>1297</v>
       </c>
       <c r="B68" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C68" t="s">
         <v>1641</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>1642</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>1643</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
         <v>1644</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" t="s">
+      <c r="H68" t="s">
         <v>1645</v>
-      </c>
-[...1 lines deleted...]
-        <v>1646</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>1297</v>
       </c>
       <c r="B69" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C69" t="s">
         <v>1647</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>1648</v>
-      </c>
-[...1 lines deleted...]
-        <v>1649</v>
       </c>
       <c r="E69" t="s">
         <v>397</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H69" t="s">
         <v>1650</v>
-      </c>
-[...1 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>1297</v>
       </c>
       <c r="B70" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C70" t="s">
         <v>1652</v>
-      </c>
-[...1 lines deleted...]
-        <v>1653</v>
       </c>
       <c r="D70" t="s">
         <v>1103</v>
       </c>
       <c r="E70" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
         <v>1654</v>
       </c>
-      <c r="F70" t="s">
-[...2 lines deleted...]
-      <c r="G70" t="s">
+      <c r="H70" t="s">
         <v>1655</v>
-      </c>
-[...1 lines deleted...]
-        <v>1656</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>1297</v>
       </c>
       <c r="B71" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C71" t="s">
         <v>1657</v>
-      </c>
-[...1 lines deleted...]
-        <v>1658</v>
       </c>
       <c r="D71" t="s">
         <v>1103</v>
       </c>
       <c r="E71" t="s">
         <v>402</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H71" t="s">
         <v>1659</v>
-      </c>
-[...1 lines deleted...]
-        <v>1660</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>1297</v>
       </c>
       <c r="B72" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C72" t="s">
         <v>1661</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>1662</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>1663</v>
       </c>
-      <c r="E72" t="s">
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
         <v>1664</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="H72" t="s">
         <v>1665</v>
-      </c>
-[...1 lines deleted...]
-        <v>1666</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>1297</v>
       </c>
       <c r="B73" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C73" t="s">
         <v>1667</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>1668</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>1669</v>
       </c>
-      <c r="E73" t="s">
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
         <v>1670</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" t="s">
+      <c r="H73" t="s">
         <v>1671</v>
-      </c>
-[...1 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>1297</v>
       </c>
       <c r="B74" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C74" t="s">
         <v>1673</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>1674</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>1675</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
         <v>1676</v>
       </c>
-      <c r="F74" t="s">
-[...2 lines deleted...]
-      <c r="G74" t="s">
+      <c r="H74" t="s">
         <v>1677</v>
-      </c>
-[...1 lines deleted...]
-        <v>1678</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>1297</v>
       </c>
       <c r="B75" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
       <c r="C75" t="s">
         <v>416</v>
       </c>
       <c r="D75" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E75" t="s">
         <v>1680</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
         <v>1681</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75" t="s">
+      <c r="H75" t="s">
         <v>1682</v>
-      </c>
-[...1 lines deleted...]
-        <v>1683</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>1297</v>
       </c>
       <c r="B76" t="s">
+        <v>1683</v>
+      </c>
+      <c r="C76" t="s">
         <v>1684</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>1685</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>1686</v>
       </c>
-      <c r="E76" t="s">
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
         <v>1687</v>
       </c>
-      <c r="F76" t="s">
-[...2 lines deleted...]
-      <c r="G76" t="s">
+      <c r="H76" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>1297</v>
       </c>
       <c r="B77" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C77" t="s">
         <v>1690</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>1691</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
         <v>1692</v>
       </c>
-      <c r="E77" t="s">
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
         <v>1693</v>
       </c>
-      <c r="F77" t="s">
-[...2 lines deleted...]
-      <c r="G77" t="s">
+      <c r="H77" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>1297</v>
       </c>
       <c r="B78" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C78" t="s">
         <v>1696</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>1697</v>
-      </c>
-[...1 lines deleted...]
-        <v>1698</v>
       </c>
       <c r="E78" t="s">
         <v>451</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
+        <v>1698</v>
+      </c>
+      <c r="H78" t="s">
         <v>1699</v>
-      </c>
-[...1 lines deleted...]
-        <v>1700</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>1297</v>
       </c>
       <c r="B79" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C79" t="s">
         <v>1701</v>
       </c>
-      <c r="C79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="E79" t="s">
         <v>451</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H79" t="s">
         <v>1703</v>
-      </c>
-[...1 lines deleted...]
-        <v>1704</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>1297</v>
       </c>
       <c r="B80" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C80" t="s">
         <v>1705</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>1706</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" t="s">
         <v>1707</v>
       </c>
-      <c r="E80" t="s">
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
         <v>1708</v>
       </c>
-      <c r="F80" t="s">
-[...2 lines deleted...]
-      <c r="G80" t="s">
+      <c r="H80" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>1297</v>
       </c>
       <c r="B81" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C81" t="s">
         <v>1711</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E81" t="s">
         <v>1712</v>
       </c>
-      <c r="D81" t="s">
-[...2 lines deleted...]
-      <c r="E81" t="s">
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
         <v>1713</v>
       </c>
-      <c r="F81" t="s">
-[...2 lines deleted...]
-      <c r="G81" t="s">
+      <c r="H81" t="s">
         <v>1714</v>
-      </c>
-[...1 lines deleted...]
-        <v>1715</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>1297</v>
       </c>
       <c r="B82" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C82" t="s">
         <v>1716</v>
       </c>
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>1717</v>
       </c>
-      <c r="D82" t="s">
+      <c r="E82" t="s">
         <v>1718</v>
       </c>
-      <c r="E82" t="s">
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
         <v>1719</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" t="s">
+      <c r="H82" t="s">
         <v>1720</v>
-      </c>
-[...1 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>1297</v>
       </c>
       <c r="B83" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C83" t="s">
         <v>1722</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>1723</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>1724</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
         <v>1725</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>1726</v>
-      </c>
-[...1 lines deleted...]
-        <v>1727</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>1297</v>
       </c>
       <c r="B84" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C84" t="s">
         <v>1728</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>1729</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>1730</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
         <v>1731</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>1732</v>
-      </c>
-[...1 lines deleted...]
-        <v>1733</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>1297</v>
       </c>
       <c r="B85" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C85" t="s">
         <v>1734</v>
       </c>
-      <c r="C85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D85" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="E85" t="s">
         <v>481</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H85" t="s">
         <v>1736</v>
-      </c>
-[...1 lines deleted...]
-        <v>1737</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>1297</v>
       </c>
       <c r="B86" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C86" t="s">
         <v>1738</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>1739</v>
-      </c>
-[...1 lines deleted...]
-        <v>1740</v>
       </c>
       <c r="E86" t="s">
         <v>1200</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H86" t="s">
         <v>1741</v>
-      </c>
-[...1 lines deleted...]
-        <v>1742</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>1297</v>
       </c>
       <c r="B87" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C87" t="s">
         <v>1743</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>1744</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" t="s">
         <v>1745</v>
       </c>
-      <c r="E87" t="s">
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
         <v>1746</v>
       </c>
-      <c r="F87" t="s">
-[...2 lines deleted...]
-      <c r="G87" t="s">
+      <c r="H87" t="s">
         <v>1747</v>
-      </c>
-[...1 lines deleted...]
-        <v>1748</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>1297</v>
       </c>
       <c r="B88" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C88" t="s">
         <v>1749</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>1750</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>1751</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
         <v>1752</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>1297</v>
       </c>
       <c r="B89" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C89" t="s">
         <v>1755</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>1756</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" t="s">
         <v>1757</v>
       </c>
-      <c r="E89" t="s">
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
         <v>1758</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="H89" t="s">
         <v>1759</v>
-      </c>
-[...1 lines deleted...]
-        <v>1760</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>1297</v>
       </c>
       <c r="B90" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C90" t="s">
         <v>1761</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>1762</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
         <v>1763</v>
       </c>
-      <c r="E90" t="s">
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
         <v>1764</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>1765</v>
-      </c>
-[...1 lines deleted...]
-        <v>1766</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>1297</v>
       </c>
       <c r="B91" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C91" t="s">
         <v>1767</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
+        <v>1762</v>
+      </c>
+      <c r="E91" t="s">
         <v>1768</v>
       </c>
-      <c r="D91" t="s">
-[...2 lines deleted...]
-      <c r="E91" t="s">
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
         <v>1769</v>
       </c>
-      <c r="F91" t="s">
-[...2 lines deleted...]
-      <c r="G91" t="s">
+      <c r="H91" t="s">
         <v>1770</v>
-      </c>
-[...1 lines deleted...]
-        <v>1771</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>1297</v>
       </c>
       <c r="B92" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C92" t="s">
         <v>1772</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>1773</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>1774</v>
       </c>
-      <c r="E92" t="s">
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
         <v>1775</v>
       </c>
-      <c r="F92" t="s">
-[...2 lines deleted...]
-      <c r="G92" t="s">
+      <c r="H92" t="s">
         <v>1776</v>
-      </c>
-[...1 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>1297</v>
       </c>
       <c r="B93" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C93" t="s">
         <v>1778</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>1779</v>
-      </c>
-[...1 lines deleted...]
-        <v>1780</v>
       </c>
       <c r="E93" t="s">
         <v>1250</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H93" t="s">
         <v>1781</v>
-      </c>
-[...1 lines deleted...]
-        <v>1782</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>1297</v>
       </c>
       <c r="B94" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C94" t="s">
         <v>1783</v>
-      </c>
-[...1 lines deleted...]
-        <v>1784</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
         <v>1250</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H94" t="s">
         <v>1785</v>
-      </c>
-[...1 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>1297</v>
       </c>
       <c r="B95" t="s">
+        <v>1786</v>
+      </c>
+      <c r="C95" t="s">
         <v>1787</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>1788</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" t="s">
         <v>1789</v>
       </c>
-      <c r="E95" t="s">
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
         <v>1790</v>
       </c>
-      <c r="F95" t="s">
-[...2 lines deleted...]
-      <c r="G95" t="s">
+      <c r="H95" t="s">
         <v>1791</v>
-      </c>
-[...1 lines deleted...]
-        <v>1792</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>1297</v>
       </c>
       <c r="B96" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C96" t="s">
         <v>1793</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>1794</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" t="s">
         <v>1795</v>
       </c>
-      <c r="E96" t="s">
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
         <v>1796</v>
       </c>
-      <c r="F96" t="s">
-[...2 lines deleted...]
-      <c r="G96" t="s">
+      <c r="H96" t="s">
         <v>1797</v>
-      </c>
-[...1 lines deleted...]
-        <v>1798</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>1297</v>
       </c>
       <c r="B97" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C97" t="s">
         <v>1799</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
         <v>1800</v>
       </c>
-      <c r="D97" t="s">
-[...8 lines deleted...]
-      <c r="G97" t="s">
+      <c r="H97" t="s">
         <v>1801</v>
-      </c>
-[...1 lines deleted...]
-        <v>1802</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>1297</v>
       </c>
       <c r="B98" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C98" t="s">
         <v>1803</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E98" t="s">
         <v>1804</v>
       </c>
-      <c r="D98" t="s">
-[...2 lines deleted...]
-      <c r="E98" t="s">
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
         <v>1805</v>
       </c>
-      <c r="F98" t="s">
-[...2 lines deleted...]
-      <c r="G98" t="s">
+      <c r="H98" t="s">
         <v>1806</v>
-      </c>
-[...1 lines deleted...]
-        <v>1807</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>1297</v>
       </c>
       <c r="B99" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C99" t="s">
         <v>1808</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E99" t="s">
         <v>1809</v>
       </c>
-      <c r="D99" t="s">
-[...2 lines deleted...]
-      <c r="E99" t="s">
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
         <v>1810</v>
       </c>
-      <c r="F99" t="s">
-[...2 lines deleted...]
-      <c r="G99" t="s">
+      <c r="H99" t="s">
         <v>1811</v>
-      </c>
-[...1 lines deleted...]
-        <v>1812</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>1297</v>
       </c>
       <c r="B100" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C100" t="s">
         <v>1813</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>1814</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>1815</v>
       </c>
-      <c r="E100" t="s">
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
         <v>1816</v>
       </c>
-      <c r="F100" t="s">
-[...2 lines deleted...]
-      <c r="G100" t="s">
+      <c r="H100" t="s">
         <v>1817</v>
-      </c>
-[...1 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>1297</v>
       </c>
       <c r="B101" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C101" t="s">
         <v>1819</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>1820</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" t="s">
         <v>1821</v>
       </c>
-      <c r="E101" t="s">
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
         <v>1822</v>
       </c>
-      <c r="F101" t="s">
-[...2 lines deleted...]
-      <c r="G101" t="s">
+      <c r="H101" t="s">
         <v>1823</v>
-      </c>
-[...1 lines deleted...]
-        <v>1824</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>1297</v>
       </c>
       <c r="B102" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C102" t="s">
         <v>1825</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>1826</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" t="s">
         <v>1827</v>
       </c>
-      <c r="E102" t="s">
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
         <v>1828</v>
       </c>
-      <c r="F102" t="s">
-[...2 lines deleted...]
-      <c r="G102" t="s">
+      <c r="H102" t="s">
         <v>1829</v>
-      </c>
-[...1 lines deleted...]
-        <v>1830</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>1297</v>
       </c>
       <c r="B103" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C103" t="s">
         <v>1831</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>1832</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
         <v>1833</v>
       </c>
-      <c r="E103" t="s">
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
         <v>1834</v>
       </c>
-      <c r="F103" t="s">
-[...2 lines deleted...]
-      <c r="G103" t="s">
+      <c r="H103" t="s">
         <v>1835</v>
-      </c>
-[...1 lines deleted...]
-        <v>1836</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>1297</v>
       </c>
       <c r="B104" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C104" t="s">
         <v>1837</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>1838</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" t="s">
         <v>1839</v>
       </c>
-      <c r="E104" t="s">
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
         <v>1840</v>
       </c>
-      <c r="F104" t="s">
-[...2 lines deleted...]
-      <c r="G104" t="s">
+      <c r="H104" t="s">
         <v>1841</v>
-      </c>
-[...1 lines deleted...]
-        <v>1842</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B2" t="s">
         <v>1843</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>1844</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>1845</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>1846</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>1847</v>
-      </c>
-[...1 lines deleted...]
-        <v>1848</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1843</v>
+        <v>1842</v>
       </c>
       <c r="B3" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C3" t="s">
         <v>1849</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>1850</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>1851</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>1852</v>
-      </c>
-[...1 lines deleted...]
-        <v>1853</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1843</v>
+        <v>1842</v>
       </c>
       <c r="B4" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C4" t="s">
         <v>1854</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>446</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H4" t="s">
         <v>1856</v>
-      </c>
-[...1 lines deleted...]
-        <v>1857</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:U90"/>
+  <dimension ref="A1:U91"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="J1" t="s">
         <v>1858</v>
       </c>
-      <c r="J1" t="s">
+      <c r="K1" t="s">
         <v>1859</v>
-      </c>
-[...1 lines deleted...]
-        <v>1860</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B2" t="s">
         <v>1861</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>1862</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>1863</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>1864</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>1865</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>1866</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>1867</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>1868</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B3" t="s">
         <v>1869</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>1870</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>1871</v>
       </c>
       <c r="H3" t="s">
         <v>1872</v>
       </c>
       <c r="I3" t="s">
         <v>1873</v>
       </c>
       <c r="J3" t="s">
         <v>1874</v>
       </c>
       <c r="K3" t="s">
         <v>1875</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B4" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>1877</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>1878</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>1879</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>1880</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
         <v>1881</v>
       </c>
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>1882</v>
-      </c>
-[...22 lines deleted...]
-        <v>1890</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B5" t="s">
-        <v>1891</v>
+        <v>1883</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1892</v>
+        <v>1884</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1893</v>
+        <v>1885</v>
       </c>
       <c r="H5" t="s">
-        <v>1894</v>
+        <v>1886</v>
       </c>
       <c r="I5" t="s">
-        <v>1895</v>
+        <v>1887</v>
       </c>
       <c r="J5" t="s">
-        <v>1896</v>
+        <v>1888</v>
       </c>
       <c r="K5" t="s">
-        <v>1897</v>
+        <v>1889</v>
       </c>
       <c r="L5" t="s">
-        <v>1898</v>
-[...8 lines deleted...]
-        <v>1901</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B6" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1892</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1894</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1895</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1897</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1898</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1899</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1900</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1901</v>
+      </c>
+      <c r="P6" t="s">
         <v>1902</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="Q6" t="s">
         <v>1903</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="R6" t="s">
         <v>1904</v>
-      </c>
-[...19 lines deleted...]
-        <v>1910</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B7" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1906</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1908</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1909</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1874</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1910</v>
+      </c>
+      <c r="L7" t="s">
         <v>1911</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="M7" t="s">
         <v>1912</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="N7" t="s">
         <v>1913</v>
       </c>
-      <c r="H7" t="s">
+      <c r="O7" t="s">
         <v>1914</v>
-      </c>
-[...25 lines deleted...]
-        <v>1922</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B8" t="s">
-        <v>1923</v>
+        <v>1915</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1924</v>
+        <v>1916</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1925</v>
+        <v>1917</v>
       </c>
       <c r="H8" t="s">
-        <v>1926</v>
+        <v>1918</v>
       </c>
       <c r="I8" t="s">
-        <v>1927</v>
+        <v>1919</v>
       </c>
       <c r="J8" t="s">
         <v>1896</v>
       </c>
       <c r="K8" t="s">
-        <v>1928</v>
+        <v>1920</v>
       </c>
       <c r="L8" t="s">
-        <v>1929</v>
+        <v>1921</v>
       </c>
       <c r="M8" t="s">
-        <v>1930</v>
+        <v>1922</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1923</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B9" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1925</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1926</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1927</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1928</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1929</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1930</v>
+      </c>
+      <c r="M9" t="s">
         <v>1931</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="N9" t="s">
         <v>1932</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="O9" t="s">
         <v>1933</v>
       </c>
-      <c r="H9" t="s">
+      <c r="P9" t="s">
         <v>1934</v>
       </c>
-      <c r="I9" t="s">
+      <c r="Q9" t="s">
         <v>1935</v>
-      </c>
-[...10 lines deleted...]
-        <v>1939</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B10" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1937</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1939</v>
+      </c>
+      <c r="I10" t="s">
         <v>1940</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="J10" t="s">
+        <v>1874</v>
+      </c>
+      <c r="K10" t="s">
         <v>1941</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="L10" t="s">
         <v>1942</v>
       </c>
-      <c r="H10" t="s">
+      <c r="M10" t="s">
         <v>1943</v>
-      </c>
-[...7 lines deleted...]
-        <v>1946</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B11" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H11" t="s">
         <v>1947</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>1948</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="J11" t="s">
         <v>1949</v>
       </c>
-      <c r="H11" t="s">
+      <c r="K11" t="s">
         <v>1950</v>
       </c>
-      <c r="I11" t="s">
+      <c r="L11" t="s">
         <v>1951</v>
       </c>
-      <c r="J11" t="s">
+      <c r="M11" t="s">
         <v>1952</v>
-      </c>
-[...16 lines deleted...]
-        <v>1958</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B12" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1956</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1957</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1958</v>
+      </c>
+      <c r="K12" t="s">
         <v>1959</v>
-      </c>
-[...28 lines deleted...]
-        <v>1966</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B13" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1961</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1963</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1964</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1965</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1966</v>
+      </c>
+      <c r="L13" t="s">
         <v>1967</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="M13" t="s">
         <v>1968</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="N13" t="s">
         <v>1969</v>
       </c>
-      <c r="H13" t="s">
+      <c r="O13" t="s">
         <v>1970</v>
       </c>
-      <c r="I13" t="s">
+      <c r="P13" t="s">
         <v>1971</v>
-      </c>
-[...7 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B14" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1973</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>1974</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>1975</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="I14" t="s">
         <v>1976</v>
       </c>
-      <c r="H14" t="s">
+      <c r="J14" t="s">
+        <v>1866</v>
+      </c>
+      <c r="K14" t="s">
         <v>1977</v>
       </c>
-      <c r="I14" t="s">
+      <c r="L14" t="s">
         <v>1978</v>
-      </c>
-[...4 lines deleted...]
-        <v>1979</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B15" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
         <v>1980</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>1981</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>1982</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>1983</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
+        <v>1888</v>
+      </c>
+      <c r="K15" t="s">
         <v>1984</v>
       </c>
-      <c r="J15" t="s">
+      <c r="L15" t="s">
         <v>1985</v>
-      </c>
-[...13 lines deleted...]
-        <v>1990</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B16" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1989</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1990</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1874</v>
+      </c>
+      <c r="K16" t="s">
         <v>1991</v>
-      </c>
-[...25 lines deleted...]
-        <v>1997</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B17" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1996</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1997</v>
+      </c>
+      <c r="K17" t="s">
         <v>1998</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="L17" t="s">
         <v>1999</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="M17" t="s">
         <v>2000</v>
       </c>
-      <c r="H17" t="s">
+      <c r="N17" t="s">
         <v>2001</v>
       </c>
-      <c r="I17" t="s">
+      <c r="O17" t="s">
         <v>2002</v>
-      </c>
-[...13 lines deleted...]
-        <v>2007</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B18" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2004</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2006</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2007</v>
+      </c>
+      <c r="J18" t="s">
         <v>2008</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="K18" t="s">
         <v>2009</v>
-      </c>
-[...19 lines deleted...]
-        <v>2015</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B19" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K19" t="s">
         <v>2016</v>
       </c>
-      <c r="C19" t="s">
-[...11 lines deleted...]
-      <c r="G19" t="s">
+      <c r="L19" t="s">
         <v>2017</v>
       </c>
-      <c r="H19" t="s">
+      <c r="M19" t="s">
         <v>2018</v>
       </c>
-      <c r="I19" t="s">
+      <c r="N19" t="s">
         <v>2019</v>
-      </c>
-[...4 lines deleted...]
-        <v>2020</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B20" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
         <v>2021</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>2022</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>2023</v>
       </c>
-      <c r="H20" t="s">
+      <c r="I20" t="s">
         <v>2024</v>
       </c>
-      <c r="I20" t="s">
+      <c r="J20" t="s">
         <v>2025</v>
       </c>
-      <c r="J20" t="s">
+      <c r="K20" t="s">
         <v>2026</v>
       </c>
-      <c r="K20" t="s">
+      <c r="L20" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B21" t="s">
         <v>2028</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>2029</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>2030</v>
       </c>
       <c r="H21" t="s">
         <v>2031</v>
       </c>
       <c r="I21" t="s">
         <v>2032</v>
       </c>
       <c r="J21" t="s">
         <v>2033</v>
       </c>
       <c r="K21" t="s">
         <v>2034</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B22" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
         <v>2036</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>2037</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>2038</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>2039</v>
       </c>
-      <c r="I22" t="s">
+      <c r="J22" t="s">
         <v>2040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1896</v>
       </c>
       <c r="K22" t="s">
         <v>2041</v>
       </c>
       <c r="L22" t="s">
         <v>2042</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B23" t="s">
         <v>2043</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>2044</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>2045</v>
       </c>
       <c r="H23" t="s">
         <v>2046</v>
       </c>
       <c r="I23" t="s">
         <v>2047</v>
       </c>
       <c r="J23" t="s">
-        <v>1882</v>
+        <v>1874</v>
       </c>
       <c r="K23" t="s">
         <v>2048</v>
       </c>
+      <c r="L23" t="s">
+        <v>2049</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B24" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="H24" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="I24" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="J24" t="s">
-        <v>2054</v>
+        <v>1896</v>
       </c>
       <c r="K24" t="s">
         <v>2055</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B25" t="s">
         <v>2056</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
         <v>2057</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>2058</v>
       </c>
       <c r="H25" t="s">
         <v>2059</v>
       </c>
       <c r="I25" t="s">
         <v>2060</v>
       </c>
       <c r="J25" t="s">
-        <v>1882</v>
+        <v>2061</v>
       </c>
       <c r="K25" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B26" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="H26" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="I26" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="J26" t="s">
-        <v>2054</v>
+        <v>1896</v>
       </c>
       <c r="K26" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B27" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="H27" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="I27" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="J27" t="s">
-        <v>2026</v>
+        <v>2061</v>
       </c>
       <c r="K27" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B28" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="H28" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="I28" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="J28" t="s">
-        <v>2079</v>
+        <v>2033</v>
       </c>
       <c r="K28" t="s">
         <v>2080</v>
       </c>
-      <c r="L28" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B29" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2082</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2084</v>
+      </c>
+      <c r="I29" t="s">
         <v>2085</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="J29" t="s">
         <v>2086</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="K29" t="s">
         <v>2087</v>
       </c>
-      <c r="H29" t="s">
+      <c r="L29" t="s">
         <v>2088</v>
       </c>
-      <c r="I29" t="s">
+      <c r="M29" t="s">
         <v>2089</v>
       </c>
-      <c r="J29" t="s">
-[...2 lines deleted...]
-      <c r="K29" t="s">
+      <c r="N29" t="s">
         <v>2090</v>
       </c>
-      <c r="L29" t="s">
+      <c r="O29" t="s">
         <v>2091</v>
-      </c>
-[...19 lines deleted...]
-        <v>2098</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B30" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2093</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2094</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2095</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2096</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2040</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2097</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2098</v>
+      </c>
+      <c r="M30" t="s">
         <v>2099</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="N30" t="s">
         <v>2100</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="O30" t="s">
         <v>2101</v>
       </c>
-      <c r="H30" t="s">
+      <c r="P30" t="s">
         <v>2102</v>
       </c>
-      <c r="I30" t="s">
+      <c r="Q30" t="s">
         <v>2103</v>
       </c>
-      <c r="J30" t="s">
-[...2 lines deleted...]
-      <c r="K30" t="s">
+      <c r="R30" t="s">
         <v>2104</v>
       </c>
-      <c r="L30" t="s">
+      <c r="S30" t="s">
         <v>2105</v>
-      </c>
-[...4 lines deleted...]
-        <v>2107</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B31" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2107</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>2108</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="H31" t="s">
         <v>2109</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="I31" t="s">
         <v>2110</v>
       </c>
-      <c r="H31" t="s">
+      <c r="J31" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K31" t="s">
         <v>2111</v>
       </c>
-      <c r="I31" t="s">
+      <c r="L31" t="s">
         <v>2112</v>
       </c>
-      <c r="J31" t="s">
+      <c r="M31" t="s">
         <v>2113</v>
       </c>
-      <c r="K31" t="s">
+      <c r="N31" t="s">
         <v>2114</v>
-      </c>
-[...28 lines deleted...]
-        <v>2124</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B32" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2118</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2119</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2120</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2121</v>
+      </c>
+      <c r="L32" t="s">
+        <v>2122</v>
+      </c>
+      <c r="M32" t="s">
+        <v>2123</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2124</v>
+      </c>
+      <c r="O32" t="s">
         <v>2125</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="P32" t="s">
         <v>2126</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="Q32" t="s">
         <v>2127</v>
       </c>
-      <c r="H32" t="s">
+      <c r="R32" t="s">
         <v>2128</v>
       </c>
-      <c r="I32" t="s">
+      <c r="S32" t="s">
         <v>2129</v>
       </c>
-      <c r="J32" t="s">
-[...2 lines deleted...]
-      <c r="K32" t="s">
+      <c r="T32" t="s">
         <v>2130</v>
       </c>
-      <c r="L32" t="s">
+      <c r="U32" t="s">
         <v>2131</v>
-      </c>
-[...7 lines deleted...]
-        <v>2134</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B33" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H33" t="s">
         <v>2135</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="I33" t="s">
         <v>2136</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="J33" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K33" t="s">
         <v>2137</v>
       </c>
-      <c r="H33" t="s">
+      <c r="L33" t="s">
         <v>2138</v>
       </c>
-      <c r="I33" t="s">
+      <c r="M33" t="s">
         <v>2139</v>
       </c>
-      <c r="J33" t="s">
-[...2 lines deleted...]
-      <c r="K33" t="s">
+      <c r="N33" t="s">
         <v>2140</v>
       </c>
-      <c r="L33" t="s">
+      <c r="O33" t="s">
         <v>2141</v>
-      </c>
-[...4 lines deleted...]
-        <v>2143</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B34" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2143</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
         <v>2144</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="H34" t="s">
         <v>2145</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="I34" t="s">
         <v>2146</v>
       </c>
-      <c r="H34" t="s">
+      <c r="J34" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K34" t="s">
         <v>2147</v>
       </c>
-      <c r="I34" t="s">
+      <c r="L34" t="s">
         <v>2148</v>
       </c>
-      <c r="J34" t="s">
+      <c r="M34" t="s">
         <v>2149</v>
       </c>
-      <c r="K34" t="s">
+      <c r="N34" t="s">
         <v>2150</v>
-      </c>
-[...13 lines deleted...]
-        <v>2155</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B35" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2152</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2154</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2155</v>
+      </c>
+      <c r="J35" t="s">
         <v>2156</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="K35" t="s">
         <v>2157</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="L35" t="s">
         <v>2158</v>
       </c>
-      <c r="H35" t="s">
+      <c r="M35" t="s">
         <v>2159</v>
       </c>
-      <c r="I35" t="s">
+      <c r="N35" t="s">
         <v>2160</v>
       </c>
-      <c r="J35" t="s">
-[...2 lines deleted...]
-      <c r="K35" t="s">
+      <c r="O35" t="s">
         <v>2161</v>
       </c>
-      <c r="L35" t="s">
+      <c r="P35" t="s">
         <v>2162</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B36" t="s">
         <v>2163</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
         <v>2164</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>2165</v>
       </c>
       <c r="H36" t="s">
         <v>2166</v>
       </c>
       <c r="I36" t="s">
         <v>2167</v>
       </c>
       <c r="J36" t="s">
-        <v>1882</v>
+        <v>2015</v>
       </c>
       <c r="K36" t="s">
         <v>2168</v>
       </c>
       <c r="L36" t="s">
         <v>2169</v>
       </c>
-      <c r="M36" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B37" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2171</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
         <v>2172</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>2173</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="I37" t="s">
         <v>2174</v>
       </c>
-      <c r="H37" t="s">
+      <c r="J37" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K37" t="s">
         <v>2175</v>
       </c>
-      <c r="I37" t="s">
+      <c r="L37" t="s">
         <v>2176</v>
       </c>
-      <c r="J37" t="s">
-[...2 lines deleted...]
-      <c r="K37" t="s">
+      <c r="M37" t="s">
         <v>2177</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2178</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B38" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>201</v>
+        <v>2180</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="H38" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="I38" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="J38" t="s">
-        <v>2182</v>
+        <v>13</v>
       </c>
       <c r="K38" t="s">
-        <v>2183</v>
-[...1 lines deleted...]
-      <c r="L38" t="s">
         <v>2184</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B39" t="s">
         <v>2185</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>201</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>2186</v>
       </c>
       <c r="H39" t="s">
         <v>2187</v>
       </c>
       <c r="I39" t="s">
-        <v>2181</v>
+        <v>2188</v>
       </c>
       <c r="J39" t="s">
-        <v>1882</v>
+        <v>2189</v>
       </c>
       <c r="K39" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="L39" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B40" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>2191</v>
+        <v>201</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="H40" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="I40" t="s">
-        <v>2194</v>
+        <v>2188</v>
       </c>
       <c r="J40" t="s">
-        <v>1952</v>
+        <v>1896</v>
       </c>
       <c r="K40" t="s">
         <v>2195</v>
       </c>
       <c r="L40" t="s">
         <v>2196</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B41" t="s">
         <v>2197</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
         <v>2198</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>2199</v>
       </c>
       <c r="H41" t="s">
         <v>2200</v>
       </c>
       <c r="I41" t="s">
         <v>2201</v>
       </c>
       <c r="J41" t="s">
+        <v>1965</v>
+      </c>
+      <c r="K41" t="s">
         <v>2202</v>
       </c>
-      <c r="K41" t="s">
+      <c r="L41" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B42" t="s">
         <v>2204</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
         <v>2205</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>2206</v>
       </c>
       <c r="H42" t="s">
         <v>2207</v>
       </c>
       <c r="I42" t="s">
         <v>2208</v>
       </c>
       <c r="J42" t="s">
-        <v>1952</v>
+        <v>2209</v>
       </c>
       <c r="K42" t="s">
-        <v>2209</v>
-[...1 lines deleted...]
-      <c r="L42" t="s">
         <v>2210</v>
-      </c>
-[...1 lines deleted...]
-        <v>2211</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B43" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
         <v>2212</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
         <v>2213</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>2214</v>
       </c>
-      <c r="H43" t="s">
+      <c r="I43" t="s">
         <v>2215</v>
       </c>
-      <c r="I43" t="s">
+      <c r="J43" t="s">
+        <v>1965</v>
+      </c>
+      <c r="K43" t="s">
         <v>2216</v>
       </c>
-      <c r="J43" t="s">
+      <c r="L43" t="s">
         <v>2217</v>
       </c>
-      <c r="K43" t="s">
+      <c r="M43" t="s">
         <v>2218</v>
-      </c>
-[...22 lines deleted...]
-        <v>2226</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B44" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2223</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2224</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2225</v>
+      </c>
+      <c r="L44" t="s">
+        <v>2226</v>
+      </c>
+      <c r="M44" t="s">
         <v>2227</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="N44" t="s">
         <v>2228</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="O44" t="s">
         <v>2229</v>
       </c>
-      <c r="H44" t="s">
+      <c r="P44" t="s">
         <v>2230</v>
       </c>
-      <c r="I44" t="s">
+      <c r="Q44" t="s">
         <v>2231</v>
       </c>
-      <c r="J44" t="s">
-[...2 lines deleted...]
-      <c r="K44" t="s">
+      <c r="R44" t="s">
         <v>2232</v>
       </c>
-      <c r="L44" t="s">
+      <c r="S44" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B45" t="s">
         <v>2234</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>2235</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>2236</v>
       </c>
       <c r="H45" t="s">
         <v>2237</v>
       </c>
       <c r="I45" t="s">
         <v>2238</v>
       </c>
       <c r="J45" t="s">
-        <v>1882</v>
+        <v>1896</v>
       </c>
       <c r="K45" t="s">
         <v>2239</v>
       </c>
       <c r="L45" t="s">
         <v>2240</v>
       </c>
-      <c r="M45" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B46" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2242</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2243</v>
+      </c>
+      <c r="H46" t="s">
         <v>2244</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="I46" t="s">
         <v>2245</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="J46" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K46" t="s">
         <v>2246</v>
       </c>
-      <c r="H46" t="s">
+      <c r="L46" t="s">
         <v>2247</v>
       </c>
-      <c r="I46" t="s">
+      <c r="M46" t="s">
         <v>2248</v>
       </c>
-      <c r="J46" t="s">
-[...2 lines deleted...]
-      <c r="K46" t="s">
+      <c r="N46" t="s">
         <v>2249</v>
       </c>
-      <c r="L46" t="s">
+      <c r="O46" t="s">
         <v>2250</v>
-      </c>
-[...1 lines deleted...]
-        <v>2251</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B47" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
         <v>2252</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
         <v>2253</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>2254</v>
       </c>
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>2255</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>1882</v>
+        <v>2040</v>
       </c>
       <c r="K47" t="s">
         <v>2256</v>
       </c>
       <c r="L47" t="s">
         <v>2257</v>
       </c>
       <c r="M47" t="s">
         <v>2258</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B48" t="s">
         <v>2259</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1725</v>
+        <v>2260</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
       <c r="H48" t="s">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="I48" t="s">
-        <v>2262</v>
+        <v>2255</v>
       </c>
       <c r="J48" t="s">
-        <v>1952</v>
+        <v>1896</v>
       </c>
       <c r="K48" t="s">
         <v>2263</v>
       </c>
+      <c r="L48" t="s">
+        <v>2264</v>
+      </c>
+      <c r="M48" t="s">
+        <v>2265</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B49" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>2265</v>
+        <v>1724</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="H49" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="I49" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="J49" t="s">
-        <v>1882</v>
+        <v>1965</v>
       </c>
       <c r="K49" t="s">
-        <v>2269</v>
-[...1 lines deleted...]
-      <c r="L49" t="s">
         <v>2270</v>
-      </c>
-[...4 lines deleted...]
-        <v>2272</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B50" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2272</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
         <v>2273</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="H50" t="s">
         <v>2274</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="I50" t="s">
         <v>2275</v>
       </c>
-      <c r="H50" t="s">
+      <c r="J50" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K50" t="s">
         <v>2276</v>
       </c>
-      <c r="I50" t="s">
+      <c r="L50" t="s">
         <v>2277</v>
       </c>
-      <c r="J50" t="s">
-[...2 lines deleted...]
-      <c r="K50" t="s">
+      <c r="M50" t="s">
         <v>2278</v>
       </c>
-      <c r="L50" t="s">
+      <c r="N50" t="s">
         <v>2279</v>
-      </c>
-[...1 lines deleted...]
-        <v>2280</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B51" t="s">
+        <v>2280</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
         <v>2281</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
         <v>2282</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="H51" t="s">
         <v>2283</v>
       </c>
-      <c r="H51" t="s">
+      <c r="I51" t="s">
         <v>2284</v>
       </c>
-      <c r="I51" t="s">
+      <c r="J51" t="s">
+        <v>1965</v>
+      </c>
+      <c r="K51" t="s">
         <v>2285</v>
       </c>
-      <c r="J51" t="s">
-[...2 lines deleted...]
-      <c r="K51" t="s">
+      <c r="L51" t="s">
         <v>2286</v>
       </c>
-      <c r="L51" t="s">
+      <c r="M51" t="s">
         <v>2287</v>
-      </c>
-[...7 lines deleted...]
-        <v>2290</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B52" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2289</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H52" t="s">
         <v>2291</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="I52" t="s">
         <v>2292</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="J52" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K52" t="s">
         <v>2293</v>
       </c>
-      <c r="H52" t="s">
+      <c r="L52" t="s">
         <v>2294</v>
       </c>
-      <c r="I52" t="s">
+      <c r="M52" t="s">
         <v>2295</v>
       </c>
-      <c r="J52" t="s">
-[...2 lines deleted...]
-      <c r="K52" t="s">
+      <c r="N52" t="s">
         <v>2296</v>
       </c>
-      <c r="L52" t="s">
+      <c r="O52" t="s">
         <v>2297</v>
-      </c>
-[...4 lines deleted...]
-        <v>2299</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B53" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
         <v>2300</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="H53" t="s">
         <v>2301</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="I53" t="s">
         <v>2302</v>
       </c>
-      <c r="H53" t="s">
+      <c r="J53" t="s">
+        <v>1965</v>
+      </c>
+      <c r="K53" t="s">
         <v>2303</v>
       </c>
-      <c r="I53" t="s">
+      <c r="L53" t="s">
         <v>2304</v>
       </c>
-      <c r="J53" t="s">
-[...2 lines deleted...]
-      <c r="K53" t="s">
+      <c r="M53" t="s">
         <v>2305</v>
       </c>
-      <c r="L53" t="s">
+      <c r="N53" t="s">
         <v>2306</v>
-      </c>
-[...10 lines deleted...]
-        <v>2310</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B54" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2308</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2310</v>
+      </c>
+      <c r="I54" t="s">
         <v>2311</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="J54" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K54" t="s">
         <v>2312</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="L54" t="s">
         <v>2313</v>
       </c>
-      <c r="H54" t="s">
+      <c r="M54" t="s">
         <v>2314</v>
       </c>
-      <c r="I54" t="s">
-[...2 lines deleted...]
-      <c r="J54" t="s">
+      <c r="N54" t="s">
         <v>2315</v>
       </c>
-      <c r="K54" t="s">
+      <c r="O54" t="s">
         <v>2316</v>
       </c>
-      <c r="L54" t="s">
+      <c r="P54" t="s">
         <v>2317</v>
-      </c>
-[...13 lines deleted...]
-        <v>2322</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B55" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2319</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2320</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2321</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1895</v>
+      </c>
+      <c r="J55" t="s">
+        <v>2322</v>
+      </c>
+      <c r="K55" t="s">
         <v>2323</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="L55" t="s">
         <v>2324</v>
       </c>
-      <c r="F55" t="s">
-[...2 lines deleted...]
-      <c r="G55" t="s">
+      <c r="M55" t="s">
         <v>2325</v>
       </c>
-      <c r="H55" t="s">
+      <c r="N55" t="s">
         <v>2326</v>
       </c>
-      <c r="I55" t="s">
+      <c r="O55" t="s">
         <v>2327</v>
       </c>
-      <c r="J55" t="s">
-[...2 lines deleted...]
-      <c r="K55" t="s">
+      <c r="P55" t="s">
         <v>2328</v>
       </c>
-      <c r="L55" t="s">
+      <c r="Q55" t="s">
         <v>2329</v>
-      </c>
-[...4 lines deleted...]
-        <v>2331</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B56" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2331</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
         <v>2332</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="H56" t="s">
         <v>2333</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="I56" t="s">
         <v>2334</v>
       </c>
-      <c r="H56" t="s">
+      <c r="J56" t="s">
+        <v>2224</v>
+      </c>
+      <c r="K56" t="s">
         <v>2335</v>
       </c>
-      <c r="I56" t="s">
+      <c r="L56" t="s">
         <v>2336</v>
       </c>
-      <c r="J56" t="s">
-[...2 lines deleted...]
-      <c r="K56" t="s">
+      <c r="M56" t="s">
         <v>2337</v>
       </c>
-      <c r="L56" t="s">
+      <c r="N56" t="s">
         <v>2338</v>
-      </c>
-[...7 lines deleted...]
-        <v>2341</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B57" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2340</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H57" t="s">
         <v>2342</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>2343</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="J57" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K57" t="s">
         <v>2344</v>
       </c>
-      <c r="H57" t="s">
+      <c r="L57" t="s">
         <v>2345</v>
       </c>
-      <c r="I57" t="s">
+      <c r="M57" t="s">
         <v>2346</v>
       </c>
-      <c r="J57" t="s">
-[...2 lines deleted...]
-      <c r="K57" t="s">
+      <c r="N57" t="s">
         <v>2347</v>
       </c>
-      <c r="L57" t="s">
+      <c r="O57" t="s">
         <v>2348</v>
-      </c>
-[...4 lines deleted...]
-        <v>2350</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B58" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2350</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
         <v>2351</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="H58" t="s">
         <v>2352</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="I58" t="s">
         <v>2353</v>
       </c>
-      <c r="H58" t="s">
+      <c r="J58" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K58" t="s">
         <v>2354</v>
       </c>
-      <c r="I58" t="s">
+      <c r="L58" t="s">
         <v>2355</v>
       </c>
-      <c r="J58" t="s">
-[...2 lines deleted...]
-      <c r="K58" t="s">
+      <c r="M58" t="s">
         <v>2356</v>
       </c>
-      <c r="L58" t="s">
+      <c r="N58" t="s">
         <v>2357</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B59" t="s">
         <v>2358</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
         <v>2359</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>2360</v>
       </c>
       <c r="H59" t="s">
         <v>2361</v>
       </c>
       <c r="I59" t="s">
         <v>2362</v>
       </c>
       <c r="J59" t="s">
-        <v>1882</v>
+        <v>1896</v>
       </c>
       <c r="K59" t="s">
         <v>2363</v>
       </c>
       <c r="L59" t="s">
         <v>2364</v>
       </c>
-      <c r="M59" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B60" t="s">
+        <v>2365</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
         <v>2366</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
         <v>2367</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="H60" t="s">
         <v>2368</v>
       </c>
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>2369</v>
       </c>
-      <c r="I60" t="s">
+      <c r="J60" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K60" t="s">
         <v>2370</v>
       </c>
-      <c r="J60" t="s">
-[...2 lines deleted...]
-      <c r="K60" t="s">
+      <c r="L60" t="s">
         <v>2371</v>
       </c>
-      <c r="L60" t="s">
+      <c r="M60" t="s">
         <v>2372</v>
-      </c>
-[...13 lines deleted...]
-        <v>2377</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B61" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2374</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2375</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2377</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K61" t="s">
         <v>2378</v>
       </c>
-      <c r="C61" t="s">
-[...5 lines deleted...]
-      <c r="E61" t="s">
+      <c r="L61" t="s">
         <v>2379</v>
       </c>
-      <c r="F61" t="s">
-[...2 lines deleted...]
-      <c r="G61" t="s">
+      <c r="M61" t="s">
         <v>2380</v>
       </c>
-      <c r="H61" t="s">
+      <c r="N61" t="s">
         <v>2381</v>
       </c>
-      <c r="I61" t="s">
+      <c r="O61" t="s">
         <v>2382</v>
       </c>
-      <c r="J61" t="s">
-[...2 lines deleted...]
-      <c r="K61" t="s">
+      <c r="P61" t="s">
         <v>2383</v>
       </c>
-      <c r="L61" t="s">
+      <c r="Q61" t="s">
         <v>2384</v>
-      </c>
-[...4 lines deleted...]
-        <v>2386</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B62" t="s">
+        <v>2385</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2386</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
         <v>2387</v>
       </c>
-      <c r="C62" t="s">
-[...11 lines deleted...]
-      <c r="G62" t="s">
+      <c r="H62" t="s">
         <v>2388</v>
       </c>
-      <c r="H62" t="s">
+      <c r="I62" t="s">
         <v>2389</v>
       </c>
-      <c r="I62" t="s">
+      <c r="J62" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K62" t="s">
         <v>2390</v>
       </c>
-      <c r="J62" t="s">
-[...2 lines deleted...]
-      <c r="K62" t="s">
+      <c r="L62" t="s">
         <v>2391</v>
       </c>
-      <c r="L62" t="s">
+      <c r="M62" t="s">
         <v>2392</v>
       </c>
-      <c r="M62" t="s">
+      <c r="N62" t="s">
         <v>2393</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B63" t="s">
         <v>2394</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>2379</v>
+        <v>2386</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>2395</v>
       </c>
       <c r="H63" t="s">
         <v>2396</v>
       </c>
       <c r="I63" t="s">
         <v>2397</v>
       </c>
       <c r="J63" t="s">
-        <v>1882</v>
+        <v>1896</v>
       </c>
       <c r="K63" t="s">
         <v>2398</v>
       </c>
       <c r="L63" t="s">
         <v>2399</v>
       </c>
       <c r="M63" t="s">
         <v>2400</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B64" t="s">
         <v>2401</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
+        <v>2386</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
         <v>2402</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>2403</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>2404</v>
-      </c>
-[...1 lines deleted...]
-        <v>2405</v>
       </c>
       <c r="J64" t="s">
         <v>1896</v>
       </c>
       <c r="K64" t="s">
+        <v>2405</v>
+      </c>
+      <c r="L64" t="s">
         <v>2406</v>
       </c>
-      <c r="L64" t="s">
+      <c r="M64" t="s">
         <v>2407</v>
-      </c>
-[...4 lines deleted...]
-        <v>2409</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B65" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2409</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
         <v>2410</v>
       </c>
-      <c r="C65" t="s">
-[...5 lines deleted...]
-      <c r="E65" t="s">
+      <c r="H65" t="s">
         <v>2411</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="I65" t="s">
         <v>2412</v>
       </c>
-      <c r="H65" t="s">
+      <c r="J65" t="s">
+        <v>1874</v>
+      </c>
+      <c r="K65" t="s">
         <v>2413</v>
       </c>
-      <c r="I65" t="s">
+      <c r="L65" t="s">
         <v>2414</v>
       </c>
-      <c r="J65" t="s">
+      <c r="M65" t="s">
         <v>2415</v>
       </c>
-      <c r="K65" t="s">
+      <c r="N65" t="s">
         <v>2416</v>
-      </c>
-[...4 lines deleted...]
-        <v>2418</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B66" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2418</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
         <v>2419</v>
       </c>
-      <c r="C66" t="s">
-[...5 lines deleted...]
-      <c r="E66" t="s">
+      <c r="H66" t="s">
         <v>2420</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="I66" t="s">
         <v>2421</v>
       </c>
-      <c r="H66" t="s">
+      <c r="J66" t="s">
         <v>2422</v>
       </c>
-      <c r="I66" t="s">
+      <c r="K66" t="s">
         <v>2423</v>
       </c>
-      <c r="J66" t="s">
+      <c r="L66" t="s">
         <v>2424</v>
       </c>
-      <c r="K66" t="s">
+      <c r="M66" t="s">
         <v>2425</v>
-      </c>
-[...4 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B67" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2427</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
         <v>2428</v>
       </c>
-      <c r="C67" t="s">
-[...5 lines deleted...]
-      <c r="E67" t="s">
+      <c r="H67" t="s">
         <v>2429</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="I67" t="s">
         <v>2430</v>
       </c>
-      <c r="H67" t="s">
+      <c r="J67" t="s">
         <v>2431</v>
       </c>
-      <c r="I67" t="s">
+      <c r="K67" t="s">
         <v>2432</v>
       </c>
-      <c r="J67" t="s">
-[...2 lines deleted...]
-      <c r="K67" t="s">
+      <c r="L67" t="s">
         <v>2433</v>
+      </c>
+      <c r="M67" t="s">
+        <v>2434</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B68" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="H68" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="I68" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="J68" t="s">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="K68" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B69" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="H69" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="I69" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="J69" t="s">
-        <v>2415</v>
+        <v>2015</v>
       </c>
       <c r="K69" t="s">
-        <v>2445</v>
-[...1 lines deleted...]
-      <c r="L69" t="s">
         <v>2446</v>
-      </c>
-[...10 lines deleted...]
-        <v>2450</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B70" t="s">
+        <v>2447</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2448</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2449</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2450</v>
+      </c>
+      <c r="I70" t="s">
         <v>2451</v>
       </c>
-      <c r="C70" t="s">
-[...5 lines deleted...]
-      <c r="E70" t="s">
+      <c r="J70" t="s">
+        <v>2422</v>
+      </c>
+      <c r="K70" t="s">
         <v>2452</v>
       </c>
-      <c r="F70" t="s">
-[...2 lines deleted...]
-      <c r="G70" t="s">
+      <c r="L70" t="s">
         <v>2453</v>
       </c>
-      <c r="H70" t="s">
+      <c r="M70" t="s">
         <v>2454</v>
       </c>
-      <c r="I70" t="s">
+      <c r="N70" t="s">
         <v>2455</v>
       </c>
-      <c r="J70" t="s">
-[...2 lines deleted...]
-      <c r="K70" t="s">
+      <c r="O70" t="s">
         <v>2456</v>
       </c>
-      <c r="L70" t="s">
+      <c r="P70" t="s">
         <v>2457</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B71" t="s">
         <v>2458</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
         <v>2459</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>2460</v>
       </c>
       <c r="H71" t="s">
         <v>2461</v>
       </c>
       <c r="I71" t="s">
         <v>2462</v>
       </c>
       <c r="J71" t="s">
-        <v>2415</v>
+        <v>2015</v>
       </c>
       <c r="K71" t="s">
         <v>2463</v>
       </c>
       <c r="L71" t="s">
         <v>2464</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B72" t="s">
         <v>2465</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
         <v>2466</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>2467</v>
       </c>
       <c r="H72" t="s">
         <v>2468</v>
       </c>
       <c r="I72" t="s">
         <v>2469</v>
       </c>
       <c r="J72" t="s">
-        <v>2003</v>
+        <v>2422</v>
       </c>
       <c r="K72" t="s">
         <v>2470</v>
       </c>
       <c r="L72" t="s">
         <v>2471</v>
       </c>
-      <c r="M72" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B73" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
         <v>2473</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
         <v>2474</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" t="s">
+      <c r="H73" t="s">
         <v>2475</v>
       </c>
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>2476</v>
       </c>
-      <c r="I73" t="s">
+      <c r="J73" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K73" t="s">
         <v>2477</v>
       </c>
-      <c r="J73" t="s">
-[...2 lines deleted...]
-      <c r="K73" t="s">
+      <c r="L73" t="s">
         <v>2478</v>
       </c>
-      <c r="L73" t="s">
+      <c r="M73" t="s">
         <v>2479</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B74" t="s">
         <v>2480</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
         <v>2481</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>2482</v>
       </c>
       <c r="H74" t="s">
         <v>2483</v>
       </c>
       <c r="I74" t="s">
         <v>2484</v>
       </c>
       <c r="J74" t="s">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="K74" t="s">
         <v>2485</v>
       </c>
       <c r="L74" t="s">
         <v>2486</v>
       </c>
-      <c r="M74" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B75" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2488</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
         <v>2489</v>
       </c>
-      <c r="C75" t="s">
-[...5 lines deleted...]
-      <c r="E75" t="s">
+      <c r="H75" t="s">
         <v>2490</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75" t="s">
+      <c r="I75" t="s">
         <v>2491</v>
       </c>
-      <c r="H75" t="s">
+      <c r="J75" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K75" t="s">
         <v>2492</v>
       </c>
-      <c r="I75" t="s">
+      <c r="L75" t="s">
         <v>2493</v>
       </c>
-      <c r="J75" t="s">
+      <c r="M75" t="s">
         <v>2494</v>
       </c>
-      <c r="K75" t="s">
+      <c r="N75" t="s">
         <v>2495</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B76" t="s">
         <v>2496</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
         <v>2497</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>2498</v>
       </c>
       <c r="H76" t="s">
         <v>2499</v>
       </c>
       <c r="I76" t="s">
-        <v>2089</v>
+        <v>2500</v>
       </c>
       <c r="J76" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="K76" t="s">
-        <v>2501</v>
-[...1 lines deleted...]
-      <c r="L76" t="s">
         <v>2502</v>
-      </c>
-[...1 lines deleted...]
-        <v>2503</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B77" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
         <v>2504</v>
       </c>
-      <c r="C77" t="s">
-[...5 lines deleted...]
-      <c r="E77" t="s">
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
         <v>2505</v>
       </c>
-      <c r="F77" t="s">
-[...2 lines deleted...]
-      <c r="G77" t="s">
+      <c r="H77" t="s">
         <v>2506</v>
       </c>
-      <c r="H77" t="s">
+      <c r="I77" t="s">
+        <v>2096</v>
+      </c>
+      <c r="J77" t="s">
         <v>2507</v>
       </c>
-      <c r="I77" t="s">
+      <c r="K77" t="s">
         <v>2508</v>
       </c>
-      <c r="J77" t="s">
-[...2 lines deleted...]
-      <c r="K77" t="s">
+      <c r="L77" t="s">
         <v>2509</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2510</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B78" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="H78" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="I78" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="J78" t="s">
-        <v>2515</v>
+        <v>2507</v>
       </c>
       <c r="K78" t="s">
         <v>2516</v>
       </c>
-      <c r="L78" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B79" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
         <v>2518</v>
       </c>
-      <c r="C79" t="s">
-[...5 lines deleted...]
-      <c r="E79" t="s">
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
         <v>2519</v>
       </c>
-      <c r="F79" t="s">
-[...2 lines deleted...]
-      <c r="G79" t="s">
+      <c r="H79" t="s">
         <v>2520</v>
       </c>
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>2521</v>
       </c>
-      <c r="I79" t="s">
+      <c r="J79" t="s">
         <v>2522</v>
       </c>
-      <c r="J79" t="s">
+      <c r="K79" t="s">
         <v>2523</v>
       </c>
-      <c r="K79" t="s">
+      <c r="L79" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B80" t="s">
         <v>2525</v>
       </c>
       <c r="C80" t="s">
         <v>13</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
         <v>2526</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>2527</v>
       </c>
       <c r="H80" t="s">
         <v>2528</v>
       </c>
       <c r="I80" t="s">
         <v>2529</v>
       </c>
       <c r="J80" t="s">
         <v>2530</v>
       </c>
       <c r="K80" t="s">
         <v>2531</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B81" t="s">
         <v>2532</v>
       </c>
       <c r="C81" t="s">
         <v>13</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
         <v>2533</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>2534</v>
       </c>
       <c r="H81" t="s">
         <v>2535</v>
       </c>
       <c r="I81" t="s">
         <v>2536</v>
       </c>
       <c r="J81" t="s">
-        <v>2003</v>
+        <v>2537</v>
       </c>
       <c r="K81" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B82" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="C82" t="s">
         <v>13</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="H82" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="I82" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="J82" t="s">
-        <v>2543</v>
+        <v>2015</v>
       </c>
       <c r="K82" t="s">
         <v>2544</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B83" t="s">
         <v>2545</v>
       </c>
       <c r="C83" t="s">
         <v>13</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
         <v>2546</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
         <v>2547</v>
       </c>
       <c r="H83" t="s">
         <v>2548</v>
       </c>
       <c r="I83" t="s">
         <v>2549</v>
       </c>
       <c r="J83" t="s">
         <v>2550</v>
       </c>
       <c r="K83" t="s">
         <v>2551</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B84" t="s">
         <v>2552</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
         <v>2553</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
         <v>2554</v>
       </c>
       <c r="H84" t="s">
         <v>2555</v>
       </c>
       <c r="I84" t="s">
         <v>2556</v>
       </c>
       <c r="J84" t="s">
         <v>2557</v>
       </c>
       <c r="K84" t="s">
         <v>2558</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B85" t="s">
         <v>2559</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
         <v>2560</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>2561</v>
       </c>
       <c r="H85" t="s">
         <v>2562</v>
       </c>
       <c r="I85" t="s">
         <v>2563</v>
       </c>
       <c r="J85" t="s">
-        <v>2557</v>
+        <v>2564</v>
       </c>
       <c r="K85" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B86" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
       <c r="H86" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="I86" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="J86" t="s">
-        <v>2570</v>
+        <v>2564</v>
       </c>
       <c r="K86" t="s">
         <v>2571</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B87" t="s">
         <v>2572</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
         <v>2573</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
         <v>2574</v>
       </c>
       <c r="H87" t="s">
         <v>2575</v>
       </c>
       <c r="I87" t="s">
         <v>2576</v>
       </c>
       <c r="J87" t="s">
-        <v>2557</v>
+        <v>2577</v>
       </c>
       <c r="K87" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B88" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>2566</v>
+        <v>2580</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="H88" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="I88" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="J88" t="s">
-        <v>2582</v>
+        <v>2564</v>
       </c>
       <c r="K88" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B89" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>2585</v>
+        <v>2573</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
         <v>2586</v>
       </c>
       <c r="H89" t="s">
         <v>2587</v>
       </c>
       <c r="I89" t="s">
         <v>2588</v>
       </c>
       <c r="J89" t="s">
         <v>2589</v>
       </c>
       <c r="K89" t="s">
         <v>2590</v>
       </c>
-      <c r="L89" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1861</v>
+        <v>1860</v>
       </c>
       <c r="B90" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
         <v>2592</v>
       </c>
-      <c r="C90" t="s">
-[...5 lines deleted...]
-      <c r="E90" t="s">
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
         <v>2593</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>2594</v>
       </c>
-      <c r="H90" t="s">
+      <c r="I90" t="s">
         <v>2595</v>
       </c>
-      <c r="I90" t="s">
+      <c r="J90" t="s">
         <v>2596</v>
       </c>
-      <c r="J90" t="s">
+      <c r="K90" t="s">
         <v>2597</v>
       </c>
-      <c r="K90" t="s">
+      <c r="L90" t="s">
         <v>2598</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2600</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2602</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2603</v>
+      </c>
+      <c r="J91" t="s">
+        <v>2604</v>
+      </c>
+      <c r="K91" t="s">
+        <v>2605</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>