--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -9,98 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="73">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Tool to improve professional practice</t>
   </si>
   <si>
-    <t>Generative IA</t>
+    <t>Initial key guiding principles for the use of generative AI in healthcare</t>
+  </si>
+  <si>
+    <t>Generative AI systems can be a lever for improvement to promote quality in the healthcare system. The French National Authority for Health (HAS) has published this educational guide aimed at health, social and medico-social sector professionals in order to support them in their initial adoption of generative AI and promote its proper use.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/30/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703115/en/initial-key-guiding-principles-for-the-use-of-generative-ai-in-healthcare</t>
+  </si>
+  <si>
+    <t>p_3703115</t>
+  </si>
+  <si>
+    <t>Digital medical devices for professional use</t>
   </si>
   <si>
     <t>Numerous digital solutions are used in routine care today. However, their utility or relevance in relation to the existing arsenal has not always been fully determined. In particular, this is the case for certain digital solutions for professional use, which do not fall within the existing evaluation frameworks for public funding cover. Consequently, healthcare professionals often use digital med-ical devices (DMDs) as part of a medical procedure without being fully informed about their performance or limitations or, conversely, are reluctant to use them. Hence, it is necessary to reflect on the specificities of the assessment of DMDs for professional use and, beyond that, on possible assessment approaches to inform the choices of healthcare professionals and decision-making bodies responsible for purchasing equipment.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Digital medical devices for professional use</t>
   </si>
   <si>
     <t>06/29/2023 17:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363066/en/digital-medical-devices-for-professional-use</t>
   </si>
   <si>
     <t>p_3363066</t>
   </si>
   <si>
     <t>Studies and Reports</t>
   </si>
   <si>
     <t>Update of the standard for the assessment of digital services in the mHealth sector</t>
   </si>
   <si>
     <t>The DNS consulted the HAS for an “Update and extension of the standard for the assessment of apps in the digital health solutions mobile health (mHealth) sector”. It publishes a reference document to optimize the quality criteria of medical content taking into account the existing ISO standard and also to optimize the referencing process.</t>
   </si>
   <si>
     <t>11/20/2024 00:00:00</t>
   </si>
   <si>
     <t>12/02/2024 11:30:00</t>
   </si>
@@ -341,295 +344,295 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B10" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H10" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>