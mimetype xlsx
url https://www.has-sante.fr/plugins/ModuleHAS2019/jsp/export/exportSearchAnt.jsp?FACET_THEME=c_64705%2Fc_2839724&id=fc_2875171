--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -1,638 +1,11952 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2422" uniqueCount="1291">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...5 lines deleted...]
-    <t>Generative AI systems can be a lever for improvement to promote quality in the healthcare system. The French National Authority for Health (HAS) has published this educational guide aimed at health, social and medico-social sector professionals in order to support them in their initial adoption of generative AI and promote its proper use.</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) de pharmacie à usage intérieur (PUI)</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens en pharmacie à usage intérieur (PUI) sont des logiciels dont au moins une des fonctions permet l’enregistrement d’une dispensation de médicaments (analyse des prescriptions, conseil et délivrance des médicaments). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/30/2025 11:10:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3703115/en/initial-key-guiding-principles-for-the-use-of-generative-ai-in-healthcare</t>
+    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
+  </si>
+  <si>
+    <t>p_3372202</t>
+  </si>
+  <si>
+    <t>Grille descriptive des fonctionnalités des dispositifs médicaux embarquant un système avec apprentissage automatique (intelligence artificielle)</t>
+  </si>
+  <si>
+    <t>La HAS a publié une grille d'analyse destinée à être renseignée par tout industriel soumettant un dossier à la Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS), dès lors que le dispositif médical qu'il propose s’appuie sur au moins un procédé d’apprentissage automatique (intelligence artificielle). Cette grille a été intégrée au guide de dépôt de dossiers, en vue d'un remboursement du dispositif.</t>
+  </si>
+  <si>
+    <t>04/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2020 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318028/fr/grille-descriptive-des-fonctionnalites-des-dispositifs-medicaux-embarquant-un-systeme-avec-apprentissage-automatique-intelligence-artificielle</t>
+  </si>
+  <si>
+    <t>p_3318028</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) d'officine</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens d’officine sont des logiciels dont au moins une des fonctions permet l'enregistrement d’informations relatives à la dispensation de médicaments (identité du patient, analyse des prescriptions, conseil et dispensation des médicaments…). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation. La HAS publie la nouvelle procédure de certification des LAD, avec une approche plus clinique et adaptée aux nouvelles missions des pharmaciens, et met à jour le référentiel pour les LAD d'officine.</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2022 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776625/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-d-officine</t>
+  </si>
+  <si>
+    <t>c_1776625</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la prescription (LAP) en médecine ambulatoire</t>
+  </si>
+  <si>
+    <t>Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>30/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499086/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-prescription-lap-en-medecine-ambulatoire</t>
+  </si>
+  <si>
+    <t>r_1499086</t>
+  </si>
+  <si>
+    <t>Classification fonctionnelle, selon leur finalité d’usage, des solutions numériques utilisées dans le cadre de soins médicaux ou paramédicaux</t>
+  </si>
+  <si>
+    <t>Dans un contexte de multiplication des outils numériques utilisables en santé, la Haute Autorité de santé a élaboré un système de classification des solutions numériques selon leur finalité d’usage, leur capacité à apporter une réponse personnalisée et leur autonomie, c’est-à-dire leur capacité à agir avec ou sans intervention humaine. L’objectif : aider les acteurs à s’y retrouver et contribuer à une meilleure intégration de ces outils dans le secteur sanitaire et médico-social.</t>
+  </si>
+  <si>
+    <t>17/02/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
+  </si>
+  <si>
+    <t>p_3238360</t>
+  </si>
+  <si>
+    <t>E-learning : un guide de conception de formation ouverte et à distance (FOAD)</t>
+  </si>
+  <si>
+    <t>Guide de conception de formation ouverte et à distance (FOAD) dans le monde de la santé pour définir : - les différents types et modalités de formation continue en ligne ; - la construction et la structure de programmes de formation continue en ligne ; - les différents moyens et outils disponibles à utiliser lors d’une formation en ligne à destination des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>22/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/09/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060277/fr/e-learning-un-guide-de-conception-de-formation-ouverte-et-a-distance-foad</t>
+  </si>
+  <si>
+    <t>c_2060277</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>LATITUDE CLARITY</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738013/fr/latitude-clarity</t>
+  </si>
+  <si>
+    <t>p_3738013</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC</t>
+  </si>
+  <si>
+    <t>WELLAPY</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:46:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3748977/fr/wellapy</t>
+  </si>
+  <si>
+    <t>p_3748977</t>
+  </si>
+  <si>
+    <t>LIFENESS</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI512</t>
+  </si>
+  <si>
+    <t>23/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2025 11:40:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687620/fr/nucleus-ci512</t>
+  </si>
+  <si>
+    <t>p_3687620</t>
+  </si>
+  <si>
+    <t>Implant cochléaire</t>
+  </si>
+  <si>
+    <t>COCHLEAR France SAS (France)</t>
+  </si>
+  <si>
+    <t>NUCLEUS 7 (modèle CP1000)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687623/fr/nucleus-7-modele-cp1000</t>
+  </si>
+  <si>
+    <t>p_3687623</t>
+  </si>
+  <si>
+    <t>Processeur de son pour implant cochléaire et du tronc cérébral</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI612</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687629/fr/nucleus-ci612</t>
+  </si>
+  <si>
+    <t>p_3687629</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI632</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687641/fr/nucleus-ci632</t>
+  </si>
+  <si>
+    <t>p_3687641</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI622</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687647/fr/nucleus-ci622</t>
+  </si>
+  <si>
+    <t>p_3687647</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI522</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687653/fr/nucleus-ci522</t>
+  </si>
+  <si>
+    <t>p_3687653</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI532</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687659/fr/nucleus-ci532</t>
+  </si>
+  <si>
+    <t>p_3687659</t>
+  </si>
+  <si>
+    <t>BIOMONITOR IV</t>
+  </si>
+  <si>
+    <t>24/10/2025 10:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689053/fr/biomonitor-iv</t>
+  </si>
+  <si>
+    <t>p_3689053</t>
+  </si>
+  <si>
+    <t>Moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS (France)</t>
+  </si>
+  <si>
+    <t>BIOMONITOR III</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690325/fr/biomonitor-iii</t>
+  </si>
+  <si>
+    <t>p_3690325</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>ODYSIGHT</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS émet un avis favorable à la prise en charge anticipée dans l’indication revendiquée.</t>
+  </si>
+  <si>
+    <t>09/10/2025 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690457/fr/odysight</t>
+  </si>
+  <si>
+    <t>p_3690457</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>TILAK HEALTHCARE</t>
+  </si>
+  <si>
+    <t>SOMNIO</t>
+  </si>
+  <si>
+    <t>15/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2025 16:38:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643539/fr/somnio</t>
+  </si>
+  <si>
+    <t>p_3643539</t>
+  </si>
+  <si>
+    <t>Thérapie cognitivo-comportementale numérique de l’insomnie</t>
+  </si>
+  <si>
+    <t>RESMED (France)</t>
+  </si>
+  <si>
+    <t>GUARDIAN 4</t>
+  </si>
+  <si>
+    <t>28/07/2025 14:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638491/fr/guardian-4</t>
+  </si>
+  <si>
+    <t>p_3638491</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose interstitiel</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>MY DIABBY HEALTHCARE</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2025 08:32:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609745/fr/my-diabby-healthcare</t>
+  </si>
+  <si>
+    <t>p_3609745</t>
+  </si>
+  <si>
+    <t>Solution de télésurveillance médicale Renouvellement et modification des conditions d'inscription</t>
+  </si>
+  <si>
+    <t>MDHC SAS</t>
+  </si>
+  <si>
+    <t>OTO</t>
+  </si>
+  <si>
+    <t>03/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/06/2025 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609400/fr/oto</t>
+  </si>
+  <si>
+    <t>p_3609400</t>
+  </si>
+  <si>
+    <t>Thérapie numérique de l’intolérance aux acouphènes</t>
+  </si>
+  <si>
+    <t>OTO HEALTH LTD</t>
+  </si>
+  <si>
+    <t>CARELINK</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2025 09:42:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607054/fr/carelink</t>
+  </si>
+  <si>
+    <t>p_3607054</t>
+  </si>
+  <si>
+    <t>1 MINUTE POUR MON COEUR</t>
+  </si>
+  <si>
+    <t>08/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:44:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604459/fr/1-minute-pour-mon-coeur</t>
+  </si>
+  <si>
+    <t>p_3604459</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients ayant une insuffisance cardiaque chronique</t>
+  </si>
+  <si>
+    <t>NEW CARD</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS estime que l’intérêt attendu de l’activité de télésurveillance médicale ne peut être établi par rapport au suivi médical con-ventionnel pour l'inscription d’ODYSIGHT sur la liste des activités de télésurveillance prévue à l’article L.162-52 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 08:39:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594120/fr/odysight</t>
+  </si>
+  <si>
+    <t>p_3594120</t>
+  </si>
+  <si>
+    <t>Solution de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>KRANUS EDERA</t>
+  </si>
+  <si>
+    <t>24/03/2025 08:38:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594124/fr/kranus-edera</t>
+  </si>
+  <si>
+    <t>p_3594124</t>
+  </si>
+  <si>
+    <t>Application à visée thérapeutique dans la dysfonction érectile</t>
+  </si>
+  <si>
+    <t>KRANUS HEALTH GmbH</t>
+  </si>
+  <si>
+    <t>FIBROREM</t>
+  </si>
+  <si>
+    <t>24/03/2025 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598531/fr/fibrorem</t>
+  </si>
+  <si>
+    <t>p_3598531</t>
+  </si>
+  <si>
+    <t>Bracelet de neuromodulation par émission  d’ondes millimétriques associé à son  application mobile</t>
+  </si>
+  <si>
+    <t>REMEDEE LABS</t>
+  </si>
+  <si>
+    <t>SATELIA CARDIO</t>
+  </si>
+  <si>
+    <t>19/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:47:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586365/fr/satelia-cardio</t>
+  </si>
+  <si>
+    <t>p_3586365</t>
+  </si>
+  <si>
+    <t>NP MEDICAL</t>
+  </si>
+  <si>
+    <t>CUREETY TECHCARE</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 12:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578221/fr/cureety-techcare</t>
+  </si>
+  <si>
+    <t>p_3578221</t>
+  </si>
+  <si>
+    <t>Logiciel de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>CUREETY SAS</t>
+  </si>
+  <si>
+    <t>THERAPIE DIGITALE JOE</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2025 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578223/fr/therapie-digitale-joe</t>
+  </si>
+  <si>
+    <t>p_3578223</t>
+  </si>
+  <si>
+    <t>Thérapie digitale de l’asthme pédiatrique</t>
+  </si>
+  <si>
+    <t>LUDOCARE</t>
+  </si>
+  <si>
+    <t>MERLIN.NET</t>
+  </si>
+  <si>
+    <t>17/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578188/fr/merlin-net</t>
+  </si>
+  <si>
+    <t>p_3578188</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>DBLG1</t>
+  </si>
+  <si>
+    <t>08/01/2025 09:19:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576432/fr/dblg1</t>
+  </si>
+  <si>
+    <t>p_3576432</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>DIABELOOP</t>
+  </si>
+  <si>
+    <t>HOME MONITORING SERVICE CENTER</t>
+  </si>
+  <si>
+    <t>22/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552512/fr/home-monitoring-service-center</t>
+  </si>
+  <si>
+    <t>p_3552512</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de prothèse cardiaque implantable</t>
+  </si>
+  <si>
+    <t>GLOOKO XT</t>
+  </si>
+  <si>
+    <t>15/11/2024 09:14:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552533/fr/glooko-xt</t>
+  </si>
+  <si>
+    <t>p_3552533</t>
+  </si>
+  <si>
+    <t>GLOOKO S.A.S</t>
+  </si>
+  <si>
+    <t>AXOMOVE THERAPY</t>
+  </si>
+  <si>
+    <t>28/10/2024 10:53:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552523/fr/axomove-therapy</t>
+  </si>
+  <si>
+    <t>p_3552523</t>
+  </si>
+  <si>
+    <t>AXOMOVE</t>
+  </si>
+  <si>
+    <t>MHLINK</t>
+  </si>
+  <si>
+    <t>10/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2024 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540371/fr/mhlink</t>
+  </si>
+  <si>
+    <t>p_3540371</t>
+  </si>
+  <si>
+    <t>MHCOMM</t>
+  </si>
+  <si>
+    <t>ONCO'NECT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540422/fr/onco-nect</t>
+  </si>
+  <si>
+    <t>p_3540422</t>
+  </si>
+  <si>
+    <t>MN SANTE HOLDING</t>
+  </si>
+  <si>
+    <t>IMPLICITY (IM009)</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545270/fr/implicity-im009</t>
+  </si>
+  <si>
+    <t>p_3545270</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de prothèse cardiaque implantable à visée thérapeutique</t>
+  </si>
+  <si>
+    <t>IMPLICITY</t>
+  </si>
+  <si>
+    <t>HELLOBETTER Insomnie</t>
+  </si>
+  <si>
+    <t>23/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534674/fr/hellobetter-insomnie</t>
+  </si>
+  <si>
+    <t>p_3534674</t>
+  </si>
+  <si>
+    <t>GET.ON INSTITUT FÜR ONLINE GESUNDHEITSTRAININGS GMBH</t>
+  </si>
+  <si>
+    <t>25/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2024 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528793/fr/biomonitor-iv</t>
+  </si>
+  <si>
+    <t>p_3528793</t>
+  </si>
+  <si>
+    <t>CONTINUUM+ CONNECT</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 18:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530012/fr/continuum-connect</t>
+  </si>
+  <si>
+    <t>p_3530012</t>
+  </si>
+  <si>
+    <t>CONTINUUM PLUS SANTE</t>
+  </si>
+  <si>
+    <t>MYDIABBY HEALTHCARE</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525843/fr/mydiabby-healthcare</t>
+  </si>
+  <si>
+    <t>p_3525843</t>
+  </si>
+  <si>
+    <t>21/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 17:52:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525947/fr/axomove-therapy</t>
+  </si>
+  <si>
+    <t>p_3525947</t>
+  </si>
+  <si>
+    <t>MOOVCARE POUMON</t>
+  </si>
+  <si>
+    <t>07/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2024 14:08:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517440/fr/moovcare-poumon</t>
+  </si>
+  <si>
+    <t>p_3517440</t>
+  </si>
+  <si>
+    <t>SIVAN FRANCE</t>
+  </si>
+  <si>
+    <t>PRESAGE CARE</t>
+  </si>
+  <si>
+    <t>07/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2023 10:29:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471729/fr/presage-care</t>
+  </si>
+  <si>
+    <t>p_3471729</t>
+  </si>
+  <si>
+    <t>PRESAGE</t>
+  </si>
+  <si>
+    <t>RESILIENCE PRO</t>
+  </si>
+  <si>
+    <t>24/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2023 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470263/fr/resilience-pro</t>
+  </si>
+  <si>
+    <t>p_3470263</t>
+  </si>
+  <si>
+    <t>RESILIENCE</t>
+  </si>
+  <si>
+    <t>TUCKY CENTER</t>
+  </si>
+  <si>
+    <t>17/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2023 17:10:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468434/fr/tucky-center</t>
+  </si>
+  <si>
+    <t>p_3468434</t>
+  </si>
+  <si>
+    <t>E-TAKESCARE</t>
+  </si>
+  <si>
+    <t>NUCLEUS 8 (modèle CP1110)</t>
+  </si>
+  <si>
+    <t>13/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/09/2023 14:47:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453264/fr/nucleus-8-modele-cp1110</t>
+  </si>
+  <si>
+    <t>p_3453264</t>
+  </si>
+  <si>
+    <t>Processeur de son pour système d’implant cochléaire et du tronc cérébral</t>
+  </si>
+  <si>
+    <t>COCHLEAR FRANCE SAS</t>
+  </si>
+  <si>
+    <t>05/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/09/2023 15:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459911/fr/continuum-connect</t>
+  </si>
+  <si>
+    <t>p_3459911</t>
+  </si>
+  <si>
+    <t>25/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455755/fr/cureety-techcare</t>
+  </si>
+  <si>
+    <t>p_3455755</t>
+  </si>
+  <si>
+    <t>CUREETY</t>
+  </si>
+  <si>
+    <t>EDORA 8 SR-T</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2023 08:39:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425793/fr/edora-8-sr-t</t>
+  </si>
+  <si>
+    <t>p_3425793</t>
+  </si>
+  <si>
+    <t>Stimulateur cardiaque implantable simple chambre à fréquence asservie équipé du système de télétransmission HOME MONITORING</t>
+  </si>
+  <si>
+    <t>EDORA 8 DR-T</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425802/fr/edora-8-dr-t</t>
+  </si>
+  <si>
+    <t>p_3425802</t>
+  </si>
+  <si>
+    <t>Stimulateur cardiaque implantable double chambre à fréquence asservie équipé du système de télétransmission HOME MONITORING</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:11:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3423461</t>
+  </si>
+  <si>
+    <t>MYLIFE CAMAPS FX</t>
+  </si>
+  <si>
+    <t>24/01/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2023 16:35:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421143/fr/mylife-camaps-fx</t>
+  </si>
+  <si>
+    <t>p_3421143</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type I</t>
+  </si>
+  <si>
+    <t>YPSOMED SAS</t>
+  </si>
+  <si>
+    <t>DEPREXIS</t>
+  </si>
+  <si>
+    <t>20/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2022 17:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367969/fr/deprexis</t>
+  </si>
+  <si>
+    <t>p_3367969</t>
+  </si>
+  <si>
+    <t>Psychothérapie numérique</t>
+  </si>
+  <si>
+    <t>ETHYPHARM DIGITAL THERAPY SAS (France)</t>
+  </si>
+  <si>
+    <t>SYSTEME MINIMED 740G</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2022 14:03:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357626/fr/systeme-minimed-740g</t>
+  </si>
+  <si>
+    <t>p_3357626</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose  interstitiel couplé à une pompe à insuline  externe</t>
+  </si>
+  <si>
+    <t>10/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2022 09:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339057/fr/merlin-net</t>
+  </si>
+  <si>
+    <t>p_3339057</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour moniteurs  cardiaques implantables compatibles</t>
+  </si>
+  <si>
+    <t>12/05/2022 17:48:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338383/fr/guardian-4</t>
+  </si>
+  <si>
+    <t>p_3338383</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose  interstitiel</t>
+  </si>
+  <si>
+    <t>SYSTEME MINIMED 780G associé au système de mesure en continu du glucose interstitiel GUARDIAN 4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338386/fr/systeme-minimed-780g-associe-au-systeme-de-mesure-en-continu-du-glucose-interstitiel-guardian-4</t>
+  </si>
+  <si>
+    <t>p_3338386</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la  gestion automatisée du diabète de type I</t>
+  </si>
+  <si>
+    <t>CONTROL-IQ</t>
+  </si>
+  <si>
+    <t>26/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>11/05/2022 18:06:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336412/fr/control-iq</t>
+  </si>
+  <si>
+    <t>p_3336412</t>
+  </si>
+  <si>
+    <t>TANDEM DIABETES CARE</t>
+  </si>
+  <si>
+    <t>DEPREXIS, Psychothérapie numérique de soutien thérapeutique, revendique une prise en charge transitoire dans l’indication suivante : « Psychothérapie numérique destinée aux patients adultes souffrant d’épisode dépressif caractérisé, en complément des soins habituels. » Malgré son caractère innovant, au regard des critères d’éligibilité prévus du 1° au 5° du I de l’article R.165-90 du code de la sécurité sociale, la CNEDiMTS estime que DEPREXIS est inéligible à la prise en charge transitoire dans l’indication revendiquée.</t>
+  </si>
+  <si>
+    <t>14/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2022 17:37:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308278/fr/deprexis</t>
+  </si>
+  <si>
+    <t>p_3308278</t>
+  </si>
+  <si>
+    <t>ETHYPHARM DIGITAL THERAPY</t>
+  </si>
+  <si>
+    <t>HOME MONITORING</t>
+  </si>
+  <si>
+    <t>Télésurveillance des patients porteurs d’un moniteur cardiaque implantable BIOMONITOR III ou BIOMONITOR IIIm, dans les indications retenues à la LPPR pour ces deux dispositifs.</t>
+  </si>
+  <si>
+    <t>16/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2021 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298812/fr/home-monitoring</t>
+  </si>
+  <si>
+    <t>p_3298812</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance associé aux moniteurs cardiaques implantables</t>
+  </si>
+  <si>
+    <t>BIOMONITOR IIIM</t>
+  </si>
+  <si>
+    <t>02/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 15:09:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239040/fr/biomonitor-iiim</t>
+  </si>
+  <si>
+    <t>p_3239040</t>
+  </si>
+  <si>
+    <t>Moniteur cardiaque implantable avec télésurveillance</t>
+  </si>
+  <si>
+    <t>DBLG1 SYSTEM</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2021 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237084/fr/dblg1-system</t>
+  </si>
+  <si>
+    <t>p_3237084</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du  diabète de type 1</t>
+  </si>
+  <si>
+    <t>BPM CONNECT</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2020 17:36:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222807/fr/bpm-connect</t>
+  </si>
+  <si>
+    <t>p_3222807</t>
+  </si>
+  <si>
+    <t>Autotensiomètre connecté et application compagnon HEALTH MATE</t>
+  </si>
+  <si>
+    <t>WITHINGS</t>
+  </si>
+  <si>
+    <t>KANSO 2 (CP1150)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224395/fr/kanso-2-cp1150</t>
+  </si>
+  <si>
+    <t>p_3224395</t>
+  </si>
+  <si>
+    <t>Processeur de son pour systèmes d’implant cochléaire et du tronc cérébral</t>
+  </si>
+  <si>
+    <t>AZURE XT SR MRI SURESCAN</t>
+  </si>
+  <si>
+    <t>08/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/10/2019 11:52:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113857/fr/azure-xt-sr-mri-surescan</t>
+  </si>
+  <si>
+    <t>p_3113857</t>
+  </si>
+  <si>
+    <t>Stimulateur cardiaque implantable simple chambre à fréquence asservie associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>AZURE XT DR MRI SURESCAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113860/fr/azure-xt-dr-mri-surescan</t>
+  </si>
+  <si>
+    <t>p_3113860</t>
+  </si>
+  <si>
+    <t>Stimulateur cardiaque implantable double chambre à fréquence asservie associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>PERCEPTA CRT-P MRI SURESCAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113863/fr/percepta-crt-p-mri-surescan</t>
+  </si>
+  <si>
+    <t>p_3113863</t>
+  </si>
+  <si>
+    <t>Stimulateur cardiaque implantable avec stimulation atrio-biventriculaire pour resynchronisation dit « triple chambre » associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>PERCEPTA QUAD CRT-P MRI SURESCAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113866/fr/percepta-quad-crt-p-mri-surescan</t>
+  </si>
+  <si>
+    <t>p_3113866</t>
+  </si>
+  <si>
+    <t>ACCOLADE IRM SR</t>
+  </si>
+  <si>
+    <t>18/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2019 15:00:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076075/fr/accolade-irm-sr</t>
+  </si>
+  <si>
+    <t>p_3076075</t>
+  </si>
+  <si>
+    <t>stimulateur cardiaque implantable simple chambre à fréquence asservie associé au système de télésurveillance LATITUDE NXT</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>ACCOLADE IRM DR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076078/fr/accolade-irm-dr</t>
+  </si>
+  <si>
+    <t>p_3076078</t>
+  </si>
+  <si>
+    <t>stimulateur cardiaque implantable double chambre à fréquence asservie associé au système de télésurveillance LATITUDE NXT</t>
+  </si>
+  <si>
+    <t>ACCOLADE IRM DR EL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076081/fr/accolade-irm-dr-el</t>
+  </si>
+  <si>
+    <t>p_3076081</t>
+  </si>
+  <si>
+    <t>VISIONIST (modèle U225) associé au système de télésurveillance LATITUDE NXT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076084/fr/visionist-modele-u225-associe-au-systeme-de-telesurveillance-latitude-nxt</t>
+  </si>
+  <si>
+    <t>p_3076084</t>
+  </si>
+  <si>
+    <t>stimulateur cardiaque implantable avec stimulation atrio-biventriculaire pour resynchronisation dit « triple chambre » associé au système de télésurveillance LATITUDE NXT</t>
+  </si>
+  <si>
+    <t>VISIONIST (modèle U226) associé au système de télésurveillance LATITUDE NXT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076087/fr/visionist-modele-u226-associe-au-systeme-de-telesurveillance-latitude-nxt</t>
+  </si>
+  <si>
+    <t>p_3076087</t>
+  </si>
+  <si>
+    <t>VISIONIST (modèle U228) associé au système de télésurveillance LATITUDE NXT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076090/fr/visionist-modele-u228-associe-au-systeme-de-telesurveillance-latitude-nxt</t>
+  </si>
+  <si>
+    <t>p_3076090</t>
+  </si>
+  <si>
+    <t>ASSURITY MRI PM2272 équipé du système de télésurveillance MERLIN.NET</t>
+  </si>
+  <si>
+    <t>09/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2019 15:06:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965154/fr/assurity-mri-pm2272-equipe-du-systeme-de-telesurveillance-merlin-net</t>
+  </si>
+  <si>
+    <t>c_2965154</t>
+  </si>
+  <si>
+    <t>stimulateur cardiaque implantable double chambre à fréquence asservie associé au système de télésurveillance MERLIN.NET</t>
+  </si>
+  <si>
+    <t>ALLURE RF PM3222 équipé du système de télésurveillance MERLIN.NET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965157/fr/allure-rf-pm3222-equipe-du-systeme-de-telesurveillance-merlin-net</t>
+  </si>
+  <si>
+    <t>c_2965157</t>
+  </si>
+  <si>
+    <t>stimulateur cardiaque implantable avec stimulation atrio-biventriculaire pour resynchronisation dit « triple chambre » associé au système de télésurveillance MERLIN.NET</t>
+  </si>
+  <si>
+    <t>QUADRA ALLURE MP PM3562 équipé du système de télésurveillance MERLIN.NET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965160/fr/quadra-allure-mp-pm3562-equipe-du-systeme-de-telesurveillance-merlin-net</t>
+  </si>
+  <si>
+    <t>c_2965160</t>
+  </si>
+  <si>
+    <t>ASSURITY MRI PM1272 équipé du système de télésurveillance MERLIN.NET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965163/fr/assurity-mri-pm1272-equipe-du-systeme-de-telesurveillance-merlin-net</t>
+  </si>
+  <si>
+    <t>c_2965163</t>
+  </si>
+  <si>
+    <t>stimulateur cardiaque implantable simple chambre à fréquence asservie associé au système de télésurveillance MERLIN.NET</t>
+  </si>
+  <si>
+    <t>12/04/2019 15:55:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964253/fr/moovcare-poumon</t>
+  </si>
+  <si>
+    <t>c_2964253</t>
+  </si>
+  <si>
+    <t>logiciel destiné à la télésurveillance médicale des rechutes et complications chez les patients atteints d’un cancer du poumon</t>
+  </si>
+  <si>
+    <t>SIVAN France</t>
+  </si>
+  <si>
+    <t>AZURE XT SR MRI SURESCAN associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853000/fr/azure-xt-sr-mri-surescan-associe-au-systeme-de-telesurveillance-carelink</t>
+  </si>
+  <si>
+    <t>c_2853000</t>
+  </si>
+  <si>
+    <t>stimulateur cardiaque implantable simple chambre à fréquence asservie associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>AZURE XT DR MRI SURESCAN associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853003/fr/azure-xt-dr-mri-surescan-associe-au-systeme-de-telesurveillance-carelink</t>
+  </si>
+  <si>
+    <t>c_2853003</t>
+  </si>
+  <si>
+    <t>stimulateur cardiaque implantable double chambre à fréquence asservie associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>PERCEPTA CRT-P MRI SURESCAN associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853012/fr/percepta-crt-p-mri-surescan-associe-au-systeme-de-telesurveillance-carelink</t>
+  </si>
+  <si>
+    <t>c_2853012</t>
+  </si>
+  <si>
+    <t>stimulateur cardiaque implantable avec stimulation atrio-biventriculaire pour resynchronisation dit « triple chambre » associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>PERCEPTA QUAD CRT-P MRI SURESCAN associé au système de télésurveillance CARELINK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853015/fr/percepta-quad-crt-p-mri-surescan-associe-au-systeme-de-telesurveillance-carelink</t>
+  </si>
+  <si>
+    <t>c_2853015</t>
+  </si>
+  <si>
+    <t>LATITUDE NXT système de télésurveillance pour DAI à sonde sous-cutanée EMBLEM</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable à sonde sous-cutanée EMBLEM</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/10/2017 12:23:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2799376/fr/latitude-nxt-systeme-de-telesurveillance-pour-dai-a-sonde-sous-cutanee-emblem</t>
+  </si>
+  <si>
+    <t>c_2799376</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable à sonde sous-cutanée</t>
+  </si>
+  <si>
+    <t>LATITUDE NXT Système de télésurveillance pour DAI double chambre</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour défibrillateur cardiaque automatique implantable double chambre</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/08/2017 11:13:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790299/fr/latitude-nxt-systeme-de-telesurveillance-pour-dai-double-chambre</t>
+  </si>
+  <si>
+    <t>c_2790299</t>
+  </si>
+  <si>
+    <t>LATITUDE NXT Système de télésurveillance pour DAI triple chambre</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour défibrillateur cardiaque automatique implantable triple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790302/fr/latitude-nxt-systeme-de-telesurveillance-pour-dai-triple-chambre</t>
+  </si>
+  <si>
+    <t>c_2790302</t>
+  </si>
+  <si>
+    <t>SMARTVIEW Système de télésurveillance pour DAI simple chambre</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable simple chambre</t>
+  </si>
+  <si>
+    <t>10/08/2017 17:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786599/fr/smartview-systeme-de-telesurveillance-pour-dai-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786599</t>
+  </si>
+  <si>
+    <t>LivaNova France SAS</t>
+  </si>
+  <si>
+    <t>SMARTVIEW Système de télésurveillance pour DAI triple chambre</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable triple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786605/fr/smartview-systeme-de-telesurveillance-pour-dai-triple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786605</t>
+  </si>
+  <si>
+    <t>SMARTVIEW Système de télésurveillance pour DAI double chambre</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque automatique implantable double chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786608/fr/smartview-systeme-de-telesurveillance-pour-dai-double-chambre</t>
+  </si>
+  <si>
+    <t>c_2786608</t>
+  </si>
+  <si>
+    <t>CARELINK système de télésurveillance pour DAI double chambre</t>
+  </si>
+  <si>
+    <t>09/08/2017 09:59:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786303/fr/carelink-systeme-de-telesurveillance-pour-dai-double-chambre</t>
+  </si>
+  <si>
+    <t>c_2786303</t>
+  </si>
+  <si>
+    <t>CARELINK système de télésurveillance pour DAI simple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786306/fr/carelink-systeme-de-telesurveillance-pour-dai-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786306</t>
+  </si>
+  <si>
+    <t>CARELINK système de télésurveillance pour DAI triple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786309/fr/carelink-systeme-de-telesurveillance-pour-dai-triple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786309</t>
+  </si>
+  <si>
+    <t>MERLIN.NET Système de télésurveillance pour DAI double chambre</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour défibrillateur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>07/08/2017 17:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786056/fr/merlin-net-systeme-de-telesurveillance-pour-dai-double-chambre</t>
+  </si>
+  <si>
+    <t>c_2786056</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>MERLIN.NET Système de télésurveillance pour DAI triple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786059/fr/merlin-net-systeme-de-telesurveillance-pour-dai-triple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786059</t>
+  </si>
+  <si>
+    <t>MERLIN.NET Système de télésurveillance pour DAI simple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786062/fr/merlin-net-systeme-de-telesurveillance-pour-dai-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786062</t>
+  </si>
+  <si>
+    <t>HOME MONITORING système de télésurveillance pour DAI double chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786593/fr/home-monitoring-systeme-de-telesurveillance-pour-dai-double-chambre</t>
+  </si>
+  <si>
+    <t>c_2786593</t>
+  </si>
+  <si>
+    <t>HOME MONITORING système de télésurveillance pour DAI triple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786596/fr/home-monitoring-systeme-de-telesurveillance-pour-dai-triple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786596</t>
+  </si>
+  <si>
+    <t>HOME MONITORING système de télésurveillance pour DAI simple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786602/fr/home-monitoring-systeme-de-telesurveillance-pour-dai-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_2786602</t>
+  </si>
+  <si>
+    <t>HOME MONITORING système de télésurveillance pour défibrillateurs cardiaques implantables triple chambre ILIVIA 7 HF-T et ILIVIA 7 HF-T QP</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque implantable triple chambre</t>
+  </si>
+  <si>
+    <t>04/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2016 10:21:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682151/fr/home-monitoring-systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-triple-chambre-ilivia-7-hf-t-et-ilivia-7-hf-t-qp</t>
+  </si>
+  <si>
+    <t>c_2682151</t>
+  </si>
+  <si>
+    <t>HOME MONITORING système de télésurveillance pour défibrillateurs cardiaques implantables double chambre ILIVIA 7 DR-T</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateurs cardiaques implantables double chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682154/fr/home-monitoring-systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-double-chambre-ilivia-7-dr-t</t>
+  </si>
+  <si>
+    <t>c_2682154</t>
+  </si>
+  <si>
+    <t>HOME MONITORING système de télésurveillance pour défibrillateurs cardiaques implantables simple chambre ILIVIA 7 VR-T</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateur cardiaque implantable simple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682157/fr/home-monitoring-systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-simple-chambre-ilivia-7-vr-t</t>
+  </si>
+  <si>
+    <t>c_2682157</t>
+  </si>
+  <si>
+    <t>CORDIVA</t>
+  </si>
+  <si>
+    <t>Télésurveillance non médicale à domicile des patients insuffisants cardiaques chroniques Suivi de l'insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>06/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2016 13:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2670141/fr/cordiva</t>
+  </si>
+  <si>
+    <t>c_2670141</t>
+  </si>
+  <si>
+    <t>Télésurveillance non médicale à domicile des patients insuffisants cardiaques chroniques</t>
+  </si>
+  <si>
+    <t>CDM e-Health, filiale du Groupe Air Liquide</t>
+  </si>
+  <si>
+    <t>Solution DIABEO</t>
+  </si>
+  <si>
+    <t>Carnet de suivi diabète</t>
+  </si>
+  <si>
+    <t>12/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2016 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657551/fr/solution-diabeo</t>
+  </si>
+  <si>
+    <t>c_2657551</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>20/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2016 17:02:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610793/fr/carelink</t>
+  </si>
+  <si>
+    <t>c_2610793</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour Défibrillateurs Cardiaques Implantables Simple Chambre SMARTVIEW</t>
+  </si>
+  <si>
+    <t>20/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 12:15:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571478/fr/systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-simple-chambre-smartview</t>
+  </si>
+  <si>
+    <t>c_2571478</t>
+  </si>
+  <si>
+    <t>SORIN GROUP FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour Défibrillateurs Cardiaques Implantables Double Chambre SMARTVIEW</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571481/fr/systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-double-chambre-smartview</t>
+  </si>
+  <si>
+    <t>c_2571481</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour Défibrillateurs Cardiaques Implantables Triple Chambre SMARTVIEW</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571484/fr/systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-triple-chambre-smartview</t>
+  </si>
+  <si>
+    <t>c_2571484</t>
+  </si>
+  <si>
+    <t>REVEAL XT</t>
+  </si>
+  <si>
+    <t>Moniteur ECG Implantable</t>
+  </si>
+  <si>
+    <t>16/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039664/fr/reveal-xt</t>
+  </si>
+  <si>
+    <t>c_2039664</t>
+  </si>
+  <si>
+    <t>REVEAL LINQ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039667/fr/reveal-linq</t>
+  </si>
+  <si>
+    <t>c_2039667</t>
+  </si>
+  <si>
+    <t>SYSTEME DE TELESURVEILLANCE HOME MONITORING ASSOCIE AU DEFIBRILLATEUR CARDIAQUE SIMPLE CHAMBRE IPERIA 7 VR-T DX</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance au défibrillateur cardiaque implantable simple chambre compatible IPERIA 7 VR-T DX</t>
+  </si>
+  <si>
+    <t>02/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038110/fr/systeme-de-telesurveillance-home-monitoring-associe-au-defibrillateur-cardiaque-simple-chambre-iperia-7-vr-t-dx</t>
+  </si>
+  <si>
+    <t>c_2038110</t>
+  </si>
+  <si>
+    <t>SYSTEME DE TELESURVEILLANCE HOME MONITORING ASSOCIE AU DEFIBRILLATEUR CARDIAQUE TRIPLE CHAMBRE IPERIA 7 HF-T</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateurs cardiaques implantables tripme chambre compatibles</t>
+  </si>
+  <si>
+    <t>07/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026422/fr/systeme-de-telesurveillance-home-monitoring-associe-au-defibrillateur-cardiaque-triple-chambre-iperia-7-hf-t</t>
+  </si>
+  <si>
+    <t>c_2026422</t>
+  </si>
+  <si>
+    <t>SYSTEME DE TELESURVEILLANCE HOME MONITORING ASSOCIE AU DEFIBRILLATEUR CARDIAQUE DOUBLE CHAMBRE IPERIA 7 DR-T</t>
+  </si>
+  <si>
+    <t>Défibrillateur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2015 16:51:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009902/fr/systeme-de-telesurveillance-home-monitoring-associe-au-defibrillateur-cardiaque-double-chambre-iperia-7-dr-t</t>
+  </si>
+  <si>
+    <t>c_2009902</t>
+  </si>
+  <si>
+    <t>SYSTEME DE TELESURVEILLANCE HOME MONITORING ASSOCIE AU DEFIBRILLATEUR CARDIAQUE SIMPLE CHAMBRE IPERIA 7 VR-T</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009905/fr/systeme-de-telesurveillance-home-monitoring-associe-au-defibrillateur-cardiaque-simple-chambre-iperia-7-vr-t</t>
+  </si>
+  <si>
+    <t>c_2009905</t>
+  </si>
+  <si>
+    <t>SYSTEME DE TELESURVEILLANCE HOME MONITORING ASSOCIE AU DEFIBRILLATEUR CARDIAQUE TRIPLE CHAMBRE IPERIA 7 HF-T QP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009908/fr/systeme-de-telesurveillance-home-monitoring-associe-au-defibrillateur-cardiaque-triple-chambre-iperia-7-hf-t-qp</t>
+  </si>
+  <si>
+    <t>c_2009908</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance LATITUDE NXT pour défibrillateur cardiaque triple chambre</t>
+  </si>
+  <si>
+    <t>17/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2014 17:39:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748403/fr/systeme-de-telesurveillance-latitude-nxt-pour-defibrillateur-cardiaque-triple-chambre</t>
+  </si>
+  <si>
+    <t>c_1748403</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour Défibrillateurs Cardiaques Implantables Simple chambre CARELINK</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752452/fr/systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-simple-chambre-carelink</t>
+  </si>
+  <si>
+    <t>c_1752452</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour Défibrillateurs Cardiaques Implantables Double chambre CARELINK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752455/fr/systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-double-chambre-carelink</t>
+  </si>
+  <si>
+    <t>c_1752455</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour Défibrillateurs Cardiaques Implantables double chambre SMARTVIEW</t>
+  </si>
+  <si>
+    <t>22/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2014 12:16:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738789/fr/systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-double-chambre-smartview</t>
+  </si>
+  <si>
+    <t>c_1738789</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour Défibrillateurs Cardiaques Implantables simple chambre SMARTVIEW</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738792/fr/systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-simple-chambre-smartview</t>
+  </si>
+  <si>
+    <t>c_1738792</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour Défibrillateurs Cardiaques Implantables triple chambre SMARTVIEW</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738795/fr/systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-triple-chambre-smartview</t>
+  </si>
+  <si>
+    <t>c_1738795</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour Défibrillateurs Cardiaques Implantables Triple chambre CARELINK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739366/fr/systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-triple-chambre-carelink</t>
+  </si>
+  <si>
+    <t>c_1739366</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740105/fr/systeme-de-telesurveillance-latitude-nxt-pour-defibrillateur-cardiaque-triple-chambre</t>
+  </si>
+  <si>
+    <t>c_1740105</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance LATITUDE NXT pour défibrillateur cardiaque double chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740108/fr/systeme-de-telesurveillance-latitude-nxt-pour-defibrillateur-cardiaque-double-chambre</t>
+  </si>
+  <si>
+    <t>c_1740108</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance LATITUDE NXT pour défibrillateur cardiaque simple chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740111/fr/systeme-de-telesurveillance-latitude-nxt-pour-defibrillateur-cardiaque-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_1740111</t>
+  </si>
+  <si>
+    <t>Prestation associée aux systèmes de télésurveillance des stimulateurs cardiaques implantables</t>
+  </si>
+  <si>
+    <t>Système de Télésurveillance pour stimulateur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>09/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2013 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623628/fr/prestation-associee-aux-systemes-de-telesurveillance-des-stimulateurs-cardiaques-implantables</t>
+  </si>
+  <si>
+    <t>c_1623628</t>
+  </si>
+  <si>
+    <t>SNITEM</t>
+  </si>
+  <si>
+    <t>Prestation associée aux systèmes de télésurveillance des défibrillateurs cardiaques implantables</t>
+  </si>
+  <si>
+    <t>24/07/2013 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623654/fr/prestation-associee-aux-systemes-de-telesurveillance-des-defibrillateurs-cardiaques-implantables</t>
+  </si>
+  <si>
+    <t>c_1623654</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance HOME MONITORING pour défibrillateur cardiaque implantable simple chambre (LUMAX 540 VR-T &amp; LUMAX 740 VR-T)</t>
+  </si>
+  <si>
+    <t>Systèmes de télésurveillance associés aux défibrillateurs cardiaques simple, double et triple chambre - LUMAX 540 VR-T - LUMAX 740 VR-T (référence : 381 459)</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2013 10:24:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1582407/fr/systeme-de-telesurveillance-home-monitoring-pour-defibrillateur-cardiaque-implantable-simple-chambre-lumax-540-vr-t-lumax-740-vr-t</t>
+  </si>
+  <si>
+    <t>c_1582407</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance HOME MONITORING pour défibrillateur cardiaque implantable double chambre (LUMAX 540 DR-T &amp; LUMAX 740 DR-T)</t>
+  </si>
+  <si>
+    <t>Systèmes de télésurveillance associés aux défibrillateurs cardiaques simple, double et triple chambre - LUMAX 540 DR-T - LUMAX 740 DR-T (référence : 381 461)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1582413/fr/systeme-de-telesurveillance-home-monitoring-pour-defibrillateur-cardiaque-implantable-double-chambre-lumax-540-dr-t-lumax-740-dr-t</t>
+  </si>
+  <si>
+    <t>c_1582413</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance HOME MONITORING pour défibrillateur cardiaque implantable triple chambre (LUMAX 540 HF-T &amp; LUMAX 740 HF-T)</t>
+  </si>
+  <si>
+    <t>Systèmes de télésurveillance associés aux défibrillateurs cardiaques simple, double et triple chambre - LUMAX 540 HF-T - LUMAX 740 HF-T (référence : 381 462)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1582416/fr/systeme-de-telesurveillance-home-monitoring-pour-defibrillateur-cardiaque-implantable-triple-chambre-lumax-540-hf-t-lumax-740-hf-t</t>
+  </si>
+  <si>
+    <t>c_1582416</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance LATITUDE pour défibrillateur cardiaque implantable simple chambre (INCEPTA VR &amp; TELIGEN VR)</t>
+  </si>
+  <si>
+    <t>LATITUDE, patient management system Système de télésurveillance pour défibrillateur cardiaque simple chambre - INCEPTA VR (modèles F160 et F161) - TELIGEN 100 VR (modèles F102 et F103)</t>
+  </si>
+  <si>
+    <t>09/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2013 18:38:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544898/fr/systeme-de-telesurveillance-latitude-pour-defibrillateur-cardiaque-implantable-simple-chambre-incepta-vr-teligen-vr</t>
+  </si>
+  <si>
+    <t>c_1544898</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS/CARDIAC PACEMAKERS Incorporated</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance LATITUDE pour défibrillateur cardiaque implantable double chambre (INCEPTA DR &amp; TELIGEN DR)</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateurs cardiaques implantables double chambre compatibles</t>
+  </si>
+  <si>
+    <t>21/05/2013 18:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544901/fr/systeme-de-telesurveillance-latitude-pour-defibrillateur-cardiaque-implantable-double-chambre-incepta-dr-teligen-dr</t>
+  </si>
+  <si>
+    <t>c_1544901</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance LATITUDE pour défibrillateur cardiaque implantable triple chambre (INCEPTA CRT-D &amp; COGNIS 100 CRT-D)</t>
+  </si>
+  <si>
+    <t>LATITUDE, patient management system Système de télésurveillance pour défibillateur cardiaque triple chambre - INCEPTA CRT-D (modèles P162 et P163) - COGNIS 100-D (modèles P106, P107 et P108)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544905/fr/systeme-de-telesurveillance-latitude-pour-defibrillateur-cardiaque-implantable-triple-chambre-incepta-crt-d-cognis-100-crt-d</t>
+  </si>
+  <si>
+    <t>c_1544905</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateurs cardiaques implantables simple chambre compatibles</t>
+  </si>
+  <si>
+    <t>29/04/2013 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1536390/fr/carelink</t>
+  </si>
+  <si>
+    <t>c_1536390</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateurs cardiaques implantable triple chambre compatibles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1536399/fr/carelink</t>
+  </si>
+  <si>
+    <t>c_1536399</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance pour défibrillateurs cardiaques implantable double chambre compatibles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1536402/fr/carelink</t>
+  </si>
+  <si>
+    <t>c_1536402</t>
+  </si>
+  <si>
+    <t>MERLIN.NET, système de télésurveillance pour défibrillateur implantable simple chambre</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2012 15:27:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1337875/fr/merlin-net-systeme-de-telesurveillance-pour-defibrillateur-implantable-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_1337875</t>
+  </si>
+  <si>
+    <t>MERLIN.NET, système de télésurveillance pour défibrillateurs cardiaques implantables double chambre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1337879/fr/merlin-net-systeme-de-telesurveillance-pour-defibrillateurs-cardiaques-implantables-double-chambre</t>
+  </si>
+  <si>
+    <t>c_1337879</t>
+  </si>
+  <si>
+    <t>MERLIN.NET, système de télésurveillance pour défibrillateur implantable de resynchronisation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339256/fr/merlin-net-systeme-de-telesurveillance-pour-defibrillateur-implantable-de-resynchronisation</t>
+  </si>
+  <si>
+    <t>c_1339256</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339263/fr/merlin-net-systeme-de-telesurveillance-pour-defibrillateur-implantable-simple-chambre</t>
+  </si>
+  <si>
+    <t>c_1339263</t>
+  </si>
+  <si>
+    <t>MERLIN.NET, système de télésurveillance pour défibrillateur implantable double chambre comptatibles</t>
+  </si>
+  <si>
+    <t>14/12/2012 17:16:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339270/fr/merlin-net-systeme-de-telesurveillance-pour-defibrillateur-implantable-double-chambre-comptatibles</t>
+  </si>
+  <si>
+    <t>c_1339270</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339291/fr/merlin-net-systeme-de-telesurveillance-pour-defibrillateur-implantable-de-resynchronisation</t>
+  </si>
+  <si>
+    <t>c_1339291</t>
+  </si>
+  <si>
+    <t>LUMAX 740 VR-T DX - 10 juillet 2012 (4200) avis</t>
+  </si>
+  <si>
+    <t>Système de télésurveillance BIOTRONIK HOME MONITORING associé au défibrillateur cardiaque implantable simple chambre</t>
+  </si>
+  <si>
+    <t>10/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2012 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250342/fr/lumax-740-vr-t-dx-10-juillet-2012-4200-avis</t>
+  </si>
+  <si>
+    <t>c_1250342</t>
+  </si>
+  <si>
+    <t>BIOTRONIK France</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation économique de la télésurveillance pour éclairer la décision publique. Quels sont les choix efficients au regard de l’analyse de la littérature ?</t>
+  </si>
+  <si>
+    <t>Dans le cadre du déploiement de la télémédecine en France, la HAS a élaboré une revue de la littérature internationale portant sur les études ayant mis en œuvre une évaluation médico-économiques de la télésurveillance médicale, afin d’en apprécier l’efficience.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2020 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903236/fr/evaluation-economique-de-la-telesurveillance-pour-eclairer-la-decision-publique-quels-sont-les-choix-efficients-au-regard-de-l-analyse-de-la-litterature</t>
+  </si>
+  <si>
+    <t>c_2903236</t>
+  </si>
+  <si>
+    <t>Efficience de la télémédecine : état des lieux de la littérature internationale et cadre d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé un état des lieux de la littérature internationale relative à l’évaluation médico-économique de la télémédecine. Elle constate la quasi-absence d’études françaises et l’importante hétérogénéité des études tant au niveau de leur qualité méthodologique que concernant les projets de télémédecine évalués. Elle propose un cadre méthodologique pour l’évaluation de l’efficience des projets de télémédecine dans le contexte actuel de déploiement de cette nouvelle forme d’organisation des soins en France.</t>
+  </si>
+  <si>
+    <t>03/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2013 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622477/fr/efficience-de-la-telemedecine-etat-des-lieux-de-la-litterature-internationale-et-cadre-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1622477</t>
+  </si>
+  <si>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Téléconsultation &amp; télésoins – Consulter et se faire soigner à distance</t>
+  </si>
+  <si>
+    <t>Le document "Consulter et se faire soigner à distance - Téléconsultation &amp; télésoin" est destiné aux patients qui souhaitent s'informer sur le déroulement de cette prise en charge à distance.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2021 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270557/fr/teleconsultation-telesoins-consulter-et-se-faire-soigner-a-distance</t>
+  </si>
+  <si>
+    <t>p_3270557</t>
+  </si>
+  <si>
+    <t>Accouchement : Votre retour à la maison pendant l’épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Votre bébé vient de naître et vous êtes de retour chez vous. Pour vous protéger, l’organisation de votre suivi médical et de celui de votre bébé est adaptée en fonction de la circulation du virus dans votre région. Des précautions spécifiques vous concernent si vous avez le Covid-19. N’hésitez pas à solliciter les professionnels de santé qui vous suivent, si vous avez des interrogations ou des doutes.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186783/fr/accouchement-votre-retour-a-la-maison-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186783</t>
+  </si>
+  <si>
+    <t>Grossesse : Votre suivi pendant l'épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Vous êtes enceinte et vous vous interrogez sur le suivi de votre grossesse et l’organisation de votre accouchement, alors que le coronavirus continue de circuler. En cette période, n’attendez pas pour prendre contact avec le professionnel ou l’équipe qui vous suivra. Ils vous conseilleront pour organiser au mieux votre suivi. Ce document est issu de la fiche réponse rapide Continuité du suivi des femmes enceintes lors de la levée du confinement.</t>
+  </si>
+  <si>
+    <t>29/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187133/fr/grossesse-votre-suivi-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3187133</t>
+  </si>
+  <si>
+    <t>COVID-19 - Évaluer ses risques avec l’équipe de soins et adapter son mode de vie</t>
+  </si>
+  <si>
+    <t>Vous êtes atteint d’une maladie chronique ou avez plus de 65 ans ? Vous êtes possiblement exposé à un risque de forme grave de COVID-19. À l’occasion de la sortie du confinement, vous pouvez échanger avec votre médecin ou votre équipe de soins. Vous déciderez alors des adaptations de votre mode de vie en fonction de votre situation.</t>
+  </si>
+  <si>
+    <t>11/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189294/fr/covid-19-evaluer-ses-risques-avec-l-equipe-de-soins-et-adapter-son-mode-de-vie</t>
+  </si>
+  <si>
+    <t>p_3189294</t>
+  </si>
+  <si>
+    <t>Patients : votre navigation sur les sites Internet en santé</t>
+  </si>
+  <si>
+    <t>Les internautes tirent d'autant plus profit de l'information en ligne qu'ils font des recherches pertinentes avec les moteurs de recherche, et qu'ils exercent leur esprit critique lorsqu'ils arrivent sur les sites. La lecture critique de l'information constitue l'objectif majeur de toute démarche qualité de l'information. L'amélioration dépend davantage de l'esprit critique de la cible que de la qualité intrinsèque de l'information émise, par nature plurielle et diverse. Dans cette perspective, la HAS a établi en 2007 deux documents :</t>
+  </si>
+  <si>
+    <t>24/10/2008 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1504895/fr/patients-votre-navigation-sur-les-sites-internet-en-sante</t>
+  </si>
+  <si>
+    <t>r_1504895</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>L’IA générative en santé : oui, avec un usage responsable</t>
+  </si>
+  <si>
+    <t>Les systèmes d’intelligence artificielle (IA) générative, tels que Mistral AI, CoPilot ou ChatGPT, se démocratisent à vitesse grand V. Faciles d’accès et de prise en main, des outils se développent également dans le secteur sanitaire, social et médico-social avec de nombreuses applications. Leur utilisation induit toutefois des risques qu’il convient de maitriser. La Haute Autorité de santé (HAS) publie des premières clés d’usage de l’IA générative en santé destinées aux professionnels, qu’ils soient experts ou non du sujet. Le guide volontairement concis se structure en 4 lignes directrices accompagnées d’exemples issus du terrain. Une fiche sur l’utilisation de l’IA générative en santé par les usagers viendra compléter ces travaux.</t>
+  </si>
+  <si>
+    <t>30/10/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703069/fr/l-ia-generative-en-sante-oui-avec-un-usage-responsable</t>
+  </si>
+  <si>
+    <t>p_3703069</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux numériques : la HAS explicite ses principes d’évaluation</t>
+  </si>
+  <si>
+    <t>Depuis 2023 existent deux voies de remboursement dédiées à certains dispositifs médicaux numériques (DMN) : une prise en charge de droit commun via la liste des activités de télésurveillance médicale (LATM) et la prise en charge anticipée de DMN de télésurveillance médicale et de DMN à visée thérapeutique (PECAN). Sur la base des premiers dossiers soumis à la commission chargée de l’évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS), la Haute Autorité de santé (HAS) publie aujourd’hui les principes d’évaluation de ces DMN. Les objectifs sont d’éclairer les entreprises du secteur, parfois peu familières de l’évaluation, sur les attendus de la commission, d’améliorer ainsi la qualité des dossiers déposés et donc d’accélérer l’accès des patients aux dispositifs médicaux. La HAS a par ailleurs mis à jour à cette occasion les principes d’évaluation de la CNEDiMTS pour les autres voies de remboursement de dispositifs médicaux à usage individuel.</t>
+  </si>
+  <si>
+    <t>10/09/2025 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644653/fr/dispositifs-medicaux-numeriques-la-has-explicite-ses-principes-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3644653</t>
+  </si>
+  <si>
+    <t>Mesurer la qualité des soins à partir des entrepôts de données ? La HAS publie une étude menée avec 3 CHU</t>
+  </si>
+  <si>
+    <t>Après avoir dressé en 2022 un panorama des entrepôts de données de santé hospitaliers (EDSH) en France, la Haute Autorité de santé (HAS) a mené une étude sur l’intérêt et la faisabilité de la mesure d’indicateurs de qualité et de sécurité des soins (IQSS) à partir de ces entrepôts. Objectif : automatiser le recueil des IQSS mesurés à partir du dossier patient, essentiel mais chronophage pour les professionnels. L’expérimentation a été menée en collaboration avec trois centres hospitaliers universitaires durant deux ans, sur deux thématiques : la prise en charge de l’accident vasculaire cérébral et de la douleur. La HAS en publie les enseignements et perspectives.</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588697/fr/mesurer-la-qualite-des-soins-a-partir-des-entrepots-de-donnees-la-has-publie-une-etude-menee-avec-3-chu</t>
+  </si>
+  <si>
+    <t>p_3588697</t>
+  </si>
+  <si>
+    <t>Lieux d’implantation des cabines de téléconsultation et de télésoin : assurer l’accès à des soins de qualité</t>
+  </si>
+  <si>
+    <t>En réduisant les distances et les délais, la télésanté peut contribuer à faciliter l’accès à l’offre de soins. Des cabines et autres équipements de téléconsultation et de télésoin sont déjà implantés dans divers lieux, y compris en dehors des lieux de soins. Dans ce contexte, comment assurer aux patients l’accès à des soins de qualité ? La Haute Autorité de santé (HAS) publie des recommandations relatives aux lieux et conditions d’environnement pour la réalisation d’une téléconsultation ou d’un télésoin de qualité.</t>
+  </si>
+  <si>
+    <t>06/03/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499399/fr/lieux-d-implantation-des-cabines-de-teleconsultation-et-de-telesoin-assurer-l-acces-a-des-soins-de-qualite</t>
+  </si>
+  <si>
+    <t>p_3499399</t>
+  </si>
+  <si>
+    <t>Télésurveillance médicale : 2 décrets actent l’intégration de la télésurveillance médicale dans le droit commun</t>
+  </si>
+  <si>
+    <t>Publiés le 31 décembre au journal officiel, 2 décrets permettent l’entrée en vigueur d’un modèle de droit commun spécifique à la télésurveillance prévu par l’article 36 de la loi de financement de la sécurité sociale pour 2022, ainsi que la fin de l’expérimentation ETAPES au 1ier juillet 2023. Ce nouveau cadre associe la rémunération du suivi médical réalisé à distance par une équipe soignante et celle du dispositif médical numérique associé. Ainsi, le 1er décret porte sur les modalités d’évaluation et d’inscription au remboursement de la télésurveillance et le 2nd, sur la déclaration des activités de télésurveillance des équipes soignantes aux agences régionales de santé (ARS). Ces textes seront prochainement complétés par des arrêtés cadrant les rémunérations des équipes soignantes et le financement des solutions numériques.</t>
+  </si>
+  <si>
+    <t>13/01/2023 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405664/fr/telesurveillance-medicale-2-decrets-actent-l-integration-de-la-telesurveillance-medicale-dans-le-droit-commun</t>
+  </si>
+  <si>
+    <t>p_3405664</t>
+  </si>
+  <si>
+    <t>Entrepôts de données de santé hospitaliers : la HAS publie un panorama inédit en France</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) utilise depuis plusieurs années les données du système national de données de santé (SNDS) pour mener ses travaux d’évaluation et pour mesurer la qualité des soins. Elle s’intéresse également aux entrepôts de données de santé hospitaliers (EDSH) qui contiennent une grande quantité d’informations médicales complémentaires – des données de vie réelle – potentiellement utiles dans la réalisation de ses missions. Dans le cadre de sa stratégie data, elle a ainsi entrepris fin 2021 de dresser un panorama des EDSH en France. Un travail inédit qui révèle l’hétérogénéité d’un écosystème en pleine construction et qui va d’ores et déjà permettre à la HAS de lancer de nouvelles expérimentations.</t>
+  </si>
+  <si>
+    <t>17/11/2022 11:00:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386076/fr/entrepots-de-donnees-de-sante-hospitaliers-la-has-publie-un-panorama-inedit-en-france</t>
+  </si>
+  <si>
+    <t>p_3386076</t>
+  </si>
+  <si>
+    <t>Défi iDoc Santé : un concours pour mieux diffuser, organiser et connecter les connaissances en santé</t>
+  </si>
+  <si>
+    <t>Dans le cadre de sa stratégie données 2021-2024, la Haute Autorité de santé lance le Défi iDoc Santé pour exploiter plus efficacement les données textuelles produites. Conçu dans un processus d’innovation ouverte, ce concours a pour objectif d’augmenter l’impact des publications de l’institution et de ses partenaires en travaillant avec leurs réutilisateurs. Pour ce faire, la HAS propose aux acteurs de la santé, aux patients et aux spécialistes de l’exploitation et de la gestion des connaissances de prendre part à ce défi. Les inscriptions, ouvertes jusqu’au 9 mai, se font en ligne, via le site https://defi-idoc.has-sante.fr/.</t>
+  </si>
+  <si>
+    <t>15/04/2022 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332693/fr/defi-idoc-sante-un-concours-pour-mieux-diffuser-organiser-et-connecter-les-connaissances-en-sante</t>
+  </si>
+  <si>
+    <t>p_3332693</t>
+  </si>
+  <si>
+    <t>E-santé : la HAS publie 4 référentiels de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>La généralisation du remboursement de la télésurveillance médicale est prévue au plus tard le 1er juillet 2022. La HAS publie aujourd’hui un référentiel pour les solutions de télésurveillance pour chacune des quatre pathologies suivantes : diabète, insuffisance cardiaque chronique, insuffisance rénale chronique et insuffisance respiratoire chronique. Ces quatre référentiels permettront aux industriels et aux professionnels de santé de se préparer au cadre pérenne en ayant connaissance des exigences – techniques et organisationnelles, retenues par la commission nationale d’évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS). Pour la HAS, la télésurveillance est un dispositif qui peut faciliter le suivi médical et peut présenter des bénéfices à la fois pour les patients, les aidants et les professionnels de santé.</t>
+  </si>
+  <si>
+    <t>26/01/2022 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312142/fr/e-sante-la-has-publie-4-referentiels-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3312142</t>
+  </si>
+  <si>
+    <t>Officines : un nouveau cadre pour la certification des logiciels d’aide à la dispensation</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens d’officine sont des logiciels dont au moins une des fonctions permet l'enregistrement d’informations relatives à la dispensation de médicaments (identité du patient, analyse des prescriptions, conseil et dispensation des médicaments…). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation. La HAS publie aujourd’hui la nouvelle procédure de certification des LAD, avec une approche plus clinique et adaptée aux nouvelles missions des pharmaciens, et met à jour le référentiel pour les LAD d'officine. Les éditeurs de logiciels devront s’y référer s’ils souhaitent obtenir la certification de leur produit.</t>
+  </si>
+  <si>
+    <t>25/01/2022 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311808/fr/officines-un-nouveau-cadre-pour-la-certification-des-logiciels-d-aide-a-la-dispensation</t>
+  </si>
+  <si>
+    <t>p_3311808</t>
+  </si>
+  <si>
+    <t>Le télésoin : un acte accessible à tous, simple et sécurisé</t>
+  </si>
+  <si>
+    <t>Pour faciliter l’accès aux soins, la loi¹ a intégré en 2019 une nouvelle modalité d'exercice à distance des pharmaciens et des paramédicaux : le télésoin. La Haute Autorité de santé (HAS) publie ce jour à l’attention des professionnels concernés les critères d’éligibilité au télésoin et des recommandations pour son bon usage, sa qualité et sa sécurité. L’objectif : rendre ces soins à distance accessibles à tous et faciliter leur déploiement sécurisé.</t>
+  </si>
+  <si>
+    <t>18/03/2021 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243852/fr/le-telesoin-un-acte-accessible-a-tous-simple-et-securise</t>
+  </si>
+  <si>
+    <t>p_3243852</t>
+  </si>
+  <si>
+    <t>La HAS propose la 1ère classification des solutions numériques utilisées en santé</t>
+  </si>
+  <si>
+    <t>Dans un contexte de multiplication des outils numériques utilisables en santé, la Haute Autorité de Santé vient d’élaborer un système de classification des solutions numériques selon leur finalité d’usage, leur capacité à apporter une réponse personnalisée et leur autonomie, c’est-à-dire leur capacité à agir avec ou sans intervention humaine. L’objectif : aider les acteurs à s’y retrouver et contribuer à une meilleure intégration de ces outils dans le secteur sanitaire et médico-social.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238368/fr/la-has-propose-la-1ere-classification-des-solutions-numeriques-utilisees-en-sante</t>
+  </si>
+  <si>
+    <t>p_3238368</t>
+  </si>
+  <si>
+    <t>Un nouvel outil pour l’évaluation des dispositifs médicaux embarquant de l’intelligence artificielle</t>
+  </si>
+  <si>
+    <t>Avec l’arrivée de dispositifs médicaux dotés d’intelligence artificielle, la HAS met à jour ses guides de dépôt de dossiers pour accompagner les entreprises dans la constitution de leur demande d’accès au remboursement ou de forfait innovation.</t>
+  </si>
+  <si>
+    <t>14/10/2020 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212876/fr/un-nouvel-outil-pour-l-evaluation-des-dispositifs-medicaux-embarquant-de-l-intelligence-artificielle</t>
+  </si>
+  <si>
+    <t>p_3212876</t>
+  </si>
+  <si>
+    <t>Télésanté : une modalité de prise en charge utile dans le contexte épidémique actuel</t>
+  </si>
+  <si>
+    <t>02/04/2020 21:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168931/fr/telesante-une-modalite-de-prise-en-charge-utile-dans-le-contexte-epidemique-actuel</t>
+  </si>
+  <si>
+    <t>p_3168931</t>
+  </si>
+  <si>
+    <t>Évaluer les dispositifs médicaux avec intelligence artificielle</t>
+  </si>
+  <si>
+    <t>Le numérique se déployant, et la CNEDiMTS évaluant de plus en plus de dispositifs médicaux connectés, la question de l’accès au remboursement de ceux qui utiliseront l’intelligence artificielle va se poser. Afin de fluidifier l’instruction de ces dossiers – et ainsi permettre aux patients un accès rapide à l’innovation – la HAS publie aujourd’hui un projet de grille d’analyse des algorithmes auto-apprenants. Cette initiative contribue à cerner ce champ nouveau en pleine expansion. Elle est soumise à consultation publique jusqu’au 15 janvier 2020 pour recueillir les suggestions de tous les acteurs concernés.</t>
+  </si>
+  <si>
+    <t>20/11/2019 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119829/fr/evaluer-les-dispositifs-medicaux-avec-intelligence-artificielle</t>
+  </si>
+  <si>
+    <t>p_3119829</t>
+  </si>
+  <si>
+    <t>Favoriser le déploiement de la télémédecine en confiance</t>
+  </si>
+  <si>
+    <t>Après avoir identifié les conditions d’éligibilité à la téléconsultation et à la téléexpertise en 2018, la Haute Autorité de santé (HAS) complète ses travaux et publie une série de documents pour leur déploiement opérationnel. Sont abordés chacune des nouvelles modalités d’exercice : la téléconsultation, la téléexpertise et la téléimagerie. Enfin, la HAS propose un document d’information à remettre aux patients avant une téléconsultation.</t>
+  </si>
+  <si>
+    <t>20/06/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058522/fr/favoriser-le-deploiement-de-la-telemedecine-en-confiance</t>
+  </si>
+  <si>
+    <t>p_3058522</t>
+  </si>
+  <si>
+    <t>Évaluer les dispositifs médicaux connectés, y compris ceux faisant appel à l’intelligence artificielle</t>
+  </si>
+  <si>
+    <t>Face à l’essor des dispositifs médicaux connectés, la HAS publie un guide précisant les spécificités de leur évaluation clinique à l’attention des industriels qui sollicitent leur remboursement. Si l’évaluation repose sur les mêmes critères que pour tout autre type de dispositif médical, des spécificités liées à leur caractère connecté doivent être prises en compte : rapidité d’évolution de la solution technologique, interactions multiples entre patients, aidants, soignants et autres dispositifs médicaux ou objets, intégration de systèmes experts traitant les données (algorithmes avec ou sans intelligence artificielle).</t>
+  </si>
+  <si>
+    <t>19/02/2019 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905546/fr/evaluer-les-dispositifs-medicaux-connectes-y-compris-ceux-faisant-appel-a-l-intelligence-artificielle</t>
+  </si>
+  <si>
+    <t>c_2905546</t>
+  </si>
+  <si>
+    <t>Certification des logiciels d’aide à la prescription, une démarche primordiale pour l’amélioration des pratiques des médecins</t>
+  </si>
+  <si>
+    <t>Le Conseil d’État a rendu sa décision sur les logiciels d’aide à la prescription : qualifiés de dispositifs médicaux, ils doivent faire l’objet d’un marquage CE et ne peuvent se voir imposer en sus la certification de la Haute Autorité de Santé. Ces logiciels apportant une aide indispensable aux médecins dans l’exercice de leur pratique, la HAS confirme sa mobilisation autour de la certification des logiciels dans un objectif d’amélioration des pratiques de prescription.</t>
+  </si>
+  <si>
+    <t>18/07/2018 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864746/fr/certification-des-logiciels-d-aide-a-la-prescription-une-demarche-primordiale-pour-l-amelioration-des-pratiques-des-medecins</t>
+  </si>
+  <si>
+    <t>c_2864746</t>
+  </si>
+  <si>
+    <t>Téléconsultation et téléexpertise : aucune situation clinique exclue a priori</t>
+  </si>
+  <si>
+    <t>Reconnue par la loi en 2009, la télémédecine se déploie largement sur le territoire et le financement des actes de téléconsultation et de téléexpertise dans le droit commun devrait être une étape importante. Saisie par le ministère chargé de la Santé, la HAS conclut qu’aucune situation clinique ne peut être exclue a priori d’un recours à la téléconsultation ou à la téléexpertise et définit des critères d’éligibilité au cas par cas. Ce travail sera complété en fin d’année par un guide sur le bon usage et la qualité de ces pratiques cliniques, avec un volet spécifique sur les examens d’imagerie médicale.</t>
+  </si>
+  <si>
+    <t>20/04/2018 11:38:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845190/fr/teleconsultation-et-teleexpertise-aucune-situation-clinique-exclue-a-priori</t>
+  </si>
+  <si>
+    <t>c_2845190</t>
+  </si>
+  <si>
+    <t>La HAS échange avec les fabricants de dispositifs médicaux pour faciliter l’accès des patients à l’innovation utile</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé organise ce 24 novembre une journée d’échanges avec les fabricants de dispositifs médicaux. Objectif : expliciter les principes d’évaluation de la commission nationale d’évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) afin d’accélérer l’accès des patients et des personnes en situation de handicap à l’innovation utile. À cette occasion, plusieurs documents sont publiés.</t>
+  </si>
+  <si>
+    <t>24/11/2017 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806917/fr/la-has-echange-avec-les-fabricants-de-dispositifs-medicaux-pour-faciliter-l-acces-des-patients-a-l-innovation-utile</t>
+  </si>
+  <si>
+    <t>c_2806917</t>
+  </si>
+  <si>
+    <t>Applis santé : la HAS établit 101 règles de bonne pratique</t>
+  </si>
+  <si>
+    <t>Près de 50 000 applications santé sont actuellement disponibles et de nouvelles apparaissent chaque jour. Certaines proposent des conseils individualisés, recueillent des données personnelles (poids, tension, fréquence cardiaque,…), ou délivrent des informations médicales. Leur développement se fait toutefois sans cadre prédéfini, ce qui soulève de nombreuses questions concernant leur fiabilité, la réutilisation des données collectées ou le respect de la confidentialité notamment. C’est pourquoi la HAS publie aujourd’hui un référentiel de 101 bonnes pratiques pour favoriser le développement d’applications et objets connectés sûrs, fiables et de qualité.</t>
+  </si>
+  <si>
+    <t>07/11/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682685/fr/applis-sante-la-has-etablit-101-regles-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2682685</t>
+  </si>
+  <si>
+    <t>Développer un enseignement en ligne de qualité pour la formation continue des professionnels de santé</t>
+  </si>
+  <si>
+    <t>Depuis 2009, le développement professionnel continu (DPC) s’adresse à l'ensemble des professionnels de santé et leur permet de suivre une formation tout en analysant leurs pratiques. Les outils numériques permettent aujourd’hui de développer des formations entièrement à distance et de favoriser les interactions entre participants et formateurs. Afin de de développer des approches pédagogiques nouvelles et de qualité, la HAS publie ce jour un guide pour promouvoir les bonnes pratiques d’ « e-learning » dans le cadre du DPC.</t>
+  </si>
+  <si>
+    <t>21/09/2015 15:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2061912/fr/developper-un-enseignement-en-ligne-de-qualite-pour-la-formation-continue-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_2061912</t>
+  </si>
+  <si>
+    <t>Certification des logiciels d’aide à la prescription LAP- Un premier logiciel à usage hospitalier certifié</t>
+  </si>
+  <si>
+    <t>Après avoir publié le référentiel de certification des LAP à usage hospitalier, la HAS annonce la certification d’un premier logiciel. Parallèlement, la HAS rappelle que la certification des LAP de médecine ambulatoire se poursuit portant le nombre de certificats de certification à 39.</t>
+  </si>
+  <si>
+    <t>15/07/2014 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754531/fr/certification-des-logiciels-d-aide-a-la-prescription-lap-un-premier-logiciel-a-usage-hospitalier-certifie</t>
+  </si>
+  <si>
+    <t>c_1754531</t>
+  </si>
+  <si>
+    <t>L’essentiel sur votre patient « en un clic »</t>
+  </si>
+  <si>
+    <t>L’élaboration, à partir du dossier informatisé, par le médecin traitant, d’une synthèse annuelle pour chacun de ses patients est inscrite dans la Convention médicale de 2011 entre l’Assurance Maladie et les médecins libéraux. Sur la base des travaux de la HAS réalisés en lien avec les représentants des médecins généralistes et de l’ASIP Santé, la synthèse médicale sera progressivement et automatiquement mise à disposition des professionnels de santé dans leurs logiciels métiers habituels. Elle est particulièrement utile pour le suivi de patients souffrant d’une pathologie chronique</t>
+  </si>
+  <si>
+    <t>12/11/2013 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1681363/fr/l-essentiel-sur-votre-patient-en-un-clic</t>
+  </si>
+  <si>
+    <t>c_1681363</t>
+  </si>
+  <si>
+    <t>Télémédecine : deux outils à disposition des acteurs du monde de la santé</t>
+  </si>
+  <si>
+    <t>La télémédecine, pratique médicale à distance fondée sur l’utilisation des technologies de l’information et de la communication, est aujourd’hui considérée comme un levier d’action susceptible d’apporter une réponse aux défis organisationnels et économiques de l’offre de soins. L’amélioration de la qualité et de l’accès aux soins sur l’ensemble du territoire et l’optimisation de l’utilisation des ressources humaines, financières et technologiques disponibles sont les principaux enjeux associés à son développement. Consciente de ces différents défis, la HAS publie ce jour deux travaux sur le sujet pour accompagner le développement des projets de télémédecine : [[c_1622477][un cadre d'évaluation médico-économique]] ainsi qu’une [[c_1622423][grille de pilotage et de sécurité des projets de télémédecine]].</t>
+  </si>
+  <si>
+    <t>18/07/2013 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622297/fr/telemedecine-deux-outils-a-disposition-des-acteurs-du-monde-de-la-sante</t>
+  </si>
+  <si>
+    <t>c_1622297</t>
+  </si>
+  <si>
+    <t>Vers une évolution de la certification des sites santé</t>
+  </si>
+  <si>
+    <t>La loi créant la Haute Autorité de Santé (HAS) lui a confié la mission de certification des sites internet santé. La HAS proposera d’ici quelques mois un nouveau dispositif qualité en matière de sites dédiés à la santé qu’elle entend construire en concertation avec les usagers, les professionnels de santé, les pouvoirs publics et les éditeurs.</t>
+  </si>
+  <si>
+    <t>30/05/2013 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1590507/fr/vers-une-evolution-de-la-certification-des-sites-sante</t>
+  </si>
+  <si>
+    <t>c_1590507</t>
+  </si>
+  <si>
+    <t>Médecine de ville : la majorité des logiciels des médecins certifiés selon le référentiel de la HAS</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) a constaté en 2012 une évolution significative des demandes de certification auprès de l'organisme certificateur accrédité, SGS-ICS. Cette progression montre l’impact positif des mesures incitatives définies dans la convention médicale signée en juillet 2011 entre l'Assurance Maladie et les syndicats de médecins libéraux. Les référentiels de certification des logiciels d’aide à la prescription (LAP) exigent des fonctionnalités qui visent à améliorer la qualité et la sécurité de la prescription, à faciliter la pratique et à optimiser le coût de la prescription à qualité égale.</t>
+  </si>
+  <si>
+    <t>30/07/2012 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1280712/fr/medecine-de-ville-la-majorite-des-logiciels-des-medecins-certifies-selon-le-referentiel-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1280712</t>
+  </si>
+  <si>
+    <t>Logiciels médicaux : vers une généralisation de la certification</t>
+  </si>
+  <si>
+    <t>Alors que le contexte réglementaire autour des logiciels d’aide à la prescription (LAP) et à la dispensation (LAD) évolue, la Haute Autorité de Santé (HAS), qui a pour mission l’élaboration des référentiels de certification, publie le référentiel de certification des LAP hospitaliers.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252601/fr/logiciels-medicaux-vers-une-generalisation-de-la-certification</t>
+  </si>
+  <si>
+    <t>c_1252601</t>
+  </si>
+  <si>
+    <t>Unités de dialyse médicalisées.La Haute Autorité de Santé rend ses recommandations sur les conditions de mise en œuvre de la télémédecine.</t>
+  </si>
+  <si>
+    <t>A la demande de la Direction de l’hospitalisation et de l’organisation des soins (DHOS), la Haute Autorité de Santé (HAS) a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Elle publie dans ce cadre des recommandations sur les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_914168/fr/unites-de-dialyse-medicalisees-la-haute-autorite-de-sante-rend-ses-recommandations-sur-les-conditions-de-mise-en-oeuvre-de-la-telemedecine</t>
+  </si>
+  <si>
+    <t>c_914168</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone dans le cadre de la régulation médicale : la HAS formule des recommandations pour les professionnels</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations de bonnes pratiques sur les conditions et les modalités pratiques de la prescription médicamenteuse par téléphone dans le cadre de la régulation médicale. Les objectifs de ces recommandations sont d’homogénéiser les pratiques, d’améliorer la qualité de la réponse apportée aux patients et le délai d’accès aux médicaments sur tout le territoire.</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784185/fr/prescription-medicamenteuse-par-telephone-dans-le-cadre-de-la-regulation-medicale-la-has-formule-des-recommandations-pour-les-professionnels</t>
+  </si>
+  <si>
+    <t>c_784185</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Expérimentation concernant l’évaluation de l’impact budgétaire des dispositifs médicaux numériques</t>
+  </si>
+  <si>
+    <t>La HAS met en place une expérimentation donnant la possibilité aux industriels volontaires de valoriser l’effet de leurs dispositifs médicaux numériques (DMN) sur l’organisation du système de santé. Ils devront accompagner d’une analyse d’impact budgétaire leur demande d’inscription ou de renouvellement d’inscription sur la liste des produits et prestations remboursables. Cette expérimentation permettra aux industriels de fournir ensuite au comité économique des produits de santé (CEPS) une analyse d’impact budgétaire validée par la commission d’évaluation économique et de santé publique (CEESP) et valorisant les économies générées des données concrètes afin de définir la plus juste tarification possible de leur innovation.</t>
+  </si>
+  <si>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423250/fr/experimentation-concernant-l-evaluation-de-l-impact-budgetaire-des-dispositifs-medicaux-numeriques</t>
+  </si>
+  <si>
+    <t>p_3423250</t>
+  </si>
+  <si>
+    <t>Télésurveillance médicale : référentiels des fonctions et organisations des soins</t>
+  </si>
+  <si>
+    <t>La HAS publie un référentiel pour les solutions de télésurveillance pour chacune des cinq pathologies suivantes : patients diabétiques, insuffisants cardiaques chroniques, insuffisants rénaux chroniques, insuffisants respiratoires chroniques et porteurs de prothèses cardiaques implamtables à visée thérapeutique. Ces référentiels permettront aux industriels et aux professionnels de santé de se préparer, en vue de l’entrée en vigueur du remboursement de droit commun des activités de télésurveillance, en ayant connaissance des exigences techniques et organisationnelles, retenues par la HAS.</t>
+  </si>
+  <si>
+    <t>18/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311071/fr/telesurveillance-medicale-referentiels-des-fonctions-et-organisations-des-soins</t>
+  </si>
+  <si>
+    <t>p_3311071</t>
+  </si>
+  <si>
+    <t>Élaboration de cahiers des charges (fonctions et organisation des soins) pour certains dispositifs médicaux utilisés à des fins de télésurveillance - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La télésurveillance médicale fait l’objet depuis 2014 d’un financement au titre des Expérimentations de la Télémédecine pour l’Amélioration des Parcours en Santé (ETAPES) dans 5 aires thérapeutiques : Patients insuffisants respiratoires chroniques Patients insuffisants cardiaques chroniques Patients insuffisants rénaux chroniques Patients diabétiques Patients porteurs de prothèses cardiaques implantables à visée thérapeutique. La fin de ce programme est prévue au 31/12/2021. Le ministère a saisi la CNEDIMTS afin qu’elle construise des cahiers des charges des fonctions et organisation des soins nécessaires pour les solutions de télésurveillance concernées permettant d’envisager leur prise en charge d’emblée sans évaluation de chaque dispositif médical par la CNEDiMTS. L’enjeu de ce projet est de contribuer à la sortie des expérimentations ETAPES et de permettre aux patients de bénéficier de ces solutions de télésurveillance à l’issue de ces expérimentations.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/09/2021 12:20:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285500/fr/elaboration-de-cahiers-des-charges-fonctions-et-organisation-des-soins-pour-certains-dispositifs-medicaux-utilises-a-des-fins-de-telesurveillance-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3285500</t>
+  </si>
+  <si>
+    <t>Suivi par télésurveillance des patients porteurs d’un moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt clinique et l’impact sur le système de santé du suivi par télésurveillance des patients porteurs d’un moniteur cardiaque implantable (MCI).</t>
+  </si>
+  <si>
+    <t>11/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3177774/fr/suivi-par-telesurveillance-des-patients-porteurs-d-un-moniteur-cardiaque-implantable</t>
+  </si>
+  <si>
+    <t>p_3177774</t>
+  </si>
+  <si>
+    <t>Spécificités méthodologiques d’évaluation clinique des dispositifs médicaux connectés</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS évalue des dispositifs médicaux connectés ayant des finalités d’usage multiples. Leurs caractéristiques techniques, notamment la rapidité d’évolution de ces solutions technologiques et les interactions multiples qu’elles permettent entre patients, aidants, soignants et autres dispositifs médicaux ou objets, l’intégration de systèmes experts (apprenants ou non) traitant les données imposent un questionnement sur les méthodes les plus appropriées pour leur évaluation clinique.</t>
+  </si>
+  <si>
+    <t>29/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845863/fr/specificites-methodologiques-d-evaluation-clinique-des-dispositifs-medicaux-connectes</t>
+  </si>
+  <si>
+    <t>c_2845863</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0455/DC/SEVOQSS du 1er décembre 2022 du collège de la Haute Autorité de santé portant adoption du document Flash sécurité patient intitulé « Téléconsultation : A distance, redoubler de vigilance »</t>
+  </si>
+  <si>
+    <t>06/12/2022 10:08:00</t>
+  </si>
+  <si>
+    <t>07/12/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394341/fr/decision-n2022-0455/dc/sevoqss-du-1er-decembre-2022-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-document-flash-securite-patient-intitule-teleconsultation-a-distance-redoubler-de-vigilance</t>
+  </si>
+  <si>
+    <t>p_3394341</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0022/AC/SEAP du 16 mars 2020 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS du télésuivi infirmier renforçant un suivi médical des patients COVID-19 maintenus à domicile ou en retour au domicile après avoir été hospitalisés</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale du télésuivi infirmier renforçant un suivi médical des patients COVID-19 maintenus à domicile ou en retour au domicile après avoir été hospitalisés</t>
+  </si>
+  <si>
+    <t>16/03/2020 09:13:00</t>
+  </si>
+  <si>
+    <t>16/03/2020 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164185/fr/avis-n-2020-0022/ac/seap-du-16-mars-2020-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-du-telesuivi-infirmier-renforcant-un-suivi-medical-des-patients-covid-19-maintenus-a-domicile-ou-en-retour-au-domicile-apres-avoir-ete-hospitalises</t>
+  </si>
+  <si>
+    <t>p_3164185</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «Suivi de patients diabétiques traités par insuline munis d’un carnet glycémique électronique et surveillés par télémédecine avec prescriptions et soins par l’infirmier en lieu et place du médecin».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Suivi de patients diabétiques traités par insuline munis d’un carnet glycémique électronique et surveillés par télémédecine avec prescriptions et soins par l’infirmier en lieu et place du médecin». Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>30/01/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>03/05/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543969/fr/avis-de-la-has-sur-le-protocole-de-cooperation-suivi-de-patients-diabetiques-traites-par-insuline-munis-d-un-carnet-glycemique-electronique-et-surveilles-par-telemedecine-avec-prescriptions-et-soins-par-l-infirmier-en-lieu-et-place-du-medecin</t>
+  </si>
+  <si>
+    <t>c_1543969</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Précisions sur les référentiels de prescriptions électroniques LAP et LAD</t>
+  </si>
+  <si>
+    <t>Ce document complète les référentiels HAS de certification des LAP et des LAD, ainsi que la charte de qualité des BdM. Il précise les cas où il n'est pas adapté de formuler une prescription sans nom de marque dans un logiciel ainsi que le modèle et les règles de déclenchement des SAM.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708285/fr/precisions-sur-les-referentiels-de-prescriptions-electroniques-lap-et-lad</t>
+  </si>
+  <si>
+    <t>c_2708285</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
+  </si>
+  <si>
+    <t>Étude de la faisabilité et de l’intérêt de la mesure d’indicateurs de qualité et sécurité des soins sur les entrepôts de données de santé hospitaliers</t>
+  </si>
+  <si>
+    <t>Ce projet explore la réutilisation des données des EDSH pour mesurer des IQSS par la capitalisation de travaux déjà menés par 3 CHU et par l’expérimentation d’automatisation d’un indicateur de délai dans la prise en charge de l’AVC.</t>
+  </si>
+  <si>
+    <t>28/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499689/fr/etude-de-la-faisabilite-et-de-l-interet-de-la-mesure-d-indicateurs-de-qualite-et-securite-des-soins-sur-les-entrepots-de-donnees-de-sante-hospitaliers</t>
+  </si>
+  <si>
+    <t>p_3499689</t>
+  </si>
+  <si>
+    <t>Actualisation du référentiel d’évaluation des applications dans le champ de la santé mobile des solutions numériques - Référentiel</t>
+  </si>
+  <si>
+    <t>La HAS a été saisie dans le cadre d’une « Mise à jour et extension du référentiel d’évaluation des applications dans le champ de la santé mobile des solutions numériques en santé ». Elle publie à ce titre un référentiel visant à optimiser les critères de qualité du contenu médical en prenant en considération la norme ISO existante et également à optimiser le processus de référencement.</t>
+  </si>
+  <si>
+    <t>20/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481960/fr/actualisation-du-referentiel-d-evaluation-des-applications-dans-le-champ-de-la-sante-mobile-des-solutions-numeriques-referentiel</t>
+  </si>
+  <si>
+    <t>p_3481960</t>
+  </si>
+  <si>
+    <t>Visualisation des données sur les déclarations d'évènements indésirables graves associés aux soins (EIGS) reçues à la HAS</t>
+  </si>
+  <si>
+    <t>La HAS reçoit les déclarations d’EIGS renseignées par les professionnels de santé sur le portail de signalement des événements sanitaires indésirables et transmises, après anonymisation, par les agences régionales de santé. Elle a pour mission de les analyser et de réaliser des retours d’expériences pour améliorer la sécurité du patient (exemples : collection Flash sécurité patient, rapports annuels, analyses de risque spécifique). La visualisation des données (ou datavisualisation) des déclarations d’EIGS reçues à la HAS est conçue pour rendre accessible des statistiques générales sur le sujet. Elle se fait en temps réel et sous un format facile à interpréter (graphiques accompagnés de bulles d’information) par le plus grand nombre. Entre autres, les données présentées permettent de suivre la dynamique de déclarations des EIGS par secteur d’activités, tant au niveau national que régional.</t>
+  </si>
+  <si>
+    <t>18/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2024 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538526/fr/visualisation-des-donnees-sur-les-declarations-d-evenements-indesirables-graves-associes-aux-soins-eigs-recues-a-la-has</t>
+  </si>
+  <si>
+    <t>p_3538526</t>
+  </si>
+  <si>
+    <t>Entrepôts de données de santé hospitaliers en France</t>
+  </si>
+  <si>
+    <t>La HAS utilise depuis plusieurs années les données du système national de données de santé (SNDS) pour mener ses travaux d’évaluation et pour mesurer la qualité des soins. Elle s’intéresse également aux entrepôts de données de santé hospitaliers (EDSH) qui contiennent une grande quantité d’informations médicales complémentaires– des données de vie réelle - potentiellement utiles dans la réalisation de ses missions. Dans le cadre de sa stratégie data, elle a ainsi entrepris fin 2021 de dresser un panorama des EDSH en France. Un travail inédit qui révèle l’hétérogénéité d’un écosystème en pleine construction et qui va d’ores et déjà permettre à la HAS de lancer de nouvelles expérimentations.</t>
+  </si>
+  <si>
+    <t>20/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386123/fr/entrepots-de-donnees-de-sante-hospitaliers-en-france</t>
+  </si>
+  <si>
+    <t>p_3386123</t>
+  </si>
+  <si>
+    <t>Évaluation des applications dans le champ de la santé mobile (mHealth)</t>
+  </si>
+  <si>
+    <t>En 2020, plus de 350 000 applications concernant la santé étaient disponibles sur les différents magasins en ligne (App Store, Google Play Store, etc.). Cette expansion rapide du secteur de la santé mobile rend difficile le choix pour les utilisateurs ou les conseils pour choisir la bonne application de la part des professionnels concernés. Pour s'y retrouver, la HAS publie un référentiel sur les critères de qualité du contenu médical utilisés dans le secteur de la santé mobile (mHealth).</t>
+  </si>
+  <si>
+    <t>24/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274798/fr/evaluation-des-applications-dans-le-champ-de-la-sante-mobile-mhealth</t>
+  </si>
+  <si>
+    <t>p_3274798</t>
+  </si>
+  <si>
+    <t>Numérique : quelle (R)évolution ? Rapport d'analyse prospective 2019</t>
+  </si>
+  <si>
+    <t>La HAS a centré son approche sur quatre axes qui lui apparaissent, dans la vision prospective réclamée par le législateur, autant de conditions nécessaires à ce que le virage numérique déjà amorcé se fasse sous le signe de la confiance et de la qualité.</t>
+  </si>
+  <si>
+    <t>02/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2019 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223636/fr/numerique-quelle-r-evolution-rapport-d-analyse-prospective-2019</t>
+  </si>
+  <si>
+    <t>p_3223636</t>
+  </si>
+  <si>
+    <t>Expérimentations relatives à la prise en charge par télémédecine</t>
+  </si>
+  <si>
+    <t>La télémédecine est une forme de pratique médicale à distance fondée sur l’utilisation des technologies de l’information et de la communication. Depuis 2011, elle fait l’objet d’une stratégie nationale de déploiement. Suite à l’article 36 de la loi n°2013-1203 de financement de la sécurité sociale pour 2014 qui prévoit l’expérimentation en région, la HAS est chargée de réaliser une évaluation en vue de sa généralisation.</t>
+  </si>
+  <si>
+    <t>20/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2670322/fr/experimentations-relatives-a-la-prise-en-charge-par-telemedecine</t>
+  </si>
+  <si>
+    <t>c_2670322</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques sur les applications et les objets connectés en santé (mobile Health ou mHealth)</t>
+  </si>
+  <si>
+    <t>Ce référentiel de bonnes pratiques s’adresse aux industriels et aux évaluateurs (structures d’évaluation, associations de consommateurs ou sociétés savantes médicales). Il vise à guider, à promouvoir l’usage et à renforcer la confiance dans les applications et les objets connectés.</t>
+  </si>
+  <si>
+    <t>12/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/fr/referentiel-de-bonnes-pratiques-sur-les-applications-et-les-objets-connectes-en-sante-mobile-health-ou-mhealth</t>
+  </si>
+  <si>
+    <t>c_2681915</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Premières clefs d’usage de l’IA générative en santé</t>
+  </si>
+  <si>
+    <t>Les systèmes d’intelligence artificielle (IA) générative peuvent être un levier d’amélioration de la qualité dans le système de santé. Le guide de la HAS Premières clefs d’usage de l’IA générative en santé est destiné à accompagner les professionnels du secteur sanitaire, social et médico-social, dans leur première approche de l’IA générative et favoriser leur bon usage.</t>
+  </si>
+  <si>
+    <t>30/10/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703115/fr/premieres-clefs-d-usage-de-l-ia-generative-en-sante</t>
   </si>
   <si>
     <t>p_3703115</t>
   </si>
   <si>
-    <t>Digital medical devices for professional use</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3363066/en/digital-medical-devices-for-professional-use</t>
+    <t>SAM de l'ANSM sur les spécialités à base d’amphotéricine B injectable : Risques d’erreurs médicamenteuses avec Ambisome et Fungizone</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur les risques d’erreurs médicamenteuses avec les spécialités à base d’amphotéricine B injecable : Ambisome et Fungizone ne sont pas interchangeables. Prescrire en nom de marque en sus de la DCI. Ne délivrer que la spécialité prescrite.</t>
+  </si>
+  <si>
+    <t>10/11/2025 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730126/fr/sam-de-l-ansm-sur-les-specialites-a-base-d-amphotericine-b-injectable-risques-d-erreurs-medicamenteuses-avec-ambisome-et-fungizone</t>
+  </si>
+  <si>
+    <t>p_3730126</t>
+  </si>
+  <si>
+    <t>Technologies numériques et systèmes d’IA à usage professionnel</t>
+  </si>
+  <si>
+    <t>De très nombreuses technologies numériques sont aujourd’hui utilisées en contexte de soins. Les technologies numériques à usage professionnel incluent les dispositifs médicaux numériques (DMN) à usage professionnel et des technologies sans finalité médicale (au sens du Règlement européen 2017/245 relatif aux dispositif médicaux) et n’ayant pas le statut de dispositif médical. Ces différentes technologies peuvent correspondre à des systèmes d’intelligence artificielle.</t>
+  </si>
+  <si>
+    <t>29/06/2023 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363066/fr/technologies-numeriques-et-systemes-d-ia-a-usage-professionnel</t>
   </si>
   <si>
     <t>p_3363066</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3394347/en/focus-on-patient-safety-teleconsultation-increase-your-vigilance-when-consulting-remotely</t>
+    <t>SAM de l'ANSM sur le valproate : Alerter sur la modification des conditions de prescription et de délivrance (CPD) du valproate pour les patients (adolescents et hommes), afin de limiter les risques potentiels de troubles neurodéveloppementaux pour les enfants à naitre liés à l’exposition paternelle dans les trois mois précédant la conception</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) du valproate pour les patients (adolescents et hommes), afin de limiter les risques potentiels de troubles neurodéveloppementaux pour les enfants à naitre liés à l’exposition paternelle dans les trois mois précédant la conception.</t>
+  </si>
+  <si>
+    <t>06/01/2025 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576102/fr/sam-de-l-ansm-sur-le-valproate-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-du-valproate-pour-les-patients-adolescents-et-hommes-afin-de-limiter-les-risques-potentiels-de-troubles-neurodeveloppementaux-pour-les-enfants-a-naitre-lies-a-l-exposition-paternelle-dans-les-trois-mois-precedant-la-conception</t>
+  </si>
+  <si>
+    <t>p_3576102</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur la carbamazépine : Alerter sur la modification des conditions de prescription et de délivrance (CPD) des médicaments à base de carbamazépine pour les patientes, afin de réduire les risques malformatifs liés à l’exposition in utero</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) des médicaments à base de carbamazépine pour les patientes, afin de réduire les risques malformatifs liés à l’exposition in utero.</t>
+  </si>
+  <si>
+    <t>06/01/2025 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576148/fr/sam-de-l-ansm-sur-la-carbamazepine-alerter-sur-la-modification-des-conditions-de-prescription-et-de-delivrance-cpd-des-medicaments-a-base-de-carbamazepine-pour-les-patientes-afin-de-reduire-les-risques-malformatifs-lies-a-l-exposition-in-utero</t>
+  </si>
+  <si>
+    <t>p_3576148</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur la codéine : modification des conditions de prescription et de délivrance (CPD), afin de réduire le risque de mésusage, d'addiction et de surdosage</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) de la codéine , afin de réduire le risque de mésusage, d'addiction et de surdosage.</t>
+  </si>
+  <si>
+    <t>17/02/2025 12:39:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589971/fr/sam-de-l-ansm-sur-la-codeine-modification-des-conditions-de-prescription-et-de-delivrance-cpd-afin-de-reduire-le-risque-de-mesusage-d-addiction-et-de-surdosage</t>
+  </si>
+  <si>
+    <t>p_3589971</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur le tramadol : modification des conditions de prescription et de délivrance (CPD), afin de réduire le risque de mésusage, d'addiction et de surdosage</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) du tramadol , afin de réduire le risque de mésusage, d'addiction et de surdosage.</t>
+  </si>
+  <si>
+    <t>14/02/2025 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590025/fr/sam-de-l-ansm-sur-le-tramadol-modification-des-conditions-de-prescription-et-de-delivrance-cpd-afin-de-reduire-le-risque-de-mesusage-d-addiction-et-de-surdosage</t>
+  </si>
+  <si>
+    <t>p_3590025</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur le topiramate : modification des conditions de prescription et de délivrance (CPD) pour les patientes, afin de limiter les risques liés à l'exposition in utero</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur la modification des conditions de prescription et de délivrance (CPD) du topiramate chez les patientes en raison de nouveaux risques en cas d'exposition in utéro.</t>
+  </si>
+  <si>
+    <t>28/10/2022 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382539/fr/sam-de-l-ansm-sur-le-topiramate-modification-des-conditions-de-prescription-et-de-delivrance-cpd-pour-les-patientes-afin-de-limiter-les-risques-lies-a-l-exposition-in-utero</t>
+  </si>
+  <si>
+    <t>p_3382539</t>
+  </si>
+  <si>
+    <t>SAM de la CNAM sur le valproate : alerter en cas de prescription chez une patiente</t>
+  </si>
+  <si>
+    <t>SAM pour alerter en cas de prescription de médicament à base de valproate chez une patiente</t>
+  </si>
+  <si>
+    <t>13/10/2023 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467805/fr/sam-de-la-cnam-sur-le-valproate-alerter-en-cas-de-prescription-chez-une-patiente</t>
+  </si>
+  <si>
+    <t>p_3467805</t>
+  </si>
+  <si>
+    <t>SAM de la CNAM sur les inhibiteurs de la pompe à protons (IPP) : bon usage chez l'enfant de moins de 1 an</t>
+  </si>
+  <si>
+    <t>SAM ayant pour objet le bon usage des IPP chez l'enfant de moins de 1 an.</t>
+  </si>
+  <si>
+    <t>06/05/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516905/fr/sam-de-la-cnam-sur-les-inhibiteurs-de-la-pompe-a-protons-ipp-bon-usage-chez-l-enfant-de-moins-de-1-an</t>
+  </si>
+  <si>
+    <t>p_3516905</t>
+  </si>
+  <si>
+    <t>Lieux et conditions d'environnement pour la réalisation d'une téléconsultation ou d'un télésoin – Recommandations</t>
+  </si>
+  <si>
+    <t>Ces recommandations de la HAS concernent l’ensemble des conditions d’environnement, des équipements et des lieux permettant à un patient de réaliser une téléconsultation ou à un télésoin en dehors de son lieu de vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445779/fr/lieux-et-conditions-d-environnement-pour-la-realisation-d-une-teleconsultation-ou-d-un-telesoin-recommandations</t>
+  </si>
+  <si>
+    <t>p_3445779</t>
+  </si>
+  <si>
+    <t>Téléconsultation - Référentiel de bonnes pratiques professionnelles, applicable aux sociétés de téléconsultation</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré le référentiel de bonnes pratiques professionnelles relatives à la qualité et à l'accessibilité de la téléconsultation, applicable aux sociétés de téléconsultation.</t>
+  </si>
+  <si>
+    <t>22/12/2023 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470126/fr/teleconsultation-referentiel-de-bonnes-pratiques-professionnelles-applicable-aux-societes-de-teleconsultation</t>
+  </si>
+  <si>
+    <t>p_3470126</t>
+  </si>
+  <si>
+    <t>SAM sur les contraceptifs estroprogestatifs : sécuriser la prescription</t>
+  </si>
+  <si>
+    <t>SAM pour sécuriser la prescription des contraceptifs estroprogestatifs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467842/fr/sam-sur-les-contraceptifs-estroprogestatifs-securiser-la-prescription</t>
+  </si>
+  <si>
+    <t>p_3467842</t>
+  </si>
+  <si>
+    <t>Harmonisation des synthèses médicales en vue de leur numérisation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un modèle de synthèse médicale polyvalent, utilisable dans différents contextes d'usage, en vue de sa numérisation.</t>
+  </si>
+  <si>
+    <t>24/07/2023 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453327/fr/harmonisation-des-syntheses-medicales-en-vue-de-leur-numerisation</t>
+  </si>
+  <si>
+    <t>p_3453327</t>
+  </si>
+  <si>
+    <t>Référentiel de fonctionnalités d'un système d'aide à la décision en antibiothérapie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce système d’aide à la décision est de guider les prescripteurs en leur apportant une information fiable, mise à jour et contextualisée lors de la prescription d’une antibiothérapie</t>
+  </si>
+  <si>
+    <t>22/06/2023 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339062/fr/referentiel-de-fonctionnalites-d-un-systeme-d-aide-a-la-decision-en-antibiotherapie</t>
+  </si>
+  <si>
+    <t>p_3339062</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques professionnelles et méthodes d’évaluation pour les sociétés de téléconsultation - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Ce projet vise à établir le référentiel de bonnes pratiques professionnelles relatives à la qualité et à l'accessibilité de la téléconsultation, applicable aux sociétés de téléconsultation, et de proposer des méthodes d'évaluation de ces sociétés, tel que mentionné à l’article L. 161-37 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>14/06/2023 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445774/fr/referentiel-de-bonnes-pratiques-professionnelles-et-methodes-d-evaluation-pour-les-societes-de-teleconsultation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3445774</t>
+  </si>
+  <si>
+    <t>SAM DE l'ANSM sur les fluoroquinolones : bon usage et sécurisation</t>
+  </si>
+  <si>
+    <t>SAM pour le bon usage et sécurisation de l’utilisation des fluoroquinolones</t>
+  </si>
+  <si>
+    <t>20/12/2022 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396400/fr/sam-de-l-ansm-sur-les-fluoroquinolones-bon-usage-et-securisation</t>
+  </si>
+  <si>
+    <t>p_3396400</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Téléconsultation : à distance, redoubler de vigilance »</t>
+  </si>
+  <si>
+    <t>La téléconsultation est une nouvelle pratique qui s’inscrit en complément de la consultation en présentiel et permet d’améliorer l’accès aux soins des patients. Elle se développe depuis 2010 et est accessible sur l’ensemble du territoire français depuis 2018.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394347/fr/flash-securite-patient-teleconsultation-a-distance-redoubler-de-vigilance</t>
   </si>
   <si>
     <t>p_3394347</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3180615/en/public-consultation-proposal-for-functional-classification-of-digital-solutions-on-the-basis-of-their-purpose</t>
+    <t>Critères de qualité d'une base de données vaccinales et d'un système d'aide à la décision vaccinale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce système est notamment de permettre l’accès aux recommandations vaccinales personnalisées, à jour et contextualisées afin de constituer une aide à la décision des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>17/05/2022 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339061/fr/criteres-de-qualite-d-une-base-de-donnees-vaccinales-et-d-un-systeme-d-aide-a-la-decision-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3339061</t>
+  </si>
+  <si>
+    <t>SAM de l'ANSM sur les fluoropyrimidines : sécuriser la prescription et la dispensation</t>
+  </si>
+  <si>
+    <t>SAM pour sécuriser la prescription et la dispensation des fluoropyrimidines (fluorouracile en IV et capécitabine)</t>
+  </si>
+  <si>
+    <t>29/09/2021 14:23:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286930/fr/sam-de-l-ansm-sur-les-fluoropyrimidines-securiser-la-prescription-et-la-dispensation</t>
+  </si>
+  <si>
+    <t>p_3286930</t>
+  </si>
+  <si>
+    <t>SAM de la HAS sur l'EPIDYOLEX (cannabidiol) 100mg/mL, solution buvable : alerter sur le risque d’erreur de dose lié au dispositif d’administration</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur le risque d’erreur de dose lié au dispositif d’administration gradué en mL de l'EPIDYOLEX (cannabidiol) 100mg/mL, solution buvable</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:50:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286102/fr/sam-de-la-has-sur-l-epidyolex-cannabidiol-100mg/ml-solution-buvable-alerter-sur-le-risque-d-erreur-de-dose-lie-au-dispositif-d-administration</t>
+  </si>
+  <si>
+    <t>p_3286102</t>
+  </si>
+  <si>
+    <t>SAM de la HAS sur le TAREG (valsartan) 3 mg/mL, solution buvable : alerter sur le risque d’erreur de dose lié au dispositif d’administration</t>
+  </si>
+  <si>
+    <t>SAM pour alerter sur le risque d’erreur de dose lié au dispositif d’administration gradué en mL de TAREG (valsartan) 3 mg/mL, solution buvable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286131/fr/sam-de-la-has-sur-le-tareg-valsartan-3-mg/ml-solution-buvable-alerter-sur-le-risque-d-erreur-de-dose-lie-au-dispositif-d-administration</t>
+  </si>
+  <si>
+    <t>p_3286131</t>
+  </si>
+  <si>
+    <t>Téléconsultation et téléexpertise : guide de bonnes pratiques</t>
+  </si>
+  <si>
+    <t>Afin d'accompagner le déploiement de la téléconsultation et de la téléexpertise, la Haute Autorité de santé a élaboré différents documents pour accompagner les professionnels de santé et informer les patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971632/fr/teleconsultation-et-teleexpertise-guide-de-bonnes-pratiques</t>
+  </si>
+  <si>
+    <t>c_2971632</t>
+  </si>
+  <si>
+    <t>Qualité et sécurité du télésoin : critères d’éligibilité et bonnes pratiques pour la mise en œuvre</t>
+  </si>
+  <si>
+    <t>La HAS propose aux professionnels, qui souhaitent mettre en œuvre le télésoin, une fiche qui définit les bonnes pratiques pour le télésoin et rappelle les critères d’éligibilité à vérifier en amont d’un soin à distance. La fiche est accompagnée d’un rapport d'élaboration décrivant le contexte, la méthode de travail, les professions concernées par le télésoin, l'avis des parties prenantes et l'analyse de la littérature.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240878/fr/qualite-et-securite-du-telesoin-criteres-d-eligibilite-et-bonnes-pratiques-pour-la-mise-en-oeuvre</t>
+  </si>
+  <si>
+    <t>p_3240878</t>
+  </si>
+  <si>
+    <t>Réponses rapides dans le cadre du COVID-19 -Téléconsultation et télésoin</t>
+  </si>
+  <si>
+    <t>[24/11/2020] La HAS propose, dans cette fiche, des réponses rapides aux professionnels qui mettent en œuvre la téléconsultation et le télésoin, dans le cadre de l’épidémie de Covid-19.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168867/fr/reponses-rapides-dans-le-cadre-du-covid-19-teleconsultation-et-telesoin</t>
+  </si>
+  <si>
+    <t>p_3168867</t>
+  </si>
+  <si>
+    <t>Qualité et sécurité du télésoin : critères d’éligibilité</t>
+  </si>
+  <si>
+    <t>La HAS a édité une première fiche sur les critères d’éligibilité du télésoin, lequel met en rapport un patient avec un ou plusieurs pharmaciens ou auxiliaires médicaux dans l'exercice de leurs compétences. Aucune situation de soin ne peut être exclue, a priori, du télésoin. Deux exceptions : les soins nécessitant un contact direct en présentiel avec le patient et le manque d’équipement spécifique.</t>
+  </si>
+  <si>
+    <t>11/09/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201303/fr/qualite-et-securite-du-telesoin-criteres-d-eligibilite</t>
+  </si>
+  <si>
+    <t>p_3201303</t>
+  </si>
+  <si>
+    <t>Téléimagerie : guide de bonnes pratiques</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé propose aux professionnels des recommandations dont l’objectif est de garantir la qualité et la sécurité des actes de téléimagerie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971634/fr/teleimagerie-guide-de-bonnes-pratiques</t>
+  </si>
+  <si>
+    <t>c_2971634</t>
+  </si>
+  <si>
+    <t>Éligibilité aux actes de téléconsultation et de téléexpertise : fiche mémo</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo décrit les critères d’éligibilité du patient à vérifier en amont de la réalisation d’un acte de téléconsultation et de téléexpertise.</t>
+  </si>
+  <si>
+    <t>20/04/2018 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844641/fr/eligibilite-aux-actes-de-teleconsultation-et-de-teleexpertise-fiche-memo</t>
+  </si>
+  <si>
+    <t>c_2844641</t>
+  </si>
+  <si>
+    <t>Les DataSets de bonnes pratiques</t>
+  </si>
+  <si>
+    <t>Un DataSet comprend un jeu de données cliniques auxquelles sont adjoints des mémos, voire des alertes, des fiches patients, des indicateurs de pratique et des documents de coordination dématérialisés. Enjeu : structurer/standardiser un minimum de données dans les logiciels métiers pour être en capacité de (ré)utiliser ces données recueillies au cours des soins afin de soutenir la pratique des professionnels. 3 DataSet sont actuellemnt disponibles : Diabète de type 2, Infections respiratoires hautes, BPCO.</t>
+  </si>
+  <si>
+    <t>02/01/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608050/fr/les-datasets-de-bonnes-pratiques</t>
+  </si>
+  <si>
+    <t>c_2608050</t>
+  </si>
+  <si>
+    <t>Grille de pilotage et de sécurité d’un projet de télémédecine</t>
+  </si>
+  <si>
+    <t>Les professionnels, qui souhaitent mettre en place une activité de télémédecine, ont à leur disposition plusieurs guides édités par différents acteurs (DGOS, ASIP Santé, ANAP…). Cette « Grille de pilotage et de sécurité » constitue l'une des contributions de la Haute Autorité de Santé au déploiement de la télémédecine. C’est un outil pédagogique destiné à accompagner le déploiement.</t>
+  </si>
+  <si>
+    <t>18/07/2013 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622423/fr/grille-de-pilotage-et-de-securite-d-un-projet-de-telemedecine</t>
+  </si>
+  <si>
+    <t>c_1622423</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Les logiciels d'aide à la prescription (LAP) en médecine ambulatoire certifiés</t>
+  </si>
+  <si>
+    <t>Consultez la liste des logiciels d'aide à la prescription (LAP) en médecine ambulatoire certifiés selon le référentiel élaboré par la HAS.</t>
+  </si>
+  <si>
+    <t>29/09/2020 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672760/fr/les-logiciels-d-aide-a-la-prescription-lap-en-medecine-ambulatoire-certifies</t>
+  </si>
+  <si>
+    <t>c_672760</t>
+  </si>
+  <si>
+    <t>Numérique et intelligence artificielle à la HAS</t>
+  </si>
+  <si>
+    <t>Le développement du numérique et de l’intelligence artificielle transforme profondément les domaines social, médico‑social et sanitaire. La Haute Autorité de santé (HAS) intègre ces évolutions dans ses missions : évaluer les technologies de santé, recommander les bonnes pratiques, et améliorer la qualité et la sécurité des soins. En complément, elle adopte une démarche prospective pour anticiper les changements du système de santé, en développant de nouveaux processus visant à renforcer son agilité et à faciliter l’intégration des technologies numériques utiles aux soins et à l’accompagnement des personnes.</t>
+  </si>
+  <si>
+    <t>09/04/2025 12:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599637/fr/numerique-et-intelligence-artificielle-a-la-has</t>
+  </si>
+  <si>
+    <t>p_3599637</t>
+  </si>
+  <si>
+    <t>Certification des logiciels des professionnels de santé</t>
+  </si>
+  <si>
+    <t>Description des activités de la HAS autour des logiciels métiers des professionnels de santé</t>
+  </si>
+  <si>
+    <t>20/11/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_989142/fr/certification-des-logiciels-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_989142</t>
+  </si>
+  <si>
+    <t>Systèmes d'aide à la décision indexée par médicaments (SAM)</t>
+  </si>
+  <si>
+    <t>28/02/2019 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2664184/fr/systemes-d-aide-a-la-decision-indexee-par-medicaments-sam</t>
+  </si>
+  <si>
+    <t>c_2664184</t>
+  </si>
+  <si>
+    <t>Études en vie réelle - Recensement des sources de données mobilisables pour répondre aux demandes de la HAS</t>
+  </si>
+  <si>
+    <t>Cet appel à recensement vise à répertorier les études, registres et bases de données mobilisables par les industriels du médicament et du dispositif médical afin de répondre aux demandes de données complémentaires en vie réelle de la HAS. Il s’adresse à tous les promoteurs d’études en vie réelle ou base de données, quel que soit leur statut, intéressés pour contribuer aux demandes de données complémentaires de la HAS via des partenariats avec les industriels des produits de santé. Les résultats auront notamment pour objectif de promouvoir la réutilisation de données de qualité pour les études post-inscription et recueils de données dans le cadre des accès précoces.</t>
+  </si>
+  <si>
+    <t>13/05/2022 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333630/fr/etudes-en-vie-reelle-recensement-des-sources-de-donnees-mobilisables-pour-repondre-aux-demandes-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3333630</t>
+  </si>
+  <si>
+    <t>Les logiciels d'aide à la prescription (LAP) hospitaliers certifiés</t>
+  </si>
+  <si>
+    <t>Consultez la liste des logiciels certifiés selon le référentiel élaboré par la HAS.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751516/fr/les-logiciels-d-aide-a-la-prescription-lap-hospitaliers-certifies</t>
+  </si>
+  <si>
+    <t>c_1751516</t>
+  </si>
+  <si>
+    <t>Outils numériques</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555424/fr/outils-numeriques</t>
+  </si>
+  <si>
+    <t>p_3555424</t>
+  </si>
+  <si>
+    <t>Exploitation du SNDS pour le suivi des patients recevant un médicament en accès précoce</t>
+  </si>
+  <si>
+    <t>28/10/2024 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545664/fr/exploitation-du-snds-pour-le-suivi-des-patients-recevant-un-medicament-en-acces-precoce</t>
+  </si>
+  <si>
+    <t>p_3545664</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux numériques : liste des activités de télésurveillance</t>
+  </si>
+  <si>
+    <t>Tous les DMN de télésurveillance peuvent faire l'objet d'une demande d'inscription sur la liste des activités de télésurveillance médicale. C'est à l'exploitant de prendre l'initiative de la demande.</t>
+  </si>
+  <si>
+    <t>01/05/2024 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376664/fr/dispositifs-medicaux-numeriques-liste-des-activites-de-telesurveillance</t>
+  </si>
+  <si>
+    <t>p_3376664</t>
+  </si>
+  <si>
+    <t>E-santé</t>
+  </si>
+  <si>
+    <t>Le terme « e-santé » recouvre un vaste domaine d’applications des technologies de l’information et de la télécommunication au service de la santé. Les missions de la HAS dans ce domaine concernent les logiciels des professionnels de santé (les logiciels d’aide à la prescription, à la dispensation…), la télémédecine (téléconsultation, téléexpertise…), le télésoin, la santé mobile (applications de santé) ou bien encore l’information des usagers.</t>
+  </si>
+  <si>
+    <t>13/09/2023 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460778/fr/e-sante</t>
+  </si>
+  <si>
+    <t>p_3460778</t>
+  </si>
+  <si>
+    <t>Bases de données sur les médicaments ayant reçu un agrément HAS</t>
+  </si>
+  <si>
+    <t>Liste des bases de données sur les médicaments ayant reçu un agrément HAS.</t>
+  </si>
+  <si>
+    <t>20/11/2021 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790851/fr/bases-de-donnees-sur-les-medicaments-ayant-recu-un-agrement-has</t>
+  </si>
+  <si>
+    <t>c_2790851</t>
+  </si>
+  <si>
+    <t>Défi iDoc Santé : favoriser la diffusion et l’usage des connaissances en santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a lancé le Défi iDoc Santé pour exploiter plus efficacement les données textuelles produites. Conçu dans un processus d’innovation ouverte, ce concours a pour objectif d’augmenter l’impact des publications de l’institution et de ses partenaires en travaillant avec leurs réutilisateurs. Découvrez les projets développés par les 6 équipes en lice, les lauréats et visionnez le replay de la cérémonie de clôture qui s'est déroulé à ParisSanté Campus.</t>
+  </si>
+  <si>
+    <t>28/10/2022 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381855/fr/defi-idoc-sante-favoriser-la-diffusion-et-l-usage-des-connaissances-en-sante</t>
+  </si>
+  <si>
+    <t>p_3381855</t>
+  </si>
+  <si>
+    <t>La HAS lance une expérimentation pour mesurer l’impact budgétaire des dispositifs médicaux numériques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423451/fr/la-has-lance-une-experimentation-pour-mesurer-l-impact-budgetaire-des-dispositifs-medicaux-numeriques</t>
+  </si>
+  <si>
+    <t>p_3423451</t>
+  </si>
+  <si>
+    <t>La HAS utilise l’intelligence artificielle pour analyser l’expérience des patients hospitalisés</t>
+  </si>
+  <si>
+    <t>Pour la première fois, la Haute Autorité de santé a utilisé l’intelligence artificielle pour analyser près de 2,4 millions de verbatim issus des questionnaires e-Satis de patients en sortie d’hospitalisation. La richesse de ces résultats nationaux complète et précise celle qui est offerte chaque année par l’analyse des questions fermées de ces questionnaires. La HAS travaille maintenant à la mise à disposition d’un outil d’analyse qui permettra aux établissements de santé d’exploiter les commentaires de leurs propres patients.</t>
+  </si>
+  <si>
+    <t>28/10/2022 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381675/fr/la-has-utilise-l-intelligence-artificielle-pour-analyser-l-experience-des-patients-hospitalises</t>
+  </si>
+  <si>
+    <t>p_3381675</t>
+  </si>
+  <si>
+    <t>Agrément des Bases de données sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Agrément des Bases de données sur les Médicaments (BdM) : charte de qualité, procédure et dépôt de dossier d'une demande d'agrément.</t>
+  </si>
+  <si>
+    <t>17/07/2022 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672761/fr/agrement-des-bases-de-donnees-sur-les-medicaments</t>
+  </si>
+  <si>
+    <t>c_672761</t>
+  </si>
+  <si>
+    <t>Avec la télémédecine, une prise en charge rapide de vos patients</t>
+  </si>
+  <si>
+    <t>La télémédecine permet une prise en charge rapide de vos patients. Le point sur les éléments et outils qui facilitent sa mise en place sur votre lieu d’exercice.</t>
+  </si>
+  <si>
+    <t>14/10/2019 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106483/fr/avec-la-telemedecine-une-prise-en-charge-rapide-de-vos-patients</t>
+  </si>
+  <si>
+    <t>p_3106483</t>
+  </si>
+  <si>
+    <t>Télésoin – Les bonnes pratiques</t>
+  </si>
+  <si>
+    <t>Depuis le 3 juin 2021, le télésoin est autorisé pour les pharmaciens et les auxiliaires médicaux : 18 professions sont concernées. Le télésoin contribue à la continuité des soins, facilite l’accès aux soins et permet d’éviter des déplacements. Afin d’accompagner les professionnels dans la mise en œuvre, la HAS a publié des bonnes pratiques, complétant ses travaux sur la télésanté.</t>
+  </si>
+  <si>
+    <t>07/06/2021 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261198/fr/telesoin-les-bonnes-pratiques</t>
+  </si>
+  <si>
+    <t>p_3261198</t>
+  </si>
+  <si>
+    <t>Logiciels métiers certifiés : un gage de sécurité et de qualité</t>
+  </si>
+  <si>
+    <t>Vos logiciels métiers peuvent être certifiés. Cette certification, facultative, permet d’attester que le logiciel répond aux critères de qualité et de sécurité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106563/fr/logiciels-metiers-certifies-un-gage-de-securite-et-de-qualite</t>
+  </si>
+  <si>
+    <t>p_3106563</t>
+  </si>
+  <si>
+    <t>La HAS partenaire de G_nius, la boussole de l’innovation en santé</t>
+  </si>
+  <si>
+    <t>Piloté par le ministère des Solidarités et de la Santé et mis en œuvre par l’Agence du numérique en santé, le Guichet national de l’innovation et des usages en e-santé (G_nius) veut faciliter la vie des entrepreneurs du numérique en santé. Il les guide et les oriente vers les services adéquats pour accélérer la mise sur le marché de leur innovation. Partenaire de cette nouvelle plateforme, la HAS y présente l’ensemble des outils et des référentiels qu’elle met à disposition des innovateurs.</t>
+  </si>
+  <si>
+    <t>06/10/2020 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211173/fr/la-has-partenaire-de-g-nius-la-boussole-de-l-innovation-en-sante</t>
+  </si>
+  <si>
+    <t>p_3211173</t>
+  </si>
+  <si>
+    <t>Proposition de classification fonctionnelle de solutions numériques selon leur finalité d’usage</t>
+  </si>
+  <si>
+    <t>En avril dernier et jusqu’au 30 juin, la HAS a soumis son projet de grille à consultation publique afin de recueillir l’avis des acteurs du secteur, impliqués dans le développement ou l’utilisation de solutions numériques : associations agréées ou non de patients et d’usagers du système de santé, collèges nationaux professionnels et sociétés savantes, institutions et agences publiques, syndicats, industriels, développeurs, chercheurs …</t>
+  </si>
+  <si>
+    <t>30/07/2020 08:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180615/fr/proposition-de-classification-fonctionnelle-de-solutions-numeriques-selon-leur-finalite-d-usage</t>
   </si>
   <si>
     <t>p_3180615</t>
   </si>
   <si>
-    <t>Assessing medical devices embedding artificial intelligence</t>
-[...11 lines deleted...]
-    <t>p_3119829</t>
+    <t>Télémédecine – La téléconsultation et la téléexpertise en pratique</t>
+  </si>
+  <si>
+    <t>Concrètement, comment se déroulent les actes de téléconsultation et de téléexpertise qui permettent à vos patients, un accès rapide à des professionnels de santé sur tout le territoire.</t>
+  </si>
+  <si>
+    <t>18/07/2019 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069228/fr/telemedecine-la-teleconsultation-et-la-teleexpertise-en-pratique</t>
+  </si>
+  <si>
+    <t>p_3069228</t>
+  </si>
+  <si>
+    <t>Objets connectés en santé – Un référentiel pour améliorer les pratiques</t>
+  </si>
+  <si>
+    <t>Les applications ou objets connectés peuvent influencer des décisions. Or, on peut s’interroger sur la fiabilité de leurs contenus.</t>
+  </si>
+  <si>
+    <t>14/02/2017 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974271/fr/objets-connectes-en-sante-un-referentiel-pour-ameliorer-les-pratiques</t>
+  </si>
+  <si>
+    <t>pprd_2974271</t>
+  </si>
+  <si>
+    <t>Certification et hôpital numérique 2012-2016</t>
+  </si>
+  <si>
+    <t>La modernisation du système d’information hospitalier (SIH) est devenue un enjeu majeur de la politique d’amélioration de l’organisation des soins.</t>
+  </si>
+  <si>
+    <t>13/07/2012 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2975030/fr/certification-et-hopital-numerique-2012-2016</t>
+  </si>
+  <si>
+    <t>pprd_2975030</t>
+  </si>
+  <si>
+    <t>Prise en charge de la téléconsultation : accompagner les professionnels dans leur pratique</t>
+  </si>
+  <si>
+    <t>Le 15 septembre 2018, la téléconsultation se déploie pour tous sur l’ensemble du territoire, entrant dans le droit commun (prise en charge par l’Assurance maladie). Le remboursement de la téléexpertise devrait suivre à partir de février 2019 pour une certaine catégorie de patients avant d’être élargie en 2020. Saisie par la ministre de la Santé et des Solidarités dans le cadre de ce déploiement, la HAS a publié en avril une fiche mémo sur la « Qualité et la sécurité des actes de téléconsultation et de téléexpertise ». Un guide de recommandations sur le bon usage et la qualité de ces pratiques est annoncé d’ici fin 2018.</t>
+  </si>
+  <si>
+    <t>15/09/2018 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869705/fr/prise-en-charge-de-la-teleconsultation-accompagner-les-professionnels-dans-leur-pratique</t>
+  </si>
+  <si>
+    <t>c_2869705</t>
+  </si>
+  <si>
+    <t>Les logiciels métier des professionnels de santé</t>
+  </si>
+  <si>
+    <t>Les logiciels métiers sont des outils au service des professionnels de santé. Ils permettent de « réutiliser » les données cliniques générées au cours de la prise en charge, de favoriser la communication et la coordination des soins en permettant au bon professionnel d'accéder, là où il délivre les soins, à la bonne information, au bon moment, pour le bon patient. Enfin, il permettent d'accéder aux éléments de bonne pratique en cours de consultation en fonction du profil du patient. Pour soutenir ces démarches, la HAS met à disposition des documents structurés pour favoriser la collaboration entre les professionnels de santé en s’appuyant sur les Systèmes d’Information et des DataSets de bonne pratique.</t>
+  </si>
+  <si>
+    <t>07/11/2016 12:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1506258/fr/les-logiciels-metier-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>r_1506258</t>
+  </si>
+  <si>
+    <t>Professionnels : vos patients et les sites Internet en santé</t>
+  </si>
+  <si>
+    <t>Un enjeu de l'utilisation d'internet en santé consiste en l'intégration la plus harmonieuse possible des recherches d'information que font les patients dans la relation avec les médecins.</t>
+  </si>
+  <si>
+    <t>18/03/2013 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500500/fr/professionnels-vos-patients-et-les-sites-internet-en-sante</t>
+  </si>
+  <si>
+    <t>r_1500500</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
         <v>45</v>
       </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1024</v>
+      </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>1055</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>1056</v>
       </c>
       <c r="D8" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>49</v>
+        <v>1057</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>50</v>
+        <v>1058</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>52</v>
+        <v>1024</v>
       </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>1060</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>1061</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>36</v>
+        <v>1062</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>55</v>
+        <v>1063</v>
       </c>
       <c r="H9" t="s">
-        <v>56</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>52</v>
+        <v>1024</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
+        <v>1065</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>1066</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>59</v>
+        <v>1067</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>60</v>
+        <v>1068</v>
       </c>
       <c r="H10" t="s">
-        <v>61</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>1024</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>1070</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>1071</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>65</v>
+        <v>1072</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>66</v>
+        <v>1073</v>
       </c>
       <c r="H11" t="s">
-        <v>67</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>792</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>950</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>845</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>822</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>835</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>845</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1214</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>922</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J139"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J1" t="s">
         <v>52</v>
       </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+      <c r="I2" t="s">
+        <v>59</v>
+      </c>
+      <c r="J2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>63</v>
+      </c>
+      <c r="H3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I3" t="s">
+        <v>13</v>
+      </c>
+      <c r="J3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" t="s">
+        <v>71</v>
+      </c>
+      <c r="J4" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>74</v>
+      </c>
+      <c r="H5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I5" t="s">
+        <v>76</v>
+      </c>
+      <c r="J5" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>78</v>
+      </c>
+      <c r="H6" t="s">
+        <v>79</v>
+      </c>
+      <c r="I6" t="s">
+        <v>71</v>
+      </c>
+      <c r="J6" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>81</v>
+      </c>
+      <c r="H7" t="s">
+        <v>82</v>
+      </c>
+      <c r="I7" t="s">
+        <v>71</v>
+      </c>
+      <c r="J7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>83</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8" t="s">
+        <v>85</v>
+      </c>
+      <c r="I8" t="s">
+        <v>71</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>87</v>
+      </c>
+      <c r="H9" t="s">
+        <v>88</v>
+      </c>
+      <c r="I9" t="s">
+        <v>71</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10" t="s">
+        <v>91</v>
+      </c>
+      <c r="I10" t="s">
+        <v>71</v>
+      </c>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>94</v>
+      </c>
+      <c r="H11" t="s">
+        <v>95</v>
+      </c>
+      <c r="I11" t="s">
+        <v>96</v>
+      </c>
+      <c r="J11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
       <c r="B12" t="s">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>69</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>99</v>
       </c>
       <c r="E12" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>71</v>
+        <v>100</v>
       </c>
       <c r="H12" t="s">
-        <v>72</v>
+        <v>101</v>
+      </c>
+      <c r="I12" t="s">
+        <v>96</v>
+      </c>
+      <c r="J12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>105</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13" t="s">
+        <v>107</v>
+      </c>
+      <c r="I13" t="s">
+        <v>108</v>
+      </c>
+      <c r="J13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>113</v>
+      </c>
+      <c r="H14" t="s">
+        <v>114</v>
+      </c>
+      <c r="I14" t="s">
+        <v>115</v>
+      </c>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>118</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>119</v>
+      </c>
+      <c r="H15" t="s">
+        <v>120</v>
+      </c>
+      <c r="I15" t="s">
+        <v>121</v>
+      </c>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>125</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>126</v>
+      </c>
+      <c r="H16" t="s">
+        <v>127</v>
+      </c>
+      <c r="I16" t="s">
+        <v>128</v>
+      </c>
+      <c r="J16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" t="s">
+        <v>132</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>133</v>
+      </c>
+      <c r="H17" t="s">
+        <v>134</v>
+      </c>
+      <c r="I17" t="s">
+        <v>135</v>
+      </c>
+      <c r="J17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>138</v>
+      </c>
+      <c r="E18" t="s">
+        <v>139</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>140</v>
+      </c>
+      <c r="H18" t="s">
+        <v>141</v>
+      </c>
+      <c r="I18" t="s">
+        <v>59</v>
+      </c>
+      <c r="J18" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" t="s">
+        <v>144</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>145</v>
+      </c>
+      <c r="H19" t="s">
+        <v>146</v>
+      </c>
+      <c r="I19" t="s">
+        <v>147</v>
+      </c>
+      <c r="J19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>53</v>
+      </c>
+      <c r="B20" t="s">
+        <v>103</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>150</v>
+      </c>
+      <c r="E20" t="s">
+        <v>151</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>152</v>
+      </c>
+      <c r="H20" t="s">
+        <v>153</v>
+      </c>
+      <c r="I20" t="s">
+        <v>154</v>
+      </c>
+      <c r="J20" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>150</v>
+      </c>
+      <c r="E21" t="s">
+        <v>156</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>157</v>
+      </c>
+      <c r="H21" t="s">
+        <v>158</v>
+      </c>
+      <c r="I21" t="s">
+        <v>159</v>
+      </c>
+      <c r="J21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>53</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>150</v>
+      </c>
+      <c r="E22" t="s">
+        <v>162</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>163</v>
+      </c>
+      <c r="H22" t="s">
+        <v>164</v>
+      </c>
+      <c r="I22" t="s">
+        <v>165</v>
+      </c>
+      <c r="J22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>168</v>
+      </c>
+      <c r="E23" t="s">
+        <v>169</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>170</v>
+      </c>
+      <c r="H23" t="s">
+        <v>171</v>
+      </c>
+      <c r="I23" t="s">
+        <v>108</v>
+      </c>
+      <c r="J23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" t="s">
+        <v>173</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>174</v>
+      </c>
+      <c r="E24" t="s">
+        <v>175</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>176</v>
+      </c>
+      <c r="H24" t="s">
+        <v>177</v>
+      </c>
+      <c r="I24" t="s">
+        <v>178</v>
+      </c>
+      <c r="J24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>181</v>
+      </c>
+      <c r="E25" t="s">
+        <v>182</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>183</v>
+      </c>
+      <c r="H25" t="s">
+        <v>184</v>
+      </c>
+      <c r="I25" t="s">
+        <v>185</v>
+      </c>
+      <c r="J25" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>188</v>
+      </c>
+      <c r="E26" t="s">
+        <v>189</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>190</v>
+      </c>
+      <c r="H26" t="s">
+        <v>191</v>
+      </c>
+      <c r="I26" t="s">
+        <v>59</v>
+      </c>
+      <c r="J26" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>53</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>188</v>
+      </c>
+      <c r="E27" t="s">
+        <v>194</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>195</v>
+      </c>
+      <c r="H27" t="s">
+        <v>196</v>
+      </c>
+      <c r="I27" t="s">
+        <v>197</v>
+      </c>
+      <c r="J27" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>53</v>
+      </c>
+      <c r="B28" t="s">
+        <v>199</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>200</v>
+      </c>
+      <c r="E28" t="s">
+        <v>201</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>202</v>
+      </c>
+      <c r="H28" t="s">
+        <v>203</v>
+      </c>
+      <c r="I28" t="s">
+        <v>204</v>
+      </c>
+      <c r="J28" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>200</v>
+      </c>
+      <c r="E29" t="s">
+        <v>206</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>207</v>
+      </c>
+      <c r="H29" t="s">
+        <v>208</v>
+      </c>
+      <c r="I29" t="s">
+        <v>154</v>
+      </c>
+      <c r="J29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>53</v>
+      </c>
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>200</v>
+      </c>
+      <c r="E30" t="s">
+        <v>211</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>212</v>
+      </c>
+      <c r="H30" t="s">
+        <v>213</v>
+      </c>
+      <c r="I30" t="s">
+        <v>178</v>
+      </c>
+      <c r="J30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>53</v>
+      </c>
+      <c r="B31" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>216</v>
+      </c>
+      <c r="E31" t="s">
+        <v>217</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>218</v>
+      </c>
+      <c r="H31" t="s">
+        <v>219</v>
+      </c>
+      <c r="I31" t="s">
+        <v>108</v>
+      </c>
+      <c r="J31" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>53</v>
+      </c>
+      <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>216</v>
+      </c>
+      <c r="E32" t="s">
+        <v>217</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>222</v>
+      </c>
+      <c r="H32" t="s">
+        <v>223</v>
+      </c>
+      <c r="I32" t="s">
+        <v>108</v>
+      </c>
+      <c r="J32" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>53</v>
+      </c>
+      <c r="B33" t="s">
+        <v>225</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>226</v>
+      </c>
+      <c r="E33" t="s">
+        <v>217</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>227</v>
+      </c>
+      <c r="H33" t="s">
+        <v>228</v>
+      </c>
+      <c r="I33" t="s">
+        <v>229</v>
+      </c>
+      <c r="J33" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>53</v>
+      </c>
+      <c r="B34" t="s">
+        <v>231</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>232</v>
+      </c>
+      <c r="E34" t="s">
+        <v>233</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H34" t="s">
+        <v>235</v>
+      </c>
+      <c r="I34" t="s">
+        <v>115</v>
+      </c>
+      <c r="J34" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>53</v>
+      </c>
+      <c r="B35" t="s">
+        <v>92</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>237</v>
+      </c>
+      <c r="E35" t="s">
+        <v>238</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>239</v>
+      </c>
+      <c r="H35" t="s">
+        <v>240</v>
+      </c>
+      <c r="I35" t="s">
+        <v>96</v>
+      </c>
+      <c r="J35" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>53</v>
+      </c>
+      <c r="B36" t="s">
+        <v>241</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>242</v>
+      </c>
+      <c r="E36" t="s">
+        <v>243</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>244</v>
+      </c>
+      <c r="H36" t="s">
+        <v>245</v>
+      </c>
+      <c r="I36" t="s">
+        <v>178</v>
+      </c>
+      <c r="J36" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>53</v>
+      </c>
+      <c r="B37" t="s">
+        <v>247</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>237</v>
+      </c>
+      <c r="E37" t="s">
+        <v>248</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>249</v>
+      </c>
+      <c r="H37" t="s">
+        <v>250</v>
+      </c>
+      <c r="I37" t="s">
+        <v>154</v>
+      </c>
+      <c r="J37" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>53</v>
+      </c>
+      <c r="B38" t="s">
+        <v>210</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>251</v>
+      </c>
+      <c r="E38" t="s">
+        <v>252</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>253</v>
+      </c>
+      <c r="H38" t="s">
+        <v>254</v>
+      </c>
+      <c r="I38" t="s">
+        <v>178</v>
+      </c>
+      <c r="J38" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>53</v>
+      </c>
+      <c r="B39" t="s">
+        <v>255</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>256</v>
+      </c>
+      <c r="E39" t="s">
+        <v>257</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>258</v>
+      </c>
+      <c r="H39" t="s">
+        <v>259</v>
+      </c>
+      <c r="I39" t="s">
+        <v>108</v>
+      </c>
+      <c r="J39" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>53</v>
+      </c>
+      <c r="B40" t="s">
+        <v>261</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>262</v>
+      </c>
+      <c r="E40" t="s">
+        <v>263</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>264</v>
+      </c>
+      <c r="H40" t="s">
+        <v>265</v>
+      </c>
+      <c r="I40" t="s">
+        <v>154</v>
+      </c>
+      <c r="J40" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>53</v>
+      </c>
+      <c r="B41" t="s">
+        <v>267</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>268</v>
+      </c>
+      <c r="E41" t="s">
+        <v>269</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>270</v>
+      </c>
+      <c r="H41" t="s">
+        <v>271</v>
+      </c>
+      <c r="I41" t="s">
+        <v>154</v>
+      </c>
+      <c r="J41" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>53</v>
+      </c>
+      <c r="B42" t="s">
+        <v>273</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>274</v>
+      </c>
+      <c r="E42" t="s">
+        <v>275</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>276</v>
+      </c>
+      <c r="H42" t="s">
+        <v>277</v>
+      </c>
+      <c r="I42" t="s">
+        <v>154</v>
+      </c>
+      <c r="J42" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>53</v>
+      </c>
+      <c r="B43" t="s">
+        <v>279</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>280</v>
+      </c>
+      <c r="E43" t="s">
+        <v>281</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>282</v>
+      </c>
+      <c r="H43" t="s">
+        <v>283</v>
+      </c>
+      <c r="I43" t="s">
+        <v>284</v>
+      </c>
+      <c r="J43" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>53</v>
+      </c>
+      <c r="B44" t="s">
+        <v>241</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>286</v>
+      </c>
+      <c r="E44" t="s">
+        <v>287</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>288</v>
+      </c>
+      <c r="H44" t="s">
+        <v>289</v>
+      </c>
+      <c r="I44" t="s">
+        <v>154</v>
+      </c>
+      <c r="J44" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>53</v>
+      </c>
+      <c r="B45" t="s">
+        <v>173</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>290</v>
+      </c>
+      <c r="E45" t="s">
+        <v>291</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>292</v>
+      </c>
+      <c r="H45" t="s">
+        <v>293</v>
+      </c>
+      <c r="I45" t="s">
+        <v>154</v>
+      </c>
+      <c r="J45" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>53</v>
+      </c>
+      <c r="B46" t="s">
+        <v>295</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>296</v>
+      </c>
+      <c r="E46" t="s">
+        <v>297</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>298</v>
+      </c>
+      <c r="H46" t="s">
+        <v>299</v>
+      </c>
+      <c r="I46" t="s">
+        <v>300</v>
+      </c>
+      <c r="J46" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>53</v>
+      </c>
+      <c r="B47" t="s">
+        <v>301</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>296</v>
+      </c>
+      <c r="E47" t="s">
+        <v>297</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>302</v>
+      </c>
+      <c r="H47" t="s">
+        <v>303</v>
+      </c>
+      <c r="I47" t="s">
+        <v>304</v>
+      </c>
+      <c r="J47" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>53</v>
+      </c>
+      <c r="B48" t="s">
+        <v>305</v>
+      </c>
+      <c r="C48" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" t="s">
+        <v>296</v>
+      </c>
+      <c r="E48" t="s">
+        <v>307</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>308</v>
+      </c>
+      <c r="H48" t="s">
+        <v>309</v>
+      </c>
+      <c r="I48" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>53</v>
+      </c>
+      <c r="B49" t="s">
+        <v>310</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>311</v>
+      </c>
+      <c r="E49" t="s">
+        <v>312</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>313</v>
+      </c>
+      <c r="H49" t="s">
+        <v>314</v>
+      </c>
+      <c r="I49" t="s">
+        <v>315</v>
+      </c>
+      <c r="J49" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>53</v>
+      </c>
+      <c r="B50" t="s">
+        <v>317</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>318</v>
+      </c>
+      <c r="E50" t="s">
+        <v>319</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>320</v>
+      </c>
+      <c r="H50" t="s">
+        <v>321</v>
+      </c>
+      <c r="I50" t="s">
+        <v>322</v>
+      </c>
+      <c r="J50" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>53</v>
+      </c>
+      <c r="B51" t="s">
+        <v>324</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>325</v>
+      </c>
+      <c r="E51" t="s">
+        <v>326</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>327</v>
+      </c>
+      <c r="H51" t="s">
+        <v>328</v>
+      </c>
+      <c r="I51" t="s">
+        <v>329</v>
+      </c>
+      <c r="J51" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>53</v>
+      </c>
+      <c r="B52" t="s">
+        <v>187</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>330</v>
+      </c>
+      <c r="E52" t="s">
+        <v>331</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>332</v>
+      </c>
+      <c r="H52" t="s">
+        <v>333</v>
+      </c>
+      <c r="I52" t="s">
+        <v>334</v>
+      </c>
+      <c r="J52" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>53</v>
+      </c>
+      <c r="B53" t="s">
+        <v>117</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>330</v>
+      </c>
+      <c r="E53" t="s">
+        <v>335</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>336</v>
+      </c>
+      <c r="H53" t="s">
+        <v>337</v>
+      </c>
+      <c r="I53" t="s">
+        <v>338</v>
+      </c>
+      <c r="J53" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B54" t="s">
+        <v>339</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>330</v>
+      </c>
+      <c r="E54" t="s">
+        <v>335</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>340</v>
+      </c>
+      <c r="H54" t="s">
+        <v>341</v>
+      </c>
+      <c r="I54" t="s">
+        <v>342</v>
+      </c>
+      <c r="J54" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>53</v>
+      </c>
+      <c r="B55" t="s">
+        <v>343</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>344</v>
+      </c>
+      <c r="E55" t="s">
+        <v>345</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>346</v>
+      </c>
+      <c r="H55" t="s">
+        <v>347</v>
+      </c>
+      <c r="I55" t="s">
+        <v>342</v>
+      </c>
+      <c r="J55" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>53</v>
+      </c>
+      <c r="B56" t="s">
+        <v>317</v>
+      </c>
+      <c r="C56" t="s">
+        <v>349</v>
+      </c>
+      <c r="D56" t="s">
+        <v>350</v>
+      </c>
+      <c r="E56" t="s">
+        <v>351</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>352</v>
+      </c>
+      <c r="H56" t="s">
+        <v>353</v>
+      </c>
+      <c r="I56" t="s">
+        <v>322</v>
+      </c>
+      <c r="J56" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>53</v>
+      </c>
+      <c r="B57" t="s">
+        <v>355</v>
+      </c>
+      <c r="C57" t="s">
+        <v>356</v>
+      </c>
+      <c r="D57" t="s">
+        <v>357</v>
+      </c>
+      <c r="E57" t="s">
+        <v>358</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>359</v>
+      </c>
+      <c r="H57" t="s">
+        <v>360</v>
+      </c>
+      <c r="I57" t="s">
+        <v>361</v>
+      </c>
+      <c r="J57" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>53</v>
+      </c>
+      <c r="B58" t="s">
+        <v>362</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>363</v>
+      </c>
+      <c r="E58" t="s">
+        <v>364</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>365</v>
+      </c>
+      <c r="H58" t="s">
+        <v>366</v>
+      </c>
+      <c r="I58" t="s">
+        <v>367</v>
+      </c>
+      <c r="J58" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>53</v>
+      </c>
+      <c r="B59" t="s">
+        <v>368</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>369</v>
+      </c>
+      <c r="E59" t="s">
+        <v>370</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>371</v>
+      </c>
+      <c r="H59" t="s">
+        <v>372</v>
+      </c>
+      <c r="I59" t="s">
+        <v>373</v>
+      </c>
+      <c r="J59" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>53</v>
+      </c>
+      <c r="B60" t="s">
+        <v>374</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>375</v>
+      </c>
+      <c r="E60" t="s">
+        <v>376</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>377</v>
+      </c>
+      <c r="H60" t="s">
+        <v>378</v>
+      </c>
+      <c r="I60" t="s">
+        <v>379</v>
+      </c>
+      <c r="J60" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>53</v>
+      </c>
+      <c r="B61" t="s">
+        <v>381</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>375</v>
+      </c>
+      <c r="E61" t="s">
+        <v>376</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>382</v>
+      </c>
+      <c r="H61" t="s">
+        <v>383</v>
+      </c>
+      <c r="I61" t="s">
+        <v>384</v>
+      </c>
+      <c r="J61" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>53</v>
+      </c>
+      <c r="B62" t="s">
+        <v>385</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>386</v>
+      </c>
+      <c r="E62" t="s">
+        <v>387</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>388</v>
+      </c>
+      <c r="H62" t="s">
+        <v>389</v>
+      </c>
+      <c r="I62" t="s">
+        <v>390</v>
+      </c>
+      <c r="J62" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>53</v>
+      </c>
+      <c r="B63" t="s">
+        <v>391</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>386</v>
+      </c>
+      <c r="E63" t="s">
+        <v>387</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>392</v>
+      </c>
+      <c r="H63" t="s">
+        <v>393</v>
+      </c>
+      <c r="I63" t="s">
+        <v>394</v>
+      </c>
+      <c r="J63" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>53</v>
+      </c>
+      <c r="B64" t="s">
+        <v>395</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>386</v>
+      </c>
+      <c r="E64" t="s">
+        <v>387</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>396</v>
+      </c>
+      <c r="H64" t="s">
+        <v>397</v>
+      </c>
+      <c r="I64" t="s">
+        <v>398</v>
+      </c>
+      <c r="J64" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>53</v>
+      </c>
+      <c r="B65" t="s">
+        <v>399</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>386</v>
+      </c>
+      <c r="E65" t="s">
+        <v>387</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>400</v>
+      </c>
+      <c r="H65" t="s">
+        <v>401</v>
+      </c>
+      <c r="I65" t="s">
+        <v>398</v>
+      </c>
+      <c r="J65" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>53</v>
+      </c>
+      <c r="B66" t="s">
+        <v>402</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>403</v>
+      </c>
+      <c r="E66" t="s">
+        <v>404</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>405</v>
+      </c>
+      <c r="H66" t="s">
+        <v>406</v>
+      </c>
+      <c r="I66" t="s">
+        <v>407</v>
+      </c>
+      <c r="J66" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>53</v>
+      </c>
+      <c r="B67" t="s">
+        <v>409</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>403</v>
+      </c>
+      <c r="E67" t="s">
+        <v>404</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>410</v>
+      </c>
+      <c r="H67" t="s">
+        <v>411</v>
+      </c>
+      <c r="I67" t="s">
+        <v>412</v>
+      </c>
+      <c r="J67" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>53</v>
+      </c>
+      <c r="B68" t="s">
+        <v>413</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>403</v>
+      </c>
+      <c r="E68" t="s">
+        <v>404</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>414</v>
+      </c>
+      <c r="H68" t="s">
+        <v>415</v>
+      </c>
+      <c r="I68" t="s">
+        <v>412</v>
+      </c>
+      <c r="J68" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>53</v>
+      </c>
+      <c r="B69" t="s">
+        <v>416</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>403</v>
+      </c>
+      <c r="E69" t="s">
+        <v>404</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>417</v>
+      </c>
+      <c r="H69" t="s">
+        <v>418</v>
+      </c>
+      <c r="I69" t="s">
+        <v>419</v>
+      </c>
+      <c r="J69" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>53</v>
+      </c>
+      <c r="B70" t="s">
+        <v>420</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>403</v>
+      </c>
+      <c r="E70" t="s">
+        <v>404</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>421</v>
+      </c>
+      <c r="H70" t="s">
+        <v>422</v>
+      </c>
+      <c r="I70" t="s">
+        <v>419</v>
+      </c>
+      <c r="J70" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>53</v>
+      </c>
+      <c r="B71" t="s">
+        <v>423</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>403</v>
+      </c>
+      <c r="E71" t="s">
+        <v>404</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>424</v>
+      </c>
+      <c r="H71" t="s">
+        <v>425</v>
+      </c>
+      <c r="I71" t="s">
+        <v>419</v>
+      </c>
+      <c r="J71" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>53</v>
+      </c>
+      <c r="B72" t="s">
+        <v>426</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>427</v>
+      </c>
+      <c r="E72" t="s">
+        <v>428</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>429</v>
+      </c>
+      <c r="H72" t="s">
+        <v>430</v>
+      </c>
+      <c r="I72" t="s">
+        <v>431</v>
+      </c>
+      <c r="J72" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>53</v>
+      </c>
+      <c r="B73" t="s">
+        <v>432</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>427</v>
+      </c>
+      <c r="E73" t="s">
+        <v>428</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>433</v>
+      </c>
+      <c r="H73" t="s">
+        <v>434</v>
+      </c>
+      <c r="I73" t="s">
+        <v>435</v>
+      </c>
+      <c r="J73" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>53</v>
+      </c>
+      <c r="B74" t="s">
+        <v>436</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>427</v>
+      </c>
+      <c r="E74" t="s">
+        <v>428</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>437</v>
+      </c>
+      <c r="H74" t="s">
+        <v>438</v>
+      </c>
+      <c r="I74" t="s">
+        <v>435</v>
+      </c>
+      <c r="J74" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>53</v>
+      </c>
+      <c r="B75" t="s">
+        <v>439</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>427</v>
+      </c>
+      <c r="E75" t="s">
+        <v>428</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>440</v>
+      </c>
+      <c r="H75" t="s">
+        <v>441</v>
+      </c>
+      <c r="I75" t="s">
+        <v>442</v>
+      </c>
+      <c r="J75" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>53</v>
+      </c>
+      <c r="B76" t="s">
+        <v>255</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>427</v>
+      </c>
+      <c r="E76" t="s">
+        <v>443</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>444</v>
+      </c>
+      <c r="H76" t="s">
+        <v>445</v>
+      </c>
+      <c r="I76" t="s">
+        <v>446</v>
+      </c>
+      <c r="J76" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>53</v>
+      </c>
+      <c r="B77" t="s">
+        <v>448</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>449</v>
+      </c>
+      <c r="E77" t="s">
+        <v>450</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>451</v>
+      </c>
+      <c r="H77" t="s">
+        <v>452</v>
+      </c>
+      <c r="I77" t="s">
+        <v>453</v>
+      </c>
+      <c r="J77" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>53</v>
+      </c>
+      <c r="B78" t="s">
+        <v>454</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>449</v>
+      </c>
+      <c r="E78" t="s">
+        <v>450</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>455</v>
+      </c>
+      <c r="H78" t="s">
+        <v>456</v>
+      </c>
+      <c r="I78" t="s">
+        <v>457</v>
+      </c>
+      <c r="J78" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>53</v>
+      </c>
+      <c r="B79" t="s">
+        <v>458</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>449</v>
+      </c>
+      <c r="E79" t="s">
+        <v>450</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>459</v>
+      </c>
+      <c r="H79" t="s">
+        <v>460</v>
+      </c>
+      <c r="I79" t="s">
+        <v>461</v>
+      </c>
+      <c r="J79" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>53</v>
+      </c>
+      <c r="B80" t="s">
+        <v>462</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>449</v>
+      </c>
+      <c r="E80" t="s">
+        <v>450</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>463</v>
+      </c>
+      <c r="H80" t="s">
+        <v>464</v>
+      </c>
+      <c r="I80" t="s">
+        <v>461</v>
+      </c>
+      <c r="J80" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>53</v>
+      </c>
+      <c r="B81" t="s">
+        <v>465</v>
+      </c>
+      <c r="C81" t="s">
+        <v>466</v>
+      </c>
+      <c r="D81" t="s">
+        <v>467</v>
+      </c>
+      <c r="E81" t="s">
+        <v>468</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>469</v>
+      </c>
+      <c r="H81" t="s">
+        <v>470</v>
+      </c>
+      <c r="I81" t="s">
+        <v>471</v>
+      </c>
+      <c r="J81" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>53</v>
+      </c>
+      <c r="B82" t="s">
+        <v>472</v>
+      </c>
+      <c r="C82" t="s">
+        <v>473</v>
+      </c>
+      <c r="D82" t="s">
+        <v>474</v>
+      </c>
+      <c r="E82" t="s">
+        <v>475</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>476</v>
+      </c>
+      <c r="H82" t="s">
+        <v>477</v>
+      </c>
+      <c r="I82" t="s">
+        <v>473</v>
+      </c>
+      <c r="J82" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>53</v>
+      </c>
+      <c r="B83" t="s">
+        <v>478</v>
+      </c>
+      <c r="C83" t="s">
+        <v>479</v>
+      </c>
+      <c r="D83" t="s">
+        <v>474</v>
+      </c>
+      <c r="E83" t="s">
+        <v>475</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>480</v>
+      </c>
+      <c r="H83" t="s">
+        <v>481</v>
+      </c>
+      <c r="I83" t="s">
+        <v>479</v>
+      </c>
+      <c r="J83" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>53</v>
+      </c>
+      <c r="B84" t="s">
+        <v>482</v>
+      </c>
+      <c r="C84" t="s">
+        <v>483</v>
+      </c>
+      <c r="D84" t="s">
+        <v>474</v>
+      </c>
+      <c r="E84" t="s">
+        <v>484</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>485</v>
+      </c>
+      <c r="H84" t="s">
+        <v>486</v>
+      </c>
+      <c r="I84" t="s">
+        <v>483</v>
+      </c>
+      <c r="J84" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>53</v>
+      </c>
+      <c r="B85" t="s">
+        <v>488</v>
+      </c>
+      <c r="C85" t="s">
+        <v>489</v>
+      </c>
+      <c r="D85" t="s">
+        <v>474</v>
+      </c>
+      <c r="E85" t="s">
+        <v>484</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>490</v>
+      </c>
+      <c r="H85" t="s">
+        <v>491</v>
+      </c>
+      <c r="I85" t="s">
+        <v>489</v>
+      </c>
+      <c r="J85" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>53</v>
+      </c>
+      <c r="B86" t="s">
+        <v>492</v>
+      </c>
+      <c r="C86" t="s">
+        <v>493</v>
+      </c>
+      <c r="D86" t="s">
+        <v>474</v>
+      </c>
+      <c r="E86" t="s">
+        <v>484</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>494</v>
+      </c>
+      <c r="H86" t="s">
+        <v>495</v>
+      </c>
+      <c r="I86" t="s">
+        <v>493</v>
+      </c>
+      <c r="J86" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>53</v>
+      </c>
+      <c r="B87" t="s">
+        <v>496</v>
+      </c>
+      <c r="C87" t="s">
+        <v>493</v>
+      </c>
+      <c r="D87" t="s">
+        <v>474</v>
+      </c>
+      <c r="E87" t="s">
+        <v>497</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>498</v>
+      </c>
+      <c r="H87" t="s">
+        <v>499</v>
+      </c>
+      <c r="I87" t="s">
+        <v>493</v>
+      </c>
+      <c r="J87" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>53</v>
+      </c>
+      <c r="B88" t="s">
+        <v>500</v>
+      </c>
+      <c r="C88" t="s">
+        <v>483</v>
+      </c>
+      <c r="D88" t="s">
+        <v>474</v>
+      </c>
+      <c r="E88" t="s">
+        <v>497</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>501</v>
+      </c>
+      <c r="H88" t="s">
+        <v>502</v>
+      </c>
+      <c r="I88" t="s">
+        <v>483</v>
+      </c>
+      <c r="J88" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>53</v>
+      </c>
+      <c r="B89" t="s">
+        <v>503</v>
+      </c>
+      <c r="C89" t="s">
+        <v>489</v>
+      </c>
+      <c r="D89" t="s">
+        <v>474</v>
+      </c>
+      <c r="E89" t="s">
+        <v>497</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>504</v>
+      </c>
+      <c r="H89" t="s">
+        <v>505</v>
+      </c>
+      <c r="I89" t="s">
+        <v>489</v>
+      </c>
+      <c r="J89" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>53</v>
+      </c>
+      <c r="B90" t="s">
+        <v>506</v>
+      </c>
+      <c r="C90" t="s">
+        <v>507</v>
+      </c>
+      <c r="D90" t="s">
+        <v>474</v>
+      </c>
+      <c r="E90" t="s">
+        <v>508</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>509</v>
+      </c>
+      <c r="H90" t="s">
+        <v>510</v>
+      </c>
+      <c r="I90" t="s">
+        <v>507</v>
+      </c>
+      <c r="J90" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>53</v>
+      </c>
+      <c r="B91" t="s">
+        <v>512</v>
+      </c>
+      <c r="C91" t="s">
+        <v>507</v>
+      </c>
+      <c r="D91" t="s">
+        <v>474</v>
+      </c>
+      <c r="E91" t="s">
+        <v>508</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>513</v>
+      </c>
+      <c r="H91" t="s">
+        <v>514</v>
+      </c>
+      <c r="I91" t="s">
+        <v>507</v>
+      </c>
+      <c r="J91" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>53</v>
+      </c>
+      <c r="B92" t="s">
+        <v>515</v>
+      </c>
+      <c r="C92" t="s">
+        <v>507</v>
+      </c>
+      <c r="D92" t="s">
+        <v>474</v>
+      </c>
+      <c r="E92" t="s">
+        <v>508</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>516</v>
+      </c>
+      <c r="H92" t="s">
+        <v>517</v>
+      </c>
+      <c r="I92" t="s">
+        <v>507</v>
+      </c>
+      <c r="J92" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>53</v>
+      </c>
+      <c r="B93" t="s">
+        <v>518</v>
+      </c>
+      <c r="C93" t="s">
+        <v>493</v>
+      </c>
+      <c r="D93" t="s">
+        <v>474</v>
+      </c>
+      <c r="E93" t="s">
+        <v>508</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>519</v>
+      </c>
+      <c r="H93" t="s">
+        <v>520</v>
+      </c>
+      <c r="I93" t="s">
+        <v>493</v>
+      </c>
+      <c r="J93" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>53</v>
+      </c>
+      <c r="B94" t="s">
+        <v>521</v>
+      </c>
+      <c r="C94" t="s">
+        <v>489</v>
+      </c>
+      <c r="D94" t="s">
+        <v>474</v>
+      </c>
+      <c r="E94" t="s">
+        <v>508</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>522</v>
+      </c>
+      <c r="H94" t="s">
+        <v>523</v>
+      </c>
+      <c r="I94" t="s">
+        <v>489</v>
+      </c>
+      <c r="J94" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>53</v>
+      </c>
+      <c r="B95" t="s">
+        <v>524</v>
+      </c>
+      <c r="C95" t="s">
+        <v>483</v>
+      </c>
+      <c r="D95" t="s">
+        <v>474</v>
+      </c>
+      <c r="E95" t="s">
+        <v>508</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>525</v>
+      </c>
+      <c r="H95" t="s">
+        <v>526</v>
+      </c>
+      <c r="I95" t="s">
+        <v>483</v>
+      </c>
+      <c r="J95" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>53</v>
+      </c>
+      <c r="B96" t="s">
+        <v>527</v>
+      </c>
+      <c r="C96" t="s">
+        <v>528</v>
+      </c>
+      <c r="D96" t="s">
+        <v>529</v>
+      </c>
+      <c r="E96" t="s">
+        <v>530</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>531</v>
+      </c>
+      <c r="H96" t="s">
+        <v>532</v>
+      </c>
+      <c r="I96" t="s">
+        <v>528</v>
+      </c>
+      <c r="J96" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>53</v>
+      </c>
+      <c r="B97" t="s">
+        <v>533</v>
+      </c>
+      <c r="C97" t="s">
+        <v>534</v>
+      </c>
+      <c r="D97" t="s">
+        <v>529</v>
+      </c>
+      <c r="E97" t="s">
+        <v>530</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>535</v>
+      </c>
+      <c r="H97" t="s">
+        <v>536</v>
+      </c>
+      <c r="I97" t="s">
+        <v>534</v>
+      </c>
+      <c r="J97" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>53</v>
+      </c>
+      <c r="B98" t="s">
+        <v>537</v>
+      </c>
+      <c r="C98" t="s">
+        <v>538</v>
+      </c>
+      <c r="D98" t="s">
+        <v>529</v>
+      </c>
+      <c r="E98" t="s">
+        <v>530</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>539</v>
+      </c>
+      <c r="H98" t="s">
+        <v>540</v>
+      </c>
+      <c r="I98" t="s">
+        <v>538</v>
+      </c>
+      <c r="J98" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>53</v>
+      </c>
+      <c r="B99" t="s">
+        <v>541</v>
+      </c>
+      <c r="C99" t="s">
+        <v>542</v>
+      </c>
+      <c r="D99" t="s">
+        <v>543</v>
+      </c>
+      <c r="E99" t="s">
+        <v>544</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>545</v>
+      </c>
+      <c r="H99" t="s">
+        <v>546</v>
+      </c>
+      <c r="I99" t="s">
+        <v>547</v>
+      </c>
+      <c r="J99" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>53</v>
+      </c>
+      <c r="B100" t="s">
+        <v>549</v>
+      </c>
+      <c r="C100" t="s">
+        <v>550</v>
+      </c>
+      <c r="D100" t="s">
+        <v>551</v>
+      </c>
+      <c r="E100" t="s">
+        <v>552</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>553</v>
+      </c>
+      <c r="H100" t="s">
+        <v>554</v>
+      </c>
+      <c r="I100" t="s">
+        <v>550</v>
+      </c>
+      <c r="J100" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>53</v>
+      </c>
+      <c r="B101" t="s">
+        <v>137</v>
+      </c>
+      <c r="C101" t="s">
+        <v>507</v>
+      </c>
+      <c r="D101" t="s">
+        <v>556</v>
+      </c>
+      <c r="E101" t="s">
+        <v>557</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>558</v>
+      </c>
+      <c r="H101" t="s">
+        <v>559</v>
+      </c>
+      <c r="I101" t="s">
+        <v>507</v>
+      </c>
+      <c r="J101" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>53</v>
+      </c>
+      <c r="B102" t="s">
+        <v>560</v>
+      </c>
+      <c r="C102" t="s">
+        <v>507</v>
+      </c>
+      <c r="D102" t="s">
+        <v>561</v>
+      </c>
+      <c r="E102" t="s">
+        <v>562</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>563</v>
+      </c>
+      <c r="H102" t="s">
+        <v>564</v>
+      </c>
+      <c r="I102" t="s">
+        <v>507</v>
+      </c>
+      <c r="J102" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>53</v>
+      </c>
+      <c r="B103" t="s">
+        <v>566</v>
+      </c>
+      <c r="C103" t="s">
+        <v>507</v>
+      </c>
+      <c r="D103" t="s">
+        <v>561</v>
+      </c>
+      <c r="E103" t="s">
+        <v>562</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>567</v>
+      </c>
+      <c r="H103" t="s">
+        <v>568</v>
+      </c>
+      <c r="I103" t="s">
+        <v>507</v>
+      </c>
+      <c r="J103" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>53</v>
+      </c>
+      <c r="B104" t="s">
+        <v>569</v>
+      </c>
+      <c r="C104" t="s">
+        <v>507</v>
+      </c>
+      <c r="D104" t="s">
+        <v>561</v>
+      </c>
+      <c r="E104" t="s">
+        <v>562</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>570</v>
+      </c>
+      <c r="H104" t="s">
+        <v>571</v>
+      </c>
+      <c r="I104" t="s">
+        <v>507</v>
+      </c>
+      <c r="J104" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>53</v>
+      </c>
+      <c r="B105" t="s">
+        <v>572</v>
+      </c>
+      <c r="C105" t="s">
+        <v>573</v>
+      </c>
+      <c r="D105" t="s">
+        <v>574</v>
+      </c>
+      <c r="E105" t="s">
+        <v>575</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>576</v>
+      </c>
+      <c r="H105" t="s">
+        <v>577</v>
+      </c>
+      <c r="I105" t="s">
+        <v>573</v>
+      </c>
+      <c r="J105" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>53</v>
+      </c>
+      <c r="B106" t="s">
+        <v>578</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>574</v>
+      </c>
+      <c r="E106" t="s">
+        <v>575</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>579</v>
+      </c>
+      <c r="H106" t="s">
+        <v>580</v>
+      </c>
+      <c r="I106" t="s">
+        <v>13</v>
+      </c>
+      <c r="J106" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>53</v>
+      </c>
+      <c r="B107" t="s">
+        <v>581</v>
+      </c>
+      <c r="C107" t="s">
+        <v>582</v>
+      </c>
+      <c r="D107" t="s">
+        <v>583</v>
+      </c>
+      <c r="E107" t="s">
+        <v>584</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>585</v>
+      </c>
+      <c r="H107" t="s">
+        <v>586</v>
+      </c>
+      <c r="I107" t="s">
+        <v>582</v>
+      </c>
+      <c r="J107" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>53</v>
+      </c>
+      <c r="B108" t="s">
+        <v>587</v>
+      </c>
+      <c r="C108" t="s">
+        <v>588</v>
+      </c>
+      <c r="D108" t="s">
+        <v>589</v>
+      </c>
+      <c r="E108" t="s">
+        <v>590</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>591</v>
+      </c>
+      <c r="H108" t="s">
+        <v>592</v>
+      </c>
+      <c r="I108" t="s">
+        <v>588</v>
+      </c>
+      <c r="J108" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>53</v>
+      </c>
+      <c r="B109" t="s">
+        <v>593</v>
+      </c>
+      <c r="C109" t="s">
+        <v>594</v>
+      </c>
+      <c r="D109" t="s">
+        <v>595</v>
+      </c>
+      <c r="E109" t="s">
+        <v>596</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>597</v>
+      </c>
+      <c r="H109" t="s">
+        <v>598</v>
+      </c>
+      <c r="I109" t="s">
+        <v>594</v>
+      </c>
+      <c r="J109" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>53</v>
+      </c>
+      <c r="B110" t="s">
+        <v>599</v>
+      </c>
+      <c r="C110" t="s">
+        <v>594</v>
+      </c>
+      <c r="D110" t="s">
+        <v>595</v>
+      </c>
+      <c r="E110" t="s">
+        <v>596</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>600</v>
+      </c>
+      <c r="H110" t="s">
+        <v>601</v>
+      </c>
+      <c r="I110" t="s">
+        <v>594</v>
+      </c>
+      <c r="J110" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>53</v>
+      </c>
+      <c r="B111" t="s">
+        <v>602</v>
+      </c>
+      <c r="C111" t="s">
+        <v>594</v>
+      </c>
+      <c r="D111" t="s">
+        <v>595</v>
+      </c>
+      <c r="E111" t="s">
+        <v>596</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>603</v>
+      </c>
+      <c r="H111" t="s">
+        <v>604</v>
+      </c>
+      <c r="I111" t="s">
+        <v>594</v>
+      </c>
+      <c r="J111" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>53</v>
+      </c>
+      <c r="B112" t="s">
+        <v>605</v>
+      </c>
+      <c r="C112" t="s">
+        <v>507</v>
+      </c>
+      <c r="D112" t="s">
+        <v>606</v>
+      </c>
+      <c r="E112" t="s">
+        <v>607</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>608</v>
+      </c>
+      <c r="H112" t="s">
+        <v>609</v>
+      </c>
+      <c r="I112" t="s">
+        <v>507</v>
+      </c>
+      <c r="J112" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>53</v>
+      </c>
+      <c r="B113" t="s">
+        <v>610</v>
+      </c>
+      <c r="C113" t="s">
+        <v>507</v>
+      </c>
+      <c r="D113" t="s">
+        <v>611</v>
+      </c>
+      <c r="E113" t="s">
+        <v>607</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>612</v>
+      </c>
+      <c r="H113" t="s">
+        <v>613</v>
+      </c>
+      <c r="I113" t="s">
+        <v>507</v>
+      </c>
+      <c r="J113" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>53</v>
+      </c>
+      <c r="B114" t="s">
+        <v>614</v>
+      </c>
+      <c r="C114" t="s">
+        <v>507</v>
+      </c>
+      <c r="D114" t="s">
+        <v>611</v>
+      </c>
+      <c r="E114" t="s">
+        <v>607</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>615</v>
+      </c>
+      <c r="H114" t="s">
+        <v>616</v>
+      </c>
+      <c r="I114" t="s">
+        <v>507</v>
+      </c>
+      <c r="J114" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>53</v>
+      </c>
+      <c r="B115" t="s">
+        <v>617</v>
+      </c>
+      <c r="C115" t="s">
+        <v>507</v>
+      </c>
+      <c r="D115" t="s">
+        <v>618</v>
+      </c>
+      <c r="E115" t="s">
+        <v>619</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>620</v>
+      </c>
+      <c r="H115" t="s">
+        <v>621</v>
+      </c>
+      <c r="I115" t="s">
+        <v>507</v>
+      </c>
+      <c r="J115" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>53</v>
+      </c>
+      <c r="B116" t="s">
+        <v>622</v>
+      </c>
+      <c r="C116" t="s">
+        <v>507</v>
+      </c>
+      <c r="D116" t="s">
+        <v>618</v>
+      </c>
+      <c r="E116" t="s">
+        <v>619</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>623</v>
+      </c>
+      <c r="H116" t="s">
+        <v>624</v>
+      </c>
+      <c r="I116" t="s">
+        <v>507</v>
+      </c>
+      <c r="J116" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>53</v>
+      </c>
+      <c r="B117" t="s">
+        <v>625</v>
+      </c>
+      <c r="C117" t="s">
+        <v>507</v>
+      </c>
+      <c r="D117" t="s">
+        <v>618</v>
+      </c>
+      <c r="E117" t="s">
+        <v>619</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>626</v>
+      </c>
+      <c r="H117" t="s">
+        <v>627</v>
+      </c>
+      <c r="I117" t="s">
+        <v>507</v>
+      </c>
+      <c r="J117" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>53</v>
+      </c>
+      <c r="B118" t="s">
+        <v>628</v>
+      </c>
+      <c r="C118" t="s">
+        <v>507</v>
+      </c>
+      <c r="D118" t="s">
+        <v>618</v>
+      </c>
+      <c r="E118" t="s">
+        <v>619</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>629</v>
+      </c>
+      <c r="H118" t="s">
+        <v>630</v>
+      </c>
+      <c r="I118" t="s">
+        <v>507</v>
+      </c>
+      <c r="J118" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>53</v>
+      </c>
+      <c r="B119" t="s">
+        <v>605</v>
+      </c>
+      <c r="C119" t="s">
+        <v>507</v>
+      </c>
+      <c r="D119" t="s">
+        <v>618</v>
+      </c>
+      <c r="E119" t="s">
+        <v>619</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>631</v>
+      </c>
+      <c r="H119" t="s">
+        <v>632</v>
+      </c>
+      <c r="I119" t="s">
+        <v>507</v>
+      </c>
+      <c r="J119" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>53</v>
+      </c>
+      <c r="B120" t="s">
+        <v>633</v>
+      </c>
+      <c r="C120" t="s">
+        <v>507</v>
+      </c>
+      <c r="D120" t="s">
+        <v>618</v>
+      </c>
+      <c r="E120" t="s">
+        <v>619</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>634</v>
+      </c>
+      <c r="H120" t="s">
+        <v>635</v>
+      </c>
+      <c r="I120" t="s">
+        <v>507</v>
+      </c>
+      <c r="J120" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>53</v>
+      </c>
+      <c r="B121" t="s">
+        <v>636</v>
+      </c>
+      <c r="C121" t="s">
+        <v>507</v>
+      </c>
+      <c r="D121" t="s">
+        <v>618</v>
+      </c>
+      <c r="E121" t="s">
+        <v>619</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>637</v>
+      </c>
+      <c r="H121" t="s">
+        <v>638</v>
+      </c>
+      <c r="I121" t="s">
+        <v>507</v>
+      </c>
+      <c r="J121" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>53</v>
+      </c>
+      <c r="B122" t="s">
+        <v>639</v>
+      </c>
+      <c r="C122" t="s">
+        <v>640</v>
+      </c>
+      <c r="D122" t="s">
+        <v>641</v>
+      </c>
+      <c r="E122" t="s">
+        <v>642</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>643</v>
+      </c>
+      <c r="H122" t="s">
+        <v>644</v>
+      </c>
+      <c r="I122" t="s">
+        <v>640</v>
+      </c>
+      <c r="J122" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>53</v>
+      </c>
+      <c r="B123" t="s">
+        <v>646</v>
+      </c>
+      <c r="C123" t="s">
+        <v>507</v>
+      </c>
+      <c r="D123" t="s">
+        <v>641</v>
+      </c>
+      <c r="E123" t="s">
+        <v>647</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>648</v>
+      </c>
+      <c r="H123" t="s">
+        <v>649</v>
+      </c>
+      <c r="I123" t="s">
+        <v>507</v>
+      </c>
+      <c r="J123" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>53</v>
+      </c>
+      <c r="B124" t="s">
+        <v>650</v>
+      </c>
+      <c r="C124" t="s">
+        <v>651</v>
+      </c>
+      <c r="D124" t="s">
+        <v>652</v>
+      </c>
+      <c r="E124" t="s">
+        <v>653</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>654</v>
+      </c>
+      <c r="H124" t="s">
+        <v>655</v>
+      </c>
+      <c r="I124" t="s">
+        <v>13</v>
+      </c>
+      <c r="J124" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>53</v>
+      </c>
+      <c r="B125" t="s">
+        <v>657</v>
+      </c>
+      <c r="C125" t="s">
+        <v>658</v>
+      </c>
+      <c r="D125" t="s">
+        <v>652</v>
+      </c>
+      <c r="E125" t="s">
+        <v>653</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>659</v>
+      </c>
+      <c r="H125" t="s">
+        <v>660</v>
+      </c>
+      <c r="I125" t="s">
+        <v>13</v>
+      </c>
+      <c r="J125" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>53</v>
+      </c>
+      <c r="B126" t="s">
+        <v>661</v>
+      </c>
+      <c r="C126" t="s">
+        <v>662</v>
+      </c>
+      <c r="D126" t="s">
+        <v>652</v>
+      </c>
+      <c r="E126" t="s">
+        <v>653</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>663</v>
+      </c>
+      <c r="H126" t="s">
+        <v>664</v>
+      </c>
+      <c r="I126" t="s">
+        <v>13</v>
+      </c>
+      <c r="J126" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>53</v>
+      </c>
+      <c r="B127" t="s">
+        <v>665</v>
+      </c>
+      <c r="C127" t="s">
+        <v>666</v>
+      </c>
+      <c r="D127" t="s">
+        <v>667</v>
+      </c>
+      <c r="E127" t="s">
+        <v>668</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>669</v>
+      </c>
+      <c r="H127" t="s">
+        <v>670</v>
+      </c>
+      <c r="I127" t="s">
+        <v>13</v>
+      </c>
+      <c r="J127" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>53</v>
+      </c>
+      <c r="B128" t="s">
+        <v>672</v>
+      </c>
+      <c r="C128" t="s">
+        <v>673</v>
+      </c>
+      <c r="D128" t="s">
+        <v>667</v>
+      </c>
+      <c r="E128" t="s">
+        <v>674</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>675</v>
+      </c>
+      <c r="H128" t="s">
+        <v>676</v>
+      </c>
+      <c r="I128" t="s">
+        <v>673</v>
+      </c>
+      <c r="J128" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>53</v>
+      </c>
+      <c r="B129" t="s">
+        <v>677</v>
+      </c>
+      <c r="C129" t="s">
+        <v>678</v>
+      </c>
+      <c r="D129" t="s">
+        <v>667</v>
+      </c>
+      <c r="E129" t="s">
+        <v>668</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>679</v>
+      </c>
+      <c r="H129" t="s">
+        <v>680</v>
+      </c>
+      <c r="I129" t="s">
+        <v>13</v>
+      </c>
+      <c r="J129" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>53</v>
+      </c>
+      <c r="B130" t="s">
+        <v>137</v>
+      </c>
+      <c r="C130" t="s">
+        <v>681</v>
+      </c>
+      <c r="D130" t="s">
+        <v>667</v>
+      </c>
+      <c r="E130" t="s">
+        <v>682</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>683</v>
+      </c>
+      <c r="H130" t="s">
+        <v>684</v>
+      </c>
+      <c r="I130" t="s">
+        <v>681</v>
+      </c>
+      <c r="J130" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>53</v>
+      </c>
+      <c r="B131" t="s">
+        <v>137</v>
+      </c>
+      <c r="C131" t="s">
+        <v>686</v>
+      </c>
+      <c r="D131" t="s">
+        <v>667</v>
+      </c>
+      <c r="E131" t="s">
+        <v>682</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>687</v>
+      </c>
+      <c r="H131" t="s">
+        <v>688</v>
+      </c>
+      <c r="I131" t="s">
+        <v>686</v>
+      </c>
+      <c r="J131" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>53</v>
+      </c>
+      <c r="B132" t="s">
+        <v>137</v>
+      </c>
+      <c r="C132" t="s">
+        <v>689</v>
+      </c>
+      <c r="D132" t="s">
+        <v>667</v>
+      </c>
+      <c r="E132" t="s">
+        <v>682</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>690</v>
+      </c>
+      <c r="H132" t="s">
+        <v>691</v>
+      </c>
+      <c r="I132" t="s">
+        <v>689</v>
+      </c>
+      <c r="J132" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>53</v>
+      </c>
+      <c r="B133" t="s">
+        <v>692</v>
+      </c>
+      <c r="C133" t="s">
+        <v>594</v>
+      </c>
+      <c r="D133" t="s">
+        <v>693</v>
+      </c>
+      <c r="E133" t="s">
+        <v>694</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>695</v>
+      </c>
+      <c r="H133" t="s">
+        <v>696</v>
+      </c>
+      <c r="I133" t="s">
+        <v>594</v>
+      </c>
+      <c r="J133" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>53</v>
+      </c>
+      <c r="B134" t="s">
+        <v>697</v>
+      </c>
+      <c r="C134" t="s">
+        <v>594</v>
+      </c>
+      <c r="D134" t="s">
+        <v>693</v>
+      </c>
+      <c r="E134" t="s">
+        <v>694</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>698</v>
+      </c>
+      <c r="H134" t="s">
+        <v>699</v>
+      </c>
+      <c r="I134" t="s">
+        <v>594</v>
+      </c>
+      <c r="J134" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>53</v>
+      </c>
+      <c r="B135" t="s">
+        <v>700</v>
+      </c>
+      <c r="C135" t="s">
+        <v>594</v>
+      </c>
+      <c r="D135" t="s">
+        <v>693</v>
+      </c>
+      <c r="E135" t="s">
+        <v>694</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>701</v>
+      </c>
+      <c r="H135" t="s">
+        <v>702</v>
+      </c>
+      <c r="I135" t="s">
+        <v>594</v>
+      </c>
+      <c r="J135" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>53</v>
+      </c>
+      <c r="B136" t="s">
+        <v>692</v>
+      </c>
+      <c r="C136" t="s">
+        <v>594</v>
+      </c>
+      <c r="D136" t="s">
+        <v>693</v>
+      </c>
+      <c r="E136" t="s">
+        <v>694</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>703</v>
+      </c>
+      <c r="H136" t="s">
+        <v>704</v>
+      </c>
+      <c r="I136" t="s">
+        <v>594</v>
+      </c>
+      <c r="J136" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>53</v>
+      </c>
+      <c r="B137" t="s">
+        <v>705</v>
+      </c>
+      <c r="C137" t="s">
+        <v>594</v>
+      </c>
+      <c r="D137" t="s">
+        <v>693</v>
+      </c>
+      <c r="E137" t="s">
+        <v>706</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>707</v>
+      </c>
+      <c r="H137" t="s">
+        <v>708</v>
+      </c>
+      <c r="I137" t="s">
+        <v>594</v>
+      </c>
+      <c r="J137" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>53</v>
+      </c>
+      <c r="B138" t="s">
+        <v>700</v>
+      </c>
+      <c r="C138" t="s">
+        <v>594</v>
+      </c>
+      <c r="D138" t="s">
+        <v>693</v>
+      </c>
+      <c r="E138" t="s">
+        <v>694</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>709</v>
+      </c>
+      <c r="H138" t="s">
+        <v>710</v>
+      </c>
+      <c r="I138" t="s">
+        <v>594</v>
+      </c>
+      <c r="J138" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>53</v>
+      </c>
+      <c r="B139" t="s">
+        <v>711</v>
+      </c>
+      <c r="C139" t="s">
+        <v>712</v>
+      </c>
+      <c r="D139" t="s">
+        <v>713</v>
+      </c>
+      <c r="E139" t="s">
+        <v>714</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>715</v>
+      </c>
+      <c r="H139" t="s">
+        <v>716</v>
+      </c>
+      <c r="I139" t="s">
+        <v>712</v>
+      </c>
+      <c r="J139" t="s">
+        <v>717</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>718</v>
+      </c>
+      <c r="B2" t="s">
+        <v>719</v>
+      </c>
+      <c r="C2" t="s">
+        <v>720</v>
+      </c>
+      <c r="D2" t="s">
+        <v>721</v>
+      </c>
+      <c r="E2" t="s">
+        <v>722</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>723</v>
+      </c>
+      <c r="H2" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>718</v>
+      </c>
+      <c r="B3" t="s">
+        <v>725</v>
+      </c>
+      <c r="C3" t="s">
+        <v>726</v>
+      </c>
+      <c r="D3" t="s">
+        <v>727</v>
+      </c>
+      <c r="E3" t="s">
+        <v>728</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>729</v>
+      </c>
+      <c r="H3" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>718</v>
+      </c>
+      <c r="B4" t="s">
+        <v>731</v>
+      </c>
+      <c r="C4" t="s">
+        <v>732</v>
+      </c>
+      <c r="D4" t="s">
+        <v>733</v>
+      </c>
+      <c r="E4" t="s">
+        <v>734</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>735</v>
+      </c>
+      <c r="H4" t="s">
+        <v>736</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>737</v>
+      </c>
+      <c r="B2" t="s">
+        <v>738</v>
+      </c>
+      <c r="C2" t="s">
+        <v>739</v>
+      </c>
+      <c r="D2" t="s">
+        <v>740</v>
+      </c>
+      <c r="E2" t="s">
+        <v>741</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>742</v>
+      </c>
+      <c r="H2" t="s">
+        <v>743</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>744</v>
+      </c>
+      <c r="B2" t="s">
+        <v>745</v>
+      </c>
+      <c r="C2" t="s">
+        <v>746</v>
+      </c>
+      <c r="D2" t="s">
+        <v>747</v>
+      </c>
+      <c r="E2" t="s">
+        <v>748</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>749</v>
+      </c>
+      <c r="H2" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>744</v>
+      </c>
+      <c r="B3" t="s">
+        <v>751</v>
+      </c>
+      <c r="C3" t="s">
+        <v>752</v>
+      </c>
+      <c r="D3" t="s">
+        <v>753</v>
+      </c>
+      <c r="E3" t="s">
+        <v>754</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>755</v>
+      </c>
+      <c r="H3" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>744</v>
+      </c>
+      <c r="B4" t="s">
+        <v>757</v>
+      </c>
+      <c r="C4" t="s">
+        <v>758</v>
+      </c>
+      <c r="D4" t="s">
+        <v>759</v>
+      </c>
+      <c r="E4" t="s">
+        <v>760</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>761</v>
+      </c>
+      <c r="H4" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>744</v>
+      </c>
+      <c r="B5" t="s">
+        <v>763</v>
+      </c>
+      <c r="C5" t="s">
+        <v>764</v>
+      </c>
+      <c r="D5" t="s">
+        <v>765</v>
+      </c>
+      <c r="E5" t="s">
+        <v>766</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>767</v>
+      </c>
+      <c r="H5" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>744</v>
+      </c>
+      <c r="B6" t="s">
+        <v>769</v>
+      </c>
+      <c r="C6" t="s">
+        <v>770</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>771</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>772</v>
+      </c>
+      <c r="H6" t="s">
+        <v>773</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>774</v>
+      </c>
+      <c r="B2" t="s">
+        <v>775</v>
+      </c>
+      <c r="C2" t="s">
+        <v>776</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>777</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>778</v>
+      </c>
+      <c r="H2" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>774</v>
+      </c>
+      <c r="B3" t="s">
+        <v>780</v>
+      </c>
+      <c r="C3" t="s">
+        <v>781</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>782</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>783</v>
+      </c>
+      <c r="H3" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>774</v>
+      </c>
+      <c r="B4" t="s">
+        <v>785</v>
+      </c>
+      <c r="C4" t="s">
+        <v>786</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>787</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>788</v>
+      </c>
+      <c r="H4" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>774</v>
+      </c>
+      <c r="B5" t="s">
+        <v>790</v>
+      </c>
+      <c r="C5" t="s">
+        <v>791</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>792</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>793</v>
+      </c>
+      <c r="H5" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>774</v>
+      </c>
+      <c r="B6" t="s">
+        <v>795</v>
+      </c>
+      <c r="C6" t="s">
+        <v>796</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>797</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>798</v>
+      </c>
+      <c r="H6" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>774</v>
+      </c>
+      <c r="B7" t="s">
+        <v>800</v>
+      </c>
+      <c r="C7" t="s">
+        <v>801</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>802</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>803</v>
+      </c>
+      <c r="H7" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>774</v>
+      </c>
+      <c r="B8" t="s">
+        <v>805</v>
+      </c>
+      <c r="C8" t="s">
+        <v>806</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>807</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>808</v>
+      </c>
+      <c r="H8" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>774</v>
+      </c>
+      <c r="B9" t="s">
+        <v>810</v>
+      </c>
+      <c r="C9" t="s">
+        <v>811</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>812</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>813</v>
+      </c>
+      <c r="H9" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>774</v>
+      </c>
+      <c r="B10" t="s">
+        <v>815</v>
+      </c>
+      <c r="C10" t="s">
+        <v>816</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>817</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>818</v>
+      </c>
+      <c r="H10" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>774</v>
+      </c>
+      <c r="B11" t="s">
+        <v>820</v>
+      </c>
+      <c r="C11" t="s">
+        <v>821</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>822</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>823</v>
+      </c>
+      <c r="H11" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>774</v>
+      </c>
+      <c r="B12" t="s">
+        <v>825</v>
+      </c>
+      <c r="C12" t="s">
+        <v>826</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>827</v>
+      </c>
+      <c r="H12" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>774</v>
+      </c>
+      <c r="B13" t="s">
+        <v>829</v>
+      </c>
+      <c r="C13" t="s">
+        <v>830</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>831</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>832</v>
+      </c>
+      <c r="H13" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>774</v>
+      </c>
+      <c r="B14" t="s">
+        <v>834</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>835</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>836</v>
+      </c>
+      <c r="H14" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>774</v>
+      </c>
+      <c r="B15" t="s">
+        <v>838</v>
+      </c>
+      <c r="C15" t="s">
+        <v>839</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>840</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>841</v>
+      </c>
+      <c r="H15" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>774</v>
+      </c>
+      <c r="B16" t="s">
+        <v>843</v>
+      </c>
+      <c r="C16" t="s">
+        <v>844</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>845</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>846</v>
+      </c>
+      <c r="H16" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>774</v>
+      </c>
+      <c r="B17" t="s">
+        <v>848</v>
+      </c>
+      <c r="C17" t="s">
+        <v>849</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>850</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>851</v>
+      </c>
+      <c r="H17" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>774</v>
+      </c>
+      <c r="B18" t="s">
+        <v>853</v>
+      </c>
+      <c r="C18" t="s">
+        <v>854</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>855</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>856</v>
+      </c>
+      <c r="H18" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>774</v>
+      </c>
+      <c r="B19" t="s">
+        <v>858</v>
+      </c>
+      <c r="C19" t="s">
+        <v>859</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>860</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>861</v>
+      </c>
+      <c r="H19" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>774</v>
+      </c>
+      <c r="B20" t="s">
+        <v>863</v>
+      </c>
+      <c r="C20" t="s">
+        <v>864</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>865</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>866</v>
+      </c>
+      <c r="H20" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>774</v>
+      </c>
+      <c r="B21" t="s">
+        <v>868</v>
+      </c>
+      <c r="C21" t="s">
+        <v>869</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>870</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>871</v>
+      </c>
+      <c r="H21" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>774</v>
+      </c>
+      <c r="B22" t="s">
+        <v>873</v>
+      </c>
+      <c r="C22" t="s">
+        <v>874</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>875</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>876</v>
+      </c>
+      <c r="H22" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>774</v>
+      </c>
+      <c r="B23" t="s">
+        <v>878</v>
+      </c>
+      <c r="C23" t="s">
+        <v>879</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>880</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>881</v>
+      </c>
+      <c r="H23" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>774</v>
+      </c>
+      <c r="B24" t="s">
+        <v>883</v>
+      </c>
+      <c r="C24" t="s">
+        <v>884</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>885</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>886</v>
+      </c>
+      <c r="H24" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>774</v>
+      </c>
+      <c r="B25" t="s">
+        <v>888</v>
+      </c>
+      <c r="C25" t="s">
+        <v>889</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>890</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>891</v>
+      </c>
+      <c r="H25" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>774</v>
+      </c>
+      <c r="B26" t="s">
+        <v>893</v>
+      </c>
+      <c r="C26" t="s">
+        <v>894</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>895</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>896</v>
+      </c>
+      <c r="H26" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>774</v>
+      </c>
+      <c r="B27" t="s">
+        <v>898</v>
+      </c>
+      <c r="C27" t="s">
+        <v>899</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>900</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>901</v>
+      </c>
+      <c r="H27" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>774</v>
+      </c>
+      <c r="B28" t="s">
+        <v>903</v>
+      </c>
+      <c r="C28" t="s">
+        <v>904</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>905</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>906</v>
+      </c>
+      <c r="H28" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>774</v>
+      </c>
+      <c r="B29" t="s">
+        <v>908</v>
+      </c>
+      <c r="C29" t="s">
+        <v>909</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>910</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>911</v>
+      </c>
+      <c r="H29" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>774</v>
+      </c>
+      <c r="B30" t="s">
+        <v>913</v>
+      </c>
+      <c r="C30" t="s">
+        <v>914</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>915</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>916</v>
+      </c>
+      <c r="H30" t="s">
+        <v>917</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>918</v>
+      </c>
+      <c r="B2" t="s">
+        <v>919</v>
+      </c>
+      <c r="C2" t="s">
+        <v>920</v>
+      </c>
+      <c r="D2" t="s">
+        <v>921</v>
+      </c>
+      <c r="E2" t="s">
+        <v>922</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>923</v>
+      </c>
+      <c r="H2" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>918</v>
+      </c>
+      <c r="B3" t="s">
+        <v>925</v>
+      </c>
+      <c r="C3" t="s">
+        <v>926</v>
+      </c>
+      <c r="D3" t="s">
+        <v>927</v>
+      </c>
+      <c r="E3" t="s">
+        <v>812</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>928</v>
+      </c>
+      <c r="H3" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>918</v>
+      </c>
+      <c r="B4" t="s">
+        <v>930</v>
+      </c>
+      <c r="C4" t="s">
+        <v>931</v>
+      </c>
+      <c r="D4" t="s">
+        <v>932</v>
+      </c>
+      <c r="E4" t="s">
+        <v>933</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>934</v>
+      </c>
+      <c r="H4" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>918</v>
+      </c>
+      <c r="B5" t="s">
+        <v>936</v>
+      </c>
+      <c r="C5" t="s">
+        <v>937</v>
+      </c>
+      <c r="D5" t="s">
+        <v>938</v>
+      </c>
+      <c r="E5" t="s">
+        <v>939</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>940</v>
+      </c>
+      <c r="H5" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>918</v>
+      </c>
+      <c r="B6" t="s">
+        <v>942</v>
+      </c>
+      <c r="C6" t="s">
+        <v>943</v>
+      </c>
+      <c r="D6" t="s">
+        <v>944</v>
+      </c>
+      <c r="E6" t="s">
+        <v>850</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>945</v>
+      </c>
+      <c r="H6" t="s">
+        <v>946</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>947</v>
+      </c>
+      <c r="B2" t="s">
+        <v>948</v>
+      </c>
+      <c r="C2" t="s">
+        <v>948</v>
+      </c>
+      <c r="D2" t="s">
+        <v>949</v>
+      </c>
+      <c r="E2" t="s">
+        <v>950</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>951</v>
+      </c>
+      <c r="H2" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>947</v>
+      </c>
+      <c r="B3" t="s">
+        <v>953</v>
+      </c>
+      <c r="C3" t="s">
+        <v>954</v>
+      </c>
+      <c r="D3" t="s">
+        <v>955</v>
+      </c>
+      <c r="E3" t="s">
+        <v>956</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>957</v>
+      </c>
+      <c r="H3" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>947</v>
+      </c>
+      <c r="B4" t="s">
+        <v>959</v>
+      </c>
+      <c r="C4" t="s">
+        <v>960</v>
+      </c>
+      <c r="D4" t="s">
+        <v>961</v>
+      </c>
+      <c r="E4" t="s">
+        <v>962</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>963</v>
+      </c>
+      <c r="H4" t="s">
+        <v>964</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>965</v>
+      </c>
+      <c r="B2" t="s">
+        <v>966</v>
+      </c>
+      <c r="C2" t="s">
+        <v>967</v>
+      </c>
+      <c r="D2" t="s">
+        <v>968</v>
+      </c>
+      <c r="E2" t="s">
+        <v>969</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>970</v>
+      </c>
+      <c r="H2" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>965</v>
+      </c>
+      <c r="B3" t="s">
+        <v>972</v>
+      </c>
+      <c r="C3" t="s">
+        <v>973</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>974</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>975</v>
+      </c>
+      <c r="H3" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>965</v>
+      </c>
+      <c r="B4" t="s">
+        <v>977</v>
+      </c>
+      <c r="C4" t="s">
+        <v>978</v>
+      </c>
+      <c r="D4" t="s">
+        <v>979</v>
+      </c>
+      <c r="E4" t="s">
+        <v>980</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>981</v>
+      </c>
+      <c r="H4" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>965</v>
+      </c>
+      <c r="B5" t="s">
+        <v>983</v>
+      </c>
+      <c r="C5" t="s">
+        <v>984</v>
+      </c>
+      <c r="D5" t="s">
+        <v>985</v>
+      </c>
+      <c r="E5" t="s">
+        <v>986</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>987</v>
+      </c>
+      <c r="H5" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>965</v>
+      </c>
+      <c r="B6" t="s">
+        <v>989</v>
+      </c>
+      <c r="C6" t="s">
+        <v>990</v>
+      </c>
+      <c r="D6" t="s">
+        <v>991</v>
+      </c>
+      <c r="E6" t="s">
+        <v>992</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>993</v>
+      </c>
+      <c r="H6" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>965</v>
+      </c>
+      <c r="B7" t="s">
+        <v>995</v>
+      </c>
+      <c r="C7" t="s">
+        <v>996</v>
+      </c>
+      <c r="D7" t="s">
+        <v>997</v>
+      </c>
+      <c r="E7" t="s">
+        <v>998</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>999</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>965</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>965</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>965</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>965</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E11" t="s">
+        <v>870</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1023</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>