--- v0 (2025-11-07)
+++ v1 (2026-02-04)
@@ -9,3293 +9,602 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1592" uniqueCount="1064">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="167">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>29/07/2020 00:00:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Choices in Methods for Economic Evaluation</t>
+  </si>
+  <si>
+    <t>This guide presents the principles and methods used by HAS (the French National Health Authority) to carry out its mission of providing economic evaluations of health interventions. In this specific context, economic evaluation allows health interventions to be compared on the basis of their health effects and costs.</t>
+  </si>
+  <si>
+    <t>07/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/29/2020 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499251/fr/choix-methodologiques-pour-l-evaluation-economique-a-la-has</t>
+    <t>https://www.has-sante.fr/jcms/r_1499251/en/choices-in-methods-for-economic-evaluation</t>
   </si>
   <si>
     <t>r_1499251</t>
   </si>
   <si>
-    <t>Études et Rapports</t>
-[...257 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3452920/fr/labellisation-par-la-has-d-une-recommandation-de-bonne-pratique-elaboree-par-un-organisme-professionnel</t>
+    <t>Awarding the HAS label to a clinical practice guideline developed by a professional body</t>
+  </si>
+  <si>
+    <t>The HAS sets up a method of labelling a recommendation of good practice developed by a professional body.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/31/2023 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452920/en/awarding-the-has-label-to-a-clinical-practice-guideline-developed-by-a-professional-body</t>
   </si>
   <si>
     <t>p_3452920</t>
   </si>
   <si>
-    <t>Rencontres sécurité : un partenariat entre les équipes et la gouvernance</t>
-[...125 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290414/fr/cooperation-entre-la-has-et-les-usagers</t>
+    <t>Cooperation between the HAS and users</t>
+  </si>
+  <si>
+    <t>Cooperation between the HAS and users Methods for the involvement of the public, patients and their associations in the HAS work</t>
+  </si>
+  <si>
+    <t>11/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290414/en/cooperation-between-the-has-and-users</t>
   </si>
   <si>
     <t>p_3290414</t>
   </si>
   <si>
-    <t>La participation des personnes concernées à l’élaboration des recommandations pour le secteur social et médico-social</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213810/fr/parcours-du-dispositif-medical-en-france</t>
+    <t>Pathway of medical devices in France</t>
+  </si>
+  <si>
+    <t>This guide provides the information required to understand each step of the pathway of medical devices in France.</t>
+  </si>
+  <si>
+    <t>10/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2020 07:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213810/en/pathway-of-medical-devices-in-france</t>
   </si>
   <si>
     <t>p_3213810</t>
   </si>
   <si>
-    <t>Proposition de méthode d’élaboration des référentiels de certification périodique des professions de santé à ordre</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353194/fr/proposition-de-methode-d-elaboration-des-referentiels-de-certification-periodique-des-professions-de-sante-a-ordre</t>
+    <t>Proposed method for the development of periodic certification standards for registered health professions</t>
+  </si>
+  <si>
+    <t>In France, following the publication of Ordinance no. 2021-961 of 19 July 2021 relating to the periodic certification of some health professionals, the Haute Autorité de Santé (French High Authority for Health) has been asked to propose to the Minister for Health a method for drawing up certification reference systems. The method was finally adopted without modification by the Minister, after a favourable opinion from the National Council for Periodic Certification.</t>
+  </si>
+  <si>
+    <t>07/13/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2022 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353194/en/proposed-method-for-the-development-of-periodic-certification-standards-for-registered-health-professions</t>
   </si>
   <si>
     <t>p_3353194</t>
   </si>
   <si>
-    <t>Grille descriptive des fonctionnalités des dispositifs médicaux embarquant un système avec apprentissage automatique (intelligence artificielle)</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289120/fr/doctrine-de-la-commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
+    <t>Doctrine of the Commission for Economic and Public Health Evaluation</t>
+  </si>
+  <si>
+    <t>The CEESP issues an economic opinion which it transmits to the Economic Committee for Health Products (CEPS), with the aim of helping to negotiate the price of the products (medicines and medical devices) concerned. The publication of the doctrine is part of the CEESP's desire to explain its approach to the drafting of opinions and to provide the keys to interpreting those opinions, in terms of both cost effectiveness and budgetary impact. It sets out the general framework explaining the range of methodological reservations, the Commission's positions on the various elements of the conclusions and the key messages it wishes to convey to the decision-maker.</t>
+  </si>
+  <si>
+    <t>07/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2021 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289120/en/doctrine-of-the-commission-for-economic-and-public-health-evaluation</t>
   </si>
   <si>
     <t>p_3289120</t>
   </si>
   <si>
-    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
+    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>10/06/2021 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
+    <t>06/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/30/2021 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Méthodologie pour le développement clinique des dispositifs médicaux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
+    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
+  </si>
+  <si>
+    <t>This document focuses on aspects of the clinical assessment of efficacy for a new medical device or a new health technology that is made after the pre-clinical phase and feasibility studies.</t>
+  </si>
+  <si>
+    <t>06/08/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/28/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Classification fonctionnelle, selon leur finalité d’usage, des solutions numériques utilisées dans le cadre de soins médicaux ou paramédicaux</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
+    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health has drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>02/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/17/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
   </si>
   <si>
     <t>p_3238360</t>
   </si>
   <si>
-    <t>Recommandations de bonnes pratiques professionnelles pour le secteur social et médico-social</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168771/fr/methode-d-elaboration-des-reponses-rapides-dans-le-cadre-du-covid-19</t>
+    <t>Rapid responses in the context of COVID-19 Drafting method</t>
+  </si>
+  <si>
+    <t>In the context of the current stage-3 epidemic situation with respect to COVID-19 in France, it is necessary to propose a method for the provision of rapid responses to questions raised by the Ministry of Solidarity and Health, healthcare professionals and/or accredited healthcare system user associations stating the position of the HAS in the event of urgent situations.</t>
+  </si>
+  <si>
+    <t>03/30/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2020 21:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168771/en/rapid-responses-in-the-context-of-covid-19-drafting-method</t>
   </si>
   <si>
     <t>p_3168771</t>
   </si>
   <si>
-    <t>Contributions des associations de patients et d’usagers aux évaluations des produits de santé : analyse descriptive 2017-2018</t>
-[...17 lines deleted...]
-    <t>Recommandations pour la pratique clinique (RPC)</t>
+    <t>Clinical practice guidelines (CPG)</t>
   </si>
   <si>
     <t>Ce guide décrit une des méthodes d'élaboration des recommandations de bonne pratique (RBP) : la méthode Recommandations pour la pratique clinique (RPC). La méthode RPC est une méthode rigoureuse d’élaboration de RBP, qui repose sur : la participation des professionnels et représentants des patients et usagers concernés par le thème de la RBP ; la transparence, avec mise à disposition de l’analyse critique de la littérature, des avis du groupe de travail, et des cotations et commentaires du groupe de lecture ; l’indépendance d’élaboration et la gestion des intérêts déclarés par les experts du groupe de travail.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_431294/fr/recommandations-pour-la-pratique-clinique-rpc</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/31/2020 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_431294/en/clinical-practice-guidelines-cpg</t>
   </si>
   <si>
     <t>c_431294</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...206 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1764530/fr/methode-d-elaboration-des-fiches-memo-et-des-fiches-pertinence</t>
+    <t>Accelerated Developed Guidelines</t>
+  </si>
+  <si>
+    <t>Following a preliminary scoping phase, this method unfolds in four phases.</t>
+  </si>
+  <si>
+    <t>04/13/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/25/2016 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764530/en/accelerated-developed-guidelines</t>
   </si>
   <si>
     <t>c_1764530</t>
   </si>
   <si>
-    <t>Le patient traceur en ville</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272505/fr/recommandations-par-consensus-formalise-rcf</t>
+    <t>"Formal consensus" method</t>
+  </si>
+  <si>
+    <t>As a consensus method, its purpose is to formalise the degree of agreement among experts by identifying and selecting, through iterative ratings with feedback, the points on which experts agree and the points on which they disagree or are undecided. The guidelines are subsequently based on agreement points.</t>
+  </si>
+  <si>
+    <t>12/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272505/en/-formal-consensus-method</t>
   </si>
   <si>
     <t>c_272505</t>
   </si>
   <si>
-    <t>Les méthodes de travail de la HAS</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Choix méthodologiques pour le développement clinique des pansements</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1525743/fr/l-evaluation-des-aspects-ethiques-a-la-haute-autorite-de-sante</t>
+    <t>Assessment of ethical aspects</t>
+  </si>
+  <si>
+    <t>As part of its “Strategic Plan 2009-2011”, HAS undertook to establish the conditions under which it proposes to analyse ethical aspects in its assessments, and the method to be used. The aim of this work is to establish formal processes to ensure uniformity across the reports HAS produces when they include an assessment of ethical aspects, and to make it easier for its conclusions to be adopted by providing the stakeholders who are their intended audience with keys to understanding the approach used.</t>
+  </si>
+  <si>
+    <t>04/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>05/17/2013 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525743/en/assessment-of-ethical-aspects</t>
   </si>
   <si>
     <t>c_1525743</t>
   </si>
   <si>
-    <t>Méthode d'élaboration des Solutions pour la Sécurité du Patient (SSP)</t>
-[...329 lines deleted...]
-    <t>Structuration d’un programme d’éducation thérapeutique du patient dans le champ des maladies chroniques</t>
+    <t>Therapeutic patient education (TPE)</t>
   </si>
   <si>
     <t>Définir l’éducation thérapeutique du patient (ETP), ses finalités, son organisation. Décrire la démarche d’ETP, le contenu de ses étapes. Proposer une structuration de programme d’ETP. Proposer une évaluation du processus d’ETP. Proposer une réflexion pour évaluer l’efficacité de l’ETP.</t>
   </si>
   <si>
-    <t>27/06/2007 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_601290/fr/structuration-d-un-programme-d-education-therapeutique-du-patient-dans-le-champ-des-maladies-chroniques</t>
+    <t>06/27/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/13/2007 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601290/en/therapeutic-patient-education-tpe</t>
   </si>
   <si>
     <t>c_601290</t>
   </si>
   <si>
-    <t>Méthodes quantitatives pour évaluer les interventions visant à améliorer les pratiques</t>
-[...32 lines deleted...]
-    <t>Comment évaluer a priori un programme de dépistage ?</t>
+    <t>How to judge a proposal for a screening programme</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
-    <t>01/05/2004 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Réseaux de santé : Guide d’évaluation</t>
-[...203 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3264825/fr/evaluation-de-la-compatibilite-irm-des-dispositifs-medicaux-implantables-par-la-cnedimts</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
+  </si>
+  <si>
+    <t>Between 2008 and 2018, the number of MRI units in public and private non-profit institutions practically doubled. In 2018, the number of procedures was estimated at 600,000 for hospitalised patients and 2.1 million for outpatients. Despite a growing number of MRI examination requests, this imaging technique exposes patients with certain types of implants to functional and even vital risks. Considering the diversity of MRI compatibility conditions of medical devices and the diversity of MRI compatibility information provided in manufacturer dossiers, along with technological developments in MRI and organisational constraints, the Medical Device and Health Technology Evaluation Committee (CNEDiMTS) decided to lay down principles for the assessment of the MRI compatibility of IMDs in its evaluations. This document also aims to characterise the information to be provided to the CNEDiMTS in the medico-technical dossiers submitted by manufacturers within the framework of a reimbursement request, so that the MRI compatibility information provided is standardised. The applicant will thus know in advance what data to provide to enable the CNEDiMTS to consider the MRI compatibility of implantable medical devices. Lastly, concerning MRI compatibility within defined conditions, this guide aims to clarify how the examinations should be prescribed and performed so that they are conducted under the best secured conditions.</t>
+  </si>
+  <si>
+    <t>10/19/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/18/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
   </si>
   <si>
     <t>p_3264825</t>
   </si>
   <si>
-    <t>Élaboration de cahiers des charges (fonctions et organisation des soins) pour certains dispositifs médicaux utilisés à des fins de télésurveillance - Note de cadrage</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2902770/fr/cartographie-des-impacts-organisationnels-pour-l-evaluation-des-technologies-de-sante</t>
+    <t>Organisational impact map for health technology assessment</t>
+  </si>
+  <si>
+    <t>To better document the organisational impact of an application for assessment of a medicinal product, medical device, or diagnostic or therapeutic procedure, the HAS has drawn up a methodology guide. It sets out a map used to define the organisational impacts created by health technologies and proposes criteria to measure their effects or justify them.</t>
+  </si>
+  <si>
+    <t>12/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/31/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902770/en/organisational-impact-map-for-health-technology-assessment</t>
   </si>
   <si>
     <t>c_2902770</t>
   </si>
   <si>
-    <t>Spécificités méthodologiques d’évaluation clinique des dispositifs médicaux connectés</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2748998/fr/utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-de-stade-precoce-rapport-d-evaluation</t>
+    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Evaluate the clinical utility of four genomic signatures (GS) , currently and temporarily funded on a conditional basis as part of a specific funding program for research and innovation (known in France as RIHN). The aim of the evaluation is to assess funding eligibility for the traditional reimbursement schemes offered by the National Health Insurance Fund</t>
+  </si>
+  <si>
+    <t>01/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
   </si>
   <si>
     <t>c_2748998</t>
   </si>
   <si>
-    <t>Chirurgie ambulatoire : outils d’aide au développement - Note d'orientation</t>
-[...149 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Early access to medicinal products</t>
+  </si>
+  <si>
+    <t>The Transparency Committee (TC) of the French National Authority for Health (HAS) is responsible for the scientific and medical assessment of medicinal products when pharmaceuticals companies submit applications to the French Minister of Health for registration on the lists of medicinal products reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>07/01/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
-    <t>Questionnaire d'expérience patient pour l'expérimentation « Paiement à l'épisode de soins pour des prises en charge chirurgicales »</t>
-[...239 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2787338/fr/declarer-les-evenements-indesirables-graves-associes-aux-soins-eigs</t>
+    <t>Serious Adverse Events in France: a Reporting and Learning System</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) is in charge of collecting and analyzing data on serious adverse events related to health care (SAE-HC) to give practical recommendations for improving patient safety at a national level.</t>
+  </si>
+  <si>
+    <t>01/20/2022 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2787338/en/serious-adverse-events-in-france-a-reporting-and-learning-system</t>
   </si>
   <si>
     <t>c_2787338</t>
   </si>
   <si>
-    <t>Social et médico-social : la HAS publie deux documents pour lancer la phase opérationnelle de l'évaluation</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238368/fr/la-has-propose-la-1ere-classification-des-solutions-numeriques-utilisees-en-sante</t>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>HAS proposes the first classification of digital solutions used in healthcare</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health recently drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238368/en/has-proposes-the-first-classification-of-digital-solutions-used-in-healthcare</t>
   </si>
   <si>
     <t>p_3238368</t>
   </si>
   <si>
-    <t>Mieux évaluer les impacts organisationnels des technologies de santé</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3212876/fr/un-nouvel-outil-pour-l-evaluation-des-dispositifs-medicaux-embarquant-de-l-intelligence-artificielle</t>
+    <t>A new tool to evaluate medical devices using artificial intelligence</t>
+  </si>
+  <si>
+    <t>With the arrival of AI-equipped medical devices, HAS is updating its filing guides to support companies in their submission for access to reimbursement or to the innovation pass.</t>
+  </si>
+  <si>
+    <t>10/14/2020 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212876/en/a-new-tool-to-evaluate-medical-devices-using-artificial-intelligence</t>
   </si>
   <si>
     <t>p_3212876</t>
   </si>
   <si>
-    <t>Faciliter l’engagement des usagers :  la HAS publie sa première recommandation</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3180615/fr/proposition-de-classification-fonctionnelle-de-solutions-numeriques-selon-leur-finalite-d-usage</t>
+    <t>Public Consultation – Proposal for functional classification of digital solutions on the basis of their purpose</t>
+  </si>
+  <si>
+    <t>The digital technology is progressively becoming an integral part of our health system. And the current health crisis is accelerating their use in response to the need to adapt the organisation of healthcare.</t>
+  </si>
+  <si>
+    <t>07/30/2020 08:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180615/en/public-consultation-proposal-for-functional-classification-of-digital-solutions-on-the-basis-of-their-purpose</t>
   </si>
   <si>
     <t>p_3180615</t>
   </si>
   <si>
-    <t>La HAS présente son plan d’action pour les médicaments innovants</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3148262/fr/la-has-presente-son-plan-d-action-pour-les-medicaments-innovants</t>
+    <t>HAS unveils its action plan for innovative medicines</t>
+  </si>
+  <si>
+    <t>Drug innovations in recent years – and in the years to come – are bringing unprecedented hope for patients, such as the prospect of recovering from cancer or yet another disease for which there is still no known cure. We are witnessing a medical revolution the likes of which has not been seen for a very long time. However, these medicines come with numerous unresolved uncertainties, most notably in cases of short clinical development often seen for small patient sample sizes. So how do we safely allow early access to potentially life-saving treatments and still ensure these innovative medicines fulfil their promise? The HAS decided to tackle the issue with the development of an action plan for innovative medicines, adapted to a context that calls for greater agility of the overall assessment process.</t>
+  </si>
+  <si>
+    <t>01/27/2020 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148262/en/has-unveils-its-action-plan-for-innovative-medicines</t>
   </si>
   <si>
     <t>p_3148262</t>
   </si>
   <si>
-    <t>Évaluer les dispositifs médicaux avec intelligence artificielle</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3119829/fr/evaluer-les-dispositifs-medicaux-avec-intelligence-artificielle</t>
+    <t>Assessing medical devices embedding artificial intelligence</t>
+  </si>
+  <si>
+    <t>As digital technology unfolds and CNEDiMTS assesses more and more connected medical devices, the question of access to reimbursement for those that will use artificial intelligence will arise. In order to streamline the examination of these dossiers - and thus allow patients rapid access to innovation - HAS publishes today a draft analysis grid of self-learning algorithms. This initiative will help identify this new and growing field. It is subject to public consultation until 15 January 2020 to gather suggestions from all stakeholders.</t>
+  </si>
+  <si>
+    <t>11/20/2019 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119829/en/assessing-medical-devices-embedding-artificial-intelligence</t>
   </si>
   <si>
     <t>p_3119829</t>
-  </si>
-[...589 lines deleted...]
-    <t>c_1753620</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H199"/>
+  <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3311,259 +620,259 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>49</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>50</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
       <c r="C10" t="s">
         <v>59</v>
       </c>
       <c r="D10" t="s">
         <v>60</v>
       </c>
       <c r="E10" t="s">
         <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>62</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
       <c r="C11" t="s">
         <v>65</v>
       </c>
       <c r="D11" t="s">
         <v>66</v>
       </c>
       <c r="E11" t="s">
         <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>68</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
@@ -3623,4851 +932,405 @@
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
       <c r="C14" t="s">
         <v>83</v>
       </c>
       <c r="D14" t="s">
         <v>84</v>
       </c>
       <c r="E14" t="s">
         <v>85</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>86</v>
       </c>
       <c r="H14" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>91</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>92</v>
       </c>
       <c r="H15" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>94</v>
       </c>
       <c r="C16" t="s">
         <v>95</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="E16" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H16" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D17" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E17" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H17" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C18" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D18" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E18" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H18" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="B19" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C19" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>115</v>
       </c>
       <c r="E19" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="H19" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="B20" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C20" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="E20" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="H20" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="B21" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C21" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="E21" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="H21" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>131</v>
       </c>
       <c r="B22" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="C22" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="D22" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="H22" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>131</v>
       </c>
       <c r="B23" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C23" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="D23" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H23" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="C24" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="D24" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>139</v>
+        <v>61</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="H24" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>142</v>
       </c>
       <c r="B25" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C25" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D25" t="s">
-        <v>144</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="H25" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>131</v>
       </c>
       <c r="B26" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C26" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D26" t="s">
-        <v>150</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="H26" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>8</v>
+        <v>142</v>
       </c>
       <c r="B27" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C27" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D27" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H27" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="B28" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C28" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D28" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H28" t="s">
-        <v>165</v>
-[...6 lines deleted...]
-      <c r="B29" t="s">
         <v>166</v>
-      </c>
-[...4436 lines deleted...]
-        <v>1063</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>