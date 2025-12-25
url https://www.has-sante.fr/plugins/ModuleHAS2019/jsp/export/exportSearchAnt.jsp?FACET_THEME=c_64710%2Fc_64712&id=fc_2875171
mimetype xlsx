--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -39,51 +39,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1919" uniqueCount="1247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1922" uniqueCount="1250">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -2279,50 +2279,146 @@
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Neufs critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications" et constituent des éléments simples et opérationnels de bonne pratique.</t>
   </si>
   <si>
     <t>01/07/2008 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1507013/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
   </si>
   <si>
     <t>r_1507013</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>IMBRUVICA (ibrutinib)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983527/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>pprd_2983527</t>
+  </si>
+  <si>
+    <t>ibrutinib</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049868/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746213/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742289/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770187/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794717/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165709/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168596/fr/imbruvica-llc-en-association-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168611/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181104/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240237/fr/imbruvica-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332332/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427083/fr/imbruvica-ibrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741331/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761970/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>ADEMPAS (riociguat)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:08:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984706/fr/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>pprd_2984706</t>
+  </si>
+  <si>
+    <t>riociguat</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761611/fr/adempas-riociguat-antihypertenseur-pour-l-hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210936/fr/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222368/fr/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500927/fr/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526093/fr/adempas-riociguat-hypertension-arterielle-pulmonaire-htap-et-hypertension-pulmonaire-thromboembolique-chronique-htp-tec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741668/fr/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
     <t>TIVICAY (dolutégravir)</t>
   </si>
   <si>
     <t>18/09/2025 08:44:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983497/fr/tivicay-dolutegravir</t>
   </si>
   <si>
     <t>pprd_2983497</t>
   </si>
   <si>
     <t>dolutégravir</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1748396/fr/tivicay-50-mg-dolutegravir-inhibiteur-de-l-integrase</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801228/fr/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280958/fr/tivicay-dolutegravir-sodique-vih-pediatrique</t>
@@ -2456,83 +2552,50 @@
   <si>
     <t>10/07/2024 11:22:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983397/fr/spinraza-nusinersen</t>
   </si>
   <si>
     <t>pprd_2983397</t>
   </si>
   <si>
     <t>nusinersen</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2826600/fr/spinraza-nusinersen-oligonucleotide-antisens</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3199401/fr/spinraza-nusinersen</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3529321/fr/spinraza-nusinersen-sodique-amyotrophie-spinale</t>
   </si>
   <si>
-    <t>ADEMPAS (riociguat)</t>
-[...31 lines deleted...]
-  <si>
     <t>PRALUENT (alirocumab)</t>
   </si>
   <si>
     <t>18/06/2024 09:12:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983646/fr/praluent-alirocumab</t>
   </si>
   <si>
     <t>pprd_2983646</t>
   </si>
   <si>
     <t>alirocumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2757882/fr/praluent-alirocumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2629896/fr/praluent-alirocumab-hypolipemiant-anti-pcsk9</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3081881/fr/praluent-alirocumab</t>
@@ -2847,104 +2910,50 @@
     <t>pprd_2983549</t>
   </si>
   <si>
     <t>vénétoclax</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2788624/fr/venclyxto-venetoclax</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3106158/fr/venclyxto-venetoclax</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3106167/fr/venclyxto-venetoclax</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3284614/fr/venclyxto-venetoclax-leucemie-aigue-myeloide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3351236/fr/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3367900/fr/venclyxto-venetoclax-llc-en-association-avec-l-obinutuzumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3448141/fr/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
-  </si>
-[...52 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3427083/fr/imbruvica-ibrutinib-leucemie-lymphoide-chronique-llc</t>
   </si>
   <si>
     <t>XTANDI (enzalutamide)</t>
   </si>
   <si>
     <t>20/03/2023 08:30:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983149/fr/xtandi-enzalutamide</t>
   </si>
   <si>
     <t>pprd_2983149</t>
   </si>
   <si>
     <t>enzalutamide</t>
   </si>
   <si>
     <t>ASTELLAS PHARMA SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1710113/fr/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2022075/fr/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs-aux-androgenes</t>
   </si>
@@ -4035,2382 +4044,2391 @@
       </c>
       <c r="H2" t="s">
         <v>749</v>
       </c>
       <c r="I2" t="s">
         <v>750</v>
       </c>
       <c r="J2" t="s">
         <v>751</v>
       </c>
       <c r="K2" t="s">
         <v>752</v>
       </c>
       <c r="L2" t="s">
         <v>753</v>
       </c>
       <c r="M2" t="s">
         <v>754</v>
       </c>
       <c r="N2" t="s">
         <v>755</v>
       </c>
       <c r="O2" t="s">
         <v>756</v>
       </c>
+      <c r="P2" t="s">
+        <v>757</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>758</v>
+      </c>
+      <c r="R2" t="s">
+        <v>759</v>
+      </c>
+      <c r="S2" t="s">
+        <v>760</v>
+      </c>
+      <c r="T2" t="s">
+        <v>761</v>
+      </c>
+      <c r="U2" t="s">
+        <v>762</v>
+      </c>
+      <c r="V2" t="s">
+        <v>763</v>
+      </c>
+      <c r="W2" t="s">
+        <v>764</v>
+      </c>
+      <c r="X2" t="s">
+        <v>765</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>745</v>
       </c>
       <c r="B3" t="s">
-        <v>757</v>
+        <v>766</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="H3" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="I3" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="J3" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="K3" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="L3" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="M3" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="N3" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="O3" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="P3" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>745</v>
       </c>
       <c r="B4" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="H4" t="s">
-        <v>772</v>
+        <v>781</v>
       </c>
       <c r="I4" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
       <c r="J4" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="K4" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
       <c r="L4" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
       <c r="M4" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="N4" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
       <c r="O4" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>745</v>
       </c>
       <c r="B5" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="H5" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="I5" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="J5" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="K5" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="L5" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
       <c r="M5" t="s">
-        <v>788</v>
+        <v>797</v>
       </c>
       <c r="N5" t="s">
-        <v>789</v>
+        <v>798</v>
       </c>
       <c r="O5" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
       <c r="P5" t="s">
-        <v>791</v>
-[...11 lines deleted...]
-        <v>795</v>
+        <v>800</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>745</v>
       </c>
       <c r="B6" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="H6" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="I6" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="J6" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="K6" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="L6" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="M6" t="s">
-        <v>804</v>
+        <v>809</v>
+      </c>
+      <c r="N6" t="s">
+        <v>810</v>
+      </c>
+      <c r="O6" t="s">
+        <v>811</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>745</v>
       </c>
       <c r="B7" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="H7" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="I7" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="J7" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="K7" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="L7" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="M7" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="N7" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="O7" t="s">
-        <v>815</v>
+        <v>822</v>
+      </c>
+      <c r="P7" t="s">
+        <v>823</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>824</v>
+      </c>
+      <c r="R7" t="s">
+        <v>825</v>
+      </c>
+      <c r="S7" t="s">
+        <v>826</v>
+      </c>
+      <c r="T7" t="s">
+        <v>827</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>745</v>
       </c>
       <c r="B8" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="H8" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="I8" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
       <c r="J8" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="K8" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
       <c r="L8" t="s">
-        <v>823</v>
+        <v>835</v>
       </c>
       <c r="M8" t="s">
-        <v>824</v>
-[...11 lines deleted...]
-        <v>827</v>
+        <v>836</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>745</v>
       </c>
       <c r="B9" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="H9" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="I9" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="J9" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
       <c r="K9" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="L9" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="M9" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="N9" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="O9" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
       <c r="P9" t="s">
-        <v>839</v>
+        <v>847</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>848</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>745</v>
       </c>
       <c r="B10" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="H10" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="I10" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="J10" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="K10" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="L10" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="M10" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
       <c r="N10" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
       <c r="O10" t="s">
-        <v>850</v>
+        <v>859</v>
+      </c>
+      <c r="P10" t="s">
+        <v>860</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>745</v>
       </c>
       <c r="B11" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="H11" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="I11" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="J11" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="K11" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="L11" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="M11" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="N11" t="s">
-        <v>860</v>
+        <v>870</v>
+      </c>
+      <c r="O11" t="s">
+        <v>871</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>745</v>
       </c>
       <c r="B12" t="s">
-        <v>861</v>
+        <v>872</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>862</v>
+        <v>873</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>863</v>
+        <v>874</v>
       </c>
       <c r="H12" t="s">
-        <v>864</v>
+        <v>875</v>
       </c>
       <c r="I12" t="s">
-        <v>865</v>
+        <v>876</v>
       </c>
       <c r="J12" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
       <c r="K12" t="s">
-        <v>867</v>
+        <v>878</v>
       </c>
       <c r="L12" t="s">
-        <v>868</v>
+        <v>879</v>
       </c>
       <c r="M12" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
       <c r="N12" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>872</v>
+        <v>881</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>745</v>
       </c>
       <c r="B13" t="s">
-        <v>873</v>
+        <v>882</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>874</v>
+        <v>883</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="H13" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="I13" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="J13" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="K13" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="L13" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="M13" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="N13" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="O13" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="P13" t="s">
-        <v>884</v>
-[...11 lines deleted...]
-        <v>888</v>
+        <v>893</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>745</v>
       </c>
       <c r="B14" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="H14" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="I14" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="J14" t="s">
-        <v>785</v>
+        <v>899</v>
       </c>
       <c r="K14" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="L14" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="M14" t="s">
-        <v>896</v>
+        <v>902</v>
+      </c>
+      <c r="N14" t="s">
+        <v>903</v>
+      </c>
+      <c r="O14" t="s">
+        <v>904</v>
+      </c>
+      <c r="P14" t="s">
+        <v>905</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>906</v>
+      </c>
+      <c r="R14" t="s">
+        <v>907</v>
+      </c>
+      <c r="S14" t="s">
+        <v>908</v>
+      </c>
+      <c r="T14" t="s">
+        <v>909</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>745</v>
       </c>
       <c r="B15" t="s">
-        <v>897</v>
+        <v>910</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>898</v>
+        <v>911</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>899</v>
+        <v>912</v>
       </c>
       <c r="H15" t="s">
-        <v>900</v>
+        <v>913</v>
       </c>
       <c r="I15" t="s">
-        <v>901</v>
+        <v>914</v>
       </c>
       <c r="J15" t="s">
-        <v>902</v>
+        <v>817</v>
       </c>
       <c r="K15" t="s">
-        <v>903</v>
+        <v>915</v>
       </c>
       <c r="L15" t="s">
-        <v>904</v>
+        <v>916</v>
       </c>
       <c r="M15" t="s">
-        <v>905</v>
+        <v>917</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>745</v>
       </c>
       <c r="B16" t="s">
-        <v>906</v>
+        <v>918</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>908</v>
+        <v>920</v>
       </c>
       <c r="H16" t="s">
-        <v>909</v>
+        <v>921</v>
       </c>
       <c r="I16" t="s">
-        <v>910</v>
+        <v>922</v>
       </c>
       <c r="J16" t="s">
-        <v>911</v>
+        <v>923</v>
       </c>
       <c r="K16" t="s">
-        <v>912</v>
+        <v>924</v>
       </c>
       <c r="L16" t="s">
-        <v>913</v>
+        <v>925</v>
       </c>
       <c r="M16" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>915</v>
+        <v>926</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>745</v>
       </c>
       <c r="B17" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="H17" t="s">
-        <v>919</v>
+        <v>930</v>
       </c>
       <c r="I17" t="s">
-        <v>920</v>
+        <v>931</v>
       </c>
       <c r="J17" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="K17" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="L17" t="s">
-        <v>923</v>
+        <v>934</v>
+      </c>
+      <c r="M17" t="s">
+        <v>935</v>
+      </c>
+      <c r="N17" t="s">
+        <v>936</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>745</v>
       </c>
       <c r="B18" t="s">
-        <v>924</v>
+        <v>937</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>925</v>
+        <v>938</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>926</v>
+        <v>939</v>
       </c>
       <c r="H18" t="s">
-        <v>927</v>
+        <v>940</v>
       </c>
       <c r="I18" t="s">
-        <v>928</v>
+        <v>941</v>
       </c>
       <c r="J18" t="s">
-        <v>878</v>
+        <v>942</v>
       </c>
       <c r="K18" t="s">
-        <v>929</v>
+        <v>943</v>
       </c>
       <c r="L18" t="s">
-        <v>930</v>
-[...14 lines deleted...]
-        <v>935</v>
+        <v>944</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>745</v>
       </c>
       <c r="B19" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>937</v>
+        <v>946</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="H19" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="I19" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="J19" t="s">
-        <v>941</v>
+        <v>899</v>
       </c>
       <c r="K19" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="L19" t="s">
-        <v>943</v>
+        <v>951</v>
       </c>
       <c r="M19" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="N19" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="O19" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="P19" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="Q19" t="s">
-        <v>948</v>
-[...14 lines deleted...]
-        <v>953</v>
+        <v>956</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>745</v>
       </c>
       <c r="B20" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="H20" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="I20" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="J20" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="K20" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="L20" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="M20" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="N20" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="O20" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="P20" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="Q20" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>745</v>
       </c>
       <c r="B21" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="H21" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="I21" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="J21" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="K21" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="L21" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="M21" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="N21" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="O21" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>745</v>
       </c>
       <c r="B22" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="H22" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="I22" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="J22" t="s">
-        <v>785</v>
+        <v>817</v>
       </c>
       <c r="K22" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="L22" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="M22" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="N22" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>745</v>
       </c>
       <c r="B23" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="H23" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="I23" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="J23" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="K23" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="L23" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>745</v>
       </c>
       <c r="B24" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="H24" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="I24" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="J24" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="K24" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="L24" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>745</v>
       </c>
       <c r="B25" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="H25" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="I25" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="J25" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="K25" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="L25" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="M25" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="N25" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="O25" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>745</v>
       </c>
       <c r="B26" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="H26" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="I26" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="J26" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="K26" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="L26" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="M26" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="N26" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="O26" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>745</v>
       </c>
       <c r="B27" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="H27" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="I27" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="J27" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="K27" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="L27" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>745</v>
       </c>
       <c r="B28" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="H28" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="I28" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="J28" t="s">
-        <v>801</v>
+        <v>833</v>
       </c>
       <c r="K28" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="L28" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="M28" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>745</v>
       </c>
       <c r="B29" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="H29" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="I29" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="J29" t="s">
-        <v>833</v>
+        <v>854</v>
       </c>
       <c r="K29" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="L29" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="M29" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="N29" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="O29" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>745</v>
       </c>
       <c r="B30" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="H30" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="I30" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="J30" t="s">
-        <v>856</v>
+        <v>877</v>
       </c>
       <c r="K30" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="L30" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>745</v>
       </c>
       <c r="B31" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="H31" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="I31" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="J31" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="K31" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="L31" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="M31" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="N31" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>745</v>
       </c>
       <c r="B32" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="H32" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="I32" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="J32" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="K32" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="L32" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="M32" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="N32" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>745</v>
       </c>
       <c r="B33" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="H33" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="I33" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="J33" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="K33" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="L33" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="M33" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>745</v>
       </c>
       <c r="B34" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="H34" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="I34" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="J34" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="K34" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="L34" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>745</v>
       </c>
       <c r="B35" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="H35" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="I35" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="J35" t="s">
-        <v>856</v>
+        <v>877</v>
       </c>
       <c r="K35" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="L35" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="M35" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="N35" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="O35" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="P35" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="Q35" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="R35" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="S35" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="T35" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="U35" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="V35" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="W35" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="X35" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="Y35" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="Z35" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="AA35" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>745</v>
       </c>
       <c r="B36" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="H36" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="I36" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="J36" t="s">
-        <v>878</v>
+        <v>899</v>
       </c>
       <c r="K36" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="L36" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="M36" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>745</v>
       </c>
       <c r="B37" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="H37" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="I37" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="J37" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="K37" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="L37" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="M37" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="N37" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>745</v>
       </c>
       <c r="B38" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="H38" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="I38" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="J38" t="s">
-        <v>833</v>
+        <v>854</v>
       </c>
       <c r="K38" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="L38" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="M38" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="N38" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>745</v>
       </c>
       <c r="B39" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="H39" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="I39" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="J39" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="K39" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="L39" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>745</v>
       </c>
       <c r="B40" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="H40" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="I40" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="J40" t="s">
-        <v>856</v>
+        <v>877</v>
       </c>
       <c r="K40" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>745</v>
       </c>
       <c r="B41" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="H41" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="I41" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="J41" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="K41" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="L41" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>745</v>
       </c>
       <c r="B42" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="H42" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="I42" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="J42" t="s">
-        <v>810</v>
+        <v>771</v>
       </c>
       <c r="K42" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>745</v>
       </c>
       <c r="B43" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="H43" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="I43" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="J43" t="s">
-        <v>810</v>
+        <v>771</v>
       </c>
       <c r="K43" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>745</v>
       </c>
       <c r="B44" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="H44" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="I44" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="J44" t="s">
-        <v>941</v>
+        <v>751</v>
       </c>
       <c r="K44" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>745</v>
       </c>
       <c r="B45" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="H45" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="I45" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="J45" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="K45" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>745</v>
       </c>
       <c r="B46" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="H46" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="I46" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="J46" t="s">
         <v>13</v>
       </c>
       <c r="K46" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B2" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="C2" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="H2" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B3" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="C3" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="H3" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B4" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="H4" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B5" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>639</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="H5" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B6" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="C6" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="H6" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B7" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="C7" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="H7" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B8" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="C8" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="H8" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B9" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>1224</v>
       </c>
-      <c r="C9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="H9" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B10" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="C10" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="H10" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B11" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="C11" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="H11" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B12" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="C12" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="H12" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="B13" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="C13" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="H13" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>