--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -51,51 +51,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId15" sheetId="13"/>
     <sheet name="Export Avis et décisions de la " r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5103" uniqueCount="3215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5143" uniqueCount="3238">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -953,65 +953,80 @@
   <si>
     <t>Événement</t>
   </si>
   <si>
     <t>Enquête sur votre connaissance de « PACTE Soins Primaires » (PACTE SP)</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) et l’École des Hautes études en santé publique (EHESP) se mobilisent dans le cadre de la feuille de route nationale 2023-2025 du Ministère de la Santé et de la Prévention « Améliorer la sécurité des patients et des résidents ».</t>
   </si>
   <si>
     <t>13/06/2024 13:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522096/fr/enquete-sur-votre-connaissance-de-pacte-soins-primaires-pacte-sp</t>
   </si>
   <si>
     <t>p_3522096</t>
   </si>
   <si>
     <t>???</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
-    <t>IQSS 2025 : 6 indicateurs de réhospitalisations après chirurgie ambulatoire</t>
+    <t>IQSS 2025 : six indicateurs de réhospitalisations après chirurgie ambulatoire</t>
   </si>
   <si>
     <t>Campagnes nationales 2025 de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO 2024).</t>
   </si>
   <si>
     <t>10/02/2023 15:37:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3409378/fr/iqss-2025-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire</t>
+    <t>https://www.has-sante.fr/jcms/p_3409378/fr/iqss-2025-six-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>p_3409378</t>
   </si>
   <si>
+    <t>Comment renforcer l’expertise au service du virage préventif ? - Note d'analyse prospective 2025</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont la prise en compte des données probantes dans la décision en prévention et promotion de la santé peut être renforcée, afin d’accélérer le virage préventif.</t>
+  </si>
+  <si>
+    <t>12/11/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702006/fr/comment-renforcer-l-expertise-au-service-du-virage-preventif-note-d-analyse-prospective-2025</t>
+  </si>
+  <si>
+    <t>p_3702006</t>
+  </si>
+  <si>
     <t>IQSS 2024 - Évènements thrombo-emboliques après pose de prothèse totale de hanche (ETE-PTH)</t>
   </si>
   <si>
     <t>Campagne nationale 2024 de mesure de l’indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique : complications thrombo-emboliques après pose de prothèse totale de hanche (données PMSI MCO 2023, évolution 2022-2023).</t>
   </si>
   <si>
     <t>26/01/2023 00:00:00</t>
   </si>
   <si>
     <t>17/12/2024 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293932/fr/iqss-2024-evenements-thrombo-emboliques-apres-pose-de-prothese-totale-de-hanche-ete-pth</t>
   </si>
   <si>
     <t>p_3293932</t>
   </si>
   <si>
     <t>IQSS 2024 - Évènements thrombo-emboliques après pose de prothèse totale de genou (ETE-PTG)</t>
   </si>
   <si>
     <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : complications thrombo-emboliques après pose de prothèse totale de genou (données PMSI MCO 2023, évolution 2022-2023).</t>
   </si>
   <si>
     <t>10/02/2023 11:51:00</t>
@@ -1352,50 +1367,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1725475/fr/pertinence-du-recours-a-l-hospitalisation-pour-bronchiolite</t>
   </si>
   <si>
     <t>c_1725475</t>
   </si>
   <si>
     <t>Pertinence du recours à l’hospitalisation pour bronchopneumopathie chronique surinfectée</t>
   </si>
   <si>
     <t>La note de problématique pertinence du recours à l’hospitalisation pour bronchopneumopathie chronique surinfectée analyse les données du PMSI et en décrit les limites quant à leur interprétation. Elle identifie les points d’amélioration de la pratique pour le diagnostic et la prise en charge de la BPCO tant en phase stable qu’au cours des exacerbations.</t>
   </si>
   <si>
     <t>29/04/2013 11:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1725478/fr/pertinence-du-recours-a-l-hospitalisation-pour-bronchopneumopathie-chronique-surinfectee</t>
   </si>
   <si>
     <t>c_1725478</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
+    <t>Label - Flash Sécurité Patient – « Rupture de la rate après une coloscopie. Un diagnostic à ne pas rater ! »</t>
+  </si>
+  <si>
+    <t>Les ruptures spléniques après coloscopie sont une complication rare (≈0,5/10 000) mais grave, souvent retardée et difficile à diagnostiquer, pouvant entraîner un choc hémorragique et un décès dans 5 % des cas.</t>
+  </si>
+  <si>
+    <t>05/12/2025 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776052/fr/label-flash-securite-patient-rupture-de-la-rate-apres-une-coloscopie-un-diagnostic-a-ne-pas-rater</t>
+  </si>
+  <si>
+    <t>p_3776052</t>
+  </si>
+  <si>
     <t>Label - Flash Sécurité Patient - « Erreur de côté lors d’une anesthésie loco-régionale. À gauche ou à droite ? Jamais sans mon check ! »</t>
   </si>
   <si>
     <t>Les erreurs de côté constituent un risque persistant lors d’une anesthésie loco-régionale.</t>
   </si>
   <si>
     <t>23/10/2025 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701726/fr/label-flash-securite-patient-erreur-de-cote-lors-d-une-anesthesie-loco-regionale-a-gauche-ou-a-droite-jamais-sans-mon-check</t>
   </si>
   <si>
     <t>p_3701726</t>
   </si>
   <si>
     <t>Dossier de liaison d’urgence domicile (DLU-Dom)</t>
   </si>
   <si>
     <t>Afin de limiter la durée d’attentes aux urgences, de fluidifier le parcours et de rendre plus efficiente la prise en charge, les urgentistes recommandent la mise en place d’un dossier de liaison d’urgence domicile (DLU-Dom ) les informations qui sont nécessaires : identité et lieu de vie, le motif du recours aux soins, antécédents significatifs, traitements et intervenants habituels.</t>
   </si>
   <si>
     <t>26/03/2021 12:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3210058/fr/dossier-de-liaison-d-urgence-domicile-dlu-dom</t>
@@ -3806,51 +3836,51 @@
   <si>
     <t>Dans le cadre de son programme « santé mentale et psychiatrie » 2025-2030, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur le repérage et la prise en charge des personnes présentant un premier épisode psychotique (PEP) ou un haut risque d’évolution vers une psychose (HRP).</t>
   </si>
   <si>
     <t>09/07/2025 00:00:00</t>
   </si>
   <si>
     <t>21/07/2025 17:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636163/fr/reperage-et-prise-en-charge-des-personnes-presentant-un-premier-episode-psychotique-ou-un-risque-d-evolution-vers-une-psychose-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3636163</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
   </si>
   <si>
     <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>26/05/2025 11:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3261731</t>
   </si>
@@ -4994,74 +5024,98 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1729194/fr/sortie-de-maternite-preparez-votre-retour-a-la-maison-document-d-information-destine-aux-femmes-enceintes</t>
   </si>
   <si>
     <t>c_1729194</t>
   </si>
   <si>
     <t>Lunettes de vue : mode d’emploi pour les renouveler</t>
   </si>
   <si>
     <t>Depuis 2007*, les opticiens-lunetiers peuvent adapter, dans le cadre d'un renouvellement, les prescriptions médicales initiales de verres correcteurs datant de moins de 3 ans, chez les personnes d’au moins 16 ans, à la condition que l’ophtalmologiste n’ait pas notifié son opposition sur l’ordonnance. En effet, l'ophtalmologiste peut décider, dans des situations particulières qui nécessitent un suivi médical rapproché, de limiter ou de s’opposer au renouvellement par l’opticien. Dans certains cas également, l’opticien devra orienter la personne vers l’ophtalmologiste avant toute délivrance de lunettes. Vous trouverez dans ce document des informations sur : les troubles de la vue et les professionnels de santé qui s’en occupent la marche à suivre pour remplacer ses lunettes quand celles-ci ne sont plus à votre vue les symptômes qui doivent vous alerter et vous amener à consulter un ophtalmologiste * article 54 de la loi n° 2006-1640 du 21 décembre 2006 de financement de la Sécurité sociale et ses décrets d’application (décrets n° 2007-553 et n° 2007-551 du 13 avril 2007)</t>
   </si>
   <si>
     <t>08/06/2012 16:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1253529/fr/lunettes-de-vue-mode-d-emploi-pour-les-renouveler</t>
   </si>
   <si>
     <t>c_1253529</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
+    <t>Accès précoce à des médicaments présumés innovants : pour un pari mieux éclairé</t>
+  </si>
+  <si>
+    <t>L’évaluation des demandes d’accès précoce à des médicaments comprend par nature une forme d’incertitude. En effet, elle repose notamment sur l’appréciation de la présomption d’innovation et non sur la démonstration de cette innovation. Afin de définir les données minimales requises pour confirmer ou réfuter le bénéfice clinique supplémentaire du traitement par rapport aux alternatives disponibles et ainsi limiter la prise de risque pour les patients, la Haute Autorité de santé (HAS) actualise sa doctrine d’évaluation.</t>
+  </si>
+  <si>
+    <t>19/12/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806377/fr/acces-precoce-a-des-medicaments-presumes-innovants-pour-un-pari-mieux-eclaire</t>
+  </si>
+  <si>
+    <t>p_3806377</t>
+  </si>
+  <si>
+    <t>Des données probantes pour accélérer le virage préventif</t>
+  </si>
+  <si>
+    <t>Thématique phare de son projet stratégique 2025-2030, la prévention est le sujet de la nouvelle analyse prospective du système de santé, adressée par la Haute Autorité de santé (HAS) au Gouvernement et au Parlement. Dans un contexte marqué par de fortes contraintes budgétaires, la HAS appelle à renforcer l’éclairage des décideurs par des données probantes pour leur permettre d’apprécier la pertinence des interventions de prévention et de promotion de la santé et donc les bénéfices attendus pour la population. A cet effet, elle propose notamment de construire et mettre en place une « boîte à outils » à destination de l’ensemble des acteurs concernés, et de structurer leur dialogue autour de cet enjeu.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737647/fr/des-donnees-probantes-pour-accelerer-le-virage-preventif</t>
+  </si>
+  <si>
+    <t>p_3737647</t>
+  </si>
+  <si>
     <t>Parcours de transition des personnes transgenres : la HAS réaffirme la nécessité de protéger les experts</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) avait saisi le Conseil d’Etat d’un pourvoi en cassation contre un jugement du tribunal administratif de Montreuil lui enjoignant, à la demande d’une association, de communiquer la liste des membres du groupe de travail participant à l’élaboration des recommandations sur la transition de genre, et qui ont été récemment publiées. Après avoir accordé à la HAS un sursis à exécution, le Conseil d’Etat rejette finalement le pourvoi. La HAS prend acte de cette décision qui souligne toutefois que les textes actuels, sur lesquels le juge s’est fondé, ne garantissent pas suffisamment la protection des experts participant à l’expertise en santé. Attachée à la protection des experts et au principe d’indépendance de l’expertise, la HAS appelle à une évolution législative.</t>
   </si>
   <si>
     <t>29/07/2025 17:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639305/fr/parcours-de-transition-des-personnes-transgenres-la-has-reaffirme-la-necessite-de-proteger-les-experts</t>
   </si>
   <si>
     <t>p_3639305</t>
   </si>
   <si>
     <t>Transition de genre : la HAS publie les premières recommandations sur la prise en charge médicale de l’adulte</t>
   </si>
   <si>
     <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé (HAS) publie le premier volet de ses recommandations portant sur l’accompagnement et la prise en charge médicale des personnes trans souhaitant s’engager dans une démarche de transition de genre. Ce premier volet est consacré aux personnes âgées de 18 ans et plus. Destinées aux professionnels de santé, ces recommandations visent à homogénéiser les pratiques et garantir une prise en charge sécurisée et de qualité. Elles insistent notamment sur l’accueil, l’écoute et l’information des personnes concernées en vue d’une décision éclairée. La HAS élaborera dans un second temps des recommandations de bonnes pratiques concernant les mineurs.</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:00</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3636602/fr/transition-de-genre-la-has-publie-les-premieres-recommandations-sur-la-prise-en-charge-medicale-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636602</t>
   </si>
   <si>
     <t>Vers une meilleure collaboration entre la protection de l’enfance et la psychiatrie de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Les enfants qui bénéficient d’une mesure de protection[1],[2] ont à la fois un risque plus important de présenter des troubles psychiques et neurodéveloppementaux et des difficultés d’accès aux soins psychiatriques. Par ailleurs, la continuité de leurs parcours de soins peut ensuite être compromise, entre autres, par manque de coordination entre les acteurs de protection de l’enfance et ceux de la psychiatrie de l’enfant et de l’adolescent. Dans ce contexte, la Haute Autorité de santé (HAS) s’est auto-saisie pour élaborer une recommandation afin de favoriser la coordination entre les acteurs des deux champs concernés. Ce travail s’inscrit dans le cadre de son propre programme « santé mentale et psychiatrie » et dans un contexte où la santé mentale est Grande cause nationale 2025.</t>
   </si>
   <si>
     <t>26/05/2025 11:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3607991/fr/vers-une-meilleure-collaboration-entre-la-protection-de-l-enfance-et-la-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3607991</t>
   </si>
   <si>
     <t>Mieux prévenir et gérer les événements indésirables graves associés aux soins survenant chez les nouveau-nés</t>
   </si>
   <si>
     <t>Face à l'augmentation de la mortalité infantile en France, et sachant que cette évolution préoccupante a des origines multifactorielles, la HAS a analysé 328 déclarations d’événements indésirables graves associés aux soins (EIGS) survenus spécifiquement chez les nouveau-nés et reçues entre le 1er mars 2017 et le 27 mai 2024. Le rapport publié aujourd’hui identifie les causes de ces EIGS et en tire des enseignements conduisant à formuler dix préconisations. Il a pour objectif d’éclairer sur les circonstances des accidents déclarés, d’orienter les actions des pouvoirs publics et des acteurs de la périnatalité, et ainsi de consolider le niveau de sécurité des prises en charge périnatales en France.</t>
@@ -8363,95 +8417,125 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1084153/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-de-ponction-medullaire-en-crete-iliaque-posterieure-a-visee-diagnostique-ou-therapeutique-par-une-infirmiere-en-lieu-et-place-d-un-medecin</t>
   </si>
   <si>
     <t>c_1084153</t>
   </si>
   <si>
     <t>Avis de la HAS sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice : "Réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins"</t>
   </si>
   <si>
     <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Haute Normandie a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice, pour la réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins.</t>
   </si>
   <si>
     <t>12/07/2011 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1084155/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-d-echographies-par-les-manipulateurs-d-electroradiologie-validee-par-des-medecins</t>
   </si>
   <si>
     <t>c_1084155</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
+    <t>Visualisation dynamique des taux nationaux de réhospitalisations après chirurgie</t>
+  </si>
+  <si>
+    <t>Accéder à la visualisation dynamique des taux nationaux de réhospitalisations après chirurgie ambulatoire par intervention (racine de GHM) calculés à partir du PMSI MCO de 2021 à 2024.</t>
+  </si>
+  <si>
+    <t>04/12/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776008/fr/visualisation-dynamique-des-taux-nationaux-de-rehospitalisations-apres-chirurgie</t>
+  </si>
+  <si>
+    <t>p_3776008</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
     <t>Construire, organiser les parcours/ma santé 2022</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) accompagne les professionnels dans l’évolution de leurs pratiques, qui passe par une meilleure coordination de la prise en charge du patient tout au long de son parcours de soins. Elle propose des outils pour faciliter la mise en œuvre et l’organisation des parcours de soins.</t>
   </si>
   <si>
     <t>13/06/2023 09:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1647022/fr/construire-organiser-les-parcours/ma-sante-2022</t>
   </si>
   <si>
     <t>c_1647022</t>
   </si>
   <si>
     <t>5e cycle de certification</t>
   </si>
   <si>
     <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
   </si>
   <si>
     <t>25/11/2020 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
   </si>
   <si>
     <t>r_1495044</t>
   </si>
   <si>
-    <t>Mettre en œuvre le 6e cycle de certification</t>
-[...13 lines deleted...]
-  <si>
     <t>Lauréats du challenge patient 2025</t>
   </si>
   <si>
     <t>Dans le cadre du challenge patient 2025, quatre équipes ont été récompensées pour leurs initiatives innovantes visant à renforcer l’implication des patients dans la sécurité de leurs soin.</t>
   </si>
   <si>
     <t>18/09/2025 13:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3685394/fr/laureats-du-challenge-patient-2025</t>
   </si>
   <si>
     <t>p_3685394</t>
   </si>
   <si>
     <t>Lauréats du challenge patient 2024 - Un an après...</t>
   </si>
   <si>
     <t>Dans le cadre du challenge patient 2024, trois équipes du secteur sanitaire ont été récompensées pour leurs initiatives innovantes visant à renforcer l’implication des patients dans la sécurité de leurs soin. Un an après, la HAS a interviewé ces équipes afin de faire un point sur l'évolution de leur projet et partager leur retour d'expérience.</t>
   </si>
   <si>
     <t>16/09/2025 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3685230/fr/laureats-du-challenge-patient-2024-un-an-apres</t>
@@ -8490,65 +8574,50 @@
     <t>c_2582468</t>
   </si>
   <si>
     <t>Méthodes et publications</t>
   </si>
   <si>
     <t>24/05/2022 09:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1021017/fr/methodes-et-publications</t>
   </si>
   <si>
     <t>c_1021017</t>
   </si>
   <si>
     <t>La 2e édition du challenge patient « Et chez vous, comment le patient participe-t-il à la sécurité de ses soins ? » 2025 - CLOS</t>
   </si>
   <si>
     <t>10/03/2025 11:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594699/fr/la-2e-edition-du-challenge-patient-et-chez-vous-comment-le-patient-participe-t-il-a-la-securite-de-ses-soins-2025-clos</t>
   </si>
   <si>
     <t>p_3594699</t>
-  </si>
-[...13 lines deleted...]
-    <t>r_1500918</t>
   </si>
   <si>
     <t>Résultats de l'enquête de connaissance sur « PACTE Soins Primaires » (PACTE SP)</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) et l’École des Hautes études en santé publique (EHESP) se mobilisent dans le cadre de la feuille de route nationale 2023-2025 du ministère de la Santé et de la Prévention « Améliorer la sécurité des patients et des résidents ».</t>
   </si>
   <si>
     <t>04/02/2025 08:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587902/fr/resultats-de-l-enquete-de-connaissance-sur-pacte-soins-primaires-pacte-sp</t>
   </si>
   <si>
     <t>p_3587902</t>
   </si>
   <si>
     <t>IQSS - Archives : Infections du site opératoire (ISO) après pose de prothèse totale de hanche -hors fracture- (PTH) ou de genou (PTG) - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de hanche -hors fracture- ou de genou (données PMSI MCO).</t>
   </si>
   <si>
     <t>20/12/2023 11:27:00</t>
   </si>
@@ -10210,10256 +10279,10334 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B2" t="s">
-        <v>1236</v>
+        <v>1246</v>
       </c>
       <c r="C2" t="s">
-        <v>1237</v>
+        <v>1247</v>
       </c>
       <c r="D2" t="s">
-        <v>1238</v>
+        <v>1248</v>
       </c>
       <c r="E2" t="s">
-        <v>1239</v>
+        <v>1249</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1240</v>
+        <v>1250</v>
       </c>
       <c r="H2" t="s">
-        <v>1241</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B3" t="s">
-        <v>1242</v>
+        <v>1252</v>
       </c>
       <c r="C3" t="s">
-        <v>1243</v>
+        <v>1253</v>
       </c>
       <c r="D3" t="s">
-        <v>1244</v>
+        <v>1254</v>
       </c>
       <c r="E3" t="s">
-        <v>1245</v>
+        <v>1255</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="H3" t="s">
-        <v>1247</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B4" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="C4" t="s">
-        <v>1249</v>
+        <v>1259</v>
       </c>
       <c r="D4" t="s">
-        <v>1250</v>
+        <v>1260</v>
       </c>
       <c r="E4" t="s">
-        <v>1251</v>
+        <v>1261</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="H4" t="s">
-        <v>1253</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B5" t="s">
-        <v>1254</v>
+        <v>1264</v>
       </c>
       <c r="C5" t="s">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="D5" t="s">
-        <v>1256</v>
+        <v>1266</v>
       </c>
       <c r="E5" t="s">
-        <v>1257</v>
+        <v>1267</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1258</v>
+        <v>1268</v>
       </c>
       <c r="H5" t="s">
-        <v>1259</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B6" t="s">
-        <v>1260</v>
+        <v>1270</v>
       </c>
       <c r="C6" t="s">
-        <v>1261</v>
+        <v>1271</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>1262</v>
+        <v>1272</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1263</v>
+        <v>1273</v>
       </c>
       <c r="H6" t="s">
-        <v>1264</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B7" t="s">
-        <v>1265</v>
+        <v>1275</v>
       </c>
       <c r="C7" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
       <c r="D7" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
       <c r="E7" t="s">
-        <v>1268</v>
+        <v>1278</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="H7" t="s">
-        <v>1270</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B8" t="s">
-        <v>1271</v>
+        <v>1281</v>
       </c>
       <c r="C8" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
       <c r="D8" t="s">
-        <v>1273</v>
+        <v>1283</v>
       </c>
       <c r="E8" t="s">
-        <v>1274</v>
+        <v>1284</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1275</v>
+        <v>1285</v>
       </c>
       <c r="H8" t="s">
-        <v>1276</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B9" t="s">
-        <v>1277</v>
+        <v>1287</v>
       </c>
       <c r="C9" t="s">
-        <v>1278</v>
+        <v>1288</v>
       </c>
       <c r="D9" t="s">
         <v>143</v>
       </c>
       <c r="E9" t="s">
-        <v>1279</v>
+        <v>1289</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1280</v>
+        <v>1290</v>
       </c>
       <c r="H9" t="s">
-        <v>1281</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B10" t="s">
-        <v>1282</v>
+        <v>1292</v>
       </c>
       <c r="C10" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
       <c r="D10" t="s">
-        <v>1284</v>
+        <v>1294</v>
       </c>
       <c r="E10" t="s">
-        <v>1285</v>
+        <v>1295</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1286</v>
+        <v>1296</v>
       </c>
       <c r="H10" t="s">
-        <v>1287</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B11" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
       <c r="C11" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
       <c r="D11" t="s">
-        <v>1290</v>
+        <v>1300</v>
       </c>
       <c r="E11" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1292</v>
+        <v>1302</v>
       </c>
       <c r="H11" t="s">
-        <v>1293</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B12" t="s">
-        <v>1294</v>
+        <v>1304</v>
       </c>
       <c r="C12" t="s">
-        <v>1295</v>
+        <v>1305</v>
       </c>
       <c r="D12" t="s">
-        <v>1296</v>
+        <v>1306</v>
       </c>
       <c r="E12" t="s">
-        <v>1297</v>
+        <v>1307</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1298</v>
+        <v>1308</v>
       </c>
       <c r="H12" t="s">
-        <v>1299</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B13" t="s">
-        <v>1300</v>
+        <v>1310</v>
       </c>
       <c r="C13" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
       <c r="D13" t="s">
-        <v>1302</v>
+        <v>1312</v>
       </c>
       <c r="E13" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1304</v>
+        <v>1314</v>
       </c>
       <c r="H13" t="s">
-        <v>1305</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B14" t="s">
-        <v>1306</v>
+        <v>1316</v>
       </c>
       <c r="C14" t="s">
-        <v>1307</v>
+        <v>1317</v>
       </c>
       <c r="D14" t="s">
-        <v>1308</v>
+        <v>1318</v>
       </c>
       <c r="E14" t="s">
-        <v>1309</v>
+        <v>1319</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1310</v>
+        <v>1320</v>
       </c>
       <c r="H14" t="s">
-        <v>1311</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B15" t="s">
-        <v>1312</v>
+        <v>1322</v>
       </c>
       <c r="C15" t="s">
-        <v>1313</v>
+        <v>1323</v>
       </c>
       <c r="D15" t="s">
-        <v>1314</v>
+        <v>1324</v>
       </c>
       <c r="E15" t="s">
-        <v>1315</v>
+        <v>1325</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1316</v>
+        <v>1326</v>
       </c>
       <c r="H15" t="s">
-        <v>1317</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B16" t="s">
-        <v>1318</v>
+        <v>1328</v>
       </c>
       <c r="C16" t="s">
-        <v>1319</v>
+        <v>1329</v>
       </c>
       <c r="D16" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="E16" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
       <c r="H16" t="s">
-        <v>1323</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B17" t="s">
-        <v>1324</v>
+        <v>1334</v>
       </c>
       <c r="C17" t="s">
-        <v>1325</v>
+        <v>1335</v>
       </c>
       <c r="D17" t="s">
-        <v>1326</v>
+        <v>1336</v>
       </c>
       <c r="E17" t="s">
-        <v>1327</v>
+        <v>1337</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1328</v>
+        <v>1338</v>
       </c>
       <c r="H17" t="s">
-        <v>1329</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B18" t="s">
-        <v>1330</v>
+        <v>1340</v>
       </c>
       <c r="C18" t="s">
-        <v>1331</v>
+        <v>1341</v>
       </c>
       <c r="D18" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="E18" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="H18" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B19" t="s">
-        <v>1336</v>
+        <v>1346</v>
       </c>
       <c r="C19" t="s">
-        <v>1337</v>
+        <v>1347</v>
       </c>
       <c r="D19" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="E19" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
       <c r="H19" t="s">
-        <v>1341</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B20" t="s">
-        <v>1342</v>
+        <v>1352</v>
       </c>
       <c r="C20" t="s">
-        <v>1343</v>
+        <v>1353</v>
       </c>
       <c r="D20" t="s">
-        <v>1344</v>
+        <v>1354</v>
       </c>
       <c r="E20" t="s">
-        <v>1345</v>
+        <v>1355</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1346</v>
+        <v>1356</v>
       </c>
       <c r="H20" t="s">
-        <v>1347</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B21" t="s">
-        <v>1348</v>
+        <v>1358</v>
       </c>
       <c r="C21" t="s">
-        <v>1349</v>
+        <v>1359</v>
       </c>
       <c r="D21" t="s">
-        <v>1350</v>
+        <v>1360</v>
       </c>
       <c r="E21" t="s">
-        <v>1351</v>
+        <v>1361</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
       <c r="H21" t="s">
-        <v>1353</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B22" t="s">
-        <v>1354</v>
+        <v>1364</v>
       </c>
       <c r="C22" t="s">
-        <v>1355</v>
+        <v>1365</v>
       </c>
       <c r="D22" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
       <c r="E22" t="s">
-        <v>1357</v>
+        <v>1367</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1358</v>
+        <v>1368</v>
       </c>
       <c r="H22" t="s">
-        <v>1359</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B23" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
       <c r="C23" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="D23" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="E23" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1364</v>
+        <v>1374</v>
       </c>
       <c r="H23" t="s">
-        <v>1365</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B24" t="s">
-        <v>1366</v>
+        <v>1376</v>
       </c>
       <c r="C24" t="s">
-        <v>1367</v>
+        <v>1377</v>
       </c>
       <c r="D24" t="s">
-        <v>1368</v>
+        <v>1378</v>
       </c>
       <c r="E24" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1370</v>
+        <v>1380</v>
       </c>
       <c r="H24" t="s">
-        <v>1371</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B25" t="s">
-        <v>1372</v>
+        <v>1382</v>
       </c>
       <c r="C25" t="s">
-        <v>1373</v>
+        <v>1383</v>
       </c>
       <c r="D25" t="s">
-        <v>1374</v>
+        <v>1384</v>
       </c>
       <c r="E25" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="H25" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B26" t="s">
-        <v>1378</v>
+        <v>1388</v>
       </c>
       <c r="C26" t="s">
-        <v>1379</v>
+        <v>1389</v>
       </c>
       <c r="D26" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="E26" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1382</v>
+        <v>1392</v>
       </c>
       <c r="H26" t="s">
-        <v>1383</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B27" t="s">
-        <v>1384</v>
+        <v>1394</v>
       </c>
       <c r="C27" t="s">
-        <v>1385</v>
+        <v>1395</v>
       </c>
       <c r="D27" t="s">
-        <v>1386</v>
+        <v>1396</v>
       </c>
       <c r="E27" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1388</v>
+        <v>1398</v>
       </c>
       <c r="H27" t="s">
-        <v>1389</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B28" t="s">
-        <v>1390</v>
+        <v>1400</v>
       </c>
       <c r="C28" t="s">
-        <v>1391</v>
+        <v>1401</v>
       </c>
       <c r="D28" t="s">
-        <v>1392</v>
+        <v>1402</v>
       </c>
       <c r="E28" t="s">
-        <v>1393</v>
+        <v>1403</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1394</v>
+        <v>1404</v>
       </c>
       <c r="H28" t="s">
-        <v>1395</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B29" t="s">
-        <v>1396</v>
+        <v>1406</v>
       </c>
       <c r="C29" t="s">
-        <v>1397</v>
+        <v>1407</v>
       </c>
       <c r="D29" t="s">
-        <v>1398</v>
+        <v>1408</v>
       </c>
       <c r="E29" t="s">
-        <v>1399</v>
+        <v>1409</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1400</v>
+        <v>1410</v>
       </c>
       <c r="H29" t="s">
-        <v>1401</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B30" t="s">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="C30" t="s">
-        <v>1403</v>
+        <v>1413</v>
       </c>
       <c r="D30" t="s">
-        <v>1404</v>
+        <v>1414</v>
       </c>
       <c r="E30" t="s">
-        <v>1405</v>
+        <v>1415</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1406</v>
+        <v>1416</v>
       </c>
       <c r="H30" t="s">
-        <v>1407</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B31" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
       <c r="C31" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="D31" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="E31" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1412</v>
+        <v>1422</v>
       </c>
       <c r="H31" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B32" t="s">
-        <v>1414</v>
+        <v>1424</v>
       </c>
       <c r="C32" t="s">
-        <v>1415</v>
+        <v>1425</v>
       </c>
       <c r="D32" t="s">
-        <v>1416</v>
+        <v>1426</v>
       </c>
       <c r="E32" t="s">
-        <v>1417</v>
+        <v>1427</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1418</v>
+        <v>1428</v>
       </c>
       <c r="H32" t="s">
-        <v>1419</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B33" t="s">
-        <v>1420</v>
+        <v>1430</v>
       </c>
       <c r="C33" t="s">
-        <v>1421</v>
+        <v>1431</v>
       </c>
       <c r="D33" t="s">
-        <v>1422</v>
+        <v>1432</v>
       </c>
       <c r="E33" t="s">
-        <v>1423</v>
+        <v>1433</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1424</v>
+        <v>1434</v>
       </c>
       <c r="H33" t="s">
-        <v>1425</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B34" t="s">
-        <v>1426</v>
+        <v>1436</v>
       </c>
       <c r="C34" t="s">
-        <v>1427</v>
+        <v>1437</v>
       </c>
       <c r="D34" t="s">
-        <v>1428</v>
+        <v>1438</v>
       </c>
       <c r="E34" t="s">
-        <v>1429</v>
+        <v>1439</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1430</v>
+        <v>1440</v>
       </c>
       <c r="H34" t="s">
-        <v>1431</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B35" t="s">
-        <v>1432</v>
+        <v>1442</v>
       </c>
       <c r="C35" t="s">
-        <v>1433</v>
+        <v>1443</v>
       </c>
       <c r="D35" t="s">
-        <v>1434</v>
+        <v>1444</v>
       </c>
       <c r="E35" t="s">
-        <v>1435</v>
+        <v>1445</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1436</v>
+        <v>1446</v>
       </c>
       <c r="H35" t="s">
-        <v>1437</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B36" t="s">
-        <v>1438</v>
+        <v>1448</v>
       </c>
       <c r="C36" t="s">
-        <v>1439</v>
+        <v>1449</v>
       </c>
       <c r="D36" t="s">
-        <v>1440</v>
+        <v>1450</v>
       </c>
       <c r="E36" t="s">
-        <v>1441</v>
+        <v>1451</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1442</v>
+        <v>1452</v>
       </c>
       <c r="H36" t="s">
-        <v>1443</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B37" t="s">
-        <v>1444</v>
+        <v>1454</v>
       </c>
       <c r="C37" t="s">
-        <v>1445</v>
+        <v>1455</v>
       </c>
       <c r="D37" t="s">
-        <v>1196</v>
+        <v>1206</v>
       </c>
       <c r="E37" t="s">
-        <v>1446</v>
+        <v>1456</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1447</v>
+        <v>1457</v>
       </c>
       <c r="H37" t="s">
-        <v>1448</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B38" t="s">
-        <v>1449</v>
+        <v>1459</v>
       </c>
       <c r="C38" t="s">
-        <v>1450</v>
+        <v>1460</v>
       </c>
       <c r="D38" t="s">
-        <v>1451</v>
+        <v>1461</v>
       </c>
       <c r="E38" t="s">
-        <v>1452</v>
+        <v>1462</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1453</v>
+        <v>1463</v>
       </c>
       <c r="H38" t="s">
-        <v>1454</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B39" t="s">
-        <v>1455</v>
+        <v>1465</v>
       </c>
       <c r="C39" t="s">
-        <v>1456</v>
+        <v>1466</v>
       </c>
       <c r="D39" t="s">
-        <v>1457</v>
+        <v>1467</v>
       </c>
       <c r="E39" t="s">
-        <v>1458</v>
+        <v>1468</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1459</v>
+        <v>1469</v>
       </c>
       <c r="H39" t="s">
-        <v>1460</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B40" t="s">
-        <v>1461</v>
+        <v>1471</v>
       </c>
       <c r="C40" t="s">
-        <v>1462</v>
+        <v>1472</v>
       </c>
       <c r="D40" t="s">
-        <v>1463</v>
+        <v>1473</v>
       </c>
       <c r="E40" t="s">
-        <v>1464</v>
+        <v>1474</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1465</v>
+        <v>1475</v>
       </c>
       <c r="H40" t="s">
-        <v>1466</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B41" t="s">
-        <v>1467</v>
+        <v>1477</v>
       </c>
       <c r="C41" t="s">
-        <v>1468</v>
+        <v>1478</v>
       </c>
       <c r="D41" t="s">
-        <v>1469</v>
+        <v>1479</v>
       </c>
       <c r="E41" t="s">
-        <v>1470</v>
+        <v>1480</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1471</v>
+        <v>1481</v>
       </c>
       <c r="H41" t="s">
-        <v>1472</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B42" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="C42" t="s">
-        <v>1473</v>
+        <v>1483</v>
       </c>
       <c r="D42" t="s">
-        <v>1474</v>
+        <v>1484</v>
       </c>
       <c r="E42" t="s">
-        <v>1475</v>
+        <v>1485</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1476</v>
+        <v>1486</v>
       </c>
       <c r="H42" t="s">
-        <v>1477</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B43" t="s">
-        <v>1478</v>
+        <v>1488</v>
       </c>
       <c r="C43" t="s">
-        <v>1479</v>
+        <v>1489</v>
       </c>
       <c r="D43" t="s">
-        <v>1480</v>
+        <v>1490</v>
       </c>
       <c r="E43" t="s">
-        <v>1481</v>
+        <v>1491</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="H43" t="s">
-        <v>1483</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B44" t="s">
-        <v>1484</v>
+        <v>1494</v>
       </c>
       <c r="C44" t="s">
-        <v>1485</v>
+        <v>1495</v>
       </c>
       <c r="D44" t="s">
-        <v>1486</v>
+        <v>1496</v>
       </c>
       <c r="E44" t="s">
-        <v>1487</v>
+        <v>1497</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1488</v>
+        <v>1498</v>
       </c>
       <c r="H44" t="s">
-        <v>1489</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B45" t="s">
-        <v>1490</v>
+        <v>1500</v>
       </c>
       <c r="C45" t="s">
-        <v>1491</v>
+        <v>1501</v>
       </c>
       <c r="D45" t="s">
-        <v>1492</v>
+        <v>1502</v>
       </c>
       <c r="E45" t="s">
-        <v>1493</v>
+        <v>1503</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1494</v>
+        <v>1504</v>
       </c>
       <c r="H45" t="s">
-        <v>1495</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B46" t="s">
-        <v>1496</v>
+        <v>1506</v>
       </c>
       <c r="C46" t="s">
-        <v>1497</v>
+        <v>1507</v>
       </c>
       <c r="D46" t="s">
-        <v>1498</v>
+        <v>1508</v>
       </c>
       <c r="E46" t="s">
-        <v>1499</v>
+        <v>1509</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1500</v>
+        <v>1510</v>
       </c>
       <c r="H46" t="s">
-        <v>1501</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B47" t="s">
-        <v>1502</v>
+        <v>1512</v>
       </c>
       <c r="C47" t="s">
-        <v>1503</v>
+        <v>1513</v>
       </c>
       <c r="D47" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
       <c r="E47" t="s">
-        <v>1504</v>
+        <v>1514</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1505</v>
+        <v>1515</v>
       </c>
       <c r="H47" t="s">
-        <v>1506</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B48" t="s">
-        <v>1507</v>
+        <v>1517</v>
       </c>
       <c r="C48" t="s">
-        <v>1468</v>
+        <v>1478</v>
       </c>
       <c r="D48" t="s">
-        <v>1498</v>
+        <v>1508</v>
       </c>
       <c r="E48" t="s">
-        <v>1508</v>
+        <v>1518</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1509</v>
+        <v>1519</v>
       </c>
       <c r="H48" t="s">
-        <v>1510</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B49" t="s">
-        <v>1511</v>
+        <v>1521</v>
       </c>
       <c r="C49" t="s">
-        <v>1512</v>
+        <v>1522</v>
       </c>
       <c r="D49" t="s">
-        <v>1513</v>
+        <v>1523</v>
       </c>
       <c r="E49" t="s">
-        <v>1514</v>
+        <v>1524</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1515</v>
+        <v>1525</v>
       </c>
       <c r="H49" t="s">
-        <v>1516</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B50" t="s">
-        <v>1517</v>
+        <v>1527</v>
       </c>
       <c r="C50" t="s">
-        <v>1518</v>
+        <v>1528</v>
       </c>
       <c r="D50" t="s">
-        <v>1519</v>
+        <v>1529</v>
       </c>
       <c r="E50" t="s">
-        <v>1520</v>
+        <v>1530</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1521</v>
+        <v>1531</v>
       </c>
       <c r="H50" t="s">
-        <v>1522</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B51" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C51" t="s">
-        <v>1524</v>
+        <v>1534</v>
       </c>
       <c r="D51" t="s">
-        <v>1525</v>
+        <v>1535</v>
       </c>
       <c r="E51" t="s">
-        <v>1526</v>
+        <v>1536</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1527</v>
+        <v>1537</v>
       </c>
       <c r="H51" t="s">
-        <v>1528</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B52" t="s">
-        <v>1529</v>
+        <v>1539</v>
       </c>
       <c r="C52" t="s">
-        <v>1530</v>
+        <v>1540</v>
       </c>
       <c r="D52" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
       <c r="E52" t="s">
-        <v>1532</v>
+        <v>1542</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1533</v>
+        <v>1543</v>
       </c>
       <c r="H52" t="s">
-        <v>1534</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B53" t="s">
-        <v>1535</v>
+        <v>1545</v>
       </c>
       <c r="C53" t="s">
-        <v>1536</v>
+        <v>1546</v>
       </c>
       <c r="D53" t="s">
-        <v>1537</v>
+        <v>1547</v>
       </c>
       <c r="E53" t="s">
-        <v>1538</v>
+        <v>1548</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1539</v>
+        <v>1549</v>
       </c>
       <c r="H53" t="s">
-        <v>1540</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B54" t="s">
-        <v>1541</v>
+        <v>1551</v>
       </c>
       <c r="C54" t="s">
-        <v>1542</v>
+        <v>1552</v>
       </c>
       <c r="D54" t="s">
-        <v>1543</v>
+        <v>1553</v>
       </c>
       <c r="E54" t="s">
-        <v>1543</v>
+        <v>1553</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1544</v>
+        <v>1554</v>
       </c>
       <c r="H54" t="s">
-        <v>1545</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B55" t="s">
-        <v>1546</v>
+        <v>1556</v>
       </c>
       <c r="C55" t="s">
-        <v>1547</v>
+        <v>1557</v>
       </c>
       <c r="D55" t="s">
-        <v>1548</v>
+        <v>1558</v>
       </c>
       <c r="E55" t="s">
-        <v>1549</v>
+        <v>1559</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1550</v>
+        <v>1560</v>
       </c>
       <c r="H55" t="s">
-        <v>1551</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B56" t="s">
-        <v>1552</v>
+        <v>1562</v>
       </c>
       <c r="C56" t="s">
-        <v>1553</v>
+        <v>1563</v>
       </c>
       <c r="D56" t="s">
-        <v>1554</v>
+        <v>1564</v>
       </c>
       <c r="E56" t="s">
-        <v>1555</v>
+        <v>1565</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1556</v>
+        <v>1566</v>
       </c>
       <c r="H56" t="s">
-        <v>1557</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B57" t="s">
-        <v>1558</v>
+        <v>1568</v>
       </c>
       <c r="C57" t="s">
-        <v>1559</v>
+        <v>1569</v>
       </c>
       <c r="D57" t="s">
-        <v>1560</v>
+        <v>1570</v>
       </c>
       <c r="E57" t="s">
-        <v>1561</v>
+        <v>1571</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1562</v>
+        <v>1572</v>
       </c>
       <c r="H57" t="s">
-        <v>1563</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B58" t="s">
-        <v>1564</v>
+        <v>1574</v>
       </c>
       <c r="C58" t="s">
-        <v>1565</v>
+        <v>1575</v>
       </c>
       <c r="D58" t="s">
-        <v>1566</v>
+        <v>1576</v>
       </c>
       <c r="E58" t="s">
-        <v>1567</v>
+        <v>1577</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1568</v>
+        <v>1578</v>
       </c>
       <c r="H58" t="s">
-        <v>1569</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B59" t="s">
-        <v>1570</v>
+        <v>1580</v>
       </c>
       <c r="C59" t="s">
-        <v>1571</v>
+        <v>1581</v>
       </c>
       <c r="D59" t="s">
-        <v>1572</v>
+        <v>1582</v>
       </c>
       <c r="E59" t="s">
-        <v>1573</v>
+        <v>1583</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1574</v>
+        <v>1584</v>
       </c>
       <c r="H59" t="s">
-        <v>1575</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B60" t="s">
-        <v>1576</v>
+        <v>1586</v>
       </c>
       <c r="C60" t="s">
-        <v>1577</v>
+        <v>1587</v>
       </c>
       <c r="D60" t="s">
-        <v>1578</v>
+        <v>1588</v>
       </c>
       <c r="E60" t="s">
-        <v>1579</v>
+        <v>1589</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1580</v>
+        <v>1590</v>
       </c>
       <c r="H60" t="s">
-        <v>1581</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B61" t="s">
-        <v>1582</v>
+        <v>1592</v>
       </c>
       <c r="C61" t="s">
-        <v>1583</v>
+        <v>1593</v>
       </c>
       <c r="D61" t="s">
-        <v>1584</v>
+        <v>1594</v>
       </c>
       <c r="E61" t="s">
-        <v>1585</v>
+        <v>1595</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1586</v>
+        <v>1596</v>
       </c>
       <c r="H61" t="s">
-        <v>1587</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B62" t="s">
-        <v>1588</v>
+        <v>1598</v>
       </c>
       <c r="C62" t="s">
-        <v>1589</v>
+        <v>1599</v>
       </c>
       <c r="D62" t="s">
-        <v>1590</v>
+        <v>1600</v>
       </c>
       <c r="E62" t="s">
-        <v>1585</v>
+        <v>1595</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1591</v>
+        <v>1601</v>
       </c>
       <c r="H62" t="s">
-        <v>1592</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1235</v>
+        <v>1245</v>
       </c>
       <c r="B63" t="s">
-        <v>1593</v>
+        <v>1603</v>
       </c>
       <c r="C63" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="D63" t="s">
-        <v>1595</v>
+        <v>1605</v>
       </c>
       <c r="E63" t="s">
-        <v>1596</v>
+        <v>1606</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1597</v>
+        <v>1607</v>
       </c>
       <c r="H63" t="s">
-        <v>1598</v>
+        <v>1608</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="B2" t="s">
-        <v>1600</v>
+        <v>1610</v>
       </c>
       <c r="C2" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="D2" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
       <c r="E2" t="s">
-        <v>1603</v>
+        <v>1613</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1604</v>
+        <v>1614</v>
       </c>
       <c r="H2" t="s">
-        <v>1605</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="B3" t="s">
-        <v>1606</v>
+        <v>1616</v>
       </c>
       <c r="C3" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
       <c r="D3" t="s">
-        <v>1608</v>
+        <v>1618</v>
       </c>
       <c r="E3" t="s">
-        <v>1609</v>
+        <v>1619</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1610</v>
+        <v>1620</v>
       </c>
       <c r="H3" t="s">
-        <v>1611</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="B4" t="s">
-        <v>1612</v>
+        <v>1622</v>
       </c>
       <c r="C4" t="s">
-        <v>1613</v>
+        <v>1623</v>
       </c>
       <c r="D4" t="s">
-        <v>1614</v>
+        <v>1624</v>
       </c>
       <c r="E4" t="s">
-        <v>1615</v>
+        <v>1625</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1616</v>
+        <v>1626</v>
       </c>
       <c r="H4" t="s">
-        <v>1617</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="B5" t="s">
-        <v>1618</v>
+        <v>1628</v>
       </c>
       <c r="C5" t="s">
-        <v>1619</v>
+        <v>1629</v>
       </c>
       <c r="D5" t="s">
-        <v>1620</v>
+        <v>1630</v>
       </c>
       <c r="E5" t="s">
-        <v>1621</v>
+        <v>1631</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1622</v>
+        <v>1632</v>
       </c>
       <c r="H5" t="s">
-        <v>1623</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="B6" t="s">
-        <v>1624</v>
+        <v>1634</v>
       </c>
       <c r="C6" t="s">
-        <v>1625</v>
+        <v>1635</v>
       </c>
       <c r="D6" t="s">
-        <v>1626</v>
+        <v>1636</v>
       </c>
       <c r="E6" t="s">
-        <v>1627</v>
+        <v>1637</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1628</v>
+        <v>1638</v>
       </c>
       <c r="H6" t="s">
-        <v>1629</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="B7" t="s">
-        <v>1630</v>
+        <v>1640</v>
       </c>
       <c r="C7" t="s">
-        <v>1631</v>
+        <v>1641</v>
       </c>
       <c r="D7" t="s">
-        <v>1632</v>
+        <v>1642</v>
       </c>
       <c r="E7" t="s">
-        <v>1633</v>
+        <v>1643</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1634</v>
+        <v>1644</v>
       </c>
       <c r="H7" t="s">
-        <v>1635</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="B8" t="s">
-        <v>1636</v>
+        <v>1646</v>
       </c>
       <c r="C8" t="s">
-        <v>1637</v>
+        <v>1647</v>
       </c>
       <c r="D8" t="s">
-        <v>1404</v>
+        <v>1414</v>
       </c>
       <c r="E8" t="s">
-        <v>1638</v>
+        <v>1648</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1639</v>
+        <v>1649</v>
       </c>
       <c r="H8" t="s">
-        <v>1640</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1599</v>
+        <v>1609</v>
       </c>
       <c r="B9" t="s">
-        <v>1641</v>
+        <v>1651</v>
       </c>
       <c r="C9" t="s">
-        <v>1642</v>
+        <v>1652</v>
       </c>
       <c r="D9" t="s">
-        <v>1451</v>
+        <v>1461</v>
       </c>
       <c r="E9" t="s">
-        <v>1643</v>
+        <v>1653</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1644</v>
+        <v>1654</v>
       </c>
       <c r="H9" t="s">
-        <v>1645</v>
+        <v>1655</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H125"/>
+  <dimension ref="A1:H127"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B2" t="s">
-        <v>1647</v>
+        <v>1657</v>
       </c>
       <c r="C2" t="s">
-        <v>1648</v>
+        <v>1658</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1649</v>
+        <v>1659</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1650</v>
+        <v>1660</v>
       </c>
       <c r="H2" t="s">
-        <v>1651</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B3" t="s">
-        <v>1652</v>
+        <v>1662</v>
       </c>
       <c r="C3" t="s">
-        <v>1653</v>
+        <v>1663</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1654</v>
+        <v>307</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1655</v>
+        <v>1664</v>
       </c>
       <c r="H3" t="s">
-        <v>1656</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B4" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
       <c r="C4" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1659</v>
+        <v>1668</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1660</v>
+        <v>1669</v>
       </c>
       <c r="H4" t="s">
-        <v>1661</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B5" t="s">
-        <v>1662</v>
+        <v>1671</v>
       </c>
       <c r="C5" t="s">
-        <v>1663</v>
+        <v>1672</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1664</v>
+        <v>1261</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1665</v>
+        <v>1673</v>
       </c>
       <c r="H5" t="s">
-        <v>1666</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B6" t="s">
-        <v>1667</v>
+        <v>1675</v>
       </c>
       <c r="C6" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="H6" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B7" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="C7" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="H7" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B8" t="s">
-        <v>1677</v>
+        <v>1685</v>
       </c>
       <c r="C8" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1679</v>
+        <v>1687</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1680</v>
+        <v>1688</v>
       </c>
       <c r="H8" t="s">
-        <v>1681</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B9" t="s">
-        <v>1682</v>
+        <v>1690</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>1691</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1683</v>
+        <v>1692</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1684</v>
+        <v>1693</v>
       </c>
       <c r="H9" t="s">
-        <v>1685</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B10" t="s">
-        <v>1686</v>
+        <v>1695</v>
       </c>
       <c r="C10" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
       <c r="H10" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B11" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="C11" t="s">
-        <v>1692</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1693</v>
+        <v>1701</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1694</v>
+        <v>1702</v>
       </c>
       <c r="H11" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B12" t="s">
-        <v>1696</v>
+        <v>1704</v>
       </c>
       <c r="C12" t="s">
-        <v>1697</v>
+        <v>1705</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1698</v>
+        <v>1706</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1699</v>
+        <v>1707</v>
       </c>
       <c r="H12" t="s">
-        <v>1700</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B13" t="s">
-        <v>1701</v>
+        <v>1709</v>
       </c>
       <c r="C13" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1703</v>
+        <v>1711</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1704</v>
+        <v>1712</v>
       </c>
       <c r="H13" t="s">
-        <v>1705</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B14" t="s">
-        <v>1706</v>
+        <v>1714</v>
       </c>
       <c r="C14" t="s">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1708</v>
+        <v>1716</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1709</v>
+        <v>1717</v>
       </c>
       <c r="H14" t="s">
-        <v>1710</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B15" t="s">
-        <v>1711</v>
+        <v>1719</v>
       </c>
       <c r="C15" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1713</v>
+        <v>1721</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="H15" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B16" t="s">
-        <v>1716</v>
+        <v>1724</v>
       </c>
       <c r="C16" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1719</v>
+        <v>1727</v>
       </c>
       <c r="H16" t="s">
-        <v>1720</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B17" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
       <c r="C17" t="s">
-        <v>1722</v>
+        <v>1730</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>526</v>
+        <v>1731</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1723</v>
+        <v>1732</v>
       </c>
       <c r="H17" t="s">
-        <v>1724</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B18" t="s">
-        <v>1725</v>
+        <v>1734</v>
       </c>
       <c r="C18" t="s">
-        <v>1726</v>
+        <v>1735</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1036</v>
+        <v>1736</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1727</v>
+        <v>1737</v>
       </c>
       <c r="H18" t="s">
-        <v>1728</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B19" t="s">
-        <v>1729</v>
+        <v>1739</v>
       </c>
       <c r="C19" t="s">
-        <v>1730</v>
+        <v>1740</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1731</v>
+        <v>536</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1732</v>
+        <v>1741</v>
       </c>
       <c r="H19" t="s">
-        <v>1733</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B20" t="s">
-        <v>1734</v>
+        <v>1743</v>
       </c>
       <c r="C20" t="s">
-        <v>1735</v>
+        <v>1744</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1736</v>
+        <v>1046</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1737</v>
+        <v>1745</v>
       </c>
       <c r="H20" t="s">
-        <v>1738</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B21" t="s">
-        <v>1739</v>
+        <v>1747</v>
       </c>
       <c r="C21" t="s">
-        <v>1740</v>
+        <v>1748</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1741</v>
+        <v>1749</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="H21" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B22" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="C22" t="s">
-        <v>1745</v>
+        <v>1753</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1746</v>
+        <v>1754</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1747</v>
+        <v>1755</v>
       </c>
       <c r="H22" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B23" t="s">
-        <v>1749</v>
+        <v>1757</v>
       </c>
       <c r="C23" t="s">
-        <v>1750</v>
+        <v>1758</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1751</v>
+        <v>1759</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1752</v>
+        <v>1760</v>
       </c>
       <c r="H23" t="s">
-        <v>1753</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B24" t="s">
-        <v>1754</v>
+        <v>1762</v>
       </c>
       <c r="C24" t="s">
-        <v>1755</v>
+        <v>1763</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1756</v>
+        <v>1764</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="H24" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B25" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
       <c r="C25" t="s">
-        <v>1760</v>
+        <v>1768</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1762</v>
+        <v>1770</v>
       </c>
       <c r="H25" t="s">
-        <v>1763</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B26" t="s">
-        <v>1764</v>
+        <v>1772</v>
       </c>
       <c r="C26" t="s">
-        <v>1765</v>
+        <v>1773</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1766</v>
+        <v>1774</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1767</v>
+        <v>1775</v>
       </c>
       <c r="H26" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B27" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
       <c r="C27" t="s">
-        <v>1770</v>
+        <v>1778</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
       <c r="H27" t="s">
-        <v>1773</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B28" t="s">
-        <v>1774</v>
+        <v>1782</v>
       </c>
       <c r="C28" t="s">
-        <v>1775</v>
+        <v>1783</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1776</v>
+        <v>1784</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1777</v>
+        <v>1785</v>
       </c>
       <c r="H28" t="s">
-        <v>1778</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B29" t="s">
-        <v>1779</v>
+        <v>1787</v>
       </c>
       <c r="C29" t="s">
-        <v>1780</v>
+        <v>1788</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1781</v>
+        <v>1789</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1782</v>
+        <v>1790</v>
       </c>
       <c r="H29" t="s">
-        <v>1783</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B30" t="s">
-        <v>1784</v>
+        <v>1792</v>
       </c>
       <c r="C30" t="s">
-        <v>1785</v>
+        <v>1793</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1786</v>
+        <v>1794</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1787</v>
+        <v>1795</v>
       </c>
       <c r="H30" t="s">
-        <v>1788</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B31" t="s">
-        <v>1789</v>
+        <v>1797</v>
       </c>
       <c r="C31" t="s">
-        <v>1790</v>
+        <v>1798</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1791</v>
+        <v>1799</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1792</v>
+        <v>1800</v>
       </c>
       <c r="H31" t="s">
-        <v>1793</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B32" t="s">
-        <v>1794</v>
+        <v>1802</v>
       </c>
       <c r="C32" t="s">
-        <v>1795</v>
+        <v>1803</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>564</v>
+        <v>1804</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1796</v>
+        <v>1805</v>
       </c>
       <c r="H32" t="s">
-        <v>1797</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B33" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
       <c r="C33" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1801</v>
+        <v>1810</v>
       </c>
       <c r="H33" t="s">
-        <v>1802</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B34" t="s">
-        <v>1803</v>
+        <v>1812</v>
       </c>
       <c r="C34" t="s">
-        <v>1804</v>
+        <v>1813</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1805</v>
+        <v>574</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1806</v>
+        <v>1814</v>
       </c>
       <c r="H34" t="s">
-        <v>1807</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B35" t="s">
-        <v>1808</v>
+        <v>1816</v>
       </c>
       <c r="C35" t="s">
-        <v>1809</v>
+        <v>1817</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1810</v>
+        <v>1818</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1811</v>
+        <v>1819</v>
       </c>
       <c r="H35" t="s">
-        <v>1812</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B36" t="s">
-        <v>1813</v>
+        <v>1821</v>
       </c>
       <c r="C36" t="s">
-        <v>1814</v>
+        <v>1822</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
       <c r="H36" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B37" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="C37" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>657</v>
+        <v>1828</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1820</v>
+        <v>1829</v>
       </c>
       <c r="H37" t="s">
-        <v>1821</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B38" t="s">
-        <v>1822</v>
+        <v>1831</v>
       </c>
       <c r="C38" t="s">
-        <v>1823</v>
+        <v>1832</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1824</v>
+        <v>1833</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1825</v>
+        <v>1834</v>
       </c>
       <c r="H38" t="s">
-        <v>1826</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B39" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="C39" t="s">
-        <v>1828</v>
+        <v>1837</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1829</v>
+        <v>1838</v>
       </c>
       <c r="H39" t="s">
-        <v>1830</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B40" t="s">
-        <v>1831</v>
+        <v>1840</v>
       </c>
       <c r="C40" t="s">
-        <v>1832</v>
+        <v>1841</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1833</v>
+        <v>1842</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1834</v>
+        <v>1843</v>
       </c>
       <c r="H40" t="s">
-        <v>1835</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B41" t="s">
-        <v>1836</v>
+        <v>1845</v>
       </c>
       <c r="C41" t="s">
-        <v>1837</v>
+        <v>1846</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1838</v>
+        <v>662</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1839</v>
+        <v>1847</v>
       </c>
       <c r="H41" t="s">
-        <v>1840</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B42" t="s">
-        <v>1841</v>
+        <v>1849</v>
       </c>
       <c r="C42" t="s">
-        <v>1842</v>
+        <v>1850</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1838</v>
+        <v>1851</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1843</v>
+        <v>1852</v>
       </c>
       <c r="H42" t="s">
-        <v>1844</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B43" t="s">
-        <v>1845</v>
+        <v>1854</v>
       </c>
       <c r="C43" t="s">
-        <v>1846</v>
+        <v>1855</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1847</v>
+        <v>1856</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1848</v>
+        <v>1857</v>
       </c>
       <c r="H43" t="s">
-        <v>1849</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B44" t="s">
-        <v>1850</v>
+        <v>1859</v>
       </c>
       <c r="C44" t="s">
-        <v>1851</v>
+        <v>1860</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1853</v>
+        <v>1861</v>
       </c>
       <c r="H44" t="s">
-        <v>1854</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B45" t="s">
-        <v>1855</v>
+        <v>1863</v>
       </c>
       <c r="C45" t="s">
-        <v>1856</v>
+        <v>1864</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1857</v>
+        <v>1865</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1858</v>
+        <v>1866</v>
       </c>
       <c r="H45" t="s">
-        <v>1859</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B46" t="s">
-        <v>1860</v>
+        <v>1868</v>
       </c>
       <c r="C46" t="s">
-        <v>1861</v>
+        <v>1869</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>672</v>
+        <v>1870</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1862</v>
+        <v>1871</v>
       </c>
       <c r="H46" t="s">
-        <v>1863</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B47" t="s">
-        <v>1864</v>
+        <v>1873</v>
       </c>
       <c r="C47" t="s">
-        <v>1865</v>
+        <v>1874</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1866</v>
+        <v>1875</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1867</v>
+        <v>1876</v>
       </c>
       <c r="H47" t="s">
-        <v>1868</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B48" t="s">
-        <v>1869</v>
+        <v>1878</v>
       </c>
       <c r="C48" t="s">
-        <v>1870</v>
+        <v>1879</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1871</v>
+        <v>682</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1872</v>
+        <v>1880</v>
       </c>
       <c r="H48" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B49" t="s">
-        <v>1874</v>
+        <v>1882</v>
       </c>
       <c r="C49" t="s">
-        <v>1875</v>
+        <v>1883</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1876</v>
+        <v>1884</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1877</v>
+        <v>1885</v>
       </c>
       <c r="H49" t="s">
-        <v>1878</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B50" t="s">
-        <v>1879</v>
+        <v>1887</v>
       </c>
       <c r="C50" t="s">
-        <v>1880</v>
+        <v>1888</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1881</v>
+        <v>1889</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1882</v>
+        <v>1890</v>
       </c>
       <c r="H50" t="s">
-        <v>1883</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B51" t="s">
-        <v>1884</v>
+        <v>1892</v>
       </c>
       <c r="C51" t="s">
-        <v>1885</v>
+        <v>1893</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1886</v>
+        <v>1894</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1887</v>
+        <v>1895</v>
       </c>
       <c r="H51" t="s">
-        <v>1888</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B52" t="s">
-        <v>1889</v>
+        <v>1897</v>
       </c>
       <c r="C52" t="s">
-        <v>1890</v>
+        <v>1898</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1891</v>
+        <v>1899</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1892</v>
+        <v>1900</v>
       </c>
       <c r="H52" t="s">
-        <v>1893</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B53" t="s">
-        <v>1894</v>
+        <v>1902</v>
       </c>
       <c r="C53" t="s">
-        <v>1895</v>
+        <v>1903</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1896</v>
+        <v>1904</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1897</v>
+        <v>1905</v>
       </c>
       <c r="H53" t="s">
-        <v>1898</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B54" t="s">
-        <v>1899</v>
+        <v>1907</v>
       </c>
       <c r="C54" t="s">
-        <v>1900</v>
+        <v>1908</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1901</v>
+        <v>1909</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1902</v>
+        <v>1910</v>
       </c>
       <c r="H54" t="s">
-        <v>1903</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B55" t="s">
-        <v>1904</v>
+        <v>1912</v>
       </c>
       <c r="C55" t="s">
-        <v>1905</v>
+        <v>1913</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1906</v>
+        <v>1914</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="H55" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B56" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="C56" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
       <c r="H56" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B57" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="C57" t="s">
-        <v>1915</v>
+        <v>1923</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1911</v>
+        <v>1924</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1916</v>
+        <v>1925</v>
       </c>
       <c r="H57" t="s">
-        <v>1917</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B58" t="s">
-        <v>1918</v>
+        <v>1927</v>
       </c>
       <c r="C58" t="s">
-        <v>1919</v>
+        <v>1928</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1911</v>
+        <v>1929</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1920</v>
+        <v>1930</v>
       </c>
       <c r="H58" t="s">
-        <v>1921</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B59" t="s">
-        <v>1922</v>
+        <v>1932</v>
       </c>
       <c r="C59" t="s">
-        <v>1923</v>
+        <v>1933</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1925</v>
+        <v>1934</v>
       </c>
       <c r="H59" t="s">
-        <v>1926</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B60" t="s">
-        <v>1927</v>
+        <v>1936</v>
       </c>
       <c r="C60" t="s">
-        <v>1928</v>
+        <v>1937</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
         <v>1929</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1930</v>
+        <v>1938</v>
       </c>
       <c r="H60" t="s">
-        <v>1931</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B61" t="s">
-        <v>1932</v>
+        <v>1940</v>
       </c>
       <c r="C61" t="s">
-        <v>1933</v>
+        <v>1941</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1934</v>
+        <v>1942</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1935</v>
+        <v>1943</v>
       </c>
       <c r="H61" t="s">
-        <v>1936</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B62" t="s">
-        <v>1937</v>
+        <v>1945</v>
       </c>
       <c r="C62" t="s">
-        <v>1938</v>
+        <v>1946</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1939</v>
+        <v>1947</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
       <c r="H62" t="s">
-        <v>1941</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B63" t="s">
-        <v>1942</v>
+        <v>1950</v>
       </c>
       <c r="C63" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1944</v>
+        <v>1952</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1945</v>
+        <v>1953</v>
       </c>
       <c r="H63" t="s">
-        <v>1946</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B64" t="s">
-        <v>1947</v>
+        <v>1955</v>
       </c>
       <c r="C64" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>752</v>
+        <v>1957</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1949</v>
+        <v>1958</v>
       </c>
       <c r="H64" t="s">
-        <v>1950</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B65" t="s">
-        <v>1951</v>
+        <v>1960</v>
       </c>
       <c r="C65" t="s">
-        <v>1952</v>
+        <v>1961</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1954</v>
+        <v>1963</v>
       </c>
       <c r="H65" t="s">
-        <v>1955</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B66" t="s">
-        <v>1956</v>
+        <v>1965</v>
       </c>
       <c r="C66" t="s">
-        <v>1957</v>
+        <v>1966</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1958</v>
+        <v>762</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1959</v>
+        <v>1967</v>
       </c>
       <c r="H66" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B67" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="C67" t="s">
-        <v>1962</v>
+        <v>1970</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>604</v>
+        <v>1971</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1963</v>
+        <v>1972</v>
       </c>
       <c r="H67" t="s">
-        <v>1964</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B68" t="s">
-        <v>1965</v>
+        <v>1974</v>
       </c>
       <c r="C68" t="s">
-        <v>1966</v>
+        <v>1975</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>599</v>
+        <v>1976</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1967</v>
+        <v>1977</v>
       </c>
       <c r="H68" t="s">
-        <v>1968</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B69" t="s">
-        <v>1969</v>
+        <v>1979</v>
       </c>
       <c r="C69" t="s">
-        <v>1970</v>
+        <v>1980</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>757</v>
+        <v>614</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1971</v>
+        <v>1981</v>
       </c>
       <c r="H69" t="s">
-        <v>1972</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B70" t="s">
-        <v>1973</v>
+        <v>1983</v>
       </c>
       <c r="C70" t="s">
-        <v>1974</v>
+        <v>1984</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>1975</v>
+        <v>609</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1976</v>
+        <v>1985</v>
       </c>
       <c r="H70" t="s">
-        <v>1977</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B71" t="s">
-        <v>1978</v>
+        <v>1987</v>
       </c>
       <c r="C71" t="s">
-        <v>1979</v>
+        <v>1988</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>609</v>
+        <v>767</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1980</v>
+        <v>1989</v>
       </c>
       <c r="H71" t="s">
-        <v>1981</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B72" t="s">
-        <v>1982</v>
+        <v>1991</v>
       </c>
       <c r="C72" t="s">
-        <v>1983</v>
+        <v>1992</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>609</v>
+        <v>1993</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1984</v>
+        <v>1994</v>
       </c>
       <c r="H72" t="s">
-        <v>1985</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B73" t="s">
-        <v>1986</v>
+        <v>1996</v>
       </c>
       <c r="C73" t="s">
-        <v>1987</v>
+        <v>1997</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>690</v>
+        <v>619</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1988</v>
+        <v>1998</v>
       </c>
       <c r="H73" t="s">
-        <v>1989</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B74" t="s">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="C74" t="s">
-        <v>1991</v>
+        <v>2001</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>559</v>
+        <v>619</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="H74" t="s">
-        <v>1993</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B75" t="s">
-        <v>1994</v>
+        <v>2004</v>
       </c>
       <c r="C75" t="s">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>1996</v>
+        <v>700</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="H75" t="s">
-        <v>1998</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B76" t="s">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="C76" t="s">
-        <v>13</v>
+        <v>2009</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>2000</v>
+        <v>569</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="H76" t="s">
-        <v>2002</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B77" t="s">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="C77" t="s">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>805</v>
+        <v>2014</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="H77" t="s">
-        <v>2006</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B78" t="s">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="C78" t="s">
-        <v>2008</v>
+        <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>810</v>
+        <v>2018</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="H78" t="s">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B79" t="s">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="C79" t="s">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>2013</v>
+        <v>815</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="H79" t="s">
-        <v>2015</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B80" t="s">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="C80" t="s">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>2018</v>
+        <v>820</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>2019</v>
+        <v>2027</v>
       </c>
       <c r="H80" t="s">
-        <v>2020</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B81" t="s">
-        <v>2021</v>
+        <v>2029</v>
       </c>
       <c r="C81" t="s">
-        <v>2022</v>
+        <v>2030</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>2024</v>
+        <v>2032</v>
       </c>
       <c r="H81" t="s">
-        <v>2025</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B82" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="C82" t="s">
-        <v>2027</v>
+        <v>2035</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>2028</v>
+        <v>2036</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2029</v>
+        <v>2037</v>
       </c>
       <c r="H82" t="s">
-        <v>2030</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B83" t="s">
-        <v>2031</v>
+        <v>2039</v>
       </c>
       <c r="C83" t="s">
-        <v>2032</v>
+        <v>2040</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>2033</v>
+        <v>2041</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>2034</v>
+        <v>2042</v>
       </c>
       <c r="H83" t="s">
-        <v>2035</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B84" t="s">
-        <v>2036</v>
+        <v>2044</v>
       </c>
       <c r="C84" t="s">
-        <v>2037</v>
+        <v>2045</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>2038</v>
+        <v>2046</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>2039</v>
+        <v>2047</v>
       </c>
       <c r="H84" t="s">
-        <v>2040</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B85" t="s">
-        <v>2041</v>
+        <v>2049</v>
       </c>
       <c r="C85" t="s">
-        <v>2042</v>
+        <v>2050</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>1129</v>
+        <v>2051</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>2043</v>
+        <v>2052</v>
       </c>
       <c r="H85" t="s">
-        <v>2044</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B86" t="s">
-        <v>2045</v>
+        <v>2054</v>
       </c>
       <c r="C86" t="s">
-        <v>2046</v>
+        <v>2055</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>2047</v>
+        <v>2056</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2048</v>
+        <v>2057</v>
       </c>
       <c r="H86" t="s">
-        <v>2049</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B87" t="s">
-        <v>2050</v>
+        <v>2059</v>
       </c>
       <c r="C87" t="s">
-        <v>2051</v>
+        <v>2060</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>2052</v>
+        <v>1139</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>2053</v>
+        <v>2061</v>
       </c>
       <c r="H87" t="s">
-        <v>2054</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B88" t="s">
-        <v>2055</v>
+        <v>2063</v>
       </c>
       <c r="C88" t="s">
-        <v>2056</v>
+        <v>2064</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>2057</v>
+        <v>2065</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2058</v>
+        <v>2066</v>
       </c>
       <c r="H88" t="s">
-        <v>2059</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B89" t="s">
-        <v>2060</v>
+        <v>2068</v>
       </c>
       <c r="C89" t="s">
-        <v>2061</v>
+        <v>2069</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>2062</v>
+        <v>2070</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>2063</v>
+        <v>2071</v>
       </c>
       <c r="H89" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B90" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
       <c r="C90" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>1399</v>
+        <v>2075</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>2067</v>
+        <v>2076</v>
       </c>
       <c r="H90" t="s">
-        <v>2068</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B91" t="s">
-        <v>2069</v>
+        <v>2078</v>
       </c>
       <c r="C91" t="s">
-        <v>2070</v>
+        <v>2079</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>2071</v>
+        <v>2080</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>2072</v>
+        <v>2081</v>
       </c>
       <c r="H91" t="s">
-        <v>2073</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B92" t="s">
-        <v>2074</v>
+        <v>2083</v>
       </c>
       <c r="C92" t="s">
-        <v>2075</v>
+        <v>2084</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>1145</v>
+        <v>1409</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>2076</v>
+        <v>2085</v>
       </c>
       <c r="H92" t="s">
-        <v>2077</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B93" t="s">
-        <v>2078</v>
+        <v>2087</v>
       </c>
       <c r="C93" t="s">
-        <v>2079</v>
+        <v>2088</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>2080</v>
+        <v>2089</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>2081</v>
+        <v>2090</v>
       </c>
       <c r="H93" t="s">
-        <v>2082</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B94" t="s">
-        <v>2083</v>
+        <v>2092</v>
       </c>
       <c r="C94" t="s">
-        <v>2084</v>
+        <v>2093</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>2085</v>
+        <v>1155</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
       <c r="H94" t="s">
-        <v>2087</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B95" t="s">
-        <v>2088</v>
+        <v>2096</v>
       </c>
       <c r="C95" t="s">
-        <v>2089</v>
+        <v>2097</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>2090</v>
+        <v>2098</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>2091</v>
+        <v>2099</v>
       </c>
       <c r="H95" t="s">
-        <v>2092</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B96" t="s">
-        <v>2093</v>
+        <v>2101</v>
       </c>
       <c r="C96" t="s">
-        <v>2094</v>
+        <v>2102</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>2095</v>
+        <v>2103</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>2096</v>
+        <v>2104</v>
       </c>
       <c r="H96" t="s">
-        <v>2097</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B97" t="s">
-        <v>2098</v>
+        <v>2106</v>
       </c>
       <c r="C97" t="s">
-        <v>2099</v>
+        <v>2107</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>2100</v>
+        <v>2108</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>2101</v>
+        <v>2109</v>
       </c>
       <c r="H97" t="s">
-        <v>2102</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B98" t="s">
-        <v>2103</v>
+        <v>2111</v>
       </c>
       <c r="C98" t="s">
-        <v>2104</v>
+        <v>2112</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>2105</v>
+        <v>2113</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>2106</v>
+        <v>2114</v>
       </c>
       <c r="H98" t="s">
-        <v>2107</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B99" t="s">
-        <v>2108</v>
+        <v>2116</v>
       </c>
       <c r="C99" t="s">
-        <v>2109</v>
+        <v>2117</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>2110</v>
+        <v>2118</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>2111</v>
+        <v>2119</v>
       </c>
       <c r="H99" t="s">
-        <v>2112</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B100" t="s">
-        <v>2113</v>
+        <v>2121</v>
       </c>
       <c r="C100" t="s">
-        <v>2114</v>
+        <v>2122</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>1405</v>
+        <v>2123</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>2115</v>
+        <v>2124</v>
       </c>
       <c r="H100" t="s">
-        <v>2116</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B101" t="s">
-        <v>2117</v>
+        <v>2126</v>
       </c>
       <c r="C101" t="s">
-        <v>2118</v>
+        <v>2127</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>2119</v>
+        <v>2128</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>2120</v>
+        <v>2129</v>
       </c>
       <c r="H101" t="s">
-        <v>2121</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B102" t="s">
-        <v>2122</v>
+        <v>2131</v>
       </c>
       <c r="C102" t="s">
-        <v>2123</v>
+        <v>2132</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>2124</v>
+        <v>1415</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>2125</v>
+        <v>2133</v>
       </c>
       <c r="H102" t="s">
-        <v>2126</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B103" t="s">
-        <v>2127</v>
+        <v>2135</v>
       </c>
       <c r="C103" t="s">
-        <v>2128</v>
+        <v>2136</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>2129</v>
+        <v>2137</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>2130</v>
+        <v>2138</v>
       </c>
       <c r="H103" t="s">
-        <v>2131</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B104" t="s">
-        <v>2132</v>
+        <v>2140</v>
       </c>
       <c r="C104" t="s">
-        <v>2133</v>
+        <v>2141</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>2134</v>
+        <v>2142</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>2135</v>
+        <v>2143</v>
       </c>
       <c r="H104" t="s">
-        <v>2136</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B105" t="s">
-        <v>2137</v>
+        <v>2145</v>
       </c>
       <c r="C105" t="s">
-        <v>2138</v>
+        <v>2146</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>2139</v>
+        <v>2147</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>2140</v>
+        <v>2148</v>
       </c>
       <c r="H105" t="s">
-        <v>2141</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B106" t="s">
-        <v>2142</v>
+        <v>2150</v>
       </c>
       <c r="C106" t="s">
-        <v>2143</v>
+        <v>2151</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>2144</v>
+        <v>2152</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>2145</v>
+        <v>2153</v>
       </c>
       <c r="H106" t="s">
-        <v>2146</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B107" t="s">
-        <v>2147</v>
+        <v>2155</v>
       </c>
       <c r="C107" t="s">
-        <v>2148</v>
+        <v>2156</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>2149</v>
+        <v>2157</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>2150</v>
+        <v>2158</v>
       </c>
       <c r="H107" t="s">
-        <v>2151</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B108" t="s">
-        <v>2152</v>
+        <v>2160</v>
       </c>
       <c r="C108" t="s">
-        <v>2153</v>
+        <v>2161</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>2154</v>
+        <v>2162</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>2155</v>
+        <v>2163</v>
       </c>
       <c r="H108" t="s">
-        <v>2156</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B109" t="s">
-        <v>2157</v>
+        <v>2165</v>
       </c>
       <c r="C109" t="s">
-        <v>2158</v>
+        <v>2166</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>2159</v>
+        <v>2167</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>2160</v>
+        <v>2168</v>
       </c>
       <c r="H109" t="s">
-        <v>2161</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B110" t="s">
-        <v>2162</v>
+        <v>2170</v>
       </c>
       <c r="C110" t="s">
-        <v>2163</v>
+        <v>2171</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>2164</v>
+        <v>2172</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>2165</v>
+        <v>2173</v>
       </c>
       <c r="H110" t="s">
-        <v>2166</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B111" t="s">
-        <v>2167</v>
+        <v>2175</v>
       </c>
       <c r="C111" t="s">
-        <v>2168</v>
+        <v>2176</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>2169</v>
+        <v>2177</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>2170</v>
+        <v>2178</v>
       </c>
       <c r="H111" t="s">
-        <v>2171</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B112" t="s">
-        <v>2172</v>
+        <v>2180</v>
       </c>
       <c r="C112" t="s">
-        <v>2173</v>
+        <v>2181</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>2174</v>
+        <v>2182</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
       <c r="H112" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B113" t="s">
-        <v>2177</v>
+        <v>2185</v>
       </c>
       <c r="C113" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="H113" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B114" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="C114" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>2185</v>
+        <v>2193</v>
       </c>
       <c r="H114" t="s">
-        <v>2186</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B115" t="s">
-        <v>2187</v>
+        <v>2195</v>
       </c>
       <c r="C115" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="H115" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B116" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="C116" t="s">
-        <v>2193</v>
+        <v>2201</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>2195</v>
+        <v>2203</v>
       </c>
       <c r="H116" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B117" t="s">
-        <v>2197</v>
+        <v>2205</v>
       </c>
       <c r="C117" t="s">
-        <v>2198</v>
+        <v>2206</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>2199</v>
+        <v>2207</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
       <c r="H117" t="s">
-        <v>2201</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B118" t="s">
-        <v>2202</v>
+        <v>2210</v>
       </c>
       <c r="C118" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>1487</v>
+        <v>2212</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>2204</v>
+        <v>2213</v>
       </c>
       <c r="H118" t="s">
-        <v>2205</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B119" t="s">
-        <v>2206</v>
+        <v>2215</v>
       </c>
       <c r="C119" t="s">
-        <v>2207</v>
+        <v>2216</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>2208</v>
+        <v>2217</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>2209</v>
+        <v>2218</v>
       </c>
       <c r="H119" t="s">
-        <v>2210</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B120" t="s">
-        <v>2211</v>
+        <v>2220</v>
       </c>
       <c r="C120" t="s">
-        <v>2212</v>
+        <v>2221</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>2213</v>
+        <v>1497</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>2214</v>
+        <v>2222</v>
       </c>
       <c r="H120" t="s">
-        <v>2215</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B121" t="s">
-        <v>2216</v>
+        <v>2224</v>
       </c>
       <c r="C121" t="s">
-        <v>2217</v>
+        <v>2225</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>2218</v>
+        <v>2226</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>2219</v>
+        <v>2227</v>
       </c>
       <c r="H121" t="s">
-        <v>2220</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B122" t="s">
-        <v>2221</v>
+        <v>2229</v>
       </c>
       <c r="C122" t="s">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>2223</v>
+        <v>2231</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
       <c r="H122" t="s">
-        <v>2225</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B123" t="s">
-        <v>2226</v>
+        <v>2234</v>
       </c>
       <c r="C123" t="s">
-        <v>2227</v>
+        <v>2235</v>
       </c>
       <c r="D123" t="s">
         <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>2228</v>
+        <v>2236</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>2229</v>
+        <v>2237</v>
       </c>
       <c r="H123" t="s">
-        <v>2230</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B124" t="s">
-        <v>1182</v>
+        <v>2239</v>
       </c>
       <c r="C124" t="s">
-        <v>13</v>
+        <v>2240</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>2231</v>
+        <v>2241</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>2232</v>
+        <v>2242</v>
       </c>
       <c r="H124" t="s">
-        <v>2233</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1646</v>
+        <v>1656</v>
       </c>
       <c r="B125" t="s">
-        <v>2234</v>
+        <v>2244</v>
       </c>
       <c r="C125" t="s">
-        <v>13</v>
+        <v>2245</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>2235</v>
+        <v>2246</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>2236</v>
+        <v>2247</v>
       </c>
       <c r="H125" t="s">
-        <v>2237</v>
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2249</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2250</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2251</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2252</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2254</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2255</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B2" t="s">
-        <v>2239</v>
+        <v>2257</v>
       </c>
       <c r="C2" t="s">
-        <v>2240</v>
+        <v>2258</v>
       </c>
       <c r="D2" t="s">
-        <v>2241</v>
+        <v>2259</v>
       </c>
       <c r="E2" t="s">
-        <v>2242</v>
+        <v>2260</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2243</v>
+        <v>2261</v>
       </c>
       <c r="H2" t="s">
-        <v>2244</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B3" t="s">
-        <v>2245</v>
+        <v>2263</v>
       </c>
       <c r="C3" t="s">
-        <v>2246</v>
+        <v>2264</v>
       </c>
       <c r="D3" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="E3" t="s">
-        <v>1708</v>
+        <v>1726</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2247</v>
+        <v>2265</v>
       </c>
       <c r="H3" t="s">
-        <v>2248</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B4" t="s">
-        <v>2249</v>
+        <v>2267</v>
       </c>
       <c r="C4" t="s">
-        <v>2250</v>
+        <v>2268</v>
       </c>
       <c r="D4" t="s">
-        <v>2251</v>
+        <v>2269</v>
       </c>
       <c r="E4" t="s">
-        <v>2252</v>
+        <v>2270</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2253</v>
+        <v>2271</v>
       </c>
       <c r="H4" t="s">
-        <v>2254</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B5" t="s">
-        <v>2255</v>
+        <v>2273</v>
       </c>
       <c r="C5" t="s">
-        <v>2256</v>
+        <v>2274</v>
       </c>
       <c r="D5" t="s">
-        <v>2257</v>
+        <v>2275</v>
       </c>
       <c r="E5" t="s">
-        <v>1756</v>
+        <v>1774</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2258</v>
+        <v>2276</v>
       </c>
       <c r="H5" t="s">
-        <v>2259</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B6" t="s">
-        <v>2260</v>
+        <v>2278</v>
       </c>
       <c r="C6" t="s">
-        <v>2261</v>
+        <v>2279</v>
       </c>
       <c r="D6" t="s">
-        <v>2262</v>
+        <v>2280</v>
       </c>
       <c r="E6" t="s">
-        <v>1776</v>
+        <v>1794</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2263</v>
+        <v>2281</v>
       </c>
       <c r="H6" t="s">
-        <v>2264</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B7" t="s">
-        <v>2265</v>
+        <v>2283</v>
       </c>
       <c r="C7" t="s">
-        <v>2266</v>
+        <v>2284</v>
       </c>
       <c r="D7" t="s">
-        <v>2267</v>
+        <v>2285</v>
       </c>
       <c r="E7" t="s">
-        <v>2268</v>
+        <v>2286</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2269</v>
+        <v>2287</v>
       </c>
       <c r="H7" t="s">
-        <v>2270</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B8" t="s">
-        <v>2271</v>
+        <v>2289</v>
       </c>
       <c r="C8" t="s">
-        <v>2272</v>
+        <v>2290</v>
       </c>
       <c r="D8" t="s">
-        <v>2273</v>
+        <v>2291</v>
       </c>
       <c r="E8" t="s">
-        <v>2274</v>
+        <v>2292</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2275</v>
+        <v>2293</v>
       </c>
       <c r="H8" t="s">
-        <v>2276</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B9" t="s">
-        <v>2277</v>
+        <v>2295</v>
       </c>
       <c r="C9" t="s">
-        <v>2278</v>
+        <v>2296</v>
       </c>
       <c r="D9" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="E9" t="s">
-        <v>2279</v>
+        <v>2297</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2280</v>
+        <v>2298</v>
       </c>
       <c r="H9" t="s">
-        <v>2281</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B10" t="s">
-        <v>2282</v>
+        <v>2300</v>
       </c>
       <c r="C10" t="s">
-        <v>2283</v>
+        <v>2301</v>
       </c>
       <c r="D10" t="s">
-        <v>2284</v>
+        <v>2302</v>
       </c>
       <c r="E10" t="s">
-        <v>2285</v>
+        <v>2303</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2286</v>
+        <v>2304</v>
       </c>
       <c r="H10" t="s">
-        <v>2287</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B11" t="s">
-        <v>2288</v>
+        <v>2306</v>
       </c>
       <c r="C11" t="s">
-        <v>2289</v>
+        <v>2307</v>
       </c>
       <c r="D11" t="s">
-        <v>2290</v>
+        <v>2308</v>
       </c>
       <c r="E11" t="s">
-        <v>2291</v>
+        <v>2309</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2292</v>
+        <v>2310</v>
       </c>
       <c r="H11" t="s">
-        <v>2293</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B12" t="s">
-        <v>2294</v>
+        <v>2312</v>
       </c>
       <c r="C12" t="s">
-        <v>2295</v>
+        <v>2313</v>
       </c>
       <c r="D12" t="s">
-        <v>1326</v>
+        <v>1336</v>
       </c>
       <c r="E12" t="s">
-        <v>2296</v>
+        <v>2314</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2297</v>
+        <v>2315</v>
       </c>
       <c r="H12" t="s">
-        <v>2298</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B13" t="s">
-        <v>2299</v>
+        <v>2317</v>
       </c>
       <c r="C13" t="s">
-        <v>2300</v>
+        <v>2318</v>
       </c>
       <c r="D13" t="s">
-        <v>2301</v>
+        <v>2319</v>
       </c>
       <c r="E13" t="s">
-        <v>2302</v>
+        <v>2320</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2303</v>
+        <v>2321</v>
       </c>
       <c r="H13" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B14" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C14" t="s">
-        <v>2306</v>
+        <v>2324</v>
       </c>
       <c r="D14" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="E14" t="s">
-        <v>2302</v>
+        <v>2320</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2307</v>
+        <v>2325</v>
       </c>
       <c r="H14" t="s">
-        <v>2308</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B15" t="s">
-        <v>2309</v>
+        <v>2327</v>
       </c>
       <c r="C15" t="s">
-        <v>2310</v>
+        <v>2328</v>
       </c>
       <c r="D15" t="s">
-        <v>2311</v>
+        <v>2329</v>
       </c>
       <c r="E15" t="s">
-        <v>2312</v>
+        <v>2330</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2313</v>
+        <v>2331</v>
       </c>
       <c r="H15" t="s">
-        <v>2314</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B16" t="s">
-        <v>2315</v>
+        <v>2333</v>
       </c>
       <c r="C16" t="s">
-        <v>2316</v>
+        <v>2334</v>
       </c>
       <c r="D16" t="s">
-        <v>2317</v>
+        <v>2335</v>
       </c>
       <c r="E16" t="s">
-        <v>2318</v>
+        <v>2336</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2319</v>
+        <v>2337</v>
       </c>
       <c r="H16" t="s">
-        <v>2320</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B17" t="s">
-        <v>2321</v>
+        <v>2339</v>
       </c>
       <c r="C17" t="s">
-        <v>2322</v>
+        <v>2340</v>
       </c>
       <c r="D17" t="s">
-        <v>2323</v>
+        <v>2341</v>
       </c>
       <c r="E17" t="s">
-        <v>2324</v>
+        <v>2342</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2325</v>
+        <v>2343</v>
       </c>
       <c r="H17" t="s">
-        <v>2326</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B18" t="s">
-        <v>2327</v>
+        <v>2345</v>
       </c>
       <c r="C18" t="s">
-        <v>2328</v>
+        <v>2346</v>
       </c>
       <c r="D18" t="s">
-        <v>2329</v>
+        <v>2347</v>
       </c>
       <c r="E18" t="s">
-        <v>2330</v>
+        <v>2348</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2331</v>
+        <v>2349</v>
       </c>
       <c r="H18" t="s">
-        <v>2332</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B19" t="s">
-        <v>2333</v>
+        <v>2351</v>
       </c>
       <c r="C19" t="s">
-        <v>2334</v>
+        <v>2352</v>
       </c>
       <c r="D19" t="s">
-        <v>2335</v>
+        <v>2353</v>
       </c>
       <c r="E19" t="s">
-        <v>2336</v>
+        <v>2354</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2337</v>
+        <v>2355</v>
       </c>
       <c r="H19" t="s">
-        <v>2338</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B20" t="s">
-        <v>2339</v>
+        <v>2357</v>
       </c>
       <c r="C20" t="s">
-        <v>2340</v>
+        <v>2358</v>
       </c>
       <c r="D20" t="s">
-        <v>2341</v>
+        <v>2359</v>
       </c>
       <c r="E20" t="s">
-        <v>2342</v>
+        <v>2360</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2343</v>
+        <v>2361</v>
       </c>
       <c r="H20" t="s">
-        <v>2344</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B21" t="s">
-        <v>2345</v>
+        <v>2363</v>
       </c>
       <c r="C21" t="s">
-        <v>2346</v>
+        <v>2364</v>
       </c>
       <c r="D21" t="s">
-        <v>2341</v>
+        <v>2359</v>
       </c>
       <c r="E21" t="s">
-        <v>2342</v>
+        <v>2360</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2347</v>
+        <v>2365</v>
       </c>
       <c r="H21" t="s">
-        <v>2348</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B22" t="s">
-        <v>2349</v>
+        <v>2367</v>
       </c>
       <c r="C22" t="s">
-        <v>2350</v>
+        <v>2368</v>
       </c>
       <c r="D22" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="E22" t="s">
-        <v>2351</v>
+        <v>2369</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2352</v>
+        <v>2370</v>
       </c>
       <c r="H22" t="s">
-        <v>2353</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B23" t="s">
-        <v>2354</v>
+        <v>2372</v>
       </c>
       <c r="C23" t="s">
-        <v>2355</v>
+        <v>2373</v>
       </c>
       <c r="D23" t="s">
-        <v>2356</v>
+        <v>2374</v>
       </c>
       <c r="E23" t="s">
-        <v>2357</v>
+        <v>2375</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2358</v>
+        <v>2376</v>
       </c>
       <c r="H23" t="s">
-        <v>2359</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B24" t="s">
-        <v>2360</v>
+        <v>2378</v>
       </c>
       <c r="C24" t="s">
-        <v>2361</v>
+        <v>2379</v>
       </c>
       <c r="D24" t="s">
-        <v>2362</v>
+        <v>2380</v>
       </c>
       <c r="E24" t="s">
-        <v>2363</v>
+        <v>2381</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2364</v>
+        <v>2382</v>
       </c>
       <c r="H24" t="s">
-        <v>2365</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B25" t="s">
-        <v>2366</v>
+        <v>2384</v>
       </c>
       <c r="C25" t="s">
-        <v>2367</v>
+        <v>2385</v>
       </c>
       <c r="D25" t="s">
-        <v>2368</v>
+        <v>2386</v>
       </c>
       <c r="E25" t="s">
-        <v>2369</v>
+        <v>2387</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2370</v>
+        <v>2388</v>
       </c>
       <c r="H25" t="s">
-        <v>2371</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B26" t="s">
-        <v>2372</v>
+        <v>2390</v>
       </c>
       <c r="C26" t="s">
-        <v>2373</v>
+        <v>2391</v>
       </c>
       <c r="D26" t="s">
-        <v>2374</v>
+        <v>2392</v>
       </c>
       <c r="E26" t="s">
-        <v>2375</v>
+        <v>2393</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2376</v>
+        <v>2394</v>
       </c>
       <c r="H26" t="s">
-        <v>2377</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B27" t="s">
-        <v>2378</v>
+        <v>2396</v>
       </c>
       <c r="C27" t="s">
-        <v>2379</v>
+        <v>2397</v>
       </c>
       <c r="D27" t="s">
-        <v>2380</v>
+        <v>2398</v>
       </c>
       <c r="E27" t="s">
-        <v>2381</v>
+        <v>2399</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2382</v>
+        <v>2400</v>
       </c>
       <c r="H27" t="s">
-        <v>2383</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B28" t="s">
-        <v>2384</v>
+        <v>2402</v>
       </c>
       <c r="C28" t="s">
-        <v>2385</v>
+        <v>2403</v>
       </c>
       <c r="D28" t="s">
-        <v>2386</v>
+        <v>2404</v>
       </c>
       <c r="E28" t="s">
-        <v>2105</v>
+        <v>2123</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2387</v>
+        <v>2405</v>
       </c>
       <c r="H28" t="s">
-        <v>2388</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B29" t="s">
-        <v>2389</v>
+        <v>2407</v>
       </c>
       <c r="C29" t="s">
-        <v>2390</v>
+        <v>2408</v>
       </c>
       <c r="D29" t="s">
-        <v>2391</v>
+        <v>2409</v>
       </c>
       <c r="E29" t="s">
-        <v>2392</v>
+        <v>2410</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2393</v>
+        <v>2411</v>
       </c>
       <c r="H29" t="s">
-        <v>2394</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B30" t="s">
-        <v>2395</v>
+        <v>2413</v>
       </c>
       <c r="C30" t="s">
-        <v>2396</v>
+        <v>2414</v>
       </c>
       <c r="D30" t="s">
-        <v>2397</v>
+        <v>2415</v>
       </c>
       <c r="E30" t="s">
-        <v>2398</v>
+        <v>2416</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2399</v>
+        <v>2417</v>
       </c>
       <c r="H30" t="s">
-        <v>2400</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B31" t="s">
-        <v>2401</v>
+        <v>2419</v>
       </c>
       <c r="C31" t="s">
-        <v>2402</v>
+        <v>2420</v>
       </c>
       <c r="D31" t="s">
-        <v>2403</v>
+        <v>2421</v>
       </c>
       <c r="E31" t="s">
-        <v>2404</v>
+        <v>2422</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2405</v>
+        <v>2423</v>
       </c>
       <c r="H31" t="s">
-        <v>2406</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B32" t="s">
-        <v>2407</v>
+        <v>2425</v>
       </c>
       <c r="C32" t="s">
-        <v>2408</v>
+        <v>2426</v>
       </c>
       <c r="D32" t="s">
-        <v>2409</v>
+        <v>2427</v>
       </c>
       <c r="E32" t="s">
-        <v>2189</v>
+        <v>2207</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2410</v>
+        <v>2428</v>
       </c>
       <c r="H32" t="s">
-        <v>2411</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2238</v>
+        <v>2256</v>
       </c>
       <c r="B33" t="s">
-        <v>2412</v>
+        <v>2430</v>
       </c>
       <c r="C33" t="s">
-        <v>2413</v>
+        <v>2431</v>
       </c>
       <c r="D33" t="s">
-        <v>2414</v>
+        <v>2432</v>
       </c>
       <c r="E33" t="s">
-        <v>2415</v>
+        <v>2433</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2416</v>
+        <v>2434</v>
       </c>
       <c r="H33" t="s">
-        <v>2417</v>
+        <v>2435</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B2" t="s">
-        <v>2419</v>
+        <v>2437</v>
       </c>
       <c r="C2" t="s">
-        <v>2419</v>
+        <v>2437</v>
       </c>
       <c r="D2" t="s">
-        <v>2420</v>
+        <v>2438</v>
       </c>
       <c r="E2" t="s">
-        <v>2421</v>
+        <v>2439</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2422</v>
+        <v>2440</v>
       </c>
       <c r="H2" t="s">
-        <v>2423</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B3" t="s">
-        <v>2424</v>
+        <v>2442</v>
       </c>
       <c r="C3" t="s">
-        <v>2425</v>
+        <v>2443</v>
       </c>
       <c r="D3" t="s">
-        <v>2426</v>
+        <v>2444</v>
       </c>
       <c r="E3" t="s">
-        <v>2427</v>
+        <v>2445</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2428</v>
+        <v>2446</v>
       </c>
       <c r="H3" t="s">
-        <v>2429</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B4" t="s">
-        <v>2430</v>
+        <v>2448</v>
       </c>
       <c r="C4" t="s">
-        <v>2431</v>
+        <v>2449</v>
       </c>
       <c r="D4" t="s">
-        <v>2432</v>
+        <v>2450</v>
       </c>
       <c r="E4" t="s">
-        <v>2433</v>
+        <v>2451</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2434</v>
+        <v>2452</v>
       </c>
       <c r="H4" t="s">
-        <v>2435</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B5" t="s">
-        <v>2436</v>
+        <v>2454</v>
       </c>
       <c r="C5" t="s">
-        <v>2437</v>
+        <v>2455</v>
       </c>
       <c r="D5" t="s">
-        <v>2438</v>
+        <v>2456</v>
       </c>
       <c r="E5" t="s">
-        <v>2439</v>
+        <v>2457</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2440</v>
+        <v>2458</v>
       </c>
       <c r="H5" t="s">
-        <v>2441</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B6" t="s">
-        <v>2442</v>
+        <v>2460</v>
       </c>
       <c r="C6" t="s">
-        <v>2443</v>
+        <v>2461</v>
       </c>
       <c r="D6" t="s">
-        <v>2444</v>
+        <v>2462</v>
       </c>
       <c r="E6" t="s">
-        <v>2445</v>
+        <v>2463</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2446</v>
+        <v>2464</v>
       </c>
       <c r="H6" t="s">
-        <v>2447</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B7" t="s">
-        <v>2448</v>
+        <v>2466</v>
       </c>
       <c r="C7" t="s">
-        <v>2449</v>
+        <v>2467</v>
       </c>
       <c r="D7" t="s">
-        <v>2450</v>
+        <v>2468</v>
       </c>
       <c r="E7" t="s">
-        <v>2445</v>
+        <v>2463</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2451</v>
+        <v>2469</v>
       </c>
       <c r="H7" t="s">
-        <v>2452</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B8" t="s">
-        <v>2453</v>
+        <v>2471</v>
       </c>
       <c r="C8" t="s">
-        <v>2454</v>
+        <v>2472</v>
       </c>
       <c r="D8" t="s">
-        <v>2455</v>
+        <v>2473</v>
       </c>
       <c r="E8" t="s">
-        <v>2456</v>
+        <v>2474</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2457</v>
+        <v>2475</v>
       </c>
       <c r="H8" t="s">
-        <v>2458</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B9" t="s">
-        <v>2459</v>
+        <v>2477</v>
       </c>
       <c r="C9" t="s">
-        <v>2460</v>
+        <v>2478</v>
       </c>
       <c r="D9" t="s">
-        <v>2461</v>
+        <v>2479</v>
       </c>
       <c r="E9" t="s">
-        <v>2462</v>
+        <v>2480</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2463</v>
+        <v>2481</v>
       </c>
       <c r="H9" t="s">
-        <v>2464</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B10" t="s">
-        <v>2465</v>
+        <v>2483</v>
       </c>
       <c r="C10" t="s">
-        <v>2466</v>
+        <v>2484</v>
       </c>
       <c r="D10" t="s">
-        <v>2467</v>
+        <v>2485</v>
       </c>
       <c r="E10" t="s">
-        <v>2468</v>
+        <v>2486</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2469</v>
+        <v>2487</v>
       </c>
       <c r="H10" t="s">
-        <v>2470</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B11" t="s">
-        <v>2471</v>
+        <v>2489</v>
       </c>
       <c r="C11" t="s">
-        <v>2472</v>
+        <v>2490</v>
       </c>
       <c r="D11" t="s">
-        <v>2473</v>
+        <v>2491</v>
       </c>
       <c r="E11" t="s">
-        <v>2474</v>
+        <v>2492</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2475</v>
+        <v>2493</v>
       </c>
       <c r="H11" t="s">
-        <v>2476</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B12" t="s">
-        <v>2477</v>
+        <v>2495</v>
       </c>
       <c r="C12" t="s">
-        <v>2478</v>
+        <v>2496</v>
       </c>
       <c r="D12" t="s">
-        <v>2479</v>
+        <v>2497</v>
       </c>
       <c r="E12" t="s">
-        <v>2480</v>
+        <v>2498</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2481</v>
+        <v>2499</v>
       </c>
       <c r="H12" t="s">
-        <v>2482</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B13" t="s">
-        <v>2483</v>
+        <v>2501</v>
       </c>
       <c r="C13" t="s">
-        <v>2484</v>
+        <v>2502</v>
       </c>
       <c r="D13" t="s">
-        <v>2485</v>
+        <v>2503</v>
       </c>
       <c r="E13" t="s">
-        <v>2486</v>
+        <v>2504</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2487</v>
+        <v>2505</v>
       </c>
       <c r="H13" t="s">
-        <v>2488</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B14" t="s">
-        <v>2489</v>
+        <v>2507</v>
       </c>
       <c r="C14" t="s">
-        <v>2490</v>
+        <v>2508</v>
       </c>
       <c r="D14" t="s">
-        <v>2491</v>
+        <v>2509</v>
       </c>
       <c r="E14" t="s">
-        <v>2492</v>
+        <v>2510</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="H14" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B15" t="s">
-        <v>2495</v>
+        <v>2513</v>
       </c>
       <c r="C15" t="s">
-        <v>2496</v>
+        <v>2514</v>
       </c>
       <c r="D15" t="s">
-        <v>2497</v>
+        <v>2515</v>
       </c>
       <c r="E15" t="s">
-        <v>2498</v>
+        <v>2516</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2499</v>
+        <v>2517</v>
       </c>
       <c r="H15" t="s">
-        <v>2500</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B16" t="s">
-        <v>2501</v>
+        <v>2519</v>
       </c>
       <c r="C16" t="s">
-        <v>2502</v>
+        <v>2520</v>
       </c>
       <c r="D16" t="s">
-        <v>2503</v>
+        <v>2521</v>
       </c>
       <c r="E16" t="s">
-        <v>2504</v>
+        <v>2522</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2505</v>
+        <v>2523</v>
       </c>
       <c r="H16" t="s">
-        <v>2506</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B17" t="s">
-        <v>2507</v>
+        <v>2525</v>
       </c>
       <c r="C17" t="s">
-        <v>2508</v>
+        <v>2526</v>
       </c>
       <c r="D17" t="s">
-        <v>2503</v>
+        <v>2521</v>
       </c>
       <c r="E17" t="s">
-        <v>2509</v>
+        <v>2527</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2510</v>
+        <v>2528</v>
       </c>
       <c r="H17" t="s">
-        <v>2511</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B18" t="s">
-        <v>2512</v>
+        <v>2530</v>
       </c>
       <c r="C18" t="s">
-        <v>2513</v>
+        <v>2531</v>
       </c>
       <c r="D18" t="s">
-        <v>2514</v>
+        <v>2532</v>
       </c>
       <c r="E18" t="s">
-        <v>2515</v>
+        <v>2533</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2516</v>
+        <v>2534</v>
       </c>
       <c r="H18" t="s">
-        <v>2517</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B19" t="s">
-        <v>2518</v>
+        <v>2536</v>
       </c>
       <c r="C19" t="s">
-        <v>2519</v>
+        <v>2537</v>
       </c>
       <c r="D19" t="s">
-        <v>2520</v>
+        <v>2538</v>
       </c>
       <c r="E19" t="s">
-        <v>2521</v>
+        <v>2539</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2522</v>
+        <v>2540</v>
       </c>
       <c r="H19" t="s">
-        <v>2523</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B20" t="s">
-        <v>2524</v>
+        <v>2542</v>
       </c>
       <c r="C20" t="s">
-        <v>2525</v>
+        <v>2543</v>
       </c>
       <c r="D20" t="s">
-        <v>2526</v>
+        <v>2544</v>
       </c>
       <c r="E20" t="s">
-        <v>2527</v>
+        <v>2545</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2528</v>
+        <v>2546</v>
       </c>
       <c r="H20" t="s">
-        <v>2529</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B21" t="s">
-        <v>2530</v>
+        <v>2548</v>
       </c>
       <c r="C21" t="s">
-        <v>2531</v>
+        <v>2549</v>
       </c>
       <c r="D21" t="s">
-        <v>2532</v>
+        <v>2550</v>
       </c>
       <c r="E21" t="s">
-        <v>2527</v>
+        <v>2545</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2533</v>
+        <v>2551</v>
       </c>
       <c r="H21" t="s">
-        <v>2534</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B22" t="s">
-        <v>2535</v>
+        <v>2553</v>
       </c>
       <c r="C22" t="s">
-        <v>2536</v>
+        <v>2554</v>
       </c>
       <c r="D22" t="s">
-        <v>2532</v>
+        <v>2550</v>
       </c>
       <c r="E22" t="s">
-        <v>2527</v>
+        <v>2545</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2537</v>
+        <v>2555</v>
       </c>
       <c r="H22" t="s">
-        <v>2538</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B23" t="s">
-        <v>2539</v>
+        <v>2557</v>
       </c>
       <c r="C23" t="s">
-        <v>2540</v>
+        <v>2558</v>
       </c>
       <c r="D23" t="s">
-        <v>2532</v>
+        <v>2550</v>
       </c>
       <c r="E23" t="s">
-        <v>2527</v>
+        <v>2545</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2541</v>
+        <v>2559</v>
       </c>
       <c r="H23" t="s">
-        <v>2542</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B24" t="s">
-        <v>2543</v>
+        <v>2561</v>
       </c>
       <c r="C24" t="s">
-        <v>2544</v>
+        <v>2562</v>
       </c>
       <c r="D24" t="s">
-        <v>2545</v>
+        <v>2563</v>
       </c>
       <c r="E24" t="s">
-        <v>2546</v>
+        <v>2564</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2547</v>
+        <v>2565</v>
       </c>
       <c r="H24" t="s">
-        <v>2548</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B25" t="s">
-        <v>2549</v>
+        <v>2567</v>
       </c>
       <c r="C25" t="s">
-        <v>2550</v>
+        <v>2568</v>
       </c>
       <c r="D25" t="s">
-        <v>2551</v>
+        <v>2569</v>
       </c>
       <c r="E25" t="s">
-        <v>2552</v>
+        <v>2570</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2553</v>
+        <v>2571</v>
       </c>
       <c r="H25" t="s">
-        <v>2554</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B26" t="s">
-        <v>2555</v>
+        <v>2573</v>
       </c>
       <c r="C26" t="s">
-        <v>2556</v>
+        <v>2574</v>
       </c>
       <c r="D26" t="s">
-        <v>2557</v>
+        <v>2575</v>
       </c>
       <c r="E26" t="s">
-        <v>2552</v>
+        <v>2570</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2558</v>
+        <v>2576</v>
       </c>
       <c r="H26" t="s">
-        <v>2559</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B27" t="s">
-        <v>2560</v>
+        <v>2578</v>
       </c>
       <c r="C27" t="s">
-        <v>2561</v>
+        <v>2579</v>
       </c>
       <c r="D27" t="s">
-        <v>2562</v>
+        <v>2580</v>
       </c>
       <c r="E27" t="s">
-        <v>2552</v>
+        <v>2570</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2563</v>
+        <v>2581</v>
       </c>
       <c r="H27" t="s">
-        <v>2564</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B28" t="s">
-        <v>2565</v>
+        <v>2583</v>
       </c>
       <c r="C28" t="s">
-        <v>2566</v>
+        <v>2584</v>
       </c>
       <c r="D28" t="s">
-        <v>2557</v>
+        <v>2575</v>
       </c>
       <c r="E28" t="s">
-        <v>2567</v>
+        <v>2585</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2568</v>
+        <v>2586</v>
       </c>
       <c r="H28" t="s">
-        <v>2569</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B29" t="s">
-        <v>2570</v>
+        <v>2588</v>
       </c>
       <c r="C29" t="s">
-        <v>2571</v>
+        <v>2589</v>
       </c>
       <c r="D29" t="s">
-        <v>2557</v>
+        <v>2575</v>
       </c>
       <c r="E29" t="s">
-        <v>2572</v>
+        <v>2590</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2573</v>
+        <v>2591</v>
       </c>
       <c r="H29" t="s">
-        <v>2574</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B30" t="s">
+        <v>2593</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D30" t="s">
         <v>2575</v>
       </c>
-      <c r="C30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>2577</v>
+        <v>2595</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2578</v>
+        <v>2596</v>
       </c>
       <c r="H30" t="s">
-        <v>2579</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B31" t="s">
-        <v>2580</v>
+        <v>2598</v>
       </c>
       <c r="C31" t="s">
-        <v>2581</v>
+        <v>2599</v>
       </c>
       <c r="D31" t="s">
-        <v>2582</v>
+        <v>2600</v>
       </c>
       <c r="E31" t="s">
-        <v>2583</v>
+        <v>2601</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2584</v>
+        <v>2602</v>
       </c>
       <c r="H31" t="s">
-        <v>2585</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B32" t="s">
-        <v>2586</v>
+        <v>2604</v>
       </c>
       <c r="C32" t="s">
-        <v>2587</v>
+        <v>2605</v>
       </c>
       <c r="D32" t="s">
-        <v>2582</v>
+        <v>2600</v>
       </c>
       <c r="E32" t="s">
-        <v>2588</v>
+        <v>2606</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2589</v>
+        <v>2607</v>
       </c>
       <c r="H32" t="s">
-        <v>2590</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B33" t="s">
-        <v>2591</v>
+        <v>2609</v>
       </c>
       <c r="C33" t="s">
-        <v>2592</v>
+        <v>2610</v>
       </c>
       <c r="D33" t="s">
-        <v>2593</v>
+        <v>2611</v>
       </c>
       <c r="E33" t="s">
-        <v>2594</v>
+        <v>2612</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2595</v>
+        <v>2613</v>
       </c>
       <c r="H33" t="s">
-        <v>2596</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B34" t="s">
-        <v>2597</v>
+        <v>2615</v>
       </c>
       <c r="C34" t="s">
-        <v>2598</v>
+        <v>2616</v>
       </c>
       <c r="D34" t="s">
-        <v>2599</v>
+        <v>2617</v>
       </c>
       <c r="E34" t="s">
-        <v>2600</v>
+        <v>2618</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2601</v>
+        <v>2619</v>
       </c>
       <c r="H34" t="s">
-        <v>2602</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B35" t="s">
-        <v>2603</v>
+        <v>2621</v>
       </c>
       <c r="C35" t="s">
-        <v>2604</v>
+        <v>2622</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>2600</v>
+        <v>2618</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2605</v>
+        <v>2623</v>
       </c>
       <c r="H35" t="s">
-        <v>2606</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B36" t="s">
-        <v>2607</v>
+        <v>2625</v>
       </c>
       <c r="C36" t="s">
-        <v>2608</v>
+        <v>2626</v>
       </c>
       <c r="D36" t="s">
-        <v>2609</v>
+        <v>2627</v>
       </c>
       <c r="E36" t="s">
-        <v>2610</v>
+        <v>2628</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2611</v>
+        <v>2629</v>
       </c>
       <c r="H36" t="s">
-        <v>2612</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B37" t="s">
-        <v>2613</v>
+        <v>2631</v>
       </c>
       <c r="C37" t="s">
-        <v>2614</v>
+        <v>2632</v>
       </c>
       <c r="D37" t="s">
-        <v>2609</v>
+        <v>2627</v>
       </c>
       <c r="E37" t="s">
-        <v>2610</v>
+        <v>2628</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2615</v>
+        <v>2633</v>
       </c>
       <c r="H37" t="s">
-        <v>2616</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B38" t="s">
-        <v>2617</v>
+        <v>2635</v>
       </c>
       <c r="C38" t="s">
-        <v>2618</v>
+        <v>2636</v>
       </c>
       <c r="D38" t="s">
-        <v>2609</v>
+        <v>2627</v>
       </c>
       <c r="E38" t="s">
-        <v>2610</v>
+        <v>2628</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2619</v>
+        <v>2637</v>
       </c>
       <c r="H38" t="s">
-        <v>2620</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B39" t="s">
-        <v>2621</v>
+        <v>2639</v>
       </c>
       <c r="C39" t="s">
-        <v>2622</v>
+        <v>2640</v>
       </c>
       <c r="D39" t="s">
-        <v>2623</v>
+        <v>2641</v>
       </c>
       <c r="E39" t="s">
-        <v>2624</v>
+        <v>2642</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2625</v>
+        <v>2643</v>
       </c>
       <c r="H39" t="s">
-        <v>2626</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B40" t="s">
-        <v>2627</v>
+        <v>2645</v>
       </c>
       <c r="C40" t="s">
-        <v>2628</v>
+        <v>2646</v>
       </c>
       <c r="D40" t="s">
-        <v>2623</v>
+        <v>2641</v>
       </c>
       <c r="E40" t="s">
-        <v>2629</v>
+        <v>2647</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2630</v>
+        <v>2648</v>
       </c>
       <c r="H40" t="s">
-        <v>2631</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B41" t="s">
-        <v>2632</v>
+        <v>2650</v>
       </c>
       <c r="C41" t="s">
-        <v>2633</v>
+        <v>2651</v>
       </c>
       <c r="D41" t="s">
-        <v>2634</v>
+        <v>2652</v>
       </c>
       <c r="E41" t="s">
-        <v>2635</v>
+        <v>2653</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2636</v>
+        <v>2654</v>
       </c>
       <c r="H41" t="s">
-        <v>2637</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B42" t="s">
-        <v>2638</v>
+        <v>2656</v>
       </c>
       <c r="C42" t="s">
-        <v>2639</v>
+        <v>2657</v>
       </c>
       <c r="D42" t="s">
-        <v>2634</v>
+        <v>2652</v>
       </c>
       <c r="E42" t="s">
-        <v>2635</v>
+        <v>2653</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2640</v>
+        <v>2658</v>
       </c>
       <c r="H42" t="s">
-        <v>2641</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B43" t="s">
-        <v>2642</v>
+        <v>2660</v>
       </c>
       <c r="C43" t="s">
-        <v>2643</v>
+        <v>2661</v>
       </c>
       <c r="D43" t="s">
-        <v>2644</v>
+        <v>2662</v>
       </c>
       <c r="E43" t="s">
-        <v>2645</v>
+        <v>2663</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2646</v>
+        <v>2664</v>
       </c>
       <c r="H43" t="s">
-        <v>2647</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B44" t="s">
-        <v>2648</v>
+        <v>2666</v>
       </c>
       <c r="C44" t="s">
-        <v>2649</v>
+        <v>2667</v>
       </c>
       <c r="D44" t="s">
-        <v>2650</v>
+        <v>2668</v>
       </c>
       <c r="E44" t="s">
-        <v>2651</v>
+        <v>2669</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2652</v>
+        <v>2670</v>
       </c>
       <c r="H44" t="s">
-        <v>2653</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B45" t="s">
-        <v>2654</v>
+        <v>2672</v>
       </c>
       <c r="C45" t="s">
-        <v>2655</v>
+        <v>2673</v>
       </c>
       <c r="D45" t="s">
-        <v>2656</v>
+        <v>2674</v>
       </c>
       <c r="E45" t="s">
-        <v>2657</v>
+        <v>2675</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2658</v>
+        <v>2676</v>
       </c>
       <c r="H45" t="s">
-        <v>2659</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B46" t="s">
-        <v>2660</v>
+        <v>2678</v>
       </c>
       <c r="C46" t="s">
-        <v>2661</v>
+        <v>2679</v>
       </c>
       <c r="D46" t="s">
-        <v>2656</v>
+        <v>2674</v>
       </c>
       <c r="E46" t="s">
-        <v>2657</v>
+        <v>2675</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2662</v>
+        <v>2680</v>
       </c>
       <c r="H46" t="s">
-        <v>2663</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B47" t="s">
-        <v>2664</v>
+        <v>2682</v>
       </c>
       <c r="C47" t="s">
-        <v>2665</v>
+        <v>2683</v>
       </c>
       <c r="D47" t="s">
-        <v>2656</v>
+        <v>2674</v>
       </c>
       <c r="E47" t="s">
-        <v>2657</v>
+        <v>2675</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2666</v>
+        <v>2684</v>
       </c>
       <c r="H47" t="s">
-        <v>2667</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B48" t="s">
-        <v>2668</v>
+        <v>2686</v>
       </c>
       <c r="C48" t="s">
-        <v>2669</v>
+        <v>2687</v>
       </c>
       <c r="D48" t="s">
-        <v>2670</v>
+        <v>2688</v>
       </c>
       <c r="E48" t="s">
-        <v>2657</v>
+        <v>2675</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2671</v>
+        <v>2689</v>
       </c>
       <c r="H48" t="s">
-        <v>2672</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B49" t="s">
-        <v>2673</v>
+        <v>2691</v>
       </c>
       <c r="C49" t="s">
-        <v>2674</v>
+        <v>2692</v>
       </c>
       <c r="D49" t="s">
-        <v>2670</v>
+        <v>2688</v>
       </c>
       <c r="E49" t="s">
-        <v>2657</v>
+        <v>2675</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2675</v>
+        <v>2693</v>
       </c>
       <c r="H49" t="s">
-        <v>2676</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B50" t="s">
-        <v>2677</v>
+        <v>2695</v>
       </c>
       <c r="C50" t="s">
-        <v>2678</v>
+        <v>2696</v>
       </c>
       <c r="D50" t="s">
-        <v>2679</v>
+        <v>2697</v>
       </c>
       <c r="E50" t="s">
-        <v>2680</v>
+        <v>2698</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2681</v>
+        <v>2699</v>
       </c>
       <c r="H50" t="s">
-        <v>2682</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B51" t="s">
-        <v>2683</v>
+        <v>2701</v>
       </c>
       <c r="C51" t="s">
-        <v>2684</v>
+        <v>2702</v>
       </c>
       <c r="D51" t="s">
-        <v>2685</v>
+        <v>2703</v>
       </c>
       <c r="E51" t="s">
-        <v>2686</v>
+        <v>2704</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2687</v>
+        <v>2705</v>
       </c>
       <c r="H51" t="s">
-        <v>2688</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B52" t="s">
-        <v>2689</v>
+        <v>2707</v>
       </c>
       <c r="C52" t="s">
-        <v>2690</v>
+        <v>2708</v>
       </c>
       <c r="D52" t="s">
-        <v>2685</v>
+        <v>2703</v>
       </c>
       <c r="E52" t="s">
-        <v>2686</v>
+        <v>2704</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>2691</v>
+        <v>2709</v>
       </c>
       <c r="H52" t="s">
-        <v>2692</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B53" t="s">
-        <v>2693</v>
+        <v>2711</v>
       </c>
       <c r="C53" t="s">
-        <v>2694</v>
+        <v>2712</v>
       </c>
       <c r="D53" t="s">
-        <v>2695</v>
+        <v>2713</v>
       </c>
       <c r="E53" t="s">
-        <v>2686</v>
+        <v>2704</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2696</v>
+        <v>2714</v>
       </c>
       <c r="H53" t="s">
-        <v>2697</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B54" t="s">
-        <v>2698</v>
+        <v>2716</v>
       </c>
       <c r="C54" t="s">
-        <v>2699</v>
+        <v>2717</v>
       </c>
       <c r="D54" t="s">
-        <v>2685</v>
+        <v>2703</v>
       </c>
       <c r="E54" t="s">
-        <v>2686</v>
+        <v>2704</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2700</v>
+        <v>2718</v>
       </c>
       <c r="H54" t="s">
-        <v>2701</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B55" t="s">
-        <v>2702</v>
+        <v>2720</v>
       </c>
       <c r="C55" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D55" t="s">
         <v>2703</v>
       </c>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" t="s">
-        <v>2686</v>
+        <v>2704</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>2704</v>
+        <v>2722</v>
       </c>
       <c r="H55" t="s">
-        <v>2705</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B56" t="s">
-        <v>2706</v>
+        <v>2724</v>
       </c>
       <c r="C56" t="s">
-        <v>2707</v>
+        <v>2725</v>
       </c>
       <c r="D56" t="s">
-        <v>2685</v>
+        <v>2703</v>
       </c>
       <c r="E56" t="s">
-        <v>2686</v>
+        <v>2704</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>2708</v>
+        <v>2726</v>
       </c>
       <c r="H56" t="s">
-        <v>2709</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B57" t="s">
-        <v>2710</v>
+        <v>2728</v>
       </c>
       <c r="C57" t="s">
-        <v>2711</v>
+        <v>2729</v>
       </c>
       <c r="D57" t="s">
-        <v>2712</v>
+        <v>2730</v>
       </c>
       <c r="E57" t="s">
-        <v>2713</v>
+        <v>2731</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>2714</v>
+        <v>2732</v>
       </c>
       <c r="H57" t="s">
-        <v>2715</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B58" t="s">
-        <v>2716</v>
+        <v>2734</v>
       </c>
       <c r="C58" t="s">
-        <v>2717</v>
+        <v>2735</v>
       </c>
       <c r="D58" t="s">
-        <v>2685</v>
+        <v>2703</v>
       </c>
       <c r="E58" t="s">
-        <v>2713</v>
+        <v>2731</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>2718</v>
+        <v>2736</v>
       </c>
       <c r="H58" t="s">
-        <v>2719</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B59" t="s">
-        <v>2720</v>
+        <v>2738</v>
       </c>
       <c r="C59" t="s">
-        <v>2721</v>
+        <v>2739</v>
       </c>
       <c r="D59" t="s">
-        <v>2722</v>
+        <v>2740</v>
       </c>
       <c r="E59" t="s">
-        <v>2723</v>
+        <v>2741</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>2724</v>
+        <v>2742</v>
       </c>
       <c r="H59" t="s">
-        <v>2725</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B60" t="s">
-        <v>2726</v>
+        <v>2744</v>
       </c>
       <c r="C60" t="s">
-        <v>2727</v>
+        <v>2745</v>
       </c>
       <c r="D60" t="s">
-        <v>2728</v>
+        <v>2746</v>
       </c>
       <c r="E60" t="s">
-        <v>2723</v>
+        <v>2741</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>2729</v>
+        <v>2747</v>
       </c>
       <c r="H60" t="s">
-        <v>2730</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B61" t="s">
-        <v>2731</v>
+        <v>2749</v>
       </c>
       <c r="C61" t="s">
-        <v>2732</v>
+        <v>2750</v>
       </c>
       <c r="D61" t="s">
-        <v>2733</v>
+        <v>2751</v>
       </c>
       <c r="E61" t="s">
-        <v>2734</v>
+        <v>2752</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>2735</v>
+        <v>2753</v>
       </c>
       <c r="H61" t="s">
-        <v>2736</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B62" t="s">
-        <v>2737</v>
+        <v>2755</v>
       </c>
       <c r="C62" t="s">
-        <v>2738</v>
+        <v>2756</v>
       </c>
       <c r="D62" t="s">
-        <v>2739</v>
+        <v>2757</v>
       </c>
       <c r="E62" t="s">
-        <v>2740</v>
+        <v>2758</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>2741</v>
+        <v>2759</v>
       </c>
       <c r="H62" t="s">
-        <v>2742</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B63" t="s">
-        <v>2743</v>
+        <v>2761</v>
       </c>
       <c r="C63" t="s">
-        <v>2744</v>
+        <v>2762</v>
       </c>
       <c r="D63" t="s">
-        <v>2745</v>
+        <v>2763</v>
       </c>
       <c r="E63" t="s">
-        <v>2746</v>
+        <v>2764</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>2747</v>
+        <v>2765</v>
       </c>
       <c r="H63" t="s">
-        <v>2748</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B64" t="s">
-        <v>2749</v>
+        <v>2767</v>
       </c>
       <c r="C64" t="s">
-        <v>2750</v>
+        <v>2768</v>
       </c>
       <c r="D64" t="s">
-        <v>2745</v>
+        <v>2763</v>
       </c>
       <c r="E64" t="s">
-        <v>2746</v>
+        <v>2764</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>2751</v>
+        <v>2769</v>
       </c>
       <c r="H64" t="s">
-        <v>2752</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B65" t="s">
-        <v>2753</v>
+        <v>2771</v>
       </c>
       <c r="C65" t="s">
-        <v>2754</v>
+        <v>2772</v>
       </c>
       <c r="D65" t="s">
-        <v>2755</v>
+        <v>2773</v>
       </c>
       <c r="E65" t="s">
-        <v>2756</v>
+        <v>2774</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>2757</v>
+        <v>2775</v>
       </c>
       <c r="H65" t="s">
-        <v>2758</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B66" t="s">
-        <v>2759</v>
+        <v>2777</v>
       </c>
       <c r="C66" t="s">
-        <v>2760</v>
+        <v>2778</v>
       </c>
       <c r="D66" t="s">
-        <v>2761</v>
+        <v>2779</v>
       </c>
       <c r="E66" t="s">
-        <v>2756</v>
+        <v>2774</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>2762</v>
+        <v>2780</v>
       </c>
       <c r="H66" t="s">
-        <v>2763</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2418</v>
+        <v>2436</v>
       </c>
       <c r="B67" t="s">
-        <v>2764</v>
+        <v>2782</v>
       </c>
       <c r="C67" t="s">
-        <v>2765</v>
+        <v>2783</v>
       </c>
       <c r="D67" t="s">
-        <v>2766</v>
+        <v>2784</v>
       </c>
       <c r="E67" t="s">
-        <v>2756</v>
+        <v>2774</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>2767</v>
+        <v>2785</v>
       </c>
       <c r="H67" t="s">
-        <v>2768</v>
+        <v>2786</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H94"/>
+  <dimension ref="A1:H95"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B2" t="s">
-        <v>2770</v>
+        <v>2788</v>
       </c>
       <c r="C2" t="s">
-        <v>2771</v>
+        <v>2789</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2772</v>
+        <v>2790</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2773</v>
+        <v>2791</v>
       </c>
       <c r="H2" t="s">
-        <v>2774</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B3" t="s">
-        <v>2775</v>
+        <v>2793</v>
       </c>
       <c r="C3" t="s">
-        <v>2776</v>
+        <v>2794</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2777</v>
+        <v>2795</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2778</v>
+        <v>2796</v>
       </c>
       <c r="H3" t="s">
-        <v>2779</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B4" t="s">
-        <v>2780</v>
+        <v>2798</v>
       </c>
       <c r="C4" t="s">
-        <v>2781</v>
+        <v>2799</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2782</v>
+        <v>2800</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2783</v>
+        <v>2801</v>
       </c>
       <c r="H4" t="s">
-        <v>2784</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B5" t="s">
-        <v>2785</v>
+        <v>2803</v>
       </c>
       <c r="C5" t="s">
-        <v>2786</v>
+        <v>2804</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2787</v>
+        <v>2805</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2788</v>
+        <v>2806</v>
       </c>
       <c r="H5" t="s">
-        <v>2789</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B6" t="s">
-        <v>2790</v>
+        <v>2808</v>
       </c>
       <c r="C6" t="s">
-        <v>2791</v>
+        <v>2809</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2792</v>
+        <v>2810</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2793</v>
+        <v>2811</v>
       </c>
       <c r="H6" t="s">
-        <v>2794</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B7" t="s">
-        <v>2795</v>
+        <v>2813</v>
       </c>
       <c r="C7" t="s">
-        <v>2796</v>
+        <v>2814</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2797</v>
+        <v>2815</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2798</v>
+        <v>2816</v>
       </c>
       <c r="H7" t="s">
-        <v>2799</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B8" t="s">
-        <v>2800</v>
+        <v>2818</v>
       </c>
       <c r="C8" t="s">
-        <v>2801</v>
+        <v>2819</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2802</v>
+        <v>2820</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2803</v>
+        <v>2821</v>
       </c>
       <c r="H8" t="s">
-        <v>2804</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B9" t="s">
-        <v>2805</v>
+        <v>2823</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>2824</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2806</v>
+        <v>2825</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2807</v>
+        <v>2826</v>
       </c>
       <c r="H9" t="s">
-        <v>2808</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B10" t="s">
-        <v>2809</v>
+        <v>2828</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>2829</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2810</v>
+        <v>2830</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2811</v>
+        <v>2831</v>
       </c>
       <c r="H10" t="s">
-        <v>2812</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B11" t="s">
-        <v>2813</v>
+        <v>2833</v>
       </c>
       <c r="C11" t="s">
-        <v>2814</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2815</v>
+        <v>2834</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2816</v>
+        <v>2835</v>
       </c>
       <c r="H11" t="s">
-        <v>2817</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B12" t="s">
-        <v>2818</v>
+        <v>2837</v>
       </c>
       <c r="C12" t="s">
-        <v>2819</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2820</v>
+        <v>2838</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2821</v>
+        <v>2839</v>
       </c>
       <c r="H12" t="s">
-        <v>2822</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B13" t="s">
-        <v>2823</v>
+        <v>2841</v>
       </c>
       <c r="C13" t="s">
-        <v>2824</v>
+        <v>2842</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2825</v>
+        <v>2843</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2826</v>
+        <v>2844</v>
       </c>
       <c r="H13" t="s">
-        <v>2827</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B14" t="s">
-        <v>2828</v>
+        <v>2846</v>
       </c>
       <c r="C14" t="s">
-        <v>2829</v>
+        <v>2847</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>2830</v>
+        <v>2848</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2831</v>
+        <v>2849</v>
       </c>
       <c r="H14" t="s">
-        <v>2832</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B15" t="s">
-        <v>2833</v>
+        <v>2851</v>
       </c>
       <c r="C15" t="s">
-        <v>2829</v>
+        <v>2852</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>2834</v>
+        <v>2853</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2835</v>
+        <v>2854</v>
       </c>
       <c r="H15" t="s">
-        <v>2836</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B16" t="s">
-        <v>2837</v>
+        <v>2856</v>
       </c>
       <c r="C16" t="s">
-        <v>2838</v>
+        <v>2852</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>2839</v>
+        <v>2857</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2840</v>
+        <v>2858</v>
       </c>
       <c r="H16" t="s">
-        <v>2841</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B17" t="s">
-        <v>2842</v>
+        <v>2860</v>
       </c>
       <c r="C17" t="s">
-        <v>2843</v>
+        <v>2861</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>2844</v>
+        <v>2862</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2845</v>
+        <v>2863</v>
       </c>
       <c r="H17" t="s">
-        <v>2846</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B18" t="s">
-        <v>2847</v>
+        <v>2865</v>
       </c>
       <c r="C18" t="s">
-        <v>2848</v>
+        <v>2866</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>2849</v>
+        <v>2867</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2850</v>
+        <v>2868</v>
       </c>
       <c r="H18" t="s">
-        <v>2851</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B19" t="s">
-        <v>2852</v>
+        <v>2870</v>
       </c>
       <c r="C19" t="s">
-        <v>2853</v>
+        <v>2871</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>2854</v>
+        <v>2872</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2855</v>
+        <v>2873</v>
       </c>
       <c r="H19" t="s">
-        <v>2856</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B20" t="s">
-        <v>2857</v>
+        <v>2875</v>
       </c>
       <c r="C20" t="s">
-        <v>2858</v>
+        <v>2876</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>2859</v>
+        <v>2877</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2860</v>
+        <v>2878</v>
       </c>
       <c r="H20" t="s">
-        <v>2861</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B21" t="s">
-        <v>2862</v>
+        <v>2880</v>
       </c>
       <c r="C21" t="s">
-        <v>2863</v>
+        <v>2881</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>2859</v>
+        <v>2882</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2864</v>
+        <v>2883</v>
       </c>
       <c r="H21" t="s">
-        <v>2865</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B22" t="s">
-        <v>2866</v>
+        <v>2885</v>
       </c>
       <c r="C22" t="s">
-        <v>2867</v>
+        <v>2886</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>2868</v>
+        <v>2882</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2869</v>
+        <v>2887</v>
       </c>
       <c r="H22" t="s">
-        <v>2870</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B23" t="s">
-        <v>2871</v>
+        <v>2889</v>
       </c>
       <c r="C23" t="s">
-        <v>2853</v>
+        <v>2890</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>2872</v>
+        <v>2891</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2873</v>
+        <v>2892</v>
       </c>
       <c r="H23" t="s">
-        <v>2874</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B24" t="s">
-        <v>2875</v>
+        <v>2894</v>
       </c>
       <c r="C24" t="s">
         <v>2876</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>2877</v>
+        <v>2895</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2878</v>
+        <v>2896</v>
       </c>
       <c r="H24" t="s">
-        <v>2879</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B25" t="s">
-        <v>2880</v>
+        <v>2898</v>
       </c>
       <c r="C25" t="s">
-        <v>2881</v>
+        <v>2899</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>2882</v>
+        <v>2900</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2883</v>
+        <v>2901</v>
       </c>
       <c r="H25" t="s">
-        <v>2884</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B26" t="s">
-        <v>2885</v>
+        <v>2903</v>
       </c>
       <c r="C26" t="s">
-        <v>2886</v>
+        <v>2904</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>2887</v>
+        <v>2905</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2888</v>
+        <v>2906</v>
       </c>
       <c r="H26" t="s">
-        <v>2889</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B27" t="s">
-        <v>2890</v>
+        <v>2908</v>
       </c>
       <c r="C27" t="s">
-        <v>2891</v>
+        <v>2909</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>2892</v>
+        <v>2910</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2893</v>
+        <v>2911</v>
       </c>
       <c r="H27" t="s">
-        <v>2894</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B28" t="s">
-        <v>2895</v>
+        <v>2913</v>
       </c>
       <c r="C28" t="s">
-        <v>2896</v>
+        <v>2914</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>2897</v>
+        <v>2915</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2898</v>
+        <v>2916</v>
       </c>
       <c r="H28" t="s">
-        <v>2899</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B29" t="s">
-        <v>2900</v>
+        <v>2918</v>
       </c>
       <c r="C29" t="s">
-        <v>2901</v>
+        <v>2919</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>2902</v>
+        <v>2920</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2903</v>
+        <v>2921</v>
       </c>
       <c r="H29" t="s">
-        <v>2904</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B30" t="s">
-        <v>2905</v>
+        <v>2923</v>
       </c>
       <c r="C30" t="s">
-        <v>2906</v>
+        <v>2924</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>2907</v>
+        <v>2925</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2908</v>
+        <v>2926</v>
       </c>
       <c r="H30" t="s">
-        <v>2909</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B31" t="s">
-        <v>2910</v>
+        <v>2928</v>
       </c>
       <c r="C31" t="s">
-        <v>2911</v>
+        <v>2929</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>2912</v>
+        <v>2930</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2913</v>
+        <v>2931</v>
       </c>
       <c r="H31" t="s">
-        <v>2914</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B32" t="s">
-        <v>2915</v>
+        <v>2933</v>
       </c>
       <c r="C32" t="s">
-        <v>13</v>
+        <v>2934</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>2916</v>
+        <v>2935</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="H32" t="s">
-        <v>2918</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B33" t="s">
-        <v>2919</v>
+        <v>2938</v>
       </c>
       <c r="C33" t="s">
-        <v>2920</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>2921</v>
+        <v>2939</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2922</v>
+        <v>2940</v>
       </c>
       <c r="H33" t="s">
-        <v>2923</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B34" t="s">
-        <v>2924</v>
+        <v>2942</v>
       </c>
       <c r="C34" t="s">
-        <v>2925</v>
+        <v>2943</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>2926</v>
+        <v>2944</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2927</v>
+        <v>2945</v>
       </c>
       <c r="H34" t="s">
-        <v>2928</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B35" t="s">
-        <v>2929</v>
+        <v>2947</v>
       </c>
       <c r="C35" t="s">
-        <v>2930</v>
+        <v>2948</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>2921</v>
+        <v>2949</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2931</v>
+        <v>2950</v>
       </c>
       <c r="H35" t="s">
-        <v>2932</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B36" t="s">
-        <v>2933</v>
+        <v>2952</v>
       </c>
       <c r="C36" t="s">
-        <v>2934</v>
+        <v>2953</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>2935</v>
+        <v>2944</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2936</v>
+        <v>2954</v>
       </c>
       <c r="H36" t="s">
-        <v>2937</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B37" t="s">
-        <v>2938</v>
+        <v>2956</v>
       </c>
       <c r="C37" t="s">
-        <v>2939</v>
+        <v>2957</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>2940</v>
+        <v>2958</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2941</v>
+        <v>2959</v>
       </c>
       <c r="H37" t="s">
-        <v>2942</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B38" t="s">
-        <v>2943</v>
+        <v>2961</v>
       </c>
       <c r="C38" t="s">
-        <v>2944</v>
+        <v>2962</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>2921</v>
+        <v>2963</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2945</v>
+        <v>2964</v>
       </c>
       <c r="H38" t="s">
-        <v>2946</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B39" t="s">
-        <v>2947</v>
+        <v>2966</v>
       </c>
       <c r="C39" t="s">
-        <v>2948</v>
+        <v>2967</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>2949</v>
+        <v>2944</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2950</v>
+        <v>2968</v>
       </c>
       <c r="H39" t="s">
-        <v>2951</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B40" t="s">
-        <v>2952</v>
+        <v>2970</v>
       </c>
       <c r="C40" t="s">
-        <v>13</v>
+        <v>2971</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>2953</v>
+        <v>2972</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2954</v>
+        <v>2973</v>
       </c>
       <c r="H40" t="s">
-        <v>2955</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B41" t="s">
-        <v>2956</v>
+        <v>2975</v>
       </c>
       <c r="C41" t="s">
-        <v>2957</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>2958</v>
+        <v>2976</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2959</v>
+        <v>2977</v>
       </c>
       <c r="H41" t="s">
-        <v>2960</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B42" t="s">
-        <v>2961</v>
+        <v>2979</v>
       </c>
       <c r="C42" t="s">
-        <v>2962</v>
+        <v>2980</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>2958</v>
+        <v>2981</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2963</v>
+        <v>2982</v>
       </c>
       <c r="H42" t="s">
-        <v>2964</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B43" t="s">
-        <v>2965</v>
+        <v>2984</v>
       </c>
       <c r="C43" t="s">
-        <v>13</v>
+        <v>2985</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>2966</v>
+        <v>2981</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2967</v>
+        <v>2986</v>
       </c>
       <c r="H43" t="s">
-        <v>2968</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B44" t="s">
-        <v>2969</v>
+        <v>2988</v>
       </c>
       <c r="C44" t="s">
-        <v>2970</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>2971</v>
+        <v>2989</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2972</v>
+        <v>2990</v>
       </c>
       <c r="H44" t="s">
-        <v>2973</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B45" t="s">
-        <v>2974</v>
+        <v>2992</v>
       </c>
       <c r="C45" t="s">
-        <v>2975</v>
+        <v>2993</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>2976</v>
+        <v>2994</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2977</v>
+        <v>2995</v>
       </c>
       <c r="H45" t="s">
-        <v>2978</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B46" t="s">
-        <v>2979</v>
+        <v>2997</v>
       </c>
       <c r="C46" t="s">
-        <v>2980</v>
+        <v>2998</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>2981</v>
+        <v>2999</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2982</v>
+        <v>3000</v>
       </c>
       <c r="H46" t="s">
-        <v>2983</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B47" t="s">
-        <v>2984</v>
+        <v>3002</v>
       </c>
       <c r="C47" t="s">
-        <v>2985</v>
+        <v>3003</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>2986</v>
+        <v>3004</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2987</v>
+        <v>3005</v>
       </c>
       <c r="H47" t="s">
-        <v>2988</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B48" t="s">
-        <v>2989</v>
+        <v>3007</v>
       </c>
       <c r="C48" t="s">
-        <v>2990</v>
+        <v>3008</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>2991</v>
+        <v>3009</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2992</v>
+        <v>3010</v>
       </c>
       <c r="H48" t="s">
-        <v>2993</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B49" t="s">
-        <v>2994</v>
+        <v>3012</v>
       </c>
       <c r="C49" t="s">
-        <v>2995</v>
+        <v>3013</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>2996</v>
+        <v>3014</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2997</v>
+        <v>3015</v>
       </c>
       <c r="H49" t="s">
-        <v>2998</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B50" t="s">
-        <v>2999</v>
+        <v>3017</v>
       </c>
       <c r="C50" t="s">
-        <v>3000</v>
+        <v>3018</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>3001</v>
+        <v>3019</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>3002</v>
+        <v>3020</v>
       </c>
       <c r="H50" t="s">
-        <v>3003</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B51" t="s">
-        <v>3004</v>
+        <v>3022</v>
       </c>
       <c r="C51" t="s">
-        <v>3005</v>
+        <v>3023</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>3006</v>
+        <v>3024</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>3007</v>
+        <v>3025</v>
       </c>
       <c r="H51" t="s">
-        <v>3008</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B52" t="s">
-        <v>3009</v>
+        <v>3027</v>
       </c>
       <c r="C52" t="s">
-        <v>3010</v>
+        <v>3028</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1363</v>
+        <v>3029</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>3011</v>
+        <v>3030</v>
       </c>
       <c r="H52" t="s">
-        <v>3012</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B53" t="s">
-        <v>3013</v>
+        <v>3032</v>
       </c>
       <c r="C53" t="s">
-        <v>3014</v>
+        <v>3033</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>3015</v>
+        <v>1373</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>3016</v>
+        <v>3034</v>
       </c>
       <c r="H53" t="s">
-        <v>3017</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B54" t="s">
-        <v>3018</v>
+        <v>3036</v>
       </c>
       <c r="C54" t="s">
-        <v>3019</v>
+        <v>3037</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>3020</v>
+        <v>3038</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>3021</v>
+        <v>3039</v>
       </c>
       <c r="H54" t="s">
-        <v>3022</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B55" t="s">
-        <v>3023</v>
+        <v>3041</v>
       </c>
       <c r="C55" t="s">
-        <v>3024</v>
+        <v>3042</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>3025</v>
+        <v>3043</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>3026</v>
+        <v>3044</v>
       </c>
       <c r="H55" t="s">
-        <v>3027</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B56" t="s">
-        <v>3028</v>
+        <v>3046</v>
       </c>
       <c r="C56" t="s">
-        <v>3029</v>
+        <v>3047</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>3030</v>
+        <v>3048</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>3031</v>
+        <v>3049</v>
       </c>
       <c r="H56" t="s">
-        <v>3032</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B57" t="s">
-        <v>3033</v>
+        <v>3051</v>
       </c>
       <c r="C57" t="s">
-        <v>3034</v>
+        <v>3052</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>3035</v>
+        <v>3053</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>3036</v>
+        <v>3054</v>
       </c>
       <c r="H57" t="s">
-        <v>3037</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B58" t="s">
-        <v>3038</v>
+        <v>3056</v>
       </c>
       <c r="C58" t="s">
-        <v>3039</v>
+        <v>3057</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>3035</v>
+        <v>3058</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>3040</v>
+        <v>3059</v>
       </c>
       <c r="H58" t="s">
-        <v>3041</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B59" t="s">
-        <v>3042</v>
+        <v>3061</v>
       </c>
       <c r="C59" t="s">
-        <v>3043</v>
+        <v>3062</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>3044</v>
+        <v>3058</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>3045</v>
+        <v>3063</v>
       </c>
       <c r="H59" t="s">
-        <v>3046</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B60" t="s">
-        <v>3047</v>
+        <v>3065</v>
       </c>
       <c r="C60" t="s">
-        <v>3048</v>
+        <v>3066</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>3049</v>
+        <v>3067</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>3050</v>
+        <v>3068</v>
       </c>
       <c r="H60" t="s">
-        <v>3051</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B61" t="s">
-        <v>3052</v>
+        <v>3070</v>
       </c>
       <c r="C61" t="s">
-        <v>3053</v>
+        <v>3071</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>3054</v>
+        <v>3072</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>3055</v>
+        <v>3073</v>
       </c>
       <c r="H61" t="s">
-        <v>3056</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B62" t="s">
-        <v>3057</v>
+        <v>3075</v>
       </c>
       <c r="C62" t="s">
-        <v>3058</v>
+        <v>3076</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>3059</v>
+        <v>3077</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>3060</v>
+        <v>3078</v>
       </c>
       <c r="H62" t="s">
-        <v>3061</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B63" t="s">
-        <v>3062</v>
+        <v>3080</v>
       </c>
       <c r="C63" t="s">
-        <v>3063</v>
+        <v>3081</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>3064</v>
+        <v>3082</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>3065</v>
+        <v>3083</v>
       </c>
       <c r="H63" t="s">
-        <v>3066</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B64" t="s">
-        <v>3067</v>
+        <v>3085</v>
       </c>
       <c r="C64" t="s">
-        <v>3068</v>
+        <v>3086</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>3069</v>
+        <v>3087</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>3070</v>
+        <v>3088</v>
       </c>
       <c r="H64" t="s">
-        <v>3071</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B65" t="s">
-        <v>3072</v>
+        <v>3090</v>
       </c>
       <c r="C65" t="s">
-        <v>3073</v>
+        <v>3091</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>3074</v>
+        <v>3092</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>3075</v>
+        <v>3093</v>
       </c>
       <c r="H65" t="s">
-        <v>3076</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B66" t="s">
-        <v>3077</v>
+        <v>3095</v>
       </c>
       <c r="C66" t="s">
-        <v>3078</v>
+        <v>3096</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>3079</v>
+        <v>3097</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>3080</v>
+        <v>3098</v>
       </c>
       <c r="H66" t="s">
-        <v>3081</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B67" t="s">
-        <v>3082</v>
+        <v>3100</v>
       </c>
       <c r="C67" t="s">
-        <v>3083</v>
+        <v>3101</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>3084</v>
+        <v>3102</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>3085</v>
+        <v>3103</v>
       </c>
       <c r="H67" t="s">
-        <v>3086</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B68" t="s">
-        <v>3087</v>
+        <v>3105</v>
       </c>
       <c r="C68" t="s">
-        <v>3088</v>
+        <v>3106</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>3089</v>
+        <v>3107</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>3090</v>
+        <v>3108</v>
       </c>
       <c r="H68" t="s">
-        <v>3091</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B69" t="s">
-        <v>3092</v>
+        <v>3110</v>
       </c>
       <c r="C69" t="s">
-        <v>3093</v>
+        <v>3111</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>3094</v>
+        <v>3112</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>3095</v>
+        <v>3113</v>
       </c>
       <c r="H69" t="s">
-        <v>3096</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B70" t="s">
-        <v>3097</v>
+        <v>3115</v>
       </c>
       <c r="C70" t="s">
-        <v>3098</v>
+        <v>3116</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>3099</v>
+        <v>3117</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>3100</v>
+        <v>3118</v>
       </c>
       <c r="H70" t="s">
-        <v>3101</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B71" t="s">
-        <v>3102</v>
+        <v>3120</v>
       </c>
       <c r="C71" t="s">
-        <v>3103</v>
+        <v>3121</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>3104</v>
+        <v>3122</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>3105</v>
+        <v>3123</v>
       </c>
       <c r="H71" t="s">
-        <v>3106</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B72" t="s">
-        <v>3107</v>
+        <v>3125</v>
       </c>
       <c r="C72" t="s">
-        <v>3108</v>
+        <v>3126</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>3109</v>
+        <v>3127</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>3110</v>
+        <v>3128</v>
       </c>
       <c r="H72" t="s">
-        <v>3111</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B73" t="s">
-        <v>3112</v>
+        <v>3130</v>
       </c>
       <c r="C73" t="s">
-        <v>3113</v>
+        <v>3131</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>3114</v>
+        <v>3132</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>3115</v>
+        <v>3133</v>
       </c>
       <c r="H73" t="s">
-        <v>3116</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B74" t="s">
-        <v>3117</v>
+        <v>3135</v>
       </c>
       <c r="C74" t="s">
-        <v>3118</v>
+        <v>3136</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>3119</v>
+        <v>3137</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>3120</v>
+        <v>3138</v>
       </c>
       <c r="H74" t="s">
-        <v>3121</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B75" t="s">
-        <v>3122</v>
+        <v>3140</v>
       </c>
       <c r="C75" t="s">
-        <v>3123</v>
+        <v>3141</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>3124</v>
+        <v>3142</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>3125</v>
+        <v>3143</v>
       </c>
       <c r="H75" t="s">
-        <v>3126</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B76" t="s">
-        <v>3127</v>
+        <v>3145</v>
       </c>
       <c r="C76" t="s">
-        <v>3128</v>
+        <v>3146</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>3129</v>
+        <v>3147</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>3130</v>
+        <v>3148</v>
       </c>
       <c r="H76" t="s">
-        <v>3131</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B77" t="s">
-        <v>3132</v>
+        <v>3150</v>
       </c>
       <c r="C77" t="s">
-        <v>3133</v>
+        <v>3151</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>3134</v>
+        <v>3152</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>3135</v>
+        <v>3153</v>
       </c>
       <c r="H77" t="s">
-        <v>3136</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B78" t="s">
-        <v>3137</v>
+        <v>3155</v>
       </c>
       <c r="C78" t="s">
-        <v>13</v>
+        <v>3156</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>3138</v>
+        <v>3157</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>3139</v>
+        <v>3158</v>
       </c>
       <c r="H78" t="s">
-        <v>3140</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B79" t="s">
-        <v>3141</v>
+        <v>3160</v>
       </c>
       <c r="C79" t="s">
-        <v>3142</v>
+        <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>3143</v>
+        <v>3161</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>3144</v>
+        <v>3162</v>
       </c>
       <c r="H79" t="s">
-        <v>3145</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B80" t="s">
-        <v>3146</v>
+        <v>3164</v>
       </c>
       <c r="C80" t="s">
-        <v>3147</v>
+        <v>3165</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>3148</v>
+        <v>3166</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>3149</v>
+        <v>3167</v>
       </c>
       <c r="H80" t="s">
-        <v>3150</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B81" t="s">
-        <v>3151</v>
+        <v>3169</v>
       </c>
       <c r="C81" t="s">
-        <v>3152</v>
+        <v>3170</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>3153</v>
+        <v>3171</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>3154</v>
+        <v>3172</v>
       </c>
       <c r="H81" t="s">
-        <v>3155</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B82" t="s">
-        <v>3156</v>
+        <v>3174</v>
       </c>
       <c r="C82" t="s">
-        <v>3157</v>
+        <v>3175</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>3158</v>
+        <v>3176</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>3159</v>
+        <v>3177</v>
       </c>
       <c r="H82" t="s">
-        <v>3160</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B83" t="s">
-        <v>3161</v>
+        <v>3179</v>
       </c>
       <c r="C83" t="s">
-        <v>3162</v>
+        <v>3180</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>3163</v>
+        <v>3181</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>3164</v>
+        <v>3182</v>
       </c>
       <c r="H83" t="s">
-        <v>3165</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B84" t="s">
-        <v>3166</v>
+        <v>3184</v>
       </c>
       <c r="C84" t="s">
-        <v>3167</v>
+        <v>3185</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>3168</v>
+        <v>3186</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>3169</v>
+        <v>3187</v>
       </c>
       <c r="H84" t="s">
-        <v>3170</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B85" t="s">
-        <v>3171</v>
+        <v>3189</v>
       </c>
       <c r="C85" t="s">
-        <v>3172</v>
+        <v>3190</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>3173</v>
+        <v>3191</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>3174</v>
+        <v>3192</v>
       </c>
       <c r="H85" t="s">
-        <v>3175</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B86" t="s">
-        <v>3176</v>
+        <v>3194</v>
       </c>
       <c r="C86" t="s">
-        <v>3177</v>
+        <v>3195</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>3178</v>
+        <v>3196</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>3179</v>
+        <v>3197</v>
       </c>
       <c r="H86" t="s">
-        <v>3180</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B87" t="s">
-        <v>3181</v>
+        <v>3199</v>
       </c>
       <c r="C87" t="s">
-        <v>3182</v>
+        <v>3200</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>3183</v>
+        <v>3201</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>3184</v>
+        <v>3202</v>
       </c>
       <c r="H87" t="s">
-        <v>3185</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B88" t="s">
-        <v>3186</v>
+        <v>3204</v>
       </c>
       <c r="C88" t="s">
-        <v>13</v>
+        <v>3205</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>3187</v>
+        <v>3206</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>3188</v>
+        <v>3207</v>
       </c>
       <c r="H88" t="s">
-        <v>3189</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B89" t="s">
-        <v>2065</v>
+        <v>3209</v>
       </c>
       <c r="C89" t="s">
-        <v>3190</v>
+        <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>3191</v>
+        <v>3210</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>3192</v>
+        <v>3211</v>
       </c>
       <c r="H89" t="s">
-        <v>3193</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B90" t="s">
-        <v>3194</v>
+        <v>2083</v>
       </c>
       <c r="C90" t="s">
-        <v>13</v>
+        <v>3213</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>3195</v>
+        <v>3214</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>3196</v>
+        <v>3215</v>
       </c>
       <c r="H90" t="s">
-        <v>3197</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B91" t="s">
-        <v>3198</v>
+        <v>3217</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>65</v>
+        <v>3218</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>3199</v>
+        <v>3219</v>
       </c>
       <c r="H91" t="s">
-        <v>3200</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B92" t="s">
-        <v>3201</v>
+        <v>3221</v>
       </c>
       <c r="C92" t="s">
-        <v>3202</v>
+        <v>13</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>3203</v>
+        <v>65</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>3204</v>
+        <v>3222</v>
       </c>
       <c r="H92" t="s">
-        <v>3205</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B93" t="s">
-        <v>2915</v>
+        <v>3224</v>
       </c>
       <c r="C93" t="s">
-        <v>3206</v>
+        <v>3225</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>3207</v>
+        <v>3226</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>3208</v>
+        <v>3227</v>
       </c>
       <c r="H93" t="s">
-        <v>3209</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="B94" t="s">
-        <v>3210</v>
+        <v>2938</v>
       </c>
       <c r="C94" t="s">
-        <v>3211</v>
+        <v>3229</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>3212</v>
+        <v>3230</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>3213</v>
+        <v>3231</v>
       </c>
       <c r="H94" t="s">
-        <v>3214</v>
+        <v>3232</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B95" t="s">
+        <v>3233</v>
+      </c>
+      <c r="C95" t="s">
+        <v>3234</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>3235</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>3236</v>
+      </c>
+      <c r="H95" t="s">
+        <v>3237</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -21595,51 +21742,51 @@
       </c>
       <c r="E3" t="s">
         <v>295</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>296</v>
       </c>
       <c r="H3" t="s">
         <v>297</v>
       </c>
       <c r="I3" t="s">
         <v>298</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -21664,4910 +21811,4962 @@
       </c>
       <c r="E2" t="s">
         <v>302</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>303</v>
       </c>
       <c r="H2" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>299</v>
       </c>
       <c r="B3" t="s">
         <v>305</v>
       </c>
       <c r="C3" t="s">
         <v>306</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>307</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>308</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>299</v>
       </c>
       <c r="B4" t="s">
+        <v>310</v>
+      </c>
+      <c r="C4" t="s">
         <v>311</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>313</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>314</v>
       </c>
       <c r="H4" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>299</v>
       </c>
       <c r="B5" t="s">
         <v>316</v>
       </c>
       <c r="C5" t="s">
         <v>317</v>
       </c>
       <c r="D5" t="s">
-        <v>307</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>318</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>319</v>
       </c>
       <c r="H5" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>299</v>
       </c>
       <c r="B6" t="s">
         <v>321</v>
       </c>
       <c r="C6" t="s">
         <v>322</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>312</v>
       </c>
       <c r="E6" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H6" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>299</v>
       </c>
       <c r="B7" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C7" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D7" t="s">
-        <v>327</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
+        <v>323</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>328</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>299</v>
       </c>
       <c r="B8" t="s">
+        <v>330</v>
+      </c>
+      <c r="C8" t="s">
         <v>331</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="E8" t="s">
         <v>333</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>334</v>
       </c>
       <c r="H8" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>299</v>
       </c>
       <c r="B9" t="s">
         <v>336</v>
       </c>
       <c r="C9" t="s">
         <v>337</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>338</v>
       </c>
       <c r="E9" t="s">
         <v>338</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>339</v>
       </c>
       <c r="H9" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>299</v>
       </c>
       <c r="B10" t="s">
         <v>341</v>
       </c>
       <c r="C10" t="s">
         <v>342</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>343</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>344</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>299</v>
       </c>
       <c r="B11" t="s">
+        <v>346</v>
+      </c>
+      <c r="C11" t="s">
         <v>347</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>348</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>349</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>350</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>299</v>
       </c>
       <c r="B12" t="s">
+        <v>352</v>
+      </c>
+      <c r="C12" t="s">
         <v>353</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>354</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>355</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>356</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>299</v>
       </c>
       <c r="B13" t="s">
+        <v>358</v>
+      </c>
+      <c r="C13" t="s">
         <v>359</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="E13" t="s">
         <v>361</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>362</v>
       </c>
       <c r="H13" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>299</v>
       </c>
       <c r="B14" t="s">
         <v>364</v>
       </c>
       <c r="C14" t="s">
         <v>365</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>360</v>
       </c>
       <c r="E14" t="s">
         <v>366</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>367</v>
       </c>
       <c r="H14" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>299</v>
       </c>
       <c r="B15" t="s">
         <v>369</v>
       </c>
       <c r="C15" t="s">
         <v>370</v>
       </c>
       <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
         <v>371</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>372</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>299</v>
       </c>
       <c r="B16" t="s">
+        <v>374</v>
+      </c>
+      <c r="C16" t="s">
         <v>375</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>376</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>377</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>378</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>299</v>
       </c>
       <c r="B17" t="s">
+        <v>380</v>
+      </c>
+      <c r="C17" t="s">
         <v>381</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>382</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>383</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>384</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>299</v>
       </c>
       <c r="B18" t="s">
+        <v>386</v>
+      </c>
+      <c r="C18" t="s">
         <v>387</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>388</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>389</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>390</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>299</v>
       </c>
       <c r="B19" t="s">
+        <v>392</v>
+      </c>
+      <c r="C19" t="s">
         <v>393</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>394</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>395</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>396</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>299</v>
       </c>
       <c r="B20" t="s">
+        <v>398</v>
+      </c>
+      <c r="C20" t="s">
         <v>399</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>401</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>402</v>
       </c>
       <c r="H20" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>299</v>
       </c>
       <c r="B21" t="s">
         <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>405</v>
       </c>
       <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
         <v>406</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>407</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>299</v>
       </c>
       <c r="B22" t="s">
+        <v>409</v>
+      </c>
+      <c r="C22" t="s">
         <v>410</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>411</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>412</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>413</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>299</v>
       </c>
       <c r="B23" t="s">
+        <v>415</v>
+      </c>
+      <c r="C23" t="s">
         <v>416</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>417</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>418</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>419</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>299</v>
       </c>
       <c r="B24" t="s">
+        <v>421</v>
+      </c>
+      <c r="C24" t="s">
         <v>422</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="E24" t="s">
         <v>424</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>425</v>
       </c>
       <c r="H24" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>299</v>
       </c>
       <c r="B25" t="s">
         <v>427</v>
       </c>
       <c r="C25" t="s">
         <v>428</v>
       </c>
       <c r="D25" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="E25" t="s">
         <v>429</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>430</v>
       </c>
       <c r="H25" t="s">
         <v>431</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>299</v>
+      </c>
+      <c r="B26" t="s">
+        <v>432</v>
+      </c>
+      <c r="C26" t="s">
+        <v>433</v>
+      </c>
+      <c r="D26" t="s">
+        <v>423</v>
+      </c>
+      <c r="E26" t="s">
+        <v>434</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>435</v>
+      </c>
+      <c r="H26" t="s">
+        <v>436</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H121"/>
+  <dimension ref="A1:H122"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B2" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="C2" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="H2" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B3" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="C3" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="H3" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B4" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="C4" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="H4" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B5" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="C5" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="H5" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B6" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="C6" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="H6" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B7" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="C7" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="H7" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B8" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="C8" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="H8" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B9" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="C9" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="H9" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B10" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="C10" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="H10" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B11" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C11" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="H11" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B12" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="C12" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="H12" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B13" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="C13" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="H13" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B14" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="C14" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="H14" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B15" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C15" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="H15" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B16" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>506</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="H16" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B17" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="C17" t="s">
-        <v>505</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="H17" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B18" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C18" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="H18" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B19" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C19" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="H19" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B20" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="C20" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="H20" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B21" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="C21" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="H21" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B22" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="C22" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="H22" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B23" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="C23" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="H23" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B24" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="C24" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="H24" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B25" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="C25" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="H25" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B26" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>555</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="H26" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B27" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="H27" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B28" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="C28" t="s">
-        <v>558</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H28" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B29" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="C29" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="H29" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="C30" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="H30" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B31" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="C31" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="H31" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B32" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="C32" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="H32" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="C33" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="H33" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B34" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="C34" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="H34" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B35" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="C35" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="H35" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B36" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="C36" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="H36" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B37" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C37" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="H37" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B38" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="C38" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="H38" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B39" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C39" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="H39" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B40" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="C40" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="H40" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B41" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="C41" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="H41" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B42" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="C42" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="H42" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B43" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="C43" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="H43" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B44" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="C44" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="H44" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B45" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="C45" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>629</v>
+        <v>648</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="H45" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B46" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="C46" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="H46" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B47" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="C47" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="H47" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B48" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="C48" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="H48" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B49" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="C49" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="H49" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B50" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C50" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="H50" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B51" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="C51" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="H51" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B52" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="C52" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>584</v>
+        <v>682</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="H52" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B53" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="C53" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>681</v>
+        <v>594</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="H53" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B54" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="C54" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>647</v>
+        <v>691</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="H54" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B55" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="C55" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>690</v>
+        <v>657</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="H55" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B56" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="C56" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>584</v>
+        <v>700</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="H56" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B57" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="C57" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>699</v>
+        <v>594</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="H57" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B58" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="C58" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="H58" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B59" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="C59" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="H59" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B60" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="C60" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="H60" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B61" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="C61" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="H61" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B62" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="C62" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="H62" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B63" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="C63" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>704</v>
+        <v>734</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="H63" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B64" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="C64" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>733</v>
+        <v>714</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="H64" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B65" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="C65" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="H65" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B66" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="C66" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>619</v>
+        <v>748</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="H66" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B67" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="C67" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>747</v>
+        <v>629</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="H67" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B68" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="C68" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="H68" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B69" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="C69" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="H69" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B70" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C70" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>629</v>
+        <v>767</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="H70" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B71" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="C71" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>766</v>
+        <v>639</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="H71" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B72" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="C72" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="H72" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B73" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="C73" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="H73" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B74" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="C74" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>559</v>
+        <v>786</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="H74" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B75" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="C75" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>785</v>
+        <v>569</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="H75" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B76" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="C76" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="H76" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B77" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="C77" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="H77" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B78" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="C78" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="H78" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B79" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="C79" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="H79" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B80" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="C80" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="H80" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B81" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="C81" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="H81" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B82" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>824</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="H82" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B83" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="C83" t="s">
-        <v>823</v>
+        <v>13</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="H83" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B84" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="C84" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="H84" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B85" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="C85" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="H85" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B86" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="C86" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="H86" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B87" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="C87" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="H87" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B88" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
       <c r="C88" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="H88" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B89" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="C89" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="H89" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B90" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="C90" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="H90" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B91" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="C91" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="H91" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B92" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="C92" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="H92" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B93" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="C93" t="s">
-        <v>857</v>
+        <v>877</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="H93" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B94" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="C94" t="s">
-        <v>876</v>
+        <v>867</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="H94" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B95" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="C95" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="H95" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B96" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="C96" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="H96" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B97" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="C97" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="H97" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B98" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="C98" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="H98" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B99" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="C99" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="H99" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B100" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C100" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="H100" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B101" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="C101" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="H101" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B102" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="C102" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="H102" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B103" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="C103" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="H103" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B104" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="C104" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="H104" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B105" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="C105" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="H105" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B106" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="C106" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="H106" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B107" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="C107" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="H107" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B108" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="C108" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="H108" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B109" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="C109" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="H109" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B110" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="C110" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="H110" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B111" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="C111" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="H111" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B112" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="C112" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="H112" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B113" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="C113" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="H113" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B114" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="C114" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="H114" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B115" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="C115" t="s">
-        <v>13</v>
+        <v>983</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="H115" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B116" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="C116" t="s">
-        <v>982</v>
+        <v>13</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="H116" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B117" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="C117" t="s">
-        <v>13</v>
+        <v>992</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="H117" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B118" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="C118" t="s">
-        <v>991</v>
+        <v>13</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="H118" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B119" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="C119" t="s">
-        <v>13</v>
+        <v>1001</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>987</v>
+        <v>997</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="H119" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B120" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
         <v>997</v>
       </c>
-      <c r="C120" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="H120" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B121" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
       <c r="C121" t="s">
-        <v>1002</v>
+        <v>13</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="H121" t="s">
-        <v>1005</v>
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>437</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1014</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1015</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B2" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="C2" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="D2" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="E2" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="H2" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B3" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="C3" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="D3" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="E3" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="H3" t="s">
-        <v>1018</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B4" t="s">
-        <v>1019</v>
+        <v>1029</v>
       </c>
       <c r="C4" t="s">
-        <v>1020</v>
+        <v>1030</v>
       </c>
       <c r="D4" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="E4" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="H4" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B5" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
       <c r="C5" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="D5" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="E5" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="H5" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B6" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="C6" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="D6" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="E6" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="H6" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B7" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="C7" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
       <c r="D7" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="E7" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
       <c r="H7" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B8" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="C8" t="s">
-        <v>1040</v>
+        <v>1050</v>
       </c>
       <c r="D8" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="E8" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1041</v>
+        <v>1051</v>
       </c>
       <c r="H8" t="s">
-        <v>1042</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B9" t="s">
-        <v>1043</v>
+        <v>1053</v>
       </c>
       <c r="C9" t="s">
-        <v>1044</v>
+        <v>1054</v>
       </c>
       <c r="D9" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="E9" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="H9" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B10" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
       <c r="C10" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="D10" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="E10" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="H10" t="s">
-        <v>1054</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B11" t="s">
-        <v>1055</v>
+        <v>1065</v>
       </c>
       <c r="C11" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="D11" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="E11" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="H11" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B12" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
       <c r="C12" t="s">
-        <v>1062</v>
+        <v>1072</v>
       </c>
       <c r="D12" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="E12" t="s">
-        <v>1063</v>
+        <v>1073</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1064</v>
+        <v>1074</v>
       </c>
       <c r="H12" t="s">
-        <v>1065</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B13" t="s">
-        <v>1066</v>
+        <v>1076</v>
       </c>
       <c r="C13" t="s">
-        <v>1067</v>
+        <v>1077</v>
       </c>
       <c r="D13" t="s">
-        <v>1068</v>
+        <v>1078</v>
       </c>
       <c r="E13" t="s">
-        <v>1069</v>
+        <v>1079</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1070</v>
+        <v>1080</v>
       </c>
       <c r="H13" t="s">
-        <v>1071</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B14" t="s">
-        <v>1072</v>
+        <v>1082</v>
       </c>
       <c r="C14" t="s">
-        <v>1073</v>
+        <v>1083</v>
       </c>
       <c r="D14" t="s">
-        <v>1074</v>
+        <v>1084</v>
       </c>
       <c r="E14" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="H14" t="s">
-        <v>1077</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B15" t="s">
-        <v>1078</v>
+        <v>1088</v>
       </c>
       <c r="C15" t="s">
-        <v>1079</v>
+        <v>1089</v>
       </c>
       <c r="D15" t="s">
-        <v>1080</v>
+        <v>1090</v>
       </c>
       <c r="E15" t="s">
-        <v>1081</v>
+        <v>1091</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
       <c r="H15" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B16" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
       <c r="C16" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="D16" t="s">
-        <v>1086</v>
+        <v>1096</v>
       </c>
       <c r="E16" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="H16" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B17" t="s">
-        <v>1090</v>
+        <v>1100</v>
       </c>
       <c r="C17" t="s">
-        <v>1091</v>
+        <v>1101</v>
       </c>
       <c r="D17" t="s">
-        <v>1092</v>
+        <v>1102</v>
       </c>
       <c r="E17" t="s">
-        <v>1093</v>
+        <v>1103</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1094</v>
+        <v>1104</v>
       </c>
       <c r="H17" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B18" t="s">
-        <v>1096</v>
+        <v>1106</v>
       </c>
       <c r="C18" t="s">
-        <v>1097</v>
+        <v>1107</v>
       </c>
       <c r="D18" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
       <c r="E18" t="s">
-        <v>1099</v>
+        <v>1109</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
       <c r="H18" t="s">
-        <v>1101</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B19" t="s">
-        <v>1102</v>
+        <v>1112</v>
       </c>
       <c r="C19" t="s">
-        <v>1103</v>
+        <v>1113</v>
       </c>
       <c r="D19" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="E19" t="s">
-        <v>1105</v>
+        <v>1115</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1106</v>
+        <v>1116</v>
       </c>
       <c r="H19" t="s">
-        <v>1107</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="B20" t="s">
-        <v>1108</v>
+        <v>1118</v>
       </c>
       <c r="C20" t="s">
-        <v>1109</v>
+        <v>1119</v>
       </c>
       <c r="D20" t="s">
-        <v>1110</v>
+        <v>1120</v>
       </c>
       <c r="E20" t="s">
-        <v>1111</v>
+        <v>1121</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="H20" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B2" t="s">
-        <v>1115</v>
+        <v>1125</v>
       </c>
       <c r="C2" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="D2" t="s">
-        <v>1117</v>
+        <v>1127</v>
       </c>
       <c r="E2" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="H2" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B3" t="s">
-        <v>1121</v>
+        <v>1131</v>
       </c>
       <c r="C3" t="s">
-        <v>1122</v>
+        <v>1132</v>
       </c>
       <c r="D3" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
       <c r="E3" t="s">
-        <v>1123</v>
+        <v>1133</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
       <c r="H3" t="s">
-        <v>1125</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B4" t="s">
-        <v>1126</v>
+        <v>1136</v>
       </c>
       <c r="C4" t="s">
-        <v>1127</v>
+        <v>1137</v>
       </c>
       <c r="D4" t="s">
-        <v>1128</v>
+        <v>1138</v>
       </c>
       <c r="E4" t="s">
-        <v>1129</v>
+        <v>1139</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1130</v>
+        <v>1140</v>
       </c>
       <c r="H4" t="s">
-        <v>1131</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B5" t="s">
-        <v>1132</v>
+        <v>1142</v>
       </c>
       <c r="C5" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
       <c r="D5" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="E5" t="s">
-        <v>1129</v>
+        <v>1139</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1135</v>
+        <v>1145</v>
       </c>
       <c r="H5" t="s">
-        <v>1136</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B6" t="s">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="C6" t="s">
-        <v>1138</v>
+        <v>1148</v>
       </c>
       <c r="D6" t="s">
-        <v>1139</v>
+        <v>1149</v>
       </c>
       <c r="E6" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
       <c r="H6" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B7" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="C7" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="H7" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B8" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="C8" t="s">
-        <v>1149</v>
+        <v>1159</v>
       </c>
       <c r="D8" t="s">
         <v>59</v>
       </c>
       <c r="E8" t="s">
-        <v>1150</v>
+        <v>1160</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1151</v>
+        <v>1161</v>
       </c>
       <c r="H8" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B9" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
       <c r="C9" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="D9" t="s">
-        <v>1155</v>
+        <v>1165</v>
       </c>
       <c r="E9" t="s">
-        <v>1156</v>
+        <v>1166</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="H9" t="s">
-        <v>1158</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B10" t="s">
-        <v>1159</v>
+        <v>1169</v>
       </c>
       <c r="C10" t="s">
-        <v>1160</v>
+        <v>1170</v>
       </c>
       <c r="D10" t="s">
         <v>270</v>
       </c>
       <c r="E10" t="s">
-        <v>1161</v>
+        <v>1171</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1162</v>
+        <v>1172</v>
       </c>
       <c r="H10" t="s">
-        <v>1163</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B11" t="s">
-        <v>1164</v>
+        <v>1174</v>
       </c>
       <c r="C11" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
       <c r="D11" t="s">
-        <v>1166</v>
+        <v>1176</v>
       </c>
       <c r="E11" t="s">
-        <v>1167</v>
+        <v>1177</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
       <c r="H11" t="s">
-        <v>1169</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B12" t="s">
-        <v>1170</v>
+        <v>1180</v>
       </c>
       <c r="C12" t="s">
-        <v>1171</v>
+        <v>1181</v>
       </c>
       <c r="D12" t="s">
-        <v>1172</v>
+        <v>1182</v>
       </c>
       <c r="E12" t="s">
-        <v>1173</v>
+        <v>1183</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
       <c r="H12" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B13" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="C13" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
       <c r="D13" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="E13" t="s">
-        <v>1179</v>
+        <v>1189</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="H13" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B14" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="C14" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
       <c r="D14" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
       <c r="E14" t="s">
-        <v>1185</v>
+        <v>1195</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1186</v>
+        <v>1196</v>
       </c>
       <c r="H14" t="s">
-        <v>1187</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B15" t="s">
-        <v>1188</v>
+        <v>1198</v>
       </c>
       <c r="C15" t="s">
-        <v>1189</v>
+        <v>1199</v>
       </c>
       <c r="D15" t="s">
-        <v>1190</v>
+        <v>1200</v>
       </c>
       <c r="E15" t="s">
-        <v>1191</v>
+        <v>1201</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1192</v>
+        <v>1202</v>
       </c>
       <c r="H15" t="s">
-        <v>1193</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B16" t="s">
-        <v>1194</v>
+        <v>1204</v>
       </c>
       <c r="C16" t="s">
-        <v>1195</v>
+        <v>1205</v>
       </c>
       <c r="D16" t="s">
-        <v>1196</v>
+        <v>1206</v>
       </c>
       <c r="E16" t="s">
-        <v>1197</v>
+        <v>1207</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1198</v>
+        <v>1208</v>
       </c>
       <c r="H16" t="s">
-        <v>1199</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B17" t="s">
-        <v>1200</v>
+        <v>1210</v>
       </c>
       <c r="C17" t="s">
-        <v>1201</v>
+        <v>1211</v>
       </c>
       <c r="D17" t="s">
-        <v>1202</v>
+        <v>1212</v>
       </c>
       <c r="E17" t="s">
-        <v>1203</v>
+        <v>1213</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1204</v>
+        <v>1214</v>
       </c>
       <c r="H17" t="s">
-        <v>1205</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B18" t="s">
-        <v>1206</v>
+        <v>1216</v>
       </c>
       <c r="C18" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="D18" t="s">
-        <v>1208</v>
+        <v>1218</v>
       </c>
       <c r="E18" t="s">
-        <v>1209</v>
+        <v>1219</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1210</v>
+        <v>1220</v>
       </c>
       <c r="H18" t="s">
-        <v>1211</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B19" t="s">
-        <v>1212</v>
+        <v>1222</v>
       </c>
       <c r="C19" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
       <c r="D19" t="s">
-        <v>1214</v>
+        <v>1224</v>
       </c>
       <c r="E19" t="s">
-        <v>1215</v>
+        <v>1225</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1216</v>
+        <v>1226</v>
       </c>
       <c r="H19" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B20" t="s">
-        <v>1218</v>
+        <v>1228</v>
       </c>
       <c r="C20" t="s">
-        <v>1219</v>
+        <v>1229</v>
       </c>
       <c r="D20" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
       <c r="E20" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="H20" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B21" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
       <c r="C21" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1227</v>
+        <v>1237</v>
       </c>
       <c r="H21" t="s">
-        <v>1228</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="B22" t="s">
-        <v>1229</v>
+        <v>1239</v>
       </c>
       <c r="C22" t="s">
-        <v>1230</v>
+        <v>1240</v>
       </c>
       <c r="D22" t="s">
-        <v>1231</v>
+        <v>1241</v>
       </c>
       <c r="E22" t="s">
-        <v>1232</v>
+        <v>1242</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1233</v>
+        <v>1243</v>
       </c>
       <c r="H22" t="s">
-        <v>1234</v>
+        <v>1244</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>