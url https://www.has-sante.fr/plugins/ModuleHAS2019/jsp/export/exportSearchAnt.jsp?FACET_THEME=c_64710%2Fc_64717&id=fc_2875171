--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -51,51 +51,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId15" sheetId="13"/>
     <sheet name="Export Avis et décisions de la " r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5143" uniqueCount="3238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5175" uniqueCount="3260">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -953,65 +953,128 @@
   <si>
     <t>Événement</t>
   </si>
   <si>
     <t>Enquête sur votre connaissance de « PACTE Soins Primaires » (PACTE SP)</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) et l’École des Hautes études en santé publique (EHESP) se mobilisent dans le cadre de la feuille de route nationale 2023-2025 du Ministère de la Santé et de la Prévention « Améliorer la sécurité des patients et des résidents ».</t>
   </si>
   <si>
     <t>13/06/2024 13:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522096/fr/enquete-sur-votre-connaissance-de-pacte-soins-primaires-pacte-sp</t>
   </si>
   <si>
     <t>p_3522096</t>
   </si>
   <si>
     <t>???</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP »</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP.</t>
+  </si>
+  <si>
+    <t>14/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2022 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299873/fr/resultats-des-iqss-dossier-patient-en-sante-mentale-pour-adulte-perimetre-ambulatoire-en-cmp</t>
+  </si>
+  <si>
+    <t>p_3299873</t>
+  </si>
+  <si>
     <t>IQSS 2025 : six indicateurs de réhospitalisations après chirurgie ambulatoire</t>
   </si>
   <si>
     <t>Campagnes nationales 2025 de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO 2024).</t>
   </si>
   <si>
     <t>10/02/2023 15:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3409378/fr/iqss-2025-six-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>p_3409378</t>
   </si>
   <si>
+    <t>Résultats des IQSS - Dossier patient en secteur MCO (DPA MCO)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient - Médecine, chirurgie, obstétrique</t>
+  </si>
+  <si>
+    <t>10/02/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676370/fr/resultats-des-iqss-dossier-patient-en-secteur-mco-dpa-mco</t>
+  </si>
+  <si>
+    <t>c_2676370</t>
+  </si>
+  <si>
+    <t>IQSS 2024 - Infections du site opératoire après pose de prothèse totale de genou (ISO-PTG)</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de genou (données PMSI MCO 2023, évolution 2022-2023).</t>
+  </si>
+  <si>
+    <t>26/05/2023 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294826/fr/iqss-2024-infections-du-site-operatoire-apres-pose-de-prothese-totale-de-genou-iso-ptg</t>
+  </si>
+  <si>
+    <t>p_3294826</t>
+  </si>
+  <si>
     <t>Comment renforcer l’expertise au service du virage préventif ? - Note d'analyse prospective 2025</t>
   </si>
   <si>
     <t>La HAS analyse la manière dont la prise en compte des données probantes dans la décision en prévention et promotion de la santé peut être renforcée, afin d’accélérer le virage préventif.</t>
   </si>
   <si>
     <t>12/11/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3702006/fr/comment-renforcer-l-expertise-au-service-du-virage-preventif-note-d-analyse-prospective-2025</t>
   </si>
   <si>
     <t>p_3702006</t>
   </si>
   <si>
     <t>IQSS 2024 - Évènements thrombo-emboliques après pose de prothèse totale de hanche (ETE-PTH)</t>
   </si>
   <si>
     <t>Campagne nationale 2024 de mesure de l’indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique : complications thrombo-emboliques après pose de prothèse totale de hanche (données PMSI MCO 2023, évolution 2022-2023).</t>
   </si>
   <si>
     <t>26/01/2023 00:00:00</t>
   </si>
   <si>
     <t>17/12/2024 11:48:00</t>
@@ -1022,71 +1085,56 @@
   <si>
     <t>p_3293932</t>
   </si>
   <si>
     <t>IQSS 2024 - Évènements thrombo-emboliques après pose de prothèse totale de genou (ETE-PTG)</t>
   </si>
   <si>
     <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : complications thrombo-emboliques après pose de prothèse totale de genou (données PMSI MCO 2023, évolution 2022-2023).</t>
   </si>
   <si>
     <t>10/02/2023 11:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293934/fr/iqss-2024-evenements-thrombo-emboliques-apres-pose-de-prothese-totale-de-genou-ete-ptg</t>
   </si>
   <si>
     <t>p_3293934</t>
   </si>
   <si>
     <t>IQSS 2024 - Infections du site opératoire après pose de prothèse totale de hanche (ISO-PTH)</t>
   </si>
   <si>
     <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de hanche (données PMSI MCO 2023, évolution 2022-2023).</t>
   </si>
   <si>
-    <t>26/05/2023 16:06:00</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3294825/fr/iqss-2024-infections-du-site-operatoire-apres-pose-de-prothese-totale-de-hanche-iso-pth</t>
   </si>
   <si>
     <t>p_3294825</t>
   </si>
   <si>
-    <t>IQSS 2024 - Infections du site opératoire après pose de prothèse totale de genou (ISO-PTG)</t>
-[...10 lines deleted...]
-  <si>
     <t>Harmonisation du bilan médicamenteux - Référentiel</t>
   </si>
   <si>
     <t>L’objectif est d’harmoniser les bilans médicamenteux afin de produire un bilan unique et partageable quels que soient les contextes d’utilisation. Ce document reprend notamment les éléments identifiés dans l’activité de bilan partagé de médication en officine, et dans la conciliation des traitements médi-camenteux à l’hôpital. L’élaboration du référentiel issu de ce travail favorise la numérisation de ce bilan et donc son partage entre la ville et l’hôpital.</t>
   </si>
   <si>
     <t>24/07/2025 00:00:00</t>
   </si>
   <si>
     <t>31/07/2025 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534690/fr/harmonisation-du-bilan-medicamenteux-referentiel</t>
   </si>
   <si>
     <t>p_3534690</t>
   </si>
   <si>
     <t>Résultats des IQSS - Chirurgie ambulatoire : Indicateurs de processus en chirurgie ambulatoire</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes sur les indicateurs de processus en chirurgie ambulatoire</t>
   </si>
   <si>
     <t>12/12/2018 00:00:00</t>
@@ -1127,98 +1175,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534214/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-dispositifs-medicaux</t>
   </si>
   <si>
     <t>p_3534214</t>
   </si>
   <si>
     <t>Évènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé</t>
   </si>
   <si>
     <t>Evènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé.</t>
   </si>
   <si>
     <t>25/04/2024 00:00:00</t>
   </si>
   <si>
     <t>14/05/2024 18:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517331/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-services-des-urgences-une-analyse-des-declarations-faites-par-les-professionnels-et-les-etablissements-de-sante</t>
   </si>
   <si>
     <t>p_3517331</t>
   </si>
   <si>
-    <t>Résultats des IQSS - Dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP »</t>
-[...46 lines deleted...]
-  <si>
     <t>Accès direct aux masseurs-kinésithérapeutes en CPTS - Avis sur le projet de décret concernant l'expérimentation prévue par l'article 3 de la loi du 19 mai 2023</t>
   </si>
   <si>
     <t>Le ministère de la Santé et de la Prévention a sollicité l'avis de la Haute Autorité de santé sur le projet de décret concernant l’expérimentation prévue par l’article 3 de la loi du 19 mai 2023 portant amélioration de l’accès aux soins par la confiance aux professionnels de santé permettant l’exercice en accès direct des masseurs-kinésithérapeutes dans le cadre d’une Communauté Professionnelle Territoriale de Santé (CPTS)</t>
   </si>
   <si>
     <t>09/11/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3473674/fr/acces-direct-aux-masseurs-kinesitherapeutes-en-cpts-avis-sur-le-projet-de-decret-concernant-l-experimentation-prevue-par-l-article-3-de-la-loi-du-19-mai-2023</t>
   </si>
   <si>
     <t>p_3473674</t>
   </si>
   <si>
     <t>Les déterminants de la qualité et de la sécurité des soins en établissement de santé</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a été saisie par le ministère en charge de la santé pour mener une réflexion sur les déterminants transversaux de la qualité et de la sécurité des soins en établissements de santé. Quatre familles de déterminants ont ainsi été identifiées: les ressources matérielles, les ressources humaines, l’organisation des équipes de soins et la coopération des équipes de soins.</t>
   </si>
   <si>
     <t>17/11/2022 00:00:00</t>
@@ -1367,50 +1367,125 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1725475/fr/pertinence-du-recours-a-l-hospitalisation-pour-bronchiolite</t>
   </si>
   <si>
     <t>c_1725475</t>
   </si>
   <si>
     <t>Pertinence du recours à l’hospitalisation pour bronchopneumopathie chronique surinfectée</t>
   </si>
   <si>
     <t>La note de problématique pertinence du recours à l’hospitalisation pour bronchopneumopathie chronique surinfectée analyse les données du PMSI et en décrit les limites quant à leur interprétation. Elle identifie les points d’amélioration de la pratique pour le diagnostic et la prise en charge de la BPCO tant en phase stable qu’au cours des exacerbations.</t>
   </si>
   <si>
     <t>29/04/2013 11:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1725478/fr/pertinence-du-recours-a-l-hospitalisation-pour-bronchopneumopathie-chronique-surinfectee</t>
   </si>
   <si>
     <t>c_1725478</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
+    <t>Flash Sécurité Patient « (Re)transcription des prescriptions médicamenteuses. Copier une prescription, c’est risquer de coller des erreurs»</t>
+  </si>
+  <si>
+    <t>Dans son rapport publié en septembre 2025 sur les évènements indésirables graves associés aux soins (EIGS) liés aux prescriptions médicamenteuses, la Haute Autorité de Santé a mis en évidence l’existence d’erreurs causées par des retranscriptions. La (re)transcription d’une prescription médicamenteuse (copie d’un support papier vers un logiciel, d’un logiciel vers un autre ou d’un logiciel vers un support papier) expose à de multiples risques : erreur de dose, confusion d’unité, mauvaise molécule, date d’administration incorrecte ou omission d’une information essentielle.</t>
+  </si>
+  <si>
+    <t>28/02/2026 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3887483/fr/flash-securite-patient-re-transcription-des-prescriptions-medicamenteuses-copier-une-prescription-c-est-risquer-de-coller-des-erreurs</t>
+  </si>
+  <si>
+    <t>p_3887483</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Reprogrammation au bloc opératoire. Reporter sans jamais improviser »</t>
+  </si>
+  <si>
+    <t>Ce flash sécurité patient s’intéresse aux événements indésirables associés aux soins associés à une reprogrammation, c'est-à-dire une modification de la date d'une intervention (report ou avancement).</t>
+  </si>
+  <si>
+    <t>20/02/2026 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3825580/fr/flash-securite-patient-reprogrammation-au-bloc-operatoire-reporter-sans-jamais-improviser</t>
+  </si>
+  <si>
+    <t>p_3825580</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Fausses routes. Lorsqu’une petite boulette devient un très gros pépin »</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Fausses routes. Lorsqu’une petite boulette devient un très gros pépin » Outil d'amélioration des pratiques professionnelles - Mis en ligne le 12 février 2026</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858108/fr/flash-securite-patient-fausses-routes-lorsqu-une-petite-boulette-devient-un-tres-gros-pepin</t>
+  </si>
+  <si>
+    <t>p_3858108</t>
+  </si>
+  <si>
+    <t>Plan personnalisé d'accompagnement - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d'élaborer un modèle de plan personnalisé d'accompagnement (PPA), document de suivi des personnes avec maladies graves inspiré de la planification anticipée ou préalable de soins (advance care planning).</t>
+  </si>
+  <si>
+    <t>15/01/2026 16:43:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809148/fr/plan-personnalise-d-accompagnement-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3809148</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient « Fatigue des professionnels de santé. Préserver les soignants pour mieux soigner les patients »</t>
+  </si>
+  <si>
+    <t>Les professionnels de santé peuvent être exposés à une fatigue importante (travail effectué de nuit, horaires variables, plages horaires longues, charge de travail, sous-effectif, stress…). Les conséquences peuvent être majeures sur leur santé et, in fine, sur la sécurité des patients (altération des performances cognitives et augmentation du risque d’erreur). Ainsi, l’analyse des évènements indésirables associés aux soins (EIAS) déclarés dans la base de données de l’accréditation des médecins et des équipes médicales met en évidence que plus de 10% d’entre eux ont une cause profonde en lien avec la « charge de travail » ou « la fatigue ».</t>
+  </si>
+  <si>
+    <t>13/01/2026 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808079/fr/flash-securite-patient-fatigue-des-professionnels-de-sante-preserver-les-soignants-pour-mieux-soigner-les-patients</t>
+  </si>
+  <si>
+    <t>p_3808079</t>
+  </si>
+  <si>
     <t>Label - Flash Sécurité Patient – « Rupture de la rate après une coloscopie. Un diagnostic à ne pas rater ! »</t>
   </si>
   <si>
     <t>Les ruptures spléniques après coloscopie sont une complication rare (≈0,5/10 000) mais grave, souvent retardée et difficile à diagnostiquer, pouvant entraîner un choc hémorragique et un décès dans 5 % des cas.</t>
   </si>
   <si>
     <t>05/12/2025 16:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3776052/fr/label-flash-securite-patient-rupture-de-la-rate-apres-une-coloscopie-un-diagnostic-a-ne-pas-rater</t>
   </si>
   <si>
     <t>p_3776052</t>
   </si>
   <si>
     <t>Label - Flash Sécurité Patient - « Erreur de côté lors d’une anesthésie loco-régionale. À gauche ou à droite ? Jamais sans mon check ! »</t>
   </si>
   <si>
     <t>Les erreurs de côté constituent un risque persistant lors d’une anesthésie loco-régionale.</t>
   </si>
   <si>
     <t>23/10/2025 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701726/fr/label-flash-securite-patient-erreur-de-cote-lors-d-une-anesthesie-loco-regionale-a-gauche-ou-a-droite-jamais-sans-mon-check</t>
@@ -3512,2873 +3587,2861 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801497/fr/la-mediation-en-sante-pour-les-personnes-eloignees-des-systemes-de-prevention-et-de-soins</t>
   </si>
   <si>
     <t>c_2801497</t>
   </si>
   <si>
     <t>Critères d'éligibilité des patients à un hébergement à proximité d'un établissement de santé - Rapport d'orientation</t>
   </si>
   <si>
     <t>Ce rapport d’orientation, élaboré à la demande de la Direction générale de l’offre de soins, s’inscrit dans le cadre de la mise en œuvre d’une expérimentation selon laquelle les établissements de santé peuvent proposer à leurs patients une prestation d’hébergement temporaire non médicalisé en amont ou en aval de leur hospitalisation. La HAS a défini les critères d’éligibilités des patients à un hébergement à proximité d’un établissement de santé.</t>
   </si>
   <si>
     <t>18/11/2015 00:00:00</t>
   </si>
   <si>
     <t>21/12/2015 12:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2583281/fr/criteres-d-eligibilite-des-patients-a-un-hebergement-a-proximite-d-un-etablissement-de-sante-rapport-d-orientation</t>
   </si>
   <si>
     <t>c_2583281</t>
   </si>
   <si>
-    <t>Outil logiciel permettant l’analyse de l’adéquation des tarifs aux coûts de production de la chirurgie ambulatoire par méthode de microcosting</t>
-[...2 lines deleted...]
-    <t>Un des freins au développement de la chirurgie ambulatoire relève de la perception floue des acteurs, au sein des établissements de santé, du coût de cette activité. Pour résoudre cette difficulté, la HAS a donc développé un outil logiciel qui permet aux établissements de connaître le coût d’un geste chirurgical donné, par technique de microcosting.</t>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France</t>
+  </si>
+  <si>
+    <t>La HAS et l’Agence de la biomédecine ont conduit une évaluation médico-économique des stratégies de prise en charge des patients en insuffisance rénale chronique terminale (IRCT) à partir d’une modélisation des possibilités de changement dans la trajectoire de soins des patients entre différentes modalités de traitement de suppléance.</t>
+  </si>
+  <si>
+    <t>09/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2014 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775180/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france</t>
+  </si>
+  <si>
+    <t>c_1775180</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la décision pour l’admission des patients en soins de suite et de réadaptation</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré un outil d’aide à la décision pour l’admission des patients en Soins de Suite et de Réadaptation (SSR). Cet outil s’adresse aux professionnels de santé exerçant en établissement de santé ou en libéral. Ils seront amenés à l’utiliser lorsqu’ils souhaitent demander l’admission dans une structure SSR pour l’un de leurs patients. L’outil doit leur permettre de déterminer si le SSR est effectivement adapté pour ce patient, en fonction du type de prise en charge requis et de l’environnement du patient.</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651391/fr/outil-d-aide-a-la-decision-pour-l-admission-des-patients-en-soins-de-suite-et-de-readaptation</t>
+  </si>
+  <si>
+    <t>c_1651391</t>
+  </si>
+  <si>
+    <t>Tarification de la chirurgie ambulatoire en France et à l’étranger : État des lieux et perspectives</t>
+  </si>
+  <si>
+    <t>Ce rapport présente les modalités de tarification de la chirurgie ambulatoire en France et dans les différents pays européens, ainsi qu’aux États Unis. Il décrit les mécanismes incitatifs mis en place, et leur impact sur le développement de cette activité. Différentes innovations tarifaires (tarification à l’épisode de soins et à la meilleure pratique) et organisationnelles (centres indépendants) actuellement expérimentées en Grande Bretagne et aux États-Unis sont ensuite présentées. Le rapport se conclut par 25 recommandations de la HAS pour améliorer en France les insuffisances système tarifaire actuel, et accélérer le développement de la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>12/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2013 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649573/fr/tarification-de-la-chirurgie-ambulatoire-en-france-et-a-l-etranger-etat-des-lieux-et-perspectives</t>
+  </si>
+  <si>
+    <t>c_1649573</t>
+  </si>
+  <si>
+    <t>Efficience de la télémédecine : état des lieux de la littérature internationale et cadre d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé un état des lieux de la littérature internationale relative à l’évaluation médico-économique de la télémédecine. Elle constate la quasi-absence d’études françaises et l’importante hétérogénéité des études tant au niveau de leur qualité méthodologique que concernant les projets de télémédecine évalués. Elle propose un cadre méthodologique pour l’évaluation de l’efficience des projets de télémédecine dans le contexte actuel de déploiement de cette nouvelle forme d’organisation des soins en France.</t>
+  </si>
+  <si>
+    <t>03/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2013 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622477/fr/efficience-de-la-telemedecine-etat-des-lieux-de-la-litterature-internationale-et-cadre-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1622477</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
+  </si>
+  <si>
+    <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
+  </si>
+  <si>
+    <t>13/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2008 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
+  </si>
+  <si>
+    <t>r_1499485</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France - Volet : Analyse des possibilités de développement de la transplantation rénale en France</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’examiner les possibilités de développement de la transplantation rénale en France en tenant compte notamment des aspects organisationnels, économiques et éthiques.</t>
+  </si>
+  <si>
+    <t>28/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
+  </si>
+  <si>
+    <t>c_1291640</t>
+  </si>
+  <si>
+    <t>Développement de la prescription de thérapeutiques non médicamenteuses validées</t>
+  </si>
+  <si>
+    <t>L’analyse porte sur le développement de la prescription de thérapeutiques nécessitant une participation active du patient en interaction ou non avec un professionnel spécialisé et faisant l’objet de recommandations de bonnes pratiques dont la validité est reconnue en France. Elle vise à identifier les freins organisationnels, économiques, socioculturels et symboliques qui existent sur le terrain et limitent le respect des recommandations de bonnes pratiques dans les pratiques de prescription. La levée des freins doit alors créer les conditions propices à la prescription de thérapeutiques non médicamenteuses ; des voies d’amélioration du système de santé sont proposées dans ce sens.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059795/fr/developpement-de-la-prescription-de-therapeutiques-non-medicamenteuses-validees</t>
+  </si>
+  <si>
+    <t>c_1059795</t>
+  </si>
+  <si>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Douleur chronique : les aspects organisationnels</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est de réaliser un état des lieux sur les aspects organisationnels de la prise en charge de la douleur chronique de la population générale adulte dans les structures spécialisées.</t>
+  </si>
+  <si>
+    <t>22/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2009 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813396/fr/douleur-chronique-les-aspects-organisationnels</t>
+  </si>
+  <si>
+    <t>c_813396</t>
+  </si>
+  <si>
+    <t>Le Recours à l'hôpital en Europe</t>
+  </si>
+  <si>
+    <t>Ce rapport s’intègre dans une réflexion plus large sur le recours à l’hôpital en France, et la prévention des hospitalisations injustifiées. Dans ce travail, il s’est agi de fournir un cadrage général, en situant d’un point de vue organisationnel la place qu’occupe l’hôpital dans les systèmes de santé européens.</t>
+  </si>
+  <si>
+    <t>30/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766081/fr/le-recours-a-l-hopital-en-europe</t>
+  </si>
+  <si>
+    <t>c_766081</t>
+  </si>
+  <si>
+    <t>Délégation, transfert, nouveaux métiers… Comment favoriser les formes nouvelles de coopération entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>Cette recommandation traite des nouvelles formes de coopérations entre professionnels de santé, définies comme une nouvelle répartition de tâches existantes ou la répartition de nouvelles tâches entre professionnels de santé. Leur objectif est d’améliorer la qualité de la prise en charge des patients.</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2008 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497724/fr/delegation-transfert-nouveaux-metiers-comment-favoriser-les-formes-nouvelles-de-cooperation-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_497724</t>
+  </si>
+  <si>
+    <t>La participation des patients aux dépenses de santé dans cinq pays européens</t>
+  </si>
+  <si>
+    <t>Ce rapport propose une analyse des mécanismes de participation financière aux dépenses de santé des patients dans cinq pays européens : l’Allemagne, la Belgique, les Pays-Bas, la Suède et la Suisse. L’organisation générale du système de santé est très différente selon les pays : des systèmes largement bismarckiens en Allemagne et en Belgique ; des systèmes dans lesquels tout ou partie de l’assurance maladie obligatoire est gérée par des assureurs privés aux Pays-Bas et en Suisse ; un système national de santé décentralisé en Suède. De plus, les sources de financement des dépenses de santé sont aussi relativement différentes selon les pays. Ces cinq systèmes ont toutefois pour point commun d’offrir à la population un accès relativement large aux soins et aux produits de santé : le « panier de soins » est comparable dans ces pays. Les différences observées en termes de répartition des dépenses entre acteurs ne traduisent donc pas un désengagement du secteur public (au sens large) pour certains types de biens et services mais des différences en termes de participation financière des patients.</t>
+  </si>
+  <si>
+    <t>09/10/2007 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_595221/fr/la-participation-des-patients-aux-depenses-de-sante-dans-cinq-pays-europeens</t>
+  </si>
+  <si>
+    <t>c_595221</t>
+  </si>
+  <si>
+    <t>Évaluation des réseaux de soins : bilan de l’existant et cadre méthodologique</t>
+  </si>
+  <si>
+    <t>Définis comme une forme organisée d’action collective apportée par des professionnels en réponse à un besoin de santé, les réseaux de soins correspondent en réalité à une grande diversité de dispositifs. Ce rapport, envisagé comme une étape préliminaire à la mise en place d’une démarche d’accréditation des réseaux de santé, expose à partir de l’observation du fonctionnement de réseaux en activité, les préconisations relatives à leur évaluation.</t>
+  </si>
+  <si>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271855/fr/evaluation-des-reseaux-de-soins-bilan-de-l-existant-et-cadre-methodologique</t>
+  </si>
+  <si>
+    <t>c_271855</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transidentité : accompagnement du mineur et de son entourage, et soins proposés - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage précise les objectifs, questions à traiter, méthode et calendrier prévisionnel d’élaboration des recommandations de bonne pratique relatives à l’accompagnement et aux soins qui peuvent être proposés le cas échéant aux enfants et adolescents se questionnant sur leur identité de genre ou transgenres, ainsi qu’à leur entourage.</t>
+  </si>
+  <si>
+    <t>25/02/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2026 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3892586/fr/transidentite-accompagnement-du-mineur-et-de-son-entourage-et-soins-proposes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3892586</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge des personnes présentant un premier épisode psychotique ou un risque d’évolution vers une psychose – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Dans le cadre de son programme « santé mentale et psychiatrie » 2025-2030, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur le repérage et la prise en charge des personnes présentant un premier épisode psychotique (PEP) ou un haut risque d’évolution vers une psychose (HRP).</t>
+  </si>
+  <si>
+    <t>09/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636163/fr/reperage-et-prise-en-charge-des-personnes-presentant-un-premier-episode-psychotique-ou-un-risque-d-evolution-vers-une-psychose-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3636163</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
+  </si>
+  <si>
+    <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3261731</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Accompagnement médico-psycho-social des femmes, des parents et de leur enfant, en situation de vulnérabilité, pendant la grossesse et en postnatal</t>
+  </si>
+  <si>
+    <t>Objectifs : Identifier les situations de vulnérabilité des couples mère-enfant et du conjoint, et leurs conséquences Favoriser le repérage, durant la grossesse, de situations de vulnérabilité Informer les professionnels, sur les acteurs et les outils d’accompagnement des couples mère-enfant au cours de la grossesse et en post partum Proposer des modalités d’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité Favoriser une meilleure coordination des professionnels pour l’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité</t>
+  </si>
+  <si>
+    <t>11/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271226/fr/accompagnement-medico-psycho-social-des-femmes-des-parents-et-de-leur-enfant-en-situation-de-vulnerabilite-pendant-la-grossesse-et-en-postnatal</t>
+  </si>
+  <si>
+    <t>p_3271226</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des patients adultes avec un syndrome post-réanimation (PICS) et de leur entourage</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à risque de PICS Diagnostiquer ces patients Prendre en charge précocement et à long terme les PICS Améliorer les parcours de soins Élaborer des documents à destination du patient, de sa famille ou son entourage afin de les alerter sur ce syndrome post-réanimation et de les accompagner dans sa prise en charge par une orientation vers des professionnels de santé formés à ce syndrome.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/fr/diagnostic-et-prise-en-charge-des-patients-adultes-avec-un-syndrome-post-reanimation-pics-et-de-leur-entourage</t>
+  </si>
+  <si>
+    <t>p_3312530</t>
+  </si>
+  <si>
+    <t>Critères d’éligibilité à une prise en charge en maisons de naissance - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Ojectifs Définir les critères de sélection et poser les critères de sortie de maison de naissance en fonction de la sévérité des situations nécessitant un transfert pré-, per- et post-partum (réévaluation de l’éligibilité tout au long du parcours). Limiter les transferts, notamment en urgence à la suite de complications, grâce à une bonne identification des situations susceptibles d’être prises en charge sans « sur risque » en maison de naissance. Garantir l’application par tous les professionnels des maisons de naissance des mêmes critères d’éligibilité, garants de la qualité et de la sécurité des soins apportés aux femmes enceintes et leurs nouveau-nés.</t>
+  </si>
+  <si>
+    <t>01/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2023 12:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425519/fr/criteres-d-eligibilite-a-une-prise-en-charge-en-maisons-de-naissance-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3425519</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins de patients présentant une suspicion de borréliose de Lyme</t>
+  </si>
+  <si>
+    <t>La HAS publie, à l’intention des patients et des professionnels de santé, un guide du parcours de soins des personnes présentant une suspicion de borréliose de Lyme. Conformément aux recommandations publiées en 2018, les objectifs de ce guide sont de réduire l’errance médicale et d’offrir à tous les patients la même qualité d’accès aux soins, en facilitant et en harmonisant leur prise en charge sur l’ensemble du territoire. Le guide rappelle les conseils de prévention et clarifie le rôle de chacun selon 3 niveaux de prise en charge, allant du médecin traitant et des médecins de ville, aux centres de compétences des maladies vectorielles à tiques (CC MVT) puis aux centres de référence (CR MVT).</t>
+  </si>
+  <si>
+    <t>03/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2022 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323862/fr/guide-du-parcours-de-soins-de-patients-presentant-une-suspicion-de-borreliose-de-lyme</t>
+  </si>
+  <si>
+    <t>p_3323862</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/ TDAH : Repérage, diagnostic et prise en charge des adultes - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs : Y compris ceux attendus de la production vis-à-vis des cibles. Optimiser l’accès aux soins en particulier lors de la transition de la prise en charge de l’adolescence vers l’âge adulte Cette transition repose sur une coordination entre les services pédiatriques et adultes. Favoriser la formation et la sensibilisation des professionnels de santé Une meilleure prise en charge de ces patients passe par une amélioration de la formation des professionnels impliqués, en particulier en psychiatrie, en addictologie, en neurologie et par une formation des médecins de premiers recours au repérage de ce trouble chez l’adulte. Améliorer la coordination des soins Tout comme pour l’enfant il est nécessaire de clarifier et structurer la filière de soins pour organiser la coordination entre les spécialistes et les médecins de premier recours ainsi qu’entre les différents spécialistes pour la prise en charge des troubles associés qui sont fréquents dans le TDAH.</t>
+  </si>
+  <si>
+    <t>17/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302480/fr/trouble-du-neurodeveloppement/-tdah-reperage-diagnostic-et-prise-en-charge-des-adultes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3302480</t>
+  </si>
+  <si>
+    <t>Accompagner la scolarité et contribuer à l’inclusion scolaire</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. La HAS publie des recommandations pour permettre aux professionnels des établissements et structures sociaux et médico-sociaux d’accompagner et de soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2021 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287349/fr/accompagner-la-scolarite-et-contribuer-a-l-inclusion-scolaire</t>
+  </si>
+  <si>
+    <t>p_3287349</t>
+  </si>
+  <si>
+    <t>Fiche mémo : conduite à tenir en cas de pic de pollution atmosphérique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>De nombreuses études et rapports d’organismes internationaux telle que l’Organisation mondiale de la santé (OMS), montrent que la pollution atmosphérique a des conséquences importantes en termes de santé publique et que la mise en place d’actions visant à réduire durablement la pollution atmosphérique permettrait d’améliorer de façon considérable la santé et la qualité de vie de la population.</t>
+  </si>
+  <si>
+    <t>10/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2021 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244760/fr/fiche-memo-conduite-a-tenir-en-cas-de-pic-de-pollution-atmospherique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3244760</t>
+  </si>
+  <si>
+    <t>Lits halte soins santé (Lhss), Lits d’accueil médicalisés (Lam) et Appartements de coordination thérapeutique (Act) : l’accompagnement des personnes et la continuité des parcours</t>
+  </si>
+  <si>
+    <t>La recommandation propose aux professionnels des principes, postures et techniques d’accompagnement soutenant l’autodétermination de la personne dans la définition et la mise en œuvre de son projet : bienveillance, non-jugement, respect de sa temporalité, recherche de son consentement éclairé, adoption d’une communication claire et adaptée, prise en compte de ses priorités et ressources. Elle propose également des éléments d’organisation permettant et facilitant la délivrance d’un accompagnement au plus près des besoins des personnes ...</t>
+  </si>
+  <si>
+    <t>08/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2021 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229978/fr/lits-halte-soins-sante-lhss-lits-d-accueil-medicalises-lam-et-appartements-de-coordination-therapeutique-act-l-accompagnement-des-personnes-et-la-continuite-des-parcours</t>
+  </si>
+  <si>
+    <t>p_3229978</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
+  </si>
+  <si>
+    <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
+  </si>
+  <si>
+    <t>13/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
+  </si>
+  <si>
+    <t>p_3215404</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Qualité de vie en résidences autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles portent sur les enjeux de prévention et d’amélioration de la qualité de vie en résidences autonomie. Les enjeux liés à la prévention sont en effet un axe fort de la Loi de modernisation de notre système de santé (loi santé) et de la Loi d’adaptation de la société au vieillissement (ASV).</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2018 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891427/fr/qualite-de-vie-en-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2891427</t>
+  </si>
+  <si>
+    <t>Label INCa-HAS - Recommandations de bonne pratique clinique pour l’utilisation de la tomographie par émission de positrons (TEP) en cancérologie</t>
+  </si>
+  <si>
+    <t>Les objectifs de ces recommandations sont de répondre, pour chaque pathologie cancéreuse prise en compte et aux différentes étapes de l’histoire naturelle de la maladie cancéreuse, aux questions suivantes : - Quelles sont les performances et la place de la tomographie par émission de positrons (TEP) dans le parcours de soins de la pathologie concernée ? - Quel est l’impact de la TEP dans le parcours de soins des patients ? Cette recommandation de bonne pratique a reçu le label conjoint INCa-HAS. Ce label signifie que cette recommandation de bonne pratique a été élaborée selon les procédures et les règles méthodologiques préconisées par l’INCa et la HAS. Toute contestation sur le fond doit être portée directement auprès du promoteur.</t>
+  </si>
+  <si>
+    <t>16/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857993/fr/label-inca-has-recommandations-de-bonne-pratique-clinique-pour-l-utilisation-de-la-tomographie-par-emission-de-positrons-tep-en-cancerologie</t>
+  </si>
+  <si>
+    <t>c_2857993</t>
+  </si>
+  <si>
+    <t>Pratiques de coopération et de coordination du parcours de la personne en situation de handicap</t>
+  </si>
+  <si>
+    <t>Les recommandations ont été élaborées dans un contexte d’évolution et de transformation de l’offre médico-sociale qui vise à améliorer la qualité de vie de la personne en situation de handicap, et en particulier la continuité de l’accompagnement dans son parcours de vie.</t>
+  </si>
+  <si>
+    <t>16/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839995/fr/pratiques-de-cooperation-et-de-coordination-du-parcours-de-la-personne-en-situation-de-handicap</t>
+  </si>
+  <si>
+    <t>c_2839995</t>
+  </si>
+  <si>
+    <t>Favoriser les articulations entre les professionnels intervenant en protection de l’enfance et les professionnels intervenant dans un cadre pénal, à l’égard d’un mineur</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de promouvoir des pratiques professionnelles permettant de garantir la stabilité et la continuité du parcours des mineurs concernés par les placements successifs, la réorientation et les relais entre institutions ; la multiplicité des prises en charge relevant de champs différents ; le suivi conjoint mené par différentes institutions (ASE, PJJ, …).</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835622/fr/favoriser-les-articulations-entre-les-professionnels-intervenant-en-protection-de-l-enfance-et-les-professionnels-intervenant-dans-un-cadre-penal-a-l-egard-d-un-mineur</t>
+  </si>
+  <si>
+    <t>c_2835622</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Suivi et orientation des femmes enceintes en fonction des situations à risque identifiées</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a été mise à jour en mai 2016. La mise à jour porte sur la recherche de l’antigène HBs préconisée dorénavant à la première consultation de suivi, soit avant 10 semaines d’aménorrhée.</t>
+  </si>
+  <si>
+    <t>18/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2016 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_547976/fr/suivi-et-orientation-des-femmes-enceintes-en-fonction-des-situations-a-risque-identifiees</t>
+  </si>
+  <si>
+    <t>c_547976</t>
+  </si>
+  <si>
+    <t>Transplantation rénale - Accès à la liste d’attente nationale</t>
+  </si>
+  <si>
+    <t>Cette recommandation précise l’ensemble du parcours du patient de l’information sur la greffe à partir de donneur vivant ou de donneur décédé, jusqu’à l’inscription sur liste de transplantation rénale. Réduire les disparités d’accès et les délais d’inscription sur la liste d’attente nationale de greffe de rein sont les objectifs de cette recommandation.</t>
+  </si>
+  <si>
+    <t>21/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751188/fr/transplantation-renale-acces-a-la-liste-d-attente-nationale</t>
+  </si>
+  <si>
+    <t>c_1751188</t>
+  </si>
+  <si>
+    <t>Sortie de maternité après accouchement : conditions et organisation du retour à domicile des mères et de leurs nouveau-nés</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour but de préciser les conditions et modalités optimales d’accompagnement des mères et des nouveau-nés à la sortie de maternité dans le contexte du bas risque. Ce travail vient entre autre actualiser la recommandation de bonne pratique publiée en 2004 par l’ANAES sur « la sortie précoce après accouchement – conditions pour proposer un retour précoce à domicile ».</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2014 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1290110/fr/sortie-de-maternite-apres-accouchement-conditions-et-organisation-du-retour-a-domicile-des-meres-et-de-leurs-nouveau-nes</t>
+  </si>
+  <si>
+    <t>c_1290110</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Chirurgie ambulatoire en urologie</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations est de permettre à l’ensemble des urologues, de développer la pratique d’une chirurgie urologique ambulatoire de qualité, avec les mêmes conditions de sécurité qu’en hospitalisation traditionnelle, en intégrant les technologies et les concepts en organisation actuels et à venir.</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2013 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702525/fr/label-de-la-has-chirurgie-ambulatoire-en-urologie</t>
+  </si>
+  <si>
+    <t>c_1702525</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientation des femmes enceintes entre les maternités en vue de l'accouchement</t>
+  </si>
+  <si>
+    <t>Définir selon des critères médicaux les femmes enceintes à orienter dans les maternités de type I, II et III selon les risques fœto-maternels. Harmoniser les indications d’orientation et de réorientation au sein des réseaux périnatals. Améliorer la compréhension par les professionnels autant que par les femmes enceintes de l’utilité et des limites de l’orientation entre les établissements d’un réseau périnatal. Mieux appréhender les outils nécessaires à une organisation efficace des orientations, afin d’en améliorer la sécurité et le confort.</t>
+  </si>
+  <si>
+    <t>01/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935540/fr/grossesses-a-risque-orientation-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_935540</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Handicaps moteurs et associés : le passage de l’enfant à l’adulte. Enjeux médicaux et médico-sociaux dans la période 15-25 ans</t>
+  </si>
+  <si>
+    <t>L'amélioration de l'espérance de vie des enfants handicapés moteurs et polyhandicapés conduit de plus en plus d'équipes pédiatriques à suivre ces enfants tardivement et pose la question du relais du suivi médical et paramédical par les équipes sanitaires adultes et par un dispositif médico-social adapté à leur condition particulière.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1271613/fr/label-de-la-has-handicaps-moteurs-et-associes-le-passage-de-l-enfant-a-l-adulte-enjeux-medicaux-et-medico-sociaux-dans-la-periode-15-25-ans</t>
+  </si>
+  <si>
+    <t>c_1271613</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'infarctus du myocarde à la phase aiguë en dehors des services de cardiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes: Quels sont les critères décisionnels pour la prescription d’une désobstruction coronaire pour un infarctus aigu (indépendamment de la technique) ? Quels sont les stratégies de reperfusion et les traitements adjuvants à mettre en œuvre pour un syndrome coronarien aigu (SCA) ST+ ? Quelles sont les caractéristiques des filières de prise en charge d’un patient avec une douleur thoracique évoquant un infarctus aigu ? Quelles sont les situations particulières de prise en charge d’un infarctus aigu ? Quelle est la prise en charge des complications initiales ?</t>
+  </si>
+  <si>
+    <t>27/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_484720/fr/prise-en-charge-de-l-infarctus-du-myocarde-a-la-phase-aigue-en-dehors-des-services-de-cardiologie</t>
+  </si>
+  <si>
+    <t>c_484720</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Démarche précoce d’insertion socioprofessionnelle en établissements de soins de suite et de réadaptation spécialisés relevant des champs de compétences de la médecine physique et de la réadaptation</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique décrit le contenu du processus et les moyens à mobiliser pour mettre en œuvre une démarche précoce d’insertion socioprofessionnelle (DPI) au sein d’un établissement de Soins de Suite et de Réadaptation spécialisé. La finalité de la DPI est d’intégrer au plus tôt la dimension socioprofessionnelle dans le projet de soins de la personne en situation de handicap. Cette recommandation aborde en particulier :</t>
+  </si>
+  <si>
+    <t>01/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>21/09/2011 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096505/fr/label-de-la-has-demarche-precoce-d-insertion-socioprofessionnelle-en-etablissements-de-soins-de-suite-et-de-readaptation-specialises-relevant-des-champs-de-competences-de-la-medecine-physique-et-de-la-readaptation</t>
+  </si>
+  <si>
+    <t>c_1096505</t>
+  </si>
+  <si>
+    <t>Situations pathologiques pouvant relever de l'hospitalisation à domicile au cours de l'ante et du post-partum</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’optimiser la prise en charge de la femme et de son enfant dans le cadre d’une hospitalisation à domicile (HAD).</t>
+  </si>
+  <si>
+    <t>30/06/2011 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1066375/fr/situations-pathologiques-pouvant-relever-de-l-hospitalisation-a-domicile-au-cours-de-l-ante-et-du-post-partum</t>
+  </si>
+  <si>
+    <t>c_1066375</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge d’un appel de demande de soins non programmés dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Améliorer la qualité et la sécurité de la réponse apportée aux patients Constituer un support pour la formation continue des professionnels et l’évaluation de leurs pratiques Favoriser l’harmonisation des pratiques entre professionnels et sur l’ensemble du territoire</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1061039/fr/modalites-de-prise-en-charge-d-un-appel-de-demande-de-soins-non-programmes-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_1061039</t>
+  </si>
+  <si>
+    <t>Les courriers échangés entre médecins généralistes et psychiatres lors d’une demande de première consultation par le médecin généraliste pour un patient adulte présentant un trouble mental avéré ou une souffrance psychique</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à favoriser l’échange entre médecins généralistes et psychiatres, tout particulièrement important lors d’une demande de première consultation puisqu’il va déterminer le devenir de la coopération autour du patient de ces deux professionnels.</t>
+  </si>
+  <si>
+    <t>01/02/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>05/05/2011 13:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050358/fr/les-courriers-echanges-entre-medecins-generalistes-et-psychiatres-lors-d-une-demande-de-premiere-consultation-par-le-medecin-generaliste-pour-un-patient-adulte-presentant-un-trouble-mental-avere-ou-une-souffrance-psychique</t>
+  </si>
+  <si>
+    <t>c_1050358</t>
+  </si>
+  <si>
+    <t>Troubles de la réfraction : délivrance de verres correcteurs par les opticiens dans le cadre d'un renouvellement</t>
+  </si>
+  <si>
+    <t>L’article 54 de la loi n° 2006-1640 du 21 décembre 2006 de financement de la Sécurité sociale et ses décrets d’application (décrets n° 2007-553 et n° 2007-551 du 13 avril 2007) ont permis aux opticiens-lunetiers d’adapter, dans le cadre d'un renouvellement, les prescriptions médicales initiales de verres correcteurs datant de moins de 3 ans, à l'exclusion de celles établies pour les personnes âgées de moins de 16 ans et sauf opposition du médecin.</t>
+  </si>
+  <si>
+    <t>02/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2011 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1045685/fr/troubles-de-la-refraction-delivrance-de-verres-correcteurs-par-les-opticiens-dans-le-cadre-d-un-renouvellement</t>
+  </si>
+  <si>
+    <t>c_1045685</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d’orientation en ambulatoire ou en soins de suite ou de réadaptation après chirurgie des ruptures de coiffe et arthroplasties de l'épaule</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques ou chirurgicaux.</t>
+  </si>
+  <si>
+    <t>23/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613749/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-chirurgie-des-ruptures-de-coiffe-et-arthroplasties-de-l-epaule</t>
+  </si>
+  <si>
+    <t>c_613749</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d'orientation en ambulatoire ou en soins de suite ou de réadaptation après arthroplastie totale du genou</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques et chirurgicaux.</t>
+  </si>
+  <si>
+    <t>01/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_639103/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-arthroplastie-totale-du-genou</t>
+  </si>
+  <si>
+    <t>c_639103</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_665169</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d'orientation en ambulatoire ou en soins de suite ou de réadaptation après ligamentoplastie du croisé antérieur du genou</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_639105/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-ligamentoplastie-du-croise-anterieur-du-genou</t>
+  </si>
+  <si>
+    <t>c_639105</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge en cas de mort inattendue du nourrisson (moins de 2 ans)</t>
+  </si>
+  <si>
+    <t>La «mort inattendue du nourrisson» est définie dans ce document comme «une mort survenant brutalement chez un nourrisson alors que rien, dans ses antécédents connus, ne pouvait le laisser prévoir».</t>
+  </si>
+  <si>
+    <t>14/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2007 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533467/fr/prise-en-charge-en-cas-de-mort-inattendue-du-nourrisson-moins-de-2-ans</t>
+  </si>
+  <si>
+    <t>c_533467</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+  </si>
+  <si>
+    <t>c_451135</t>
+  </si>
+  <si>
+    <t>La crise suicidaire : reconnaître et prendre en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'améliorer le repérage de la crise suicidaire et l'organisation de la prise en charge afin de prévenir le suicide.</t>
+  </si>
+  <si>
+    <t>22/11/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271964/fr/la-crise-suicidaire-reconnaitre-et-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_271964</t>
+  </si>
+  <si>
+    <t>Modalités de sevrage chez les toxicomanes dépendant des opiacés</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Quelle est la place des sevrages dans les stratégies de soin des toxicomanes aux opiacés ? Quelle préparation et mise en place des sevrages ? Quelles sont les modalités et les conditions pratiques du sevrage ? Quels soins après sevrage et suivi ?</t>
+  </si>
+  <si>
+    <t>24/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272062/fr/modalites-de-sevrage-chez-les-toxicomanes-dependant-des-opiaces</t>
+  </si>
+  <si>
+    <t>c_272062</t>
+  </si>
+  <si>
+    <t>Soins et surveillance des abords digestifs pour l'alimentation entérale chez l'adulte en hospitalisation et à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations pour les pratiques de soins concernent la pose d'une sonde nasogastrique, ainsi que les soins et la surveillance d'une sonde nasogastrique, de gastrostomie ou de jéjunostomie. Les indications et les modalités d'administration de l'alimentation entérale ainsi que le suivi nutritionnel ne sont pas abordés.</t>
+  </si>
+  <si>
+    <t>01/04/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/fr/soins-et-surveillance-des-abords-digestifs-pour-l-alimentation-enterale-chez-l-adulte-en-hospitalisation-et-a-domicile</t>
+  </si>
+  <si>
+    <t>c_272139</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral – Aspects paramédicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge paramédicale des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée.</t>
+  </si>
+  <si>
+    <t>01/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272250/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-paramedicaux</t>
+  </si>
+  <si>
+    <t>c_272250</t>
+  </si>
+  <si>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Prise en charge des épilepsies partielles pharmaco-résistantes</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Qu’est-ce qu’une épilepsie partielle pharmaco-résistante ? Comment conduire le bilan d’une épilepsie partielle pharmaco-résistante ? Quels sont les critères d’éligibilité à un traitement chirurgical ? Quelle prise en charge médicale et médico-sociale pour les épilepsies partielles pharmaco-résistantes ? Comment informer et éduquer les patients atteints d’épilepsie partielle pharmaco-résistante ? Comment évaluer leur qualité de vie ? Quelle organisation de soins proposer pour améliorer la qualité de leur prise en charge ? De quelles données médico-économiques dispose-t-on ?</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272300/fr/prise-en-charge-des-epilepsies-partielles-pharmaco-resistantes</t>
+  </si>
+  <si>
+    <t>c_272300</t>
+  </si>
+  <si>
+    <t>Réduire les mauvaises utilisations des médicaments de substitution des opiacés</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent les mauvaises utilisations des médicaments de substitution des opiacés et les façons de les prévenir et d'y remédier.</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272329/fr/reduire-les-mauvaises-utilisations-des-medicaments-de-substitution-des-opiaces</t>
+  </si>
+  <si>
+    <t>c_272329</t>
+  </si>
+  <si>
+    <t>Sortie du monde hospitalier et le retour au domicile d’une personne adulte handicapée sur le plan moteur ou neuropsychologique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Qu’est-ce qu’un projet de sortie ? Comment définir de façon personnalisée le projet de sortie ? Selon les données actuelles, quelle organisation pour la mise en œuvre pratique et la réalisation du projet de sortie individualisé, dans le contexte de la vie de la personne handicapée ? Face aux obstacles, aux facteurs limitants et aux attentes réciproques de tous les acteurs (de l’hôpital et du lieu de vie) concernés par la réalisation pratique de la sortie de l’hôpital et du retour à domicile, quelles propositions ? Comment évaluer le service rendu ?</t>
+  </si>
+  <si>
+    <t>15/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272386/fr/sortie-du-monde-hospitalier-et-le-retour-au-domicile-d-une-personne-adulte-handicapee-sur-le-plan-moteur-ou-neuropsychologique</t>
+  </si>
+  <si>
+    <t>c_272386</t>
+  </si>
+  <si>
+    <t>Liberté d’aller et venir dans les établissements sanitaires et médico-sociaux, et obligation de soins et de sécurité</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelles sont les raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Lesquelles peut-on retenir ? Comment sont appréciées les raisons justifiant les restrictions aux libertés selon le lieu, le moment et la situation dans lesquels la personne se trouve ? Quelles doivent être les conditions d’application des raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Comment concilier d’éventuelles restrictions à la liberté d’aller et venir en établissement sanitaire et médico-social et le droit à la vie privée ? Quelles sont les attentes et les responsabilités des usagers et de leur entourage sur le dilemme entre la liberté d’aller et venir et les obligations de soins et de sécurité dans les établissements ?</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272394/fr/liberte-d-aller-et-venir-dans-les-etablissements-sanitaires-et-medico-sociaux-et-obligation-de-soins-et-de-securite</t>
+  </si>
+  <si>
+    <t>c_272394</t>
+  </si>
+  <si>
+    <t>Sortie du monde hospitalier et retour au domicile d’une personne adulte évoluant vers la dépendance motrice ou psychique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les caractéristiques des systèmes d’information existants et de ceux qu’il conviendrait de mettre en place ? Quelles sorties d’informations structurées sont attendues de ces systèmes ? Quelles sont l’ampleur du champ et les interactions à considérer pour organiser efficacement la prise en charge sur le plan économique ? Comment évaluer les innovations techniques dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? Comment évaluer les innovations organisationnelles dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? La satisfaction du patient et des aidants est-elle un critère valide et crédible dans l’évaluation du retour et/ou du maintien au domicile ? Quelles recommandations proposer pour le financement du retour et/ou du maintien au domicile ?</t>
+  </si>
+  <si>
+    <t>25/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272396/fr/sortie-du-monde-hospitalier-et-retour-au-domicile-d-une-personne-adulte-evoluant-vers-la-dependance-motrice-ou-psychique</t>
+  </si>
+  <si>
+    <t>c_272396</t>
+  </si>
+  <si>
+    <t>Accès aux informations concernant la santé d'une personne - Modalités pratiques et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent les modalités et l’accompagnement de l’accès aux informations de santé relatives à une personne, détenues par des professionnels de santé, des établissements de santé, publics ou privés, ou des hébergeurs.</t>
+  </si>
+  <si>
+    <t>01/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272508/fr/acces-aux-informations-concernant-la-sante-d-une-personne-modalites-pratiques-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_272508</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Téléconsultation &amp; télésoins – Consulter et se faire soigner à distance</t>
+  </si>
+  <si>
+    <t>Le document "Consulter et se faire soigner à distance - Téléconsultation &amp; télésoin" est destiné aux patients qui souhaitent s'informer sur le déroulement de cette prise en charge à distance.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2021 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270557/fr/teleconsultation-telesoins-consulter-et-se-faire-soigner-a-distance</t>
+  </si>
+  <si>
+    <t>p_3270557</t>
+  </si>
+  <si>
+    <t>Accouchement : Votre retour à la maison pendant l’épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Votre bébé vient de naître et vous êtes de retour chez vous. Pour vous protéger, l’organisation de votre suivi médical et de celui de votre bébé est adaptée en fonction de la circulation du virus dans votre région. Des précautions spécifiques vous concernent si vous avez le Covid-19. N’hésitez pas à solliciter les professionnels de santé qui vous suivent, si vous avez des interrogations ou des doutes.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186783/fr/accouchement-votre-retour-a-la-maison-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186783</t>
+  </si>
+  <si>
+    <t>Grossesse : Votre suivi pendant l'épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Vous êtes enceinte et vous vous interrogez sur le suivi de votre grossesse et l’organisation de votre accouchement, alors que le coronavirus continue de circuler. En cette période, n’attendez pas pour prendre contact avec le professionnel ou l’équipe qui vous suivra. Ils vous conseilleront pour organiser au mieux votre suivi. Ce document est issu de la fiche réponse rapide Continuité du suivi des femmes enceintes lors de la levée du confinement.</t>
+  </si>
+  <si>
+    <t>29/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187133/fr/grossesse-votre-suivi-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3187133</t>
+  </si>
+  <si>
+    <t>COVID-19 - Comment vous protéger d'une forme grave</t>
+  </si>
+  <si>
+    <t>Covid-19 et maladie chronique : il est indispensable que vous restiez très attentif à votre santé en lien avec votre médecin, vos autres soignants et votre entourage, pendant toute la période de confinement liée à l'épidémie de COVID-19. La HAS vous propose un document pour vous accompagner. Il est destiné aux patients ou à leur entourage ; il a été élaboré en collaboration avec France Assos santé.</t>
+  </si>
+  <si>
+    <t>19/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2020 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178865/fr/covid-19-comment-vous-proteger-d-une-forme-grave</t>
+  </si>
+  <si>
+    <t>p_3178865</t>
+  </si>
+  <si>
+    <t>COVID-19 - Évaluer ses risques avec l’équipe de soins et adapter son mode de vie</t>
+  </si>
+  <si>
+    <t>Vous êtes atteint d’une maladie chronique ou avez plus de 65 ans ? Vous êtes possiblement exposé à un risque de forme grave de COVID-19. À l’occasion de la sortie du confinement, vous pouvez échanger avec votre médecin ou votre équipe de soins. Vous déciderez alors des adaptations de votre mode de vie en fonction de votre situation.</t>
+  </si>
+  <si>
+    <t>11/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189294/fr/covid-19-evaluer-ses-risques-avec-l-equipe-de-soins-et-adapter-son-mode-de-vie</t>
+  </si>
+  <si>
+    <t>p_3189294</t>
+  </si>
+  <si>
+    <t>Diabète : poursuivre ses soins et faire face au COVID-19</t>
+  </si>
+  <si>
+    <t>Vous êtes diabétique et vous sortez le moins possible. Il est indispensable de rester très attentif à votre équilibre glycémique et de faire le point avec votre médecin et vos autres soignants sur les soins que vous ne devez pas reporter et les traitements que vous ne devez pas modifier sans leur avis.</t>
+  </si>
+  <si>
+    <t>30/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2020 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182187/fr/diabete-poursuivre-ses-soins-et-faire-face-au-covid-19</t>
+  </si>
+  <si>
+    <t>p_3182187</t>
+  </si>
+  <si>
+    <t>Sortie de maternité : préparez votre retour à la maison....Document d'information destiné aux femmes enceintes</t>
+  </si>
+  <si>
+    <t>Ce document d’information, destiné aux femmes enceintes et à leur entourage, a pour objectif de les aider à anticiper leur sortie de maternité en préparant le retour au domicile.</t>
+  </si>
+  <si>
+    <t>13/03/2014 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729194/fr/sortie-de-maternite-preparez-votre-retour-a-la-maison-document-d-information-destine-aux-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_1729194</t>
+  </si>
+  <si>
+    <t>Lunettes de vue : mode d’emploi pour les renouveler</t>
+  </si>
+  <si>
+    <t>Depuis 2007*, les opticiens-lunetiers peuvent adapter, dans le cadre d'un renouvellement, les prescriptions médicales initiales de verres correcteurs datant de moins de 3 ans, chez les personnes d’au moins 16 ans, à la condition que l’ophtalmologiste n’ait pas notifié son opposition sur l’ordonnance. En effet, l'ophtalmologiste peut décider, dans des situations particulières qui nécessitent un suivi médical rapproché, de limiter ou de s’opposer au renouvellement par l’opticien. Dans certains cas également, l’opticien devra orienter la personne vers l’ophtalmologiste avant toute délivrance de lunettes. Vous trouverez dans ce document des informations sur : les troubles de la vue et les professionnels de santé qui s’en occupent la marche à suivre pour remplacer ses lunettes quand celles-ci ne sont plus à votre vue les symptômes qui doivent vous alerter et vous amener à consulter un ophtalmologiste * article 54 de la loi n° 2006-1640 du 21 décembre 2006 de financement de la Sécurité sociale et ses décrets d’application (décrets n° 2007-553 et n° 2007-551 du 13 avril 2007)</t>
+  </si>
+  <si>
+    <t>08/06/2012 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253529/fr/lunettes-de-vue-mode-d-emploi-pour-les-renouveler</t>
+  </si>
+  <si>
+    <t>c_1253529</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Accès précoce à des médicaments présumés innovants : pour un pari mieux éclairé</t>
+  </si>
+  <si>
+    <t>L’évaluation des demandes d’accès précoce à des médicaments comprend par nature une forme d’incertitude. En effet, elle repose notamment sur l’appréciation de la présomption d’innovation et non sur la démonstration de cette innovation. Afin de définir les données minimales requises pour confirmer ou réfuter le bénéfice clinique supplémentaire du traitement par rapport aux alternatives disponibles et ainsi limiter la prise de risque pour les patients, la Haute Autorité de santé (HAS) actualise sa doctrine d’évaluation.</t>
+  </si>
+  <si>
+    <t>19/12/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806377/fr/acces-precoce-a-des-medicaments-presumes-innovants-pour-un-pari-mieux-eclaire</t>
+  </si>
+  <si>
+    <t>p_3806377</t>
+  </si>
+  <si>
+    <t>Des données probantes pour accélérer le virage préventif</t>
+  </si>
+  <si>
+    <t>Thématique phare de son projet stratégique 2025-2030, la prévention est le sujet de la nouvelle analyse prospective du système de santé, adressée par la Haute Autorité de santé (HAS) au Gouvernement et au Parlement. Dans un contexte marqué par de fortes contraintes budgétaires, la HAS appelle à renforcer l’éclairage des décideurs par des données probantes pour leur permettre d’apprécier la pertinence des interventions de prévention et de promotion de la santé et donc les bénéfices attendus pour la population. A cet effet, elle propose notamment de construire et mettre en place une « boîte à outils » à destination de l’ensemble des acteurs concernés, et de structurer leur dialogue autour de cet enjeu.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737647/fr/des-donnees-probantes-pour-accelerer-le-virage-preventif</t>
+  </si>
+  <si>
+    <t>p_3737647</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres : la HAS réaffirme la nécessité de protéger les experts</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) avait saisi le Conseil d’Etat d’un pourvoi en cassation contre un jugement du tribunal administratif de Montreuil lui enjoignant, à la demande d’une association, de communiquer la liste des membres du groupe de travail participant à l’élaboration des recommandations sur la transition de genre, et qui ont été récemment publiées. Après avoir accordé à la HAS un sursis à exécution, le Conseil d’Etat rejette finalement le pourvoi. La HAS prend acte de cette décision qui souligne toutefois que les textes actuels, sur lesquels le juge s’est fondé, ne garantissent pas suffisamment la protection des experts participant à l’expertise en santé. Attachée à la protection des experts et au principe d’indépendance de l’expertise, la HAS appelle à une évolution législative.</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639305/fr/parcours-de-transition-des-personnes-transgenres-la-has-reaffirme-la-necessite-de-proteger-les-experts</t>
+  </si>
+  <si>
+    <t>p_3639305</t>
+  </si>
+  <si>
+    <t>Transition de genre : la HAS publie les premières recommandations sur la prise en charge médicale de l’adulte</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé (HAS) publie le premier volet de ses recommandations portant sur l’accompagnement et la prise en charge médicale des personnes trans souhaitant s’engager dans une démarche de transition de genre. Ce premier volet est consacré aux personnes âgées de 18 ans et plus. Destinées aux professionnels de santé, ces recommandations visent à homogénéiser les pratiques et garantir une prise en charge sécurisée et de qualité. Elles insistent notamment sur l’accueil, l’écoute et l’information des personnes concernées en vue d’une décision éclairée. La HAS élaborera dans un second temps des recommandations de bonnes pratiques concernant les mineurs.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636602/fr/transition-de-genre-la-has-publie-les-premieres-recommandations-sur-la-prise-en-charge-medicale-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636602</t>
+  </si>
+  <si>
+    <t>Vers une meilleure collaboration entre la protection de l’enfance et la psychiatrie de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Les enfants qui bénéficient d’une mesure de protection[1],[2] ont à la fois un risque plus important de présenter des troubles psychiques et neurodéveloppementaux et des difficultés d’accès aux soins psychiatriques. Par ailleurs, la continuité de leurs parcours de soins peut ensuite être compromise, entre autres, par manque de coordination entre les acteurs de protection de l’enfance et ceux de la psychiatrie de l’enfant et de l’adolescent. Dans ce contexte, la Haute Autorité de santé (HAS) s’est auto-saisie pour élaborer une recommandation afin de favoriser la coordination entre les acteurs des deux champs concernés. Ce travail s’inscrit dans le cadre de son propre programme « santé mentale et psychiatrie » et dans un contexte où la santé mentale est Grande cause nationale 2025.</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607991/fr/vers-une-meilleure-collaboration-entre-la-protection-de-l-enfance-et-la-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3607991</t>
+  </si>
+  <si>
+    <t>Mieux prévenir et gérer les événements indésirables graves associés aux soins survenant chez les nouveau-nés</t>
+  </si>
+  <si>
+    <t>Face à l'augmentation de la mortalité infantile en France, et sachant que cette évolution préoccupante a des origines multifactorielles, la HAS a analysé 328 déclarations d’événements indésirables graves associés aux soins (EIGS) survenus spécifiquement chez les nouveau-nés et reçues entre le 1er mars 2017 et le 27 mai 2024. Le rapport publié aujourd’hui identifie les causes de ces EIGS et en tire des enseignements conduisant à formuler dix préconisations. Il a pour objectif d’éclairer sur les circonstances des accidents déclarés, d’orienter les actions des pouvoirs publics et des acteurs de la périnatalité, et ainsi de consolider le niveau de sécurité des prises en charge périnatales en France.</t>
+  </si>
+  <si>
+    <t>21/05/2025 15:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607325/fr/mieux-prevenir-et-gerer-les-evenements-indesirables-graves-associes-aux-soins-survenant-chez-les-nouveau-nes</t>
+  </si>
+  <si>
+    <t>p_3607325</t>
+  </si>
+  <si>
+    <t>TDAH de l’enfant et adolescent : former plus de professionnels pour réduire les délais de prise en charge</t>
+  </si>
+  <si>
+    <t>Le trouble déficit de l’attention avec ou sans hyperactivité (TDAH) est un trouble du neurodéveloppement (TND). Il concernerait 5 % des enfants et des adolescents dans le monde. Diagnostiquer et accompagner le plus tôt possible ces enfants est essentiel afin d’éviter une aggravation des conséquences psychologiques, sociales et scolaires du TDAH. Alors que l’accès aux soins pour les personnes s’avère aujourd’hui compliqué, la Haute Autorité de santé (HAS) publie des recommandations pour améliorer le diagnostic et la prise en charge du TDAH chez l’enfant et l’adolescent. Elle appelle également les pouvoirs publics à développer l’offre de soins pour réduire les délais de prise en charge, en permettant l’intervention de plus de médecins. Des recommandations dédiées à l’adulte seront publiées fin 2025.</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542741/fr/tdah-de-l-enfant-et-adolescent-former-plus-de-professionnels-pour-reduire-les-delais-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>p_3542741</t>
+  </si>
+  <si>
+    <t>Certification des prestataires de services et distributeurs de matériel (PSDM) : la HAS publie le référentiel</t>
+  </si>
+  <si>
+    <t>Les prestataires de services et distributeurs de matériel (PSDM) sont devenus en quelques années un acteur important du maintien à domicile des personnes malades ou en perte d’autonomie. Ils fournissent des dispositifs médicaux et des prestations associées à environ 2 millions de personnes. À la suite d’un état des lieux mené par l’Inspection générale des affaires sociales (Igas), la loi de financement de la Sécurité sociale (LFSS) pour 2021 a confié à la Haute Autorité de santé (HAS) l’élaboration d’un référentiel des bonnes pratiques professionnelles et d’une procédure de certification des PSDM. La certification conditionnera la prise en charge des produits et prestations remboursables par l’Assurance maladie. L’objectif est de s’assurer de la qualité et de la sécurité de l’activité. La HAS publie aujourd’hui le référentiel sur la base duquel les prestataires seront évalués, afin de leur permettre de se préparer.</t>
+  </si>
+  <si>
+    <t>18/06/2024 11:37:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525164/fr/certification-des-prestataires-de-services-et-distributeurs-de-materiel-psdm-la-has-publie-le-referentiel</t>
+  </si>
+  <si>
+    <t>p_3525164</t>
+  </si>
+  <si>
+    <t>Diabète de type 2 : les thérapies non médicamenteuses d’abord</t>
+  </si>
+  <si>
+    <t>Plus de 3,8 millions de personnes étaient traitées pour un diabète en France en 2022. Chez l’adulte, dans plus de 90 % des cas, il s’agit d’un diabète de type 2. Cette maladie évolue au fil du temps et peut entraîner des complications cardiovasculaires et rénales parfois graves. Afin de garantir une prise en charge optimale des patients, la HAS met à jour ses recommandations à l’attention des professionnels de santé. Pour la première fois, elle positionne en 1re intention les thérapeutiques non médicamenteuses, dont l’activité physique. Les nouvelles classes médicamenteuses et leurs effets positifs sur la prévention des risques de complications sont aussi intégrées dans la stratégie de prise en charge.</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520515/fr/diabete-de-type-2-les-therapies-non-medicamenteuses-d-abord</t>
+  </si>
+  <si>
+    <t>p_3520515</t>
+  </si>
+  <si>
+    <t>Accélérer les coopérations et les partages de tâches entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>13/03/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500091/fr/accelerer-les-cooperations-et-les-partages-de-taches-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>p_3500091</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez l’enfant et l’adulte : quel parcours de soins ?</t>
+  </si>
+  <si>
+    <t>À l’approche de la journée mondiale de l’obésité le 4 mars, la HAS propose deux parcours de soins du surpoids et de l’obésité, chez l’enfant et l’adolescent d’une part, chez l’adulte d’autre part. Comment prévenir ces situations ? Quelles mesures mettre en place ? Désormais complets, ces travaux ont pour objectif de faciliter l’organisation et la mise en œuvre des soins ainsi que l’accompagnement des personnes concernées par cette maladie chronique aux multiples retentissements.</t>
+  </si>
+  <si>
+    <t>28/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498042/fr/surpoids-et-obesite-chez-l-enfant-et-l-adulte-quel-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3498042</t>
+  </si>
+  <si>
+    <t>Repérer et accompagner les femmes en situation de vulnérabilité pendant et après une grossesse</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la politique des 1000 premiers jours de l’enfant, qui vise à permettre la mise en place d’environnements favorables au développement de chaque enfant, la HAS a étudié le cas particulier des femmes qui, avant, pendant ou après leur grossesse, sont en situation de vulnérabilité. Ces situations peuvent en effet s’avérer lourdes de conséquences pour la santé de l’enfant et de la mère. Ainsi, la HAS publie des recommandations assorties de 6 fiches pratiques en vue d’encourager le repérage précoce et de favoriser la coordination des professionnels pour accompagner les personnes concernées.</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494113/fr/reperer-et-accompagner-les-femmes-en-situation-de-vulnerabilite-pendant-et-apres-une-grossesse</t>
+  </si>
+  <si>
+    <t>p_3494113</t>
+  </si>
+  <si>
+    <t>Syndrome post-réanimation : recommandations pour une prise en charge précoce et adaptée</t>
+  </si>
+  <si>
+    <t>Le syndrome post-réanimation (Post intensive Care Syndrome - PICS) se traduit par la persistance de symptômes physiques, psychologiques ou cognitifs après une hospitalisation en réanimation. Ces symptômes peuvent perdurer pendant plusieurs mois voire années, et entraînent des répercussions significatives sur la qualité de vie et la réintégration socio-professionnelle des patients. Alors que le nombre de passages en réanimation a augmenté durant la crise du Covid-19, la Haute Autorité de santé publie des recommandations en vue d’accompagner les professionnels dans la prévention, le dépistage et la prise en charge des personnes atteintes d’un syndrome post-réanimation. Elle recommande notamment de mettre en place un repérage des facteurs de risque à l’admission du patient en réanimation et une évaluation clinique avant la sortie, répétée entre trois et six mois après le passage en réanimation.</t>
+  </si>
+  <si>
+    <t>15/06/2023 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446368/fr/syndrome-post-reanimation-recommandations-pour-une-prise-en-charge-precoce-et-adaptee</t>
+  </si>
+  <si>
+    <t>p_3446368</t>
+  </si>
+  <si>
+    <t>Epilepsie : mieux coordonner les soins et l’accompagnement des personnes</t>
+  </si>
+  <si>
+    <t>L’épilepsie est une maladie neurologique chronique qui peut altérer fortement la qualité de vie des personnes atteintes en raison de la survenue de crises épileptiques mais aussi des conséquences psychiatriques, cognitives et sociales de la maladie. Aujourd’hui, les données disponibles font apparaître des insuffisances dans la qualité de la prise en charge : errance diagnostique, soins parfois inadaptés, manque d’accompagnement des personnes dans les différentes sphères de la vie quotidienne. Dans le cadre de la stratégie de transformation du système de santé, la Haute Autorité de santé, en collaboration avec l’Assurance Maladie, publie un guide sur le parcours de santé des personnes atteintes d’une épilepsie. Les objectifs : améliorer le diagnostic, favoriser la coordination de l’ensemble des acteurs impliqués dans une prise en charge personnalisée et, in fine, améliorer la qualité de vie des personnes concernées.</t>
+  </si>
+  <si>
+    <t>14/06/2023 11:03:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445857/fr/epilepsie-mieux-coordonner-les-soins-et-l-accompagnement-des-personnes</t>
+  </si>
+  <si>
+    <t>p_3445857</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur l’intérêt médical des TROD grippe/Covid-19/VRS</t>
+  </si>
+  <si>
+    <t>Après un hiver marqué par une triple épidémie (grippe, Covid-19 et bronchiolite), la HAS a été saisie pour évaluer les tests rapides d’orientation diagnostique (TROD), dits « multiplex », c’est-à-dire susceptibles de détecter simultanément différents virus. Elle se prononce plus précisément sur l’intérêt médical des TROD grippe/Covid-19 et grippe/Covid-19/VRS (virus respiratoire syncytial), dans le cadre notamment des consultations médicales en ville. En l’absence de données suffisamment robustes pour attester de leurs performances diagnostiques, la HAS estime que ces TROD ne présentent pas à ce jour d’intérêt médical en vue d’un diagnostic à l’échelle individuelle. Toutefois, ils pourraient présenter un intérêt médical à l’échelle populationnelle qui pourrait justifier, sous certaines conditions, leur prise en charge par l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445214/fr/la-has-se-prononce-sur-l-interet-medical-des-trod-grippe/covid-19/vrs</t>
+  </si>
+  <si>
+    <t>p_3445214</t>
+  </si>
+  <si>
+    <t>Un nouveau parcours de santé pour la personne présentant une douleur chronique</t>
+  </si>
+  <si>
+    <t>Afin d’améliorer la qualité de vie des patients souffrant de douleur chronique, la Haute Autorité de santé, en partenariat avec le Collège de médecine générale (CMG) et la Société française d'étude et de traitement de la douleur (SFETD), publie un guide sur le parcours de santé permettant d’apporter une réponse graduée et adaptée à chaque personne. L’objectif est de renforcer la prévention, d’améliorer les délais et de favoriser la coordination de l’ensemble des acteurs impliqués dans cette prise en charge. Ce parcours donne une place prépondérante à la médecine de ville, à sa collaboration avec les structures douleurs chroniques ainsi qu’à la juste mobilisation des services hospitaliers de spécialité. Le niveau de recours aux soins est déterminé par les besoins du patient.</t>
+  </si>
+  <si>
+    <t>14/02/2023 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412606/fr/un-nouveau-parcours-de-sante-pour-la-personne-presentant-une-douleur-chronique</t>
+  </si>
+  <si>
+    <t>p_3412606</t>
+  </si>
+  <si>
+    <t>Télésurveillance médicale : 2 décrets actent l’intégration de la télésurveillance médicale dans le droit commun</t>
+  </si>
+  <si>
+    <t>Publiés le 31 décembre au journal officiel, 2 décrets permettent l’entrée en vigueur d’un modèle de droit commun spécifique à la télésurveillance prévu par l’article 36 de la loi de financement de la sécurité sociale pour 2022, ainsi que la fin de l’expérimentation ETAPES au 1ier juillet 2023. Ce nouveau cadre associe la rémunération du suivi médical réalisé à distance par une équipe soignante et celle du dispositif médical numérique associé. Ainsi, le 1er décret porte sur les modalités d’évaluation et d’inscription au remboursement de la télésurveillance et le 2nd, sur la déclaration des activités de télésurveillance des équipes soignantes aux agences régionales de santé (ARS). Ces textes seront prochainement complétés par des arrêtés cadrant les rémunérations des équipes soignantes et le financement des solutions numériques.</t>
+  </si>
+  <si>
+    <t>13/01/2023 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405664/fr/telesurveillance-medicale-2-decrets-actent-l-integration-de-la-telesurveillance-medicale-dans-le-droit-commun</t>
+  </si>
+  <si>
+    <t>p_3405664</t>
+  </si>
+  <si>
+    <t>Monkeypox : des réponses rapides pour une prise en charge adaptée</t>
+  </si>
+  <si>
+    <t>Alors que le virus Monkeypox (variole du singe) continue de circuler, la HAS publie des Réponses rapides afin d’accompagner les professionnels de santé de premier recours dans la prise en charge des personnes à risque d’être infectées par le virus. Du diagnostic au traitement en passant par la vaccination et la prévention, la HAS passe en revue les clés d’une prise en charge adaptée. Pour compléter cette information, la HAS organisera prochainement un webinaire à l’intention des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363053/fr/monkeypox-des-reponses-rapides-pour-une-prise-en-charge-adaptee</t>
+  </si>
+  <si>
+    <t>p_3363053</t>
+  </si>
+  <si>
+    <t>Avis favorable à un élargissement des compétences vaccinales chez les enfants</t>
+  </si>
+  <si>
+    <t>En janvier dernier, la HAS s’est prononcée en faveur de l’extension, hors Covid-19, des compétences vaccinales des infirmiers, des pharmaciens et des sages-femmes pour les personnes âgées de 16 ans et plus. Elle publie aujourd’hui le second volet de ces travaux qui concerne les enfants et les adolescents de moins de 16 ans et précise les conditions de prescription et d’administration des vaccins obligatoires ou recommandés du calendrier vaccinal par ces professionnels. Les objectifs : faciliter le parcours vaccinal de la population et ainsi augmenter la couverture vaccinale en France.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349250/fr/avis-favorable-a-un-elargissement-des-competences-vaccinales-chez-les-enfants</t>
+  </si>
+  <si>
+    <t>p_3349250</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : améliorer la prise en charge médicale des cas les plus sévères</t>
+  </si>
+  <si>
+    <t>La Haute autorité de santé (HAS) publie de nouvelles recommandations pour améliorer la qualité de la prise en charge médicale des adultes en situation d’obésité, et plus spécifiquement de ceux dont l’obésité est complexe ou sévère. Ainsi, dans une approche multidisciplinaire, la HAS clarifie les 2e et 3e niveaux de prise en charge afin d’accompagner les professionnels de santé dans leur mise en œuvre. Ces recommandations proposent des clés pour modifier durablement les modes de vie du patient dans un objectif qui ne se résume pas qu’à la perte de poids. Elles précisent également le rôle des soins de suite et réadaptation (SSR) dans la prise en charge.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346198/fr/obesite-de-l-adulte-ameliorer-la-prise-en-charge-medicale-des-cas-les-plus-severes</t>
+  </si>
+  <si>
+    <t>p_3346198</t>
+  </si>
+  <si>
+    <t>Covid-19 : anticiper une vaccination périodique des plus fragiles</t>
+  </si>
+  <si>
+    <t>Face au SARS-CoV-2, protéger les plus fragiles reste la priorité. Afin d’anticiper la résurgence probable d’un variant à l’automne, la HAS a élaboré une stratégie vaccinale de lutte contre la Covid-19 sur la base d’un scénario de réapparition périodique du virus, qu’elle estime le plus probable. Elle recommande ainsi d’anticiper une vaccination à l’automne des personnes à risque de développer des formes graves. En parallèle, la HAS appelle à poursuivre encore aujourd’hui les efforts de vaccination et de rappel auprès de ces personnes.</t>
+  </si>
+  <si>
+    <t>25/05/2022 11:00:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341233/fr/covid-19-anticiper-une-vaccination-periodique-des-plus-fragiles</t>
+  </si>
+  <si>
+    <t>p_3341233</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce aux médicaments : un premier bilan positif et des principes d’évaluation affinés</t>
+  </si>
+  <si>
+    <t>Depuis le 1er juillet 2021, l'accès précoce aux médicaments innovants est accordé par la HAS après avis de l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) sur leur présomption d’efficacité et de sécurité. Dix mois après l’entrée en vigueur de cette réforme prévue par la loi de financement de la sécurité sociale pour 2021, la HAS et l’ANSM dressent un premier bilan positif de ce dispositif qui permet d’accélérer et faciliter l’accès des patients aux médicaments innovants : près de 100 demandes déposées, des évaluations et des décisions rendues dans des délais courts (60 jours en moyenne, 35 pour les traitements de la Covid-19) et 40 médicaments rendus accessibles. Fort de ces constats, et dans un souci d’affiner encore le dispositif, la HAS, après échange avec l’ANSM, fait évoluer certains principes d’évaluation décrits dans sa doctrine.</t>
+  </si>
+  <si>
+    <t>20/05/2022 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3340090/fr/autorisation-d-acces-precoce-aux-medicaments-un-premier-bilan-positif-et-des-principes-d-evaluation-affines</t>
+  </si>
+  <si>
+    <t>p_3340090</t>
+  </si>
+  <si>
+    <t>Lyme : la HAS publie un guide de parcours de soins structuré en cas de suspicion de la maladie</t>
+  </si>
+  <si>
+    <t>La HAS publie, à l’intention des patients et des professionnels de santé, un guide du parcours de soins des personnes présentant une suspicion de borréliose de Lyme. Conformément aux recommandations publiées en 2018, les objectifs de ce guide sont de réduire l’errance médicale et d’offrir à tous les patients la même qualité d’accès aux soins, en facilitant et en harmonisant leur prise en charge sur l’ensemble du territoire. Le guide s’appuie sur un algorithme clair qui indique la conduite à tenir par les professionnels de santé selon les situations cliniques ainsi que l’autosurveillance à réaliser par les patients eux-mêmes.</t>
+  </si>
+  <si>
+    <t>15/03/2022 12:10:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324045/fr/lyme-la-has-publie-un-guide-de-parcours-de-soins-structure-en-cas-de-suspicion-de-la-maladie</t>
+  </si>
+  <si>
+    <t>p_3324045</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez l’enfant : vers une prise en charge globale et multidimensionnelle</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la stratégie de transformation du système de santé « Ma santé 2022 » et en lien avec la feuille de route interministérielle sur l’obésité (2019-2022), la Haute autorité de santé (HAS) publie un guide pour optimiser le parcours de soins de l’enfant et de l’adolescent en situation de surpoids ou d’obésité et accompagner les professionnels de santé dans sa mise en œuvre. La HAS rappelle l’importance de la mesure de l’indice de masse corporelle (IMC), point de départ du dépistage du surpoids et de l’obésité, et détaille les autres aspects à prendre en compte et sur lesquels mobiliser différents professionnels tout au long d’un parcours de soins qui doit être coordonné, gradué et inscrit dans la durée pour être efficace.</t>
+  </si>
+  <si>
+    <t>02/03/2022 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320587/fr/surpoids-et-obesite-chez-l-enfant-vers-une-prise-en-charge-globale-et-multidimensionnelle</t>
+  </si>
+  <si>
+    <t>p_3320587</t>
+  </si>
+  <si>
+    <t>Covid-19 : la HAS rend trois nouveaux avis pour actualiser la stratégie de lutte contre le virus</t>
+  </si>
+  <si>
+    <t>Alors que le nombre d’infections par le SARS-CoV-2 reste à un niveau élevé mais diminue fortement depuis quelques semaines, la HAS publie trois nouveaux avis pour actualiser la stratégie de lutte contre le virus. Ainsi, elle affine la place du vaccin Janssen dans le contexte des dernières données EPI-PHARE ; elle rend un nouvel avis sur la place des tests antigéniques rapides sur prélèvement salivaire dans le dépistage de l’infection ; enfin, elle se prononce sur l’autorisation d’accès précoce post-AMM pour le Ronapreve® dans le traitement curatif des patients à risque de forme sévère de la maladie.</t>
+  </si>
+  <si>
+    <t>21/02/2022 13:59:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318289/fr/covid-19-la-has-rend-trois-nouveaux-avis-pour-actualiser-la-strategie-de-lutte-contre-le-virus</t>
+  </si>
+  <si>
+    <t>p_3318289</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du poumon : la HAS recommande l’engagement d’un programme pilote</t>
+  </si>
+  <si>
+    <t>Il n’existe pas jusqu’ici en France de dépistage organisé du cancer du poumon, la HAS ayant considéré en 2016 que toutes les conditions pour une mise en œuvre efficace et sûre n’étaient pas réunies. Aujourd’hui, l’analyse des nouvelles données disponibles montre que le dépistage par scanner à faible dose chez les personnes fortement exposées au tabac conduit à une réduction de la mortalité spécifique. Ceci amène la HAS à actualiser son avis et à encourager la mise en place d’expérimentations en vie réelle, et notamment d’un programme pilote par l’INCA, afin de ne pas retarder l’accès à cette modalité de dépistage. Elle définit également certaines des informations que devraient apporter ce programme pilote et les études à venir, avant d’envisager le déploiement d’un programme de dépistage organisé à large échelle.</t>
+  </si>
+  <si>
+    <t>01/02/2022 14:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312901/fr/depistage-du-cancer-du-poumon-la-has-recommande-l-engagement-d-un-programme-pilote</t>
+  </si>
+  <si>
+    <t>p_3312901</t>
+  </si>
+  <si>
+    <t>Élargir les compétences de trois professions de santé pour faciliter la vaccination</t>
+  </si>
+  <si>
+    <t>L’élargissement des compétences vaccinales à différents professionnels de santé a largement contribué à la montée en puissance de la campagne de vaccination sans précédent contre le SARS-CoV-2. Aujourd’hui, la HAS recommande de permettre aux infirmiers, pharmaciens et sages-femmes de prescrire et d’administrer les vaccins non vivants inscrits au calendrier vaccinal chez les personnes âgées de 16 ans et plus, sous réserve de la formation de ces professionnels et de la garantie d’une traçabilité des vaccins réalisés. Facteur d’amélioration de la couverture vaccinale en France, cet élargissement s’inscrit dans la promotion d’une démarche de prévention globale.</t>
+  </si>
+  <si>
+    <t>28/01/2022 16:29:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312582/fr/elargir-les-competences-de-trois-professions-de-sante-pour-faciliter-la-vaccination</t>
+  </si>
+  <si>
+    <t>p_3312582</t>
+  </si>
+  <si>
+    <t>Contribuer à l’amélioration du parcours scolaire des enfants en situation de handicap ou protégés</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. Dans ce contexte, la HAS publie des recommandations de bonne pratique pour permettre aux professionnels du secteur social et médico-social de contribuer par leurs actions à accompagner et soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288770/fr/contribuer-a-l-amelioration-du-parcours-scolaire-des-enfants-en-situation-de-handicap-ou-proteges</t>
+  </si>
+  <si>
+    <t>p_3288770</t>
+  </si>
+  <si>
+    <t>Covid-19 : quelle utilité aujourd’hui pour les tests sérologiques ?</t>
+  </si>
+  <si>
+    <t>Dans un contexte de large déploiement des vaccins contre la Covid-19, de capacités très élevées de tests de diagnostic et de dépistage, mais également d’émergence de nouveaux variants, les précautions restent de mise pour éviter une nouvelle flambée épidémique. Dans l’arsenal de tests, les tests sérologiques, dont les premières indications ont initialement été définies il y a plus d’un an, voient leur place évoluer. Ainsi, après étude des dernières données scientifiques disponibles, la HAS actualise ses recommandations sur les indications de la sérologie lors du diagnostic, en contexte de dépistage pré-vaccinal et en contexte post-vaccinal pour les personnes immunodéprimées.</t>
+  </si>
+  <si>
+    <t>23/06/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273496/fr/covid-19-quelle-utilite-aujourd-hui-pour-les-tests-serologiques</t>
+  </si>
+  <si>
+    <t>p_3273496</t>
+  </si>
+  <si>
+    <t>Covid-19 : des TROD pour optimiser l’utilisation des doses de vaccins disponibles</t>
+  </si>
+  <si>
+    <t>Alors que la campagne de vaccination se déroule à un rythme soutenu et que l’épidémie de Covid-19 semble diminuer mais reste active, la Haute Autorité de Santé (HAS) poursuit ses travaux pour simplifier la vaccination chaque fois que c’est pertinent, renforcer encore sa dynamique et accompagner les professionnels de santé. Réaffirmant que quand on a déjà été infecté, une seule dose suffit, elle publie aujourd’hui un avis sur l’utilisation des tests sérologiques rapides (TROD) en parallèle de la première dose de vaccin pour identifier les personnes infectées par le SARS-CoV-2 dont l'infection n'a pas été diagnostiquée. Elle actualise aussi les Réponses rapides destinées à guider les professionnels de santé dans la démarche vaccinale.</t>
+  </si>
+  <si>
+    <t>03/06/2021 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269831/fr/covid-19-des-trod-pour-optimiser-l-utilisation-des-doses-de-vaccins-disponibles</t>
+  </si>
+  <si>
+    <t>p_3269831</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux innovants : le dispositif de prise en charge transitoire opérationnel</t>
+  </si>
+  <si>
+    <t>Afin de faciliter un accès rapide des patients aux technologies et dispositifs médicaux innovants, un nouveau dispositif de prise en charge transitoire a été mis en place pour accorder le remboursement pendant un an des dispositifs médicaux thérapeutiques ou de compensation du handicap présumés innovants. Cette nouvelle disposition est aujourd’hui opérationnelle et les industriels peuvent déposer leur dossier auprès de la HAS qui rendra un avis rapidement, dans un délai de 45 jours maximum.</t>
+  </si>
+  <si>
+    <t>02/06/2021 10:08:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268128/fr/dispositifs-medicaux-innovants-le-dispositif-de-prise-en-charge-transitoire-operationnel</t>
+  </si>
+  <si>
+    <t>p_3268128</t>
+  </si>
+  <si>
+    <t>La HAS favorable à la prescription de la PrEP en ville pendant l’urgence sanitaire</t>
+  </si>
+  <si>
+    <t>La première prescription de la prophylaxie pré-exposition au VIH (PrEP) était jusqu’à présent effectuée uniquement par un médecin expérimenté au sein des hôpitaux, ou des Centres gratuits d'information, de dépistage et de diagnostic (CeGIDD)La crise sanitaire et ses conséquences constituant un frein aux consultations dans ces lieux, la HAS recommande aujourd’hui la possibilité de primo-prescription et de suivi des patients ayant recours à la PrEP par tout médecin, notamment en ville. Elle publie des Réponses rapides afin d’accompagner les médecins de ville dans cette démarche.</t>
+  </si>
+  <si>
+    <t>28/04/2021 18:58:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263807/fr/la-has-favorable-a-la-prescription-de-la-prep-en-ville-pendant-l-urgence-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3263807</t>
+  </si>
+  <si>
+    <t>Covid-19 : quel suivi pour les patients Covid+ en ambulatoire ?</t>
+  </si>
+  <si>
+    <t>Même lorsque les symptômes sont légers au début, la Covid-19 peut entrainer une détérioration rapide de l’état de santé dans les 6 à 12 jours après son apparition. Afin de la prévenir et d’éviter des hospitalisations en urgence, la HAS publie aujourd’hui des Réponses rapides décrivant les premiers signes évocateurs d’une forme grave sur le plan respiratoire à surveiller ainsi que le suivi à apporter aux patients, même asymptomatiques. La HAS recommande ainsi une information de toute personne diagnostiquée positive à la Covid-19 sur les signes devant alerter, une consultation systématique d’un médecin généraliste et si besoin une prescription d’un oxymètre de pouls.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261052/fr/covid-19-quel-suivi-pour-les-patients-covid-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3261052</t>
+  </si>
+  <si>
+    <t>Vaccination contre la Covid-19 : impliquer davantage de professionnels pour accélérer la campagne</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a récemment été saisie par le ministère des Solidarités et de la Santé afin de rendre un avis concernant un projet de décret d’urgence sanitaire permettant d’autoriser de nouvelles catégories de professionnels de santé à participer à la campagne de vaccination, soit en les habilitant à réaliser l’injection du vaccin contre la Covid-19, soit en les habilitant à prescrire et réaliser cette injection.</t>
+  </si>
+  <si>
+    <t>26/03/2021 09:54:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245564/fr/vaccination-contre-la-covid-19-impliquer-davantage-de-professionnels-pour-accelerer-la-campagne</t>
+  </si>
+  <si>
+    <t>p_3245564</t>
+  </si>
+  <si>
+    <t>Vaccins Covid-19 : consultés, les acteurs concernés par la vaccination enrichissent les préconisations de la HAS</t>
+  </si>
+  <si>
+    <t>Après la consultation publique menées entre le 9 et le 30 novembre auprès des acteurs concernés - professionnels, associations de patients, établissements, etc. – la HAS publie ses recommandations sur l’organisation de la campagne de vaccination contre le SARS-CoV-2. Transparence de l’information, pragmatisme et parcours vaccinal simple et en proximité des personnes : les grands principes préconisés le 9 novembre dernier conservent leur place centrale dans les travaux publiés ce jour par la HAS.</t>
+  </si>
+  <si>
+    <t>15/12/2020 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223786/fr/vaccins-covid-19-consultes-les-acteurs-concernes-par-la-vaccination-enrichissent-les-preconisations-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3223786</t>
+  </si>
+  <si>
+    <t>Covid-19 : Repérer les situations à risque pour proposer des mesures de prévention aux personnes les plus vulnérables</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’épidémie de Sars-Cov-2, la Haute Autorité de Santé a élaboré une série de Réponses rapides sur la base des connaissances actuellement disponibles pour aider les professionnels de santé à repérer les situations à risque auxquelles pourraient être exposées les personnes vulnérables et leur proposer des conseils de prévention adaptés. Elle publie une Réponse rapide plus spécifiquement destinée aux médecins généralistes dans le cadre des consultations de ces personnes à risque.</t>
+  </si>
+  <si>
+    <t>04/12/2020 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223432/fr/covid-19-reperer-les-situations-a-risque-pour-proposer-des-mesures-de-prevention-aux-personnes-les-plus-vulnerables</t>
+  </si>
+  <si>
+    <t>p_3223432</t>
+  </si>
+  <si>
+    <t>Vaccins Covid-19 : quelle stratégie de priorisation à l’initiation de la campagne ?</t>
+  </si>
+  <si>
+    <t>La HAS affine ses recommandations sur la priorisation des populations à vacciner contre la Covid-19 élaborées en juillet dernier. Cette stratégie - par phase et par ordre de priorité - répond à un double objectif : réduire les hospitalisations et les décès et maintenir les activités essentielles du pays, particulièrement celles du système de santé pendant l’épidémie. Deux critères principaux ont été pris en compte par la HAS pour établir cette priorisation : l’existence d’un facteur de risque individuel de développer une forme grave de la maladie et l’exposition accrue au virus.</t>
+  </si>
+  <si>
+    <t>30/11/2020 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221237/fr/vaccins-covid-19-quelle-strategie-de-priorisation-a-l-initiation-de-la-campagne</t>
+  </si>
+  <si>
+    <t>p_3221237</t>
+  </si>
+  <si>
+    <t>Vaccination contre la Covid-19 : transparence, pragmatisme et flexibilité  sont les clés d’une campagne efficace</t>
+  </si>
+  <si>
+    <t>La HAS poursuit ses travaux sur la stratégie d’utilisation de futurs vaccins contre la Covid-19. Après avoir posé un cadre de réflexion sur la priorisation des populations à vacciner selon différents scénarios, elle propose aujourd’hui un projet de recommandations intermédiaires sur la mise en œuvre de la campagne de vaccination : modalités organisationnelles et grands principes de l’information des publics – notamment sur la priorisation nécessaire. Afin de recueillir les avis des principaux acteurs du champ de la vaccination, ces travaux sont soumis à consultation publique jusqu’au 30 novembre 2020 sur le site internet de la HAS.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216484/fr/vaccination-contre-la-covid-19-transparence-pragmatisme-et-flexibilite-sont-les-cles-d-une-campagne-efficace</t>
+  </si>
+  <si>
+    <t>p_3216484</t>
+  </si>
+  <si>
+    <t>Tests, isolement, traitements : quelle prise en charge en médecine de ville pour les patients suspectés de Covid-19 ?</t>
+  </si>
+  <si>
+    <t>Face au regain de l’épidémie actuelle, la HAS a actualisé ses Réponses rapides sur la prise en charge de premier recours des patients suspectés de Covid-19. L’objectif est de rappeler les éléments du diagnostic clinique, la démarche de recours aux tests, les modalités d’interprétation des résultats et la conduite à tenir en fonction de ces derniers.</t>
+  </si>
+  <si>
+    <t>09/11/2020 11:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216523/fr/tests-isolement-traitements-quelle-prise-en-charge-en-medecine-de-ville-pour-les-patients-suspectes-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3216523</t>
+  </si>
+  <si>
+    <t>Covid-19 : proposer une oxygénothérapie à domicile, une modalité adaptée pour certains patients</t>
+  </si>
+  <si>
+    <t>En complément de ses travaux sur le suivi en médecine de ville des personnes infectées par le SARS-Cov-2 ou suspectées d’être contaminées, la Haute Autorité de santé publie des Réponses rapides sur la prise en charge à domicile de patients atteints de la Covid-19 qui nécessitent une oxygénothérapie. Elle y définit les critères d’éligibilité des patients, les conditions de la mise en œuvre de l’oxygénothérapie, le suivi et la coordination nécessaires pour garantir la sécurité des soins. Ce travail a été élaboré en collaboration avec les professionnels et les associations de patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216861/fr/covid-19-proposer-une-oxygenotherapie-a-domicile-une-modalite-adaptee-pour-certains-patients</t>
+  </si>
+  <si>
+    <t>p_3216861</t>
+  </si>
+  <si>
+    <t>Polyhandicap : un accompagnement centré sur le développement des capacités de chacun</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie les premières recommandations sur l’accompagnement de la personne polyhandicapée, enfant et adulte. Conçues pour couvrir l’ensemble du parcours de vie de la personne, ces recommandations invitent à changer de regard et à centrer l’accompagnement sur le développement des compétences de chacun plutôt que sur la limitation des déficiences. Cette approche positive est détaillée en six volets : la citoyenneté, les évaluations fonctionnelles, la santé, le quotidien, les transitions et la fin de vie, les professionnels et les proches.</t>
+  </si>
+  <si>
+    <t>03/11/2020 18:17:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215210/fr/polyhandicap-un-accompagnement-centre-sur-le-developpement-des-capacites-de-chacun</t>
+  </si>
+  <si>
+    <t>p_3215210</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests antigéniques sont performants chez les patients symptomatiques</t>
+  </si>
+  <si>
+    <t>Plus rapides que les tests RT-PCR, les tests antigéniques pourraient désengorger les laboratoires en réduisant les délais pour se faire tester et recevoir ses résultats. La HAS se prononce aujourd’hui en faveur de leur déploiement et de leur remboursement en diagnostic chez les patients symptomatiques. Pour garantir un niveau de fiabilité suffisant et parce que les différents tests antigéniques montrent une grande hétérogénéité de fiabilité, elle définit des seuils minimaux de performance pour déterminer lesquels pourront être utilisés.</t>
+  </si>
+  <si>
+    <t>25/09/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203094/fr/covid-19-les-tests-antigeniques-sont-performants-chez-les-patients-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3203094</t>
+  </si>
+  <si>
+    <t>COVID-19 : avis favorable au prélèvement oropharyngé en cas de contre-indication au nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le prélèvement nasopharyngé est aujourd’hui la référence pour réaliser un test virologique par RT-PCR. Toutefois, il est désagréable et certains patients peuvent le refuser ou ne pas être en capacité de le faire. Les prélèvements salivaires représentent une alternative mais pour les seuls patients symptomatiques. Aujourd’hui, la HAS rend un second avis et valide le recours au prélèvement oropharyngé pour les tests RT-PCR des personnes asymptomatiques chez qui le prélèvement nasopharyngé est contre-indiqué.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203097/fr/covid-19-avis-favorable-au-prelevement-oropharynge-en-cas-de-contre-indication-au-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3203097</t>
+  </si>
+  <si>
+    <t>Faciliter l’engagement des usagers :  la HAS publie sa première recommandation</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une première recommandation visant à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Cette recommandation - qui propose un socle de connaissances - sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202458/fr/faciliter-l-engagement-des-usagers-la-has-publie-sa-premiere-recommandation</t>
+  </si>
+  <si>
+    <t>p_3202458</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests salivaires peuvent compléter les tests nasopharyngés chez les personnes symptomatiques</t>
+  </si>
+  <si>
+    <t>La HAS rend aujourd’hui un avis sur l’utilisation des tests virologiques (RT-PCR) sur prélèvement salivaire. Leur intérêt est de faciliter les prélèvements, de réduire les risques de contamination du personnel soignant et d’être moins désagréables pour les patients. Les données disponibles montrent que le prélèvement salivaire est un peu moins sensible que le prélèvement nasopharyngé pour détecter le virus chez les personnes symptomatiques. Etant donné leur meilleure acceptabilité, la HAS est favorable à leur recours et leur remboursement, en l’orientant de préférence vers les personnes symptomatiques pour lesquelles le prélèvement nasopharyngé est difficile voire impossible. En revanche, elle ne les recommande pas pour les personnes asymptomatiques, chez qui ils sont très peu performants.</t>
+  </si>
+  <si>
+    <t>18/09/2020 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202317/fr/covid-19-les-tests-salivaires-peuvent-completer-les-tests-nasopharynges-chez-les-personnes-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3202317</t>
+  </si>
+  <si>
+    <t>Tests salivaires pour la détection du virus SARS-CoV-2 : la HAS se prononce en faveur d’un forfait innovation</t>
+  </si>
+  <si>
+    <t>La Société Française de Microbiologie associée au Centre Hospitalier Andrée Rosemon de Cayenne ont demandé le 6 août à la HAS d’évaluer l’opportunité d’un recours au forfait innovation pour utiliser les tests virologiques sur prélèvement salivaire. Compte tenu du besoin réel de tests plus simples pour une utilisation en dépistage et en diagnostic ambulatoire mais aussi des incertitudes fortes demeurant sur la fiabilité des tests salivaires, le forfait innovation apparaît en effet particulièrement adapté. La HAS rend en conséquence un avis favorable.</t>
+  </si>
+  <si>
+    <t>10/08/2020 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198372/fr/tests-salivaires-pour-la-detection-du-virus-sars-cov-2-la-has-se-prononce-en-faveur-d-un-forfait-innovation</t>
+  </si>
+  <si>
+    <t>p_3198372</t>
+  </si>
+  <si>
+    <t>Épidémie de Covid-19: la HAS plaide pour une participation des usagers aux retours d'expérience</t>
+  </si>
+  <si>
+    <t>L’expérience des usagers[1] est un des éléments qui peut contribuer à trouver des pistes d’amélioration dans les retours d’expérience qui débutent sur la crise du COVID-19. Ces analyses rétrospectives de dysfonctionnements dans une prise en charge individuelle ou à plus grande échelle doivent les associer pour améliorer le fonctionnement du système sanitaire, social ou médico-social. Le Conseil pour l’engagement des usagers de la Haute Autorité de santé publie un avis qui rappelle l’importance de cet engagement des patients. Il souligne également la pertinence de cette méthode pour l’étude des parcours de soin et/ou d’accompagnement et leur coordination.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196316/fr/epidemie-de-covid-19-la-has-plaide-pour-une-participation-des-usagers-aux-retours-d-experience</t>
+  </si>
+  <si>
+    <t>p_3196316</t>
+  </si>
+  <si>
+    <t>Le COVID-19 et ses complications : le recours à l’orthophonie peut être nécessaire</t>
+  </si>
+  <si>
+    <t>La HAS poursuit la rédaction de Réponses rapides dans le cadre du COVID-19 à destination des professionnels de santé, pour les outiller dans la reprise progressive de leurs consultations. Elle publie aujourd’hui des Réponses rapides à destination des orthophonistes intervenant en cas de complications post-réanimation et de séquelles neurologiques liées au virus. Cette prise en charge orthophonique peut débuter lors de la phase aigüe de la maladie, et se poursuivre ensuite.</t>
+  </si>
+  <si>
+    <t>10/07/2020 12:54:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193620/fr/le-covid-19-et-ses-complications-le-recours-a-l-orthophonie-peut-etre-necessaire</t>
+  </si>
+  <si>
+    <t>p_3193620</t>
+  </si>
+  <si>
+    <t>Des fiches pour guider les médecins généralistes dans la prise en charge des patients suspectés de COVID-19</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour un ensemble de fiches pratiques à destination des médecins généralistes sur la conduite à tenir face à un potentiel cas de COVID-19. Synthèses des connaissances actuelles sur la prise en charge de cette maladie, elles expliquent notamment quels tests faire et quand, que le patient soit symptomatique ou non, comment les interpréter et quand envisager un isolement.</t>
+  </si>
+  <si>
+    <t>26/06/2020 19:39:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191398/fr/des-fiches-pour-guider-les-medecins-generalistes-dans-la-prise-en-charge-des-patients-suspectes-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3191398</t>
+  </si>
+  <si>
+    <t>COVID-19 : la HAS appelle à reprendre d’urgence les vaccinations, en priorité chez les nourrissons et les personnes fragiles</t>
+  </si>
+  <si>
+    <t>L’épidémie de COVID-19 a eu un impact considérable sur la vaccination avec une diminution importante du nombre de personnes vaccinées. Aussi, la Haute Autorité de santé rappelle-t-elle l’importance de la vaccination dans la prévention du risque infectieux, en priorité chez les nourrissons et certaines populations fragiles. Elle encourage les professionnels de santé à saisir toute occasion de contact avec leurs patients pour vérifier et mettre à jour leur vaccination.</t>
+  </si>
+  <si>
+    <t>16/06/2020 11:00:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189882/fr/covid-19-la-has-appelle-a-reprendre-d-urgence-les-vaccinations-en-priorite-chez-les-nourrissons-et-les-personnes-fragiles</t>
+  </si>
+  <si>
+    <t>p_3189882</t>
+  </si>
+  <si>
+    <t>Levée du confinement : quel suivi des femmes enceintes ou ayant accouché ?</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses Réponses rapides consacrées au suivi des femmes enceintes ou ayant accouché. Publiées début avril ces préconisations sont enrichies et adaptées dans le contexte de la levée progressive du confinement.</t>
+  </si>
+  <si>
+    <t>20/05/2020 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185959/fr/levee-du-confinement-quel-suivi-des-femmes-enceintes-ou-ayant-accouche</t>
+  </si>
+  <si>
+    <t>p_3185959</t>
+  </si>
+  <si>
+    <t>La HAS est favorable au remboursement des tests sérologiques à la fiabilité validée et dans les indications définies</t>
+  </si>
+  <si>
+    <t>La HAS se prononce aujourd’hui en faveur d’un remboursement par l’assurance maladie des tests sérologiques de type ELISA et TDR à la fiabilité établie par le CNR, et dans les indications décrites dans ses travaux des 2 et 18 mai derniers. N’y sont abordés ni les TROD, dont le remboursement relève d’un autre dispositif réglementaire, ni les autotests, non recommandés par la HAS.</t>
+  </si>
+  <si>
+    <t>20/05/2020 20:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186099/fr/la-has-est-favorable-au-remboursement-des-tests-serologiques-a-la-fiabilite-validee-et-dans-les-indications-definies</t>
+  </si>
+  <si>
+    <t>p_3186099</t>
+  </si>
+  <si>
+    <t>Soins dentaires : prendre en charge les patients en toute sécurité</t>
+  </si>
+  <si>
+    <t>Dans le but d’accompagner les chirurgiens-dentistes et leurs équipes dans la reprise de leurs activités de soins, interrompues dans la période de confinement due à l’épidémie de COVID-19, la Haute Autorité de Santé a élaboré des Réponses rapides en concertation avec les représentants de la profession et l’Ordre des chirurgiens-dentistes. Le document traite aussi bien des aspects organisationnels (réorganisation de la salle d’attente, des espaces de soins, nettoyage et gestion des déchets, matériel et équipements de protection individuelle à utiliser, etc.) que des aspects médicaux (type de soins envisageables selon le profil du patient vis-à-vis du COVID-19).</t>
+  </si>
+  <si>
+    <t>19/05/2020 10:37:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185445/fr/soins-dentaires-prendre-en-charge-les-patients-en-toute-securite</t>
+  </si>
+  <si>
+    <t>p_3185445</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur les tests sérologiques rapides – TDR, TROD, autotests – dans la lutte contre le COVID-19</t>
+  </si>
+  <si>
+    <t>Après avoir défini les critères de performance exigibles pour les tests sérologiques COVID-19 et la stratégie d’utilisation des tests automatisables de type ELISA, la HAS publie ce jour la stratégie d’utilisation des tests unitaires qui élargissent les lieux et circonstances de test et donnent des résultats en quelques minutes. Les TDR et TROD trouvent leur place dans la surveillance épidémiologique et la stratégie diagnostique, tandis que le recours aux autotests apparaît prématuré.</t>
+  </si>
+  <si>
+    <t>18/05/2020 15:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185170/fr/la-has-se-prononce-sur-les-tests-serologiques-rapides-tdr-trod-autotests-dans-la-lutte-contre-le-covid-19</t>
+  </si>
+  <si>
+    <t>p_3185170</t>
+  </si>
+  <si>
+    <t>COVID-19 : Limiter les séquelles des patients hospitalisés en réanimation</t>
+  </si>
+  <si>
+    <t>Après avoir publié une Réponse rapide sur la rééducation/réadaptation des patients atteints de COVID-19 sortis de réanimation, la HAS publie une fiche sur la prise en charge des malades en réanimation, en unités de soins continus et en post réanimation. L’objectif est de prévenir et de limiter pour le patient les complications liées à la fois à la maladie elle-même et à la lourdeur de l’hospitalisation. Cette Réponse rapide a été élaborée en collaboration avec le Conseil national professionnel de médecine physique et de réadaptation, la Société française de médecine physique et de réadaptation, la Société française de réanimation de langue française et la Société de pneumologie de langue française.</t>
+  </si>
+  <si>
+    <t>09/05/2020 12:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183293/fr/covid-19-limiter-les-sequelles-des-patients-hospitalises-en-reanimation</t>
+  </si>
+  <si>
+    <t>p_3183293</t>
+  </si>
+  <si>
+    <t>COVID-19 : Quelle prise en charge pour les patients à domicile ?</t>
+  </si>
+  <si>
+    <t>Les patients atteints de COVID-19 mais dont l’état de santé n’a pas nécessité une hospitalisation sont surveillés et isolés chez eux ou en structure dédiée (hôtel thérapeutique). La HAS publie une Réponse rapide consacrée à leur prise en charge. Cette fiche récapitule également des recommandations en matière de délais d’isolement de la personne contaminée, des personnes vivant à son domicile et des autres personnes contact.</t>
+  </si>
+  <si>
+    <t>09/05/2020 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183576/fr/covid-19-quelle-prise-en-charge-pour-les-patients-a-domicile</t>
+  </si>
+  <si>
+    <t>p_3183576</t>
+  </si>
+  <si>
+    <t>COVID-19 : Accompagner la fin de vie des personnes dans les structures sociales ou médico-sociales</t>
+  </si>
+  <si>
+    <t>Les règles sanitaires mises en place pour contenir l’épidémie de COVID-19 ont bouleversé l’accompagnement de la fin de vie et mis à mal les rituels autour des décès, nécessaires à la démarche de deuil. La HAS diffuse une contribution qui vise à identifier les pratiques permettant, malgré la crise, d’accompagner les personnes et leurs proches, de façon digne et humaine.</t>
+  </si>
+  <si>
+    <t>09/05/2020 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183631/fr/covid-19-accompagner-la-fin-de-vie-des-personnes-dans-les-structures-sociales-ou-medico-sociales</t>
+  </si>
+  <si>
+    <t>p_3183631</t>
+  </si>
+  <si>
+    <t>COVID-19 : Mesures barrières et maintien de la qualité du lien dans le secteur social et médico-social</t>
+  </si>
+  <si>
+    <t>L’épidémie de COVID-19 a nécessité la mise en place de mesures de protection contraignantes : restriction des libertés, distanciation physique et donc limitation des relations sociales et affectives. Dans ce contexte, la HAS publie une contribution qui vise à aider les professionnels à maintenir le lien social et à favoriser l’apprentissage des mesures barrières par les publics qu’ils accompagnent.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183635/fr/covid-19-mesures-barriereset-maintien-de-la-qualite-du-lien-dans-le-secteur-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3183635</t>
+  </si>
+  <si>
+    <t>COVID-19 : Préserver l’équilibre entre protection et autonomie des personnes accompagnées</t>
+  </si>
+  <si>
+    <t>La crise sanitaire provoquée par le COVID-19 a fragilisé dans les pratiques l’équilibre entre la nécessaire protection des personnes et leur autonomie. Afin de le préserver, la HAS, en collaboration avec les acteurs du secteur, propose une contribution pour partager des expériences de terrain et éclairer les professionnels.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183636/fr/covid-19-preserver-l-equilibre-entre-protection-et-autonomie-des-personnes-accompagnees</t>
+  </si>
+  <si>
+    <t>p_3183636</t>
+  </si>
+  <si>
+    <t>Fin du confinement : 5 propositions pour redonner leur place aux usagers</t>
+  </si>
+  <si>
+    <t>Pour intégrer le point de vue des usagers dans la sortie de confinement, le Conseil pour l’engagement des usagers (CEU), instance consultative de la HAS, formule cinq recommandations au Collège de la HAS et plus globalement aux instances de santé.</t>
+  </si>
+  <si>
+    <t>07/05/2020 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183115/fr/fin-du-confinement-5-propositions-pour-redonner-leur-place-aux-usagers</t>
+  </si>
+  <si>
+    <t>p_3183115</t>
+  </si>
+  <si>
+    <t>Diabète et épidémie de COVID-19 : poursuivre son traitement et rester vigilant</t>
+  </si>
+  <si>
+    <t>En collaboration avec la Fédération française des diabétiques, la Haute Autorité de Santé publie à l’attention des patients un document d’information qui s’appuie sur la Réponse rapide à destination des professionnels sur la prise en charge et le suivi des patients diabétiques dans le cadre du COVID-19. La HAS publiera dans les prochains jour une Réponse rapide visant à accompagner les patients ayant une maladie chronique dans la levée du confinement.</t>
+  </si>
+  <si>
+    <t>07/05/2020 19:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183423/fr/diabete-et-epidemie-de-covid-19-poursuivre-son-traitement-et-rester-vigilant</t>
+  </si>
+  <si>
+    <t>p_3183423</t>
+  </si>
+  <si>
+    <t>Patients obèses ou dénutris : prévenir les formes graves de COVID-19 tout en limitant les risques liés au confinement</t>
+  </si>
+  <si>
+    <t>En cette période d’épidémie de Covid-19, et comme pour chaque maladie chronique, les professionnels de santé doivent maintenir le suivi de leurs patients présentant des troubles de la nutrition ou pour lesquels l’alimentation est un enjeu pour le maintien de leur santé. Dans la Réponse rapide « Pathologies chroniques et risques nutritionnels en ambulatoire », la HAS résume les points de vigilance à connaitre pour prévenir les risques nutritionnels et préconise de privilégier le télésoin.</t>
+  </si>
+  <si>
+    <t>24/04/2020 11:12:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181411/fr/patients-obeses-ou-denutris-prevenir-les-formes-graves-de-covid-19-tout-en-limitant-les-risques-lies-au-confinement</t>
+  </si>
+  <si>
+    <t>p_3181411</t>
+  </si>
+  <si>
+    <t>Epidémie de COVID-19 : protéger et accompagner les publics fragiles</t>
+  </si>
+  <si>
+    <t>Préoccupée par la situation des publics fragiles dans le contexte actuel d’épidémie et de confinement, la Commission en charge du social et du médico-social de la HAS (CSMS) s’est autosaisie de plusieurs sujets où l’équilibre entre la protection des personnes et leur autonomie semble remis en question par la survenue de l'épidémie de COVID-19. Elle a retenu 3 thèmes à son programme de travail. Ces travaux complèteront ceux engagés par ailleurs par la HAS, sur la sortie du confinement.</t>
+  </si>
+  <si>
+    <t>24/04/2020 15:06:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181522/fr/epidemie-de-covid-19-proteger-et-accompagner-les-publics-fragiles</t>
+  </si>
+  <si>
+    <t>p_3181522</t>
+  </si>
+  <si>
+    <t>Diabète : guider les patients et assurer leur suivi en période d'épidémie de COVID-19</t>
+  </si>
+  <si>
+    <t>Les patients atteints de diabète de type 1 ou 2 doivent bénéficier d’une prise en charge et d’un suivi médical réguliers durant l’épidémie de COVID-19. Dans le but d’accompagner les professionnels de santé dans ce contexte, la Haute Autorité de Santé a élaboré des Réponses rapides en collaboration avec la Société Francophone du Diabète, la Fédération Française de Nutrition et le Collège de la Médecine Générale.</t>
+  </si>
+  <si>
+    <t>21/04/2020 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180709/fr/diabete-guider-les-patients-et-assurer-leur-suivi-en-periode-d-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3180709</t>
+  </si>
+  <si>
+    <t>La HAS valide l’extension de l’IVG médicamenteuse à domicile jusqu'à 9 semaines</t>
+  </si>
+  <si>
+    <t>Saisie par le ministre des Solidarités et de la Santé, la HAS valide la possibilité de proposer aux femmes une interruption volontaire de grossesse (IVG) médicamenteuse à domicile jusqu’à 9 semaines d’aménorrhée. Dans sa Réponse rapide, la HAS décrit les modalités de cette extension.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179352/fr/la-has-valide-l-extension-de-l-ivg-medicamenteuse-a-domicile-jusqu-a-9-semaines</t>
+  </si>
+  <si>
+    <t>p_3179352</t>
+  </si>
+  <si>
+    <t>Patients atteints de maladies chroniques :  des réflexes à adopter en période de confinement</t>
+  </si>
+  <si>
+    <t>Les patients atteints de maladies chroniques nécessitent un suivi médical régulier que l’épidémie et le confinement actuels peuvent perturber. La HAS a élaboré en collaboration avec France Assos santé une fiche qui leur est destinée afin de leur donner des conseils dans cette période.</t>
+  </si>
+  <si>
+    <t>10/04/2020 19:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179354/fr/patientsatteints-de-maladies-chroniques-desreflexes-a-adopter-en-periode-de-confinement</t>
+  </si>
+  <si>
+    <t>p_3179354</t>
+  </si>
+  <si>
+    <t>Le scanner thoracique, un outil réservé à certaines situations critiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la place du scanner thoracique chez les patients infectés par le COVID-19 ou chez qui une infection est suspectée. Son utilité est principalement de repérer les lésions pulmonaires et de suivre leur évolution. Pour le diagnostic, le test RT-PCR doit être privilégié et le recours au scanner doit être réservé à l’urgence médicale ne permettant pas d’attendre les résultats du test.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179358/fr/le-scanner-thoracique-un-outil-reserve-a-certaines-situations-critiques</t>
+  </si>
+  <si>
+    <t>p_3179358</t>
+  </si>
+  <si>
+    <t>Parkinson : les patients doivent maintenir leur traitement et une activité physique adaptée</t>
+  </si>
+  <si>
+    <t>Bien que ces patients n’aient pas de risque particulier de développer des formes graves du COVID-19, la continuité de leur suivi par un professionnel de santé est indispensable. Les traitements et l’activité physique adaptée doivent être maintenus. Leur interruption et l’angoisse liée au contexte actuel sont autant de facteurs pouvant entrainer une décompensation de la maladie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179359/fr/parkinson-les-patients-doivent-maintenir-leur-traitement-et-une-activite-physique-adaptee</t>
+  </si>
+  <si>
+    <t>p_3179359</t>
+  </si>
+  <si>
+    <t>Patients insuffisants cardiaques : maintenir le suivi pour prévenir les complications</t>
+  </si>
+  <si>
+    <t>Les patients insuffisants cardiaques chroniques ont un risque accru de développer des formes graves du COVID-19. Dans la Réponse rapide élaborée pour garantir le suivi adapté de ces patients en période d’épidémie, la HAS insiste sur l’importance pour le médecin traitant et le cardiologue de surveiller tout signe de complication : dyspnée, tachycardie, malaises...</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179361/fr/patients-insuffisants-cardiaques-maintenir-le-suivi-pour-prevenir-les-complications</t>
+  </si>
+  <si>
+    <t>p_3179361</t>
+  </si>
+  <si>
+    <t>Maintenir le suivi et prévenir les interactions médicamenteuses des patients atteints d’une hépatite virale chronique</t>
+  </si>
+  <si>
+    <t>La HAS a défini les modalités du suivi des patients ayant une hépatite chronique virale, qu’ils soient infectés ou non par le COVID-19, dans une Réponse rapide dédiée à cette maladie chronique. Elle y identifie les points de vigilance en cas d’hospitalisation due au COVID-19 : pour ces patients, il est important de limiter la consommation de paracétamol et de prévenir les interactions médicamenteuses.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179366/fr/maintenir-le-suivi-et-prevenir-les-interactions-medicamenteuses-des-patients-atteints-d-une-hepatite-virale-chronique</t>
+  </si>
+  <si>
+    <t>p_3179366</t>
+  </si>
+  <si>
+    <t>Maintenir un suivi régulier et la prévention pour les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une Réponse rapide spécifique pour le suivi des personnes vivant avec le VIH pendant l’épidémie de COVID-19. Il est essentiel de maintenir les traitements en cours, à l’exception des personnes qui contracteraient le COVID-19. Pour ces derniers, la suspension de leurs traitements durant quelques jours est possible, le temps de guérir du COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:27:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179380/fr/maintenir-un-suivi-regulier-et-la-prevention-pour-les-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3179380</t>
+  </si>
+  <si>
+    <t>Être attentif à la vulnérabilité des patients atteints de tuberculose</t>
+  </si>
+  <si>
+    <t>La HAS publie une Réponse rapide dédiée au suivi des patients atteints de tuberculose, lesquels sont à risque de développer une forme grave du COVID-19 s’ils le contractent. La Réponse rapide ne porte pas sur la vaccination BCG en prévention du COVID-19.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179388/fr/etre-attentif-a-la-vulnerabilite-des-patients-atteints-de-tuberculose</t>
+  </si>
+  <si>
+    <t>p_3179388</t>
+  </si>
+  <si>
+    <t>Syndrome coronarien chronique : un suivi complété par une vigilance accrue</t>
+  </si>
+  <si>
+    <t>Depuis le début de l’épidémie de COVID-19, l’enjeu crucial dans la prise en charge des patients atteints de syndrome coronarien chronique est de limiter le risque d’infarctus du myocarde ou d’accident vasculaire cérébral et de réagir rapidement si leur état s’aggrave.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179405/fr/syndrome-coronarien-chronique-un-suivi-complete-par-une-vigilance-accrue</t>
+  </si>
+  <si>
+    <t>p_3179405</t>
+  </si>
+  <si>
+    <t>Assurer un suivi des patients épileptiques et prévenir les interactions médicamenteuses </t>
+  </si>
+  <si>
+    <t>Les patients épileptiques ne présentent pas de risque accru de développer une forme sévère de COVID-19. Pour autant, la continuité de leur suivi est essentielle pour éviter une dégradation évitable de leur état de santé. Dans sa Réponse rapide, la HAS appelle également à la vigilance quant à l’usage de certains médicaments en raison de risques d’interactions médicamenteuses (AINS, paracétamol et hydroxychloroquine).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179415/fr/assurer-un-suivi-des-patients-epileptiques-et-prevenir-les-interactions-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3179415</t>
+  </si>
+  <si>
+    <t>Favoriser le déploiement de la télémédecine en confiance</t>
+  </si>
+  <si>
+    <t>Après avoir identifié les conditions d’éligibilité à la téléconsultation et à la téléexpertise en 2018, la Haute Autorité de santé (HAS) complète ses travaux et publie une série de documents pour leur déploiement opérationnel. Sont abordés chacune des nouvelles modalités d’exercice : la téléconsultation, la téléexpertise et la téléimagerie. Enfin, la HAS propose un document d’information à remettre aux patients avant une téléconsultation.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058522/fr/favoriser-le-deploiement-de-la-telemedecine-en-confiance</t>
+  </si>
+  <si>
+    <t>p_3058522</t>
+  </si>
+  <si>
+    <t>La conciliation des traitements médicamenteux pour sécuriser la prise en charge des patients atteints de cancer</t>
+  </si>
+  <si>
+    <t>La prise en charge des patients atteints de cancer implique une stratégie thérapeutique évolutive dans le temps, qui associe des médicaments à haut risque, et relève d’une prise en charge multidisciplinaire. Afin de tenir compte de ces spécificités, la HAS complète son travail de 2017 sur la mise en œuvre de la conciliation des traitements médicamenteux par un guide dédié à la cancérologie. Par un partage d’informations tout au long du parcours de la personne atteinte de cancer, l’objectif est de garantir une continuité des soins médicamenteux et de prévenir les risques d’erreurs de traitements.</t>
+  </si>
+  <si>
+    <t>18/04/2019 16:03:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964693/fr/la-conciliation-des-traitements-medicamenteux-pour-securiser-la-prise-en-charge-des-patients-atteints-de-cancer</t>
+  </si>
+  <si>
+    <t>c_2964693</t>
+  </si>
+  <si>
+    <t>Parcours de santé : le ministère et la HAS facilitent l’accès à l’hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>04/12/2018 16:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888327/fr/parcours-de-sante-le-ministere-et-la-has-facilitent-l-acces-a-l-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2888327</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes vivant avec le VIH : la HAS publie un guide à destination des médecins généralistes</t>
+  </si>
+  <si>
+    <t>Grâce à l’amélioration des traitements antirétroviraux, l’infection par le virus de l’immunodéficience humaine (VIH) est désormais une maladie chronique et l’espérance de vie des personnes infectées devient similaire à celle de la population générale. Elles développent alors des pathologies dues au vieillissement, en plus des complications liées au VIH lui-même et à son traitement. Pour les prendre en charge de façon optimale, en intégrant mieux la prévention primaire et secondaire des co-infections et des comorbidités, il est nécessaire de privilégier un suivi partagé et coordonné entre l’hôpital et le médecin généraliste. La HAS publie un guide à destination de ces derniers afin de les aider à mieux identifier les points d’attention nécessaires au suivi de ces patients, en alternance avec la prise en charge hospitalière.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877202/fr/prise-en-charge-des-personnes-vivant-avec-le-vih-la-has-publie-un-guide-a-destination-des-medecins-generalistes</t>
+  </si>
+  <si>
+    <t>c_2877202</t>
+  </si>
+  <si>
+    <t>Améliorer la coordination des soins dans le domaine de la santé mentale</t>
+  </si>
+  <si>
+    <t>Dans la prise en charge des patients souffrant de troubles mentaux, la coordination entre les médecins généralistes et les autres acteurs de soins (psychiatres, psychologues, infirmiers, etc.) est insuffisamment développée. Pour promouvoir une évolution des pratiques, la HAS publie un guide proposant différents outils; les professionnels peuvent les mobiliser isolément ou combiner les uns avec les autres en fonction de leurs besoins, de leurs contraintes et du niveau de développement de la coordination sur leur territoire d’exercice.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876753/fr/ameliorer-la-coordination-des-soins-dans-le-domaine-de-la-sante-mentale</t>
+  </si>
+  <si>
+    <t>c_2876753</t>
+  </si>
+  <si>
+    <t>Simplifier la vaccination contre la grippe : la HAS favorable à l’harmonisation des compétences des professionnels</t>
+  </si>
+  <si>
+    <t>Aujourd’hui en France, la couverture vaccinale contre la grippe saisonnière est insuffisante. Dans l’objectif de simplifier la vaccination, la HAS a reconnu - dans un avis publié le 8 août 2018 - l’intérêt d’étendre les compétences vaccinales des infirmiers, des sages-femmes et des pharmaciens afin que ces trois professions puissent vacciner les mêmes publics. Dans le même temps, la HAS a défini les modalités et a déterminé les conditions nécessaires à cette extension.</t>
+  </si>
+  <si>
+    <t>27/09/2018 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872745/fr/simplifier-la-vaccination-contre-la-grippe-la-has-favorable-a-l-harmonisation-des-competences-des-professionnels</t>
+  </si>
+  <si>
+    <t>c_2872745</t>
+  </si>
+  <si>
+    <t>Téléconsultation et téléexpertise : aucune situation clinique exclue a priori</t>
+  </si>
+  <si>
+    <t>Reconnue par la loi en 2009, la télémédecine se déploie largement sur le territoire et le financement des actes de téléconsultation et de téléexpertise dans le droit commun devrait être une étape importante. Saisie par le ministère chargé de la Santé, la HAS conclut qu’aucune situation clinique ne peut être exclue a priori d’un recours à la téléconsultation ou à la téléexpertise et définit des critères d’éligibilité au cas par cas. Ce travail sera complété en fin d’année par un guide sur le bon usage et la qualité de ces pratiques cliniques, avec un volet spécifique sur les examens d’imagerie médicale.</t>
+  </si>
+  <si>
+    <t>20/04/2018 11:38:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845190/fr/teleconsultation-et-teleexpertise-aucune-situation-clinique-exclue-a-priori</t>
+  </si>
+  <si>
+    <t>c_2845190</t>
+  </si>
+  <si>
+    <t>Fin de vie : en parler, la préparer et l’accompagner</t>
+  </si>
+  <si>
+    <t>La HAS publie aujourd’hui un guide à destination des professionnels de santé afin de les aider à mettre en œuvre une sédation profonde et continue maintenue jusqu’au décès, pratique sédative prévue par la loi Claeys-Leonetti, que les patients peuvent demander dans des circonstances précises. Ce travail complète une série de travaux de la HAS sur l’accompagnement de la fin de vie : rédaction des directives anticipées, mise en place d’une démarche palliative ou encore maintien à domicile des patients qui nécessitent des soins palliatifs. L’ensemble de ces travaux vise à entendre la demande des patients de finir leur vie chez eux, sans souffrir ainsi qu’à outiller les professionnels de santé, à l’hôpital comme en ville, pour appréhender cette situation.</t>
+  </si>
+  <si>
+    <t>15/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834548/fr/fin-de-vie-en-parler-la-preparer-et-l-accompagner</t>
+  </si>
+  <si>
+    <t>c_2834548</t>
+  </si>
+  <si>
+    <t>La HAS a développé un outil pour aider les professionnels à orienter les patients en HAD</t>
+  </si>
+  <si>
+    <t>L’hospitalisation à domicile (HAD) permet d’éviter ou de raccourcir une hospitalisation conventionnelle en offrant aux patients la possibilité d’être soignés sur leur lieu de vie. Malgré une politique en faveur du développement de l’HAD menée par les pouvoirs publics, cette possibilité reste sous-utilisée et encore trop peu connue par les professionnels de santé. C’est pourquoi la HAS a développé le premier outil en ligne d’aide à la décision pour les médecins prescripteurs, qui permet d’estimer si un patient est éligible ou non à cette modalité d’hospitalisation.</t>
+  </si>
+  <si>
+    <t>07/12/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810280/fr/la-has-a-developpe-un-outil-pour-aider-les-professionnels-a-orienter-les-patients-en-had</t>
+  </si>
+  <si>
+    <t>c_2810280</t>
+  </si>
+  <si>
+    <t>Colloque HAS - La pertinence des soins : tous concernés !</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a organisé le mardi 14 novembre son colloque annuel sur une dimension essentielle de la qualité des soins, la pertinence, afin de nourrir la réflexion sur les moyens de la renforcer. Intitulé « Pertinence : du concept à l’action », ce colloque a rassemblé des experts scientifiques français et internationaux, des professionnels de santé, des usagers et des représentants des pouvoirs publics. En amont de cette manifestation, la HAS avait organisé une démarche participative en vue de recueillir le point de vue d’usagers et de citoyens.</t>
+  </si>
+  <si>
+    <t>14/11/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804547/fr/colloque-has-la-pertinence-des-soins-tous-concernes</t>
+  </si>
+  <si>
+    <t>c_2804547</t>
+  </si>
+  <si>
+    <t>Limiter la perte d’autonomie des personnes âgées hospitalisées</t>
+  </si>
+  <si>
+    <t>En France, près de 3 millions de personnes âgées de 70 ans et plus sont hospitalisées une ou plusieurs fois chaque année. Or l’hospitalisation constitue pour elles une étape critique qui les expose à un risque de perte d’autonomie. La Haute Autorité de Santé (HAS) publie deux documents pour aider les équipes hospitalières à mieux s’organiser en vue de répondre aux besoins spécifiques des patients âgés hospitalisés : l’une en coproduction avec le Conseil national des professionnels de gériatrie (CNPG) et l’autre avec la Société française de chirurgie orthopédique et traumatique (SOFCOT) et la Société française de gériatrie et de gérontologie (SFGG).</t>
+  </si>
+  <si>
+    <t>27/10/2017 10:30:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801383/fr/limiter-la-perte-d-autonomie-des-personnes-agees-hospitalisees</t>
+  </si>
+  <si>
+    <t>c_2801383</t>
+  </si>
+  <si>
+    <t>Personnes vulnérables et éloignées du système de santé : s’appuyer sur les médiateurs et interprètes pour améliorer l’accès aux soins</t>
+  </si>
+  <si>
+    <t>Aujourd’hui en France, tout le monde n’accède pas de façon équitable au système de santé. Isolement, précarité, complexité des démarches ou mauvaise maîtrise de la langue sont autant de barrières qui compliquent l’accès aux soins. Reconnus l’an dernier par la loi de modernisation de notre système de santé, la médiation et l’interprétariat sont deux moyens permettant de réduire ces inégalités en santé. Dans ce contexte, la Haute Autorité de Santé (HAS) publie aujourd’hui deux référentiels qui en précisent le cadre d’intervention et les bonnes pratiques. Elle souligne par ailleurs que leur déploiement sur le terrain ne sera pérenne qu’à la condition de reconnaître les médiateurs et interprètes et de disposer de financements adaptés.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801473/fr/personnes-vulnerables-et-eloignees-du-systeme-de-sante-s-appuyer-sur-les-mediateurs-et-interpretes-pour-ameliorer-l-acces-aux-soins</t>
+  </si>
+  <si>
+    <t>c_2801473</t>
+  </si>
+  <si>
+    <t>Personnes en situation de handicap dans les établissements de santé : comment mieux organiser leurs soins ?</t>
+  </si>
+  <si>
+    <t>En France, près de 10 millions de personnes sont en situation de handicap. Pourtant, de nombreux éléments rendent leurs soins compliqués ou les poussent à y renoncer, en particulier : des difficultés d’accès physique, de communication, une autonomie réduite ou encore une place insuffisante accordée à l’entourage. Les établissements de santé, ne disposant ni de référentiel ni d’outils, offrent des prises en charge souvent hétérogènes qui prennent insuffisamment en compte les besoins de ces patients. Afin d’aider les établissements à s’organiser, la HAS publie aujourd’hui un guide pour mieux accompagner les personnes en situation de handicap et favoriser un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>22/09/2017 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794811/fr/personnes-en-situation-de-handicap-dans-les-etablissements-de-sante-comment-mieux-organiser-leurs-soins</t>
+  </si>
+  <si>
+    <t>c_2794811</t>
+  </si>
+  <si>
+    <t>Chirurgies lourdes : opérer autrement pour améliorer et raccourcir la convalescence</t>
+  </si>
+  <si>
+    <t>Après une opération chirurgicale lourde, la convalescence d’un patient peut être longue et difficile. Toutefois depuis les années 90, des expérimentations menées dans différents pays ont montré qu’il était possible de faciliter le rétablissement des patients. Afin de favoriser le développement de ces programmes de « récupération améliorée après chirurgie », la HAS détermine aujourd’hui les actions à mener à chaque étape de l’hospitalisation du patient.</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672290/fr/chirurgies-lourdes-operer-autrement-pour-ameliorer-et-raccourcir-la-convalescence</t>
+  </si>
+  <si>
+    <t>c_2672290</t>
+  </si>
+  <si>
+    <t>Radiothérapie peropératoire dans le cancer du sein</t>
+  </si>
+  <si>
+    <t>Le cancer du sein est le premier cancer chez la femme. En France, les dernières estimations indiquent environ 54 000 nouveaux cas et 12 000 décès chaque année. La radiothérapie est utilisée en complément du traitement chirurgical, en particulier après la chirurgie conservatrice pour limiter le risque de récidive loco-régionale.</t>
+  </si>
+  <si>
+    <t>01/06/2016 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634845/fr/radiotherapie-peroperatoire-dans-le-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2634845</t>
+  </si>
+  <si>
+    <t>Médecine de ville : le « patient traceur » pour améliorer le parcours de santé des patients</t>
+  </si>
+  <si>
+    <t>Pour certains patients, se faire soigner en ville mobilise plusieurs professionnels de santé, dans un parcours complexe. Améliorer la qualité et la sécurité de leurs soins nécessite d’analyser l’organisation de ces parcours et les interfaces entre professionnels de santé. Après avoir réalisé une expérimentation sur le terrain, la Haute Autorité de Santé (HAS) propose la méthode du « patient-traceur », déjà utilisée dans le secteur hospitalier.</t>
+  </si>
+  <si>
+    <t>31/03/2016 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621223/fr/medecine-de-ville-le-patient-traceur-pour-ameliorer-le-parcours-de-sante-des-patients</t>
+  </si>
+  <si>
+    <t>c_2621223</t>
+  </si>
+  <si>
+    <t>Greffe rénale : assurer un accès équitable à la liste d’attente</t>
+  </si>
+  <si>
+    <t>La greffe d'un rein est le meilleur traitement pour la plupart des personnes atteintes d’insuffisance rénale chronique terminale. Si l’attribution d’un greffon relève d’un barème de points fixé par la réglementation, l’accès à la liste d'attente est laissé à l’appréciation des équipes médicales. Or des inégalités d’accès à cette liste existent aujourd'hui en France (en termes d’âge, de genre, de comorbidités, de délais d’inscription) et la HAS estime qu’au moins 1 800 personnes non inscrites pourraient y accéder. Pour réduire ces inégalités et uniformiser les pratiques, la HAS publie des recommandations pour aider la décision des professionnels après échanges avec les patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2576087/fr/greffe-renale-assurer-un-acces-equitable-a-la-liste-d-attente</t>
+  </si>
+  <si>
+    <t>c_2576087</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge des personnes âgées polypathologiques</t>
+  </si>
+  <si>
+    <t>La HAS publie une « fiche points clés » sur la prise en charge d’une personne âgée polypathologique en soins primaires. Objectif : proposer une prise en charge sous la forme d’une approche globale adaptée aux spécificités des personnes âgées afin de personnaliser leurs parcours et d’accompagner l’organisation des professionnels dans les territoires. Ces documents s’adressent d’une part aux professionnels de santé et d’autre part aux agences régionales de santé (ARS).</t>
+  </si>
+  <si>
+    <t>04/06/2015 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037157/fr/ameliorer-la-prise-en-charge-des-personnes-agees-polypathologiques</t>
+  </si>
+  <si>
+    <t>c_2037157</t>
+  </si>
+  <si>
+    <t>De nouveaux travaux pour favoriser le développement de la chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Engagée depuis 3 ans dans un programme destiné à favoriser le développement de la chirurgie ambulatoire, la HAS met aujourd’hui à la disposition des établissements de santé un logiciel de microcosting leur permettant d’analyser les coûts de production des gestes pratiqués en chirurgie ambulatoire et des outils d’évaluation de cette activité (grille patient-traceur). Par ailleurs, elle développe pour la chirurgie ambulatoire des indicateurs de processus et de résultats destinés à évaluer et à améliorer la qualité et la sécurité des soins.</t>
   </si>
   <si>
     <t>30/03/2015 11:15:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2019007/fr/outil-logiciel-permettant-l-analyse-de-l-adequation-des-tarifs-aux-couts-de-production-de-la-chirurgie-ambulatoire-par-methode-de-microcosting</t>
-[...2812 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2022639/fr/de-nouveaux-travaux-pour-favoriser-le-developpement-de-la-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_2022639</t>
   </si>
   <si>
     <t>Chimiothérapie injectable: quelles sont les conditions de son développement en hospitalisation à domicile (HAD) ?</t>
   </si>
   <si>
     <t>Avec la hausse des diagnostics de cancer en France et le développement de nouvelles molécules anticancéreuses, le nombre de chimiothérapies réalisées sur le territoire augmente rapidement.</t>
   </si>
   <si>
     <t>16/03/2015 11:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2020646/fr/chimiotherapie-injectable-quelles-sont-les-conditions-de-son-developpement-en-hospitalisation-a-domicile-had</t>
   </si>
   <si>
     <t>c_2020646</t>
   </si>
   <si>
     <t>Insuffisance rénale chronique terminale : comment améliorer l’efficience de la prise en charge ?</t>
   </si>
   <si>
     <t>Dans un contexte d’augmentation du coût de la prise en charge de l’insuffisance rénale chronique terminale, la HAS et l’Agence de la biomédecine ont modélisé les possibilités de changement dans la trajectoire de soins des patients et évalué leurs conséquences d’un point de vue clinique et économique. Elles publient leur rapport qui confirme que le développement de la transplantation rénale dans tous les groupes d’âge est une stratégie efficiente par rapport à l’ensemble des stratégies évaluées. Au-delà de la transplantation, limitée par le nombre de greffons, les travaux montrent qu’il est possible de faire évoluer la place des différentes modalités de traitement en développant la dialyse hors centre. Et qu’il existe plusieurs stratégies de dialyse alternatives, moins chères que la situation observée pour une efficacité équivalente.</t>
@@ -8417,95 +8480,182 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1084153/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-de-ponction-medullaire-en-crete-iliaque-posterieure-a-visee-diagnostique-ou-therapeutique-par-une-infirmiere-en-lieu-et-place-d-un-medecin</t>
   </si>
   <si>
     <t>c_1084153</t>
   </si>
   <si>
     <t>Avis de la HAS sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice : "Réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins"</t>
   </si>
   <si>
     <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Haute Normandie a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice, pour la réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins.</t>
   </si>
   <si>
     <t>12/07/2011 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1084155/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-d-echographies-par-les-manipulateurs-d-electroradiologie-validee-par-des-medecins</t>
   </si>
   <si>
     <t>c_1084155</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Culture de sécurité des soins : comprendre et mesurer</t>
+  </si>
+  <si>
+    <t>Le terme de « culture de sécurité » apparait pour la première fois dans le rapport que des experts du Groupe consultatif international pour la sûreté nucléaire (INSAG), intitulé « Rapport récapitulatif sur la réunion d'analyse de l'accident de Tchernobyl » ont rendu à propos de la catastrophe nucléaire de Tchernobyl. Ce terme s’est imposé par la suite dans l’agenda de toutes les industries dans lesquelles des risques doivent être gérés. La culture de sécurité est un ensemble de manières de faire et de penser qui contribuent à la sécurité du patient et qui sont partagées au niveau de l’organisation (équipe de professionnels, établissement de sante).</t>
+  </si>
+  <si>
+    <t>29/05/2019 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497866/fr/culture-de-securite-des-soins-comprendre-et-mesurer</t>
+  </si>
+  <si>
+    <t>r_1497866</t>
+  </si>
+  <si>
+    <t>IQSS - Evènements thrombo-emboliques (ETE) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique (données PMSI MCO) : - complications thrombo-emboliques après pose de prothèse totale de hanche - complications thrombo-emboliques après pose de prothèse totale de genou</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293940/fr/iqss-evenements-thrombo-emboliques-ete-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3293940</t>
+  </si>
+  <si>
+    <t>IQSS - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO).</t>
+  </si>
+  <si>
+    <t>16/11/2023 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473386/fr/iqss-ca-reh3-rehospitalisations-entre-1-et-3-jours-par-type-de-prise-en-charge-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3473386</t>
+  </si>
+  <si>
+    <t>IQSS - Infections du site opératoire (ISO) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins, de résultats en chirurgie orthopédique (données PMSI MCO) : - infections du site opératoire 3 mois après pose de prothèse totale de hanche - infections du site opératoire 3 mois après pose de prothèse totale de genou</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482663/fr/iqss-infections-du-site-operatoire-iso-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3482663</t>
+  </si>
+  <si>
+    <t>Ensemble pour le développement de la chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>La chirurgie ambulatoire reste en France insuffisamment développée alors qu’elle constitue un apport réel en termes de qualité pour les patients. Dans ce contexte, la Haute Autorité de santé (HAS) et l’Agence nationale d’appui à la performance des établissements de santé et médico-sociaux (ANAP) unissent leurs efforts pour informer et accompagner les professionnels. Les deux partenaires ont publié en décembre 2011 une note d’orientation qui formalise leur coopération, définit six axes de travail, précise la nature des productions attendues et donne un calendrier d’action.</t>
+  </si>
+  <si>
+    <t>04/07/2022 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241930/fr/ensemble-pour-le-developpement-de-la-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1241930</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>18/12/2023 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473419/fr/iqss-archives-ca-reh3-rehospitalisations-entre-1-et-3-jours-par-type-de-prise-en-charge-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3473419</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
     <t>Accès précoce à un médicament</t>
   </si>
   <si>
     <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
   </si>
   <si>
     <t>01/07/2021 10:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
     <t>Visualisation dynamique des taux nationaux de réhospitalisations après chirurgie</t>
   </si>
   <si>
     <t>Accéder à la visualisation dynamique des taux nationaux de réhospitalisations après chirurgie ambulatoire par intervention (racine de GHM) calculés à partir du PMSI MCO de 2021 à 2024.</t>
   </si>
   <si>
     <t>04/12/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3776008/fr/visualisation-dynamique-des-taux-nationaux-de-rehospitalisations-apres-chirurgie</t>
   </si>
   <si>
     <t>p_3776008</t>
   </si>
   <si>
-    <t>Mettre en œuvre le 6e cycle de certification</t>
-[...13 lines deleted...]
-  <si>
     <t>Construire, organiser les parcours/ma santé 2022</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) accompagne les professionnels dans l’évolution de leurs pratiques, qui passe par une meilleure coordination de la prise en charge du patient tout au long de son parcours de soins. Elle propose des outils pour faciliter la mise en œuvre et l’organisation des parcours de soins.</t>
   </si>
   <si>
     <t>13/06/2023 09:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1647022/fr/construire-organiser-les-parcours/ma-sante-2022</t>
   </si>
   <si>
     <t>c_1647022</t>
   </si>
   <si>
     <t>5e cycle de certification</t>
   </si>
   <si>
     <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
   </si>
   <si>
     <t>25/11/2020 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
@@ -8552,290 +8702,206 @@
   <si>
     <t>02/06/2021 10:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269665/fr/dispositifs-medicaux-la-prise-en-charge-transitoire</t>
   </si>
   <si>
     <t>p_3269665</t>
   </si>
   <si>
     <t>Comprendre la sécurité du patient</t>
   </si>
   <si>
     <t>La sécurité du patient est un enjeu majeur de santé public qui se définit comme la réduction de tout risque de préjudice évitable subi par le patient. Renforcer la sécurité des patients fait partie de la politique d’amélioration continue de la qualité des soins. Cela repose sur une culture partagée de la sécurité, une démarche de gestion des risques, une meilleure compréhension de la survenue des événements indésirables associés aux soins, et par la qualité du travail en équipe. Tous les professionnels de santé sont concernés par la sécurité du patient, qu’ils exercent seuls ou en équipe, quel que soit le niveau hiérarchique et leur lieu d’exercice (en établissement de santé, en structure médico-sociale ou en ville).</t>
   </si>
   <si>
     <t>21/12/2022 12:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2582468/fr/comprendre-la-securite-du-patient</t>
   </si>
   <si>
     <t>c_2582468</t>
   </si>
   <si>
-    <t>Méthodes et publications</t>
+    <t>Méthodes et publications des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) détaille ses méthodes de développement, validation et utilisation des indicateurs de qualité et sécurité des soins (IQSS). Ces outils, basés sur le PMSI/SNDS, les dossiers patients ou les retours d'expérience, évaluent des domaines tels que la chirurgie ambulatoire, les complications orthopédiques, la dialyse à domicile, la satisfaction des patients (e-Satis), etc.</t>
   </si>
   <si>
     <t>24/05/2022 09:50:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1021017/fr/methodes-et-publications</t>
+    <t>https://www.has-sante.fr/jcms/c_1021017/fr/methodes-et-publications-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
   </si>
   <si>
     <t>c_1021017</t>
   </si>
   <si>
     <t>La 2e édition du challenge patient « Et chez vous, comment le patient participe-t-il à la sécurité de ses soins ? » 2025 - CLOS</t>
   </si>
   <si>
     <t>10/03/2025 11:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594699/fr/la-2e-edition-du-challenge-patient-et-chez-vous-comment-le-patient-participe-t-il-a-la-securite-de-ses-soins-2025-clos</t>
   </si>
   <si>
     <t>p_3594699</t>
   </si>
   <si>
     <t>Résultats de l'enquête de connaissance sur « PACTE Soins Primaires » (PACTE SP)</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) et l’École des Hautes études en santé publique (EHESP) se mobilisent dans le cadre de la feuille de route nationale 2023-2025 du ministère de la Santé et de la Prévention « Améliorer la sécurité des patients et des résidents ».</t>
   </si>
   <si>
     <t>04/02/2025 08:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587902/fr/resultats-de-l-enquete-de-connaissance-sur-pacte-soins-primaires-pacte-sp</t>
   </si>
   <si>
     <t>p_3587902</t>
   </si>
   <si>
     <t>IQSS - Archives : Infections du site opératoire (ISO) après pose de prothèse totale de hanche -hors fracture- (PTH) ou de genou (PTG) - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de hanche -hors fracture- ou de genou (données PMSI MCO).</t>
   </si>
   <si>
     <t>20/12/2023 11:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2806593/fr/iqss-archives-infections-du-site-operatoire-iso-apres-pose-de-prothese-totale-de-hanche-hors-fracture-pth-ou-de-genou-ptg-versions-anterieures-des-outils</t>
   </si>
   <si>
     <t>c_2806593</t>
   </si>
   <si>
-    <t>IQSS - Evènements thrombo-emboliques (ETE) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
-[...13 lines deleted...]
-  <si>
     <t>IQSS - Archives - Evènements thrombo-emboliques (ETE) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils</t>
   </si>
   <si>
     <t>20/12/2023 16:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482470/fr/iqss-archives-evenements-thrombo-emboliques-ete-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils</t>
   </si>
   <si>
     <t>p_3482470</t>
   </si>
   <si>
-    <t>IQSS - Infections du site opératoire (ISO) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
-[...28 lines deleted...]
-  <si>
     <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
   </si>
   <si>
     <t>09/06/2022 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
   </si>
   <si>
     <t>c_2913016</t>
   </si>
   <si>
-    <t>IQSS - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils utilisées</t>
-[...13 lines deleted...]
-  <si>
     <t>Dispositifs médicaux numériques : la prise en charge anticipée</t>
   </si>
   <si>
     <t>La prise en charge anticipée concerne les DMN présumés innovants. Elle permet leur remboursement dérogatoire pendant un an, non renouvelable, en attendant la prise en charge de droit commun via la LPPR ou la LATM, selon le type de DMN concerné.</t>
   </si>
   <si>
     <t>01/05/2024 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3376633/fr/dispositifs-medicaux-numeriques-la-prise-en-charge-anticipee</t>
   </si>
   <si>
     <t>p_3376633</t>
   </si>
   <si>
     <t>Dispositifs médicaux numériques : liste des activités de télésurveillance</t>
   </si>
   <si>
     <t>Tous les DMN de télésurveillance peuvent faire l'objet d'une demande d'inscription sur la liste des activités de télésurveillance médicale. C'est à l'exploitant de prendre l'initiative de la demande.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3376664/fr/dispositifs-medicaux-numeriques-liste-des-activites-de-telesurveillance</t>
   </si>
   <si>
     <t>p_3376664</t>
   </si>
   <si>
     <t>IQSS 2023 : 6 indicateurs de réhospitalisations après chirurgie ambulatoire</t>
   </si>
   <si>
     <t>Campagnes nationales 2023 de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO 2022).</t>
   </si>
   <si>
     <t>10/02/2023 14:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891438/fr/iqss-2023-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_2891438</t>
   </si>
   <si>
-    <t>IQSS - Archives - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils</t>
-[...10 lines deleted...]
-  <si>
     <t>IQSS - Archives - Infections du site opératoire (ISO) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins, de résultats en chirurgie orthopédique (données PMSI MCO) : - infections du site opératoire 3 mois après pose de prothèse totale de hanche ; - infections du site opératoire 3 mois après pose de prothèse totale de genou.</t>
   </si>
   <si>
     <t>21/12/2023 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482649/fr/iqss-archives-infections-du-site-operatoire-iso-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils</t>
   </si>
   <si>
     <t>p_3482649</t>
   </si>
   <si>
     <t>Prise en charge en ambulatoire dans le cadre de la Covid-19</t>
   </si>
   <si>
     <t>[mis à jour le 22/03/2024] Dans le contexte de l'épidémie Covid-19, retrouvez tous les avis de la HAS concernant la prise en charge en ambulatoire.</t>
   </si>
   <si>
     <t>27/01/2022 10:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3312268/fr/prise-en-charge-en-ambulatoire-dans-le-cadre-de-la-covid-19</t>
   </si>
   <si>
     <t>p_3312268</t>
   </si>
   <si>
-    <t>Ensemble pour le développement de la chirurgie ambulatoire</t>
-[...13 lines deleted...]
-  <si>
     <t>Indicateurs pour la mesure nationale des complications en chirurgie orthopédique</t>
   </si>
   <si>
     <t>Contexte des 4 indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique mesurant les complications thrombo-emboliques et les infections du site opératoire, après pose de prothèse totale de hanche ou de genou (données PMSI MCO 2021).</t>
   </si>
   <si>
     <t>17/12/2021 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216705/fr/indicateurs-pour-la-mesure-nationale-des-complications-en-chirurgie-orthopedique</t>
   </si>
   <si>
     <t>p_3216705</t>
   </si>
   <si>
     <t>L'ensemble des actes et prestations pour les ALD (APALD) - hors maladies rares</t>
   </si>
   <si>
     <t>Les actes et prestations pour les ALD décrivent le parcours de soins précis d'un malade admis en ALD au titre de la maladie considérée. Ces listes servent de base à l'établissement du protocole de soins établi par le médecin traitant.</t>
   </si>
   <si>
     <t>03/10/2022 11:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_565292/fr/l-ensemble-des-actes-et-prestations-pour-les-ald-apald-hors-maladies-rares</t>
@@ -8855,51 +8921,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3348650/fr/experimentation-de-la-mesure-des-rehospitalisations-entre-1-et-3-jours-apres-chirurgie-ambulatoire-par-type-de-prise-en-charge</t>
   </si>
   <si>
     <t>p_3348650</t>
   </si>
   <si>
     <t>Rapport « Sexe, genre et santé » : et après ?</t>
   </si>
   <si>
     <t>Dans son rapport d’analyse prospective « Sexe, genre et santé » publié en décembre 2020, la HAS appelait à une prise de conscience collective afin de considérer les questions de sexe et de genre de manière globale et nuancée pour mieux soigner et accompagner les personnes et ne pas aggraver les inégalités en santé. Pour cela, elle formulait 10 propositions destinées aux acteurs des secteurs sanitaire, social et médico-social et aux pouvoirs publics. Elle s’engageait également pour une meilleure inclusion de ces questions dans ses actions. Elle dresse aujourd’hui un premier bilan.</t>
   </si>
   <si>
     <t>22/06/2022 10:44:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3344521/fr/rapport-sexe-genre-et-sante-et-apres</t>
   </si>
   <si>
     <t>p_3344521</t>
   </si>
   <si>
     <t>S’engager dans un dispositif</t>
   </si>
   <si>
-    <t>Plusieurs dispositifs et programmes gérés par la HAS ont pour but de vous accompagner pour vous aider à améliorer vos pratiques au bénéfice de la sécurité du patient. L'objectif est de comprendre la survenue des événements indésirables associés aux soins, qu'ils soient graves ou non (EIAS et EIGS), réduire leur nombre et limiter les conséquences au bénéfice de la sécurité du patient. Selon votre profession, votre spécialité et votre niveau de marurité dans la sécurité des soins, vous pouvez vous engager dans le programme d’accréditation des médecins et équipes médicales, dans le dispositif de déclaration des événements indésirables graves associés aux soins (EIGS), dans le programme d’amélioration continue du travail en équipe (Pacte).</t>
+    <t>Plusieurs dispositifs et programmes gérés par la HAS ont pour but de vous accompagner pour vous aider à améliorer vos pratiques au bénéfice de la sécurité du patient. L'objectif est de comprendre la survenue des événements indésirables associés aux soins, qu'ils soient graves ou non, de réduire leur nombre et de limiter leurs conséquences. Selon votre profession, votre spécialité et votre niveau de maturité dans la sécurité des soins, vous pouvez vous engager dans le programme d’accréditation des médecins et des équipes médicales, dans le dispositif de déclaration des événements indésirables graves associés aux soins (EIGS) ou dans le programme d’amélioration continue du travail en équipe (Pacte).</t>
   </si>
   <si>
     <t>21/06/2022 14:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3345045/fr/s-engager-dans-un-dispositif</t>
   </si>
   <si>
     <t>p_3345045</t>
   </si>
   <si>
     <t>Coordination des soins</t>
   </si>
   <si>
     <t>20/06/2019 14:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3029265/fr/coordination-des-soins</t>
   </si>
   <si>
     <t>p_3029265</t>
   </si>
   <si>
     <t>Santé mobile : des applications de qualité</t>
   </si>
@@ -10279,10334 +10345,10334 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B2" t="s">
-        <v>1246</v>
+        <v>1266</v>
       </c>
       <c r="C2" t="s">
-        <v>1247</v>
+        <v>1267</v>
       </c>
       <c r="D2" t="s">
-        <v>1248</v>
+        <v>1268</v>
       </c>
       <c r="E2" t="s">
-        <v>1249</v>
+        <v>1269</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1250</v>
+        <v>1270</v>
       </c>
       <c r="H2" t="s">
-        <v>1251</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B3" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="C3" t="s">
-        <v>1253</v>
+        <v>1273</v>
       </c>
       <c r="D3" t="s">
-        <v>1254</v>
+        <v>1274</v>
       </c>
       <c r="E3" t="s">
-        <v>1255</v>
+        <v>1275</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1256</v>
+        <v>1276</v>
       </c>
       <c r="H3" t="s">
-        <v>1257</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B4" t="s">
-        <v>1258</v>
+        <v>1278</v>
       </c>
       <c r="C4" t="s">
-        <v>1259</v>
+        <v>1279</v>
       </c>
       <c r="D4" t="s">
-        <v>1260</v>
+        <v>1280</v>
       </c>
       <c r="E4" t="s">
-        <v>1261</v>
+        <v>1281</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1262</v>
+        <v>1282</v>
       </c>
       <c r="H4" t="s">
-        <v>1263</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B5" t="s">
-        <v>1264</v>
+        <v>1284</v>
       </c>
       <c r="C5" t="s">
-        <v>1265</v>
+        <v>1285</v>
       </c>
       <c r="D5" t="s">
-        <v>1266</v>
+        <v>1286</v>
       </c>
       <c r="E5" t="s">
-        <v>1267</v>
+        <v>1287</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1268</v>
+        <v>1288</v>
       </c>
       <c r="H5" t="s">
-        <v>1269</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B6" t="s">
-        <v>1270</v>
+        <v>1290</v>
       </c>
       <c r="C6" t="s">
-        <v>1271</v>
+        <v>1291</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>1292</v>
       </c>
       <c r="E6" t="s">
-        <v>1272</v>
+        <v>1293</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1273</v>
+        <v>1294</v>
       </c>
       <c r="H6" t="s">
-        <v>1274</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B7" t="s">
-        <v>1275</v>
+        <v>1296</v>
       </c>
       <c r="C7" t="s">
-        <v>1276</v>
+        <v>1297</v>
       </c>
       <c r="D7" t="s">
-        <v>1277</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>1278</v>
+        <v>1298</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1279</v>
+        <v>1299</v>
       </c>
       <c r="H7" t="s">
-        <v>1280</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B8" t="s">
-        <v>1281</v>
+        <v>1301</v>
       </c>
       <c r="C8" t="s">
-        <v>1282</v>
+        <v>1302</v>
       </c>
       <c r="D8" t="s">
-        <v>1283</v>
+        <v>1303</v>
       </c>
       <c r="E8" t="s">
-        <v>1284</v>
+        <v>1304</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1285</v>
+        <v>1305</v>
       </c>
       <c r="H8" t="s">
-        <v>1286</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B9" t="s">
-        <v>1287</v>
+        <v>1307</v>
       </c>
       <c r="C9" t="s">
-        <v>1288</v>
+        <v>1308</v>
       </c>
       <c r="D9" t="s">
-        <v>143</v>
+        <v>1309</v>
       </c>
       <c r="E9" t="s">
-        <v>1289</v>
+        <v>1310</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1290</v>
+        <v>1311</v>
       </c>
       <c r="H9" t="s">
-        <v>1291</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B10" t="s">
-        <v>1292</v>
+        <v>1313</v>
       </c>
       <c r="C10" t="s">
-        <v>1293</v>
+        <v>1314</v>
       </c>
       <c r="D10" t="s">
-        <v>1294</v>
+        <v>143</v>
       </c>
       <c r="E10" t="s">
-        <v>1295</v>
+        <v>1315</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1296</v>
+        <v>1316</v>
       </c>
       <c r="H10" t="s">
-        <v>1297</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B11" t="s">
-        <v>1298</v>
+        <v>1318</v>
       </c>
       <c r="C11" t="s">
-        <v>1299</v>
+        <v>1319</v>
       </c>
       <c r="D11" t="s">
-        <v>1300</v>
+        <v>1320</v>
       </c>
       <c r="E11" t="s">
-        <v>1301</v>
+        <v>1321</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1302</v>
+        <v>1322</v>
       </c>
       <c r="H11" t="s">
-        <v>1303</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B12" t="s">
-        <v>1304</v>
+        <v>1324</v>
       </c>
       <c r="C12" t="s">
-        <v>1305</v>
+        <v>1325</v>
       </c>
       <c r="D12" t="s">
-        <v>1306</v>
+        <v>1326</v>
       </c>
       <c r="E12" t="s">
-        <v>1307</v>
+        <v>1327</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1308</v>
+        <v>1328</v>
       </c>
       <c r="H12" t="s">
-        <v>1309</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B13" t="s">
-        <v>1310</v>
+        <v>1330</v>
       </c>
       <c r="C13" t="s">
-        <v>1311</v>
+        <v>1331</v>
       </c>
       <c r="D13" t="s">
-        <v>1312</v>
+        <v>1332</v>
       </c>
       <c r="E13" t="s">
-        <v>1313</v>
+        <v>1333</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1314</v>
+        <v>1334</v>
       </c>
       <c r="H13" t="s">
-        <v>1315</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B14" t="s">
-        <v>1316</v>
+        <v>1336</v>
       </c>
       <c r="C14" t="s">
-        <v>1317</v>
+        <v>1337</v>
       </c>
       <c r="D14" t="s">
-        <v>1318</v>
+        <v>1338</v>
       </c>
       <c r="E14" t="s">
-        <v>1319</v>
+        <v>1339</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1320</v>
+        <v>1340</v>
       </c>
       <c r="H14" t="s">
-        <v>1321</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B15" t="s">
-        <v>1322</v>
+        <v>1342</v>
       </c>
       <c r="C15" t="s">
-        <v>1323</v>
+        <v>1343</v>
       </c>
       <c r="D15" t="s">
-        <v>1324</v>
+        <v>1344</v>
       </c>
       <c r="E15" t="s">
-        <v>1325</v>
+        <v>1345</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1326</v>
+        <v>1346</v>
       </c>
       <c r="H15" t="s">
-        <v>1327</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B16" t="s">
-        <v>1328</v>
+        <v>1348</v>
       </c>
       <c r="C16" t="s">
-        <v>1329</v>
+        <v>1349</v>
       </c>
       <c r="D16" t="s">
-        <v>1330</v>
+        <v>1350</v>
       </c>
       <c r="E16" t="s">
-        <v>1331</v>
+        <v>1351</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1332</v>
+        <v>1352</v>
       </c>
       <c r="H16" t="s">
-        <v>1333</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B17" t="s">
-        <v>1334</v>
+        <v>1354</v>
       </c>
       <c r="C17" t="s">
-        <v>1335</v>
+        <v>1355</v>
       </c>
       <c r="D17" t="s">
-        <v>1336</v>
+        <v>1356</v>
       </c>
       <c r="E17" t="s">
-        <v>1337</v>
+        <v>1357</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1338</v>
+        <v>1358</v>
       </c>
       <c r="H17" t="s">
-        <v>1339</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B18" t="s">
-        <v>1340</v>
+        <v>1360</v>
       </c>
       <c r="C18" t="s">
-        <v>1341</v>
+        <v>1361</v>
       </c>
       <c r="D18" t="s">
-        <v>1342</v>
+        <v>1362</v>
       </c>
       <c r="E18" t="s">
-        <v>1343</v>
+        <v>1363</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1344</v>
+        <v>1364</v>
       </c>
       <c r="H18" t="s">
-        <v>1345</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B19" t="s">
-        <v>1346</v>
+        <v>1366</v>
       </c>
       <c r="C19" t="s">
-        <v>1347</v>
+        <v>1367</v>
       </c>
       <c r="D19" t="s">
-        <v>1348</v>
+        <v>1368</v>
       </c>
       <c r="E19" t="s">
-        <v>1349</v>
+        <v>1369</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1350</v>
+        <v>1370</v>
       </c>
       <c r="H19" t="s">
-        <v>1351</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B20" t="s">
-        <v>1352</v>
+        <v>1372</v>
       </c>
       <c r="C20" t="s">
-        <v>1353</v>
+        <v>1373</v>
       </c>
       <c r="D20" t="s">
-        <v>1354</v>
+        <v>1374</v>
       </c>
       <c r="E20" t="s">
-        <v>1355</v>
+        <v>1375</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1356</v>
+        <v>1376</v>
       </c>
       <c r="H20" t="s">
-        <v>1357</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B21" t="s">
-        <v>1358</v>
+        <v>1378</v>
       </c>
       <c r="C21" t="s">
-        <v>1359</v>
+        <v>1379</v>
       </c>
       <c r="D21" t="s">
-        <v>1360</v>
+        <v>1380</v>
       </c>
       <c r="E21" t="s">
-        <v>1361</v>
+        <v>1381</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1362</v>
+        <v>1382</v>
       </c>
       <c r="H21" t="s">
-        <v>1363</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B22" t="s">
-        <v>1364</v>
+        <v>1384</v>
       </c>
       <c r="C22" t="s">
-        <v>1365</v>
+        <v>1385</v>
       </c>
       <c r="D22" t="s">
-        <v>1366</v>
+        <v>1386</v>
       </c>
       <c r="E22" t="s">
-        <v>1367</v>
+        <v>1387</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1368</v>
+        <v>1388</v>
       </c>
       <c r="H22" t="s">
-        <v>1369</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B23" t="s">
-        <v>1370</v>
+        <v>1390</v>
       </c>
       <c r="C23" t="s">
-        <v>1371</v>
+        <v>1391</v>
       </c>
       <c r="D23" t="s">
-        <v>1372</v>
+        <v>1392</v>
       </c>
       <c r="E23" t="s">
-        <v>1373</v>
+        <v>1393</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1374</v>
+        <v>1394</v>
       </c>
       <c r="H23" t="s">
-        <v>1375</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B24" t="s">
-        <v>1376</v>
+        <v>1396</v>
       </c>
       <c r="C24" t="s">
-        <v>1377</v>
+        <v>1397</v>
       </c>
       <c r="D24" t="s">
-        <v>1378</v>
+        <v>1398</v>
       </c>
       <c r="E24" t="s">
-        <v>1379</v>
+        <v>1399</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1380</v>
+        <v>1400</v>
       </c>
       <c r="H24" t="s">
-        <v>1381</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B25" t="s">
-        <v>1382</v>
+        <v>1402</v>
       </c>
       <c r="C25" t="s">
-        <v>1383</v>
+        <v>1403</v>
       </c>
       <c r="D25" t="s">
-        <v>1384</v>
+        <v>1404</v>
       </c>
       <c r="E25" t="s">
-        <v>1385</v>
+        <v>1405</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1386</v>
+        <v>1406</v>
       </c>
       <c r="H25" t="s">
-        <v>1387</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B26" t="s">
-        <v>1388</v>
+        <v>1408</v>
       </c>
       <c r="C26" t="s">
-        <v>1389</v>
+        <v>1409</v>
       </c>
       <c r="D26" t="s">
-        <v>1390</v>
+        <v>1410</v>
       </c>
       <c r="E26" t="s">
-        <v>1391</v>
+        <v>1411</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1392</v>
+        <v>1412</v>
       </c>
       <c r="H26" t="s">
-        <v>1393</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B27" t="s">
-        <v>1394</v>
+        <v>1414</v>
       </c>
       <c r="C27" t="s">
-        <v>1395</v>
+        <v>1415</v>
       </c>
       <c r="D27" t="s">
-        <v>1396</v>
+        <v>1416</v>
       </c>
       <c r="E27" t="s">
-        <v>1397</v>
+        <v>1417</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1398</v>
+        <v>1418</v>
       </c>
       <c r="H27" t="s">
-        <v>1399</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B28" t="s">
-        <v>1400</v>
+        <v>1420</v>
       </c>
       <c r="C28" t="s">
-        <v>1401</v>
+        <v>1421</v>
       </c>
       <c r="D28" t="s">
-        <v>1402</v>
+        <v>1422</v>
       </c>
       <c r="E28" t="s">
-        <v>1403</v>
+        <v>1423</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1404</v>
+        <v>1424</v>
       </c>
       <c r="H28" t="s">
-        <v>1405</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B29" t="s">
-        <v>1406</v>
+        <v>1426</v>
       </c>
       <c r="C29" t="s">
-        <v>1407</v>
+        <v>1427</v>
       </c>
       <c r="D29" t="s">
-        <v>1408</v>
+        <v>1428</v>
       </c>
       <c r="E29" t="s">
-        <v>1409</v>
+        <v>1429</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1410</v>
+        <v>1430</v>
       </c>
       <c r="H29" t="s">
-        <v>1411</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B30" t="s">
-        <v>1412</v>
+        <v>1432</v>
       </c>
       <c r="C30" t="s">
-        <v>1413</v>
+        <v>1433</v>
       </c>
       <c r="D30" t="s">
-        <v>1414</v>
+        <v>1434</v>
       </c>
       <c r="E30" t="s">
-        <v>1415</v>
+        <v>1435</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1416</v>
+        <v>1436</v>
       </c>
       <c r="H30" t="s">
-        <v>1417</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B31" t="s">
-        <v>1418</v>
+        <v>1438</v>
       </c>
       <c r="C31" t="s">
-        <v>1419</v>
+        <v>1439</v>
       </c>
       <c r="D31" t="s">
-        <v>1420</v>
+        <v>1440</v>
       </c>
       <c r="E31" t="s">
-        <v>1421</v>
+        <v>1441</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1422</v>
+        <v>1442</v>
       </c>
       <c r="H31" t="s">
-        <v>1423</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B32" t="s">
-        <v>1424</v>
+        <v>1444</v>
       </c>
       <c r="C32" t="s">
-        <v>1425</v>
+        <v>1445</v>
       </c>
       <c r="D32" t="s">
-        <v>1426</v>
+        <v>1446</v>
       </c>
       <c r="E32" t="s">
-        <v>1427</v>
+        <v>1447</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1428</v>
+        <v>1448</v>
       </c>
       <c r="H32" t="s">
-        <v>1429</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B33" t="s">
-        <v>1430</v>
+        <v>1450</v>
       </c>
       <c r="C33" t="s">
-        <v>1431</v>
+        <v>1451</v>
       </c>
       <c r="D33" t="s">
-        <v>1432</v>
+        <v>1452</v>
       </c>
       <c r="E33" t="s">
-        <v>1433</v>
+        <v>1453</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1434</v>
+        <v>1454</v>
       </c>
       <c r="H33" t="s">
-        <v>1435</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B34" t="s">
-        <v>1436</v>
+        <v>1456</v>
       </c>
       <c r="C34" t="s">
-        <v>1437</v>
+        <v>1457</v>
       </c>
       <c r="D34" t="s">
-        <v>1438</v>
+        <v>1458</v>
       </c>
       <c r="E34" t="s">
-        <v>1439</v>
+        <v>1459</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1440</v>
+        <v>1460</v>
       </c>
       <c r="H34" t="s">
-        <v>1441</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B35" t="s">
-        <v>1442</v>
+        <v>1462</v>
       </c>
       <c r="C35" t="s">
-        <v>1443</v>
+        <v>1463</v>
       </c>
       <c r="D35" t="s">
-        <v>1444</v>
+        <v>1464</v>
       </c>
       <c r="E35" t="s">
-        <v>1445</v>
+        <v>1465</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1446</v>
+        <v>1466</v>
       </c>
       <c r="H35" t="s">
-        <v>1447</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B36" t="s">
-        <v>1448</v>
+        <v>1468</v>
       </c>
       <c r="C36" t="s">
-        <v>1449</v>
+        <v>1469</v>
       </c>
       <c r="D36" t="s">
-        <v>1450</v>
+        <v>1470</v>
       </c>
       <c r="E36" t="s">
-        <v>1451</v>
+        <v>1471</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1452</v>
+        <v>1472</v>
       </c>
       <c r="H36" t="s">
-        <v>1453</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B37" t="s">
-        <v>1454</v>
+        <v>1474</v>
       </c>
       <c r="C37" t="s">
-        <v>1455</v>
+        <v>1475</v>
       </c>
       <c r="D37" t="s">
-        <v>1206</v>
+        <v>1226</v>
       </c>
       <c r="E37" t="s">
-        <v>1456</v>
+        <v>1476</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1457</v>
+        <v>1477</v>
       </c>
       <c r="H37" t="s">
-        <v>1458</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B38" t="s">
-        <v>1459</v>
+        <v>1479</v>
       </c>
       <c r="C38" t="s">
-        <v>1460</v>
+        <v>1480</v>
       </c>
       <c r="D38" t="s">
-        <v>1461</v>
+        <v>1481</v>
       </c>
       <c r="E38" t="s">
-        <v>1462</v>
+        <v>1482</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1463</v>
+        <v>1483</v>
       </c>
       <c r="H38" t="s">
-        <v>1464</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B39" t="s">
-        <v>1465</v>
+        <v>1485</v>
       </c>
       <c r="C39" t="s">
-        <v>1466</v>
+        <v>1486</v>
       </c>
       <c r="D39" t="s">
-        <v>1467</v>
+        <v>1487</v>
       </c>
       <c r="E39" t="s">
-        <v>1468</v>
+        <v>1488</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1469</v>
+        <v>1489</v>
       </c>
       <c r="H39" t="s">
-        <v>1470</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B40" t="s">
-        <v>1471</v>
+        <v>1491</v>
       </c>
       <c r="C40" t="s">
-        <v>1472</v>
+        <v>1492</v>
       </c>
       <c r="D40" t="s">
-        <v>1473</v>
+        <v>1493</v>
       </c>
       <c r="E40" t="s">
-        <v>1474</v>
+        <v>1494</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1475</v>
+        <v>1495</v>
       </c>
       <c r="H40" t="s">
-        <v>1476</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B41" t="s">
-        <v>1477</v>
+        <v>1497</v>
       </c>
       <c r="C41" t="s">
-        <v>1478</v>
+        <v>1498</v>
       </c>
       <c r="D41" t="s">
-        <v>1479</v>
+        <v>1499</v>
       </c>
       <c r="E41" t="s">
-        <v>1480</v>
+        <v>1500</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1481</v>
+        <v>1501</v>
       </c>
       <c r="H41" t="s">
-        <v>1482</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B42" t="s">
-        <v>982</v>
+        <v>1007</v>
       </c>
       <c r="C42" t="s">
-        <v>1483</v>
+        <v>1503</v>
       </c>
       <c r="D42" t="s">
-        <v>1484</v>
+        <v>1504</v>
       </c>
       <c r="E42" t="s">
-        <v>1485</v>
+        <v>1505</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1486</v>
+        <v>1506</v>
       </c>
       <c r="H42" t="s">
-        <v>1487</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B43" t="s">
-        <v>1488</v>
+        <v>1508</v>
       </c>
       <c r="C43" t="s">
-        <v>1489</v>
+        <v>1509</v>
       </c>
       <c r="D43" t="s">
-        <v>1490</v>
+        <v>1510</v>
       </c>
       <c r="E43" t="s">
-        <v>1491</v>
+        <v>1511</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1492</v>
+        <v>1512</v>
       </c>
       <c r="H43" t="s">
-        <v>1493</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B44" t="s">
-        <v>1494</v>
+        <v>1514</v>
       </c>
       <c r="C44" t="s">
-        <v>1495</v>
+        <v>1515</v>
       </c>
       <c r="D44" t="s">
-        <v>1496</v>
+        <v>1516</v>
       </c>
       <c r="E44" t="s">
-        <v>1497</v>
+        <v>1517</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1498</v>
+        <v>1518</v>
       </c>
       <c r="H44" t="s">
-        <v>1499</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B45" t="s">
-        <v>1500</v>
+        <v>1520</v>
       </c>
       <c r="C45" t="s">
-        <v>1501</v>
+        <v>1521</v>
       </c>
       <c r="D45" t="s">
-        <v>1502</v>
+        <v>1522</v>
       </c>
       <c r="E45" t="s">
-        <v>1503</v>
+        <v>1523</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1504</v>
+        <v>1524</v>
       </c>
       <c r="H45" t="s">
-        <v>1505</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B46" t="s">
-        <v>1506</v>
+        <v>1526</v>
       </c>
       <c r="C46" t="s">
-        <v>1507</v>
+        <v>1527</v>
       </c>
       <c r="D46" t="s">
-        <v>1508</v>
+        <v>1528</v>
       </c>
       <c r="E46" t="s">
-        <v>1509</v>
+        <v>1529</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1510</v>
+        <v>1530</v>
       </c>
       <c r="H46" t="s">
-        <v>1511</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B47" t="s">
-        <v>1512</v>
+        <v>1532</v>
       </c>
       <c r="C47" t="s">
-        <v>1513</v>
+        <v>1533</v>
       </c>
       <c r="D47" t="s">
-        <v>1230</v>
+        <v>1250</v>
       </c>
       <c r="E47" t="s">
-        <v>1514</v>
+        <v>1534</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1515</v>
+        <v>1535</v>
       </c>
       <c r="H47" t="s">
-        <v>1516</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B48" t="s">
-        <v>1517</v>
+        <v>1537</v>
       </c>
       <c r="C48" t="s">
-        <v>1478</v>
+        <v>1498</v>
       </c>
       <c r="D48" t="s">
-        <v>1508</v>
+        <v>1528</v>
       </c>
       <c r="E48" t="s">
-        <v>1518</v>
+        <v>1538</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1519</v>
+        <v>1539</v>
       </c>
       <c r="H48" t="s">
-        <v>1520</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B49" t="s">
-        <v>1521</v>
+        <v>1541</v>
       </c>
       <c r="C49" t="s">
-        <v>1522</v>
+        <v>1542</v>
       </c>
       <c r="D49" t="s">
-        <v>1523</v>
+        <v>1543</v>
       </c>
       <c r="E49" t="s">
-        <v>1524</v>
+        <v>1544</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1525</v>
+        <v>1545</v>
       </c>
       <c r="H49" t="s">
-        <v>1526</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B50" t="s">
-        <v>1527</v>
+        <v>1547</v>
       </c>
       <c r="C50" t="s">
-        <v>1528</v>
+        <v>1548</v>
       </c>
       <c r="D50" t="s">
-        <v>1529</v>
+        <v>1549</v>
       </c>
       <c r="E50" t="s">
-        <v>1530</v>
+        <v>1550</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1531</v>
+        <v>1551</v>
       </c>
       <c r="H50" t="s">
-        <v>1532</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B51" t="s">
-        <v>1533</v>
+        <v>1553</v>
       </c>
       <c r="C51" t="s">
-        <v>1534</v>
+        <v>1554</v>
       </c>
       <c r="D51" t="s">
-        <v>1535</v>
+        <v>1555</v>
       </c>
       <c r="E51" t="s">
-        <v>1536</v>
+        <v>1556</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1537</v>
+        <v>1557</v>
       </c>
       <c r="H51" t="s">
-        <v>1538</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B52" t="s">
-        <v>1539</v>
+        <v>1559</v>
       </c>
       <c r="C52" t="s">
-        <v>1540</v>
+        <v>1560</v>
       </c>
       <c r="D52" t="s">
-        <v>1541</v>
+        <v>1561</v>
       </c>
       <c r="E52" t="s">
-        <v>1542</v>
+        <v>1562</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1543</v>
+        <v>1563</v>
       </c>
       <c r="H52" t="s">
-        <v>1544</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B53" t="s">
-        <v>1545</v>
+        <v>1565</v>
       </c>
       <c r="C53" t="s">
-        <v>1546</v>
+        <v>1566</v>
       </c>
       <c r="D53" t="s">
-        <v>1547</v>
+        <v>1567</v>
       </c>
       <c r="E53" t="s">
-        <v>1548</v>
+        <v>1568</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1549</v>
+        <v>1569</v>
       </c>
       <c r="H53" t="s">
-        <v>1550</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B54" t="s">
-        <v>1551</v>
+        <v>1571</v>
       </c>
       <c r="C54" t="s">
-        <v>1552</v>
+        <v>1572</v>
       </c>
       <c r="D54" t="s">
-        <v>1553</v>
+        <v>1573</v>
       </c>
       <c r="E54" t="s">
-        <v>1553</v>
+        <v>1573</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1554</v>
+        <v>1574</v>
       </c>
       <c r="H54" t="s">
-        <v>1555</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B55" t="s">
-        <v>1556</v>
+        <v>1576</v>
       </c>
       <c r="C55" t="s">
-        <v>1557</v>
+        <v>1577</v>
       </c>
       <c r="D55" t="s">
-        <v>1558</v>
+        <v>1578</v>
       </c>
       <c r="E55" t="s">
-        <v>1559</v>
+        <v>1579</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1560</v>
+        <v>1580</v>
       </c>
       <c r="H55" t="s">
-        <v>1561</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B56" t="s">
-        <v>1562</v>
+        <v>1582</v>
       </c>
       <c r="C56" t="s">
-        <v>1563</v>
+        <v>1583</v>
       </c>
       <c r="D56" t="s">
-        <v>1564</v>
+        <v>1584</v>
       </c>
       <c r="E56" t="s">
-        <v>1565</v>
+        <v>1585</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1566</v>
+        <v>1586</v>
       </c>
       <c r="H56" t="s">
-        <v>1567</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B57" t="s">
-        <v>1568</v>
+        <v>1588</v>
       </c>
       <c r="C57" t="s">
-        <v>1569</v>
+        <v>1589</v>
       </c>
       <c r="D57" t="s">
-        <v>1570</v>
+        <v>1590</v>
       </c>
       <c r="E57" t="s">
-        <v>1571</v>
+        <v>1591</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1572</v>
+        <v>1592</v>
       </c>
       <c r="H57" t="s">
-        <v>1573</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B58" t="s">
-        <v>1574</v>
+        <v>1594</v>
       </c>
       <c r="C58" t="s">
-        <v>1575</v>
+        <v>1595</v>
       </c>
       <c r="D58" t="s">
-        <v>1576</v>
+        <v>1596</v>
       </c>
       <c r="E58" t="s">
-        <v>1577</v>
+        <v>1597</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1578</v>
+        <v>1598</v>
       </c>
       <c r="H58" t="s">
-        <v>1579</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B59" t="s">
-        <v>1580</v>
+        <v>1600</v>
       </c>
       <c r="C59" t="s">
-        <v>1581</v>
+        <v>1601</v>
       </c>
       <c r="D59" t="s">
-        <v>1582</v>
+        <v>1602</v>
       </c>
       <c r="E59" t="s">
-        <v>1583</v>
+        <v>1603</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1584</v>
+        <v>1604</v>
       </c>
       <c r="H59" t="s">
-        <v>1585</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B60" t="s">
-        <v>1586</v>
+        <v>1606</v>
       </c>
       <c r="C60" t="s">
-        <v>1587</v>
+        <v>1607</v>
       </c>
       <c r="D60" t="s">
-        <v>1588</v>
+        <v>1608</v>
       </c>
       <c r="E60" t="s">
-        <v>1589</v>
+        <v>1609</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1590</v>
+        <v>1610</v>
       </c>
       <c r="H60" t="s">
-        <v>1591</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B61" t="s">
-        <v>1592</v>
+        <v>1612</v>
       </c>
       <c r="C61" t="s">
-        <v>1593</v>
+        <v>1613</v>
       </c>
       <c r="D61" t="s">
-        <v>1594</v>
+        <v>1614</v>
       </c>
       <c r="E61" t="s">
-        <v>1595</v>
+        <v>1615</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1596</v>
+        <v>1616</v>
       </c>
       <c r="H61" t="s">
-        <v>1597</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B62" t="s">
-        <v>1598</v>
+        <v>1618</v>
       </c>
       <c r="C62" t="s">
-        <v>1599</v>
+        <v>1619</v>
       </c>
       <c r="D62" t="s">
-        <v>1600</v>
+        <v>1620</v>
       </c>
       <c r="E62" t="s">
-        <v>1595</v>
+        <v>1615</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1601</v>
+        <v>1621</v>
       </c>
       <c r="H62" t="s">
-        <v>1602</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1245</v>
+        <v>1265</v>
       </c>
       <c r="B63" t="s">
-        <v>1603</v>
+        <v>1623</v>
       </c>
       <c r="C63" t="s">
-        <v>1604</v>
+        <v>1624</v>
       </c>
       <c r="D63" t="s">
-        <v>1605</v>
+        <v>1625</v>
       </c>
       <c r="E63" t="s">
-        <v>1606</v>
+        <v>1626</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1607</v>
+        <v>1627</v>
       </c>
       <c r="H63" t="s">
-        <v>1608</v>
+        <v>1628</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="B2" t="s">
-        <v>1610</v>
+        <v>1630</v>
       </c>
       <c r="C2" t="s">
-        <v>1611</v>
+        <v>1631</v>
       </c>
       <c r="D2" t="s">
-        <v>1612</v>
+        <v>1632</v>
       </c>
       <c r="E2" t="s">
-        <v>1613</v>
+        <v>1633</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1614</v>
+        <v>1634</v>
       </c>
       <c r="H2" t="s">
-        <v>1615</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="B3" t="s">
-        <v>1616</v>
+        <v>1636</v>
       </c>
       <c r="C3" t="s">
-        <v>1617</v>
+        <v>1637</v>
       </c>
       <c r="D3" t="s">
-        <v>1618</v>
+        <v>1638</v>
       </c>
       <c r="E3" t="s">
-        <v>1619</v>
+        <v>1639</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1620</v>
+        <v>1640</v>
       </c>
       <c r="H3" t="s">
-        <v>1621</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="B4" t="s">
-        <v>1622</v>
+        <v>1642</v>
       </c>
       <c r="C4" t="s">
-        <v>1623</v>
+        <v>1643</v>
       </c>
       <c r="D4" t="s">
-        <v>1624</v>
+        <v>1644</v>
       </c>
       <c r="E4" t="s">
-        <v>1625</v>
+        <v>1645</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1626</v>
+        <v>1646</v>
       </c>
       <c r="H4" t="s">
-        <v>1627</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="B5" t="s">
-        <v>1628</v>
+        <v>1648</v>
       </c>
       <c r="C5" t="s">
-        <v>1629</v>
+        <v>1649</v>
       </c>
       <c r="D5" t="s">
-        <v>1630</v>
+        <v>1650</v>
       </c>
       <c r="E5" t="s">
-        <v>1631</v>
+        <v>1651</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1632</v>
+        <v>1652</v>
       </c>
       <c r="H5" t="s">
-        <v>1633</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="B6" t="s">
-        <v>1634</v>
+        <v>1654</v>
       </c>
       <c r="C6" t="s">
-        <v>1635</v>
+        <v>1655</v>
       </c>
       <c r="D6" t="s">
-        <v>1636</v>
+        <v>1656</v>
       </c>
       <c r="E6" t="s">
-        <v>1637</v>
+        <v>1657</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1638</v>
+        <v>1658</v>
       </c>
       <c r="H6" t="s">
-        <v>1639</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="B7" t="s">
-        <v>1640</v>
+        <v>1660</v>
       </c>
       <c r="C7" t="s">
-        <v>1641</v>
+        <v>1661</v>
       </c>
       <c r="D7" t="s">
-        <v>1642</v>
+        <v>1662</v>
       </c>
       <c r="E7" t="s">
-        <v>1643</v>
+        <v>1663</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1644</v>
+        <v>1664</v>
       </c>
       <c r="H7" t="s">
-        <v>1645</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="B8" t="s">
-        <v>1646</v>
+        <v>1666</v>
       </c>
       <c r="C8" t="s">
-        <v>1647</v>
+        <v>1667</v>
       </c>
       <c r="D8" t="s">
-        <v>1414</v>
+        <v>1434</v>
       </c>
       <c r="E8" t="s">
-        <v>1648</v>
+        <v>1668</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1649</v>
+        <v>1669</v>
       </c>
       <c r="H8" t="s">
-        <v>1650</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="B9" t="s">
-        <v>1651</v>
+        <v>1671</v>
       </c>
       <c r="C9" t="s">
-        <v>1652</v>
+        <v>1672</v>
       </c>
       <c r="D9" t="s">
-        <v>1461</v>
+        <v>1481</v>
       </c>
       <c r="E9" t="s">
-        <v>1653</v>
+        <v>1673</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1654</v>
+        <v>1674</v>
       </c>
       <c r="H9" t="s">
-        <v>1655</v>
+        <v>1675</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H127"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B2" t="s">
-        <v>1657</v>
+        <v>1677</v>
       </c>
       <c r="C2" t="s">
-        <v>1658</v>
+        <v>1678</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1659</v>
+        <v>1679</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1660</v>
+        <v>1680</v>
       </c>
       <c r="H2" t="s">
-        <v>1661</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B3" t="s">
-        <v>1662</v>
+        <v>1682</v>
       </c>
       <c r="C3" t="s">
-        <v>1663</v>
+        <v>1683</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>307</v>
+        <v>328</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1664</v>
+        <v>1684</v>
       </c>
       <c r="H3" t="s">
-        <v>1665</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B4" t="s">
-        <v>1666</v>
+        <v>1686</v>
       </c>
       <c r="C4" t="s">
-        <v>1667</v>
+        <v>1687</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1668</v>
+        <v>1688</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1669</v>
+        <v>1689</v>
       </c>
       <c r="H4" t="s">
-        <v>1670</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B5" t="s">
-        <v>1671</v>
+        <v>1691</v>
       </c>
       <c r="C5" t="s">
-        <v>1672</v>
+        <v>1692</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1261</v>
+        <v>1287</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1673</v>
+        <v>1693</v>
       </c>
       <c r="H5" t="s">
-        <v>1674</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B6" t="s">
-        <v>1675</v>
+        <v>1695</v>
       </c>
       <c r="C6" t="s">
-        <v>1676</v>
+        <v>1696</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1677</v>
+        <v>1697</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1678</v>
+        <v>1698</v>
       </c>
       <c r="H6" t="s">
-        <v>1679</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B7" t="s">
-        <v>1680</v>
+        <v>1700</v>
       </c>
       <c r="C7" t="s">
-        <v>1681</v>
+        <v>1701</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="H7" t="s">
-        <v>1684</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B8" t="s">
-        <v>1685</v>
+        <v>1705</v>
       </c>
       <c r="C8" t="s">
-        <v>1686</v>
+        <v>1706</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1687</v>
+        <v>1707</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1688</v>
+        <v>1708</v>
       </c>
       <c r="H8" t="s">
-        <v>1689</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B9" t="s">
-        <v>1690</v>
+        <v>1710</v>
       </c>
       <c r="C9" t="s">
-        <v>1691</v>
+        <v>1711</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1692</v>
+        <v>1712</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1693</v>
+        <v>1713</v>
       </c>
       <c r="H9" t="s">
-        <v>1694</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B10" t="s">
-        <v>1695</v>
+        <v>1715</v>
       </c>
       <c r="C10" t="s">
-        <v>1696</v>
+        <v>1716</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1697</v>
+        <v>1717</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1698</v>
+        <v>1718</v>
       </c>
       <c r="H10" t="s">
-        <v>1699</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B11" t="s">
-        <v>1700</v>
+        <v>1720</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1701</v>
+        <v>1721</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1702</v>
+        <v>1722</v>
       </c>
       <c r="H11" t="s">
-        <v>1703</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B12" t="s">
-        <v>1704</v>
+        <v>1724</v>
       </c>
       <c r="C12" t="s">
-        <v>1705</v>
+        <v>1725</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1706</v>
+        <v>1726</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1707</v>
+        <v>1727</v>
       </c>
       <c r="H12" t="s">
-        <v>1708</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B13" t="s">
-        <v>1709</v>
+        <v>1729</v>
       </c>
       <c r="C13" t="s">
-        <v>1710</v>
+        <v>1730</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1711</v>
+        <v>1731</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1712</v>
+        <v>1732</v>
       </c>
       <c r="H13" t="s">
-        <v>1713</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B14" t="s">
-        <v>1714</v>
+        <v>1734</v>
       </c>
       <c r="C14" t="s">
-        <v>1715</v>
+        <v>1735</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1716</v>
+        <v>1736</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1717</v>
+        <v>1737</v>
       </c>
       <c r="H14" t="s">
-        <v>1718</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B15" t="s">
-        <v>1719</v>
+        <v>1739</v>
       </c>
       <c r="C15" t="s">
-        <v>1720</v>
+        <v>1740</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1721</v>
+        <v>1741</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1722</v>
+        <v>1742</v>
       </c>
       <c r="H15" t="s">
-        <v>1723</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B16" t="s">
-        <v>1724</v>
+        <v>1744</v>
       </c>
       <c r="C16" t="s">
-        <v>1725</v>
+        <v>1745</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1726</v>
+        <v>1746</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1727</v>
+        <v>1747</v>
       </c>
       <c r="H16" t="s">
-        <v>1728</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B17" t="s">
-        <v>1729</v>
+        <v>1749</v>
       </c>
       <c r="C17" t="s">
-        <v>1730</v>
+        <v>1750</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1731</v>
+        <v>1751</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1732</v>
+        <v>1752</v>
       </c>
       <c r="H17" t="s">
-        <v>1733</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B18" t="s">
-        <v>1734</v>
+        <v>1754</v>
       </c>
       <c r="C18" t="s">
-        <v>1735</v>
+        <v>1755</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1736</v>
+        <v>1756</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1737</v>
+        <v>1757</v>
       </c>
       <c r="H18" t="s">
-        <v>1738</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B19" t="s">
-        <v>1739</v>
+        <v>1759</v>
       </c>
       <c r="C19" t="s">
-        <v>1740</v>
+        <v>1760</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>536</v>
+        <v>561</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1741</v>
+        <v>1761</v>
       </c>
       <c r="H19" t="s">
-        <v>1742</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B20" t="s">
-        <v>1743</v>
+        <v>1763</v>
       </c>
       <c r="C20" t="s">
-        <v>1744</v>
+        <v>1764</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1046</v>
+        <v>1071</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1745</v>
+        <v>1765</v>
       </c>
       <c r="H20" t="s">
-        <v>1746</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B21" t="s">
-        <v>1747</v>
+        <v>1767</v>
       </c>
       <c r="C21" t="s">
-        <v>1748</v>
+        <v>1768</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1749</v>
+        <v>1769</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1750</v>
+        <v>1770</v>
       </c>
       <c r="H21" t="s">
-        <v>1751</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B22" t="s">
-        <v>1752</v>
+        <v>1772</v>
       </c>
       <c r="C22" t="s">
-        <v>1753</v>
+        <v>1773</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1754</v>
+        <v>1774</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1755</v>
+        <v>1775</v>
       </c>
       <c r="H22" t="s">
-        <v>1756</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B23" t="s">
-        <v>1757</v>
+        <v>1777</v>
       </c>
       <c r="C23" t="s">
-        <v>1758</v>
+        <v>1778</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1759</v>
+        <v>1779</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1760</v>
+        <v>1780</v>
       </c>
       <c r="H23" t="s">
-        <v>1761</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B24" t="s">
-        <v>1762</v>
+        <v>1782</v>
       </c>
       <c r="C24" t="s">
-        <v>1763</v>
+        <v>1783</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1764</v>
+        <v>1784</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1765</v>
+        <v>1785</v>
       </c>
       <c r="H24" t="s">
-        <v>1766</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B25" t="s">
-        <v>1767</v>
+        <v>1787</v>
       </c>
       <c r="C25" t="s">
-        <v>1768</v>
+        <v>1788</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1769</v>
+        <v>1789</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1770</v>
+        <v>1790</v>
       </c>
       <c r="H25" t="s">
-        <v>1771</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B26" t="s">
-        <v>1772</v>
+        <v>1792</v>
       </c>
       <c r="C26" t="s">
-        <v>1773</v>
+        <v>1793</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1774</v>
+        <v>1794</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1775</v>
+        <v>1795</v>
       </c>
       <c r="H26" t="s">
-        <v>1776</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B27" t="s">
-        <v>1777</v>
+        <v>1797</v>
       </c>
       <c r="C27" t="s">
-        <v>1778</v>
+        <v>1798</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1779</v>
+        <v>1799</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1780</v>
+        <v>1800</v>
       </c>
       <c r="H27" t="s">
-        <v>1781</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B28" t="s">
-        <v>1782</v>
+        <v>1802</v>
       </c>
       <c r="C28" t="s">
-        <v>1783</v>
+        <v>1803</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1784</v>
+        <v>1804</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1785</v>
+        <v>1805</v>
       </c>
       <c r="H28" t="s">
-        <v>1786</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B29" t="s">
-        <v>1787</v>
+        <v>1807</v>
       </c>
       <c r="C29" t="s">
-        <v>1788</v>
+        <v>1808</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1789</v>
+        <v>1809</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1790</v>
+        <v>1810</v>
       </c>
       <c r="H29" t="s">
-        <v>1791</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B30" t="s">
-        <v>1792</v>
+        <v>1812</v>
       </c>
       <c r="C30" t="s">
-        <v>1793</v>
+        <v>1813</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1794</v>
+        <v>1814</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1795</v>
+        <v>1815</v>
       </c>
       <c r="H30" t="s">
-        <v>1796</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B31" t="s">
-        <v>1797</v>
+        <v>1817</v>
       </c>
       <c r="C31" t="s">
-        <v>1798</v>
+        <v>1818</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1799</v>
+        <v>1819</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1800</v>
+        <v>1820</v>
       </c>
       <c r="H31" t="s">
-        <v>1801</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B32" t="s">
-        <v>1802</v>
+        <v>1822</v>
       </c>
       <c r="C32" t="s">
-        <v>1803</v>
+        <v>1823</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1804</v>
+        <v>1824</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1805</v>
+        <v>1825</v>
       </c>
       <c r="H32" t="s">
-        <v>1806</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B33" t="s">
-        <v>1807</v>
+        <v>1827</v>
       </c>
       <c r="C33" t="s">
-        <v>1808</v>
+        <v>1828</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1809</v>
+        <v>1829</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1810</v>
+        <v>1830</v>
       </c>
       <c r="H33" t="s">
-        <v>1811</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B34" t="s">
-        <v>1812</v>
+        <v>1832</v>
       </c>
       <c r="C34" t="s">
-        <v>1813</v>
+        <v>1833</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>574</v>
+        <v>599</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1814</v>
+        <v>1834</v>
       </c>
       <c r="H34" t="s">
-        <v>1815</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B35" t="s">
-        <v>1816</v>
+        <v>1836</v>
       </c>
       <c r="C35" t="s">
-        <v>1817</v>
+        <v>1837</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1818</v>
+        <v>1838</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1819</v>
+        <v>1839</v>
       </c>
       <c r="H35" t="s">
-        <v>1820</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B36" t="s">
-        <v>1821</v>
+        <v>1841</v>
       </c>
       <c r="C36" t="s">
-        <v>1822</v>
+        <v>1842</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1823</v>
+        <v>1843</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1824</v>
+        <v>1844</v>
       </c>
       <c r="H36" t="s">
-        <v>1825</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B37" t="s">
-        <v>1826</v>
+        <v>1846</v>
       </c>
       <c r="C37" t="s">
-        <v>1827</v>
+        <v>1847</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1828</v>
+        <v>1848</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1829</v>
+        <v>1849</v>
       </c>
       <c r="H37" t="s">
-        <v>1830</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B38" t="s">
-        <v>1831</v>
+        <v>1851</v>
       </c>
       <c r="C38" t="s">
-        <v>1832</v>
+        <v>1852</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1833</v>
+        <v>1853</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1834</v>
+        <v>1854</v>
       </c>
       <c r="H38" t="s">
-        <v>1835</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B39" t="s">
-        <v>1836</v>
+        <v>1856</v>
       </c>
       <c r="C39" t="s">
-        <v>1837</v>
+        <v>1857</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>667</v>
+        <v>692</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1838</v>
+        <v>1858</v>
       </c>
       <c r="H39" t="s">
-        <v>1839</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B40" t="s">
-        <v>1840</v>
+        <v>1860</v>
       </c>
       <c r="C40" t="s">
-        <v>1841</v>
+        <v>1861</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1842</v>
+        <v>1862</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1843</v>
+        <v>1863</v>
       </c>
       <c r="H40" t="s">
-        <v>1844</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B41" t="s">
-        <v>1845</v>
+        <v>1865</v>
       </c>
       <c r="C41" t="s">
-        <v>1846</v>
+        <v>1866</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>662</v>
+        <v>687</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1847</v>
+        <v>1867</v>
       </c>
       <c r="H41" t="s">
-        <v>1848</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B42" t="s">
-        <v>1849</v>
+        <v>1869</v>
       </c>
       <c r="C42" t="s">
-        <v>1850</v>
+        <v>1870</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1851</v>
+        <v>1871</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1852</v>
+        <v>1872</v>
       </c>
       <c r="H42" t="s">
-        <v>1853</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B43" t="s">
-        <v>1854</v>
+        <v>1874</v>
       </c>
       <c r="C43" t="s">
-        <v>1855</v>
+        <v>1875</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1856</v>
+        <v>1876</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1857</v>
+        <v>1877</v>
       </c>
       <c r="H43" t="s">
-        <v>1858</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B44" t="s">
-        <v>1859</v>
+        <v>1879</v>
       </c>
       <c r="C44" t="s">
-        <v>1860</v>
+        <v>1880</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1856</v>
+        <v>1876</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1861</v>
+        <v>1881</v>
       </c>
       <c r="H44" t="s">
-        <v>1862</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B45" t="s">
-        <v>1863</v>
+        <v>1883</v>
       </c>
       <c r="C45" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1866</v>
+        <v>1886</v>
       </c>
       <c r="H45" t="s">
-        <v>1867</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B46" t="s">
-        <v>1868</v>
+        <v>1888</v>
       </c>
       <c r="C46" t="s">
-        <v>1869</v>
+        <v>1889</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1870</v>
+        <v>1890</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1871</v>
+        <v>1891</v>
       </c>
       <c r="H46" t="s">
-        <v>1872</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B47" t="s">
-        <v>1873</v>
+        <v>1893</v>
       </c>
       <c r="C47" t="s">
-        <v>1874</v>
+        <v>1894</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>1875</v>
+        <v>1895</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1876</v>
+        <v>1896</v>
       </c>
       <c r="H47" t="s">
-        <v>1877</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B48" t="s">
-        <v>1878</v>
+        <v>1898</v>
       </c>
       <c r="C48" t="s">
-        <v>1879</v>
+        <v>1899</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>682</v>
+        <v>707</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1880</v>
+        <v>1900</v>
       </c>
       <c r="H48" t="s">
-        <v>1881</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B49" t="s">
-        <v>1882</v>
+        <v>1902</v>
       </c>
       <c r="C49" t="s">
-        <v>1883</v>
+        <v>1903</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1884</v>
+        <v>1904</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1885</v>
+        <v>1905</v>
       </c>
       <c r="H49" t="s">
-        <v>1886</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B50" t="s">
-        <v>1887</v>
+        <v>1907</v>
       </c>
       <c r="C50" t="s">
-        <v>1888</v>
+        <v>1908</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1889</v>
+        <v>1909</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1890</v>
+        <v>1910</v>
       </c>
       <c r="H50" t="s">
-        <v>1891</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B51" t="s">
-        <v>1892</v>
+        <v>1912</v>
       </c>
       <c r="C51" t="s">
-        <v>1893</v>
+        <v>1913</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1894</v>
+        <v>1914</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1895</v>
+        <v>1915</v>
       </c>
       <c r="H51" t="s">
-        <v>1896</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B52" t="s">
-        <v>1897</v>
+        <v>1917</v>
       </c>
       <c r="C52" t="s">
-        <v>1898</v>
+        <v>1918</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1899</v>
+        <v>1919</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1900</v>
+        <v>1920</v>
       </c>
       <c r="H52" t="s">
-        <v>1901</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B53" t="s">
-        <v>1902</v>
+        <v>1922</v>
       </c>
       <c r="C53" t="s">
-        <v>1903</v>
+        <v>1923</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1904</v>
+        <v>1924</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1905</v>
+        <v>1925</v>
       </c>
       <c r="H53" t="s">
-        <v>1906</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B54" t="s">
-        <v>1907</v>
+        <v>1927</v>
       </c>
       <c r="C54" t="s">
-        <v>1908</v>
+        <v>1928</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1909</v>
+        <v>1929</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1910</v>
+        <v>1930</v>
       </c>
       <c r="H54" t="s">
-        <v>1911</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B55" t="s">
-        <v>1912</v>
+        <v>1932</v>
       </c>
       <c r="C55" t="s">
-        <v>1913</v>
+        <v>1933</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1914</v>
+        <v>1934</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1915</v>
+        <v>1935</v>
       </c>
       <c r="H55" t="s">
-        <v>1916</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B56" t="s">
-        <v>1917</v>
+        <v>1937</v>
       </c>
       <c r="C56" t="s">
-        <v>1918</v>
+        <v>1938</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1919</v>
+        <v>1939</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1920</v>
+        <v>1940</v>
       </c>
       <c r="H56" t="s">
-        <v>1921</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B57" t="s">
-        <v>1922</v>
+        <v>1942</v>
       </c>
       <c r="C57" t="s">
-        <v>1923</v>
+        <v>1943</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1924</v>
+        <v>1944</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1925</v>
+        <v>1945</v>
       </c>
       <c r="H57" t="s">
-        <v>1926</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B58" t="s">
-        <v>1927</v>
+        <v>1947</v>
       </c>
       <c r="C58" t="s">
-        <v>1928</v>
+        <v>1948</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1929</v>
+        <v>1949</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1930</v>
+        <v>1950</v>
       </c>
       <c r="H58" t="s">
-        <v>1931</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B59" t="s">
-        <v>1932</v>
+        <v>1952</v>
       </c>
       <c r="C59" t="s">
-        <v>1933</v>
+        <v>1953</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1929</v>
+        <v>1949</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1934</v>
+        <v>1954</v>
       </c>
       <c r="H59" t="s">
-        <v>1935</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B60" t="s">
-        <v>1936</v>
+        <v>1956</v>
       </c>
       <c r="C60" t="s">
-        <v>1937</v>
+        <v>1957</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1929</v>
+        <v>1949</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1938</v>
+        <v>1958</v>
       </c>
       <c r="H60" t="s">
-        <v>1939</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B61" t="s">
-        <v>1940</v>
+        <v>1960</v>
       </c>
       <c r="C61" t="s">
-        <v>1941</v>
+        <v>1961</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1942</v>
+        <v>1962</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1943</v>
+        <v>1963</v>
       </c>
       <c r="H61" t="s">
-        <v>1944</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B62" t="s">
-        <v>1945</v>
+        <v>1965</v>
       </c>
       <c r="C62" t="s">
-        <v>1946</v>
+        <v>1966</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1947</v>
+        <v>1967</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1948</v>
+        <v>1968</v>
       </c>
       <c r="H62" t="s">
-        <v>1949</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B63" t="s">
-        <v>1950</v>
+        <v>1970</v>
       </c>
       <c r="C63" t="s">
-        <v>1951</v>
+        <v>1971</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1952</v>
+        <v>1972</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1953</v>
+        <v>1973</v>
       </c>
       <c r="H63" t="s">
-        <v>1954</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B64" t="s">
-        <v>1955</v>
+        <v>1975</v>
       </c>
       <c r="C64" t="s">
-        <v>1956</v>
+        <v>1976</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1957</v>
+        <v>1977</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1958</v>
+        <v>1978</v>
       </c>
       <c r="H64" t="s">
-        <v>1959</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B65" t="s">
-        <v>1960</v>
+        <v>1980</v>
       </c>
       <c r="C65" t="s">
-        <v>1961</v>
+        <v>1981</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>1962</v>
+        <v>1982</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1963</v>
+        <v>1983</v>
       </c>
       <c r="H65" t="s">
-        <v>1964</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B66" t="s">
-        <v>1965</v>
+        <v>1985</v>
       </c>
       <c r="C66" t="s">
-        <v>1966</v>
+        <v>1986</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>762</v>
+        <v>787</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1967</v>
+        <v>1987</v>
       </c>
       <c r="H66" t="s">
-        <v>1968</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B67" t="s">
-        <v>1969</v>
+        <v>1989</v>
       </c>
       <c r="C67" t="s">
-        <v>1970</v>
+        <v>1990</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1971</v>
+        <v>1991</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="H67" t="s">
-        <v>1973</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B68" t="s">
-        <v>1974</v>
+        <v>1994</v>
       </c>
       <c r="C68" t="s">
-        <v>1975</v>
+        <v>1995</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>1976</v>
+        <v>1996</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1977</v>
+        <v>1997</v>
       </c>
       <c r="H68" t="s">
-        <v>1978</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B69" t="s">
-        <v>1979</v>
+        <v>1999</v>
       </c>
       <c r="C69" t="s">
-        <v>1980</v>
+        <v>2000</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>614</v>
+        <v>639</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1981</v>
+        <v>2001</v>
       </c>
       <c r="H69" t="s">
-        <v>1982</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B70" t="s">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="C70" t="s">
-        <v>1984</v>
+        <v>2004</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>609</v>
+        <v>634</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1985</v>
+        <v>2005</v>
       </c>
       <c r="H70" t="s">
-        <v>1986</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B71" t="s">
-        <v>1987</v>
+        <v>2007</v>
       </c>
       <c r="C71" t="s">
-        <v>1988</v>
+        <v>2008</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>767</v>
+        <v>792</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="H71" t="s">
-        <v>1990</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B72" t="s">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="C72" t="s">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>1993</v>
+        <v>2013</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="H72" t="s">
-        <v>1995</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B73" t="s">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="C73" t="s">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>619</v>
+        <v>644</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1998</v>
+        <v>2018</v>
       </c>
       <c r="H73" t="s">
-        <v>1999</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B74" t="s">
-        <v>2000</v>
+        <v>2020</v>
       </c>
       <c r="C74" t="s">
-        <v>2001</v>
+        <v>2021</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>619</v>
+        <v>644</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>2002</v>
+        <v>2022</v>
       </c>
       <c r="H74" t="s">
-        <v>2003</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B75" t="s">
-        <v>2004</v>
+        <v>2024</v>
       </c>
       <c r="C75" t="s">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>700</v>
+        <v>725</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>2006</v>
+        <v>2026</v>
       </c>
       <c r="H75" t="s">
-        <v>2007</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B76" t="s">
-        <v>2008</v>
+        <v>2028</v>
       </c>
       <c r="C76" t="s">
-        <v>2009</v>
+        <v>2029</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>569</v>
+        <v>594</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>2010</v>
+        <v>2030</v>
       </c>
       <c r="H76" t="s">
-        <v>2011</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B77" t="s">
-        <v>2012</v>
+        <v>2032</v>
       </c>
       <c r="C77" t="s">
-        <v>2013</v>
+        <v>2033</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>2014</v>
+        <v>2034</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>2015</v>
+        <v>2035</v>
       </c>
       <c r="H77" t="s">
-        <v>2016</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B78" t="s">
-        <v>2017</v>
+        <v>2037</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>2018</v>
+        <v>2038</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>2019</v>
+        <v>2039</v>
       </c>
       <c r="H78" t="s">
-        <v>2020</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B79" t="s">
-        <v>2021</v>
+        <v>2041</v>
       </c>
       <c r="C79" t="s">
-        <v>2022</v>
+        <v>2042</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>815</v>
+        <v>840</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>2023</v>
+        <v>2043</v>
       </c>
       <c r="H79" t="s">
-        <v>2024</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B80" t="s">
-        <v>2025</v>
+        <v>2045</v>
       </c>
       <c r="C80" t="s">
-        <v>2026</v>
+        <v>2046</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>820</v>
+        <v>845</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>2027</v>
+        <v>2047</v>
       </c>
       <c r="H80" t="s">
-        <v>2028</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B81" t="s">
-        <v>2029</v>
+        <v>2049</v>
       </c>
       <c r="C81" t="s">
-        <v>2030</v>
+        <v>2050</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>2031</v>
+        <v>2051</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>2032</v>
+        <v>2052</v>
       </c>
       <c r="H81" t="s">
-        <v>2033</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B82" t="s">
-        <v>2034</v>
+        <v>2054</v>
       </c>
       <c r="C82" t="s">
-        <v>2035</v>
+        <v>2055</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>2036</v>
+        <v>2056</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2037</v>
+        <v>2057</v>
       </c>
       <c r="H82" t="s">
-        <v>2038</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B83" t="s">
-        <v>2039</v>
+        <v>2059</v>
       </c>
       <c r="C83" t="s">
-        <v>2040</v>
+        <v>2060</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>2041</v>
+        <v>2061</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>2042</v>
+        <v>2062</v>
       </c>
       <c r="H83" t="s">
-        <v>2043</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B84" t="s">
-        <v>2044</v>
+        <v>2064</v>
       </c>
       <c r="C84" t="s">
-        <v>2045</v>
+        <v>2065</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>2046</v>
+        <v>2066</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>2047</v>
+        <v>2067</v>
       </c>
       <c r="H84" t="s">
-        <v>2048</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B85" t="s">
-        <v>2049</v>
+        <v>2069</v>
       </c>
       <c r="C85" t="s">
-        <v>2050</v>
+        <v>2070</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>2051</v>
+        <v>2071</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>2052</v>
+        <v>2072</v>
       </c>
       <c r="H85" t="s">
-        <v>2053</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B86" t="s">
-        <v>2054</v>
+        <v>2074</v>
       </c>
       <c r="C86" t="s">
-        <v>2055</v>
+        <v>2075</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>2056</v>
+        <v>2076</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2057</v>
+        <v>2077</v>
       </c>
       <c r="H86" t="s">
-        <v>2058</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B87" t="s">
-        <v>2059</v>
+        <v>2079</v>
       </c>
       <c r="C87" t="s">
-        <v>2060</v>
+        <v>2080</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>1139</v>
+        <v>1164</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>2061</v>
+        <v>2081</v>
       </c>
       <c r="H87" t="s">
-        <v>2062</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B88" t="s">
-        <v>2063</v>
+        <v>2083</v>
       </c>
       <c r="C88" t="s">
-        <v>2064</v>
+        <v>2084</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>2065</v>
+        <v>2085</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2066</v>
+        <v>2086</v>
       </c>
       <c r="H88" t="s">
-        <v>2067</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B89" t="s">
-        <v>2068</v>
+        <v>2088</v>
       </c>
       <c r="C89" t="s">
-        <v>2069</v>
+        <v>2089</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>2070</v>
+        <v>2090</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>2071</v>
+        <v>2091</v>
       </c>
       <c r="H89" t="s">
-        <v>2072</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B90" t="s">
-        <v>2073</v>
+        <v>2093</v>
       </c>
       <c r="C90" t="s">
-        <v>2074</v>
+        <v>2094</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>2075</v>
+        <v>2095</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>2076</v>
+        <v>2096</v>
       </c>
       <c r="H90" t="s">
-        <v>2077</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B91" t="s">
-        <v>2078</v>
+        <v>2098</v>
       </c>
       <c r="C91" t="s">
-        <v>2079</v>
+        <v>2099</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>2080</v>
+        <v>2100</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>2081</v>
+        <v>2101</v>
       </c>
       <c r="H91" t="s">
-        <v>2082</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B92" t="s">
-        <v>2083</v>
+        <v>2103</v>
       </c>
       <c r="C92" t="s">
-        <v>2084</v>
+        <v>2104</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>1409</v>
+        <v>1429</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>2085</v>
+        <v>2105</v>
       </c>
       <c r="H92" t="s">
-        <v>2086</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B93" t="s">
-        <v>2087</v>
+        <v>2107</v>
       </c>
       <c r="C93" t="s">
-        <v>2088</v>
+        <v>2108</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>2089</v>
+        <v>2109</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>2090</v>
+        <v>2110</v>
       </c>
       <c r="H93" t="s">
-        <v>2091</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B94" t="s">
-        <v>2092</v>
+        <v>2112</v>
       </c>
       <c r="C94" t="s">
-        <v>2093</v>
+        <v>2113</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>1155</v>
+        <v>2114</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>2094</v>
+        <v>2115</v>
       </c>
       <c r="H94" t="s">
-        <v>2095</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B95" t="s">
-        <v>2096</v>
+        <v>2117</v>
       </c>
       <c r="C95" t="s">
-        <v>2097</v>
+        <v>2118</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>2098</v>
+        <v>2119</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>2099</v>
+        <v>2120</v>
       </c>
       <c r="H95" t="s">
-        <v>2100</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B96" t="s">
-        <v>2101</v>
+        <v>2122</v>
       </c>
       <c r="C96" t="s">
-        <v>2102</v>
+        <v>2123</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>2103</v>
+        <v>2124</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>2104</v>
+        <v>2125</v>
       </c>
       <c r="H96" t="s">
-        <v>2105</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B97" t="s">
-        <v>2106</v>
+        <v>2127</v>
       </c>
       <c r="C97" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>2109</v>
+        <v>2130</v>
       </c>
       <c r="H97" t="s">
-        <v>2110</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B98" t="s">
-        <v>2111</v>
+        <v>2132</v>
       </c>
       <c r="C98" t="s">
-        <v>2112</v>
+        <v>2133</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>2113</v>
+        <v>2134</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>2114</v>
+        <v>2135</v>
       </c>
       <c r="H98" t="s">
-        <v>2115</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B99" t="s">
-        <v>2116</v>
+        <v>2137</v>
       </c>
       <c r="C99" t="s">
-        <v>2117</v>
+        <v>2138</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>2118</v>
+        <v>2139</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>2119</v>
+        <v>2140</v>
       </c>
       <c r="H99" t="s">
-        <v>2120</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B100" t="s">
-        <v>2121</v>
+        <v>2142</v>
       </c>
       <c r="C100" t="s">
-        <v>2122</v>
+        <v>2143</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>2123</v>
+        <v>2144</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>2124</v>
+        <v>2145</v>
       </c>
       <c r="H100" t="s">
-        <v>2125</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B101" t="s">
-        <v>2126</v>
+        <v>2147</v>
       </c>
       <c r="C101" t="s">
-        <v>2127</v>
+        <v>2148</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>2128</v>
+        <v>2149</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>2129</v>
+        <v>2150</v>
       </c>
       <c r="H101" t="s">
-        <v>2130</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B102" t="s">
-        <v>2131</v>
+        <v>2152</v>
       </c>
       <c r="C102" t="s">
-        <v>2132</v>
+        <v>2153</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>1415</v>
+        <v>1435</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>2133</v>
+        <v>2154</v>
       </c>
       <c r="H102" t="s">
-        <v>2134</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B103" t="s">
-        <v>2135</v>
+        <v>2156</v>
       </c>
       <c r="C103" t="s">
-        <v>2136</v>
+        <v>2157</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>2137</v>
+        <v>2158</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>2138</v>
+        <v>2159</v>
       </c>
       <c r="H103" t="s">
-        <v>2139</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B104" t="s">
-        <v>2140</v>
+        <v>2161</v>
       </c>
       <c r="C104" t="s">
-        <v>2141</v>
+        <v>2162</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>2142</v>
+        <v>2163</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>2143</v>
+        <v>2164</v>
       </c>
       <c r="H104" t="s">
-        <v>2144</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B105" t="s">
-        <v>2145</v>
+        <v>2166</v>
       </c>
       <c r="C105" t="s">
-        <v>2146</v>
+        <v>2167</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>2147</v>
+        <v>2168</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>2148</v>
+        <v>2169</v>
       </c>
       <c r="H105" t="s">
-        <v>2149</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B106" t="s">
-        <v>2150</v>
+        <v>2171</v>
       </c>
       <c r="C106" t="s">
-        <v>2151</v>
+        <v>2172</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>2152</v>
+        <v>2173</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>2153</v>
+        <v>2174</v>
       </c>
       <c r="H106" t="s">
-        <v>2154</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B107" t="s">
-        <v>2155</v>
+        <v>2176</v>
       </c>
       <c r="C107" t="s">
-        <v>2156</v>
+        <v>2177</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>2157</v>
+        <v>2178</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>2158</v>
+        <v>2179</v>
       </c>
       <c r="H107" t="s">
-        <v>2159</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B108" t="s">
-        <v>2160</v>
+        <v>2181</v>
       </c>
       <c r="C108" t="s">
-        <v>2161</v>
+        <v>2182</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>2162</v>
+        <v>2183</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>2163</v>
+        <v>2184</v>
       </c>
       <c r="H108" t="s">
-        <v>2164</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B109" t="s">
-        <v>2165</v>
+        <v>2186</v>
       </c>
       <c r="C109" t="s">
-        <v>2166</v>
+        <v>2187</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>2167</v>
+        <v>2188</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>2168</v>
+        <v>2189</v>
       </c>
       <c r="H109" t="s">
-        <v>2169</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B110" t="s">
-        <v>2170</v>
+        <v>2191</v>
       </c>
       <c r="C110" t="s">
-        <v>2171</v>
+        <v>2192</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>2172</v>
+        <v>2193</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>2173</v>
+        <v>2194</v>
       </c>
       <c r="H110" t="s">
-        <v>2174</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B111" t="s">
-        <v>2175</v>
+        <v>2196</v>
       </c>
       <c r="C111" t="s">
-        <v>2176</v>
+        <v>2197</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>2177</v>
+        <v>2198</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>2178</v>
+        <v>2199</v>
       </c>
       <c r="H111" t="s">
-        <v>2179</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B112" t="s">
-        <v>2180</v>
+        <v>2201</v>
       </c>
       <c r="C112" t="s">
-        <v>2181</v>
+        <v>2202</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>2182</v>
+        <v>2203</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>2183</v>
+        <v>2204</v>
       </c>
       <c r="H112" t="s">
-        <v>2184</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B113" t="s">
-        <v>2185</v>
+        <v>2206</v>
       </c>
       <c r="C113" t="s">
-        <v>2186</v>
+        <v>2207</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>2187</v>
+        <v>2208</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>2188</v>
+        <v>2209</v>
       </c>
       <c r="H113" t="s">
-        <v>2189</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B114" t="s">
-        <v>2190</v>
+        <v>2211</v>
       </c>
       <c r="C114" t="s">
-        <v>2191</v>
+        <v>2212</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>2192</v>
+        <v>2213</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>2193</v>
+        <v>2214</v>
       </c>
       <c r="H114" t="s">
-        <v>2194</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B115" t="s">
-        <v>2195</v>
+        <v>2216</v>
       </c>
       <c r="C115" t="s">
-        <v>2196</v>
+        <v>2217</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>2197</v>
+        <v>2218</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>2198</v>
+        <v>2219</v>
       </c>
       <c r="H115" t="s">
-        <v>2199</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B116" t="s">
-        <v>2200</v>
+        <v>2221</v>
       </c>
       <c r="C116" t="s">
-        <v>2201</v>
+        <v>2222</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>2202</v>
+        <v>2223</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>2203</v>
+        <v>2224</v>
       </c>
       <c r="H116" t="s">
-        <v>2204</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B117" t="s">
-        <v>2205</v>
+        <v>2226</v>
       </c>
       <c r="C117" t="s">
-        <v>2206</v>
+        <v>2227</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>2207</v>
+        <v>2228</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>2208</v>
+        <v>2229</v>
       </c>
       <c r="H117" t="s">
-        <v>2209</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B118" t="s">
-        <v>2210</v>
+        <v>2231</v>
       </c>
       <c r="C118" t="s">
-        <v>2211</v>
+        <v>2232</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>2212</v>
+        <v>2233</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>2213</v>
+        <v>2234</v>
       </c>
       <c r="H118" t="s">
-        <v>2214</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B119" t="s">
-        <v>2215</v>
+        <v>2236</v>
       </c>
       <c r="C119" t="s">
-        <v>2216</v>
+        <v>2237</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>2217</v>
+        <v>2238</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>2218</v>
+        <v>2239</v>
       </c>
       <c r="H119" t="s">
-        <v>2219</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B120" t="s">
-        <v>2220</v>
+        <v>2241</v>
       </c>
       <c r="C120" t="s">
-        <v>2221</v>
+        <v>2242</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>1497</v>
+        <v>1517</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>2222</v>
+        <v>2243</v>
       </c>
       <c r="H120" t="s">
-        <v>2223</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B121" t="s">
-        <v>2224</v>
+        <v>2245</v>
       </c>
       <c r="C121" t="s">
-        <v>2225</v>
+        <v>2246</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>2226</v>
+        <v>2247</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>2227</v>
+        <v>2248</v>
       </c>
       <c r="H121" t="s">
-        <v>2228</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B122" t="s">
-        <v>2229</v>
+        <v>2250</v>
       </c>
       <c r="C122" t="s">
-        <v>2230</v>
+        <v>2251</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>2231</v>
+        <v>2252</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>2232</v>
+        <v>2253</v>
       </c>
       <c r="H122" t="s">
-        <v>2233</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B123" t="s">
-        <v>2234</v>
+        <v>2255</v>
       </c>
       <c r="C123" t="s">
-        <v>2235</v>
+        <v>2256</v>
       </c>
       <c r="D123" t="s">
         <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>2236</v>
+        <v>2257</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>2237</v>
+        <v>2258</v>
       </c>
       <c r="H123" t="s">
-        <v>2238</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B124" t="s">
-        <v>2239</v>
+        <v>2260</v>
       </c>
       <c r="C124" t="s">
-        <v>2240</v>
+        <v>2261</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>2241</v>
+        <v>2262</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>2242</v>
+        <v>2263</v>
       </c>
       <c r="H124" t="s">
-        <v>2243</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B125" t="s">
-        <v>2244</v>
+        <v>2265</v>
       </c>
       <c r="C125" t="s">
-        <v>2245</v>
+        <v>2266</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>2246</v>
+        <v>2267</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>2247</v>
+        <v>2268</v>
       </c>
       <c r="H125" t="s">
-        <v>2248</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B126" t="s">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="C126" t="s">
         <v>13</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>2249</v>
+        <v>2270</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>2250</v>
+        <v>2271</v>
       </c>
       <c r="H126" t="s">
-        <v>2251</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="B127" t="s">
-        <v>2252</v>
+        <v>2273</v>
       </c>
       <c r="C127" t="s">
         <v>13</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>2253</v>
+        <v>2274</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>2254</v>
+        <v>2275</v>
       </c>
       <c r="H127" t="s">
-        <v>2255</v>
+        <v>2276</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B2" t="s">
-        <v>2257</v>
+        <v>2278</v>
       </c>
       <c r="C2" t="s">
-        <v>2258</v>
+        <v>2279</v>
       </c>
       <c r="D2" t="s">
-        <v>2259</v>
+        <v>2280</v>
       </c>
       <c r="E2" t="s">
-        <v>2260</v>
+        <v>2281</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2261</v>
+        <v>2282</v>
       </c>
       <c r="H2" t="s">
-        <v>2262</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B3" t="s">
-        <v>2263</v>
+        <v>2284</v>
       </c>
       <c r="C3" t="s">
-        <v>2264</v>
+        <v>2285</v>
       </c>
       <c r="D3" t="s">
-        <v>1019</v>
+        <v>1044</v>
       </c>
       <c r="E3" t="s">
-        <v>1726</v>
+        <v>1746</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2265</v>
+        <v>2286</v>
       </c>
       <c r="H3" t="s">
-        <v>2266</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B4" t="s">
-        <v>2267</v>
+        <v>2288</v>
       </c>
       <c r="C4" t="s">
-        <v>2268</v>
+        <v>2289</v>
       </c>
       <c r="D4" t="s">
-        <v>2269</v>
+        <v>2290</v>
       </c>
       <c r="E4" t="s">
-        <v>2270</v>
+        <v>2291</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2271</v>
+        <v>2292</v>
       </c>
       <c r="H4" t="s">
-        <v>2272</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B5" t="s">
-        <v>2273</v>
+        <v>2294</v>
       </c>
       <c r="C5" t="s">
-        <v>2274</v>
+        <v>2295</v>
       </c>
       <c r="D5" t="s">
-        <v>2275</v>
+        <v>2296</v>
       </c>
       <c r="E5" t="s">
-        <v>1774</v>
+        <v>1794</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2276</v>
+        <v>2297</v>
       </c>
       <c r="H5" t="s">
-        <v>2277</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B6" t="s">
-        <v>2278</v>
+        <v>2299</v>
       </c>
       <c r="C6" t="s">
-        <v>2279</v>
+        <v>2300</v>
       </c>
       <c r="D6" t="s">
-        <v>2280</v>
+        <v>2301</v>
       </c>
       <c r="E6" t="s">
-        <v>1794</v>
+        <v>1814</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2281</v>
+        <v>2302</v>
       </c>
       <c r="H6" t="s">
-        <v>2282</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B7" t="s">
-        <v>2283</v>
+        <v>2304</v>
       </c>
       <c r="C7" t="s">
-        <v>2284</v>
+        <v>2305</v>
       </c>
       <c r="D7" t="s">
-        <v>2285</v>
+        <v>2306</v>
       </c>
       <c r="E7" t="s">
-        <v>2286</v>
+        <v>2307</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2287</v>
+        <v>2308</v>
       </c>
       <c r="H7" t="s">
-        <v>2288</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B8" t="s">
-        <v>2289</v>
+        <v>2310</v>
       </c>
       <c r="C8" t="s">
-        <v>2290</v>
+        <v>2311</v>
       </c>
       <c r="D8" t="s">
-        <v>2291</v>
+        <v>2312</v>
       </c>
       <c r="E8" t="s">
-        <v>2292</v>
+        <v>2313</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2293</v>
+        <v>2314</v>
       </c>
       <c r="H8" t="s">
-        <v>2294</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B9" t="s">
-        <v>2295</v>
+        <v>2316</v>
       </c>
       <c r="C9" t="s">
-        <v>2296</v>
+        <v>2317</v>
       </c>
       <c r="D9" t="s">
-        <v>1114</v>
+        <v>1139</v>
       </c>
       <c r="E9" t="s">
-        <v>2297</v>
+        <v>2318</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2298</v>
+        <v>2319</v>
       </c>
       <c r="H9" t="s">
-        <v>2299</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B10" t="s">
-        <v>2300</v>
+        <v>2321</v>
       </c>
       <c r="C10" t="s">
-        <v>2301</v>
+        <v>2322</v>
       </c>
       <c r="D10" t="s">
-        <v>2302</v>
+        <v>2323</v>
       </c>
       <c r="E10" t="s">
-        <v>2303</v>
+        <v>2324</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2304</v>
+        <v>2325</v>
       </c>
       <c r="H10" t="s">
-        <v>2305</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B11" t="s">
-        <v>2306</v>
+        <v>2327</v>
       </c>
       <c r="C11" t="s">
-        <v>2307</v>
+        <v>2328</v>
       </c>
       <c r="D11" t="s">
-        <v>2308</v>
+        <v>2329</v>
       </c>
       <c r="E11" t="s">
-        <v>2309</v>
+        <v>2330</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2310</v>
+        <v>2331</v>
       </c>
       <c r="H11" t="s">
-        <v>2311</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B12" t="s">
-        <v>2312</v>
+        <v>2333</v>
       </c>
       <c r="C12" t="s">
-        <v>2313</v>
+        <v>2334</v>
       </c>
       <c r="D12" t="s">
-        <v>1336</v>
+        <v>1356</v>
       </c>
       <c r="E12" t="s">
-        <v>2314</v>
+        <v>2335</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2315</v>
+        <v>2336</v>
       </c>
       <c r="H12" t="s">
-        <v>2316</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B13" t="s">
-        <v>2317</v>
+        <v>2338</v>
       </c>
       <c r="C13" t="s">
-        <v>2318</v>
+        <v>2339</v>
       </c>
       <c r="D13" t="s">
-        <v>2319</v>
+        <v>2340</v>
       </c>
       <c r="E13" t="s">
-        <v>2320</v>
+        <v>2341</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2321</v>
+        <v>2342</v>
       </c>
       <c r="H13" t="s">
-        <v>2322</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B14" t="s">
-        <v>2323</v>
+        <v>2344</v>
       </c>
       <c r="C14" t="s">
-        <v>2324</v>
+        <v>2345</v>
       </c>
       <c r="D14" t="s">
-        <v>1114</v>
+        <v>1139</v>
       </c>
       <c r="E14" t="s">
-        <v>2320</v>
+        <v>2341</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2325</v>
+        <v>2346</v>
       </c>
       <c r="H14" t="s">
-        <v>2326</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B15" t="s">
-        <v>2327</v>
+        <v>2348</v>
       </c>
       <c r="C15" t="s">
-        <v>2328</v>
+        <v>2349</v>
       </c>
       <c r="D15" t="s">
-        <v>2329</v>
+        <v>2350</v>
       </c>
       <c r="E15" t="s">
-        <v>2330</v>
+        <v>2351</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2331</v>
+        <v>2352</v>
       </c>
       <c r="H15" t="s">
-        <v>2332</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B16" t="s">
-        <v>2333</v>
+        <v>2354</v>
       </c>
       <c r="C16" t="s">
-        <v>2334</v>
+        <v>2355</v>
       </c>
       <c r="D16" t="s">
-        <v>2335</v>
+        <v>2356</v>
       </c>
       <c r="E16" t="s">
-        <v>2336</v>
+        <v>2357</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2337</v>
+        <v>2358</v>
       </c>
       <c r="H16" t="s">
-        <v>2338</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B17" t="s">
-        <v>2339</v>
+        <v>2360</v>
       </c>
       <c r="C17" t="s">
-        <v>2340</v>
+        <v>2361</v>
       </c>
       <c r="D17" t="s">
-        <v>2341</v>
+        <v>2362</v>
       </c>
       <c r="E17" t="s">
-        <v>2342</v>
+        <v>2363</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2343</v>
+        <v>2364</v>
       </c>
       <c r="H17" t="s">
-        <v>2344</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B18" t="s">
-        <v>2345</v>
+        <v>2366</v>
       </c>
       <c r="C18" t="s">
-        <v>2346</v>
+        <v>2367</v>
       </c>
       <c r="D18" t="s">
-        <v>2347</v>
+        <v>2368</v>
       </c>
       <c r="E18" t="s">
-        <v>2348</v>
+        <v>2369</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2349</v>
+        <v>2370</v>
       </c>
       <c r="H18" t="s">
-        <v>2350</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B19" t="s">
-        <v>2351</v>
+        <v>2372</v>
       </c>
       <c r="C19" t="s">
-        <v>2352</v>
+        <v>2373</v>
       </c>
       <c r="D19" t="s">
-        <v>2353</v>
+        <v>2374</v>
       </c>
       <c r="E19" t="s">
-        <v>2354</v>
+        <v>2375</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2355</v>
+        <v>2376</v>
       </c>
       <c r="H19" t="s">
-        <v>2356</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B20" t="s">
-        <v>2357</v>
+        <v>2378</v>
       </c>
       <c r="C20" t="s">
-        <v>2358</v>
+        <v>2379</v>
       </c>
       <c r="D20" t="s">
-        <v>2359</v>
+        <v>2380</v>
       </c>
       <c r="E20" t="s">
-        <v>2360</v>
+        <v>2381</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2361</v>
+        <v>2382</v>
       </c>
       <c r="H20" t="s">
-        <v>2362</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B21" t="s">
-        <v>2363</v>
+        <v>2384</v>
       </c>
       <c r="C21" t="s">
-        <v>2364</v>
+        <v>2385</v>
       </c>
       <c r="D21" t="s">
-        <v>2359</v>
+        <v>2380</v>
       </c>
       <c r="E21" t="s">
-        <v>2360</v>
+        <v>2381</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2365</v>
+        <v>2386</v>
       </c>
       <c r="H21" t="s">
-        <v>2366</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B22" t="s">
-        <v>2367</v>
+        <v>2388</v>
       </c>
       <c r="C22" t="s">
-        <v>2368</v>
+        <v>2389</v>
       </c>
       <c r="D22" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="E22" t="s">
-        <v>2369</v>
+        <v>2390</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2370</v>
+        <v>2391</v>
       </c>
       <c r="H22" t="s">
-        <v>2371</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B23" t="s">
-        <v>2372</v>
+        <v>2393</v>
       </c>
       <c r="C23" t="s">
-        <v>2373</v>
+        <v>2394</v>
       </c>
       <c r="D23" t="s">
-        <v>2374</v>
+        <v>2395</v>
       </c>
       <c r="E23" t="s">
-        <v>2375</v>
+        <v>2396</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2376</v>
+        <v>2397</v>
       </c>
       <c r="H23" t="s">
-        <v>2377</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B24" t="s">
-        <v>2378</v>
+        <v>2399</v>
       </c>
       <c r="C24" t="s">
-        <v>2379</v>
+        <v>2400</v>
       </c>
       <c r="D24" t="s">
-        <v>2380</v>
+        <v>2401</v>
       </c>
       <c r="E24" t="s">
-        <v>2381</v>
+        <v>2402</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2382</v>
+        <v>2403</v>
       </c>
       <c r="H24" t="s">
-        <v>2383</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B25" t="s">
-        <v>2384</v>
+        <v>2405</v>
       </c>
       <c r="C25" t="s">
-        <v>2385</v>
+        <v>2406</v>
       </c>
       <c r="D25" t="s">
-        <v>2386</v>
+        <v>2407</v>
       </c>
       <c r="E25" t="s">
-        <v>2387</v>
+        <v>2408</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2388</v>
+        <v>2409</v>
       </c>
       <c r="H25" t="s">
-        <v>2389</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B26" t="s">
-        <v>2390</v>
+        <v>2411</v>
       </c>
       <c r="C26" t="s">
-        <v>2391</v>
+        <v>2412</v>
       </c>
       <c r="D26" t="s">
-        <v>2392</v>
+        <v>2413</v>
       </c>
       <c r="E26" t="s">
-        <v>2393</v>
+        <v>2414</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2394</v>
+        <v>2415</v>
       </c>
       <c r="H26" t="s">
-        <v>2395</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B27" t="s">
-        <v>2396</v>
+        <v>2417</v>
       </c>
       <c r="C27" t="s">
-        <v>2397</v>
+        <v>2418</v>
       </c>
       <c r="D27" t="s">
-        <v>2398</v>
+        <v>2419</v>
       </c>
       <c r="E27" t="s">
-        <v>2399</v>
+        <v>2420</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2400</v>
+        <v>2421</v>
       </c>
       <c r="H27" t="s">
-        <v>2401</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B28" t="s">
-        <v>2402</v>
+        <v>2423</v>
       </c>
       <c r="C28" t="s">
-        <v>2403</v>
+        <v>2424</v>
       </c>
       <c r="D28" t="s">
-        <v>2404</v>
+        <v>2425</v>
       </c>
       <c r="E28" t="s">
-        <v>2123</v>
+        <v>2144</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2405</v>
+        <v>2426</v>
       </c>
       <c r="H28" t="s">
-        <v>2406</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B29" t="s">
-        <v>2407</v>
+        <v>2428</v>
       </c>
       <c r="C29" t="s">
-        <v>2408</v>
+        <v>2429</v>
       </c>
       <c r="D29" t="s">
-        <v>2409</v>
+        <v>2430</v>
       </c>
       <c r="E29" t="s">
-        <v>2410</v>
+        <v>2431</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2411</v>
+        <v>2432</v>
       </c>
       <c r="H29" t="s">
-        <v>2412</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B30" t="s">
-        <v>2413</v>
+        <v>2434</v>
       </c>
       <c r="C30" t="s">
-        <v>2414</v>
+        <v>2435</v>
       </c>
       <c r="D30" t="s">
-        <v>2415</v>
+        <v>2436</v>
       </c>
       <c r="E30" t="s">
-        <v>2416</v>
+        <v>2437</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2417</v>
+        <v>2438</v>
       </c>
       <c r="H30" t="s">
-        <v>2418</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B31" t="s">
-        <v>2419</v>
+        <v>2440</v>
       </c>
       <c r="C31" t="s">
-        <v>2420</v>
+        <v>2441</v>
       </c>
       <c r="D31" t="s">
-        <v>2421</v>
+        <v>2442</v>
       </c>
       <c r="E31" t="s">
-        <v>2422</v>
+        <v>2443</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2423</v>
+        <v>2444</v>
       </c>
       <c r="H31" t="s">
-        <v>2424</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B32" t="s">
-        <v>2425</v>
+        <v>2446</v>
       </c>
       <c r="C32" t="s">
-        <v>2426</v>
+        <v>2447</v>
       </c>
       <c r="D32" t="s">
-        <v>2427</v>
+        <v>2448</v>
       </c>
       <c r="E32" t="s">
-        <v>2207</v>
+        <v>2228</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2428</v>
+        <v>2449</v>
       </c>
       <c r="H32" t="s">
-        <v>2429</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2256</v>
+        <v>2277</v>
       </c>
       <c r="B33" t="s">
-        <v>2430</v>
+        <v>2451</v>
       </c>
       <c r="C33" t="s">
-        <v>2431</v>
+        <v>2452</v>
       </c>
       <c r="D33" t="s">
-        <v>2432</v>
+        <v>2453</v>
       </c>
       <c r="E33" t="s">
-        <v>2433</v>
+        <v>2454</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2434</v>
+        <v>2455</v>
       </c>
       <c r="H33" t="s">
-        <v>2435</v>
+        <v>2456</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B2" t="s">
-        <v>2437</v>
+        <v>2458</v>
       </c>
       <c r="C2" t="s">
-        <v>2437</v>
+        <v>2458</v>
       </c>
       <c r="D2" t="s">
-        <v>2438</v>
+        <v>2459</v>
       </c>
       <c r="E2" t="s">
-        <v>2439</v>
+        <v>2460</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2440</v>
+        <v>2461</v>
       </c>
       <c r="H2" t="s">
-        <v>2441</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B3" t="s">
-        <v>2442</v>
+        <v>2463</v>
       </c>
       <c r="C3" t="s">
-        <v>2443</v>
+        <v>2464</v>
       </c>
       <c r="D3" t="s">
-        <v>2444</v>
+        <v>2465</v>
       </c>
       <c r="E3" t="s">
-        <v>2445</v>
+        <v>2466</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2446</v>
+        <v>2467</v>
       </c>
       <c r="H3" t="s">
-        <v>2447</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B4" t="s">
-        <v>2448</v>
+        <v>2469</v>
       </c>
       <c r="C4" t="s">
-        <v>2449</v>
+        <v>2470</v>
       </c>
       <c r="D4" t="s">
-        <v>2450</v>
+        <v>2471</v>
       </c>
       <c r="E4" t="s">
-        <v>2451</v>
+        <v>2472</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2452</v>
+        <v>2473</v>
       </c>
       <c r="H4" t="s">
-        <v>2453</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B5" t="s">
-        <v>2454</v>
+        <v>2475</v>
       </c>
       <c r="C5" t="s">
-        <v>2455</v>
+        <v>2476</v>
       </c>
       <c r="D5" t="s">
-        <v>2456</v>
+        <v>2477</v>
       </c>
       <c r="E5" t="s">
-        <v>2457</v>
+        <v>2478</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2458</v>
+        <v>2479</v>
       </c>
       <c r="H5" t="s">
-        <v>2459</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B6" t="s">
-        <v>2460</v>
+        <v>2481</v>
       </c>
       <c r="C6" t="s">
-        <v>2461</v>
+        <v>2482</v>
       </c>
       <c r="D6" t="s">
-        <v>2462</v>
+        <v>2483</v>
       </c>
       <c r="E6" t="s">
-        <v>2463</v>
+        <v>2484</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2464</v>
+        <v>2485</v>
       </c>
       <c r="H6" t="s">
-        <v>2465</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B7" t="s">
-        <v>2466</v>
+        <v>2487</v>
       </c>
       <c r="C7" t="s">
-        <v>2467</v>
+        <v>2488</v>
       </c>
       <c r="D7" t="s">
-        <v>2468</v>
+        <v>2489</v>
       </c>
       <c r="E7" t="s">
-        <v>2463</v>
+        <v>2484</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2469</v>
+        <v>2490</v>
       </c>
       <c r="H7" t="s">
-        <v>2470</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B8" t="s">
-        <v>2471</v>
+        <v>2492</v>
       </c>
       <c r="C8" t="s">
-        <v>2472</v>
+        <v>2493</v>
       </c>
       <c r="D8" t="s">
-        <v>2473</v>
+        <v>2494</v>
       </c>
       <c r="E8" t="s">
-        <v>2474</v>
+        <v>2495</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2475</v>
+        <v>2496</v>
       </c>
       <c r="H8" t="s">
-        <v>2476</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B9" t="s">
-        <v>2477</v>
+        <v>2498</v>
       </c>
       <c r="C9" t="s">
-        <v>2478</v>
+        <v>2499</v>
       </c>
       <c r="D9" t="s">
-        <v>2479</v>
+        <v>2500</v>
       </c>
       <c r="E9" t="s">
-        <v>2480</v>
+        <v>2501</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2481</v>
+        <v>2502</v>
       </c>
       <c r="H9" t="s">
-        <v>2482</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B10" t="s">
-        <v>2483</v>
+        <v>2504</v>
       </c>
       <c r="C10" t="s">
-        <v>2484</v>
+        <v>2505</v>
       </c>
       <c r="D10" t="s">
-        <v>2485</v>
+        <v>2506</v>
       </c>
       <c r="E10" t="s">
-        <v>2486</v>
+        <v>2507</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2487</v>
+        <v>2508</v>
       </c>
       <c r="H10" t="s">
-        <v>2488</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B11" t="s">
-        <v>2489</v>
+        <v>2510</v>
       </c>
       <c r="C11" t="s">
-        <v>2490</v>
+        <v>2511</v>
       </c>
       <c r="D11" t="s">
-        <v>2491</v>
+        <v>2512</v>
       </c>
       <c r="E11" t="s">
-        <v>2492</v>
+        <v>2513</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2493</v>
+        <v>2514</v>
       </c>
       <c r="H11" t="s">
-        <v>2494</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B12" t="s">
-        <v>2495</v>
+        <v>2516</v>
       </c>
       <c r="C12" t="s">
-        <v>2496</v>
+        <v>2517</v>
       </c>
       <c r="D12" t="s">
-        <v>2497</v>
+        <v>2518</v>
       </c>
       <c r="E12" t="s">
-        <v>2498</v>
+        <v>2519</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2499</v>
+        <v>2520</v>
       </c>
       <c r="H12" t="s">
-        <v>2500</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B13" t="s">
-        <v>2501</v>
+        <v>2522</v>
       </c>
       <c r="C13" t="s">
-        <v>2502</v>
+        <v>2523</v>
       </c>
       <c r="D13" t="s">
-        <v>2503</v>
+        <v>2524</v>
       </c>
       <c r="E13" t="s">
-        <v>2504</v>
+        <v>2525</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2505</v>
+        <v>2526</v>
       </c>
       <c r="H13" t="s">
-        <v>2506</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B14" t="s">
-        <v>2507</v>
+        <v>2528</v>
       </c>
       <c r="C14" t="s">
-        <v>2508</v>
+        <v>2529</v>
       </c>
       <c r="D14" t="s">
-        <v>2509</v>
+        <v>2530</v>
       </c>
       <c r="E14" t="s">
-        <v>2510</v>
+        <v>2531</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2511</v>
+        <v>2532</v>
       </c>
       <c r="H14" t="s">
-        <v>2512</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B15" t="s">
-        <v>2513</v>
+        <v>2534</v>
       </c>
       <c r="C15" t="s">
-        <v>2514</v>
+        <v>2535</v>
       </c>
       <c r="D15" t="s">
-        <v>2515</v>
+        <v>2536</v>
       </c>
       <c r="E15" t="s">
-        <v>2516</v>
+        <v>2537</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2517</v>
+        <v>2538</v>
       </c>
       <c r="H15" t="s">
-        <v>2518</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B16" t="s">
-        <v>2519</v>
+        <v>2540</v>
       </c>
       <c r="C16" t="s">
-        <v>2520</v>
+        <v>2541</v>
       </c>
       <c r="D16" t="s">
-        <v>2521</v>
+        <v>2542</v>
       </c>
       <c r="E16" t="s">
-        <v>2522</v>
+        <v>2543</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2523</v>
+        <v>2544</v>
       </c>
       <c r="H16" t="s">
-        <v>2524</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B17" t="s">
-        <v>2525</v>
+        <v>2546</v>
       </c>
       <c r="C17" t="s">
-        <v>2526</v>
+        <v>2547</v>
       </c>
       <c r="D17" t="s">
-        <v>2521</v>
+        <v>2542</v>
       </c>
       <c r="E17" t="s">
-        <v>2527</v>
+        <v>2548</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2528</v>
+        <v>2549</v>
       </c>
       <c r="H17" t="s">
-        <v>2529</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B18" t="s">
-        <v>2530</v>
+        <v>2551</v>
       </c>
       <c r="C18" t="s">
-        <v>2531</v>
+        <v>2552</v>
       </c>
       <c r="D18" t="s">
-        <v>2532</v>
+        <v>2553</v>
       </c>
       <c r="E18" t="s">
-        <v>2533</v>
+        <v>2554</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2534</v>
+        <v>2555</v>
       </c>
       <c r="H18" t="s">
-        <v>2535</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B19" t="s">
-        <v>2536</v>
+        <v>2557</v>
       </c>
       <c r="C19" t="s">
-        <v>2537</v>
+        <v>2558</v>
       </c>
       <c r="D19" t="s">
-        <v>2538</v>
+        <v>2559</v>
       </c>
       <c r="E19" t="s">
-        <v>2539</v>
+        <v>2560</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2540</v>
+        <v>2561</v>
       </c>
       <c r="H19" t="s">
-        <v>2541</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B20" t="s">
-        <v>2542</v>
+        <v>2563</v>
       </c>
       <c r="C20" t="s">
-        <v>2543</v>
+        <v>2564</v>
       </c>
       <c r="D20" t="s">
-        <v>2544</v>
+        <v>2565</v>
       </c>
       <c r="E20" t="s">
-        <v>2545</v>
+        <v>2566</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2546</v>
+        <v>2567</v>
       </c>
       <c r="H20" t="s">
-        <v>2547</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B21" t="s">
-        <v>2548</v>
+        <v>2569</v>
       </c>
       <c r="C21" t="s">
-        <v>2549</v>
+        <v>2570</v>
       </c>
       <c r="D21" t="s">
-        <v>2550</v>
+        <v>2571</v>
       </c>
       <c r="E21" t="s">
-        <v>2545</v>
+        <v>2566</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2551</v>
+        <v>2572</v>
       </c>
       <c r="H21" t="s">
-        <v>2552</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B22" t="s">
-        <v>2553</v>
+        <v>2574</v>
       </c>
       <c r="C22" t="s">
-        <v>2554</v>
+        <v>2575</v>
       </c>
       <c r="D22" t="s">
-        <v>2550</v>
+        <v>2571</v>
       </c>
       <c r="E22" t="s">
-        <v>2545</v>
+        <v>2566</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2555</v>
+        <v>2576</v>
       </c>
       <c r="H22" t="s">
-        <v>2556</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B23" t="s">
-        <v>2557</v>
+        <v>2578</v>
       </c>
       <c r="C23" t="s">
-        <v>2558</v>
+        <v>2579</v>
       </c>
       <c r="D23" t="s">
-        <v>2550</v>
+        <v>2571</v>
       </c>
       <c r="E23" t="s">
-        <v>2545</v>
+        <v>2566</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2559</v>
+        <v>2580</v>
       </c>
       <c r="H23" t="s">
-        <v>2560</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B24" t="s">
-        <v>2561</v>
+        <v>2582</v>
       </c>
       <c r="C24" t="s">
-        <v>2562</v>
+        <v>2583</v>
       </c>
       <c r="D24" t="s">
-        <v>2563</v>
+        <v>2584</v>
       </c>
       <c r="E24" t="s">
-        <v>2564</v>
+        <v>2585</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2565</v>
+        <v>2586</v>
       </c>
       <c r="H24" t="s">
-        <v>2566</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B25" t="s">
-        <v>2567</v>
+        <v>2588</v>
       </c>
       <c r="C25" t="s">
-        <v>2568</v>
+        <v>2589</v>
       </c>
       <c r="D25" t="s">
-        <v>2569</v>
+        <v>2590</v>
       </c>
       <c r="E25" t="s">
-        <v>2570</v>
+        <v>2591</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2571</v>
+        <v>2592</v>
       </c>
       <c r="H25" t="s">
-        <v>2572</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B26" t="s">
-        <v>2573</v>
+        <v>2594</v>
       </c>
       <c r="C26" t="s">
-        <v>2574</v>
+        <v>2595</v>
       </c>
       <c r="D26" t="s">
-        <v>2575</v>
+        <v>2596</v>
       </c>
       <c r="E26" t="s">
-        <v>2570</v>
+        <v>2591</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2576</v>
+        <v>2597</v>
       </c>
       <c r="H26" t="s">
-        <v>2577</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B27" t="s">
-        <v>2578</v>
+        <v>2599</v>
       </c>
       <c r="C27" t="s">
-        <v>2579</v>
+        <v>2600</v>
       </c>
       <c r="D27" t="s">
-        <v>2580</v>
+        <v>2601</v>
       </c>
       <c r="E27" t="s">
-        <v>2570</v>
+        <v>2591</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2581</v>
+        <v>2602</v>
       </c>
       <c r="H27" t="s">
-        <v>2582</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B28" t="s">
-        <v>2583</v>
+        <v>2604</v>
       </c>
       <c r="C28" t="s">
-        <v>2584</v>
+        <v>2605</v>
       </c>
       <c r="D28" t="s">
-        <v>2575</v>
+        <v>2596</v>
       </c>
       <c r="E28" t="s">
-        <v>2585</v>
+        <v>2606</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2586</v>
+        <v>2607</v>
       </c>
       <c r="H28" t="s">
-        <v>2587</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B29" t="s">
-        <v>2588</v>
+        <v>2609</v>
       </c>
       <c r="C29" t="s">
-        <v>2589</v>
+        <v>2610</v>
       </c>
       <c r="D29" t="s">
-        <v>2575</v>
+        <v>2596</v>
       </c>
       <c r="E29" t="s">
-        <v>2590</v>
+        <v>2611</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2591</v>
+        <v>2612</v>
       </c>
       <c r="H29" t="s">
-        <v>2592</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B30" t="s">
-        <v>2593</v>
+        <v>2614</v>
       </c>
       <c r="C30" t="s">
-        <v>2594</v>
+        <v>2615</v>
       </c>
       <c r="D30" t="s">
-        <v>2575</v>
+        <v>2596</v>
       </c>
       <c r="E30" t="s">
-        <v>2595</v>
+        <v>2616</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2596</v>
+        <v>2617</v>
       </c>
       <c r="H30" t="s">
-        <v>2597</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B31" t="s">
-        <v>2598</v>
+        <v>2619</v>
       </c>
       <c r="C31" t="s">
-        <v>2599</v>
+        <v>2620</v>
       </c>
       <c r="D31" t="s">
-        <v>2600</v>
+        <v>2621</v>
       </c>
       <c r="E31" t="s">
-        <v>2601</v>
+        <v>2622</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2602</v>
+        <v>2623</v>
       </c>
       <c r="H31" t="s">
-        <v>2603</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B32" t="s">
-        <v>2604</v>
+        <v>2625</v>
       </c>
       <c r="C32" t="s">
-        <v>2605</v>
+        <v>2626</v>
       </c>
       <c r="D32" t="s">
-        <v>2600</v>
+        <v>2621</v>
       </c>
       <c r="E32" t="s">
-        <v>2606</v>
+        <v>2627</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2607</v>
+        <v>2628</v>
       </c>
       <c r="H32" t="s">
-        <v>2608</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B33" t="s">
-        <v>2609</v>
+        <v>2630</v>
       </c>
       <c r="C33" t="s">
-        <v>2610</v>
+        <v>2631</v>
       </c>
       <c r="D33" t="s">
-        <v>2611</v>
+        <v>2632</v>
       </c>
       <c r="E33" t="s">
-        <v>2612</v>
+        <v>2633</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2613</v>
+        <v>2634</v>
       </c>
       <c r="H33" t="s">
-        <v>2614</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B34" t="s">
-        <v>2615</v>
+        <v>2636</v>
       </c>
       <c r="C34" t="s">
-        <v>2616</v>
+        <v>2637</v>
       </c>
       <c r="D34" t="s">
-        <v>2617</v>
+        <v>2638</v>
       </c>
       <c r="E34" t="s">
-        <v>2618</v>
+        <v>2639</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2619</v>
+        <v>2640</v>
       </c>
       <c r="H34" t="s">
-        <v>2620</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B35" t="s">
-        <v>2621</v>
+        <v>2642</v>
       </c>
       <c r="C35" t="s">
-        <v>2622</v>
+        <v>2643</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>2618</v>
+        <v>2639</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2623</v>
+        <v>2644</v>
       </c>
       <c r="H35" t="s">
-        <v>2624</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B36" t="s">
-        <v>2625</v>
+        <v>2646</v>
       </c>
       <c r="C36" t="s">
-        <v>2626</v>
+        <v>2647</v>
       </c>
       <c r="D36" t="s">
-        <v>2627</v>
+        <v>2648</v>
       </c>
       <c r="E36" t="s">
-        <v>2628</v>
+        <v>2649</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2629</v>
+        <v>2650</v>
       </c>
       <c r="H36" t="s">
-        <v>2630</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B37" t="s">
-        <v>2631</v>
+        <v>2652</v>
       </c>
       <c r="C37" t="s">
-        <v>2632</v>
+        <v>2653</v>
       </c>
       <c r="D37" t="s">
-        <v>2627</v>
+        <v>2648</v>
       </c>
       <c r="E37" t="s">
-        <v>2628</v>
+        <v>2649</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2633</v>
+        <v>2654</v>
       </c>
       <c r="H37" t="s">
-        <v>2634</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B38" t="s">
-        <v>2635</v>
+        <v>2656</v>
       </c>
       <c r="C38" t="s">
-        <v>2636</v>
+        <v>2657</v>
       </c>
       <c r="D38" t="s">
-        <v>2627</v>
+        <v>2648</v>
       </c>
       <c r="E38" t="s">
-        <v>2628</v>
+        <v>2649</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2637</v>
+        <v>2658</v>
       </c>
       <c r="H38" t="s">
-        <v>2638</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B39" t="s">
-        <v>2639</v>
+        <v>2660</v>
       </c>
       <c r="C39" t="s">
-        <v>2640</v>
+        <v>2661</v>
       </c>
       <c r="D39" t="s">
-        <v>2641</v>
+        <v>2662</v>
       </c>
       <c r="E39" t="s">
-        <v>2642</v>
+        <v>2663</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2643</v>
+        <v>2664</v>
       </c>
       <c r="H39" t="s">
-        <v>2644</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B40" t="s">
-        <v>2645</v>
+        <v>2666</v>
       </c>
       <c r="C40" t="s">
-        <v>2646</v>
+        <v>2667</v>
       </c>
       <c r="D40" t="s">
-        <v>2641</v>
+        <v>2662</v>
       </c>
       <c r="E40" t="s">
-        <v>2647</v>
+        <v>2668</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2648</v>
+        <v>2669</v>
       </c>
       <c r="H40" t="s">
-        <v>2649</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B41" t="s">
-        <v>2650</v>
+        <v>2671</v>
       </c>
       <c r="C41" t="s">
-        <v>2651</v>
+        <v>2672</v>
       </c>
       <c r="D41" t="s">
-        <v>2652</v>
+        <v>2673</v>
       </c>
       <c r="E41" t="s">
-        <v>2653</v>
+        <v>2674</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2654</v>
+        <v>2675</v>
       </c>
       <c r="H41" t="s">
-        <v>2655</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B42" t="s">
-        <v>2656</v>
+        <v>2677</v>
       </c>
       <c r="C42" t="s">
-        <v>2657</v>
+        <v>2678</v>
       </c>
       <c r="D42" t="s">
-        <v>2652</v>
+        <v>2673</v>
       </c>
       <c r="E42" t="s">
-        <v>2653</v>
+        <v>2674</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2658</v>
+        <v>2679</v>
       </c>
       <c r="H42" t="s">
-        <v>2659</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B43" t="s">
-        <v>2660</v>
+        <v>2681</v>
       </c>
       <c r="C43" t="s">
-        <v>2661</v>
+        <v>2682</v>
       </c>
       <c r="D43" t="s">
-        <v>2662</v>
+        <v>2683</v>
       </c>
       <c r="E43" t="s">
-        <v>2663</v>
+        <v>2684</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2664</v>
+        <v>2685</v>
       </c>
       <c r="H43" t="s">
-        <v>2665</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B44" t="s">
-        <v>2666</v>
+        <v>2687</v>
       </c>
       <c r="C44" t="s">
-        <v>2667</v>
+        <v>2688</v>
       </c>
       <c r="D44" t="s">
-        <v>2668</v>
+        <v>2689</v>
       </c>
       <c r="E44" t="s">
-        <v>2669</v>
+        <v>2690</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2670</v>
+        <v>2691</v>
       </c>
       <c r="H44" t="s">
-        <v>2671</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B45" t="s">
-        <v>2672</v>
+        <v>2693</v>
       </c>
       <c r="C45" t="s">
-        <v>2673</v>
+        <v>2694</v>
       </c>
       <c r="D45" t="s">
-        <v>2674</v>
+        <v>2695</v>
       </c>
       <c r="E45" t="s">
-        <v>2675</v>
+        <v>2696</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2676</v>
+        <v>2697</v>
       </c>
       <c r="H45" t="s">
-        <v>2677</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B46" t="s">
-        <v>2678</v>
+        <v>2699</v>
       </c>
       <c r="C46" t="s">
-        <v>2679</v>
+        <v>2700</v>
       </c>
       <c r="D46" t="s">
-        <v>2674</v>
+        <v>2695</v>
       </c>
       <c r="E46" t="s">
-        <v>2675</v>
+        <v>2696</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2680</v>
+        <v>2701</v>
       </c>
       <c r="H46" t="s">
-        <v>2681</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B47" t="s">
-        <v>2682</v>
+        <v>2703</v>
       </c>
       <c r="C47" t="s">
-        <v>2683</v>
+        <v>2704</v>
       </c>
       <c r="D47" t="s">
-        <v>2674</v>
+        <v>2695</v>
       </c>
       <c r="E47" t="s">
-        <v>2675</v>
+        <v>2696</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2684</v>
+        <v>2705</v>
       </c>
       <c r="H47" t="s">
-        <v>2685</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B48" t="s">
-        <v>2686</v>
+        <v>2707</v>
       </c>
       <c r="C48" t="s">
-        <v>2687</v>
+        <v>2708</v>
       </c>
       <c r="D48" t="s">
-        <v>2688</v>
+        <v>2709</v>
       </c>
       <c r="E48" t="s">
-        <v>2675</v>
+        <v>2696</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2689</v>
+        <v>2710</v>
       </c>
       <c r="H48" t="s">
-        <v>2690</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B49" t="s">
-        <v>2691</v>
+        <v>2712</v>
       </c>
       <c r="C49" t="s">
-        <v>2692</v>
+        <v>2713</v>
       </c>
       <c r="D49" t="s">
-        <v>2688</v>
+        <v>2709</v>
       </c>
       <c r="E49" t="s">
-        <v>2675</v>
+        <v>2696</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2693</v>
+        <v>2714</v>
       </c>
       <c r="H49" t="s">
-        <v>2694</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B50" t="s">
-        <v>2695</v>
+        <v>2716</v>
       </c>
       <c r="C50" t="s">
-        <v>2696</v>
+        <v>2717</v>
       </c>
       <c r="D50" t="s">
-        <v>2697</v>
+        <v>2718</v>
       </c>
       <c r="E50" t="s">
-        <v>2698</v>
+        <v>2719</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2699</v>
+        <v>2720</v>
       </c>
       <c r="H50" t="s">
-        <v>2700</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B51" t="s">
-        <v>2701</v>
+        <v>2722</v>
       </c>
       <c r="C51" t="s">
-        <v>2702</v>
+        <v>2723</v>
       </c>
       <c r="D51" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="E51" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2705</v>
+        <v>2726</v>
       </c>
       <c r="H51" t="s">
-        <v>2706</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B52" t="s">
-        <v>2707</v>
+        <v>2728</v>
       </c>
       <c r="C52" t="s">
-        <v>2708</v>
+        <v>2729</v>
       </c>
       <c r="D52" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="E52" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>2709</v>
+        <v>2730</v>
       </c>
       <c r="H52" t="s">
-        <v>2710</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B53" t="s">
-        <v>2711</v>
+        <v>2732</v>
       </c>
       <c r="C53" t="s">
-        <v>2712</v>
+        <v>2733</v>
       </c>
       <c r="D53" t="s">
-        <v>2713</v>
+        <v>2734</v>
       </c>
       <c r="E53" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2714</v>
+        <v>2735</v>
       </c>
       <c r="H53" t="s">
-        <v>2715</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B54" t="s">
-        <v>2716</v>
+        <v>2737</v>
       </c>
       <c r="C54" t="s">
-        <v>2717</v>
+        <v>2738</v>
       </c>
       <c r="D54" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="E54" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2718</v>
+        <v>2739</v>
       </c>
       <c r="H54" t="s">
-        <v>2719</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B55" t="s">
-        <v>2720</v>
+        <v>2741</v>
       </c>
       <c r="C55" t="s">
-        <v>2721</v>
+        <v>2742</v>
       </c>
       <c r="D55" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="E55" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>2722</v>
+        <v>2743</v>
       </c>
       <c r="H55" t="s">
-        <v>2723</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B56" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C56" t="s">
+        <v>2746</v>
+      </c>
+      <c r="D56" t="s">
         <v>2724</v>
       </c>
-      <c r="C56" t="s">
+      <c r="E56" t="s">
         <v>2725</v>
       </c>
-      <c r="D56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>2726</v>
+        <v>2747</v>
       </c>
       <c r="H56" t="s">
-        <v>2727</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B57" t="s">
-        <v>2728</v>
+        <v>2749</v>
       </c>
       <c r="C57" t="s">
-        <v>2729</v>
+        <v>2750</v>
       </c>
       <c r="D57" t="s">
-        <v>2730</v>
+        <v>2751</v>
       </c>
       <c r="E57" t="s">
-        <v>2731</v>
+        <v>2752</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>2732</v>
+        <v>2753</v>
       </c>
       <c r="H57" t="s">
-        <v>2733</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B58" t="s">
-        <v>2734</v>
+        <v>2755</v>
       </c>
       <c r="C58" t="s">
-        <v>2735</v>
+        <v>2756</v>
       </c>
       <c r="D58" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="E58" t="s">
-        <v>2731</v>
+        <v>2752</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>2736</v>
+        <v>2757</v>
       </c>
       <c r="H58" t="s">
-        <v>2737</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B59" t="s">
-        <v>2738</v>
+        <v>2759</v>
       </c>
       <c r="C59" t="s">
-        <v>2739</v>
+        <v>2760</v>
       </c>
       <c r="D59" t="s">
-        <v>2740</v>
+        <v>2761</v>
       </c>
       <c r="E59" t="s">
-        <v>2741</v>
+        <v>2762</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>2742</v>
+        <v>2763</v>
       </c>
       <c r="H59" t="s">
-        <v>2743</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B60" t="s">
-        <v>2744</v>
+        <v>2765</v>
       </c>
       <c r="C60" t="s">
-        <v>2745</v>
+        <v>2766</v>
       </c>
       <c r="D60" t="s">
-        <v>2746</v>
+        <v>2767</v>
       </c>
       <c r="E60" t="s">
-        <v>2741</v>
+        <v>2762</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>2747</v>
+        <v>2768</v>
       </c>
       <c r="H60" t="s">
-        <v>2748</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B61" t="s">
-        <v>2749</v>
+        <v>2770</v>
       </c>
       <c r="C61" t="s">
-        <v>2750</v>
+        <v>2771</v>
       </c>
       <c r="D61" t="s">
-        <v>2751</v>
+        <v>2772</v>
       </c>
       <c r="E61" t="s">
-        <v>2752</v>
+        <v>2773</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>2753</v>
+        <v>2774</v>
       </c>
       <c r="H61" t="s">
-        <v>2754</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B62" t="s">
-        <v>2755</v>
+        <v>2776</v>
       </c>
       <c r="C62" t="s">
-        <v>2756</v>
+        <v>2777</v>
       </c>
       <c r="D62" t="s">
-        <v>2757</v>
+        <v>2778</v>
       </c>
       <c r="E62" t="s">
-        <v>2758</v>
+        <v>2779</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>2759</v>
+        <v>2780</v>
       </c>
       <c r="H62" t="s">
-        <v>2760</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B63" t="s">
-        <v>2761</v>
+        <v>2782</v>
       </c>
       <c r="C63" t="s">
-        <v>2762</v>
+        <v>2783</v>
       </c>
       <c r="D63" t="s">
-        <v>2763</v>
+        <v>2784</v>
       </c>
       <c r="E63" t="s">
-        <v>2764</v>
+        <v>2785</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>2765</v>
+        <v>2786</v>
       </c>
       <c r="H63" t="s">
-        <v>2766</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B64" t="s">
-        <v>2767</v>
+        <v>2788</v>
       </c>
       <c r="C64" t="s">
-        <v>2768</v>
+        <v>2789</v>
       </c>
       <c r="D64" t="s">
-        <v>2763</v>
+        <v>2784</v>
       </c>
       <c r="E64" t="s">
-        <v>2764</v>
+        <v>2785</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>2769</v>
+        <v>2790</v>
       </c>
       <c r="H64" t="s">
-        <v>2770</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B65" t="s">
-        <v>2771</v>
+        <v>2792</v>
       </c>
       <c r="C65" t="s">
-        <v>2772</v>
+        <v>2793</v>
       </c>
       <c r="D65" t="s">
-        <v>2773</v>
+        <v>2794</v>
       </c>
       <c r="E65" t="s">
-        <v>2774</v>
+        <v>2795</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>2775</v>
+        <v>2796</v>
       </c>
       <c r="H65" t="s">
-        <v>2776</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B66" t="s">
-        <v>2777</v>
+        <v>2798</v>
       </c>
       <c r="C66" t="s">
-        <v>2778</v>
+        <v>2799</v>
       </c>
       <c r="D66" t="s">
-        <v>2779</v>
+        <v>2800</v>
       </c>
       <c r="E66" t="s">
-        <v>2774</v>
+        <v>2795</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>2780</v>
+        <v>2801</v>
       </c>
       <c r="H66" t="s">
-        <v>2781</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2436</v>
+        <v>2457</v>
       </c>
       <c r="B67" t="s">
-        <v>2782</v>
+        <v>2803</v>
       </c>
       <c r="C67" t="s">
-        <v>2783</v>
+        <v>2804</v>
       </c>
       <c r="D67" t="s">
-        <v>2784</v>
+        <v>2805</v>
       </c>
       <c r="E67" t="s">
-        <v>2774</v>
+        <v>2795</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>2785</v>
+        <v>2806</v>
       </c>
       <c r="H67" t="s">
-        <v>2786</v>
+        <v>2807</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H95"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B2" t="s">
-        <v>2788</v>
+        <v>2809</v>
       </c>
       <c r="C2" t="s">
-        <v>2789</v>
+        <v>2810</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2790</v>
+        <v>2811</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2791</v>
+        <v>2812</v>
       </c>
       <c r="H2" t="s">
-        <v>2792</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B3" t="s">
-        <v>2793</v>
+        <v>2814</v>
       </c>
       <c r="C3" t="s">
-        <v>2794</v>
+        <v>2815</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2795</v>
+        <v>2816</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2796</v>
+        <v>2817</v>
       </c>
       <c r="H3" t="s">
-        <v>2797</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B4" t="s">
-        <v>2798</v>
+        <v>2819</v>
       </c>
       <c r="C4" t="s">
-        <v>2799</v>
+        <v>2820</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2800</v>
+        <v>2821</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2801</v>
+        <v>2822</v>
       </c>
       <c r="H4" t="s">
-        <v>2802</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B5" t="s">
-        <v>2803</v>
+        <v>2824</v>
       </c>
       <c r="C5" t="s">
-        <v>2804</v>
+        <v>2825</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2805</v>
+        <v>2826</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2806</v>
+        <v>2827</v>
       </c>
       <c r="H5" t="s">
-        <v>2807</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B6" t="s">
-        <v>2808</v>
+        <v>2829</v>
       </c>
       <c r="C6" t="s">
-        <v>2809</v>
+        <v>2830</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2810</v>
+        <v>2831</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2811</v>
+        <v>2832</v>
       </c>
       <c r="H6" t="s">
-        <v>2812</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B7" t="s">
-        <v>2813</v>
+        <v>2834</v>
       </c>
       <c r="C7" t="s">
-        <v>2814</v>
+        <v>2820</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2815</v>
+        <v>2835</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2816</v>
+        <v>2836</v>
       </c>
       <c r="H7" t="s">
-        <v>2817</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B8" t="s">
-        <v>2818</v>
+        <v>2838</v>
       </c>
       <c r="C8" t="s">
-        <v>2819</v>
+        <v>2839</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2820</v>
+        <v>2840</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2821</v>
+        <v>2841</v>
       </c>
       <c r="H8" t="s">
-        <v>2822</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B9" t="s">
-        <v>2823</v>
+        <v>2843</v>
       </c>
       <c r="C9" t="s">
-        <v>2824</v>
+        <v>2844</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2825</v>
+        <v>2845</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2826</v>
+        <v>2846</v>
       </c>
       <c r="H9" t="s">
-        <v>2827</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B10" t="s">
-        <v>2828</v>
+        <v>2848</v>
       </c>
       <c r="C10" t="s">
-        <v>2829</v>
+        <v>2849</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2830</v>
+        <v>2850</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2831</v>
+        <v>2851</v>
       </c>
       <c r="H10" t="s">
-        <v>2832</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B11" t="s">
-        <v>2833</v>
+        <v>2853</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>2854</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2834</v>
+        <v>2855</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2835</v>
+        <v>2856</v>
       </c>
       <c r="H11" t="s">
-        <v>2836</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B12" t="s">
-        <v>2837</v>
+        <v>2858</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>2859</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2838</v>
+        <v>2860</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2839</v>
+        <v>2861</v>
       </c>
       <c r="H12" t="s">
-        <v>2840</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B13" t="s">
-        <v>2841</v>
+        <v>2863</v>
       </c>
       <c r="C13" t="s">
-        <v>2842</v>
+        <v>2864</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2843</v>
+        <v>2865</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2844</v>
+        <v>2866</v>
       </c>
       <c r="H13" t="s">
-        <v>2845</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B14" t="s">
-        <v>2846</v>
+        <v>2868</v>
       </c>
       <c r="C14" t="s">
-        <v>2847</v>
+        <v>2869</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>2848</v>
+        <v>2870</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2849</v>
+        <v>2871</v>
       </c>
       <c r="H14" t="s">
-        <v>2850</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B15" t="s">
-        <v>2851</v>
+        <v>2873</v>
       </c>
       <c r="C15" t="s">
-        <v>2852</v>
+        <v>2874</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2854</v>
+        <v>2876</v>
       </c>
       <c r="H15" t="s">
-        <v>2855</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B16" t="s">
-        <v>2856</v>
+        <v>2878</v>
       </c>
       <c r="C16" t="s">
-        <v>2852</v>
+        <v>2879</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>2857</v>
+        <v>2880</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2858</v>
+        <v>2881</v>
       </c>
       <c r="H16" t="s">
-        <v>2859</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B17" t="s">
-        <v>2860</v>
+        <v>2883</v>
       </c>
       <c r="C17" t="s">
-        <v>2861</v>
+        <v>2884</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>2862</v>
+        <v>2885</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2863</v>
+        <v>2886</v>
       </c>
       <c r="H17" t="s">
-        <v>2864</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B18" t="s">
-        <v>2865</v>
+        <v>2888</v>
       </c>
       <c r="C18" t="s">
-        <v>2866</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>2867</v>
+        <v>2889</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2868</v>
+        <v>2890</v>
       </c>
       <c r="H18" t="s">
-        <v>2869</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B19" t="s">
-        <v>2870</v>
+        <v>2892</v>
       </c>
       <c r="C19" t="s">
-        <v>2871</v>
+        <v>2893</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>2872</v>
+        <v>2894</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2873</v>
+        <v>2895</v>
       </c>
       <c r="H19" t="s">
-        <v>2874</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B20" t="s">
-        <v>2875</v>
+        <v>2897</v>
       </c>
       <c r="C20" t="s">
-        <v>2876</v>
+        <v>2898</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>2877</v>
+        <v>2899</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2878</v>
+        <v>2900</v>
       </c>
       <c r="H20" t="s">
-        <v>2879</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B21" t="s">
-        <v>2880</v>
+        <v>2902</v>
       </c>
       <c r="C21" t="s">
-        <v>2881</v>
+        <v>2815</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>2882</v>
+        <v>2903</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2883</v>
+        <v>2904</v>
       </c>
       <c r="H21" t="s">
-        <v>2884</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B22" t="s">
-        <v>2885</v>
+        <v>2906</v>
       </c>
       <c r="C22" t="s">
-        <v>2886</v>
+        <v>2907</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>2882</v>
+        <v>2908</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2887</v>
+        <v>2909</v>
       </c>
       <c r="H22" t="s">
-        <v>2888</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B23" t="s">
-        <v>2889</v>
+        <v>2911</v>
       </c>
       <c r="C23" t="s">
-        <v>2890</v>
+        <v>2912</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>2891</v>
+        <v>2913</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2892</v>
+        <v>2914</v>
       </c>
       <c r="H23" t="s">
-        <v>2893</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B24" t="s">
-        <v>2894</v>
+        <v>2916</v>
       </c>
       <c r="C24" t="s">
-        <v>2876</v>
+        <v>2917</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>2895</v>
+        <v>2913</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2896</v>
+        <v>2918</v>
       </c>
       <c r="H24" t="s">
-        <v>2897</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B25" t="s">
-        <v>2898</v>
+        <v>2920</v>
       </c>
       <c r="C25" t="s">
-        <v>2899</v>
+        <v>2921</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>2900</v>
+        <v>2922</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2901</v>
+        <v>2923</v>
       </c>
       <c r="H25" t="s">
-        <v>2902</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B26" t="s">
-        <v>2903</v>
+        <v>2925</v>
       </c>
       <c r="C26" t="s">
-        <v>2904</v>
+        <v>2926</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>2905</v>
+        <v>2927</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2906</v>
+        <v>2928</v>
       </c>
       <c r="H26" t="s">
-        <v>2907</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B27" t="s">
-        <v>2908</v>
+        <v>2930</v>
       </c>
       <c r="C27" t="s">
-        <v>2909</v>
+        <v>2931</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>2910</v>
+        <v>2932</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2911</v>
+        <v>2933</v>
       </c>
       <c r="H27" t="s">
-        <v>2912</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B28" t="s">
-        <v>2913</v>
+        <v>2935</v>
       </c>
       <c r="C28" t="s">
-        <v>2914</v>
+        <v>2936</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>2915</v>
+        <v>2937</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2916</v>
+        <v>2938</v>
       </c>
       <c r="H28" t="s">
-        <v>2917</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B29" t="s">
-        <v>2918</v>
+        <v>2940</v>
       </c>
       <c r="C29" t="s">
-        <v>2919</v>
+        <v>2941</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>2920</v>
+        <v>2942</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2921</v>
+        <v>2943</v>
       </c>
       <c r="H29" t="s">
-        <v>2922</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B30" t="s">
-        <v>2923</v>
+        <v>2945</v>
       </c>
       <c r="C30" t="s">
-        <v>2924</v>
+        <v>2946</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>2925</v>
+        <v>2947</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2926</v>
+        <v>2948</v>
       </c>
       <c r="H30" t="s">
-        <v>2927</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B31" t="s">
-        <v>2928</v>
+        <v>2950</v>
       </c>
       <c r="C31" t="s">
-        <v>2929</v>
+        <v>2951</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>2930</v>
+        <v>2952</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2931</v>
+        <v>2953</v>
       </c>
       <c r="H31" t="s">
-        <v>2932</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B32" t="s">
-        <v>2933</v>
+        <v>2955</v>
       </c>
       <c r="C32" t="s">
-        <v>2934</v>
+        <v>2956</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>2935</v>
+        <v>2957</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2936</v>
+        <v>2958</v>
       </c>
       <c r="H32" t="s">
-        <v>2937</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B33" t="s">
-        <v>2938</v>
+        <v>2960</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>2939</v>
+        <v>2961</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2940</v>
+        <v>2962</v>
       </c>
       <c r="H33" t="s">
-        <v>2941</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B34" t="s">
-        <v>2942</v>
+        <v>2964</v>
       </c>
       <c r="C34" t="s">
-        <v>2943</v>
+        <v>2965</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>2944</v>
+        <v>2966</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2945</v>
+        <v>2967</v>
       </c>
       <c r="H34" t="s">
-        <v>2946</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B35" t="s">
-        <v>2947</v>
+        <v>2969</v>
       </c>
       <c r="C35" t="s">
-        <v>2948</v>
+        <v>2970</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>2949</v>
+        <v>2971</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2950</v>
+        <v>2972</v>
       </c>
       <c r="H35" t="s">
-        <v>2951</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B36" t="s">
-        <v>2952</v>
+        <v>2974</v>
       </c>
       <c r="C36" t="s">
-        <v>2953</v>
+        <v>2975</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>2944</v>
+        <v>2966</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2954</v>
+        <v>2976</v>
       </c>
       <c r="H36" t="s">
-        <v>2955</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B37" t="s">
-        <v>2956</v>
+        <v>2978</v>
       </c>
       <c r="C37" t="s">
-        <v>2957</v>
+        <v>2979</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>2958</v>
+        <v>2980</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2959</v>
+        <v>2981</v>
       </c>
       <c r="H37" t="s">
-        <v>2960</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B38" t="s">
-        <v>2961</v>
+        <v>2983</v>
       </c>
       <c r="C38" t="s">
-        <v>2962</v>
+        <v>2984</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>2963</v>
+        <v>2985</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2964</v>
+        <v>2986</v>
       </c>
       <c r="H38" t="s">
-        <v>2965</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B39" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C39" t="s">
+        <v>2989</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
         <v>2966</v>
       </c>
-      <c r="C39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2968</v>
+        <v>2990</v>
       </c>
       <c r="H39" t="s">
-        <v>2969</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B40" t="s">
-        <v>2970</v>
+        <v>2992</v>
       </c>
       <c r="C40" t="s">
-        <v>2971</v>
+        <v>2993</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>2972</v>
+        <v>2994</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2973</v>
+        <v>2995</v>
       </c>
       <c r="H40" t="s">
-        <v>2974</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B41" t="s">
-        <v>2975</v>
+        <v>2997</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>2976</v>
+        <v>2998</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2977</v>
+        <v>2999</v>
       </c>
       <c r="H41" t="s">
-        <v>2978</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B42" t="s">
-        <v>2979</v>
+        <v>3001</v>
       </c>
       <c r="C42" t="s">
-        <v>2980</v>
+        <v>3002</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>2981</v>
+        <v>3003</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2982</v>
+        <v>3004</v>
       </c>
       <c r="H42" t="s">
-        <v>2983</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B43" t="s">
-        <v>2984</v>
+        <v>3006</v>
       </c>
       <c r="C43" t="s">
-        <v>2985</v>
+        <v>3007</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>2981</v>
+        <v>3003</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2986</v>
+        <v>3008</v>
       </c>
       <c r="H43" t="s">
-        <v>2987</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B44" t="s">
-        <v>2988</v>
+        <v>3010</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>2989</v>
+        <v>3011</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2990</v>
+        <v>3012</v>
       </c>
       <c r="H44" t="s">
-        <v>2991</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B45" t="s">
-        <v>2992</v>
+        <v>3014</v>
       </c>
       <c r="C45" t="s">
-        <v>2993</v>
+        <v>3015</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>2994</v>
+        <v>3016</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2995</v>
+        <v>3017</v>
       </c>
       <c r="H45" t="s">
-        <v>2996</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B46" t="s">
-        <v>2997</v>
+        <v>3019</v>
       </c>
       <c r="C46" t="s">
-        <v>2998</v>
+        <v>3020</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>2999</v>
+        <v>3021</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>3000</v>
+        <v>3022</v>
       </c>
       <c r="H46" t="s">
-        <v>3001</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B47" t="s">
-        <v>3002</v>
+        <v>3024</v>
       </c>
       <c r="C47" t="s">
-        <v>3003</v>
+        <v>3025</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>3004</v>
+        <v>3026</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>3005</v>
+        <v>3027</v>
       </c>
       <c r="H47" t="s">
-        <v>3006</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B48" t="s">
-        <v>3007</v>
+        <v>3029</v>
       </c>
       <c r="C48" t="s">
-        <v>3008</v>
+        <v>3030</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>3009</v>
+        <v>3031</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>3010</v>
+        <v>3032</v>
       </c>
       <c r="H48" t="s">
-        <v>3011</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B49" t="s">
-        <v>3012</v>
+        <v>3034</v>
       </c>
       <c r="C49" t="s">
-        <v>3013</v>
+        <v>3035</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>3014</v>
+        <v>3036</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>3015</v>
+        <v>3037</v>
       </c>
       <c r="H49" t="s">
-        <v>3016</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B50" t="s">
-        <v>3017</v>
+        <v>3039</v>
       </c>
       <c r="C50" t="s">
-        <v>3018</v>
+        <v>3040</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>3019</v>
+        <v>3041</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>3020</v>
+        <v>3042</v>
       </c>
       <c r="H50" t="s">
-        <v>3021</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B51" t="s">
-        <v>3022</v>
+        <v>3044</v>
       </c>
       <c r="C51" t="s">
-        <v>3023</v>
+        <v>3045</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>3024</v>
+        <v>3046</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>3025</v>
+        <v>3047</v>
       </c>
       <c r="H51" t="s">
-        <v>3026</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B52" t="s">
-        <v>3027</v>
+        <v>3049</v>
       </c>
       <c r="C52" t="s">
-        <v>3028</v>
+        <v>3050</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>3029</v>
+        <v>3051</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>3030</v>
+        <v>3052</v>
       </c>
       <c r="H52" t="s">
-        <v>3031</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B53" t="s">
-        <v>3032</v>
+        <v>3054</v>
       </c>
       <c r="C53" t="s">
-        <v>3033</v>
+        <v>3055</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1373</v>
+        <v>1393</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>3034</v>
+        <v>3056</v>
       </c>
       <c r="H53" t="s">
-        <v>3035</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B54" t="s">
-        <v>3036</v>
+        <v>3058</v>
       </c>
       <c r="C54" t="s">
-        <v>3037</v>
+        <v>3059</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>3038</v>
+        <v>3060</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>3039</v>
+        <v>3061</v>
       </c>
       <c r="H54" t="s">
-        <v>3040</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B55" t="s">
-        <v>3041</v>
+        <v>3063</v>
       </c>
       <c r="C55" t="s">
-        <v>3042</v>
+        <v>3064</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>3043</v>
+        <v>3065</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>3044</v>
+        <v>3066</v>
       </c>
       <c r="H55" t="s">
-        <v>3045</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B56" t="s">
-        <v>3046</v>
+        <v>3068</v>
       </c>
       <c r="C56" t="s">
-        <v>3047</v>
+        <v>3069</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>3048</v>
+        <v>3070</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>3049</v>
+        <v>3071</v>
       </c>
       <c r="H56" t="s">
-        <v>3050</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B57" t="s">
-        <v>3051</v>
+        <v>3073</v>
       </c>
       <c r="C57" t="s">
-        <v>3052</v>
+        <v>3074</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>3053</v>
+        <v>3075</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>3054</v>
+        <v>3076</v>
       </c>
       <c r="H57" t="s">
-        <v>3055</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B58" t="s">
-        <v>3056</v>
+        <v>3078</v>
       </c>
       <c r="C58" t="s">
-        <v>3057</v>
+        <v>3079</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>3058</v>
+        <v>3080</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>3059</v>
+        <v>3081</v>
       </c>
       <c r="H58" t="s">
-        <v>3060</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B59" t="s">
-        <v>3061</v>
+        <v>3083</v>
       </c>
       <c r="C59" t="s">
-        <v>3062</v>
+        <v>3084</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>3058</v>
+        <v>3080</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>3063</v>
+        <v>3085</v>
       </c>
       <c r="H59" t="s">
-        <v>3064</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B60" t="s">
-        <v>3065</v>
+        <v>3087</v>
       </c>
       <c r="C60" t="s">
-        <v>3066</v>
+        <v>3088</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>3067</v>
+        <v>3089</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>3068</v>
+        <v>3090</v>
       </c>
       <c r="H60" t="s">
-        <v>3069</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B61" t="s">
-        <v>3070</v>
+        <v>3092</v>
       </c>
       <c r="C61" t="s">
-        <v>3071</v>
+        <v>3093</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>3072</v>
+        <v>3094</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>3073</v>
+        <v>3095</v>
       </c>
       <c r="H61" t="s">
-        <v>3074</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B62" t="s">
-        <v>3075</v>
+        <v>3097</v>
       </c>
       <c r="C62" t="s">
-        <v>3076</v>
+        <v>3098</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>3077</v>
+        <v>3099</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>3078</v>
+        <v>3100</v>
       </c>
       <c r="H62" t="s">
-        <v>3079</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B63" t="s">
-        <v>3080</v>
+        <v>3102</v>
       </c>
       <c r="C63" t="s">
-        <v>3081</v>
+        <v>3103</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>3082</v>
+        <v>3104</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>3083</v>
+        <v>3105</v>
       </c>
       <c r="H63" t="s">
-        <v>3084</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B64" t="s">
-        <v>3085</v>
+        <v>3107</v>
       </c>
       <c r="C64" t="s">
-        <v>3086</v>
+        <v>3108</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>3087</v>
+        <v>3109</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>3088</v>
+        <v>3110</v>
       </c>
       <c r="H64" t="s">
-        <v>3089</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B65" t="s">
-        <v>3090</v>
+        <v>3112</v>
       </c>
       <c r="C65" t="s">
-        <v>3091</v>
+        <v>3113</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>3092</v>
+        <v>3114</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>3093</v>
+        <v>3115</v>
       </c>
       <c r="H65" t="s">
-        <v>3094</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B66" t="s">
-        <v>3095</v>
+        <v>3117</v>
       </c>
       <c r="C66" t="s">
-        <v>3096</v>
+        <v>3118</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>3097</v>
+        <v>3119</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>3098</v>
+        <v>3120</v>
       </c>
       <c r="H66" t="s">
-        <v>3099</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B67" t="s">
-        <v>3100</v>
+        <v>3122</v>
       </c>
       <c r="C67" t="s">
-        <v>3101</v>
+        <v>3123</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>3102</v>
+        <v>3124</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>3103</v>
+        <v>3125</v>
       </c>
       <c r="H67" t="s">
-        <v>3104</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B68" t="s">
-        <v>3105</v>
+        <v>3127</v>
       </c>
       <c r="C68" t="s">
-        <v>3106</v>
+        <v>3128</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>3107</v>
+        <v>3129</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>3108</v>
+        <v>3130</v>
       </c>
       <c r="H68" t="s">
-        <v>3109</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B69" t="s">
-        <v>3110</v>
+        <v>3132</v>
       </c>
       <c r="C69" t="s">
-        <v>3111</v>
+        <v>3133</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>3112</v>
+        <v>3134</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>3113</v>
+        <v>3135</v>
       </c>
       <c r="H69" t="s">
-        <v>3114</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B70" t="s">
-        <v>3115</v>
+        <v>3137</v>
       </c>
       <c r="C70" t="s">
-        <v>3116</v>
+        <v>3138</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>3117</v>
+        <v>3139</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>3118</v>
+        <v>3140</v>
       </c>
       <c r="H70" t="s">
-        <v>3119</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B71" t="s">
-        <v>3120</v>
+        <v>3142</v>
       </c>
       <c r="C71" t="s">
-        <v>3121</v>
+        <v>3143</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>3122</v>
+        <v>3144</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>3123</v>
+        <v>3145</v>
       </c>
       <c r="H71" t="s">
-        <v>3124</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B72" t="s">
-        <v>3125</v>
+        <v>3147</v>
       </c>
       <c r="C72" t="s">
-        <v>3126</v>
+        <v>3148</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>3127</v>
+        <v>3149</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>3128</v>
+        <v>3150</v>
       </c>
       <c r="H72" t="s">
-        <v>3129</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B73" t="s">
-        <v>3130</v>
+        <v>3152</v>
       </c>
       <c r="C73" t="s">
-        <v>3131</v>
+        <v>3153</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>3132</v>
+        <v>3154</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>3133</v>
+        <v>3155</v>
       </c>
       <c r="H73" t="s">
-        <v>3134</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B74" t="s">
-        <v>3135</v>
+        <v>3157</v>
       </c>
       <c r="C74" t="s">
-        <v>3136</v>
+        <v>3158</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>3137</v>
+        <v>3159</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>3138</v>
+        <v>3160</v>
       </c>
       <c r="H74" t="s">
-        <v>3139</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B75" t="s">
-        <v>3140</v>
+        <v>3162</v>
       </c>
       <c r="C75" t="s">
-        <v>3141</v>
+        <v>3163</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>3142</v>
+        <v>3164</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>3143</v>
+        <v>3165</v>
       </c>
       <c r="H75" t="s">
-        <v>3144</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B76" t="s">
-        <v>3145</v>
+        <v>3167</v>
       </c>
       <c r="C76" t="s">
-        <v>3146</v>
+        <v>3168</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>3147</v>
+        <v>3169</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>3148</v>
+        <v>3170</v>
       </c>
       <c r="H76" t="s">
-        <v>3149</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B77" t="s">
-        <v>3150</v>
+        <v>3172</v>
       </c>
       <c r="C77" t="s">
-        <v>3151</v>
+        <v>3173</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>3152</v>
+        <v>3174</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>3153</v>
+        <v>3175</v>
       </c>
       <c r="H77" t="s">
-        <v>3154</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B78" t="s">
-        <v>3155</v>
+        <v>3177</v>
       </c>
       <c r="C78" t="s">
-        <v>3156</v>
+        <v>3178</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>3157</v>
+        <v>3179</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>3158</v>
+        <v>3180</v>
       </c>
       <c r="H78" t="s">
-        <v>3159</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B79" t="s">
-        <v>3160</v>
+        <v>3182</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>3161</v>
+        <v>3183</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>3162</v>
+        <v>3184</v>
       </c>
       <c r="H79" t="s">
-        <v>3163</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B80" t="s">
-        <v>3164</v>
+        <v>3186</v>
       </c>
       <c r="C80" t="s">
-        <v>3165</v>
+        <v>3187</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>3166</v>
+        <v>3188</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>3167</v>
+        <v>3189</v>
       </c>
       <c r="H80" t="s">
-        <v>3168</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B81" t="s">
-        <v>3169</v>
+        <v>3191</v>
       </c>
       <c r="C81" t="s">
-        <v>3170</v>
+        <v>3192</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>3171</v>
+        <v>3193</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>3172</v>
+        <v>3194</v>
       </c>
       <c r="H81" t="s">
-        <v>3173</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B82" t="s">
-        <v>3174</v>
+        <v>3196</v>
       </c>
       <c r="C82" t="s">
-        <v>3175</v>
+        <v>3197</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>3176</v>
+        <v>3198</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>3177</v>
+        <v>3199</v>
       </c>
       <c r="H82" t="s">
-        <v>3178</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B83" t="s">
-        <v>3179</v>
+        <v>3201</v>
       </c>
       <c r="C83" t="s">
-        <v>3180</v>
+        <v>3202</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>3181</v>
+        <v>3203</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>3182</v>
+        <v>3204</v>
       </c>
       <c r="H83" t="s">
-        <v>3183</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B84" t="s">
-        <v>3184</v>
+        <v>3206</v>
       </c>
       <c r="C84" t="s">
-        <v>3185</v>
+        <v>3207</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>3186</v>
+        <v>3208</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>3187</v>
+        <v>3209</v>
       </c>
       <c r="H84" t="s">
-        <v>3188</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B85" t="s">
-        <v>3189</v>
+        <v>3211</v>
       </c>
       <c r="C85" t="s">
-        <v>3190</v>
+        <v>3212</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>3191</v>
+        <v>3213</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>3192</v>
+        <v>3214</v>
       </c>
       <c r="H85" t="s">
-        <v>3193</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B86" t="s">
-        <v>3194</v>
+        <v>3216</v>
       </c>
       <c r="C86" t="s">
-        <v>3195</v>
+        <v>3217</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>3196</v>
+        <v>3218</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>3197</v>
+        <v>3219</v>
       </c>
       <c r="H86" t="s">
-        <v>3198</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B87" t="s">
-        <v>3199</v>
+        <v>3221</v>
       </c>
       <c r="C87" t="s">
-        <v>3200</v>
+        <v>3222</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>3201</v>
+        <v>3223</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>3202</v>
+        <v>3224</v>
       </c>
       <c r="H87" t="s">
-        <v>3203</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B88" t="s">
-        <v>3204</v>
+        <v>3226</v>
       </c>
       <c r="C88" t="s">
-        <v>3205</v>
+        <v>3227</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>3206</v>
+        <v>3228</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>3207</v>
+        <v>3229</v>
       </c>
       <c r="H88" t="s">
-        <v>3208</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B89" t="s">
-        <v>3209</v>
+        <v>3231</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>3210</v>
+        <v>3232</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>3211</v>
+        <v>3233</v>
       </c>
       <c r="H89" t="s">
-        <v>3212</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B90" t="s">
-        <v>2083</v>
+        <v>2103</v>
       </c>
       <c r="C90" t="s">
-        <v>3213</v>
+        <v>3235</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>3214</v>
+        <v>3236</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>3215</v>
+        <v>3237</v>
       </c>
       <c r="H90" t="s">
-        <v>3216</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B91" t="s">
-        <v>3217</v>
+        <v>3239</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>3218</v>
+        <v>3240</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>3219</v>
+        <v>3241</v>
       </c>
       <c r="H91" t="s">
-        <v>3220</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B92" t="s">
-        <v>3221</v>
+        <v>3243</v>
       </c>
       <c r="C92" t="s">
         <v>13</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
         <v>65</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>3222</v>
+        <v>3244</v>
       </c>
       <c r="H92" t="s">
-        <v>3223</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B93" t="s">
-        <v>3224</v>
+        <v>3246</v>
       </c>
       <c r="C93" t="s">
-        <v>3225</v>
+        <v>3247</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>3226</v>
+        <v>3248</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>3227</v>
+        <v>3249</v>
       </c>
       <c r="H93" t="s">
-        <v>3228</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B94" t="s">
-        <v>2938</v>
+        <v>2960</v>
       </c>
       <c r="C94" t="s">
-        <v>3229</v>
+        <v>3251</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>3230</v>
+        <v>3252</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>3231</v>
+        <v>3253</v>
       </c>
       <c r="H94" t="s">
-        <v>3232</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>2787</v>
+        <v>2808</v>
       </c>
       <c r="B95" t="s">
-        <v>3233</v>
+        <v>3255</v>
       </c>
       <c r="C95" t="s">
-        <v>3234</v>
+        <v>3256</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>3235</v>
+        <v>3257</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>3236</v>
+        <v>3258</v>
       </c>
       <c r="H95" t="s">
-        <v>3237</v>
+        <v>3259</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -21811,236 +21877,236 @@
       </c>
       <c r="E2" t="s">
         <v>302</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>303</v>
       </c>
       <c r="H2" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>299</v>
       </c>
       <c r="B3" t="s">
         <v>305</v>
       </c>
       <c r="C3" t="s">
         <v>306</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>307</v>
       </c>
       <c r="E3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>299</v>
       </c>
       <c r="B4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C4" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D4" t="s">
-        <v>312</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>313</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>314</v>
       </c>
       <c r="H4" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>299</v>
       </c>
       <c r="B5" t="s">
         <v>316</v>
       </c>
       <c r="C5" t="s">
         <v>317</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>307</v>
       </c>
       <c r="E5" t="s">
         <v>318</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>319</v>
       </c>
       <c r="H5" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>299</v>
       </c>
       <c r="B6" t="s">
         <v>321</v>
       </c>
       <c r="C6" t="s">
         <v>322</v>
       </c>
       <c r="D6" t="s">
-        <v>312</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>323</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>324</v>
       </c>
       <c r="H6" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>299</v>
       </c>
       <c r="B7" t="s">
         <v>326</v>
       </c>
       <c r="C7" t="s">
         <v>327</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H7" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>299</v>
       </c>
       <c r="B8" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C8" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D8" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E8" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H8" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>299</v>
       </c>
       <c r="B9" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C9" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D9" t="s">
-        <v>338</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H9" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>299</v>
       </c>
       <c r="B10" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C10" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>333</v>
       </c>
       <c r="E10" t="s">
-        <v>343</v>
+        <v>323</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>344</v>
       </c>
       <c r="H10" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>299</v>
       </c>
       <c r="B11" t="s">
         <v>346</v>
       </c>
       <c r="C11" t="s">
         <v>347</v>
       </c>
       <c r="D11" t="s">
         <v>348</v>
       </c>
       <c r="E11" t="s">
@@ -22048,126 +22114,126 @@
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>350</v>
       </c>
       <c r="H11" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>299</v>
       </c>
       <c r="B12" t="s">
         <v>352</v>
       </c>
       <c r="C12" t="s">
         <v>353</v>
       </c>
       <c r="D12" t="s">
         <v>354</v>
       </c>
       <c r="E12" t="s">
+        <v>354</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>355</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>299</v>
       </c>
       <c r="B13" t="s">
+        <v>357</v>
+      </c>
+      <c r="C13" t="s">
         <v>358</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>359</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>360</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>361</v>
-      </c>
-[...7 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>299</v>
       </c>
       <c r="B14" t="s">
+        <v>362</v>
+      </c>
+      <c r="C14" t="s">
+        <v>363</v>
+      </c>
+      <c r="D14" t="s">
         <v>364</v>
       </c>
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>365</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>366</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>299</v>
       </c>
       <c r="B15" t="s">
+        <v>368</v>
+      </c>
+      <c r="C15" t="s">
         <v>369</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>371</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>372</v>
       </c>
       <c r="H15" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>299</v>
       </c>
       <c r="B16" t="s">
         <v>374</v>
       </c>
       <c r="C16" t="s">
         <v>375</v>
       </c>
       <c r="D16" t="s">
@@ -22432,51 +22498,51 @@
       </c>
       <c r="D26" t="s">
         <v>423</v>
       </c>
       <c r="E26" t="s">
         <v>434</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>435</v>
       </c>
       <c r="H26" t="s">
         <v>436</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H122"/>
+  <dimension ref="A1:H127"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -22628,415 +22694,415 @@
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>465</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>466</v>
       </c>
       <c r="H7" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>437</v>
       </c>
       <c r="B8" t="s">
         <v>468</v>
       </c>
       <c r="C8" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H8" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>437</v>
       </c>
       <c r="B9" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C9" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="H9" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>437</v>
       </c>
       <c r="B10" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C10" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="H10" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>437</v>
       </c>
       <c r="B11" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C11" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H11" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>437</v>
       </c>
       <c r="B12" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C12" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="H12" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>437</v>
       </c>
       <c r="B13" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C13" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H13" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>437</v>
       </c>
       <c r="B14" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C14" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H14" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>437</v>
       </c>
       <c r="B15" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C15" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H15" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>437</v>
       </c>
       <c r="B16" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C16" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H16" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>437</v>
       </c>
       <c r="B17" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>512</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H17" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>437</v>
       </c>
       <c r="B18" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C18" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H18" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>437</v>
       </c>
       <c r="B19" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C19" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H19" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>437</v>
       </c>
       <c r="B20" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C20" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H20" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>437</v>
       </c>
       <c r="B21" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C21" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H21" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>437</v>
       </c>
       <c r="B22" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C22" t="s">
-        <v>535</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>536</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>537</v>
       </c>
       <c r="H22" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>437</v>
       </c>
       <c r="B23" t="s">
         <v>539</v>
       </c>
       <c r="C23" t="s">
@@ -23122,207 +23188,207 @@
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
         <v>556</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>557</v>
       </c>
       <c r="H26" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>437</v>
       </c>
       <c r="B27" t="s">
         <v>559</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>560</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H27" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>437</v>
       </c>
       <c r="B28" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>565</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H28" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>437</v>
       </c>
       <c r="B29" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C29" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="H29" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C30" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="H30" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>437</v>
       </c>
       <c r="B31" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C31" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="H31" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>437</v>
       </c>
       <c r="B32" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C32" t="s">
-        <v>583</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="H32" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C33" t="s">
-        <v>588</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
         <v>589</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>590</v>
       </c>
       <c r="H33" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>437</v>
       </c>
       <c r="B34" t="s">
         <v>592</v>
       </c>
       <c r="C34" t="s">
@@ -23570,233 +23636,233 @@
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>640</v>
       </c>
       <c r="H43" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>437</v>
       </c>
       <c r="B44" t="s">
         <v>642</v>
       </c>
       <c r="C44" t="s">
         <v>643</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="H44" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>437</v>
       </c>
       <c r="B45" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C45" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H45" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>437</v>
       </c>
       <c r="B46" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C46" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>639</v>
+        <v>654</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="H46" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>437</v>
       </c>
       <c r="B47" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C47" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="H47" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>437</v>
       </c>
       <c r="B48" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C48" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="H48" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>437</v>
       </c>
       <c r="B49" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C49" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="H49" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>437</v>
       </c>
       <c r="B50" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C50" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="H50" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>437</v>
       </c>
       <c r="B51" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C51" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>677</v>
+        <v>664</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>678</v>
       </c>
       <c r="H51" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>437</v>
       </c>
       <c r="B52" t="s">
         <v>680</v>
       </c>
       <c r="C52" t="s">
         <v>681</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
@@ -23804,285 +23870,285 @@
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>683</v>
       </c>
       <c r="H52" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>437</v>
       </c>
       <c r="B53" t="s">
         <v>685</v>
       </c>
       <c r="C53" t="s">
         <v>686</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>594</v>
+        <v>687</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H53" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>437</v>
       </c>
       <c r="B54" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C54" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="H54" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>437</v>
       </c>
       <c r="B55" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C55" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>657</v>
+        <v>697</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="H55" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>437</v>
       </c>
       <c r="B56" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C56" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="H56" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>437</v>
       </c>
       <c r="B57" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C57" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>594</v>
+        <v>707</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="H57" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>437</v>
       </c>
       <c r="B58" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="C58" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>709</v>
+        <v>619</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="H58" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>437</v>
       </c>
       <c r="B59" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C59" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="H59" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>437</v>
       </c>
       <c r="B60" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C60" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>719</v>
+        <v>682</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="H60" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>437</v>
       </c>
       <c r="B61" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C61" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H61" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>437</v>
       </c>
       <c r="B62" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C62" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>729</v>
+        <v>619</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>730</v>
       </c>
       <c r="H62" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>437</v>
       </c>
       <c r="B63" t="s">
         <v>732</v>
       </c>
       <c r="C63" t="s">
         <v>733</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
@@ -24090,467 +24156,467 @@
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>735</v>
       </c>
       <c r="H63" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>437</v>
       </c>
       <c r="B64" t="s">
         <v>737</v>
       </c>
       <c r="C64" t="s">
         <v>738</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>714</v>
+        <v>739</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="H64" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>437</v>
       </c>
       <c r="B65" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C65" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H65" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>437</v>
       </c>
       <c r="B66" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C66" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H66" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>437</v>
       </c>
       <c r="B67" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C67" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>629</v>
+        <v>754</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="H67" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>437</v>
       </c>
       <c r="B68" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C68" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="H68" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>437</v>
       </c>
       <c r="B69" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C69" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>762</v>
+        <v>739</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="H69" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>437</v>
       </c>
       <c r="B70" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C70" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H70" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>437</v>
       </c>
       <c r="B71" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C71" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>639</v>
+        <v>773</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="H71" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>437</v>
       </c>
       <c r="B72" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C72" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>776</v>
+        <v>654</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="H72" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>437</v>
       </c>
       <c r="B73" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C73" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="H73" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>437</v>
       </c>
       <c r="B74" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C74" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="H74" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>437</v>
       </c>
       <c r="B75" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C75" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>569</v>
+        <v>792</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="H75" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>437</v>
       </c>
       <c r="B76" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C76" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>795</v>
+        <v>664</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="H76" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>437</v>
       </c>
       <c r="B77" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C77" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="H77" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>437</v>
       </c>
       <c r="B78" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C78" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="H78" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>437</v>
       </c>
       <c r="B79" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C79" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H79" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>437</v>
       </c>
       <c r="B80" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C80" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>815</v>
+        <v>594</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>816</v>
       </c>
       <c r="H80" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>437</v>
       </c>
       <c r="B81" t="s">
         <v>818</v>
       </c>
       <c r="C81" t="s">
         <v>819</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
@@ -24578,603 +24644,603 @@
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
         <v>825</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
         <v>826</v>
       </c>
       <c r="H82" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>437</v>
       </c>
       <c r="B83" t="s">
         <v>828</v>
       </c>
       <c r="C83" t="s">
-        <v>13</v>
+        <v>829</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="H83" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>437</v>
       </c>
       <c r="B84" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C84" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="H84" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>437</v>
       </c>
       <c r="B85" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C85" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H85" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>437</v>
       </c>
       <c r="B86" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C86" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="H86" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>437</v>
       </c>
       <c r="B87" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C87" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="H87" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>437</v>
       </c>
       <c r="B88" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C88" t="s">
-        <v>853</v>
+        <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
         <v>854</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
         <v>855</v>
       </c>
       <c r="H88" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>437</v>
       </c>
       <c r="B89" t="s">
         <v>857</v>
       </c>
       <c r="C89" t="s">
         <v>858</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="H89" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>437</v>
       </c>
       <c r="B90" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C90" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="H90" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>437</v>
       </c>
       <c r="B91" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C91" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="H91" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>437</v>
       </c>
       <c r="B92" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C92" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="H92" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>437</v>
       </c>
       <c r="B93" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C93" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="H93" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>437</v>
       </c>
       <c r="B94" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C94" t="s">
-        <v>867</v>
+        <v>883</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H94" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>437</v>
       </c>
       <c r="B95" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C95" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="H95" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>437</v>
       </c>
       <c r="B96" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="C96" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="H96" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>437</v>
       </c>
       <c r="B97" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C97" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="H97" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>437</v>
       </c>
       <c r="B98" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C98" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="H98" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>437</v>
       </c>
       <c r="B99" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C99" t="s">
-        <v>905</v>
+        <v>892</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="H99" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>437</v>
       </c>
       <c r="B100" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C100" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="H100" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>437</v>
       </c>
       <c r="B101" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="C101" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="H101" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>437</v>
       </c>
       <c r="B102" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C102" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="H102" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>437</v>
       </c>
       <c r="B103" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="C103" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="H103" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>437</v>
       </c>
       <c r="B104" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C104" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
         <v>931</v>
       </c>
       <c r="H104" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>437</v>
       </c>
       <c r="B105" t="s">
         <v>933</v>
       </c>
       <c r="C105" t="s">
         <v>934</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
@@ -25234,181 +25300,181 @@
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
         <v>946</v>
       </c>
       <c r="H107" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>437</v>
       </c>
       <c r="B108" t="s">
         <v>948</v>
       </c>
       <c r="C108" t="s">
         <v>949</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H108" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>437</v>
       </c>
       <c r="B109" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C109" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="H109" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>437</v>
       </c>
       <c r="B110" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C110" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="H110" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>437</v>
       </c>
       <c r="B111" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C111" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="H111" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>437</v>
       </c>
       <c r="B112" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="C112" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="H112" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>437</v>
       </c>
       <c r="B113" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C113" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
         <v>975</v>
       </c>
       <c r="H113" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>437</v>
       </c>
       <c r="B114" t="s">
         <v>977</v>
       </c>
       <c r="C114" t="s">
         <v>978</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
@@ -25436,1337 +25502,1441 @@
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
         <v>984</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
         <v>985</v>
       </c>
       <c r="H115" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>437</v>
       </c>
       <c r="B116" t="s">
         <v>987</v>
       </c>
       <c r="C116" t="s">
-        <v>13</v>
+        <v>988</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="H116" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>437</v>
       </c>
       <c r="B117" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C117" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="H117" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>437</v>
       </c>
       <c r="B118" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C118" t="s">
-        <v>13</v>
+        <v>998</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="H118" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>437</v>
       </c>
       <c r="B119" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="C119" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>997</v>
+        <v>1004</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="H119" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>437</v>
       </c>
       <c r="B120" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C120" t="s">
-        <v>13</v>
+        <v>1008</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>997</v>
+        <v>1009</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="H120" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>437</v>
       </c>
       <c r="B121" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="C121" t="s">
         <v>13</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>1008</v>
+        <v>1013</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="H121" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>437</v>
       </c>
       <c r="B122" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="C122" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="H122" t="s">
-        <v>1015</v>
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>437</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>437</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>437</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>437</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>437</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1040</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B2" t="s">
-        <v>1017</v>
+        <v>1042</v>
       </c>
       <c r="C2" t="s">
-        <v>1018</v>
+        <v>1043</v>
       </c>
       <c r="D2" t="s">
-        <v>1019</v>
+        <v>1044</v>
       </c>
       <c r="E2" t="s">
-        <v>1020</v>
+        <v>1045</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1021</v>
+        <v>1046</v>
       </c>
       <c r="H2" t="s">
-        <v>1022</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B3" t="s">
-        <v>1023</v>
+        <v>1048</v>
       </c>
       <c r="C3" t="s">
-        <v>1024</v>
+        <v>1049</v>
       </c>
       <c r="D3" t="s">
-        <v>1025</v>
+        <v>1050</v>
       </c>
       <c r="E3" t="s">
-        <v>1026</v>
+        <v>1051</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1027</v>
+        <v>1052</v>
       </c>
       <c r="H3" t="s">
-        <v>1028</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B4" t="s">
-        <v>1029</v>
+        <v>1054</v>
       </c>
       <c r="C4" t="s">
-        <v>1030</v>
+        <v>1055</v>
       </c>
       <c r="D4" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="E4" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1033</v>
+        <v>1058</v>
       </c>
       <c r="H4" t="s">
-        <v>1034</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B5" t="s">
-        <v>1035</v>
+        <v>1060</v>
       </c>
       <c r="C5" t="s">
-        <v>1036</v>
+        <v>1061</v>
       </c>
       <c r="D5" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="E5" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1037</v>
+        <v>1062</v>
       </c>
       <c r="H5" t="s">
-        <v>1038</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B6" t="s">
-        <v>1039</v>
+        <v>1064</v>
       </c>
       <c r="C6" t="s">
-        <v>1040</v>
+        <v>1065</v>
       </c>
       <c r="D6" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="E6" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1041</v>
+        <v>1066</v>
       </c>
       <c r="H6" t="s">
-        <v>1042</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B7" t="s">
-        <v>1043</v>
+        <v>1068</v>
       </c>
       <c r="C7" t="s">
-        <v>1044</v>
+        <v>1069</v>
       </c>
       <c r="D7" t="s">
-        <v>1045</v>
+        <v>1070</v>
       </c>
       <c r="E7" t="s">
-        <v>1046</v>
+        <v>1071</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1047</v>
+        <v>1072</v>
       </c>
       <c r="H7" t="s">
-        <v>1048</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B8" t="s">
-        <v>1049</v>
+        <v>1074</v>
       </c>
       <c r="C8" t="s">
-        <v>1050</v>
+        <v>1075</v>
       </c>
       <c r="D8" t="s">
-        <v>1045</v>
+        <v>1070</v>
       </c>
       <c r="E8" t="s">
-        <v>1046</v>
+        <v>1071</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1051</v>
+        <v>1076</v>
       </c>
       <c r="H8" t="s">
-        <v>1052</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B9" t="s">
-        <v>1053</v>
+        <v>1078</v>
       </c>
       <c r="C9" t="s">
-        <v>1054</v>
+        <v>1079</v>
       </c>
       <c r="D9" t="s">
-        <v>1055</v>
+        <v>1080</v>
       </c>
       <c r="E9" t="s">
-        <v>1056</v>
+        <v>1081</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1057</v>
+        <v>1082</v>
       </c>
       <c r="H9" t="s">
-        <v>1058</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B10" t="s">
-        <v>1059</v>
+        <v>1084</v>
       </c>
       <c r="C10" t="s">
-        <v>1060</v>
+        <v>1085</v>
       </c>
       <c r="D10" t="s">
-        <v>1061</v>
+        <v>1086</v>
       </c>
       <c r="E10" t="s">
-        <v>1062</v>
+        <v>1087</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1063</v>
+        <v>1088</v>
       </c>
       <c r="H10" t="s">
-        <v>1064</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B11" t="s">
-        <v>1065</v>
+        <v>1090</v>
       </c>
       <c r="C11" t="s">
-        <v>1066</v>
+        <v>1091</v>
       </c>
       <c r="D11" t="s">
-        <v>1067</v>
+        <v>1092</v>
       </c>
       <c r="E11" t="s">
-        <v>1068</v>
+        <v>1093</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1069</v>
+        <v>1094</v>
       </c>
       <c r="H11" t="s">
-        <v>1070</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B12" t="s">
-        <v>1071</v>
+        <v>1096</v>
       </c>
       <c r="C12" t="s">
-        <v>1072</v>
+        <v>1097</v>
       </c>
       <c r="D12" t="s">
-        <v>1067</v>
+        <v>1092</v>
       </c>
       <c r="E12" t="s">
-        <v>1073</v>
+        <v>1098</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1074</v>
+        <v>1099</v>
       </c>
       <c r="H12" t="s">
-        <v>1075</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B13" t="s">
-        <v>1076</v>
+        <v>1101</v>
       </c>
       <c r="C13" t="s">
-        <v>1077</v>
+        <v>1102</v>
       </c>
       <c r="D13" t="s">
-        <v>1078</v>
+        <v>1103</v>
       </c>
       <c r="E13" t="s">
-        <v>1079</v>
+        <v>1104</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1080</v>
+        <v>1105</v>
       </c>
       <c r="H13" t="s">
-        <v>1081</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B14" t="s">
-        <v>1082</v>
+        <v>1107</v>
       </c>
       <c r="C14" t="s">
-        <v>1083</v>
+        <v>1108</v>
       </c>
       <c r="D14" t="s">
-        <v>1084</v>
+        <v>1109</v>
       </c>
       <c r="E14" t="s">
-        <v>1085</v>
+        <v>1110</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1086</v>
+        <v>1111</v>
       </c>
       <c r="H14" t="s">
-        <v>1087</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B15" t="s">
-        <v>1088</v>
+        <v>1113</v>
       </c>
       <c r="C15" t="s">
-        <v>1089</v>
+        <v>1114</v>
       </c>
       <c r="D15" t="s">
-        <v>1090</v>
+        <v>1115</v>
       </c>
       <c r="E15" t="s">
-        <v>1091</v>
+        <v>1116</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1092</v>
+        <v>1117</v>
       </c>
       <c r="H15" t="s">
-        <v>1093</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B16" t="s">
-        <v>1094</v>
+        <v>1119</v>
       </c>
       <c r="C16" t="s">
-        <v>1095</v>
+        <v>1120</v>
       </c>
       <c r="D16" t="s">
-        <v>1096</v>
+        <v>1121</v>
       </c>
       <c r="E16" t="s">
-        <v>1097</v>
+        <v>1122</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1098</v>
+        <v>1123</v>
       </c>
       <c r="H16" t="s">
-        <v>1099</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B17" t="s">
-        <v>1100</v>
+        <v>1125</v>
       </c>
       <c r="C17" t="s">
-        <v>1101</v>
+        <v>1126</v>
       </c>
       <c r="D17" t="s">
-        <v>1102</v>
+        <v>1127</v>
       </c>
       <c r="E17" t="s">
-        <v>1103</v>
+        <v>1128</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1104</v>
+        <v>1129</v>
       </c>
       <c r="H17" t="s">
-        <v>1105</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B18" t="s">
-        <v>1106</v>
+        <v>1131</v>
       </c>
       <c r="C18" t="s">
-        <v>1107</v>
+        <v>1132</v>
       </c>
       <c r="D18" t="s">
-        <v>1108</v>
+        <v>1133</v>
       </c>
       <c r="E18" t="s">
-        <v>1109</v>
+        <v>1134</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1110</v>
+        <v>1135</v>
       </c>
       <c r="H18" t="s">
-        <v>1111</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B19" t="s">
-        <v>1112</v>
+        <v>1137</v>
       </c>
       <c r="C19" t="s">
-        <v>1113</v>
+        <v>1138</v>
       </c>
       <c r="D19" t="s">
-        <v>1114</v>
+        <v>1139</v>
       </c>
       <c r="E19" t="s">
-        <v>1115</v>
+        <v>1140</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1116</v>
+        <v>1141</v>
       </c>
       <c r="H19" t="s">
-        <v>1117</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="B20" t="s">
-        <v>1118</v>
+        <v>1143</v>
       </c>
       <c r="C20" t="s">
-        <v>1119</v>
+        <v>1144</v>
       </c>
       <c r="D20" t="s">
-        <v>1120</v>
+        <v>1145</v>
       </c>
       <c r="E20" t="s">
-        <v>1121</v>
+        <v>1146</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1122</v>
+        <v>1147</v>
       </c>
       <c r="H20" t="s">
-        <v>1123</v>
+        <v>1148</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B2" t="s">
-        <v>1125</v>
+        <v>1150</v>
       </c>
       <c r="C2" t="s">
-        <v>1126</v>
+        <v>1151</v>
       </c>
       <c r="D2" t="s">
-        <v>1127</v>
+        <v>1152</v>
       </c>
       <c r="E2" t="s">
-        <v>1128</v>
+        <v>1153</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1129</v>
+        <v>1154</v>
       </c>
       <c r="H2" t="s">
-        <v>1130</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B3" t="s">
-        <v>1131</v>
+        <v>1156</v>
       </c>
       <c r="C3" t="s">
-        <v>1132</v>
+        <v>1157</v>
       </c>
       <c r="D3" t="s">
-        <v>1108</v>
+        <v>1133</v>
       </c>
       <c r="E3" t="s">
-        <v>1133</v>
+        <v>1158</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1134</v>
+        <v>1159</v>
       </c>
       <c r="H3" t="s">
-        <v>1135</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B4" t="s">
-        <v>1136</v>
+        <v>1161</v>
       </c>
       <c r="C4" t="s">
-        <v>1137</v>
+        <v>1162</v>
       </c>
       <c r="D4" t="s">
-        <v>1138</v>
+        <v>1163</v>
       </c>
       <c r="E4" t="s">
-        <v>1139</v>
+        <v>1164</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1140</v>
+        <v>1165</v>
       </c>
       <c r="H4" t="s">
-        <v>1141</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B5" t="s">
-        <v>1142</v>
+        <v>1167</v>
       </c>
       <c r="C5" t="s">
-        <v>1143</v>
+        <v>1168</v>
       </c>
       <c r="D5" t="s">
-        <v>1144</v>
+        <v>1169</v>
       </c>
       <c r="E5" t="s">
-        <v>1139</v>
+        <v>1164</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1145</v>
+        <v>1170</v>
       </c>
       <c r="H5" t="s">
-        <v>1146</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B6" t="s">
-        <v>1147</v>
+        <v>1172</v>
       </c>
       <c r="C6" t="s">
-        <v>1148</v>
+        <v>1173</v>
       </c>
       <c r="D6" t="s">
-        <v>1149</v>
+        <v>1174</v>
       </c>
       <c r="E6" t="s">
-        <v>1150</v>
+        <v>1175</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1151</v>
+        <v>1176</v>
       </c>
       <c r="H6" t="s">
-        <v>1152</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B7" t="s">
-        <v>1153</v>
+        <v>1178</v>
       </c>
       <c r="C7" t="s">
-        <v>1154</v>
+        <v>1179</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
-        <v>1155</v>
+        <v>1180</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1156</v>
+        <v>1181</v>
       </c>
       <c r="H7" t="s">
-        <v>1157</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B8" t="s">
-        <v>1158</v>
+        <v>1183</v>
       </c>
       <c r="C8" t="s">
-        <v>1159</v>
+        <v>1184</v>
       </c>
       <c r="D8" t="s">
-        <v>59</v>
+        <v>1185</v>
       </c>
       <c r="E8" t="s">
-        <v>1160</v>
+        <v>1186</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1161</v>
+        <v>1187</v>
       </c>
       <c r="H8" t="s">
-        <v>1162</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B9" t="s">
-        <v>1163</v>
+        <v>1189</v>
       </c>
       <c r="C9" t="s">
-        <v>1164</v>
+        <v>1190</v>
       </c>
       <c r="D9" t="s">
-        <v>1165</v>
+        <v>270</v>
       </c>
       <c r="E9" t="s">
-        <v>1166</v>
+        <v>1191</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1167</v>
+        <v>1192</v>
       </c>
       <c r="H9" t="s">
-        <v>1168</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B10" t="s">
-        <v>1169</v>
+        <v>1194</v>
       </c>
       <c r="C10" t="s">
-        <v>1170</v>
+        <v>1195</v>
       </c>
       <c r="D10" t="s">
-        <v>270</v>
+        <v>1196</v>
       </c>
       <c r="E10" t="s">
-        <v>1171</v>
+        <v>1197</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1172</v>
+        <v>1198</v>
       </c>
       <c r="H10" t="s">
-        <v>1173</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B11" t="s">
-        <v>1174</v>
+        <v>1200</v>
       </c>
       <c r="C11" t="s">
-        <v>1175</v>
+        <v>1201</v>
       </c>
       <c r="D11" t="s">
-        <v>1176</v>
+        <v>1202</v>
       </c>
       <c r="E11" t="s">
-        <v>1177</v>
+        <v>1203</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1178</v>
+        <v>1204</v>
       </c>
       <c r="H11" t="s">
-        <v>1179</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B12" t="s">
-        <v>1180</v>
+        <v>1206</v>
       </c>
       <c r="C12" t="s">
-        <v>1181</v>
+        <v>1207</v>
       </c>
       <c r="D12" t="s">
-        <v>1182</v>
+        <v>1208</v>
       </c>
       <c r="E12" t="s">
-        <v>1183</v>
+        <v>1209</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1184</v>
+        <v>1210</v>
       </c>
       <c r="H12" t="s">
-        <v>1185</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B13" t="s">
-        <v>1186</v>
+        <v>1212</v>
       </c>
       <c r="C13" t="s">
-        <v>1187</v>
+        <v>1213</v>
       </c>
       <c r="D13" t="s">
-        <v>1188</v>
+        <v>1214</v>
       </c>
       <c r="E13" t="s">
-        <v>1189</v>
+        <v>1215</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1190</v>
+        <v>1216</v>
       </c>
       <c r="H13" t="s">
-        <v>1191</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B14" t="s">
-        <v>1192</v>
+        <v>1218</v>
       </c>
       <c r="C14" t="s">
-        <v>1193</v>
+        <v>1219</v>
       </c>
       <c r="D14" t="s">
-        <v>1194</v>
+        <v>1220</v>
       </c>
       <c r="E14" t="s">
-        <v>1195</v>
+        <v>1221</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1196</v>
+        <v>1222</v>
       </c>
       <c r="H14" t="s">
-        <v>1197</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B15" t="s">
-        <v>1198</v>
+        <v>1224</v>
       </c>
       <c r="C15" t="s">
-        <v>1199</v>
+        <v>1225</v>
       </c>
       <c r="D15" t="s">
-        <v>1200</v>
+        <v>1226</v>
       </c>
       <c r="E15" t="s">
-        <v>1201</v>
+        <v>1227</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1202</v>
+        <v>1228</v>
       </c>
       <c r="H15" t="s">
-        <v>1203</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B16" t="s">
-        <v>1204</v>
+        <v>1230</v>
       </c>
       <c r="C16" t="s">
-        <v>1205</v>
+        <v>1231</v>
       </c>
       <c r="D16" t="s">
-        <v>1206</v>
+        <v>1232</v>
       </c>
       <c r="E16" t="s">
-        <v>1207</v>
+        <v>1233</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1208</v>
+        <v>1234</v>
       </c>
       <c r="H16" t="s">
-        <v>1209</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B17" t="s">
-        <v>1210</v>
+        <v>1236</v>
       </c>
       <c r="C17" t="s">
-        <v>1211</v>
+        <v>1237</v>
       </c>
       <c r="D17" t="s">
-        <v>1212</v>
+        <v>1238</v>
       </c>
       <c r="E17" t="s">
-        <v>1213</v>
+        <v>1239</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1214</v>
+        <v>1240</v>
       </c>
       <c r="H17" t="s">
-        <v>1215</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B18" t="s">
-        <v>1216</v>
+        <v>1242</v>
       </c>
       <c r="C18" t="s">
-        <v>1217</v>
+        <v>1243</v>
       </c>
       <c r="D18" t="s">
-        <v>1218</v>
+        <v>1244</v>
       </c>
       <c r="E18" t="s">
-        <v>1219</v>
+        <v>1245</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1220</v>
+        <v>1246</v>
       </c>
       <c r="H18" t="s">
-        <v>1221</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B19" t="s">
-        <v>1222</v>
+        <v>1248</v>
       </c>
       <c r="C19" t="s">
-        <v>1223</v>
+        <v>1249</v>
       </c>
       <c r="D19" t="s">
-        <v>1224</v>
+        <v>1250</v>
       </c>
       <c r="E19" t="s">
-        <v>1225</v>
+        <v>1251</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1226</v>
+        <v>1252</v>
       </c>
       <c r="H19" t="s">
-        <v>1227</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B20" t="s">
-        <v>1228</v>
+        <v>1254</v>
       </c>
       <c r="C20" t="s">
-        <v>1229</v>
+        <v>1255</v>
       </c>
       <c r="D20" t="s">
-        <v>1230</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1231</v>
+        <v>1256</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1232</v>
+        <v>1257</v>
       </c>
       <c r="H20" t="s">
-        <v>1233</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B21" t="s">
-        <v>1234</v>
+        <v>1259</v>
       </c>
       <c r="C21" t="s">
-        <v>1235</v>
+        <v>1260</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>1261</v>
       </c>
       <c r="E21" t="s">
-        <v>1236</v>
+        <v>1262</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1237</v>
+        <v>1263</v>
       </c>
       <c r="H21" t="s">
-        <v>1238</v>
-[...25 lines deleted...]
-        <v>1244</v>
+        <v>1264</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>