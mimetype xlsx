--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -38,87 +38,87 @@
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
+    <t>Accès précoce des médicaments : un bilan positif après deux ans de mise en place du dispositif</t>
+  </si>
+  <si>
+    <t>Les chiffres clés des quatre premières années de mise en œuvre. Les données présentées dans ce rapport couvrent la période du 1er juillet 2021 au 30 juin 2023. L’extraction a été réalisée le 17 juillet 2023.</t>
+  </si>
+  <si>
+    <t>11/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2023 14:47:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470178/fr/acces-precoce-des-medicaments-un-bilan-positif-apres-deux-ans-de-mise-en-place-du-dispositif</t>
+  </si>
+  <si>
+    <t>p_3470178</t>
+  </si>
+  <si>
     <t>Référentiel de certification de l’activité d’information par démarchage ou prospection visant à la promotion des médicaments</t>
   </si>
   <si>
     <t>Responsable de la procédure de certification de l'activité d'information promotionnelle par démarchage ou prospection des entreprises du médicament aux professionnels de santé ("visite médicale"), la HAS publie un rapport de suivi de cette activité. Ce document analyse les éléments de suivi transmis à la HAS par les organismes certificateurs depuis l’entrée en vigueur de la procédure de certification (octobre 2016 à octobre 2020) en application de la charte signée le 15 octobre 2014 par le CEPS et le LEEM. 2.14.0.0 2.14.0.0 2.14.0.0 2.14.0.0</t>
   </si>
   <si>
     <t>16/06/2017 00:00:00</t>
   </si>
   <si>
     <t>21/03/2025 11:58:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2655426/fr/referentiel-de-certification-de-l-activite-d-information-par-demarchage-ou-prospection-visant-a-la-promotion-des-medicaments</t>
   </si>
   <si>
     <t>c_2655426</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3470178</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Bientraitance et gestion des signaux de maltraitance en établissement - Mise en œuvre en milieu sanitaire, médico-social et social - Personnes majeures</t>
   </si>
   <si>
     <t>Prévenir les situations de maltraitance dans les établissements accueillant des personnes adultes en situation de vulnérabilité.</t>
   </si>
   <si>
     <t>03/10/2024 00:00:00</t>
   </si>
   <si>
     <t>25/10/2024 14:34:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3549483/fr/bientraitance-et-gestion-des-signaux-de-maltraitance-en-etablissement-mise-en-oeuvre-en-milieu-sanitaire-medico-social-et-social-personnes-majeures</t>
   </si>
   <si>
     <t>p_3549483</t>
   </si>
   <si>
     <t>Guide méthodologique</t>
   </si>